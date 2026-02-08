--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -10,15767 +10,17513 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5247" uniqueCount="5242">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5897" uniqueCount="5824">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q6870456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126121</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3126310</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3126440</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q6870523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063326</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3062556</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4374140</t>
-[...5 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3126121</t>
+    <t>https://linkedopendata.eu/entity/Q3062951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870506</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q6870692</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3063375</t>
-[...14 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q6870836</t>
+    <t>https://linkedopendata.eu/entity/Q3063513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063143</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3062451</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3063187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369004</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3062728</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3063326</t>
-[...29 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q6870914</t>
+    <t>https://linkedopendata.eu/entity/Q3062809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6874618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q213207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7322325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063533</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3126108</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3063177</t>
-[...44 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q6870849</t>
+    <t>https://linkedopendata.eu/entity/Q4379197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4382963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870756</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q6871048</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3063338</t>
-[...71 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3126189</t>
+    <t>https://linkedopendata.eu/entity/Q3062761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6871031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3063043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q6870686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3062993</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3126309</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q6870261</t>
-[...7433 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q6870478</t>
+    <t>https://linkedopendata.eu/entity/Q7500448</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3126115</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3063118</t>
-[...13 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q4355234</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3062684</t>
-[...20 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q6870992</t>
+    <t>BG/BRG Leibnitz, Wagnastraße</t>
+  </si>
+  <si>
+    <t>OrthoSera GmbH</t>
+  </si>
+  <si>
+    <t>BAFEP Hartberg</t>
+  </si>
+  <si>
+    <t>ifw kunststofftechnik GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Mistelbach</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Garsten</t>
+  </si>
+  <si>
+    <t>Wiener Arbeitnehmer*innen Förderungsfonds</t>
+  </si>
+  <si>
+    <t>Volkshilfe Wien gemeinützige  Betriebs-GmbH</t>
+  </si>
+  <si>
+    <t>Ainkehr Hinteregger Betriebs GmbH</t>
+  </si>
+  <si>
+    <t>Form 4 Industries GmbH;Steinbach International GmbH</t>
+  </si>
+  <si>
+    <t>IWG Ing. W. Garhöfer Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Industrie- und Gewerbepark Mittleres Kainachtal GmbH</t>
+  </si>
+  <si>
+    <t>KAOS Bildungsservice Gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>ORG der Diözese Linz (Adalbert Stifter Gymnasium)</t>
+  </si>
+  <si>
+    <t>STADLMANN TEC GmbH, digi TEC GmbH, Stadlmann Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>List General Contractor GmbH;List Holding GmbH;List Liegenschafts GmbH</t>
+  </si>
+  <si>
+    <t>Mayr Verwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Wolfsberg</t>
   </si>
   <si>
     <t>ppc training Rath &amp; Artner GmbH</t>
   </si>
   <si>
     <t>innovia - Service &amp; Beratung zur Chancengleichheit Gemeinnützige GmbH</t>
   </si>
   <si>
+    <t>Akademisches Gymnasium 1010 Wien</t>
+  </si>
+  <si>
+    <t>HLW Landeck</t>
+  </si>
+  <si>
+    <t>Holzindustrie Schafler GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Interface Wien GmbH</t>
+  </si>
+  <si>
+    <t>Kammer für Arbeiter und Angestellte für Niederösterreich</t>
+  </si>
+  <si>
+    <t>PG und ORG St. Ursula Salzburg, Aignerstr</t>
+  </si>
+  <si>
+    <t>WIK GmbH, Metallverarbeitung für Zerspanungstechnik</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Golling an der Salzach</t>
+  </si>
+  <si>
+    <t>Cycleenergy Projektentwicklung GmbH</t>
+  </si>
+  <si>
+    <t>Durst Austria GmbH;PrePress digital - Softwareentwicklung GmbH</t>
+  </si>
+  <si>
+    <t>Larimar Hotel GmbH</t>
+  </si>
+  <si>
     <t>Gastagwirt GmbH &amp; Co KG</t>
   </si>
   <si>
-    <t>Marktgemeinde Golling an der Salzach</t>
-[...5 lines deleted...]
-    <t>Bundeshandelsakademie und Bundeshandelsschule Wolfsberg</t>
+    <t>Etivera Etikettenproduktions GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Oggau am Neusiedler See</t>
+  </si>
+  <si>
+    <t>BHAK - BHAS Neunkirchen</t>
+  </si>
+  <si>
+    <t>DLG gemeinnützige Dienstleistungsgesellschaft G.m.b.H.</t>
+  </si>
+  <si>
+    <t>Salzburg Research Forschungsgesellschaft m.b.H Abkürzung: SRFG</t>
+  </si>
+  <si>
+    <t>Aspanger Bergbau und Mineralwerke GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>KW-Holding GmbH</t>
+  </si>
+  <si>
+    <t>AIS pbw GmbH</t>
+  </si>
+  <si>
+    <t>Steirische Arbeitsförderungsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Odilien Institut GmbH</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck Institut für Allgemeine, Anorganische und Theoretische Chemie</t>
+  </si>
+  <si>
+    <t>Dynamic Assembly Machines Anlagenbau GmbH</t>
+  </si>
+  <si>
+    <t>Rottenmanner Siedlungsgenossenschaft gemeinnützige eGen m.b.H.</t>
+  </si>
+  <si>
+    <t>MAHLE Filtersysteme Austria GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Engelhartszell</t>
+  </si>
+  <si>
+    <t>Burgenländische Volkshochschulen - Landesverband</t>
+  </si>
+  <si>
+    <t>BG und wirtschaftskundliches BRG 1180 Wien Haizingergasse 37</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Steirischer Zentralraum GmbH</t>
+  </si>
+  <si>
+    <t>uniT, Verein für Kultur an der Karl Franzens Universität Graz</t>
+  </si>
+  <si>
+    <t>Austrian Federal Ministry of Agriculture, Forestry, Environment and Water Management</t>
+  </si>
+  <si>
+    <t>SWB Schloss Wolfpassing Bewirtschaftungs GmbH</t>
+  </si>
+  <si>
+    <t>Schaden Fenstersanierung GmbH, FeSani Baumanagement GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Hartberg</t>
+  </si>
+  <si>
+    <t>Wirtschafts-Standort Vorarlberg GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Deutschlandsberg</t>
+  </si>
+  <si>
+    <t>Specialized Engineering Against Leakage GmbH</t>
+  </si>
+  <si>
+    <t>Wech Geflügel GmbH</t>
+  </si>
+  <si>
+    <t>Konrad Forsttechnik GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Oberpullendorf</t>
+  </si>
+  <si>
+    <t>BBZ - Bildung und Beschäftigungszentrum</t>
+  </si>
+  <si>
+    <t>xista science park GmbH</t>
+  </si>
+  <si>
+    <t>ALOM (Verein für Arbeit und Lernen Oberes Mühlviertel)</t>
+  </si>
+  <si>
+    <t>BG Mödling, Bachgasse</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Krems</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Kobersdorf</t>
+  </si>
+  <si>
+    <t>Rupp HandelsgmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Baden Biondekgasse</t>
+  </si>
+  <si>
+    <t>Verein Frauenarbeit Steyr</t>
+  </si>
+  <si>
+    <t>Hütter GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Bundesinstitut für Sozialpädagogik Baden</t>
+  </si>
+  <si>
+    <t>RG Modellschule Graz, Graz, Fröbelgasse</t>
+  </si>
+  <si>
+    <t>Ulrich Etiketten Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>ELMET Elastomere Produktions- und Dienstleistungs-GmbH;ELMET Verwaltungs-GmbH</t>
+  </si>
+  <si>
+    <t>HAK II / HAS III Vienna Business School  Wien-8</t>
+  </si>
+  <si>
+    <t>Caritas der Erzdiözese Wien - Hilfe in Not</t>
+  </si>
+  <si>
+    <t>Gemeinde Gerersdorf-Sulz</t>
+  </si>
+  <si>
+    <t>Wirtschaftsagentur Burgenland GmbH</t>
+  </si>
+  <si>
+    <t>Verein Frauen für Frauen Burgenland</t>
+  </si>
+  <si>
+    <t>BAfEP Klagenfurt</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe Krieglach</t>
+  </si>
+  <si>
+    <t>IMC Hochschule für Angewandte Wissenschaften Krems GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Innsbruck</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut Burgenland</t>
+  </si>
+  <si>
+    <t>Arvai Plastics GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>PIETSCH-HOLZHOF GmbH</t>
+  </si>
+  <si>
+    <t>build! Gründungszentrum Kärnten GmbH</t>
+  </si>
+  <si>
+    <t>AC styria Mobilitätscluster GmbH</t>
+  </si>
+  <si>
+    <t>Klimabündnis Österreich GmbH Regionalstelle OÖ</t>
+  </si>
+  <si>
+    <t>KRM Kunststoff-Recycling-Maschinen GmbH</t>
+  </si>
+  <si>
+    <t>BHAK Neumarkt/Waller</t>
+  </si>
+  <si>
+    <t>ARIAN Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>CNC Technik Stritzl GmbH</t>
+  </si>
+  <si>
+    <t>VIELE gGmbH</t>
+  </si>
+  <si>
+    <t>IMC Hochschule für Angewandte Wissenschaften Krems</t>
+  </si>
+  <si>
+    <t>Burgenländische Forschungsgesellschaft</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Lockenhaus</t>
+  </si>
+  <si>
+    <t>TR Flachdachbau GmbH, Theißl Immo GmbH</t>
+  </si>
+  <si>
+    <t>ABZ*AUSTRIA Verein zur Förderung von Arbeit, Bildung und Zukunft von Frauen</t>
+  </si>
+  <si>
+    <t>DMS DATA+MAIL Schinnerl GmbH</t>
+  </si>
+  <si>
+    <t>AXIS Flight Training Systems GmbH</t>
+  </si>
+  <si>
+    <t>Promotool Formenbau GmbH</t>
+  </si>
+  <si>
+    <t>BORG Birkfeld</t>
+  </si>
+  <si>
+    <t>Energieregion Oststeiermark GmbH</t>
+  </si>
+  <si>
+    <t>Ebbinghaus Styria Coating GmbH</t>
+  </si>
+  <si>
+    <t>Planungsverband 6 Landeck und Umgebung</t>
+  </si>
+  <si>
+    <t>Universität für Bodenkultur Wien - Department Wasser, Atmosphäre, Umwetl</t>
+  </si>
+  <si>
+    <t>PP engineering GmbH</t>
+  </si>
+  <si>
+    <t>FH JOANNEUM Gesellschaft mbH</t>
+  </si>
+  <si>
+    <t>HLW Hollabrunn</t>
+  </si>
+  <si>
+    <t>Glas Berger GmbH</t>
+  </si>
+  <si>
+    <t>Federal State Vorarlberg</t>
+  </si>
+  <si>
+    <t>Die Kathrein Hotel- und Erlebnisgastronomie GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Schischule Scheffau am Wilden Kaiser</t>
+  </si>
+  <si>
+    <t>Wograndl Druck GmbH</t>
+  </si>
+  <si>
+    <t>Becom Electronics GmbH</t>
+  </si>
+  <si>
+    <t>BRG Linz, Fadingerstraße 4</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Pregarten</t>
+  </si>
+  <si>
+    <t>Stadtwerke Judenburg AG</t>
+  </si>
+  <si>
+    <t>PRO MENTE SALZBURG Gemeinnützige Gesellschaft für psychische und soziale Rehabilitation m.b.H.</t>
+  </si>
+  <si>
+    <t>Spenglerei &amp; Dachdeckerei Almer GmbH, Christoph Almer</t>
+  </si>
+  <si>
+    <t>Tourismusschulen Bad Ischl</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Neusiedl am See</t>
+  </si>
+  <si>
+    <t>Höhere Bildungs- und Lehranstalt für wirtschaftliche Berufe Feldbach</t>
+  </si>
+  <si>
+    <t>Armstark</t>
+  </si>
+  <si>
+    <t>WRANN HOTELS GESELLSCHAFT M. B. H.</t>
+  </si>
+  <si>
+    <t>BG und WRG Körnerstraße Linz</t>
+  </si>
+  <si>
+    <t>Johann Sandler GesmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>BhW Niederösterreich GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Voitsberg</t>
+  </si>
+  <si>
+    <t>Träumeland GmbH;Träumeland Personal und Service GmbH;Nösslböck Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Strem</t>
+  </si>
+  <si>
+    <t>Schumpeter BHAK/BHAS Wien 13</t>
+  </si>
+  <si>
+    <t>BICYCLE - Entwicklungsprojekt Fahrrad</t>
+  </si>
+  <si>
+    <t>HAK Schärding</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Schwertberg</t>
+  </si>
+  <si>
+    <t>MAG Menschen und Arbeit GmbH</t>
+  </si>
+  <si>
+    <t>A&amp;G KG</t>
+  </si>
+  <si>
+    <t>Die Kärntner Volkshochschulen</t>
+  </si>
+  <si>
+    <t>Bundesministerium für Soziales, Gesundheit, Pflege und Konsumentenschutz</t>
+  </si>
+  <si>
+    <t>Dr. Susanne Mistlberger</t>
+  </si>
+  <si>
+    <t>Rupert Mörzinger Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Gemeinde See i. P.</t>
+  </si>
+  <si>
+    <t>Transgourmet Österreich GmbH</t>
+  </si>
+  <si>
+    <t>CSA Herzogenburg GmbH</t>
+  </si>
+  <si>
+    <t>Lakeside Science &amp; Technology Park GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Serfaus</t>
+  </si>
+  <si>
+    <t>Tischlerei Wegerer GmbH</t>
+  </si>
+  <si>
+    <t>Mach Holding Gesellschaft m.b.H und Erwin Mach Gummitechnik Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>Najjar Studios, Rames Najjar</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Villach</t>
+  </si>
+  <si>
+    <t>BFI Tirol Bildungs GmbH</t>
+  </si>
+  <si>
+    <t>voestalpine BÖHLER Aerospace GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Wachmann Mühle GmbH</t>
+  </si>
+  <si>
+    <t>NLW Tourismus Marketing GmbH</t>
+  </si>
+  <si>
+    <t>HLW Freistadt</t>
+  </si>
+  <si>
+    <t>Schleichl Walter</t>
+  </si>
+  <si>
+    <t>Kirchdorfer Sport- und Freizeitanlagen GesbR</t>
+  </si>
+  <si>
+    <t>Essity Austria GmbH</t>
+  </si>
+  <si>
+    <t>BORG Bad Hofgastein, Bad Hofgastein, Martin-Lodinger-Straße</t>
+  </si>
+  <si>
+    <t>MINKA Holz- und Metallverarbeitungs GmbH, MINKA IMMO GmbH</t>
+  </si>
+  <si>
+    <t>Handelsakademie Tamsweg</t>
+  </si>
+  <si>
+    <t>Regional Development Vorarlberg eGen</t>
+  </si>
+  <si>
+    <t>Möstl Anlagenbau GmbH, Möstl Holding GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Hollabrunn</t>
   </si>
   <si>
     <t>BASOP und KOfEP Zwettl</t>
   </si>
   <si>
-    <t>STADLMANN TEC GmbH, digi TEC GmbH, Stadlmann Immobilien GmbH</t>
-[...14 lines deleted...]
-    <t>Form 4 Industries GmbH;Steinbach International GmbH</t>
+    <t>Bergbahnen Fieberbrunn Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>TCS Umwelttechnik GmbH</t>
+  </si>
+  <si>
+    <t>Volkshilfe Flüchtlings- und MigrantInnenbetreuung GmbH</t>
+  </si>
+  <si>
+    <t>AustriaTech Ltd. - Federal Agency for Technological Measures</t>
+  </si>
+  <si>
+    <t>HUM Bezau</t>
+  </si>
+  <si>
+    <t>Phurdo Salzburg - Zentrum Roma - Sinti</t>
+  </si>
+  <si>
+    <t>Verein der Skihandelsschule Schladming</t>
+  </si>
+  <si>
+    <t>ABC AlfaBetisierungsCentrum - Lesen und Schreiben für Erwachsene</t>
+  </si>
+  <si>
+    <t>4everyoung.at Gemeinnützige Kommunikations Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Vorarlberg University of Applied Science</t>
+  </si>
+  <si>
+    <t>Fachhochschule Vorarlberg GmbH</t>
+  </si>
+  <si>
+    <t>Bundesoberstufenrealgymnasium Bad Leonfelden, Hagauerstraße</t>
+  </si>
+  <si>
+    <t>Neni am Tisch GmbH</t>
+  </si>
+  <si>
+    <t>Tourismusschulen Salzburg - Bramberg</t>
+  </si>
+  <si>
+    <t>Ing. Haas Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS St. Pölten</t>
+  </si>
+  <si>
+    <t>HTBLA Zeltweg</t>
+  </si>
+  <si>
+    <t>ZIB - Zentrum für individuelle Berufsvorbereitung gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>Sony DADC Europe Limited</t>
+  </si>
+  <si>
+    <t>Burgenländische Krankenanstalten Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Albin Sorger "zum Weinrebenbäcker" GmbH</t>
+  </si>
+  <si>
+    <t>Energie Graz GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>build! Gründerzentrum Kärnten GmbH</t>
+  </si>
+  <si>
+    <t>Helmut Schweiger GmbH</t>
+  </si>
+  <si>
+    <t>Lechner GesmbH</t>
+  </si>
+  <si>
+    <t>Franz Schütz GmbH</t>
+  </si>
+  <si>
+    <t>Regio Salzburg</t>
+  </si>
+  <si>
+    <t>Schwendinger Simon</t>
+  </si>
+  <si>
+    <t>Teko - Plastic Kunststoffwerk E. Schröck Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>HTBLVA Innsbruck Trenkwalderstraße</t>
+  </si>
+  <si>
+    <t>Ploberger GmbH</t>
+  </si>
+  <si>
+    <t>Tourismusverband Region Oberwart</t>
+  </si>
+  <si>
+    <t>Bundesministerium für Bildung, Wissenschaft und Forschung</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium Dornbirn</t>
+  </si>
+  <si>
+    <t>Regional Government of Lower Austria</t>
+  </si>
+  <si>
+    <t>LC Gastroservice Langreiter KG</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Perg</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut Oberösterreich</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Fürstenfeld</t>
+  </si>
+  <si>
+    <t>Schinko GmbHSchinko Immo GmbH</t>
+  </si>
+  <si>
+    <t>WUK-Verein zur Schaffung offener Kultur- und Werkstättenhäuser</t>
+  </si>
+  <si>
+    <t>Municipality of Purbach</t>
+  </si>
+  <si>
+    <t>Dankl Hannes</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Feldbach</t>
+  </si>
+  <si>
+    <t>Kunststoff-Bearbeitungs Ges.m.b.H.;Innovations Sattler GmbH</t>
+  </si>
+  <si>
+    <t>Bergbahnen Fieberbrunn</t>
+  </si>
+  <si>
+    <t>Kaml &amp; Huber Sägewerk- Holzexport GmbH</t>
+  </si>
+  <si>
+    <t>ibis acam Bildungs GmbH</t>
+  </si>
+  <si>
+    <t>K. Seidnitzer Gesellschaft m.b.H., SIAG Holding GmbH</t>
+  </si>
+  <si>
+    <t>Spring Components GmbH</t>
+  </si>
+  <si>
+    <t>Scherf GmbH</t>
+  </si>
+  <si>
+    <t>Aihai Minerals Europe GmbH</t>
+  </si>
+  <si>
+    <t>Hilfeeinrichtungen der Caritas der Erzdiözese Wien</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS (MEDIEN HAK) Graz</t>
+  </si>
+  <si>
+    <t>University of Applied Sciences Upper Austria Research &amp; Development Ltd.</t>
+  </si>
+  <si>
+    <t>Musisches Gymnasium Salzburg</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Reutte</t>
+  </si>
+  <si>
+    <t>Meinhardinum Stams (Gymnasium/Aufbaugymnasium), Stams, Stiftshof</t>
+  </si>
+  <si>
+    <t>BORG Nonntal, Salzburg, Josef Preis Allee</t>
+  </si>
+  <si>
+    <t>REGIONSMANAGEMENT OSTTIROL</t>
+  </si>
+  <si>
+    <t>BHAK u. BHAS St. Pölten</t>
+  </si>
+  <si>
+    <t>Therme St.Kathrein Besitz GmbH</t>
+  </si>
+  <si>
+    <t>AIT Austrian Institute of Technology GmbH</t>
+  </si>
+  <si>
+    <t>Thermo Team Alternativbrennstoffverwertungs GmbH</t>
+  </si>
+  <si>
+    <t>MERCK KGaA &amp; Co Werk Spittal</t>
+  </si>
+  <si>
+    <t>Tool Service GmbH</t>
+  </si>
+  <si>
+    <t>Ferienhotel Fernblick - Zudrell GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Hoval GmbH</t>
+  </si>
+  <si>
+    <t>Seiwald Blechform Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>KELAG Energie &amp; Wärme GmbH</t>
+  </si>
+  <si>
+    <t>E.L.T. Kunststofftechnik &amp; Werkzeugbau GmbH, E.L.T. Holding GmbH</t>
+  </si>
+  <si>
+    <t>Stadt Wien - Strassenverwaltung und Straßenbau</t>
+  </si>
+  <si>
+    <t>Caritas der Erzdiözese Wien (Caritasverband) gemeinnützige Gesellschaft mit beschränkter Haftung</t>
+  </si>
+  <si>
+    <t>BG Lustenau</t>
+  </si>
+  <si>
+    <t>Grabner Stahl &amp; Maschinenbau GmbHJohann Grabner Handelsgesellschaft mbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck, Institut für Ionenphysik und Angewandte Physik</t>
+  </si>
+  <si>
+    <t>Ferk Metallbau GmbH</t>
+  </si>
+  <si>
+    <t>Amt der Tiroler Landesregierung, Abteilung Gesellschaft und Arbeit</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Wolfsberg</t>
+  </si>
+  <si>
+    <t>WWS Wasserkraft GmbH</t>
+  </si>
+  <si>
+    <t>Lebenshilfe Kärnten gemeinnützige BetriebsGmbH</t>
+  </si>
+  <si>
+    <t>HTBLVA Innsbruck, Anichstraße</t>
+  </si>
+  <si>
+    <t>Gemeinnützige Wohn- und Siedlungsgenossenschaft Ennstal registrierte Genossenschaft mit beschränkter Haftung Liezen</t>
+  </si>
+  <si>
+    <t>Danube Private University, Krems</t>
+  </si>
+  <si>
+    <t>Gasthof Walderhof - Michael Scheiber</t>
+  </si>
+  <si>
+    <t>Lenzing Fibers GmbH</t>
+  </si>
+  <si>
+    <t>Naturpark Karwendel</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für Tourismus Retz</t>
+  </si>
+  <si>
+    <t>Ella Lingens Gymnasium Wien 21, Gerasdorferstraße</t>
+  </si>
+  <si>
+    <t>Gemeinnützige Privatstiftung der Jugend  &amp; Familiengästehäuser</t>
+  </si>
+  <si>
+    <t>Geppert GmbH</t>
+  </si>
+  <si>
+    <t>Styria Print GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Mürzzuschlag Roseggergasse</t>
+  </si>
+  <si>
+    <t>GAEST Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>WohlfühlHotel Schiestl KG</t>
+  </si>
+  <si>
+    <t>Green Tech Valley Cluster GmbH</t>
+  </si>
+  <si>
+    <t>Stadt Wien, Magistratsabteilung 29 - Brückenbau und Grundbau (19)</t>
+  </si>
+  <si>
+    <t>MS Design GmbH</t>
+  </si>
+  <si>
+    <t>Integrationshaus Wien</t>
+  </si>
+  <si>
+    <t>Josef Rotschne KG</t>
+  </si>
+  <si>
+    <t>Paris-Lodron Universität Salzburg</t>
+  </si>
+  <si>
+    <t>ISOP- Innovative Sozialprojekte GmbH</t>
+  </si>
+  <si>
+    <t>BRG/BORG 7 1070 Wien, Neustiftgasse</t>
+  </si>
+  <si>
+    <t>START WORKING Verein zur Integration am Arbeitsmarkt</t>
+  </si>
+  <si>
+    <t>BDS Bau GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Zurndorf</t>
+  </si>
+  <si>
+    <t>Paracelsus Medizinische Privatuniversität Salzburg - Privatstiftung</t>
+  </si>
+  <si>
+    <t>Hotel Karnerhof GmbH</t>
+  </si>
+  <si>
+    <t>Ferdinand Bernhofer Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Abteilung Gesellschaft und Arbeit, Amt der Tiroler Landesregierung</t>
+  </si>
+  <si>
+    <t>Gravur Systems GmbH</t>
+  </si>
+  <si>
+    <t>Volkshochschule Linz</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium Vöcklabruck, Schloßstraße</t>
+  </si>
+  <si>
+    <t>GRG Wien 17, Parhamergymnasium</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Wien 11</t>
+  </si>
+  <si>
+    <t>Sägewerk Hannes Bichler GmbH</t>
+  </si>
+  <si>
+    <t>BIOHORT GmbH;Priglinger Privatstiftung</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie Korneuburg</t>
+  </si>
+  <si>
+    <t>G/RG der Albertus Magnus Schule der Vereinigung von Ordensschulen Österreichs (pGRG 18), 1180 Wien, Semperstraße 45</t>
+  </si>
+  <si>
+    <t>Hotel Post GmbH</t>
+  </si>
+  <si>
+    <t>Ausbildungszentrum St. Josef</t>
+  </si>
+  <si>
+    <t>Mühlfellner Tankbaugesellschaft m.b.H., Ing. Daniel Zupan GmbH</t>
+  </si>
+  <si>
+    <t>Planungsverband 36 Lienz und Umgebung</t>
+  </si>
+  <si>
+    <t>social – design – business (s-d-b), Verein zur Förderung der Sozial- und Kreativwirtschaft</t>
+  </si>
+  <si>
+    <t>SET R &amp; D GmbH</t>
+  </si>
+  <si>
+    <t>Bundesministerium für Arbeit, Soziales, Gesundheit und Konsumentenschutz</t>
+  </si>
+  <si>
+    <t>Schwab - Walcher Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>HAK/HAS VBS Augarten Wien-2</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Vöcklabruck</t>
+  </si>
+  <si>
+    <t>BRG Innsbruck-Bachlechnerstraße</t>
+  </si>
+  <si>
+    <t>SCHMID-HOLZ GmbH</t>
+  </si>
+  <si>
+    <t>Gasthof Hechenmoos Familie Pfisterer KG</t>
+  </si>
+  <si>
+    <t>Weyland GmbH, August Weyland GmbH &amp; Co KG, Weyland Logistik und Service GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Kandlhofer GmbH</t>
+  </si>
+  <si>
+    <t>The Office of Provincial Government of Lower Austria</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium Wien 13 Fichtnergasse</t>
+  </si>
+  <si>
+    <t>UNTHA shredding technology GmbH;Anton Unterwurzacher Maschinenbauholding GmbH</t>
+  </si>
+  <si>
+    <t>Aktion Mitarbeit, Verein zur Förderung Arbeitsloser und Integration von Zuwanderer/ innen</t>
+  </si>
+  <si>
+    <t>Zweisprachiges Bundesgymnasium Oberwart, Badgasse</t>
+  </si>
+  <si>
+    <t>autArK Soziale Dienstleistungs-GmbH</t>
+  </si>
+  <si>
+    <t>BRG/BORG St. Pölten, Schulring 16</t>
+  </si>
+  <si>
+    <t>HLW/ALW/FW/EWF Amstetten 305449</t>
+  </si>
+  <si>
+    <t>Salesianer Miettex</t>
+  </si>
+  <si>
+    <t>Fritz GmbH</t>
+  </si>
+  <si>
+    <t>Arbeitsassistenz Tirol - Verein für die berufliche und soziale Integration von Menschen mit körperlichen, kognitiven, psychischen und psychosozialen Benachteiligungen</t>
+  </si>
+  <si>
+    <t>BAfEP Salzburg</t>
+  </si>
+  <si>
+    <t>Lebenshilfe Ennstal</t>
+  </si>
+  <si>
+    <t>Autohaus Maschler GmbH</t>
+  </si>
+  <si>
+    <t>Spar Österreichische Warenhandels-AG</t>
+  </si>
+  <si>
+    <t>Amt der Kärntner Landesregierung</t>
+  </si>
+  <si>
+    <t>Gemeinde Kirchdorf in Tirol</t>
+  </si>
+  <si>
+    <t>rt-plast GmbHrt-mold GmbHRT-CAD Tiefenböck GmbH</t>
+  </si>
+  <si>
+    <t>SARIA GmbH</t>
+  </si>
+  <si>
+    <t>Wiener ArbeitnehmerInnen Förderungsfonds</t>
+  </si>
+  <si>
+    <t>L&amp;R Social Research</t>
+  </si>
+  <si>
+    <t>BG/BRG Bruck/Mur, Keplerstraße</t>
+  </si>
+  <si>
+    <t>GRG19/Bi26 1190 Wien Billrothstraße</t>
+  </si>
+  <si>
+    <t>ZEBRA Interkulturelles Beratungs- und Therapiezentrum</t>
+  </si>
+  <si>
+    <t>Neuman Aluminium Austria GmbH</t>
+  </si>
+  <si>
+    <t>HBLW Weiz</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für Tourismus Semmering</t>
+  </si>
+  <si>
+    <t>Tourismusschule Klessheim, 5071 Wals</t>
+  </si>
+  <si>
+    <t>Frey Metalltech GmbH</t>
+  </si>
+  <si>
+    <t>Montessori-Oberstufenrealgymnasium des Evangelischen Diakonievereins Salzburg, Grödig, Otto-Glöckel-Straße</t>
+  </si>
+  <si>
+    <t>Söllinger GmbH</t>
+  </si>
+  <si>
+    <t>Europagymnasium Klagenfurt, 9020 Klagenfurt, Völkermarkter Ring 27</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Hagenberg i.M.</t>
+  </si>
+  <si>
+    <t>Möbel Zimmermann GmbH</t>
+  </si>
+  <si>
+    <t>Verein DANAIDA</t>
+  </si>
+  <si>
+    <t>Liese Prokop Privatschule - ORG und HAS für Leistungssportler/innen</t>
+  </si>
+  <si>
+    <t>Fill Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Kammer für Arbeiter und Angestellte für Oberösterreich</t>
+  </si>
+  <si>
+    <t>Bäckerei Wienerroither GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Laa/Thaya</t>
+  </si>
+  <si>
+    <t>Packnatur GmbH</t>
+  </si>
+  <si>
+    <t>Austrian Trade Union Federation</t>
+  </si>
+  <si>
+    <t>Level 2 Digitale Kommunikation GmbH</t>
+  </si>
+  <si>
+    <t>Lehner electronics GmbH</t>
+  </si>
+  <si>
+    <t>CARDBOX Packaging Wolfsberg GmbH</t>
+  </si>
+  <si>
+    <t>DFT Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Hausmasters - Dienstleistungs GmbH</t>
+  </si>
+  <si>
+    <t>Kärntner Tourismusschule</t>
+  </si>
+  <si>
+    <t>Jodl Verpackungen GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Grazbachgasse</t>
+  </si>
+  <si>
+    <t>das kollektiv. kritische bildungs-, beratungs- und kulturarbeit von und für migrantinnen</t>
+  </si>
+  <si>
+    <t>GLAS - AIR Vermietungs GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Judenburg</t>
+  </si>
+  <si>
+    <t>SYNECO tec GmbH</t>
+  </si>
+  <si>
+    <t>AREA m styria GmbH</t>
+  </si>
+  <si>
+    <t>Innio Jenbacher GmbH &amp; Co OG</t>
+  </si>
+  <si>
+    <t>ACCDUR Fenstertechnik Produktions- und Vertriebs Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Volkshochschule Tirol</t>
+  </si>
+  <si>
+    <t>IKA Reutte</t>
+  </si>
+  <si>
+    <t>ANDRITZ HYDRO GmbH</t>
+  </si>
+  <si>
+    <t>Greiner Bio-One GmbH</t>
+  </si>
+  <si>
+    <t>Lugstein Cabs GmbH;Lugstein Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>HTBLA KAINDORF</t>
+  </si>
+  <si>
+    <t>"VIELE" - Verein für interkulturellen Ansatz in Erziehung, Lernen und Entwicklung</t>
+  </si>
+  <si>
+    <t>BG/BRG Kufstein</t>
+  </si>
+  <si>
+    <t>MARK Immo GmbH</t>
   </si>
   <si>
     <t>Stadtwerke Leoben e.U.</t>
   </si>
   <si>
+    <t>MAN Truck &amp; Bus Österreich GmbH</t>
+  </si>
+  <si>
+    <t>ROMER LABS Division Holding GmbH</t>
+  </si>
+  <si>
+    <t>A-NOBIS Sektkellerei Norbert Szigeti GmbH</t>
+  </si>
+  <si>
+    <t>BHAS / BHAK Bezau</t>
+  </si>
+  <si>
+    <t>Privatbrauerei Zwettl Karl Schwarz Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>EVK DI Kerschhaggl GmbH</t>
+  </si>
+  <si>
+    <t>Werkhaus Reutte gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>DONAUWELL Wellpappe Verpackungsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Prem Junghennen KG</t>
+  </si>
+  <si>
+    <t>Verein zur Förderung der Elektronenmikroskopie und Feinstrukturforschung</t>
+  </si>
+  <si>
+    <t>GMS GOURMET GmbH</t>
+  </si>
+  <si>
+    <t>Holz Fesl GmbH</t>
+  </si>
+  <si>
+    <t>TVB Kufsteinerland</t>
+  </si>
+  <si>
+    <t>Samson-Druck Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Förderungsverein für Aus- und Weiterbildungseinrichtungen im Waldviertel</t>
+  </si>
+  <si>
+    <t>weinberger-abtenau gmbh</t>
+  </si>
+  <si>
+    <t>Amt der NÖ Landesregierung</t>
+  </si>
+  <si>
+    <t>MASTRO Präzisionstechnik GmbH</t>
+  </si>
+  <si>
+    <t>Sturmberger Pelletsproduktions GmbH</t>
+  </si>
+  <si>
+    <t>BRG/BORG Schloss Traunsee Gmunden</t>
+  </si>
+  <si>
+    <t>Health Agency of Lower Austria</t>
+  </si>
+  <si>
+    <t>Franz Walder GmbH</t>
+  </si>
+  <si>
+    <t>E.L.T. Kunststofftechnik &amp; Werkzeugbau GmbH</t>
+  </si>
+  <si>
+    <t>Photeon Technologies GmbH</t>
+  </si>
+  <si>
+    <t>Gymnasium Auf der Schmelz / GRG15, Wien</t>
+  </si>
+  <si>
+    <t>SERICOMP GmbH</t>
+  </si>
+  <si>
+    <t>SCHAFFER SÄGEWERK-HOLZEXPORT GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde St. Peter am Hart</t>
+  </si>
+  <si>
+    <t>Tiroler Arbeitsmarktförderungsgesellschaft mbH</t>
+  </si>
+  <si>
+    <t>LNW Lebenshilfe NetzWerk GmbH</t>
+  </si>
+  <si>
+    <t>Schuldnergemeinschaft Erber Aktiengesellschaft / ROMER LABS Division Holding GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Munderfing</t>
+  </si>
+  <si>
+    <t>Volkshilfe Wien gemeinnützige Betriebs-GmbH</t>
+  </si>
+  <si>
+    <t>RS Rohrlaser Stanztec GmbH</t>
+  </si>
+  <si>
+    <t>BRG Wiener Neustadt, Gröhrmühlgasse</t>
+  </si>
+  <si>
+    <t>HTBLA Grieskirchen</t>
+  </si>
+  <si>
+    <t>G. Lang Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Gemeinnützige Dienstleitstungsgesellschaft der Region Weiz G.m.b.H.</t>
+  </si>
+  <si>
+    <t>401046 BORG Linz, Honauerstraße</t>
+  </si>
+  <si>
+    <t>PRECIPLAST Kunststofftechnik Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>HMZ-BioTech GmbHZottler Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe Bad Ischl</t>
+  </si>
+  <si>
+    <t>Danube Private University</t>
+  </si>
+  <si>
+    <t>GTech Automatisierungstechnik GmbH;GTech Holding GmbH</t>
+  </si>
+  <si>
+    <t>"Antlas" Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Digital Factory Vorarlberg GmbH</t>
+  </si>
+  <si>
+    <t>Zimmer im Süden GmbH</t>
+  </si>
+  <si>
+    <t>Müllauerhof GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>HTBLVA Dornbirn</t>
+  </si>
+  <si>
+    <t>AustroCel Hallein GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Wien 22</t>
+  </si>
+  <si>
+    <t>BORG Monsbergergasse Graz</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe und Höhere Bundeslehranstalt für Mode (WIMO) , Schulkennzahl 201419, Fromillerstraße 15, 9020 Klagenfurt</t>
+  </si>
+  <si>
+    <t>Höhere Technische Bundes Lehr- und Versuchsanstalt Bregenz</t>
+  </si>
+  <si>
+    <t>HTBLA Wien 22</t>
+  </si>
+  <si>
+    <t>Verein Natopia</t>
+  </si>
+  <si>
+    <t>4a manufacturing GmbH</t>
+  </si>
+  <si>
+    <t>HS Coating GmbH, HS Engineering GmbH und HS Technik Beschichtungstechnologien GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Neuhofen im Innkreis</t>
+  </si>
+  <si>
+    <t>Mayrhofer Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BVT Holding GmbH, BVT Beschichtungs- und Verschleißtechnik Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Akras Flavours GmbH</t>
+  </si>
+  <si>
+    <t>Bäckerei Pföß GmbH</t>
+  </si>
+  <si>
+    <t>Peter Graggaber GmbH</t>
+  </si>
+  <si>
+    <t>"Rolli-Pet" Tiernahrung GmbH</t>
+  </si>
+  <si>
+    <t>MOVE GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Horvat Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Saint-Gobain ADFORS Austria GmbH</t>
+  </si>
+  <si>
+    <t>Austrian Waterway Company</t>
+  </si>
+  <si>
+    <t>Lovara-Roma Österreich</t>
+  </si>
+  <si>
+    <t>WRG/ORG der Franziskanerinnen in Wels</t>
+  </si>
+  <si>
+    <t>BANDEX Textil &amp; Handels-GmbH</t>
+  </si>
+  <si>
+    <t>GB PREMIUM CARS GMBH &amp; CO KG</t>
+  </si>
+  <si>
+    <t>Galli Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>bkk hotel errichtungs gmbh</t>
+  </si>
+  <si>
+    <t>Perusch-Paletten GmbH</t>
+  </si>
+  <si>
+    <t>BAfEP-Graz</t>
+  </si>
+  <si>
+    <t>Recendt Research Center for Non Destructive Testing GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Steyr</t>
+  </si>
+  <si>
+    <t>CONEDU - Verein für Bildungsforschung und - medien</t>
+  </si>
+  <si>
+    <t>Caritas der Diözese Graz-Seckau</t>
+  </si>
+  <si>
+    <t>AQUA Mühle Vorarlberg gGmbH</t>
+  </si>
+  <si>
+    <t>Verein das kollektiv. kritische bildungs-, beratungs- und kulturarbeit von und für migrantinnen</t>
+  </si>
+  <si>
+    <t>Centre for Social Innovation</t>
+  </si>
+  <si>
+    <t>SW Umwelttechnik Österreich GmbH</t>
+  </si>
+  <si>
+    <t>Nothegger Massiv GmbH</t>
+  </si>
+  <si>
+    <t>HT TECH Folientastaturen Entwicklungs- u. Vertriebs GmbH</t>
+  </si>
+  <si>
+    <t>Mentor GmbH &amp; Co OG</t>
+  </si>
+  <si>
+    <t>Günter Prügger Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Bruck/Leitha, Fischamender Straße</t>
+  </si>
+  <si>
+    <t>HTBLA Saalfelden</t>
+  </si>
+  <si>
+    <t>Hammerer Aluminium Industries GmbH</t>
+  </si>
+  <si>
+    <t>Caritas Vorarlberg</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Stegersbach</t>
+  </si>
+  <si>
+    <t>Mary Ward Privatgymnasium und Oberstufenrealgymnasium St. Pölten, Schneckgasse</t>
+  </si>
+  <si>
+    <t>SIEDRU Druck GmbH</t>
+  </si>
+  <si>
+    <t>Regions Entwicklungs- und Management Oststeiermark GmbH</t>
+  </si>
+  <si>
+    <t>Wander-und Familienhotel Erika GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Holding Wels GmbH</t>
+  </si>
+  <si>
+    <t>703448 eco telfs BHAK/BHAS/AUL</t>
+  </si>
+  <si>
+    <t>Energie- und Wirtschaftsbetriebe Hochmontafon GmbH</t>
+  </si>
+  <si>
+    <t>Glanzer cosmetic engineering GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Salner Wolfgang</t>
+  </si>
+  <si>
+    <t>dormakaba Austria GmbH</t>
+  </si>
+  <si>
+    <t>Rauch Fruchtsäfte GmbH &amp; Co OG</t>
+  </si>
+  <si>
+    <t>BADX GmbH</t>
+  </si>
+  <si>
+    <t>BVT Beschichtungs- und Verschleißtechnik Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Johann Edelmann GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Hollabrunn</t>
+  </si>
+  <si>
+    <t>Lern- und Entwicklungswerkstätte Oststeiermark GmbH</t>
+  </si>
+  <si>
+    <t>HTBLVA Ferlach</t>
+  </si>
+  <si>
+    <t>Johann Eberhard Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Tourismusverband Ötztal Tourismus</t>
+  </si>
+  <si>
+    <t>ÖSB Studien &amp; Beratung gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>Haberfellner Mühle GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Ried im Innkreis</t>
+  </si>
+  <si>
+    <t>HS Coating GmbH, HS Technik Beschichtungstechnologien Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS 2 Wels</t>
+  </si>
+  <si>
+    <t>uniT - Verein für Kultur an der Karl-Franzens-Universität Graz</t>
+  </si>
+  <si>
+    <t>Pro Mente Steiermark Gesellschaft für psychische und soziale Gesundheit GmbH</t>
+  </si>
+  <si>
+    <t>GASCHT - Gastgeberschule für Tourismusberufe</t>
+  </si>
+  <si>
+    <t>Bischöfliches Gymnasium Paulinum Schwaz</t>
+  </si>
+  <si>
+    <t>Initiative Minderheiten - Verein zur Förderung des Zusammenlebens von Minderheiten und Mehrheiten</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck Institut für Organische Chemie</t>
+  </si>
+  <si>
+    <t>Edler Reifen GmbH. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Sierning</t>
+  </si>
+  <si>
+    <t>Wienerberger Österreich GmbH</t>
+  </si>
+  <si>
+    <t>G&amp;S Technologies GmbH</t>
+  </si>
+  <si>
+    <t>Göttfried Holz GmbH</t>
+  </si>
+  <si>
+    <t>ABIES Austria Holzverarbeitung GmbH</t>
+  </si>
+  <si>
+    <t>HS TechnikHS Engineering</t>
+  </si>
+  <si>
+    <t>BORG Feldbach</t>
+  </si>
+  <si>
+    <t>Gemeinde Gschwandt</t>
+  </si>
+  <si>
+    <t>GIG Fürstenfeld GmbH</t>
+  </si>
+  <si>
+    <t>AC2T research GmbH</t>
+  </si>
+  <si>
+    <t>E.R.S. Electronic Recycling System GmbHB &amp; T Besitz GmbH</t>
+  </si>
+  <si>
+    <t>LEFÖ-Beratung, Bildung und Begleitung für Migrantinnen</t>
+  </si>
+  <si>
+    <t>Joanneum Research</t>
+  </si>
+  <si>
+    <t>HTL des Vereines zur Erhaltung und zum Betrieb der HTL in Mistelbach/Zistersdorf</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Wörgl</t>
+  </si>
+  <si>
+    <t>SOS Kinderdorf</t>
+  </si>
+  <si>
+    <t>ma.lo architectural office, Eva Lopez</t>
+  </si>
+  <si>
+    <t>Mayer Recycling GmbH, ECOBLOCK-STYRIA Betriebsberatungs-GmbH</t>
+  </si>
+  <si>
+    <t>Institut für Berufs- und Erwachsenenbildungsforschung an der Johannes Kepler Universität Linz</t>
+  </si>
+  <si>
+    <t>Liese Prokop Privatschule - ORG und HAS für Leistungssportler/innen, Liese Prokop Platz, Maria Enzersdorf</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Schärding</t>
+  </si>
+  <si>
+    <t>Immobilienverwaltung Schulgemeindeverband St. Veit/Glan KG</t>
+  </si>
+  <si>
+    <t>Katholisches Oberstufenrealgymnasium Zams</t>
+  </si>
+  <si>
+    <t>Dr. Helmut Rothenberger Holding GmbH</t>
+  </si>
+  <si>
+    <t>Schwarhofer Roland</t>
+  </si>
+  <si>
+    <t>Fachschule für wirtschaftliche Berufe und Abendwirtschaftsschule der Caritas</t>
+  </si>
+  <si>
+    <t>Silicon Alps Cluster GmbH</t>
+  </si>
+  <si>
+    <t>Franz Kirnbauer KG;KIRNBAUER HOLZ LiegenschaftsGmbH</t>
+  </si>
+  <si>
+    <t>Die Wiener Volkshochschulen</t>
+  </si>
+  <si>
+    <t>KRAL GmbH</t>
+  </si>
+  <si>
+    <t>BAN Sozialökonomische BetriebsgmbH</t>
+  </si>
+  <si>
+    <t>Verein IONICA Mobility</t>
+  </si>
+  <si>
+    <t>Kiener Heinrich Dieter</t>
+  </si>
+  <si>
+    <t>Erzbischöfliches Privatgymnasium Borromäum Salzburg</t>
+  </si>
+  <si>
+    <t>uniT</t>
+  </si>
+  <si>
+    <t>Tourismusschulen Bad Gleichenberg</t>
+  </si>
+  <si>
+    <t>DJ Müller Gastro GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Klosterneuburg IB World School, Buchberggasse</t>
+  </si>
+  <si>
+    <t>Forschung Burgenland GmbH</t>
+  </si>
+  <si>
+    <t>EHS Verpackungen GmbH</t>
+  </si>
+  <si>
+    <t>BILL Institut für Bildungsentwicklung Linz</t>
+  </si>
+  <si>
+    <t>Gemeinde Tumeltsham</t>
+  </si>
+  <si>
+    <t>BRG/BORG Dornbirn Schoren, Höchsterstraße 32</t>
+  </si>
+  <si>
+    <t>Mischkulnig Peter</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS eco Telfs</t>
+  </si>
+  <si>
+    <t>Faustmann Möbelmanufaktur GmbH</t>
+  </si>
+  <si>
+    <t>E.L.T. Kunststofftechnik &amp; Werkzeugbau GmbH &amp; Co KGE.L.T. Holding GmbH</t>
+  </si>
+  <si>
+    <t>Arbeitsgemeinschaft Erneuerbare Energie GmbH</t>
+  </si>
+  <si>
+    <t>Lebenshilfen Soziale Dienste GmbH</t>
+  </si>
+  <si>
+    <t>MCI Management Center Innsbruck-Internationale Hochschule GmbH</t>
+  </si>
+  <si>
+    <t>VOLKSHILFE BESCHÄFTIGUNG. Kurz "VHB"</t>
+  </si>
+  <si>
+    <t>Hammerer GmbH</t>
+  </si>
+  <si>
+    <t>"VIELE" - Verein für interkulturellen Ansatz in Erziehung, Lernen und Entwicklung"</t>
+  </si>
+  <si>
+    <t>Regionalentwicklung Bregenzerwald GmbH</t>
+  </si>
+  <si>
+    <t>Bauschutz GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Kitzspitz GmbH</t>
+  </si>
+  <si>
+    <t>Brunner GmbH</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck Institut f Konstruktion u. Materialwissenschaften</t>
+  </si>
+  <si>
+    <t>ISOP Innovative Sozialprojekte GmbH</t>
+  </si>
+  <si>
+    <t>Versicherungsanstalt öffentlich Bediensteter</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Feldbach</t>
+  </si>
+  <si>
+    <t>Herbert Handlos Gesellschaft m.b.H.;Pregartner Holzindustrie Handlos Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Amt der Oö. Landesreg, Abtlg. Wirtschaft als PVL für IWB 2020</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut (BFI) Burgenland</t>
+  </si>
+  <si>
+    <t>Tafie Innsbruck-Land - Tiroler Arbeitskreis für integrative Entwicklung Innsbruck-Land</t>
+  </si>
+  <si>
+    <t>Hostra Gummi und Kunststoffe GmbH</t>
+  </si>
+  <si>
+    <t>ÖWGES Gemeinnützige Wohnbaugesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Privatgymnasium der Herz Jesu Missionare, Salzburg, Schönleitenstraße</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut Österreich</t>
+  </si>
+  <si>
+    <t>Beinschab Entsorgung GmbH</t>
+  </si>
+  <si>
+    <t>W. Hamburger GmbH</t>
+  </si>
+  <si>
+    <t>Styria Print GmbH, USP-Druck Beteiligung GmbH</t>
+  </si>
+  <si>
+    <t>Hutter Acustix GmbH;Möbelwerkstätte Hutter GmbH</t>
+  </si>
+  <si>
+    <t>Verein zur Förderung des Naturparks Rosalia-Kogelberg</t>
+  </si>
+  <si>
+    <t>Hinterglemmer Bergbahnen GmbH</t>
+  </si>
+  <si>
+    <t>Bundesoberstufenrealgymnasium Innsbruck Fallmerayerstraße</t>
+  </si>
+  <si>
+    <t>BRG14 1140 Wien Linzerstraße</t>
+  </si>
+  <si>
+    <t>FAB - Verein zur Förderung von Arbeit und Beschäftigung</t>
+  </si>
+  <si>
+    <t>BFW Wörgl mit AL</t>
+  </si>
+  <si>
+    <t>Zumtobel Lighting GmbH</t>
+  </si>
+  <si>
+    <t>Pankl Systems Austria GmbH, PIERER IMMOREAL GmbH</t>
+  </si>
+  <si>
+    <t>Welser Lerntafel - Verein für sozialen Ressourcen-Transfer</t>
+  </si>
+  <si>
+    <t>Teufl Josef</t>
+  </si>
+  <si>
+    <t>Ring Österreichischer Bildungswerke</t>
+  </si>
+  <si>
+    <t>Biolyz GmbH</t>
+  </si>
+  <si>
+    <t>Trumer Schutzbauten Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Rabensteiner Präzisionswerkzeuge GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>BG/BRG Villach-Perau</t>
+  </si>
+  <si>
+    <t>University of Applied Sciences Upper Austria</t>
+  </si>
+  <si>
+    <t>Saubermacher Dienstleistungs-Aktiengesellschaft</t>
+  </si>
+  <si>
+    <t>BORG Bad Radkersburg, Neubaustraße 9</t>
+  </si>
+  <si>
+    <t>Hotel Jägeralpe GmbH</t>
+  </si>
+  <si>
+    <t>HOTEL VALAVIER GMBH</t>
+  </si>
+  <si>
+    <t>HAK II / HAS III Vienna Business School Wien-8</t>
+  </si>
+  <si>
+    <t>Planfactory GmbH</t>
+  </si>
+  <si>
+    <t>Wrestling Association Burgenland</t>
+  </si>
+  <si>
+    <t>BRG_BORG Klagenfurt, Hubertusstraße</t>
+  </si>
+  <si>
+    <t>BHAK BHAS Hallein</t>
+  </si>
+  <si>
+    <t>Gemeinde Neuhofen i.I.</t>
+  </si>
+  <si>
+    <t>Landgarten GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Amt der Niederösterreichischen Landesregierung - Abteilung Kindergärten</t>
+  </si>
+  <si>
     <t>Trans World Hotels Austria GmbH</t>
   </si>
   <si>
-    <t>Larimar Hotel GmbH</t>
-[...29 lines deleted...]
-    <t>Kirchdorfer Sport- und Freizeitanlagen GesbR</t>
+    <t>Hermann Berger GmbH</t>
+  </si>
+  <si>
+    <t>Jewa Profi-Massmöbel GmbH</t>
+  </si>
+  <si>
+    <t>Möbel Gruber GmbH</t>
+  </si>
+  <si>
+    <t>Herbert Handlos Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>HILITECH GMBH</t>
+  </si>
+  <si>
+    <t>Lakeside Labs GmbH</t>
+  </si>
+  <si>
+    <t>Steirische Exportservice GmbH, ICS Internationalisierungscenter Steiermark GmbH</t>
+  </si>
+  <si>
+    <t>SEMA Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Handelsschule und HAK-Aufbaulehrgang SSND</t>
+  </si>
+  <si>
+    <t>BG BRG Enns, 4470 Enns, Hanuschstraße</t>
+  </si>
+  <si>
+    <t>Kurz GmbH &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>Verein das kollektiv, kritische bildungs-, beratungs- und kulturarbeit von und für migrantinnen</t>
+  </si>
+  <si>
+    <t>Abteilung für Wirtschafts- und Tourismusentwicklung der Stadt Graz</t>
+  </si>
+  <si>
+    <t>Stadt Steyr</t>
+  </si>
+  <si>
+    <t>BG/BRG Reutte, Reutte, Gymnasiumstraße</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe und für Mode Salzburg</t>
+  </si>
+  <si>
+    <t>Alois Gruber GmbH</t>
+  </si>
+  <si>
+    <t>Höhere technische Bundeslehr- und Versuchsanstalt für Textilindustrie und Informatik Wien</t>
+  </si>
+  <si>
+    <t>Franz Moser GmbH, Franz Moser</t>
+  </si>
+  <si>
+    <t>BG/BRG Knittelfeld</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Weiz</t>
+  </si>
+  <si>
+    <t>ÖSB Consulting GmbH</t>
+  </si>
+  <si>
+    <t>KEBA Facility Management GmbH &amp; Co</t>
+  </si>
+  <si>
+    <t>Privatbrauerei Gols GmbH</t>
+  </si>
+  <si>
+    <t>WissensNetzwerk.Kärnten</t>
+  </si>
+  <si>
+    <t>Lebenshilfe KÃ¤rnten gemeinnÃ¼tzige BetriebsGmbH</t>
+  </si>
+  <si>
+    <t>FH Burgenland GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Timelkam</t>
+  </si>
+  <si>
+    <t>Gemeinde Lang</t>
+  </si>
+  <si>
+    <t>RMB Poolcover GmbH;RMB Bäderroste GmbH</t>
+  </si>
+  <si>
+    <t>RZ Ökostrom Vöcklamarkt GmbH</t>
+  </si>
+  <si>
+    <t>Ing. W. Garhöfer Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>RG und ORG St. Ursula der Privatschulstiftung der Diözese Gurk-Klagenfurt</t>
+  </si>
+  <si>
+    <t>Sonnentherme BetriebsgesmbH</t>
+  </si>
+  <si>
+    <t>Aktion Mitarbeit/okay.zusammen leben</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Kirchdorf/Krems</t>
+  </si>
+  <si>
+    <t>INDES technics GmbH</t>
+  </si>
+  <si>
+    <t>NXP Semiconductors Austria GmbH &amp; Co  KG</t>
+  </si>
+  <si>
+    <t>Salzburger Erwachsenenbildung, Verein zur Förderung der Erwachsenenbildung und des Öffentlichen Bibliothekswesens im Land Salzburg</t>
+  </si>
+  <si>
+    <t>Gerhard Meyer e.U.</t>
+  </si>
+  <si>
+    <t>Josef Speckner GmbH</t>
+  </si>
+  <si>
+    <t>Pferdestreu Vertriebs Ges.m.b.H.;Weinsberg Pellets GmbH</t>
+  </si>
+  <si>
+    <t>Bildungsanstalt für Elementarpädagogik Wien Ettenreichgasse</t>
+  </si>
+  <si>
+    <t>Verein Multikulturell</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für Tourismus WIFI St. Pölten</t>
+  </si>
+  <si>
+    <t>Österreichische Akademie der Wissenschaften</t>
+  </si>
+  <si>
+    <t>Hotel Forellenhof GmbH</t>
+  </si>
+  <si>
+    <t>RHI Magnesita GmbH</t>
+  </si>
+  <si>
+    <t>3DM - GmbH;RLG GmbH</t>
+  </si>
+  <si>
+    <t>Piramidops, Verein für Frauen und Gemeinwesenarbeit</t>
+  </si>
+  <si>
+    <t>Energie Steiermark Technik GmbH</t>
+  </si>
+  <si>
+    <t>Jerich Lagerverwaltungsgesellschaft m.b.H., Müllex Liegenschaftsverwaltung GmbH</t>
+  </si>
+  <si>
+    <t>Frauscher Thermal Motors GmbH</t>
+  </si>
+  <si>
+    <t>ÖIR, Austrian Institute for Regional Studies and Spatial Planning</t>
+  </si>
+  <si>
+    <t>Miteinander Lernen - Birlikte Ogrenelim, Beratungs-,Bildungs und Psychotherapiezentrum für Frauen, Kinder und Familien</t>
+  </si>
+  <si>
+    <t>BRG/BORG Landeck</t>
+  </si>
+  <si>
+    <t>Transport Association of Tyrol Ltd.</t>
+  </si>
+  <si>
+    <t>Qualifizierungsagentur Oststeiermark GmbH</t>
+  </si>
+  <si>
+    <t>Snack &amp; Back CP GmbH</t>
+  </si>
+  <si>
+    <t>ARGE Caritas</t>
+  </si>
+  <si>
+    <t>Flughafen Wien Aktiengesellschaft</t>
+  </si>
+  <si>
+    <t>HTBLA Braunau</t>
+  </si>
+  <si>
+    <t>Bundesoberstufenrealgymnasium Straßwalchen, Braunauerstraße</t>
+  </si>
+  <si>
+    <t>Peak Technology GmbH</t>
+  </si>
+  <si>
+    <t>Privatgymnasium Mehrerau Bregenz</t>
+  </si>
+  <si>
+    <t>pro mente Oberösterreich - Gesellschaft für psychische und soziale Gesundheit</t>
+  </si>
+  <si>
+    <t>PORG Mary Ward Krems Hoher Markt 1</t>
+  </si>
+  <si>
+    <t>VEGU Präzisionsdrehteile GmbH</t>
+  </si>
+  <si>
+    <t>Exposition des BG/BRG Purkersdorf - Standort Tullnerbach, Norbertinumstraße</t>
+  </si>
+  <si>
+    <t>Institut für Arbeitsmarktbetreuung und-forschung Steiermark</t>
+  </si>
+  <si>
+    <t>Gemeinde Suben</t>
+  </si>
+  <si>
+    <t>Niederösterreichische Landesgesundheitsagentur</t>
+  </si>
+  <si>
+    <t>Miteinander Lernen – Birlikte Ogrenelim, Beratungs-, Bildungs- und Psychotherapiezentrum für Frauen, Kinder und Familien</t>
+  </si>
+  <si>
+    <t>BHAK und PHAS Bludenz</t>
+  </si>
+  <si>
+    <t>Verband Österreichischer Volkshochschulen</t>
+  </si>
+  <si>
+    <t>Raiffeisenbank Kleinmünchen/Linz eGen</t>
+  </si>
+  <si>
+    <t>UMIT - Private Universität für Gesundheitswissenschaften, Medizinische Informatik und Technik GmbH, Institut für Elektrotechnik und Biomedizinische Technik</t>
+  </si>
+  <si>
+    <t>Peregrina-Bildungs-, Beratungs- und Therapiezentrum für Immigrantinnen</t>
+  </si>
+  <si>
+    <t>HBM GmbH &amp; Co.KG;Holzbau Maier GmbH &amp; Co.KG</t>
+  </si>
+  <si>
+    <t>Kathrein Rodel GmbH</t>
+  </si>
+  <si>
+    <t>Austyrol Dämmstoffe Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Kärntner Maschinenfabriken Egger GmbH</t>
+  </si>
+  <si>
+    <t>Sommer GmbH</t>
+  </si>
+  <si>
+    <t>Verein Sprungbrett - Mädchenberatung Mädchenbildung Mädchenforschung</t>
+  </si>
+  <si>
+    <t>diocese of Graz-Seckau</t>
+  </si>
+  <si>
+    <t>Form 4 Industries GmbH</t>
+  </si>
+  <si>
+    <t>Schöpf Emanuel</t>
+  </si>
+  <si>
+    <t>VSG - Verein für Sozial- und Gemeinwesenprojekte</t>
+  </si>
+  <si>
+    <t>Pfarre Pergkirchen</t>
+  </si>
+  <si>
+    <t>Red Tomatoes Produktions GmbH</t>
+  </si>
+  <si>
+    <t>Energetica Industries GmbH</t>
+  </si>
+  <si>
+    <t>Schneider Anna</t>
+  </si>
+  <si>
+    <t>Piramidops, Verein für Frauen- und Gemeinwesenarbeit</t>
+  </si>
+  <si>
+    <t>Stahlbau Ebner GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Horn</t>
+  </si>
+  <si>
+    <t>Profitool Produktionsges mbH</t>
+  </si>
+  <si>
+    <t>Volkshilfe Beschäftigung</t>
+  </si>
+  <si>
+    <t>ROTO KunststoffgmbH;Penkoff GmbH</t>
+  </si>
+  <si>
+    <t>Kärntner Caritasverband für Wohlfahrtspflege und Fürsorge</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Liezen</t>
+  </si>
+  <si>
+    <t>Energiewerkstatt Consulting GmbH</t>
+  </si>
+  <si>
+    <t>Thöni Industriebetriebe GmbH</t>
+  </si>
+  <si>
+    <t>HBLW Neusiedl am See</t>
+  </si>
+  <si>
+    <t>Penzinghof Lindner e.U.</t>
+  </si>
+  <si>
+    <t>Stahl- und Fahrzeugbau Grabner GmbH, Johann Grabner Handelsgesellschaft mbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Verein Holzwelt Murau</t>
+  </si>
+  <si>
+    <t>Stadt Wels</t>
+  </si>
+  <si>
+    <t>Schuh Karosseriebau GmbH</t>
+  </si>
+  <si>
+    <t>Schöpf Fertigungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>Simlinger Karl</t>
+  </si>
+  <si>
+    <t>Titz Liegenschafts GmbH, Titz Geflügelschlachthof GmbH</t>
+  </si>
+  <si>
+    <t>Metallbau Röhrich GesmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Linz-Auhof</t>
+  </si>
+  <si>
+    <t>Gemeinde Fiss</t>
+  </si>
+  <si>
+    <t>Scheinecker GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule I Klagenfurt</t>
+  </si>
+  <si>
+    <t>SPAR Österreichische Warenhandels-AG ZN Dornbirn</t>
+  </si>
+  <si>
+    <t>BERUFSFÖRDERUNGSINSTITUT OBERÖSTERREICH (bfi OÖ)</t>
+  </si>
+  <si>
+    <t>Richter glutenfreie Produktions-GmbH</t>
+  </si>
+  <si>
+    <t>BRG/BORG 2, 1020 Wien, Lessinggasse 14</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Waidhofen/Ybbs</t>
+  </si>
+  <si>
+    <t>Innovation and Technology Transfer Salzburg GmbH</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut Niederösterreich</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Frauenkirchen</t>
+  </si>
+  <si>
+    <t>City of Vienna (EU-Funding Agency ltd.)</t>
+  </si>
+  <si>
+    <t>HAK Freistadt</t>
+  </si>
+  <si>
+    <t>Burgenwelt Ehrenberg</t>
+  </si>
+  <si>
+    <t>Wiener Linien GmbH &amp; Co KG (18)</t>
+  </si>
+  <si>
+    <t>Ramsauer &amp; Stürmer Software OG</t>
+  </si>
+  <si>
+    <t>University of Applied Sciences Burgenland</t>
+  </si>
+  <si>
+    <t>Fronius International</t>
+  </si>
+  <si>
+    <t>HTK Maschinen- und Apparatebau GmbH;HTK Hüttmannsberger Consulting GmbH</t>
+  </si>
+  <si>
+    <t>BRP-Rotax GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>bbs - Beschäftigungsbetriebe Steiermark, Verein zur Förderung eines BeschäftigungsträgerInnennetzwerkes</t>
+  </si>
+  <si>
+    <t>4everyoung.at gemeinnützige KommunikationsGesmbH</t>
+  </si>
+  <si>
+    <t>Miteinander Lernen - Birlikte Ogrenelim, Beratungs-, Bildungs- und Psychotherapiezentrum für Frauen, Kinder und Familien</t>
+  </si>
+  <si>
+    <t>WUK - Verein zur Schaffung offener Kultur- und Werkstättenhäuser, Kuzbezeichnung WUK Werkstätten- und Kulturhaus</t>
+  </si>
+  <si>
+    <t>Wurth Essenzenfabrik GmbH</t>
+  </si>
+  <si>
+    <t>Pressinger GmbH</t>
+  </si>
+  <si>
+    <t>ARGE SOZIAL Villach</t>
+  </si>
+  <si>
+    <t>BRG Petersgasse, 8010 Graz</t>
+  </si>
+  <si>
+    <t>Neue Arbeit gem. Beschäftigungsmodell GmbH</t>
+  </si>
+  <si>
+    <t>ALW und FW Gmünd</t>
+  </si>
+  <si>
+    <t>SPAR Österreichische Warenhandels-AG ZN Maria Saal</t>
+  </si>
+  <si>
+    <t>Akademisches Gymnasium Graz Bürgergasse 15</t>
+  </si>
+  <si>
+    <t>Hanger Holz GmbH</t>
+  </si>
+  <si>
+    <t>Holzbau Fürnschuß Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Kultur- und Sportverein der Wiener Berufsschulen</t>
+  </si>
+  <si>
+    <t>Rettet das Kind Salzburg gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>Projekt Integrationshaus</t>
+  </si>
+  <si>
+    <t>Fleischerei Pierer GmbH</t>
+  </si>
+  <si>
+    <t>BORG Kindberg</t>
+  </si>
+  <si>
+    <t>JKU Linz Zentrum für Oberflächen- und Nanoanalytik (JKU ZONA)</t>
+  </si>
+  <si>
+    <t>TRANSJOB - Verein für Wirtschafts- und Beschäftigungsinitiativen</t>
+  </si>
+  <si>
+    <t>Gebäude- und Baumanagement Graz GmbH, Stadt Graz</t>
+  </si>
+  <si>
+    <t>Bundeshandelsschule für Leistungssportler St.Pölten</t>
+  </si>
+  <si>
+    <t>Arbeitsgemeinschaft alea-Gruppe</t>
+  </si>
+  <si>
+    <t>Grg21-F21 - "das 21er" , 1210 Wien, Franklinstraße</t>
+  </si>
+  <si>
+    <t>Amt der Oberösterreichischen Landesregierung</t>
+  </si>
+  <si>
+    <t>Kammer für Arbeiter und Angestellte Salzburg</t>
+  </si>
+  <si>
+    <t>Bosch Immobilien KG</t>
+  </si>
+  <si>
+    <t>Peregrina - Bildungs-, Beratungs- und Therapiezentrum für Immigrantinnen</t>
+  </si>
+  <si>
+    <t>Scheuch GmbH</t>
+  </si>
+  <si>
+    <t>Universität für künstlerische und industrielle Gestaltung Linz</t>
+  </si>
+  <si>
+    <t>HLW Reutte</t>
+  </si>
+  <si>
+    <t>Tischlerei Hirtzi GmbH</t>
+  </si>
+  <si>
+    <t>Oberösterreichisches Hilfswerk GmbH</t>
+  </si>
+  <si>
+    <t>AUSBILDUNGSZENTRUM FÜR SOZIALBERUFE DER CARITAS DER DIÖZESE GRAZ-SECKAU, Wielandgasse</t>
+  </si>
+  <si>
+    <t>Schwing GmbH</t>
+  </si>
+  <si>
+    <t>FWT COMPOSITES &amp; ROLLS GmbH</t>
+  </si>
+  <si>
+    <t>jOPERA jennersdorf festivalsommer</t>
+  </si>
+  <si>
+    <t>Universität Klagenfurt Institut für Intelligente Systemtechnologien</t>
+  </si>
+  <si>
+    <t>Fachhochschule Burgenland GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Bruck an der Leitha</t>
+  </si>
+  <si>
+    <t>Kreisel GmbH;Kreisel Electric GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Swarco Futurit Verkehrssignalsysteme GmbH</t>
+  </si>
+  <si>
+    <t>Zimmerei Koller GmbH</t>
+  </si>
+  <si>
+    <t>Rudolf Fleischer GmbH</t>
+  </si>
+  <si>
+    <t>HLW Voitsberg</t>
+  </si>
+  <si>
+    <t>Holz Reisecker GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Bundesoberstufenrealgymnasium 1 1010 Wien Hegelgasse 12</t>
+  </si>
+  <si>
+    <t>Voglauer Gschwandtner &amp; Zwilling GmbH</t>
+  </si>
+  <si>
+    <t>Hotel-Gasthof Am Riedl GmbH</t>
+  </si>
+  <si>
+    <t>Diakonie - Flüchtlingsdienst gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>Birgmann Metalltechnik GmbH</t>
+  </si>
+  <si>
+    <t>Zentrum für angewandte Technologie Leoben GmbH</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut Wien</t>
+  </si>
+  <si>
+    <t>Energie AG Oberösterreich</t>
+  </si>
+  <si>
+    <t>TenCate Geosynthetics Austria GmbH</t>
+  </si>
+  <si>
+    <t>Molzbachhof GmbH</t>
+  </si>
+  <si>
+    <t>Christoph Gitterle GmbH</t>
+  </si>
+  <si>
+    <t>Bildungsanstalt für Elementarpädagogik Ried im Innkreis</t>
+  </si>
+  <si>
+    <t>Private Fachschule für Kunsthandwerk und Design - Elbigenalp</t>
+  </si>
+  <si>
+    <t>Dessl Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Lilienfeld, Klosterrotte</t>
+  </si>
+  <si>
+    <t>Langzauner Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Baumärkte A. Sochor &amp; Co GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Zell am See</t>
+  </si>
+  <si>
+    <t>INDAT GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Brandenberg</t>
+  </si>
+  <si>
+    <t>Rich.Klinger Dichtungstechnik GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Universität für Bodenkultur Wien - Institut für Wasserwirtschaft, Hydrologie und kontsruktiven Wasserbau</t>
+  </si>
+  <si>
+    <t>Kath. ORG Schulverein Barmherzige Schwestern Innsbruck</t>
+  </si>
+  <si>
+    <t>Sistro Präzisionsmechanik GmbH</t>
+  </si>
+  <si>
+    <t>JSB OG</t>
+  </si>
+  <si>
+    <t>Georg Fischer Fittings GmbH</t>
+  </si>
+  <si>
+    <t>Dr. Armin Falkner Hotelbetriebs-GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>HLW Riedenburg, Bregenz, Arlbergstraße</t>
+  </si>
+  <si>
+    <t>Säge- und Hobelwerk Lohmühle GmbH</t>
+  </si>
+  <si>
+    <t>equalizent Schulungs- und Beratungs GmbH</t>
+  </si>
+  <si>
+    <t>Sonnentherme Lutzmannsburg-Frankenau GmbH</t>
+  </si>
+  <si>
+    <t>BHAK Eisenerz</t>
+  </si>
+  <si>
+    <t>Powerlink H2 GmbH (vormals fresH2 GmbH)</t>
+  </si>
+  <si>
+    <t>Siegele Otmar</t>
+  </si>
+  <si>
+    <t>BOXMARK Leather GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Universität Salzburg Fachbereich Biowissenschaften und Medizinische Biologie</t>
+  </si>
+  <si>
+    <t>ACH Solution GmbH;ACH Holding GmbH</t>
+  </si>
+  <si>
+    <t>Tischlerei Georg Grübler Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Fuchshofer Advanced Manufacturing - FAM GmbHFuchshofer Holding GmbH</t>
+  </si>
+  <si>
+    <t>SL-Technik GmbH</t>
+  </si>
+  <si>
+    <t>VEREIN ZUR FÖRDERUNG VON ARBEIT UND BESCHÄFTIGUNG (FAB)</t>
+  </si>
+  <si>
+    <t>Marchhart Gesellschaft m.b.H. und Marchhart Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>REGINA Textilreinigungs GmbH</t>
+  </si>
+  <si>
+    <t>WIMMER GYMNASIUM, Gottlieb August Wimmer Platz, Oberschützen</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Bad Hall</t>
+  </si>
+  <si>
+    <t>Billa AG</t>
+  </si>
+  <si>
+    <t>migrare - Zentrum für MigrantInnen OÖ</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Gratwein-Straßengel</t>
+  </si>
+  <si>
+    <t>in.come Verein zur Integration von Menschen mit Benachteiligung</t>
+  </si>
+  <si>
+    <t>Verein Danaida</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für Mode Wr. Neustadt</t>
+  </si>
+  <si>
+    <t>TVB Ötztal Tourismus</t>
+  </si>
+  <si>
+    <t>Mädchenzentrum Klagenfurt</t>
+  </si>
+  <si>
+    <t>Alpen-Maykestag GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Trofana Royal GmbH</t>
+  </si>
+  <si>
+    <t>Franz Kirnbauer KG</t>
+  </si>
+  <si>
+    <t>Molzbachhof e.U.</t>
+  </si>
+  <si>
+    <t>Österreichische Kinderfreunde Landesorganisation Kärnten</t>
+  </si>
+  <si>
+    <t>Alpla Werke Alwin Lehner GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>SITRONIC - Dr. Peter Sinz</t>
+  </si>
+  <si>
+    <t>LASCO Heutechnik GmbH;J+W Liegenschaftsverwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>Stadt Braunau am Inn</t>
+  </si>
+  <si>
+    <t>MPE - Metalltechnik Pechtl Emmerich GmbH</t>
+  </si>
+  <si>
+    <t>Landeshauptstadt Bregenz</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Lienz</t>
+  </si>
+  <si>
+    <t>AustriaTech – Federal Agency for Technological Measures Ltd.</t>
+  </si>
+  <si>
+    <t>Villa Postillion GmbH</t>
+  </si>
+  <si>
+    <t>Johann Winkler Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Braucommune in Freistadt;Freistädter Bier Produktions GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Alphof Heim KG</t>
+  </si>
+  <si>
+    <t>Borealis Polyolefine GmbH</t>
+  </si>
+  <si>
+    <t>M-Tech GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Riedlingsdorf</t>
+  </si>
+  <si>
+    <t>Jugend am Werk Gesellschaft mbH - Gesellschaft für berufliche und soziale Integration</t>
+  </si>
+  <si>
+    <t>Museumsverein Burg Heinfels</t>
+  </si>
+  <si>
+    <t>Wirtschaftsverein Tamsweg eGen</t>
+  </si>
+  <si>
+    <t>Hotel Sankt Zeno GmbH</t>
+  </si>
+  <si>
+    <t>Gebrüder Tschiedel Gastronomie GmbH</t>
+  </si>
+  <si>
+    <t>MAFALDA, Verein zur Förderung und Unterstützung von Mädchen und jungen Frauen</t>
+  </si>
+  <si>
+    <t>vis vitalis gmbh;NUTROPIA PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>HLW19 Wien</t>
+  </si>
+  <si>
+    <t>BORG Guntramsdorf</t>
+  </si>
+  <si>
+    <t>Gemeinde Nauders</t>
+  </si>
+  <si>
+    <t>Jugend am Werk Steiermark GmbH</t>
+  </si>
+  <si>
+    <t>Tischlerei Radaschitz GmbH</t>
+  </si>
+  <si>
+    <t>Pro Danube International</t>
+  </si>
+  <si>
+    <t>Verein STARTKLAR</t>
+  </si>
+  <si>
+    <t>PackWall AT GmbH</t>
+  </si>
+  <si>
+    <t>Österreichisches Institut für Berufsbildungsforschung - ÖIBF</t>
+  </si>
+  <si>
+    <t>Biber GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Wolfsberg</t>
+  </si>
+  <si>
+    <t>Kitz-Edu@2.0 - Verein für innovative Bildungsprojekte</t>
+  </si>
+  <si>
+    <t>POLYTEC Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>RHVV GmbH;Roither Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Gasthof Metzgerwirt Christian Simair Kirchberg/Tirol e.U.</t>
+  </si>
+  <si>
+    <t>Steirische Exportservice GmbH</t>
+  </si>
+  <si>
+    <t>Handelsakademie III der Wiener Kaufmannschaft</t>
+  </si>
+  <si>
+    <t>Mayr - Schulmöbel Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Miba Sinter Austria GmbH</t>
+  </si>
+  <si>
+    <t>Mohik Wertholz GmbH</t>
+  </si>
+  <si>
+    <t>Federal Research and Training Centre for Forests, Natural Hazards and Landscape Austria</t>
+  </si>
+  <si>
+    <t>"MITEINANDER" GESELLSCHAFT ZUR INTEGRATION VON MENSCHEN MIT BESONDEREN BEDÜRFNISSEN mbH</t>
+  </si>
+  <si>
+    <t>Bruno Ruhdorfer GmbH</t>
+  </si>
+  <si>
+    <t>Getzner Textil Aktiengesellschaft</t>
+  </si>
+  <si>
+    <t>Gemeinde Bad Sauerbrunn</t>
+  </si>
+  <si>
+    <t>MEDIEN HAK Graz</t>
+  </si>
+  <si>
+    <t>W-Well GmbH</t>
+  </si>
+  <si>
+    <t>Softline Datenverarbeitungsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Research Center for Non Destructive Testing GmbH</t>
+  </si>
+  <si>
+    <t>PORG Volders</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Hallein</t>
+  </si>
+  <si>
+    <t>Verein menschen.leben</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Villach</t>
+  </si>
+  <si>
+    <t>Brauerei Schloss Starkenberger Betriebs GmbH</t>
+  </si>
+  <si>
+    <t>Caritas der Erzdiözese Salzburg KöR</t>
+  </si>
+  <si>
+    <t>BEST Institut für berufsbezogene Weiterbildung und Personaltraining GmbH</t>
+  </si>
+  <si>
+    <t>HLW Pinkafeld</t>
+  </si>
+  <si>
+    <t>Gemeinde Edt bei Lambach</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Bad Radkersburg</t>
+  </si>
+  <si>
+    <t>4activeSystems GmbH4a engineering GmbH4a manufacturing GmbH</t>
+  </si>
+  <si>
+    <t>Schinko GmbH;Schinko Immo GmbH</t>
+  </si>
+  <si>
+    <t>BORG Perg</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Hartberg</t>
+  </si>
+  <si>
+    <t>Mayr-Melnhof Holz Reuthe GmbH</t>
+  </si>
+  <si>
+    <t>Urania Steiermark</t>
+  </si>
+  <si>
+    <t>Stadt Wien, Magistratsabteilung 01 - Wien Digital</t>
+  </si>
+  <si>
+    <t>Ötztaler Holzart</t>
+  </si>
+  <si>
+    <t>SEE.HAUS Weiden GmbH, SEE.HAUS Weiden Betriebs GmbH</t>
+  </si>
+  <si>
+    <t>Hollabrunner LERNTAFEL - Verein für sozialen Ressourcen-Transfer</t>
+  </si>
+  <si>
+    <t>BG/BRG/BORG St. Johann im Pongau, St. Johann im Pongau, Gymnasiumstraße</t>
+  </si>
+  <si>
+    <t>TECHQUADRAT WERBETECHNIK GmbH</t>
+  </si>
+  <si>
+    <t>HARTL METALL GmbH</t>
+  </si>
+  <si>
+    <t>YOUNG Verein für Kinder &amp; Jugendliche</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Grazbachgasse-Graz</t>
+  </si>
+  <si>
+    <t>Svoboda Metalltechnik GmbH</t>
+  </si>
+  <si>
+    <t>Lieb Markt GmbH</t>
+  </si>
+  <si>
+    <t>Kompetenzzentrum CHASE GmbH</t>
+  </si>
+  <si>
+    <t>Weinberger GmbH</t>
+  </si>
+  <si>
+    <t>NXP Semiconductors Austria GmbH</t>
+  </si>
+  <si>
+    <t>Greiner Perfoam GmbH</t>
+  </si>
+  <si>
+    <t>Prantauer GmbH</t>
+  </si>
+  <si>
+    <t>BG Blumenstrasse Bregenz, Bregenz, Blumenstraße</t>
+  </si>
+  <si>
+    <t>Kompetenzzentrum Holz GmbH</t>
+  </si>
+  <si>
+    <t>Energieinstitut JKU Linz</t>
+  </si>
+  <si>
+    <t>Stadtwerke Kufstein GmbH</t>
+  </si>
+  <si>
+    <t>Bike ARGE</t>
+  </si>
+  <si>
+    <t>POLYTEC CAR STYLING Hörsching GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Reutte</t>
+  </si>
+  <si>
+    <t>Gymnasium und Realgymnasium des Schulvereines Kollegium Aloisianum Linz, Freinbergstraße</t>
+  </si>
+  <si>
+    <t>Leitold GmbH</t>
+  </si>
+  <si>
+    <t>Lohberger, Heiz + Kochgeräte-Technologie GmbH</t>
+  </si>
+  <si>
+    <t>RO-RA Aviation Systems GmbH</t>
+  </si>
+  <si>
+    <t>Gipfelresort Magdalensberg GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundesshandelsschule Feldkirch</t>
+  </si>
+  <si>
+    <t>Bundesoberstufenrealgymnasium Wien 3, Wien, Landstraßer Hauptstraße</t>
+  </si>
+  <si>
+    <t>Tourismusverband Naturparkregion Reutte</t>
+  </si>
+  <si>
+    <t>Honeder Naturbackstube GmbH</t>
+  </si>
+  <si>
+    <t>A21DIGITAl</t>
+  </si>
+  <si>
+    <t>Österreichischer Roma-Verband</t>
+  </si>
+  <si>
+    <t>Geschäftsstelle der Österreichischen Raumordnungskonferenz (ÖROK)</t>
+  </si>
+  <si>
+    <t>Haus des Lebens GmbH</t>
+  </si>
+  <si>
+    <t>BFI Salzburg BildungsGmbH</t>
+  </si>
+  <si>
+    <t>PRIMASON Produktions GMBH, TELLER Vermietungs KG</t>
+  </si>
+  <si>
+    <t>Jürgen Krämer GmbH</t>
+  </si>
+  <si>
+    <t>Stadtamt Perg</t>
+  </si>
+  <si>
+    <t>WEISS GmbH</t>
+  </si>
+  <si>
+    <t>Gesellschaft für Arbeit und Bildung der Chance B GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Technische Bundeslehranstalt Wien 10</t>
+  </si>
+  <si>
+    <t>F.S. Immobilienverwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>Nuhr Hotel GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Jennersdorf</t>
+  </si>
+  <si>
+    <t>Evangelisches Gymnaisum und Werkschulheim 1110 Wien</t>
+  </si>
+  <si>
+    <t>HTBLVA Mödling</t>
+  </si>
+  <si>
+    <t>Ötztaler Brauhaus GmbH</t>
+  </si>
+  <si>
+    <t>Verein Bildungszentrum Salzkammergut (BIS)</t>
+  </si>
+  <si>
+    <t>Johannes Kepler University Linz</t>
+  </si>
+  <si>
+    <t>Kammer für Land- und Forstwirtschfat in Kärnten</t>
+  </si>
+  <si>
+    <t>Neusiedler See - Seewinkel National Park</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Sillgasse, Innsbruck</t>
+  </si>
+  <si>
+    <t>Fraunhofer Austria Research GmbH</t>
+  </si>
+  <si>
+    <t>Greiner Packaging GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Enzian OG</t>
+  </si>
+  <si>
+    <t>Tourismuskolleg Innsbruck</t>
+  </si>
+  <si>
+    <t>Great Wall Motor Austria Research &amp; Development GmbH</t>
+  </si>
+  <si>
+    <t>BAfEP Mureck</t>
+  </si>
+  <si>
+    <t>Patrick Josef Herbst</t>
+  </si>
+  <si>
+    <t>Heinz Schauperl Logistics GmbH</t>
+  </si>
+  <si>
+    <t>Land OÖ vertreten durch Landwirtschaftliche Berufs- und Fachschule Schlägl (BLWS Schlägl - Bioschule Schlägl)</t>
+  </si>
+  <si>
+    <t>Europagymnasium vom Guten Hirten Baumgartenberg</t>
+  </si>
+  <si>
+    <t>OÖ. Hightechfonds GmbH</t>
+  </si>
+  <si>
+    <t>BRG/BORG Schwaz</t>
+  </si>
+  <si>
+    <t>Gemeinde Ried im Oberinntal</t>
+  </si>
+  <si>
+    <t>Stadt Linz - Volkshochschule Linz</t>
+  </si>
+  <si>
+    <t>BORG Güssing, Schulstraße</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundes-Oberstufenrealgymnasium, St. Johann i. T., Neubauweg</t>
+  </si>
+  <si>
+    <t>Gruber Mechatronik GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Graz-Grazbachgasse</t>
+  </si>
+  <si>
+    <t>Donau - Universität Krems</t>
+  </si>
+  <si>
+    <t>Spielmann Martin</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Südweststeiermark GmbH</t>
+  </si>
+  <si>
+    <t>Kreativmöbel Stückler GmbH</t>
+  </si>
+  <si>
+    <t>PROMOTECH Kunststoff- und Metallverarbeitungsges.m.b.H.PROMOTECH Werkzeugbau GmbH</t>
+  </si>
+  <si>
+    <t>MAFALDA Verein zur Förderung und Unterstützung von Mädchen und jungen Frauen</t>
+  </si>
+  <si>
+    <t>BVT Beschichtungs- und Verschleißtechnik Gesellschaft m.b.H., BVT Holding GmbH</t>
+  </si>
+  <si>
+    <t>alu-tech-trade GmbH</t>
+  </si>
+  <si>
+    <t>Bergbahn Buchensteinwand Pillersee GmbH</t>
+  </si>
+  <si>
+    <t>PM CNC Technik und Schulungs GmbH</t>
+  </si>
+  <si>
+    <t>Frauscher Sensortechnik GmbH</t>
+  </si>
+  <si>
+    <t>Hella Sonnen- und Wetterschutztechnik GmbH</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Südoststeiermark. Steirisches Vulkanland GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Hochfilzen</t>
+  </si>
+  <si>
+    <t>Heilbad Sauerbrunn Betriebsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BORG Zillertal, Zell am Ziller, Schwimmbadweg</t>
+  </si>
+  <si>
+    <t>MINKA Holz- und Metallverarbeitungs GmbHMINKA IMMO GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Gmünd</t>
+  </si>
+  <si>
+    <t>V-Research GmbH</t>
+  </si>
+  <si>
+    <t>Willingshofer GesmbH</t>
+  </si>
+  <si>
+    <t>Light Metals Technologies Ranshofen</t>
+  </si>
+  <si>
+    <t>BAfEP Steyr</t>
+  </si>
+  <si>
+    <t>Gemeinde Rechnitz</t>
+  </si>
+  <si>
+    <t>wirkt. social innovation GmbH</t>
+  </si>
+  <si>
+    <t>GF Casting Solutions Services GmbH</t>
+  </si>
+  <si>
+    <t>Steinmetzunternehmen Reinisch Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BG BRG BORG Hartberg, Edelseegasse</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Burgenland GmbH</t>
+  </si>
+  <si>
+    <t>Rieder GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Handelsschule und HAK-Aufbaulehrgang SSND Wien-15</t>
+  </si>
+  <si>
+    <t>BORG Wiener Neustadt, Herzog Leopold Straße</t>
+  </si>
+  <si>
+    <t>AustriaTech Federal Agency for Technological Measures Ltd.</t>
+  </si>
+  <si>
+    <t>BG/BRG Hallein, Schützengasse 3</t>
+  </si>
+  <si>
+    <t>4media Werbeproduktionen GmbH</t>
+  </si>
+  <si>
+    <t>Franz Moser GmbH;FM Holzstrom GmbH</t>
+  </si>
+  <si>
+    <t>Orient Express - Beratungs-, Bildungs- und Kulturinitiative für Frauen</t>
+  </si>
+  <si>
+    <t>SPAR Österreichische Warenhandels AG ZN Wörgl</t>
+  </si>
+  <si>
+    <t>Paletten Logistik Winter GmbH</t>
+  </si>
+  <si>
+    <t>Die Wiener Volkshochschulen GmbH, VHS Floridsdorf</t>
+  </si>
+  <si>
+    <t>Göweil Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Wien 10</t>
+  </si>
+  <si>
+    <t>Freies Radio Salzkammergut - Verein zur Förderung freier, nichtkommerzieller Radioprojekte im Salzkammergut</t>
+  </si>
+  <si>
+    <t>Bundeskammer der ZiviltechnikerInnen | Arch+Ing in Vertretung der direkten TN im Projektgebiet (LK T+V, LK SBG+OÖ)</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe und höhere technische und gewerbliche Bundeslehranstalt (Fachrichtung Mode und Bekleidungstechnik)</t>
+  </si>
+  <si>
+    <t>Verband Mühlviertler Alm</t>
+  </si>
+  <si>
+    <t>Hotel Hochschober GmbH</t>
+  </si>
+  <si>
+    <t>Twins GmbH</t>
+  </si>
+  <si>
+    <t>Verein Schulerfolg</t>
+  </si>
+  <si>
+    <t>Kotanyi GmbH</t>
+  </si>
+  <si>
+    <t>PRO MENTE: KINDER JUGEND FAMILIE GMBH</t>
+  </si>
+  <si>
+    <t>DS Smith Packaging Austria GmbH</t>
+  </si>
+  <si>
+    <t>Friends of the Earth Austria</t>
+  </si>
+  <si>
+    <t>Tourismusverband Lechtal</t>
+  </si>
+  <si>
+    <t>Nationalpark Donau-Auen GmbH</t>
+  </si>
+  <si>
+    <t>Bfi der Arbeiterkammer Vorarlberg GmbH</t>
+  </si>
+  <si>
+    <t>Packnatur Entwicklungs- und Produktions GmbH</t>
+  </si>
+  <si>
+    <t>Transfercenter für Kunststofftechnik GmbH</t>
+  </si>
+  <si>
+    <t>Scheffauer Holzwaren Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Guntamatic Heiztechnik GmbH</t>
+  </si>
+  <si>
+    <t>Exel Composites GmbH</t>
+  </si>
+  <si>
+    <t>MÜROLL GmbH</t>
+  </si>
+  <si>
+    <t>pro mente steiermark GmbH</t>
+  </si>
+  <si>
+    <t>LPD Vorarlberg</t>
+  </si>
+  <si>
+    <t>Metallbau Blauensteiner GmbHMetallbau Georg Blauensteiner Liegenschaftsverwaltungs-Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>talent 2 talent GmbH</t>
+  </si>
+  <si>
+    <t>Isosport Verbundbauteile Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Steininger Metallbearbeitung GmbH;Steininger Holding GmbH</t>
+  </si>
+  <si>
+    <t>tecnet equity NÖ Technologiebeteiligungs-Invest GmbH</t>
+  </si>
+  <si>
+    <t>Priv. Gymnasium und Wirtschaftskundliches Realgymnasium Sacre Coeur Graz der Vereinigung von Ordensschulen Österreichs, Graz, Petersgasse</t>
+  </si>
+  <si>
+    <t>eco telfs BHAK/BHAS/AUL</t>
+  </si>
+  <si>
+    <t>NBG Tube GmbH</t>
+  </si>
+  <si>
+    <t>Technische Produktion Gertrude Gotthard e.U.</t>
+  </si>
+  <si>
+    <t>BG Wiener Neustadt Babenbergerring, Wiener Neustadt, Babenbergerring</t>
+  </si>
+  <si>
+    <t>Bildungsanstalt für Elementarpädagogik Zams</t>
+  </si>
+  <si>
+    <t>CARITAS DER DIÖZESE ST.PÖLTEN</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Perg</t>
+  </si>
+  <si>
+    <t>Bundesoberstufengymnasium Hermagor, Hermagor, 10. Oktoberstraße</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Lambach</t>
+  </si>
+  <si>
+    <t>AMT GebäudeverwaltungsGmbH, AMT Kältetechnik GmbH</t>
+  </si>
+  <si>
+    <t>KAT Präzisionstechnik GmbH</t>
+  </si>
+  <si>
+    <t>Austrian Federal Ministry for Sustainability and Tourism</t>
+  </si>
+  <si>
+    <t>echt o.k.! - Oberes Kremstal</t>
+  </si>
+  <si>
+    <t>Möbelerzeugung FAUTH Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Kongresskultur Bregenz GmbH</t>
+  </si>
+  <si>
+    <t>Bildungszentrum Saalfelden</t>
+  </si>
+  <si>
+    <t>Hannes Neumann GmbH;Neumann Betriebs GmbH</t>
+  </si>
+  <si>
+    <t>Universtität Innsbruck Institut für Textilchemie und Textilphysik</t>
+  </si>
+  <si>
+    <t>viadonau - Österreichische Wasserstraßen Gesellschaft</t>
+  </si>
+  <si>
+    <t>Obermoser GmbH</t>
+  </si>
+  <si>
+    <t>NET-Automation GmbH</t>
+  </si>
+  <si>
+    <t>HLW Mureck</t>
+  </si>
+  <si>
+    <t>I.T.S. GmbH, JOWAL Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>ITG - Innovations- und Technologietransfer Salzburg GmbH</t>
+  </si>
+  <si>
+    <t>UMIT - Private Universität für Gesundheitswissenschaften, Medizinische Informatik und Technik GmbH, Institut für Medizinische Bildanalyse</t>
+  </si>
+  <si>
+    <t>BG Bludenz, Unterfeldstraße</t>
+  </si>
+  <si>
+    <t>Jussel GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Università Medica Privata Salzburg - Fondazione Privata</t>
+  </si>
+  <si>
+    <t>Bichlbäck</t>
+  </si>
+  <si>
+    <t>BG/BRG/BORG Kapfenberg</t>
+  </si>
+  <si>
+    <t>V&amp;F Analyse u. Messtechnik GmbH</t>
+  </si>
+  <si>
+    <t>BRG Maria Enzersdorf, Maria Enzersdorf, Gießhüblerstraße</t>
+  </si>
+  <si>
+    <t>APO Hotelbetriebs GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Gleisdorf</t>
+  </si>
+  <si>
+    <t>Waste Management Association Mid-Tyrol</t>
+  </si>
+  <si>
+    <t>Falch GmbH</t>
+  </si>
+  <si>
+    <t>LOISIUM Langenlois Besitz GmbH</t>
+  </si>
+  <si>
+    <t>LC-Gastroservice-Langreiter e.U.</t>
+  </si>
+  <si>
+    <t>Mach Holding Gesellschaft m.b.H , Erwin Mach Gummitechnik Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>K1-MET GmbH</t>
+  </si>
+  <si>
+    <t>MGG Polymers GmbH</t>
+  </si>
+  <si>
+    <t>Kärntner Caritasverband für Wohlfahrtspflege und Fürsorge (Caritas Kärnten)</t>
+  </si>
+  <si>
+    <t>HLW Sozialmanagement der Caritas der Diözese Graz-Seckau</t>
+  </si>
+  <si>
+    <t>Ã–sterreichisches Rotes Kreuz (Ã–RK)</t>
+  </si>
+  <si>
+    <t>Alpen-Adria-Gymnasium Völkermarkt, Pestalozzistraße 1</t>
+  </si>
+  <si>
+    <t>my-PV GmbH;Solar Electric Buildings GmbH</t>
+  </si>
+  <si>
+    <t>SPAR Österreichische Warenhandels-AG ZN Graz</t>
+  </si>
+  <si>
+    <t>NÖ.Regional.GmbH</t>
+  </si>
+  <si>
+    <t>Maschinenbau Pototschnigg GmbH</t>
+  </si>
+  <si>
+    <t>Auto Scheer Gesellschaft m.b.H. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>Neuhofer Holz GmbH.</t>
+  </si>
+  <si>
+    <t>Zweisprachige Bundeshandelsakademie Klagenfurt / Dvojezicna zvezna trgovska akademija Celovec</t>
+  </si>
+  <si>
+    <t>Binderholz GmbH</t>
+  </si>
+  <si>
+    <t>Wirtschaftsagentur Wien. Ein Fonds der Stadt Wien.</t>
+  </si>
+  <si>
+    <t>AGRANA Stärke GmbH</t>
+  </si>
+  <si>
+    <t>Wirtschaftsförderungsinstitut der Wirtschaftskammer Burgenland</t>
+  </si>
+  <si>
+    <t>Fuchshofer Holding GmbH, Fuchshofer Präzisionstechnik GmbH</t>
+  </si>
+  <si>
+    <t>GF Casting Solutions Altenmarkt GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium 9020 Klagenfurt am Wörthersee, Lerchenfeldstraße 22</t>
+  </si>
+  <si>
+    <t>HBLW Ried im Innkreis</t>
+  </si>
+  <si>
+    <t>Wirtschaftskammer Oberösterreich</t>
+  </si>
+  <si>
+    <t>Tiroler Arbeitsmarktförderungsgesellschaft mbH (amg-tirol)</t>
+  </si>
+  <si>
+    <t>Wirtschaftsförderungsinstitut Niederösterreich (WIFI NÖ)</t>
+  </si>
+  <si>
+    <t>Hotel Wagnerhof Kirchmair GmbH</t>
+  </si>
+  <si>
+    <t>Verein zur Förderung des Naturpark Raab</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Wiener Neustadt</t>
+  </si>
+  <si>
+    <t>Dornauer-Grillitsch GmbH</t>
+  </si>
+  <si>
+    <t>Office of the Lower Austrian ProvincialGovernment</t>
+  </si>
+  <si>
+    <t>Gymnasium ORG Dachsberg der Oblaten des hl. Franz von Sales, Prambachkirchen</t>
+  </si>
+  <si>
+    <t>Alba Tooling &amp; Engineering GmbH</t>
+  </si>
+  <si>
+    <t>KS Pharma GmbH</t>
+  </si>
+  <si>
+    <t>J. Harmtodt Handels- und Kraftfahrzeug-Reparaturbetriebs-Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Kager Fenster GmbH, Kager Holding GmbH</t>
+  </si>
+  <si>
+    <t>BRG/BORG Wolfsberg</t>
+  </si>
+  <si>
+    <t>HLM HLW Krems</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Voitsberg Infrastruktur KG</t>
+  </si>
+  <si>
+    <t>EINSTIEG - Einstieg ins Berufsleben GmbH</t>
+  </si>
+  <si>
+    <t>GRG10 1100 Wien Pichelmayergasse</t>
+  </si>
+  <si>
+    <t>RUPO Fenstersysteme GmbH</t>
+  </si>
+  <si>
+    <t>DISTECH Disruptive Technologies GmbH</t>
+  </si>
+  <si>
+    <t>abz*austria Verein zur Förderung von Arbeit, Bildung und Zukunft von Frauen</t>
+  </si>
+  <si>
+    <t>IMPULS - Caritas und Volkshilfe gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>BG und BRG Wieselburg, Erlaufpromenade</t>
+  </si>
+  <si>
+    <t>BG/BRG Wolkersdorf, 2120 Wolkersdorf, Withalmstraße</t>
+  </si>
+  <si>
+    <t>HLT Krems</t>
+  </si>
+  <si>
+    <t>KPS Automation GmbH, KP Holding GmbH, WSCAD Software GmbH</t>
+  </si>
+  <si>
+    <t>Lebenshilfe Tirol gem.GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Ried im Innkreis</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Leibnitz</t>
+  </si>
+  <si>
+    <t>Euregio Inntal - Chiemsee - Kaisergebirge - Mangfalltal</t>
+  </si>
+  <si>
+    <t>Gemeinde Inzenhof</t>
+  </si>
+  <si>
+    <t>Med-El Elektromedizinische Geräte GmbH</t>
+  </si>
+  <si>
+    <t>STUDIA – Studienzentrum für Internationale Analysen</t>
+  </si>
+  <si>
+    <t>Austrotherm GmbH.</t>
+  </si>
+  <si>
+    <t>Aspelmayr Gesellschaft m.b.H. / asma GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Schwaz</t>
+  </si>
+  <si>
+    <t>Esprimo GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>kmb Metalltechnik GmbH</t>
+  </si>
+  <si>
+    <t>NORDFELS GmbH</t>
+  </si>
+  <si>
+    <t>Schlosserei Kemmer GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Neusiedl am See</t>
+  </si>
+  <si>
+    <t>Rüscher Gesellschaft mbH</t>
+  </si>
+  <si>
+    <t>Johann Glück Werkzeug- und Maschinenbau Ges.m.b.H. &amp; CO KG</t>
+  </si>
+  <si>
+    <t>Gemeindeverband Bezirkspflegeheim Reutte</t>
+  </si>
+  <si>
+    <t>ReinHolz GmbH;Holzbau &amp; Abbundzentrum Reinhard Hansmann GmbH</t>
+  </si>
+  <si>
+    <t>CCL Label GmbH</t>
+  </si>
+  <si>
+    <t>Goldeck Textil</t>
+  </si>
+  <si>
+    <t>BRG Vöcklabruck</t>
+  </si>
+  <si>
+    <t>Vulcolor Naturfarben GmbH</t>
+  </si>
+  <si>
+    <t>Verein für Bildung und Lernen</t>
+  </si>
+  <si>
+    <t>Freuraum - Verein für mehr Lebensfreude</t>
+  </si>
+  <si>
+    <t>Grazer Treuhand Steuerberatung GmbH &amp; Partner KG</t>
+  </si>
+  <si>
+    <t>BG/BORG Graz-Liebenau (HIB), Graz, Kadettengasse</t>
+  </si>
+  <si>
+    <t>CEST Kompetenzzentrum für elektrochemische Oberflächentechnologie GmbH</t>
+  </si>
+  <si>
+    <t>Alpenhotel Zimba Brand KG</t>
+  </si>
+  <si>
+    <t>BORG Spittal, Spittal an der Drau, Zernattostraße</t>
+  </si>
+  <si>
+    <t>Logistik Werfring GmbH</t>
+  </si>
+  <si>
+    <t>Createc Fertigungstechnik GmbHPloberger Michael</t>
+  </si>
+  <si>
+    <t>ss.LUBAC Schmiertechnische Anlagen und Produkte Vertriebs GmbH;ANCORIS VerwaltungsgmbH</t>
+  </si>
+  <si>
+    <t>HTBLVA Pinkafeld</t>
+  </si>
+  <si>
+    <t>Zweisprachige BHAK/Dvojezicna ZTAK</t>
+  </si>
+  <si>
+    <t>Centro di technologia per sci e sport alpini srl</t>
+  </si>
+  <si>
+    <t>BORG Ternitz, Ternitz, Straße des 12. Februar</t>
+  </si>
+  <si>
+    <t>"SPEKTRUM" - Freizeit-Kultur-Soziales</t>
+  </si>
+  <si>
+    <t>Johann Weinberger Metallbearbeitung GmbH</t>
+  </si>
+  <si>
+    <t>ANTEMO Anlagen &amp; Teilefertigung GmbH</t>
+  </si>
+  <si>
+    <t>framag Industrieanlagenbau GmbH</t>
+  </si>
+  <si>
+    <t>Burg Friesach Errichtungs GmbH</t>
+  </si>
+  <si>
+    <t>Waldpflegeverein Tirol</t>
+  </si>
+  <si>
+    <t>Verein netzWERK.handWERK</t>
+  </si>
+  <si>
+    <t>A&amp;L Electric Systems GmbH</t>
+  </si>
+  <si>
+    <t>GPH Produktions GmbH</t>
+  </si>
+  <si>
+    <t>Ginzinger holding GmbH;Ginzinger electronic systems GmbH</t>
+  </si>
+  <si>
+    <t>Stadtmarketing Judenburg GmbH</t>
+  </si>
+  <si>
+    <t>agenda. Chancengleichheit in Arbeitswelt und Informationsgesellschaft</t>
+  </si>
+  <si>
+    <t>DIE BERATER UNTERNEHMENSBE- RATUNGS GESELLSCHAFT M.B.H.</t>
+  </si>
+  <si>
+    <t>HTBLA Klagenfurt - Lastenstraße</t>
+  </si>
+  <si>
+    <t>BRG Kepler Graz, Graz, Keplerstraße</t>
+  </si>
+  <si>
+    <t>Gerhard Johann Wageneder</t>
+  </si>
+  <si>
+    <t>Scherf GmbH, JS Beteiligungsgesellschaft mbH</t>
+  </si>
+  <si>
+    <t>Graz University of Technology</t>
+  </si>
+  <si>
+    <t>Buchwinkler GmbH</t>
+  </si>
+  <si>
+    <t>Steirische Arbeitsförderungsgesellschaft m.b.H., FN 159813w</t>
+  </si>
+  <si>
+    <t>Hotel Gmachl GmbH</t>
+  </si>
+  <si>
+    <t>TAFIE</t>
+  </si>
+  <si>
+    <t>BHAK Wien22</t>
+  </si>
+  <si>
+    <t>Bäckerei Mangold GmbH</t>
+  </si>
+  <si>
+    <t>Gruber Hotel GmbH</t>
+  </si>
+  <si>
+    <t>Hoamatkastl e.U.</t>
+  </si>
+  <si>
+    <t>Hotel Nationalpark GmbH</t>
+  </si>
+  <si>
+    <t>Land Oberösterreich</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Mattighofen</t>
+  </si>
+  <si>
+    <t>BRG Krems Ringstraße, Krems, Ringstraße</t>
+  </si>
+  <si>
+    <t>BG/BRG Wels Brucknerstraße</t>
+  </si>
+  <si>
+    <t>Universalmuseum Joanneum</t>
+  </si>
+  <si>
+    <t>STRASSER Steine GmbH</t>
+  </si>
+  <si>
+    <t>Auer Tischlerei GmbH</t>
+  </si>
+  <si>
+    <t>KTG Krematorium Tyrol GmbH</t>
+  </si>
+  <si>
+    <t>Ӧir GmbH</t>
+  </si>
+  <si>
+    <t>REKORD Oberhofen GmbH;REKO Fensterbau GesmbH</t>
+  </si>
+  <si>
+    <t>Center for Advanced Bioanalysis GmbH</t>
+  </si>
+  <si>
+    <t>Bergeralm Besitz GmbH</t>
+  </si>
+  <si>
+    <t>Fachhochschule Kärnten - gemeinnützige Privatstiftung</t>
+  </si>
+  <si>
+    <t>Hamacher Hotel- und Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>niceimmo GmbH</t>
+  </si>
+  <si>
+    <t>Weigl-Aufzüge Gesellschaft m.b.H. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>Amt der Salzburger Landesregierung</t>
+  </si>
+  <si>
+    <t>Schlosshotel Ischgl GmbH</t>
+  </si>
+  <si>
+    <t>SOS-Kinderdorf</t>
+  </si>
+  <si>
+    <t>Zellstoff Pöls AG</t>
+  </si>
+  <si>
+    <t>Markus Zottler</t>
+  </si>
+  <si>
+    <t>Michael Berger GmbH</t>
+  </si>
+  <si>
+    <t>Ceraflex GmbH</t>
+  </si>
+  <si>
+    <t>HLW FW Murau</t>
+  </si>
+  <si>
+    <t>BEST gemeinn. BeschäftigungsgmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS St. Johann/Pg.</t>
+  </si>
+  <si>
+    <t>Glatz GmbH</t>
+  </si>
+  <si>
+    <t>Green Testing Lab GmbH</t>
+  </si>
+  <si>
+    <t>BG und BRG Hollabrunn, Reucklstraße 9</t>
+  </si>
+  <si>
+    <t>Haller GmbH</t>
+  </si>
+  <si>
+    <t>STRATEC Consumables GmbH</t>
+  </si>
+  <si>
+    <t>BRG/BORG Telfs, Weißenbachgasse</t>
+  </si>
+  <si>
+    <t>Tourismusverband Pillerseetal</t>
+  </si>
+  <si>
+    <t>BIFO Berufs- und Bildungsinformation Vorarlberg gemeinnützige GesmbH.</t>
+  </si>
+  <si>
+    <t>Institut Dr. Wagner Lebensmittel Analytik GmbH</t>
+  </si>
+  <si>
+    <t>Diakonie de La Tour gemeinnützige Betriebsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Hilber Solar</t>
+  </si>
+  <si>
+    <t>FENZ-Software GmbH</t>
+  </si>
+  <si>
+    <t>BG und BRG St. Pölten, Josefstraße</t>
+  </si>
+  <si>
+    <t>EW Technology GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Stoob</t>
+  </si>
+  <si>
+    <t>Fuchshofer Präzisionstechnik GmbH , Fuchshofer Holding GmbH</t>
+  </si>
+  <si>
+    <t>Zirbenherz Manufaktur GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Petronell-Carnuntum/ Obec Petronell – Carnuntum</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium/Bundesrealgymnasium (GRG2), 1020 Wien, Zirkusgasse 48</t>
+  </si>
+  <si>
+    <t>HTL Kramsach Glas und Chemie</t>
+  </si>
+  <si>
+    <t>Porsche Konstruktionen GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>H2O Umwelttechnik GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Micheldorf</t>
+  </si>
+  <si>
+    <t>Bischöfliches Gymnasium Petrinum, Linz, Petrinumstraße</t>
+  </si>
+  <si>
+    <t>Klimabündnis Tirol, Gebiet Tirol</t>
+  </si>
+  <si>
+    <t>Gemeinde Kirchberg-Thening</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Laßnitzhöhe</t>
+  </si>
+  <si>
+    <t>Alois Burgschwaiger GmbH</t>
+  </si>
+  <si>
+    <t>INDUSTRIE INFORMATIK GmbH</t>
+  </si>
+  <si>
+    <t>bit social</t>
+  </si>
+  <si>
+    <t>Amt der Tiroler Landesregierung</t>
+  </si>
+  <si>
+    <t>BG/BRG Krems, Piaristengasse</t>
+  </si>
+  <si>
+    <t>HTBLA Wels</t>
+  </si>
+  <si>
+    <t>HBLW Wels</t>
+  </si>
+  <si>
+    <t>Vonach &amp; Pichler GmbH</t>
+  </si>
+  <si>
+    <t>Stadt Kirchdorf an der Krems</t>
+  </si>
+  <si>
+    <t>Thayatal National Park</t>
+  </si>
+  <si>
+    <t>Regio L - REGIONALMANAGEMENT BEZIRK LANDECK</t>
+  </si>
+  <si>
+    <t>Vielmehr für alle! - Verein für Bildung, Wohnen und Teilhabe</t>
+  </si>
+  <si>
+    <t>The Original F.X. Mayr Health Center GmbH</t>
+  </si>
+  <si>
+    <t>HORN GmbH</t>
+  </si>
+  <si>
+    <t>St. Ruprecht – Weiz Industrieansiedlungs GmbH</t>
+  </si>
+  <si>
+    <t>Regionalverband Spittal-Millstättersee-Lieser-Malta-Nockberge</t>
+  </si>
+  <si>
+    <t>Pein Rudolf</t>
+  </si>
+  <si>
+    <t>HLW Güssing</t>
+  </si>
+  <si>
+    <t>Steirerfleisch Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>FH Vorarlberg GmbH</t>
+  </si>
+  <si>
+    <t>Grass</t>
+  </si>
+  <si>
+    <t>AGRANA Research &amp; Innovation Center GmbH</t>
+  </si>
+  <si>
+    <t>Horitschoner Werkzeugbau Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Federal Research and Training Centre for Forests, Natural Hazards and Landscape</t>
+  </si>
+  <si>
+    <t>Bundesbildungsanstalt und Kolleg für Elementarpädagogik Innsbruck Haspingerstraße</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Oberwart</t>
+  </si>
+  <si>
+    <t>bisy GmbH</t>
+  </si>
+  <si>
+    <t>Diakonie de La Tour gemeinnützige Betriebsgesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>MERTL KUNSTSTOFFE Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Marktgemeinde St. Martin an der Raab</t>
+  </si>
+  <si>
+    <t>Sihorsch Früchte GmbH</t>
+  </si>
+  <si>
+    <t>Microporous GmbH</t>
+  </si>
+  <si>
+    <t>Donau-Universität Krems</t>
+  </si>
+  <si>
+    <t>kaufmann zimmerei und tischlerei gmbh;michael kaufmann gmbh</t>
+  </si>
+  <si>
+    <t>MKW Oberflächen + Draht GmbH</t>
+  </si>
+  <si>
+    <t>Stadt Linz</t>
+  </si>
+  <si>
+    <t>Stadtwerke Voitsberg GmbH</t>
+  </si>
+  <si>
+    <t>Träumeland GmbH;Nösslböck GmbH;Nösslböck Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>Felder KG</t>
+  </si>
+  <si>
+    <t>Hydrosnow GmbH</t>
+  </si>
+  <si>
+    <t>Privatgymnasium und -realgymnasium AVICENNA, 1210 Wien, Prager Straße 124</t>
+  </si>
+  <si>
+    <t>FUEL - TEC Zweigniederlassung der Magna Steyr Fuel Systems GmbH</t>
+  </si>
+  <si>
+    <t>Bildungszentrum Nord der Caritas der Diözese Graz-Seckau</t>
+  </si>
+  <si>
+    <t>alea Lernforum</t>
+  </si>
+  <si>
+    <t>Eybel in Aibl GmbH</t>
+  </si>
+  <si>
+    <t>Mayr-Melnhof Holz Leoben GmbH</t>
+  </si>
+  <si>
+    <t>Volkshochschule Salzburg</t>
+  </si>
+  <si>
+    <t>Heka Fenster GmbH</t>
+  </si>
+  <si>
+    <t>Amt der Burgenländischen Landesregierung, Abteilung 9 - EU, Gesellschaft und Förderwesen</t>
+  </si>
+  <si>
+    <t>Verein Technisch-gewerbliche Lehranstalt Lienz</t>
+  </si>
+  <si>
+    <t>Vetropack Austria GmbH</t>
+  </si>
+  <si>
+    <t>HLW/FSB St. Pantaleon-Erla</t>
+  </si>
+  <si>
+    <t>ICS Internationalisierungscenter Steiermark GmbH</t>
+  </si>
+  <si>
+    <t>AGRANA Fruit Austria GmbH</t>
+  </si>
+  <si>
+    <t>Amt der Oö. Landesregierung, Abteilung Wirtschaft und Forschung</t>
+  </si>
+  <si>
+    <t>Miba Gleitlager Austria GmbH</t>
+  </si>
+  <si>
+    <t>Grissemann Gesellschaft mbH</t>
+  </si>
+  <si>
+    <t>KRAUS Betriebsausstattung und Fördertechnik GmbH;W &amp; W Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>Bad Kleinkirchheimer Thermen GmbH</t>
+  </si>
+  <si>
+    <t>Niederösterreichische Energie- und Umweltagentur GmbH</t>
+  </si>
+  <si>
+    <t>LASER &amp; more, Edelstahl Komponentenfertigungsges.m.b.H.</t>
+  </si>
+  <si>
+    <t>LEO Lern und Entwicklungswerkstätte Oststeiermark GmbH</t>
+  </si>
+  <si>
+    <t>Museumsschiff OESTERREICH GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Linz Goethestraße</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Leoben</t>
+  </si>
+  <si>
+    <t>BIGS - Bildungszentrum für Gesundheits- und Sozialberufe der Caritas der Diözese St. Pölten</t>
+  </si>
+  <si>
+    <t>GLORIT Bausysteme GmbH</t>
+  </si>
+  <si>
+    <t>pGRg 7, 1070 Wien, Kenyongasse</t>
+  </si>
+  <si>
+    <t>HBLA für wirtschaftliche Berufe Kufstein</t>
+  </si>
+  <si>
+    <t>Syncraft GmbH</t>
+  </si>
+  <si>
+    <t>ABC AlfaBetisierungsCentrum-Lesen und Schreiben für Erwachsene</t>
+  </si>
+  <si>
+    <t>EGR Management GmbHGUSCHLBAUER Backwaren GmbH</t>
+  </si>
+  <si>
+    <t>Die Wiener Volkshochschulen GmbH, VHS Meidling</t>
+  </si>
+  <si>
+    <t>Pölzl GmbH</t>
+  </si>
+  <si>
+    <t>MINKA Holz- und Metallverarbeitungs GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule 2 Wels</t>
+  </si>
+  <si>
+    <t>PROMOTECH Kunststoff- und Metallverarbeitungsges.m.b.H.;PROMOTECH Werkzeugbau GmbH</t>
+  </si>
+  <si>
+    <t>G.H. Betriebs GmbH</t>
+  </si>
+  <si>
+    <t>HAK III/HASCH IV der Wiener Kaufmannschaft</t>
+  </si>
+  <si>
+    <t>HLW MultiAugustinum St. Margarethen</t>
+  </si>
+  <si>
+    <t>SME SCHMID PAMA GmbH</t>
+  </si>
+  <si>
+    <t>Adolf Darbo AG</t>
+  </si>
+  <si>
+    <t>Dolomitenhof GmbH</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium &amp; Bundesrealgymnasium Zehnergasse 15, 2700 Wiener Neustadt</t>
+  </si>
+  <si>
+    <t>HF Hinterecker Holz GmbH;Das Plattenlabel Die Naturholzplatten GmbH</t>
+  </si>
+  <si>
+    <t>Sorger Wurst- und Schinkenspezialitäten GmbH</t>
+  </si>
+  <si>
+    <t>BORG Götzis, Mösleweg</t>
+  </si>
+  <si>
+    <t>Universitiy of Applied Sciences Krems</t>
+  </si>
+  <si>
+    <t>City of Vienna</t>
+  </si>
+  <si>
+    <t>ams AG</t>
+  </si>
+  <si>
+    <t>RIKA Blechkomponenten GmbH</t>
+  </si>
+  <si>
+    <t>SloopTools GmbH</t>
+  </si>
+  <si>
+    <t>BALEGIA Betriebs GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>StAF - Steirische Arbeitsförderungsgesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>HBLA Oberwart</t>
+  </si>
+  <si>
+    <t>Franz Salmhofer GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Leonding</t>
+  </si>
+  <si>
+    <t>KL Lufttechnik GmbH</t>
+  </si>
+  <si>
+    <t>TFZ Technologie- und Forschungszentrum Tulln GesmbH</t>
+  </si>
+  <si>
+    <t>INNOVAMETALL Stahl-und Metallbau GmbH;PIKATHU GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Amstetten</t>
+  </si>
+  <si>
+    <t>Leidorf GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Marchegg</t>
+  </si>
+  <si>
+    <t>Artess Oberhollenzer und Gasteiger &amp; Co OG</t>
+  </si>
+  <si>
+    <t>MESSNER Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Regional Government of Carinthia</t>
+  </si>
+  <si>
+    <t>TRIVION 3d Druck &amp; Engineering GmbH</t>
+  </si>
+  <si>
+    <t>Medizinische Universität Graz Organisationseinheit für Forschungsmanagement</t>
+  </si>
+  <si>
+    <t>MUS-MAX GmbH</t>
+  </si>
+  <si>
+    <t>Sonnenkraft Energy GmbH</t>
+  </si>
+  <si>
+    <t>Holzbau Gasser GmbH</t>
+  </si>
+  <si>
+    <t>Weigl Liftsysteme GmbH;Weigl-Aufzüge Gesellschaft m.b.H. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>BHAK Steyr</t>
+  </si>
+  <si>
+    <t>VFQ Gesellschaft für Frauen und Qualifikation mbH</t>
+  </si>
+  <si>
+    <t>FRONIUS INTERNATIONAL GmbH</t>
+  </si>
+  <si>
+    <t>Kassler 3 GmbH</t>
+  </si>
+  <si>
+    <t>Bildungszentrum Salzkammergut (BIS)</t>
+  </si>
+  <si>
+    <t>Frau &amp; Arbeit gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>SPL Tele GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Regionalentwicklungsverein Voitsberg</t>
+  </si>
+  <si>
+    <t>Pierre de Coubertin Bundesoberstufenrealgymnasium Radstadt</t>
+  </si>
+  <si>
+    <t>Semmelrock Stein + Design GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>BRG Bad Vöslau-Gainfarn, Petzgasse</t>
+  </si>
+  <si>
+    <t>JKU Linz, Institut für Chemische Technologie Organischer Stoffe</t>
+  </si>
+  <si>
+    <t>Fachhochschule Salzburg GmbH;Research Studios Austria Forschungsgesellschaft mbH</t>
+  </si>
+  <si>
+    <t>WUK - Verein zur Schaffung offener Kultur- und Werkstättenhäuser, Kurzbezeichnung WUK Werkstätten- und Kulturhaus</t>
+  </si>
+  <si>
+    <t>Waldgenossenschaft Iseltal reg.Gen.m.b.H</t>
+  </si>
+  <si>
+    <t>Explorer Hotel Bad Kleinkirchheim GmbH &amp; Co.KG</t>
+  </si>
+  <si>
+    <t>EH Holding GmbH, H &amp; P Trading GmbH</t>
+  </si>
+  <si>
+    <t>Sporthotel Kurz GmbH. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>Fachhochschule Salzburg GmbH</t>
+  </si>
+  <si>
+    <t>Bundesrealgymnasium Wörgl, Innsbruckerstraße</t>
+  </si>
+  <si>
+    <t>Schlichtherle-Spielmann Martin</t>
+  </si>
+  <si>
+    <t>Gemeinde Zemendorf-Stöttera</t>
+  </si>
+  <si>
+    <t>Bildungsanstalt für Elementarpädagogik Wr. Neustadt</t>
+  </si>
+  <si>
+    <t>Öffentliches Stiftsgymnasium der Benediktiner in St. Paul</t>
+  </si>
+  <si>
+    <t>BGBRG3 1030 Wien Radetzkystrasse</t>
+  </si>
+  <si>
+    <t>Kirchner Säge- und Hobelwerk GmbH</t>
+  </si>
+  <si>
+    <t>NOVOREAL Immobilieninvest AG</t>
+  </si>
+  <si>
+    <t>Resch GmbH</t>
+  </si>
+  <si>
+    <t>Frauen im Brennpunkt</t>
+  </si>
+  <si>
+    <t>MCI - Management Center Innsbruck</t>
+  </si>
+  <si>
+    <t>Schuldnergemeinschaft Würth Handelsgesellschaft m.b.H und Würth Leasing GmbH</t>
+  </si>
+  <si>
+    <t>euroMinerals GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Schönwies</t>
+  </si>
+  <si>
+    <t>BVT Beschichtungs- und Verschleißtechnik Gesellschaft m.b.H.BVT Holding GmbH</t>
+  </si>
+  <si>
+    <t>Volkshilfe Flüchtlings- und MigrantInnenbetreuung (FMB) in Oberösterreich</t>
+  </si>
+  <si>
+    <t>SASt GmbH</t>
+  </si>
+  <si>
+    <t>Romano Centro - Verein für Roma</t>
+  </si>
+  <si>
+    <t>Wirtschaftskammer Wien</t>
+  </si>
+  <si>
+    <t>HLW Schrödinger</t>
+  </si>
+  <si>
+    <t>Regional Management Burgenland</t>
+  </si>
+  <si>
+    <t>Winkler Andreas</t>
+  </si>
+  <si>
+    <t>HLTW Wien 13</t>
+  </si>
+  <si>
+    <t>MAK - Austrian Museum of Applied Arts / Contemporary Art</t>
+  </si>
+  <si>
+    <t>Wien Work-integrative Betriebe und AusbildungsgmbH</t>
+  </si>
+  <si>
+    <t>Universität Linz Institut für Halbleiter- und Festkörperphysik</t>
+  </si>
+  <si>
+    <t>Terratec Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Pichler Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Neunkirchen</t>
+  </si>
+  <si>
+    <t>Paracelsus Medical University Salzburg</t>
+  </si>
+  <si>
+    <t>Green Tech Cluster Styria GmbH</t>
+  </si>
+  <si>
+    <t>BIKU-Treff</t>
+  </si>
+  <si>
+    <t>HLW St. Peter</t>
+  </si>
+  <si>
+    <t>Österreichische Wohnbaugenossenschaft gemeinnützige registrierte Genossenschaft mit beschränkter Haftung</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Gänserndorf</t>
+  </si>
+  <si>
+    <t>Erwin Fuchs Bäderstudio Heizungs- und Sanitärbau Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Zentrum der Katholischen Arbeiterjugend: KAJ-Zentrum</t>
+  </si>
+  <si>
+    <t>HLW / FSW / FSB Tulln an der Donau</t>
+  </si>
+  <si>
+    <t>Reformpädagogisches Oberstufenrealgymnasium des Evangelischen Vereins für ganzheitliches Lernen Steyr, Steyr, Tomitzstraße</t>
+  </si>
+  <si>
+    <t>druckhaus scharmer GmbH</t>
+  </si>
+  <si>
+    <t>Bartenbach GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Obertilliach</t>
+  </si>
+  <si>
+    <t>Meiberger Holzbau GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Lasberg</t>
+  </si>
+  <si>
+    <t>University for Continuing Education Krems, Danube University Krems</t>
+  </si>
+  <si>
+    <t>Hermes Schleifmittel GmbH</t>
+  </si>
+  <si>
+    <t>"11er" Verwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>Kufstein mobil eGen</t>
+  </si>
+  <si>
+    <t>Benkö Ilse</t>
+  </si>
+  <si>
+    <t>BRG Mattersburg Hochstraße</t>
+  </si>
+  <si>
+    <t>HELLATEX - Textil Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Thermoplastkreislauf GmbH</t>
+  </si>
+  <si>
+    <t>Goerner Formpack GmbH</t>
+  </si>
+  <si>
+    <t>Verein Griaß Di</t>
+  </si>
+  <si>
+    <t>Fachhochschule Vorarlberg</t>
+  </si>
+  <si>
+    <t>Hager Kunststoff- und Metalltechnik Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für wirtschaftliche Berufe Sta. Christiana Frohsdorf</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Oberösterreich GmbH</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Baden Frauengasse</t>
+  </si>
+  <si>
+    <t>FS/SOB des Kärntner Caritasverbandes Wolfsberg</t>
+  </si>
+  <si>
+    <t>Bäckerei Pumberger GmbH</t>
+  </si>
+  <si>
+    <t>pro mente steiermark Gesellschaft für psychische und soziale Gesundheit GmbH</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Stainach</t>
+  </si>
+  <si>
+    <t>PSN Psychosoziales Netzwerk Gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>Büro für Berufsintegrationsprojekte Öhe GmbH</t>
+  </si>
+  <si>
+    <t>GILO Sonderpulverbeschichtungs GmbH</t>
+  </si>
+  <si>
+    <t>Johannes Rafael Forstner</t>
+  </si>
+  <si>
+    <t>EG Handels- und Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>Reisinger GmbH</t>
+  </si>
+  <si>
+    <t>Fetzel Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck Institut für Ionenphysik u. Angewandte Physik</t>
+  </si>
+  <si>
+    <t>HTBLA  Eisenstadt</t>
+  </si>
+  <si>
+    <t>City of Vienna (EU Funding Agency Ltd.)</t>
+  </si>
+  <si>
+    <t>Bildungsanstalt für Elementarpädagogik Sta. Christiana Frohsdorf</t>
+  </si>
+  <si>
+    <t>Lenzing Aktiengesellschaft</t>
+  </si>
+  <si>
+    <t>Maschinenbau Koller Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>TU Wien</t>
+  </si>
+  <si>
+    <t>AQUA Mühle Vorarlberg eGmbH</t>
+  </si>
+  <si>
+    <t>Merkur</t>
+  </si>
+  <si>
+    <t>Scherfler Landtechnik GmbH;Scherfler Holding GmbH</t>
+  </si>
+  <si>
+    <t>Peter Seppele Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>HLW Hartberg</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Feldkirchen</t>
+  </si>
+  <si>
+    <t>Bundes(real)gymnasium Ried im Innkreis, Beethovenstraße</t>
+  </si>
+  <si>
+    <t>BORG Deutsch-Wagram Schulallee</t>
+  </si>
+  <si>
+    <t>ecoplus Digital GmbH</t>
+  </si>
+  <si>
+    <t>GRG 19 Bi73</t>
+  </si>
+  <si>
+    <t>VEGU Präzisionsdrehteile GmbHVEGU-Holding GmbH</t>
+  </si>
+  <si>
+    <t>Lercher Werkzeugbau GmbH</t>
+  </si>
+  <si>
+    <t>Amt der Burgenländischen Landesregierung, Abteilung 6 - Soziales und Gesundheit, Referat Förderwesen</t>
+  </si>
+  <si>
+    <t>Pankratz Project GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Garni Romantika</t>
+  </si>
+  <si>
+    <t>HBLA Lentia Linz</t>
+  </si>
+  <si>
+    <t>AVS Hydraulikmotorenbau GmbH;Arnold Sampl GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium 18, 1180 Wien, Klostergasse</t>
+  </si>
+  <si>
+    <t>Öir GmbH</t>
+  </si>
+  <si>
+    <t>HSN Immobilien und Verwaltungs GmbHHest-Metall &amp; Schweißtechnik GmbH</t>
+  </si>
+  <si>
+    <t>ACTUAL Fenster GmbH</t>
+  </si>
+  <si>
+    <t>Frauen aus allen Ländern, Bildungs- und Beratungseinrichtung</t>
+  </si>
+  <si>
+    <t>Winkler Kuvert GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Liezen</t>
+  </si>
+  <si>
+    <t>HLW Neumarkt</t>
+  </si>
+  <si>
+    <t>FD3D GmbH</t>
+  </si>
+  <si>
+    <t>DI Gruber GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Bundesministerium für Bildung</t>
+  </si>
+  <si>
+    <t>alu-one Metallbaupartner GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Sarotla GmbH</t>
+  </si>
+  <si>
+    <t>fisatec GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Rohrbach</t>
+  </si>
+  <si>
+    <t>Lantech Innovationszentrum GmbH</t>
+  </si>
+  <si>
+    <t>AUTARK SOZIALE DIENSTLEISTUNGS-GMBH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Vorchdorf</t>
+  </si>
+  <si>
+    <t>MASTRO Präzisionstechnik GmbH.MASTRO Holding GmbH</t>
+  </si>
+  <si>
+    <t>Felber Transport Gesellschaft m.b.H., FTG greenlogistics GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Nestelbach bei Graz</t>
+  </si>
+  <si>
+    <t>ATL Immobilienverwaltung GmbH</t>
+  </si>
+  <si>
+    <t>Eder Fensterbank Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Spalt Technology GmbHSpalt Vermögensverwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck, Institut für Konstruktion und Materialwissenschaften</t>
+  </si>
+  <si>
+    <t>IBB-Ingenieurbüro Bidner, Dr. Thomas Bidner</t>
+  </si>
+  <si>
+    <t>MBK Rinnerberger GmbH;Rinnerberger GmbH;MBK Automation GmbH</t>
+  </si>
+  <si>
+    <t>Netzwerk der gemeinnützigen Erwachsenenbildungseinrichtungen der Steiermark</t>
+  </si>
+  <si>
+    <t>Eschlböck - Maschinenbau Gesellschaft m.b.H.Eschlböck Maschinenfabrik GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe St. Pölten</t>
+  </si>
+  <si>
+    <t>SBH Rohstoffhandels GmbH;B&amp;T Besitz GmbH</t>
+  </si>
+  <si>
+    <t>BORG Eisenerz, Hieflauerstraße 89</t>
+  </si>
+  <si>
+    <t>Bundesrealgymnasium und Bundesoberstufenrealgymnasium Wien 15, Henriettenplatz 6, 1150 Wien</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für wirtschaftliche Berufe  Rankweil</t>
+  </si>
+  <si>
+    <t>Aprosell Frucht GmbH</t>
+  </si>
+  <si>
+    <t>INTEGRA VORARLBERG GEM. GMBH</t>
+  </si>
+  <si>
+    <t>BHAK Althofen</t>
+  </si>
+  <si>
+    <t>Danube University Krems</t>
+  </si>
+  <si>
+    <t>MATTIG Präzision GmbH</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>MTS Zechner GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS/AUL/FUSSBALLMODELL Mattersburg</t>
+  </si>
+  <si>
+    <t>Software Competence Center Hagenberg GmbH</t>
+  </si>
+  <si>
+    <t>Ferdinand Schuster Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Bäckelar Brewery GmbH</t>
+  </si>
+  <si>
+    <t>Säge Handlos Summerau GmbH;Herbert Handlos Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>WWF International Danube-Carpathian Programme</t>
+  </si>
+  <si>
+    <t>Steiermärkische Landesdruckerei GmbH, Medienfabrik Graz GmbH, MF Buchbinderei GmbH</t>
+  </si>
+  <si>
+    <t>Schulen für Wirtschafts- und Pflegeberufe der Schwestern Oblatinnen des Hl. Franz v. Sales</t>
+  </si>
+  <si>
+    <t>Kristoferitsch Friedrich</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Gmunden</t>
+  </si>
+  <si>
+    <t>BG/BRG Neusiedl am See, Neusiedl am See, Bundesschulstraße</t>
+  </si>
+  <si>
+    <t>MPREIS Warenvertriebs GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Judenburg, Lindfeldgasse</t>
+  </si>
+  <si>
+    <t>Kimba GmbH</t>
+  </si>
+  <si>
+    <t>D. Swarovski</t>
+  </si>
+  <si>
+    <t>Gemeinde Mehrnbach</t>
+  </si>
+  <si>
+    <t>Hope Property Invest GmbH</t>
+  </si>
+  <si>
+    <t>Leichtmetallkompetenzzentrum Ranshofen GmbH</t>
+  </si>
+  <si>
+    <t>innovia - Service und Beratung zur Chancengleichheit gemn. GmbH</t>
+  </si>
+  <si>
+    <t>WBI-Leoben GmbH</t>
+  </si>
+  <si>
+    <t>Gebro-Tech. GmbH</t>
+  </si>
+  <si>
+    <t>Maschinenfabrik Liezen und Gießerei GmbH</t>
+  </si>
+  <si>
+    <t>HAK 2 Wels</t>
+  </si>
+  <si>
+    <t>Hotel Sonnberghof GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Stadler Sensorik, CNC-Technik GmbH</t>
+  </si>
+  <si>
+    <t>Verein Jugend und Arbeit</t>
+  </si>
+  <si>
+    <t>BHAK für Führung u Sicherheit Wiener Neustadt</t>
+  </si>
+  <si>
+    <t>Scheiblhofer Resort GmbH</t>
+  </si>
+  <si>
+    <t>Volkshochschule Oberösterreich gemeinnützige Bildungs-GmbH der AK für OÖ</t>
+  </si>
+  <si>
+    <t>Tiroler Bildungsservice (TiBS) - Verein zur Förderung der Neuen Medien im Bildungswesen</t>
+  </si>
+  <si>
+    <t>BRG-Landwiedstraße, Linz</t>
+  </si>
+  <si>
+    <t>BRG Traun, Schulstraße</t>
+  </si>
+  <si>
+    <t>akzente - Zentrum für Gleichstellung und regionale Zusammenarbeit</t>
+  </si>
+  <si>
+    <t>GRG7, 1070 Wien, Kandlgasse</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für Tourismus Zell am Ziller</t>
+  </si>
+  <si>
+    <t>Holzinnovationszentrum GmbH</t>
+  </si>
+  <si>
+    <t>M-TRON GmbH</t>
+  </si>
+  <si>
+    <t>König Maschinen Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Linz-Auhof</t>
+  </si>
+  <si>
+    <t>Technische Universität Graz Institut für Chemische Verfahrenstechnik und Umweltechnik</t>
+  </si>
+  <si>
+    <t>Pension Sonne - Christina Brunner</t>
+  </si>
+  <si>
+    <t>Volkshochschulen in Österreich</t>
+  </si>
+  <si>
+    <t>Stanztech Metallverarbeitung GmbH</t>
+  </si>
+  <si>
+    <t>accent Inkubator GmbH</t>
+  </si>
+  <si>
+    <t>BFI Burgenland</t>
+  </si>
+  <si>
+    <t>Museumsverein Klostertal</t>
+  </si>
+  <si>
+    <t>rmDATA GmbH</t>
+  </si>
+  <si>
+    <t>Stolz Möbel GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Imst</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Steyr</t>
+  </si>
+  <si>
+    <t>BG/BRG Weiz, Offenburger Gasse</t>
+  </si>
+  <si>
+    <t>Höhere Technische Bundelehr- und Versuchsanstalt Rankweil</t>
+  </si>
+  <si>
+    <t>Verein Netzwerk der gemeinnützigen Erwachsenenbildungseinrichtungen der Steiermark (Bildungsnetzwerk Steiermark)</t>
+  </si>
+  <si>
+    <t>Gemson GmbH</t>
+  </si>
+  <si>
+    <t>Real-, Aufbau- und Aufbaurealgymnasium des Schulvereins der Salesianer Don Boscos, Unterwaltersdorf, Don Boscostraße</t>
+  </si>
+  <si>
+    <t>Obst Leopold Handels-GmbH</t>
+  </si>
+  <si>
+    <t>erfa GmbH</t>
+  </si>
+  <si>
+    <t>TARA-METALLTECHNIK GMBH</t>
+  </si>
+  <si>
+    <t>Ludwig Heinzl GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Amt der Vorarlberger Landesregierung, Abt. PrsE-Europaangelegenheiten und Außenbeziehungen</t>
+  </si>
+  <si>
+    <t>NEOTECHA GmbH</t>
+  </si>
+  <si>
+    <t>Terschl GmbH &amp; CoKG</t>
+  </si>
+  <si>
+    <t>P.M.T. Anlagenbau GmbH</t>
+  </si>
+  <si>
+    <t>GANAHL AKTIENGESELLSCHAFT</t>
+  </si>
+  <si>
+    <t>Interspar GmbH</t>
+  </si>
+  <si>
+    <t>Tourismusverband Kitzbüheler Alpen - St. Johann in Tirol - Oberndorf - Kirchdorf - Erpfendorf</t>
+  </si>
+  <si>
+    <t>Gaugl Metallhandel GmbH, Gaugl Holding GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Premstätten</t>
+  </si>
+  <si>
+    <t>Verein Zugspitz Arena Bayern-Tirol</t>
+  </si>
+  <si>
+    <t>Wopfinger Baustoffindustrie GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Waidhofen an der Thaya, Gymnasiumstraße</t>
+  </si>
+  <si>
+    <t>BAfEP Bruck an der Mur</t>
+  </si>
+  <si>
+    <t>Gensbichler Markus</t>
+  </si>
+  <si>
+    <t>ZWI Zentrum für Wissens- und Innovationstransfer GmbH</t>
+  </si>
+  <si>
+    <t>"Wirtschafts-Standort" Vorarlberg Betriebsansiedlungs GmbH</t>
+  </si>
+  <si>
+    <t>Fleischhof Raabtal GmbH</t>
+  </si>
+  <si>
+    <t>Universität für Bodenkultur Wien Institut für Physik und Materialwissenschaft (IPM)</t>
+  </si>
+  <si>
+    <t>HTBLA Krems</t>
+  </si>
+  <si>
+    <t>Pankl Racing Systems AG, Pankl Immobilienverwaltung GmbH, PIERER IMMOREAL GmbH</t>
+  </si>
+  <si>
+    <t>BHAK Hall in Tirol</t>
+  </si>
+  <si>
+    <t>Amt der OÖ Landesregierung, Abteilung Naturschutz</t>
+  </si>
+  <si>
+    <t>Meusburger Vermietungs GmbH</t>
+  </si>
+  <si>
+    <t>Energy and Innovation Centre of Weiz</t>
+  </si>
+  <si>
+    <t>Druck Styria GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Heinrich Keplinger GmbH</t>
+  </si>
+  <si>
+    <t>Pußwald Holz GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Teufl u.Co. Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BORG Mittersill/Arndorf Felberstraße</t>
+  </si>
+  <si>
+    <t>Amt der Niederösterreichischen Landesregierung</t>
+  </si>
+  <si>
+    <t>Rohner Handels und Immobilien GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Format Logistik GmbH</t>
+  </si>
+  <si>
+    <t>Magna Steyr</t>
+  </si>
+  <si>
+    <t>DieTex GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Land Oberösterreich vertreten durch das Amt der Oberösterreichischen Landesregierung</t>
+  </si>
+  <si>
+    <t>Höhere technische Lehranstalt und Werkmeisterschule des Schulvereins der HTL Leoben</t>
+  </si>
+  <si>
+    <t>Verein zur Förderung der Gründerinnen und Gründer im Bezirk Kitzbühel</t>
+  </si>
+  <si>
+    <t>Regionalenergie Osttirol reg.Gen.m.b.H.</t>
+  </si>
+  <si>
+    <t>Kooperationspartnerschaft College 25+</t>
+  </si>
+  <si>
+    <t>Tema Sägeindustrie GesmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Wilhering</t>
+  </si>
+  <si>
+    <t>RICO - Elastomere Projecting GmbH</t>
+  </si>
+  <si>
+    <t>ECM Label Production GmbHECM Marking Solutions GmbHECM Engineering GmbH</t>
+  </si>
+  <si>
+    <t>BHAK Hall i. T.</t>
+  </si>
+  <si>
+    <t>Joseph GmbH</t>
+  </si>
+  <si>
+    <t>PEREGRINA - Bildungs-, Beratungs- und Therapiezentrum für Immigrantinnen</t>
+  </si>
+  <si>
+    <t>AIT Austrian Institute of Technology</t>
+  </si>
+  <si>
+    <t>Stirtec GmbH</t>
+  </si>
+  <si>
+    <t>ISOP - Innovative Sozialprojekte GmbH</t>
+  </si>
+  <si>
+    <t>ARGE Bildung Mostviertel</t>
+  </si>
+  <si>
+    <t>LOC Holz GmbH</t>
+  </si>
+  <si>
+    <t>HLW Mistelbach</t>
+  </si>
+  <si>
+    <t>BHAS Jennersdorf</t>
+  </si>
+  <si>
+    <t>Bundesministerium für Arbeit</t>
+  </si>
+  <si>
+    <t>Öffentliches Stiftsgymnasium der Benediktiner Seitenstetten, Am Klosterberg</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut Oberösterreich (bfi OÖ)</t>
+  </si>
+  <si>
+    <t>Kittenberger Gartenchalets GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Pöttelsdorf</t>
+  </si>
+  <si>
+    <t>Luxner Engineering ZT GmbH</t>
+  </si>
+  <si>
+    <t>Brg und BORG Feldkirch, Schillerstraße 13</t>
+  </si>
+  <si>
+    <t>ROLF - Roland Wolf GmbH</t>
+  </si>
+  <si>
+    <t>HLW Fohnsdorf</t>
+  </si>
+  <si>
+    <t>alpha nova Betriebsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>S&amp;S Investition und Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>in between - Verein für Vernetzung, Forschung und Wissenstransfer zur Förderung gesellschaftlicher Teilhabe</t>
+  </si>
+  <si>
+    <t>Brucker BIO Fernwärme GmbH</t>
+  </si>
+  <si>
+    <t>Griffner Pulverbeschichtungsgesellschaft m.b.H., Griffner Metallveredelung GmbH</t>
+  </si>
+  <si>
+    <t>Amt der oberösterreichischen Landesregierung (kurz Land Oberösterreich)</t>
+  </si>
+  <si>
+    <t>Fanzoj Jagdwaffen GmbH</t>
+  </si>
+  <si>
+    <t>Müller Stahlbau GmbH</t>
+  </si>
+  <si>
+    <t>Modeschule Hallein</t>
+  </si>
+  <si>
+    <t>Merkscha Furnierwerk GmbH</t>
+  </si>
+  <si>
+    <t>8Cities</t>
+  </si>
+  <si>
+    <t>Wirtschaftskammer Niederösterreich</t>
+  </si>
+  <si>
+    <t>STEKA-Werke Technische Keramik GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Gemeinde Grafenschachen</t>
+  </si>
+  <si>
+    <t>Oskar Gstrein KG</t>
+  </si>
+  <si>
+    <t>MARTINI-SPORTSWEAR Gesellschaft m.b.H.Martini Sportswear Logistics GmbH</t>
+  </si>
+  <si>
+    <t>Stahl Judenburg GmbH</t>
+  </si>
+  <si>
+    <t>domino - Verein für emanzipatorische Behindertenpolitik</t>
+  </si>
+  <si>
+    <t>EqualiZ Gemeinsam vielfältig Geschlechtergerechtigkeit, Chancengleichheit &amp; soziale Innovation in Beratung, Bildung und Arbeit</t>
+  </si>
+  <si>
+    <t>Alpinarium Galtür Dokumentation GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für wirtschaftliche Berufe, Höhere Lehranstalt für Tourismus, Hotelfachschule Weyer (BBS Weyer)</t>
+  </si>
+  <si>
+    <t>Titz Liegenschafts GmbH</t>
+  </si>
+  <si>
+    <t>Environment Agency Austria</t>
+  </si>
+  <si>
+    <t>Technologie- u. Innovationszentrum Kirchdorf GmbH</t>
+  </si>
+  <si>
+    <t>TEAM CONSTRUCT Maschinenbau Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BORG Scheibbs, Schacherlweg</t>
+  </si>
+  <si>
+    <t>Verein Netzwerk der gemeinnützigen Erwachsenenbildungseinrichtungen der Steiermark</t>
+  </si>
+  <si>
+    <t>Khevenhüller Gymnasium, Linz, Khevenhüllerstraße 1</t>
+  </si>
+  <si>
+    <t>BgBrg Sankt Veit an der Glan, 9300 St. Veit an der Glan, Dr. Arthur Lemisch Straße</t>
+  </si>
+  <si>
+    <t>FH OÖ Forschungs- und Entwicklungs GmbH</t>
+  </si>
+  <si>
+    <t>Tourismusverband Osttirol</t>
+  </si>
+  <si>
+    <t>Global Hydro Energy GmbH</t>
+  </si>
+  <si>
+    <t>Ing. Franz Georg Johann Leitgeb</t>
+  </si>
+  <si>
+    <t>Ganser Maschinen Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Burgenländisches Schulungszentrum</t>
+  </si>
+  <si>
+    <t>Just Leitern AG</t>
+  </si>
+  <si>
+    <t>Gemeinnützige Sanierungs- und Beschäftigungs- GmbH</t>
+  </si>
+  <si>
+    <t>HLW für Kommunikations- und Mediendesign des Schulvereins der Kreuzschwestern in Linz (401689)</t>
+  </si>
+  <si>
+    <t>HTBLVA Innsbruck-Anichstraße</t>
+  </si>
+  <si>
+    <t>Gemeinde Neukirchen bei Lambach</t>
+  </si>
+  <si>
+    <t>Jodl Verpackungen GmbHA &amp; H Jodl Besitz GmbH</t>
+  </si>
+  <si>
+    <t>Treibacher Industrie AG</t>
+  </si>
+  <si>
+    <t>uniT GmbH</t>
+  </si>
+  <si>
+    <t>Municipal Department 49 - Forestry Office and Urban Agriculture ( MA 49)</t>
+  </si>
+  <si>
+    <t>GRG 23 1230 Wien Anton Baumgartner Str.</t>
+  </si>
+  <si>
+    <t>Gabriel Forcher Tischlereigesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>ROW Regionalmanagement Obersteiermark West GmbH</t>
+  </si>
+  <si>
+    <t>Erzbischöfliches Real- und Aufbaugymnasium, Hollabrunn, Kirchenplatz 2</t>
+  </si>
+  <si>
+    <t>Zwi Peres Chajes Schule, Realgymnasium der IKG Wien (pRg2), 1020 Wien, Simon-Wiesenthal-Gasse</t>
+  </si>
+  <si>
+    <t>Job-TransFair gemeinnützige GmbH Beratung Beschäftigung FAIRmittlung</t>
+  </si>
+  <si>
+    <t>Federal Chancellery of Austria, Division II: Arts and Culture</t>
+  </si>
+  <si>
+    <t>Basisbildungszentrum abc-Salzburg gGmbH</t>
+  </si>
+  <si>
+    <t>GPN GmbH</t>
+  </si>
+  <si>
+    <t>HypTec GmbH</t>
+  </si>
+  <si>
+    <t>BG, BRG und Wiku BRG für Berufstätige Klagenfurt</t>
+  </si>
+  <si>
+    <t>Frutura Obst &amp; Gemüse Kompetenzzentrum GmbH</t>
+  </si>
+  <si>
+    <t>Universal Druckerei GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinnützige Dienstleistungsgesellschaft der Region Weiz G.m.b.H.</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Freistadt</t>
+  </si>
+  <si>
+    <t>TU Graz Errichtungs- und Betreiber GmbH</t>
+  </si>
+  <si>
+    <t>HLW Braunau am Inn</t>
+  </si>
+  <si>
+    <t>HAK/HAS Reutte</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck, Institut für Öffentl. Recht, Staats- u. Verwaltungslehre</t>
+  </si>
+  <si>
+    <t>Frauen aus allen Ländern. Bildungs- und Beratungseinrichtung</t>
+  </si>
+  <si>
+    <t>PET to PET Recycling Österreich GmbH</t>
+  </si>
+  <si>
+    <t>Röfix AG</t>
+  </si>
+  <si>
+    <t>Magistrat der Stadt Linz - Volkshochschule Linz</t>
+  </si>
+  <si>
+    <t>BHAK/ BHAS Waidhofen/Thaya</t>
+  </si>
+  <si>
+    <t>Fachhochschul-Immobiliengesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>„Wiener Berufsbörse“, Verein zur Förderung der beruflichen Integration akut und ehemals suchtkranker Personen, sowie von Personen mit besonderen Bedürfnissen und Schwierigkeiten am Arbeitsmarkt</t>
+  </si>
+  <si>
+    <t>ARGE Geopark Karawanken</t>
+  </si>
+  <si>
+    <t>Meiseleder Hartmetallwerkzeuge GmbH</t>
+  </si>
+  <si>
+    <t>PG und RG Sacré Coeur Pressbaum, Klostergasse</t>
+  </si>
+  <si>
+    <t>Variotherm - Heizsysteme Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Tourismusverband Mühlviertler Kernland</t>
+  </si>
+  <si>
+    <t>ATB Spielberg GmbH</t>
+  </si>
+  <si>
+    <t>isw gmbh</t>
+  </si>
+  <si>
+    <t>LEFÖ - Beratung, Bildung und Begleitung für Migrantinnen</t>
+  </si>
+  <si>
+    <t>INTEGRATION NÖ - VEREIN ZUR FÖRDERUNG DER STÄRKEN BEHINDERTER JUGENDLICHER</t>
+  </si>
+  <si>
+    <t>Profi Holz Fink GmbH</t>
+  </si>
+  <si>
+    <t>Elektro Schwarzmann Gesellschaft m.b.H.Schwarzmann Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>younus</t>
+  </si>
+  <si>
+    <t>RG/WRG 8, Feldgasse</t>
+  </si>
+  <si>
+    <t>PRO MENTE SALZBURG Gemeinnützige Gesellschaft für Arbeitsrehabilitation m.b.H.</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Köflach</t>
+  </si>
+  <si>
+    <t>Holz Bauer KG</t>
+  </si>
+  <si>
+    <t>Betrieb gewerblicher Art "Stadttheater" der Stadtgemeinde Bad Hall</t>
+  </si>
+  <si>
+    <t>nature park weinidylle</t>
+  </si>
+  <si>
+    <t>Verein Bildungszentrum Salzkammergut</t>
+  </si>
+  <si>
+    <t>Lindner Stiegenbautechnik GmbH</t>
+  </si>
+  <si>
+    <t>M. Zottler Tischlerei GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Kössen</t>
+  </si>
+  <si>
+    <t>HTBLA Jenbach</t>
+  </si>
+  <si>
+    <t>Imprint Analytics GmbH</t>
+  </si>
+  <si>
+    <t>Griffner Pulverbeschichtungsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Bietergemeinschaft: Isop Innovative Sozialprojekte GmbH &amp; bit schulungscenter GmbH</t>
+  </si>
+  <si>
+    <t>Kunststoffwerk ZITTA GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Langkampfen</t>
+  </si>
+  <si>
+    <t>move-ment Personal- und Unternehmensberatung GmbH</t>
+  </si>
+  <si>
+    <t>BORG Deutschlandsberg</t>
+  </si>
+  <si>
+    <t>Rewe Austria Fleischwaren GmbH</t>
+  </si>
+  <si>
+    <t>AMK REISCHL GmbH</t>
+  </si>
+  <si>
+    <t>Land Salzburg</t>
+  </si>
+  <si>
+    <t>SMATECH Automatisierungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>innovia gem GmbH</t>
+  </si>
+  <si>
+    <t>Sonnenerde GmbH</t>
+  </si>
+  <si>
+    <t>BK Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Stadt-, Tourismus- und Standortmarketing Braunau-Simbach GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Fulpmes</t>
+  </si>
+  <si>
+    <t>BORG Jennersdorf, Schulstraße 4</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Feldbach</t>
+  </si>
+  <si>
+    <t>Friedrich Geisler</t>
+  </si>
+  <si>
+    <t>ICG Integrated Consulting Group GmbH</t>
+  </si>
+  <si>
+    <t>WIENER LERNTAFEL - Verein für sozialen Ressourcen-Transfer</t>
+  </si>
+  <si>
+    <t>Interior &amp; Design Edelstam GmbH</t>
+  </si>
+  <si>
+    <t>CutCut Österreich GmbH</t>
+  </si>
+  <si>
+    <t>Berufliches Bildungs- und Rehabilitationszentrum Österreich</t>
+  </si>
+  <si>
+    <t>Velich GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>BG Tamsweg</t>
+  </si>
+  <si>
+    <t>ibw - Österreichisches Institut für Bildungsforschung der Wirtschaft</t>
+  </si>
+  <si>
+    <t>Auer Gastronomie GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>b-solution GmbH</t>
+  </si>
+  <si>
+    <t>Johannes Kepler Universität Linz, Institut für Biophysik</t>
+  </si>
+  <si>
+    <t>St. Johanner Bergbahnen GmbH</t>
+  </si>
+  <si>
+    <t>PRO PET AUSTRIA Heimtiernahrung GmbH</t>
+  </si>
+  <si>
+    <t>Fachschule und Aufbaulehrgang für wirtschaftliche Berufe der Dominikanerinnen Lienz</t>
+  </si>
+  <si>
+    <t>TCC Errichtungs- und Betriebs GmbH</t>
+  </si>
+  <si>
+    <t>Mariahilf36 GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Immofy GmbH</t>
+  </si>
+  <si>
+    <t>Lex Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>SCHILDER Systeme GmbH</t>
+  </si>
+  <si>
+    <t>Baumit GmbH</t>
+  </si>
+  <si>
+    <t>Caritas Diözese St. Pölten</t>
+  </si>
+  <si>
+    <t>Wood Vision Lab GmbH</t>
+  </si>
+  <si>
+    <t>C.E.C.O.N. Fertigungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>TS Altotec GmbH</t>
+  </si>
+  <si>
+    <t>Bohr Schleifmittelwerk GesmbH</t>
+  </si>
+  <si>
+    <t>VEGU Präzisionsdrehteile GmbH, VEGU-Holding GmbH</t>
+  </si>
+  <si>
+    <t>Öffentliches Gymnasium der Franziskaner Hall in Tirol</t>
+  </si>
+  <si>
+    <t>Technic Gerätebau GmbH</t>
+  </si>
+  <si>
+    <t>Abfallwirtschaftsverband Graz-Umgebung</t>
+  </si>
+  <si>
+    <t>Kulmer Holz-Leimbau GesmbH, Kulmer Bau GesmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Bildungsanstalt für Elementarpädagogik und Fachschule für Pädagogische Assistenzberufe der Vereinigung von Ordensschulen 1190 Wien</t>
+  </si>
+  <si>
+    <t>Freizeitzentrum Achensee GmbH</t>
+  </si>
+  <si>
+    <t>Innovation Region Styria LTD</t>
+  </si>
+  <si>
+    <t>Integra Vorarlberg gem. GmbH.</t>
+  </si>
+  <si>
+    <t>Akademisches Gymnasium Salzburg</t>
+  </si>
+  <si>
+    <t>Fachhochschule Kufstein Tirol Bildungs GmbH</t>
+  </si>
+  <si>
+    <t>Steirische Wissenschafts-, Umwelt- und Kulturprojektträger GmbH</t>
+  </si>
+  <si>
+    <t>ALPHA TECH Präzisionsbau GmbH</t>
+  </si>
+  <si>
+    <t>Verein Aktion Mitarbeit</t>
+  </si>
+  <si>
+    <t>Karl Schwarz Zwettler Getränkevertrieb Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Casablanca Hotelsoftware GmbH</t>
+  </si>
+  <si>
+    <t>biv-die Akademie für integrative Bildung</t>
+  </si>
+  <si>
+    <t>FH Oberösterreich Forschungs- und Entwicklungs GmbH</t>
+  </si>
+  <si>
+    <t>Technische Universität Graz</t>
+  </si>
+  <si>
+    <t>Mentor Management-Entwicklung-Organisation GmbH &amp; Co OG</t>
+  </si>
+  <si>
+    <t>das kollekiv, kritische bildungs-, beratungs- und kulturarbeit von und für migrantinnen</t>
+  </si>
+  <si>
+    <t>Witzmann Holding GmbH;Langzauner GmbH</t>
+  </si>
+  <si>
+    <t>Bundesministerium für Arbeit und Wirtschaft</t>
+  </si>
+  <si>
+    <t>Quehenberger Logistics GmbH</t>
+  </si>
+  <si>
+    <t>Moser Teiglinge GmbH;Moser GmbH</t>
+  </si>
+  <si>
+    <t>HLM - HLP Mödling</t>
+  </si>
+  <si>
+    <t>Business Upper Austria</t>
+  </si>
+  <si>
+    <t>Governmental Office of Lower Austria</t>
+  </si>
+  <si>
+    <t>Infineon Technologies Austria AG</t>
+  </si>
+  <si>
+    <t>DIALOG - Hilfs-und Beratungsstelle für Suchtgefährdete und deren Angehörige</t>
+  </si>
+  <si>
+    <t>Impulsregion Fürstenfeld e.V.</t>
+  </si>
+  <si>
+    <t>Alm.Gut GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>PERIPHERIE - Verein für praxisorientierte Gender-Forschung</t>
+  </si>
+  <si>
+    <t>HTBLVA Wien 20, TGM</t>
+  </si>
+  <si>
+    <t>Wieser Automation - Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Jugend am Werk Begleitung von Menschen mit Behinderung GmbH</t>
+  </si>
+  <si>
+    <t>Pankl Aerospace Systems Europe GmbH</t>
+  </si>
+  <si>
+    <t>Hans Taborsky &amp; Sohn, Metallwaren und Maschinenbau, Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>METRO Cash &amp; Carry Österreich GmbH</t>
+  </si>
+  <si>
+    <t>SAUM-SOZIAL- UND AUSBILDUNGS- INITIATIVE UNTERES MÜHLVIERTEL</t>
+  </si>
+  <si>
+    <t>HTL Mössingerstraße</t>
+  </si>
+  <si>
+    <t>Bildungszentrum Salzkammergut</t>
+  </si>
+  <si>
+    <t>DigiTrans GmbH</t>
+  </si>
+  <si>
+    <t>Österreichisches Institut für Bildungsforschung der Wirtschaft - ibw</t>
+  </si>
+  <si>
+    <t>Regio-Tech Hochfilzen, Pillerseetal Regionalentwicklungs GmbH</t>
+  </si>
+  <si>
+    <t>Karl Landsteiner Privatuniversität für Gesundheitswissenschaften GmbH</t>
+  </si>
+  <si>
+    <t>BG Georgigasse Graz International Bilingual School</t>
+  </si>
+  <si>
+    <t>Tourismusverband Südburgenland</t>
+  </si>
+  <si>
+    <t>Matt Sport GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Altmünster</t>
+  </si>
+  <si>
+    <t>NÖ Energie- und Umweltagentur GmbH</t>
+  </si>
+  <si>
+    <t>BMW Motoren GmbH</t>
+  </si>
+  <si>
+    <t>Universität Mozarteum Salzburg Rektorat</t>
+  </si>
+  <si>
+    <t>Kurbad Tatzmannsdorf Aktiengesellschaft</t>
+  </si>
+  <si>
+    <t>Land Salzburg, Abteilung 5 Natur- und Umweltschutz, Gewerbe</t>
+  </si>
+  <si>
+    <t>BUGLKRAXN, Verein für Arbeitsintegration</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Amstetten</t>
+  </si>
+  <si>
+    <t>Bad Tatzmannsdorf Thermal- und Freizeitzentrum Gesellschaft mit beschränkter Haftung &amp; Co KG</t>
+  </si>
+  <si>
+    <t>European Centre for Renewable Energy Güssing Ltd.</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe Innsbruck</t>
+  </si>
+  <si>
+    <t>BHAK1 Wels</t>
+  </si>
+  <si>
+    <t>Porsche Inter Auto GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Siebenhandl Roman</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Tamsweg</t>
+  </si>
+  <si>
+    <t>Sonnentor</t>
+  </si>
+  <si>
+    <t>Stiftsgymnasium und ORG der Benediktiner in Melk</t>
+  </si>
+  <si>
+    <t>Berglandmilch eGen</t>
+  </si>
+  <si>
+    <t>Holzwerk Kern GesmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>atempo BetriebsgesellschaftmBh.</t>
+  </si>
+  <si>
+    <t>Bundesoberstufenrealgymnasium Lauterach, Montfortplatz</t>
+  </si>
+  <si>
+    <t>Bildungsanstalt für Elementarpädagogik des Schulvereins der Kreuzschwestern Linz Stockhofstraße</t>
+  </si>
+  <si>
+    <t>ROCKMORE International GmbH.</t>
+  </si>
+  <si>
+    <t>carbon-solutions Hintsteiner GmbH</t>
+  </si>
+  <si>
+    <t>BRG/BORG Landeck, Römerstraße</t>
+  </si>
+  <si>
+    <t>Sepero Strahltechnik und Beschichtungstechnik GmbH, SEPERO Verwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>BRG Feldkirchen, Flurweg</t>
+  </si>
+  <si>
+    <t>MARTIN AUER GmbH, Wiener Bäckerei - Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BG, BRG Villach St.Martin, St. Martinerstraße</t>
+  </si>
+  <si>
+    <t>BG/BRG Purkersdorf</t>
+  </si>
+  <si>
+    <t>Silicon Austria Labs</t>
+  </si>
+  <si>
+    <t>UIV Urban Innovation Vienna GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Flirsch</t>
+  </si>
+  <si>
+    <t>GW Cosmetics GmbH</t>
+  </si>
+  <si>
+    <t>Thermenhotel Stegersbach GmbH</t>
+  </si>
+  <si>
+    <t>ASTAM Allgemeiner Stahl-, Anlagen- und Maschinenbau, Gesellschaft mbH</t>
+  </si>
+  <si>
+    <t>Universität Klagenfurt</t>
+  </si>
+  <si>
+    <t>Verein für Sozial- und Gemeinwesenprojekte</t>
+  </si>
+  <si>
+    <t>nowa Training, Beratung, Projektmanagement</t>
+  </si>
+  <si>
+    <t>Salzburger Erwachsenenbildung. Verein zur Förderung der Erwachsenenbildung und des Öffentlichen Bibliothekswesens im Land Salzburg</t>
+  </si>
+  <si>
+    <t>Board of Education for Vienna</t>
+  </si>
+  <si>
+    <t>Lebensquell Bad Zell, Gesundheits- und Wellnesszentrum GesmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>KAOS Bildungsservice - Gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>KOMPETENZ - Berufliches und soziales Kompetenzzentrum Südsteiermark GmbH</t>
+  </si>
+  <si>
+    <t>TIGER Coatings GmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>Landwirtschaftliche Bundesversuchswirtschaften GmbH</t>
+  </si>
+  <si>
+    <t>Multikraft Produktions- und HandelsgmbH;Multikraft Holding GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Berndorf, Sportpromenade 19</t>
+  </si>
+  <si>
+    <t>GRG 5 1050 Wien Reinprechtsdorfer Strasse</t>
+  </si>
+  <si>
+    <t>Hiltmann Beschriftung GmbH</t>
+  </si>
+  <si>
+    <t>WIBEBA-HOLZ Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Meiller GmbH</t>
+  </si>
+  <si>
+    <t>Stadt Wien - Straßenverwaltung und Straßenbau</t>
+  </si>
+  <si>
+    <t>POSCH Import-Export GmbH</t>
+  </si>
+  <si>
+    <t>Johann SANDLER Gesellschaft m.b.H. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>Sunplugged Solare Energiesysteme GmbH</t>
+  </si>
+  <si>
+    <t>Huber Hans Jörg</t>
+  </si>
+  <si>
+    <t>Lebenshilfe Salzburg, Verein für Menschen mit geistiger und mehrfacher Behinderung</t>
+  </si>
+  <si>
+    <t>Isop - Innovative Sozialprojekte</t>
+  </si>
+  <si>
+    <t>PRIMASON Produktions GMBH</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut Steiermark</t>
+  </si>
+  <si>
+    <t>KAMPER Handwerk+Bau GmbH</t>
+  </si>
+  <si>
+    <t>Joh. Fuchs &amp; Sohn Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Walter Pölzl Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Eberle Automatische Systeme GmbH &amp; Co KG;Vermietung DWZ KG</t>
+  </si>
+  <si>
+    <t>Schafferer Verwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>Universität Graz</t>
+  </si>
+  <si>
+    <t>Diakonie Eine Welt - Akademie</t>
+  </si>
+  <si>
+    <t>Scheiblhofer THE RESORT GmbH</t>
+  </si>
+  <si>
+    <t>voestalpine BÖHLER Bleche GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>World-Direct eBusiness solutions GmbH</t>
+  </si>
+  <si>
+    <t>Hugo Jordan, Spinnerei und Weberei GmbH</t>
+  </si>
+  <si>
+    <t>TEAM 7 Natürlich Wohnen GmbH</t>
+  </si>
+  <si>
+    <t>Schuldnergemeinschaft Fassbinderei Paul Schneckenleitner und Fassbinderei Schneckenleitner GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Weiz</t>
+  </si>
+  <si>
+    <t>Brauerei Frastanz eGen</t>
+  </si>
+  <si>
+    <t>Winkelbauer GmbH</t>
+  </si>
+  <si>
+    <t>Doppelmayr Seilbahnen GmbH</t>
+  </si>
+  <si>
+    <t>Findustrial GmbH</t>
+  </si>
+  <si>
+    <t>Bundesamt für Soziales und Behindertenwesen (Sozialministeriumservice)</t>
+  </si>
+  <si>
+    <t>Vienna Board of Education, European Office</t>
+  </si>
+  <si>
+    <t>Bundesbildungsanstalt für Elementarpädagogik, Kolleg für Elementarpädagogik Judenburg</t>
+  </si>
+  <si>
+    <t>voestalpine BÖHLER Edelstahl GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>itworks Personalservice &amp; Beratung gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>Caritas der Diözese Feldkirch</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Gols</t>
+  </si>
+  <si>
+    <t>Terschl CNC-Zerspanungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>VBS Schön GmbH</t>
+  </si>
+  <si>
+    <t>Tischlerei Königshofer GmbH</t>
+  </si>
+  <si>
+    <t>Jugendservice Ybbstal</t>
+  </si>
+  <si>
+    <t>HGBLVA Wien 14</t>
+  </si>
+  <si>
+    <t>THEISSL systems GmbHTheissl Holding GmbH</t>
+  </si>
+  <si>
+    <t>Klimabündnis Tirol</t>
+  </si>
+  <si>
+    <t>Brüder Unterweger Gesellschaft m.b.H.;Brüder Unterweger 1886 GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Völkermarkt</t>
+  </si>
+  <si>
+    <t>ZIB Training GmbH</t>
+  </si>
+  <si>
+    <t>BMI</t>
+  </si>
+  <si>
+    <t>University for Continuing Education Krems</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Steyr</t>
+  </si>
+  <si>
+    <t>Fachhochschule OÖ Forschungs &amp; Entwicklungs GmbH (university of applied science)</t>
+  </si>
+  <si>
+    <t>F. Bläuel GmbH</t>
+  </si>
+  <si>
+    <t>BORG Dornbirn, Messetraße 4</t>
+  </si>
+  <si>
+    <t>AVS Hydraulikmotorenbau GmbHArnold Sampl GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Hotel Schloss Seefels Besitz- und Management GmbH</t>
+  </si>
+  <si>
+    <t>Elektro Müller GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Colortec Pulverbeschichtungs GmbH</t>
+  </si>
+  <si>
+    <t>GESON GmbH</t>
+  </si>
+  <si>
+    <t>Orient Express, Beratungs- Bildungs- und Kulturinitiative für Frauen</t>
+  </si>
+  <si>
+    <t>Tourismusverband Kufsteinerland</t>
+  </si>
+  <si>
+    <t>öibf - Österreichisches Institut für Berufsbildungsforschung / Austrian Institut for Research on Vocational Education and Training</t>
+  </si>
+  <si>
+    <t>TFZ Technologie- und Forschungszentrum Seibersdorf GmbH</t>
+  </si>
+  <si>
+    <t>menschen.leben</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Bregenz</t>
+  </si>
+  <si>
+    <t>"Soziale Initiative" - Gemeinnützige Gesellschaft mit beschränkter Haftung</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Hollabrunn</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Imst</t>
+  </si>
+  <si>
+    <t>Fuchshofer Advanced Manufacturing - FAM GmbH</t>
+  </si>
+  <si>
+    <t>Gutmann Markus</t>
+  </si>
+  <si>
+    <t>Trost GmbH</t>
+  </si>
+  <si>
+    <t>M. Köb GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und bundeshandelsschule II Salzburg</t>
+  </si>
+  <si>
+    <t>BEST - Bioenergy and Sustainable Technologies GmbH</t>
+  </si>
+  <si>
+    <t>CARINI GmbH</t>
+  </si>
+  <si>
+    <t>SECURIKETT Ulrich &amp; Horn GmbH;Securikett Holding GmbH</t>
+  </si>
+  <si>
+    <t>Olympiazentrum Vorarlberg GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Grins</t>
+  </si>
+  <si>
+    <t>Austrovinyl GmbH</t>
+  </si>
+  <si>
+    <t>HBHC moulding GmbH</t>
+  </si>
+  <si>
+    <t>Pregenzer Bernhard</t>
+  </si>
+  <si>
+    <t>Hotel-Restaurant Schweinberger GmbH</t>
+  </si>
+  <si>
+    <t>Association Mühlviertler Alm</t>
+  </si>
+  <si>
+    <t>Wirtschaftsagentur Wien. Ein Fonds der Stadt Wien</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Eisenstadt</t>
+  </si>
+  <si>
+    <t>Scheuch Ligno GmbH;Scheuch Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>Umweltverband WWF Österreich (World Wide Fund for Nature Austria)</t>
+  </si>
+  <si>
+    <t>Engineering Center Steyr GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>EHP European-Hardwood Production GmbH</t>
+  </si>
+  <si>
+    <t>Eschelmüller Holz GmbH</t>
+  </si>
+  <si>
+    <t>OPTIK KROBOTH Gmbh</t>
+  </si>
+  <si>
+    <t>SW Automatisierung GmbH;Schauer Vermietung und Verpachtung GmbH</t>
+  </si>
+  <si>
+    <t>HLW des Kärntner Caritasverbandes</t>
+  </si>
+  <si>
+    <t>Schuldnergemeinschaft Stiefler Immobilien GmbH und Stiefler GmbH</t>
+  </si>
+  <si>
+    <t>RDG - Immobilien GmbHRDG - Plast GmbH</t>
+  </si>
+  <si>
+    <t>WEHO Weinsberg Holz GmbH</t>
+  </si>
+  <si>
+    <t>Polytechnik Luft- und Feuerungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>Pädagogische Hochschule Vorarlberg</t>
+  </si>
+  <si>
+    <t>ASCO Anlagenbau Consulting GmbH</t>
+  </si>
+  <si>
+    <t>Weinviertel Tourism Ltd</t>
+  </si>
+  <si>
+    <t>Kurbad Tatzmannsdorf GmbH</t>
+  </si>
+  <si>
+    <t>Landesfachschule für Keramik und Ofenbau Stoob</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Steinbrunn</t>
+  </si>
+  <si>
+    <t>ProVita Bildungs  GmbH</t>
+  </si>
+  <si>
+    <t>Vienna Business School HAK/HAS Mödling</t>
+  </si>
+  <si>
+    <t>Perspektive Handel Caritas gGmbH</t>
+  </si>
+  <si>
+    <t>Huetz Holzmanufaktur GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>MCI Management Center Innsbruck Internationale Hochschule GmbH</t>
+  </si>
+  <si>
+    <t>BORG Ried im Innkreis</t>
+  </si>
+  <si>
+    <t>eco telfs HAK/SHAK/HAS/AUL</t>
+  </si>
+  <si>
+    <t>IMC Fachhochschule Krems GmbH</t>
+  </si>
+  <si>
+    <t>WUK - Verein zur Schaffung offener Kultur- und Werkstättenhäuser</t>
+  </si>
+  <si>
+    <t>Materials Center Leoben Forschung GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Vöcklabruck</t>
+  </si>
+  <si>
+    <t>WIFI OÖ GmbH</t>
+  </si>
+  <si>
+    <t>PIRAMIDOPS, Verein für Frauen- und Gemeinwesenarbeit</t>
+  </si>
+  <si>
+    <t>CHANCE PLUS GEMEINNÜTZIGE GMBH</t>
+  </si>
+  <si>
+    <t>BHAS/AULB Stockerau</t>
+  </si>
+  <si>
+    <t>Quarzolith-Süd Fertigputz Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Sozial- und Gesundheitssprengel Wipptal</t>
+  </si>
+  <si>
+    <t>Gemeinde Brunnenthal</t>
+  </si>
+  <si>
+    <t>HAK/HAS des BFI Wien</t>
+  </si>
+  <si>
+    <t>E.R.S. Electronic Recycling System GmbH;B &amp; T Besitz GmbH</t>
+  </si>
+  <si>
+    <t>Verband Niederösterreichischer Volkshochschulen</t>
+  </si>
+  <si>
+    <t>TIROMETALL GmbH</t>
+  </si>
+  <si>
+    <t>GIPRO GmbH</t>
+  </si>
+  <si>
+    <t>ecoplus Niederösterreichs Wirtschaftsagentur Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>KLH Massivholz Wiesenau GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Ried im Innkreis</t>
+  </si>
+  <si>
+    <t>Stahl- und Fahrzeugbau Grabner GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Linz</t>
+  </si>
+  <si>
+    <t>NÖ Landesimmobiliengesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>MH-Holz GmbH</t>
+  </si>
+  <si>
+    <t>Entacher GmbH</t>
+  </si>
+  <si>
+    <t>Wippro GmbH;Wippro Immo GmbH</t>
+  </si>
+  <si>
+    <t>Reval Austria GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Rainbach i.M.</t>
+  </si>
+  <si>
+    <t>Die Kärntner Bildungswerk Betriebs GmbH</t>
+  </si>
+  <si>
+    <t>Forschungsinstitut für Energie und Umweltplanung, Wirtschaft und Marktanalysen GesmbH</t>
+  </si>
+  <si>
+    <t>HLW/T Wien 22</t>
+  </si>
+  <si>
+    <t>Messer Austria GmbH</t>
+  </si>
+  <si>
+    <t>Scherer KG</t>
+  </si>
+  <si>
+    <t>Arbeitsgemeinschaft für Sozialbetreuung in Villach kz. ARGE SOZIAL VILLACH</t>
+  </si>
+  <si>
+    <t>Beyer GmbH</t>
+  </si>
+  <si>
+    <t>Herbert Steinrieser Gesellschaft m.b.H., Steinrieser Getränke GmbH</t>
+  </si>
+  <si>
+    <t>BTS Druckkompetenz GmbH</t>
+  </si>
+  <si>
+    <t>k-tec GmbH</t>
+  </si>
+  <si>
+    <t>Betonwerk Jungwirth GmbH</t>
+  </si>
+  <si>
+    <t>Arnreiter Peter</t>
+  </si>
+  <si>
+    <t>HAK III/HAS IV der Wiener Kaufmannschaft</t>
+  </si>
+  <si>
+    <t>Wirtschaftsförderungsinstitut der Wirtschaftskammer Niederösterreich (WIFI NÖ)</t>
+  </si>
+  <si>
+    <t>HLW/FSB Langenlois</t>
+  </si>
+  <si>
+    <t>HBLA fuer Tourismus St. Johann in Tirol</t>
+  </si>
+  <si>
+    <t>Kroatisches Kultur- und Dokumentationszentrum - hkdc</t>
+  </si>
+  <si>
+    <t>HLW Horn</t>
+  </si>
+  <si>
+    <t>Rudolf Lugitsch KG.</t>
+  </si>
+  <si>
+    <t>Waldverband Vorarlberg</t>
+  </si>
+  <si>
+    <t>Gemeinde Kirchham</t>
+  </si>
+  <si>
+    <t>FH OÖ Forschungs &amp; Entwicklungs GmbH</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Rohrbach</t>
+  </si>
+  <si>
+    <t>Deschberger Metall- und Blechbearbeitungs GmbH</t>
+  </si>
+  <si>
+    <t>Kaufhaus Thaller Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Komet Austria GmbH</t>
+  </si>
+  <si>
+    <t>Alto Fleischwerke GmbH</t>
+  </si>
+  <si>
+    <t>High Prec GmbH</t>
+  </si>
+  <si>
+    <t>Esterbauer Kunststoffverarbeitung- und Formenbau Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Tischlerei Helmut Erjavec Transportverpackungen GmbH</t>
+  </si>
+  <si>
+    <t>APV Technische Produkte Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Einstieg ins Berufsleben GmbH</t>
+  </si>
+  <si>
+    <t>Brunhuber &amp; Fellier OG</t>
+  </si>
+  <si>
+    <t>bfi Steiermark gGmbH</t>
+  </si>
+  <si>
+    <t>MM Kanal-Rohr-Sanierung GmbH, MM Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>Pankl Aerospace Systems Europe GmbH, PIERER IMMOREAL GmbH</t>
+  </si>
+  <si>
+    <t>Universität für Weiterbildung Krems</t>
+  </si>
+  <si>
+    <t>Ferrotechnik Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Federal Government of Burgenland</t>
+  </si>
+  <si>
+    <t>FrauenInformationszentrum Vorarlberg-FEMAIL</t>
+  </si>
+  <si>
+    <t>Gymnasium und ORG der Ursulinen Graz, Graz, Leonhardstraße</t>
+  </si>
+  <si>
+    <t>Ernst Stadelmann GmbH</t>
+  </si>
+  <si>
+    <t>HLW Biedermannsdorf</t>
+  </si>
+  <si>
+    <t>FSB Gleiß</t>
+  </si>
+  <si>
+    <t>BAfEP Vöcklabruck</t>
+  </si>
+  <si>
+    <t>WOLF NUDELN GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe St. Veit an der Glan</t>
+  </si>
+  <si>
+    <t>BAfEP Mistelbach</t>
+  </si>
+  <si>
+    <t>WA Business &amp; Service Center GmbH</t>
+  </si>
+  <si>
+    <t>Bio Forschung Austria</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Salzburg-Nonntal</t>
+  </si>
+  <si>
+    <t>ADLER Damüls Hotel Gasthof GmbH</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck, Institut für Infrastruktur</t>
+  </si>
+  <si>
+    <t>flussplan e.U.</t>
+  </si>
+  <si>
+    <t>Kaml &amp; Huber Sägewerk-Holzexport Gesellschaft m.b.H., Kaml &amp; Huber Gesellschaft m.b.H. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>HAK Kirchdorf an der Krems</t>
+  </si>
+  <si>
+    <t>Volkshochschule Götzis</t>
+  </si>
+  <si>
+    <t>Ringer GmbH;Ringer Holding GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Fließ</t>
+  </si>
+  <si>
+    <t>BHAK / BHAS Vöcklabruck</t>
+  </si>
+  <si>
+    <t>BG/BRG/wikuRG f. BT, Innsbruck, Adolf Pichler Platz</t>
+  </si>
+  <si>
+    <t>KMT-Heiztechnik Gesellschaft mbH;WM-Holding GmbH</t>
+  </si>
+  <si>
+    <t>Kommunalkredit Public Consulting GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Oftering</t>
+  </si>
+  <si>
+    <t>Stora Enso Wood Products GmbH</t>
+  </si>
+  <si>
+    <t>Wood Vision Lab GmbHWood Vision Research gGmbH</t>
+  </si>
+  <si>
+    <t>Schladminger Brau GmbH</t>
+  </si>
+  <si>
+    <t>DH - Design Holzverarbeitungs GmbH</t>
+  </si>
+  <si>
+    <t>Technologiezentrum Mondseeland GmbH</t>
+  </si>
+  <si>
+    <t>Realgymnasium des Schulvereines am Benediktinerstift Lambach, Lambach, Klosterplatz</t>
+  </si>
+  <si>
+    <t>ABZ*AUSTRIA</t>
+  </si>
+  <si>
+    <t>Gemeinde Olbendorf</t>
+  </si>
+  <si>
+    <t>Hotel Bärolina GmbH</t>
+  </si>
+  <si>
+    <t>Pro Met GmbHPro Met Innovations GmbH</t>
+  </si>
+  <si>
+    <t>Chamotte- und Thonöfenfabrik August Rath Jun. GmbH</t>
+  </si>
+  <si>
+    <t>Land Vorarlberg</t>
+  </si>
+  <si>
+    <t>AGM Durmont Austria GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Winden am See</t>
+  </si>
+  <si>
+    <t>Josef Göbel GmbH</t>
+  </si>
+  <si>
+    <t>raunjak inter medias gmbh</t>
+  </si>
+  <si>
+    <t>HLW/FW Elisabethinum St. Johann Vereinigung von Ordensschulen Österreichs</t>
+  </si>
+  <si>
+    <t>BHAK 2 International Klagenfurt</t>
+  </si>
+  <si>
+    <t>Josef Prödl Tischlerei GmbH, Prödl Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Traun</t>
+  </si>
+  <si>
+    <t>Wirtschaftskammer Tirol</t>
+  </si>
+  <si>
+    <t>NORITEC Holzindustrie GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Zwettl, Gymnasiumstraße</t>
+  </si>
+  <si>
+    <t>Volkshilfe Wien gemeinützige Betriebs-GmbH SOPHIE BeratungsZentrum</t>
+  </si>
+  <si>
+    <t>Moldan Baustoffe GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Frauenservice- und Familienberatungsstelle Wolfsberg</t>
+  </si>
+  <si>
+    <t>BG Salzburg Zaunergasse</t>
+  </si>
+  <si>
+    <t>International School Kufstein Tirol</t>
+  </si>
+  <si>
+    <t>INTEGRATION NIEDERÖSTERREICH - VEREIN ZUR FÖRDERUNG DER STÄRKEN BEHINDERTER JUGENDLICHER</t>
+  </si>
+  <si>
+    <t>summa vi GmbH;celum gmbh</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Steirscher Zentralraum GmbH</t>
+  </si>
+  <si>
+    <t>BHAK Mürzzuschlag</t>
+  </si>
+  <si>
+    <t>Peter Müller Gesellschaft m.b.H. &amp; Co KG</t>
+  </si>
+  <si>
+    <t>BHAK Landeck</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Feldkirch Rebberggasse</t>
+  </si>
+  <si>
+    <t>Hans Schobersberger Gesellschaft m.b.H. &amp; Co.KG.</t>
+  </si>
+  <si>
+    <t>Wiener Wasserstoff GmbH</t>
+  </si>
+  <si>
+    <t>BHAK Fürstenfeld</t>
+  </si>
+  <si>
+    <t>Vienna University of Technology</t>
+  </si>
+  <si>
+    <t>BG BRG Wels</t>
+  </si>
+  <si>
+    <t>Ponsold Dach GmbH</t>
+  </si>
+  <si>
+    <t>Wienerberger Ziegelindustrie GmbH</t>
+  </si>
+  <si>
+    <t>"Altesse" Zigarettenhüllenerzeugung und Papierverarbeitung GmbH</t>
+  </si>
+  <si>
+    <t>Bifo Berufs- und Bildungsinformation Vorarlberg gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>EBW Lex Gmbh</t>
+  </si>
+  <si>
+    <t>Thumersbacher Geräteverleih GmbH</t>
+  </si>
+  <si>
+    <t>Wagner Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Stadt Wien, Magistratsabteilung 42 - Wiener Stadtgärten (6)</t>
+  </si>
+  <si>
+    <t>University of Natural Resources and Life Sciences, Vienna, Austria</t>
+  </si>
+  <si>
+    <t>Haus &amp; Brunner GmbH</t>
+  </si>
+  <si>
+    <t>akzente - Frauen.Bildung.Wirtschaft.Region</t>
+  </si>
+  <si>
+    <t>Kanzler Verfahrenstechnik Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Finkensteiner Teigwaren e.U.</t>
+  </si>
+  <si>
+    <t>Gemeinde Niederndorf</t>
+  </si>
+  <si>
+    <t>Grübl Automatisierungstechnik GmbH, Grübl Infrastruktur GmbH</t>
+  </si>
+  <si>
+    <t>Pichler Wohnbau GmbH</t>
+  </si>
+  <si>
+    <t>Latzer Grafik &amp; Druck GmbH</t>
+  </si>
+  <si>
+    <t>PT Errichtungs- und Betriebs GesmbH</t>
+  </si>
+  <si>
+    <t>WUK Verein zur Schaffung offener Kultur- und Werkstättenhäuser</t>
+  </si>
+  <si>
+    <t>Sendner Frästechnik GmbH</t>
+  </si>
+  <si>
+    <t>PG Riedenburg, Bregenz, Arlbergstraße</t>
+  </si>
+  <si>
+    <t>Hofer KG</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Aurolzmünster</t>
+  </si>
+  <si>
+    <t>Resch &amp; Frisch Immobilien GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Tourismusverband Kitzbühel Tourismus</t>
+  </si>
+  <si>
+    <t>Wolfram Bergbau und Hütten AG</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Wartberg ob der Aist</t>
+  </si>
+  <si>
+    <t>Kleinwalsertal Tourismus eGen</t>
+  </si>
+  <si>
+    <t>INNOWELD-Metallverarbeitung Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Hochegger Technik GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinnützige Sanierungs- und Beschäftigungs GmbH</t>
+  </si>
+  <si>
+    <t>HTL1 Bau und Design, Linz</t>
+  </si>
+  <si>
+    <t>she:works GmbH</t>
+  </si>
+  <si>
+    <t>Association Forest School Bohemian Forest</t>
+  </si>
+  <si>
+    <t>Federal Ministry for Labour, Social Affairs and Consumer Protection</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium, Bundesrealgymnasium und wirtschaftskundliches Bundesrealgymnasium für Berufstätige, Salzburg, Franz-Josef-Kai</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Bezirk Landeck - regioL</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Stadl-Paura</t>
+  </si>
+  <si>
+    <t>Arbeitsassistenz Tirol gGmbH</t>
+  </si>
+  <si>
+    <t>Fröschl Holding GmbH</t>
+  </si>
+  <si>
+    <t>COMPRIBAND-DICHTUNGEN Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Braunau am Inn</t>
+  </si>
+  <si>
+    <t>Schulzentrum Ybbs - HAK/HAS Ybbs</t>
+  </si>
+  <si>
+    <t>Schmidbauer GmbH</t>
+  </si>
+  <si>
+    <t>Rudolf Ölz Meisterbäcker GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Chance B Holding GmbH</t>
+  </si>
+  <si>
+    <t>Einböck Beteiligungs-GmbH;Einböck GmbH</t>
+  </si>
+  <si>
+    <t>Brauerei Murau eGen, Brauerei Murau Produktions GmbH</t>
+  </si>
+  <si>
+    <t>HTBLuVA Wiener Neustadt</t>
+  </si>
+  <si>
+    <t>Soziale Initiative - Gemeinnützige Gesellschaft mit beschränkter Haftung</t>
+  </si>
+  <si>
+    <t>FEN Sustain Systems GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS/HAK-B Baden</t>
+  </si>
+  <si>
+    <t>Grabher Group GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe Rohrbach</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Steinfeld Orts- und Infrastrukturentwicklungs KG</t>
+  </si>
+  <si>
+    <t>Reichl Brot GmbH</t>
+  </si>
+  <si>
+    <t>HTL Wien 10</t>
+  </si>
+  <si>
+    <t>Erwin Nuster, Südsteirische Obst- und Gemüsehandelsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Montanuniversität Leoben</t>
+  </si>
+  <si>
+    <t>Ralph Uitz GmbH</t>
+  </si>
+  <si>
+    <t>GWS Gemeinnützige Alpenländische Gesellschaft für Wohnungsbau und Siedlungswesen m.b.H.</t>
+  </si>
+  <si>
+    <t>Gymnasium des Schulvereins des Benediktinerstiftes  Kremsmünster, Stift 10</t>
+  </si>
+  <si>
+    <t>PROMOTECH Kunststoff- und Metallverarbeitungsges.m.b.H.;PMT Holding GmbH</t>
+  </si>
+  <si>
+    <t>S &amp; S Steinhuber GmbH</t>
+  </si>
+  <si>
+    <t>Tourismusschule Bad Hofgastein</t>
+  </si>
+  <si>
+    <t>"Leykam" Gemeinnützige Wohn-, Bau- und Siedlungsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>"VOLKSHOCHSCHULE STEIERMARK", Kurzform: "VHS Stmk"</t>
+  </si>
+  <si>
+    <t>Med-El Elektromedizinische Geräte Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>LEBENSHILFE TIROL GEMEINNUETZIGE GES.M.B.H.</t>
+  </si>
+  <si>
+    <t>Holz-Hahn GmbH</t>
+  </si>
+  <si>
+    <t>CHS Villach</t>
+  </si>
+  <si>
+    <t>Cycleenergy Pelletsproduktions GmbH</t>
+  </si>
+  <si>
+    <t>Pannonia Tower Parndorf GmbH</t>
+  </si>
+  <si>
+    <t>BERUFSFOERDERUNGSINSTITUT STEIERMARK</t>
+  </si>
+  <si>
+    <t>GRG21/F26, 1210 Wien, Franklinstraße</t>
+  </si>
+  <si>
+    <t>Aigner Werkzeuge Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Berufsförderinstitut Steiermark</t>
+  </si>
+  <si>
+    <t>Pierer Gastronomie GmbH</t>
+  </si>
+  <si>
+    <t>Solarfocus GmbH</t>
+  </si>
+  <si>
+    <t>ANTEMO Anlagen &amp; Teilefertigung GmbH, ANTEMO Holding GmbH</t>
+  </si>
+  <si>
+    <t>BRG Mössinger, Klagenfurt, Mössingerstraße 25</t>
+  </si>
+  <si>
+    <t>Zementwerk Hatschek GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Gunskirchen</t>
+  </si>
+  <si>
+    <t>Hofer Möbel GmbH</t>
+  </si>
+  <si>
+    <t>Amt der Steiermärkischen Landesregierung, Abteilung 14, Wasserwirtschaft, Ressourcen und Nachhaltigkeit</t>
+  </si>
+  <si>
+    <t>ECOSOL GmbH, ESCA Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>Die Wiener Volkshochschulen GmbH</t>
+  </si>
+  <si>
+    <t>11er Nahrungsmittel GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Andorf</t>
+  </si>
+  <si>
+    <t>Österreichische Bergrettung Land Tirol</t>
+  </si>
+  <si>
+    <t>BG/BRG Linz Ramsauerstraße</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Illmitz</t>
+  </si>
+  <si>
+    <t>G. Stadler Metallbearbeitungs-G.m.b.H.</t>
+  </si>
+  <si>
+    <t>TVB Tannheimer Tal</t>
+  </si>
+  <si>
+    <t>BG, BRG und WIKU-RG für Berufstätige Graz, Marschallgasse 19-21</t>
+  </si>
+  <si>
+    <t>Papierfabrik Wattens GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für wirtschaftliche Berufe Steyr</t>
+  </si>
+  <si>
+    <t>Agency for European Integration and Economic Development GmBH</t>
+  </si>
+  <si>
+    <t>bbs Beschäftigungsbetriebe Steiermark</t>
+  </si>
+  <si>
+    <t>proHolz Tirol</t>
+  </si>
+  <si>
+    <t>Verein Regionalmanagement regio3 Pillerseetal-Leukental-Leogang</t>
+  </si>
+  <si>
+    <t>Bundesministerium für Arbeit, Familie und Jugend</t>
+  </si>
+  <si>
+    <t>Zweisprachige BHAK/Dvojezična ZTAK</t>
+  </si>
+  <si>
+    <t>Winfried Pirker Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>HTBLA Graz-Gösting - Bulme</t>
+  </si>
+  <si>
+    <t>Hubmann Kaufhaus GmbH</t>
+  </si>
+  <si>
+    <t>Komptech GmbH</t>
+  </si>
+  <si>
+    <t>Degen KG</t>
+  </si>
+  <si>
+    <t>BG Bregenz Gallusstraße</t>
+  </si>
+  <si>
+    <t>ROXCEL Utilities GmbH, ENAGES GmbH</t>
+  </si>
+  <si>
+    <t>Bernhofer Holding GmbHBernhofer Gesenkschmiede GmbH</t>
+  </si>
+  <si>
+    <t>Tischlerei Palffy Weißpriacher Möbelprodukte GmbH</t>
+  </si>
+  <si>
+    <t>Tourismusverband Tannheimer Tal</t>
+  </si>
+  <si>
+    <t>Amt der burgenländischen Landesregierung / Abteilung 6, Referat Förderwesen</t>
+  </si>
+  <si>
+    <t>Schuldnergemeinschaft DSM Austria GmbH (vormals: Erber Aktiengesellschaft) / ROMER LABS Division Holding GmbH</t>
+  </si>
+  <si>
+    <t>FAB Verein zur Förderung von Arbeit und Beschäftigung</t>
+  </si>
+  <si>
+    <t>Energy Institute</t>
+  </si>
+  <si>
+    <t>Holler Tore GmbH</t>
+  </si>
+  <si>
+    <t>HBLW Saalfelden</t>
+  </si>
+  <si>
+    <t>Energie Ingenieure Consulting GmbH</t>
+  </si>
+  <si>
+    <t>HMF Fertigungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>Waldpflegeverein Imst</t>
+  </si>
+  <si>
+    <t>St. Johann in Tirol</t>
+  </si>
+  <si>
+    <t>Steirische Volkswirtschaftliche Gesellschaft</t>
+  </si>
+  <si>
+    <t>DANIEL Oswald</t>
+  </si>
+  <si>
+    <t>BG Tanzenberg, 9063 Maria Saal</t>
+  </si>
+  <si>
+    <t>K Print Produktions GmbH</t>
+  </si>
+  <si>
+    <t>Albert Knoblinger Gesellschaft m.b.H. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>Land Burgenland, Abteilung 6 - Soziales und Gesundheit</t>
+  </si>
+  <si>
+    <t>WWF Central and Eastern Europe</t>
+  </si>
+  <si>
+    <t>Raggl David</t>
+  </si>
+  <si>
+    <t>Pharmonta Dr. Fischer GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Gugerbauer GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>HAGE Sondermaschinenbau GmbH, HAGE3D GmbH</t>
+  </si>
+  <si>
+    <t>Johann Huter u. Söhne KG</t>
+  </si>
+  <si>
+    <t>Estermann GmbH</t>
+  </si>
+  <si>
+    <t>Tiroler Lamellierholz GmbH</t>
+  </si>
+  <si>
+    <t>REINTEGRA gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>SAUM-Sozial- und Ausbildungsinitiative Unteres Mühlviertel</t>
+  </si>
+  <si>
+    <t>Chance B Social Enterprise GmbH</t>
+  </si>
+  <si>
+    <t>Poloplast GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>HLA Baden</t>
+  </si>
+  <si>
+    <t>BG/BRG/BORG Eisenstadt, Kurzwiese</t>
+  </si>
+  <si>
+    <t>Metallbau Georg Blauensteiner Liegenschaftsverwaltungs-Ges.m.b.H.;Metallbau Blauensteiner GmbH</t>
+  </si>
+  <si>
+    <t>Schittl GmbHGR Fertigungstechnik GmbHPräzisionstechnik Schittl GmbH</t>
+  </si>
+  <si>
+    <t>Seehotel Lackner GmbH</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium 1010 Wien, Stubenbastei 6-8</t>
+  </si>
+  <si>
+    <t>Technologiezentrum Inneres Salzkammergut GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Pischelsdorf am Engelbach</t>
+  </si>
+  <si>
+    <t>Angerer HotelbetriebsgmbH</t>
+  </si>
+  <si>
+    <t>Gabriel-Chemie Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>HLW Kirchdorf an der Krems</t>
+  </si>
+  <si>
+    <t>BG/BRG Freistadt, Zemannstraße</t>
+  </si>
+  <si>
+    <t>Glatz Unternehmensgruppe GmbH;Glatz Klischee GmbH;Glatz Stempel GmbH</t>
+  </si>
+  <si>
+    <t>tooling-components Hintsteiner GmbH</t>
+  </si>
+  <si>
+    <t>RT-CAD Tiefenböck GmbH</t>
+  </si>
+  <si>
+    <t>Unterstützungskomitee zur Integration von MigrantInnen (UKI)</t>
+  </si>
+  <si>
+    <t>Tourismusverband Ferienregion Hohe Salve</t>
+  </si>
+  <si>
+    <t>HAK/HAS Schulen des BFI Wien-5</t>
+  </si>
+  <si>
+    <t>ecomaster technology gmbh</t>
+  </si>
+  <si>
+    <t>BRG Imst</t>
+  </si>
+  <si>
+    <t>Vossen GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Bund GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>KAPO Fenster und Türen GmbH</t>
+  </si>
+  <si>
+    <t>Panorama Badewelt Ges.n.b.R</t>
+  </si>
+  <si>
+    <t>MSW GmbH</t>
+  </si>
+  <si>
+    <t>BR/BRG Linz Urfahr Peuerbachstraße</t>
+  </si>
+  <si>
+    <t>FHE Edelstahl Produktion GmbH</t>
+  </si>
+  <si>
+    <t>AHT Cooling Systems</t>
+  </si>
+  <si>
+    <t>ICG Public Management GmbH</t>
+  </si>
+  <si>
+    <t>IZ - Association for the promotion of Diversity, Dialogue and Education</t>
+  </si>
+  <si>
+    <t>FH Kufstein Tirol Bildungs GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Schiff GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für Informationstechnologie Ybbs an der Donau</t>
+  </si>
+  <si>
+    <t>Österreichisches Rotes Kreuz</t>
+  </si>
+  <si>
+    <t>Verein Frauenservice Graz</t>
+  </si>
+  <si>
+    <t>Private Universität für Gesundheitswissenschaften, Medizinische Informatik und Technik (UMIT)</t>
+  </si>
+  <si>
+    <t>Marktgemeinde St. Florian am Inn</t>
+  </si>
+  <si>
+    <t>Stadt Wien, Magistratsabteilung 28 - Straßenverwaltung und Straßenbau (3)</t>
+  </si>
+  <si>
+    <t>Österreichische Urania für Steiermark</t>
+  </si>
+  <si>
+    <t>Oswald Kienbacher GmbH</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Spittal a. d. Drau</t>
+  </si>
+  <si>
+    <t>Zentrum für soziale Innovation GmbH</t>
+  </si>
+  <si>
+    <t>Federal State Burgenland</t>
+  </si>
+  <si>
+    <t>Lehner Leisten GmbH</t>
+  </si>
+  <si>
+    <t>„VOLKSHOCHSCHULE STEIERMARK“, Kurzform: „VHS Stmk“</t>
+  </si>
+  <si>
+    <t>Sebring Technology GmbH</t>
+  </si>
+  <si>
+    <t>ORG der Franziskanerinnen Vöcklabruck</t>
+  </si>
+  <si>
+    <t>BIOS BIOENERGIESYSTEME GmbH</t>
+  </si>
+  <si>
+    <t>Wien Energie</t>
+  </si>
+  <si>
+    <t>J. Schneeberger Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Central Institute for Meteorology and Geodynamics</t>
+  </si>
+  <si>
+    <t>Salzburg Institute for Regional Planning and Housing</t>
+  </si>
+  <si>
+    <t>pGRG 19 Maria Regina, 1190 Wien, Hofzeile</t>
+  </si>
+  <si>
+    <t>FH Kärnten - gemeinnützige Gesellschaft mbH</t>
+  </si>
+  <si>
+    <t>BRG Salzburg, Akademiestraße 19</t>
+  </si>
+  <si>
+    <t>University of Natural Resources and Life Sciences Vienna, Institute of Hydrobiology and Aquatic Ecosystem Management</t>
+  </si>
+  <si>
+    <t>IAB Institut für Ausbildungs- &amp; Beschäftigungsberatung</t>
+  </si>
+  <si>
+    <t>Alfred Moser GmbH</t>
+  </si>
+  <si>
+    <t>Hans J. Fischer GmbH</t>
+  </si>
+  <si>
+    <t>BAfEP Linz Lederergasse</t>
+  </si>
+  <si>
+    <t>Tourismusschulen Villa Blanka Innsbruck</t>
+  </si>
+  <si>
+    <t>BG/BRG für Slowenen - ZG/ZRG za Slovence, Klagenfurt, Prof. Janežič-Platz</t>
+  </si>
+  <si>
+    <t>SAB Sondermaschinen- und Anlagen-Bau GmbH</t>
+  </si>
+  <si>
+    <t>BORG Egg Pfister</t>
+  </si>
+  <si>
+    <t>ESTET Stahl- und Behälterbau GmbH</t>
+  </si>
+  <si>
+    <t>TM - Feuerungsanlagen - Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Greisinger GmbH</t>
+  </si>
+  <si>
+    <t>Gastager GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Weiz</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Zwettl</t>
+  </si>
+  <si>
+    <t>Berufliches Bildungs- und Rehabilitationszentrum Österreich (BBRZ Ö)</t>
+  </si>
+  <si>
+    <t>Stadt Wien, Magistratsabteilung 18 - Stadtentwicklung und Stadtplanung</t>
+  </si>
+  <si>
+    <t>Volkshilfe Flüchtlings- und MigrantInnenbetreuung</t>
+  </si>
+  <si>
+    <t>Scheinecker GmbH;Scheinecker Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>LEO Lern- und Entwicklungswerkstätte Oststeiermark GmbH</t>
+  </si>
+  <si>
+    <t>JP-Cap GmbH;STM waterjet GmbH</t>
+  </si>
+  <si>
+    <t>Regionalmanagement OÖ GmbH (RMOÖ)</t>
+  </si>
+  <si>
+    <t>Verein für Training, Integration und Weiterbildung</t>
+  </si>
+  <si>
+    <t>Gemeinde Leithapodersdorf</t>
+  </si>
+  <si>
+    <t>Gourmet Club Vorarlberg</t>
+  </si>
+  <si>
+    <t>Das Leonhard Naturparkhotel - Nicola Christian Müller</t>
+  </si>
+  <si>
+    <t>voestalpine Wire Austria GmbH</t>
+  </si>
+  <si>
+    <t>HLW Wiener Neustadt</t>
+  </si>
+  <si>
+    <t>Pachner GmbH</t>
+  </si>
+  <si>
+    <t>Anton Nothegger Holding GmbHNothegger Massiv GmbH</t>
+  </si>
+  <si>
+    <t>"die Berater" Unternehmensberatungs GmbH</t>
+  </si>
+  <si>
+    <t>Private Universität für Gesundheitswissenschaften, medizinische Informatik und Technik (UMIT)</t>
+  </si>
+  <si>
+    <t>Schulungszentrum Fohnsdorf</t>
+  </si>
+  <si>
+    <t>Tiroler Holzhaus GmbH</t>
+  </si>
+  <si>
+    <t>akzente - Zentrum für Gleichstellung und regionale Zusammearbeit</t>
+  </si>
+  <si>
+    <t>RETTET DAS KIND OESTERREICH</t>
+  </si>
+  <si>
+    <t>MAGNA Powertrain GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>max-Bausysteme GmbHEtzi-Group GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Braunau</t>
+  </si>
+  <si>
+    <t>Miteinander Lernen - Birlikte Ögrenelim, Beratungs-, Bildungs- und Psychotherapiezentrum für Frauen, Kinder und Familien</t>
+  </si>
+  <si>
+    <t>HTBLuVA St.Pölten</t>
+  </si>
+  <si>
+    <t>Donau-Auen National Park</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Oberwart</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Eferding</t>
+  </si>
+  <si>
+    <t>Bicycle - Entwicklungsprojekt Fahrrad Verein</t>
+  </si>
+  <si>
+    <t>MHS Montagesysteme für Heizung und Sanitär GmbH</t>
+  </si>
+  <si>
+    <t>Scheucher Holzindustrie GmbH</t>
+  </si>
+  <si>
+    <t>Kärntner Berufsförderungsinstitut GmbH</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Gmunden, Keramikstraße</t>
+  </si>
+  <si>
+    <t>Obersteirische Wohnstätten-Genossenschaft, gemeinnützige registrierte Genossenschaft mit beschränkter Haftung</t>
+  </si>
+  <si>
+    <t>HAK/HAS Vienna Business School Akademiestraße Wien-1</t>
+  </si>
+  <si>
+    <t>Universität Salzburg;Fachhochschule Salzburg GmbH</t>
+  </si>
+  <si>
+    <t>Schittl GmbH</t>
+  </si>
+  <si>
+    <t>Verein Industrie 4.0 Österreich - die Plattform für intelligente Produktion</t>
+  </si>
+  <si>
+    <t>ZWEYMÜLLER GmbH</t>
+  </si>
+  <si>
+    <t>Maier GmbH</t>
+  </si>
+  <si>
+    <t>Volkshilfe Arbeitswelt GmbH</t>
+  </si>
+  <si>
+    <t>Schulverein der Kreuzschwestern, Gymnasium Ort, Gmunden, Pensionatsstraße</t>
+  </si>
+  <si>
+    <t>Betonwerk Jungwirth GmbH;Baustahl Jungwirth GmbH</t>
+  </si>
+  <si>
+    <t>Proform Prototypen &amp; Formenbau GmbH;1mts Gebhardt GmbH;Proform Immobilien GmbH;EA TEC Werkzeug-, Formen- und Vorrichtungsbau GmbH</t>
   </si>
   <si>
     <t>Institut für Sozialdienste, IfS, Gemeinnützige GmbH</t>
   </si>
   <si>
-    <t>OrthoSera GmbH</t>
-[...44 lines deleted...]
-    <t>Gemeinde Gerersdorf-Sulz</t>
+    <t>Geological Survey of Austria</t>
+  </si>
+  <si>
+    <t>FORMHOLZ Holzverarbeitung GmbH</t>
+  </si>
+  <si>
+    <t>BHAK und BHAS Wiener Neustadt</t>
+  </si>
+  <si>
+    <t>OPTIMO Schlafsysteme Gesellschaft m.b.H.;OPTIMO Matratzenproduktion GmbH</t>
+  </si>
+  <si>
+    <t>ANA-U GmbH</t>
+  </si>
+  <si>
+    <t>Kitzbüheler Anzeiger GmbH</t>
+  </si>
+  <si>
+    <t>Regional Management East Tyrol</t>
+  </si>
+  <si>
+    <t>Baustahl Jungwirth GmbH;Betonwerk Jungwirth GmbH</t>
+  </si>
+  <si>
+    <t>Backstube Lech - Walch GmbH</t>
+  </si>
+  <si>
+    <t>Österreichische Jungarbeiterbewegung, ÖJAB</t>
+  </si>
+  <si>
+    <t>bellaflora Gartencenter GmbH</t>
+  </si>
+  <si>
+    <t>REKORD Oberhofen GmbH</t>
+  </si>
+  <si>
+    <t>Möstl Anlagenbau GmbH</t>
+  </si>
+  <si>
+    <t>Rosendahl Nextrom GmbH</t>
+  </si>
+  <si>
+    <t>4activeSystems GmbH</t>
+  </si>
+  <si>
+    <t>Energieagentur Tirol GmbH</t>
+  </si>
+  <si>
+    <t>Zaunrith Fertigung GmbH</t>
+  </si>
+  <si>
+    <t>HAK III / HAS IV Vienna Business School der Wiener Kaufmannschaft Wien-8</t>
+  </si>
+  <si>
+    <t>BORG Mistelbach</t>
+  </si>
+  <si>
+    <t>Tech2b Inkubator GmbH</t>
+  </si>
+  <si>
+    <t>Franz Oberndorfer GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>BHAK Lienz</t>
+  </si>
+  <si>
+    <t>TIC Technology &amp; Innovation Center Steyr GmbH</t>
+  </si>
+  <si>
+    <t>DiniTech GmbH, NIMMO Niederl Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>BORGL St.Pölten, Bimbo Binder Promenade</t>
+  </si>
+  <si>
+    <t>Höhere Bundeslehranstalt für wirtschaftliche Berufe Linz Landwiedstraße</t>
+  </si>
+  <si>
+    <t>Hutter - Holzindustrie Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Laßnitztal Entwicklungs GmbH</t>
+  </si>
+  <si>
+    <t>Traube Braz Lorünser GmbH</t>
+  </si>
+  <si>
+    <t>Standortmarketing Kufstein GmbH</t>
+  </si>
+  <si>
+    <t>HLW Leoben</t>
+  </si>
+  <si>
+    <t>Comco EPP GmbH</t>
+  </si>
+  <si>
+    <t>Steinrieser Getränke GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Krenglbach</t>
+  </si>
+  <si>
+    <t>Taktil Druckveredelung GmbH</t>
+  </si>
+  <si>
+    <t>KRAUS Betriebsausstattung und Fördertechnik GmbH</t>
+  </si>
+  <si>
+    <t>Frauen für Frauen - Burgenland</t>
+  </si>
+  <si>
+    <t>University of Natural Resources and Life Sciences Vienna, Tulln Campus</t>
+  </si>
+  <si>
+    <t>Verein Jugend und Kultur</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundeshandelsschule Eferding</t>
+  </si>
+  <si>
+    <t>Metallbau EDER GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>RML Regionalmanagement Bezirk Liezen GmbH</t>
+  </si>
+  <si>
+    <t>Erwin Mach Gummitechnik Gesellschaft m.b.H, Mach Holding Gesellschaft m.b.H</t>
+  </si>
+  <si>
+    <t>SPAR Österreichische Warenhandels-AG ZN St. Pölten</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Burgenland Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Verein Tiroler Archiv für photographische Dokumentation und Kunst</t>
+  </si>
+  <si>
+    <t>International Business School GmbH der FH Kufstein Tirol</t>
+  </si>
+  <si>
+    <t>Aigner GmbH</t>
+  </si>
+  <si>
+    <t>Berufsförderungsinstitut Upper Austria</t>
+  </si>
+  <si>
+    <t>Neuburger Holding GmbH</t>
+  </si>
+  <si>
+    <t>Elektro Kavalirek GmbH</t>
+  </si>
+  <si>
+    <t>Bundesministerium für Arbeit, Soziales, Gesundheit und Konsumentenschutz (Verwaltungsbehörde)</t>
+  </si>
+  <si>
+    <t>Verein Station Wien, Verein für Bildung, Beratung und kulturellen Austausch</t>
+  </si>
+  <si>
+    <t>Naturpark Kaunergrat (Pitztal-Kaunertal)</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium und Bundesrealgymnasium Leoben 1</t>
+  </si>
+  <si>
+    <t>Bioenergie Leibnitzerfeld GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Stockerau, Unter den Linden 16</t>
+  </si>
+  <si>
+    <t>Sport- und Musik-RG / SSM, Salzburg, Akademiestraße</t>
+  </si>
+  <si>
+    <t>Schwarzfischer GmbH</t>
+  </si>
+  <si>
+    <t>Bernhofer Holding GmbH;Bernhofer Gesenkschmiede GmbH</t>
+  </si>
+  <si>
+    <t>General Solutions Steiner GmbH</t>
+  </si>
+  <si>
+    <t>BORG Auer von Welsbach Althofen, Althofen, Friesacher Straße</t>
+  </si>
+  <si>
+    <t>Gemeinde Pinsdorf</t>
+  </si>
+  <si>
+    <t>Verein Innovations- u. Impulszentrum für Unternehmensgründungen im Bezirk Imst</t>
+  </si>
+  <si>
+    <t>MPG St. Rupert der Vereinigung von Ordensschulen Österreichs, Bischofshofen, Kreuzberg</t>
+  </si>
+  <si>
+    <t>Jugend am Werk Sozial:Raum GmbH</t>
+  </si>
+  <si>
+    <t>Practical Robotics Institute Austria (PRIA) zur Förderung des wissenschaftlich‐technischen Nachwuchses über Robotik in Österreich</t>
+  </si>
+  <si>
+    <t>Tschallener GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Hiper Cast GmbH</t>
+  </si>
+  <si>
+    <t>MÜHLBÖCK GmbHMÜHLBÖCK Holztrocknungsanlagen GmbH</t>
+  </si>
+  <si>
+    <t>HELDECO CAD/CAM Fertigungstechnik GmbH, HD Immobilienverwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>Austria Wirtschaftsservice Gesellschaft mbH</t>
+  </si>
+  <si>
+    <t>Holzbau Mitterer GmbH</t>
+  </si>
+  <si>
+    <t>Innsbrucker Immobilien GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Akademisches Gymnasium Innsbruck</t>
+  </si>
+  <si>
+    <t>samo Maschinenbau GmbH;samo Engineering GmbH</t>
+  </si>
+  <si>
+    <t>Prolieg GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>celum holding gmbh;celum gmbh</t>
+  </si>
+  <si>
+    <t>BG/BRG/BORG Schärding, Schulstraße</t>
+  </si>
+  <si>
+    <t>Roither Maschinenbau Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Energieinstitut Vorarlberg</t>
+  </si>
+  <si>
+    <t>Maygasse Business Academy BHAK/BHAS Wien 13</t>
+  </si>
+  <si>
+    <t>HTBLA Traun</t>
+  </si>
+  <si>
+    <t>HAK II / HAS III Vienna Business School Wien-8 (Hamerlingplatz)</t>
+  </si>
+  <si>
+    <t>AutForce Automations-GmbH, AUTFORCE Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>Lattner Metalltechnik GmbHLattner Beteiligungs GmbHLattner GmbH</t>
+  </si>
+  <si>
+    <t>EH Holding GmbHH &amp; P Railservice GmbH</t>
+  </si>
+  <si>
+    <t>Sallegger Technologies GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Zumtobel Group AG</t>
+  </si>
+  <si>
+    <t>EGGER HOLZ GMBH</t>
+  </si>
+  <si>
+    <t>Terschl Gesellschaft m.b.H. &amp; Co. KG.</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium Seekirchen</t>
+  </si>
+  <si>
+    <t>voestalpine Stahl Donawitz GmbH</t>
+  </si>
+  <si>
+    <t>Kärntner Biosphärenparkfonds Nockberge</t>
+  </si>
+  <si>
+    <t>"GPS Kärnten" Gemeinnütziges Personalservice Kärnten GmbH</t>
+  </si>
+  <si>
+    <t>Berufsbildende Schulen Baumgartenberg des Vereins der Schwestern vom guten Hirten</t>
+  </si>
+  <si>
+    <t>Linzer Lerntafel</t>
+  </si>
+  <si>
+    <t>Kiefer technic GmbH</t>
+  </si>
+  <si>
+    <t>Planungsverband Pillerseetal</t>
+  </si>
+  <si>
+    <t>World Wide Fund for Nature Austria - WWF Austria</t>
+  </si>
+  <si>
+    <t>Platane Projektentwicklung GmbH</t>
+  </si>
+  <si>
+    <t>HTBLA Perg</t>
+  </si>
+  <si>
+    <t>ORG Theresianum Eisenstadt</t>
+  </si>
+  <si>
+    <t>Bildungsanstalt für Elementarpädagogik Bischofshofen</t>
+  </si>
+  <si>
+    <t>Saalfeldner Bildungszentrum</t>
+  </si>
+  <si>
+    <t>Etivera Etikettenproduktions GmbH, Etivera Dienstleistungszentrum GmbH, Etivera Verpackungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>F. LIST GMBH</t>
+  </si>
+  <si>
+    <t>Tourismusverband Tiroler Oberland</t>
+  </si>
+  <si>
+    <t>flexinno GmbH</t>
+  </si>
+  <si>
+    <t>Etivera Verpackungstechnik GmbH, Etivera Dienstleistungszentrum GmbH, Etivera Etikettenproduktions GmbH</t>
+  </si>
+  <si>
+    <t>itworks Personalservice und Beratung gGmbH</t>
+  </si>
+  <si>
+    <t>TR Flachdachbau GmbH</t>
+  </si>
+  <si>
+    <t>HLW Perg</t>
+  </si>
+  <si>
+    <t>ERST Elektro-Regeltechnik Steiner GmbH</t>
+  </si>
+  <si>
+    <t>LaPosch GmbH</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Rattenberg</t>
+  </si>
+  <si>
+    <t>Auto Wais GmbH</t>
+  </si>
+  <si>
+    <t>ITWORKS PERSONALSERVICE UND BERATUNG GEMEINNÜTZIGE GMBH</t>
+  </si>
+  <si>
+    <t>LEBENSHILFE BEZIRK JUDENBURG GEMEINNÜTZIGE GMBH</t>
+  </si>
+  <si>
+    <t>STATION WIEN-Verein für Bildung, Beratung und kulturellen Austausch</t>
+  </si>
+  <si>
+    <t>Fachhochschule Kärnten</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck, Institut für Experimentelle Architektur</t>
+  </si>
+  <si>
+    <t>VF Services GmbH</t>
+  </si>
+  <si>
+    <t>Dr. Bohrer Lasertec GmbH</t>
+  </si>
+  <si>
+    <t>Hackgut Möslinger GmbH</t>
+  </si>
+  <si>
+    <t>Ferk IMMO GmbHFerk Metallbau GmbHFerk Oberflächentechnik GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Kemeten</t>
+  </si>
+  <si>
+    <t>Stadtwerke Köflach GmbH</t>
+  </si>
+  <si>
+    <t>Donau Chemie Aktiengesellschaft</t>
+  </si>
+  <si>
+    <t>HELDECO CAD/CAM Fertigungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>HLW St. Josef Feldkirch</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Voitsberg Infrastruktur KG, Stadtgemeinde Voitsberg</t>
+  </si>
+  <si>
+    <t>IDM-Energiesysteme GmbH</t>
+  </si>
+  <si>
+    <t>NÖM AG</t>
+  </si>
+  <si>
+    <t>NEUBURGER FLEISCHLOS GMBH;Neuburger Holding GmbH</t>
+  </si>
+  <si>
+    <t>Wagner GmbH;Wagner Immobilien GmbH</t>
+  </si>
+  <si>
+    <t>vision.eXpress GmbHautomation.eXpress GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Oberschützen</t>
+  </si>
+  <si>
+    <t>Weinhaus Gansrigler Errichtungs-GmbH</t>
+  </si>
+  <si>
+    <t>Schaden Fensterhandwerk GmbH, FeSani Baumanagement GmbH</t>
+  </si>
+  <si>
+    <t>HTBLuVA Waidhofen an der Ybbs</t>
+  </si>
+  <si>
+    <t>TIROMETALL GmbHTIROINVEST GmbH</t>
+  </si>
+  <si>
+    <t>Gewerbepark Traiskirchen GmbH</t>
+  </si>
+  <si>
+    <t>Josef und Wolfgang Rössler Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BORG Oberndorf, Watzmannstraße</t>
+  </si>
+  <si>
+    <t>Wagner Kunststofftechnik GmbH</t>
+  </si>
+  <si>
+    <t>AGS-Engineering GmbH;KoWa Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>PROFACTOR GmbH</t>
+  </si>
+  <si>
+    <t>Wuppermann Austria GmbH</t>
+  </si>
+  <si>
+    <t>HLW Wolfsberg</t>
+  </si>
+  <si>
+    <t>GRG23VBS 1023 Wien Draschestraße</t>
+  </si>
+  <si>
+    <t>Zauner Franz</t>
+  </si>
+  <si>
+    <t>DATA HOUSE Styria GmbH</t>
+  </si>
+  <si>
+    <t>Institut für Arbeitsmarktbetreuung und -forschung Steiermark</t>
+  </si>
+  <si>
+    <t>Ing. Thomas Wallner GmbH</t>
+  </si>
+  <si>
+    <t>Wasser Tirol - Wasserdienstleistungs-GmbH</t>
+  </si>
+  <si>
+    <t>Hotel Gams GmbH</t>
+  </si>
+  <si>
+    <t>GRGORG 20/ Gymnasium am Augarten, 1200 Wien, Karajangasse</t>
+  </si>
+  <si>
+    <t>PIRKTL Holiday GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>ecoplus. The Business Agency of Lower Austria</t>
+  </si>
+  <si>
+    <t>TAfIE GmbH</t>
+  </si>
+  <si>
+    <t>HS Coating GmbH</t>
+  </si>
+  <si>
+    <t>Volksbank Tirol AG</t>
+  </si>
+  <si>
+    <t>BG/BRG/BORG Oberschützen</t>
+  </si>
+  <si>
+    <t>HLW Marienberg, 6900 Bregenz</t>
+  </si>
+  <si>
+    <t>Resch&amp;Frisch Production GmbH</t>
+  </si>
+  <si>
+    <t>St. Antoner Fremdenverkehrs - Förderungsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Binderholz Unternberg GmbH</t>
+  </si>
+  <si>
+    <t>Acticell GmbH</t>
+  </si>
+  <si>
+    <t>Plattner GmbH</t>
+  </si>
+  <si>
+    <t>Verein "Entdeckerviertel"</t>
+  </si>
+  <si>
+    <t>BRG Klagenfurt - Viktring, Stift-Viktring-Straße</t>
+  </si>
+  <si>
+    <t>Turbinen- und Kraftwerksanlagenbau EFG Energieforschungs- und Entwicklungsgesellschaft m.b.H. &amp; Co KG</t>
+  </si>
+  <si>
+    <t>HLW Theresianum Eisenstadt</t>
+  </si>
+  <si>
+    <t>ProfitLogistics GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Unterweitersdorf</t>
+  </si>
+  <si>
+    <t>Schultes GmbH</t>
+  </si>
+  <si>
+    <t>HLW Haag</t>
+  </si>
+  <si>
+    <t>GPS-Kärnten Gemeinnütziges Personalservice Kärnten Gmbh</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Bärnbach</t>
+  </si>
+  <si>
+    <t>BHAK/HAS Villach</t>
+  </si>
+  <si>
+    <t>Österreichisches Institut für Vereisungswissenschaften in der Luftfahrt (Alls)</t>
+  </si>
+  <si>
+    <t>RIKA Innovative Ofentechnik GmbH</t>
+  </si>
+  <si>
+    <t>Tiroler Zukunftsstiftung</t>
+  </si>
+  <si>
+    <t>Brüder Theurl GmbH;Theurl Timber Structures GmbH</t>
+  </si>
+  <si>
+    <t>Leaderregion Kufstein und Umgebung, Untere Schranne - Kaiserwinkl</t>
+  </si>
+  <si>
+    <t>Xentis Composite Entwicklungs- und ProduktionsgmbH</t>
+  </si>
+  <si>
+    <t>TDL GmbH</t>
+  </si>
+  <si>
+    <t>SPAR Österreichische Warenhandels AG ZN Marchtrenk</t>
+  </si>
+  <si>
+    <t>E. Hanzlovsky, Steyr Druck und Kartonagen Gesellschaft mit beschränkter Haftung</t>
+  </si>
+  <si>
+    <t>Konrad Lorenz Bundesgymnasium und Bundesrealgymnasium Gänserndorf, Hafergrubenweg 5b</t>
+  </si>
+  <si>
+    <t>IST Austria Park GmbH</t>
+  </si>
+  <si>
+    <t>Lagerhaus Wechselgau eGen</t>
+  </si>
+  <si>
+    <t>ATP Innsbruck Planungs GmbH</t>
+  </si>
+  <si>
+    <t>AHS des Schulvereins der Kreuzschwestern Linz, Stockhofstraße 10</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Innsbruck</t>
+  </si>
+  <si>
+    <t>Höhere Technische Bundes- Lehr- und Versuchsanstalt Mödling</t>
+  </si>
+  <si>
+    <t>Fresenius Kabi Austria GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Zell am See, Karl Vogt Strasse</t>
+  </si>
+  <si>
+    <t>apic gmbh</t>
+  </si>
+  <si>
+    <t>Beratungszentrum für Migranten und Migrantinnen</t>
+  </si>
+  <si>
+    <t>Holzbau Hubmann GmbH</t>
+  </si>
+  <si>
+    <t>HLW Türnitz</t>
+  </si>
+  <si>
+    <t>Pfeifer Holz GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>meschik edelstahl GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Fürstenfeld, Realschulstraße</t>
+  </si>
+  <si>
+    <t>Lebenshilfe Tirol, gemeinnützige Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>HARGASSNER Ges mbH</t>
+  </si>
+  <si>
+    <t>Säge- und Hobelwerk FORMHOLZ GmbH</t>
+  </si>
+  <si>
+    <t>Steinrieser Getränke GmbH , Herbert Steinrieser Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>TFZ Technologie- und Forschungszentrum Wr. Neustadt Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Güssing Energy Technologies GmbH</t>
+  </si>
+  <si>
+    <t>Amt der Steiermärkischen Landesregierung Abteilung 14 –Wasserwirtschaft, Ressourcen und Nachhaltigkeit</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und -handelsschule I Salzburg</t>
+  </si>
+  <si>
+    <t>BRG Kremszeile, Krems</t>
+  </si>
+  <si>
+    <t>impress decor Austria GmbH</t>
+  </si>
+  <si>
+    <t>Stadtwerke Wörgl GmbH</t>
+  </si>
+  <si>
+    <t>OVERTEC GmbH;Ampex SNS GmbH</t>
+  </si>
+  <si>
+    <t>Energieagentur Obersteiermark GmbH</t>
+  </si>
+  <si>
+    <t>Wohnanlage Perfuchs GmbH</t>
+  </si>
+  <si>
+    <t>Evolaris next level GmbH</t>
+  </si>
+  <si>
+    <t>HLW/FW Deutschlandsberg</t>
+  </si>
+  <si>
+    <t>Technoglas Produktions GmbH</t>
+  </si>
+  <si>
+    <t>Unterfurtner Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Steirische Wirtschaftsförderungsgesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Gmunden</t>
+  </si>
+  <si>
+    <t>Regionalmanagement OÖ GmbH</t>
+  </si>
+  <si>
+    <t>IDEAL Kältetechnik Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Katholische Bildungsanstalt für Elementarpädagogik des Schulvereins Barmherzige Schwestern mit Öffentlichkeitsrecht Innsbruck Falkstraße</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck</t>
+  </si>
+  <si>
+    <t>Bundeshandelsakademie und Bundesshandelsschule Bludenz</t>
+  </si>
+  <si>
+    <t>BAHK/BHAS Leibnitz</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Kremsmünster</t>
+  </si>
+  <si>
+    <t>Unger Stahlbau GmbH</t>
+  </si>
+  <si>
+    <t>Blum</t>
+  </si>
+  <si>
+    <t>Gemeinde Leithaprodersdorf</t>
+  </si>
+  <si>
+    <t>Stadt Villach</t>
+  </si>
+  <si>
+    <t>CB Profil GmbH</t>
+  </si>
+  <si>
+    <t>HAK III/HAS IV der Wiener Kaufmannschaft (Schönborngasse)</t>
+  </si>
+  <si>
+    <t>Autohaus Uitz Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>NXP Semiconductors Austria GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Johann Moritz</t>
+  </si>
+  <si>
+    <t>RISC Software GmbH</t>
+  </si>
+  <si>
+    <t>Schumpter BHAK/BHAS Wien 13</t>
+  </si>
+  <si>
+    <t>BORG Krems, Krems/Donau, Heinemannstraße</t>
+  </si>
+  <si>
+    <t>SBH Rohstoffhandels GmbH;B &amp; T Besitz GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinnützige Mürz-Ybbs Siedlungsanlagen-GmbH</t>
+  </si>
+  <si>
+    <t>Fleischmann &amp; Petschnig</t>
+  </si>
+  <si>
+    <t>MBS Handels GmbH</t>
+  </si>
+  <si>
+    <t>Steinrieser Getränke GmbH, Herbert Steinrieser Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Standortagentur Tirol GmbH</t>
+  </si>
+  <si>
+    <t>Theurl Leimholzbau GmbH</t>
+  </si>
+  <si>
+    <t>ecoplus. Niederösterreichs Wirtschaftsagentur GmbH</t>
+  </si>
+  <si>
+    <t>HLW Spittal/Drau</t>
+  </si>
+  <si>
+    <t>SANOOX GmbH</t>
+  </si>
+  <si>
+    <t>Perspektive Österreich - Verein zur Förderung ausgrenzungsgefährdeter Personen - Kurzname: Perspektive Österreich</t>
   </si>
   <si>
     <t>UMIT - Private Universität für Gesund- heitswissenschaften, Medizinische Informatik und Technik Gesellschaft mbH</t>
   </si>
   <si>
-    <t>Sommer GmbH</t>
-[...71 lines deleted...]
-    <t>HAK II / HAS III Vienna Business School  Wien-8</t>
+    <t>Boehlerit GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>LUKAS Heil-Betriebsstätte GmbH</t>
+  </si>
+  <si>
+    <t>Vienna Biocenter Core Facilities</t>
+  </si>
+  <si>
+    <t>Kiendler, Gesellschaft m.b.H., Paul Kiendler Verwaltungs-GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Wolfern</t>
+  </si>
+  <si>
+    <t>Human.technology Styria GmbH</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Obersteiermark Ost GmbH</t>
+  </si>
+  <si>
+    <t>Plansee SE</t>
+  </si>
+  <si>
+    <t>Brauerei Hofstetten Krammer GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Kulmer Holz-Leimbau GesmbH</t>
+  </si>
+  <si>
+    <t>Bafep Liezen</t>
+  </si>
+  <si>
+    <t>HTBLA Wien - 3R</t>
+  </si>
+  <si>
+    <t>PTM Kunststofftechnologie GmbH</t>
+  </si>
+  <si>
+    <t>Volkshilfe Österreich</t>
+  </si>
+  <si>
+    <t>BORG Murau, Grössingstraße</t>
+  </si>
+  <si>
+    <t>Jugend am Werk Bildungs:Raum GmbH</t>
+  </si>
+  <si>
+    <t>Weidinger &amp; Partner Wirtschaftstraining u. Organisationsentwicklung GmbH</t>
+  </si>
+  <si>
+    <t>Universität Innsbruck Institut für Mechatronik</t>
+  </si>
+  <si>
+    <t>WIFI Kärnten GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Bad Ischl</t>
+  </si>
+  <si>
+    <t>Wirtschaftsagentur Wien. Ein Fonds der Stadt Wien. (1)</t>
+  </si>
+  <si>
+    <t>Fritz Oswald GmbH</t>
+  </si>
+  <si>
+    <t>Johannes Kepler Universität Linz, Institut für organische Solarzellen</t>
+  </si>
+  <si>
+    <t>BILL - Institut für Bildungsentwicklung Linz</t>
+  </si>
+  <si>
+    <t>G/RG der Schulstiftung der Erzdiözese Wien, Kirchberg am Wechsel, Sachsenbrunn 52</t>
+  </si>
+  <si>
+    <t>HBLVA für Chemische Industrie Wien Rosensteingasse</t>
+  </si>
+  <si>
+    <t>Conversio GmbH</t>
+  </si>
+  <si>
+    <t>HOVA Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Federal Ministry for Labour</t>
+  </si>
+  <si>
+    <t>Caritas Oberösterreich</t>
+  </si>
+  <si>
+    <t>Lidl Österreich GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Lehranstalt für Tourismus Bad Leonfelden</t>
+  </si>
+  <si>
+    <t>BRG Hamerling</t>
+  </si>
+  <si>
+    <t>Regionalentwicklung Außerfern - REA</t>
+  </si>
+  <si>
+    <t>Braun Maschinenfabrik Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Köck GesmbH &amp; Co. KG</t>
+  </si>
+  <si>
+    <t>BG/BRG Gmünd, Gymnasiumstraße</t>
+  </si>
+  <si>
+    <t>Steiermärkische Landesdruckerei GmbH</t>
+  </si>
+  <si>
+    <t>Marktgemeinde Regau</t>
+  </si>
+  <si>
+    <t>BRG Waidhofen an der Ybbs, Schillerplatz</t>
+  </si>
+  <si>
+    <t>Wood K plus</t>
+  </si>
+  <si>
+    <t>PCM GmbH</t>
+  </si>
+  <si>
+    <t>BRG Wels Wallererstraße, Wels, Wallererstraße</t>
+  </si>
+  <si>
+    <t>Norer Tischlerei GmbH</t>
+  </si>
+  <si>
+    <t>AHZ Components Produktions-GmbH</t>
+  </si>
+  <si>
+    <t>ALL IN RED Thomas Angerer e.U.</t>
+  </si>
+  <si>
+    <t>Paris-Lodron-University of Salzburg</t>
+  </si>
+  <si>
+    <t>Gemeinde Pilsbach</t>
+  </si>
+  <si>
+    <t>Carinthia University of Applied Sciences</t>
+  </si>
+  <si>
+    <t>Höhere Technische Bundeslehranstalt Imst</t>
+  </si>
+  <si>
+    <t>Härterei Michael Welser GmbH</t>
+  </si>
+  <si>
+    <t>START Beteiligungsholding GmbH;STRASSER Steine GmbH</t>
+  </si>
+  <si>
+    <t>HOS-Technik Vertriebs- und Produktions GmbH</t>
+  </si>
+  <si>
+    <t>Volkshilfe Wien gemeinützige GmbH</t>
+  </si>
+  <si>
+    <t>Metallbau Erich Trinkl GmbH</t>
+  </si>
+  <si>
+    <t>ZWT Accelerator GmbH</t>
+  </si>
+  <si>
+    <t>BOKU Wasserbaulabor Errichtungs- u. Betriebs-Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Regionalmanagement OÖ. GmbH</t>
+  </si>
+  <si>
+    <t>Haid GmbH</t>
+  </si>
+  <si>
+    <t>Reisch Maschinenbau GmbH</t>
+  </si>
+  <si>
+    <t>Holler Tore GmbH, Holler Immo Invest GmbH</t>
+  </si>
+  <si>
+    <t>Klemens Maria Hofbauer Gymnasium, Katzelsdorf, Eichbüchlerstraße</t>
+  </si>
+  <si>
+    <t>Medizinische Universität Innsbruck Forschungsservice und Innovation</t>
+  </si>
+  <si>
+    <t>Forum Erwachsenenbildung Niederösterreich</t>
+  </si>
+  <si>
+    <t>Hotelbetriebe Herlinde GmbH</t>
+  </si>
+  <si>
+    <t>COMMIT - Community Medieninstitut für Weiterbildung, Forschung und Beratung</t>
+  </si>
+  <si>
+    <t>Ionicon Analytik Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BAIER GmbH</t>
+  </si>
+  <si>
+    <t>Kastner Abholmarkt und Gastrodienst GmbH</t>
+  </si>
+  <si>
+    <t>Verein Danaida - Bildung und Treffpunkt für Frauen</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Bruck an der Mur</t>
+  </si>
+  <si>
+    <t>Kärntner Wirtschaftsförderungsfonds</t>
+  </si>
+  <si>
+    <t>HLW und FW Zwettl</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Kitzbühel</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Oberpullendorf</t>
+  </si>
+  <si>
+    <t>Karl Fink Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>Brandtner Metall GmbHBrandtner Holding GmbH</t>
+  </si>
+  <si>
+    <t>Eschlböck Maschinenfabrik GmbH</t>
+  </si>
+  <si>
+    <t>High school for environment and economy of the Zistersienserstiftes Zwettl located in Yspertal</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Graz/Grazbachgasse</t>
+  </si>
+  <si>
+    <t>HAK III der Wiener Kaufmannschaft</t>
+  </si>
+  <si>
+    <t>M.A.L. Metallbau Anlagenservice-Leitungsbau Gesellschaft m.b.H.NIRUMARE Immobilien- und Beteiligungs GmbH</t>
+  </si>
+  <si>
+    <t>Metallbau Wilfinger GmbH</t>
+  </si>
+  <si>
+    <t>Borg Dreierschützengasse, Graz</t>
+  </si>
+  <si>
+    <t>BRG 4, Wien, Waltergasse</t>
+  </si>
+  <si>
+    <t>PMS Elektro- und Automationstechnik GmbH</t>
+  </si>
+  <si>
+    <t>Kunststoff-Bearbeitungs Ges.m.b.H.</t>
+  </si>
+  <si>
+    <t>Smartwork GmbH</t>
+  </si>
+  <si>
+    <t>ERfA - Erfahrung für Alle; Verein für gemeinnützige Beschäftigung</t>
+  </si>
+  <si>
+    <t>Holzcluster Steiermark GmbH</t>
+  </si>
+  <si>
+    <t>Medizinische Universität Innsbruck, Universitätsklinik für Hals-, Nasen-, Ohrenheilkunde</t>
+  </si>
+  <si>
+    <t>Stadtgemeinde Laakirchen</t>
+  </si>
+  <si>
+    <t>Sepero Strahltechnik und Beschichtungstechnik GmbH</t>
+  </si>
+  <si>
+    <t>Brauerei Schloss Eggenberg Stöhr GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Universität Wien, Forschungsplattform Active Ageing</t>
+  </si>
+  <si>
+    <t>Laitronic GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Hall i. T.</t>
+  </si>
+  <si>
+    <t>Huber Christian</t>
+  </si>
+  <si>
+    <t>REKORD Lasberg GmbH</t>
+  </si>
+  <si>
+    <t>Mineralka d.o.o.</t>
+  </si>
+  <si>
+    <t>EH Holding GmbH, H &amp; P Railservice GMBH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Wien 11</t>
+  </si>
+  <si>
+    <t>ÖSWAG Holding GmbH</t>
+  </si>
+  <si>
+    <t>Universität für Bodenkultur Wien</t>
+  </si>
+  <si>
+    <t>Stiftsgymnasium Admont, Kirchplatz 1</t>
+  </si>
+  <si>
+    <t>IQ brand, design &amp; production GmbH</t>
+  </si>
+  <si>
+    <t>MM TECH ONE Vermögensverwaltung GmbH</t>
+  </si>
+  <si>
+    <t>Conform Badmöbel GmbH</t>
+  </si>
+  <si>
+    <t>Bundesrealgymnasium Steyr Michaelerplatz</t>
+  </si>
+  <si>
+    <t>Kostyal Gesellschaft m. b. H.</t>
+  </si>
+  <si>
+    <t>Bundesgymnasium 19 1190 Wien Gymnasiumstraße</t>
+  </si>
+  <si>
+    <t>Stiftsgymnasium Wilhering, Linzer Straße</t>
+  </si>
+  <si>
+    <t>Agonet GmbH</t>
+  </si>
+  <si>
+    <t>Tourismusverband Pitztal</t>
+  </si>
+  <si>
+    <t>Bussetti &amp; Co Gesellschaft m.b.H.</t>
+  </si>
+  <si>
+    <t>BHAK 1 International Klagenfurt</t>
+  </si>
+  <si>
+    <t>BG/BRG/BORG Oberpullendorf, Gymnasiumstraße 21</t>
+  </si>
+  <si>
+    <t>tectos gmbh</t>
+  </si>
+  <si>
+    <t>Gerzabekteam GmbH</t>
+  </si>
+  <si>
+    <t>Bundesoberstufenrealgymnasium Lienz</t>
+  </si>
+  <si>
+    <t>Holding Graz Kommunale Dienstleistungen GmbH</t>
+  </si>
+  <si>
+    <t>Lieb Bau Weiz GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Natur im Garten GmbH</t>
+  </si>
+  <si>
+    <t>pack it! Verpackungen GmbH</t>
+  </si>
+  <si>
+    <t>BG/BRG Lienz Maximilianstraße</t>
+  </si>
+  <si>
+    <t>Franz Brunner</t>
+  </si>
+  <si>
+    <t>Regionalmanagement Kitzbüheler Alpen</t>
+  </si>
+  <si>
+    <t>Germanica Bildungsinstitution gemeinnützige GmbH</t>
+  </si>
+  <si>
+    <t>Croma-Pharma GmbH</t>
+  </si>
+  <si>
+    <t>LED-WORKS AUSTRIA GmbH</t>
+  </si>
+  <si>
+    <t>Patheon Austria GmbH &amp; CoKG</t>
+  </si>
+  <si>
+    <t>BHAK und BHAS Krems</t>
+  </si>
+  <si>
+    <t>Wheelmasters Oberflächentechnik GmbH</t>
+  </si>
+  <si>
+    <t>ECO Park Wernersdorf GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>RWT Hornegger &amp; Thor GmbH</t>
+  </si>
+  <si>
+    <t>pRg 15 Rauchfangkehrergasse 34, Wien, Rauchfangkehrergasse</t>
+  </si>
+  <si>
+    <t>Verein Projekt Integrationshaus</t>
+  </si>
+  <si>
+    <t>BG/BRG/MS 8053 Graz-Klusemannstraße</t>
+  </si>
+  <si>
+    <t>KRAL AG</t>
+  </si>
+  <si>
+    <t>EINSTIEG - Bildung Beratung Qualifizierung GmbH</t>
+  </si>
+  <si>
+    <t>Felbermayer Fenster und Türen Erzeugungs-GmbH</t>
+  </si>
+  <si>
+    <t>DFW Wöls GmbH</t>
+  </si>
+  <si>
+    <t>BHAK/BHAS Wien 22</t>
+  </si>
+  <si>
+    <t>A. Haberkorn &amp; Co GmbH</t>
+  </si>
+  <si>
+    <t>Fahnen-Gärtner GmbH</t>
+  </si>
+  <si>
+    <t>BiBer-F - Verein zur Förderung der Bildungs- und Berufsberatung in den Bereichen der Erwachsenenbildung und der Weiterbildung</t>
+  </si>
+  <si>
+    <t>Gemeinde Schlierbach</t>
+  </si>
+  <si>
+    <t>Vorarlberg Institute for Vascular Investigation and Treatment</t>
+  </si>
+  <si>
+    <t>Schwarz GmbHSchwarz Verwaltungs-GmbH</t>
+  </si>
+  <si>
+    <t>Ortsmarketing St. Johann in Tirol GmbH</t>
+  </si>
+  <si>
+    <t>DMH GmbH</t>
+  </si>
+  <si>
+    <t>HAK/HAS Feldkirchen</t>
+  </si>
+  <si>
+    <t>R &amp; W Härtetechnik GmbH</t>
+  </si>
+  <si>
+    <t>Amt der Steiermärkischen Landesregierung Abteilung 12 Wirtschaft, Tourismus, Sport, Referat Wirtschaft und Innovation</t>
+  </si>
+  <si>
+    <t>Die Wiener Volkshochschulen GmbH.</t>
+  </si>
+  <si>
+    <t>Müllex - Umwelt - Säuberung - GmbH</t>
+  </si>
+  <si>
+    <t>Ringana GmbH, Ringana Holding GmbH</t>
+  </si>
+  <si>
+    <t>FOTEC Forschungs- und Technologietransfer GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Grünbach/Fr.</t>
+  </si>
+  <si>
+    <t>Electro Terminal GmbH &amp; Co KG</t>
+  </si>
+  <si>
+    <t>Europagymnasium Leoben, Moserhofstraße 7a</t>
+  </si>
+  <si>
+    <t>Stadtwerke Hartberg Verwaltungs GmbH</t>
+  </si>
+  <si>
+    <t>Verein zur Erhaltung und Förderung der Höheren Technischen Lehranstalt für Lebensmitteltechnologie in Hollabrunn</t>
+  </si>
+  <si>
+    <t>Gemeinde Kaunerberg</t>
+  </si>
+  <si>
+    <t>Kirnbauer Holzindustrie GmbHKIRNBAUER HOLZ LiegenschaftsGmbHFranz Kirnbauer KG</t>
+  </si>
+  <si>
+    <t>Donaulände Invest GmbH</t>
+  </si>
+  <si>
+    <t>PhysTech Coating Technology GmbH</t>
+  </si>
+  <si>
+    <t>Pilz und Kiennast Handels GmbH</t>
+  </si>
+  <si>
+    <t>Gemeinde Söding-Sankt Johann</t>
+  </si>
+  <si>
+    <t>BRG Innsbruck, Innsbruck, Adolf-Pichler-Platz</t>
+  </si>
+  <si>
+    <t>TDK Electronics GmbH &amp; Co OG</t>
+  </si>
+  <si>
+    <t>HAPU Metall GmbH</t>
+  </si>
+  <si>
+    <t>"Wiener Berufsbörse", Verein zur Förderung der beruflichen Integration akut und ehemals suchtkranker Personen, sowie von Personen mit besonderen Bedürfnissen und Schwierigkeiten am Arbeitsmarkt (Abkürzung WBB)</t>
+  </si>
+  <si>
+    <t>BEST gemeinnützige BeschäftigungsgesmbH</t>
+  </si>
+  <si>
+    <t>WRG Ursulinen Innsbruck, Fürstenweg 86</t>
+  </si>
+  <si>
+    <t>sevensim GmbHpool3 GmbHGS Immo GmbH</t>
+  </si>
+  <si>
+    <t>Höhere Technische Bundeslehr- und Versuchsanstalt Villach</t>
+  </si>
+  <si>
+    <t>Goerner Packaging GmbH</t>
+  </si>
+  <si>
+    <t>Österreichisches Rotes Kreuz (ÖRK)</t>
+  </si>
+  <si>
+    <t>VBS Augarten</t>
+  </si>
+  <si>
+    <t>BRG/BORG Kirchdorf, Kirchdorf a.d. Krems, Weinzierlerstraße</t>
+  </si>
+  <si>
+    <t>BORG Bad Aussee</t>
+  </si>
+  <si>
+    <t>Holzbau Mauterndorf Wieser &amp; Schitter GmbH</t>
+  </si>
+  <si>
+    <t>GmbH ZSI – Centre for Social Innovation</t>
+  </si>
+  <si>
+    <t>Universität Linz Institut für Physiologie und Pathophysiologie</t>
+  </si>
+  <si>
+    <t>St:WUK - Steirische Wissenschafts-, Umwelt- und Kulturprojektträgergesellschaft GmbH</t>
+  </si>
+  <si>
+    <t>Paris-Lodron-Universität-Salzburg</t>
+  </si>
+  <si>
+    <t>Spiel Sport Motorik Penz GmbH</t>
+  </si>
+  <si>
+    <t>Biomin Holding GmbH</t>
+  </si>
+  <si>
+    <t>BAfEP Oberwart</t>
+  </si>
+  <si>
+    <t>HBLVA Wien-5</t>
+  </si>
+  <si>
+    <t>Brau Union</t>
+  </si>
+  <si>
+    <t>Amt der Vorarlberger Landesregierung; Abteilung VIa (Allgem. Wirtschaftsangelegenheiten)</t>
+  </si>
+  <si>
+    <t>Tischlerei Knaus eU</t>
   </si>
   <si>
     <t>context - Impulse am Arbeitsmarkt GmbH</t>
   </si>
   <si>
-    <t>Berufsförderungsinstitut Burgenland</t>
-[...7424 lines deleted...]
-    <t>BRG Innsbruck, Innsbruck, Adolf-Pichler-Platz</t>
+    <t>Technologiezentrum Salzkammergut GmbH</t>
   </si>
   <si>
     <t>BHAK/BHAS Wien 13</t>
   </si>
   <si>
-    <t>Gemeinde Kaunerberg</t>
-[...13 lines deleted...]
-  <si>
     <t>Ludwig Boltzmann Gesellschaft - Österreichische Vereinigung zur Förderung der wissenschaftlichen Forschung</t>
   </si>
   <si>
-    <t>PhysTech Coating Technology GmbH</t>
-[...22 lines deleted...]
-  <si>
     <t>https://www.sozialministerium.at/</t>
   </si>
   <si>
     <t>https://www.bmbwf.gv.at/</t>
   </si>
   <si>
+    <t>http://www.integrationshaus.at/</t>
+  </si>
+  <si>
+    <t>http://salesianer.at</t>
+  </si>
+  <si>
+    <t>http://www.spar.at/</t>
+  </si>
+  <si>
+    <t>https://www.bhakwien22.at</t>
+  </si>
+  <si>
+    <t>https://www.caritas-vorarlberg.at/</t>
+  </si>
+  <si>
+    <t>https://www.caritas-steiermark.at/</t>
+  </si>
+  <si>
+    <t>https://www.joanneum.at/</t>
+  </si>
+  <si>
+    <t>http://www.bva.at/</t>
+  </si>
+  <si>
+    <t>http://www.fronius.com/</t>
+  </si>
+  <si>
+    <t>http://www.energieag.at/</t>
+  </si>
+  <si>
+    <t>https://www.wko.at/service/ooe/wirtschaftskammer.html</t>
+  </si>
+  <si>
+    <t>http://www.goldecktextil.com/</t>
+  </si>
+  <si>
     <t>http://www.sos-childrensvillages.org</t>
   </si>
   <si>
-    <t>http://www.integrationshaus.at/</t>
-[...34 lines deleted...]
-  <si>
     <t>http://www.zellstoff-poels.at/</t>
   </si>
   <si>
     <t>http://grass.eu|http://www.grass.eu</t>
   </si>
   <si>
     <t>http://www.darbo.at/</t>
   </si>
   <si>
     <t>https://ams-osram.com|https://ams.com/</t>
   </si>
   <si>
     <t>https://www.wko.at/service/w/wirtschaftskammer.html</t>
   </si>
   <si>
+    <t>https://www.fhv.at/</t>
+  </si>
+  <si>
     <t>https://www.merkurmarkt.at</t>
   </si>
   <si>
     <t>https://www.swarovski.com/|https://www.swarovski.com/fr-FR/</t>
   </si>
   <si>
+    <t>https://www.magna.com/company/company-information/magna-groups/magna-steyr</t>
+  </si>
+  <si>
+    <t>https://wko.at/noe</t>
+  </si>
+  <si>
     <t>http://www.buz.at/</t>
   </si>
   <si>
+    <t>https://www.treibacher.com/</t>
+  </si>
+  <si>
+    <t>https://www.baumit.de/</t>
+  </si>
+  <si>
+    <t>https://www.sonnentor.com/</t>
+  </si>
+  <si>
+    <t>https://silicon-austria-labs.com/</t>
+  </si>
+  <si>
+    <t>https://www.aau.at/</t>
+  </si>
+  <si>
     <t>https://www.uni-graz.at/en/</t>
   </si>
   <si>
-    <t>https://www.treibacher.com/</t>
-[...2 lines deleted...]
-    <t>https://www.baumit.de/</t>
+    <t>https://wirtschaftsagentur.at/</t>
+  </si>
+  <si>
+    <t>https://www.durmont.at/</t>
+  </si>
+  <si>
+    <t>https://www.hofer.at/|https://www.hofer.si/sl/domov.html</t>
+  </si>
+  <si>
+    <t>http://www.htlwien10.at/</t>
+  </si>
+  <si>
+    <t>http://www.st.johann.net/</t>
+  </si>
+  <si>
+    <t>http://www.aht.at/</t>
+  </si>
+  <si>
+    <t>https://www.urania.at/</t>
+  </si>
+  <si>
+    <t>https://www.wienenergie.at/</t>
   </si>
   <si>
     <t>http://www.fh-kaernten.at|https://www.fh-kaernten.at/en/</t>
   </si>
   <si>
-    <t>https://www.aau.at/</t>
-[...35 lines deleted...]
-    <t>https://www.wienenergie.at/</t>
+    <t>https://www.uibk.ac.at</t>
+  </si>
+  <si>
+    <t>http://www.blum.com/</t>
+  </si>
+  <si>
+    <t>http://www.standort-tirol.at/</t>
   </si>
   <si>
     <t>http://www.plansee.at/</t>
   </si>
   <si>
-    <t>http://www.blum.com/</t>
-[...4 lines deleted...]
-  <si>
     <t>http://www.volkshilfe.at/</t>
   </si>
   <si>
-    <t>http://www.standort-tirol.at/</t>
-[...4 lines deleted...]
-  <si>
     <t>https://www.salzburg.gv.at/</t>
   </si>
   <si>
     <t>https://www.boku.ac.at/</t>
   </si>
   <si>
     <t>http://www.brauunion.at</t>
   </si>
   <si>
     <t>Q2738517</t>
   </si>
   <si>
     <t>Q2328527</t>
   </si>
   <si>
     <t>Q1006368</t>
   </si>
   <si>
     <t>Q606227</t>
   </si>
   <si>
+    <t>Q19286204</t>
+  </si>
+  <si>
+    <t>Q2214239</t>
+  </si>
+  <si>
+    <t>Q2307103</t>
+  </si>
+  <si>
+    <t>Q19834531</t>
+  </si>
+  <si>
+    <t>Q74713345</t>
+  </si>
+  <si>
+    <t>Q60998523</t>
+  </si>
+  <si>
+    <t>Q60041874</t>
+  </si>
+  <si>
+    <t>Q1690845</t>
+  </si>
+  <si>
+    <t>Q66022878</t>
+  </si>
+  <si>
+    <t>Q1564345</t>
+  </si>
+  <si>
+    <t>Q2531998</t>
+  </si>
+  <si>
+    <t>Q1469941</t>
+  </si>
+  <si>
+    <t>Q1231542</t>
+  </si>
+  <si>
+    <t>Q88977384</t>
+  </si>
+  <si>
+    <t>Q22693317</t>
+  </si>
+  <si>
+    <t>Q22690969</t>
+  </si>
+  <si>
+    <t>Q61992845</t>
+  </si>
+  <si>
     <t>Q462794</t>
   </si>
   <si>
-    <t>Q19286204</t>
-[...5 lines deleted...]
-    <t>Q2307103</t>
+    <t>Q107174072</t>
+  </si>
+  <si>
+    <t>Q1543494</t>
+  </si>
+  <si>
+    <t>Q15848788</t>
+  </si>
+  <si>
+    <t>Q361203</t>
+  </si>
+  <si>
+    <t>Q477875</t>
+  </si>
+  <si>
+    <t>Q14859362</t>
+  </si>
+  <si>
+    <t>Q1391237</t>
+  </si>
+  <si>
+    <t>Q1921857</t>
+  </si>
+  <si>
+    <t>Q611115</t>
+  </si>
+  <si>
+    <t>Q2532039</t>
+  </si>
+  <si>
+    <t>Q698447</t>
+  </si>
+  <si>
+    <t>Q2585887</t>
+  </si>
+  <si>
+    <t>Q30632361</t>
+  </si>
+  <si>
+    <t>Q2451081</t>
+  </si>
+  <si>
+    <t>Q22693659</t>
+  </si>
+  <si>
+    <t>Q811586</t>
+  </si>
+  <si>
+    <t>Q1651649</t>
+  </si>
+  <si>
+    <t>Q77960073</t>
+  </si>
+  <si>
+    <t>Q690639</t>
+  </si>
+  <si>
+    <t>Q622683</t>
+  </si>
+  <si>
+    <t>Q1001258</t>
+  </si>
+  <si>
+    <t>Q106610486</t>
+  </si>
+  <si>
+    <t>Q96358470</t>
+  </si>
+  <si>
+    <t>Q15815751</t>
+  </si>
+  <si>
+    <t>Q2710076</t>
+  </si>
+  <si>
+    <t>Q83867459</t>
+  </si>
+  <si>
+    <t>Q699599</t>
   </si>
   <si>
     <t>Q2341935</t>
   </si>
   <si>
-    <t>Q19834531</t>
-[...77 lines deleted...]
-    <t>Q811586</t>
+    <t>Q1410077</t>
+  </si>
+  <si>
+    <t>Q293414</t>
+  </si>
+  <si>
+    <t>Q72941615</t>
+  </si>
+  <si>
+    <t>Q2568787</t>
   </si>
   <si>
     <t>Q1391200</t>
   </si>
   <si>
-    <t>Q690639</t>
-[...47 lines deleted...]
-    <t>Q1410077</t>
+    <t>Q2531789</t>
+  </si>
+  <si>
+    <t>Q875788</t>
+  </si>
+  <si>
+    <t>Q876574</t>
+  </si>
+  <si>
+    <t>Q1795118</t>
   </si>
   <si>
     <t>Q2098323</t>
   </si>
   <si>
-    <t>Q2531789</t>
-[...7 lines deleted...]
-  <si>
     <t>Q2532004</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q698447</t>
   </si>
   <si>
     <t>Q43325</t>
   </si>
   <si>
     <t>Q876520</t>
   </si>
   <si>
     <t>Q899967</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -16097,20925 +17843,23525 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D2565"/>
+  <dimension ref="A1:D2890"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
-        <v>2568</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>2569</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>2570</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>2571</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>2572</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>2573</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>2574</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>2575</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>2576</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>2577</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>2578</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>2579</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>2580</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
-        <v>2581</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>2582</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:2">
+        <v>2907</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>2583</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:2">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
-        <v>2584</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:2">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>2585</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:2">
+        <v>2910</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>2586</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:2">
+        <v>2911</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>2587</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:2">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>2588</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:2">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>25</v>
       </c>
       <c r="B23" t="s">
-        <v>2589</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:2">
+        <v>2914</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>26</v>
       </c>
       <c r="B24" t="s">
-        <v>2590</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:2">
+        <v>2915</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25" t="s">
-        <v>2591</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:2">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>2592</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:2">
+        <v>2917</v>
+      </c>
+      <c r="D26" t="s">
+        <v>5760</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>29</v>
       </c>
       <c r="B27" t="s">
-        <v>2593</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:2">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
-        <v>2594</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:2">
+        <v>2919</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
-        <v>2595</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:2">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>2596</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:2">
+        <v>2921</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>33</v>
       </c>
       <c r="B31" t="s">
-        <v>2597</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:2">
+        <v>2922</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>34</v>
       </c>
       <c r="B32" t="s">
-        <v>2598</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:4">
+        <v>2923</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
-        <v>2599</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:4">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>36</v>
       </c>
       <c r="B34" t="s">
-        <v>2600</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:4">
+        <v>2925</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>37</v>
       </c>
       <c r="B35" t="s">
-        <v>2601</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:4">
+        <v>2926</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>38</v>
       </c>
       <c r="B36" t="s">
-        <v>2602</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:4">
+        <v>2927</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
-        <v>2603</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:4">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>40</v>
       </c>
       <c r="B38" t="s">
-        <v>2604</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:4">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
-        <v>2605</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:4">
+        <v>2930</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>42</v>
       </c>
       <c r="B40" t="s">
-        <v>2606</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:4">
+        <v>2931</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>43</v>
       </c>
       <c r="B41" t="s">
-        <v>2607</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:4">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
-        <v>2608</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:4">
+        <v>2933</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>45</v>
       </c>
       <c r="B43" t="s">
-        <v>2609</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:4">
+        <v>2934</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>46</v>
       </c>
       <c r="B44" t="s">
-        <v>2610</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:4">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>47</v>
       </c>
       <c r="B45" t="s">
-        <v>2611</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:4">
+        <v>2936</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>48</v>
       </c>
       <c r="B46" t="s">
-        <v>2612</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:4">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>49</v>
       </c>
       <c r="B47" t="s">
-        <v>2613</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:4">
+        <v>2938</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
-        <v>2614</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>51</v>
       </c>
       <c r="B49" t="s">
-        <v>2615</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50" t="s">
-        <v>2616</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51" t="s">
-        <v>2617</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52" t="s">
-        <v>2618</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>55</v>
       </c>
       <c r="B53" t="s">
-        <v>2619</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>56</v>
       </c>
       <c r="B54" t="s">
-        <v>2620</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>57</v>
       </c>
       <c r="B55" t="s">
-        <v>2621</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>58</v>
       </c>
       <c r="B56" t="s">
-        <v>2622</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>59</v>
       </c>
       <c r="B57" t="s">
-        <v>2623</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>60</v>
       </c>
       <c r="B58" t="s">
-        <v>2624</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>61</v>
       </c>
       <c r="B59" t="s">
-        <v>2625</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>62</v>
       </c>
       <c r="B60" t="s">
-        <v>2626</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>63</v>
       </c>
       <c r="B61" t="s">
-        <v>2627</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>64</v>
       </c>
       <c r="B62" t="s">
-        <v>2628</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63" t="s">
-        <v>2629</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>2630</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65" t="s">
-        <v>2631</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>68</v>
       </c>
       <c r="B66" t="s">
-        <v>2632</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>69</v>
       </c>
       <c r="B67" t="s">
-        <v>2633</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>70</v>
       </c>
       <c r="B68" t="s">
-        <v>2634</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>71</v>
       </c>
       <c r="B69" t="s">
-        <v>2635</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70" t="s">
-        <v>2636</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>73</v>
       </c>
       <c r="B71" t="s">
-        <v>2637</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>74</v>
       </c>
       <c r="B72" t="s">
-        <v>2638</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>75</v>
       </c>
       <c r="B73" t="s">
-        <v>2639</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74" t="s">
         <v>76</v>
       </c>
       <c r="B74" t="s">
-        <v>2640</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75" t="s">
         <v>77</v>
       </c>
       <c r="B75" t="s">
-        <v>2641</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>78</v>
       </c>
       <c r="B76" t="s">
-        <v>2642</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>79</v>
       </c>
       <c r="B77" t="s">
-        <v>2643</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>80</v>
       </c>
       <c r="B78" t="s">
-        <v>2644</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>81</v>
       </c>
       <c r="B79" t="s">
-        <v>2645</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>82</v>
       </c>
       <c r="B80" t="s">
-        <v>2646</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" t="s">
         <v>83</v>
       </c>
       <c r="B81" t="s">
-        <v>2647</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
         <v>84</v>
       </c>
       <c r="B82" t="s">
-        <v>2648</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83" t="s">
         <v>85</v>
       </c>
       <c r="B83" t="s">
-        <v>2649</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84" t="s">
         <v>86</v>
       </c>
       <c r="B84" t="s">
-        <v>2650</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85" t="s">
         <v>87</v>
       </c>
       <c r="B85" t="s">
-        <v>2651</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
         <v>88</v>
       </c>
       <c r="B86" t="s">
-        <v>2652</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
         <v>89</v>
       </c>
       <c r="B87" t="s">
-        <v>2653</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
         <v>90</v>
       </c>
       <c r="B88" t="s">
-        <v>2654</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89" t="s">
         <v>91</v>
       </c>
       <c r="B89" t="s">
-        <v>2655</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90" t="s">
         <v>92</v>
       </c>
       <c r="B90" t="s">
-        <v>2656</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
         <v>93</v>
       </c>
       <c r="B91" t="s">
-        <v>2657</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" t="s">
         <v>94</v>
       </c>
       <c r="B92" t="s">
-        <v>2658</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93" t="s">
         <v>95</v>
       </c>
       <c r="B93" t="s">
-        <v>2659</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94" t="s">
         <v>96</v>
       </c>
       <c r="B94" t="s">
-        <v>2660</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95" t="s">
         <v>97</v>
       </c>
       <c r="B95" t="s">
-        <v>2661</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96" t="s">
         <v>98</v>
       </c>
       <c r="B96" t="s">
-        <v>2662</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:4">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2">
       <c r="A97" t="s">
         <v>99</v>
       </c>
       <c r="B97" t="s">
-        <v>2663</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:4">
+        <v>2988</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2">
       <c r="A98" t="s">
         <v>100</v>
       </c>
       <c r="B98" t="s">
-        <v>2664</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:4">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2">
       <c r="A99" t="s">
         <v>101</v>
       </c>
       <c r="B99" t="s">
-        <v>2665</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:4">
+        <v>2990</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2">
       <c r="A100" t="s">
         <v>102</v>
       </c>
       <c r="B100" t="s">
-        <v>2666</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:4">
+        <v>2991</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2">
       <c r="A101" t="s">
         <v>103</v>
       </c>
       <c r="B101" t="s">
-        <v>2667</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:4">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2">
       <c r="A102" t="s">
         <v>104</v>
       </c>
       <c r="B102" t="s">
-        <v>2668</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:4">
+        <v>2993</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2">
       <c r="A103" t="s">
         <v>105</v>
       </c>
       <c r="B103" t="s">
-        <v>2669</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:4">
+        <v>2994</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2">
       <c r="A104" t="s">
         <v>106</v>
       </c>
       <c r="B104" t="s">
-        <v>2670</v>
-[...5 lines deleted...]
-    <row r="105" spans="1:4">
+        <v>2995</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2">
       <c r="A105" t="s">
         <v>107</v>
       </c>
       <c r="B105" t="s">
-        <v>2671</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:4">
+        <v>2996</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2">
       <c r="A106" t="s">
         <v>108</v>
       </c>
       <c r="B106" t="s">
-        <v>2672</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:4">
+        <v>2997</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2">
       <c r="A107" t="s">
         <v>109</v>
       </c>
       <c r="B107" t="s">
-        <v>2673</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:4">
+        <v>2998</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2">
       <c r="A108" t="s">
         <v>110</v>
       </c>
       <c r="B108" t="s">
-        <v>2674</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:4">
+        <v>2999</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2">
       <c r="A109" t="s">
         <v>111</v>
       </c>
       <c r="B109" t="s">
-        <v>2675</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:4">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2">
       <c r="A110" t="s">
         <v>112</v>
       </c>
       <c r="B110" t="s">
-        <v>2676</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:4">
+        <v>3001</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2">
       <c r="A111" t="s">
         <v>113</v>
       </c>
       <c r="B111" t="s">
-        <v>2677</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:4">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2">
       <c r="A112" t="s">
         <v>114</v>
       </c>
       <c r="B112" t="s">
-        <v>2678</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>115</v>
       </c>
       <c r="B113" t="s">
-        <v>2679</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>116</v>
       </c>
       <c r="B114" t="s">
-        <v>2680</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>117</v>
       </c>
       <c r="B115" t="s">
-        <v>2681</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>118</v>
       </c>
       <c r="B116" t="s">
-        <v>2682</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>119</v>
       </c>
       <c r="B117" t="s">
-        <v>2683</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>120</v>
       </c>
       <c r="B118" t="s">
-        <v>2684</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>121</v>
       </c>
       <c r="B119" t="s">
-        <v>2685</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>122</v>
       </c>
       <c r="B120" t="s">
-        <v>2686</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>123</v>
       </c>
       <c r="B121" t="s">
-        <v>2687</v>
+        <v>3012</v>
+      </c>
+      <c r="D121" t="s">
+        <v>5761</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>124</v>
       </c>
       <c r="B122" t="s">
-        <v>2688</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>125</v>
       </c>
       <c r="B123" t="s">
-        <v>2689</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>126</v>
       </c>
       <c r="B124" t="s">
-        <v>2690</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>127</v>
       </c>
       <c r="B125" t="s">
-        <v>2691</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>128</v>
       </c>
       <c r="B126" t="s">
-        <v>2692</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>129</v>
       </c>
       <c r="B127" t="s">
-        <v>2693</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>130</v>
       </c>
       <c r="B128" t="s">
-        <v>2694</v>
-[...8 lines deleted...]
-    <row r="129" spans="1:2">
+        <v>3019</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>131</v>
       </c>
       <c r="B129" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:2">
+        <v>3020</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>132</v>
       </c>
       <c r="B130" t="s">
-        <v>2696</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:2">
+        <v>3021</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>133</v>
       </c>
       <c r="B131" t="s">
-        <v>2697</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:2">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>134</v>
       </c>
       <c r="B132" t="s">
-        <v>2698</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:2">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>135</v>
       </c>
       <c r="B133" t="s">
-        <v>2699</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:2">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>136</v>
       </c>
       <c r="B134" t="s">
-        <v>2700</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:2">
+        <v>3025</v>
+      </c>
+    </row>
+    <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>137</v>
       </c>
       <c r="B135" t="s">
-        <v>2701</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:2">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>138</v>
       </c>
       <c r="B136" t="s">
-        <v>2702</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:2">
+        <v>3027</v>
+      </c>
+    </row>
+    <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>139</v>
       </c>
       <c r="B137" t="s">
-        <v>2703</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:2">
+        <v>3028</v>
+      </c>
+    </row>
+    <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>140</v>
       </c>
       <c r="B138" t="s">
-        <v>2704</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:2">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>141</v>
       </c>
       <c r="B139" t="s">
-        <v>2705</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:2">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>142</v>
       </c>
       <c r="B140" t="s">
-        <v>2706</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:2">
+        <v>3031</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>143</v>
       </c>
       <c r="B141" t="s">
-        <v>2707</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:2">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>144</v>
       </c>
       <c r="B142" t="s">
-        <v>2708</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:2">
+        <v>3033</v>
+      </c>
+      <c r="C142" t="s">
+        <v>5711</v>
+      </c>
+      <c r="D142" t="s">
+        <v>5762</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>145</v>
       </c>
       <c r="B143" t="s">
-        <v>2709</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:2">
+        <v>3034</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>146</v>
       </c>
       <c r="B144" t="s">
-        <v>2710</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145" t="s">
         <v>147</v>
       </c>
       <c r="B145" t="s">
-        <v>2711</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146" t="s">
         <v>148</v>
       </c>
       <c r="B146" t="s">
-        <v>2712</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147" t="s">
         <v>149</v>
       </c>
       <c r="B147" t="s">
-        <v>2713</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="148" spans="1:2">
       <c r="A148" t="s">
         <v>150</v>
       </c>
       <c r="B148" t="s">
-        <v>2714</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149" t="s">
         <v>151</v>
       </c>
       <c r="B149" t="s">
-        <v>2715</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="150" spans="1:2">
       <c r="A150" t="s">
         <v>152</v>
       </c>
       <c r="B150" t="s">
-        <v>2716</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="A151" t="s">
         <v>153</v>
       </c>
       <c r="B151" t="s">
-        <v>2717</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152" t="s">
         <v>154</v>
       </c>
       <c r="B152" t="s">
-        <v>2718</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153" t="s">
         <v>155</v>
       </c>
       <c r="B153" t="s">
-        <v>2719</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154" t="s">
         <v>156</v>
       </c>
       <c r="B154" t="s">
-        <v>2720</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155" t="s">
         <v>157</v>
       </c>
       <c r="B155" t="s">
-        <v>2721</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156" t="s">
         <v>158</v>
       </c>
       <c r="B156" t="s">
-        <v>2722</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157" t="s">
         <v>159</v>
       </c>
       <c r="B157" t="s">
-        <v>2723</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158" t="s">
         <v>160</v>
       </c>
       <c r="B158" t="s">
-        <v>2724</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159" t="s">
         <v>161</v>
       </c>
       <c r="B159" t="s">
-        <v>2725</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160" t="s">
         <v>162</v>
       </c>
       <c r="B160" t="s">
-        <v>2726</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:4">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2">
       <c r="A161" t="s">
         <v>163</v>
       </c>
       <c r="B161" t="s">
-        <v>2727</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:4">
+        <v>3052</v>
+      </c>
+    </row>
+    <row r="162" spans="1:2">
       <c r="A162" t="s">
         <v>164</v>
       </c>
       <c r="B162" t="s">
-        <v>2728</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:4">
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="163" spans="1:2">
       <c r="A163" t="s">
         <v>165</v>
       </c>
       <c r="B163" t="s">
-        <v>2729</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:4">
+        <v>3054</v>
+      </c>
+    </row>
+    <row r="164" spans="1:2">
       <c r="A164" t="s">
         <v>166</v>
       </c>
       <c r="B164" t="s">
-        <v>2730</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:4">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="165" spans="1:2">
       <c r="A165" t="s">
         <v>167</v>
       </c>
       <c r="B165" t="s">
-        <v>2731</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:4">
+        <v>3056</v>
+      </c>
+    </row>
+    <row r="166" spans="1:2">
       <c r="A166" t="s">
         <v>168</v>
       </c>
       <c r="B166" t="s">
-        <v>2732</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:4">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="167" spans="1:2">
       <c r="A167" t="s">
         <v>169</v>
       </c>
       <c r="B167" t="s">
-        <v>2733</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:4">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="168" spans="1:2">
       <c r="A168" t="s">
         <v>170</v>
       </c>
       <c r="B168" t="s">
-        <v>2734</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:4">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="169" spans="1:2">
       <c r="A169" t="s">
         <v>171</v>
       </c>
       <c r="B169" t="s">
-        <v>2735</v>
-[...8 lines deleted...]
-    <row r="170" spans="1:4">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="170" spans="1:2">
       <c r="A170" t="s">
         <v>172</v>
       </c>
       <c r="B170" t="s">
-        <v>2736</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:4">
+        <v>3061</v>
+      </c>
+    </row>
+    <row r="171" spans="1:2">
       <c r="A171" t="s">
         <v>173</v>
       </c>
       <c r="B171" t="s">
-        <v>2737</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:4">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="172" spans="1:2">
       <c r="A172" t="s">
         <v>174</v>
       </c>
       <c r="B172" t="s">
-        <v>2738</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:4">
+        <v>3063</v>
+      </c>
+    </row>
+    <row r="173" spans="1:2">
       <c r="A173" t="s">
         <v>175</v>
       </c>
       <c r="B173" t="s">
-        <v>2739</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:4">
+        <v>3064</v>
+      </c>
+    </row>
+    <row r="174" spans="1:2">
       <c r="A174" t="s">
         <v>176</v>
       </c>
       <c r="B174" t="s">
-        <v>2740</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:4">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2">
       <c r="A175" t="s">
         <v>177</v>
       </c>
       <c r="B175" t="s">
-        <v>2741</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:4">
+        <v>3066</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2">
       <c r="A176" t="s">
         <v>178</v>
       </c>
       <c r="B176" t="s">
-        <v>2742</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:4">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>179</v>
       </c>
       <c r="B177" t="s">
-        <v>2743</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:4">
+        <v>3068</v>
+      </c>
+    </row>
+    <row r="178" spans="1:2">
       <c r="A178" t="s">
         <v>180</v>
       </c>
       <c r="B178" t="s">
-        <v>2744</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:4">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="179" spans="1:2">
       <c r="A179" t="s">
         <v>181</v>
       </c>
       <c r="B179" t="s">
-        <v>2745</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:4">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2">
       <c r="A180" t="s">
         <v>182</v>
       </c>
       <c r="B180" t="s">
-        <v>2746</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:4">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2">
       <c r="A181" t="s">
         <v>183</v>
       </c>
       <c r="B181" t="s">
-        <v>2747</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:4">
+        <v>3072</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2">
       <c r="A182" t="s">
         <v>184</v>
       </c>
       <c r="B182" t="s">
-        <v>2748</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:4">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2">
       <c r="A183" t="s">
         <v>185</v>
       </c>
       <c r="B183" t="s">
-        <v>2749</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:4">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2">
       <c r="A184" t="s">
         <v>186</v>
       </c>
       <c r="B184" t="s">
-        <v>2750</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:4">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2">
       <c r="A185" t="s">
         <v>187</v>
       </c>
       <c r="B185" t="s">
-        <v>2751</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:4">
+        <v>3076</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2">
       <c r="A186" t="s">
         <v>188</v>
       </c>
       <c r="B186" t="s">
-        <v>2752</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:4">
+        <v>3077</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2">
       <c r="A187" t="s">
         <v>189</v>
       </c>
       <c r="B187" t="s">
-        <v>2753</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:4">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2">
       <c r="A188" t="s">
         <v>190</v>
       </c>
       <c r="B188" t="s">
-        <v>2754</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:4">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2">
       <c r="A189" t="s">
         <v>191</v>
       </c>
       <c r="B189" t="s">
-        <v>2755</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:4">
+        <v>3080</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2">
       <c r="A190" t="s">
         <v>192</v>
       </c>
       <c r="B190" t="s">
-        <v>2756</v>
-[...8 lines deleted...]
-    <row r="191" spans="1:4">
+        <v>3081</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2">
       <c r="A191" t="s">
         <v>193</v>
       </c>
       <c r="B191" t="s">
-        <v>2757</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:4">
+        <v>3082</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2">
       <c r="A192" t="s">
         <v>194</v>
       </c>
       <c r="B192" t="s">
-        <v>2758</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>195</v>
       </c>
       <c r="B193" t="s">
-        <v>2759</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>196</v>
       </c>
       <c r="B194" t="s">
-        <v>2760</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>197</v>
       </c>
       <c r="B195" t="s">
-        <v>2761</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>198</v>
       </c>
       <c r="B196" t="s">
-        <v>2762</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>199</v>
       </c>
       <c r="B197" t="s">
-        <v>2763</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>200</v>
       </c>
       <c r="B198" t="s">
-        <v>2764</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>201</v>
       </c>
       <c r="B199" t="s">
-        <v>2765</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>202</v>
       </c>
       <c r="B200" t="s">
-        <v>2766</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>203</v>
       </c>
       <c r="B201" t="s">
-        <v>2767</v>
+        <v>3092</v>
+      </c>
+      <c r="C201" t="s">
+        <v>5712</v>
+      </c>
+      <c r="D201" t="s">
+        <v>5763</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>204</v>
       </c>
       <c r="B202" t="s">
-        <v>2768</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>205</v>
       </c>
       <c r="B203" t="s">
-        <v>2769</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>206</v>
       </c>
       <c r="B204" t="s">
-        <v>2770</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>207</v>
       </c>
       <c r="B205" t="s">
-        <v>2771</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>208</v>
       </c>
       <c r="B206" t="s">
-        <v>2772</v>
-[...5 lines deleted...]
-        <v>5183</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>209</v>
       </c>
       <c r="B207" t="s">
-        <v>2773</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>210</v>
       </c>
       <c r="B208" t="s">
-        <v>2774</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209" t="s">
         <v>211</v>
       </c>
       <c r="B209" t="s">
-        <v>2775</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210" t="s">
         <v>212</v>
       </c>
       <c r="B210" t="s">
-        <v>2776</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="211" spans="1:2">
       <c r="A211" t="s">
         <v>213</v>
       </c>
       <c r="B211" t="s">
-        <v>2777</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="212" spans="1:2">
       <c r="A212" t="s">
         <v>214</v>
       </c>
       <c r="B212" t="s">
-        <v>2778</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="213" spans="1:2">
       <c r="A213" t="s">
         <v>215</v>
       </c>
       <c r="B213" t="s">
-        <v>2779</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="214" spans="1:2">
       <c r="A214" t="s">
         <v>216</v>
       </c>
       <c r="B214" t="s">
-        <v>2780</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="215" spans="1:2">
       <c r="A215" t="s">
         <v>217</v>
       </c>
       <c r="B215" t="s">
-        <v>2781</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="216" spans="1:2">
       <c r="A216" t="s">
         <v>218</v>
       </c>
       <c r="B216" t="s">
-        <v>2782</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="217" spans="1:2">
       <c r="A217" t="s">
         <v>219</v>
       </c>
       <c r="B217" t="s">
-        <v>2783</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="218" spans="1:2">
       <c r="A218" t="s">
         <v>220</v>
       </c>
       <c r="B218" t="s">
-        <v>2784</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="219" spans="1:2">
       <c r="A219" t="s">
         <v>221</v>
       </c>
       <c r="B219" t="s">
-        <v>2785</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="220" spans="1:2">
       <c r="A220" t="s">
         <v>222</v>
       </c>
       <c r="B220" t="s">
-        <v>2786</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="221" spans="1:2">
       <c r="A221" t="s">
         <v>223</v>
       </c>
       <c r="B221" t="s">
-        <v>2787</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="222" spans="1:2">
       <c r="A222" t="s">
         <v>224</v>
       </c>
       <c r="B222" t="s">
-        <v>2788</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="223" spans="1:2">
       <c r="A223" t="s">
         <v>225</v>
       </c>
       <c r="B223" t="s">
-        <v>2789</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="224" spans="1:2">
       <c r="A224" t="s">
         <v>226</v>
       </c>
       <c r="B224" t="s">
-        <v>2790</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="225" spans="1:2">
       <c r="A225" t="s">
         <v>227</v>
       </c>
       <c r="B225" t="s">
-        <v>2791</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="226" spans="1:2">
       <c r="A226" t="s">
         <v>228</v>
       </c>
       <c r="B226" t="s">
-        <v>2792</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227" t="s">
         <v>229</v>
       </c>
       <c r="B227" t="s">
-        <v>2793</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228" t="s">
         <v>230</v>
       </c>
       <c r="B228" t="s">
-        <v>2794</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229" t="s">
         <v>231</v>
       </c>
       <c r="B229" t="s">
-        <v>2795</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230" t="s">
         <v>232</v>
       </c>
       <c r="B230" t="s">
-        <v>2796</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231" t="s">
         <v>233</v>
       </c>
       <c r="B231" t="s">
-        <v>2797</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232" t="s">
         <v>234</v>
       </c>
       <c r="B232" t="s">
-        <v>2798</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233" t="s">
         <v>235</v>
       </c>
       <c r="B233" t="s">
-        <v>2799</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234" t="s">
         <v>236</v>
       </c>
       <c r="B234" t="s">
-        <v>2800</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235" t="s">
         <v>237</v>
       </c>
       <c r="B235" t="s">
-        <v>2801</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236" t="s">
         <v>238</v>
       </c>
       <c r="B236" t="s">
-        <v>2802</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237" t="s">
         <v>239</v>
       </c>
       <c r="B237" t="s">
-        <v>2803</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238" t="s">
         <v>240</v>
       </c>
       <c r="B238" t="s">
-        <v>2804</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239" t="s">
         <v>241</v>
       </c>
       <c r="B239" t="s">
-        <v>2805</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="240" spans="1:2">
       <c r="A240" t="s">
         <v>242</v>
       </c>
       <c r="B240" t="s">
-        <v>2806</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:4">
+        <v>3131</v>
+      </c>
+    </row>
+    <row r="241" spans="1:2">
       <c r="A241" t="s">
         <v>243</v>
       </c>
       <c r="B241" t="s">
-        <v>2807</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:4">
+        <v>3132</v>
+      </c>
+    </row>
+    <row r="242" spans="1:2">
       <c r="A242" t="s">
         <v>244</v>
       </c>
       <c r="B242" t="s">
-        <v>2808</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:4">
+        <v>3133</v>
+      </c>
+    </row>
+    <row r="243" spans="1:2">
       <c r="A243" t="s">
         <v>245</v>
       </c>
       <c r="B243" t="s">
-        <v>2809</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:4">
+        <v>3134</v>
+      </c>
+    </row>
+    <row r="244" spans="1:2">
       <c r="A244" t="s">
         <v>246</v>
       </c>
       <c r="B244" t="s">
-        <v>2810</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:4">
+        <v>3135</v>
+      </c>
+    </row>
+    <row r="245" spans="1:2">
       <c r="A245" t="s">
         <v>247</v>
       </c>
       <c r="B245" t="s">
-        <v>2811</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:4">
+        <v>3136</v>
+      </c>
+    </row>
+    <row r="246" spans="1:2">
       <c r="A246" t="s">
         <v>248</v>
       </c>
       <c r="B246" t="s">
-        <v>2812</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:4">
+        <v>3137</v>
+      </c>
+    </row>
+    <row r="247" spans="1:2">
       <c r="A247" t="s">
         <v>249</v>
       </c>
       <c r="B247" t="s">
-        <v>2813</v>
-[...8 lines deleted...]
-    <row r="248" spans="1:4">
+        <v>3138</v>
+      </c>
+    </row>
+    <row r="248" spans="1:2">
       <c r="A248" t="s">
         <v>250</v>
       </c>
       <c r="B248" t="s">
-        <v>2814</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:4">
+        <v>3139</v>
+      </c>
+    </row>
+    <row r="249" spans="1:2">
       <c r="A249" t="s">
         <v>251</v>
       </c>
       <c r="B249" t="s">
-        <v>2815</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:4">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="250" spans="1:2">
       <c r="A250" t="s">
         <v>252</v>
       </c>
       <c r="B250" t="s">
-        <v>2816</v>
-[...2 lines deleted...]
-    <row r="251" spans="1:4">
+        <v>3141</v>
+      </c>
+    </row>
+    <row r="251" spans="1:2">
       <c r="A251" t="s">
         <v>253</v>
       </c>
       <c r="B251" t="s">
-        <v>2817</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:4">
+        <v>3142</v>
+      </c>
+    </row>
+    <row r="252" spans="1:2">
       <c r="A252" t="s">
         <v>254</v>
       </c>
       <c r="B252" t="s">
-        <v>2818</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:4">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="253" spans="1:2">
       <c r="A253" t="s">
         <v>255</v>
       </c>
       <c r="B253" t="s">
-        <v>2819</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:4">
+        <v>3144</v>
+      </c>
+    </row>
+    <row r="254" spans="1:2">
       <c r="A254" t="s">
         <v>256</v>
       </c>
       <c r="B254" t="s">
-        <v>2820</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:4">
+        <v>3145</v>
+      </c>
+    </row>
+    <row r="255" spans="1:2">
       <c r="A255" t="s">
         <v>257</v>
       </c>
       <c r="B255" t="s">
-        <v>2821</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:4">
+        <v>3146</v>
+      </c>
+    </row>
+    <row r="256" spans="1:2">
       <c r="A256" t="s">
         <v>258</v>
       </c>
       <c r="B256" t="s">
-        <v>2822</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
         <v>259</v>
       </c>
       <c r="B257" t="s">
-        <v>2823</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
         <v>260</v>
       </c>
       <c r="B258" t="s">
-        <v>2824</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
         <v>261</v>
       </c>
       <c r="B259" t="s">
-        <v>2825</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
         <v>262</v>
       </c>
       <c r="B260" t="s">
-        <v>2826</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
         <v>263</v>
       </c>
       <c r="B261" t="s">
-        <v>2827</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
         <v>264</v>
       </c>
       <c r="B262" t="s">
-        <v>2828</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
         <v>265</v>
       </c>
       <c r="B263" t="s">
-        <v>2829</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
         <v>266</v>
       </c>
       <c r="B264" t="s">
-        <v>2830</v>
-[...5 lines deleted...]
-        <v>5185</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
         <v>267</v>
       </c>
       <c r="B265" t="s">
-        <v>2831</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
         <v>268</v>
       </c>
       <c r="B266" t="s">
-        <v>2832</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
         <v>269</v>
       </c>
       <c r="B267" t="s">
-        <v>2833</v>
+        <v>3158</v>
+      </c>
+      <c r="C267" t="s">
+        <v>5713</v>
+      </c>
+      <c r="D267" t="s">
+        <v>5764</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
         <v>270</v>
       </c>
       <c r="B268" t="s">
-        <v>2834</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
         <v>271</v>
       </c>
       <c r="B269" t="s">
-        <v>2835</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
         <v>272</v>
       </c>
       <c r="B270" t="s">
-        <v>2836</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
         <v>273</v>
       </c>
       <c r="B271" t="s">
-        <v>2837</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
         <v>274</v>
       </c>
       <c r="B272" t="s">
-        <v>2838</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="273" spans="1:2">
       <c r="A273" t="s">
         <v>275</v>
       </c>
       <c r="B273" t="s">
-        <v>2839</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="274" spans="1:2">
       <c r="A274" t="s">
         <v>276</v>
       </c>
       <c r="B274" t="s">
-        <v>2840</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="275" spans="1:2">
       <c r="A275" t="s">
         <v>277</v>
       </c>
       <c r="B275" t="s">
-        <v>2841</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="276" spans="1:2">
       <c r="A276" t="s">
         <v>278</v>
       </c>
       <c r="B276" t="s">
-        <v>2842</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="277" spans="1:2">
       <c r="A277" t="s">
         <v>279</v>
       </c>
       <c r="B277" t="s">
-        <v>2843</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="278" spans="1:2">
       <c r="A278" t="s">
         <v>280</v>
       </c>
       <c r="B278" t="s">
-        <v>2844</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="279" spans="1:2">
       <c r="A279" t="s">
         <v>281</v>
       </c>
       <c r="B279" t="s">
-        <v>2845</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="280" spans="1:2">
       <c r="A280" t="s">
         <v>282</v>
       </c>
       <c r="B280" t="s">
-        <v>2846</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="281" spans="1:2">
       <c r="A281" t="s">
         <v>283</v>
       </c>
       <c r="B281" t="s">
-        <v>2847</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="282" spans="1:2">
       <c r="A282" t="s">
         <v>284</v>
       </c>
       <c r="B282" t="s">
-        <v>2848</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="283" spans="1:2">
       <c r="A283" t="s">
         <v>285</v>
       </c>
       <c r="B283" t="s">
-        <v>2849</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="284" spans="1:2">
       <c r="A284" t="s">
         <v>286</v>
       </c>
       <c r="B284" t="s">
-        <v>2850</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="285" spans="1:2">
       <c r="A285" t="s">
         <v>287</v>
       </c>
       <c r="B285" t="s">
-        <v>2851</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286" t="s">
         <v>288</v>
       </c>
       <c r="B286" t="s">
-        <v>2852</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="287" spans="1:2">
       <c r="A287" t="s">
         <v>289</v>
       </c>
       <c r="B287" t="s">
-        <v>2853</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="288" spans="1:2">
       <c r="A288" t="s">
         <v>290</v>
       </c>
       <c r="B288" t="s">
-        <v>2854</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:4">
+        <v>3179</v>
+      </c>
+    </row>
+    <row r="289" spans="1:2">
       <c r="A289" t="s">
         <v>291</v>
       </c>
       <c r="B289" t="s">
-        <v>2855</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:4">
+        <v>3180</v>
+      </c>
+    </row>
+    <row r="290" spans="1:2">
       <c r="A290" t="s">
         <v>292</v>
       </c>
       <c r="B290" t="s">
-        <v>2856</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:4">
+        <v>3181</v>
+      </c>
+    </row>
+    <row r="291" spans="1:2">
       <c r="A291" t="s">
         <v>293</v>
       </c>
       <c r="B291" t="s">
-        <v>2857</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:4">
+        <v>3182</v>
+      </c>
+    </row>
+    <row r="292" spans="1:2">
       <c r="A292" t="s">
         <v>294</v>
       </c>
       <c r="B292" t="s">
-        <v>2858</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:4">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="293" spans="1:2">
       <c r="A293" t="s">
         <v>295</v>
       </c>
       <c r="B293" t="s">
-        <v>2859</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:4">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="294" spans="1:2">
       <c r="A294" t="s">
         <v>296</v>
       </c>
       <c r="B294" t="s">
-        <v>2860</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:4">
+        <v>3185</v>
+      </c>
+    </row>
+    <row r="295" spans="1:2">
       <c r="A295" t="s">
         <v>297</v>
       </c>
       <c r="B295" t="s">
-        <v>2861</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:4">
+        <v>3186</v>
+      </c>
+    </row>
+    <row r="296" spans="1:2">
       <c r="A296" t="s">
         <v>298</v>
       </c>
       <c r="B296" t="s">
-        <v>2862</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:4">
+        <v>3187</v>
+      </c>
+    </row>
+    <row r="297" spans="1:2">
       <c r="A297" t="s">
         <v>299</v>
       </c>
       <c r="B297" t="s">
-        <v>2863</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:4">
+        <v>3188</v>
+      </c>
+    </row>
+    <row r="298" spans="1:2">
       <c r="A298" t="s">
         <v>300</v>
       </c>
       <c r="B298" t="s">
-        <v>2864</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:4">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="299" spans="1:2">
       <c r="A299" t="s">
         <v>301</v>
       </c>
       <c r="B299" t="s">
-        <v>2865</v>
-[...5 lines deleted...]
-    <row r="300" spans="1:4">
+        <v>3190</v>
+      </c>
+    </row>
+    <row r="300" spans="1:2">
       <c r="A300" t="s">
         <v>302</v>
       </c>
       <c r="B300" t="s">
-        <v>2866</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:4">
+        <v>3191</v>
+      </c>
+    </row>
+    <row r="301" spans="1:2">
       <c r="A301" t="s">
         <v>303</v>
       </c>
       <c r="B301" t="s">
-        <v>2867</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:4">
+        <v>3192</v>
+      </c>
+    </row>
+    <row r="302" spans="1:2">
       <c r="A302" t="s">
         <v>304</v>
       </c>
       <c r="B302" t="s">
-        <v>2868</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:4">
+        <v>3193</v>
+      </c>
+    </row>
+    <row r="303" spans="1:2">
       <c r="A303" t="s">
         <v>305</v>
       </c>
       <c r="B303" t="s">
-        <v>2869</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:4">
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="304" spans="1:2">
       <c r="A304" t="s">
         <v>306</v>
       </c>
       <c r="B304" t="s">
-        <v>2870</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:2">
+        <v>3195</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
       <c r="A305" t="s">
         <v>307</v>
       </c>
       <c r="B305" t="s">
-        <v>2871</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:2">
+        <v>3196</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
       <c r="A306" t="s">
         <v>308</v>
       </c>
       <c r="B306" t="s">
-        <v>2872</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:2">
+        <v>3197</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
       <c r="A307" t="s">
         <v>309</v>
       </c>
       <c r="B307" t="s">
-        <v>2873</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:2">
+        <v>3198</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
       <c r="A308" t="s">
         <v>310</v>
       </c>
       <c r="B308" t="s">
-        <v>2874</v>
-[...2 lines deleted...]
-    <row r="309" spans="1:2">
+        <v>3199</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
       <c r="A309" t="s">
         <v>311</v>
       </c>
       <c r="B309" t="s">
-        <v>2875</v>
-[...2 lines deleted...]
-    <row r="310" spans="1:2">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
       <c r="A310" t="s">
         <v>312</v>
       </c>
       <c r="B310" t="s">
-        <v>2876</v>
-[...2 lines deleted...]
-    <row r="311" spans="1:2">
+        <v>3201</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
       <c r="A311" t="s">
         <v>313</v>
       </c>
       <c r="B311" t="s">
-        <v>2877</v>
-[...2 lines deleted...]
-    <row r="312" spans="1:2">
+        <v>3202</v>
+      </c>
+      <c r="C311" t="s">
+        <v>5714</v>
+      </c>
+      <c r="D311" t="s">
+        <v>5765</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
       <c r="A312" t="s">
         <v>314</v>
       </c>
       <c r="B312" t="s">
-        <v>2878</v>
-[...2 lines deleted...]
-    <row r="313" spans="1:2">
+        <v>3203</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
       <c r="A313" t="s">
         <v>315</v>
       </c>
       <c r="B313" t="s">
-        <v>2879</v>
-[...2 lines deleted...]
-    <row r="314" spans="1:2">
+        <v>3204</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
       <c r="A314" t="s">
         <v>316</v>
       </c>
       <c r="B314" t="s">
-        <v>2880</v>
-[...2 lines deleted...]
-    <row r="315" spans="1:2">
+        <v>3205</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
       <c r="A315" t="s">
         <v>317</v>
       </c>
       <c r="B315" t="s">
-        <v>2881</v>
-[...2 lines deleted...]
-    <row r="316" spans="1:2">
+        <v>3206</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
       <c r="A316" t="s">
         <v>318</v>
       </c>
       <c r="B316" t="s">
-        <v>2882</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:2">
+        <v>3207</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
       <c r="A317" t="s">
         <v>319</v>
       </c>
       <c r="B317" t="s">
-        <v>2883</v>
-[...2 lines deleted...]
-    <row r="318" spans="1:2">
+        <v>3208</v>
+      </c>
+      <c r="C317" t="s">
+        <v>5715</v>
+      </c>
+      <c r="D317" t="s">
+        <v>5766</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
       <c r="A318" t="s">
         <v>320</v>
       </c>
       <c r="B318" t="s">
-        <v>2884</v>
-[...2 lines deleted...]
-    <row r="319" spans="1:2">
+        <v>3209</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
       <c r="A319" t="s">
         <v>321</v>
       </c>
       <c r="B319" t="s">
-        <v>2885</v>
-[...2 lines deleted...]
-    <row r="320" spans="1:2">
+        <v>3210</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
       <c r="A320" t="s">
         <v>322</v>
       </c>
       <c r="B320" t="s">
-        <v>2886</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="321" spans="1:2">
       <c r="A321" t="s">
         <v>323</v>
       </c>
       <c r="B321" t="s">
-        <v>2887</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="322" spans="1:2">
       <c r="A322" t="s">
         <v>324</v>
       </c>
       <c r="B322" t="s">
-        <v>2888</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="323" spans="1:2">
       <c r="A323" t="s">
         <v>325</v>
       </c>
       <c r="B323" t="s">
-        <v>2889</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="324" spans="1:2">
       <c r="A324" t="s">
         <v>326</v>
       </c>
       <c r="B324" t="s">
-        <v>2890</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="325" spans="1:2">
       <c r="A325" t="s">
         <v>327</v>
       </c>
       <c r="B325" t="s">
-        <v>2891</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="326" spans="1:2">
       <c r="A326" t="s">
         <v>328</v>
       </c>
       <c r="B326" t="s">
-        <v>2892</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="327" spans="1:2">
       <c r="A327" t="s">
         <v>329</v>
       </c>
       <c r="B327" t="s">
-        <v>2893</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="328" spans="1:2">
       <c r="A328" t="s">
         <v>330</v>
       </c>
       <c r="B328" t="s">
-        <v>2894</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="329" spans="1:2">
       <c r="A329" t="s">
         <v>331</v>
       </c>
       <c r="B329" t="s">
-        <v>2895</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="330" spans="1:2">
       <c r="A330" t="s">
         <v>332</v>
       </c>
       <c r="B330" t="s">
-        <v>2896</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="331" spans="1:2">
       <c r="A331" t="s">
         <v>333</v>
       </c>
       <c r="B331" t="s">
-        <v>2897</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="332" spans="1:2">
       <c r="A332" t="s">
         <v>334</v>
       </c>
       <c r="B332" t="s">
-        <v>2898</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="333" spans="1:2">
       <c r="A333" t="s">
         <v>335</v>
       </c>
       <c r="B333" t="s">
-        <v>2899</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="334" spans="1:2">
       <c r="A334" t="s">
         <v>336</v>
       </c>
       <c r="B334" t="s">
-        <v>2900</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="335" spans="1:2">
       <c r="A335" t="s">
         <v>337</v>
       </c>
       <c r="B335" t="s">
-        <v>2901</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="336" spans="1:2">
       <c r="A336" t="s">
         <v>338</v>
       </c>
       <c r="B336" t="s">
-        <v>2902</v>
-[...2 lines deleted...]
-    <row r="337" spans="1:4">
+        <v>3227</v>
+      </c>
+    </row>
+    <row r="337" spans="1:2">
       <c r="A337" t="s">
         <v>339</v>
       </c>
       <c r="B337" t="s">
-        <v>2903</v>
-[...2 lines deleted...]
-    <row r="338" spans="1:4">
+        <v>3228</v>
+      </c>
+    </row>
+    <row r="338" spans="1:2">
       <c r="A338" t="s">
         <v>340</v>
       </c>
       <c r="B338" t="s">
-        <v>2904</v>
-[...2 lines deleted...]
-    <row r="339" spans="1:4">
+        <v>3229</v>
+      </c>
+    </row>
+    <row r="339" spans="1:2">
       <c r="A339" t="s">
         <v>341</v>
       </c>
       <c r="B339" t="s">
-        <v>2905</v>
-[...2 lines deleted...]
-    <row r="340" spans="1:4">
+        <v>3230</v>
+      </c>
+    </row>
+    <row r="340" spans="1:2">
       <c r="A340" t="s">
         <v>342</v>
       </c>
       <c r="B340" t="s">
-        <v>2906</v>
-[...2 lines deleted...]
-    <row r="341" spans="1:4">
+        <v>3231</v>
+      </c>
+    </row>
+    <row r="341" spans="1:2">
       <c r="A341" t="s">
         <v>343</v>
       </c>
       <c r="B341" t="s">
-        <v>2907</v>
-[...2 lines deleted...]
-    <row r="342" spans="1:4">
+        <v>3232</v>
+      </c>
+    </row>
+    <row r="342" spans="1:2">
       <c r="A342" t="s">
         <v>344</v>
       </c>
       <c r="B342" t="s">
-        <v>2908</v>
-[...2 lines deleted...]
-    <row r="343" spans="1:4">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="343" spans="1:2">
       <c r="A343" t="s">
         <v>345</v>
       </c>
       <c r="B343" t="s">
-        <v>2909</v>
-[...2 lines deleted...]
-    <row r="344" spans="1:4">
+        <v>3234</v>
+      </c>
+    </row>
+    <row r="344" spans="1:2">
       <c r="A344" t="s">
         <v>346</v>
       </c>
       <c r="B344" t="s">
-        <v>2910</v>
-[...5 lines deleted...]
-    <row r="345" spans="1:4">
+        <v>3235</v>
+      </c>
+    </row>
+    <row r="345" spans="1:2">
       <c r="A345" t="s">
         <v>347</v>
       </c>
       <c r="B345" t="s">
-        <v>2911</v>
-[...2 lines deleted...]
-    <row r="346" spans="1:4">
+        <v>3236</v>
+      </c>
+    </row>
+    <row r="346" spans="1:2">
       <c r="A346" t="s">
         <v>348</v>
       </c>
       <c r="B346" t="s">
-        <v>2912</v>
-[...2 lines deleted...]
-    <row r="347" spans="1:4">
+        <v>3237</v>
+      </c>
+    </row>
+    <row r="347" spans="1:2">
       <c r="A347" t="s">
         <v>349</v>
       </c>
       <c r="B347" t="s">
-        <v>2913</v>
-[...2 lines deleted...]
-    <row r="348" spans="1:4">
+        <v>3238</v>
+      </c>
+    </row>
+    <row r="348" spans="1:2">
       <c r="A348" t="s">
         <v>350</v>
       </c>
       <c r="B348" t="s">
-        <v>2914</v>
-[...2 lines deleted...]
-    <row r="349" spans="1:4">
+        <v>3239</v>
+      </c>
+    </row>
+    <row r="349" spans="1:2">
       <c r="A349" t="s">
         <v>351</v>
       </c>
       <c r="B349" t="s">
-        <v>2915</v>
-[...2 lines deleted...]
-    <row r="350" spans="1:4">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="350" spans="1:2">
       <c r="A350" t="s">
         <v>352</v>
       </c>
       <c r="B350" t="s">
-        <v>2916</v>
-[...2 lines deleted...]
-    <row r="351" spans="1:4">
+        <v>3241</v>
+      </c>
+    </row>
+    <row r="351" spans="1:2">
       <c r="A351" t="s">
         <v>353</v>
       </c>
       <c r="B351" t="s">
-        <v>2917</v>
-[...2 lines deleted...]
-    <row r="352" spans="1:4">
+        <v>3242</v>
+      </c>
+    </row>
+    <row r="352" spans="1:2">
       <c r="A352" t="s">
         <v>354</v>
       </c>
       <c r="B352" t="s">
-        <v>2918</v>
-[...2 lines deleted...]
-    <row r="353" spans="1:4">
+        <v>3243</v>
+      </c>
+    </row>
+    <row r="353" spans="1:2">
       <c r="A353" t="s">
         <v>355</v>
       </c>
       <c r="B353" t="s">
-        <v>2919</v>
-[...2 lines deleted...]
-    <row r="354" spans="1:4">
+        <v>3244</v>
+      </c>
+    </row>
+    <row r="354" spans="1:2">
       <c r="A354" t="s">
         <v>356</v>
       </c>
       <c r="B354" t="s">
-        <v>2920</v>
-[...2 lines deleted...]
-    <row r="355" spans="1:4">
+        <v>3245</v>
+      </c>
+    </row>
+    <row r="355" spans="1:2">
       <c r="A355" t="s">
         <v>357</v>
       </c>
       <c r="B355" t="s">
-        <v>2921</v>
-[...2 lines deleted...]
-    <row r="356" spans="1:4">
+        <v>3246</v>
+      </c>
+    </row>
+    <row r="356" spans="1:2">
       <c r="A356" t="s">
         <v>358</v>
       </c>
       <c r="B356" t="s">
-        <v>2922</v>
-[...8 lines deleted...]
-    <row r="357" spans="1:4">
+        <v>3247</v>
+      </c>
+    </row>
+    <row r="357" spans="1:2">
       <c r="A357" t="s">
         <v>359</v>
       </c>
       <c r="B357" t="s">
-        <v>2923</v>
-[...2 lines deleted...]
-    <row r="358" spans="1:4">
+        <v>3248</v>
+      </c>
+    </row>
+    <row r="358" spans="1:2">
       <c r="A358" t="s">
         <v>360</v>
       </c>
       <c r="B358" t="s">
-        <v>2924</v>
-[...2 lines deleted...]
-    <row r="359" spans="1:4">
+        <v>3249</v>
+      </c>
+    </row>
+    <row r="359" spans="1:2">
       <c r="A359" t="s">
         <v>361</v>
       </c>
       <c r="B359" t="s">
-        <v>2925</v>
-[...2 lines deleted...]
-    <row r="360" spans="1:4">
+        <v>3250</v>
+      </c>
+    </row>
+    <row r="360" spans="1:2">
       <c r="A360" t="s">
         <v>362</v>
       </c>
       <c r="B360" t="s">
-        <v>2926</v>
-[...2 lines deleted...]
-    <row r="361" spans="1:4">
+        <v>3251</v>
+      </c>
+    </row>
+    <row r="361" spans="1:2">
       <c r="A361" t="s">
         <v>363</v>
       </c>
       <c r="B361" t="s">
-        <v>2927</v>
-[...2 lines deleted...]
-    <row r="362" spans="1:4">
+        <v>3252</v>
+      </c>
+    </row>
+    <row r="362" spans="1:2">
       <c r="A362" t="s">
         <v>364</v>
       </c>
       <c r="B362" t="s">
-        <v>2928</v>
-[...2 lines deleted...]
-    <row r="363" spans="1:4">
+        <v>3253</v>
+      </c>
+    </row>
+    <row r="363" spans="1:2">
       <c r="A363" t="s">
         <v>365</v>
       </c>
       <c r="B363" t="s">
-        <v>2929</v>
-[...2 lines deleted...]
-    <row r="364" spans="1:4">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="364" spans="1:2">
       <c r="A364" t="s">
         <v>366</v>
       </c>
       <c r="B364" t="s">
-        <v>2930</v>
-[...2 lines deleted...]
-    <row r="365" spans="1:4">
+        <v>3255</v>
+      </c>
+    </row>
+    <row r="365" spans="1:2">
       <c r="A365" t="s">
         <v>367</v>
       </c>
       <c r="B365" t="s">
-        <v>2931</v>
-[...2 lines deleted...]
-    <row r="366" spans="1:4">
+        <v>3256</v>
+      </c>
+    </row>
+    <row r="366" spans="1:2">
       <c r="A366" t="s">
         <v>368</v>
       </c>
       <c r="B366" t="s">
-        <v>2932</v>
-[...2 lines deleted...]
-    <row r="367" spans="1:4">
+        <v>3257</v>
+      </c>
+    </row>
+    <row r="367" spans="1:2">
       <c r="A367" t="s">
         <v>369</v>
       </c>
       <c r="B367" t="s">
-        <v>2933</v>
-[...2 lines deleted...]
-    <row r="368" spans="1:4">
+        <v>3258</v>
+      </c>
+    </row>
+    <row r="368" spans="1:2">
       <c r="A368" t="s">
         <v>370</v>
       </c>
       <c r="B368" t="s">
-        <v>2934</v>
-[...2 lines deleted...]
-    <row r="369" spans="1:4">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="369" spans="1:2">
       <c r="A369" t="s">
         <v>371</v>
       </c>
       <c r="B369" t="s">
-        <v>2935</v>
-[...2 lines deleted...]
-    <row r="370" spans="1:4">
+        <v>3260</v>
+      </c>
+    </row>
+    <row r="370" spans="1:2">
       <c r="A370" t="s">
         <v>372</v>
       </c>
       <c r="B370" t="s">
-        <v>2936</v>
-[...2 lines deleted...]
-    <row r="371" spans="1:4">
+        <v>3261</v>
+      </c>
+    </row>
+    <row r="371" spans="1:2">
       <c r="A371" t="s">
         <v>373</v>
       </c>
       <c r="B371" t="s">
-        <v>2937</v>
-[...2 lines deleted...]
-    <row r="372" spans="1:4">
+        <v>3262</v>
+      </c>
+    </row>
+    <row r="372" spans="1:2">
       <c r="A372" t="s">
         <v>374</v>
       </c>
       <c r="B372" t="s">
-        <v>2938</v>
-[...2 lines deleted...]
-    <row r="373" spans="1:4">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="373" spans="1:2">
       <c r="A373" t="s">
         <v>375</v>
       </c>
       <c r="B373" t="s">
-        <v>2939</v>
-[...2 lines deleted...]
-    <row r="374" spans="1:4">
+        <v>3263</v>
+      </c>
+    </row>
+    <row r="374" spans="1:2">
       <c r="A374" t="s">
         <v>376</v>
       </c>
       <c r="B374" t="s">
-        <v>2940</v>
-[...2 lines deleted...]
-    <row r="375" spans="1:4">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="375" spans="1:2">
       <c r="A375" t="s">
         <v>377</v>
       </c>
       <c r="B375" t="s">
-        <v>2941</v>
-[...8 lines deleted...]
-    <row r="376" spans="1:4">
+        <v>3265</v>
+      </c>
+    </row>
+    <row r="376" spans="1:2">
       <c r="A376" t="s">
         <v>378</v>
       </c>
       <c r="B376" t="s">
-        <v>2942</v>
-[...2 lines deleted...]
-    <row r="377" spans="1:4">
+        <v>3266</v>
+      </c>
+    </row>
+    <row r="377" spans="1:2">
       <c r="A377" t="s">
         <v>379</v>
       </c>
       <c r="B377" t="s">
-        <v>2943</v>
-[...2 lines deleted...]
-    <row r="378" spans="1:4">
+        <v>3267</v>
+      </c>
+    </row>
+    <row r="378" spans="1:2">
       <c r="A378" t="s">
         <v>380</v>
       </c>
       <c r="B378" t="s">
-        <v>2944</v>
-[...2 lines deleted...]
-    <row r="379" spans="1:4">
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="379" spans="1:2">
       <c r="A379" t="s">
         <v>381</v>
       </c>
       <c r="B379" t="s">
-        <v>2945</v>
-[...2 lines deleted...]
-    <row r="380" spans="1:4">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="380" spans="1:2">
       <c r="A380" t="s">
         <v>382</v>
       </c>
       <c r="B380" t="s">
-        <v>2946</v>
-[...2 lines deleted...]
-    <row r="381" spans="1:4">
+        <v>3270</v>
+      </c>
+    </row>
+    <row r="381" spans="1:2">
       <c r="A381" t="s">
         <v>383</v>
       </c>
       <c r="B381" t="s">
-        <v>2947</v>
-[...2 lines deleted...]
-    <row r="382" spans="1:4">
+        <v>3271</v>
+      </c>
+    </row>
+    <row r="382" spans="1:2">
       <c r="A382" t="s">
         <v>384</v>
       </c>
       <c r="B382" t="s">
-        <v>2948</v>
-[...2 lines deleted...]
-    <row r="383" spans="1:4">
+        <v>3272</v>
+      </c>
+    </row>
+    <row r="383" spans="1:2">
       <c r="A383" t="s">
         <v>385</v>
       </c>
       <c r="B383" t="s">
-        <v>2949</v>
-[...2 lines deleted...]
-    <row r="384" spans="1:4">
+        <v>3273</v>
+      </c>
+    </row>
+    <row r="384" spans="1:2">
       <c r="A384" t="s">
         <v>386</v>
       </c>
       <c r="B384" t="s">
-        <v>2950</v>
-[...2 lines deleted...]
-    <row r="385" spans="1:2">
+        <v>3274</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
       <c r="A385" t="s">
         <v>387</v>
       </c>
       <c r="B385" t="s">
-        <v>2951</v>
-[...2 lines deleted...]
-    <row r="386" spans="1:2">
+        <v>3275</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
       <c r="A386" t="s">
         <v>388</v>
       </c>
       <c r="B386" t="s">
-        <v>2952</v>
-[...2 lines deleted...]
-    <row r="387" spans="1:2">
+        <v>3276</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
       <c r="A387" t="s">
         <v>389</v>
       </c>
       <c r="B387" t="s">
-        <v>2953</v>
-[...2 lines deleted...]
-    <row r="388" spans="1:2">
+        <v>3277</v>
+      </c>
+      <c r="D387" t="s">
+        <v>5767</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
       <c r="A388" t="s">
         <v>390</v>
       </c>
       <c r="B388" t="s">
-        <v>2954</v>
-[...2 lines deleted...]
-    <row r="389" spans="1:2">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
       <c r="A389" t="s">
         <v>391</v>
       </c>
       <c r="B389" t="s">
-        <v>2955</v>
-[...2 lines deleted...]
-    <row r="390" spans="1:2">
+        <v>3279</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
       <c r="A390" t="s">
         <v>392</v>
       </c>
       <c r="B390" t="s">
-        <v>2956</v>
-[...2 lines deleted...]
-    <row r="391" spans="1:2">
+        <v>3280</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
       <c r="A391" t="s">
         <v>393</v>
       </c>
       <c r="B391" t="s">
-        <v>2957</v>
-[...2 lines deleted...]
-    <row r="392" spans="1:2">
+        <v>3281</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
       <c r="A392" t="s">
         <v>394</v>
       </c>
       <c r="B392" t="s">
-        <v>2958</v>
-[...2 lines deleted...]
-    <row r="393" spans="1:2">
+        <v>3282</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
       <c r="A393" t="s">
         <v>395</v>
       </c>
       <c r="B393" t="s">
-        <v>2959</v>
-[...2 lines deleted...]
-    <row r="394" spans="1:2">
+        <v>3283</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
       <c r="A394" t="s">
         <v>396</v>
       </c>
       <c r="B394" t="s">
-        <v>2960</v>
-[...2 lines deleted...]
-    <row r="395" spans="1:2">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
       <c r="A395" t="s">
         <v>397</v>
       </c>
       <c r="B395" t="s">
-        <v>2961</v>
-[...2 lines deleted...]
-    <row r="396" spans="1:2">
+        <v>3285</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
       <c r="A396" t="s">
         <v>398</v>
       </c>
       <c r="B396" t="s">
-        <v>2962</v>
-[...2 lines deleted...]
-    <row r="397" spans="1:2">
+        <v>3286</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
       <c r="A397" t="s">
         <v>399</v>
       </c>
       <c r="B397" t="s">
-        <v>2963</v>
-[...2 lines deleted...]
-    <row r="398" spans="1:2">
+        <v>3287</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
       <c r="A398" t="s">
         <v>400</v>
       </c>
       <c r="B398" t="s">
-        <v>2964</v>
-[...2 lines deleted...]
-    <row r="399" spans="1:2">
+        <v>3288</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
       <c r="A399" t="s">
         <v>401</v>
       </c>
       <c r="B399" t="s">
-        <v>2965</v>
-[...2 lines deleted...]
-    <row r="400" spans="1:2">
+        <v>3289</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
       <c r="A400" t="s">
         <v>402</v>
       </c>
       <c r="B400" t="s">
-        <v>2966</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="401" spans="1:2">
       <c r="A401" t="s">
         <v>403</v>
       </c>
       <c r="B401" t="s">
-        <v>2967</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="A402" t="s">
         <v>404</v>
       </c>
       <c r="B402" t="s">
-        <v>2968</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="403" spans="1:2">
       <c r="A403" t="s">
         <v>405</v>
       </c>
       <c r="B403" t="s">
-        <v>2969</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="404" spans="1:2">
       <c r="A404" t="s">
         <v>406</v>
       </c>
       <c r="B404" t="s">
-        <v>2970</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="405" spans="1:2">
       <c r="A405" t="s">
         <v>407</v>
       </c>
       <c r="B405" t="s">
-        <v>2971</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="A406" t="s">
         <v>408</v>
       </c>
       <c r="B406" t="s">
-        <v>2972</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="407" spans="1:2">
       <c r="A407" t="s">
         <v>409</v>
       </c>
       <c r="B407" t="s">
-        <v>2973</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="A408" t="s">
         <v>410</v>
       </c>
       <c r="B408" t="s">
-        <v>2974</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="A409" t="s">
         <v>411</v>
       </c>
       <c r="B409" t="s">
-        <v>2975</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="410" spans="1:2">
       <c r="A410" t="s">
         <v>412</v>
       </c>
       <c r="B410" t="s">
-        <v>2976</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="411" spans="1:2">
       <c r="A411" t="s">
         <v>413</v>
       </c>
       <c r="B411" t="s">
-        <v>2977</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="412" spans="1:2">
       <c r="A412" t="s">
         <v>414</v>
       </c>
       <c r="B412" t="s">
-        <v>2978</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="A413" t="s">
         <v>415</v>
       </c>
       <c r="B413" t="s">
-        <v>2979</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="414" spans="1:2">
       <c r="A414" t="s">
         <v>416</v>
       </c>
       <c r="B414" t="s">
-        <v>2980</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="415" spans="1:2">
       <c r="A415" t="s">
         <v>417</v>
       </c>
       <c r="B415" t="s">
-        <v>2981</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="416" spans="1:2">
       <c r="A416" t="s">
         <v>418</v>
       </c>
       <c r="B416" t="s">
-        <v>2982</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417" t="s">
         <v>419</v>
       </c>
       <c r="B417" t="s">
-        <v>2983</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418" t="s">
         <v>420</v>
       </c>
       <c r="B418" t="s">
-        <v>2984</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419" t="s">
         <v>421</v>
       </c>
       <c r="B419" t="s">
-        <v>2985</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420" t="s">
         <v>422</v>
       </c>
       <c r="B420" t="s">
-        <v>2986</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421" t="s">
         <v>423</v>
       </c>
       <c r="B421" t="s">
-        <v>2987</v>
+        <v>3311</v>
+      </c>
+      <c r="C421" t="s">
+        <v>5716</v>
+      </c>
+      <c r="D421" t="s">
+        <v>5768</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422" t="s">
         <v>424</v>
       </c>
       <c r="B422" t="s">
-        <v>2988</v>
-[...5 lines deleted...]
-        <v>5190</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423" t="s">
         <v>425</v>
       </c>
       <c r="B423" t="s">
-        <v>2989</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424" t="s">
         <v>426</v>
       </c>
       <c r="B424" t="s">
-        <v>2990</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425" t="s">
         <v>427</v>
       </c>
       <c r="B425" t="s">
-        <v>2991</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426" t="s">
         <v>428</v>
       </c>
       <c r="B426" t="s">
-        <v>2992</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427" t="s">
         <v>429</v>
       </c>
       <c r="B427" t="s">
-        <v>2993</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428" t="s">
         <v>430</v>
       </c>
       <c r="B428" t="s">
-        <v>2994</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
         <v>431</v>
       </c>
       <c r="B429" t="s">
-        <v>2995</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430" t="s">
         <v>432</v>
       </c>
       <c r="B430" t="s">
-        <v>2996</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431" t="s">
         <v>433</v>
       </c>
       <c r="B431" t="s">
-        <v>2997</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432" t="s">
         <v>434</v>
       </c>
       <c r="B432" t="s">
-        <v>2998</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4">
+        <v>3322</v>
+      </c>
+    </row>
+    <row r="433" spans="1:2">
       <c r="A433" t="s">
         <v>435</v>
       </c>
       <c r="B433" t="s">
-        <v>2999</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4">
+        <v>3323</v>
+      </c>
+    </row>
+    <row r="434" spans="1:2">
       <c r="A434" t="s">
         <v>436</v>
       </c>
       <c r="B434" t="s">
-        <v>3000</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4">
+        <v>3324</v>
+      </c>
+    </row>
+    <row r="435" spans="1:2">
       <c r="A435" t="s">
         <v>437</v>
       </c>
       <c r="B435" t="s">
-        <v>3001</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:4">
+        <v>3325</v>
+      </c>
+    </row>
+    <row r="436" spans="1:2">
       <c r="A436" t="s">
         <v>438</v>
       </c>
       <c r="B436" t="s">
-        <v>3002</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4">
+        <v>3326</v>
+      </c>
+    </row>
+    <row r="437" spans="1:2">
       <c r="A437" t="s">
         <v>439</v>
       </c>
       <c r="B437" t="s">
-        <v>3003</v>
-[...2 lines deleted...]
-    <row r="438" spans="1:4">
+        <v>3327</v>
+      </c>
+    </row>
+    <row r="438" spans="1:2">
       <c r="A438" t="s">
         <v>440</v>
       </c>
       <c r="B438" t="s">
-        <v>3004</v>
-[...2 lines deleted...]
-    <row r="439" spans="1:4">
+        <v>3328</v>
+      </c>
+    </row>
+    <row r="439" spans="1:2">
       <c r="A439" t="s">
         <v>441</v>
       </c>
       <c r="B439" t="s">
-        <v>3005</v>
-[...2 lines deleted...]
-    <row r="440" spans="1:4">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="440" spans="1:2">
       <c r="A440" t="s">
         <v>442</v>
       </c>
       <c r="B440" t="s">
-        <v>3006</v>
-[...2 lines deleted...]
-    <row r="441" spans="1:4">
+        <v>3330</v>
+      </c>
+    </row>
+    <row r="441" spans="1:2">
       <c r="A441" t="s">
         <v>443</v>
       </c>
       <c r="B441" t="s">
-        <v>3007</v>
-[...2 lines deleted...]
-    <row r="442" spans="1:4">
+        <v>3331</v>
+      </c>
+    </row>
+    <row r="442" spans="1:2">
       <c r="A442" t="s">
         <v>444</v>
       </c>
       <c r="B442" t="s">
-        <v>3008</v>
-[...2 lines deleted...]
-    <row r="443" spans="1:4">
+        <v>3332</v>
+      </c>
+    </row>
+    <row r="443" spans="1:2">
       <c r="A443" t="s">
         <v>445</v>
       </c>
       <c r="B443" t="s">
-        <v>3009</v>
-[...5 lines deleted...]
-    <row r="444" spans="1:4">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="444" spans="1:2">
       <c r="A444" t="s">
         <v>446</v>
       </c>
       <c r="B444" t="s">
-        <v>3010</v>
-[...2 lines deleted...]
-    <row r="445" spans="1:4">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="445" spans="1:2">
       <c r="A445" t="s">
         <v>447</v>
       </c>
       <c r="B445" t="s">
-        <v>3011</v>
-[...2 lines deleted...]
-    <row r="446" spans="1:4">
+        <v>3334</v>
+      </c>
+    </row>
+    <row r="446" spans="1:2">
       <c r="A446" t="s">
         <v>448</v>
       </c>
       <c r="B446" t="s">
-        <v>3012</v>
-[...2 lines deleted...]
-    <row r="447" spans="1:4">
+        <v>3335</v>
+      </c>
+    </row>
+    <row r="447" spans="1:2">
       <c r="A447" t="s">
         <v>449</v>
       </c>
       <c r="B447" t="s">
-        <v>3013</v>
-[...2 lines deleted...]
-    <row r="448" spans="1:4">
+        <v>3336</v>
+      </c>
+    </row>
+    <row r="448" spans="1:2">
       <c r="A448" t="s">
         <v>450</v>
       </c>
       <c r="B448" t="s">
-        <v>3014</v>
-[...2 lines deleted...]
-    <row r="449" spans="1:2">
+        <v>3337</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
       <c r="A449" t="s">
         <v>451</v>
       </c>
       <c r="B449" t="s">
-        <v>3015</v>
-[...2 lines deleted...]
-    <row r="450" spans="1:2">
+        <v>3338</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
       <c r="A450" t="s">
         <v>452</v>
       </c>
       <c r="B450" t="s">
-        <v>3016</v>
-[...2 lines deleted...]
-    <row r="451" spans="1:2">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
       <c r="A451" t="s">
         <v>453</v>
       </c>
       <c r="B451" t="s">
-        <v>3017</v>
-[...2 lines deleted...]
-    <row r="452" spans="1:2">
+        <v>3340</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
       <c r="A452" t="s">
         <v>454</v>
       </c>
       <c r="B452" t="s">
-        <v>3018</v>
-[...2 lines deleted...]
-    <row r="453" spans="1:2">
+        <v>3341</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
       <c r="A453" t="s">
         <v>455</v>
       </c>
       <c r="B453" t="s">
-        <v>3019</v>
-[...2 lines deleted...]
-    <row r="454" spans="1:2">
+        <v>3342</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
       <c r="A454" t="s">
         <v>456</v>
       </c>
       <c r="B454" t="s">
-        <v>3020</v>
-[...2 lines deleted...]
-    <row r="455" spans="1:2">
+        <v>3343</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
       <c r="A455" t="s">
         <v>457</v>
       </c>
       <c r="B455" t="s">
-        <v>3021</v>
-[...2 lines deleted...]
-    <row r="456" spans="1:2">
+        <v>3344</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
       <c r="A456" t="s">
         <v>458</v>
       </c>
       <c r="B456" t="s">
-        <v>3022</v>
-[...2 lines deleted...]
-    <row r="457" spans="1:2">
+        <v>3345</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
       <c r="A457" t="s">
         <v>459</v>
       </c>
       <c r="B457" t="s">
-        <v>3023</v>
-[...2 lines deleted...]
-    <row r="458" spans="1:2">
+        <v>3346</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
       <c r="A458" t="s">
         <v>460</v>
       </c>
       <c r="B458" t="s">
-        <v>3024</v>
-[...2 lines deleted...]
-    <row r="459" spans="1:2">
+        <v>3347</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
       <c r="A459" t="s">
         <v>461</v>
       </c>
       <c r="B459" t="s">
-        <v>3025</v>
-[...2 lines deleted...]
-    <row r="460" spans="1:2">
+        <v>3348</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
       <c r="A460" t="s">
         <v>462</v>
       </c>
       <c r="B460" t="s">
-        <v>3026</v>
-[...2 lines deleted...]
-    <row r="461" spans="1:2">
+        <v>3349</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
       <c r="A461" t="s">
         <v>463</v>
       </c>
       <c r="B461" t="s">
-        <v>3027</v>
-[...2 lines deleted...]
-    <row r="462" spans="1:2">
+        <v>3350</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
       <c r="A462" t="s">
         <v>464</v>
       </c>
       <c r="B462" t="s">
-        <v>3028</v>
-[...2 lines deleted...]
-    <row r="463" spans="1:2">
+        <v>3351</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
       <c r="A463" t="s">
         <v>465</v>
       </c>
       <c r="B463" t="s">
-        <v>3029</v>
-[...2 lines deleted...]
-    <row r="464" spans="1:2">
+        <v>3352</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
       <c r="A464" t="s">
         <v>466</v>
       </c>
       <c r="B464" t="s">
-        <v>3030</v>
-[...2 lines deleted...]
-    <row r="465" spans="1:4">
+        <v>3353</v>
+      </c>
+      <c r="C464" t="s">
+        <v>5717</v>
+      </c>
+      <c r="D464" t="s">
+        <v>5769</v>
+      </c>
+    </row>
+    <row r="465" spans="1:2">
       <c r="A465" t="s">
         <v>467</v>
       </c>
       <c r="B465" t="s">
-        <v>3031</v>
-[...2 lines deleted...]
-    <row r="466" spans="1:4">
+        <v>3354</v>
+      </c>
+    </row>
+    <row r="466" spans="1:2">
       <c r="A466" t="s">
         <v>468</v>
       </c>
       <c r="B466" t="s">
-        <v>3032</v>
-[...2 lines deleted...]
-    <row r="467" spans="1:4">
+        <v>3355</v>
+      </c>
+    </row>
+    <row r="467" spans="1:2">
       <c r="A467" t="s">
         <v>469</v>
       </c>
       <c r="B467" t="s">
-        <v>3033</v>
-[...2 lines deleted...]
-    <row r="468" spans="1:4">
+        <v>3356</v>
+      </c>
+    </row>
+    <row r="468" spans="1:2">
       <c r="A468" t="s">
         <v>470</v>
       </c>
       <c r="B468" t="s">
-        <v>3034</v>
-[...2 lines deleted...]
-    <row r="469" spans="1:4">
+        <v>3357</v>
+      </c>
+    </row>
+    <row r="469" spans="1:2">
       <c r="A469" t="s">
         <v>471</v>
       </c>
       <c r="B469" t="s">
-        <v>3035</v>
-[...2 lines deleted...]
-    <row r="470" spans="1:4">
+        <v>3358</v>
+      </c>
+    </row>
+    <row r="470" spans="1:2">
       <c r="A470" t="s">
         <v>472</v>
       </c>
       <c r="B470" t="s">
-        <v>3036</v>
-[...8 lines deleted...]
-    <row r="471" spans="1:4">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="471" spans="1:2">
       <c r="A471" t="s">
         <v>473</v>
       </c>
       <c r="B471" t="s">
-        <v>3037</v>
-[...2 lines deleted...]
-    <row r="472" spans="1:4">
+        <v>3360</v>
+      </c>
+    </row>
+    <row r="472" spans="1:2">
       <c r="A472" t="s">
         <v>474</v>
       </c>
       <c r="B472" t="s">
-        <v>3038</v>
-[...2 lines deleted...]
-    <row r="473" spans="1:4">
+        <v>3361</v>
+      </c>
+    </row>
+    <row r="473" spans="1:2">
       <c r="A473" t="s">
         <v>475</v>
       </c>
       <c r="B473" t="s">
-        <v>3039</v>
-[...2 lines deleted...]
-    <row r="474" spans="1:4">
+        <v>3362</v>
+      </c>
+    </row>
+    <row r="474" spans="1:2">
       <c r="A474" t="s">
         <v>476</v>
       </c>
       <c r="B474" t="s">
-        <v>3040</v>
-[...2 lines deleted...]
-    <row r="475" spans="1:4">
+        <v>3363</v>
+      </c>
+    </row>
+    <row r="475" spans="1:2">
       <c r="A475" t="s">
         <v>477</v>
       </c>
       <c r="B475" t="s">
-        <v>3041</v>
-[...2 lines deleted...]
-    <row r="476" spans="1:4">
+        <v>3364</v>
+      </c>
+    </row>
+    <row r="476" spans="1:2">
       <c r="A476" t="s">
         <v>478</v>
       </c>
       <c r="B476" t="s">
-        <v>3042</v>
-[...2 lines deleted...]
-    <row r="477" spans="1:4">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="477" spans="1:2">
       <c r="A477" t="s">
         <v>479</v>
       </c>
       <c r="B477" t="s">
-        <v>3043</v>
-[...2 lines deleted...]
-    <row r="478" spans="1:4">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="478" spans="1:2">
       <c r="A478" t="s">
         <v>480</v>
       </c>
       <c r="B478" t="s">
-        <v>3044</v>
-[...2 lines deleted...]
-    <row r="479" spans="1:4">
+        <v>3366</v>
+      </c>
+    </row>
+    <row r="479" spans="1:2">
       <c r="A479" t="s">
         <v>481</v>
       </c>
       <c r="B479" t="s">
-        <v>3045</v>
-[...2 lines deleted...]
-    <row r="480" spans="1:4">
+        <v>3367</v>
+      </c>
+    </row>
+    <row r="480" spans="1:2">
       <c r="A480" t="s">
         <v>482</v>
       </c>
       <c r="B480" t="s">
-        <v>3046</v>
-[...2 lines deleted...]
-    <row r="481" spans="1:2">
+        <v>3368</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
       <c r="A481" t="s">
         <v>483</v>
       </c>
       <c r="B481" t="s">
-        <v>3047</v>
-[...2 lines deleted...]
-    <row r="482" spans="1:2">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
       <c r="A482" t="s">
         <v>484</v>
       </c>
       <c r="B482" t="s">
-        <v>3048</v>
-[...2 lines deleted...]
-    <row r="483" spans="1:2">
+        <v>3370</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
       <c r="A483" t="s">
         <v>485</v>
       </c>
       <c r="B483" t="s">
-        <v>3049</v>
-[...2 lines deleted...]
-    <row r="484" spans="1:2">
+        <v>3371</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
       <c r="A484" t="s">
         <v>486</v>
       </c>
       <c r="B484" t="s">
-        <v>3050</v>
-[...2 lines deleted...]
-    <row r="485" spans="1:2">
+        <v>3341</v>
+      </c>
+      <c r="C484" t="s">
+        <v>5718</v>
+      </c>
+      <c r="D484" t="s">
+        <v>5770</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
       <c r="A485" t="s">
         <v>487</v>
       </c>
       <c r="B485" t="s">
-        <v>3051</v>
-[...2 lines deleted...]
-    <row r="486" spans="1:2">
+        <v>3372</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
       <c r="A486" t="s">
         <v>488</v>
       </c>
       <c r="B486" t="s">
-        <v>3052</v>
-[...2 lines deleted...]
-    <row r="487" spans="1:2">
+        <v>3373</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
       <c r="A487" t="s">
         <v>489</v>
       </c>
       <c r="B487" t="s">
-        <v>3053</v>
-[...2 lines deleted...]
-    <row r="488" spans="1:2">
+        <v>3374</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
       <c r="A488" t="s">
         <v>490</v>
       </c>
       <c r="B488" t="s">
-        <v>3054</v>
-[...2 lines deleted...]
-    <row r="489" spans="1:2">
+        <v>3375</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
       <c r="A489" t="s">
         <v>491</v>
       </c>
       <c r="B489" t="s">
-        <v>3055</v>
-[...2 lines deleted...]
-    <row r="490" spans="1:2">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
       <c r="A490" t="s">
         <v>492</v>
       </c>
       <c r="B490" t="s">
-        <v>3056</v>
-[...2 lines deleted...]
-    <row r="491" spans="1:2">
+        <v>3377</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
       <c r="A491" t="s">
         <v>493</v>
       </c>
       <c r="B491" t="s">
-        <v>3057</v>
-[...2 lines deleted...]
-    <row r="492" spans="1:2">
+        <v>3378</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
       <c r="A492" t="s">
         <v>494</v>
       </c>
       <c r="B492" t="s">
-        <v>3058</v>
-[...2 lines deleted...]
-    <row r="493" spans="1:2">
+        <v>3379</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
       <c r="A493" t="s">
         <v>495</v>
       </c>
       <c r="B493" t="s">
-        <v>3059</v>
-[...2 lines deleted...]
-    <row r="494" spans="1:2">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
       <c r="A494" t="s">
         <v>496</v>
       </c>
       <c r="B494" t="s">
-        <v>3060</v>
-[...2 lines deleted...]
-    <row r="495" spans="1:2">
+        <v>3380</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
       <c r="A495" t="s">
         <v>497</v>
       </c>
       <c r="B495" t="s">
-        <v>3061</v>
-[...2 lines deleted...]
-    <row r="496" spans="1:2">
+        <v>3381</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
       <c r="A496" t="s">
         <v>498</v>
       </c>
       <c r="B496" t="s">
-        <v>3062</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497" t="s">
         <v>499</v>
       </c>
       <c r="B497" t="s">
-        <v>3063</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498" t="s">
         <v>500</v>
       </c>
       <c r="B498" t="s">
-        <v>3064</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499" t="s">
         <v>501</v>
       </c>
       <c r="B499" t="s">
-        <v>3065</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500" t="s">
         <v>502</v>
       </c>
       <c r="B500" t="s">
-        <v>3066</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501" t="s">
         <v>503</v>
       </c>
       <c r="B501" t="s">
-        <v>3067</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502" t="s">
         <v>504</v>
       </c>
       <c r="B502" t="s">
-        <v>3068</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503" t="s">
         <v>505</v>
       </c>
       <c r="B503" t="s">
-        <v>3069</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504" t="s">
         <v>506</v>
       </c>
       <c r="B504" t="s">
-        <v>3070</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505" t="s">
         <v>507</v>
       </c>
       <c r="B505" t="s">
-        <v>3071</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506" t="s">
         <v>508</v>
       </c>
       <c r="B506" t="s">
-        <v>3072</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507" t="s">
         <v>509</v>
       </c>
       <c r="B507" t="s">
-        <v>3073</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508" t="s">
         <v>510</v>
       </c>
       <c r="B508" t="s">
-        <v>3074</v>
-[...5 lines deleted...]
-        <v>5193</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509" t="s">
         <v>511</v>
       </c>
       <c r="B509" t="s">
-        <v>3075</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510" t="s">
         <v>512</v>
       </c>
       <c r="B510" t="s">
-        <v>3076</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511" t="s">
         <v>513</v>
       </c>
       <c r="B511" t="s">
-        <v>3077</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512" t="s">
         <v>514</v>
       </c>
       <c r="B512" t="s">
-        <v>3078</v>
+        <v>3398</v>
+      </c>
+      <c r="C512" t="s">
+        <v>5719</v>
+      </c>
+      <c r="D512" t="s">
+        <v>5771</v>
       </c>
     </row>
     <row r="513" spans="1:2">
       <c r="A513" t="s">
         <v>515</v>
       </c>
       <c r="B513" t="s">
-        <v>3079</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="514" spans="1:2">
       <c r="A514" t="s">
         <v>516</v>
       </c>
       <c r="B514" t="s">
-        <v>3080</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="515" spans="1:2">
       <c r="A515" t="s">
         <v>517</v>
       </c>
       <c r="B515" t="s">
-        <v>3081</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="516" spans="1:2">
       <c r="A516" t="s">
         <v>518</v>
       </c>
       <c r="B516" t="s">
-        <v>3082</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="517" spans="1:2">
       <c r="A517" t="s">
         <v>519</v>
       </c>
       <c r="B517" t="s">
-        <v>3083</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="518" spans="1:2">
       <c r="A518" t="s">
         <v>520</v>
       </c>
       <c r="B518" t="s">
-        <v>3084</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="519" spans="1:2">
       <c r="A519" t="s">
         <v>521</v>
       </c>
       <c r="B519" t="s">
-        <v>3085</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="520" spans="1:2">
       <c r="A520" t="s">
         <v>522</v>
       </c>
       <c r="B520" t="s">
-        <v>3086</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="521" spans="1:2">
       <c r="A521" t="s">
         <v>523</v>
       </c>
       <c r="B521" t="s">
-        <v>3087</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="522" spans="1:2">
       <c r="A522" t="s">
         <v>524</v>
       </c>
       <c r="B522" t="s">
-        <v>3088</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="523" spans="1:2">
       <c r="A523" t="s">
         <v>525</v>
       </c>
       <c r="B523" t="s">
-        <v>3089</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="524" spans="1:2">
       <c r="A524" t="s">
         <v>526</v>
       </c>
       <c r="B524" t="s">
-        <v>3090</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="525" spans="1:2">
       <c r="A525" t="s">
         <v>527</v>
       </c>
       <c r="B525" t="s">
-        <v>3091</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="526" spans="1:2">
       <c r="A526" t="s">
         <v>528</v>
       </c>
       <c r="B526" t="s">
-        <v>3092</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="527" spans="1:2">
       <c r="A527" t="s">
         <v>529</v>
       </c>
       <c r="B527" t="s">
-        <v>3093</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="528" spans="1:2">
       <c r="A528" t="s">
         <v>530</v>
       </c>
       <c r="B528" t="s">
-        <v>3094</v>
-[...2 lines deleted...]
-    <row r="529" spans="1:2">
+        <v>3414</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
       <c r="A529" t="s">
         <v>531</v>
       </c>
       <c r="B529" t="s">
-        <v>3095</v>
-[...2 lines deleted...]
-    <row r="530" spans="1:2">
+        <v>3415</v>
+      </c>
+      <c r="D529" t="s">
+        <v>5772</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
       <c r="A530" t="s">
         <v>532</v>
       </c>
       <c r="B530" t="s">
-        <v>3096</v>
-[...2 lines deleted...]
-    <row r="531" spans="1:2">
+        <v>3416</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
       <c r="A531" t="s">
         <v>533</v>
       </c>
       <c r="B531" t="s">
-        <v>3097</v>
-[...2 lines deleted...]
-    <row r="532" spans="1:2">
+        <v>3417</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
       <c r="A532" t="s">
         <v>534</v>
       </c>
       <c r="B532" t="s">
-        <v>3098</v>
-[...2 lines deleted...]
-    <row r="533" spans="1:2">
+        <v>3418</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
       <c r="A533" t="s">
         <v>535</v>
       </c>
       <c r="B533" t="s">
-        <v>3099</v>
-[...2 lines deleted...]
-    <row r="534" spans="1:2">
+        <v>3419</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
       <c r="A534" t="s">
         <v>536</v>
       </c>
       <c r="B534" t="s">
-        <v>3100</v>
-[...2 lines deleted...]
-    <row r="535" spans="1:2">
+        <v>3420</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
       <c r="A535" t="s">
         <v>537</v>
       </c>
       <c r="B535" t="s">
-        <v>3101</v>
-[...2 lines deleted...]
-    <row r="536" spans="1:2">
+        <v>3421</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
       <c r="A536" t="s">
         <v>538</v>
       </c>
       <c r="B536" t="s">
-        <v>3102</v>
-[...2 lines deleted...]
-    <row r="537" spans="1:2">
+        <v>3422</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
       <c r="A537" t="s">
         <v>539</v>
       </c>
       <c r="B537" t="s">
-        <v>3103</v>
-[...2 lines deleted...]
-    <row r="538" spans="1:2">
+        <v>3423</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
       <c r="A538" t="s">
         <v>540</v>
       </c>
       <c r="B538" t="s">
-        <v>3104</v>
-[...2 lines deleted...]
-    <row r="539" spans="1:2">
+        <v>3424</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
       <c r="A539" t="s">
         <v>541</v>
       </c>
       <c r="B539" t="s">
-        <v>3105</v>
-[...2 lines deleted...]
-    <row r="540" spans="1:2">
+        <v>3425</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
       <c r="A540" t="s">
         <v>542</v>
       </c>
       <c r="B540" t="s">
-        <v>3106</v>
-[...2 lines deleted...]
-    <row r="541" spans="1:2">
+        <v>3426</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
       <c r="A541" t="s">
         <v>543</v>
       </c>
       <c r="B541" t="s">
-        <v>3107</v>
-[...2 lines deleted...]
-    <row r="542" spans="1:2">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
       <c r="A542" t="s">
         <v>544</v>
       </c>
       <c r="B542" t="s">
-        <v>3108</v>
-[...2 lines deleted...]
-    <row r="543" spans="1:2">
+        <v>3428</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
       <c r="A543" t="s">
         <v>545</v>
       </c>
       <c r="B543" t="s">
-        <v>3109</v>
-[...2 lines deleted...]
-    <row r="544" spans="1:2">
+        <v>3429</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
       <c r="A544" t="s">
         <v>546</v>
       </c>
       <c r="B544" t="s">
-        <v>3110</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:2">
+        <v>3430</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
       <c r="A545" t="s">
         <v>547</v>
       </c>
       <c r="B545" t="s">
-        <v>3111</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:2">
+        <v>3431</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
       <c r="A546" t="s">
         <v>548</v>
       </c>
       <c r="B546" t="s">
-        <v>3112</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:2">
+        <v>3432</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
       <c r="A547" t="s">
         <v>549</v>
       </c>
       <c r="B547" t="s">
-        <v>3113</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:2">
+        <v>3433</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
       <c r="A548" t="s">
         <v>550</v>
       </c>
       <c r="B548" t="s">
-        <v>3114</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:2">
+        <v>3434</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
       <c r="A549" t="s">
         <v>551</v>
       </c>
       <c r="B549" t="s">
-        <v>3115</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:2">
+        <v>3435</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
       <c r="A550" t="s">
         <v>552</v>
       </c>
       <c r="B550" t="s">
-        <v>3116</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:2">
+        <v>3436</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
       <c r="A551" t="s">
         <v>553</v>
       </c>
       <c r="B551" t="s">
-        <v>3117</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:2">
+        <v>3437</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
       <c r="A552" t="s">
         <v>554</v>
       </c>
       <c r="B552" t="s">
-        <v>3118</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:2">
+        <v>3438</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
       <c r="A553" t="s">
         <v>555</v>
       </c>
       <c r="B553" t="s">
-        <v>3119</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:2">
+        <v>3439</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
       <c r="A554" t="s">
         <v>556</v>
       </c>
       <c r="B554" t="s">
-        <v>3120</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:2">
+        <v>3440</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
       <c r="A555" t="s">
         <v>557</v>
       </c>
       <c r="B555" t="s">
-        <v>3121</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:2">
+        <v>3441</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
       <c r="A556" t="s">
         <v>558</v>
       </c>
       <c r="B556" t="s">
-        <v>3122</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:2">
+        <v>3442</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
       <c r="A557" t="s">
         <v>559</v>
       </c>
       <c r="B557" t="s">
-        <v>3123</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:2">
+        <v>3443</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
       <c r="A558" t="s">
         <v>560</v>
       </c>
       <c r="B558" t="s">
-        <v>3124</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:2">
+        <v>3444</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
       <c r="A559" t="s">
         <v>561</v>
       </c>
       <c r="B559" t="s">
-        <v>3125</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:2">
+        <v>3445</v>
+      </c>
+      <c r="C559" t="s">
+        <v>5720</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5773</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
       <c r="A560" t="s">
         <v>562</v>
       </c>
       <c r="B560" t="s">
-        <v>3126</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="561" spans="1:2">
       <c r="A561" t="s">
         <v>563</v>
       </c>
       <c r="B561" t="s">
-        <v>3127</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="562" spans="1:2">
       <c r="A562" t="s">
         <v>564</v>
       </c>
       <c r="B562" t="s">
-        <v>3128</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="563" spans="1:2">
       <c r="A563" t="s">
         <v>565</v>
       </c>
       <c r="B563" t="s">
-        <v>3129</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="564" spans="1:2">
       <c r="A564" t="s">
         <v>566</v>
       </c>
       <c r="B564" t="s">
-        <v>3130</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="565" spans="1:2">
       <c r="A565" t="s">
         <v>567</v>
       </c>
       <c r="B565" t="s">
-        <v>3131</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="566" spans="1:2">
       <c r="A566" t="s">
         <v>568</v>
       </c>
       <c r="B566" t="s">
-        <v>3132</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="567" spans="1:2">
       <c r="A567" t="s">
         <v>569</v>
       </c>
       <c r="B567" t="s">
-        <v>3133</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="568" spans="1:2">
       <c r="A568" t="s">
         <v>570</v>
       </c>
       <c r="B568" t="s">
-        <v>3134</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="569" spans="1:2">
       <c r="A569" t="s">
         <v>571</v>
       </c>
       <c r="B569" t="s">
-        <v>3135</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="570" spans="1:2">
       <c r="A570" t="s">
         <v>572</v>
       </c>
       <c r="B570" t="s">
-        <v>3136</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="571" spans="1:2">
       <c r="A571" t="s">
         <v>573</v>
       </c>
       <c r="B571" t="s">
-        <v>3137</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="572" spans="1:2">
       <c r="A572" t="s">
         <v>574</v>
       </c>
       <c r="B572" t="s">
-        <v>3138</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="573" spans="1:2">
       <c r="A573" t="s">
         <v>575</v>
       </c>
       <c r="B573" t="s">
-        <v>3139</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="574" spans="1:2">
       <c r="A574" t="s">
         <v>576</v>
       </c>
       <c r="B574" t="s">
-        <v>3140</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="575" spans="1:2">
       <c r="A575" t="s">
         <v>577</v>
       </c>
       <c r="B575" t="s">
-        <v>3141</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="576" spans="1:2">
       <c r="A576" t="s">
         <v>578</v>
       </c>
       <c r="B576" t="s">
-        <v>3142</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="577" spans="1:2">
       <c r="A577" t="s">
         <v>579</v>
       </c>
       <c r="B577" t="s">
-        <v>3143</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="578" spans="1:2">
       <c r="A578" t="s">
         <v>580</v>
       </c>
       <c r="B578" t="s">
-        <v>3144</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="579" spans="1:2">
       <c r="A579" t="s">
         <v>581</v>
       </c>
       <c r="B579" t="s">
-        <v>3145</v>
+        <v>3465</v>
       </c>
     </row>
     <row r="580" spans="1:2">
       <c r="A580" t="s">
         <v>582</v>
       </c>
       <c r="B580" t="s">
-        <v>3146</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="581" spans="1:2">
       <c r="A581" t="s">
         <v>583</v>
       </c>
       <c r="B581" t="s">
-        <v>3147</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="582" spans="1:2">
       <c r="A582" t="s">
         <v>584</v>
       </c>
       <c r="B582" t="s">
-        <v>3148</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="583" spans="1:2">
       <c r="A583" t="s">
         <v>585</v>
       </c>
       <c r="B583" t="s">
-        <v>3149</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="584" spans="1:2">
       <c r="A584" t="s">
         <v>586</v>
       </c>
       <c r="B584" t="s">
-        <v>3150</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="585" spans="1:2">
       <c r="A585" t="s">
         <v>587</v>
       </c>
       <c r="B585" t="s">
-        <v>3151</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="586" spans="1:2">
       <c r="A586" t="s">
         <v>588</v>
       </c>
       <c r="B586" t="s">
-        <v>3152</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="587" spans="1:2">
       <c r="A587" t="s">
         <v>589</v>
       </c>
       <c r="B587" t="s">
-        <v>3153</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="588" spans="1:2">
       <c r="A588" t="s">
         <v>590</v>
       </c>
       <c r="B588" t="s">
-        <v>3154</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="589" spans="1:2">
       <c r="A589" t="s">
         <v>591</v>
       </c>
       <c r="B589" t="s">
-        <v>3155</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="590" spans="1:2">
       <c r="A590" t="s">
         <v>592</v>
       </c>
       <c r="B590" t="s">
-        <v>3156</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="591" spans="1:2">
       <c r="A591" t="s">
         <v>593</v>
       </c>
       <c r="B591" t="s">
-        <v>3157</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="592" spans="1:2">
       <c r="A592" t="s">
         <v>594</v>
       </c>
       <c r="B592" t="s">
-        <v>3158</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="593" spans="1:2">
       <c r="A593" t="s">
         <v>595</v>
       </c>
       <c r="B593" t="s">
-        <v>3159</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="594" spans="1:2">
       <c r="A594" t="s">
         <v>596</v>
       </c>
       <c r="B594" t="s">
-        <v>3160</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="595" spans="1:2">
       <c r="A595" t="s">
         <v>597</v>
       </c>
       <c r="B595" t="s">
-        <v>3161</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="596" spans="1:2">
       <c r="A596" t="s">
         <v>598</v>
       </c>
       <c r="B596" t="s">
-        <v>3162</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="597" spans="1:2">
       <c r="A597" t="s">
         <v>599</v>
       </c>
       <c r="B597" t="s">
-        <v>3163</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="598" spans="1:2">
       <c r="A598" t="s">
         <v>600</v>
       </c>
       <c r="B598" t="s">
-        <v>3164</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="599" spans="1:2">
       <c r="A599" t="s">
         <v>601</v>
       </c>
       <c r="B599" t="s">
-        <v>3165</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="600" spans="1:2">
       <c r="A600" t="s">
         <v>602</v>
       </c>
       <c r="B600" t="s">
-        <v>3166</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="601" spans="1:2">
       <c r="A601" t="s">
         <v>603</v>
       </c>
       <c r="B601" t="s">
-        <v>3167</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="602" spans="1:2">
       <c r="A602" t="s">
         <v>604</v>
       </c>
       <c r="B602" t="s">
-        <v>3168</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="603" spans="1:2">
       <c r="A603" t="s">
         <v>605</v>
       </c>
       <c r="B603" t="s">
-        <v>3169</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="604" spans="1:2">
       <c r="A604" t="s">
         <v>606</v>
       </c>
       <c r="B604" t="s">
-        <v>3170</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="605" spans="1:2">
       <c r="A605" t="s">
         <v>607</v>
       </c>
       <c r="B605" t="s">
-        <v>3171</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="606" spans="1:2">
       <c r="A606" t="s">
         <v>608</v>
       </c>
       <c r="B606" t="s">
-        <v>3172</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="607" spans="1:2">
       <c r="A607" t="s">
         <v>609</v>
       </c>
       <c r="B607" t="s">
-        <v>3173</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="608" spans="1:2">
       <c r="A608" t="s">
         <v>610</v>
       </c>
       <c r="B608" t="s">
-        <v>3174</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="609" spans="1:2">
       <c r="A609" t="s">
         <v>611</v>
       </c>
       <c r="B609" t="s">
-        <v>3175</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="610" spans="1:2">
       <c r="A610" t="s">
         <v>612</v>
       </c>
       <c r="B610" t="s">
-        <v>3176</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="611" spans="1:2">
       <c r="A611" t="s">
         <v>613</v>
       </c>
       <c r="B611" t="s">
-        <v>3177</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="612" spans="1:2">
       <c r="A612" t="s">
         <v>614</v>
       </c>
       <c r="B612" t="s">
-        <v>3178</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="613" spans="1:2">
       <c r="A613" t="s">
         <v>615</v>
       </c>
       <c r="B613" t="s">
-        <v>3179</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="614" spans="1:2">
       <c r="A614" t="s">
         <v>616</v>
       </c>
       <c r="B614" t="s">
-        <v>3180</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="615" spans="1:2">
       <c r="A615" t="s">
         <v>617</v>
       </c>
       <c r="B615" t="s">
-        <v>3181</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="616" spans="1:2">
       <c r="A616" t="s">
         <v>618</v>
       </c>
       <c r="B616" t="s">
-        <v>3182</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="617" spans="1:2">
       <c r="A617" t="s">
         <v>619</v>
       </c>
       <c r="B617" t="s">
-        <v>3183</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="618" spans="1:2">
       <c r="A618" t="s">
         <v>620</v>
       </c>
       <c r="B618" t="s">
-        <v>3184</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="619" spans="1:2">
       <c r="A619" t="s">
         <v>621</v>
       </c>
       <c r="B619" t="s">
-        <v>3185</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="620" spans="1:2">
       <c r="A620" t="s">
         <v>622</v>
       </c>
       <c r="B620" t="s">
-        <v>3186</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="621" spans="1:2">
       <c r="A621" t="s">
         <v>623</v>
       </c>
       <c r="B621" t="s">
-        <v>3187</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="622" spans="1:2">
       <c r="A622" t="s">
         <v>624</v>
       </c>
       <c r="B622" t="s">
-        <v>3188</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="623" spans="1:2">
       <c r="A623" t="s">
         <v>625</v>
       </c>
       <c r="B623" t="s">
-        <v>3189</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="624" spans="1:2">
       <c r="A624" t="s">
         <v>626</v>
       </c>
       <c r="B624" t="s">
-        <v>3190</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="625" spans="1:2">
       <c r="A625" t="s">
         <v>627</v>
       </c>
       <c r="B625" t="s">
-        <v>3191</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="626" spans="1:2">
       <c r="A626" t="s">
         <v>628</v>
       </c>
       <c r="B626" t="s">
-        <v>3192</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="627" spans="1:2">
       <c r="A627" t="s">
         <v>629</v>
       </c>
       <c r="B627" t="s">
-        <v>3193</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="628" spans="1:2">
       <c r="A628" t="s">
         <v>630</v>
       </c>
       <c r="B628" t="s">
-        <v>3194</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="629" spans="1:2">
       <c r="A629" t="s">
         <v>631</v>
       </c>
       <c r="B629" t="s">
-        <v>3195</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="630" spans="1:2">
       <c r="A630" t="s">
         <v>632</v>
       </c>
       <c r="B630" t="s">
-        <v>3196</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="631" spans="1:2">
       <c r="A631" t="s">
         <v>633</v>
       </c>
       <c r="B631" t="s">
-        <v>3197</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="632" spans="1:2">
       <c r="A632" t="s">
         <v>634</v>
       </c>
       <c r="B632" t="s">
-        <v>3198</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="633" spans="1:2">
       <c r="A633" t="s">
         <v>635</v>
       </c>
       <c r="B633" t="s">
-        <v>3199</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="634" spans="1:2">
       <c r="A634" t="s">
         <v>636</v>
       </c>
       <c r="B634" t="s">
-        <v>3200</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="635" spans="1:2">
       <c r="A635" t="s">
         <v>637</v>
       </c>
       <c r="B635" t="s">
-        <v>3201</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="636" spans="1:2">
       <c r="A636" t="s">
         <v>638</v>
       </c>
       <c r="B636" t="s">
-        <v>3202</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="637" spans="1:2">
       <c r="A637" t="s">
         <v>639</v>
       </c>
       <c r="B637" t="s">
-        <v>3203</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="638" spans="1:2">
       <c r="A638" t="s">
         <v>640</v>
       </c>
       <c r="B638" t="s">
-        <v>3204</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="639" spans="1:2">
       <c r="A639" t="s">
         <v>641</v>
       </c>
       <c r="B639" t="s">
-        <v>3205</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="640" spans="1:2">
       <c r="A640" t="s">
         <v>642</v>
       </c>
       <c r="B640" t="s">
-        <v>3206</v>
-[...2 lines deleted...]
-    <row r="641" spans="1:4">
+        <v>3525</v>
+      </c>
+    </row>
+    <row r="641" spans="1:2">
       <c r="A641" t="s">
         <v>643</v>
       </c>
       <c r="B641" t="s">
-        <v>3207</v>
-[...8 lines deleted...]
-    <row r="642" spans="1:4">
+        <v>3526</v>
+      </c>
+    </row>
+    <row r="642" spans="1:2">
       <c r="A642" t="s">
         <v>644</v>
       </c>
       <c r="B642" t="s">
-        <v>3208</v>
-[...2 lines deleted...]
-    <row r="643" spans="1:4">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="643" spans="1:2">
       <c r="A643" t="s">
         <v>645</v>
       </c>
       <c r="B643" t="s">
-        <v>3209</v>
-[...2 lines deleted...]
-    <row r="644" spans="1:4">
+        <v>3528</v>
+      </c>
+    </row>
+    <row r="644" spans="1:2">
       <c r="A644" t="s">
         <v>646</v>
       </c>
       <c r="B644" t="s">
-        <v>3210</v>
-[...2 lines deleted...]
-    <row r="645" spans="1:4">
+        <v>3529</v>
+      </c>
+    </row>
+    <row r="645" spans="1:2">
       <c r="A645" t="s">
         <v>647</v>
       </c>
       <c r="B645" t="s">
-        <v>3211</v>
-[...2 lines deleted...]
-    <row r="646" spans="1:4">
+        <v>3530</v>
+      </c>
+    </row>
+    <row r="646" spans="1:2">
       <c r="A646" t="s">
         <v>648</v>
       </c>
       <c r="B646" t="s">
-        <v>3212</v>
-[...2 lines deleted...]
-    <row r="647" spans="1:4">
+        <v>3531</v>
+      </c>
+    </row>
+    <row r="647" spans="1:2">
       <c r="A647" t="s">
         <v>649</v>
       </c>
       <c r="B647" t="s">
-        <v>3213</v>
-[...2 lines deleted...]
-    <row r="648" spans="1:4">
+        <v>3532</v>
+      </c>
+    </row>
+    <row r="648" spans="1:2">
       <c r="A648" t="s">
         <v>650</v>
       </c>
       <c r="B648" t="s">
-        <v>3214</v>
-[...2 lines deleted...]
-    <row r="649" spans="1:4">
+        <v>3533</v>
+      </c>
+    </row>
+    <row r="649" spans="1:2">
       <c r="A649" t="s">
         <v>651</v>
       </c>
       <c r="B649" t="s">
-        <v>3215</v>
-[...2 lines deleted...]
-    <row r="650" spans="1:4">
+        <v>3534</v>
+      </c>
+    </row>
+    <row r="650" spans="1:2">
       <c r="A650" t="s">
         <v>652</v>
       </c>
       <c r="B650" t="s">
-        <v>3216</v>
-[...2 lines deleted...]
-    <row r="651" spans="1:4">
+        <v>3535</v>
+      </c>
+    </row>
+    <row r="651" spans="1:2">
       <c r="A651" t="s">
         <v>653</v>
       </c>
       <c r="B651" t="s">
-        <v>3217</v>
-[...2 lines deleted...]
-    <row r="652" spans="1:4">
+        <v>3536</v>
+      </c>
+    </row>
+    <row r="652" spans="1:2">
       <c r="A652" t="s">
         <v>654</v>
       </c>
       <c r="B652" t="s">
-        <v>3218</v>
-[...2 lines deleted...]
-    <row r="653" spans="1:4">
+        <v>3537</v>
+      </c>
+    </row>
+    <row r="653" spans="1:2">
       <c r="A653" t="s">
         <v>655</v>
       </c>
       <c r="B653" t="s">
-        <v>3219</v>
-[...2 lines deleted...]
-    <row r="654" spans="1:4">
+        <v>3538</v>
+      </c>
+    </row>
+    <row r="654" spans="1:2">
       <c r="A654" t="s">
         <v>656</v>
       </c>
       <c r="B654" t="s">
-        <v>3220</v>
-[...2 lines deleted...]
-    <row r="655" spans="1:4">
+        <v>3539</v>
+      </c>
+    </row>
+    <row r="655" spans="1:2">
       <c r="A655" t="s">
         <v>657</v>
       </c>
       <c r="B655" t="s">
-        <v>3221</v>
-[...2 lines deleted...]
-    <row r="656" spans="1:4">
+        <v>3540</v>
+      </c>
+    </row>
+    <row r="656" spans="1:2">
       <c r="A656" t="s">
         <v>658</v>
       </c>
       <c r="B656" t="s">
-        <v>3222</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="657" spans="1:2">
       <c r="A657" t="s">
         <v>659</v>
       </c>
       <c r="B657" t="s">
-        <v>3223</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="658" spans="1:2">
       <c r="A658" t="s">
         <v>660</v>
       </c>
       <c r="B658" t="s">
-        <v>3224</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="659" spans="1:2">
       <c r="A659" t="s">
         <v>661</v>
       </c>
       <c r="B659" t="s">
-        <v>3225</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="660" spans="1:2">
       <c r="A660" t="s">
         <v>662</v>
       </c>
       <c r="B660" t="s">
-        <v>3226</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="661" spans="1:2">
       <c r="A661" t="s">
         <v>663</v>
       </c>
       <c r="B661" t="s">
-        <v>3227</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="662" spans="1:2">
       <c r="A662" t="s">
         <v>664</v>
       </c>
       <c r="B662" t="s">
-        <v>3228</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="663" spans="1:2">
       <c r="A663" t="s">
         <v>665</v>
       </c>
       <c r="B663" t="s">
-        <v>3229</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="664" spans="1:2">
       <c r="A664" t="s">
         <v>666</v>
       </c>
       <c r="B664" t="s">
-        <v>3230</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="665" spans="1:2">
       <c r="A665" t="s">
         <v>667</v>
       </c>
       <c r="B665" t="s">
-        <v>3231</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="666" spans="1:2">
       <c r="A666" t="s">
         <v>668</v>
       </c>
       <c r="B666" t="s">
-        <v>3232</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="667" spans="1:2">
       <c r="A667" t="s">
         <v>669</v>
       </c>
       <c r="B667" t="s">
-        <v>3233</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="668" spans="1:2">
       <c r="A668" t="s">
         <v>670</v>
       </c>
       <c r="B668" t="s">
-        <v>3234</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="669" spans="1:2">
       <c r="A669" t="s">
         <v>671</v>
       </c>
       <c r="B669" t="s">
-        <v>3235</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="670" spans="1:2">
       <c r="A670" t="s">
         <v>672</v>
       </c>
       <c r="B670" t="s">
-        <v>3236</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="671" spans="1:2">
       <c r="A671" t="s">
         <v>673</v>
       </c>
       <c r="B671" t="s">
-        <v>3237</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="672" spans="1:2">
       <c r="A672" t="s">
         <v>674</v>
       </c>
       <c r="B672" t="s">
-        <v>3238</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="673" spans="1:2">
       <c r="A673" t="s">
         <v>675</v>
       </c>
       <c r="B673" t="s">
-        <v>3239</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="674" spans="1:2">
       <c r="A674" t="s">
         <v>676</v>
       </c>
       <c r="B674" t="s">
-        <v>3240</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="675" spans="1:2">
       <c r="A675" t="s">
         <v>677</v>
       </c>
       <c r="B675" t="s">
-        <v>3241</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="676" spans="1:2">
       <c r="A676" t="s">
         <v>678</v>
       </c>
       <c r="B676" t="s">
-        <v>3242</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="677" spans="1:2">
       <c r="A677" t="s">
         <v>679</v>
       </c>
       <c r="B677" t="s">
-        <v>3243</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="678" spans="1:2">
       <c r="A678" t="s">
         <v>680</v>
       </c>
       <c r="B678" t="s">
-        <v>3244</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="679" spans="1:2">
       <c r="A679" t="s">
         <v>681</v>
       </c>
       <c r="B679" t="s">
-        <v>3245</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="680" spans="1:2">
       <c r="A680" t="s">
         <v>682</v>
       </c>
       <c r="B680" t="s">
-        <v>3246</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="681" spans="1:2">
       <c r="A681" t="s">
         <v>683</v>
       </c>
       <c r="B681" t="s">
-        <v>3247</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="682" spans="1:2">
       <c r="A682" t="s">
         <v>684</v>
       </c>
       <c r="B682" t="s">
-        <v>3248</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="683" spans="1:2">
       <c r="A683" t="s">
         <v>685</v>
       </c>
       <c r="B683" t="s">
-        <v>3249</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="684" spans="1:2">
       <c r="A684" t="s">
         <v>686</v>
       </c>
       <c r="B684" t="s">
-        <v>3250</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="685" spans="1:2">
       <c r="A685" t="s">
         <v>687</v>
       </c>
       <c r="B685" t="s">
-        <v>3251</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="686" spans="1:2">
       <c r="A686" t="s">
         <v>688</v>
       </c>
       <c r="B686" t="s">
-        <v>3252</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="687" spans="1:2">
       <c r="A687" t="s">
         <v>689</v>
       </c>
       <c r="B687" t="s">
-        <v>3253</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="688" spans="1:2">
       <c r="A688" t="s">
         <v>690</v>
       </c>
       <c r="B688" t="s">
-        <v>3254</v>
-[...2 lines deleted...]
-    <row r="689" spans="1:2">
+        <v>3573</v>
+      </c>
+    </row>
+    <row r="689" spans="1:4">
       <c r="A689" t="s">
         <v>691</v>
       </c>
       <c r="B689" t="s">
-        <v>3255</v>
-[...2 lines deleted...]
-    <row r="690" spans="1:2">
+        <v>3574</v>
+      </c>
+    </row>
+    <row r="690" spans="1:4">
       <c r="A690" t="s">
         <v>692</v>
       </c>
       <c r="B690" t="s">
-        <v>3256</v>
-[...2 lines deleted...]
-    <row r="691" spans="1:2">
+        <v>3575</v>
+      </c>
+    </row>
+    <row r="691" spans="1:4">
       <c r="A691" t="s">
         <v>693</v>
       </c>
       <c r="B691" t="s">
-        <v>3257</v>
-[...2 lines deleted...]
-    <row r="692" spans="1:2">
+        <v>3576</v>
+      </c>
+    </row>
+    <row r="692" spans="1:4">
       <c r="A692" t="s">
         <v>694</v>
       </c>
       <c r="B692" t="s">
-        <v>3258</v>
-[...2 lines deleted...]
-    <row r="693" spans="1:2">
+        <v>3577</v>
+      </c>
+    </row>
+    <row r="693" spans="1:4">
       <c r="A693" t="s">
         <v>695</v>
       </c>
       <c r="B693" t="s">
-        <v>3259</v>
-[...2 lines deleted...]
-    <row r="694" spans="1:2">
+        <v>3578</v>
+      </c>
+    </row>
+    <row r="694" spans="1:4">
       <c r="A694" t="s">
         <v>696</v>
       </c>
       <c r="B694" t="s">
-        <v>3260</v>
-[...2 lines deleted...]
-    <row r="695" spans="1:2">
+        <v>3579</v>
+      </c>
+    </row>
+    <row r="695" spans="1:4">
       <c r="A695" t="s">
         <v>697</v>
       </c>
       <c r="B695" t="s">
-        <v>3261</v>
-[...2 lines deleted...]
-    <row r="696" spans="1:2">
+        <v>3580</v>
+      </c>
+    </row>
+    <row r="696" spans="1:4">
       <c r="A696" t="s">
         <v>698</v>
       </c>
       <c r="B696" t="s">
-        <v>3262</v>
-[...2 lines deleted...]
-    <row r="697" spans="1:2">
+        <v>3581</v>
+      </c>
+    </row>
+    <row r="697" spans="1:4">
       <c r="A697" t="s">
         <v>699</v>
       </c>
       <c r="B697" t="s">
-        <v>3263</v>
-[...2 lines deleted...]
-    <row r="698" spans="1:2">
+        <v>3582</v>
+      </c>
+    </row>
+    <row r="698" spans="1:4">
       <c r="A698" t="s">
         <v>700</v>
       </c>
       <c r="B698" t="s">
-        <v>3264</v>
-[...2 lines deleted...]
-    <row r="699" spans="1:2">
+        <v>3583</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4">
       <c r="A699" t="s">
         <v>701</v>
       </c>
       <c r="B699" t="s">
-        <v>3265</v>
-[...2 lines deleted...]
-    <row r="700" spans="1:2">
+        <v>3584</v>
+      </c>
+      <c r="D699" t="s">
+        <v>5774</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4">
       <c r="A700" t="s">
         <v>702</v>
       </c>
       <c r="B700" t="s">
-        <v>3266</v>
-[...2 lines deleted...]
-    <row r="701" spans="1:2">
+        <v>3585</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4">
       <c r="A701" t="s">
         <v>703</v>
       </c>
       <c r="B701" t="s">
-        <v>3267</v>
-[...2 lines deleted...]
-    <row r="702" spans="1:2">
+        <v>3586</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4">
       <c r="A702" t="s">
         <v>704</v>
       </c>
       <c r="B702" t="s">
-        <v>3268</v>
-[...2 lines deleted...]
-    <row r="703" spans="1:2">
+        <v>3587</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4">
       <c r="A703" t="s">
         <v>705</v>
       </c>
       <c r="B703" t="s">
-        <v>3269</v>
-[...2 lines deleted...]
-    <row r="704" spans="1:2">
+        <v>3588</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4">
       <c r="A704" t="s">
         <v>706</v>
       </c>
       <c r="B704" t="s">
-        <v>3270</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="705" spans="1:2">
       <c r="A705" t="s">
         <v>707</v>
       </c>
       <c r="B705" t="s">
-        <v>3271</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="706" spans="1:2">
       <c r="A706" t="s">
         <v>708</v>
       </c>
       <c r="B706" t="s">
-        <v>3272</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="707" spans="1:2">
       <c r="A707" t="s">
         <v>709</v>
       </c>
       <c r="B707" t="s">
-        <v>3273</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="708" spans="1:2">
       <c r="A708" t="s">
         <v>710</v>
       </c>
       <c r="B708" t="s">
-        <v>3274</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="709" spans="1:2">
       <c r="A709" t="s">
         <v>711</v>
       </c>
       <c r="B709" t="s">
-        <v>3275</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="710" spans="1:2">
       <c r="A710" t="s">
         <v>712</v>
       </c>
       <c r="B710" t="s">
-        <v>3276</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="711" spans="1:2">
       <c r="A711" t="s">
         <v>713</v>
       </c>
       <c r="B711" t="s">
-        <v>3277</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="712" spans="1:2">
       <c r="A712" t="s">
         <v>714</v>
       </c>
       <c r="B712" t="s">
-        <v>3278</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="713" spans="1:2">
       <c r="A713" t="s">
         <v>715</v>
       </c>
       <c r="B713" t="s">
-        <v>3279</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="714" spans="1:2">
       <c r="A714" t="s">
         <v>716</v>
       </c>
       <c r="B714" t="s">
-        <v>3280</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="715" spans="1:2">
       <c r="A715" t="s">
         <v>717</v>
       </c>
       <c r="B715" t="s">
-        <v>3281</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="716" spans="1:2">
       <c r="A716" t="s">
         <v>718</v>
       </c>
       <c r="B716" t="s">
-        <v>3282</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="717" spans="1:2">
       <c r="A717" t="s">
         <v>719</v>
       </c>
       <c r="B717" t="s">
-        <v>3283</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="718" spans="1:2">
       <c r="A718" t="s">
         <v>720</v>
       </c>
       <c r="B718" t="s">
-        <v>3284</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="719" spans="1:2">
       <c r="A719" t="s">
         <v>721</v>
       </c>
       <c r="B719" t="s">
-        <v>3285</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="720" spans="1:2">
       <c r="A720" t="s">
         <v>722</v>
       </c>
       <c r="B720" t="s">
-        <v>3286</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" t="s">
         <v>723</v>
       </c>
       <c r="B721" t="s">
-        <v>3287</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" t="s">
         <v>724</v>
       </c>
       <c r="B722" t="s">
-        <v>3288</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" t="s">
         <v>725</v>
       </c>
       <c r="B723" t="s">
-        <v>3289</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" t="s">
         <v>726</v>
       </c>
       <c r="B724" t="s">
-        <v>3290</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" t="s">
         <v>727</v>
       </c>
       <c r="B725" t="s">
-        <v>3291</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" t="s">
         <v>728</v>
       </c>
       <c r="B726" t="s">
-        <v>3292</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" t="s">
         <v>729</v>
       </c>
       <c r="B727" t="s">
-        <v>3293</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" t="s">
         <v>730</v>
       </c>
       <c r="B728" t="s">
-        <v>3294</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" t="s">
         <v>731</v>
       </c>
       <c r="B729" t="s">
-        <v>3295</v>
-[...5 lines deleted...]
-        <v>5195</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" t="s">
         <v>732</v>
       </c>
       <c r="B730" t="s">
-        <v>3296</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" t="s">
         <v>733</v>
       </c>
       <c r="B731" t="s">
-        <v>3297</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" t="s">
         <v>734</v>
       </c>
       <c r="B732" t="s">
-        <v>3298</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" t="s">
         <v>735</v>
       </c>
       <c r="B733" t="s">
-        <v>3299</v>
+        <v>3618</v>
+      </c>
+      <c r="C733" t="s">
+        <v>5721</v>
+      </c>
+      <c r="D733" t="s">
+        <v>5775</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" t="s">
         <v>736</v>
       </c>
       <c r="B734" t="s">
-        <v>3300</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" t="s">
         <v>737</v>
       </c>
       <c r="B735" t="s">
-        <v>3301</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" t="s">
         <v>738</v>
       </c>
       <c r="B736" t="s">
-        <v>3302</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="737" spans="1:2">
       <c r="A737" t="s">
         <v>739</v>
       </c>
       <c r="B737" t="s">
-        <v>3303</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="738" spans="1:2">
       <c r="A738" t="s">
         <v>740</v>
       </c>
       <c r="B738" t="s">
-        <v>3304</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="739" spans="1:2">
       <c r="A739" t="s">
         <v>741</v>
       </c>
       <c r="B739" t="s">
-        <v>3305</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="740" spans="1:2">
       <c r="A740" t="s">
         <v>742</v>
       </c>
       <c r="B740" t="s">
-        <v>3306</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="741" spans="1:2">
       <c r="A741" t="s">
         <v>743</v>
       </c>
       <c r="B741" t="s">
-        <v>3307</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="742" spans="1:2">
       <c r="A742" t="s">
         <v>744</v>
       </c>
       <c r="B742" t="s">
-        <v>3308</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="743" spans="1:2">
       <c r="A743" t="s">
         <v>745</v>
       </c>
       <c r="B743" t="s">
-        <v>3309</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="744" spans="1:2">
       <c r="A744" t="s">
         <v>746</v>
       </c>
       <c r="B744" t="s">
-        <v>3310</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="745" spans="1:2">
       <c r="A745" t="s">
         <v>747</v>
       </c>
       <c r="B745" t="s">
-        <v>3311</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="746" spans="1:2">
       <c r="A746" t="s">
         <v>748</v>
       </c>
       <c r="B746" t="s">
-        <v>3312</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="747" spans="1:2">
       <c r="A747" t="s">
         <v>749</v>
       </c>
       <c r="B747" t="s">
-        <v>3313</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="748" spans="1:2">
       <c r="A748" t="s">
         <v>750</v>
       </c>
       <c r="B748" t="s">
-        <v>3314</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="749" spans="1:2">
       <c r="A749" t="s">
         <v>751</v>
       </c>
       <c r="B749" t="s">
-        <v>3315</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="750" spans="1:2">
       <c r="A750" t="s">
         <v>752</v>
       </c>
       <c r="B750" t="s">
-        <v>3316</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="751" spans="1:2">
       <c r="A751" t="s">
         <v>753</v>
       </c>
       <c r="B751" t="s">
-        <v>3317</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="752" spans="1:2">
       <c r="A752" t="s">
         <v>754</v>
       </c>
       <c r="B752" t="s">
-        <v>3318</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="753" spans="1:2">
       <c r="A753" t="s">
         <v>755</v>
       </c>
       <c r="B753" t="s">
-        <v>3319</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="754" spans="1:2">
       <c r="A754" t="s">
         <v>756</v>
       </c>
       <c r="B754" t="s">
-        <v>3320</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="755" spans="1:2">
       <c r="A755" t="s">
         <v>757</v>
       </c>
       <c r="B755" t="s">
-        <v>3321</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="756" spans="1:2">
       <c r="A756" t="s">
         <v>758</v>
       </c>
       <c r="B756" t="s">
-        <v>3322</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="757" spans="1:2">
       <c r="A757" t="s">
         <v>759</v>
       </c>
       <c r="B757" t="s">
-        <v>3323</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="758" spans="1:2">
       <c r="A758" t="s">
         <v>760</v>
       </c>
       <c r="B758" t="s">
-        <v>3324</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="759" spans="1:2">
       <c r="A759" t="s">
         <v>761</v>
       </c>
       <c r="B759" t="s">
-        <v>3325</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="760" spans="1:2">
       <c r="A760" t="s">
         <v>762</v>
       </c>
       <c r="B760" t="s">
-        <v>3326</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="761" spans="1:2">
       <c r="A761" t="s">
         <v>763</v>
       </c>
       <c r="B761" t="s">
-        <v>3327</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="762" spans="1:2">
       <c r="A762" t="s">
         <v>764</v>
       </c>
       <c r="B762" t="s">
-        <v>3328</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="763" spans="1:2">
       <c r="A763" t="s">
         <v>765</v>
       </c>
       <c r="B763" t="s">
-        <v>3329</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="764" spans="1:2">
       <c r="A764" t="s">
         <v>766</v>
       </c>
       <c r="B764" t="s">
-        <v>3330</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="765" spans="1:2">
       <c r="A765" t="s">
         <v>767</v>
       </c>
       <c r="B765" t="s">
-        <v>3331</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="766" spans="1:2">
       <c r="A766" t="s">
         <v>768</v>
       </c>
       <c r="B766" t="s">
-        <v>3332</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="767" spans="1:2">
       <c r="A767" t="s">
         <v>769</v>
       </c>
       <c r="B767" t="s">
-        <v>3333</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="768" spans="1:2">
       <c r="A768" t="s">
         <v>770</v>
       </c>
       <c r="B768" t="s">
-        <v>3334</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="769" spans="1:2">
       <c r="A769" t="s">
         <v>771</v>
       </c>
       <c r="B769" t="s">
-        <v>3335</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="770" spans="1:2">
       <c r="A770" t="s">
         <v>772</v>
       </c>
       <c r="B770" t="s">
-        <v>3336</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="771" spans="1:2">
       <c r="A771" t="s">
         <v>773</v>
       </c>
       <c r="B771" t="s">
-        <v>3337</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="772" spans="1:2">
       <c r="A772" t="s">
         <v>774</v>
       </c>
       <c r="B772" t="s">
-        <v>3338</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="773" spans="1:2">
       <c r="A773" t="s">
         <v>775</v>
       </c>
       <c r="B773" t="s">
-        <v>3339</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="774" spans="1:2">
       <c r="A774" t="s">
         <v>776</v>
       </c>
       <c r="B774" t="s">
-        <v>3340</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="775" spans="1:2">
       <c r="A775" t="s">
         <v>777</v>
       </c>
       <c r="B775" t="s">
-        <v>3341</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="776" spans="1:2">
       <c r="A776" t="s">
         <v>778</v>
       </c>
       <c r="B776" t="s">
-        <v>3342</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="777" spans="1:2">
       <c r="A777" t="s">
         <v>779</v>
       </c>
       <c r="B777" t="s">
-        <v>3343</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="778" spans="1:2">
       <c r="A778" t="s">
         <v>780</v>
       </c>
       <c r="B778" t="s">
-        <v>3344</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="779" spans="1:2">
       <c r="A779" t="s">
         <v>781</v>
       </c>
       <c r="B779" t="s">
-        <v>3345</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="780" spans="1:2">
       <c r="A780" t="s">
         <v>782</v>
       </c>
       <c r="B780" t="s">
-        <v>3346</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="781" spans="1:2">
       <c r="A781" t="s">
         <v>783</v>
       </c>
       <c r="B781" t="s">
-        <v>3347</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="782" spans="1:2">
       <c r="A782" t="s">
         <v>784</v>
       </c>
       <c r="B782" t="s">
-        <v>3348</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="783" spans="1:2">
       <c r="A783" t="s">
         <v>785</v>
       </c>
       <c r="B783" t="s">
-        <v>3349</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="784" spans="1:2">
       <c r="A784" t="s">
         <v>786</v>
       </c>
       <c r="B784" t="s">
-        <v>3350</v>
-[...2 lines deleted...]
-    <row r="785" spans="1:2">
+        <v>3669</v>
+      </c>
+    </row>
+    <row r="785" spans="1:4">
       <c r="A785" t="s">
         <v>787</v>
       </c>
       <c r="B785" t="s">
-        <v>3351</v>
-[...2 lines deleted...]
-    <row r="786" spans="1:2">
+        <v>3670</v>
+      </c>
+    </row>
+    <row r="786" spans="1:4">
       <c r="A786" t="s">
         <v>788</v>
       </c>
       <c r="B786" t="s">
-        <v>3352</v>
-[...2 lines deleted...]
-    <row r="787" spans="1:2">
+        <v>3671</v>
+      </c>
+    </row>
+    <row r="787" spans="1:4">
       <c r="A787" t="s">
         <v>789</v>
       </c>
       <c r="B787" t="s">
-        <v>3353</v>
-[...2 lines deleted...]
-    <row r="788" spans="1:2">
+        <v>3672</v>
+      </c>
+    </row>
+    <row r="788" spans="1:4">
       <c r="A788" t="s">
         <v>790</v>
       </c>
       <c r="B788" t="s">
-        <v>3354</v>
-[...2 lines deleted...]
-    <row r="789" spans="1:2">
+        <v>3673</v>
+      </c>
+    </row>
+    <row r="789" spans="1:4">
       <c r="A789" t="s">
         <v>791</v>
       </c>
       <c r="B789" t="s">
-        <v>3355</v>
-[...2 lines deleted...]
-    <row r="790" spans="1:2">
+        <v>3674</v>
+      </c>
+    </row>
+    <row r="790" spans="1:4">
       <c r="A790" t="s">
         <v>792</v>
       </c>
       <c r="B790" t="s">
-        <v>3356</v>
-[...2 lines deleted...]
-    <row r="791" spans="1:2">
+        <v>3675</v>
+      </c>
+      <c r="C790" t="s">
+        <v>5722</v>
+      </c>
+      <c r="D790" t="s">
+        <v>5776</v>
+      </c>
+    </row>
+    <row r="791" spans="1:4">
       <c r="A791" t="s">
         <v>793</v>
       </c>
       <c r="B791" t="s">
-        <v>3357</v>
-[...2 lines deleted...]
-    <row r="792" spans="1:2">
+        <v>3676</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4">
       <c r="A792" t="s">
         <v>794</v>
       </c>
       <c r="B792" t="s">
-        <v>3358</v>
-[...2 lines deleted...]
-    <row r="793" spans="1:2">
+        <v>3677</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4">
       <c r="A793" t="s">
         <v>795</v>
       </c>
       <c r="B793" t="s">
-        <v>3359</v>
-[...2 lines deleted...]
-    <row r="794" spans="1:2">
+        <v>3678</v>
+      </c>
+    </row>
+    <row r="794" spans="1:4">
       <c r="A794" t="s">
         <v>796</v>
       </c>
       <c r="B794" t="s">
-        <v>3360</v>
-[...2 lines deleted...]
-    <row r="795" spans="1:2">
+        <v>3679</v>
+      </c>
+    </row>
+    <row r="795" spans="1:4">
       <c r="A795" t="s">
         <v>797</v>
       </c>
       <c r="B795" t="s">
-        <v>3361</v>
-[...2 lines deleted...]
-    <row r="796" spans="1:2">
+        <v>3680</v>
+      </c>
+    </row>
+    <row r="796" spans="1:4">
       <c r="A796" t="s">
         <v>798</v>
       </c>
       <c r="B796" t="s">
-        <v>3362</v>
-[...2 lines deleted...]
-    <row r="797" spans="1:2">
+        <v>3681</v>
+      </c>
+    </row>
+    <row r="797" spans="1:4">
       <c r="A797" t="s">
         <v>799</v>
       </c>
       <c r="B797" t="s">
-        <v>3363</v>
-[...2 lines deleted...]
-    <row r="798" spans="1:2">
+        <v>3682</v>
+      </c>
+    </row>
+    <row r="798" spans="1:4">
       <c r="A798" t="s">
         <v>800</v>
       </c>
       <c r="B798" t="s">
-        <v>3364</v>
-[...2 lines deleted...]
-    <row r="799" spans="1:2">
+        <v>3683</v>
+      </c>
+    </row>
+    <row r="799" spans="1:4">
       <c r="A799" t="s">
         <v>801</v>
       </c>
       <c r="B799" t="s">
-        <v>3365</v>
-[...2 lines deleted...]
-    <row r="800" spans="1:2">
+        <v>3684</v>
+      </c>
+    </row>
+    <row r="800" spans="1:4">
       <c r="A800" t="s">
         <v>802</v>
       </c>
       <c r="B800" t="s">
-        <v>3366</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="801" spans="1:2">
       <c r="A801" t="s">
         <v>803</v>
       </c>
       <c r="B801" t="s">
-        <v>3367</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="802" spans="1:2">
       <c r="A802" t="s">
         <v>804</v>
       </c>
       <c r="B802" t="s">
-        <v>3368</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="803" spans="1:2">
       <c r="A803" t="s">
         <v>805</v>
       </c>
       <c r="B803" t="s">
-        <v>3369</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="804" spans="1:2">
       <c r="A804" t="s">
         <v>806</v>
       </c>
       <c r="B804" t="s">
-        <v>3370</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="805" spans="1:2">
       <c r="A805" t="s">
         <v>807</v>
       </c>
       <c r="B805" t="s">
-        <v>3371</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="806" spans="1:2">
       <c r="A806" t="s">
         <v>808</v>
       </c>
       <c r="B806" t="s">
-        <v>3372</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="807" spans="1:2">
       <c r="A807" t="s">
         <v>809</v>
       </c>
       <c r="B807" t="s">
-        <v>3373</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="808" spans="1:2">
       <c r="A808" t="s">
         <v>810</v>
       </c>
       <c r="B808" t="s">
-        <v>3374</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="809" spans="1:2">
       <c r="A809" t="s">
         <v>811</v>
       </c>
       <c r="B809" t="s">
-        <v>3375</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="810" spans="1:2">
       <c r="A810" t="s">
         <v>812</v>
       </c>
       <c r="B810" t="s">
-        <v>3376</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="811" spans="1:2">
       <c r="A811" t="s">
         <v>813</v>
       </c>
       <c r="B811" t="s">
-        <v>3377</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="812" spans="1:2">
       <c r="A812" t="s">
         <v>814</v>
       </c>
       <c r="B812" t="s">
-        <v>3378</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="813" spans="1:2">
       <c r="A813" t="s">
         <v>815</v>
       </c>
       <c r="B813" t="s">
-        <v>3379</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="814" spans="1:2">
       <c r="A814" t="s">
         <v>816</v>
       </c>
       <c r="B814" t="s">
-        <v>3380</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="815" spans="1:2">
       <c r="A815" t="s">
         <v>817</v>
       </c>
       <c r="B815" t="s">
-        <v>3381</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="816" spans="1:2">
       <c r="A816" t="s">
         <v>818</v>
       </c>
       <c r="B816" t="s">
-        <v>3382</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="817" spans="1:2">
       <c r="A817" t="s">
         <v>819</v>
       </c>
       <c r="B817" t="s">
-        <v>3383</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="818" spans="1:2">
       <c r="A818" t="s">
         <v>820</v>
       </c>
       <c r="B818" t="s">
-        <v>3384</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="819" spans="1:2">
       <c r="A819" t="s">
         <v>821</v>
       </c>
       <c r="B819" t="s">
-        <v>3385</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="820" spans="1:2">
       <c r="A820" t="s">
         <v>822</v>
       </c>
       <c r="B820" t="s">
-        <v>3386</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="821" spans="1:2">
       <c r="A821" t="s">
         <v>823</v>
       </c>
       <c r="B821" t="s">
-        <v>3387</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="822" spans="1:2">
       <c r="A822" t="s">
         <v>824</v>
       </c>
       <c r="B822" t="s">
-        <v>3388</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="823" spans="1:2">
       <c r="A823" t="s">
         <v>825</v>
       </c>
       <c r="B823" t="s">
-        <v>3389</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="824" spans="1:2">
       <c r="A824" t="s">
         <v>826</v>
       </c>
       <c r="B824" t="s">
-        <v>3390</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="825" spans="1:2">
       <c r="A825" t="s">
         <v>827</v>
       </c>
       <c r="B825" t="s">
-        <v>3391</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="826" spans="1:2">
       <c r="A826" t="s">
         <v>828</v>
       </c>
       <c r="B826" t="s">
-        <v>3392</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="827" spans="1:2">
       <c r="A827" t="s">
         <v>829</v>
       </c>
       <c r="B827" t="s">
-        <v>3393</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="828" spans="1:2">
       <c r="A828" t="s">
         <v>830</v>
       </c>
       <c r="B828" t="s">
-        <v>3394</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="829" spans="1:2">
       <c r="A829" t="s">
         <v>831</v>
       </c>
       <c r="B829" t="s">
-        <v>3395</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="830" spans="1:2">
       <c r="A830" t="s">
         <v>832</v>
       </c>
       <c r="B830" t="s">
-        <v>3396</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="831" spans="1:2">
       <c r="A831" t="s">
         <v>833</v>
       </c>
       <c r="B831" t="s">
-        <v>3397</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="832" spans="1:2">
       <c r="A832" t="s">
         <v>834</v>
       </c>
       <c r="B832" t="s">
-        <v>3398</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="833" spans="1:2">
       <c r="A833" t="s">
         <v>835</v>
       </c>
       <c r="B833" t="s">
-        <v>3399</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="834" spans="1:2">
       <c r="A834" t="s">
         <v>836</v>
       </c>
       <c r="B834" t="s">
-        <v>3400</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="835" spans="1:2">
       <c r="A835" t="s">
         <v>837</v>
       </c>
       <c r="B835" t="s">
-        <v>3401</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="836" spans="1:2">
       <c r="A836" t="s">
         <v>838</v>
       </c>
       <c r="B836" t="s">
-        <v>3402</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="837" spans="1:2">
       <c r="A837" t="s">
         <v>839</v>
       </c>
       <c r="B837" t="s">
-        <v>3403</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="838" spans="1:2">
       <c r="A838" t="s">
         <v>840</v>
       </c>
       <c r="B838" t="s">
-        <v>3404</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="839" spans="1:2">
       <c r="A839" t="s">
         <v>841</v>
       </c>
       <c r="B839" t="s">
-        <v>3405</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="840" spans="1:2">
       <c r="A840" t="s">
         <v>842</v>
       </c>
       <c r="B840" t="s">
-        <v>3406</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="841" spans="1:2">
       <c r="A841" t="s">
         <v>843</v>
       </c>
       <c r="B841" t="s">
-        <v>3407</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="842" spans="1:2">
       <c r="A842" t="s">
         <v>844</v>
       </c>
       <c r="B842" t="s">
-        <v>3408</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="843" spans="1:2">
       <c r="A843" t="s">
         <v>845</v>
       </c>
       <c r="B843" t="s">
-        <v>3409</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="844" spans="1:2">
       <c r="A844" t="s">
         <v>846</v>
       </c>
       <c r="B844" t="s">
-        <v>3410</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="845" spans="1:2">
       <c r="A845" t="s">
         <v>847</v>
       </c>
       <c r="B845" t="s">
-        <v>3411</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="846" spans="1:2">
       <c r="A846" t="s">
         <v>848</v>
       </c>
       <c r="B846" t="s">
-        <v>3412</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="847" spans="1:2">
       <c r="A847" t="s">
         <v>849</v>
       </c>
       <c r="B847" t="s">
-        <v>3413</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="848" spans="1:2">
       <c r="A848" t="s">
         <v>850</v>
       </c>
       <c r="B848" t="s">
-        <v>3414</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="849" spans="1:2">
       <c r="A849" t="s">
         <v>851</v>
       </c>
       <c r="B849" t="s">
-        <v>3415</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="850" spans="1:2">
       <c r="A850" t="s">
         <v>852</v>
       </c>
       <c r="B850" t="s">
-        <v>3416</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="851" spans="1:2">
       <c r="A851" t="s">
         <v>853</v>
       </c>
       <c r="B851" t="s">
-        <v>3417</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="852" spans="1:2">
       <c r="A852" t="s">
         <v>854</v>
       </c>
       <c r="B852" t="s">
-        <v>3418</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="853" spans="1:2">
       <c r="A853" t="s">
         <v>855</v>
       </c>
       <c r="B853" t="s">
-        <v>3419</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="854" spans="1:2">
       <c r="A854" t="s">
         <v>856</v>
       </c>
       <c r="B854" t="s">
-        <v>3420</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="855" spans="1:2">
       <c r="A855" t="s">
         <v>857</v>
       </c>
       <c r="B855" t="s">
-        <v>3421</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="856" spans="1:2">
       <c r="A856" t="s">
         <v>858</v>
       </c>
       <c r="B856" t="s">
-        <v>3422</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="857" spans="1:2">
       <c r="A857" t="s">
         <v>859</v>
       </c>
       <c r="B857" t="s">
-        <v>3423</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="858" spans="1:2">
       <c r="A858" t="s">
         <v>860</v>
       </c>
       <c r="B858" t="s">
-        <v>3424</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="859" spans="1:2">
       <c r="A859" t="s">
         <v>861</v>
       </c>
       <c r="B859" t="s">
-        <v>3425</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="860" spans="1:2">
       <c r="A860" t="s">
         <v>862</v>
       </c>
       <c r="B860" t="s">
-        <v>3426</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="861" spans="1:2">
       <c r="A861" t="s">
         <v>863</v>
       </c>
       <c r="B861" t="s">
-        <v>3427</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="862" spans="1:2">
       <c r="A862" t="s">
         <v>864</v>
       </c>
       <c r="B862" t="s">
-        <v>3428</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="863" spans="1:2">
       <c r="A863" t="s">
         <v>865</v>
       </c>
       <c r="B863" t="s">
-        <v>3429</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="864" spans="1:2">
       <c r="A864" t="s">
         <v>866</v>
       </c>
       <c r="B864" t="s">
-        <v>3430</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="865" spans="1:2">
       <c r="A865" t="s">
         <v>867</v>
       </c>
       <c r="B865" t="s">
-        <v>3431</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="866" spans="1:2">
       <c r="A866" t="s">
         <v>868</v>
       </c>
       <c r="B866" t="s">
-        <v>3432</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="867" spans="1:2">
       <c r="A867" t="s">
         <v>869</v>
       </c>
       <c r="B867" t="s">
-        <v>3433</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="868" spans="1:2">
       <c r="A868" t="s">
         <v>870</v>
       </c>
       <c r="B868" t="s">
-        <v>3434</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="869" spans="1:2">
       <c r="A869" t="s">
         <v>871</v>
       </c>
       <c r="B869" t="s">
-        <v>3435</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="870" spans="1:2">
       <c r="A870" t="s">
         <v>872</v>
       </c>
       <c r="B870" t="s">
-        <v>3436</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="871" spans="1:2">
       <c r="A871" t="s">
         <v>873</v>
       </c>
       <c r="B871" t="s">
-        <v>3437</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="872" spans="1:2">
       <c r="A872" t="s">
         <v>874</v>
       </c>
       <c r="B872" t="s">
-        <v>3438</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="873" spans="1:2">
       <c r="A873" t="s">
         <v>875</v>
       </c>
       <c r="B873" t="s">
-        <v>3439</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="874" spans="1:2">
       <c r="A874" t="s">
         <v>876</v>
       </c>
       <c r="B874" t="s">
-        <v>3440</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="875" spans="1:2">
       <c r="A875" t="s">
         <v>877</v>
       </c>
       <c r="B875" t="s">
-        <v>3441</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="876" spans="1:2">
       <c r="A876" t="s">
         <v>878</v>
       </c>
       <c r="B876" t="s">
-        <v>3442</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="877" spans="1:2">
       <c r="A877" t="s">
         <v>879</v>
       </c>
       <c r="B877" t="s">
-        <v>3443</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="878" spans="1:2">
       <c r="A878" t="s">
         <v>880</v>
       </c>
       <c r="B878" t="s">
-        <v>3444</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="879" spans="1:2">
       <c r="A879" t="s">
         <v>881</v>
       </c>
       <c r="B879" t="s">
-        <v>3445</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="880" spans="1:2">
       <c r="A880" t="s">
         <v>882</v>
       </c>
       <c r="B880" t="s">
-        <v>3446</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="881" spans="1:2">
       <c r="A881" t="s">
         <v>883</v>
       </c>
       <c r="B881" t="s">
-        <v>3447</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="882" spans="1:2">
       <c r="A882" t="s">
         <v>884</v>
       </c>
       <c r="B882" t="s">
-        <v>3448</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="883" spans="1:2">
       <c r="A883" t="s">
         <v>885</v>
       </c>
       <c r="B883" t="s">
-        <v>3449</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="884" spans="1:2">
       <c r="A884" t="s">
         <v>886</v>
       </c>
       <c r="B884" t="s">
-        <v>3450</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="885" spans="1:2">
       <c r="A885" t="s">
         <v>887</v>
       </c>
       <c r="B885" t="s">
-        <v>3451</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="886" spans="1:2">
       <c r="A886" t="s">
         <v>888</v>
       </c>
       <c r="B886" t="s">
-        <v>3452</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="887" spans="1:2">
       <c r="A887" t="s">
         <v>889</v>
       </c>
       <c r="B887" t="s">
-        <v>3453</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="888" spans="1:2">
       <c r="A888" t="s">
         <v>890</v>
       </c>
       <c r="B888" t="s">
-        <v>3454</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="889" spans="1:2">
       <c r="A889" t="s">
         <v>891</v>
       </c>
       <c r="B889" t="s">
-        <v>3455</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="890" spans="1:2">
       <c r="A890" t="s">
         <v>892</v>
       </c>
       <c r="B890" t="s">
-        <v>3456</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="891" spans="1:2">
       <c r="A891" t="s">
         <v>893</v>
       </c>
       <c r="B891" t="s">
-        <v>3457</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="892" spans="1:2">
       <c r="A892" t="s">
         <v>894</v>
       </c>
       <c r="B892" t="s">
-        <v>3458</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="893" spans="1:2">
       <c r="A893" t="s">
         <v>895</v>
       </c>
       <c r="B893" t="s">
-        <v>3459</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="894" spans="1:2">
       <c r="A894" t="s">
         <v>896</v>
       </c>
       <c r="B894" t="s">
-        <v>3460</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="895" spans="1:2">
       <c r="A895" t="s">
         <v>897</v>
       </c>
       <c r="B895" t="s">
-        <v>3461</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="896" spans="1:2">
       <c r="A896" t="s">
         <v>898</v>
       </c>
       <c r="B896" t="s">
-        <v>3462</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="897" spans="1:2">
       <c r="A897" t="s">
         <v>899</v>
       </c>
       <c r="B897" t="s">
-        <v>3463</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="898" spans="1:2">
       <c r="A898" t="s">
         <v>900</v>
       </c>
       <c r="B898" t="s">
-        <v>3464</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="899" spans="1:2">
       <c r="A899" t="s">
         <v>901</v>
       </c>
       <c r="B899" t="s">
-        <v>3465</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="900" spans="1:2">
       <c r="A900" t="s">
         <v>902</v>
       </c>
       <c r="B900" t="s">
-        <v>3466</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="901" spans="1:2">
       <c r="A901" t="s">
         <v>903</v>
       </c>
       <c r="B901" t="s">
-        <v>3467</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="902" spans="1:2">
       <c r="A902" t="s">
         <v>904</v>
       </c>
       <c r="B902" t="s">
-        <v>3468</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="903" spans="1:2">
       <c r="A903" t="s">
         <v>905</v>
       </c>
       <c r="B903" t="s">
-        <v>3469</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="904" spans="1:2">
       <c r="A904" t="s">
         <v>906</v>
       </c>
       <c r="B904" t="s">
-        <v>3470</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="905" spans="1:2">
       <c r="A905" t="s">
         <v>907</v>
       </c>
       <c r="B905" t="s">
-        <v>3471</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="906" spans="1:2">
       <c r="A906" t="s">
         <v>908</v>
       </c>
       <c r="B906" t="s">
-        <v>3472</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="907" spans="1:2">
       <c r="A907" t="s">
         <v>909</v>
       </c>
       <c r="B907" t="s">
-        <v>3473</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="908" spans="1:2">
       <c r="A908" t="s">
         <v>910</v>
       </c>
       <c r="B908" t="s">
-        <v>3474</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="909" spans="1:2">
       <c r="A909" t="s">
         <v>911</v>
       </c>
       <c r="B909" t="s">
-        <v>3475</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="910" spans="1:2">
       <c r="A910" t="s">
         <v>912</v>
       </c>
       <c r="B910" t="s">
-        <v>3476</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="911" spans="1:2">
       <c r="A911" t="s">
         <v>913</v>
       </c>
       <c r="B911" t="s">
-        <v>3477</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="912" spans="1:2">
       <c r="A912" t="s">
         <v>914</v>
       </c>
       <c r="B912" t="s">
-        <v>3478</v>
-[...2 lines deleted...]
-    <row r="913" spans="1:4">
+        <v>3796</v>
+      </c>
+    </row>
+    <row r="913" spans="1:2">
       <c r="A913" t="s">
         <v>915</v>
       </c>
       <c r="B913" t="s">
-        <v>3479</v>
-[...5 lines deleted...]
-    <row r="914" spans="1:4">
+        <v>3797</v>
+      </c>
+    </row>
+    <row r="914" spans="1:2">
       <c r="A914" t="s">
         <v>916</v>
       </c>
       <c r="B914" t="s">
-        <v>3480</v>
-[...2 lines deleted...]
-    <row r="915" spans="1:4">
+        <v>3798</v>
+      </c>
+    </row>
+    <row r="915" spans="1:2">
       <c r="A915" t="s">
         <v>917</v>
       </c>
       <c r="B915" t="s">
-        <v>3481</v>
-[...2 lines deleted...]
-    <row r="916" spans="1:4">
+        <v>3799</v>
+      </c>
+    </row>
+    <row r="916" spans="1:2">
       <c r="A916" t="s">
         <v>918</v>
       </c>
       <c r="B916" t="s">
-        <v>3482</v>
-[...2 lines deleted...]
-    <row r="917" spans="1:4">
+        <v>3800</v>
+      </c>
+    </row>
+    <row r="917" spans="1:2">
       <c r="A917" t="s">
         <v>919</v>
       </c>
       <c r="B917" t="s">
-        <v>3483</v>
-[...2 lines deleted...]
-    <row r="918" spans="1:4">
+        <v>3801</v>
+      </c>
+    </row>
+    <row r="918" spans="1:2">
       <c r="A918" t="s">
         <v>920</v>
       </c>
       <c r="B918" t="s">
-        <v>3484</v>
-[...2 lines deleted...]
-    <row r="919" spans="1:4">
+        <v>3802</v>
+      </c>
+    </row>
+    <row r="919" spans="1:2">
       <c r="A919" t="s">
         <v>921</v>
       </c>
       <c r="B919" t="s">
-        <v>3485</v>
-[...2 lines deleted...]
-    <row r="920" spans="1:4">
+        <v>3803</v>
+      </c>
+    </row>
+    <row r="920" spans="1:2">
       <c r="A920" t="s">
         <v>922</v>
       </c>
       <c r="B920" t="s">
-        <v>3486</v>
-[...2 lines deleted...]
-    <row r="921" spans="1:4">
+        <v>3804</v>
+      </c>
+    </row>
+    <row r="921" spans="1:2">
       <c r="A921" t="s">
         <v>923</v>
       </c>
       <c r="B921" t="s">
-        <v>3487</v>
-[...2 lines deleted...]
-    <row r="922" spans="1:4">
+        <v>3805</v>
+      </c>
+    </row>
+    <row r="922" spans="1:2">
       <c r="A922" t="s">
         <v>924</v>
       </c>
       <c r="B922" t="s">
-        <v>3488</v>
-[...2 lines deleted...]
-    <row r="923" spans="1:4">
+        <v>3806</v>
+      </c>
+    </row>
+    <row r="923" spans="1:2">
       <c r="A923" t="s">
         <v>925</v>
       </c>
       <c r="B923" t="s">
-        <v>3489</v>
-[...2 lines deleted...]
-    <row r="924" spans="1:4">
+        <v>3807</v>
+      </c>
+    </row>
+    <row r="924" spans="1:2">
       <c r="A924" t="s">
         <v>926</v>
       </c>
       <c r="B924" t="s">
-        <v>3490</v>
-[...2 lines deleted...]
-    <row r="925" spans="1:4">
+        <v>3808</v>
+      </c>
+    </row>
+    <row r="925" spans="1:2">
       <c r="A925" t="s">
         <v>927</v>
       </c>
       <c r="B925" t="s">
-        <v>3491</v>
-[...2 lines deleted...]
-    <row r="926" spans="1:4">
+        <v>3809</v>
+      </c>
+    </row>
+    <row r="926" spans="1:2">
       <c r="A926" t="s">
         <v>928</v>
       </c>
       <c r="B926" t="s">
-        <v>3492</v>
-[...2 lines deleted...]
-    <row r="927" spans="1:4">
+        <v>3810</v>
+      </c>
+    </row>
+    <row r="927" spans="1:2">
       <c r="A927" t="s">
         <v>929</v>
       </c>
       <c r="B927" t="s">
-        <v>3493</v>
-[...2 lines deleted...]
-    <row r="928" spans="1:4">
+        <v>3811</v>
+      </c>
+    </row>
+    <row r="928" spans="1:2">
       <c r="A928" t="s">
         <v>930</v>
       </c>
       <c r="B928" t="s">
-        <v>3494</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="929" spans="1:2">
       <c r="A929" t="s">
         <v>931</v>
       </c>
       <c r="B929" t="s">
-        <v>3495</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="930" spans="1:2">
       <c r="A930" t="s">
         <v>932</v>
       </c>
       <c r="B930" t="s">
-        <v>3496</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="931" spans="1:2">
       <c r="A931" t="s">
         <v>933</v>
       </c>
       <c r="B931" t="s">
-        <v>3497</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="932" spans="1:2">
       <c r="A932" t="s">
         <v>934</v>
       </c>
       <c r="B932" t="s">
-        <v>3498</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="933" spans="1:2">
       <c r="A933" t="s">
         <v>935</v>
       </c>
       <c r="B933" t="s">
-        <v>3499</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="934" spans="1:2">
       <c r="A934" t="s">
         <v>936</v>
       </c>
       <c r="B934" t="s">
-        <v>3500</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="935" spans="1:2">
       <c r="A935" t="s">
         <v>937</v>
       </c>
       <c r="B935" t="s">
-        <v>3501</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="936" spans="1:2">
       <c r="A936" t="s">
         <v>938</v>
       </c>
       <c r="B936" t="s">
-        <v>3502</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="937" spans="1:2">
       <c r="A937" t="s">
         <v>939</v>
       </c>
       <c r="B937" t="s">
-        <v>3503</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="938" spans="1:2">
       <c r="A938" t="s">
         <v>940</v>
       </c>
       <c r="B938" t="s">
-        <v>3504</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="939" spans="1:2">
       <c r="A939" t="s">
         <v>941</v>
       </c>
       <c r="B939" t="s">
-        <v>3505</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="940" spans="1:2">
       <c r="A940" t="s">
         <v>942</v>
       </c>
       <c r="B940" t="s">
-        <v>3506</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="941" spans="1:2">
       <c r="A941" t="s">
         <v>943</v>
       </c>
       <c r="B941" t="s">
-        <v>3507</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="942" spans="1:2">
       <c r="A942" t="s">
         <v>944</v>
       </c>
       <c r="B942" t="s">
-        <v>3508</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="943" spans="1:2">
       <c r="A943" t="s">
         <v>945</v>
       </c>
       <c r="B943" t="s">
-        <v>3509</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="944" spans="1:2">
       <c r="A944" t="s">
         <v>946</v>
       </c>
       <c r="B944" t="s">
-        <v>3510</v>
-[...2 lines deleted...]
-    <row r="945" spans="1:4">
+        <v>3828</v>
+      </c>
+    </row>
+    <row r="945" spans="1:2">
       <c r="A945" t="s">
         <v>947</v>
       </c>
       <c r="B945" t="s">
-        <v>3511</v>
-[...2 lines deleted...]
-    <row r="946" spans="1:4">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="946" spans="1:2">
       <c r="A946" t="s">
         <v>948</v>
       </c>
       <c r="B946" t="s">
-        <v>3512</v>
-[...2 lines deleted...]
-    <row r="947" spans="1:4">
+        <v>3830</v>
+      </c>
+    </row>
+    <row r="947" spans="1:2">
       <c r="A947" t="s">
         <v>949</v>
       </c>
       <c r="B947" t="s">
-        <v>3513</v>
-[...2 lines deleted...]
-    <row r="948" spans="1:4">
+        <v>3831</v>
+      </c>
+    </row>
+    <row r="948" spans="1:2">
       <c r="A948" t="s">
         <v>950</v>
       </c>
       <c r="B948" t="s">
-        <v>3514</v>
-[...2 lines deleted...]
-    <row r="949" spans="1:4">
+        <v>3832</v>
+      </c>
+    </row>
+    <row r="949" spans="1:2">
       <c r="A949" t="s">
         <v>951</v>
       </c>
       <c r="B949" t="s">
-        <v>3515</v>
-[...2 lines deleted...]
-    <row r="950" spans="1:4">
+        <v>3833</v>
+      </c>
+    </row>
+    <row r="950" spans="1:2">
       <c r="A950" t="s">
         <v>952</v>
       </c>
       <c r="B950" t="s">
-        <v>3516</v>
-[...2 lines deleted...]
-    <row r="951" spans="1:4">
+        <v>3834</v>
+      </c>
+    </row>
+    <row r="951" spans="1:2">
       <c r="A951" t="s">
         <v>953</v>
       </c>
       <c r="B951" t="s">
-        <v>3517</v>
-[...2 lines deleted...]
-    <row r="952" spans="1:4">
+        <v>3835</v>
+      </c>
+    </row>
+    <row r="952" spans="1:2">
       <c r="A952" t="s">
         <v>954</v>
       </c>
       <c r="B952" t="s">
-        <v>3518</v>
-[...5 lines deleted...]
-    <row r="953" spans="1:4">
+        <v>3836</v>
+      </c>
+    </row>
+    <row r="953" spans="1:2">
       <c r="A953" t="s">
         <v>955</v>
       </c>
       <c r="B953" t="s">
-        <v>3519</v>
-[...2 lines deleted...]
-    <row r="954" spans="1:4">
+        <v>3837</v>
+      </c>
+    </row>
+    <row r="954" spans="1:2">
       <c r="A954" t="s">
         <v>956</v>
       </c>
       <c r="B954" t="s">
-        <v>3520</v>
-[...2 lines deleted...]
-    <row r="955" spans="1:4">
+        <v>3838</v>
+      </c>
+    </row>
+    <row r="955" spans="1:2">
       <c r="A955" t="s">
         <v>957</v>
       </c>
       <c r="B955" t="s">
-        <v>3521</v>
-[...2 lines deleted...]
-    <row r="956" spans="1:4">
+        <v>3839</v>
+      </c>
+    </row>
+    <row r="956" spans="1:2">
       <c r="A956" t="s">
         <v>958</v>
       </c>
       <c r="B956" t="s">
-        <v>3522</v>
-[...2 lines deleted...]
-    <row r="957" spans="1:4">
+        <v>3840</v>
+      </c>
+    </row>
+    <row r="957" spans="1:2">
       <c r="A957" t="s">
         <v>959</v>
       </c>
       <c r="B957" t="s">
-        <v>3523</v>
-[...2 lines deleted...]
-    <row r="958" spans="1:4">
+        <v>3841</v>
+      </c>
+    </row>
+    <row r="958" spans="1:2">
       <c r="A958" t="s">
         <v>960</v>
       </c>
       <c r="B958" t="s">
-        <v>3524</v>
-[...2 lines deleted...]
-    <row r="959" spans="1:4">
+        <v>3842</v>
+      </c>
+    </row>
+    <row r="959" spans="1:2">
       <c r="A959" t="s">
         <v>961</v>
       </c>
       <c r="B959" t="s">
-        <v>3525</v>
-[...2 lines deleted...]
-    <row r="960" spans="1:4">
+        <v>3843</v>
+      </c>
+    </row>
+    <row r="960" spans="1:2">
       <c r="A960" t="s">
         <v>962</v>
       </c>
       <c r="B960" t="s">
-        <v>3526</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="961" spans="1:2">
       <c r="A961" t="s">
         <v>963</v>
       </c>
       <c r="B961" t="s">
-        <v>3527</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="962" spans="1:2">
       <c r="A962" t="s">
         <v>964</v>
       </c>
       <c r="B962" t="s">
-        <v>3528</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="963" spans="1:2">
       <c r="A963" t="s">
         <v>965</v>
       </c>
       <c r="B963" t="s">
-        <v>3529</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="964" spans="1:2">
       <c r="A964" t="s">
         <v>966</v>
       </c>
       <c r="B964" t="s">
-        <v>3530</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="965" spans="1:2">
       <c r="A965" t="s">
         <v>967</v>
       </c>
       <c r="B965" t="s">
-        <v>3531</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="966" spans="1:2">
       <c r="A966" t="s">
         <v>968</v>
       </c>
       <c r="B966" t="s">
-        <v>3532</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="967" spans="1:2">
       <c r="A967" t="s">
         <v>969</v>
       </c>
       <c r="B967" t="s">
-        <v>3533</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="968" spans="1:2">
       <c r="A968" t="s">
         <v>970</v>
       </c>
       <c r="B968" t="s">
-        <v>3534</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="969" spans="1:2">
       <c r="A969" t="s">
         <v>971</v>
       </c>
       <c r="B969" t="s">
-        <v>3535</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="970" spans="1:2">
       <c r="A970" t="s">
         <v>972</v>
       </c>
       <c r="B970" t="s">
-        <v>3536</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="971" spans="1:2">
       <c r="A971" t="s">
         <v>973</v>
       </c>
       <c r="B971" t="s">
-        <v>3537</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="972" spans="1:2">
       <c r="A972" t="s">
         <v>974</v>
       </c>
       <c r="B972" t="s">
-        <v>3538</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="973" spans="1:2">
       <c r="A973" t="s">
         <v>975</v>
       </c>
       <c r="B973" t="s">
-        <v>3539</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="974" spans="1:2">
       <c r="A974" t="s">
         <v>976</v>
       </c>
       <c r="B974" t="s">
-        <v>3540</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="975" spans="1:2">
       <c r="A975" t="s">
         <v>977</v>
       </c>
       <c r="B975" t="s">
-        <v>3541</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="976" spans="1:2">
       <c r="A976" t="s">
         <v>978</v>
       </c>
       <c r="B976" t="s">
-        <v>3542</v>
-[...2 lines deleted...]
-    <row r="977" spans="1:4">
+        <v>3860</v>
+      </c>
+    </row>
+    <row r="977" spans="1:2">
       <c r="A977" t="s">
         <v>979</v>
       </c>
       <c r="B977" t="s">
-        <v>3543</v>
-[...2 lines deleted...]
-    <row r="978" spans="1:4">
+        <v>3861</v>
+      </c>
+    </row>
+    <row r="978" spans="1:2">
       <c r="A978" t="s">
         <v>980</v>
       </c>
       <c r="B978" t="s">
-        <v>3544</v>
-[...2 lines deleted...]
-    <row r="979" spans="1:4">
+        <v>3862</v>
+      </c>
+    </row>
+    <row r="979" spans="1:2">
       <c r="A979" t="s">
         <v>981</v>
       </c>
       <c r="B979" t="s">
-        <v>3545</v>
-[...2 lines deleted...]
-    <row r="980" spans="1:4">
+        <v>3863</v>
+      </c>
+    </row>
+    <row r="980" spans="1:2">
       <c r="A980" t="s">
         <v>982</v>
       </c>
       <c r="B980" t="s">
-        <v>3546</v>
-[...2 lines deleted...]
-    <row r="981" spans="1:4">
+        <v>3864</v>
+      </c>
+    </row>
+    <row r="981" spans="1:2">
       <c r="A981" t="s">
         <v>983</v>
       </c>
       <c r="B981" t="s">
-        <v>3547</v>
-[...2 lines deleted...]
-    <row r="982" spans="1:4">
+        <v>3865</v>
+      </c>
+    </row>
+    <row r="982" spans="1:2">
       <c r="A982" t="s">
         <v>984</v>
       </c>
       <c r="B982" t="s">
-        <v>3548</v>
-[...2 lines deleted...]
-    <row r="983" spans="1:4">
+        <v>3866</v>
+      </c>
+    </row>
+    <row r="983" spans="1:2">
       <c r="A983" t="s">
         <v>985</v>
       </c>
       <c r="B983" t="s">
-        <v>3549</v>
-[...2 lines deleted...]
-    <row r="984" spans="1:4">
+        <v>3867</v>
+      </c>
+    </row>
+    <row r="984" spans="1:2">
       <c r="A984" t="s">
         <v>986</v>
       </c>
       <c r="B984" t="s">
-        <v>3550</v>
-[...2 lines deleted...]
-    <row r="985" spans="1:4">
+        <v>3868</v>
+      </c>
+    </row>
+    <row r="985" spans="1:2">
       <c r="A985" t="s">
         <v>987</v>
       </c>
       <c r="B985" t="s">
-        <v>3551</v>
-[...2 lines deleted...]
-    <row r="986" spans="1:4">
+        <v>3869</v>
+      </c>
+    </row>
+    <row r="986" spans="1:2">
       <c r="A986" t="s">
         <v>988</v>
       </c>
       <c r="B986" t="s">
-        <v>3552</v>
-[...8 lines deleted...]
-    <row r="987" spans="1:4">
+        <v>3870</v>
+      </c>
+    </row>
+    <row r="987" spans="1:2">
       <c r="A987" t="s">
         <v>989</v>
       </c>
       <c r="B987" t="s">
-        <v>3553</v>
-[...2 lines deleted...]
-    <row r="988" spans="1:4">
+        <v>3871</v>
+      </c>
+    </row>
+    <row r="988" spans="1:2">
       <c r="A988" t="s">
         <v>990</v>
       </c>
       <c r="B988" t="s">
-        <v>3554</v>
-[...2 lines deleted...]
-    <row r="989" spans="1:4">
+        <v>3872</v>
+      </c>
+    </row>
+    <row r="989" spans="1:2">
       <c r="A989" t="s">
         <v>991</v>
       </c>
       <c r="B989" t="s">
-        <v>3555</v>
-[...2 lines deleted...]
-    <row r="990" spans="1:4">
+        <v>3873</v>
+      </c>
+    </row>
+    <row r="990" spans="1:2">
       <c r="A990" t="s">
         <v>992</v>
       </c>
       <c r="B990" t="s">
-        <v>3556</v>
-[...2 lines deleted...]
-    <row r="991" spans="1:4">
+        <v>3874</v>
+      </c>
+    </row>
+    <row r="991" spans="1:2">
       <c r="A991" t="s">
         <v>993</v>
       </c>
       <c r="B991" t="s">
-        <v>3557</v>
-[...2 lines deleted...]
-    <row r="992" spans="1:4">
+        <v>3875</v>
+      </c>
+    </row>
+    <row r="992" spans="1:2">
       <c r="A992" t="s">
         <v>994</v>
       </c>
       <c r="B992" t="s">
-        <v>3558</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="993" spans="1:2">
       <c r="A993" t="s">
         <v>995</v>
       </c>
       <c r="B993" t="s">
-        <v>3559</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="994" spans="1:2">
       <c r="A994" t="s">
         <v>996</v>
       </c>
       <c r="B994" t="s">
-        <v>3560</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="995" spans="1:2">
       <c r="A995" t="s">
         <v>997</v>
       </c>
       <c r="B995" t="s">
-        <v>3561</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="996" spans="1:2">
       <c r="A996" t="s">
         <v>998</v>
       </c>
       <c r="B996" t="s">
-        <v>3562</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="997" spans="1:2">
       <c r="A997" t="s">
         <v>999</v>
       </c>
       <c r="B997" t="s">
-        <v>3563</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="998" spans="1:2">
       <c r="A998" t="s">
         <v>1000</v>
       </c>
       <c r="B998" t="s">
-        <v>3564</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="999" spans="1:2">
       <c r="A999" t="s">
         <v>1001</v>
       </c>
       <c r="B999" t="s">
-        <v>3565</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="1000" spans="1:2">
       <c r="A1000" t="s">
         <v>1002</v>
       </c>
       <c r="B1000" t="s">
-        <v>3566</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="1001" spans="1:2">
       <c r="A1001" t="s">
         <v>1003</v>
       </c>
       <c r="B1001" t="s">
-        <v>3567</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="1002" spans="1:2">
       <c r="A1002" t="s">
         <v>1004</v>
       </c>
       <c r="B1002" t="s">
-        <v>3568</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="1003" spans="1:2">
       <c r="A1003" t="s">
         <v>1005</v>
       </c>
       <c r="B1003" t="s">
-        <v>3569</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="1004" spans="1:2">
       <c r="A1004" t="s">
         <v>1006</v>
       </c>
       <c r="B1004" t="s">
-        <v>3570</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="1005" spans="1:2">
       <c r="A1005" t="s">
         <v>1007</v>
       </c>
       <c r="B1005" t="s">
-        <v>3571</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="1006" spans="1:2">
       <c r="A1006" t="s">
         <v>1008</v>
       </c>
       <c r="B1006" t="s">
-        <v>3572</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="1007" spans="1:2">
       <c r="A1007" t="s">
         <v>1009</v>
       </c>
       <c r="B1007" t="s">
-        <v>3573</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="1008" spans="1:2">
       <c r="A1008" t="s">
         <v>1010</v>
       </c>
       <c r="B1008" t="s">
-        <v>3574</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="1009" spans="1:4">
       <c r="A1009" t="s">
         <v>1011</v>
       </c>
       <c r="B1009" t="s">
-        <v>3575</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="1010" spans="1:4">
       <c r="A1010" t="s">
         <v>1012</v>
       </c>
       <c r="B1010" t="s">
-        <v>3576</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="1011" spans="1:4">
       <c r="A1011" t="s">
         <v>1013</v>
       </c>
       <c r="B1011" t="s">
-        <v>3577</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="1012" spans="1:4">
       <c r="A1012" t="s">
         <v>1014</v>
       </c>
       <c r="B1012" t="s">
-        <v>3578</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="1013" spans="1:4">
       <c r="A1013" t="s">
         <v>1015</v>
       </c>
       <c r="B1013" t="s">
-        <v>3579</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="1014" spans="1:4">
       <c r="A1014" t="s">
         <v>1016</v>
       </c>
       <c r="B1014" t="s">
-        <v>3580</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="1015" spans="1:4">
       <c r="A1015" t="s">
         <v>1017</v>
       </c>
       <c r="B1015" t="s">
-        <v>3581</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="1016" spans="1:4">
       <c r="A1016" t="s">
         <v>1018</v>
       </c>
       <c r="B1016" t="s">
-        <v>3582</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="1017" spans="1:4">
       <c r="A1017" t="s">
         <v>1019</v>
       </c>
       <c r="B1017" t="s">
-        <v>3583</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="1018" spans="1:4">
       <c r="A1018" t="s">
         <v>1020</v>
       </c>
       <c r="B1018" t="s">
-        <v>3584</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="1019" spans="1:4">
       <c r="A1019" t="s">
         <v>1021</v>
       </c>
       <c r="B1019" t="s">
-        <v>3585</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="1020" spans="1:4">
       <c r="A1020" t="s">
         <v>1022</v>
       </c>
       <c r="B1020" t="s">
-        <v>3586</v>
+        <v>3904</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>5777</v>
       </c>
     </row>
     <row r="1021" spans="1:4">
       <c r="A1021" t="s">
         <v>1023</v>
       </c>
       <c r="B1021" t="s">
-        <v>3587</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="1022" spans="1:4">
       <c r="A1022" t="s">
         <v>1024</v>
       </c>
       <c r="B1022" t="s">
-        <v>3588</v>
-[...5 lines deleted...]
-        <v>5199</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="1023" spans="1:4">
       <c r="A1023" t="s">
         <v>1025</v>
       </c>
       <c r="B1023" t="s">
-        <v>3589</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="1024" spans="1:4">
       <c r="A1024" t="s">
         <v>1026</v>
       </c>
       <c r="B1024" t="s">
-        <v>3590</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="1025" spans="1:2">
       <c r="A1025" t="s">
         <v>1027</v>
       </c>
       <c r="B1025" t="s">
-        <v>3591</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="1026" spans="1:2">
       <c r="A1026" t="s">
         <v>1028</v>
       </c>
       <c r="B1026" t="s">
-        <v>3592</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="1027" spans="1:2">
       <c r="A1027" t="s">
         <v>1029</v>
       </c>
       <c r="B1027" t="s">
-        <v>3593</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="1028" spans="1:2">
       <c r="A1028" t="s">
         <v>1030</v>
       </c>
       <c r="B1028" t="s">
-        <v>3594</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="1029" spans="1:2">
       <c r="A1029" t="s">
         <v>1031</v>
       </c>
       <c r="B1029" t="s">
-        <v>3595</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="1030" spans="1:2">
       <c r="A1030" t="s">
         <v>1032</v>
       </c>
       <c r="B1030" t="s">
-        <v>3596</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="1031" spans="1:2">
       <c r="A1031" t="s">
         <v>1033</v>
       </c>
       <c r="B1031" t="s">
-        <v>3597</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="1032" spans="1:2">
       <c r="A1032" t="s">
         <v>1034</v>
       </c>
       <c r="B1032" t="s">
-        <v>3598</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="1033" spans="1:2">
       <c r="A1033" t="s">
         <v>1035</v>
       </c>
       <c r="B1033" t="s">
-        <v>3599</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="1034" spans="1:2">
       <c r="A1034" t="s">
         <v>1036</v>
       </c>
       <c r="B1034" t="s">
-        <v>3600</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="1035" spans="1:2">
       <c r="A1035" t="s">
         <v>1037</v>
       </c>
       <c r="B1035" t="s">
-        <v>3601</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="1036" spans="1:2">
       <c r="A1036" t="s">
         <v>1038</v>
       </c>
       <c r="B1036" t="s">
-        <v>3602</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="1037" spans="1:2">
       <c r="A1037" t="s">
         <v>1039</v>
       </c>
       <c r="B1037" t="s">
-        <v>3603</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="1038" spans="1:2">
       <c r="A1038" t="s">
         <v>1040</v>
       </c>
       <c r="B1038" t="s">
-        <v>3604</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="1039" spans="1:2">
       <c r="A1039" t="s">
         <v>1041</v>
       </c>
       <c r="B1039" t="s">
-        <v>3605</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="1040" spans="1:2">
       <c r="A1040" t="s">
         <v>1042</v>
       </c>
       <c r="B1040" t="s">
-        <v>3606</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="1041" spans="1:2">
       <c r="A1041" t="s">
         <v>1043</v>
       </c>
       <c r="B1041" t="s">
-        <v>3607</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="1042" spans="1:2">
       <c r="A1042" t="s">
         <v>1044</v>
       </c>
       <c r="B1042" t="s">
-        <v>3608</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="1043" spans="1:2">
       <c r="A1043" t="s">
         <v>1045</v>
       </c>
       <c r="B1043" t="s">
-        <v>3609</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="1044" spans="1:2">
       <c r="A1044" t="s">
         <v>1046</v>
       </c>
       <c r="B1044" t="s">
-        <v>3610</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="1045" spans="1:2">
       <c r="A1045" t="s">
         <v>1047</v>
       </c>
       <c r="B1045" t="s">
-        <v>3611</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="1046" spans="1:2">
       <c r="A1046" t="s">
         <v>1048</v>
       </c>
       <c r="B1046" t="s">
-        <v>3612</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="1047" spans="1:2">
       <c r="A1047" t="s">
         <v>1049</v>
       </c>
       <c r="B1047" t="s">
-        <v>3613</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="1048" spans="1:2">
       <c r="A1048" t="s">
         <v>1050</v>
       </c>
       <c r="B1048" t="s">
-        <v>3614</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="1049" spans="1:2">
       <c r="A1049" t="s">
         <v>1051</v>
       </c>
       <c r="B1049" t="s">
-        <v>3615</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="1050" spans="1:2">
       <c r="A1050" t="s">
         <v>1052</v>
       </c>
       <c r="B1050" t="s">
-        <v>3616</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="1051" spans="1:2">
       <c r="A1051" t="s">
         <v>1053</v>
       </c>
       <c r="B1051" t="s">
-        <v>3617</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="1052" spans="1:2">
       <c r="A1052" t="s">
         <v>1054</v>
       </c>
       <c r="B1052" t="s">
-        <v>3618</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="1053" spans="1:2">
       <c r="A1053" t="s">
         <v>1055</v>
       </c>
       <c r="B1053" t="s">
-        <v>3619</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="1054" spans="1:2">
       <c r="A1054" t="s">
         <v>1056</v>
       </c>
       <c r="B1054" t="s">
-        <v>3620</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="1055" spans="1:2">
       <c r="A1055" t="s">
         <v>1057</v>
       </c>
       <c r="B1055" t="s">
-        <v>3621</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="1056" spans="1:2">
       <c r="A1056" t="s">
         <v>1058</v>
       </c>
       <c r="B1056" t="s">
-        <v>3622</v>
-[...2 lines deleted...]
-    <row r="1057" spans="1:4">
+        <v>3939</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:2">
       <c r="A1057" t="s">
         <v>1059</v>
       </c>
       <c r="B1057" t="s">
-        <v>3623</v>
-[...2 lines deleted...]
-    <row r="1058" spans="1:4">
+        <v>3940</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:2">
       <c r="A1058" t="s">
         <v>1060</v>
       </c>
       <c r="B1058" t="s">
-        <v>3624</v>
-[...2 lines deleted...]
-    <row r="1059" spans="1:4">
+        <v>3941</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:2">
       <c r="A1059" t="s">
         <v>1061</v>
       </c>
       <c r="B1059" t="s">
-        <v>3625</v>
-[...2 lines deleted...]
-    <row r="1060" spans="1:4">
+        <v>3942</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:2">
       <c r="A1060" t="s">
         <v>1062</v>
       </c>
       <c r="B1060" t="s">
-        <v>3626</v>
-[...2 lines deleted...]
-    <row r="1061" spans="1:4">
+        <v>3943</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:2">
       <c r="A1061" t="s">
         <v>1063</v>
       </c>
       <c r="B1061" t="s">
-        <v>3627</v>
-[...2 lines deleted...]
-    <row r="1062" spans="1:4">
+        <v>3944</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:2">
       <c r="A1062" t="s">
         <v>1064</v>
       </c>
       <c r="B1062" t="s">
-        <v>3628</v>
-[...2 lines deleted...]
-    <row r="1063" spans="1:4">
+        <v>3945</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:2">
       <c r="A1063" t="s">
         <v>1065</v>
       </c>
       <c r="B1063" t="s">
-        <v>3629</v>
-[...2 lines deleted...]
-    <row r="1064" spans="1:4">
+        <v>3946</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:2">
       <c r="A1064" t="s">
         <v>1066</v>
       </c>
       <c r="B1064" t="s">
-        <v>3630</v>
-[...8 lines deleted...]
-    <row r="1065" spans="1:4">
+        <v>3947</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:2">
       <c r="A1065" t="s">
         <v>1067</v>
       </c>
       <c r="B1065" t="s">
-        <v>3631</v>
-[...2 lines deleted...]
-    <row r="1066" spans="1:4">
+        <v>3948</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:2">
       <c r="A1066" t="s">
         <v>1068</v>
       </c>
       <c r="B1066" t="s">
-        <v>3632</v>
-[...2 lines deleted...]
-    <row r="1067" spans="1:4">
+        <v>3949</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:2">
       <c r="A1067" t="s">
         <v>1069</v>
       </c>
       <c r="B1067" t="s">
-        <v>3633</v>
-[...2 lines deleted...]
-    <row r="1068" spans="1:4">
+        <v>3950</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:2">
       <c r="A1068" t="s">
         <v>1070</v>
       </c>
       <c r="B1068" t="s">
-        <v>3634</v>
-[...2 lines deleted...]
-    <row r="1069" spans="1:4">
+        <v>3951</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:2">
       <c r="A1069" t="s">
         <v>1071</v>
       </c>
       <c r="B1069" t="s">
-        <v>3635</v>
-[...2 lines deleted...]
-    <row r="1070" spans="1:4">
+        <v>3952</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:2">
       <c r="A1070" t="s">
         <v>1072</v>
       </c>
       <c r="B1070" t="s">
-        <v>3636</v>
-[...2 lines deleted...]
-    <row r="1071" spans="1:4">
+        <v>3953</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:2">
       <c r="A1071" t="s">
         <v>1073</v>
       </c>
       <c r="B1071" t="s">
-        <v>3637</v>
-[...2 lines deleted...]
-    <row r="1072" spans="1:4">
+        <v>3954</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:2">
       <c r="A1072" t="s">
         <v>1074</v>
       </c>
       <c r="B1072" t="s">
-        <v>3638</v>
+        <v>3955</v>
       </c>
     </row>
     <row r="1073" spans="1:2">
       <c r="A1073" t="s">
         <v>1075</v>
       </c>
       <c r="B1073" t="s">
-        <v>3639</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="1074" spans="1:2">
       <c r="A1074" t="s">
         <v>1076</v>
       </c>
       <c r="B1074" t="s">
-        <v>3640</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="1075" spans="1:2">
       <c r="A1075" t="s">
         <v>1077</v>
       </c>
       <c r="B1075" t="s">
-        <v>3641</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="1076" spans="1:2">
       <c r="A1076" t="s">
         <v>1078</v>
       </c>
       <c r="B1076" t="s">
-        <v>3642</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="1077" spans="1:2">
       <c r="A1077" t="s">
         <v>1079</v>
       </c>
       <c r="B1077" t="s">
-        <v>3643</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="1078" spans="1:2">
       <c r="A1078" t="s">
         <v>1080</v>
       </c>
       <c r="B1078" t="s">
-        <v>3644</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="1079" spans="1:2">
       <c r="A1079" t="s">
         <v>1081</v>
       </c>
       <c r="B1079" t="s">
-        <v>3645</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="1080" spans="1:2">
       <c r="A1080" t="s">
         <v>1082</v>
       </c>
       <c r="B1080" t="s">
-        <v>3646</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="1081" spans="1:2">
       <c r="A1081" t="s">
         <v>1083</v>
       </c>
       <c r="B1081" t="s">
-        <v>3647</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="1082" spans="1:2">
       <c r="A1082" t="s">
         <v>1084</v>
       </c>
       <c r="B1082" t="s">
-        <v>3648</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="1083" spans="1:2">
       <c r="A1083" t="s">
         <v>1085</v>
       </c>
       <c r="B1083" t="s">
-        <v>3649</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="1084" spans="1:2">
       <c r="A1084" t="s">
         <v>1086</v>
       </c>
       <c r="B1084" t="s">
-        <v>3650</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="1085" spans="1:2">
       <c r="A1085" t="s">
         <v>1087</v>
       </c>
       <c r="B1085" t="s">
-        <v>3651</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="1086" spans="1:2">
       <c r="A1086" t="s">
         <v>1088</v>
       </c>
       <c r="B1086" t="s">
-        <v>3652</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="1087" spans="1:2">
       <c r="A1087" t="s">
         <v>1089</v>
       </c>
       <c r="B1087" t="s">
-        <v>3653</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="1088" spans="1:2">
       <c r="A1088" t="s">
         <v>1090</v>
       </c>
       <c r="B1088" t="s">
-        <v>3654</v>
-[...2 lines deleted...]
-    <row r="1089" spans="1:2">
+        <v>3971</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:4">
       <c r="A1089" t="s">
         <v>1091</v>
       </c>
       <c r="B1089" t="s">
-        <v>3655</v>
-[...2 lines deleted...]
-    <row r="1090" spans="1:2">
+        <v>3972</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:4">
       <c r="A1090" t="s">
         <v>1092</v>
       </c>
       <c r="B1090" t="s">
-        <v>3656</v>
-[...2 lines deleted...]
-    <row r="1091" spans="1:2">
+        <v>3973</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:4">
       <c r="A1091" t="s">
         <v>1093</v>
       </c>
       <c r="B1091" t="s">
-        <v>3657</v>
-[...2 lines deleted...]
-    <row r="1092" spans="1:2">
+        <v>3974</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:4">
       <c r="A1092" t="s">
         <v>1094</v>
       </c>
       <c r="B1092" t="s">
-        <v>3658</v>
-[...2 lines deleted...]
-    <row r="1093" spans="1:2">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:4">
       <c r="A1093" t="s">
         <v>1095</v>
       </c>
       <c r="B1093" t="s">
-        <v>3659</v>
-[...2 lines deleted...]
-    <row r="1094" spans="1:2">
+        <v>3976</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:4">
       <c r="A1094" t="s">
         <v>1096</v>
       </c>
       <c r="B1094" t="s">
-        <v>3660</v>
-[...2 lines deleted...]
-    <row r="1095" spans="1:2">
+        <v>3977</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:4">
       <c r="A1095" t="s">
         <v>1097</v>
       </c>
       <c r="B1095" t="s">
-        <v>3661</v>
-[...2 lines deleted...]
-    <row r="1096" spans="1:2">
+        <v>3978</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:4">
       <c r="A1096" t="s">
         <v>1098</v>
       </c>
       <c r="B1096" t="s">
-        <v>3662</v>
-[...2 lines deleted...]
-    <row r="1097" spans="1:2">
+        <v>3979</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:4">
       <c r="A1097" t="s">
         <v>1099</v>
       </c>
       <c r="B1097" t="s">
-        <v>3663</v>
-[...2 lines deleted...]
-    <row r="1098" spans="1:2">
+        <v>3980</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:4">
       <c r="A1098" t="s">
         <v>1100</v>
       </c>
       <c r="B1098" t="s">
-        <v>3664</v>
-[...2 lines deleted...]
-    <row r="1099" spans="1:2">
+        <v>3981</v>
+      </c>
+      <c r="D1098" t="s">
+        <v>5778</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:4">
       <c r="A1099" t="s">
         <v>1101</v>
       </c>
       <c r="B1099" t="s">
-        <v>3665</v>
-[...2 lines deleted...]
-    <row r="1100" spans="1:2">
+        <v>3982</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:4">
       <c r="A1100" t="s">
         <v>1102</v>
       </c>
       <c r="B1100" t="s">
-        <v>3666</v>
-[...2 lines deleted...]
-    <row r="1101" spans="1:2">
+        <v>3983</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:4">
       <c r="A1101" t="s">
         <v>1103</v>
       </c>
       <c r="B1101" t="s">
-        <v>3667</v>
-[...2 lines deleted...]
-    <row r="1102" spans="1:2">
+        <v>3984</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:4">
       <c r="A1102" t="s">
         <v>1104</v>
       </c>
       <c r="B1102" t="s">
-        <v>3668</v>
-[...2 lines deleted...]
-    <row r="1103" spans="1:2">
+        <v>3985</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:4">
       <c r="A1103" t="s">
         <v>1105</v>
       </c>
       <c r="B1103" t="s">
-        <v>3669</v>
-[...2 lines deleted...]
-    <row r="1104" spans="1:2">
+        <v>3986</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:4">
       <c r="A1104" t="s">
         <v>1106</v>
       </c>
       <c r="B1104" t="s">
-        <v>3670</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="1105" spans="1:4">
       <c r="A1105" t="s">
         <v>1107</v>
       </c>
       <c r="B1105" t="s">
-        <v>3671</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="1106" spans="1:4">
       <c r="A1106" t="s">
         <v>1108</v>
       </c>
       <c r="B1106" t="s">
-        <v>3672</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="1107" spans="1:4">
       <c r="A1107" t="s">
         <v>1109</v>
       </c>
       <c r="B1107" t="s">
-        <v>3673</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="1108" spans="1:4">
       <c r="A1108" t="s">
         <v>1110</v>
       </c>
       <c r="B1108" t="s">
-        <v>3674</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="1109" spans="1:4">
       <c r="A1109" t="s">
         <v>1111</v>
       </c>
       <c r="B1109" t="s">
-        <v>3675</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="1110" spans="1:4">
       <c r="A1110" t="s">
         <v>1112</v>
       </c>
       <c r="B1110" t="s">
-        <v>3676</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="1111" spans="1:4">
       <c r="A1111" t="s">
         <v>1113</v>
       </c>
       <c r="B1111" t="s">
-        <v>3677</v>
+        <v>3994</v>
+      </c>
+      <c r="C1111" t="s">
+        <v>5723</v>
+      </c>
+      <c r="D1111" t="s">
+        <v>5779</v>
       </c>
     </row>
     <row r="1112" spans="1:4">
       <c r="A1112" t="s">
         <v>1114</v>
       </c>
       <c r="B1112" t="s">
-        <v>3678</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="1113" spans="1:4">
       <c r="A1113" t="s">
         <v>1115</v>
       </c>
       <c r="B1113" t="s">
-        <v>3679</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="1114" spans="1:4">
       <c r="A1114" t="s">
         <v>1116</v>
       </c>
       <c r="B1114" t="s">
-        <v>3680</v>
+        <v>3997</v>
       </c>
     </row>
     <row r="1115" spans="1:4">
       <c r="A1115" t="s">
         <v>1117</v>
       </c>
       <c r="B1115" t="s">
-        <v>3681</v>
-[...5 lines deleted...]
-        <v>5201</v>
+        <v>3998</v>
       </c>
     </row>
     <row r="1116" spans="1:4">
       <c r="A1116" t="s">
         <v>1118</v>
       </c>
       <c r="B1116" t="s">
-        <v>3682</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="1117" spans="1:4">
       <c r="A1117" t="s">
         <v>1119</v>
       </c>
       <c r="B1117" t="s">
-        <v>3683</v>
-[...2 lines deleted...]
-        <v>5202</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="1118" spans="1:4">
       <c r="A1118" t="s">
         <v>1120</v>
       </c>
       <c r="B1118" t="s">
-        <v>3684</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="1119" spans="1:4">
       <c r="A1119" t="s">
         <v>1121</v>
       </c>
       <c r="B1119" t="s">
-        <v>3685</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="1120" spans="1:4">
       <c r="A1120" t="s">
         <v>1122</v>
       </c>
       <c r="B1120" t="s">
-        <v>3686</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="1121" spans="1:2">
       <c r="A1121" t="s">
         <v>1123</v>
       </c>
       <c r="B1121" t="s">
-        <v>3687</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="1122" spans="1:2">
       <c r="A1122" t="s">
         <v>1124</v>
       </c>
       <c r="B1122" t="s">
-        <v>3688</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="1123" spans="1:2">
       <c r="A1123" t="s">
         <v>1125</v>
       </c>
       <c r="B1123" t="s">
-        <v>3689</v>
+        <v>4006</v>
       </c>
     </row>
     <row r="1124" spans="1:2">
       <c r="A1124" t="s">
         <v>1126</v>
       </c>
       <c r="B1124" t="s">
-        <v>3690</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="1125" spans="1:2">
       <c r="A1125" t="s">
         <v>1127</v>
       </c>
       <c r="B1125" t="s">
-        <v>3691</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="1126" spans="1:2">
       <c r="A1126" t="s">
         <v>1128</v>
       </c>
       <c r="B1126" t="s">
-        <v>3692</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="1127" spans="1:2">
       <c r="A1127" t="s">
         <v>1129</v>
       </c>
       <c r="B1127" t="s">
-        <v>3693</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="1128" spans="1:2">
       <c r="A1128" t="s">
         <v>1130</v>
       </c>
       <c r="B1128" t="s">
-        <v>3694</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="1129" spans="1:2">
       <c r="A1129" t="s">
         <v>1131</v>
       </c>
       <c r="B1129" t="s">
-        <v>3695</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="1130" spans="1:2">
       <c r="A1130" t="s">
         <v>1132</v>
       </c>
       <c r="B1130" t="s">
-        <v>3696</v>
+        <v>4013</v>
       </c>
     </row>
     <row r="1131" spans="1:2">
       <c r="A1131" t="s">
         <v>1133</v>
       </c>
       <c r="B1131" t="s">
-        <v>3697</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="1132" spans="1:2">
       <c r="A1132" t="s">
         <v>1134</v>
       </c>
       <c r="B1132" t="s">
-        <v>3698</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="1133" spans="1:2">
       <c r="A1133" t="s">
         <v>1135</v>
       </c>
       <c r="B1133" t="s">
-        <v>3699</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="1134" spans="1:2">
       <c r="A1134" t="s">
         <v>1136</v>
       </c>
       <c r="B1134" t="s">
-        <v>3700</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="1135" spans="1:2">
       <c r="A1135" t="s">
         <v>1137</v>
       </c>
       <c r="B1135" t="s">
-        <v>3701</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="1136" spans="1:2">
       <c r="A1136" t="s">
         <v>1138</v>
       </c>
       <c r="B1136" t="s">
-        <v>3702</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="1137" spans="1:2">
       <c r="A1137" t="s">
         <v>1139</v>
       </c>
       <c r="B1137" t="s">
-        <v>3703</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="1138" spans="1:2">
       <c r="A1138" t="s">
         <v>1140</v>
       </c>
       <c r="B1138" t="s">
-        <v>3704</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="1139" spans="1:2">
       <c r="A1139" t="s">
         <v>1141</v>
       </c>
       <c r="B1139" t="s">
-        <v>3705</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="1140" spans="1:2">
       <c r="A1140" t="s">
         <v>1142</v>
       </c>
       <c r="B1140" t="s">
-        <v>3706</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="1141" spans="1:2">
       <c r="A1141" t="s">
         <v>1143</v>
       </c>
       <c r="B1141" t="s">
-        <v>3707</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="1142" spans="1:2">
       <c r="A1142" t="s">
         <v>1144</v>
       </c>
       <c r="B1142" t="s">
-        <v>3708</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="1143" spans="1:2">
       <c r="A1143" t="s">
         <v>1145</v>
       </c>
       <c r="B1143" t="s">
-        <v>3709</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="1144" spans="1:2">
       <c r="A1144" t="s">
         <v>1146</v>
       </c>
       <c r="B1144" t="s">
-        <v>3710</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="1145" spans="1:2">
       <c r="A1145" t="s">
         <v>1147</v>
       </c>
       <c r="B1145" t="s">
-        <v>3711</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="1146" spans="1:2">
       <c r="A1146" t="s">
         <v>1148</v>
       </c>
       <c r="B1146" t="s">
-        <v>3712</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="1147" spans="1:2">
       <c r="A1147" t="s">
         <v>1149</v>
       </c>
       <c r="B1147" t="s">
-        <v>3713</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="1148" spans="1:2">
       <c r="A1148" t="s">
         <v>1150</v>
       </c>
       <c r="B1148" t="s">
-        <v>3714</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="1149" spans="1:2">
       <c r="A1149" t="s">
         <v>1151</v>
       </c>
       <c r="B1149" t="s">
-        <v>3715</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="1150" spans="1:2">
       <c r="A1150" t="s">
         <v>1152</v>
       </c>
       <c r="B1150" t="s">
-        <v>3716</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="1151" spans="1:2">
       <c r="A1151" t="s">
         <v>1153</v>
       </c>
       <c r="B1151" t="s">
-        <v>3717</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="1152" spans="1:2">
       <c r="A1152" t="s">
         <v>1154</v>
       </c>
       <c r="B1152" t="s">
-        <v>3718</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="1153" spans="1:4">
       <c r="A1153" t="s">
         <v>1155</v>
       </c>
       <c r="B1153" t="s">
-        <v>3719</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="1154" spans="1:4">
       <c r="A1154" t="s">
         <v>1156</v>
       </c>
       <c r="B1154" t="s">
-        <v>3720</v>
+        <v>4035</v>
       </c>
     </row>
     <row r="1155" spans="1:4">
       <c r="A1155" t="s">
         <v>1157</v>
       </c>
       <c r="B1155" t="s">
-        <v>3721</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="1156" spans="1:4">
       <c r="A1156" t="s">
         <v>1158</v>
       </c>
       <c r="B1156" t="s">
-        <v>3722</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="1157" spans="1:4">
       <c r="A1157" t="s">
         <v>1159</v>
       </c>
       <c r="B1157" t="s">
-        <v>3723</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="1158" spans="1:4">
       <c r="A1158" t="s">
         <v>1160</v>
       </c>
       <c r="B1158" t="s">
-        <v>3724</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="1159" spans="1:4">
       <c r="A1159" t="s">
         <v>1161</v>
       </c>
       <c r="B1159" t="s">
-        <v>3725</v>
+        <v>4040</v>
+      </c>
+      <c r="C1159" t="s">
+        <v>5724</v>
+      </c>
+      <c r="D1159" t="s">
+        <v>5780</v>
       </c>
     </row>
     <row r="1160" spans="1:4">
       <c r="A1160" t="s">
         <v>1162</v>
       </c>
       <c r="B1160" t="s">
-        <v>3726</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="1161" spans="1:4">
       <c r="A1161" t="s">
         <v>1163</v>
       </c>
       <c r="B1161" t="s">
-        <v>3727</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="1162" spans="1:4">
       <c r="A1162" t="s">
         <v>1164</v>
       </c>
       <c r="B1162" t="s">
-        <v>3728</v>
-[...5 lines deleted...]
-        <v>5203</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="1163" spans="1:4">
       <c r="A1163" t="s">
         <v>1165</v>
       </c>
       <c r="B1163" t="s">
-        <v>3729</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="1164" spans="1:4">
       <c r="A1164" t="s">
         <v>1166</v>
       </c>
       <c r="B1164" t="s">
-        <v>3730</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="1165" spans="1:4">
       <c r="A1165" t="s">
         <v>1167</v>
       </c>
       <c r="B1165" t="s">
-        <v>3731</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="1166" spans="1:4">
       <c r="A1166" t="s">
         <v>1168</v>
       </c>
       <c r="B1166" t="s">
-        <v>3732</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="1167" spans="1:4">
       <c r="A1167" t="s">
         <v>1169</v>
       </c>
       <c r="B1167" t="s">
-        <v>3733</v>
+        <v>4048</v>
       </c>
     </row>
     <row r="1168" spans="1:4">
       <c r="A1168" t="s">
         <v>1170</v>
       </c>
       <c r="B1168" t="s">
-        <v>3734</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="1169" spans="1:2">
       <c r="A1169" t="s">
         <v>1171</v>
       </c>
       <c r="B1169" t="s">
-        <v>3735</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="1170" spans="1:2">
       <c r="A1170" t="s">
         <v>1172</v>
       </c>
       <c r="B1170" t="s">
-        <v>3736</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="1171" spans="1:2">
       <c r="A1171" t="s">
         <v>1173</v>
       </c>
       <c r="B1171" t="s">
-        <v>3737</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="1172" spans="1:2">
       <c r="A1172" t="s">
         <v>1174</v>
       </c>
       <c r="B1172" t="s">
-        <v>3738</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="1173" spans="1:2">
       <c r="A1173" t="s">
         <v>1175</v>
       </c>
       <c r="B1173" t="s">
-        <v>3739</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="1174" spans="1:2">
       <c r="A1174" t="s">
         <v>1176</v>
       </c>
       <c r="B1174" t="s">
-        <v>3740</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="1175" spans="1:2">
       <c r="A1175" t="s">
         <v>1177</v>
       </c>
       <c r="B1175" t="s">
-        <v>3741</v>
+        <v>4056</v>
       </c>
     </row>
     <row r="1176" spans="1:2">
       <c r="A1176" t="s">
         <v>1178</v>
       </c>
       <c r="B1176" t="s">
-        <v>3742</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="1177" spans="1:2">
       <c r="A1177" t="s">
         <v>1179</v>
       </c>
       <c r="B1177" t="s">
-        <v>3743</v>
+        <v>4058</v>
       </c>
     </row>
     <row r="1178" spans="1:2">
       <c r="A1178" t="s">
         <v>1180</v>
       </c>
       <c r="B1178" t="s">
-        <v>3744</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="1179" spans="1:2">
       <c r="A1179" t="s">
         <v>1181</v>
       </c>
       <c r="B1179" t="s">
-        <v>3745</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="1180" spans="1:2">
       <c r="A1180" t="s">
         <v>1182</v>
       </c>
       <c r="B1180" t="s">
-        <v>3746</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="1181" spans="1:2">
       <c r="A1181" t="s">
         <v>1183</v>
       </c>
       <c r="B1181" t="s">
-        <v>3747</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="1182" spans="1:2">
       <c r="A1182" t="s">
         <v>1184</v>
       </c>
       <c r="B1182" t="s">
-        <v>3748</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="1183" spans="1:2">
       <c r="A1183" t="s">
         <v>1185</v>
       </c>
       <c r="B1183" t="s">
-        <v>3749</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="1184" spans="1:2">
       <c r="A1184" t="s">
         <v>1186</v>
       </c>
       <c r="B1184" t="s">
-        <v>3750</v>
-[...2 lines deleted...]
-    <row r="1185" spans="1:4">
+        <v>4065</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:2">
       <c r="A1185" t="s">
         <v>1187</v>
       </c>
       <c r="B1185" t="s">
-        <v>3751</v>
-[...2 lines deleted...]
-    <row r="1186" spans="1:4">
+        <v>4066</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:2">
       <c r="A1186" t="s">
         <v>1188</v>
       </c>
       <c r="B1186" t="s">
-        <v>3752</v>
-[...2 lines deleted...]
-    <row r="1187" spans="1:4">
+        <v>4067</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:2">
       <c r="A1187" t="s">
         <v>1189</v>
       </c>
       <c r="B1187" t="s">
-        <v>3753</v>
-[...2 lines deleted...]
-    <row r="1188" spans="1:4">
+        <v>4068</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:2">
       <c r="A1188" t="s">
         <v>1190</v>
       </c>
       <c r="B1188" t="s">
-        <v>3754</v>
-[...2 lines deleted...]
-    <row r="1189" spans="1:4">
+        <v>4069</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:2">
       <c r="A1189" t="s">
         <v>1191</v>
       </c>
       <c r="B1189" t="s">
-        <v>3755</v>
-[...2 lines deleted...]
-    <row r="1190" spans="1:4">
+        <v>4070</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:2">
       <c r="A1190" t="s">
         <v>1192</v>
       </c>
       <c r="B1190" t="s">
-        <v>3756</v>
-[...2 lines deleted...]
-    <row r="1191" spans="1:4">
+        <v>4071</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:2">
       <c r="A1191" t="s">
         <v>1193</v>
       </c>
       <c r="B1191" t="s">
-        <v>3757</v>
-[...2 lines deleted...]
-    <row r="1192" spans="1:4">
+        <v>4072</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:2">
       <c r="A1192" t="s">
         <v>1194</v>
       </c>
       <c r="B1192" t="s">
-        <v>3758</v>
-[...8 lines deleted...]
-    <row r="1193" spans="1:4">
+        <v>4073</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:2">
       <c r="A1193" t="s">
         <v>1195</v>
       </c>
       <c r="B1193" t="s">
-        <v>3759</v>
-[...2 lines deleted...]
-    <row r="1194" spans="1:4">
+        <v>4074</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:2">
       <c r="A1194" t="s">
         <v>1196</v>
       </c>
       <c r="B1194" t="s">
-        <v>3760</v>
-[...2 lines deleted...]
-    <row r="1195" spans="1:4">
+        <v>4075</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:2">
       <c r="A1195" t="s">
         <v>1197</v>
       </c>
       <c r="B1195" t="s">
-        <v>3761</v>
-[...2 lines deleted...]
-    <row r="1196" spans="1:4">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:2">
       <c r="A1196" t="s">
         <v>1198</v>
       </c>
       <c r="B1196" t="s">
-        <v>3762</v>
-[...2 lines deleted...]
-    <row r="1197" spans="1:4">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:2">
       <c r="A1197" t="s">
         <v>1199</v>
       </c>
       <c r="B1197" t="s">
-        <v>3763</v>
-[...2 lines deleted...]
-    <row r="1198" spans="1:4">
+        <v>4077</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:2">
       <c r="A1198" t="s">
         <v>1200</v>
       </c>
       <c r="B1198" t="s">
-        <v>3764</v>
-[...2 lines deleted...]
-    <row r="1199" spans="1:4">
+        <v>4078</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:2">
       <c r="A1199" t="s">
         <v>1201</v>
       </c>
       <c r="B1199" t="s">
-        <v>3765</v>
-[...2 lines deleted...]
-    <row r="1200" spans="1:4">
+        <v>4079</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:2">
       <c r="A1200" t="s">
         <v>1202</v>
       </c>
       <c r="B1200" t="s">
-        <v>3766</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="1201" spans="1:2">
       <c r="A1201" t="s">
         <v>1203</v>
       </c>
       <c r="B1201" t="s">
-        <v>3767</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="1202" spans="1:2">
       <c r="A1202" t="s">
         <v>1204</v>
       </c>
       <c r="B1202" t="s">
-        <v>3768</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="1203" spans="1:2">
       <c r="A1203" t="s">
         <v>1205</v>
       </c>
       <c r="B1203" t="s">
-        <v>3769</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="1204" spans="1:2">
       <c r="A1204" t="s">
         <v>1206</v>
       </c>
       <c r="B1204" t="s">
-        <v>3770</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="1205" spans="1:2">
       <c r="A1205" t="s">
         <v>1207</v>
       </c>
       <c r="B1205" t="s">
-        <v>3771</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="1206" spans="1:2">
       <c r="A1206" t="s">
         <v>1208</v>
       </c>
       <c r="B1206" t="s">
-        <v>3772</v>
+        <v>4085</v>
       </c>
     </row>
     <row r="1207" spans="1:2">
       <c r="A1207" t="s">
         <v>1209</v>
       </c>
       <c r="B1207" t="s">
-        <v>3773</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="1208" spans="1:2">
       <c r="A1208" t="s">
         <v>1210</v>
       </c>
       <c r="B1208" t="s">
-        <v>3774</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="1209" spans="1:2">
       <c r="A1209" t="s">
         <v>1211</v>
       </c>
       <c r="B1209" t="s">
-        <v>3775</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="1210" spans="1:2">
       <c r="A1210" t="s">
         <v>1212</v>
       </c>
       <c r="B1210" t="s">
-        <v>3776</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="1211" spans="1:2">
       <c r="A1211" t="s">
         <v>1213</v>
       </c>
       <c r="B1211" t="s">
-        <v>3777</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="1212" spans="1:2">
       <c r="A1212" t="s">
         <v>1214</v>
       </c>
       <c r="B1212" t="s">
-        <v>3778</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="1213" spans="1:2">
       <c r="A1213" t="s">
         <v>1215</v>
       </c>
       <c r="B1213" t="s">
-        <v>3779</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="1214" spans="1:2">
       <c r="A1214" t="s">
         <v>1216</v>
       </c>
       <c r="B1214" t="s">
-        <v>3780</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="1215" spans="1:2">
       <c r="A1215" t="s">
         <v>1217</v>
       </c>
       <c r="B1215" t="s">
-        <v>3781</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="1216" spans="1:2">
       <c r="A1216" t="s">
         <v>1218</v>
       </c>
       <c r="B1216" t="s">
-        <v>3782</v>
-[...2 lines deleted...]
-    <row r="1217" spans="1:2">
+        <v>4094</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:4">
       <c r="A1217" t="s">
         <v>1219</v>
       </c>
       <c r="B1217" t="s">
-        <v>3783</v>
-[...2 lines deleted...]
-    <row r="1218" spans="1:2">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:4">
       <c r="A1218" t="s">
         <v>1220</v>
       </c>
       <c r="B1218" t="s">
-        <v>3784</v>
-[...2 lines deleted...]
-    <row r="1219" spans="1:2">
+        <v>4096</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:4">
       <c r="A1219" t="s">
         <v>1221</v>
       </c>
       <c r="B1219" t="s">
-        <v>3785</v>
-[...2 lines deleted...]
-    <row r="1220" spans="1:2">
+        <v>4097</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:4">
       <c r="A1220" t="s">
         <v>1222</v>
       </c>
       <c r="B1220" t="s">
-        <v>3786</v>
-[...2 lines deleted...]
-    <row r="1221" spans="1:2">
+        <v>4098</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:4">
       <c r="A1221" t="s">
         <v>1223</v>
       </c>
       <c r="B1221" t="s">
-        <v>3787</v>
-[...2 lines deleted...]
-    <row r="1222" spans="1:2">
+        <v>4099</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:4">
       <c r="A1222" t="s">
         <v>1224</v>
       </c>
       <c r="B1222" t="s">
-        <v>3788</v>
-[...2 lines deleted...]
-    <row r="1223" spans="1:2">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:4">
       <c r="A1223" t="s">
         <v>1225</v>
       </c>
       <c r="B1223" t="s">
-        <v>3789</v>
-[...2 lines deleted...]
-    <row r="1224" spans="1:2">
+        <v>4101</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:4">
       <c r="A1224" t="s">
         <v>1226</v>
       </c>
       <c r="B1224" t="s">
-        <v>3790</v>
-[...2 lines deleted...]
-    <row r="1225" spans="1:2">
+        <v>4102</v>
+      </c>
+      <c r="C1224" t="s">
+        <v>5725</v>
+      </c>
+      <c r="D1224" t="s">
+        <v>5781</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:4">
       <c r="A1225" t="s">
         <v>1227</v>
       </c>
       <c r="B1225" t="s">
-        <v>3791</v>
-[...2 lines deleted...]
-    <row r="1226" spans="1:2">
+        <v>4103</v>
+      </c>
+      <c r="C1225" t="s">
+        <v>5726</v>
+      </c>
+      <c r="D1225" t="s">
+        <v>5782</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:4">
       <c r="A1226" t="s">
         <v>1228</v>
       </c>
       <c r="B1226" t="s">
-        <v>3792</v>
-[...2 lines deleted...]
-    <row r="1227" spans="1:2">
+        <v>4104</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:4">
       <c r="A1227" t="s">
         <v>1229</v>
       </c>
       <c r="B1227" t="s">
-        <v>3793</v>
-[...2 lines deleted...]
-    <row r="1228" spans="1:2">
+        <v>4105</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:4">
       <c r="A1228" t="s">
         <v>1230</v>
       </c>
       <c r="B1228" t="s">
-        <v>3794</v>
-[...2 lines deleted...]
-    <row r="1229" spans="1:2">
+        <v>4106</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:4">
       <c r="A1229" t="s">
         <v>1231</v>
       </c>
       <c r="B1229" t="s">
-        <v>3795</v>
-[...2 lines deleted...]
-    <row r="1230" spans="1:2">
+        <v>4107</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:4">
       <c r="A1230" t="s">
         <v>1232</v>
       </c>
       <c r="B1230" t="s">
-        <v>3796</v>
-[...2 lines deleted...]
-    <row r="1231" spans="1:2">
+        <v>4108</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:4">
       <c r="A1231" t="s">
         <v>1233</v>
       </c>
       <c r="B1231" t="s">
-        <v>3797</v>
-[...2 lines deleted...]
-    <row r="1232" spans="1:2">
+        <v>4109</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:4">
       <c r="A1232" t="s">
         <v>1234</v>
       </c>
       <c r="B1232" t="s">
-        <v>3798</v>
-[...2 lines deleted...]
-    <row r="1233" spans="1:4">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:2">
       <c r="A1233" t="s">
         <v>1235</v>
       </c>
       <c r="B1233" t="s">
-        <v>3799</v>
-[...2 lines deleted...]
-    <row r="1234" spans="1:4">
+        <v>4111</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:2">
       <c r="A1234" t="s">
         <v>1236</v>
       </c>
       <c r="B1234" t="s">
-        <v>3800</v>
-[...2 lines deleted...]
-    <row r="1235" spans="1:4">
+        <v>4112</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:2">
       <c r="A1235" t="s">
         <v>1237</v>
       </c>
       <c r="B1235" t="s">
-        <v>3801</v>
-[...2 lines deleted...]
-    <row r="1236" spans="1:4">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:2">
       <c r="A1236" t="s">
         <v>1238</v>
       </c>
       <c r="B1236" t="s">
-        <v>3802</v>
-[...2 lines deleted...]
-    <row r="1237" spans="1:4">
+        <v>4114</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:2">
       <c r="A1237" t="s">
         <v>1239</v>
       </c>
       <c r="B1237" t="s">
-        <v>3803</v>
-[...8 lines deleted...]
-    <row r="1238" spans="1:4">
+        <v>4115</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:2">
       <c r="A1238" t="s">
         <v>1240</v>
       </c>
       <c r="B1238" t="s">
-        <v>3804</v>
-[...2 lines deleted...]
-    <row r="1239" spans="1:4">
+        <v>4116</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:2">
       <c r="A1239" t="s">
         <v>1241</v>
       </c>
       <c r="B1239" t="s">
-        <v>3805</v>
-[...2 lines deleted...]
-    <row r="1240" spans="1:4">
+        <v>4117</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:2">
       <c r="A1240" t="s">
         <v>1242</v>
       </c>
       <c r="B1240" t="s">
-        <v>3806</v>
-[...2 lines deleted...]
-    <row r="1241" spans="1:4">
+        <v>4118</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:2">
       <c r="A1241" t="s">
         <v>1243</v>
       </c>
       <c r="B1241" t="s">
-        <v>3807</v>
-[...2 lines deleted...]
-    <row r="1242" spans="1:4">
+        <v>4119</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:2">
       <c r="A1242" t="s">
         <v>1244</v>
       </c>
       <c r="B1242" t="s">
-        <v>3808</v>
-[...2 lines deleted...]
-    <row r="1243" spans="1:4">
+        <v>4120</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:2">
       <c r="A1243" t="s">
         <v>1245</v>
       </c>
       <c r="B1243" t="s">
-        <v>3809</v>
-[...2 lines deleted...]
-    <row r="1244" spans="1:4">
+        <v>4121</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:2">
       <c r="A1244" t="s">
         <v>1246</v>
       </c>
       <c r="B1244" t="s">
-        <v>3810</v>
-[...2 lines deleted...]
-    <row r="1245" spans="1:4">
+        <v>4122</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:2">
       <c r="A1245" t="s">
         <v>1247</v>
       </c>
       <c r="B1245" t="s">
-        <v>3811</v>
-[...2 lines deleted...]
-    <row r="1246" spans="1:4">
+        <v>4123</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:2">
       <c r="A1246" t="s">
         <v>1248</v>
       </c>
       <c r="B1246" t="s">
-        <v>3812</v>
-[...2 lines deleted...]
-    <row r="1247" spans="1:4">
+        <v>4124</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:2">
       <c r="A1247" t="s">
         <v>1249</v>
       </c>
       <c r="B1247" t="s">
-        <v>3813</v>
-[...2 lines deleted...]
-    <row r="1248" spans="1:4">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:2">
       <c r="A1248" t="s">
         <v>1250</v>
       </c>
       <c r="B1248" t="s">
-        <v>3814</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="1249" spans="1:2">
       <c r="A1249" t="s">
         <v>1251</v>
       </c>
       <c r="B1249" t="s">
-        <v>3815</v>
+        <v>4127</v>
       </c>
     </row>
     <row r="1250" spans="1:2">
       <c r="A1250" t="s">
         <v>1252</v>
       </c>
       <c r="B1250" t="s">
-        <v>3816</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="1251" spans="1:2">
       <c r="A1251" t="s">
         <v>1253</v>
       </c>
       <c r="B1251" t="s">
-        <v>3817</v>
+        <v>4129</v>
       </c>
     </row>
     <row r="1252" spans="1:2">
       <c r="A1252" t="s">
         <v>1254</v>
       </c>
       <c r="B1252" t="s">
-        <v>3818</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="1253" spans="1:2">
       <c r="A1253" t="s">
         <v>1255</v>
       </c>
       <c r="B1253" t="s">
-        <v>3819</v>
+        <v>4131</v>
       </c>
     </row>
     <row r="1254" spans="1:2">
       <c r="A1254" t="s">
         <v>1256</v>
       </c>
       <c r="B1254" t="s">
-        <v>3820</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="1255" spans="1:2">
       <c r="A1255" t="s">
         <v>1257</v>
       </c>
       <c r="B1255" t="s">
-        <v>3821</v>
+        <v>4133</v>
       </c>
     </row>
     <row r="1256" spans="1:2">
       <c r="A1256" t="s">
         <v>1258</v>
       </c>
       <c r="B1256" t="s">
-        <v>3822</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="1257" spans="1:2">
       <c r="A1257" t="s">
         <v>1259</v>
       </c>
       <c r="B1257" t="s">
-        <v>3823</v>
+        <v>4135</v>
       </c>
     </row>
     <row r="1258" spans="1:2">
       <c r="A1258" t="s">
         <v>1260</v>
       </c>
       <c r="B1258" t="s">
-        <v>3824</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="1259" spans="1:2">
       <c r="A1259" t="s">
         <v>1261</v>
       </c>
       <c r="B1259" t="s">
-        <v>3825</v>
+        <v>4137</v>
       </c>
     </row>
     <row r="1260" spans="1:2">
       <c r="A1260" t="s">
         <v>1262</v>
       </c>
       <c r="B1260" t="s">
-        <v>3826</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="1261" spans="1:2">
       <c r="A1261" t="s">
         <v>1263</v>
       </c>
       <c r="B1261" t="s">
-        <v>3827</v>
+        <v>4139</v>
       </c>
     </row>
     <row r="1262" spans="1:2">
       <c r="A1262" t="s">
         <v>1264</v>
       </c>
       <c r="B1262" t="s">
-        <v>3828</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="1263" spans="1:2">
       <c r="A1263" t="s">
         <v>1265</v>
       </c>
       <c r="B1263" t="s">
-        <v>3829</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="1264" spans="1:2">
       <c r="A1264" t="s">
         <v>1266</v>
       </c>
       <c r="B1264" t="s">
-        <v>3830</v>
-[...2 lines deleted...]
-    <row r="1265" spans="1:2">
+        <v>4142</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:4">
       <c r="A1265" t="s">
         <v>1267</v>
       </c>
       <c r="B1265" t="s">
-        <v>3831</v>
-[...2 lines deleted...]
-    <row r="1266" spans="1:2">
+        <v>4143</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:4">
       <c r="A1266" t="s">
         <v>1268</v>
       </c>
       <c r="B1266" t="s">
-        <v>3832</v>
-[...2 lines deleted...]
-    <row r="1267" spans="1:2">
+        <v>4144</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:4">
       <c r="A1267" t="s">
         <v>1269</v>
       </c>
       <c r="B1267" t="s">
-        <v>3833</v>
-[...2 lines deleted...]
-    <row r="1268" spans="1:2">
+        <v>4145</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:4">
       <c r="A1268" t="s">
         <v>1270</v>
       </c>
       <c r="B1268" t="s">
-        <v>3834</v>
-[...2 lines deleted...]
-    <row r="1269" spans="1:2">
+        <v>4146</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:4">
       <c r="A1269" t="s">
         <v>1271</v>
       </c>
       <c r="B1269" t="s">
-        <v>3835</v>
-[...2 lines deleted...]
-    <row r="1270" spans="1:2">
+        <v>4147</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:4">
       <c r="A1270" t="s">
         <v>1272</v>
       </c>
       <c r="B1270" t="s">
-        <v>3836</v>
-[...2 lines deleted...]
-    <row r="1271" spans="1:2">
+        <v>4148</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:4">
       <c r="A1271" t="s">
         <v>1273</v>
       </c>
       <c r="B1271" t="s">
-        <v>3837</v>
-[...2 lines deleted...]
-    <row r="1272" spans="1:2">
+        <v>4149</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:4">
       <c r="A1272" t="s">
         <v>1274</v>
       </c>
       <c r="B1272" t="s">
-        <v>3838</v>
-[...2 lines deleted...]
-    <row r="1273" spans="1:2">
+        <v>4150</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:4">
       <c r="A1273" t="s">
         <v>1275</v>
       </c>
       <c r="B1273" t="s">
-        <v>3839</v>
-[...2 lines deleted...]
-    <row r="1274" spans="1:2">
+        <v>4151</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:4">
       <c r="A1274" t="s">
         <v>1276</v>
       </c>
       <c r="B1274" t="s">
-        <v>3840</v>
-[...2 lines deleted...]
-    <row r="1275" spans="1:2">
+        <v>4152</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:4">
       <c r="A1275" t="s">
         <v>1277</v>
       </c>
       <c r="B1275" t="s">
-        <v>3841</v>
-[...2 lines deleted...]
-    <row r="1276" spans="1:2">
+        <v>4153</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:4">
       <c r="A1276" t="s">
         <v>1278</v>
       </c>
       <c r="B1276" t="s">
-        <v>3842</v>
-[...2 lines deleted...]
-    <row r="1277" spans="1:2">
+        <v>4154</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:4">
       <c r="A1277" t="s">
         <v>1279</v>
       </c>
       <c r="B1277" t="s">
-        <v>3843</v>
-[...2 lines deleted...]
-    <row r="1278" spans="1:2">
+        <v>4155</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:4">
       <c r="A1278" t="s">
         <v>1280</v>
       </c>
       <c r="B1278" t="s">
-        <v>3844</v>
-[...2 lines deleted...]
-    <row r="1279" spans="1:2">
+        <v>4156</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:4">
       <c r="A1279" t="s">
         <v>1281</v>
       </c>
       <c r="B1279" t="s">
-        <v>3845</v>
-[...2 lines deleted...]
-    <row r="1280" spans="1:2">
+        <v>4157</v>
+      </c>
+      <c r="C1279" t="s">
+        <v>5727</v>
+      </c>
+      <c r="D1279" t="s">
+        <v>5783</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:4">
       <c r="A1280" t="s">
         <v>1282</v>
       </c>
       <c r="B1280" t="s">
-        <v>3846</v>
-[...2 lines deleted...]
-    <row r="1281" spans="1:2">
+        <v>4158</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:4">
       <c r="A1281" t="s">
         <v>1283</v>
       </c>
       <c r="B1281" t="s">
-        <v>3847</v>
-[...2 lines deleted...]
-    <row r="1282" spans="1:2">
+        <v>4159</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:4">
       <c r="A1282" t="s">
         <v>1284</v>
       </c>
       <c r="B1282" t="s">
-        <v>3848</v>
-[...2 lines deleted...]
-    <row r="1283" spans="1:2">
+        <v>4160</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:4">
       <c r="A1283" t="s">
         <v>1285</v>
       </c>
       <c r="B1283" t="s">
-        <v>3849</v>
-[...2 lines deleted...]
-    <row r="1284" spans="1:2">
+        <v>4161</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:4">
       <c r="A1284" t="s">
         <v>1286</v>
       </c>
       <c r="B1284" t="s">
-        <v>3850</v>
-[...2 lines deleted...]
-    <row r="1285" spans="1:2">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:4">
       <c r="A1285" t="s">
         <v>1287</v>
       </c>
       <c r="B1285" t="s">
-        <v>3851</v>
-[...2 lines deleted...]
-    <row r="1286" spans="1:2">
+        <v>4163</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:4">
       <c r="A1286" t="s">
         <v>1288</v>
       </c>
       <c r="B1286" t="s">
-        <v>3852</v>
-[...2 lines deleted...]
-    <row r="1287" spans="1:2">
+        <v>4164</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:4">
       <c r="A1287" t="s">
         <v>1289</v>
       </c>
       <c r="B1287" t="s">
-        <v>3853</v>
-[...2 lines deleted...]
-    <row r="1288" spans="1:2">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:4">
       <c r="A1288" t="s">
         <v>1290</v>
       </c>
       <c r="B1288" t="s">
-        <v>3854</v>
-[...2 lines deleted...]
-    <row r="1289" spans="1:2">
+        <v>4166</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:4">
       <c r="A1289" t="s">
         <v>1291</v>
       </c>
       <c r="B1289" t="s">
-        <v>3855</v>
-[...2 lines deleted...]
-    <row r="1290" spans="1:2">
+        <v>4167</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:4">
       <c r="A1290" t="s">
         <v>1292</v>
       </c>
       <c r="B1290" t="s">
-        <v>3856</v>
-[...2 lines deleted...]
-    <row r="1291" spans="1:2">
+        <v>4168</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:4">
       <c r="A1291" t="s">
         <v>1293</v>
       </c>
       <c r="B1291" t="s">
-        <v>3857</v>
-[...2 lines deleted...]
-    <row r="1292" spans="1:2">
+        <v>4169</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:4">
       <c r="A1292" t="s">
         <v>1294</v>
       </c>
       <c r="B1292" t="s">
-        <v>3858</v>
-[...2 lines deleted...]
-    <row r="1293" spans="1:2">
+        <v>4170</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:4">
       <c r="A1293" t="s">
         <v>1295</v>
       </c>
       <c r="B1293" t="s">
-        <v>3859</v>
-[...2 lines deleted...]
-    <row r="1294" spans="1:2">
+        <v>4171</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:4">
       <c r="A1294" t="s">
         <v>1296</v>
       </c>
       <c r="B1294" t="s">
-        <v>3860</v>
-[...2 lines deleted...]
-    <row r="1295" spans="1:2">
+        <v>2940</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:4">
       <c r="A1295" t="s">
         <v>1297</v>
       </c>
       <c r="B1295" t="s">
-        <v>3861</v>
-[...2 lines deleted...]
-    <row r="1296" spans="1:2">
+        <v>4172</v>
+      </c>
+      <c r="D1295" t="s">
+        <v>5784</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:4">
       <c r="A1296" t="s">
         <v>1298</v>
       </c>
       <c r="B1296" t="s">
-        <v>3862</v>
-[...2 lines deleted...]
-    <row r="1297" spans="1:4">
+        <v>4173</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:2">
       <c r="A1297" t="s">
         <v>1299</v>
       </c>
       <c r="B1297" t="s">
-        <v>3863</v>
-[...2 lines deleted...]
-    <row r="1298" spans="1:4">
+        <v>4174</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:2">
       <c r="A1298" t="s">
         <v>1300</v>
       </c>
       <c r="B1298" t="s">
-        <v>3864</v>
-[...2 lines deleted...]
-    <row r="1299" spans="1:4">
+        <v>4175</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:2">
       <c r="A1299" t="s">
         <v>1301</v>
       </c>
       <c r="B1299" t="s">
-        <v>3865</v>
-[...2 lines deleted...]
-    <row r="1300" spans="1:4">
+        <v>4176</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:2">
       <c r="A1300" t="s">
         <v>1302</v>
       </c>
       <c r="B1300" t="s">
-        <v>3866</v>
-[...8 lines deleted...]
-    <row r="1301" spans="1:4">
+        <v>4177</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:2">
       <c r="A1301" t="s">
         <v>1303</v>
       </c>
       <c r="B1301" t="s">
-        <v>3867</v>
-[...2 lines deleted...]
-    <row r="1302" spans="1:4">
+        <v>4178</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:2">
       <c r="A1302" t="s">
         <v>1304</v>
       </c>
       <c r="B1302" t="s">
-        <v>3868</v>
-[...2 lines deleted...]
-    <row r="1303" spans="1:4">
+        <v>4179</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:2">
       <c r="A1303" t="s">
         <v>1305</v>
       </c>
       <c r="B1303" t="s">
-        <v>3869</v>
-[...2 lines deleted...]
-    <row r="1304" spans="1:4">
+        <v>4180</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:2">
       <c r="A1304" t="s">
         <v>1306</v>
       </c>
       <c r="B1304" t="s">
-        <v>3870</v>
-[...2 lines deleted...]
-    <row r="1305" spans="1:4">
+        <v>4181</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:2">
       <c r="A1305" t="s">
         <v>1307</v>
       </c>
       <c r="B1305" t="s">
-        <v>3871</v>
-[...2 lines deleted...]
-    <row r="1306" spans="1:4">
+        <v>4182</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:2">
       <c r="A1306" t="s">
         <v>1308</v>
       </c>
       <c r="B1306" t="s">
-        <v>3872</v>
-[...2 lines deleted...]
-    <row r="1307" spans="1:4">
+        <v>4183</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:2">
       <c r="A1307" t="s">
         <v>1309</v>
       </c>
       <c r="B1307" t="s">
-        <v>3873</v>
-[...2 lines deleted...]
-    <row r="1308" spans="1:4">
+        <v>4184</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:2">
       <c r="A1308" t="s">
         <v>1310</v>
       </c>
       <c r="B1308" t="s">
-        <v>3874</v>
-[...2 lines deleted...]
-    <row r="1309" spans="1:4">
+        <v>4185</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:2">
       <c r="A1309" t="s">
         <v>1311</v>
       </c>
       <c r="B1309" t="s">
-        <v>3875</v>
-[...2 lines deleted...]
-    <row r="1310" spans="1:4">
+        <v>4186</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:2">
       <c r="A1310" t="s">
         <v>1312</v>
       </c>
       <c r="B1310" t="s">
-        <v>3876</v>
-[...2 lines deleted...]
-    <row r="1311" spans="1:4">
+        <v>4187</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:2">
       <c r="A1311" t="s">
         <v>1313</v>
       </c>
       <c r="B1311" t="s">
-        <v>3877</v>
-[...2 lines deleted...]
-    <row r="1312" spans="1:4">
+        <v>4188</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:2">
       <c r="A1312" t="s">
         <v>1314</v>
       </c>
       <c r="B1312" t="s">
-        <v>3878</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="1313" spans="1:2">
       <c r="A1313" t="s">
         <v>1315</v>
       </c>
       <c r="B1313" t="s">
-        <v>3879</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="1314" spans="1:2">
       <c r="A1314" t="s">
         <v>1316</v>
       </c>
       <c r="B1314" t="s">
-        <v>3880</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="1315" spans="1:2">
       <c r="A1315" t="s">
         <v>1317</v>
       </c>
       <c r="B1315" t="s">
-        <v>3881</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="1316" spans="1:2">
       <c r="A1316" t="s">
         <v>1318</v>
       </c>
       <c r="B1316" t="s">
-        <v>3882</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="1317" spans="1:2">
       <c r="A1317" t="s">
         <v>1319</v>
       </c>
       <c r="B1317" t="s">
-        <v>3883</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="1318" spans="1:2">
       <c r="A1318" t="s">
         <v>1320</v>
       </c>
       <c r="B1318" t="s">
-        <v>3884</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="1319" spans="1:2">
       <c r="A1319" t="s">
         <v>1321</v>
       </c>
       <c r="B1319" t="s">
-        <v>3885</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="1320" spans="1:2">
       <c r="A1320" t="s">
         <v>1322</v>
       </c>
       <c r="B1320" t="s">
-        <v>3886</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="1321" spans="1:2">
       <c r="A1321" t="s">
         <v>1323</v>
       </c>
       <c r="B1321" t="s">
-        <v>3887</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="1322" spans="1:2">
       <c r="A1322" t="s">
         <v>1324</v>
       </c>
       <c r="B1322" t="s">
-        <v>3888</v>
+        <v>4198</v>
       </c>
     </row>
     <row r="1323" spans="1:2">
       <c r="A1323" t="s">
         <v>1325</v>
       </c>
       <c r="B1323" t="s">
-        <v>3889</v>
+        <v>4199</v>
       </c>
     </row>
     <row r="1324" spans="1:2">
       <c r="A1324" t="s">
         <v>1326</v>
       </c>
       <c r="B1324" t="s">
-        <v>3890</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="1325" spans="1:2">
       <c r="A1325" t="s">
         <v>1327</v>
       </c>
       <c r="B1325" t="s">
-        <v>3891</v>
+        <v>4201</v>
       </c>
     </row>
     <row r="1326" spans="1:2">
       <c r="A1326" t="s">
         <v>1328</v>
       </c>
       <c r="B1326" t="s">
-        <v>3892</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="1327" spans="1:2">
       <c r="A1327" t="s">
         <v>1329</v>
       </c>
       <c r="B1327" t="s">
-        <v>3893</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="1328" spans="1:2">
       <c r="A1328" t="s">
         <v>1330</v>
       </c>
       <c r="B1328" t="s">
-        <v>3894</v>
-[...2 lines deleted...]
-    <row r="1329" spans="1:2">
+        <v>4204</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:4">
       <c r="A1329" t="s">
         <v>1331</v>
       </c>
       <c r="B1329" t="s">
-        <v>3895</v>
-[...2 lines deleted...]
-    <row r="1330" spans="1:2">
+        <v>4205</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:4">
       <c r="A1330" t="s">
         <v>1332</v>
       </c>
       <c r="B1330" t="s">
-        <v>3896</v>
-[...2 lines deleted...]
-    <row r="1331" spans="1:2">
+        <v>4206</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:4">
       <c r="A1331" t="s">
         <v>1333</v>
       </c>
       <c r="B1331" t="s">
-        <v>3897</v>
-[...2 lines deleted...]
-    <row r="1332" spans="1:2">
+        <v>4207</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:4">
       <c r="A1332" t="s">
         <v>1334</v>
       </c>
       <c r="B1332" t="s">
-        <v>3898</v>
-[...2 lines deleted...]
-    <row r="1333" spans="1:2">
+        <v>4208</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:4">
       <c r="A1333" t="s">
         <v>1335</v>
       </c>
       <c r="B1333" t="s">
-        <v>3899</v>
-[...2 lines deleted...]
-    <row r="1334" spans="1:2">
+        <v>4209</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:4">
       <c r="A1334" t="s">
         <v>1336</v>
       </c>
       <c r="B1334" t="s">
-        <v>3900</v>
-[...2 lines deleted...]
-    <row r="1335" spans="1:2">
+        <v>4210</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:4">
       <c r="A1335" t="s">
         <v>1337</v>
       </c>
       <c r="B1335" t="s">
-        <v>3901</v>
-[...2 lines deleted...]
-    <row r="1336" spans="1:2">
+        <v>4211</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:4">
       <c r="A1336" t="s">
         <v>1338</v>
       </c>
       <c r="B1336" t="s">
-        <v>3902</v>
-[...2 lines deleted...]
-    <row r="1337" spans="1:2">
+        <v>4212</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:4">
       <c r="A1337" t="s">
         <v>1339</v>
       </c>
       <c r="B1337" t="s">
-        <v>3903</v>
-[...2 lines deleted...]
-    <row r="1338" spans="1:2">
+        <v>3900</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:4">
       <c r="A1338" t="s">
         <v>1340</v>
       </c>
       <c r="B1338" t="s">
-        <v>3904</v>
-[...2 lines deleted...]
-    <row r="1339" spans="1:2">
+        <v>4213</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:4">
       <c r="A1339" t="s">
         <v>1341</v>
       </c>
       <c r="B1339" t="s">
-        <v>3905</v>
-[...2 lines deleted...]
-    <row r="1340" spans="1:2">
+        <v>4214</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:4">
       <c r="A1340" t="s">
         <v>1342</v>
       </c>
       <c r="B1340" t="s">
-        <v>3906</v>
-[...2 lines deleted...]
-    <row r="1341" spans="1:2">
+        <v>4215</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:4">
       <c r="A1341" t="s">
         <v>1343</v>
       </c>
       <c r="B1341" t="s">
-        <v>3907</v>
-[...2 lines deleted...]
-    <row r="1342" spans="1:2">
+        <v>4216</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:4">
       <c r="A1342" t="s">
         <v>1344</v>
       </c>
       <c r="B1342" t="s">
-        <v>3908</v>
-[...2 lines deleted...]
-    <row r="1343" spans="1:2">
+        <v>4217</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:4">
       <c r="A1343" t="s">
         <v>1345</v>
       </c>
       <c r="B1343" t="s">
-        <v>3909</v>
-[...2 lines deleted...]
-    <row r="1344" spans="1:2">
+        <v>4218</v>
+      </c>
+      <c r="C1343" t="s">
+        <v>5728</v>
+      </c>
+      <c r="D1343" t="s">
+        <v>5785</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:4">
       <c r="A1344" t="s">
         <v>1346</v>
       </c>
       <c r="B1344" t="s">
-        <v>3910</v>
-[...2 lines deleted...]
-    <row r="1345" spans="1:2">
+        <v>4219</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:4">
       <c r="A1345" t="s">
         <v>1347</v>
       </c>
       <c r="B1345" t="s">
-        <v>3911</v>
-[...2 lines deleted...]
-    <row r="1346" spans="1:2">
+        <v>4220</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:4">
       <c r="A1346" t="s">
         <v>1348</v>
       </c>
       <c r="B1346" t="s">
-        <v>3912</v>
-[...2 lines deleted...]
-    <row r="1347" spans="1:2">
+        <v>4221</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:4">
       <c r="A1347" t="s">
         <v>1349</v>
       </c>
       <c r="B1347" t="s">
-        <v>3913</v>
-[...2 lines deleted...]
-    <row r="1348" spans="1:2">
+        <v>4222</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:4">
       <c r="A1348" t="s">
         <v>1350</v>
       </c>
       <c r="B1348" t="s">
-        <v>3914</v>
-[...2 lines deleted...]
-    <row r="1349" spans="1:2">
+        <v>4223</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:4">
       <c r="A1349" t="s">
         <v>1351</v>
       </c>
       <c r="B1349" t="s">
-        <v>3915</v>
-[...2 lines deleted...]
-    <row r="1350" spans="1:2">
+        <v>4224</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:4">
       <c r="A1350" t="s">
         <v>1352</v>
       </c>
       <c r="B1350" t="s">
-        <v>3916</v>
-[...2 lines deleted...]
-    <row r="1351" spans="1:2">
+        <v>4225</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:4">
       <c r="A1351" t="s">
         <v>1353</v>
       </c>
       <c r="B1351" t="s">
-        <v>3917</v>
-[...2 lines deleted...]
-    <row r="1352" spans="1:2">
+        <v>4226</v>
+      </c>
+      <c r="C1351" t="s">
+        <v>5729</v>
+      </c>
+      <c r="D1351" t="s">
+        <v>5786</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:4">
       <c r="A1352" t="s">
         <v>1354</v>
       </c>
       <c r="B1352" t="s">
-        <v>3918</v>
-[...2 lines deleted...]
-    <row r="1353" spans="1:2">
+        <v>4227</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:4">
       <c r="A1353" t="s">
         <v>1355</v>
       </c>
       <c r="B1353" t="s">
-        <v>3919</v>
-[...2 lines deleted...]
-    <row r="1354" spans="1:2">
+        <v>4228</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:4">
       <c r="A1354" t="s">
         <v>1356</v>
       </c>
       <c r="B1354" t="s">
-        <v>3920</v>
-[...2 lines deleted...]
-    <row r="1355" spans="1:2">
+        <v>4229</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:4">
       <c r="A1355" t="s">
         <v>1357</v>
       </c>
       <c r="B1355" t="s">
-        <v>3921</v>
-[...2 lines deleted...]
-    <row r="1356" spans="1:2">
+        <v>4230</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:4">
       <c r="A1356" t="s">
         <v>1358</v>
       </c>
       <c r="B1356" t="s">
-        <v>3922</v>
-[...2 lines deleted...]
-    <row r="1357" spans="1:2">
+        <v>4231</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:4">
       <c r="A1357" t="s">
         <v>1359</v>
       </c>
       <c r="B1357" t="s">
-        <v>3923</v>
-[...2 lines deleted...]
-    <row r="1358" spans="1:2">
+        <v>4010</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:4">
       <c r="A1358" t="s">
         <v>1360</v>
       </c>
       <c r="B1358" t="s">
-        <v>3924</v>
-[...2 lines deleted...]
-    <row r="1359" spans="1:2">
+        <v>4232</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:4">
       <c r="A1359" t="s">
         <v>1361</v>
       </c>
       <c r="B1359" t="s">
-        <v>3925</v>
-[...2 lines deleted...]
-    <row r="1360" spans="1:2">
+        <v>4233</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:4">
       <c r="A1360" t="s">
         <v>1362</v>
       </c>
       <c r="B1360" t="s">
-        <v>3926</v>
+        <v>4234</v>
       </c>
     </row>
     <row r="1361" spans="1:2">
       <c r="A1361" t="s">
         <v>1363</v>
       </c>
       <c r="B1361" t="s">
-        <v>3927</v>
+        <v>4235</v>
       </c>
     </row>
     <row r="1362" spans="1:2">
       <c r="A1362" t="s">
         <v>1364</v>
       </c>
       <c r="B1362" t="s">
-        <v>3928</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="1363" spans="1:2">
       <c r="A1363" t="s">
         <v>1365</v>
       </c>
       <c r="B1363" t="s">
-        <v>3929</v>
+        <v>4237</v>
       </c>
     </row>
     <row r="1364" spans="1:2">
       <c r="A1364" t="s">
         <v>1366</v>
       </c>
       <c r="B1364" t="s">
-        <v>3930</v>
+        <v>4238</v>
       </c>
     </row>
     <row r="1365" spans="1:2">
       <c r="A1365" t="s">
         <v>1367</v>
       </c>
       <c r="B1365" t="s">
-        <v>3931</v>
+        <v>4239</v>
       </c>
     </row>
     <row r="1366" spans="1:2">
       <c r="A1366" t="s">
         <v>1368</v>
       </c>
       <c r="B1366" t="s">
-        <v>3932</v>
+        <v>4240</v>
       </c>
     </row>
     <row r="1367" spans="1:2">
       <c r="A1367" t="s">
         <v>1369</v>
       </c>
       <c r="B1367" t="s">
-        <v>3933</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="1368" spans="1:2">
       <c r="A1368" t="s">
         <v>1370</v>
       </c>
       <c r="B1368" t="s">
-        <v>3934</v>
+        <v>4242</v>
       </c>
     </row>
     <row r="1369" spans="1:2">
       <c r="A1369" t="s">
         <v>1371</v>
       </c>
       <c r="B1369" t="s">
-        <v>3935</v>
+        <v>4243</v>
       </c>
     </row>
     <row r="1370" spans="1:2">
       <c r="A1370" t="s">
         <v>1372</v>
       </c>
       <c r="B1370" t="s">
-        <v>3936</v>
+        <v>4244</v>
       </c>
     </row>
     <row r="1371" spans="1:2">
       <c r="A1371" t="s">
         <v>1373</v>
       </c>
       <c r="B1371" t="s">
-        <v>3937</v>
+        <v>4245</v>
       </c>
     </row>
     <row r="1372" spans="1:2">
       <c r="A1372" t="s">
         <v>1374</v>
       </c>
       <c r="B1372" t="s">
-        <v>3938</v>
+        <v>4246</v>
       </c>
     </row>
     <row r="1373" spans="1:2">
       <c r="A1373" t="s">
         <v>1375</v>
       </c>
       <c r="B1373" t="s">
-        <v>3939</v>
+        <v>4247</v>
       </c>
     </row>
     <row r="1374" spans="1:2">
       <c r="A1374" t="s">
         <v>1376</v>
       </c>
       <c r="B1374" t="s">
-        <v>3940</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="1375" spans="1:2">
       <c r="A1375" t="s">
         <v>1377</v>
       </c>
       <c r="B1375" t="s">
-        <v>3941</v>
+        <v>4249</v>
       </c>
     </row>
     <row r="1376" spans="1:2">
       <c r="A1376" t="s">
         <v>1378</v>
       </c>
       <c r="B1376" t="s">
-        <v>3942</v>
-[...2 lines deleted...]
-    <row r="1377" spans="1:4">
+        <v>4250</v>
+      </c>
+    </row>
+    <row r="1377" spans="1:2">
       <c r="A1377" t="s">
         <v>1379</v>
       </c>
       <c r="B1377" t="s">
-        <v>3943</v>
-[...2 lines deleted...]
-    <row r="1378" spans="1:4">
+        <v>4251</v>
+      </c>
+    </row>
+    <row r="1378" spans="1:2">
       <c r="A1378" t="s">
         <v>1380</v>
       </c>
       <c r="B1378" t="s">
-        <v>3944</v>
-[...2 lines deleted...]
-    <row r="1379" spans="1:4">
+        <v>4252</v>
+      </c>
+    </row>
+    <row r="1379" spans="1:2">
       <c r="A1379" t="s">
         <v>1381</v>
       </c>
       <c r="B1379" t="s">
-        <v>3945</v>
-[...2 lines deleted...]
-    <row r="1380" spans="1:4">
+        <v>4253</v>
+      </c>
+    </row>
+    <row r="1380" spans="1:2">
       <c r="A1380" t="s">
         <v>1382</v>
       </c>
       <c r="B1380" t="s">
-        <v>3946</v>
-[...2 lines deleted...]
-    <row r="1381" spans="1:4">
+        <v>4254</v>
+      </c>
+    </row>
+    <row r="1381" spans="1:2">
       <c r="A1381" t="s">
         <v>1383</v>
       </c>
       <c r="B1381" t="s">
-        <v>3947</v>
-[...2 lines deleted...]
-    <row r="1382" spans="1:4">
+        <v>4255</v>
+      </c>
+    </row>
+    <row r="1382" spans="1:2">
       <c r="A1382" t="s">
         <v>1384</v>
       </c>
       <c r="B1382" t="s">
-        <v>3948</v>
-[...5 lines deleted...]
-    <row r="1383" spans="1:4">
+        <v>4256</v>
+      </c>
+    </row>
+    <row r="1383" spans="1:2">
       <c r="A1383" t="s">
         <v>1385</v>
       </c>
       <c r="B1383" t="s">
-        <v>3949</v>
-[...2 lines deleted...]
-    <row r="1384" spans="1:4">
+        <v>4257</v>
+      </c>
+    </row>
+    <row r="1384" spans="1:2">
       <c r="A1384" t="s">
         <v>1386</v>
       </c>
       <c r="B1384" t="s">
-        <v>3950</v>
-[...2 lines deleted...]
-    <row r="1385" spans="1:4">
+        <v>4258</v>
+      </c>
+    </row>
+    <row r="1385" spans="1:2">
       <c r="A1385" t="s">
         <v>1387</v>
       </c>
       <c r="B1385" t="s">
-        <v>3951</v>
-[...2 lines deleted...]
-    <row r="1386" spans="1:4">
+        <v>4259</v>
+      </c>
+    </row>
+    <row r="1386" spans="1:2">
       <c r="A1386" t="s">
         <v>1388</v>
       </c>
       <c r="B1386" t="s">
-        <v>3952</v>
-[...2 lines deleted...]
-    <row r="1387" spans="1:4">
+        <v>4260</v>
+      </c>
+    </row>
+    <row r="1387" spans="1:2">
       <c r="A1387" t="s">
         <v>1389</v>
       </c>
       <c r="B1387" t="s">
-        <v>3953</v>
-[...2 lines deleted...]
-    <row r="1388" spans="1:4">
+        <v>4261</v>
+      </c>
+    </row>
+    <row r="1388" spans="1:2">
       <c r="A1388" t="s">
         <v>1390</v>
       </c>
       <c r="B1388" t="s">
-        <v>3954</v>
-[...2 lines deleted...]
-    <row r="1389" spans="1:4">
+        <v>4262</v>
+      </c>
+    </row>
+    <row r="1389" spans="1:2">
       <c r="A1389" t="s">
         <v>1391</v>
       </c>
       <c r="B1389" t="s">
-        <v>3955</v>
-[...2 lines deleted...]
-    <row r="1390" spans="1:4">
+        <v>4263</v>
+      </c>
+    </row>
+    <row r="1390" spans="1:2">
       <c r="A1390" t="s">
         <v>1392</v>
       </c>
       <c r="B1390" t="s">
-        <v>3956</v>
-[...2 lines deleted...]
-    <row r="1391" spans="1:4">
+        <v>4264</v>
+      </c>
+    </row>
+    <row r="1391" spans="1:2">
       <c r="A1391" t="s">
         <v>1393</v>
       </c>
       <c r="B1391" t="s">
-        <v>3957</v>
-[...2 lines deleted...]
-    <row r="1392" spans="1:4">
+        <v>4265</v>
+      </c>
+    </row>
+    <row r="1392" spans="1:2">
       <c r="A1392" t="s">
         <v>1394</v>
       </c>
       <c r="B1392" t="s">
-        <v>3958</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="1393" spans="1:2">
       <c r="A1393" t="s">
         <v>1395</v>
       </c>
       <c r="B1393" t="s">
-        <v>3959</v>
+        <v>4267</v>
       </c>
     </row>
     <row r="1394" spans="1:2">
       <c r="A1394" t="s">
         <v>1396</v>
       </c>
       <c r="B1394" t="s">
-        <v>3960</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="1395" spans="1:2">
       <c r="A1395" t="s">
         <v>1397</v>
       </c>
       <c r="B1395" t="s">
-        <v>3961</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="1396" spans="1:2">
       <c r="A1396" t="s">
         <v>1398</v>
       </c>
       <c r="B1396" t="s">
-        <v>3962</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="1397" spans="1:2">
       <c r="A1397" t="s">
         <v>1399</v>
       </c>
       <c r="B1397" t="s">
-        <v>3963</v>
+        <v>4271</v>
       </c>
     </row>
     <row r="1398" spans="1:2">
       <c r="A1398" t="s">
         <v>1400</v>
       </c>
       <c r="B1398" t="s">
-        <v>3964</v>
+        <v>4272</v>
       </c>
     </row>
     <row r="1399" spans="1:2">
       <c r="A1399" t="s">
         <v>1401</v>
       </c>
       <c r="B1399" t="s">
-        <v>3965</v>
+        <v>4273</v>
       </c>
     </row>
     <row r="1400" spans="1:2">
       <c r="A1400" t="s">
         <v>1402</v>
       </c>
       <c r="B1400" t="s">
-        <v>3966</v>
+        <v>4274</v>
       </c>
     </row>
     <row r="1401" spans="1:2">
       <c r="A1401" t="s">
         <v>1403</v>
       </c>
       <c r="B1401" t="s">
-        <v>3967</v>
+        <v>4275</v>
       </c>
     </row>
     <row r="1402" spans="1:2">
       <c r="A1402" t="s">
         <v>1404</v>
       </c>
       <c r="B1402" t="s">
-        <v>3968</v>
+        <v>4276</v>
       </c>
     </row>
     <row r="1403" spans="1:2">
       <c r="A1403" t="s">
         <v>1405</v>
       </c>
       <c r="B1403" t="s">
-        <v>3969</v>
+        <v>4277</v>
       </c>
     </row>
     <row r="1404" spans="1:2">
       <c r="A1404" t="s">
         <v>1406</v>
       </c>
       <c r="B1404" t="s">
-        <v>3970</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="1405" spans="1:2">
       <c r="A1405" t="s">
         <v>1407</v>
       </c>
       <c r="B1405" t="s">
-        <v>3971</v>
+        <v>4279</v>
       </c>
     </row>
     <row r="1406" spans="1:2">
       <c r="A1406" t="s">
         <v>1408</v>
       </c>
       <c r="B1406" t="s">
-        <v>3972</v>
+        <v>4280</v>
       </c>
     </row>
     <row r="1407" spans="1:2">
       <c r="A1407" t="s">
         <v>1409</v>
       </c>
       <c r="B1407" t="s">
-        <v>3973</v>
+        <v>4281</v>
       </c>
     </row>
     <row r="1408" spans="1:2">
       <c r="A1408" t="s">
         <v>1410</v>
       </c>
       <c r="B1408" t="s">
-        <v>3974</v>
+        <v>4282</v>
       </c>
     </row>
     <row r="1409" spans="1:4">
       <c r="A1409" t="s">
         <v>1411</v>
       </c>
       <c r="B1409" t="s">
-        <v>3975</v>
+        <v>4283</v>
       </c>
     </row>
     <row r="1410" spans="1:4">
       <c r="A1410" t="s">
         <v>1412</v>
       </c>
       <c r="B1410" t="s">
-        <v>3976</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="1411" spans="1:4">
       <c r="A1411" t="s">
         <v>1413</v>
       </c>
       <c r="B1411" t="s">
-        <v>3977</v>
+        <v>4285</v>
       </c>
     </row>
     <row r="1412" spans="1:4">
       <c r="A1412" t="s">
         <v>1414</v>
       </c>
       <c r="B1412" t="s">
-        <v>3978</v>
+        <v>4286</v>
+      </c>
+      <c r="C1412" t="s">
+        <v>5730</v>
+      </c>
+      <c r="D1412" t="s">
+        <v>5787</v>
       </c>
     </row>
     <row r="1413" spans="1:4">
       <c r="A1413" t="s">
         <v>1415</v>
       </c>
       <c r="B1413" t="s">
-        <v>3979</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="1414" spans="1:4">
       <c r="A1414" t="s">
         <v>1416</v>
       </c>
       <c r="B1414" t="s">
-        <v>3980</v>
+        <v>4287</v>
       </c>
     </row>
     <row r="1415" spans="1:4">
       <c r="A1415" t="s">
         <v>1417</v>
       </c>
       <c r="B1415" t="s">
-        <v>3981</v>
+        <v>4288</v>
       </c>
     </row>
     <row r="1416" spans="1:4">
       <c r="A1416" t="s">
         <v>1418</v>
       </c>
       <c r="B1416" t="s">
-        <v>3982</v>
-[...5 lines deleted...]
-        <v>5208</v>
+        <v>4289</v>
       </c>
     </row>
     <row r="1417" spans="1:4">
       <c r="A1417" t="s">
         <v>1419</v>
       </c>
       <c r="B1417" t="s">
-        <v>3983</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="1418" spans="1:4">
       <c r="A1418" t="s">
         <v>1420</v>
       </c>
       <c r="B1418" t="s">
-        <v>3984</v>
+        <v>4291</v>
       </c>
     </row>
     <row r="1419" spans="1:4">
       <c r="A1419" t="s">
         <v>1421</v>
       </c>
       <c r="B1419" t="s">
-        <v>3985</v>
+        <v>4292</v>
       </c>
     </row>
     <row r="1420" spans="1:4">
       <c r="A1420" t="s">
         <v>1422</v>
       </c>
       <c r="B1420" t="s">
-        <v>3986</v>
+        <v>4293</v>
       </c>
     </row>
     <row r="1421" spans="1:4">
       <c r="A1421" t="s">
         <v>1423</v>
       </c>
       <c r="B1421" t="s">
-        <v>3987</v>
+        <v>4294</v>
       </c>
     </row>
     <row r="1422" spans="1:4">
       <c r="A1422" t="s">
         <v>1424</v>
       </c>
       <c r="B1422" t="s">
-        <v>3988</v>
+        <v>4295</v>
       </c>
     </row>
     <row r="1423" spans="1:4">
       <c r="A1423" t="s">
         <v>1425</v>
       </c>
       <c r="B1423" t="s">
-        <v>3989</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="1424" spans="1:4">
       <c r="A1424" t="s">
         <v>1426</v>
       </c>
       <c r="B1424" t="s">
-        <v>3990</v>
+        <v>4297</v>
       </c>
     </row>
     <row r="1425" spans="1:2">
       <c r="A1425" t="s">
         <v>1427</v>
       </c>
       <c r="B1425" t="s">
-        <v>3991</v>
+        <v>4298</v>
       </c>
     </row>
     <row r="1426" spans="1:2">
       <c r="A1426" t="s">
         <v>1428</v>
       </c>
       <c r="B1426" t="s">
-        <v>3992</v>
+        <v>4299</v>
       </c>
     </row>
     <row r="1427" spans="1:2">
       <c r="A1427" t="s">
         <v>1429</v>
       </c>
       <c r="B1427" t="s">
-        <v>3993</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="1428" spans="1:2">
       <c r="A1428" t="s">
         <v>1430</v>
       </c>
       <c r="B1428" t="s">
-        <v>3994</v>
+        <v>4301</v>
       </c>
     </row>
     <row r="1429" spans="1:2">
       <c r="A1429" t="s">
         <v>1431</v>
       </c>
       <c r="B1429" t="s">
-        <v>3995</v>
+        <v>4302</v>
       </c>
     </row>
     <row r="1430" spans="1:2">
       <c r="A1430" t="s">
         <v>1432</v>
       </c>
       <c r="B1430" t="s">
-        <v>3996</v>
+        <v>4303</v>
       </c>
     </row>
     <row r="1431" spans="1:2">
       <c r="A1431" t="s">
         <v>1433</v>
       </c>
       <c r="B1431" t="s">
-        <v>3997</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="1432" spans="1:2">
       <c r="A1432" t="s">
         <v>1434</v>
       </c>
       <c r="B1432" t="s">
-        <v>3998</v>
+        <v>4305</v>
       </c>
     </row>
     <row r="1433" spans="1:2">
       <c r="A1433" t="s">
         <v>1435</v>
       </c>
       <c r="B1433" t="s">
-        <v>3999</v>
+        <v>4306</v>
       </c>
     </row>
     <row r="1434" spans="1:2">
       <c r="A1434" t="s">
         <v>1436</v>
       </c>
       <c r="B1434" t="s">
-        <v>4000</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="1435" spans="1:2">
       <c r="A1435" t="s">
         <v>1437</v>
       </c>
       <c r="B1435" t="s">
-        <v>4001</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="1436" spans="1:2">
       <c r="A1436" t="s">
         <v>1438</v>
       </c>
       <c r="B1436" t="s">
-        <v>4002</v>
+        <v>4309</v>
       </c>
     </row>
     <row r="1437" spans="1:2">
       <c r="A1437" t="s">
         <v>1439</v>
       </c>
       <c r="B1437" t="s">
-        <v>4003</v>
+        <v>4310</v>
       </c>
     </row>
     <row r="1438" spans="1:2">
       <c r="A1438" t="s">
         <v>1440</v>
       </c>
       <c r="B1438" t="s">
-        <v>4004</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="1439" spans="1:2">
       <c r="A1439" t="s">
         <v>1441</v>
       </c>
       <c r="B1439" t="s">
-        <v>4005</v>
+        <v>4312</v>
       </c>
     </row>
     <row r="1440" spans="1:2">
       <c r="A1440" t="s">
         <v>1442</v>
       </c>
       <c r="B1440" t="s">
-        <v>4006</v>
-[...2 lines deleted...]
-    <row r="1441" spans="1:2">
+        <v>4313</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:4">
       <c r="A1441" t="s">
         <v>1443</v>
       </c>
       <c r="B1441" t="s">
-        <v>4007</v>
-[...2 lines deleted...]
-    <row r="1442" spans="1:2">
+        <v>4314</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:4">
       <c r="A1442" t="s">
         <v>1444</v>
       </c>
       <c r="B1442" t="s">
-        <v>4008</v>
-[...2 lines deleted...]
-    <row r="1443" spans="1:2">
+        <v>4315</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:4">
       <c r="A1443" t="s">
         <v>1445</v>
       </c>
       <c r="B1443" t="s">
-        <v>4009</v>
-[...2 lines deleted...]
-    <row r="1444" spans="1:2">
+        <v>4316</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:4">
       <c r="A1444" t="s">
         <v>1446</v>
       </c>
       <c r="B1444" t="s">
-        <v>4010</v>
-[...2 lines deleted...]
-    <row r="1445" spans="1:2">
+        <v>4317</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:4">
       <c r="A1445" t="s">
         <v>1447</v>
       </c>
       <c r="B1445" t="s">
-        <v>4011</v>
-[...2 lines deleted...]
-    <row r="1446" spans="1:2">
+        <v>4318</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:4">
       <c r="A1446" t="s">
         <v>1448</v>
       </c>
       <c r="B1446" t="s">
-        <v>4012</v>
-[...2 lines deleted...]
-    <row r="1447" spans="1:2">
+        <v>4319</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:4">
       <c r="A1447" t="s">
         <v>1449</v>
       </c>
       <c r="B1447" t="s">
-        <v>4013</v>
-[...2 lines deleted...]
-    <row r="1448" spans="1:2">
+        <v>4320</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:4">
       <c r="A1448" t="s">
         <v>1450</v>
       </c>
       <c r="B1448" t="s">
-        <v>4014</v>
-[...2 lines deleted...]
-    <row r="1449" spans="1:2">
+        <v>4321</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:4">
       <c r="A1449" t="s">
         <v>1451</v>
       </c>
       <c r="B1449" t="s">
-        <v>4015</v>
-[...2 lines deleted...]
-    <row r="1450" spans="1:2">
+        <v>4322</v>
+      </c>
+      <c r="C1449" t="s">
+        <v>5731</v>
+      </c>
+      <c r="D1449" t="s">
+        <v>5788</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:4">
       <c r="A1450" t="s">
         <v>1452</v>
       </c>
       <c r="B1450" t="s">
-        <v>4016</v>
-[...2 lines deleted...]
-    <row r="1451" spans="1:2">
+        <v>4323</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:4">
       <c r="A1451" t="s">
         <v>1453</v>
       </c>
       <c r="B1451" t="s">
-        <v>4017</v>
-[...2 lines deleted...]
-    <row r="1452" spans="1:2">
+        <v>4324</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:4">
       <c r="A1452" t="s">
         <v>1454</v>
       </c>
       <c r="B1452" t="s">
-        <v>4018</v>
-[...2 lines deleted...]
-    <row r="1453" spans="1:2">
+        <v>4325</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:4">
       <c r="A1453" t="s">
         <v>1455</v>
       </c>
       <c r="B1453" t="s">
-        <v>4019</v>
-[...2 lines deleted...]
-    <row r="1454" spans="1:2">
+        <v>4326</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:4">
       <c r="A1454" t="s">
         <v>1456</v>
       </c>
       <c r="B1454" t="s">
-        <v>4020</v>
-[...2 lines deleted...]
-    <row r="1455" spans="1:2">
+        <v>4327</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:4">
       <c r="A1455" t="s">
         <v>1457</v>
       </c>
       <c r="B1455" t="s">
-        <v>4021</v>
-[...2 lines deleted...]
-    <row r="1456" spans="1:2">
+        <v>4328</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:4">
       <c r="A1456" t="s">
         <v>1458</v>
       </c>
       <c r="B1456" t="s">
-        <v>4022</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="1457" spans="1:2">
       <c r="A1457" t="s">
         <v>1459</v>
       </c>
       <c r="B1457" t="s">
-        <v>4023</v>
+        <v>4330</v>
       </c>
     </row>
     <row r="1458" spans="1:2">
       <c r="A1458" t="s">
         <v>1460</v>
       </c>
       <c r="B1458" t="s">
-        <v>4024</v>
+        <v>4331</v>
       </c>
     </row>
     <row r="1459" spans="1:2">
       <c r="A1459" t="s">
         <v>1461</v>
       </c>
       <c r="B1459" t="s">
-        <v>4025</v>
+        <v>4332</v>
       </c>
     </row>
     <row r="1460" spans="1:2">
       <c r="A1460" t="s">
         <v>1462</v>
       </c>
       <c r="B1460" t="s">
-        <v>4026</v>
+        <v>4333</v>
       </c>
     </row>
     <row r="1461" spans="1:2">
       <c r="A1461" t="s">
         <v>1463</v>
       </c>
       <c r="B1461" t="s">
-        <v>4027</v>
+        <v>4334</v>
       </c>
     </row>
     <row r="1462" spans="1:2">
       <c r="A1462" t="s">
         <v>1464</v>
       </c>
       <c r="B1462" t="s">
-        <v>4028</v>
+        <v>4335</v>
       </c>
     </row>
     <row r="1463" spans="1:2">
       <c r="A1463" t="s">
         <v>1465</v>
       </c>
       <c r="B1463" t="s">
-        <v>4029</v>
+        <v>4336</v>
       </c>
     </row>
     <row r="1464" spans="1:2">
       <c r="A1464" t="s">
         <v>1466</v>
       </c>
       <c r="B1464" t="s">
-        <v>4030</v>
+        <v>4337</v>
       </c>
     </row>
     <row r="1465" spans="1:2">
       <c r="A1465" t="s">
         <v>1467</v>
       </c>
       <c r="B1465" t="s">
-        <v>4031</v>
+        <v>4338</v>
       </c>
     </row>
     <row r="1466" spans="1:2">
       <c r="A1466" t="s">
         <v>1468</v>
       </c>
       <c r="B1466" t="s">
-        <v>4032</v>
+        <v>4339</v>
       </c>
     </row>
     <row r="1467" spans="1:2">
       <c r="A1467" t="s">
         <v>1469</v>
       </c>
       <c r="B1467" t="s">
-        <v>4033</v>
+        <v>4340</v>
       </c>
     </row>
     <row r="1468" spans="1:2">
       <c r="A1468" t="s">
         <v>1470</v>
       </c>
       <c r="B1468" t="s">
-        <v>4034</v>
+        <v>4341</v>
       </c>
     </row>
     <row r="1469" spans="1:2">
       <c r="A1469" t="s">
         <v>1471</v>
       </c>
       <c r="B1469" t="s">
-        <v>4035</v>
+        <v>4342</v>
       </c>
     </row>
     <row r="1470" spans="1:2">
       <c r="A1470" t="s">
         <v>1472</v>
       </c>
       <c r="B1470" t="s">
-        <v>4036</v>
+        <v>4343</v>
       </c>
     </row>
     <row r="1471" spans="1:2">
       <c r="A1471" t="s">
         <v>1473</v>
       </c>
       <c r="B1471" t="s">
-        <v>4037</v>
+        <v>4344</v>
       </c>
     </row>
     <row r="1472" spans="1:2">
       <c r="A1472" t="s">
         <v>1474</v>
       </c>
       <c r="B1472" t="s">
-        <v>4038</v>
+        <v>4345</v>
       </c>
     </row>
     <row r="1473" spans="1:4">
       <c r="A1473" t="s">
         <v>1475</v>
       </c>
       <c r="B1473" t="s">
-        <v>4039</v>
+        <v>4346</v>
+      </c>
+      <c r="C1473" t="s">
+        <v>5732</v>
+      </c>
+      <c r="D1473" t="s">
+        <v>5789</v>
       </c>
     </row>
     <row r="1474" spans="1:4">
       <c r="A1474" t="s">
         <v>1476</v>
       </c>
       <c r="B1474" t="s">
-        <v>4040</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="1475" spans="1:4">
       <c r="A1475" t="s">
         <v>1477</v>
       </c>
       <c r="B1475" t="s">
-        <v>4041</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="1476" spans="1:4">
       <c r="A1476" t="s">
         <v>1478</v>
       </c>
       <c r="B1476" t="s">
-        <v>4042</v>
+        <v>4348</v>
       </c>
     </row>
     <row r="1477" spans="1:4">
       <c r="A1477" t="s">
         <v>1479</v>
       </c>
       <c r="B1477" t="s">
-        <v>4043</v>
+        <v>4349</v>
       </c>
     </row>
     <row r="1478" spans="1:4">
       <c r="A1478" t="s">
         <v>1480</v>
       </c>
       <c r="B1478" t="s">
-        <v>4044</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="1479" spans="1:4">
       <c r="A1479" t="s">
         <v>1481</v>
       </c>
       <c r="B1479" t="s">
-        <v>4045</v>
+        <v>4350</v>
       </c>
     </row>
     <row r="1480" spans="1:4">
       <c r="A1480" t="s">
         <v>1482</v>
       </c>
       <c r="B1480" t="s">
-        <v>4046</v>
+        <v>4351</v>
       </c>
     </row>
     <row r="1481" spans="1:4">
       <c r="A1481" t="s">
         <v>1483</v>
       </c>
       <c r="B1481" t="s">
-        <v>4047</v>
+        <v>4352</v>
       </c>
     </row>
     <row r="1482" spans="1:4">
       <c r="A1482" t="s">
         <v>1484</v>
       </c>
       <c r="B1482" t="s">
-        <v>4048</v>
+        <v>4353</v>
       </c>
     </row>
     <row r="1483" spans="1:4">
       <c r="A1483" t="s">
         <v>1485</v>
       </c>
       <c r="B1483" t="s">
-        <v>4049</v>
+        <v>4354</v>
       </c>
     </row>
     <row r="1484" spans="1:4">
       <c r="A1484" t="s">
         <v>1486</v>
       </c>
       <c r="B1484" t="s">
-        <v>4050</v>
-[...5 lines deleted...]
-        <v>5209</v>
+        <v>4355</v>
       </c>
     </row>
     <row r="1485" spans="1:4">
       <c r="A1485" t="s">
         <v>1487</v>
       </c>
       <c r="B1485" t="s">
-        <v>4051</v>
+        <v>4356</v>
       </c>
     </row>
     <row r="1486" spans="1:4">
       <c r="A1486" t="s">
         <v>1488</v>
       </c>
       <c r="B1486" t="s">
-        <v>4052</v>
+        <v>4357</v>
       </c>
     </row>
     <row r="1487" spans="1:4">
       <c r="A1487" t="s">
         <v>1489</v>
       </c>
       <c r="B1487" t="s">
-        <v>4053</v>
+        <v>4358</v>
       </c>
     </row>
     <row r="1488" spans="1:4">
       <c r="A1488" t="s">
         <v>1490</v>
       </c>
       <c r="B1488" t="s">
-        <v>4054</v>
-[...2 lines deleted...]
-    <row r="1489" spans="1:4">
+        <v>4359</v>
+      </c>
+    </row>
+    <row r="1489" spans="1:2">
       <c r="A1489" t="s">
         <v>1491</v>
       </c>
       <c r="B1489" t="s">
-        <v>4055</v>
-[...2 lines deleted...]
-    <row r="1490" spans="1:4">
+        <v>4360</v>
+      </c>
+    </row>
+    <row r="1490" spans="1:2">
       <c r="A1490" t="s">
         <v>1492</v>
       </c>
       <c r="B1490" t="s">
-        <v>4056</v>
-[...8 lines deleted...]
-    <row r="1491" spans="1:4">
+        <v>4361</v>
+      </c>
+    </row>
+    <row r="1491" spans="1:2">
       <c r="A1491" t="s">
         <v>1493</v>
       </c>
       <c r="B1491" t="s">
-        <v>4057</v>
-[...2 lines deleted...]
-    <row r="1492" spans="1:4">
+        <v>4362</v>
+      </c>
+    </row>
+    <row r="1492" spans="1:2">
       <c r="A1492" t="s">
         <v>1494</v>
       </c>
       <c r="B1492" t="s">
-        <v>4058</v>
-[...2 lines deleted...]
-    <row r="1493" spans="1:4">
+        <v>4363</v>
+      </c>
+    </row>
+    <row r="1493" spans="1:2">
       <c r="A1493" t="s">
         <v>1495</v>
       </c>
       <c r="B1493" t="s">
-        <v>4059</v>
-[...2 lines deleted...]
-    <row r="1494" spans="1:4">
+        <v>4364</v>
+      </c>
+    </row>
+    <row r="1494" spans="1:2">
       <c r="A1494" t="s">
         <v>1496</v>
       </c>
       <c r="B1494" t="s">
-        <v>4060</v>
-[...2 lines deleted...]
-    <row r="1495" spans="1:4">
+        <v>4365</v>
+      </c>
+    </row>
+    <row r="1495" spans="1:2">
       <c r="A1495" t="s">
         <v>1497</v>
       </c>
       <c r="B1495" t="s">
-        <v>4061</v>
-[...2 lines deleted...]
-    <row r="1496" spans="1:4">
+        <v>4366</v>
+      </c>
+    </row>
+    <row r="1496" spans="1:2">
       <c r="A1496" t="s">
         <v>1498</v>
       </c>
       <c r="B1496" t="s">
-        <v>4062</v>
-[...2 lines deleted...]
-    <row r="1497" spans="1:4">
+        <v>4367</v>
+      </c>
+    </row>
+    <row r="1497" spans="1:2">
       <c r="A1497" t="s">
         <v>1499</v>
       </c>
       <c r="B1497" t="s">
-        <v>4063</v>
-[...2 lines deleted...]
-    <row r="1498" spans="1:4">
+        <v>4368</v>
+      </c>
+    </row>
+    <row r="1498" spans="1:2">
       <c r="A1498" t="s">
         <v>1500</v>
       </c>
       <c r="B1498" t="s">
-        <v>4064</v>
-[...2 lines deleted...]
-    <row r="1499" spans="1:4">
+        <v>4369</v>
+      </c>
+    </row>
+    <row r="1499" spans="1:2">
       <c r="A1499" t="s">
         <v>1501</v>
       </c>
       <c r="B1499" t="s">
-        <v>4065</v>
-[...2 lines deleted...]
-    <row r="1500" spans="1:4">
+        <v>4370</v>
+      </c>
+    </row>
+    <row r="1500" spans="1:2">
       <c r="A1500" t="s">
         <v>1502</v>
       </c>
       <c r="B1500" t="s">
-        <v>4066</v>
-[...2 lines deleted...]
-    <row r="1501" spans="1:4">
+        <v>4371</v>
+      </c>
+    </row>
+    <row r="1501" spans="1:2">
       <c r="A1501" t="s">
         <v>1503</v>
       </c>
       <c r="B1501" t="s">
-        <v>4067</v>
-[...2 lines deleted...]
-    <row r="1502" spans="1:4">
+        <v>4372</v>
+      </c>
+    </row>
+    <row r="1502" spans="1:2">
       <c r="A1502" t="s">
         <v>1504</v>
       </c>
       <c r="B1502" t="s">
-        <v>4068</v>
-[...2 lines deleted...]
-    <row r="1503" spans="1:4">
+        <v>3289</v>
+      </c>
+    </row>
+    <row r="1503" spans="1:2">
       <c r="A1503" t="s">
         <v>1505</v>
       </c>
       <c r="B1503" t="s">
-        <v>4069</v>
-[...2 lines deleted...]
-    <row r="1504" spans="1:4">
+        <v>4373</v>
+      </c>
+    </row>
+    <row r="1504" spans="1:2">
       <c r="A1504" t="s">
         <v>1506</v>
       </c>
       <c r="B1504" t="s">
-        <v>4070</v>
-[...2 lines deleted...]
-    <row r="1505" spans="1:4">
+        <v>4374</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:2">
       <c r="A1505" t="s">
         <v>1507</v>
       </c>
       <c r="B1505" t="s">
-        <v>4071</v>
-[...2 lines deleted...]
-    <row r="1506" spans="1:4">
+        <v>4375</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:2">
       <c r="A1506" t="s">
         <v>1508</v>
       </c>
       <c r="B1506" t="s">
-        <v>4072</v>
-[...2 lines deleted...]
-    <row r="1507" spans="1:4">
+        <v>4376</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:2">
       <c r="A1507" t="s">
         <v>1509</v>
       </c>
       <c r="B1507" t="s">
-        <v>4073</v>
-[...2 lines deleted...]
-    <row r="1508" spans="1:4">
+        <v>4377</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:2">
       <c r="A1508" t="s">
         <v>1510</v>
       </c>
       <c r="B1508" t="s">
-        <v>4074</v>
-[...2 lines deleted...]
-    <row r="1509" spans="1:4">
+        <v>4378</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:2">
       <c r="A1509" t="s">
         <v>1511</v>
       </c>
       <c r="B1509" t="s">
-        <v>4075</v>
-[...2 lines deleted...]
-    <row r="1510" spans="1:4">
+        <v>4379</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:2">
       <c r="A1510" t="s">
         <v>1512</v>
       </c>
       <c r="B1510" t="s">
-        <v>4076</v>
-[...2 lines deleted...]
-    <row r="1511" spans="1:4">
+        <v>4380</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:2">
       <c r="A1511" t="s">
         <v>1513</v>
       </c>
       <c r="B1511" t="s">
-        <v>4077</v>
-[...2 lines deleted...]
-    <row r="1512" spans="1:4">
+        <v>4381</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:2">
       <c r="A1512" t="s">
         <v>1514</v>
       </c>
       <c r="B1512" t="s">
-        <v>4078</v>
-[...2 lines deleted...]
-    <row r="1513" spans="1:4">
+        <v>4382</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:2">
       <c r="A1513" t="s">
         <v>1515</v>
       </c>
       <c r="B1513" t="s">
-        <v>4079</v>
-[...8 lines deleted...]
-    <row r="1514" spans="1:4">
+        <v>4383</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:2">
       <c r="A1514" t="s">
         <v>1516</v>
       </c>
       <c r="B1514" t="s">
-        <v>4080</v>
-[...2 lines deleted...]
-    <row r="1515" spans="1:4">
+        <v>4384</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:2">
       <c r="A1515" t="s">
         <v>1517</v>
       </c>
       <c r="B1515" t="s">
-        <v>4081</v>
-[...2 lines deleted...]
-    <row r="1516" spans="1:4">
+        <v>4385</v>
+      </c>
+    </row>
+    <row r="1516" spans="1:2">
       <c r="A1516" t="s">
         <v>1518</v>
       </c>
       <c r="B1516" t="s">
-        <v>4082</v>
-[...2 lines deleted...]
-    <row r="1517" spans="1:4">
+        <v>4386</v>
+      </c>
+    </row>
+    <row r="1517" spans="1:2">
       <c r="A1517" t="s">
         <v>1519</v>
       </c>
       <c r="B1517" t="s">
-        <v>4083</v>
-[...2 lines deleted...]
-    <row r="1518" spans="1:4">
+        <v>4387</v>
+      </c>
+    </row>
+    <row r="1518" spans="1:2">
       <c r="A1518" t="s">
         <v>1520</v>
       </c>
       <c r="B1518" t="s">
-        <v>4084</v>
-[...2 lines deleted...]
-    <row r="1519" spans="1:4">
+        <v>4388</v>
+      </c>
+    </row>
+    <row r="1519" spans="1:2">
       <c r="A1519" t="s">
         <v>1521</v>
       </c>
       <c r="B1519" t="s">
-        <v>4085</v>
-[...2 lines deleted...]
-    <row r="1520" spans="1:4">
+        <v>4389</v>
+      </c>
+    </row>
+    <row r="1520" spans="1:2">
       <c r="A1520" t="s">
         <v>1522</v>
       </c>
       <c r="B1520" t="s">
-        <v>4086</v>
+        <v>4390</v>
       </c>
     </row>
     <row r="1521" spans="1:2">
       <c r="A1521" t="s">
         <v>1523</v>
       </c>
       <c r="B1521" t="s">
-        <v>4087</v>
+        <v>4391</v>
       </c>
     </row>
     <row r="1522" spans="1:2">
       <c r="A1522" t="s">
         <v>1524</v>
       </c>
       <c r="B1522" t="s">
-        <v>4088</v>
+        <v>4392</v>
       </c>
     </row>
     <row r="1523" spans="1:2">
       <c r="A1523" t="s">
         <v>1525</v>
       </c>
       <c r="B1523" t="s">
-        <v>4089</v>
+        <v>4393</v>
       </c>
     </row>
     <row r="1524" spans="1:2">
       <c r="A1524" t="s">
         <v>1526</v>
       </c>
       <c r="B1524" t="s">
-        <v>4090</v>
+        <v>4394</v>
       </c>
     </row>
     <row r="1525" spans="1:2">
       <c r="A1525" t="s">
         <v>1527</v>
       </c>
       <c r="B1525" t="s">
-        <v>4091</v>
+        <v>4395</v>
       </c>
     </row>
     <row r="1526" spans="1:2">
       <c r="A1526" t="s">
         <v>1528</v>
       </c>
       <c r="B1526" t="s">
-        <v>4092</v>
+        <v>4396</v>
       </c>
     </row>
     <row r="1527" spans="1:2">
       <c r="A1527" t="s">
         <v>1529</v>
       </c>
       <c r="B1527" t="s">
-        <v>4093</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="1528" spans="1:2">
       <c r="A1528" t="s">
         <v>1530</v>
       </c>
       <c r="B1528" t="s">
-        <v>4094</v>
+        <v>4398</v>
       </c>
     </row>
     <row r="1529" spans="1:2">
       <c r="A1529" t="s">
         <v>1531</v>
       </c>
       <c r="B1529" t="s">
-        <v>4095</v>
+        <v>4399</v>
       </c>
     </row>
     <row r="1530" spans="1:2">
       <c r="A1530" t="s">
         <v>1532</v>
       </c>
       <c r="B1530" t="s">
-        <v>4096</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="1531" spans="1:2">
       <c r="A1531" t="s">
         <v>1533</v>
       </c>
       <c r="B1531" t="s">
-        <v>4097</v>
+        <v>4401</v>
       </c>
     </row>
     <row r="1532" spans="1:2">
       <c r="A1532" t="s">
         <v>1534</v>
       </c>
       <c r="B1532" t="s">
-        <v>4098</v>
+        <v>4402</v>
       </c>
     </row>
     <row r="1533" spans="1:2">
       <c r="A1533" t="s">
         <v>1535</v>
       </c>
       <c r="B1533" t="s">
-        <v>4099</v>
+        <v>4403</v>
       </c>
     </row>
     <row r="1534" spans="1:2">
       <c r="A1534" t="s">
         <v>1536</v>
       </c>
       <c r="B1534" t="s">
-        <v>4100</v>
+        <v>4404</v>
       </c>
     </row>
     <row r="1535" spans="1:2">
       <c r="A1535" t="s">
         <v>1537</v>
       </c>
       <c r="B1535" t="s">
-        <v>4101</v>
+        <v>4405</v>
       </c>
     </row>
     <row r="1536" spans="1:2">
       <c r="A1536" t="s">
         <v>1538</v>
       </c>
       <c r="B1536" t="s">
-        <v>4102</v>
+        <v>4406</v>
       </c>
     </row>
     <row r="1537" spans="1:4">
       <c r="A1537" t="s">
         <v>1539</v>
       </c>
       <c r="B1537" t="s">
-        <v>4103</v>
+        <v>4407</v>
       </c>
     </row>
     <row r="1538" spans="1:4">
       <c r="A1538" t="s">
         <v>1540</v>
       </c>
       <c r="B1538" t="s">
-        <v>4104</v>
+        <v>4408</v>
       </c>
     </row>
     <row r="1539" spans="1:4">
       <c r="A1539" t="s">
         <v>1541</v>
       </c>
       <c r="B1539" t="s">
-        <v>4105</v>
+        <v>4409</v>
       </c>
     </row>
     <row r="1540" spans="1:4">
       <c r="A1540" t="s">
         <v>1542</v>
       </c>
       <c r="B1540" t="s">
-        <v>4106</v>
+        <v>4410</v>
       </c>
     </row>
     <row r="1541" spans="1:4">
       <c r="A1541" t="s">
         <v>1543</v>
       </c>
       <c r="B1541" t="s">
-        <v>4107</v>
+        <v>4411</v>
       </c>
     </row>
     <row r="1542" spans="1:4">
       <c r="A1542" t="s">
         <v>1544</v>
       </c>
       <c r="B1542" t="s">
-        <v>4108</v>
+        <v>4412</v>
       </c>
     </row>
     <row r="1543" spans="1:4">
       <c r="A1543" t="s">
         <v>1545</v>
       </c>
       <c r="B1543" t="s">
-        <v>4109</v>
+        <v>4413</v>
       </c>
     </row>
     <row r="1544" spans="1:4">
       <c r="A1544" t="s">
         <v>1546</v>
       </c>
       <c r="B1544" t="s">
-        <v>4110</v>
+        <v>4414</v>
       </c>
     </row>
     <row r="1545" spans="1:4">
       <c r="A1545" t="s">
         <v>1547</v>
       </c>
       <c r="B1545" t="s">
-        <v>4111</v>
+        <v>4415</v>
       </c>
     </row>
     <row r="1546" spans="1:4">
       <c r="A1546" t="s">
         <v>1548</v>
       </c>
       <c r="B1546" t="s">
-        <v>4112</v>
-[...2 lines deleted...]
-        <v>5212</v>
+        <v>4416</v>
       </c>
     </row>
     <row r="1547" spans="1:4">
       <c r="A1547" t="s">
         <v>1549</v>
       </c>
       <c r="B1547" t="s">
-        <v>4113</v>
+        <v>4417</v>
+      </c>
+      <c r="C1547" t="s">
+        <v>5733</v>
+      </c>
+      <c r="D1547" t="s">
+        <v>5790</v>
       </c>
     </row>
     <row r="1548" spans="1:4">
       <c r="A1548" t="s">
         <v>1550</v>
       </c>
       <c r="B1548" t="s">
-        <v>4114</v>
+        <v>4418</v>
       </c>
     </row>
     <row r="1549" spans="1:4">
       <c r="A1549" t="s">
         <v>1551</v>
       </c>
       <c r="B1549" t="s">
-        <v>4115</v>
+        <v>4419</v>
       </c>
     </row>
     <row r="1550" spans="1:4">
       <c r="A1550" t="s">
         <v>1552</v>
       </c>
       <c r="B1550" t="s">
-        <v>4116</v>
+        <v>4420</v>
       </c>
     </row>
     <row r="1551" spans="1:4">
       <c r="A1551" t="s">
         <v>1553</v>
       </c>
       <c r="B1551" t="s">
-        <v>4117</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="1552" spans="1:4">
       <c r="A1552" t="s">
         <v>1554</v>
       </c>
       <c r="B1552" t="s">
-        <v>4118</v>
-[...2 lines deleted...]
-    <row r="1553" spans="1:4">
+        <v>4422</v>
+      </c>
+    </row>
+    <row r="1553" spans="1:2">
       <c r="A1553" t="s">
         <v>1555</v>
       </c>
       <c r="B1553" t="s">
-        <v>4119</v>
-[...2 lines deleted...]
-    <row r="1554" spans="1:4">
+        <v>4423</v>
+      </c>
+    </row>
+    <row r="1554" spans="1:2">
       <c r="A1554" t="s">
         <v>1556</v>
       </c>
       <c r="B1554" t="s">
-        <v>4120</v>
-[...2 lines deleted...]
-    <row r="1555" spans="1:4">
+        <v>4424</v>
+      </c>
+    </row>
+    <row r="1555" spans="1:2">
       <c r="A1555" t="s">
         <v>1557</v>
       </c>
       <c r="B1555" t="s">
-        <v>4121</v>
-[...2 lines deleted...]
-    <row r="1556" spans="1:4">
+        <v>4425</v>
+      </c>
+    </row>
+    <row r="1556" spans="1:2">
       <c r="A1556" t="s">
         <v>1558</v>
       </c>
       <c r="B1556" t="s">
-        <v>4122</v>
-[...8 lines deleted...]
-    <row r="1557" spans="1:4">
+        <v>4426</v>
+      </c>
+    </row>
+    <row r="1557" spans="1:2">
       <c r="A1557" t="s">
         <v>1559</v>
       </c>
       <c r="B1557" t="s">
-        <v>4123</v>
-[...2 lines deleted...]
-    <row r="1558" spans="1:4">
+        <v>4427</v>
+      </c>
+    </row>
+    <row r="1558" spans="1:2">
       <c r="A1558" t="s">
         <v>1560</v>
       </c>
       <c r="B1558" t="s">
-        <v>4124</v>
-[...2 lines deleted...]
-    <row r="1559" spans="1:4">
+        <v>4428</v>
+      </c>
+    </row>
+    <row r="1559" spans="1:2">
       <c r="A1559" t="s">
         <v>1561</v>
       </c>
       <c r="B1559" t="s">
-        <v>4125</v>
-[...2 lines deleted...]
-    <row r="1560" spans="1:4">
+        <v>4429</v>
+      </c>
+    </row>
+    <row r="1560" spans="1:2">
       <c r="A1560" t="s">
         <v>1562</v>
       </c>
       <c r="B1560" t="s">
-        <v>4126</v>
-[...2 lines deleted...]
-    <row r="1561" spans="1:4">
+        <v>4430</v>
+      </c>
+    </row>
+    <row r="1561" spans="1:2">
       <c r="A1561" t="s">
         <v>1563</v>
       </c>
       <c r="B1561" t="s">
-        <v>4127</v>
-[...2 lines deleted...]
-    <row r="1562" spans="1:4">
+        <v>4431</v>
+      </c>
+    </row>
+    <row r="1562" spans="1:2">
       <c r="A1562" t="s">
         <v>1564</v>
       </c>
       <c r="B1562" t="s">
-        <v>4128</v>
-[...2 lines deleted...]
-    <row r="1563" spans="1:4">
+        <v>4432</v>
+      </c>
+    </row>
+    <row r="1563" spans="1:2">
       <c r="A1563" t="s">
         <v>1565</v>
       </c>
       <c r="B1563" t="s">
-        <v>4129</v>
-[...2 lines deleted...]
-    <row r="1564" spans="1:4">
+        <v>4433</v>
+      </c>
+    </row>
+    <row r="1564" spans="1:2">
       <c r="A1564" t="s">
         <v>1566</v>
       </c>
       <c r="B1564" t="s">
-        <v>4130</v>
-[...2 lines deleted...]
-    <row r="1565" spans="1:4">
+        <v>4434</v>
+      </c>
+    </row>
+    <row r="1565" spans="1:2">
       <c r="A1565" t="s">
         <v>1567</v>
       </c>
       <c r="B1565" t="s">
-        <v>4131</v>
-[...2 lines deleted...]
-    <row r="1566" spans="1:4">
+        <v>4435</v>
+      </c>
+    </row>
+    <row r="1566" spans="1:2">
       <c r="A1566" t="s">
         <v>1568</v>
       </c>
       <c r="B1566" t="s">
-        <v>4132</v>
-[...2 lines deleted...]
-    <row r="1567" spans="1:4">
+        <v>4436</v>
+      </c>
+    </row>
+    <row r="1567" spans="1:2">
       <c r="A1567" t="s">
         <v>1569</v>
       </c>
       <c r="B1567" t="s">
-        <v>4133</v>
-[...2 lines deleted...]
-    <row r="1568" spans="1:4">
+        <v>4437</v>
+      </c>
+    </row>
+    <row r="1568" spans="1:2">
       <c r="A1568" t="s">
         <v>1570</v>
       </c>
       <c r="B1568" t="s">
-        <v>4134</v>
+        <v>4438</v>
       </c>
     </row>
     <row r="1569" spans="1:4">
       <c r="A1569" t="s">
         <v>1571</v>
       </c>
       <c r="B1569" t="s">
-        <v>4135</v>
+        <v>4439</v>
       </c>
     </row>
     <row r="1570" spans="1:4">
       <c r="A1570" t="s">
         <v>1572</v>
       </c>
       <c r="B1570" t="s">
-        <v>4136</v>
+        <v>4440</v>
       </c>
     </row>
     <row r="1571" spans="1:4">
       <c r="A1571" t="s">
         <v>1573</v>
       </c>
       <c r="B1571" t="s">
-        <v>4137</v>
+        <v>4441</v>
       </c>
     </row>
     <row r="1572" spans="1:4">
       <c r="A1572" t="s">
         <v>1574</v>
       </c>
       <c r="B1572" t="s">
-        <v>4138</v>
+        <v>4442</v>
       </c>
     </row>
     <row r="1573" spans="1:4">
       <c r="A1573" t="s">
         <v>1575</v>
       </c>
       <c r="B1573" t="s">
-        <v>4139</v>
+        <v>4443</v>
       </c>
     </row>
     <row r="1574" spans="1:4">
       <c r="A1574" t="s">
         <v>1576</v>
       </c>
       <c r="B1574" t="s">
-        <v>4140</v>
+        <v>4444</v>
+      </c>
+      <c r="D1574" t="s">
+        <v>5791</v>
       </c>
     </row>
     <row r="1575" spans="1:4">
       <c r="A1575" t="s">
         <v>1577</v>
       </c>
       <c r="B1575" t="s">
-        <v>4141</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="1576" spans="1:4">
       <c r="A1576" t="s">
         <v>1578</v>
       </c>
       <c r="B1576" t="s">
-        <v>4142</v>
+        <v>4446</v>
       </c>
     </row>
     <row r="1577" spans="1:4">
       <c r="A1577" t="s">
         <v>1579</v>
       </c>
       <c r="B1577" t="s">
-        <v>4143</v>
+        <v>4447</v>
       </c>
     </row>
     <row r="1578" spans="1:4">
       <c r="A1578" t="s">
         <v>1580</v>
       </c>
       <c r="B1578" t="s">
-        <v>4144</v>
+        <v>4448</v>
       </c>
     </row>
     <row r="1579" spans="1:4">
       <c r="A1579" t="s">
         <v>1581</v>
       </c>
       <c r="B1579" t="s">
-        <v>4145</v>
+        <v>4449</v>
       </c>
     </row>
     <row r="1580" spans="1:4">
       <c r="A1580" t="s">
         <v>1582</v>
       </c>
       <c r="B1580" t="s">
-        <v>4146</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="1581" spans="1:4">
       <c r="A1581" t="s">
         <v>1583</v>
       </c>
       <c r="B1581" t="s">
-        <v>4147</v>
+        <v>4450</v>
       </c>
     </row>
     <row r="1582" spans="1:4">
       <c r="A1582" t="s">
         <v>1584</v>
       </c>
       <c r="B1582" t="s">
-        <v>4148</v>
+        <v>4451</v>
       </c>
     </row>
     <row r="1583" spans="1:4">
       <c r="A1583" t="s">
         <v>1585</v>
       </c>
       <c r="B1583" t="s">
-        <v>4149</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="1584" spans="1:4">
       <c r="A1584" t="s">
         <v>1586</v>
       </c>
       <c r="B1584" t="s">
-        <v>4150</v>
-[...5 lines deleted...]
-        <v>5214</v>
+        <v>4453</v>
       </c>
     </row>
     <row r="1585" spans="1:2">
       <c r="A1585" t="s">
         <v>1587</v>
       </c>
       <c r="B1585" t="s">
-        <v>4151</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="1586" spans="1:2">
       <c r="A1586" t="s">
         <v>1588</v>
       </c>
       <c r="B1586" t="s">
-        <v>4152</v>
+        <v>4455</v>
       </c>
     </row>
     <row r="1587" spans="1:2">
       <c r="A1587" t="s">
         <v>1589</v>
       </c>
       <c r="B1587" t="s">
-        <v>4153</v>
+        <v>4456</v>
       </c>
     </row>
     <row r="1588" spans="1:2">
       <c r="A1588" t="s">
         <v>1590</v>
       </c>
       <c r="B1588" t="s">
-        <v>4154</v>
+        <v>4457</v>
       </c>
     </row>
     <row r="1589" spans="1:2">
       <c r="A1589" t="s">
         <v>1591</v>
       </c>
       <c r="B1589" t="s">
-        <v>4155</v>
+        <v>4458</v>
       </c>
     </row>
     <row r="1590" spans="1:2">
       <c r="A1590" t="s">
         <v>1592</v>
       </c>
       <c r="B1590" t="s">
-        <v>4156</v>
+        <v>4459</v>
       </c>
     </row>
     <row r="1591" spans="1:2">
       <c r="A1591" t="s">
         <v>1593</v>
       </c>
       <c r="B1591" t="s">
-        <v>4157</v>
+        <v>4460</v>
       </c>
     </row>
     <row r="1592" spans="1:2">
       <c r="A1592" t="s">
         <v>1594</v>
       </c>
       <c r="B1592" t="s">
-        <v>4158</v>
+        <v>4461</v>
       </c>
     </row>
     <row r="1593" spans="1:2">
       <c r="A1593" t="s">
         <v>1595</v>
       </c>
       <c r="B1593" t="s">
-        <v>4159</v>
+        <v>4462</v>
       </c>
     </row>
     <row r="1594" spans="1:2">
       <c r="A1594" t="s">
         <v>1596</v>
       </c>
       <c r="B1594" t="s">
-        <v>4160</v>
+        <v>4463</v>
       </c>
     </row>
     <row r="1595" spans="1:2">
       <c r="A1595" t="s">
         <v>1597</v>
       </c>
       <c r="B1595" t="s">
-        <v>4161</v>
+        <v>4464</v>
       </c>
     </row>
     <row r="1596" spans="1:2">
       <c r="A1596" t="s">
         <v>1598</v>
       </c>
       <c r="B1596" t="s">
-        <v>4162</v>
+        <v>4465</v>
       </c>
     </row>
     <row r="1597" spans="1:2">
       <c r="A1597" t="s">
         <v>1599</v>
       </c>
       <c r="B1597" t="s">
-        <v>4163</v>
+        <v>4466</v>
       </c>
     </row>
     <row r="1598" spans="1:2">
       <c r="A1598" t="s">
         <v>1600</v>
       </c>
       <c r="B1598" t="s">
-        <v>4164</v>
+        <v>4467</v>
       </c>
     </row>
     <row r="1599" spans="1:2">
       <c r="A1599" t="s">
         <v>1601</v>
       </c>
       <c r="B1599" t="s">
-        <v>4165</v>
+        <v>4468</v>
       </c>
     </row>
     <row r="1600" spans="1:2">
       <c r="A1600" t="s">
         <v>1602</v>
       </c>
       <c r="B1600" t="s">
-        <v>4166</v>
+        <v>4469</v>
       </c>
     </row>
     <row r="1601" spans="1:2">
       <c r="A1601" t="s">
         <v>1603</v>
       </c>
       <c r="B1601" t="s">
-        <v>4167</v>
+        <v>4470</v>
       </c>
     </row>
     <row r="1602" spans="1:2">
       <c r="A1602" t="s">
         <v>1604</v>
       </c>
       <c r="B1602" t="s">
-        <v>4168</v>
+        <v>4471</v>
       </c>
     </row>
     <row r="1603" spans="1:2">
       <c r="A1603" t="s">
         <v>1605</v>
       </c>
       <c r="B1603" t="s">
-        <v>4169</v>
+        <v>4472</v>
       </c>
     </row>
     <row r="1604" spans="1:2">
       <c r="A1604" t="s">
         <v>1606</v>
       </c>
       <c r="B1604" t="s">
-        <v>4170</v>
+        <v>4473</v>
       </c>
     </row>
     <row r="1605" spans="1:2">
       <c r="A1605" t="s">
         <v>1607</v>
       </c>
       <c r="B1605" t="s">
-        <v>4171</v>
+        <v>4474</v>
       </c>
     </row>
     <row r="1606" spans="1:2">
       <c r="A1606" t="s">
         <v>1608</v>
       </c>
       <c r="B1606" t="s">
-        <v>4172</v>
+        <v>4475</v>
       </c>
     </row>
     <row r="1607" spans="1:2">
       <c r="A1607" t="s">
         <v>1609</v>
       </c>
       <c r="B1607" t="s">
-        <v>4173</v>
+        <v>4476</v>
       </c>
     </row>
     <row r="1608" spans="1:2">
       <c r="A1608" t="s">
         <v>1610</v>
       </c>
       <c r="B1608" t="s">
-        <v>4174</v>
+        <v>4477</v>
       </c>
     </row>
     <row r="1609" spans="1:2">
       <c r="A1609" t="s">
         <v>1611</v>
       </c>
       <c r="B1609" t="s">
-        <v>4175</v>
+        <v>4478</v>
       </c>
     </row>
     <row r="1610" spans="1:2">
       <c r="A1610" t="s">
         <v>1612</v>
       </c>
       <c r="B1610" t="s">
-        <v>4176</v>
+        <v>4479</v>
       </c>
     </row>
     <row r="1611" spans="1:2">
       <c r="A1611" t="s">
         <v>1613</v>
       </c>
       <c r="B1611" t="s">
-        <v>4177</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="1612" spans="1:2">
       <c r="A1612" t="s">
         <v>1614</v>
       </c>
       <c r="B1612" t="s">
-        <v>4178</v>
+        <v>4481</v>
       </c>
     </row>
     <row r="1613" spans="1:2">
       <c r="A1613" t="s">
         <v>1615</v>
       </c>
       <c r="B1613" t="s">
-        <v>4179</v>
+        <v>4482</v>
       </c>
     </row>
     <row r="1614" spans="1:2">
       <c r="A1614" t="s">
         <v>1616</v>
       </c>
       <c r="B1614" t="s">
-        <v>4180</v>
+        <v>4483</v>
       </c>
     </row>
     <row r="1615" spans="1:2">
       <c r="A1615" t="s">
         <v>1617</v>
       </c>
       <c r="B1615" t="s">
-        <v>4181</v>
+        <v>4484</v>
       </c>
     </row>
     <row r="1616" spans="1:2">
       <c r="A1616" t="s">
         <v>1618</v>
       </c>
       <c r="B1616" t="s">
-        <v>4182</v>
+        <v>4485</v>
       </c>
     </row>
     <row r="1617" spans="1:4">
       <c r="A1617" t="s">
         <v>1619</v>
       </c>
       <c r="B1617" t="s">
-        <v>4183</v>
+        <v>4486</v>
       </c>
     </row>
     <row r="1618" spans="1:4">
       <c r="A1618" t="s">
         <v>1620</v>
       </c>
       <c r="B1618" t="s">
-        <v>4184</v>
+        <v>4487</v>
       </c>
     </row>
     <row r="1619" spans="1:4">
       <c r="A1619" t="s">
         <v>1621</v>
       </c>
       <c r="B1619" t="s">
-        <v>4185</v>
+        <v>4488</v>
       </c>
     </row>
     <row r="1620" spans="1:4">
       <c r="A1620" t="s">
         <v>1622</v>
       </c>
       <c r="B1620" t="s">
-        <v>4186</v>
+        <v>4489</v>
       </c>
     </row>
     <row r="1621" spans="1:4">
       <c r="A1621" t="s">
         <v>1623</v>
       </c>
       <c r="B1621" t="s">
-        <v>4187</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="1622" spans="1:4">
       <c r="A1622" t="s">
         <v>1624</v>
       </c>
       <c r="B1622" t="s">
-        <v>4188</v>
+        <v>4491</v>
       </c>
     </row>
     <row r="1623" spans="1:4">
       <c r="A1623" t="s">
         <v>1625</v>
       </c>
       <c r="B1623" t="s">
-        <v>4189</v>
+        <v>4492</v>
       </c>
     </row>
     <row r="1624" spans="1:4">
       <c r="A1624" t="s">
         <v>1626</v>
       </c>
       <c r="B1624" t="s">
-        <v>4190</v>
+        <v>4493</v>
       </c>
     </row>
     <row r="1625" spans="1:4">
       <c r="A1625" t="s">
         <v>1627</v>
       </c>
       <c r="B1625" t="s">
-        <v>4191</v>
+        <v>4494</v>
+      </c>
+      <c r="C1625" t="s">
+        <v>5734</v>
+      </c>
+      <c r="D1625" t="s">
+        <v>5792</v>
       </c>
     </row>
     <row r="1626" spans="1:4">
       <c r="A1626" t="s">
         <v>1628</v>
       </c>
       <c r="B1626" t="s">
-        <v>4192</v>
+        <v>4495</v>
       </c>
     </row>
     <row r="1627" spans="1:4">
       <c r="A1627" t="s">
         <v>1629</v>
       </c>
       <c r="B1627" t="s">
-        <v>4193</v>
+        <v>4496</v>
       </c>
     </row>
     <row r="1628" spans="1:4">
       <c r="A1628" t="s">
         <v>1630</v>
       </c>
       <c r="B1628" t="s">
-        <v>4194</v>
+        <v>4497</v>
       </c>
     </row>
     <row r="1629" spans="1:4">
       <c r="A1629" t="s">
         <v>1631</v>
       </c>
       <c r="B1629" t="s">
-        <v>4195</v>
+        <v>4498</v>
       </c>
     </row>
     <row r="1630" spans="1:4">
       <c r="A1630" t="s">
         <v>1632</v>
       </c>
       <c r="B1630" t="s">
-        <v>4196</v>
+        <v>4499</v>
       </c>
     </row>
     <row r="1631" spans="1:4">
       <c r="A1631" t="s">
         <v>1633</v>
       </c>
       <c r="B1631" t="s">
-        <v>4197</v>
-[...5 lines deleted...]
-        <v>5215</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="1632" spans="1:4">
       <c r="A1632" t="s">
         <v>1634</v>
       </c>
       <c r="B1632" t="s">
-        <v>4198</v>
-[...2 lines deleted...]
-    <row r="1633" spans="1:4">
+        <v>4501</v>
+      </c>
+    </row>
+    <row r="1633" spans="1:2">
       <c r="A1633" t="s">
         <v>1635</v>
       </c>
       <c r="B1633" t="s">
-        <v>4199</v>
-[...2 lines deleted...]
-    <row r="1634" spans="1:4">
+        <v>4502</v>
+      </c>
+    </row>
+    <row r="1634" spans="1:2">
       <c r="A1634" t="s">
         <v>1636</v>
       </c>
       <c r="B1634" t="s">
-        <v>4200</v>
-[...2 lines deleted...]
-    <row r="1635" spans="1:4">
+        <v>4503</v>
+      </c>
+    </row>
+    <row r="1635" spans="1:2">
       <c r="A1635" t="s">
         <v>1637</v>
       </c>
       <c r="B1635" t="s">
-        <v>4201</v>
-[...2 lines deleted...]
-    <row r="1636" spans="1:4">
+        <v>4504</v>
+      </c>
+    </row>
+    <row r="1636" spans="1:2">
       <c r="A1636" t="s">
         <v>1638</v>
       </c>
       <c r="B1636" t="s">
-        <v>4202</v>
-[...2 lines deleted...]
-    <row r="1637" spans="1:4">
+        <v>4505</v>
+      </c>
+    </row>
+    <row r="1637" spans="1:2">
       <c r="A1637" t="s">
         <v>1639</v>
       </c>
       <c r="B1637" t="s">
-        <v>4203</v>
-[...2 lines deleted...]
-    <row r="1638" spans="1:4">
+        <v>4506</v>
+      </c>
+    </row>
+    <row r="1638" spans="1:2">
       <c r="A1638" t="s">
         <v>1640</v>
       </c>
       <c r="B1638" t="s">
-        <v>4204</v>
-[...2 lines deleted...]
-    <row r="1639" spans="1:4">
+        <v>4507</v>
+      </c>
+    </row>
+    <row r="1639" spans="1:2">
       <c r="A1639" t="s">
         <v>1641</v>
       </c>
       <c r="B1639" t="s">
-        <v>4205</v>
-[...2 lines deleted...]
-    <row r="1640" spans="1:4">
+        <v>4508</v>
+      </c>
+    </row>
+    <row r="1640" spans="1:2">
       <c r="A1640" t="s">
         <v>1642</v>
       </c>
       <c r="B1640" t="s">
-        <v>4206</v>
-[...2 lines deleted...]
-    <row r="1641" spans="1:4">
+        <v>4509</v>
+      </c>
+    </row>
+    <row r="1641" spans="1:2">
       <c r="A1641" t="s">
         <v>1643</v>
       </c>
       <c r="B1641" t="s">
-        <v>4207</v>
-[...2 lines deleted...]
-    <row r="1642" spans="1:4">
+        <v>4510</v>
+      </c>
+    </row>
+    <row r="1642" spans="1:2">
       <c r="A1642" t="s">
         <v>1644</v>
       </c>
       <c r="B1642" t="s">
-        <v>4208</v>
-[...2 lines deleted...]
-    <row r="1643" spans="1:4">
+        <v>4511</v>
+      </c>
+    </row>
+    <row r="1643" spans="1:2">
       <c r="A1643" t="s">
         <v>1645</v>
       </c>
       <c r="B1643" t="s">
-        <v>4209</v>
-[...8 lines deleted...]
-    <row r="1644" spans="1:4">
+        <v>4512</v>
+      </c>
+    </row>
+    <row r="1644" spans="1:2">
       <c r="A1644" t="s">
         <v>1646</v>
       </c>
       <c r="B1644" t="s">
-        <v>4210</v>
-[...2 lines deleted...]
-    <row r="1645" spans="1:4">
+        <v>4513</v>
+      </c>
+    </row>
+    <row r="1645" spans="1:2">
       <c r="A1645" t="s">
         <v>1647</v>
       </c>
       <c r="B1645" t="s">
-        <v>4211</v>
-[...2 lines deleted...]
-    <row r="1646" spans="1:4">
+        <v>4514</v>
+      </c>
+    </row>
+    <row r="1646" spans="1:2">
       <c r="A1646" t="s">
         <v>1648</v>
       </c>
       <c r="B1646" t="s">
-        <v>4212</v>
-[...2 lines deleted...]
-    <row r="1647" spans="1:4">
+        <v>4515</v>
+      </c>
+    </row>
+    <row r="1647" spans="1:2">
       <c r="A1647" t="s">
         <v>1649</v>
       </c>
       <c r="B1647" t="s">
-        <v>4213</v>
-[...2 lines deleted...]
-    <row r="1648" spans="1:4">
+        <v>4516</v>
+      </c>
+    </row>
+    <row r="1648" spans="1:2">
       <c r="A1648" t="s">
         <v>1650</v>
       </c>
       <c r="B1648" t="s">
-        <v>4214</v>
-[...2 lines deleted...]
-    <row r="1649" spans="1:4">
+        <v>4517</v>
+      </c>
+    </row>
+    <row r="1649" spans="1:2">
       <c r="A1649" t="s">
         <v>1651</v>
       </c>
       <c r="B1649" t="s">
-        <v>4215</v>
-[...2 lines deleted...]
-    <row r="1650" spans="1:4">
+        <v>4518</v>
+      </c>
+    </row>
+    <row r="1650" spans="1:2">
       <c r="A1650" t="s">
         <v>1652</v>
       </c>
       <c r="B1650" t="s">
-        <v>4216</v>
-[...2 lines deleted...]
-    <row r="1651" spans="1:4">
+        <v>4519</v>
+      </c>
+    </row>
+    <row r="1651" spans="1:2">
       <c r="A1651" t="s">
         <v>1653</v>
       </c>
       <c r="B1651" t="s">
-        <v>4217</v>
-[...2 lines deleted...]
-    <row r="1652" spans="1:4">
+        <v>4520</v>
+      </c>
+    </row>
+    <row r="1652" spans="1:2">
       <c r="A1652" t="s">
         <v>1654</v>
       </c>
       <c r="B1652" t="s">
-        <v>4218</v>
-[...2 lines deleted...]
-    <row r="1653" spans="1:4">
+        <v>4521</v>
+      </c>
+    </row>
+    <row r="1653" spans="1:2">
       <c r="A1653" t="s">
         <v>1655</v>
       </c>
       <c r="B1653" t="s">
-        <v>4219</v>
-[...2 lines deleted...]
-    <row r="1654" spans="1:4">
+        <v>4522</v>
+      </c>
+    </row>
+    <row r="1654" spans="1:2">
       <c r="A1654" t="s">
         <v>1656</v>
       </c>
       <c r="B1654" t="s">
-        <v>4220</v>
-[...2 lines deleted...]
-    <row r="1655" spans="1:4">
+        <v>4523</v>
+      </c>
+    </row>
+    <row r="1655" spans="1:2">
       <c r="A1655" t="s">
         <v>1657</v>
       </c>
       <c r="B1655" t="s">
-        <v>4221</v>
-[...2 lines deleted...]
-    <row r="1656" spans="1:4">
+        <v>4524</v>
+      </c>
+    </row>
+    <row r="1656" spans="1:2">
       <c r="A1656" t="s">
         <v>1658</v>
       </c>
       <c r="B1656" t="s">
-        <v>4222</v>
-[...2 lines deleted...]
-    <row r="1657" spans="1:4">
+        <v>4525</v>
+      </c>
+    </row>
+    <row r="1657" spans="1:2">
       <c r="A1657" t="s">
         <v>1659</v>
       </c>
       <c r="B1657" t="s">
-        <v>4223</v>
-[...2 lines deleted...]
-    <row r="1658" spans="1:4">
+        <v>4526</v>
+      </c>
+    </row>
+    <row r="1658" spans="1:2">
       <c r="A1658" t="s">
         <v>1660</v>
       </c>
       <c r="B1658" t="s">
-        <v>4224</v>
-[...2 lines deleted...]
-    <row r="1659" spans="1:4">
+        <v>4527</v>
+      </c>
+    </row>
+    <row r="1659" spans="1:2">
       <c r="A1659" t="s">
         <v>1661</v>
       </c>
       <c r="B1659" t="s">
-        <v>4225</v>
-[...2 lines deleted...]
-    <row r="1660" spans="1:4">
+        <v>4528</v>
+      </c>
+    </row>
+    <row r="1660" spans="1:2">
       <c r="A1660" t="s">
         <v>1662</v>
       </c>
       <c r="B1660" t="s">
-        <v>4226</v>
-[...2 lines deleted...]
-    <row r="1661" spans="1:4">
+        <v>4529</v>
+      </c>
+    </row>
+    <row r="1661" spans="1:2">
       <c r="A1661" t="s">
         <v>1663</v>
       </c>
       <c r="B1661" t="s">
-        <v>4227</v>
-[...8 lines deleted...]
-    <row r="1662" spans="1:4">
+        <v>4530</v>
+      </c>
+    </row>
+    <row r="1662" spans="1:2">
       <c r="A1662" t="s">
         <v>1664</v>
       </c>
       <c r="B1662" t="s">
-        <v>4228</v>
-[...2 lines deleted...]
-    <row r="1663" spans="1:4">
+        <v>4531</v>
+      </c>
+    </row>
+    <row r="1663" spans="1:2">
       <c r="A1663" t="s">
         <v>1665</v>
       </c>
       <c r="B1663" t="s">
-        <v>4229</v>
-[...2 lines deleted...]
-    <row r="1664" spans="1:4">
+        <v>4532</v>
+      </c>
+    </row>
+    <row r="1664" spans="1:2">
       <c r="A1664" t="s">
         <v>1666</v>
       </c>
       <c r="B1664" t="s">
-        <v>4230</v>
-[...2 lines deleted...]
-    <row r="1665" spans="1:2">
+        <v>4533</v>
+      </c>
+    </row>
+    <row r="1665" spans="1:4">
       <c r="A1665" t="s">
         <v>1667</v>
       </c>
       <c r="B1665" t="s">
-        <v>4231</v>
-[...2 lines deleted...]
-    <row r="1666" spans="1:2">
+        <v>4534</v>
+      </c>
+    </row>
+    <row r="1666" spans="1:4">
       <c r="A1666" t="s">
         <v>1668</v>
       </c>
       <c r="B1666" t="s">
-        <v>4232</v>
-[...2 lines deleted...]
-    <row r="1667" spans="1:2">
+        <v>4535</v>
+      </c>
+      <c r="C1666" t="s">
+        <v>5735</v>
+      </c>
+      <c r="D1666" t="s">
+        <v>5793</v>
+      </c>
+    </row>
+    <row r="1667" spans="1:4">
       <c r="A1667" t="s">
         <v>1669</v>
       </c>
       <c r="B1667" t="s">
-        <v>4233</v>
-[...2 lines deleted...]
-    <row r="1668" spans="1:2">
+        <v>4536</v>
+      </c>
+    </row>
+    <row r="1668" spans="1:4">
       <c r="A1668" t="s">
         <v>1670</v>
       </c>
       <c r="B1668" t="s">
-        <v>4234</v>
-[...2 lines deleted...]
-    <row r="1669" spans="1:2">
+        <v>4537</v>
+      </c>
+    </row>
+    <row r="1669" spans="1:4">
       <c r="A1669" t="s">
         <v>1671</v>
       </c>
       <c r="B1669" t="s">
-        <v>4235</v>
-[...2 lines deleted...]
-    <row r="1670" spans="1:2">
+        <v>4538</v>
+      </c>
+    </row>
+    <row r="1670" spans="1:4">
       <c r="A1670" t="s">
         <v>1672</v>
       </c>
       <c r="B1670" t="s">
-        <v>4236</v>
-[...2 lines deleted...]
-    <row r="1671" spans="1:2">
+        <v>4539</v>
+      </c>
+    </row>
+    <row r="1671" spans="1:4">
       <c r="A1671" t="s">
         <v>1673</v>
       </c>
       <c r="B1671" t="s">
-        <v>4237</v>
-[...2 lines deleted...]
-    <row r="1672" spans="1:2">
+        <v>4540</v>
+      </c>
+    </row>
+    <row r="1672" spans="1:4">
       <c r="A1672" t="s">
         <v>1674</v>
       </c>
       <c r="B1672" t="s">
-        <v>4238</v>
-[...2 lines deleted...]
-    <row r="1673" spans="1:2">
+        <v>4541</v>
+      </c>
+    </row>
+    <row r="1673" spans="1:4">
       <c r="A1673" t="s">
         <v>1675</v>
       </c>
       <c r="B1673" t="s">
-        <v>4239</v>
-[...2 lines deleted...]
-    <row r="1674" spans="1:2">
+        <v>4542</v>
+      </c>
+    </row>
+    <row r="1674" spans="1:4">
       <c r="A1674" t="s">
         <v>1676</v>
       </c>
       <c r="B1674" t="s">
-        <v>4240</v>
-[...2 lines deleted...]
-    <row r="1675" spans="1:2">
+        <v>4543</v>
+      </c>
+    </row>
+    <row r="1675" spans="1:4">
       <c r="A1675" t="s">
         <v>1677</v>
       </c>
       <c r="B1675" t="s">
-        <v>4241</v>
-[...2 lines deleted...]
-    <row r="1676" spans="1:2">
+        <v>4544</v>
+      </c>
+    </row>
+    <row r="1676" spans="1:4">
       <c r="A1676" t="s">
         <v>1678</v>
       </c>
       <c r="B1676" t="s">
-        <v>4242</v>
-[...2 lines deleted...]
-    <row r="1677" spans="1:2">
+        <v>4545</v>
+      </c>
+    </row>
+    <row r="1677" spans="1:4">
       <c r="A1677" t="s">
         <v>1679</v>
       </c>
       <c r="B1677" t="s">
-        <v>4243</v>
-[...2 lines deleted...]
-    <row r="1678" spans="1:2">
+        <v>4546</v>
+      </c>
+    </row>
+    <row r="1678" spans="1:4">
       <c r="A1678" t="s">
         <v>1680</v>
       </c>
       <c r="B1678" t="s">
-        <v>4244</v>
-[...2 lines deleted...]
-    <row r="1679" spans="1:2">
+        <v>4547</v>
+      </c>
+    </row>
+    <row r="1679" spans="1:4">
       <c r="A1679" t="s">
         <v>1681</v>
       </c>
       <c r="B1679" t="s">
-        <v>4245</v>
-[...2 lines deleted...]
-    <row r="1680" spans="1:2">
+        <v>4548</v>
+      </c>
+    </row>
+    <row r="1680" spans="1:4">
       <c r="A1680" t="s">
         <v>1682</v>
       </c>
       <c r="B1680" t="s">
-        <v>4246</v>
+        <v>4549</v>
       </c>
     </row>
     <row r="1681" spans="1:4">
       <c r="A1681" t="s">
         <v>1683</v>
       </c>
       <c r="B1681" t="s">
-        <v>4247</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="1682" spans="1:4">
       <c r="A1682" t="s">
         <v>1684</v>
       </c>
       <c r="B1682" t="s">
-        <v>4248</v>
+        <v>4551</v>
       </c>
     </row>
     <row r="1683" spans="1:4">
       <c r="A1683" t="s">
         <v>1685</v>
       </c>
       <c r="B1683" t="s">
-        <v>4249</v>
+        <v>4552</v>
       </c>
     </row>
     <row r="1684" spans="1:4">
       <c r="A1684" t="s">
         <v>1686</v>
       </c>
       <c r="B1684" t="s">
-        <v>4250</v>
+        <v>4553</v>
       </c>
     </row>
     <row r="1685" spans="1:4">
       <c r="A1685" t="s">
         <v>1687</v>
       </c>
       <c r="B1685" t="s">
-        <v>4251</v>
+        <v>4554</v>
       </c>
     </row>
     <row r="1686" spans="1:4">
       <c r="A1686" t="s">
         <v>1688</v>
       </c>
       <c r="B1686" t="s">
-        <v>4252</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="1687" spans="1:4">
       <c r="A1687" t="s">
         <v>1689</v>
       </c>
       <c r="B1687" t="s">
-        <v>4253</v>
+        <v>4556</v>
       </c>
     </row>
     <row r="1688" spans="1:4">
       <c r="A1688" t="s">
         <v>1690</v>
       </c>
       <c r="B1688" t="s">
-        <v>2988</v>
-[...2 lines deleted...]
-        <v>5190</v>
+        <v>4557</v>
       </c>
     </row>
     <row r="1689" spans="1:4">
       <c r="A1689" t="s">
         <v>1691</v>
       </c>
       <c r="B1689" t="s">
-        <v>4254</v>
+        <v>4558</v>
+      </c>
+      <c r="C1689" t="s">
+        <v>5736</v>
+      </c>
+      <c r="D1689" t="s">
+        <v>5794</v>
       </c>
     </row>
     <row r="1690" spans="1:4">
       <c r="A1690" t="s">
         <v>1692</v>
       </c>
       <c r="B1690" t="s">
-        <v>4255</v>
+        <v>4559</v>
       </c>
     </row>
     <row r="1691" spans="1:4">
       <c r="A1691" t="s">
         <v>1693</v>
       </c>
       <c r="B1691" t="s">
-        <v>4256</v>
+        <v>4560</v>
       </c>
     </row>
     <row r="1692" spans="1:4">
       <c r="A1692" t="s">
         <v>1694</v>
       </c>
       <c r="B1692" t="s">
-        <v>4257</v>
+        <v>4561</v>
       </c>
     </row>
     <row r="1693" spans="1:4">
       <c r="A1693" t="s">
         <v>1695</v>
       </c>
       <c r="B1693" t="s">
-        <v>4258</v>
+        <v>4562</v>
       </c>
     </row>
     <row r="1694" spans="1:4">
       <c r="A1694" t="s">
         <v>1696</v>
       </c>
       <c r="B1694" t="s">
-        <v>4259</v>
+        <v>4563</v>
       </c>
     </row>
     <row r="1695" spans="1:4">
       <c r="A1695" t="s">
         <v>1697</v>
       </c>
       <c r="B1695" t="s">
-        <v>4260</v>
+        <v>4564</v>
       </c>
     </row>
     <row r="1696" spans="1:4">
       <c r="A1696" t="s">
         <v>1698</v>
       </c>
       <c r="B1696" t="s">
-        <v>4261</v>
+        <v>4565</v>
+      </c>
+      <c r="C1696" t="s">
+        <v>5737</v>
+      </c>
+      <c r="D1696" t="s">
+        <v>5795</v>
       </c>
     </row>
     <row r="1697" spans="1:2">
       <c r="A1697" t="s">
         <v>1699</v>
       </c>
       <c r="B1697" t="s">
-        <v>4262</v>
+        <v>4566</v>
       </c>
     </row>
     <row r="1698" spans="1:2">
       <c r="A1698" t="s">
         <v>1700</v>
       </c>
       <c r="B1698" t="s">
-        <v>4263</v>
+        <v>4567</v>
       </c>
     </row>
     <row r="1699" spans="1:2">
       <c r="A1699" t="s">
         <v>1701</v>
       </c>
       <c r="B1699" t="s">
-        <v>4264</v>
+        <v>4568</v>
       </c>
     </row>
     <row r="1700" spans="1:2">
       <c r="A1700" t="s">
         <v>1702</v>
       </c>
       <c r="B1700" t="s">
-        <v>4265</v>
+        <v>4569</v>
       </c>
     </row>
     <row r="1701" spans="1:2">
       <c r="A1701" t="s">
         <v>1703</v>
       </c>
       <c r="B1701" t="s">
-        <v>4266</v>
+        <v>4570</v>
       </c>
     </row>
     <row r="1702" spans="1:2">
       <c r="A1702" t="s">
         <v>1704</v>
       </c>
       <c r="B1702" t="s">
-        <v>4267</v>
+        <v>4571</v>
       </c>
     </row>
     <row r="1703" spans="1:2">
       <c r="A1703" t="s">
         <v>1705</v>
       </c>
       <c r="B1703" t="s">
-        <v>4268</v>
+        <v>4572</v>
       </c>
     </row>
     <row r="1704" spans="1:2">
       <c r="A1704" t="s">
         <v>1706</v>
       </c>
       <c r="B1704" t="s">
-        <v>4269</v>
+        <v>4573</v>
       </c>
     </row>
     <row r="1705" spans="1:2">
       <c r="A1705" t="s">
         <v>1707</v>
       </c>
       <c r="B1705" t="s">
-        <v>4270</v>
+        <v>4574</v>
       </c>
     </row>
     <row r="1706" spans="1:2">
       <c r="A1706" t="s">
         <v>1708</v>
       </c>
       <c r="B1706" t="s">
-        <v>4271</v>
+        <v>4575</v>
       </c>
     </row>
     <row r="1707" spans="1:2">
       <c r="A1707" t="s">
         <v>1709</v>
       </c>
       <c r="B1707" t="s">
-        <v>4272</v>
+        <v>4576</v>
       </c>
     </row>
     <row r="1708" spans="1:2">
       <c r="A1708" t="s">
         <v>1710</v>
       </c>
       <c r="B1708" t="s">
-        <v>4273</v>
+        <v>4577</v>
       </c>
     </row>
     <row r="1709" spans="1:2">
       <c r="A1709" t="s">
         <v>1711</v>
       </c>
       <c r="B1709" t="s">
-        <v>4274</v>
+        <v>4578</v>
       </c>
     </row>
     <row r="1710" spans="1:2">
       <c r="A1710" t="s">
         <v>1712</v>
       </c>
       <c r="B1710" t="s">
-        <v>4275</v>
+        <v>4579</v>
       </c>
     </row>
     <row r="1711" spans="1:2">
       <c r="A1711" t="s">
         <v>1713</v>
       </c>
       <c r="B1711" t="s">
-        <v>4276</v>
+        <v>4580</v>
       </c>
     </row>
     <row r="1712" spans="1:2">
       <c r="A1712" t="s">
         <v>1714</v>
       </c>
       <c r="B1712" t="s">
-        <v>4277</v>
+        <v>4581</v>
       </c>
     </row>
     <row r="1713" spans="1:4">
       <c r="A1713" t="s">
         <v>1715</v>
       </c>
       <c r="B1713" t="s">
-        <v>4278</v>
+        <v>4582</v>
       </c>
     </row>
     <row r="1714" spans="1:4">
       <c r="A1714" t="s">
         <v>1716</v>
       </c>
       <c r="B1714" t="s">
-        <v>4279</v>
+        <v>4583</v>
       </c>
     </row>
     <row r="1715" spans="1:4">
       <c r="A1715" t="s">
         <v>1717</v>
       </c>
       <c r="B1715" t="s">
-        <v>4280</v>
-[...2 lines deleted...]
-        <v>5189</v>
+        <v>4584</v>
       </c>
     </row>
     <row r="1716" spans="1:4">
       <c r="A1716" t="s">
         <v>1718</v>
       </c>
       <c r="B1716" t="s">
-        <v>4281</v>
+        <v>4585</v>
       </c>
     </row>
     <row r="1717" spans="1:4">
       <c r="A1717" t="s">
         <v>1719</v>
       </c>
       <c r="B1717" t="s">
-        <v>4282</v>
+        <v>4586</v>
       </c>
     </row>
     <row r="1718" spans="1:4">
       <c r="A1718" t="s">
         <v>1720</v>
       </c>
       <c r="B1718" t="s">
-        <v>4283</v>
+        <v>4587</v>
       </c>
     </row>
     <row r="1719" spans="1:4">
       <c r="A1719" t="s">
         <v>1721</v>
       </c>
       <c r="B1719" t="s">
-        <v>4284</v>
+        <v>4588</v>
       </c>
     </row>
     <row r="1720" spans="1:4">
       <c r="A1720" t="s">
         <v>1722</v>
       </c>
       <c r="B1720" t="s">
-        <v>4285</v>
+        <v>4589</v>
+      </c>
+      <c r="D1720" t="s">
+        <v>5796</v>
       </c>
     </row>
     <row r="1721" spans="1:4">
       <c r="A1721" t="s">
         <v>1723</v>
       </c>
       <c r="B1721" t="s">
-        <v>4286</v>
+        <v>4590</v>
       </c>
     </row>
     <row r="1722" spans="1:4">
       <c r="A1722" t="s">
         <v>1724</v>
       </c>
       <c r="B1722" t="s">
-        <v>4287</v>
+        <v>4591</v>
       </c>
     </row>
     <row r="1723" spans="1:4">
       <c r="A1723" t="s">
         <v>1725</v>
       </c>
       <c r="B1723" t="s">
-        <v>4288</v>
+        <v>4592</v>
       </c>
     </row>
     <row r="1724" spans="1:4">
       <c r="A1724" t="s">
         <v>1726</v>
       </c>
       <c r="B1724" t="s">
-        <v>4289</v>
+        <v>4593</v>
       </c>
     </row>
     <row r="1725" spans="1:4">
       <c r="A1725" t="s">
         <v>1727</v>
       </c>
       <c r="B1725" t="s">
-        <v>4290</v>
+        <v>4594</v>
       </c>
     </row>
     <row r="1726" spans="1:4">
       <c r="A1726" t="s">
         <v>1728</v>
       </c>
       <c r="B1726" t="s">
-        <v>4291</v>
+        <v>4595</v>
       </c>
     </row>
     <row r="1727" spans="1:4">
       <c r="A1727" t="s">
         <v>1729</v>
       </c>
       <c r="B1727" t="s">
-        <v>4292</v>
+        <v>4596</v>
       </c>
     </row>
     <row r="1728" spans="1:4">
       <c r="A1728" t="s">
         <v>1730</v>
       </c>
       <c r="B1728" t="s">
-        <v>4293</v>
+        <v>4597</v>
       </c>
     </row>
     <row r="1729" spans="1:2">
       <c r="A1729" t="s">
         <v>1731</v>
       </c>
       <c r="B1729" t="s">
-        <v>4294</v>
+        <v>4598</v>
       </c>
     </row>
     <row r="1730" spans="1:2">
       <c r="A1730" t="s">
         <v>1732</v>
       </c>
       <c r="B1730" t="s">
-        <v>4295</v>
+        <v>4599</v>
       </c>
     </row>
     <row r="1731" spans="1:2">
       <c r="A1731" t="s">
         <v>1733</v>
       </c>
       <c r="B1731" t="s">
-        <v>4296</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="1732" spans="1:2">
       <c r="A1732" t="s">
         <v>1734</v>
       </c>
       <c r="B1732" t="s">
-        <v>4297</v>
+        <v>4601</v>
       </c>
     </row>
     <row r="1733" spans="1:2">
       <c r="A1733" t="s">
         <v>1735</v>
       </c>
       <c r="B1733" t="s">
-        <v>4298</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="1734" spans="1:2">
       <c r="A1734" t="s">
         <v>1736</v>
       </c>
       <c r="B1734" t="s">
-        <v>4299</v>
+        <v>4603</v>
       </c>
     </row>
     <row r="1735" spans="1:2">
       <c r="A1735" t="s">
         <v>1737</v>
       </c>
       <c r="B1735" t="s">
-        <v>4300</v>
+        <v>4604</v>
       </c>
     </row>
     <row r="1736" spans="1:2">
       <c r="A1736" t="s">
         <v>1738</v>
       </c>
       <c r="B1736" t="s">
-        <v>4301</v>
+        <v>4605</v>
       </c>
     </row>
     <row r="1737" spans="1:2">
       <c r="A1737" t="s">
         <v>1739</v>
       </c>
       <c r="B1737" t="s">
-        <v>4302</v>
+        <v>4606</v>
       </c>
     </row>
     <row r="1738" spans="1:2">
       <c r="A1738" t="s">
         <v>1740</v>
       </c>
       <c r="B1738" t="s">
-        <v>4303</v>
+        <v>4607</v>
       </c>
     </row>
     <row r="1739" spans="1:2">
       <c r="A1739" t="s">
         <v>1741</v>
       </c>
       <c r="B1739" t="s">
-        <v>4304</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="1740" spans="1:2">
       <c r="A1740" t="s">
         <v>1742</v>
       </c>
       <c r="B1740" t="s">
-        <v>4305</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="1741" spans="1:2">
       <c r="A1741" t="s">
         <v>1743</v>
       </c>
       <c r="B1741" t="s">
-        <v>4306</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="1742" spans="1:2">
       <c r="A1742" t="s">
         <v>1744</v>
       </c>
       <c r="B1742" t="s">
-        <v>4307</v>
+        <v>4611</v>
       </c>
     </row>
     <row r="1743" spans="1:2">
       <c r="A1743" t="s">
         <v>1745</v>
       </c>
       <c r="B1743" t="s">
-        <v>4308</v>
+        <v>4612</v>
       </c>
     </row>
     <row r="1744" spans="1:2">
       <c r="A1744" t="s">
         <v>1746</v>
       </c>
       <c r="B1744" t="s">
-        <v>4309</v>
-[...2 lines deleted...]
-    <row r="1745" spans="1:4">
+        <v>4613</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:2">
       <c r="A1745" t="s">
         <v>1747</v>
       </c>
       <c r="B1745" t="s">
-        <v>4310</v>
-[...2 lines deleted...]
-    <row r="1746" spans="1:4">
+        <v>4614</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:2">
       <c r="A1746" t="s">
         <v>1748</v>
       </c>
       <c r="B1746" t="s">
-        <v>4311</v>
-[...2 lines deleted...]
-    <row r="1747" spans="1:4">
+        <v>4615</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:2">
       <c r="A1747" t="s">
         <v>1749</v>
       </c>
       <c r="B1747" t="s">
-        <v>4312</v>
-[...2 lines deleted...]
-    <row r="1748" spans="1:4">
+        <v>4616</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:2">
       <c r="A1748" t="s">
         <v>1750</v>
       </c>
       <c r="B1748" t="s">
-        <v>4313</v>
-[...2 lines deleted...]
-    <row r="1749" spans="1:4">
+        <v>4617</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:2">
       <c r="A1749" t="s">
         <v>1751</v>
       </c>
       <c r="B1749" t="s">
-        <v>4314</v>
-[...2 lines deleted...]
-    <row r="1750" spans="1:4">
+        <v>4618</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:2">
       <c r="A1750" t="s">
         <v>1752</v>
       </c>
       <c r="B1750" t="s">
-        <v>4315</v>
-[...2 lines deleted...]
-    <row r="1751" spans="1:4">
+        <v>4619</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:2">
       <c r="A1751" t="s">
         <v>1753</v>
       </c>
       <c r="B1751" t="s">
-        <v>4316</v>
-[...8 lines deleted...]
-    <row r="1752" spans="1:4">
+        <v>4620</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:2">
       <c r="A1752" t="s">
         <v>1754</v>
       </c>
       <c r="B1752" t="s">
-        <v>4317</v>
-[...2 lines deleted...]
-    <row r="1753" spans="1:4">
+        <v>4621</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:2">
       <c r="A1753" t="s">
         <v>1755</v>
       </c>
       <c r="B1753" t="s">
-        <v>4318</v>
-[...2 lines deleted...]
-    <row r="1754" spans="1:4">
+        <v>4622</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:2">
       <c r="A1754" t="s">
         <v>1756</v>
       </c>
       <c r="B1754" t="s">
-        <v>4319</v>
-[...2 lines deleted...]
-    <row r="1755" spans="1:4">
+        <v>4623</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:2">
       <c r="A1755" t="s">
         <v>1757</v>
       </c>
       <c r="B1755" t="s">
-        <v>4320</v>
-[...2 lines deleted...]
-    <row r="1756" spans="1:4">
+        <v>4624</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:2">
       <c r="A1756" t="s">
         <v>1758</v>
       </c>
       <c r="B1756" t="s">
-        <v>4321</v>
-[...2 lines deleted...]
-    <row r="1757" spans="1:4">
+        <v>4625</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:2">
       <c r="A1757" t="s">
         <v>1759</v>
       </c>
       <c r="B1757" t="s">
-        <v>4322</v>
-[...2 lines deleted...]
-    <row r="1758" spans="1:4">
+        <v>4626</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:2">
       <c r="A1758" t="s">
         <v>1760</v>
       </c>
       <c r="B1758" t="s">
-        <v>4323</v>
-[...2 lines deleted...]
-    <row r="1759" spans="1:4">
+        <v>4627</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:2">
       <c r="A1759" t="s">
         <v>1761</v>
       </c>
       <c r="B1759" t="s">
-        <v>4324</v>
-[...2 lines deleted...]
-    <row r="1760" spans="1:4">
+        <v>4628</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:2">
       <c r="A1760" t="s">
         <v>1762</v>
       </c>
       <c r="B1760" t="s">
-        <v>4325</v>
+        <v>4629</v>
       </c>
     </row>
     <row r="1761" spans="1:2">
       <c r="A1761" t="s">
         <v>1763</v>
       </c>
       <c r="B1761" t="s">
-        <v>4326</v>
+        <v>4630</v>
       </c>
     </row>
     <row r="1762" spans="1:2">
       <c r="A1762" t="s">
         <v>1764</v>
       </c>
       <c r="B1762" t="s">
-        <v>4327</v>
+        <v>4631</v>
       </c>
     </row>
     <row r="1763" spans="1:2">
       <c r="A1763" t="s">
         <v>1765</v>
       </c>
       <c r="B1763" t="s">
-        <v>4328</v>
+        <v>4632</v>
       </c>
     </row>
     <row r="1764" spans="1:2">
       <c r="A1764" t="s">
         <v>1766</v>
       </c>
       <c r="B1764" t="s">
-        <v>4329</v>
+        <v>4633</v>
       </c>
     </row>
     <row r="1765" spans="1:2">
       <c r="A1765" t="s">
         <v>1767</v>
       </c>
       <c r="B1765" t="s">
-        <v>4330</v>
+        <v>4634</v>
       </c>
     </row>
     <row r="1766" spans="1:2">
       <c r="A1766" t="s">
         <v>1768</v>
       </c>
       <c r="B1766" t="s">
-        <v>4331</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="1767" spans="1:2">
       <c r="A1767" t="s">
         <v>1769</v>
       </c>
       <c r="B1767" t="s">
-        <v>4332</v>
+        <v>4636</v>
       </c>
     </row>
     <row r="1768" spans="1:2">
       <c r="A1768" t="s">
         <v>1770</v>
       </c>
       <c r="B1768" t="s">
-        <v>4333</v>
+        <v>4637</v>
       </c>
     </row>
     <row r="1769" spans="1:2">
       <c r="A1769" t="s">
         <v>1771</v>
       </c>
       <c r="B1769" t="s">
-        <v>4334</v>
+        <v>4638</v>
       </c>
     </row>
     <row r="1770" spans="1:2">
       <c r="A1770" t="s">
         <v>1772</v>
       </c>
       <c r="B1770" t="s">
-        <v>4335</v>
+        <v>4639</v>
       </c>
     </row>
     <row r="1771" spans="1:2">
       <c r="A1771" t="s">
         <v>1773</v>
       </c>
       <c r="B1771" t="s">
-        <v>4336</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="1772" spans="1:2">
       <c r="A1772" t="s">
         <v>1774</v>
       </c>
       <c r="B1772" t="s">
-        <v>4337</v>
+        <v>4641</v>
       </c>
     </row>
     <row r="1773" spans="1:2">
       <c r="A1773" t="s">
         <v>1775</v>
       </c>
       <c r="B1773" t="s">
-        <v>4338</v>
+        <v>4642</v>
       </c>
     </row>
     <row r="1774" spans="1:2">
       <c r="A1774" t="s">
         <v>1776</v>
       </c>
       <c r="B1774" t="s">
-        <v>4339</v>
+        <v>4643</v>
       </c>
     </row>
     <row r="1775" spans="1:2">
       <c r="A1775" t="s">
         <v>1777</v>
       </c>
       <c r="B1775" t="s">
-        <v>4340</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="1776" spans="1:2">
       <c r="A1776" t="s">
         <v>1778</v>
       </c>
       <c r="B1776" t="s">
-        <v>4341</v>
-[...2 lines deleted...]
-    <row r="1777" spans="1:2">
+        <v>4644</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:4">
       <c r="A1777" t="s">
         <v>1779</v>
       </c>
       <c r="B1777" t="s">
-        <v>4342</v>
-[...2 lines deleted...]
-    <row r="1778" spans="1:2">
+        <v>4645</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:4">
       <c r="A1778" t="s">
         <v>1780</v>
       </c>
       <c r="B1778" t="s">
-        <v>4343</v>
-[...2 lines deleted...]
-    <row r="1779" spans="1:2">
+        <v>4646</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:4">
       <c r="A1779" t="s">
         <v>1781</v>
       </c>
       <c r="B1779" t="s">
-        <v>4344</v>
-[...2 lines deleted...]
-    <row r="1780" spans="1:2">
+        <v>4647</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:4">
       <c r="A1780" t="s">
         <v>1782</v>
       </c>
       <c r="B1780" t="s">
-        <v>4345</v>
-[...2 lines deleted...]
-    <row r="1781" spans="1:2">
+        <v>4648</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:4">
       <c r="A1781" t="s">
         <v>1783</v>
       </c>
       <c r="B1781" t="s">
-        <v>4346</v>
-[...2 lines deleted...]
-    <row r="1782" spans="1:2">
+        <v>4649</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:4">
       <c r="A1782" t="s">
         <v>1784</v>
       </c>
       <c r="B1782" t="s">
-        <v>4347</v>
-[...2 lines deleted...]
-    <row r="1783" spans="1:2">
+        <v>4650</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:4">
       <c r="A1783" t="s">
         <v>1785</v>
       </c>
       <c r="B1783" t="s">
-        <v>4348</v>
-[...2 lines deleted...]
-    <row r="1784" spans="1:2">
+        <v>4651</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:4">
       <c r="A1784" t="s">
         <v>1786</v>
       </c>
       <c r="B1784" t="s">
-        <v>4349</v>
-[...2 lines deleted...]
-    <row r="1785" spans="1:2">
+        <v>4652</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:4">
       <c r="A1785" t="s">
         <v>1787</v>
       </c>
       <c r="B1785" t="s">
-        <v>4350</v>
-[...2 lines deleted...]
-    <row r="1786" spans="1:2">
+        <v>4653</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:4">
       <c r="A1786" t="s">
         <v>1788</v>
       </c>
       <c r="B1786" t="s">
-        <v>4351</v>
-[...2 lines deleted...]
-    <row r="1787" spans="1:2">
+        <v>4654</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:4">
       <c r="A1787" t="s">
         <v>1789</v>
       </c>
       <c r="B1787" t="s">
-        <v>4352</v>
-[...2 lines deleted...]
-    <row r="1788" spans="1:2">
+        <v>4655</v>
+      </c>
+      <c r="C1787" t="s">
+        <v>5738</v>
+      </c>
+      <c r="D1787" t="s">
+        <v>5797</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:4">
       <c r="A1788" t="s">
         <v>1790</v>
       </c>
       <c r="B1788" t="s">
-        <v>4353</v>
-[...2 lines deleted...]
-    <row r="1789" spans="1:2">
+        <v>4656</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:4">
       <c r="A1789" t="s">
         <v>1791</v>
       </c>
       <c r="B1789" t="s">
-        <v>4354</v>
-[...2 lines deleted...]
-    <row r="1790" spans="1:2">
+        <v>4657</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:4">
       <c r="A1790" t="s">
         <v>1792</v>
       </c>
       <c r="B1790" t="s">
-        <v>4355</v>
-[...2 lines deleted...]
-    <row r="1791" spans="1:2">
+        <v>4658</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:4">
       <c r="A1791" t="s">
         <v>1793</v>
       </c>
       <c r="B1791" t="s">
-        <v>4356</v>
-[...2 lines deleted...]
-    <row r="1792" spans="1:2">
+        <v>4659</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:4">
       <c r="A1792" t="s">
         <v>1794</v>
       </c>
       <c r="B1792" t="s">
-        <v>4357</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="1793" spans="1:2">
       <c r="A1793" t="s">
         <v>1795</v>
       </c>
       <c r="B1793" t="s">
-        <v>4358</v>
+        <v>4661</v>
       </c>
     </row>
     <row r="1794" spans="1:2">
       <c r="A1794" t="s">
         <v>1796</v>
       </c>
       <c r="B1794" t="s">
-        <v>4359</v>
+        <v>4662</v>
       </c>
     </row>
     <row r="1795" spans="1:2">
       <c r="A1795" t="s">
         <v>1797</v>
       </c>
       <c r="B1795" t="s">
-        <v>4360</v>
+        <v>4663</v>
       </c>
     </row>
     <row r="1796" spans="1:2">
       <c r="A1796" t="s">
         <v>1798</v>
       </c>
       <c r="B1796" t="s">
-        <v>4361</v>
+        <v>4664</v>
       </c>
     </row>
     <row r="1797" spans="1:2">
       <c r="A1797" t="s">
         <v>1799</v>
       </c>
       <c r="B1797" t="s">
-        <v>4362</v>
+        <v>4665</v>
       </c>
     </row>
     <row r="1798" spans="1:2">
       <c r="A1798" t="s">
         <v>1800</v>
       </c>
       <c r="B1798" t="s">
-        <v>4363</v>
+        <v>4666</v>
       </c>
     </row>
     <row r="1799" spans="1:2">
       <c r="A1799" t="s">
         <v>1801</v>
       </c>
       <c r="B1799" t="s">
-        <v>4364</v>
+        <v>4667</v>
       </c>
     </row>
     <row r="1800" spans="1:2">
       <c r="A1800" t="s">
         <v>1802</v>
       </c>
       <c r="B1800" t="s">
-        <v>4365</v>
+        <v>4668</v>
       </c>
     </row>
     <row r="1801" spans="1:2">
       <c r="A1801" t="s">
         <v>1803</v>
       </c>
       <c r="B1801" t="s">
-        <v>4366</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="1802" spans="1:2">
       <c r="A1802" t="s">
         <v>1804</v>
       </c>
       <c r="B1802" t="s">
-        <v>4367</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="1803" spans="1:2">
       <c r="A1803" t="s">
         <v>1805</v>
       </c>
       <c r="B1803" t="s">
-        <v>4368</v>
+        <v>4669</v>
       </c>
     </row>
     <row r="1804" spans="1:2">
       <c r="A1804" t="s">
         <v>1806</v>
       </c>
       <c r="B1804" t="s">
-        <v>4369</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="1805" spans="1:2">
       <c r="A1805" t="s">
         <v>1807</v>
       </c>
       <c r="B1805" t="s">
-        <v>4370</v>
+        <v>4671</v>
       </c>
     </row>
     <row r="1806" spans="1:2">
       <c r="A1806" t="s">
         <v>1808</v>
       </c>
       <c r="B1806" t="s">
-        <v>4371</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="1807" spans="1:2">
       <c r="A1807" t="s">
         <v>1809</v>
       </c>
       <c r="B1807" t="s">
-        <v>4372</v>
+        <v>4673</v>
       </c>
     </row>
     <row r="1808" spans="1:2">
       <c r="A1808" t="s">
         <v>1810</v>
       </c>
       <c r="B1808" t="s">
-        <v>4373</v>
+        <v>4674</v>
       </c>
     </row>
     <row r="1809" spans="1:2">
       <c r="A1809" t="s">
         <v>1811</v>
       </c>
       <c r="B1809" t="s">
-        <v>4374</v>
+        <v>4675</v>
       </c>
     </row>
     <row r="1810" spans="1:2">
       <c r="A1810" t="s">
         <v>1812</v>
       </c>
       <c r="B1810" t="s">
-        <v>4375</v>
+        <v>4676</v>
       </c>
     </row>
     <row r="1811" spans="1:2">
       <c r="A1811" t="s">
         <v>1813</v>
       </c>
       <c r="B1811" t="s">
-        <v>4376</v>
+        <v>4677</v>
       </c>
     </row>
     <row r="1812" spans="1:2">
       <c r="A1812" t="s">
         <v>1814</v>
       </c>
       <c r="B1812" t="s">
-        <v>4377</v>
+        <v>4678</v>
       </c>
     </row>
     <row r="1813" spans="1:2">
       <c r="A1813" t="s">
         <v>1815</v>
       </c>
       <c r="B1813" t="s">
-        <v>4378</v>
+        <v>4679</v>
       </c>
     </row>
     <row r="1814" spans="1:2">
       <c r="A1814" t="s">
         <v>1816</v>
       </c>
       <c r="B1814" t="s">
-        <v>4379</v>
+        <v>4680</v>
       </c>
     </row>
     <row r="1815" spans="1:2">
       <c r="A1815" t="s">
         <v>1817</v>
       </c>
       <c r="B1815" t="s">
-        <v>4380</v>
+        <v>4681</v>
       </c>
     </row>
     <row r="1816" spans="1:2">
       <c r="A1816" t="s">
         <v>1818</v>
       </c>
       <c r="B1816" t="s">
-        <v>4381</v>
+        <v>4682</v>
       </c>
     </row>
     <row r="1817" spans="1:2">
       <c r="A1817" t="s">
         <v>1819</v>
       </c>
       <c r="B1817" t="s">
-        <v>4382</v>
+        <v>4683</v>
       </c>
     </row>
     <row r="1818" spans="1:2">
       <c r="A1818" t="s">
         <v>1820</v>
       </c>
       <c r="B1818" t="s">
-        <v>4383</v>
+        <v>4684</v>
       </c>
     </row>
     <row r="1819" spans="1:2">
       <c r="A1819" t="s">
         <v>1821</v>
       </c>
       <c r="B1819" t="s">
-        <v>4384</v>
+        <v>4685</v>
       </c>
     </row>
     <row r="1820" spans="1:2">
       <c r="A1820" t="s">
         <v>1822</v>
       </c>
       <c r="B1820" t="s">
-        <v>4385</v>
+        <v>4686</v>
       </c>
     </row>
     <row r="1821" spans="1:2">
       <c r="A1821" t="s">
         <v>1823</v>
       </c>
       <c r="B1821" t="s">
-        <v>4386</v>
+        <v>4366</v>
       </c>
     </row>
     <row r="1822" spans="1:2">
       <c r="A1822" t="s">
         <v>1824</v>
       </c>
       <c r="B1822" t="s">
-        <v>4387</v>
+        <v>4687</v>
       </c>
     </row>
     <row r="1823" spans="1:2">
       <c r="A1823" t="s">
         <v>1825</v>
       </c>
       <c r="B1823" t="s">
-        <v>4388</v>
+        <v>4688</v>
       </c>
     </row>
     <row r="1824" spans="1:2">
       <c r="A1824" t="s">
         <v>1826</v>
       </c>
       <c r="B1824" t="s">
-        <v>4389</v>
+        <v>4689</v>
       </c>
     </row>
     <row r="1825" spans="1:2">
       <c r="A1825" t="s">
         <v>1827</v>
       </c>
       <c r="B1825" t="s">
-        <v>4390</v>
+        <v>4690</v>
       </c>
     </row>
     <row r="1826" spans="1:2">
       <c r="A1826" t="s">
         <v>1828</v>
       </c>
       <c r="B1826" t="s">
-        <v>4391</v>
+        <v>4691</v>
       </c>
     </row>
     <row r="1827" spans="1:2">
       <c r="A1827" t="s">
         <v>1829</v>
       </c>
       <c r="B1827" t="s">
-        <v>4392</v>
+        <v>4692</v>
       </c>
     </row>
     <row r="1828" spans="1:2">
       <c r="A1828" t="s">
         <v>1830</v>
       </c>
       <c r="B1828" t="s">
-        <v>4393</v>
+        <v>4693</v>
       </c>
     </row>
     <row r="1829" spans="1:2">
       <c r="A1829" t="s">
         <v>1831</v>
       </c>
       <c r="B1829" t="s">
-        <v>4394</v>
+        <v>4694</v>
       </c>
     </row>
     <row r="1830" spans="1:2">
       <c r="A1830" t="s">
         <v>1832</v>
       </c>
       <c r="B1830" t="s">
-        <v>4395</v>
+        <v>4695</v>
       </c>
     </row>
     <row r="1831" spans="1:2">
       <c r="A1831" t="s">
         <v>1833</v>
       </c>
       <c r="B1831" t="s">
-        <v>4396</v>
+        <v>4696</v>
       </c>
     </row>
     <row r="1832" spans="1:2">
       <c r="A1832" t="s">
         <v>1834</v>
       </c>
       <c r="B1832" t="s">
-        <v>4397</v>
+        <v>4697</v>
       </c>
     </row>
     <row r="1833" spans="1:2">
       <c r="A1833" t="s">
         <v>1835</v>
       </c>
       <c r="B1833" t="s">
-        <v>4398</v>
+        <v>4698</v>
       </c>
     </row>
     <row r="1834" spans="1:2">
       <c r="A1834" t="s">
         <v>1836</v>
       </c>
       <c r="B1834" t="s">
-        <v>4399</v>
+        <v>4699</v>
       </c>
     </row>
     <row r="1835" spans="1:2">
       <c r="A1835" t="s">
         <v>1837</v>
       </c>
       <c r="B1835" t="s">
-        <v>4400</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="1836" spans="1:2">
       <c r="A1836" t="s">
         <v>1838</v>
       </c>
       <c r="B1836" t="s">
-        <v>4401</v>
+        <v>4701</v>
       </c>
     </row>
     <row r="1837" spans="1:2">
       <c r="A1837" t="s">
         <v>1839</v>
       </c>
       <c r="B1837" t="s">
-        <v>4402</v>
+        <v>4702</v>
       </c>
     </row>
     <row r="1838" spans="1:2">
       <c r="A1838" t="s">
         <v>1840</v>
       </c>
       <c r="B1838" t="s">
-        <v>4403</v>
+        <v>4703</v>
       </c>
     </row>
     <row r="1839" spans="1:2">
       <c r="A1839" t="s">
         <v>1841</v>
       </c>
       <c r="B1839" t="s">
-        <v>4404</v>
+        <v>4704</v>
       </c>
     </row>
     <row r="1840" spans="1:2">
       <c r="A1840" t="s">
         <v>1842</v>
       </c>
       <c r="B1840" t="s">
-        <v>4405</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="1841" spans="1:2">
       <c r="A1841" t="s">
         <v>1843</v>
       </c>
       <c r="B1841" t="s">
-        <v>4406</v>
+        <v>4706</v>
       </c>
     </row>
     <row r="1842" spans="1:2">
       <c r="A1842" t="s">
         <v>1844</v>
       </c>
       <c r="B1842" t="s">
-        <v>4407</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="1843" spans="1:2">
       <c r="A1843" t="s">
         <v>1845</v>
       </c>
       <c r="B1843" t="s">
-        <v>4408</v>
+        <v>4708</v>
       </c>
     </row>
     <row r="1844" spans="1:2">
       <c r="A1844" t="s">
         <v>1846</v>
       </c>
       <c r="B1844" t="s">
-        <v>4409</v>
+        <v>4709</v>
       </c>
     </row>
     <row r="1845" spans="1:2">
       <c r="A1845" t="s">
         <v>1847</v>
       </c>
       <c r="B1845" t="s">
-        <v>4410</v>
+        <v>4710</v>
       </c>
     </row>
     <row r="1846" spans="1:2">
       <c r="A1846" t="s">
         <v>1848</v>
       </c>
       <c r="B1846" t="s">
-        <v>4411</v>
+        <v>4711</v>
       </c>
     </row>
     <row r="1847" spans="1:2">
       <c r="A1847" t="s">
         <v>1849</v>
       </c>
       <c r="B1847" t="s">
-        <v>4412</v>
+        <v>4712</v>
       </c>
     </row>
     <row r="1848" spans="1:2">
       <c r="A1848" t="s">
         <v>1850</v>
       </c>
       <c r="B1848" t="s">
-        <v>4413</v>
+        <v>4713</v>
       </c>
     </row>
     <row r="1849" spans="1:2">
       <c r="A1849" t="s">
         <v>1851</v>
       </c>
       <c r="B1849" t="s">
-        <v>4414</v>
+        <v>4714</v>
       </c>
     </row>
     <row r="1850" spans="1:2">
       <c r="A1850" t="s">
         <v>1852</v>
       </c>
       <c r="B1850" t="s">
-        <v>4415</v>
+        <v>4715</v>
       </c>
     </row>
     <row r="1851" spans="1:2">
       <c r="A1851" t="s">
         <v>1853</v>
       </c>
       <c r="B1851" t="s">
-        <v>4416</v>
+        <v>4716</v>
       </c>
     </row>
     <row r="1852" spans="1:2">
       <c r="A1852" t="s">
         <v>1854</v>
       </c>
       <c r="B1852" t="s">
-        <v>4417</v>
+        <v>4717</v>
       </c>
     </row>
     <row r="1853" spans="1:2">
       <c r="A1853" t="s">
         <v>1855</v>
       </c>
       <c r="B1853" t="s">
-        <v>4418</v>
+        <v>4718</v>
       </c>
     </row>
     <row r="1854" spans="1:2">
       <c r="A1854" t="s">
         <v>1856</v>
       </c>
       <c r="B1854" t="s">
-        <v>4419</v>
+        <v>4719</v>
       </c>
     </row>
     <row r="1855" spans="1:2">
       <c r="A1855" t="s">
         <v>1857</v>
       </c>
       <c r="B1855" t="s">
-        <v>4420</v>
+        <v>4720</v>
       </c>
     </row>
     <row r="1856" spans="1:2">
       <c r="A1856" t="s">
         <v>1858</v>
       </c>
       <c r="B1856" t="s">
-        <v>4421</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="1857" spans="1:4">
       <c r="A1857" t="s">
         <v>1859</v>
       </c>
       <c r="B1857" t="s">
-        <v>4422</v>
+        <v>4722</v>
       </c>
     </row>
     <row r="1858" spans="1:4">
       <c r="A1858" t="s">
         <v>1860</v>
       </c>
       <c r="B1858" t="s">
-        <v>4423</v>
+        <v>4723</v>
       </c>
     </row>
     <row r="1859" spans="1:4">
       <c r="A1859" t="s">
         <v>1861</v>
       </c>
       <c r="B1859" t="s">
-        <v>4424</v>
+        <v>4724</v>
       </c>
     </row>
     <row r="1860" spans="1:4">
       <c r="A1860" t="s">
         <v>1862</v>
       </c>
       <c r="B1860" t="s">
-        <v>4425</v>
+        <v>4725</v>
+      </c>
+      <c r="C1860" t="s">
+        <v>5739</v>
+      </c>
+      <c r="D1860" t="s">
+        <v>5798</v>
       </c>
     </row>
     <row r="1861" spans="1:4">
       <c r="A1861" t="s">
         <v>1863</v>
       </c>
       <c r="B1861" t="s">
-        <v>4426</v>
+        <v>4726</v>
       </c>
     </row>
     <row r="1862" spans="1:4">
       <c r="A1862" t="s">
         <v>1864</v>
       </c>
       <c r="B1862" t="s">
-        <v>4427</v>
+        <v>4727</v>
       </c>
     </row>
     <row r="1863" spans="1:4">
       <c r="A1863" t="s">
         <v>1865</v>
       </c>
       <c r="B1863" t="s">
-        <v>4428</v>
+        <v>4728</v>
       </c>
     </row>
     <row r="1864" spans="1:4">
       <c r="A1864" t="s">
         <v>1866</v>
       </c>
       <c r="B1864" t="s">
-        <v>4429</v>
+        <v>4729</v>
       </c>
     </row>
     <row r="1865" spans="1:4">
       <c r="A1865" t="s">
         <v>1867</v>
       </c>
       <c r="B1865" t="s">
-        <v>4430</v>
+        <v>4730</v>
       </c>
     </row>
     <row r="1866" spans="1:4">
       <c r="A1866" t="s">
         <v>1868</v>
       </c>
       <c r="B1866" t="s">
-        <v>4431</v>
-[...2 lines deleted...]
-        <v>5219</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="1867" spans="1:4">
       <c r="A1867" t="s">
         <v>1869</v>
       </c>
       <c r="B1867" t="s">
-        <v>4432</v>
+        <v>4732</v>
       </c>
     </row>
     <row r="1868" spans="1:4">
       <c r="A1868" t="s">
         <v>1870</v>
       </c>
       <c r="B1868" t="s">
-        <v>4433</v>
+        <v>4733</v>
       </c>
     </row>
     <row r="1869" spans="1:4">
       <c r="A1869" t="s">
         <v>1871</v>
       </c>
       <c r="B1869" t="s">
-        <v>4434</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="1870" spans="1:4">
       <c r="A1870" t="s">
         <v>1872</v>
       </c>
       <c r="B1870" t="s">
-        <v>4435</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1871" spans="1:4">
       <c r="A1871" t="s">
         <v>1873</v>
       </c>
       <c r="B1871" t="s">
-        <v>4436</v>
+        <v>4735</v>
       </c>
     </row>
     <row r="1872" spans="1:4">
       <c r="A1872" t="s">
         <v>1874</v>
       </c>
       <c r="B1872" t="s">
-        <v>4437</v>
+        <v>4736</v>
       </c>
     </row>
     <row r="1873" spans="1:4">
       <c r="A1873" t="s">
         <v>1875</v>
       </c>
       <c r="B1873" t="s">
-        <v>4438</v>
+        <v>4737</v>
       </c>
     </row>
     <row r="1874" spans="1:4">
       <c r="A1874" t="s">
         <v>1876</v>
       </c>
       <c r="B1874" t="s">
-        <v>4439</v>
+        <v>4738</v>
       </c>
     </row>
     <row r="1875" spans="1:4">
       <c r="A1875" t="s">
         <v>1877</v>
       </c>
       <c r="B1875" t="s">
-        <v>4440</v>
+        <v>4739</v>
       </c>
     </row>
     <row r="1876" spans="1:4">
       <c r="A1876" t="s">
         <v>1878</v>
       </c>
       <c r="B1876" t="s">
-        <v>4441</v>
+        <v>4740</v>
+      </c>
+      <c r="C1876" t="s">
+        <v>5740</v>
+      </c>
+      <c r="D1876" t="s">
+        <v>5799</v>
       </c>
     </row>
     <row r="1877" spans="1:4">
       <c r="A1877" t="s">
         <v>1879</v>
       </c>
       <c r="B1877" t="s">
-        <v>4442</v>
+        <v>4741</v>
       </c>
     </row>
     <row r="1878" spans="1:4">
       <c r="A1878" t="s">
         <v>1880</v>
       </c>
       <c r="B1878" t="s">
-        <v>4443</v>
+        <v>4742</v>
       </c>
     </row>
     <row r="1879" spans="1:4">
       <c r="A1879" t="s">
         <v>1881</v>
       </c>
       <c r="B1879" t="s">
-        <v>4444</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="1880" spans="1:4">
       <c r="A1880" t="s">
         <v>1882</v>
       </c>
       <c r="B1880" t="s">
-        <v>4445</v>
+        <v>4744</v>
       </c>
     </row>
     <row r="1881" spans="1:4">
       <c r="A1881" t="s">
         <v>1883</v>
       </c>
       <c r="B1881" t="s">
-        <v>4446</v>
+        <v>4745</v>
       </c>
     </row>
     <row r="1882" spans="1:4">
       <c r="A1882" t="s">
         <v>1884</v>
       </c>
       <c r="B1882" t="s">
-        <v>4447</v>
+        <v>4746</v>
+      </c>
+      <c r="C1882" t="s">
+        <v>5741</v>
+      </c>
+      <c r="D1882" t="s">
+        <v>5800</v>
       </c>
     </row>
     <row r="1883" spans="1:4">
       <c r="A1883" t="s">
         <v>1885</v>
       </c>
       <c r="B1883" t="s">
-        <v>4448</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="1884" spans="1:4">
       <c r="A1884" t="s">
         <v>1886</v>
       </c>
       <c r="B1884" t="s">
-        <v>4449</v>
+        <v>4748</v>
       </c>
     </row>
     <row r="1885" spans="1:4">
       <c r="A1885" t="s">
         <v>1887</v>
       </c>
       <c r="B1885" t="s">
-        <v>4450</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="1886" spans="1:4">
       <c r="A1886" t="s">
         <v>1888</v>
       </c>
       <c r="B1886" t="s">
-        <v>4451</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="1887" spans="1:4">
       <c r="A1887" t="s">
         <v>1889</v>
       </c>
       <c r="B1887" t="s">
-        <v>4452</v>
+        <v>4751</v>
       </c>
     </row>
     <row r="1888" spans="1:4">
       <c r="A1888" t="s">
         <v>1890</v>
       </c>
       <c r="B1888" t="s">
-        <v>4453</v>
-[...5 lines deleted...]
-        <v>5220</v>
+        <v>4752</v>
       </c>
     </row>
     <row r="1889" spans="1:4">
       <c r="A1889" t="s">
         <v>1891</v>
       </c>
       <c r="B1889" t="s">
-        <v>4454</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="1890" spans="1:4">
       <c r="A1890" t="s">
         <v>1892</v>
       </c>
       <c r="B1890" t="s">
-        <v>4455</v>
+        <v>4754</v>
       </c>
     </row>
     <row r="1891" spans="1:4">
       <c r="A1891" t="s">
         <v>1893</v>
       </c>
       <c r="B1891" t="s">
-        <v>4456</v>
-[...5 lines deleted...]
-        <v>5221</v>
+        <v>4755</v>
       </c>
     </row>
     <row r="1892" spans="1:4">
       <c r="A1892" t="s">
         <v>1894</v>
       </c>
       <c r="B1892" t="s">
-        <v>4457</v>
+        <v>4756</v>
       </c>
     </row>
     <row r="1893" spans="1:4">
       <c r="A1893" t="s">
         <v>1895</v>
       </c>
       <c r="B1893" t="s">
-        <v>4458</v>
+        <v>4757</v>
       </c>
     </row>
     <row r="1894" spans="1:4">
       <c r="A1894" t="s">
         <v>1896</v>
       </c>
       <c r="B1894" t="s">
-        <v>4459</v>
+        <v>4758</v>
       </c>
     </row>
     <row r="1895" spans="1:4">
       <c r="A1895" t="s">
         <v>1897</v>
       </c>
       <c r="B1895" t="s">
-        <v>4460</v>
+        <v>4759</v>
       </c>
     </row>
     <row r="1896" spans="1:4">
       <c r="A1896" t="s">
         <v>1898</v>
       </c>
       <c r="B1896" t="s">
-        <v>4461</v>
+        <v>4760</v>
       </c>
     </row>
     <row r="1897" spans="1:4">
       <c r="A1897" t="s">
         <v>1899</v>
       </c>
       <c r="B1897" t="s">
-        <v>4462</v>
+        <v>4761</v>
       </c>
     </row>
     <row r="1898" spans="1:4">
       <c r="A1898" t="s">
         <v>1900</v>
       </c>
       <c r="B1898" t="s">
-        <v>4463</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="1899" spans="1:4">
       <c r="A1899" t="s">
         <v>1901</v>
       </c>
       <c r="B1899" t="s">
-        <v>4464</v>
+        <v>4763</v>
       </c>
     </row>
     <row r="1900" spans="1:4">
       <c r="A1900" t="s">
         <v>1902</v>
       </c>
       <c r="B1900" t="s">
-        <v>4465</v>
+        <v>4764</v>
       </c>
     </row>
     <row r="1901" spans="1:4">
       <c r="A1901" t="s">
         <v>1903</v>
       </c>
       <c r="B1901" t="s">
-        <v>4466</v>
+        <v>3341</v>
+      </c>
+      <c r="D1901" t="s">
+        <v>5770</v>
       </c>
     </row>
     <row r="1902" spans="1:4">
       <c r="A1902" t="s">
         <v>1904</v>
       </c>
       <c r="B1902" t="s">
-        <v>4467</v>
+        <v>4765</v>
       </c>
     </row>
     <row r="1903" spans="1:4">
       <c r="A1903" t="s">
         <v>1905</v>
       </c>
       <c r="B1903" t="s">
-        <v>4468</v>
+        <v>4766</v>
       </c>
     </row>
     <row r="1904" spans="1:4">
       <c r="A1904" t="s">
         <v>1906</v>
       </c>
       <c r="B1904" t="s">
-        <v>4469</v>
+        <v>4767</v>
       </c>
     </row>
     <row r="1905" spans="1:4">
       <c r="A1905" t="s">
         <v>1907</v>
       </c>
       <c r="B1905" t="s">
-        <v>4470</v>
+        <v>4768</v>
       </c>
     </row>
     <row r="1906" spans="1:4">
       <c r="A1906" t="s">
         <v>1908</v>
       </c>
       <c r="B1906" t="s">
-        <v>4471</v>
+        <v>4769</v>
       </c>
     </row>
     <row r="1907" spans="1:4">
       <c r="A1907" t="s">
         <v>1909</v>
       </c>
       <c r="B1907" t="s">
-        <v>4472</v>
+        <v>4770</v>
       </c>
     </row>
     <row r="1908" spans="1:4">
       <c r="A1908" t="s">
         <v>1910</v>
       </c>
       <c r="B1908" t="s">
-        <v>4473</v>
+        <v>4771</v>
       </c>
     </row>
     <row r="1909" spans="1:4">
       <c r="A1909" t="s">
         <v>1911</v>
       </c>
       <c r="B1909" t="s">
-        <v>4474</v>
+        <v>4772</v>
       </c>
     </row>
     <row r="1910" spans="1:4">
       <c r="A1910" t="s">
         <v>1912</v>
       </c>
       <c r="B1910" t="s">
-        <v>4475</v>
+        <v>4773</v>
       </c>
     </row>
     <row r="1911" spans="1:4">
       <c r="A1911" t="s">
         <v>1913</v>
       </c>
       <c r="B1911" t="s">
-        <v>4476</v>
+        <v>4774</v>
       </c>
     </row>
     <row r="1912" spans="1:4">
       <c r="A1912" t="s">
         <v>1914</v>
       </c>
       <c r="B1912" t="s">
-        <v>4477</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="1913" spans="1:4">
       <c r="A1913" t="s">
         <v>1915</v>
       </c>
       <c r="B1913" t="s">
-        <v>4478</v>
+        <v>4776</v>
+      </c>
+      <c r="C1913" t="s">
+        <v>5742</v>
+      </c>
+      <c r="D1913" t="s">
+        <v>5801</v>
       </c>
     </row>
     <row r="1914" spans="1:4">
       <c r="A1914" t="s">
         <v>1916</v>
       </c>
       <c r="B1914" t="s">
-        <v>4479</v>
+        <v>4777</v>
       </c>
     </row>
     <row r="1915" spans="1:4">
       <c r="A1915" t="s">
         <v>1917</v>
       </c>
       <c r="B1915" t="s">
-        <v>4480</v>
-[...5 lines deleted...]
-        <v>5222</v>
+        <v>4778</v>
       </c>
     </row>
     <row r="1916" spans="1:4">
       <c r="A1916" t="s">
         <v>1918</v>
       </c>
       <c r="B1916" t="s">
-        <v>4481</v>
+        <v>4779</v>
       </c>
     </row>
     <row r="1917" spans="1:4">
       <c r="A1917" t="s">
         <v>1919</v>
       </c>
       <c r="B1917" t="s">
-        <v>4482</v>
+        <v>4780</v>
       </c>
     </row>
     <row r="1918" spans="1:4">
       <c r="A1918" t="s">
         <v>1920</v>
       </c>
       <c r="B1918" t="s">
-        <v>4483</v>
+        <v>4781</v>
       </c>
     </row>
     <row r="1919" spans="1:4">
       <c r="A1919" t="s">
         <v>1921</v>
       </c>
       <c r="B1919" t="s">
-        <v>4484</v>
+        <v>4782</v>
       </c>
     </row>
     <row r="1920" spans="1:4">
       <c r="A1920" t="s">
         <v>1922</v>
       </c>
       <c r="B1920" t="s">
-        <v>4485</v>
+        <v>4783</v>
       </c>
     </row>
     <row r="1921" spans="1:4">
       <c r="A1921" t="s">
         <v>1923</v>
       </c>
       <c r="B1921" t="s">
-        <v>4486</v>
+        <v>4784</v>
       </c>
     </row>
     <row r="1922" spans="1:4">
       <c r="A1922" t="s">
         <v>1924</v>
       </c>
       <c r="B1922" t="s">
-        <v>4487</v>
+        <v>4785</v>
       </c>
     </row>
     <row r="1923" spans="1:4">
       <c r="A1923" t="s">
         <v>1925</v>
       </c>
       <c r="B1923" t="s">
-        <v>4488</v>
+        <v>4786</v>
       </c>
     </row>
     <row r="1924" spans="1:4">
       <c r="A1924" t="s">
         <v>1926</v>
       </c>
       <c r="B1924" t="s">
-        <v>4489</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="1925" spans="1:4">
       <c r="A1925" t="s">
         <v>1927</v>
       </c>
       <c r="B1925" t="s">
-        <v>4490</v>
+        <v>4788</v>
       </c>
     </row>
     <row r="1926" spans="1:4">
       <c r="A1926" t="s">
         <v>1928</v>
       </c>
       <c r="B1926" t="s">
-        <v>4491</v>
+        <v>4789</v>
       </c>
     </row>
     <row r="1927" spans="1:4">
       <c r="A1927" t="s">
         <v>1929</v>
       </c>
       <c r="B1927" t="s">
-        <v>4492</v>
-[...5 lines deleted...]
-        <v>5223</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="1928" spans="1:4">
       <c r="A1928" t="s">
         <v>1930</v>
       </c>
       <c r="B1928" t="s">
-        <v>4493</v>
+        <v>4791</v>
       </c>
     </row>
     <row r="1929" spans="1:4">
       <c r="A1929" t="s">
         <v>1931</v>
       </c>
       <c r="B1929" t="s">
-        <v>4494</v>
+        <v>4792</v>
       </c>
     </row>
     <row r="1930" spans="1:4">
       <c r="A1930" t="s">
         <v>1932</v>
       </c>
       <c r="B1930" t="s">
-        <v>4495</v>
+        <v>4793</v>
       </c>
     </row>
     <row r="1931" spans="1:4">
       <c r="A1931" t="s">
         <v>1933</v>
       </c>
       <c r="B1931" t="s">
-        <v>4496</v>
+        <v>4794</v>
+      </c>
+      <c r="D1931" t="s">
+        <v>5769</v>
       </c>
     </row>
     <row r="1932" spans="1:4">
       <c r="A1932" t="s">
         <v>1934</v>
       </c>
       <c r="B1932" t="s">
-        <v>4497</v>
+        <v>4795</v>
       </c>
     </row>
     <row r="1933" spans="1:4">
       <c r="A1933" t="s">
         <v>1935</v>
       </c>
       <c r="B1933" t="s">
-        <v>4498</v>
+        <v>4796</v>
       </c>
     </row>
     <row r="1934" spans="1:4">
       <c r="A1934" t="s">
         <v>1936</v>
       </c>
       <c r="B1934" t="s">
-        <v>4499</v>
+        <v>4797</v>
       </c>
     </row>
     <row r="1935" spans="1:4">
       <c r="A1935" t="s">
         <v>1937</v>
       </c>
       <c r="B1935" t="s">
-        <v>4500</v>
+        <v>4798</v>
       </c>
     </row>
     <row r="1936" spans="1:4">
       <c r="A1936" t="s">
         <v>1938</v>
       </c>
       <c r="B1936" t="s">
-        <v>4501</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="1937" spans="1:2">
       <c r="A1937" t="s">
         <v>1939</v>
       </c>
       <c r="B1937" t="s">
-        <v>4502</v>
+        <v>4799</v>
       </c>
     </row>
     <row r="1938" spans="1:2">
       <c r="A1938" t="s">
         <v>1940</v>
       </c>
       <c r="B1938" t="s">
-        <v>4503</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="1939" spans="1:2">
       <c r="A1939" t="s">
         <v>1941</v>
       </c>
       <c r="B1939" t="s">
-        <v>4504</v>
+        <v>4801</v>
       </c>
     </row>
     <row r="1940" spans="1:2">
       <c r="A1940" t="s">
         <v>1942</v>
       </c>
       <c r="B1940" t="s">
-        <v>4505</v>
+        <v>4802</v>
       </c>
     </row>
     <row r="1941" spans="1:2">
       <c r="A1941" t="s">
         <v>1943</v>
       </c>
       <c r="B1941" t="s">
-        <v>4506</v>
+        <v>4803</v>
       </c>
     </row>
     <row r="1942" spans="1:2">
       <c r="A1942" t="s">
         <v>1944</v>
       </c>
       <c r="B1942" t="s">
-        <v>4507</v>
+        <v>4804</v>
       </c>
     </row>
     <row r="1943" spans="1:2">
       <c r="A1943" t="s">
         <v>1945</v>
       </c>
       <c r="B1943" t="s">
-        <v>4508</v>
+        <v>4805</v>
       </c>
     </row>
     <row r="1944" spans="1:2">
       <c r="A1944" t="s">
         <v>1946</v>
       </c>
       <c r="B1944" t="s">
-        <v>4509</v>
+        <v>4806</v>
       </c>
     </row>
     <row r="1945" spans="1:2">
       <c r="A1945" t="s">
         <v>1947</v>
       </c>
       <c r="B1945" t="s">
-        <v>4510</v>
+        <v>4807</v>
       </c>
     </row>
     <row r="1946" spans="1:2">
       <c r="A1946" t="s">
         <v>1948</v>
       </c>
       <c r="B1946" t="s">
-        <v>4511</v>
+        <v>4808</v>
       </c>
     </row>
     <row r="1947" spans="1:2">
       <c r="A1947" t="s">
         <v>1949</v>
       </c>
       <c r="B1947" t="s">
-        <v>4512</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="1948" spans="1:2">
       <c r="A1948" t="s">
         <v>1950</v>
       </c>
       <c r="B1948" t="s">
-        <v>4513</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="1949" spans="1:2">
       <c r="A1949" t="s">
         <v>1951</v>
       </c>
       <c r="B1949" t="s">
-        <v>4514</v>
+        <v>4811</v>
       </c>
     </row>
     <row r="1950" spans="1:2">
       <c r="A1950" t="s">
         <v>1952</v>
       </c>
       <c r="B1950" t="s">
-        <v>4515</v>
+        <v>4812</v>
       </c>
     </row>
     <row r="1951" spans="1:2">
       <c r="A1951" t="s">
         <v>1953</v>
       </c>
       <c r="B1951" t="s">
-        <v>4516</v>
+        <v>4813</v>
       </c>
     </row>
     <row r="1952" spans="1:2">
       <c r="A1952" t="s">
         <v>1954</v>
       </c>
       <c r="B1952" t="s">
-        <v>4517</v>
-[...2 lines deleted...]
-    <row r="1953" spans="1:4">
+        <v>4814</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:2">
       <c r="A1953" t="s">
         <v>1955</v>
       </c>
       <c r="B1953" t="s">
-        <v>4518</v>
-[...2 lines deleted...]
-    <row r="1954" spans="1:4">
+        <v>4815</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:2">
       <c r="A1954" t="s">
         <v>1956</v>
       </c>
       <c r="B1954" t="s">
-        <v>4519</v>
-[...2 lines deleted...]
-    <row r="1955" spans="1:4">
+        <v>4816</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:2">
       <c r="A1955" t="s">
         <v>1957</v>
       </c>
       <c r="B1955" t="s">
-        <v>4520</v>
-[...2 lines deleted...]
-    <row r="1956" spans="1:4">
+        <v>4817</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:2">
       <c r="A1956" t="s">
         <v>1958</v>
       </c>
       <c r="B1956" t="s">
-        <v>4521</v>
-[...2 lines deleted...]
-    <row r="1957" spans="1:4">
+        <v>4818</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:2">
       <c r="A1957" t="s">
         <v>1959</v>
       </c>
       <c r="B1957" t="s">
-        <v>4522</v>
-[...2 lines deleted...]
-    <row r="1958" spans="1:4">
+        <v>4819</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:2">
       <c r="A1958" t="s">
         <v>1960</v>
       </c>
       <c r="B1958" t="s">
-        <v>4523</v>
-[...2 lines deleted...]
-    <row r="1959" spans="1:4">
+        <v>4820</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:2">
       <c r="A1959" t="s">
         <v>1961</v>
       </c>
       <c r="B1959" t="s">
-        <v>4524</v>
-[...2 lines deleted...]
-    <row r="1960" spans="1:4">
+        <v>4821</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:2">
       <c r="A1960" t="s">
         <v>1962</v>
       </c>
       <c r="B1960" t="s">
-        <v>4525</v>
-[...2 lines deleted...]
-    <row r="1961" spans="1:4">
+        <v>4822</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:2">
       <c r="A1961" t="s">
         <v>1963</v>
       </c>
       <c r="B1961" t="s">
-        <v>4526</v>
-[...2 lines deleted...]
-    <row r="1962" spans="1:4">
+        <v>4823</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:2">
       <c r="A1962" t="s">
         <v>1964</v>
       </c>
       <c r="B1962" t="s">
-        <v>4527</v>
-[...2 lines deleted...]
-    <row r="1963" spans="1:4">
+        <v>4824</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:2">
       <c r="A1963" t="s">
         <v>1965</v>
       </c>
       <c r="B1963" t="s">
-        <v>4528</v>
-[...2 lines deleted...]
-    <row r="1964" spans="1:4">
+        <v>4825</v>
+      </c>
+    </row>
+    <row r="1964" spans="1:2">
       <c r="A1964" t="s">
         <v>1966</v>
       </c>
       <c r="B1964" t="s">
-        <v>4529</v>
-[...2 lines deleted...]
-    <row r="1965" spans="1:4">
+        <v>4826</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:2">
       <c r="A1965" t="s">
         <v>1967</v>
       </c>
       <c r="B1965" t="s">
-        <v>4530</v>
-[...2 lines deleted...]
-    <row r="1966" spans="1:4">
+        <v>4827</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:2">
       <c r="A1966" t="s">
         <v>1968</v>
       </c>
       <c r="B1966" t="s">
-        <v>4531</v>
-[...8 lines deleted...]
-    <row r="1967" spans="1:4">
+        <v>4828</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:2">
       <c r="A1967" t="s">
         <v>1969</v>
       </c>
       <c r="B1967" t="s">
-        <v>4532</v>
-[...2 lines deleted...]
-    <row r="1968" spans="1:4">
+        <v>4829</v>
+      </c>
+    </row>
+    <row r="1968" spans="1:2">
       <c r="A1968" t="s">
         <v>1970</v>
       </c>
       <c r="B1968" t="s">
-        <v>4533</v>
-[...2 lines deleted...]
-    <row r="1969" spans="1:2">
+        <v>4830</v>
+      </c>
+    </row>
+    <row r="1969" spans="1:4">
       <c r="A1969" t="s">
         <v>1971</v>
       </c>
       <c r="B1969" t="s">
-        <v>4534</v>
-[...2 lines deleted...]
-    <row r="1970" spans="1:2">
+        <v>4831</v>
+      </c>
+    </row>
+    <row r="1970" spans="1:4">
       <c r="A1970" t="s">
         <v>1972</v>
       </c>
       <c r="B1970" t="s">
-        <v>4535</v>
-[...2 lines deleted...]
-    <row r="1971" spans="1:2">
+        <v>4832</v>
+      </c>
+    </row>
+    <row r="1971" spans="1:4">
       <c r="A1971" t="s">
         <v>1973</v>
       </c>
       <c r="B1971" t="s">
-        <v>4536</v>
-[...2 lines deleted...]
-    <row r="1972" spans="1:2">
+        <v>4833</v>
+      </c>
+    </row>
+    <row r="1972" spans="1:4">
       <c r="A1972" t="s">
         <v>1974</v>
       </c>
       <c r="B1972" t="s">
-        <v>4537</v>
-[...2 lines deleted...]
-    <row r="1973" spans="1:2">
+        <v>4683</v>
+      </c>
+    </row>
+    <row r="1973" spans="1:4">
       <c r="A1973" t="s">
         <v>1975</v>
       </c>
       <c r="B1973" t="s">
-        <v>4538</v>
-[...2 lines deleted...]
-    <row r="1974" spans="1:2">
+        <v>4834</v>
+      </c>
+    </row>
+    <row r="1974" spans="1:4">
       <c r="A1974" t="s">
         <v>1976</v>
       </c>
       <c r="B1974" t="s">
-        <v>4539</v>
-[...2 lines deleted...]
-    <row r="1975" spans="1:2">
+        <v>4542</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:4">
       <c r="A1975" t="s">
         <v>1977</v>
       </c>
       <c r="B1975" t="s">
-        <v>4540</v>
-[...2 lines deleted...]
-    <row r="1976" spans="1:2">
+        <v>4835</v>
+      </c>
+    </row>
+    <row r="1976" spans="1:4">
       <c r="A1976" t="s">
         <v>1978</v>
       </c>
       <c r="B1976" t="s">
-        <v>4541</v>
-[...2 lines deleted...]
-    <row r="1977" spans="1:2">
+        <v>4836</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:4">
       <c r="A1977" t="s">
         <v>1979</v>
       </c>
       <c r="B1977" t="s">
-        <v>4542</v>
-[...2 lines deleted...]
-    <row r="1978" spans="1:2">
+        <v>4837</v>
+      </c>
+    </row>
+    <row r="1978" spans="1:4">
       <c r="A1978" t="s">
         <v>1980</v>
       </c>
       <c r="B1978" t="s">
-        <v>4543</v>
-[...2 lines deleted...]
-    <row r="1979" spans="1:2">
+        <v>4838</v>
+      </c>
+    </row>
+    <row r="1979" spans="1:4">
       <c r="A1979" t="s">
         <v>1981</v>
       </c>
       <c r="B1979" t="s">
-        <v>4544</v>
-[...2 lines deleted...]
-    <row r="1980" spans="1:2">
+        <v>4839</v>
+      </c>
+    </row>
+    <row r="1980" spans="1:4">
       <c r="A1980" t="s">
         <v>1982</v>
       </c>
       <c r="B1980" t="s">
-        <v>4545</v>
-[...2 lines deleted...]
-    <row r="1981" spans="1:2">
+        <v>4840</v>
+      </c>
+    </row>
+    <row r="1981" spans="1:4">
       <c r="A1981" t="s">
         <v>1983</v>
       </c>
       <c r="B1981" t="s">
-        <v>4546</v>
-[...2 lines deleted...]
-    <row r="1982" spans="1:2">
+        <v>4841</v>
+      </c>
+      <c r="C1981" t="s">
+        <v>5743</v>
+      </c>
+      <c r="D1981" t="s">
+        <v>5802</v>
+      </c>
+    </row>
+    <row r="1982" spans="1:4">
       <c r="A1982" t="s">
         <v>1984</v>
       </c>
       <c r="B1982" t="s">
-        <v>4547</v>
-[...2 lines deleted...]
-    <row r="1983" spans="1:2">
+        <v>4842</v>
+      </c>
+    </row>
+    <row r="1983" spans="1:4">
       <c r="A1983" t="s">
         <v>1985</v>
       </c>
       <c r="B1983" t="s">
-        <v>4548</v>
-[...2 lines deleted...]
-    <row r="1984" spans="1:2">
+        <v>4843</v>
+      </c>
+    </row>
+    <row r="1984" spans="1:4">
       <c r="A1984" t="s">
         <v>1986</v>
       </c>
       <c r="B1984" t="s">
-        <v>4549</v>
-[...2 lines deleted...]
-    <row r="1985" spans="1:4">
+        <v>3240</v>
+      </c>
+    </row>
+    <row r="1985" spans="1:2">
       <c r="A1985" t="s">
         <v>1987</v>
       </c>
       <c r="B1985" t="s">
-        <v>4550</v>
-[...2 lines deleted...]
-    <row r="1986" spans="1:4">
+        <v>4844</v>
+      </c>
+    </row>
+    <row r="1986" spans="1:2">
       <c r="A1986" t="s">
         <v>1988</v>
       </c>
       <c r="B1986" t="s">
-        <v>4551</v>
-[...2 lines deleted...]
-    <row r="1987" spans="1:4">
+        <v>4845</v>
+      </c>
+    </row>
+    <row r="1987" spans="1:2">
       <c r="A1987" t="s">
         <v>1989</v>
       </c>
       <c r="B1987" t="s">
-        <v>4552</v>
-[...2 lines deleted...]
-    <row r="1988" spans="1:4">
+        <v>4846</v>
+      </c>
+    </row>
+    <row r="1988" spans="1:2">
       <c r="A1988" t="s">
         <v>1990</v>
       </c>
       <c r="B1988" t="s">
-        <v>4553</v>
-[...2 lines deleted...]
-    <row r="1989" spans="1:4">
+        <v>4794</v>
+      </c>
+    </row>
+    <row r="1989" spans="1:2">
       <c r="A1989" t="s">
         <v>1991</v>
       </c>
       <c r="B1989" t="s">
-        <v>4554</v>
-[...2 lines deleted...]
-    <row r="1990" spans="1:4">
+        <v>4847</v>
+      </c>
+    </row>
+    <row r="1990" spans="1:2">
       <c r="A1990" t="s">
         <v>1992</v>
       </c>
       <c r="B1990" t="s">
-        <v>4555</v>
-[...2 lines deleted...]
-    <row r="1991" spans="1:4">
+        <v>4848</v>
+      </c>
+    </row>
+    <row r="1991" spans="1:2">
       <c r="A1991" t="s">
         <v>1993</v>
       </c>
       <c r="B1991" t="s">
-        <v>4556</v>
-[...2 lines deleted...]
-    <row r="1992" spans="1:4">
+        <v>4849</v>
+      </c>
+    </row>
+    <row r="1992" spans="1:2">
       <c r="A1992" t="s">
         <v>1994</v>
       </c>
       <c r="B1992" t="s">
-        <v>4557</v>
-[...2 lines deleted...]
-    <row r="1993" spans="1:4">
+        <v>4850</v>
+      </c>
+    </row>
+    <row r="1993" spans="1:2">
       <c r="A1993" t="s">
         <v>1995</v>
       </c>
       <c r="B1993" t="s">
-        <v>4558</v>
-[...2 lines deleted...]
-    <row r="1994" spans="1:4">
+        <v>4851</v>
+      </c>
+    </row>
+    <row r="1994" spans="1:2">
       <c r="A1994" t="s">
         <v>1996</v>
       </c>
       <c r="B1994" t="s">
-        <v>4559</v>
-[...5 lines deleted...]
-    <row r="1995" spans="1:4">
+        <v>4852</v>
+      </c>
+    </row>
+    <row r="1995" spans="1:2">
       <c r="A1995" t="s">
         <v>1997</v>
       </c>
       <c r="B1995" t="s">
-        <v>4560</v>
-[...2 lines deleted...]
-    <row r="1996" spans="1:4">
+        <v>4853</v>
+      </c>
+    </row>
+    <row r="1996" spans="1:2">
       <c r="A1996" t="s">
         <v>1998</v>
       </c>
       <c r="B1996" t="s">
-        <v>4561</v>
-[...2 lines deleted...]
-    <row r="1997" spans="1:4">
+        <v>4854</v>
+      </c>
+    </row>
+    <row r="1997" spans="1:2">
       <c r="A1997" t="s">
         <v>1999</v>
       </c>
       <c r="B1997" t="s">
-        <v>4562</v>
-[...2 lines deleted...]
-    <row r="1998" spans="1:4">
+        <v>4855</v>
+      </c>
+    </row>
+    <row r="1998" spans="1:2">
       <c r="A1998" t="s">
         <v>2000</v>
       </c>
       <c r="B1998" t="s">
-        <v>4563</v>
-[...2 lines deleted...]
-    <row r="1999" spans="1:4">
+        <v>4856</v>
+      </c>
+    </row>
+    <row r="1999" spans="1:2">
       <c r="A1999" t="s">
         <v>2001</v>
       </c>
       <c r="B1999" t="s">
-        <v>4564</v>
-[...2 lines deleted...]
-    <row r="2000" spans="1:4">
+        <v>4459</v>
+      </c>
+    </row>
+    <row r="2000" spans="1:2">
       <c r="A2000" t="s">
         <v>2002</v>
       </c>
       <c r="B2000" t="s">
-        <v>4565</v>
+        <v>4857</v>
       </c>
     </row>
     <row r="2001" spans="1:2">
       <c r="A2001" t="s">
         <v>2003</v>
       </c>
       <c r="B2001" t="s">
-        <v>4566</v>
+        <v>4858</v>
       </c>
     </row>
     <row r="2002" spans="1:2">
       <c r="A2002" t="s">
         <v>2004</v>
       </c>
       <c r="B2002" t="s">
-        <v>4567</v>
+        <v>4859</v>
       </c>
     </row>
     <row r="2003" spans="1:2">
       <c r="A2003" t="s">
         <v>2005</v>
       </c>
       <c r="B2003" t="s">
-        <v>4568</v>
+        <v>4860</v>
       </c>
     </row>
     <row r="2004" spans="1:2">
       <c r="A2004" t="s">
         <v>2006</v>
       </c>
       <c r="B2004" t="s">
-        <v>4569</v>
+        <v>4861</v>
       </c>
     </row>
     <row r="2005" spans="1:2">
       <c r="A2005" t="s">
         <v>2007</v>
       </c>
       <c r="B2005" t="s">
-        <v>4570</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="2006" spans="1:2">
       <c r="A2006" t="s">
         <v>2008</v>
       </c>
       <c r="B2006" t="s">
-        <v>4571</v>
+        <v>4863</v>
       </c>
     </row>
     <row r="2007" spans="1:2">
       <c r="A2007" t="s">
         <v>2009</v>
       </c>
       <c r="B2007" t="s">
-        <v>4572</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="2008" spans="1:2">
       <c r="A2008" t="s">
         <v>2010</v>
       </c>
       <c r="B2008" t="s">
-        <v>4573</v>
+        <v>4864</v>
       </c>
     </row>
     <row r="2009" spans="1:2">
       <c r="A2009" t="s">
         <v>2011</v>
       </c>
       <c r="B2009" t="s">
-        <v>4574</v>
+        <v>4865</v>
       </c>
     </row>
     <row r="2010" spans="1:2">
       <c r="A2010" t="s">
         <v>2012</v>
       </c>
       <c r="B2010" t="s">
-        <v>4575</v>
+        <v>4866</v>
       </c>
     </row>
     <row r="2011" spans="1:2">
       <c r="A2011" t="s">
         <v>2013</v>
       </c>
       <c r="B2011" t="s">
-        <v>4576</v>
+        <v>4867</v>
       </c>
     </row>
     <row r="2012" spans="1:2">
       <c r="A2012" t="s">
         <v>2014</v>
       </c>
       <c r="B2012" t="s">
-        <v>4577</v>
+        <v>4868</v>
       </c>
     </row>
     <row r="2013" spans="1:2">
       <c r="A2013" t="s">
         <v>2015</v>
       </c>
       <c r="B2013" t="s">
-        <v>4578</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="2014" spans="1:2">
       <c r="A2014" t="s">
         <v>2016</v>
       </c>
       <c r="B2014" t="s">
-        <v>4579</v>
+        <v>4869</v>
       </c>
     </row>
     <row r="2015" spans="1:2">
       <c r="A2015" t="s">
         <v>2017</v>
       </c>
       <c r="B2015" t="s">
-        <v>4580</v>
+        <v>4870</v>
       </c>
     </row>
     <row r="2016" spans="1:2">
       <c r="A2016" t="s">
         <v>2018</v>
       </c>
       <c r="B2016" t="s">
-        <v>4581</v>
-[...2 lines deleted...]
-    <row r="2017" spans="1:4">
+        <v>4871</v>
+      </c>
+    </row>
+    <row r="2017" spans="1:2">
       <c r="A2017" t="s">
         <v>2019</v>
       </c>
       <c r="B2017" t="s">
-        <v>4582</v>
-[...2 lines deleted...]
-    <row r="2018" spans="1:4">
+        <v>4872</v>
+      </c>
+    </row>
+    <row r="2018" spans="1:2">
       <c r="A2018" t="s">
         <v>2020</v>
       </c>
       <c r="B2018" t="s">
-        <v>4583</v>
-[...2 lines deleted...]
-    <row r="2019" spans="1:4">
+        <v>4873</v>
+      </c>
+    </row>
+    <row r="2019" spans="1:2">
       <c r="A2019" t="s">
         <v>2021</v>
       </c>
       <c r="B2019" t="s">
-        <v>4584</v>
-[...2 lines deleted...]
-    <row r="2020" spans="1:4">
+        <v>4874</v>
+      </c>
+    </row>
+    <row r="2020" spans="1:2">
       <c r="A2020" t="s">
         <v>2022</v>
       </c>
       <c r="B2020" t="s">
-        <v>4585</v>
-[...2 lines deleted...]
-    <row r="2021" spans="1:4">
+        <v>4183</v>
+      </c>
+    </row>
+    <row r="2021" spans="1:2">
       <c r="A2021" t="s">
         <v>2023</v>
       </c>
       <c r="B2021" t="s">
-        <v>4586</v>
-[...2 lines deleted...]
-    <row r="2022" spans="1:4">
+        <v>4875</v>
+      </c>
+    </row>
+    <row r="2022" spans="1:2">
       <c r="A2022" t="s">
         <v>2024</v>
       </c>
       <c r="B2022" t="s">
-        <v>4587</v>
-[...8 lines deleted...]
-    <row r="2023" spans="1:4">
+        <v>4876</v>
+      </c>
+    </row>
+    <row r="2023" spans="1:2">
       <c r="A2023" t="s">
         <v>2025</v>
       </c>
       <c r="B2023" t="s">
-        <v>4588</v>
-[...2 lines deleted...]
-    <row r="2024" spans="1:4">
+        <v>3829</v>
+      </c>
+    </row>
+    <row r="2024" spans="1:2">
       <c r="A2024" t="s">
         <v>2026</v>
       </c>
       <c r="B2024" t="s">
-        <v>4589</v>
-[...2 lines deleted...]
-    <row r="2025" spans="1:4">
+        <v>4877</v>
+      </c>
+    </row>
+    <row r="2025" spans="1:2">
       <c r="A2025" t="s">
         <v>2027</v>
       </c>
       <c r="B2025" t="s">
-        <v>4590</v>
-[...2 lines deleted...]
-    <row r="2026" spans="1:4">
+        <v>4878</v>
+      </c>
+    </row>
+    <row r="2026" spans="1:2">
       <c r="A2026" t="s">
         <v>2028</v>
       </c>
       <c r="B2026" t="s">
-        <v>4591</v>
-[...2 lines deleted...]
-    <row r="2027" spans="1:4">
+        <v>2916</v>
+      </c>
+    </row>
+    <row r="2027" spans="1:2">
       <c r="A2027" t="s">
         <v>2029</v>
       </c>
       <c r="B2027" t="s">
-        <v>4592</v>
-[...2 lines deleted...]
-    <row r="2028" spans="1:4">
+        <v>4879</v>
+      </c>
+    </row>
+    <row r="2028" spans="1:2">
       <c r="A2028" t="s">
         <v>2030</v>
       </c>
       <c r="B2028" t="s">
-        <v>4593</v>
-[...2 lines deleted...]
-    <row r="2029" spans="1:4">
+        <v>4880</v>
+      </c>
+    </row>
+    <row r="2029" spans="1:2">
       <c r="A2029" t="s">
         <v>2031</v>
       </c>
       <c r="B2029" t="s">
-        <v>4594</v>
-[...2 lines deleted...]
-    <row r="2030" spans="1:4">
+        <v>4881</v>
+      </c>
+    </row>
+    <row r="2030" spans="1:2">
       <c r="A2030" t="s">
         <v>2032</v>
       </c>
       <c r="B2030" t="s">
-        <v>4595</v>
-[...2 lines deleted...]
-    <row r="2031" spans="1:4">
+        <v>4882</v>
+      </c>
+    </row>
+    <row r="2031" spans="1:2">
       <c r="A2031" t="s">
         <v>2033</v>
       </c>
       <c r="B2031" t="s">
-        <v>4596</v>
-[...2 lines deleted...]
-    <row r="2032" spans="1:4">
+        <v>4883</v>
+      </c>
+    </row>
+    <row r="2032" spans="1:2">
       <c r="A2032" t="s">
         <v>2034</v>
       </c>
       <c r="B2032" t="s">
-        <v>4597</v>
-[...2 lines deleted...]
-    <row r="2033" spans="1:4">
+        <v>4884</v>
+      </c>
+    </row>
+    <row r="2033" spans="1:2">
       <c r="A2033" t="s">
         <v>2035</v>
       </c>
       <c r="B2033" t="s">
-        <v>4598</v>
-[...2 lines deleted...]
-    <row r="2034" spans="1:4">
+        <v>4885</v>
+      </c>
+    </row>
+    <row r="2034" spans="1:2">
       <c r="A2034" t="s">
         <v>2036</v>
       </c>
       <c r="B2034" t="s">
-        <v>4599</v>
-[...2 lines deleted...]
-    <row r="2035" spans="1:4">
+        <v>4886</v>
+      </c>
+    </row>
+    <row r="2035" spans="1:2">
       <c r="A2035" t="s">
         <v>2037</v>
       </c>
       <c r="B2035" t="s">
-        <v>4600</v>
-[...2 lines deleted...]
-    <row r="2036" spans="1:4">
+        <v>4887</v>
+      </c>
+    </row>
+    <row r="2036" spans="1:2">
       <c r="A2036" t="s">
         <v>2038</v>
       </c>
       <c r="B2036" t="s">
-        <v>4601</v>
-[...2 lines deleted...]
-    <row r="2037" spans="1:4">
+        <v>4888</v>
+      </c>
+    </row>
+    <row r="2037" spans="1:2">
       <c r="A2037" t="s">
         <v>2039</v>
       </c>
       <c r="B2037" t="s">
-        <v>4602</v>
-[...2 lines deleted...]
-    <row r="2038" spans="1:4">
+        <v>4889</v>
+      </c>
+    </row>
+    <row r="2038" spans="1:2">
       <c r="A2038" t="s">
         <v>2040</v>
       </c>
       <c r="B2038" t="s">
-        <v>4603</v>
-[...2 lines deleted...]
-    <row r="2039" spans="1:4">
+        <v>4890</v>
+      </c>
+    </row>
+    <row r="2039" spans="1:2">
       <c r="A2039" t="s">
         <v>2041</v>
       </c>
       <c r="B2039" t="s">
-        <v>4604</v>
-[...5 lines deleted...]
-    <row r="2040" spans="1:4">
+        <v>4891</v>
+      </c>
+    </row>
+    <row r="2040" spans="1:2">
       <c r="A2040" t="s">
         <v>2042</v>
       </c>
       <c r="B2040" t="s">
-        <v>4605</v>
-[...2 lines deleted...]
-    <row r="2041" spans="1:4">
+        <v>4892</v>
+      </c>
+    </row>
+    <row r="2041" spans="1:2">
       <c r="A2041" t="s">
         <v>2043</v>
       </c>
       <c r="B2041" t="s">
-        <v>4606</v>
-[...2 lines deleted...]
-    <row r="2042" spans="1:4">
+        <v>4601</v>
+      </c>
+    </row>
+    <row r="2042" spans="1:2">
       <c r="A2042" t="s">
         <v>2044</v>
       </c>
       <c r="B2042" t="s">
-        <v>4607</v>
-[...2 lines deleted...]
-    <row r="2043" spans="1:4">
+        <v>4893</v>
+      </c>
+    </row>
+    <row r="2043" spans="1:2">
       <c r="A2043" t="s">
         <v>2045</v>
       </c>
       <c r="B2043" t="s">
-        <v>4608</v>
-[...2 lines deleted...]
-    <row r="2044" spans="1:4">
+        <v>4894</v>
+      </c>
+    </row>
+    <row r="2044" spans="1:2">
       <c r="A2044" t="s">
         <v>2046</v>
       </c>
       <c r="B2044" t="s">
-        <v>4609</v>
-[...2 lines deleted...]
-    <row r="2045" spans="1:4">
+        <v>4566</v>
+      </c>
+    </row>
+    <row r="2045" spans="1:2">
       <c r="A2045" t="s">
         <v>2047</v>
       </c>
       <c r="B2045" t="s">
-        <v>4610</v>
-[...2 lines deleted...]
-    <row r="2046" spans="1:4">
+        <v>4895</v>
+      </c>
+    </row>
+    <row r="2046" spans="1:2">
       <c r="A2046" t="s">
         <v>2048</v>
       </c>
       <c r="B2046" t="s">
-        <v>4611</v>
-[...2 lines deleted...]
-    <row r="2047" spans="1:4">
+        <v>4896</v>
+      </c>
+    </row>
+    <row r="2047" spans="1:2">
       <c r="A2047" t="s">
         <v>2049</v>
       </c>
       <c r="B2047" t="s">
-        <v>4612</v>
-[...2 lines deleted...]
-    <row r="2048" spans="1:4">
+        <v>4897</v>
+      </c>
+    </row>
+    <row r="2048" spans="1:2">
       <c r="A2048" t="s">
         <v>2050</v>
       </c>
       <c r="B2048" t="s">
-        <v>4613</v>
-[...2 lines deleted...]
-    <row r="2049" spans="1:4">
+        <v>4898</v>
+      </c>
+    </row>
+    <row r="2049" spans="1:2">
       <c r="A2049" t="s">
         <v>2051</v>
       </c>
       <c r="B2049" t="s">
-        <v>4614</v>
-[...2 lines deleted...]
-    <row r="2050" spans="1:4">
+        <v>4899</v>
+      </c>
+    </row>
+    <row r="2050" spans="1:2">
       <c r="A2050" t="s">
         <v>2052</v>
       </c>
       <c r="B2050" t="s">
-        <v>4615</v>
-[...8 lines deleted...]
-    <row r="2051" spans="1:4">
+        <v>4900</v>
+      </c>
+    </row>
+    <row r="2051" spans="1:2">
       <c r="A2051" t="s">
         <v>2053</v>
       </c>
       <c r="B2051" t="s">
-        <v>4616</v>
-[...2 lines deleted...]
-    <row r="2052" spans="1:4">
+        <v>4901</v>
+      </c>
+    </row>
+    <row r="2052" spans="1:2">
       <c r="A2052" t="s">
         <v>2054</v>
       </c>
       <c r="B2052" t="s">
-        <v>4617</v>
-[...2 lines deleted...]
-    <row r="2053" spans="1:4">
+        <v>4902</v>
+      </c>
+    </row>
+    <row r="2053" spans="1:2">
       <c r="A2053" t="s">
         <v>2055</v>
       </c>
       <c r="B2053" t="s">
-        <v>4618</v>
-[...2 lines deleted...]
-    <row r="2054" spans="1:4">
+        <v>4903</v>
+      </c>
+    </row>
+    <row r="2054" spans="1:2">
       <c r="A2054" t="s">
         <v>2056</v>
       </c>
       <c r="B2054" t="s">
-        <v>4619</v>
-[...2 lines deleted...]
-    <row r="2055" spans="1:4">
+        <v>4904</v>
+      </c>
+    </row>
+    <row r="2055" spans="1:2">
       <c r="A2055" t="s">
         <v>2057</v>
       </c>
       <c r="B2055" t="s">
-        <v>4620</v>
-[...2 lines deleted...]
-    <row r="2056" spans="1:4">
+        <v>4905</v>
+      </c>
+    </row>
+    <row r="2056" spans="1:2">
       <c r="A2056" t="s">
         <v>2058</v>
       </c>
       <c r="B2056" t="s">
-        <v>4621</v>
-[...2 lines deleted...]
-    <row r="2057" spans="1:4">
+        <v>4906</v>
+      </c>
+    </row>
+    <row r="2057" spans="1:2">
       <c r="A2057" t="s">
         <v>2059</v>
       </c>
       <c r="B2057" t="s">
-        <v>4622</v>
-[...8 lines deleted...]
-    <row r="2058" spans="1:4">
+        <v>4907</v>
+      </c>
+    </row>
+    <row r="2058" spans="1:2">
       <c r="A2058" t="s">
         <v>2060</v>
       </c>
       <c r="B2058" t="s">
-        <v>4623</v>
-[...2 lines deleted...]
-    <row r="2059" spans="1:4">
+        <v>4908</v>
+      </c>
+    </row>
+    <row r="2059" spans="1:2">
       <c r="A2059" t="s">
         <v>2061</v>
       </c>
       <c r="B2059" t="s">
-        <v>4624</v>
-[...2 lines deleted...]
-    <row r="2060" spans="1:4">
+        <v>4909</v>
+      </c>
+    </row>
+    <row r="2060" spans="1:2">
       <c r="A2060" t="s">
         <v>2062</v>
       </c>
       <c r="B2060" t="s">
-        <v>4625</v>
-[...2 lines deleted...]
-    <row r="2061" spans="1:4">
+        <v>4910</v>
+      </c>
+    </row>
+    <row r="2061" spans="1:2">
       <c r="A2061" t="s">
         <v>2063</v>
       </c>
       <c r="B2061" t="s">
-        <v>4626</v>
-[...2 lines deleted...]
-    <row r="2062" spans="1:4">
+        <v>4911</v>
+      </c>
+    </row>
+    <row r="2062" spans="1:2">
       <c r="A2062" t="s">
         <v>2064</v>
       </c>
       <c r="B2062" t="s">
-        <v>4627</v>
-[...2 lines deleted...]
-    <row r="2063" spans="1:4">
+        <v>4912</v>
+      </c>
+    </row>
+    <row r="2063" spans="1:2">
       <c r="A2063" t="s">
         <v>2065</v>
       </c>
       <c r="B2063" t="s">
-        <v>4628</v>
-[...2 lines deleted...]
-    <row r="2064" spans="1:4">
+        <v>4913</v>
+      </c>
+    </row>
+    <row r="2064" spans="1:2">
       <c r="A2064" t="s">
         <v>2066</v>
       </c>
       <c r="B2064" t="s">
-        <v>4629</v>
-[...2 lines deleted...]
-    <row r="2065" spans="1:4">
+        <v>4914</v>
+      </c>
+    </row>
+    <row r="2065" spans="1:2">
       <c r="A2065" t="s">
         <v>2067</v>
       </c>
       <c r="B2065" t="s">
-        <v>4630</v>
-[...2 lines deleted...]
-    <row r="2066" spans="1:4">
+        <v>4915</v>
+      </c>
+    </row>
+    <row r="2066" spans="1:2">
       <c r="A2066" t="s">
         <v>2068</v>
       </c>
       <c r="B2066" t="s">
-        <v>4631</v>
-[...2 lines deleted...]
-    <row r="2067" spans="1:4">
+        <v>4916</v>
+      </c>
+    </row>
+    <row r="2067" spans="1:2">
       <c r="A2067" t="s">
         <v>2069</v>
       </c>
       <c r="B2067" t="s">
-        <v>4632</v>
-[...2 lines deleted...]
-    <row r="2068" spans="1:4">
+        <v>4917</v>
+      </c>
+    </row>
+    <row r="2068" spans="1:2">
       <c r="A2068" t="s">
         <v>2070</v>
       </c>
       <c r="B2068" t="s">
-        <v>4633</v>
-[...2 lines deleted...]
-    <row r="2069" spans="1:4">
+        <v>4918</v>
+      </c>
+    </row>
+    <row r="2069" spans="1:2">
       <c r="A2069" t="s">
         <v>2071</v>
       </c>
       <c r="B2069" t="s">
-        <v>4634</v>
-[...2 lines deleted...]
-    <row r="2070" spans="1:4">
+        <v>4607</v>
+      </c>
+    </row>
+    <row r="2070" spans="1:2">
       <c r="A2070" t="s">
         <v>2072</v>
       </c>
       <c r="B2070" t="s">
-        <v>4635</v>
-[...2 lines deleted...]
-    <row r="2071" spans="1:4">
+        <v>4919</v>
+      </c>
+    </row>
+    <row r="2071" spans="1:2">
       <c r="A2071" t="s">
         <v>2073</v>
       </c>
       <c r="B2071" t="s">
-        <v>4636</v>
-[...2 lines deleted...]
-    <row r="2072" spans="1:4">
+        <v>4920</v>
+      </c>
+    </row>
+    <row r="2072" spans="1:2">
       <c r="A2072" t="s">
         <v>2074</v>
       </c>
       <c r="B2072" t="s">
-        <v>4637</v>
-[...2 lines deleted...]
-    <row r="2073" spans="1:4">
+        <v>4921</v>
+      </c>
+    </row>
+    <row r="2073" spans="1:2">
       <c r="A2073" t="s">
         <v>2075</v>
       </c>
       <c r="B2073" t="s">
-        <v>4638</v>
-[...2 lines deleted...]
-    <row r="2074" spans="1:4">
+        <v>4922</v>
+      </c>
+    </row>
+    <row r="2074" spans="1:2">
       <c r="A2074" t="s">
         <v>2076</v>
       </c>
       <c r="B2074" t="s">
-        <v>4639</v>
-[...2 lines deleted...]
-    <row r="2075" spans="1:4">
+        <v>4923</v>
+      </c>
+    </row>
+    <row r="2075" spans="1:2">
       <c r="A2075" t="s">
         <v>2077</v>
       </c>
       <c r="B2075" t="s">
-        <v>4640</v>
-[...2 lines deleted...]
-    <row r="2076" spans="1:4">
+        <v>4924</v>
+      </c>
+    </row>
+    <row r="2076" spans="1:2">
       <c r="A2076" t="s">
         <v>2078</v>
       </c>
       <c r="B2076" t="s">
-        <v>4641</v>
-[...2 lines deleted...]
-    <row r="2077" spans="1:4">
+        <v>4925</v>
+      </c>
+    </row>
+    <row r="2077" spans="1:2">
       <c r="A2077" t="s">
         <v>2079</v>
       </c>
       <c r="B2077" t="s">
-        <v>4642</v>
-[...2 lines deleted...]
-    <row r="2078" spans="1:4">
+        <v>4926</v>
+      </c>
+    </row>
+    <row r="2078" spans="1:2">
       <c r="A2078" t="s">
         <v>2080</v>
       </c>
       <c r="B2078" t="s">
-        <v>4643</v>
-[...2 lines deleted...]
-    <row r="2079" spans="1:4">
+        <v>4927</v>
+      </c>
+    </row>
+    <row r="2079" spans="1:2">
       <c r="A2079" t="s">
         <v>2081</v>
       </c>
       <c r="B2079" t="s">
-        <v>4644</v>
-[...8 lines deleted...]
-    <row r="2080" spans="1:4">
+        <v>4928</v>
+      </c>
+    </row>
+    <row r="2080" spans="1:2">
       <c r="A2080" t="s">
         <v>2082</v>
       </c>
       <c r="B2080" t="s">
-        <v>4645</v>
+        <v>4929</v>
       </c>
     </row>
     <row r="2081" spans="1:2">
       <c r="A2081" t="s">
         <v>2083</v>
       </c>
       <c r="B2081" t="s">
-        <v>4646</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="2082" spans="1:2">
       <c r="A2082" t="s">
         <v>2084</v>
       </c>
       <c r="B2082" t="s">
-        <v>4647</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="2083" spans="1:2">
       <c r="A2083" t="s">
         <v>2085</v>
       </c>
       <c r="B2083" t="s">
-        <v>4648</v>
+        <v>4932</v>
       </c>
     </row>
     <row r="2084" spans="1:2">
       <c r="A2084" t="s">
         <v>2086</v>
       </c>
       <c r="B2084" t="s">
-        <v>4649</v>
+        <v>4933</v>
       </c>
     </row>
     <row r="2085" spans="1:2">
       <c r="A2085" t="s">
         <v>2087</v>
       </c>
       <c r="B2085" t="s">
-        <v>4650</v>
+        <v>4934</v>
       </c>
     </row>
     <row r="2086" spans="1:2">
       <c r="A2086" t="s">
         <v>2088</v>
       </c>
       <c r="B2086" t="s">
-        <v>4651</v>
+        <v>4935</v>
       </c>
     </row>
     <row r="2087" spans="1:2">
       <c r="A2087" t="s">
         <v>2089</v>
       </c>
       <c r="B2087" t="s">
-        <v>4652</v>
+        <v>4936</v>
       </c>
     </row>
     <row r="2088" spans="1:2">
       <c r="A2088" t="s">
         <v>2090</v>
       </c>
       <c r="B2088" t="s">
-        <v>4653</v>
+        <v>4937</v>
       </c>
     </row>
     <row r="2089" spans="1:2">
       <c r="A2089" t="s">
         <v>2091</v>
       </c>
       <c r="B2089" t="s">
-        <v>4654</v>
+        <v>4938</v>
       </c>
     </row>
     <row r="2090" spans="1:2">
       <c r="A2090" t="s">
         <v>2092</v>
       </c>
       <c r="B2090" t="s">
-        <v>4655</v>
+        <v>4939</v>
       </c>
     </row>
     <row r="2091" spans="1:2">
       <c r="A2091" t="s">
         <v>2093</v>
       </c>
       <c r="B2091" t="s">
-        <v>4656</v>
+        <v>4940</v>
       </c>
     </row>
     <row r="2092" spans="1:2">
       <c r="A2092" t="s">
         <v>2094</v>
       </c>
       <c r="B2092" t="s">
-        <v>4657</v>
+        <v>4941</v>
       </c>
     </row>
     <row r="2093" spans="1:2">
       <c r="A2093" t="s">
         <v>2095</v>
       </c>
       <c r="B2093" t="s">
-        <v>4658</v>
+        <v>4942</v>
       </c>
     </row>
     <row r="2094" spans="1:2">
       <c r="A2094" t="s">
         <v>2096</v>
       </c>
       <c r="B2094" t="s">
-        <v>4659</v>
+        <v>4943</v>
       </c>
     </row>
     <row r="2095" spans="1:2">
       <c r="A2095" t="s">
         <v>2097</v>
       </c>
       <c r="B2095" t="s">
-        <v>4660</v>
+        <v>4944</v>
       </c>
     </row>
     <row r="2096" spans="1:2">
       <c r="A2096" t="s">
         <v>2098</v>
       </c>
       <c r="B2096" t="s">
-        <v>4661</v>
-[...2 lines deleted...]
-    <row r="2097" spans="1:2">
+        <v>4945</v>
+      </c>
+    </row>
+    <row r="2097" spans="1:4">
       <c r="A2097" t="s">
         <v>2099</v>
       </c>
       <c r="B2097" t="s">
-        <v>4662</v>
-[...2 lines deleted...]
-    <row r="2098" spans="1:2">
+        <v>4946</v>
+      </c>
+    </row>
+    <row r="2098" spans="1:4">
       <c r="A2098" t="s">
         <v>2100</v>
       </c>
       <c r="B2098" t="s">
-        <v>4663</v>
-[...2 lines deleted...]
-    <row r="2099" spans="1:2">
+        <v>4947</v>
+      </c>
+    </row>
+    <row r="2099" spans="1:4">
       <c r="A2099" t="s">
         <v>2101</v>
       </c>
       <c r="B2099" t="s">
-        <v>4664</v>
-[...2 lines deleted...]
-    <row r="2100" spans="1:2">
+        <v>4948</v>
+      </c>
+    </row>
+    <row r="2100" spans="1:4">
       <c r="A2100" t="s">
         <v>2102</v>
       </c>
       <c r="B2100" t="s">
-        <v>4665</v>
-[...2 lines deleted...]
-    <row r="2101" spans="1:2">
+        <v>4949</v>
+      </c>
+    </row>
+    <row r="2101" spans="1:4">
       <c r="A2101" t="s">
         <v>2103</v>
       </c>
       <c r="B2101" t="s">
-        <v>4666</v>
-[...2 lines deleted...]
-    <row r="2102" spans="1:2">
+        <v>4950</v>
+      </c>
+    </row>
+    <row r="2102" spans="1:4">
       <c r="A2102" t="s">
         <v>2104</v>
       </c>
       <c r="B2102" t="s">
-        <v>4667</v>
-[...2 lines deleted...]
-    <row r="2103" spans="1:2">
+        <v>4951</v>
+      </c>
+    </row>
+    <row r="2103" spans="1:4">
       <c r="A2103" t="s">
         <v>2105</v>
       </c>
       <c r="B2103" t="s">
-        <v>4668</v>
-[...2 lines deleted...]
-    <row r="2104" spans="1:2">
+        <v>4952</v>
+      </c>
+    </row>
+    <row r="2104" spans="1:4">
       <c r="A2104" t="s">
         <v>2106</v>
       </c>
       <c r="B2104" t="s">
-        <v>4669</v>
-[...2 lines deleted...]
-    <row r="2105" spans="1:2">
+        <v>4953</v>
+      </c>
+    </row>
+    <row r="2105" spans="1:4">
       <c r="A2105" t="s">
         <v>2107</v>
       </c>
       <c r="B2105" t="s">
-        <v>4670</v>
-[...2 lines deleted...]
-    <row r="2106" spans="1:2">
+        <v>4954</v>
+      </c>
+    </row>
+    <row r="2106" spans="1:4">
       <c r="A2106" t="s">
         <v>2108</v>
       </c>
       <c r="B2106" t="s">
-        <v>4671</v>
-[...2 lines deleted...]
-    <row r="2107" spans="1:2">
+        <v>4955</v>
+      </c>
+    </row>
+    <row r="2107" spans="1:4">
       <c r="A2107" t="s">
         <v>2109</v>
       </c>
       <c r="B2107" t="s">
-        <v>4672</v>
-[...2 lines deleted...]
-    <row r="2108" spans="1:2">
+        <v>4956</v>
+      </c>
+    </row>
+    <row r="2108" spans="1:4">
       <c r="A2108" t="s">
         <v>2110</v>
       </c>
       <c r="B2108" t="s">
-        <v>4673</v>
-[...2 lines deleted...]
-    <row r="2109" spans="1:2">
+        <v>4957</v>
+      </c>
+    </row>
+    <row r="2109" spans="1:4">
       <c r="A2109" t="s">
         <v>2111</v>
       </c>
       <c r="B2109" t="s">
-        <v>4674</v>
-[...2 lines deleted...]
-    <row r="2110" spans="1:2">
+        <v>4958</v>
+      </c>
+    </row>
+    <row r="2110" spans="1:4">
       <c r="A2110" t="s">
         <v>2112</v>
       </c>
       <c r="B2110" t="s">
-        <v>4675</v>
-[...2 lines deleted...]
-    <row r="2111" spans="1:2">
+        <v>3161</v>
+      </c>
+    </row>
+    <row r="2111" spans="1:4">
       <c r="A2111" t="s">
         <v>2113</v>
       </c>
       <c r="B2111" t="s">
-        <v>4676</v>
-[...2 lines deleted...]
-    <row r="2112" spans="1:2">
+        <v>4959</v>
+      </c>
+      <c r="D2111" t="s">
+        <v>5803</v>
+      </c>
+    </row>
+    <row r="2112" spans="1:4">
       <c r="A2112" t="s">
         <v>2114</v>
       </c>
       <c r="B2112" t="s">
-        <v>4677</v>
-[...2 lines deleted...]
-    <row r="2113" spans="1:2">
+        <v>4960</v>
+      </c>
+    </row>
+    <row r="2113" spans="1:4">
       <c r="A2113" t="s">
         <v>2115</v>
       </c>
       <c r="B2113" t="s">
-        <v>4678</v>
-[...2 lines deleted...]
-    <row r="2114" spans="1:2">
+        <v>4961</v>
+      </c>
+    </row>
+    <row r="2114" spans="1:4">
       <c r="A2114" t="s">
         <v>2116</v>
       </c>
       <c r="B2114" t="s">
-        <v>4679</v>
-[...2 lines deleted...]
-    <row r="2115" spans="1:2">
+        <v>4962</v>
+      </c>
+    </row>
+    <row r="2115" spans="1:4">
       <c r="A2115" t="s">
         <v>2117</v>
       </c>
       <c r="B2115" t="s">
-        <v>4680</v>
-[...2 lines deleted...]
-    <row r="2116" spans="1:2">
+        <v>4963</v>
+      </c>
+    </row>
+    <row r="2116" spans="1:4">
       <c r="A2116" t="s">
         <v>2118</v>
       </c>
       <c r="B2116" t="s">
-        <v>4681</v>
-[...2 lines deleted...]
-    <row r="2117" spans="1:2">
+        <v>4964</v>
+      </c>
+    </row>
+    <row r="2117" spans="1:4">
       <c r="A2117" t="s">
         <v>2119</v>
       </c>
       <c r="B2117" t="s">
-        <v>4682</v>
-[...2 lines deleted...]
-    <row r="2118" spans="1:2">
+        <v>4965</v>
+      </c>
+    </row>
+    <row r="2118" spans="1:4">
       <c r="A2118" t="s">
         <v>2120</v>
       </c>
       <c r="B2118" t="s">
-        <v>4683</v>
-[...2 lines deleted...]
-    <row r="2119" spans="1:2">
+        <v>4966</v>
+      </c>
+    </row>
+    <row r="2119" spans="1:4">
       <c r="A2119" t="s">
         <v>2121</v>
       </c>
       <c r="B2119" t="s">
-        <v>4684</v>
-[...2 lines deleted...]
-    <row r="2120" spans="1:2">
+        <v>4967</v>
+      </c>
+    </row>
+    <row r="2120" spans="1:4">
       <c r="A2120" t="s">
         <v>2122</v>
       </c>
       <c r="B2120" t="s">
-        <v>4685</v>
-[...2 lines deleted...]
-    <row r="2121" spans="1:2">
+        <v>4968</v>
+      </c>
+    </row>
+    <row r="2121" spans="1:4">
       <c r="A2121" t="s">
         <v>2123</v>
       </c>
       <c r="B2121" t="s">
-        <v>4686</v>
-[...2 lines deleted...]
-    <row r="2122" spans="1:2">
+        <v>4969</v>
+      </c>
+    </row>
+    <row r="2122" spans="1:4">
       <c r="A2122" t="s">
         <v>2124</v>
       </c>
       <c r="B2122" t="s">
-        <v>4687</v>
-[...2 lines deleted...]
-    <row r="2123" spans="1:2">
+        <v>4970</v>
+      </c>
+    </row>
+    <row r="2123" spans="1:4">
       <c r="A2123" t="s">
         <v>2125</v>
       </c>
       <c r="B2123" t="s">
-        <v>4688</v>
-[...2 lines deleted...]
-    <row r="2124" spans="1:2">
+        <v>4971</v>
+      </c>
+      <c r="C2123" t="s">
+        <v>5744</v>
+      </c>
+      <c r="D2123" t="s">
+        <v>5804</v>
+      </c>
+    </row>
+    <row r="2124" spans="1:4">
       <c r="A2124" t="s">
         <v>2126</v>
       </c>
       <c r="B2124" t="s">
-        <v>4689</v>
-[...2 lines deleted...]
-    <row r="2125" spans="1:2">
+        <v>4972</v>
+      </c>
+    </row>
+    <row r="2125" spans="1:4">
       <c r="A2125" t="s">
         <v>2127</v>
       </c>
       <c r="B2125" t="s">
-        <v>4690</v>
-[...2 lines deleted...]
-    <row r="2126" spans="1:2">
+        <v>4973</v>
+      </c>
+    </row>
+    <row r="2126" spans="1:4">
       <c r="A2126" t="s">
         <v>2128</v>
       </c>
       <c r="B2126" t="s">
-        <v>4691</v>
-[...2 lines deleted...]
-    <row r="2127" spans="1:2">
+        <v>4974</v>
+      </c>
+    </row>
+    <row r="2127" spans="1:4">
       <c r="A2127" t="s">
         <v>2129</v>
       </c>
       <c r="B2127" t="s">
-        <v>4692</v>
-[...2 lines deleted...]
-    <row r="2128" spans="1:2">
+        <v>4975</v>
+      </c>
+    </row>
+    <row r="2128" spans="1:4">
       <c r="A2128" t="s">
         <v>2130</v>
       </c>
       <c r="B2128" t="s">
-        <v>4693</v>
-[...2 lines deleted...]
-    <row r="2129" spans="1:4">
+        <v>4976</v>
+      </c>
+    </row>
+    <row r="2129" spans="1:2">
       <c r="A2129" t="s">
         <v>2131</v>
       </c>
       <c r="B2129" t="s">
-        <v>4694</v>
-[...2 lines deleted...]
-    <row r="2130" spans="1:4">
+        <v>4977</v>
+      </c>
+    </row>
+    <row r="2130" spans="1:2">
       <c r="A2130" t="s">
         <v>2132</v>
       </c>
       <c r="B2130" t="s">
-        <v>4695</v>
-[...2 lines deleted...]
-    <row r="2131" spans="1:4">
+        <v>4978</v>
+      </c>
+    </row>
+    <row r="2131" spans="1:2">
       <c r="A2131" t="s">
         <v>2133</v>
       </c>
       <c r="B2131" t="s">
-        <v>4696</v>
-[...2 lines deleted...]
-    <row r="2132" spans="1:4">
+        <v>4979</v>
+      </c>
+    </row>
+    <row r="2132" spans="1:2">
       <c r="A2132" t="s">
         <v>2134</v>
       </c>
       <c r="B2132" t="s">
-        <v>4697</v>
-[...2 lines deleted...]
-    <row r="2133" spans="1:4">
+        <v>4980</v>
+      </c>
+    </row>
+    <row r="2133" spans="1:2">
       <c r="A2133" t="s">
         <v>2135</v>
       </c>
       <c r="B2133" t="s">
-        <v>4698</v>
-[...2 lines deleted...]
-    <row r="2134" spans="1:4">
+        <v>4981</v>
+      </c>
+    </row>
+    <row r="2134" spans="1:2">
       <c r="A2134" t="s">
         <v>2136</v>
       </c>
       <c r="B2134" t="s">
-        <v>4699</v>
-[...2 lines deleted...]
-    <row r="2135" spans="1:4">
+        <v>4982</v>
+      </c>
+    </row>
+    <row r="2135" spans="1:2">
       <c r="A2135" t="s">
         <v>2137</v>
       </c>
       <c r="B2135" t="s">
-        <v>4700</v>
-[...2 lines deleted...]
-    <row r="2136" spans="1:4">
+        <v>4983</v>
+      </c>
+    </row>
+    <row r="2136" spans="1:2">
       <c r="A2136" t="s">
         <v>2138</v>
       </c>
       <c r="B2136" t="s">
-        <v>4701</v>
-[...2 lines deleted...]
-    <row r="2137" spans="1:4">
+        <v>4984</v>
+      </c>
+    </row>
+    <row r="2137" spans="1:2">
       <c r="A2137" t="s">
         <v>2139</v>
       </c>
       <c r="B2137" t="s">
-        <v>4702</v>
-[...5 lines deleted...]
-    <row r="2138" spans="1:4">
+        <v>4985</v>
+      </c>
+    </row>
+    <row r="2138" spans="1:2">
       <c r="A2138" t="s">
         <v>2140</v>
       </c>
       <c r="B2138" t="s">
-        <v>4703</v>
-[...2 lines deleted...]
-    <row r="2139" spans="1:4">
+        <v>4986</v>
+      </c>
+    </row>
+    <row r="2139" spans="1:2">
       <c r="A2139" t="s">
         <v>2141</v>
       </c>
       <c r="B2139" t="s">
-        <v>4704</v>
-[...2 lines deleted...]
-    <row r="2140" spans="1:4">
+        <v>4987</v>
+      </c>
+    </row>
+    <row r="2140" spans="1:2">
       <c r="A2140" t="s">
         <v>2142</v>
       </c>
       <c r="B2140" t="s">
-        <v>4705</v>
-[...2 lines deleted...]
-    <row r="2141" spans="1:4">
+        <v>4988</v>
+      </c>
+    </row>
+    <row r="2141" spans="1:2">
       <c r="A2141" t="s">
         <v>2143</v>
       </c>
       <c r="B2141" t="s">
-        <v>4706</v>
-[...2 lines deleted...]
-    <row r="2142" spans="1:4">
+        <v>4989</v>
+      </c>
+    </row>
+    <row r="2142" spans="1:2">
       <c r="A2142" t="s">
         <v>2144</v>
       </c>
       <c r="B2142" t="s">
-        <v>4707</v>
-[...2 lines deleted...]
-    <row r="2143" spans="1:4">
+        <v>4990</v>
+      </c>
+    </row>
+    <row r="2143" spans="1:2">
       <c r="A2143" t="s">
         <v>2145</v>
       </c>
       <c r="B2143" t="s">
-        <v>4708</v>
-[...2 lines deleted...]
-    <row r="2144" spans="1:4">
+        <v>4991</v>
+      </c>
+    </row>
+    <row r="2144" spans="1:2">
       <c r="A2144" t="s">
         <v>2146</v>
       </c>
       <c r="B2144" t="s">
-        <v>4709</v>
+        <v>4992</v>
       </c>
     </row>
     <row r="2145" spans="1:2">
       <c r="A2145" t="s">
         <v>2147</v>
       </c>
       <c r="B2145" t="s">
-        <v>4710</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="2146" spans="1:2">
       <c r="A2146" t="s">
         <v>2148</v>
       </c>
       <c r="B2146" t="s">
-        <v>4711</v>
+        <v>4993</v>
       </c>
     </row>
     <row r="2147" spans="1:2">
       <c r="A2147" t="s">
         <v>2149</v>
       </c>
       <c r="B2147" t="s">
-        <v>4712</v>
+        <v>4994</v>
       </c>
     </row>
     <row r="2148" spans="1:2">
       <c r="A2148" t="s">
         <v>2150</v>
       </c>
       <c r="B2148" t="s">
-        <v>4713</v>
+        <v>4995</v>
       </c>
     </row>
     <row r="2149" spans="1:2">
       <c r="A2149" t="s">
         <v>2151</v>
       </c>
       <c r="B2149" t="s">
-        <v>4714</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="2150" spans="1:2">
       <c r="A2150" t="s">
         <v>2152</v>
       </c>
       <c r="B2150" t="s">
-        <v>4715</v>
+        <v>4997</v>
       </c>
     </row>
     <row r="2151" spans="1:2">
       <c r="A2151" t="s">
         <v>2153</v>
       </c>
       <c r="B2151" t="s">
-        <v>4716</v>
+        <v>4998</v>
       </c>
     </row>
     <row r="2152" spans="1:2">
       <c r="A2152" t="s">
         <v>2154</v>
       </c>
       <c r="B2152" t="s">
-        <v>4717</v>
+        <v>4999</v>
       </c>
     </row>
     <row r="2153" spans="1:2">
       <c r="A2153" t="s">
         <v>2155</v>
       </c>
       <c r="B2153" t="s">
-        <v>4718</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="2154" spans="1:2">
       <c r="A2154" t="s">
         <v>2156</v>
       </c>
       <c r="B2154" t="s">
-        <v>4719</v>
+        <v>5001</v>
       </c>
     </row>
     <row r="2155" spans="1:2">
       <c r="A2155" t="s">
         <v>2157</v>
       </c>
       <c r="B2155" t="s">
-        <v>4720</v>
+        <v>5002</v>
       </c>
     </row>
     <row r="2156" spans="1:2">
       <c r="A2156" t="s">
         <v>2158</v>
       </c>
       <c r="B2156" t="s">
-        <v>4721</v>
+        <v>5003</v>
       </c>
     </row>
     <row r="2157" spans="1:2">
       <c r="A2157" t="s">
         <v>2159</v>
       </c>
       <c r="B2157" t="s">
-        <v>4722</v>
+        <v>5004</v>
       </c>
     </row>
     <row r="2158" spans="1:2">
       <c r="A2158" t="s">
         <v>2160</v>
       </c>
       <c r="B2158" t="s">
-        <v>4723</v>
+        <v>5005</v>
       </c>
     </row>
     <row r="2159" spans="1:2">
       <c r="A2159" t="s">
         <v>2161</v>
       </c>
       <c r="B2159" t="s">
-        <v>4724</v>
+        <v>5006</v>
       </c>
     </row>
     <row r="2160" spans="1:2">
       <c r="A2160" t="s">
         <v>2162</v>
       </c>
       <c r="B2160" t="s">
-        <v>4725</v>
-[...2 lines deleted...]
-    <row r="2161" spans="1:2">
+        <v>5007</v>
+      </c>
+    </row>
+    <row r="2161" spans="1:4">
       <c r="A2161" t="s">
         <v>2163</v>
       </c>
       <c r="B2161" t="s">
-        <v>4726</v>
-[...2 lines deleted...]
-    <row r="2162" spans="1:2">
+        <v>5008</v>
+      </c>
+    </row>
+    <row r="2162" spans="1:4">
       <c r="A2162" t="s">
         <v>2164</v>
       </c>
       <c r="B2162" t="s">
-        <v>4727</v>
-[...2 lines deleted...]
-    <row r="2163" spans="1:2">
+        <v>5009</v>
+      </c>
+    </row>
+    <row r="2163" spans="1:4">
       <c r="A2163" t="s">
         <v>2165</v>
       </c>
       <c r="B2163" t="s">
-        <v>4728</v>
-[...2 lines deleted...]
-    <row r="2164" spans="1:2">
+        <v>5010</v>
+      </c>
+    </row>
+    <row r="2164" spans="1:4">
       <c r="A2164" t="s">
         <v>2166</v>
       </c>
       <c r="B2164" t="s">
-        <v>4729</v>
-[...2 lines deleted...]
-    <row r="2165" spans="1:2">
+        <v>5011</v>
+      </c>
+    </row>
+    <row r="2165" spans="1:4">
       <c r="A2165" t="s">
         <v>2167</v>
       </c>
       <c r="B2165" t="s">
-        <v>4730</v>
-[...2 lines deleted...]
-    <row r="2166" spans="1:2">
+        <v>5012</v>
+      </c>
+    </row>
+    <row r="2166" spans="1:4">
       <c r="A2166" t="s">
         <v>2168</v>
       </c>
       <c r="B2166" t="s">
-        <v>4731</v>
-[...2 lines deleted...]
-    <row r="2167" spans="1:2">
+        <v>5013</v>
+      </c>
+    </row>
+    <row r="2167" spans="1:4">
       <c r="A2167" t="s">
         <v>2169</v>
       </c>
       <c r="B2167" t="s">
-        <v>4732</v>
-[...2 lines deleted...]
-    <row r="2168" spans="1:2">
+        <v>5014</v>
+      </c>
+    </row>
+    <row r="2168" spans="1:4">
       <c r="A2168" t="s">
         <v>2170</v>
       </c>
       <c r="B2168" t="s">
-        <v>4733</v>
-[...2 lines deleted...]
-    <row r="2169" spans="1:2">
+        <v>5015</v>
+      </c>
+    </row>
+    <row r="2169" spans="1:4">
       <c r="A2169" t="s">
         <v>2171</v>
       </c>
       <c r="B2169" t="s">
-        <v>4734</v>
-[...2 lines deleted...]
-    <row r="2170" spans="1:2">
+        <v>5016</v>
+      </c>
+    </row>
+    <row r="2170" spans="1:4">
       <c r="A2170" t="s">
         <v>2172</v>
       </c>
       <c r="B2170" t="s">
-        <v>4735</v>
-[...2 lines deleted...]
-    <row r="2171" spans="1:2">
+        <v>5017</v>
+      </c>
+    </row>
+    <row r="2171" spans="1:4">
       <c r="A2171" t="s">
         <v>2173</v>
       </c>
       <c r="B2171" t="s">
-        <v>4736</v>
-[...2 lines deleted...]
-    <row r="2172" spans="1:2">
+        <v>5018</v>
+      </c>
+    </row>
+    <row r="2172" spans="1:4">
       <c r="A2172" t="s">
         <v>2174</v>
       </c>
       <c r="B2172" t="s">
-        <v>4737</v>
-[...2 lines deleted...]
-    <row r="2173" spans="1:2">
+        <v>5019</v>
+      </c>
+    </row>
+    <row r="2173" spans="1:4">
       <c r="A2173" t="s">
         <v>2175</v>
       </c>
       <c r="B2173" t="s">
-        <v>4738</v>
-[...2 lines deleted...]
-    <row r="2174" spans="1:2">
+        <v>5020</v>
+      </c>
+      <c r="C2173" t="s">
+        <v>5745</v>
+      </c>
+      <c r="D2173" t="s">
+        <v>5805</v>
+      </c>
+    </row>
+    <row r="2174" spans="1:4">
       <c r="A2174" t="s">
         <v>2176</v>
       </c>
       <c r="B2174" t="s">
-        <v>4739</v>
-[...2 lines deleted...]
-    <row r="2175" spans="1:2">
+        <v>5021</v>
+      </c>
+    </row>
+    <row r="2175" spans="1:4">
       <c r="A2175" t="s">
         <v>2177</v>
       </c>
       <c r="B2175" t="s">
-        <v>4740</v>
-[...2 lines deleted...]
-    <row r="2176" spans="1:2">
+        <v>5022</v>
+      </c>
+    </row>
+    <row r="2176" spans="1:4">
       <c r="A2176" t="s">
         <v>2178</v>
       </c>
       <c r="B2176" t="s">
-        <v>4741</v>
-[...2 lines deleted...]
-    <row r="2177" spans="1:4">
+        <v>5023</v>
+      </c>
+    </row>
+    <row r="2177" spans="1:2">
       <c r="A2177" t="s">
         <v>2179</v>
       </c>
       <c r="B2177" t="s">
-        <v>4742</v>
-[...2 lines deleted...]
-    <row r="2178" spans="1:4">
+        <v>5024</v>
+      </c>
+    </row>
+    <row r="2178" spans="1:2">
       <c r="A2178" t="s">
         <v>2180</v>
       </c>
       <c r="B2178" t="s">
-        <v>4743</v>
-[...2 lines deleted...]
-    <row r="2179" spans="1:4">
+        <v>5025</v>
+      </c>
+    </row>
+    <row r="2179" spans="1:2">
       <c r="A2179" t="s">
         <v>2181</v>
       </c>
       <c r="B2179" t="s">
-        <v>4744</v>
-[...2 lines deleted...]
-    <row r="2180" spans="1:4">
+        <v>5026</v>
+      </c>
+    </row>
+    <row r="2180" spans="1:2">
       <c r="A2180" t="s">
         <v>2182</v>
       </c>
       <c r="B2180" t="s">
-        <v>4745</v>
-[...8 lines deleted...]
-    <row r="2181" spans="1:4">
+        <v>5027</v>
+      </c>
+    </row>
+    <row r="2181" spans="1:2">
       <c r="A2181" t="s">
         <v>2183</v>
       </c>
       <c r="B2181" t="s">
-        <v>4746</v>
-[...2 lines deleted...]
-    <row r="2182" spans="1:4">
+        <v>5028</v>
+      </c>
+    </row>
+    <row r="2182" spans="1:2">
       <c r="A2182" t="s">
         <v>2184</v>
       </c>
       <c r="B2182" t="s">
-        <v>4747</v>
-[...2 lines deleted...]
-    <row r="2183" spans="1:4">
+        <v>5029</v>
+      </c>
+    </row>
+    <row r="2183" spans="1:2">
       <c r="A2183" t="s">
         <v>2185</v>
       </c>
       <c r="B2183" t="s">
-        <v>4748</v>
-[...2 lines deleted...]
-    <row r="2184" spans="1:4">
+        <v>5030</v>
+      </c>
+    </row>
+    <row r="2184" spans="1:2">
       <c r="A2184" t="s">
         <v>2186</v>
       </c>
       <c r="B2184" t="s">
-        <v>4749</v>
-[...2 lines deleted...]
-    <row r="2185" spans="1:4">
+        <v>5031</v>
+      </c>
+    </row>
+    <row r="2185" spans="1:2">
       <c r="A2185" t="s">
         <v>2187</v>
       </c>
       <c r="B2185" t="s">
-        <v>4750</v>
-[...2 lines deleted...]
-    <row r="2186" spans="1:4">
+        <v>5032</v>
+      </c>
+    </row>
+    <row r="2186" spans="1:2">
       <c r="A2186" t="s">
         <v>2188</v>
       </c>
       <c r="B2186" t="s">
-        <v>4751</v>
-[...2 lines deleted...]
-    <row r="2187" spans="1:4">
+        <v>5033</v>
+      </c>
+    </row>
+    <row r="2187" spans="1:2">
       <c r="A2187" t="s">
         <v>2189</v>
       </c>
       <c r="B2187" t="s">
-        <v>4752</v>
-[...2 lines deleted...]
-    <row r="2188" spans="1:4">
+        <v>5034</v>
+      </c>
+    </row>
+    <row r="2188" spans="1:2">
       <c r="A2188" t="s">
         <v>2190</v>
       </c>
       <c r="B2188" t="s">
-        <v>4753</v>
-[...2 lines deleted...]
-    <row r="2189" spans="1:4">
+        <v>5035</v>
+      </c>
+    </row>
+    <row r="2189" spans="1:2">
       <c r="A2189" t="s">
         <v>2191</v>
       </c>
       <c r="B2189" t="s">
-        <v>4754</v>
-[...2 lines deleted...]
-    <row r="2190" spans="1:4">
+        <v>5036</v>
+      </c>
+    </row>
+    <row r="2190" spans="1:2">
       <c r="A2190" t="s">
         <v>2192</v>
       </c>
       <c r="B2190" t="s">
-        <v>4755</v>
-[...2 lines deleted...]
-    <row r="2191" spans="1:4">
+        <v>5037</v>
+      </c>
+    </row>
+    <row r="2191" spans="1:2">
       <c r="A2191" t="s">
         <v>2193</v>
       </c>
       <c r="B2191" t="s">
-        <v>4756</v>
-[...2 lines deleted...]
-    <row r="2192" spans="1:4">
+        <v>5038</v>
+      </c>
+    </row>
+    <row r="2192" spans="1:2">
       <c r="A2192" t="s">
         <v>2194</v>
       </c>
       <c r="B2192" t="s">
-        <v>4757</v>
-[...2 lines deleted...]
-    <row r="2193" spans="1:2">
+        <v>5039</v>
+      </c>
+    </row>
+    <row r="2193" spans="1:4">
       <c r="A2193" t="s">
         <v>2195</v>
       </c>
       <c r="B2193" t="s">
-        <v>4758</v>
-[...2 lines deleted...]
-    <row r="2194" spans="1:2">
+        <v>5040</v>
+      </c>
+    </row>
+    <row r="2194" spans="1:4">
       <c r="A2194" t="s">
         <v>2196</v>
       </c>
       <c r="B2194" t="s">
-        <v>4759</v>
-[...2 lines deleted...]
-    <row r="2195" spans="1:2">
+        <v>5041</v>
+      </c>
+    </row>
+    <row r="2195" spans="1:4">
       <c r="A2195" t="s">
         <v>2197</v>
       </c>
       <c r="B2195" t="s">
-        <v>4760</v>
-[...2 lines deleted...]
-    <row r="2196" spans="1:2">
+        <v>5042</v>
+      </c>
+    </row>
+    <row r="2196" spans="1:4">
       <c r="A2196" t="s">
         <v>2198</v>
       </c>
       <c r="B2196" t="s">
-        <v>4761</v>
-[...2 lines deleted...]
-    <row r="2197" spans="1:2">
+        <v>5043</v>
+      </c>
+    </row>
+    <row r="2197" spans="1:4">
       <c r="A2197" t="s">
         <v>2199</v>
       </c>
       <c r="B2197" t="s">
-        <v>4762</v>
-[...2 lines deleted...]
-    <row r="2198" spans="1:2">
+        <v>5044</v>
+      </c>
+    </row>
+    <row r="2198" spans="1:4">
       <c r="A2198" t="s">
         <v>2200</v>
       </c>
       <c r="B2198" t="s">
-        <v>4763</v>
-[...2 lines deleted...]
-    <row r="2199" spans="1:2">
+        <v>5045</v>
+      </c>
+    </row>
+    <row r="2199" spans="1:4">
       <c r="A2199" t="s">
         <v>2201</v>
       </c>
       <c r="B2199" t="s">
-        <v>4764</v>
-[...2 lines deleted...]
-    <row r="2200" spans="1:2">
+        <v>5046</v>
+      </c>
+    </row>
+    <row r="2200" spans="1:4">
       <c r="A2200" t="s">
         <v>2202</v>
       </c>
       <c r="B2200" t="s">
-        <v>4765</v>
-[...2 lines deleted...]
-    <row r="2201" spans="1:2">
+        <v>5047</v>
+      </c>
+    </row>
+    <row r="2201" spans="1:4">
       <c r="A2201" t="s">
         <v>2203</v>
       </c>
       <c r="B2201" t="s">
-        <v>4766</v>
-[...2 lines deleted...]
-    <row r="2202" spans="1:2">
+        <v>5048</v>
+      </c>
+    </row>
+    <row r="2202" spans="1:4">
       <c r="A2202" t="s">
         <v>2204</v>
       </c>
       <c r="B2202" t="s">
-        <v>4767</v>
-[...2 lines deleted...]
-    <row r="2203" spans="1:2">
+        <v>5049</v>
+      </c>
+    </row>
+    <row r="2203" spans="1:4">
       <c r="A2203" t="s">
         <v>2205</v>
       </c>
       <c r="B2203" t="s">
-        <v>4768</v>
-[...2 lines deleted...]
-    <row r="2204" spans="1:2">
+        <v>5050</v>
+      </c>
+    </row>
+    <row r="2204" spans="1:4">
       <c r="A2204" t="s">
         <v>2206</v>
       </c>
       <c r="B2204" t="s">
-        <v>4769</v>
-[...2 lines deleted...]
-    <row r="2205" spans="1:2">
+        <v>5051</v>
+      </c>
+    </row>
+    <row r="2205" spans="1:4">
       <c r="A2205" t="s">
         <v>2207</v>
       </c>
       <c r="B2205" t="s">
-        <v>4770</v>
-[...2 lines deleted...]
-    <row r="2206" spans="1:2">
+        <v>5052</v>
+      </c>
+    </row>
+    <row r="2206" spans="1:4">
       <c r="A2206" t="s">
         <v>2208</v>
       </c>
       <c r="B2206" t="s">
-        <v>4771</v>
-[...2 lines deleted...]
-    <row r="2207" spans="1:2">
+        <v>5053</v>
+      </c>
+    </row>
+    <row r="2207" spans="1:4">
       <c r="A2207" t="s">
         <v>2209</v>
       </c>
       <c r="B2207" t="s">
-        <v>4772</v>
-[...2 lines deleted...]
-    <row r="2208" spans="1:2">
+        <v>5054</v>
+      </c>
+    </row>
+    <row r="2208" spans="1:4">
       <c r="A2208" t="s">
         <v>2210</v>
       </c>
       <c r="B2208" t="s">
-        <v>4773</v>
+        <v>5055</v>
+      </c>
+      <c r="C2208" t="s">
+        <v>5746</v>
+      </c>
+      <c r="D2208" t="s">
+        <v>5806</v>
       </c>
     </row>
     <row r="2209" spans="1:2">
       <c r="A2209" t="s">
         <v>2211</v>
       </c>
       <c r="B2209" t="s">
-        <v>4774</v>
+        <v>5056</v>
       </c>
     </row>
     <row r="2210" spans="1:2">
       <c r="A2210" t="s">
         <v>2212</v>
       </c>
       <c r="B2210" t="s">
-        <v>4775</v>
+        <v>5057</v>
       </c>
     </row>
     <row r="2211" spans="1:2">
       <c r="A2211" t="s">
         <v>2213</v>
       </c>
       <c r="B2211" t="s">
-        <v>4776</v>
+        <v>5058</v>
       </c>
     </row>
     <row r="2212" spans="1:2">
       <c r="A2212" t="s">
         <v>2214</v>
       </c>
       <c r="B2212" t="s">
-        <v>4777</v>
+        <v>5059</v>
       </c>
     </row>
     <row r="2213" spans="1:2">
       <c r="A2213" t="s">
         <v>2215</v>
       </c>
       <c r="B2213" t="s">
-        <v>4778</v>
+        <v>5060</v>
       </c>
     </row>
     <row r="2214" spans="1:2">
       <c r="A2214" t="s">
         <v>2216</v>
       </c>
       <c r="B2214" t="s">
-        <v>4779</v>
+        <v>5061</v>
       </c>
     </row>
     <row r="2215" spans="1:2">
       <c r="A2215" t="s">
         <v>2217</v>
       </c>
       <c r="B2215" t="s">
-        <v>4780</v>
+        <v>5002</v>
       </c>
     </row>
     <row r="2216" spans="1:2">
       <c r="A2216" t="s">
         <v>2218</v>
       </c>
       <c r="B2216" t="s">
-        <v>4781</v>
+        <v>5062</v>
       </c>
     </row>
     <row r="2217" spans="1:2">
       <c r="A2217" t="s">
         <v>2219</v>
       </c>
       <c r="B2217" t="s">
-        <v>4782</v>
+        <v>5063</v>
       </c>
     </row>
     <row r="2218" spans="1:2">
       <c r="A2218" t="s">
         <v>2220</v>
       </c>
       <c r="B2218" t="s">
-        <v>4783</v>
+        <v>5064</v>
       </c>
     </row>
     <row r="2219" spans="1:2">
       <c r="A2219" t="s">
         <v>2221</v>
       </c>
       <c r="B2219" t="s">
-        <v>4784</v>
+        <v>5065</v>
       </c>
     </row>
     <row r="2220" spans="1:2">
       <c r="A2220" t="s">
         <v>2222</v>
       </c>
       <c r="B2220" t="s">
-        <v>4785</v>
+        <v>5066</v>
       </c>
     </row>
     <row r="2221" spans="1:2">
       <c r="A2221" t="s">
         <v>2223</v>
       </c>
       <c r="B2221" t="s">
-        <v>4786</v>
+        <v>5067</v>
       </c>
     </row>
     <row r="2222" spans="1:2">
       <c r="A2222" t="s">
         <v>2224</v>
       </c>
       <c r="B2222" t="s">
-        <v>4787</v>
+        <v>5068</v>
       </c>
     </row>
     <row r="2223" spans="1:2">
       <c r="A2223" t="s">
         <v>2225</v>
       </c>
       <c r="B2223" t="s">
-        <v>4788</v>
+        <v>5069</v>
       </c>
     </row>
     <row r="2224" spans="1:2">
       <c r="A2224" t="s">
         <v>2226</v>
       </c>
       <c r="B2224" t="s">
-        <v>4789</v>
+        <v>5070</v>
       </c>
     </row>
     <row r="2225" spans="1:2">
       <c r="A2225" t="s">
         <v>2227</v>
       </c>
       <c r="B2225" t="s">
-        <v>4790</v>
+        <v>5071</v>
       </c>
     </row>
     <row r="2226" spans="1:2">
       <c r="A2226" t="s">
         <v>2228</v>
       </c>
       <c r="B2226" t="s">
-        <v>4791</v>
+        <v>5072</v>
       </c>
     </row>
     <row r="2227" spans="1:2">
       <c r="A2227" t="s">
         <v>2229</v>
       </c>
       <c r="B2227" t="s">
-        <v>4792</v>
+        <v>5073</v>
       </c>
     </row>
     <row r="2228" spans="1:2">
       <c r="A2228" t="s">
         <v>2230</v>
       </c>
       <c r="B2228" t="s">
-        <v>4793</v>
+        <v>5074</v>
       </c>
     </row>
     <row r="2229" spans="1:2">
       <c r="A2229" t="s">
         <v>2231</v>
       </c>
       <c r="B2229" t="s">
-        <v>4794</v>
+        <v>5075</v>
       </c>
     </row>
     <row r="2230" spans="1:2">
       <c r="A2230" t="s">
         <v>2232</v>
       </c>
       <c r="B2230" t="s">
-        <v>4795</v>
+        <v>5076</v>
       </c>
     </row>
     <row r="2231" spans="1:2">
       <c r="A2231" t="s">
         <v>2233</v>
       </c>
       <c r="B2231" t="s">
-        <v>4796</v>
+        <v>5077</v>
       </c>
     </row>
     <row r="2232" spans="1:2">
       <c r="A2232" t="s">
         <v>2234</v>
       </c>
       <c r="B2232" t="s">
-        <v>4797</v>
+        <v>5078</v>
       </c>
     </row>
     <row r="2233" spans="1:2">
       <c r="A2233" t="s">
         <v>2235</v>
       </c>
       <c r="B2233" t="s">
-        <v>4798</v>
+        <v>5079</v>
       </c>
     </row>
     <row r="2234" spans="1:2">
       <c r="A2234" t="s">
         <v>2236</v>
       </c>
       <c r="B2234" t="s">
-        <v>4799</v>
+        <v>5080</v>
       </c>
     </row>
     <row r="2235" spans="1:2">
       <c r="A2235" t="s">
         <v>2237</v>
       </c>
       <c r="B2235" t="s">
-        <v>4800</v>
+        <v>5081</v>
       </c>
     </row>
     <row r="2236" spans="1:2">
       <c r="A2236" t="s">
         <v>2238</v>
       </c>
       <c r="B2236" t="s">
-        <v>4801</v>
+        <v>5082</v>
       </c>
     </row>
     <row r="2237" spans="1:2">
       <c r="A2237" t="s">
         <v>2239</v>
       </c>
       <c r="B2237" t="s">
-        <v>4802</v>
+        <v>5083</v>
       </c>
     </row>
     <row r="2238" spans="1:2">
       <c r="A2238" t="s">
         <v>2240</v>
       </c>
       <c r="B2238" t="s">
-        <v>4803</v>
+        <v>5084</v>
       </c>
     </row>
     <row r="2239" spans="1:2">
       <c r="A2239" t="s">
         <v>2241</v>
       </c>
       <c r="B2239" t="s">
-        <v>4804</v>
+        <v>5085</v>
       </c>
     </row>
     <row r="2240" spans="1:2">
       <c r="A2240" t="s">
         <v>2242</v>
       </c>
       <c r="B2240" t="s">
-        <v>4805</v>
-[...2 lines deleted...]
-    <row r="2241" spans="1:2">
+        <v>5086</v>
+      </c>
+    </row>
+    <row r="2241" spans="1:4">
       <c r="A2241" t="s">
         <v>2243</v>
       </c>
       <c r="B2241" t="s">
-        <v>4806</v>
-[...2 lines deleted...]
-    <row r="2242" spans="1:2">
+        <v>5087</v>
+      </c>
+    </row>
+    <row r="2242" spans="1:4">
       <c r="A2242" t="s">
         <v>2244</v>
       </c>
       <c r="B2242" t="s">
-        <v>4807</v>
-[...2 lines deleted...]
-    <row r="2243" spans="1:2">
+        <v>5088</v>
+      </c>
+    </row>
+    <row r="2243" spans="1:4">
       <c r="A2243" t="s">
         <v>2245</v>
       </c>
       <c r="B2243" t="s">
-        <v>4808</v>
-[...2 lines deleted...]
-    <row r="2244" spans="1:2">
+        <v>5089</v>
+      </c>
+    </row>
+    <row r="2244" spans="1:4">
       <c r="A2244" t="s">
         <v>2246</v>
       </c>
       <c r="B2244" t="s">
-        <v>4809</v>
-[...2 lines deleted...]
-    <row r="2245" spans="1:2">
+        <v>5090</v>
+      </c>
+    </row>
+    <row r="2245" spans="1:4">
       <c r="A2245" t="s">
         <v>2247</v>
       </c>
       <c r="B2245" t="s">
-        <v>4810</v>
-[...2 lines deleted...]
-    <row r="2246" spans="1:2">
+        <v>5091</v>
+      </c>
+    </row>
+    <row r="2246" spans="1:4">
       <c r="A2246" t="s">
         <v>2248</v>
       </c>
       <c r="B2246" t="s">
-        <v>4811</v>
-[...2 lines deleted...]
-    <row r="2247" spans="1:2">
+        <v>5092</v>
+      </c>
+    </row>
+    <row r="2247" spans="1:4">
       <c r="A2247" t="s">
         <v>2249</v>
       </c>
       <c r="B2247" t="s">
-        <v>4812</v>
-[...2 lines deleted...]
-    <row r="2248" spans="1:2">
+        <v>5093</v>
+      </c>
+    </row>
+    <row r="2248" spans="1:4">
       <c r="A2248" t="s">
         <v>2250</v>
       </c>
       <c r="B2248" t="s">
-        <v>4813</v>
-[...2 lines deleted...]
-    <row r="2249" spans="1:2">
+        <v>5094</v>
+      </c>
+    </row>
+    <row r="2249" spans="1:4">
       <c r="A2249" t="s">
         <v>2251</v>
       </c>
       <c r="B2249" t="s">
-        <v>4814</v>
-[...2 lines deleted...]
-    <row r="2250" spans="1:2">
+        <v>5095</v>
+      </c>
+    </row>
+    <row r="2250" spans="1:4">
       <c r="A2250" t="s">
         <v>2252</v>
       </c>
       <c r="B2250" t="s">
-        <v>4815</v>
-[...2 lines deleted...]
-    <row r="2251" spans="1:2">
+        <v>5096</v>
+      </c>
+    </row>
+    <row r="2251" spans="1:4">
       <c r="A2251" t="s">
         <v>2253</v>
       </c>
       <c r="B2251" t="s">
-        <v>4816</v>
-[...2 lines deleted...]
-    <row r="2252" spans="1:2">
+        <v>5097</v>
+      </c>
+    </row>
+    <row r="2252" spans="1:4">
       <c r="A2252" t="s">
         <v>2254</v>
       </c>
       <c r="B2252" t="s">
-        <v>4817</v>
-[...2 lines deleted...]
-    <row r="2253" spans="1:2">
+        <v>5098</v>
+      </c>
+    </row>
+    <row r="2253" spans="1:4">
       <c r="A2253" t="s">
         <v>2255</v>
       </c>
       <c r="B2253" t="s">
-        <v>4818</v>
-[...2 lines deleted...]
-    <row r="2254" spans="1:2">
+        <v>5099</v>
+      </c>
+    </row>
+    <row r="2254" spans="1:4">
       <c r="A2254" t="s">
         <v>2256</v>
       </c>
       <c r="B2254" t="s">
-        <v>4819</v>
-[...2 lines deleted...]
-    <row r="2255" spans="1:2">
+        <v>5100</v>
+      </c>
+      <c r="D2254" t="s">
+        <v>5807</v>
+      </c>
+    </row>
+    <row r="2255" spans="1:4">
       <c r="A2255" t="s">
         <v>2257</v>
       </c>
       <c r="B2255" t="s">
-        <v>4820</v>
-[...2 lines deleted...]
-    <row r="2256" spans="1:2">
+        <v>5101</v>
+      </c>
+    </row>
+    <row r="2256" spans="1:4">
       <c r="A2256" t="s">
         <v>2258</v>
       </c>
       <c r="B2256" t="s">
-        <v>4821</v>
+        <v>5102</v>
       </c>
     </row>
     <row r="2257" spans="1:2">
       <c r="A2257" t="s">
         <v>2259</v>
       </c>
       <c r="B2257" t="s">
-        <v>4822</v>
+        <v>4805</v>
       </c>
     </row>
     <row r="2258" spans="1:2">
       <c r="A2258" t="s">
         <v>2260</v>
       </c>
       <c r="B2258" t="s">
-        <v>4823</v>
+        <v>5103</v>
       </c>
     </row>
     <row r="2259" spans="1:2">
       <c r="A2259" t="s">
         <v>2261</v>
       </c>
       <c r="B2259" t="s">
-        <v>4824</v>
+        <v>5104</v>
       </c>
     </row>
     <row r="2260" spans="1:2">
       <c r="A2260" t="s">
         <v>2262</v>
       </c>
       <c r="B2260" t="s">
-        <v>4825</v>
+        <v>5105</v>
       </c>
     </row>
     <row r="2261" spans="1:2">
       <c r="A2261" t="s">
         <v>2263</v>
       </c>
       <c r="B2261" t="s">
-        <v>4826</v>
+        <v>5106</v>
       </c>
     </row>
     <row r="2262" spans="1:2">
       <c r="A2262" t="s">
         <v>2264</v>
       </c>
       <c r="B2262" t="s">
-        <v>4827</v>
+        <v>5107</v>
       </c>
     </row>
     <row r="2263" spans="1:2">
       <c r="A2263" t="s">
         <v>2265</v>
       </c>
       <c r="B2263" t="s">
-        <v>4828</v>
+        <v>5108</v>
       </c>
     </row>
     <row r="2264" spans="1:2">
       <c r="A2264" t="s">
         <v>2266</v>
       </c>
       <c r="B2264" t="s">
-        <v>4829</v>
+        <v>5109</v>
       </c>
     </row>
     <row r="2265" spans="1:2">
       <c r="A2265" t="s">
         <v>2267</v>
       </c>
       <c r="B2265" t="s">
-        <v>4830</v>
+        <v>5110</v>
       </c>
     </row>
     <row r="2266" spans="1:2">
       <c r="A2266" t="s">
         <v>2268</v>
       </c>
       <c r="B2266" t="s">
-        <v>4831</v>
+        <v>5111</v>
       </c>
     </row>
     <row r="2267" spans="1:2">
       <c r="A2267" t="s">
         <v>2269</v>
       </c>
       <c r="B2267" t="s">
-        <v>4832</v>
+        <v>5112</v>
       </c>
     </row>
     <row r="2268" spans="1:2">
       <c r="A2268" t="s">
         <v>2270</v>
       </c>
       <c r="B2268" t="s">
-        <v>4833</v>
+        <v>5113</v>
       </c>
     </row>
     <row r="2269" spans="1:2">
       <c r="A2269" t="s">
         <v>2271</v>
       </c>
       <c r="B2269" t="s">
-        <v>4834</v>
+        <v>5114</v>
       </c>
     </row>
     <row r="2270" spans="1:2">
       <c r="A2270" t="s">
         <v>2272</v>
       </c>
       <c r="B2270" t="s">
-        <v>4835</v>
+        <v>5115</v>
       </c>
     </row>
     <row r="2271" spans="1:2">
       <c r="A2271" t="s">
         <v>2273</v>
       </c>
       <c r="B2271" t="s">
-        <v>4836</v>
+        <v>5116</v>
       </c>
     </row>
     <row r="2272" spans="1:2">
       <c r="A2272" t="s">
         <v>2274</v>
       </c>
       <c r="B2272" t="s">
-        <v>4837</v>
-[...2 lines deleted...]
-    <row r="2273" spans="1:2">
+        <v>5117</v>
+      </c>
+    </row>
+    <row r="2273" spans="1:4">
       <c r="A2273" t="s">
         <v>2275</v>
       </c>
       <c r="B2273" t="s">
-        <v>4838</v>
-[...2 lines deleted...]
-    <row r="2274" spans="1:2">
+        <v>5118</v>
+      </c>
+    </row>
+    <row r="2274" spans="1:4">
       <c r="A2274" t="s">
         <v>2276</v>
       </c>
       <c r="B2274" t="s">
-        <v>4839</v>
-[...2 lines deleted...]
-    <row r="2275" spans="1:2">
+        <v>5119</v>
+      </c>
+    </row>
+    <row r="2275" spans="1:4">
       <c r="A2275" t="s">
         <v>2277</v>
       </c>
       <c r="B2275" t="s">
-        <v>4840</v>
-[...2 lines deleted...]
-    <row r="2276" spans="1:2">
+        <v>5120</v>
+      </c>
+    </row>
+    <row r="2276" spans="1:4">
       <c r="A2276" t="s">
         <v>2278</v>
       </c>
       <c r="B2276" t="s">
-        <v>4841</v>
-[...2 lines deleted...]
-    <row r="2277" spans="1:2">
+        <v>5121</v>
+      </c>
+      <c r="C2276" t="s">
+        <v>5747</v>
+      </c>
+      <c r="D2276" t="s">
+        <v>5808</v>
+      </c>
+    </row>
+    <row r="2277" spans="1:4">
       <c r="A2277" t="s">
         <v>2279</v>
       </c>
       <c r="B2277" t="s">
-        <v>4842</v>
-[...2 lines deleted...]
-    <row r="2278" spans="1:2">
+        <v>5122</v>
+      </c>
+      <c r="D2277" t="s">
+        <v>5809</v>
+      </c>
+    </row>
+    <row r="2278" spans="1:4">
       <c r="A2278" t="s">
         <v>2280</v>
       </c>
       <c r="B2278" t="s">
-        <v>4843</v>
-[...2 lines deleted...]
-    <row r="2279" spans="1:2">
+        <v>5123</v>
+      </c>
+    </row>
+    <row r="2279" spans="1:4">
       <c r="A2279" t="s">
         <v>2281</v>
       </c>
       <c r="B2279" t="s">
-        <v>4844</v>
-[...2 lines deleted...]
-    <row r="2280" spans="1:2">
+        <v>5124</v>
+      </c>
+    </row>
+    <row r="2280" spans="1:4">
       <c r="A2280" t="s">
         <v>2282</v>
       </c>
       <c r="B2280" t="s">
-        <v>4845</v>
-[...2 lines deleted...]
-    <row r="2281" spans="1:2">
+        <v>5125</v>
+      </c>
+    </row>
+    <row r="2281" spans="1:4">
       <c r="A2281" t="s">
         <v>2283</v>
       </c>
       <c r="B2281" t="s">
-        <v>4846</v>
-[...2 lines deleted...]
-    <row r="2282" spans="1:2">
+        <v>5126</v>
+      </c>
+    </row>
+    <row r="2282" spans="1:4">
       <c r="A2282" t="s">
         <v>2284</v>
       </c>
       <c r="B2282" t="s">
-        <v>4847</v>
-[...2 lines deleted...]
-    <row r="2283" spans="1:2">
+        <v>5127</v>
+      </c>
+    </row>
+    <row r="2283" spans="1:4">
       <c r="A2283" t="s">
         <v>2285</v>
       </c>
       <c r="B2283" t="s">
-        <v>4848</v>
-[...2 lines deleted...]
-    <row r="2284" spans="1:2">
+        <v>5128</v>
+      </c>
+    </row>
+    <row r="2284" spans="1:4">
       <c r="A2284" t="s">
         <v>2286</v>
       </c>
       <c r="B2284" t="s">
-        <v>4849</v>
-[...2 lines deleted...]
-    <row r="2285" spans="1:2">
+        <v>5129</v>
+      </c>
+    </row>
+    <row r="2285" spans="1:4">
       <c r="A2285" t="s">
         <v>2287</v>
       </c>
       <c r="B2285" t="s">
-        <v>4850</v>
-[...2 lines deleted...]
-    <row r="2286" spans="1:2">
+        <v>5130</v>
+      </c>
+    </row>
+    <row r="2286" spans="1:4">
       <c r="A2286" t="s">
         <v>2288</v>
       </c>
       <c r="B2286" t="s">
-        <v>4851</v>
-[...2 lines deleted...]
-    <row r="2287" spans="1:2">
+        <v>5131</v>
+      </c>
+    </row>
+    <row r="2287" spans="1:4">
       <c r="A2287" t="s">
         <v>2289</v>
       </c>
       <c r="B2287" t="s">
-        <v>4852</v>
-[...2 lines deleted...]
-    <row r="2288" spans="1:2">
+        <v>5132</v>
+      </c>
+    </row>
+    <row r="2288" spans="1:4">
       <c r="A2288" t="s">
         <v>2290</v>
       </c>
       <c r="B2288" t="s">
-        <v>4853</v>
+        <v>5133</v>
       </c>
     </row>
     <row r="2289" spans="1:2">
       <c r="A2289" t="s">
         <v>2291</v>
       </c>
       <c r="B2289" t="s">
-        <v>4854</v>
+        <v>5134</v>
       </c>
     </row>
     <row r="2290" spans="1:2">
       <c r="A2290" t="s">
         <v>2292</v>
       </c>
       <c r="B2290" t="s">
-        <v>4855</v>
+        <v>5135</v>
       </c>
     </row>
     <row r="2291" spans="1:2">
       <c r="A2291" t="s">
         <v>2293</v>
       </c>
       <c r="B2291" t="s">
-        <v>4856</v>
+        <v>5136</v>
       </c>
     </row>
     <row r="2292" spans="1:2">
       <c r="A2292" t="s">
         <v>2294</v>
       </c>
       <c r="B2292" t="s">
-        <v>4857</v>
+        <v>5137</v>
       </c>
     </row>
     <row r="2293" spans="1:2">
       <c r="A2293" t="s">
         <v>2295</v>
       </c>
       <c r="B2293" t="s">
-        <v>4858</v>
+        <v>5138</v>
       </c>
     </row>
     <row r="2294" spans="1:2">
       <c r="A2294" t="s">
         <v>2296</v>
       </c>
       <c r="B2294" t="s">
-        <v>4859</v>
+        <v>5139</v>
       </c>
     </row>
     <row r="2295" spans="1:2">
       <c r="A2295" t="s">
         <v>2297</v>
       </c>
       <c r="B2295" t="s">
-        <v>4860</v>
+        <v>5140</v>
       </c>
     </row>
     <row r="2296" spans="1:2">
       <c r="A2296" t="s">
         <v>2298</v>
       </c>
       <c r="B2296" t="s">
-        <v>4861</v>
+        <v>5141</v>
       </c>
     </row>
     <row r="2297" spans="1:2">
       <c r="A2297" t="s">
         <v>2299</v>
       </c>
       <c r="B2297" t="s">
-        <v>4862</v>
+        <v>5142</v>
       </c>
     </row>
     <row r="2298" spans="1:2">
       <c r="A2298" t="s">
         <v>2300</v>
       </c>
       <c r="B2298" t="s">
-        <v>4863</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="2299" spans="1:2">
       <c r="A2299" t="s">
         <v>2301</v>
       </c>
       <c r="B2299" t="s">
-        <v>4864</v>
+        <v>5143</v>
       </c>
     </row>
     <row r="2300" spans="1:2">
       <c r="A2300" t="s">
         <v>2302</v>
       </c>
       <c r="B2300" t="s">
-        <v>4865</v>
+        <v>5144</v>
       </c>
     </row>
     <row r="2301" spans="1:2">
       <c r="A2301" t="s">
         <v>2303</v>
       </c>
       <c r="B2301" t="s">
-        <v>4866</v>
+        <v>5145</v>
       </c>
     </row>
     <row r="2302" spans="1:2">
       <c r="A2302" t="s">
         <v>2304</v>
       </c>
       <c r="B2302" t="s">
-        <v>4867</v>
+        <v>5146</v>
       </c>
     </row>
     <row r="2303" spans="1:2">
       <c r="A2303" t="s">
         <v>2305</v>
       </c>
       <c r="B2303" t="s">
-        <v>4868</v>
+        <v>5147</v>
       </c>
     </row>
     <row r="2304" spans="1:2">
       <c r="A2304" t="s">
         <v>2306</v>
       </c>
       <c r="B2304" t="s">
-        <v>4869</v>
+        <v>5148</v>
       </c>
     </row>
     <row r="2305" spans="1:4">
       <c r="A2305" t="s">
         <v>2307</v>
       </c>
       <c r="B2305" t="s">
-        <v>4870</v>
+        <v>5149</v>
       </c>
     </row>
     <row r="2306" spans="1:4">
       <c r="A2306" t="s">
         <v>2308</v>
       </c>
       <c r="B2306" t="s">
-        <v>4871</v>
+        <v>5150</v>
       </c>
     </row>
     <row r="2307" spans="1:4">
       <c r="A2307" t="s">
         <v>2309</v>
       </c>
       <c r="B2307" t="s">
-        <v>4872</v>
+        <v>5151</v>
       </c>
     </row>
     <row r="2308" spans="1:4">
       <c r="A2308" t="s">
         <v>2310</v>
       </c>
       <c r="B2308" t="s">
-        <v>4873</v>
+        <v>5152</v>
       </c>
     </row>
     <row r="2309" spans="1:4">
       <c r="A2309" t="s">
         <v>2311</v>
       </c>
       <c r="B2309" t="s">
-        <v>4874</v>
+        <v>5153</v>
       </c>
     </row>
     <row r="2310" spans="1:4">
       <c r="A2310" t="s">
         <v>2312</v>
       </c>
       <c r="B2310" t="s">
-        <v>4875</v>
+        <v>5154</v>
       </c>
     </row>
     <row r="2311" spans="1:4">
       <c r="A2311" t="s">
         <v>2313</v>
       </c>
       <c r="B2311" t="s">
-        <v>4876</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="2312" spans="1:4">
       <c r="A2312" t="s">
         <v>2314</v>
       </c>
       <c r="B2312" t="s">
-        <v>4877</v>
+        <v>5156</v>
       </c>
     </row>
     <row r="2313" spans="1:4">
       <c r="A2313" t="s">
         <v>2315</v>
       </c>
       <c r="B2313" t="s">
-        <v>4878</v>
-[...2 lines deleted...]
-        <v>5233</v>
+        <v>5157</v>
       </c>
     </row>
     <row r="2314" spans="1:4">
       <c r="A2314" t="s">
         <v>2316</v>
       </c>
       <c r="B2314" t="s">
-        <v>4879</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="2315" spans="1:4">
       <c r="A2315" t="s">
         <v>2317</v>
       </c>
       <c r="B2315" t="s">
-        <v>4880</v>
+        <v>5158</v>
       </c>
     </row>
     <row r="2316" spans="1:4">
       <c r="A2316" t="s">
         <v>2318</v>
       </c>
       <c r="B2316" t="s">
-        <v>4881</v>
+        <v>5159</v>
       </c>
     </row>
     <row r="2317" spans="1:4">
       <c r="A2317" t="s">
         <v>2319</v>
       </c>
       <c r="B2317" t="s">
-        <v>4882</v>
+        <v>5160</v>
+      </c>
+      <c r="D2317" t="s">
+        <v>5810</v>
       </c>
     </row>
     <row r="2318" spans="1:4">
       <c r="A2318" t="s">
         <v>2320</v>
       </c>
       <c r="B2318" t="s">
-        <v>4883</v>
+        <v>5161</v>
       </c>
     </row>
     <row r="2319" spans="1:4">
       <c r="A2319" t="s">
         <v>2321</v>
       </c>
       <c r="B2319" t="s">
-        <v>4884</v>
+        <v>5162</v>
       </c>
     </row>
     <row r="2320" spans="1:4">
       <c r="A2320" t="s">
         <v>2322</v>
       </c>
       <c r="B2320" t="s">
-        <v>4885</v>
-[...2 lines deleted...]
-    <row r="2321" spans="1:2">
+        <v>5163</v>
+      </c>
+    </row>
+    <row r="2321" spans="1:4">
       <c r="A2321" t="s">
         <v>2323</v>
       </c>
       <c r="B2321" t="s">
-        <v>4886</v>
-[...2 lines deleted...]
-    <row r="2322" spans="1:2">
+        <v>5164</v>
+      </c>
+    </row>
+    <row r="2322" spans="1:4">
       <c r="A2322" t="s">
         <v>2324</v>
       </c>
       <c r="B2322" t="s">
-        <v>4887</v>
-[...2 lines deleted...]
-    <row r="2323" spans="1:2">
+        <v>5165</v>
+      </c>
+    </row>
+    <row r="2323" spans="1:4">
       <c r="A2323" t="s">
         <v>2325</v>
       </c>
       <c r="B2323" t="s">
-        <v>4888</v>
-[...2 lines deleted...]
-    <row r="2324" spans="1:2">
+        <v>4284</v>
+      </c>
+    </row>
+    <row r="2324" spans="1:4">
       <c r="A2324" t="s">
         <v>2326</v>
       </c>
       <c r="B2324" t="s">
-        <v>4889</v>
-[...2 lines deleted...]
-    <row r="2325" spans="1:2">
+        <v>5166</v>
+      </c>
+    </row>
+    <row r="2325" spans="1:4">
       <c r="A2325" t="s">
         <v>2327</v>
       </c>
       <c r="B2325" t="s">
-        <v>4890</v>
-[...2 lines deleted...]
-    <row r="2326" spans="1:2">
+        <v>5167</v>
+      </c>
+      <c r="C2325" t="s">
+        <v>5748</v>
+      </c>
+      <c r="D2325" t="s">
+        <v>5811</v>
+      </c>
+    </row>
+    <row r="2326" spans="1:4">
       <c r="A2326" t="s">
         <v>2328</v>
       </c>
       <c r="B2326" t="s">
-        <v>4891</v>
-[...2 lines deleted...]
-    <row r="2327" spans="1:2">
+        <v>5168</v>
+      </c>
+    </row>
+    <row r="2327" spans="1:4">
       <c r="A2327" t="s">
         <v>2329</v>
       </c>
       <c r="B2327" t="s">
-        <v>4892</v>
-[...2 lines deleted...]
-    <row r="2328" spans="1:2">
+        <v>5169</v>
+      </c>
+    </row>
+    <row r="2328" spans="1:4">
       <c r="A2328" t="s">
         <v>2330</v>
       </c>
       <c r="B2328" t="s">
-        <v>4893</v>
-[...2 lines deleted...]
-    <row r="2329" spans="1:2">
+        <v>5170</v>
+      </c>
+    </row>
+    <row r="2329" spans="1:4">
       <c r="A2329" t="s">
         <v>2331</v>
       </c>
       <c r="B2329" t="s">
-        <v>4894</v>
-[...2 lines deleted...]
-    <row r="2330" spans="1:2">
+        <v>5171</v>
+      </c>
+    </row>
+    <row r="2330" spans="1:4">
       <c r="A2330" t="s">
         <v>2332</v>
       </c>
       <c r="B2330" t="s">
-        <v>4895</v>
-[...2 lines deleted...]
-    <row r="2331" spans="1:2">
+        <v>5172</v>
+      </c>
+    </row>
+    <row r="2331" spans="1:4">
       <c r="A2331" t="s">
         <v>2333</v>
       </c>
       <c r="B2331" t="s">
-        <v>4896</v>
-[...2 lines deleted...]
-    <row r="2332" spans="1:2">
+        <v>5173</v>
+      </c>
+    </row>
+    <row r="2332" spans="1:4">
       <c r="A2332" t="s">
         <v>2334</v>
       </c>
       <c r="B2332" t="s">
-        <v>4897</v>
-[...2 lines deleted...]
-    <row r="2333" spans="1:2">
+        <v>5174</v>
+      </c>
+    </row>
+    <row r="2333" spans="1:4">
       <c r="A2333" t="s">
         <v>2335</v>
       </c>
       <c r="B2333" t="s">
-        <v>4898</v>
-[...2 lines deleted...]
-    <row r="2334" spans="1:2">
+        <v>5175</v>
+      </c>
+    </row>
+    <row r="2334" spans="1:4">
       <c r="A2334" t="s">
         <v>2336</v>
       </c>
       <c r="B2334" t="s">
-        <v>4899</v>
-[...2 lines deleted...]
-    <row r="2335" spans="1:2">
+        <v>5176</v>
+      </c>
+    </row>
+    <row r="2335" spans="1:4">
       <c r="A2335" t="s">
         <v>2337</v>
       </c>
       <c r="B2335" t="s">
-        <v>4900</v>
-[...2 lines deleted...]
-    <row r="2336" spans="1:2">
+        <v>5177</v>
+      </c>
+    </row>
+    <row r="2336" spans="1:4">
       <c r="A2336" t="s">
         <v>2338</v>
       </c>
       <c r="B2336" t="s">
-        <v>4901</v>
-[...2 lines deleted...]
-    <row r="2337" spans="1:2">
+        <v>5178</v>
+      </c>
+      <c r="C2336" t="s">
+        <v>5749</v>
+      </c>
+      <c r="D2336" t="s">
+        <v>5812</v>
+      </c>
+    </row>
+    <row r="2337" spans="1:4">
       <c r="A2337" t="s">
         <v>2339</v>
       </c>
       <c r="B2337" t="s">
-        <v>4902</v>
-[...2 lines deleted...]
-    <row r="2338" spans="1:2">
+        <v>5179</v>
+      </c>
+    </row>
+    <row r="2338" spans="1:4">
       <c r="A2338" t="s">
         <v>2340</v>
       </c>
       <c r="B2338" t="s">
-        <v>4903</v>
-[...2 lines deleted...]
-    <row r="2339" spans="1:2">
+        <v>5180</v>
+      </c>
+    </row>
+    <row r="2339" spans="1:4">
       <c r="A2339" t="s">
         <v>2341</v>
       </c>
       <c r="B2339" t="s">
-        <v>4904</v>
-[...2 lines deleted...]
-    <row r="2340" spans="1:2">
+        <v>5181</v>
+      </c>
+    </row>
+    <row r="2340" spans="1:4">
       <c r="A2340" t="s">
         <v>2342</v>
       </c>
       <c r="B2340" t="s">
-        <v>4905</v>
-[...2 lines deleted...]
-    <row r="2341" spans="1:2">
+        <v>5182</v>
+      </c>
+    </row>
+    <row r="2341" spans="1:4">
       <c r="A2341" t="s">
         <v>2343</v>
       </c>
       <c r="B2341" t="s">
-        <v>4906</v>
-[...2 lines deleted...]
-    <row r="2342" spans="1:2">
+        <v>5183</v>
+      </c>
+    </row>
+    <row r="2342" spans="1:4">
       <c r="A2342" t="s">
         <v>2344</v>
       </c>
       <c r="B2342" t="s">
-        <v>4907</v>
-[...2 lines deleted...]
-    <row r="2343" spans="1:2">
+        <v>5184</v>
+      </c>
+    </row>
+    <row r="2343" spans="1:4">
       <c r="A2343" t="s">
         <v>2345</v>
       </c>
       <c r="B2343" t="s">
-        <v>4908</v>
-[...2 lines deleted...]
-    <row r="2344" spans="1:2">
+        <v>5185</v>
+      </c>
+    </row>
+    <row r="2344" spans="1:4">
       <c r="A2344" t="s">
         <v>2346</v>
       </c>
       <c r="B2344" t="s">
-        <v>4909</v>
-[...2 lines deleted...]
-    <row r="2345" spans="1:2">
+        <v>5186</v>
+      </c>
+    </row>
+    <row r="2345" spans="1:4">
       <c r="A2345" t="s">
         <v>2347</v>
       </c>
       <c r="B2345" t="s">
-        <v>4910</v>
-[...2 lines deleted...]
-    <row r="2346" spans="1:2">
+        <v>5187</v>
+      </c>
+    </row>
+    <row r="2346" spans="1:4">
       <c r="A2346" t="s">
         <v>2348</v>
       </c>
       <c r="B2346" t="s">
-        <v>4911</v>
-[...2 lines deleted...]
-    <row r="2347" spans="1:2">
+        <v>5188</v>
+      </c>
+      <c r="C2346" t="s">
+        <v>5750</v>
+      </c>
+      <c r="D2346" t="s">
+        <v>5813</v>
+      </c>
+    </row>
+    <row r="2347" spans="1:4">
       <c r="A2347" t="s">
         <v>2349</v>
       </c>
       <c r="B2347" t="s">
-        <v>4912</v>
-[...2 lines deleted...]
-    <row r="2348" spans="1:2">
+        <v>5189</v>
+      </c>
+    </row>
+    <row r="2348" spans="1:4">
       <c r="A2348" t="s">
         <v>2350</v>
       </c>
       <c r="B2348" t="s">
-        <v>4913</v>
-[...2 lines deleted...]
-    <row r="2349" spans="1:2">
+        <v>5190</v>
+      </c>
+    </row>
+    <row r="2349" spans="1:4">
       <c r="A2349" t="s">
         <v>2351</v>
       </c>
       <c r="B2349" t="s">
-        <v>4914</v>
-[...2 lines deleted...]
-    <row r="2350" spans="1:2">
+        <v>5191</v>
+      </c>
+    </row>
+    <row r="2350" spans="1:4">
       <c r="A2350" t="s">
         <v>2352</v>
       </c>
       <c r="B2350" t="s">
-        <v>4915</v>
-[...2 lines deleted...]
-    <row r="2351" spans="1:2">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="2351" spans="1:4">
       <c r="A2351" t="s">
         <v>2353</v>
       </c>
       <c r="B2351" t="s">
-        <v>4916</v>
-[...2 lines deleted...]
-    <row r="2352" spans="1:2">
+        <v>5193</v>
+      </c>
+    </row>
+    <row r="2352" spans="1:4">
       <c r="A2352" t="s">
         <v>2354</v>
       </c>
       <c r="B2352" t="s">
-        <v>4917</v>
-[...2 lines deleted...]
-    <row r="2353" spans="1:4">
+        <v>5194</v>
+      </c>
+    </row>
+    <row r="2353" spans="1:2">
       <c r="A2353" t="s">
         <v>2355</v>
       </c>
       <c r="B2353" t="s">
-        <v>4918</v>
-[...2 lines deleted...]
-    <row r="2354" spans="1:4">
+        <v>5195</v>
+      </c>
+    </row>
+    <row r="2354" spans="1:2">
       <c r="A2354" t="s">
         <v>2356</v>
       </c>
       <c r="B2354" t="s">
-        <v>4919</v>
-[...2 lines deleted...]
-    <row r="2355" spans="1:4">
+        <v>5196</v>
+      </c>
+    </row>
+    <row r="2355" spans="1:2">
       <c r="A2355" t="s">
         <v>2357</v>
       </c>
       <c r="B2355" t="s">
-        <v>4920</v>
-[...2 lines deleted...]
-    <row r="2356" spans="1:4">
+        <v>5197</v>
+      </c>
+    </row>
+    <row r="2356" spans="1:2">
       <c r="A2356" t="s">
         <v>2358</v>
       </c>
       <c r="B2356" t="s">
-        <v>4921</v>
-[...2 lines deleted...]
-    <row r="2357" spans="1:4">
+        <v>5198</v>
+      </c>
+    </row>
+    <row r="2357" spans="1:2">
       <c r="A2357" t="s">
         <v>2359</v>
       </c>
       <c r="B2357" t="s">
-        <v>4922</v>
-[...2 lines deleted...]
-    <row r="2358" spans="1:4">
+        <v>5199</v>
+      </c>
+    </row>
+    <row r="2358" spans="1:2">
       <c r="A2358" t="s">
         <v>2360</v>
       </c>
       <c r="B2358" t="s">
-        <v>4923</v>
-[...2 lines deleted...]
-    <row r="2359" spans="1:4">
+        <v>5200</v>
+      </c>
+    </row>
+    <row r="2359" spans="1:2">
       <c r="A2359" t="s">
         <v>2361</v>
       </c>
       <c r="B2359" t="s">
-        <v>4924</v>
-[...2 lines deleted...]
-    <row r="2360" spans="1:4">
+        <v>5201</v>
+      </c>
+    </row>
+    <row r="2360" spans="1:2">
       <c r="A2360" t="s">
         <v>2362</v>
       </c>
       <c r="B2360" t="s">
-        <v>4925</v>
-[...2 lines deleted...]
-    <row r="2361" spans="1:4">
+        <v>5202</v>
+      </c>
+    </row>
+    <row r="2361" spans="1:2">
       <c r="A2361" t="s">
         <v>2363</v>
       </c>
       <c r="B2361" t="s">
-        <v>4926</v>
-[...2 lines deleted...]
-    <row r="2362" spans="1:4">
+        <v>5203</v>
+      </c>
+    </row>
+    <row r="2362" spans="1:2">
       <c r="A2362" t="s">
         <v>2364</v>
       </c>
       <c r="B2362" t="s">
-        <v>4927</v>
-[...8 lines deleted...]
-    <row r="2363" spans="1:4">
+        <v>5204</v>
+      </c>
+    </row>
+    <row r="2363" spans="1:2">
       <c r="A2363" t="s">
         <v>2365</v>
       </c>
       <c r="B2363" t="s">
-        <v>4928</v>
-[...8 lines deleted...]
-    <row r="2364" spans="1:4">
+        <v>5205</v>
+      </c>
+    </row>
+    <row r="2364" spans="1:2">
       <c r="A2364" t="s">
         <v>2366</v>
       </c>
       <c r="B2364" t="s">
-        <v>4929</v>
-[...2 lines deleted...]
-    <row r="2365" spans="1:4">
+        <v>5206</v>
+      </c>
+    </row>
+    <row r="2365" spans="1:2">
       <c r="A2365" t="s">
         <v>2367</v>
       </c>
       <c r="B2365" t="s">
-        <v>4930</v>
-[...2 lines deleted...]
-    <row r="2366" spans="1:4">
+        <v>5207</v>
+      </c>
+    </row>
+    <row r="2366" spans="1:2">
       <c r="A2366" t="s">
         <v>2368</v>
       </c>
       <c r="B2366" t="s">
-        <v>4931</v>
-[...2 lines deleted...]
-    <row r="2367" spans="1:4">
+        <v>5208</v>
+      </c>
+    </row>
+    <row r="2367" spans="1:2">
       <c r="A2367" t="s">
         <v>2369</v>
       </c>
       <c r="B2367" t="s">
-        <v>4932</v>
-[...2 lines deleted...]
-    <row r="2368" spans="1:4">
+        <v>5209</v>
+      </c>
+    </row>
+    <row r="2368" spans="1:2">
       <c r="A2368" t="s">
         <v>2370</v>
       </c>
       <c r="B2368" t="s">
-        <v>4933</v>
-[...2 lines deleted...]
-    <row r="2369" spans="1:4">
+        <v>5210</v>
+      </c>
+    </row>
+    <row r="2369" spans="1:2">
       <c r="A2369" t="s">
         <v>2371</v>
       </c>
       <c r="B2369" t="s">
-        <v>4934</v>
-[...2 lines deleted...]
-    <row r="2370" spans="1:4">
+        <v>5211</v>
+      </c>
+    </row>
+    <row r="2370" spans="1:2">
       <c r="A2370" t="s">
         <v>2372</v>
       </c>
       <c r="B2370" t="s">
-        <v>4935</v>
-[...2 lines deleted...]
-    <row r="2371" spans="1:4">
+        <v>5212</v>
+      </c>
+    </row>
+    <row r="2371" spans="1:2">
       <c r="A2371" t="s">
         <v>2373</v>
       </c>
       <c r="B2371" t="s">
-        <v>4936</v>
-[...2 lines deleted...]
-    <row r="2372" spans="1:4">
+        <v>5213</v>
+      </c>
+    </row>
+    <row r="2372" spans="1:2">
       <c r="A2372" t="s">
         <v>2374</v>
       </c>
       <c r="B2372" t="s">
-        <v>4937</v>
-[...2 lines deleted...]
-    <row r="2373" spans="1:4">
+        <v>5214</v>
+      </c>
+    </row>
+    <row r="2373" spans="1:2">
       <c r="A2373" t="s">
         <v>2375</v>
       </c>
       <c r="B2373" t="s">
-        <v>4938</v>
-[...2 lines deleted...]
-    <row r="2374" spans="1:4">
+        <v>5215</v>
+      </c>
+    </row>
+    <row r="2374" spans="1:2">
       <c r="A2374" t="s">
         <v>2376</v>
       </c>
       <c r="B2374" t="s">
-        <v>4939</v>
-[...2 lines deleted...]
-    <row r="2375" spans="1:4">
+        <v>5216</v>
+      </c>
+    </row>
+    <row r="2375" spans="1:2">
       <c r="A2375" t="s">
         <v>2377</v>
       </c>
       <c r="B2375" t="s">
-        <v>4940</v>
-[...8 lines deleted...]
-    <row r="2376" spans="1:4">
+        <v>5217</v>
+      </c>
+    </row>
+    <row r="2376" spans="1:2">
       <c r="A2376" t="s">
         <v>2378</v>
       </c>
       <c r="B2376" t="s">
-        <v>3119</v>
-[...2 lines deleted...]
-    <row r="2377" spans="1:4">
+        <v>3027</v>
+      </c>
+    </row>
+    <row r="2377" spans="1:2">
       <c r="A2377" t="s">
         <v>2379</v>
       </c>
       <c r="B2377" t="s">
-        <v>4941</v>
-[...2 lines deleted...]
-    <row r="2378" spans="1:4">
+        <v>5218</v>
+      </c>
+    </row>
+    <row r="2378" spans="1:2">
       <c r="A2378" t="s">
         <v>2380</v>
       </c>
       <c r="B2378" t="s">
-        <v>4942</v>
-[...2 lines deleted...]
-    <row r="2379" spans="1:4">
+        <v>5219</v>
+      </c>
+    </row>
+    <row r="2379" spans="1:2">
       <c r="A2379" t="s">
         <v>2381</v>
       </c>
       <c r="B2379" t="s">
-        <v>4943</v>
-[...2 lines deleted...]
-    <row r="2380" spans="1:4">
+        <v>5220</v>
+      </c>
+    </row>
+    <row r="2380" spans="1:2">
       <c r="A2380" t="s">
         <v>2382</v>
       </c>
       <c r="B2380" t="s">
-        <v>4944</v>
-[...2 lines deleted...]
-    <row r="2381" spans="1:4">
+        <v>5221</v>
+      </c>
+    </row>
+    <row r="2381" spans="1:2">
       <c r="A2381" t="s">
         <v>2383</v>
       </c>
       <c r="B2381" t="s">
-        <v>4945</v>
-[...2 lines deleted...]
-    <row r="2382" spans="1:4">
+        <v>5222</v>
+      </c>
+    </row>
+    <row r="2382" spans="1:2">
       <c r="A2382" t="s">
         <v>2384</v>
       </c>
       <c r="B2382" t="s">
-        <v>4946</v>
-[...2 lines deleted...]
-    <row r="2383" spans="1:4">
+        <v>5223</v>
+      </c>
+    </row>
+    <row r="2383" spans="1:2">
       <c r="A2383" t="s">
         <v>2385</v>
       </c>
       <c r="B2383" t="s">
-        <v>4947</v>
-[...2 lines deleted...]
-    <row r="2384" spans="1:4">
+        <v>5224</v>
+      </c>
+    </row>
+    <row r="2384" spans="1:2">
       <c r="A2384" t="s">
         <v>2386</v>
       </c>
       <c r="B2384" t="s">
-        <v>4948</v>
-[...2 lines deleted...]
-    <row r="2385" spans="1:4">
+        <v>5225</v>
+      </c>
+    </row>
+    <row r="2385" spans="1:2">
       <c r="A2385" t="s">
         <v>2387</v>
       </c>
       <c r="B2385" t="s">
-        <v>4949</v>
-[...2 lines deleted...]
-    <row r="2386" spans="1:4">
+        <v>5226</v>
+      </c>
+    </row>
+    <row r="2386" spans="1:2">
       <c r="A2386" t="s">
         <v>2388</v>
       </c>
       <c r="B2386" t="s">
-        <v>4950</v>
-[...2 lines deleted...]
-    <row r="2387" spans="1:4">
+        <v>5227</v>
+      </c>
+    </row>
+    <row r="2387" spans="1:2">
       <c r="A2387" t="s">
         <v>2389</v>
       </c>
       <c r="B2387" t="s">
-        <v>4951</v>
-[...2 lines deleted...]
-    <row r="2388" spans="1:4">
+        <v>5228</v>
+      </c>
+    </row>
+    <row r="2388" spans="1:2">
       <c r="A2388" t="s">
         <v>2390</v>
       </c>
       <c r="B2388" t="s">
-        <v>4952</v>
-[...2 lines deleted...]
-    <row r="2389" spans="1:4">
+        <v>5229</v>
+      </c>
+    </row>
+    <row r="2389" spans="1:2">
       <c r="A2389" t="s">
         <v>2391</v>
       </c>
       <c r="B2389" t="s">
-        <v>4953</v>
-[...2 lines deleted...]
-    <row r="2390" spans="1:4">
+        <v>3509</v>
+      </c>
+    </row>
+    <row r="2390" spans="1:2">
       <c r="A2390" t="s">
         <v>2392</v>
       </c>
       <c r="B2390" t="s">
-        <v>4954</v>
-[...2 lines deleted...]
-    <row r="2391" spans="1:4">
+        <v>5230</v>
+      </c>
+    </row>
+    <row r="2391" spans="1:2">
       <c r="A2391" t="s">
         <v>2393</v>
       </c>
       <c r="B2391" t="s">
-        <v>4955</v>
-[...8 lines deleted...]
-    <row r="2392" spans="1:4">
+        <v>5231</v>
+      </c>
+    </row>
+    <row r="2392" spans="1:2">
       <c r="A2392" t="s">
         <v>2394</v>
       </c>
       <c r="B2392" t="s">
-        <v>4956</v>
-[...2 lines deleted...]
-    <row r="2393" spans="1:4">
+        <v>5232</v>
+      </c>
+    </row>
+    <row r="2393" spans="1:2">
       <c r="A2393" t="s">
         <v>2395</v>
       </c>
       <c r="B2393" t="s">
-        <v>4957</v>
-[...2 lines deleted...]
-    <row r="2394" spans="1:4">
+        <v>5233</v>
+      </c>
+    </row>
+    <row r="2394" spans="1:2">
       <c r="A2394" t="s">
         <v>2396</v>
       </c>
       <c r="B2394" t="s">
-        <v>4958</v>
-[...2 lines deleted...]
-    <row r="2395" spans="1:4">
+        <v>5234</v>
+      </c>
+    </row>
+    <row r="2395" spans="1:2">
       <c r="A2395" t="s">
         <v>2397</v>
       </c>
       <c r="B2395" t="s">
-        <v>4959</v>
-[...2 lines deleted...]
-    <row r="2396" spans="1:4">
+        <v>5235</v>
+      </c>
+    </row>
+    <row r="2396" spans="1:2">
       <c r="A2396" t="s">
         <v>2398</v>
       </c>
       <c r="B2396" t="s">
-        <v>4960</v>
-[...2 lines deleted...]
-    <row r="2397" spans="1:4">
+        <v>5236</v>
+      </c>
+    </row>
+    <row r="2397" spans="1:2">
       <c r="A2397" t="s">
         <v>2399</v>
       </c>
       <c r="B2397" t="s">
-        <v>4961</v>
-[...2 lines deleted...]
-    <row r="2398" spans="1:4">
+        <v>5237</v>
+      </c>
+    </row>
+    <row r="2398" spans="1:2">
       <c r="A2398" t="s">
         <v>2400</v>
       </c>
       <c r="B2398" t="s">
-        <v>4962</v>
-[...2 lines deleted...]
-    <row r="2399" spans="1:4">
+        <v>5238</v>
+      </c>
+    </row>
+    <row r="2399" spans="1:2">
       <c r="A2399" t="s">
         <v>2401</v>
       </c>
       <c r="B2399" t="s">
-        <v>4963</v>
-[...2 lines deleted...]
-    <row r="2400" spans="1:4">
+        <v>5239</v>
+      </c>
+    </row>
+    <row r="2400" spans="1:2">
       <c r="A2400" t="s">
         <v>2402</v>
       </c>
       <c r="B2400" t="s">
-        <v>4964</v>
+        <v>5240</v>
       </c>
     </row>
     <row r="2401" spans="1:2">
       <c r="A2401" t="s">
         <v>2403</v>
       </c>
       <c r="B2401" t="s">
-        <v>4965</v>
+        <v>5241</v>
       </c>
     </row>
     <row r="2402" spans="1:2">
       <c r="A2402" t="s">
         <v>2404</v>
       </c>
       <c r="B2402" t="s">
-        <v>4966</v>
+        <v>5242</v>
       </c>
     </row>
     <row r="2403" spans="1:2">
       <c r="A2403" t="s">
         <v>2405</v>
       </c>
       <c r="B2403" t="s">
-        <v>4967</v>
+        <v>5243</v>
       </c>
     </row>
     <row r="2404" spans="1:2">
       <c r="A2404" t="s">
         <v>2406</v>
       </c>
       <c r="B2404" t="s">
-        <v>4968</v>
+        <v>5244</v>
       </c>
     </row>
     <row r="2405" spans="1:2">
       <c r="A2405" t="s">
         <v>2407</v>
       </c>
       <c r="B2405" t="s">
-        <v>4969</v>
+        <v>5245</v>
       </c>
     </row>
     <row r="2406" spans="1:2">
       <c r="A2406" t="s">
         <v>2408</v>
       </c>
       <c r="B2406" t="s">
-        <v>4970</v>
+        <v>5246</v>
       </c>
     </row>
     <row r="2407" spans="1:2">
       <c r="A2407" t="s">
         <v>2409</v>
       </c>
       <c r="B2407" t="s">
-        <v>4971</v>
+        <v>5247</v>
       </c>
     </row>
     <row r="2408" spans="1:2">
       <c r="A2408" t="s">
         <v>2410</v>
       </c>
       <c r="B2408" t="s">
-        <v>4972</v>
+        <v>5248</v>
       </c>
     </row>
     <row r="2409" spans="1:2">
       <c r="A2409" t="s">
         <v>2411</v>
       </c>
       <c r="B2409" t="s">
-        <v>4973</v>
+        <v>5249</v>
       </c>
     </row>
     <row r="2410" spans="1:2">
       <c r="A2410" t="s">
         <v>2412</v>
       </c>
       <c r="B2410" t="s">
-        <v>4974</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="2411" spans="1:2">
       <c r="A2411" t="s">
         <v>2413</v>
       </c>
       <c r="B2411" t="s">
-        <v>4975</v>
+        <v>4767</v>
       </c>
     </row>
     <row r="2412" spans="1:2">
       <c r="A2412" t="s">
         <v>2414</v>
       </c>
       <c r="B2412" t="s">
-        <v>4976</v>
+        <v>5251</v>
       </c>
     </row>
     <row r="2413" spans="1:2">
       <c r="A2413" t="s">
         <v>2415</v>
       </c>
       <c r="B2413" t="s">
-        <v>4977</v>
+        <v>5252</v>
       </c>
     </row>
     <row r="2414" spans="1:2">
       <c r="A2414" t="s">
         <v>2416</v>
       </c>
       <c r="B2414" t="s">
-        <v>4978</v>
+        <v>5253</v>
       </c>
     </row>
     <row r="2415" spans="1:2">
       <c r="A2415" t="s">
         <v>2417</v>
       </c>
       <c r="B2415" t="s">
-        <v>4979</v>
+        <v>5254</v>
       </c>
     </row>
     <row r="2416" spans="1:2">
       <c r="A2416" t="s">
         <v>2418</v>
       </c>
       <c r="B2416" t="s">
-        <v>4980</v>
-[...2 lines deleted...]
-    <row r="2417" spans="1:4">
+        <v>5255</v>
+      </c>
+    </row>
+    <row r="2417" spans="1:2">
       <c r="A2417" t="s">
         <v>2419</v>
       </c>
       <c r="B2417" t="s">
-        <v>4981</v>
-[...2 lines deleted...]
-    <row r="2418" spans="1:4">
+        <v>5256</v>
+      </c>
+    </row>
+    <row r="2418" spans="1:2">
       <c r="A2418" t="s">
         <v>2420</v>
       </c>
       <c r="B2418" t="s">
-        <v>4982</v>
-[...2 lines deleted...]
-    <row r="2419" spans="1:4">
+        <v>5257</v>
+      </c>
+    </row>
+    <row r="2419" spans="1:2">
       <c r="A2419" t="s">
         <v>2421</v>
       </c>
       <c r="B2419" t="s">
-        <v>4983</v>
-[...2 lines deleted...]
-    <row r="2420" spans="1:4">
+        <v>5258</v>
+      </c>
+    </row>
+    <row r="2420" spans="1:2">
       <c r="A2420" t="s">
         <v>2422</v>
       </c>
       <c r="B2420" t="s">
-        <v>4984</v>
-[...8 lines deleted...]
-    <row r="2421" spans="1:4">
+        <v>5259</v>
+      </c>
+    </row>
+    <row r="2421" spans="1:2">
       <c r="A2421" t="s">
         <v>2423</v>
       </c>
       <c r="B2421" t="s">
-        <v>4985</v>
-[...2 lines deleted...]
-    <row r="2422" spans="1:4">
+        <v>5260</v>
+      </c>
+    </row>
+    <row r="2422" spans="1:2">
       <c r="A2422" t="s">
         <v>2424</v>
       </c>
       <c r="B2422" t="s">
-        <v>4986</v>
-[...2 lines deleted...]
-    <row r="2423" spans="1:4">
+        <v>5261</v>
+      </c>
+    </row>
+    <row r="2423" spans="1:2">
       <c r="A2423" t="s">
         <v>2425</v>
       </c>
       <c r="B2423" t="s">
-        <v>4987</v>
-[...2 lines deleted...]
-    <row r="2424" spans="1:4">
+        <v>5262</v>
+      </c>
+    </row>
+    <row r="2424" spans="1:2">
       <c r="A2424" t="s">
         <v>2426</v>
       </c>
       <c r="B2424" t="s">
-        <v>4988</v>
-[...2 lines deleted...]
-    <row r="2425" spans="1:4">
+        <v>5263</v>
+      </c>
+    </row>
+    <row r="2425" spans="1:2">
       <c r="A2425" t="s">
         <v>2427</v>
       </c>
       <c r="B2425" t="s">
-        <v>4989</v>
-[...2 lines deleted...]
-    <row r="2426" spans="1:4">
+        <v>5264</v>
+      </c>
+    </row>
+    <row r="2426" spans="1:2">
       <c r="A2426" t="s">
         <v>2428</v>
       </c>
       <c r="B2426" t="s">
-        <v>4990</v>
-[...2 lines deleted...]
-    <row r="2427" spans="1:4">
+        <v>5265</v>
+      </c>
+    </row>
+    <row r="2427" spans="1:2">
       <c r="A2427" t="s">
         <v>2429</v>
       </c>
       <c r="B2427" t="s">
-        <v>4991</v>
-[...2 lines deleted...]
-    <row r="2428" spans="1:4">
+        <v>5266</v>
+      </c>
+    </row>
+    <row r="2428" spans="1:2">
       <c r="A2428" t="s">
         <v>2430</v>
       </c>
       <c r="B2428" t="s">
-        <v>4992</v>
-[...2 lines deleted...]
-    <row r="2429" spans="1:4">
+        <v>5267</v>
+      </c>
+    </row>
+    <row r="2429" spans="1:2">
       <c r="A2429" t="s">
         <v>2431</v>
       </c>
       <c r="B2429" t="s">
-        <v>4135</v>
-[...8 lines deleted...]
-    <row r="2430" spans="1:4">
+        <v>5268</v>
+      </c>
+    </row>
+    <row r="2430" spans="1:2">
       <c r="A2430" t="s">
         <v>2432</v>
       </c>
       <c r="B2430" t="s">
-        <v>4993</v>
-[...2 lines deleted...]
-    <row r="2431" spans="1:4">
+        <v>5269</v>
+      </c>
+    </row>
+    <row r="2431" spans="1:2">
       <c r="A2431" t="s">
         <v>2433</v>
       </c>
       <c r="B2431" t="s">
-        <v>4994</v>
-[...2 lines deleted...]
-    <row r="2432" spans="1:4">
+        <v>5270</v>
+      </c>
+    </row>
+    <row r="2432" spans="1:2">
       <c r="A2432" t="s">
         <v>2434</v>
       </c>
       <c r="B2432" t="s">
-        <v>4995</v>
+        <v>5271</v>
       </c>
     </row>
     <row r="2433" spans="1:2">
       <c r="A2433" t="s">
         <v>2435</v>
       </c>
       <c r="B2433" t="s">
-        <v>4996</v>
+        <v>5272</v>
       </c>
     </row>
     <row r="2434" spans="1:2">
       <c r="A2434" t="s">
         <v>2436</v>
       </c>
       <c r="B2434" t="s">
-        <v>4997</v>
+        <v>5273</v>
       </c>
     </row>
     <row r="2435" spans="1:2">
       <c r="A2435" t="s">
         <v>2437</v>
       </c>
       <c r="B2435" t="s">
-        <v>4998</v>
+        <v>5274</v>
       </c>
     </row>
     <row r="2436" spans="1:2">
       <c r="A2436" t="s">
         <v>2438</v>
       </c>
       <c r="B2436" t="s">
-        <v>4999</v>
+        <v>5275</v>
       </c>
     </row>
     <row r="2437" spans="1:2">
       <c r="A2437" t="s">
         <v>2439</v>
       </c>
       <c r="B2437" t="s">
-        <v>5000</v>
+        <v>5276</v>
       </c>
     </row>
     <row r="2438" spans="1:2">
       <c r="A2438" t="s">
         <v>2440</v>
       </c>
       <c r="B2438" t="s">
-        <v>5001</v>
+        <v>5277</v>
       </c>
     </row>
     <row r="2439" spans="1:2">
       <c r="A2439" t="s">
         <v>2441</v>
       </c>
       <c r="B2439" t="s">
-        <v>5002</v>
+        <v>5278</v>
       </c>
     </row>
     <row r="2440" spans="1:2">
       <c r="A2440" t="s">
         <v>2442</v>
       </c>
       <c r="B2440" t="s">
-        <v>5003</v>
+        <v>5279</v>
       </c>
     </row>
     <row r="2441" spans="1:2">
       <c r="A2441" t="s">
         <v>2443</v>
       </c>
       <c r="B2441" t="s">
-        <v>5004</v>
+        <v>5280</v>
       </c>
     </row>
     <row r="2442" spans="1:2">
       <c r="A2442" t="s">
         <v>2444</v>
       </c>
       <c r="B2442" t="s">
-        <v>5005</v>
+        <v>5281</v>
       </c>
     </row>
     <row r="2443" spans="1:2">
       <c r="A2443" t="s">
         <v>2445</v>
       </c>
       <c r="B2443" t="s">
-        <v>5006</v>
+        <v>5282</v>
       </c>
     </row>
     <row r="2444" spans="1:2">
       <c r="A2444" t="s">
         <v>2446</v>
       </c>
       <c r="B2444" t="s">
-        <v>5007</v>
+        <v>5283</v>
       </c>
     </row>
     <row r="2445" spans="1:2">
       <c r="A2445" t="s">
         <v>2447</v>
       </c>
       <c r="B2445" t="s">
-        <v>5008</v>
+        <v>5284</v>
       </c>
     </row>
     <row r="2446" spans="1:2">
       <c r="A2446" t="s">
         <v>2448</v>
       </c>
       <c r="B2446" t="s">
-        <v>5009</v>
+        <v>5285</v>
       </c>
     </row>
     <row r="2447" spans="1:2">
       <c r="A2447" t="s">
         <v>2449</v>
       </c>
       <c r="B2447" t="s">
-        <v>5010</v>
+        <v>5286</v>
       </c>
     </row>
     <row r="2448" spans="1:2">
       <c r="A2448" t="s">
         <v>2450</v>
       </c>
       <c r="B2448" t="s">
-        <v>5011</v>
+        <v>5287</v>
       </c>
     </row>
     <row r="2449" spans="1:2">
       <c r="A2449" t="s">
         <v>2451</v>
       </c>
       <c r="B2449" t="s">
-        <v>5012</v>
+        <v>5288</v>
       </c>
     </row>
     <row r="2450" spans="1:2">
       <c r="A2450" t="s">
         <v>2452</v>
       </c>
       <c r="B2450" t="s">
-        <v>5013</v>
+        <v>5289</v>
       </c>
     </row>
     <row r="2451" spans="1:2">
       <c r="A2451" t="s">
         <v>2453</v>
       </c>
       <c r="B2451" t="s">
-        <v>5014</v>
+        <v>5290</v>
       </c>
     </row>
     <row r="2452" spans="1:2">
       <c r="A2452" t="s">
         <v>2454</v>
       </c>
       <c r="B2452" t="s">
-        <v>5015</v>
+        <v>5291</v>
       </c>
     </row>
     <row r="2453" spans="1:2">
       <c r="A2453" t="s">
         <v>2455</v>
       </c>
       <c r="B2453" t="s">
-        <v>5016</v>
+        <v>5292</v>
       </c>
     </row>
     <row r="2454" spans="1:2">
       <c r="A2454" t="s">
         <v>2456</v>
       </c>
       <c r="B2454" t="s">
-        <v>5017</v>
+        <v>5293</v>
       </c>
     </row>
     <row r="2455" spans="1:2">
       <c r="A2455" t="s">
         <v>2457</v>
       </c>
       <c r="B2455" t="s">
-        <v>5018</v>
+        <v>5294</v>
       </c>
     </row>
     <row r="2456" spans="1:2">
       <c r="A2456" t="s">
         <v>2458</v>
       </c>
       <c r="B2456" t="s">
-        <v>5019</v>
+        <v>5295</v>
       </c>
     </row>
     <row r="2457" spans="1:2">
       <c r="A2457" t="s">
         <v>2459</v>
       </c>
       <c r="B2457" t="s">
-        <v>5020</v>
+        <v>5296</v>
       </c>
     </row>
     <row r="2458" spans="1:2">
       <c r="A2458" t="s">
         <v>2460</v>
       </c>
       <c r="B2458" t="s">
-        <v>5021</v>
+        <v>5297</v>
       </c>
     </row>
     <row r="2459" spans="1:2">
       <c r="A2459" t="s">
         <v>2461</v>
       </c>
       <c r="B2459" t="s">
-        <v>5022</v>
+        <v>5298</v>
       </c>
     </row>
     <row r="2460" spans="1:2">
       <c r="A2460" t="s">
         <v>2462</v>
       </c>
       <c r="B2460" t="s">
-        <v>5023</v>
+        <v>5299</v>
       </c>
     </row>
     <row r="2461" spans="1:2">
       <c r="A2461" t="s">
         <v>2463</v>
       </c>
       <c r="B2461" t="s">
-        <v>5024</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="2462" spans="1:2">
       <c r="A2462" t="s">
         <v>2464</v>
       </c>
       <c r="B2462" t="s">
-        <v>5025</v>
+        <v>5301</v>
       </c>
     </row>
     <row r="2463" spans="1:2">
       <c r="A2463" t="s">
         <v>2465</v>
       </c>
       <c r="B2463" t="s">
-        <v>5026</v>
+        <v>5302</v>
       </c>
     </row>
     <row r="2464" spans="1:2">
       <c r="A2464" t="s">
         <v>2466</v>
       </c>
       <c r="B2464" t="s">
-        <v>5027</v>
+        <v>5303</v>
       </c>
     </row>
     <row r="2465" spans="1:2">
       <c r="A2465" t="s">
         <v>2467</v>
       </c>
       <c r="B2465" t="s">
-        <v>5028</v>
+        <v>5304</v>
       </c>
     </row>
     <row r="2466" spans="1:2">
       <c r="A2466" t="s">
         <v>2468</v>
       </c>
       <c r="B2466" t="s">
-        <v>5029</v>
+        <v>5305</v>
       </c>
     </row>
     <row r="2467" spans="1:2">
       <c r="A2467" t="s">
         <v>2469</v>
       </c>
       <c r="B2467" t="s">
-        <v>5030</v>
+        <v>5306</v>
       </c>
     </row>
     <row r="2468" spans="1:2">
       <c r="A2468" t="s">
         <v>2470</v>
       </c>
       <c r="B2468" t="s">
-        <v>5031</v>
+        <v>5307</v>
       </c>
     </row>
     <row r="2469" spans="1:2">
       <c r="A2469" t="s">
         <v>2471</v>
       </c>
       <c r="B2469" t="s">
-        <v>5032</v>
+        <v>5308</v>
       </c>
     </row>
     <row r="2470" spans="1:2">
       <c r="A2470" t="s">
         <v>2472</v>
       </c>
       <c r="B2470" t="s">
-        <v>5033</v>
+        <v>5309</v>
       </c>
     </row>
     <row r="2471" spans="1:2">
       <c r="A2471" t="s">
         <v>2473</v>
       </c>
       <c r="B2471" t="s">
-        <v>5034</v>
+        <v>5310</v>
       </c>
     </row>
     <row r="2472" spans="1:2">
       <c r="A2472" t="s">
         <v>2474</v>
       </c>
       <c r="B2472" t="s">
-        <v>5035</v>
+        <v>5311</v>
       </c>
     </row>
     <row r="2473" spans="1:2">
       <c r="A2473" t="s">
         <v>2475</v>
       </c>
       <c r="B2473" t="s">
-        <v>5036</v>
+        <v>5312</v>
       </c>
     </row>
     <row r="2474" spans="1:2">
       <c r="A2474" t="s">
         <v>2476</v>
       </c>
       <c r="B2474" t="s">
-        <v>5037</v>
+        <v>5313</v>
       </c>
     </row>
     <row r="2475" spans="1:2">
       <c r="A2475" t="s">
         <v>2477</v>
       </c>
       <c r="B2475" t="s">
-        <v>5038</v>
+        <v>5314</v>
       </c>
     </row>
     <row r="2476" spans="1:2">
       <c r="A2476" t="s">
         <v>2478</v>
       </c>
       <c r="B2476" t="s">
-        <v>5039</v>
+        <v>5315</v>
       </c>
     </row>
     <row r="2477" spans="1:2">
       <c r="A2477" t="s">
         <v>2479</v>
       </c>
       <c r="B2477" t="s">
-        <v>5040</v>
+        <v>5316</v>
       </c>
     </row>
     <row r="2478" spans="1:2">
       <c r="A2478" t="s">
         <v>2480</v>
       </c>
       <c r="B2478" t="s">
-        <v>5041</v>
+        <v>5317</v>
       </c>
     </row>
     <row r="2479" spans="1:2">
       <c r="A2479" t="s">
         <v>2481</v>
       </c>
       <c r="B2479" t="s">
-        <v>5042</v>
+        <v>5318</v>
       </c>
     </row>
     <row r="2480" spans="1:2">
       <c r="A2480" t="s">
         <v>2482</v>
       </c>
       <c r="B2480" t="s">
-        <v>5043</v>
-[...2 lines deleted...]
-    <row r="2481" spans="1:4">
+        <v>5319</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:2">
       <c r="A2481" t="s">
         <v>2483</v>
       </c>
       <c r="B2481" t="s">
-        <v>5044</v>
-[...2 lines deleted...]
-    <row r="2482" spans="1:4">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:2">
       <c r="A2482" t="s">
         <v>2484</v>
       </c>
       <c r="B2482" t="s">
-        <v>5045</v>
-[...2 lines deleted...]
-    <row r="2483" spans="1:4">
+        <v>5321</v>
+      </c>
+    </row>
+    <row r="2483" spans="1:2">
       <c r="A2483" t="s">
         <v>2485</v>
       </c>
       <c r="B2483" t="s">
-        <v>5046</v>
-[...2 lines deleted...]
-    <row r="2484" spans="1:4">
+        <v>5322</v>
+      </c>
+    </row>
+    <row r="2484" spans="1:2">
       <c r="A2484" t="s">
         <v>2486</v>
       </c>
       <c r="B2484" t="s">
-        <v>5047</v>
-[...2 lines deleted...]
-    <row r="2485" spans="1:4">
+        <v>4253</v>
+      </c>
+    </row>
+    <row r="2485" spans="1:2">
       <c r="A2485" t="s">
         <v>2487</v>
       </c>
       <c r="B2485" t="s">
-        <v>5048</v>
-[...2 lines deleted...]
-    <row r="2486" spans="1:4">
+        <v>5323</v>
+      </c>
+    </row>
+    <row r="2486" spans="1:2">
       <c r="A2486" t="s">
         <v>2488</v>
       </c>
       <c r="B2486" t="s">
-        <v>5049</v>
-[...2 lines deleted...]
-    <row r="2487" spans="1:4">
+        <v>5324</v>
+      </c>
+    </row>
+    <row r="2487" spans="1:2">
       <c r="A2487" t="s">
         <v>2489</v>
       </c>
       <c r="B2487" t="s">
-        <v>5050</v>
-[...2 lines deleted...]
-    <row r="2488" spans="1:4">
+        <v>5325</v>
+      </c>
+    </row>
+    <row r="2488" spans="1:2">
       <c r="A2488" t="s">
         <v>2490</v>
       </c>
       <c r="B2488" t="s">
-        <v>5051</v>
-[...2 lines deleted...]
-    <row r="2489" spans="1:4">
+        <v>5326</v>
+      </c>
+    </row>
+    <row r="2489" spans="1:2">
       <c r="A2489" t="s">
         <v>2491</v>
       </c>
       <c r="B2489" t="s">
-        <v>5052</v>
-[...8 lines deleted...]
-    <row r="2490" spans="1:4">
+        <v>5327</v>
+      </c>
+    </row>
+    <row r="2490" spans="1:2">
       <c r="A2490" t="s">
         <v>2492</v>
       </c>
       <c r="B2490" t="s">
-        <v>5053</v>
-[...2 lines deleted...]
-    <row r="2491" spans="1:4">
+        <v>5328</v>
+      </c>
+    </row>
+    <row r="2491" spans="1:2">
       <c r="A2491" t="s">
         <v>2493</v>
       </c>
       <c r="B2491" t="s">
-        <v>5054</v>
-[...2 lines deleted...]
-    <row r="2492" spans="1:4">
+        <v>5329</v>
+      </c>
+    </row>
+    <row r="2492" spans="1:2">
       <c r="A2492" t="s">
         <v>2494</v>
       </c>
       <c r="B2492" t="s">
-        <v>5055</v>
-[...2 lines deleted...]
-    <row r="2493" spans="1:4">
+        <v>4575</v>
+      </c>
+    </row>
+    <row r="2493" spans="1:2">
       <c r="A2493" t="s">
         <v>2495</v>
       </c>
       <c r="B2493" t="s">
-        <v>5056</v>
-[...2 lines deleted...]
-    <row r="2494" spans="1:4">
+        <v>5330</v>
+      </c>
+    </row>
+    <row r="2494" spans="1:2">
       <c r="A2494" t="s">
         <v>2496</v>
       </c>
       <c r="B2494" t="s">
-        <v>5057</v>
-[...2 lines deleted...]
-    <row r="2495" spans="1:4">
+        <v>5331</v>
+      </c>
+    </row>
+    <row r="2495" spans="1:2">
       <c r="A2495" t="s">
         <v>2497</v>
       </c>
       <c r="B2495" t="s">
-        <v>5058</v>
-[...2 lines deleted...]
-    <row r="2496" spans="1:4">
+        <v>5332</v>
+      </c>
+    </row>
+    <row r="2496" spans="1:2">
       <c r="A2496" t="s">
         <v>2498</v>
       </c>
       <c r="B2496" t="s">
-        <v>5059</v>
+        <v>5333</v>
       </c>
     </row>
     <row r="2497" spans="1:2">
       <c r="A2497" t="s">
         <v>2499</v>
       </c>
       <c r="B2497" t="s">
-        <v>5060</v>
+        <v>5334</v>
       </c>
     </row>
     <row r="2498" spans="1:2">
       <c r="A2498" t="s">
         <v>2500</v>
       </c>
       <c r="B2498" t="s">
-        <v>5061</v>
+        <v>5335</v>
       </c>
     </row>
     <row r="2499" spans="1:2">
       <c r="A2499" t="s">
         <v>2501</v>
       </c>
       <c r="B2499" t="s">
-        <v>5062</v>
+        <v>5336</v>
       </c>
     </row>
     <row r="2500" spans="1:2">
       <c r="A2500" t="s">
         <v>2502</v>
       </c>
       <c r="B2500" t="s">
-        <v>5063</v>
+        <v>5337</v>
       </c>
     </row>
     <row r="2501" spans="1:2">
       <c r="A2501" t="s">
         <v>2503</v>
       </c>
       <c r="B2501" t="s">
-        <v>5064</v>
+        <v>5338</v>
       </c>
     </row>
     <row r="2502" spans="1:2">
       <c r="A2502" t="s">
         <v>2504</v>
       </c>
       <c r="B2502" t="s">
-        <v>5065</v>
+        <v>5339</v>
       </c>
     </row>
     <row r="2503" spans="1:2">
       <c r="A2503" t="s">
         <v>2505</v>
       </c>
       <c r="B2503" t="s">
-        <v>5066</v>
+        <v>5340</v>
       </c>
     </row>
     <row r="2504" spans="1:2">
       <c r="A2504" t="s">
         <v>2506</v>
       </c>
       <c r="B2504" t="s">
-        <v>5067</v>
+        <v>5341</v>
       </c>
     </row>
     <row r="2505" spans="1:2">
       <c r="A2505" t="s">
         <v>2507</v>
       </c>
       <c r="B2505" t="s">
-        <v>5068</v>
+        <v>5342</v>
       </c>
     </row>
     <row r="2506" spans="1:2">
       <c r="A2506" t="s">
         <v>2508</v>
       </c>
       <c r="B2506" t="s">
-        <v>5069</v>
+        <v>5343</v>
       </c>
     </row>
     <row r="2507" spans="1:2">
       <c r="A2507" t="s">
         <v>2509</v>
       </c>
       <c r="B2507" t="s">
-        <v>5070</v>
+        <v>5344</v>
       </c>
     </row>
     <row r="2508" spans="1:2">
       <c r="A2508" t="s">
         <v>2510</v>
       </c>
       <c r="B2508" t="s">
-        <v>5071</v>
+        <v>5345</v>
       </c>
     </row>
     <row r="2509" spans="1:2">
       <c r="A2509" t="s">
         <v>2511</v>
       </c>
       <c r="B2509" t="s">
-        <v>5072</v>
+        <v>5085</v>
       </c>
     </row>
     <row r="2510" spans="1:2">
       <c r="A2510" t="s">
         <v>2512</v>
       </c>
       <c r="B2510" t="s">
-        <v>5073</v>
+        <v>5346</v>
       </c>
     </row>
     <row r="2511" spans="1:2">
       <c r="A2511" t="s">
         <v>2513</v>
       </c>
       <c r="B2511" t="s">
-        <v>5074</v>
+        <v>5347</v>
       </c>
     </row>
     <row r="2512" spans="1:2">
       <c r="A2512" t="s">
         <v>2514</v>
       </c>
       <c r="B2512" t="s">
-        <v>5075</v>
+        <v>5348</v>
       </c>
     </row>
     <row r="2513" spans="1:2">
       <c r="A2513" t="s">
         <v>2515</v>
       </c>
       <c r="B2513" t="s">
-        <v>5076</v>
+        <v>5349</v>
       </c>
     </row>
     <row r="2514" spans="1:2">
       <c r="A2514" t="s">
         <v>2516</v>
       </c>
       <c r="B2514" t="s">
-        <v>5077</v>
+        <v>5350</v>
       </c>
     </row>
     <row r="2515" spans="1:2">
       <c r="A2515" t="s">
         <v>2517</v>
       </c>
       <c r="B2515" t="s">
-        <v>5078</v>
+        <v>5351</v>
       </c>
     </row>
     <row r="2516" spans="1:2">
       <c r="A2516" t="s">
         <v>2518</v>
       </c>
       <c r="B2516" t="s">
-        <v>5079</v>
+        <v>5352</v>
       </c>
     </row>
     <row r="2517" spans="1:2">
       <c r="A2517" t="s">
         <v>2519</v>
       </c>
       <c r="B2517" t="s">
-        <v>5080</v>
+        <v>5353</v>
       </c>
     </row>
     <row r="2518" spans="1:2">
       <c r="A2518" t="s">
         <v>2520</v>
       </c>
       <c r="B2518" t="s">
-        <v>5081</v>
+        <v>5354</v>
       </c>
     </row>
     <row r="2519" spans="1:2">
       <c r="A2519" t="s">
         <v>2521</v>
       </c>
       <c r="B2519" t="s">
-        <v>5082</v>
+        <v>5355</v>
       </c>
     </row>
     <row r="2520" spans="1:2">
       <c r="A2520" t="s">
         <v>2522</v>
       </c>
       <c r="B2520" t="s">
-        <v>5083</v>
+        <v>5356</v>
       </c>
     </row>
     <row r="2521" spans="1:2">
       <c r="A2521" t="s">
         <v>2523</v>
       </c>
       <c r="B2521" t="s">
-        <v>5084</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="2522" spans="1:2">
       <c r="A2522" t="s">
         <v>2524</v>
       </c>
       <c r="B2522" t="s">
-        <v>5085</v>
+        <v>5357</v>
       </c>
     </row>
     <row r="2523" spans="1:2">
       <c r="A2523" t="s">
         <v>2525</v>
       </c>
       <c r="B2523" t="s">
-        <v>5086</v>
+        <v>5358</v>
       </c>
     </row>
     <row r="2524" spans="1:2">
       <c r="A2524" t="s">
         <v>2526</v>
       </c>
       <c r="B2524" t="s">
-        <v>5087</v>
+        <v>5359</v>
       </c>
     </row>
     <row r="2525" spans="1:2">
       <c r="A2525" t="s">
         <v>2527</v>
       </c>
       <c r="B2525" t="s">
-        <v>5088</v>
+        <v>4793</v>
       </c>
     </row>
     <row r="2526" spans="1:2">
       <c r="A2526" t="s">
         <v>2528</v>
       </c>
       <c r="B2526" t="s">
-        <v>5089</v>
+        <v>5360</v>
       </c>
     </row>
     <row r="2527" spans="1:2">
       <c r="A2527" t="s">
         <v>2529</v>
       </c>
       <c r="B2527" t="s">
-        <v>5090</v>
+        <v>5361</v>
       </c>
     </row>
     <row r="2528" spans="1:2">
       <c r="A2528" t="s">
         <v>2530</v>
       </c>
       <c r="B2528" t="s">
-        <v>5091</v>
-[...2 lines deleted...]
-    <row r="2529" spans="1:2">
+        <v>5362</v>
+      </c>
+    </row>
+    <row r="2529" spans="1:4">
       <c r="A2529" t="s">
         <v>2531</v>
       </c>
       <c r="B2529" t="s">
-        <v>5092</v>
-[...2 lines deleted...]
-    <row r="2530" spans="1:2">
+        <v>5363</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:4">
       <c r="A2530" t="s">
         <v>2532</v>
       </c>
       <c r="B2530" t="s">
-        <v>5093</v>
-[...2 lines deleted...]
-    <row r="2531" spans="1:2">
+        <v>5364</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:4">
       <c r="A2531" t="s">
         <v>2533</v>
       </c>
       <c r="B2531" t="s">
-        <v>5094</v>
-[...2 lines deleted...]
-    <row r="2532" spans="1:2">
+        <v>5365</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:4">
       <c r="A2532" t="s">
         <v>2534</v>
       </c>
       <c r="B2532" t="s">
-        <v>5095</v>
-[...2 lines deleted...]
-    <row r="2533" spans="1:2">
+        <v>5366</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:4">
       <c r="A2533" t="s">
         <v>2535</v>
       </c>
       <c r="B2533" t="s">
-        <v>5096</v>
-[...2 lines deleted...]
-    <row r="2534" spans="1:2">
+        <v>4683</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:4">
       <c r="A2534" t="s">
         <v>2536</v>
       </c>
       <c r="B2534" t="s">
-        <v>5097</v>
-[...2 lines deleted...]
-    <row r="2535" spans="1:2">
+        <v>5367</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:4">
       <c r="A2535" t="s">
         <v>2537</v>
       </c>
       <c r="B2535" t="s">
-        <v>5098</v>
-[...2 lines deleted...]
-    <row r="2536" spans="1:2">
+        <v>5368</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:4">
       <c r="A2536" t="s">
         <v>2538</v>
       </c>
       <c r="B2536" t="s">
-        <v>5099</v>
-[...2 lines deleted...]
-    <row r="2537" spans="1:2">
+        <v>5369</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:4">
       <c r="A2537" t="s">
         <v>2539</v>
       </c>
       <c r="B2537" t="s">
-        <v>5100</v>
-[...2 lines deleted...]
-    <row r="2538" spans="1:2">
+        <v>5370</v>
+      </c>
+    </row>
+    <row r="2538" spans="1:4">
       <c r="A2538" t="s">
         <v>2540</v>
       </c>
       <c r="B2538" t="s">
-        <v>5101</v>
-[...2 lines deleted...]
-    <row r="2539" spans="1:2">
+        <v>5371</v>
+      </c>
+    </row>
+    <row r="2539" spans="1:4">
       <c r="A2539" t="s">
         <v>2541</v>
       </c>
       <c r="B2539" t="s">
-        <v>5102</v>
-[...2 lines deleted...]
-    <row r="2540" spans="1:2">
+        <v>5372</v>
+      </c>
+    </row>
+    <row r="2540" spans="1:4">
       <c r="A2540" t="s">
         <v>2542</v>
       </c>
       <c r="B2540" t="s">
-        <v>5103</v>
-[...2 lines deleted...]
-    <row r="2541" spans="1:2">
+        <v>5373</v>
+      </c>
+    </row>
+    <row r="2541" spans="1:4">
       <c r="A2541" t="s">
         <v>2543</v>
       </c>
       <c r="B2541" t="s">
-        <v>5104</v>
-[...2 lines deleted...]
-    <row r="2542" spans="1:2">
+        <v>5374</v>
+      </c>
+    </row>
+    <row r="2542" spans="1:4">
       <c r="A2542" t="s">
         <v>2544</v>
       </c>
       <c r="B2542" t="s">
-        <v>5105</v>
-[...2 lines deleted...]
-    <row r="2543" spans="1:2">
+        <v>5375</v>
+      </c>
+    </row>
+    <row r="2543" spans="1:4">
       <c r="A2543" t="s">
         <v>2545</v>
       </c>
       <c r="B2543" t="s">
-        <v>5106</v>
-[...2 lines deleted...]
-    <row r="2544" spans="1:2">
+        <v>5376</v>
+      </c>
+      <c r="C2543" t="s">
+        <v>5751</v>
+      </c>
+      <c r="D2543" t="s">
+        <v>5814</v>
+      </c>
+    </row>
+    <row r="2544" spans="1:4">
       <c r="A2544" t="s">
         <v>2546</v>
       </c>
       <c r="B2544" t="s">
-        <v>5107</v>
-[...2 lines deleted...]
-    <row r="2545" spans="1:4">
+        <v>5377</v>
+      </c>
+    </row>
+    <row r="2545" spans="1:2">
       <c r="A2545" t="s">
         <v>2547</v>
       </c>
       <c r="B2545" t="s">
-        <v>5108</v>
-[...2 lines deleted...]
-    <row r="2546" spans="1:4">
+        <v>5378</v>
+      </c>
+    </row>
+    <row r="2546" spans="1:2">
       <c r="A2546" t="s">
         <v>2548</v>
       </c>
       <c r="B2546" t="s">
-        <v>5109</v>
-[...2 lines deleted...]
-    <row r="2547" spans="1:4">
+        <v>5379</v>
+      </c>
+    </row>
+    <row r="2547" spans="1:2">
       <c r="A2547" t="s">
         <v>2549</v>
       </c>
       <c r="B2547" t="s">
-        <v>5110</v>
-[...2 lines deleted...]
-    <row r="2548" spans="1:4">
+        <v>5380</v>
+      </c>
+    </row>
+    <row r="2548" spans="1:2">
       <c r="A2548" t="s">
         <v>2550</v>
       </c>
       <c r="B2548" t="s">
-        <v>5111</v>
-[...2 lines deleted...]
-    <row r="2549" spans="1:4">
+        <v>5381</v>
+      </c>
+    </row>
+    <row r="2549" spans="1:2">
       <c r="A2549" t="s">
         <v>2551</v>
       </c>
       <c r="B2549" t="s">
-        <v>5112</v>
-[...2 lines deleted...]
-    <row r="2550" spans="1:4">
+        <v>5382</v>
+      </c>
+    </row>
+    <row r="2550" spans="1:2">
       <c r="A2550" t="s">
         <v>2552</v>
       </c>
       <c r="B2550" t="s">
-        <v>5113</v>
-[...2 lines deleted...]
-    <row r="2551" spans="1:4">
+        <v>5383</v>
+      </c>
+    </row>
+    <row r="2551" spans="1:2">
       <c r="A2551" t="s">
         <v>2553</v>
       </c>
       <c r="B2551" t="s">
-        <v>5114</v>
-[...2 lines deleted...]
-    <row r="2552" spans="1:4">
+        <v>5384</v>
+      </c>
+    </row>
+    <row r="2552" spans="1:2">
       <c r="A2552" t="s">
         <v>2554</v>
       </c>
       <c r="B2552" t="s">
-        <v>5115</v>
-[...2 lines deleted...]
-    <row r="2553" spans="1:4">
+        <v>5385</v>
+      </c>
+    </row>
+    <row r="2553" spans="1:2">
       <c r="A2553" t="s">
         <v>2555</v>
       </c>
       <c r="B2553" t="s">
-        <v>5116</v>
-[...2 lines deleted...]
-    <row r="2554" spans="1:4">
+        <v>5386</v>
+      </c>
+    </row>
+    <row r="2554" spans="1:2">
       <c r="A2554" t="s">
         <v>2556</v>
       </c>
       <c r="B2554" t="s">
-        <v>5117</v>
-[...2 lines deleted...]
-    <row r="2555" spans="1:4">
+        <v>5387</v>
+      </c>
+    </row>
+    <row r="2555" spans="1:2">
       <c r="A2555" t="s">
         <v>2557</v>
       </c>
       <c r="B2555" t="s">
-        <v>5118</v>
-[...8 lines deleted...]
-    <row r="2556" spans="1:4">
+        <v>3751</v>
+      </c>
+    </row>
+    <row r="2556" spans="1:2">
       <c r="A2556" t="s">
         <v>2558</v>
       </c>
       <c r="B2556" t="s">
-        <v>5119</v>
-[...2 lines deleted...]
-    <row r="2557" spans="1:4">
+        <v>5388</v>
+      </c>
+    </row>
+    <row r="2557" spans="1:2">
       <c r="A2557" t="s">
         <v>2559</v>
       </c>
       <c r="B2557" t="s">
-        <v>5120</v>
-[...2 lines deleted...]
-    <row r="2558" spans="1:4">
+        <v>5389</v>
+      </c>
+    </row>
+    <row r="2558" spans="1:2">
       <c r="A2558" t="s">
         <v>2560</v>
       </c>
       <c r="B2558" t="s">
-        <v>5121</v>
-[...2 lines deleted...]
-    <row r="2559" spans="1:4">
+        <v>5390</v>
+      </c>
+    </row>
+    <row r="2559" spans="1:2">
       <c r="A2559" t="s">
         <v>2561</v>
       </c>
       <c r="B2559" t="s">
-        <v>5122</v>
-[...2 lines deleted...]
-    <row r="2560" spans="1:4">
+        <v>5391</v>
+      </c>
+    </row>
+    <row r="2560" spans="1:2">
       <c r="A2560" t="s">
         <v>2562</v>
       </c>
       <c r="B2560" t="s">
-        <v>5123</v>
+        <v>5392</v>
       </c>
     </row>
     <row r="2561" spans="1:2">
       <c r="A2561" t="s">
         <v>2563</v>
       </c>
       <c r="B2561" t="s">
-        <v>5124</v>
+        <v>5393</v>
       </c>
     </row>
     <row r="2562" spans="1:2">
       <c r="A2562" t="s">
         <v>2564</v>
       </c>
       <c r="B2562" t="s">
-        <v>5125</v>
+        <v>5394</v>
       </c>
     </row>
     <row r="2563" spans="1:2">
       <c r="A2563" t="s">
         <v>2565</v>
       </c>
       <c r="B2563" t="s">
-        <v>5126</v>
+        <v>5395</v>
       </c>
     </row>
     <row r="2564" spans="1:2">
       <c r="A2564" t="s">
         <v>2566</v>
       </c>
       <c r="B2564" t="s">
-        <v>5127</v>
+        <v>5396</v>
       </c>
     </row>
     <row r="2565" spans="1:2">
       <c r="A2565" t="s">
         <v>2567</v>
       </c>
       <c r="B2565" t="s">
-        <v>5128</v>
+        <v>5397</v>
+      </c>
+    </row>
+    <row r="2566" spans="1:2">
+      <c r="A2566" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B2566" t="s">
+        <v>5398</v>
+      </c>
+    </row>
+    <row r="2567" spans="1:2">
+      <c r="A2567" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B2567" t="s">
+        <v>5399</v>
+      </c>
+    </row>
+    <row r="2568" spans="1:2">
+      <c r="A2568" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B2568" t="s">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="2569" spans="1:2">
+      <c r="A2569" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B2569" t="s">
+        <v>5401</v>
+      </c>
+    </row>
+    <row r="2570" spans="1:2">
+      <c r="A2570" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B2570" t="s">
+        <v>5402</v>
+      </c>
+    </row>
+    <row r="2571" spans="1:2">
+      <c r="A2571" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B2571" t="s">
+        <v>5403</v>
+      </c>
+    </row>
+    <row r="2572" spans="1:2">
+      <c r="A2572" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B2572" t="s">
+        <v>5404</v>
+      </c>
+    </row>
+    <row r="2573" spans="1:2">
+      <c r="A2573" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B2573" t="s">
+        <v>5405</v>
+      </c>
+    </row>
+    <row r="2574" spans="1:2">
+      <c r="A2574" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B2574" t="s">
+        <v>5406</v>
+      </c>
+    </row>
+    <row r="2575" spans="1:2">
+      <c r="A2575" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B2575" t="s">
+        <v>5407</v>
+      </c>
+    </row>
+    <row r="2576" spans="1:2">
+      <c r="A2576" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B2576" t="s">
+        <v>5408</v>
+      </c>
+    </row>
+    <row r="2577" spans="1:4">
+      <c r="A2577" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B2577" t="s">
+        <v>5409</v>
+      </c>
+    </row>
+    <row r="2578" spans="1:4">
+      <c r="A2578" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B2578" t="s">
+        <v>5410</v>
+      </c>
+    </row>
+    <row r="2579" spans="1:4">
+      <c r="A2579" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B2579" t="s">
+        <v>5411</v>
+      </c>
+    </row>
+    <row r="2580" spans="1:4">
+      <c r="A2580" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B2580" t="s">
+        <v>5412</v>
+      </c>
+    </row>
+    <row r="2581" spans="1:4">
+      <c r="A2581" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B2581" t="s">
+        <v>5413</v>
+      </c>
+    </row>
+    <row r="2582" spans="1:4">
+      <c r="A2582" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B2582" t="s">
+        <v>5414</v>
+      </c>
+    </row>
+    <row r="2583" spans="1:4">
+      <c r="A2583" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B2583" t="s">
+        <v>5415</v>
+      </c>
+    </row>
+    <row r="2584" spans="1:4">
+      <c r="A2584" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B2584" t="s">
+        <v>5416</v>
+      </c>
+    </row>
+    <row r="2585" spans="1:4">
+      <c r="A2585" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B2585" t="s">
+        <v>5417</v>
+      </c>
+    </row>
+    <row r="2586" spans="1:4">
+      <c r="A2586" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B2586" t="s">
+        <v>5418</v>
+      </c>
+      <c r="D2586" t="s">
+        <v>5815</v>
+      </c>
+    </row>
+    <row r="2587" spans="1:4">
+      <c r="A2587" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B2587" t="s">
+        <v>5419</v>
+      </c>
+    </row>
+    <row r="2588" spans="1:4">
+      <c r="A2588" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B2588" t="s">
+        <v>5420</v>
+      </c>
+    </row>
+    <row r="2589" spans="1:4">
+      <c r="A2589" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B2589" t="s">
+        <v>5421</v>
+      </c>
+    </row>
+    <row r="2590" spans="1:4">
+      <c r="A2590" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B2590" t="s">
+        <v>5422</v>
+      </c>
+    </row>
+    <row r="2591" spans="1:4">
+      <c r="A2591" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B2591" t="s">
+        <v>5423</v>
+      </c>
+    </row>
+    <row r="2592" spans="1:4">
+      <c r="A2592" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B2592" t="s">
+        <v>5424</v>
+      </c>
+    </row>
+    <row r="2593" spans="1:2">
+      <c r="A2593" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B2593" t="s">
+        <v>5425</v>
+      </c>
+    </row>
+    <row r="2594" spans="1:2">
+      <c r="A2594" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B2594" t="s">
+        <v>5426</v>
+      </c>
+    </row>
+    <row r="2595" spans="1:2">
+      <c r="A2595" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B2595" t="s">
+        <v>5427</v>
+      </c>
+    </row>
+    <row r="2596" spans="1:2">
+      <c r="A2596" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B2596" t="s">
+        <v>5428</v>
+      </c>
+    </row>
+    <row r="2597" spans="1:2">
+      <c r="A2597" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B2597" t="s">
+        <v>5429</v>
+      </c>
+    </row>
+    <row r="2598" spans="1:2">
+      <c r="A2598" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B2598" t="s">
+        <v>5430</v>
+      </c>
+    </row>
+    <row r="2599" spans="1:2">
+      <c r="A2599" t="s">
+        <v>2601</v>
+      </c>
+      <c r="B2599" t="s">
+        <v>5431</v>
+      </c>
+    </row>
+    <row r="2600" spans="1:2">
+      <c r="A2600" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B2600" t="s">
+        <v>5432</v>
+      </c>
+    </row>
+    <row r="2601" spans="1:2">
+      <c r="A2601" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B2601" t="s">
+        <v>5433</v>
+      </c>
+    </row>
+    <row r="2602" spans="1:2">
+      <c r="A2602" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B2602" t="s">
+        <v>5434</v>
+      </c>
+    </row>
+    <row r="2603" spans="1:2">
+      <c r="A2603" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B2603" t="s">
+        <v>5435</v>
+      </c>
+    </row>
+    <row r="2604" spans="1:2">
+      <c r="A2604" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B2604" t="s">
+        <v>5436</v>
+      </c>
+    </row>
+    <row r="2605" spans="1:2">
+      <c r="A2605" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B2605" t="s">
+        <v>5437</v>
+      </c>
+    </row>
+    <row r="2606" spans="1:2">
+      <c r="A2606" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B2606" t="s">
+        <v>5438</v>
+      </c>
+    </row>
+    <row r="2607" spans="1:2">
+      <c r="A2607" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B2607" t="s">
+        <v>5439</v>
+      </c>
+    </row>
+    <row r="2608" spans="1:2">
+      <c r="A2608" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B2608" t="s">
+        <v>5440</v>
+      </c>
+    </row>
+    <row r="2609" spans="1:2">
+      <c r="A2609" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B2609" t="s">
+        <v>5441</v>
+      </c>
+    </row>
+    <row r="2610" spans="1:2">
+      <c r="A2610" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B2610" t="s">
+        <v>5442</v>
+      </c>
+    </row>
+    <row r="2611" spans="1:2">
+      <c r="A2611" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B2611" t="s">
+        <v>5443</v>
+      </c>
+    </row>
+    <row r="2612" spans="1:2">
+      <c r="A2612" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B2612" t="s">
+        <v>5444</v>
+      </c>
+    </row>
+    <row r="2613" spans="1:2">
+      <c r="A2613" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B2613" t="s">
+        <v>5445</v>
+      </c>
+    </row>
+    <row r="2614" spans="1:2">
+      <c r="A2614" t="s">
+        <v>2616</v>
+      </c>
+      <c r="B2614" t="s">
+        <v>5446</v>
+      </c>
+    </row>
+    <row r="2615" spans="1:2">
+      <c r="A2615" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B2615" t="s">
+        <v>5447</v>
+      </c>
+    </row>
+    <row r="2616" spans="1:2">
+      <c r="A2616" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B2616" t="s">
+        <v>5448</v>
+      </c>
+    </row>
+    <row r="2617" spans="1:2">
+      <c r="A2617" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B2617" t="s">
+        <v>5449</v>
+      </c>
+    </row>
+    <row r="2618" spans="1:2">
+      <c r="A2618" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B2618" t="s">
+        <v>5450</v>
+      </c>
+    </row>
+    <row r="2619" spans="1:2">
+      <c r="A2619" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B2619" t="s">
+        <v>5451</v>
+      </c>
+    </row>
+    <row r="2620" spans="1:2">
+      <c r="A2620" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B2620" t="s">
+        <v>5452</v>
+      </c>
+    </row>
+    <row r="2621" spans="1:2">
+      <c r="A2621" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B2621" t="s">
+        <v>5453</v>
+      </c>
+    </row>
+    <row r="2622" spans="1:2">
+      <c r="A2622" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B2622" t="s">
+        <v>5454</v>
+      </c>
+    </row>
+    <row r="2623" spans="1:2">
+      <c r="A2623" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B2623" t="s">
+        <v>5455</v>
+      </c>
+    </row>
+    <row r="2624" spans="1:2">
+      <c r="A2624" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B2624" t="s">
+        <v>5456</v>
+      </c>
+    </row>
+    <row r="2625" spans="1:2">
+      <c r="A2625" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B2625" t="s">
+        <v>5457</v>
+      </c>
+    </row>
+    <row r="2626" spans="1:2">
+      <c r="A2626" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B2626" t="s">
+        <v>5458</v>
+      </c>
+    </row>
+    <row r="2627" spans="1:2">
+      <c r="A2627" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B2627" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="2628" spans="1:2">
+      <c r="A2628" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B2628" t="s">
+        <v>5459</v>
+      </c>
+    </row>
+    <row r="2629" spans="1:2">
+      <c r="A2629" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B2629" t="s">
+        <v>5460</v>
+      </c>
+    </row>
+    <row r="2630" spans="1:2">
+      <c r="A2630" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B2630" t="s">
+        <v>5461</v>
+      </c>
+    </row>
+    <row r="2631" spans="1:2">
+      <c r="A2631" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B2631" t="s">
+        <v>5462</v>
+      </c>
+    </row>
+    <row r="2632" spans="1:2">
+      <c r="A2632" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B2632" t="s">
+        <v>5463</v>
+      </c>
+    </row>
+    <row r="2633" spans="1:2">
+      <c r="A2633" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B2633" t="s">
+        <v>5464</v>
+      </c>
+    </row>
+    <row r="2634" spans="1:2">
+      <c r="A2634" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B2634" t="s">
+        <v>5465</v>
+      </c>
+    </row>
+    <row r="2635" spans="1:2">
+      <c r="A2635" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B2635" t="s">
+        <v>5466</v>
+      </c>
+    </row>
+    <row r="2636" spans="1:2">
+      <c r="A2636" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B2636" t="s">
+        <v>5467</v>
+      </c>
+    </row>
+    <row r="2637" spans="1:2">
+      <c r="A2637" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B2637" t="s">
+        <v>5468</v>
+      </c>
+    </row>
+    <row r="2638" spans="1:2">
+      <c r="A2638" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B2638" t="s">
+        <v>5469</v>
+      </c>
+    </row>
+    <row r="2639" spans="1:2">
+      <c r="A2639" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B2639" t="s">
+        <v>5470</v>
+      </c>
+    </row>
+    <row r="2640" spans="1:2">
+      <c r="A2640" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B2640" t="s">
+        <v>5471</v>
+      </c>
+    </row>
+    <row r="2641" spans="1:4">
+      <c r="A2641" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B2641" t="s">
+        <v>5472</v>
+      </c>
+    </row>
+    <row r="2642" spans="1:4">
+      <c r="A2642" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B2642" t="s">
+        <v>5473</v>
+      </c>
+    </row>
+    <row r="2643" spans="1:4">
+      <c r="A2643" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B2643" t="s">
+        <v>5474</v>
+      </c>
+    </row>
+    <row r="2644" spans="1:4">
+      <c r="A2644" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B2644" t="s">
+        <v>5475</v>
+      </c>
+    </row>
+    <row r="2645" spans="1:4">
+      <c r="A2645" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B2645" t="s">
+        <v>5476</v>
+      </c>
+    </row>
+    <row r="2646" spans="1:4">
+      <c r="A2646" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B2646" t="s">
+        <v>5477</v>
+      </c>
+    </row>
+    <row r="2647" spans="1:4">
+      <c r="A2647" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B2647" t="s">
+        <v>5478</v>
+      </c>
+    </row>
+    <row r="2648" spans="1:4">
+      <c r="A2648" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B2648" t="s">
+        <v>5479</v>
+      </c>
+    </row>
+    <row r="2649" spans="1:4">
+      <c r="A2649" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B2649" t="s">
+        <v>5480</v>
+      </c>
+    </row>
+    <row r="2650" spans="1:4">
+      <c r="A2650" t="s">
+        <v>2652</v>
+      </c>
+      <c r="B2650" t="s">
+        <v>5481</v>
+      </c>
+    </row>
+    <row r="2651" spans="1:4">
+      <c r="A2651" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B2651" t="s">
+        <v>5482</v>
+      </c>
+    </row>
+    <row r="2652" spans="1:4">
+      <c r="A2652" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B2652" t="s">
+        <v>5483</v>
+      </c>
+    </row>
+    <row r="2653" spans="1:4">
+      <c r="A2653" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B2653" t="s">
+        <v>5484</v>
+      </c>
+    </row>
+    <row r="2654" spans="1:4">
+      <c r="A2654" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B2654" t="s">
+        <v>5485</v>
+      </c>
+      <c r="C2654" t="s">
+        <v>5752</v>
+      </c>
+      <c r="D2654" t="s">
+        <v>5816</v>
+      </c>
+    </row>
+    <row r="2655" spans="1:4">
+      <c r="A2655" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B2655" t="s">
+        <v>5486</v>
+      </c>
+    </row>
+    <row r="2656" spans="1:4">
+      <c r="A2656" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B2656" t="s">
+        <v>5487</v>
+      </c>
+    </row>
+    <row r="2657" spans="1:4">
+      <c r="A2657" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B2657" t="s">
+        <v>5488</v>
+      </c>
+    </row>
+    <row r="2658" spans="1:4">
+      <c r="A2658" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B2658" t="s">
+        <v>5489</v>
+      </c>
+    </row>
+    <row r="2659" spans="1:4">
+      <c r="A2659" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B2659" t="s">
+        <v>5490</v>
+      </c>
+      <c r="C2659" t="s">
+        <v>5753</v>
+      </c>
+      <c r="D2659" t="s">
+        <v>5817</v>
+      </c>
+    </row>
+    <row r="2660" spans="1:4">
+      <c r="A2660" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B2660" t="s">
+        <v>5491</v>
+      </c>
+    </row>
+    <row r="2661" spans="1:4">
+      <c r="A2661" t="s">
+        <v>2663</v>
+      </c>
+      <c r="B2661" t="s">
+        <v>5492</v>
+      </c>
+    </row>
+    <row r="2662" spans="1:4">
+      <c r="A2662" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B2662" t="s">
+        <v>5493</v>
+      </c>
+    </row>
+    <row r="2663" spans="1:4">
+      <c r="A2663" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B2663" t="s">
+        <v>5494</v>
+      </c>
+    </row>
+    <row r="2664" spans="1:4">
+      <c r="A2664" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B2664" t="s">
+        <v>5495</v>
+      </c>
+    </row>
+    <row r="2665" spans="1:4">
+      <c r="A2665" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B2665" t="s">
+        <v>5496</v>
+      </c>
+    </row>
+    <row r="2666" spans="1:4">
+      <c r="A2666" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B2666" t="s">
+        <v>5497</v>
+      </c>
+    </row>
+    <row r="2667" spans="1:4">
+      <c r="A2667" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B2667" t="s">
+        <v>5498</v>
+      </c>
+    </row>
+    <row r="2668" spans="1:4">
+      <c r="A2668" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B2668" t="s">
+        <v>3107</v>
+      </c>
+    </row>
+    <row r="2669" spans="1:4">
+      <c r="A2669" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B2669" t="s">
+        <v>5499</v>
+      </c>
+    </row>
+    <row r="2670" spans="1:4">
+      <c r="A2670" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B2670" t="s">
+        <v>5500</v>
+      </c>
+    </row>
+    <row r="2671" spans="1:4">
+      <c r="A2671" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B2671" t="s">
+        <v>5501</v>
+      </c>
+    </row>
+    <row r="2672" spans="1:4">
+      <c r="A2672" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B2672" t="s">
+        <v>5502</v>
+      </c>
+    </row>
+    <row r="2673" spans="1:4">
+      <c r="A2673" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B2673" t="s">
+        <v>5503</v>
+      </c>
+    </row>
+    <row r="2674" spans="1:4">
+      <c r="A2674" t="s">
+        <v>2676</v>
+      </c>
+      <c r="B2674" t="s">
+        <v>5504</v>
+      </c>
+    </row>
+    <row r="2675" spans="1:4">
+      <c r="A2675" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B2675" t="s">
+        <v>5505</v>
+      </c>
+    </row>
+    <row r="2676" spans="1:4">
+      <c r="A2676" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B2676" t="s">
+        <v>5506</v>
+      </c>
+      <c r="C2676" t="s">
+        <v>5754</v>
+      </c>
+      <c r="D2676" t="s">
+        <v>5818</v>
+      </c>
+    </row>
+    <row r="2677" spans="1:4">
+      <c r="A2677" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B2677" t="s">
+        <v>5507</v>
+      </c>
+    </row>
+    <row r="2678" spans="1:4">
+      <c r="A2678" t="s">
+        <v>2680</v>
+      </c>
+      <c r="B2678" t="s">
+        <v>5508</v>
+      </c>
+    </row>
+    <row r="2679" spans="1:4">
+      <c r="A2679" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B2679" t="s">
+        <v>5509</v>
+      </c>
+    </row>
+    <row r="2680" spans="1:4">
+      <c r="A2680" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B2680" t="s">
+        <v>5510</v>
+      </c>
+    </row>
+    <row r="2681" spans="1:4">
+      <c r="A2681" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B2681" t="s">
+        <v>4180</v>
+      </c>
+    </row>
+    <row r="2682" spans="1:4">
+      <c r="A2682" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B2682" t="s">
+        <v>5511</v>
+      </c>
+    </row>
+    <row r="2683" spans="1:4">
+      <c r="A2683" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B2683" t="s">
+        <v>5512</v>
+      </c>
+    </row>
+    <row r="2684" spans="1:4">
+      <c r="A2684" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B2684" t="s">
+        <v>5513</v>
+      </c>
+    </row>
+    <row r="2685" spans="1:4">
+      <c r="A2685" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B2685" t="s">
+        <v>5514</v>
+      </c>
+    </row>
+    <row r="2686" spans="1:4">
+      <c r="A2686" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B2686" t="s">
+        <v>5515</v>
+      </c>
+    </row>
+    <row r="2687" spans="1:4">
+      <c r="A2687" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B2687" t="s">
+        <v>5516</v>
+      </c>
+    </row>
+    <row r="2688" spans="1:4">
+      <c r="A2688" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B2688" t="s">
+        <v>5517</v>
+      </c>
+    </row>
+    <row r="2689" spans="1:4">
+      <c r="A2689" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B2689" t="s">
+        <v>5518</v>
+      </c>
+    </row>
+    <row r="2690" spans="1:4">
+      <c r="A2690" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B2690" t="s">
+        <v>5519</v>
+      </c>
+    </row>
+    <row r="2691" spans="1:4">
+      <c r="A2691" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B2691" t="s">
+        <v>5520</v>
+      </c>
+      <c r="C2691" t="s">
+        <v>5755</v>
+      </c>
+      <c r="D2691" t="s">
+        <v>5819</v>
+      </c>
+    </row>
+    <row r="2692" spans="1:4">
+      <c r="A2692" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B2692" t="s">
+        <v>5521</v>
+      </c>
+    </row>
+    <row r="2693" spans="1:4">
+      <c r="A2693" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B2693" t="s">
+        <v>5522</v>
+      </c>
+    </row>
+    <row r="2694" spans="1:4">
+      <c r="A2694" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B2694" t="s">
+        <v>5523</v>
+      </c>
+    </row>
+    <row r="2695" spans="1:4">
+      <c r="A2695" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B2695" t="s">
+        <v>5524</v>
+      </c>
+    </row>
+    <row r="2696" spans="1:4">
+      <c r="A2696" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B2696" t="s">
+        <v>5525</v>
+      </c>
+    </row>
+    <row r="2697" spans="1:4">
+      <c r="A2697" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B2697" t="s">
+        <v>5526</v>
+      </c>
+      <c r="C2697" t="s">
+        <v>5756</v>
+      </c>
+      <c r="D2697" t="s">
+        <v>5820</v>
+      </c>
+    </row>
+    <row r="2698" spans="1:4">
+      <c r="A2698" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B2698" t="s">
+        <v>5527</v>
+      </c>
+    </row>
+    <row r="2699" spans="1:4">
+      <c r="A2699" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B2699" t="s">
+        <v>5528</v>
+      </c>
+    </row>
+    <row r="2700" spans="1:4">
+      <c r="A2700" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B2700" t="s">
+        <v>5529</v>
+      </c>
+    </row>
+    <row r="2701" spans="1:4">
+      <c r="A2701" t="s">
+        <v>2703</v>
+      </c>
+      <c r="B2701" t="s">
+        <v>5530</v>
+      </c>
+    </row>
+    <row r="2702" spans="1:4">
+      <c r="A2702" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B2702" t="s">
+        <v>4928</v>
+      </c>
+    </row>
+    <row r="2703" spans="1:4">
+      <c r="A2703" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B2703" t="s">
+        <v>5531</v>
+      </c>
+    </row>
+    <row r="2704" spans="1:4">
+      <c r="A2704" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B2704" t="s">
+        <v>5532</v>
+      </c>
+    </row>
+    <row r="2705" spans="1:2">
+      <c r="A2705" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B2705" t="s">
+        <v>5533</v>
+      </c>
+    </row>
+    <row r="2706" spans="1:2">
+      <c r="A2706" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B2706" t="s">
+        <v>5534</v>
+      </c>
+    </row>
+    <row r="2707" spans="1:2">
+      <c r="A2707" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B2707" t="s">
+        <v>5535</v>
+      </c>
+    </row>
+    <row r="2708" spans="1:2">
+      <c r="A2708" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B2708" t="s">
+        <v>5536</v>
+      </c>
+    </row>
+    <row r="2709" spans="1:2">
+      <c r="A2709" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B2709" t="s">
+        <v>5537</v>
+      </c>
+    </row>
+    <row r="2710" spans="1:2">
+      <c r="A2710" t="s">
+        <v>2712</v>
+      </c>
+      <c r="B2710" t="s">
+        <v>5538</v>
+      </c>
+    </row>
+    <row r="2711" spans="1:2">
+      <c r="A2711" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B2711" t="s">
+        <v>5539</v>
+      </c>
+    </row>
+    <row r="2712" spans="1:2">
+      <c r="A2712" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B2712" t="s">
+        <v>5540</v>
+      </c>
+    </row>
+    <row r="2713" spans="1:2">
+      <c r="A2713" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B2713" t="s">
+        <v>5541</v>
+      </c>
+    </row>
+    <row r="2714" spans="1:2">
+      <c r="A2714" t="s">
+        <v>2716</v>
+      </c>
+      <c r="B2714" t="s">
+        <v>5542</v>
+      </c>
+    </row>
+    <row r="2715" spans="1:2">
+      <c r="A2715" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B2715" t="s">
+        <v>5543</v>
+      </c>
+    </row>
+    <row r="2716" spans="1:2">
+      <c r="A2716" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B2716" t="s">
+        <v>5544</v>
+      </c>
+    </row>
+    <row r="2717" spans="1:2">
+      <c r="A2717" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B2717" t="s">
+        <v>5545</v>
+      </c>
+    </row>
+    <row r="2718" spans="1:2">
+      <c r="A2718" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B2718" t="s">
+        <v>5546</v>
+      </c>
+    </row>
+    <row r="2719" spans="1:2">
+      <c r="A2719" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B2719" t="s">
+        <v>5547</v>
+      </c>
+    </row>
+    <row r="2720" spans="1:2">
+      <c r="A2720" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B2720" t="s">
+        <v>5548</v>
+      </c>
+    </row>
+    <row r="2721" spans="1:4">
+      <c r="A2721" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B2721" t="s">
+        <v>5549</v>
+      </c>
+    </row>
+    <row r="2722" spans="1:4">
+      <c r="A2722" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B2722" t="s">
+        <v>5550</v>
+      </c>
+    </row>
+    <row r="2723" spans="1:4">
+      <c r="A2723" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B2723" t="s">
+        <v>5551</v>
+      </c>
+    </row>
+    <row r="2724" spans="1:4">
+      <c r="A2724" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B2724" t="s">
+        <v>5552</v>
+      </c>
+    </row>
+    <row r="2725" spans="1:4">
+      <c r="A2725" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B2725" t="s">
+        <v>5553</v>
+      </c>
+    </row>
+    <row r="2726" spans="1:4">
+      <c r="A2726" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B2726" t="s">
+        <v>4626</v>
+      </c>
+      <c r="C2726" t="s">
+        <v>5757</v>
+      </c>
+      <c r="D2726" t="s">
+        <v>5821</v>
+      </c>
+    </row>
+    <row r="2727" spans="1:4">
+      <c r="A2727" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B2727" t="s">
+        <v>5554</v>
+      </c>
+    </row>
+    <row r="2728" spans="1:4">
+      <c r="A2728" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B2728" t="s">
+        <v>5555</v>
+      </c>
+    </row>
+    <row r="2729" spans="1:4">
+      <c r="A2729" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B2729" t="s">
+        <v>5556</v>
+      </c>
+    </row>
+    <row r="2730" spans="1:4">
+      <c r="A2730" t="s">
+        <v>2732</v>
+      </c>
+      <c r="B2730" t="s">
+        <v>3860</v>
+      </c>
+    </row>
+    <row r="2731" spans="1:4">
+      <c r="A2731" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B2731" t="s">
+        <v>5557</v>
+      </c>
+    </row>
+    <row r="2732" spans="1:4">
+      <c r="A2732" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B2732" t="s">
+        <v>5558</v>
+      </c>
+    </row>
+    <row r="2733" spans="1:4">
+      <c r="A2733" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B2733" t="s">
+        <v>5559</v>
+      </c>
+    </row>
+    <row r="2734" spans="1:4">
+      <c r="A2734" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B2734" t="s">
+        <v>5560</v>
+      </c>
+    </row>
+    <row r="2735" spans="1:4">
+      <c r="A2735" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B2735" t="s">
+        <v>5561</v>
+      </c>
+    </row>
+    <row r="2736" spans="1:4">
+      <c r="A2736" t="s">
+        <v>2738</v>
+      </c>
+      <c r="B2736" t="s">
+        <v>5562</v>
+      </c>
+    </row>
+    <row r="2737" spans="1:2">
+      <c r="A2737" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B2737" t="s">
+        <v>5563</v>
+      </c>
+    </row>
+    <row r="2738" spans="1:2">
+      <c r="A2738" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B2738" t="s">
+        <v>5564</v>
+      </c>
+    </row>
+    <row r="2739" spans="1:2">
+      <c r="A2739" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B2739" t="s">
+        <v>5565</v>
+      </c>
+    </row>
+    <row r="2740" spans="1:2">
+      <c r="A2740" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B2740" t="s">
+        <v>5566</v>
+      </c>
+    </row>
+    <row r="2741" spans="1:2">
+      <c r="A2741" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B2741" t="s">
+        <v>5251</v>
+      </c>
+    </row>
+    <row r="2742" spans="1:2">
+      <c r="A2742" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B2742" t="s">
+        <v>5567</v>
+      </c>
+    </row>
+    <row r="2743" spans="1:2">
+      <c r="A2743" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B2743" t="s">
+        <v>5568</v>
+      </c>
+    </row>
+    <row r="2744" spans="1:2">
+      <c r="A2744" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B2744" t="s">
+        <v>5569</v>
+      </c>
+    </row>
+    <row r="2745" spans="1:2">
+      <c r="A2745" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B2745" t="s">
+        <v>5570</v>
+      </c>
+    </row>
+    <row r="2746" spans="1:2">
+      <c r="A2746" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B2746" t="s">
+        <v>5571</v>
+      </c>
+    </row>
+    <row r="2747" spans="1:2">
+      <c r="A2747" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B2747" t="s">
+        <v>5572</v>
+      </c>
+    </row>
+    <row r="2748" spans="1:2">
+      <c r="A2748" t="s">
+        <v>2750</v>
+      </c>
+      <c r="B2748" t="s">
+        <v>5573</v>
+      </c>
+    </row>
+    <row r="2749" spans="1:2">
+      <c r="A2749" t="s">
+        <v>2751</v>
+      </c>
+      <c r="B2749" t="s">
+        <v>5574</v>
+      </c>
+    </row>
+    <row r="2750" spans="1:2">
+      <c r="A2750" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B2750" t="s">
+        <v>5575</v>
+      </c>
+    </row>
+    <row r="2751" spans="1:2">
+      <c r="A2751" t="s">
+        <v>2753</v>
+      </c>
+      <c r="B2751" t="s">
+        <v>5576</v>
+      </c>
+    </row>
+    <row r="2752" spans="1:2">
+      <c r="A2752" t="s">
+        <v>2754</v>
+      </c>
+      <c r="B2752" t="s">
+        <v>5577</v>
+      </c>
+    </row>
+    <row r="2753" spans="1:2">
+      <c r="A2753" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B2753" t="s">
+        <v>5578</v>
+      </c>
+    </row>
+    <row r="2754" spans="1:2">
+      <c r="A2754" t="s">
+        <v>2756</v>
+      </c>
+      <c r="B2754" t="s">
+        <v>5579</v>
+      </c>
+    </row>
+    <row r="2755" spans="1:2">
+      <c r="A2755" t="s">
+        <v>2757</v>
+      </c>
+      <c r="B2755" t="s">
+        <v>5580</v>
+      </c>
+    </row>
+    <row r="2756" spans="1:2">
+      <c r="A2756" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B2756" t="s">
+        <v>5581</v>
+      </c>
+    </row>
+    <row r="2757" spans="1:2">
+      <c r="A2757" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B2757" t="s">
+        <v>5582</v>
+      </c>
+    </row>
+    <row r="2758" spans="1:2">
+      <c r="A2758" t="s">
+        <v>2760</v>
+      </c>
+      <c r="B2758" t="s">
+        <v>5583</v>
+      </c>
+    </row>
+    <row r="2759" spans="1:2">
+      <c r="A2759" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B2759" t="s">
+        <v>5584</v>
+      </c>
+    </row>
+    <row r="2760" spans="1:2">
+      <c r="A2760" t="s">
+        <v>2762</v>
+      </c>
+      <c r="B2760" t="s">
+        <v>5585</v>
+      </c>
+    </row>
+    <row r="2761" spans="1:2">
+      <c r="A2761" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B2761" t="s">
+        <v>5586</v>
+      </c>
+    </row>
+    <row r="2762" spans="1:2">
+      <c r="A2762" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B2762" t="s">
+        <v>5587</v>
+      </c>
+    </row>
+    <row r="2763" spans="1:2">
+      <c r="A2763" t="s">
+        <v>2765</v>
+      </c>
+      <c r="B2763" t="s">
+        <v>5588</v>
+      </c>
+    </row>
+    <row r="2764" spans="1:2">
+      <c r="A2764" t="s">
+        <v>2766</v>
+      </c>
+      <c r="B2764" t="s">
+        <v>3975</v>
+      </c>
+    </row>
+    <row r="2765" spans="1:2">
+      <c r="A2765" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B2765" t="s">
+        <v>5589</v>
+      </c>
+    </row>
+    <row r="2766" spans="1:2">
+      <c r="A2766" t="s">
+        <v>2768</v>
+      </c>
+      <c r="B2766" t="s">
+        <v>5590</v>
+      </c>
+    </row>
+    <row r="2767" spans="1:2">
+      <c r="A2767" t="s">
+        <v>2769</v>
+      </c>
+      <c r="B2767" t="s">
+        <v>5591</v>
+      </c>
+    </row>
+    <row r="2768" spans="1:2">
+      <c r="A2768" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B2768" t="s">
+        <v>5592</v>
+      </c>
+    </row>
+    <row r="2769" spans="1:2">
+      <c r="A2769" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B2769" t="s">
+        <v>5593</v>
+      </c>
+    </row>
+    <row r="2770" spans="1:2">
+      <c r="A2770" t="s">
+        <v>2772</v>
+      </c>
+      <c r="B2770" t="s">
+        <v>5594</v>
+      </c>
+    </row>
+    <row r="2771" spans="1:2">
+      <c r="A2771" t="s">
+        <v>2773</v>
+      </c>
+      <c r="B2771" t="s">
+        <v>5595</v>
+      </c>
+    </row>
+    <row r="2772" spans="1:2">
+      <c r="A2772" t="s">
+        <v>2774</v>
+      </c>
+      <c r="B2772" t="s">
+        <v>5596</v>
+      </c>
+    </row>
+    <row r="2773" spans="1:2">
+      <c r="A2773" t="s">
+        <v>2775</v>
+      </c>
+      <c r="B2773" t="s">
+        <v>5597</v>
+      </c>
+    </row>
+    <row r="2774" spans="1:2">
+      <c r="A2774" t="s">
+        <v>2776</v>
+      </c>
+      <c r="B2774" t="s">
+        <v>5598</v>
+      </c>
+    </row>
+    <row r="2775" spans="1:2">
+      <c r="A2775" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B2775" t="s">
+        <v>5599</v>
+      </c>
+    </row>
+    <row r="2776" spans="1:2">
+      <c r="A2776" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B2776" t="s">
+        <v>5600</v>
+      </c>
+    </row>
+    <row r="2777" spans="1:2">
+      <c r="A2777" t="s">
+        <v>2779</v>
+      </c>
+      <c r="B2777" t="s">
+        <v>5601</v>
+      </c>
+    </row>
+    <row r="2778" spans="1:2">
+      <c r="A2778" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B2778" t="s">
+        <v>5602</v>
+      </c>
+    </row>
+    <row r="2779" spans="1:2">
+      <c r="A2779" t="s">
+        <v>2781</v>
+      </c>
+      <c r="B2779" t="s">
+        <v>5603</v>
+      </c>
+    </row>
+    <row r="2780" spans="1:2">
+      <c r="A2780" t="s">
+        <v>2782</v>
+      </c>
+      <c r="B2780" t="s">
+        <v>5604</v>
+      </c>
+    </row>
+    <row r="2781" spans="1:2">
+      <c r="A2781" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B2781" t="s">
+        <v>5605</v>
+      </c>
+    </row>
+    <row r="2782" spans="1:2">
+      <c r="A2782" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B2782" t="s">
+        <v>5606</v>
+      </c>
+    </row>
+    <row r="2783" spans="1:2">
+      <c r="A2783" t="s">
+        <v>2785</v>
+      </c>
+      <c r="B2783" t="s">
+        <v>5607</v>
+      </c>
+    </row>
+    <row r="2784" spans="1:2">
+      <c r="A2784" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B2784" t="s">
+        <v>5608</v>
+      </c>
+    </row>
+    <row r="2785" spans="1:4">
+      <c r="A2785" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B2785" t="s">
+        <v>5609</v>
+      </c>
+    </row>
+    <row r="2786" spans="1:4">
+      <c r="A2786" t="s">
+        <v>2788</v>
+      </c>
+      <c r="B2786" t="s">
+        <v>5610</v>
+      </c>
+    </row>
+    <row r="2787" spans="1:4">
+      <c r="A2787" t="s">
+        <v>2789</v>
+      </c>
+      <c r="B2787" t="s">
+        <v>5611</v>
+      </c>
+    </row>
+    <row r="2788" spans="1:4">
+      <c r="A2788" t="s">
+        <v>2790</v>
+      </c>
+      <c r="B2788" t="s">
+        <v>5612</v>
+      </c>
+    </row>
+    <row r="2789" spans="1:4">
+      <c r="A2789" t="s">
+        <v>2791</v>
+      </c>
+      <c r="B2789" t="s">
+        <v>5613</v>
+      </c>
+    </row>
+    <row r="2790" spans="1:4">
+      <c r="A2790" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B2790" t="s">
+        <v>3671</v>
+      </c>
+    </row>
+    <row r="2791" spans="1:4">
+      <c r="A2791" t="s">
+        <v>2793</v>
+      </c>
+      <c r="B2791" t="s">
+        <v>5614</v>
+      </c>
+    </row>
+    <row r="2792" spans="1:4">
+      <c r="A2792" t="s">
+        <v>2794</v>
+      </c>
+      <c r="B2792" t="s">
+        <v>5615</v>
+      </c>
+    </row>
+    <row r="2793" spans="1:4">
+      <c r="A2793" t="s">
+        <v>2795</v>
+      </c>
+      <c r="B2793" t="s">
+        <v>5616</v>
+      </c>
+      <c r="C2793" t="s">
+        <v>5758</v>
+      </c>
+      <c r="D2793" t="s">
+        <v>5822</v>
+      </c>
+    </row>
+    <row r="2794" spans="1:4">
+      <c r="A2794" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B2794" t="s">
+        <v>5617</v>
+      </c>
+    </row>
+    <row r="2795" spans="1:4">
+      <c r="A2795" t="s">
+        <v>2797</v>
+      </c>
+      <c r="B2795" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="2796" spans="1:4">
+      <c r="A2796" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B2796" t="s">
+        <v>5618</v>
+      </c>
+    </row>
+    <row r="2797" spans="1:4">
+      <c r="A2797" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B2797" t="s">
+        <v>5619</v>
+      </c>
+    </row>
+    <row r="2798" spans="1:4">
+      <c r="A2798" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B2798" t="s">
+        <v>5620</v>
+      </c>
+    </row>
+    <row r="2799" spans="1:4">
+      <c r="A2799" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B2799" t="s">
+        <v>5621</v>
+      </c>
+    </row>
+    <row r="2800" spans="1:4">
+      <c r="A2800" t="s">
+        <v>2802</v>
+      </c>
+      <c r="B2800" t="s">
+        <v>5622</v>
+      </c>
+    </row>
+    <row r="2801" spans="1:2">
+      <c r="A2801" t="s">
+        <v>2803</v>
+      </c>
+      <c r="B2801" t="s">
+        <v>5623</v>
+      </c>
+    </row>
+    <row r="2802" spans="1:2">
+      <c r="A2802" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B2802" t="s">
+        <v>5624</v>
+      </c>
+    </row>
+    <row r="2803" spans="1:2">
+      <c r="A2803" t="s">
+        <v>2805</v>
+      </c>
+      <c r="B2803" t="s">
+        <v>5625</v>
+      </c>
+    </row>
+    <row r="2804" spans="1:2">
+      <c r="A2804" t="s">
+        <v>2806</v>
+      </c>
+      <c r="B2804" t="s">
+        <v>5626</v>
+      </c>
+    </row>
+    <row r="2805" spans="1:2">
+      <c r="A2805" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B2805" t="s">
+        <v>5627</v>
+      </c>
+    </row>
+    <row r="2806" spans="1:2">
+      <c r="A2806" t="s">
+        <v>2808</v>
+      </c>
+      <c r="B2806" t="s">
+        <v>5628</v>
+      </c>
+    </row>
+    <row r="2807" spans="1:2">
+      <c r="A2807" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B2807" t="s">
+        <v>5629</v>
+      </c>
+    </row>
+    <row r="2808" spans="1:2">
+      <c r="A2808" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B2808" t="s">
+        <v>5630</v>
+      </c>
+    </row>
+    <row r="2809" spans="1:2">
+      <c r="A2809" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B2809" t="s">
+        <v>5631</v>
+      </c>
+    </row>
+    <row r="2810" spans="1:2">
+      <c r="A2810" t="s">
+        <v>2812</v>
+      </c>
+      <c r="B2810" t="s">
+        <v>5632</v>
+      </c>
+    </row>
+    <row r="2811" spans="1:2">
+      <c r="A2811" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B2811" t="s">
+        <v>5633</v>
+      </c>
+    </row>
+    <row r="2812" spans="1:2">
+      <c r="A2812" t="s">
+        <v>2814</v>
+      </c>
+      <c r="B2812" t="s">
+        <v>5634</v>
+      </c>
+    </row>
+    <row r="2813" spans="1:2">
+      <c r="A2813" t="s">
+        <v>2815</v>
+      </c>
+      <c r="B2813" t="s">
+        <v>5635</v>
+      </c>
+    </row>
+    <row r="2814" spans="1:2">
+      <c r="A2814" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B2814" t="s">
+        <v>5636</v>
+      </c>
+    </row>
+    <row r="2815" spans="1:2">
+      <c r="A2815" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B2815" t="s">
+        <v>5637</v>
+      </c>
+    </row>
+    <row r="2816" spans="1:2">
+      <c r="A2816" t="s">
+        <v>2818</v>
+      </c>
+      <c r="B2816" t="s">
+        <v>5638</v>
+      </c>
+    </row>
+    <row r="2817" spans="1:2">
+      <c r="A2817" t="s">
+        <v>2819</v>
+      </c>
+      <c r="B2817" t="s">
+        <v>5639</v>
+      </c>
+    </row>
+    <row r="2818" spans="1:2">
+      <c r="A2818" t="s">
+        <v>2820</v>
+      </c>
+      <c r="B2818" t="s">
+        <v>5640</v>
+      </c>
+    </row>
+    <row r="2819" spans="1:2">
+      <c r="A2819" t="s">
+        <v>2821</v>
+      </c>
+      <c r="B2819" t="s">
+        <v>5641</v>
+      </c>
+    </row>
+    <row r="2820" spans="1:2">
+      <c r="A2820" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B2820" t="s">
+        <v>5642</v>
+      </c>
+    </row>
+    <row r="2821" spans="1:2">
+      <c r="A2821" t="s">
+        <v>2823</v>
+      </c>
+      <c r="B2821" t="s">
+        <v>5643</v>
+      </c>
+    </row>
+    <row r="2822" spans="1:2">
+      <c r="A2822" t="s">
+        <v>2824</v>
+      </c>
+      <c r="B2822" t="s">
+        <v>5644</v>
+      </c>
+    </row>
+    <row r="2823" spans="1:2">
+      <c r="A2823" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B2823" t="s">
+        <v>5645</v>
+      </c>
+    </row>
+    <row r="2824" spans="1:2">
+      <c r="A2824" t="s">
+        <v>2826</v>
+      </c>
+      <c r="B2824" t="s">
+        <v>5646</v>
+      </c>
+    </row>
+    <row r="2825" spans="1:2">
+      <c r="A2825" t="s">
+        <v>2827</v>
+      </c>
+      <c r="B2825" t="s">
+        <v>5647</v>
+      </c>
+    </row>
+    <row r="2826" spans="1:2">
+      <c r="A2826" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B2826" t="s">
+        <v>5648</v>
+      </c>
+    </row>
+    <row r="2827" spans="1:2">
+      <c r="A2827" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B2827" t="s">
+        <v>5649</v>
+      </c>
+    </row>
+    <row r="2828" spans="1:2">
+      <c r="A2828" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B2828" t="s">
+        <v>5650</v>
+      </c>
+    </row>
+    <row r="2829" spans="1:2">
+      <c r="A2829" t="s">
+        <v>2831</v>
+      </c>
+      <c r="B2829" t="s">
+        <v>5651</v>
+      </c>
+    </row>
+    <row r="2830" spans="1:2">
+      <c r="A2830" t="s">
+        <v>2832</v>
+      </c>
+      <c r="B2830" t="s">
+        <v>5652</v>
+      </c>
+    </row>
+    <row r="2831" spans="1:2">
+      <c r="A2831" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B2831" t="s">
+        <v>5653</v>
+      </c>
+    </row>
+    <row r="2832" spans="1:2">
+      <c r="A2832" t="s">
+        <v>2834</v>
+      </c>
+      <c r="B2832" t="s">
+        <v>5654</v>
+      </c>
+    </row>
+    <row r="2833" spans="1:2">
+      <c r="A2833" t="s">
+        <v>2835</v>
+      </c>
+      <c r="B2833" t="s">
+        <v>5655</v>
+      </c>
+    </row>
+    <row r="2834" spans="1:2">
+      <c r="A2834" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B2834" t="s">
+        <v>5656</v>
+      </c>
+    </row>
+    <row r="2835" spans="1:2">
+      <c r="A2835" t="s">
+        <v>2837</v>
+      </c>
+      <c r="B2835" t="s">
+        <v>5657</v>
+      </c>
+    </row>
+    <row r="2836" spans="1:2">
+      <c r="A2836" t="s">
+        <v>2838</v>
+      </c>
+      <c r="B2836" t="s">
+        <v>5658</v>
+      </c>
+    </row>
+    <row r="2837" spans="1:2">
+      <c r="A2837" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B2837" t="s">
+        <v>5659</v>
+      </c>
+    </row>
+    <row r="2838" spans="1:2">
+      <c r="A2838" t="s">
+        <v>2840</v>
+      </c>
+      <c r="B2838" t="s">
+        <v>5660</v>
+      </c>
+    </row>
+    <row r="2839" spans="1:2">
+      <c r="A2839" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B2839" t="s">
+        <v>5661</v>
+      </c>
+    </row>
+    <row r="2840" spans="1:2">
+      <c r="A2840" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B2840" t="s">
+        <v>5662</v>
+      </c>
+    </row>
+    <row r="2841" spans="1:2">
+      <c r="A2841" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B2841" t="s">
+        <v>5663</v>
+      </c>
+    </row>
+    <row r="2842" spans="1:2">
+      <c r="A2842" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B2842" t="s">
+        <v>5664</v>
+      </c>
+    </row>
+    <row r="2843" spans="1:2">
+      <c r="A2843" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B2843" t="s">
+        <v>5665</v>
+      </c>
+    </row>
+    <row r="2844" spans="1:2">
+      <c r="A2844" t="s">
+        <v>2846</v>
+      </c>
+      <c r="B2844" t="s">
+        <v>5666</v>
+      </c>
+    </row>
+    <row r="2845" spans="1:2">
+      <c r="A2845" t="s">
+        <v>2847</v>
+      </c>
+      <c r="B2845" t="s">
+        <v>5667</v>
+      </c>
+    </row>
+    <row r="2846" spans="1:2">
+      <c r="A2846" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B2846" t="s">
+        <v>5668</v>
+      </c>
+    </row>
+    <row r="2847" spans="1:2">
+      <c r="A2847" t="s">
+        <v>2849</v>
+      </c>
+      <c r="B2847" t="s">
+        <v>5669</v>
+      </c>
+    </row>
+    <row r="2848" spans="1:2">
+      <c r="A2848" t="s">
+        <v>2850</v>
+      </c>
+      <c r="B2848" t="s">
+        <v>5670</v>
+      </c>
+    </row>
+    <row r="2849" spans="1:2">
+      <c r="A2849" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B2849" t="s">
+        <v>5671</v>
+      </c>
+    </row>
+    <row r="2850" spans="1:2">
+      <c r="A2850" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B2850" t="s">
+        <v>5672</v>
+      </c>
+    </row>
+    <row r="2851" spans="1:2">
+      <c r="A2851" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B2851" t="s">
+        <v>5673</v>
+      </c>
+    </row>
+    <row r="2852" spans="1:2">
+      <c r="A2852" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B2852" t="s">
+        <v>5674</v>
+      </c>
+    </row>
+    <row r="2853" spans="1:2">
+      <c r="A2853" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B2853" t="s">
+        <v>5675</v>
+      </c>
+    </row>
+    <row r="2854" spans="1:2">
+      <c r="A2854" t="s">
+        <v>2856</v>
+      </c>
+      <c r="B2854" t="s">
+        <v>5676</v>
+      </c>
+    </row>
+    <row r="2855" spans="1:2">
+      <c r="A2855" t="s">
+        <v>2857</v>
+      </c>
+      <c r="B2855" t="s">
+        <v>5677</v>
+      </c>
+    </row>
+    <row r="2856" spans="1:2">
+      <c r="A2856" t="s">
+        <v>2858</v>
+      </c>
+      <c r="B2856" t="s">
+        <v>5678</v>
+      </c>
+    </row>
+    <row r="2857" spans="1:2">
+      <c r="A2857" t="s">
+        <v>2859</v>
+      </c>
+      <c r="B2857" t="s">
+        <v>5679</v>
+      </c>
+    </row>
+    <row r="2858" spans="1:2">
+      <c r="A2858" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B2858" t="s">
+        <v>5680</v>
+      </c>
+    </row>
+    <row r="2859" spans="1:2">
+      <c r="A2859" t="s">
+        <v>2861</v>
+      </c>
+      <c r="B2859" t="s">
+        <v>5681</v>
+      </c>
+    </row>
+    <row r="2860" spans="1:2">
+      <c r="A2860" t="s">
+        <v>2862</v>
+      </c>
+      <c r="B2860" t="s">
+        <v>5682</v>
+      </c>
+    </row>
+    <row r="2861" spans="1:2">
+      <c r="A2861" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B2861" t="s">
+        <v>5683</v>
+      </c>
+    </row>
+    <row r="2862" spans="1:2">
+      <c r="A2862" t="s">
+        <v>2864</v>
+      </c>
+      <c r="B2862" t="s">
+        <v>5684</v>
+      </c>
+    </row>
+    <row r="2863" spans="1:2">
+      <c r="A2863" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B2863" t="s">
+        <v>5685</v>
+      </c>
+    </row>
+    <row r="2864" spans="1:2">
+      <c r="A2864" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B2864" t="s">
+        <v>5686</v>
+      </c>
+    </row>
+    <row r="2865" spans="1:2">
+      <c r="A2865" t="s">
+        <v>2867</v>
+      </c>
+      <c r="B2865" t="s">
+        <v>5687</v>
+      </c>
+    </row>
+    <row r="2866" spans="1:2">
+      <c r="A2866" t="s">
+        <v>2868</v>
+      </c>
+      <c r="B2866" t="s">
+        <v>5688</v>
+      </c>
+    </row>
+    <row r="2867" spans="1:2">
+      <c r="A2867" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B2867" t="s">
+        <v>5689</v>
+      </c>
+    </row>
+    <row r="2868" spans="1:2">
+      <c r="A2868" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B2868" t="s">
+        <v>5690</v>
+      </c>
+    </row>
+    <row r="2869" spans="1:2">
+      <c r="A2869" t="s">
+        <v>2871</v>
+      </c>
+      <c r="B2869" t="s">
+        <v>5691</v>
+      </c>
+    </row>
+    <row r="2870" spans="1:2">
+      <c r="A2870" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B2870" t="s">
+        <v>5692</v>
+      </c>
+    </row>
+    <row r="2871" spans="1:2">
+      <c r="A2871" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B2871" t="s">
+        <v>5693</v>
+      </c>
+    </row>
+    <row r="2872" spans="1:2">
+      <c r="A2872" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B2872" t="s">
+        <v>5694</v>
+      </c>
+    </row>
+    <row r="2873" spans="1:2">
+      <c r="A2873" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B2873" t="s">
+        <v>3526</v>
+      </c>
+    </row>
+    <row r="2874" spans="1:2">
+      <c r="A2874" t="s">
+        <v>2876</v>
+      </c>
+      <c r="B2874" t="s">
+        <v>5695</v>
+      </c>
+    </row>
+    <row r="2875" spans="1:2">
+      <c r="A2875" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B2875" t="s">
+        <v>5696</v>
+      </c>
+    </row>
+    <row r="2876" spans="1:2">
+      <c r="A2876" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B2876" t="s">
+        <v>5697</v>
+      </c>
+    </row>
+    <row r="2877" spans="1:2">
+      <c r="A2877" t="s">
+        <v>2879</v>
+      </c>
+      <c r="B2877" t="s">
+        <v>5698</v>
+      </c>
+    </row>
+    <row r="2878" spans="1:2">
+      <c r="A2878" t="s">
+        <v>2880</v>
+      </c>
+      <c r="B2878" t="s">
+        <v>5699</v>
+      </c>
+    </row>
+    <row r="2879" spans="1:2">
+      <c r="A2879" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B2879" t="s">
+        <v>5700</v>
+      </c>
+    </row>
+    <row r="2880" spans="1:2">
+      <c r="A2880" t="s">
+        <v>2882</v>
+      </c>
+      <c r="B2880" t="s">
+        <v>5701</v>
+      </c>
+    </row>
+    <row r="2881" spans="1:4">
+      <c r="A2881" t="s">
+        <v>2883</v>
+      </c>
+      <c r="B2881" t="s">
+        <v>5462</v>
+      </c>
+    </row>
+    <row r="2882" spans="1:4">
+      <c r="A2882" t="s">
+        <v>2884</v>
+      </c>
+      <c r="B2882" t="s">
+        <v>5702</v>
+      </c>
+    </row>
+    <row r="2883" spans="1:4">
+      <c r="A2883" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B2883" t="s">
+        <v>5703</v>
+      </c>
+    </row>
+    <row r="2884" spans="1:4">
+      <c r="A2884" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B2884" t="s">
+        <v>5704</v>
+      </c>
+      <c r="C2884" t="s">
+        <v>5759</v>
+      </c>
+      <c r="D2884" t="s">
+        <v>5823</v>
+      </c>
+    </row>
+    <row r="2885" spans="1:4">
+      <c r="A2885" t="s">
+        <v>2887</v>
+      </c>
+      <c r="B2885" t="s">
+        <v>5705</v>
+      </c>
+    </row>
+    <row r="2886" spans="1:4">
+      <c r="A2886" t="s">
+        <v>2888</v>
+      </c>
+      <c r="B2886" t="s">
+        <v>5706</v>
+      </c>
+    </row>
+    <row r="2887" spans="1:4">
+      <c r="A2887" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B2887" t="s">
+        <v>5707</v>
+      </c>
+    </row>
+    <row r="2888" spans="1:4">
+      <c r="A2888" t="s">
+        <v>2890</v>
+      </c>
+      <c r="B2888" t="s">
+        <v>5708</v>
+      </c>
+    </row>
+    <row r="2889" spans="1:4">
+      <c r="A2889" t="s">
+        <v>2891</v>
+      </c>
+      <c r="B2889" t="s">
+        <v>5709</v>
+      </c>
+    </row>
+    <row r="2890" spans="1:4">
+      <c r="A2890" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B2890" t="s">
+        <v>5710</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>