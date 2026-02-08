--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -10,14831 +10,16349 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4932" uniqueCount="4927">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5484" uniqueCount="5433">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q4025674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022123</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q4023035</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q4022149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028129</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q4381217</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7509948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025171</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7353395</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q4024056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4382896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4402575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4389060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025813</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q4023920</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4024674</t>
-[...305 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4026355</t>
+    <t>https://linkedopendata.eu/entity/Q4025776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025515</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7353339</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4024468</t>
-[...308 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4026828</t>
+    <t>https://linkedopendata.eu/entity/Q4022689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4021980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7322329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026639</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4028344</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4024442</t>
-[...695 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4025323</t>
+    <t>https://linkedopendata.eu/entity/Q4028667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4026682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7509842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4027984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4028475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024225</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7353312</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4024913</t>
-[...2378 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4025160</t>
+    <t>https://linkedopendata.eu/entity/Q4025929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4024915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7510057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7353349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4025166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4022755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4023475</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4023391</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4025104</t>
-[...2747 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4024748</t>
+    <t>https://linkedopendata.eu/entity/Q4025679</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4026275</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4024225</t>
-[...908 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4024698</t>
+    <t>DEWULF</t>
+  </si>
+  <si>
+    <t>CO-NNEXION - espace de coworking (Mons)</t>
+  </si>
+  <si>
+    <t>VEREENOOGHE</t>
+  </si>
+  <si>
+    <t>LIFE SCIENCES DEVELOPMENT CAMPUS - LIFE SCIENCES DEVELOPMENT CAMPUS NV</t>
   </si>
   <si>
     <t>Centre Public d'Action Sociale de Sambreville</t>
   </si>
   <si>
+    <t>Stad Torhout - Stadskantoor</t>
+  </si>
+  <si>
+    <t>IMSTO</t>
+  </si>
+  <si>
+    <t>Flora</t>
+  </si>
+  <si>
+    <t>BOUWBEDRIJF FURNIBO</t>
+  </si>
+  <si>
     <t>HENALLUX _ HAUTE ECOLE DE NAMUR -LIEGE-LUXEMBOURG</t>
   </si>
   <si>
+    <t>De Werkvennootschap</t>
+  </si>
+  <si>
+    <t>O&amp;OC</t>
+  </si>
+  <si>
+    <t>V W AUTOMATIQUE</t>
+  </si>
+  <si>
+    <t>Provinciebestuur Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>ATELIER DE L'AVENIR</t>
+  </si>
+  <si>
+    <t>Office de Création d'Entreprises de la Province de Liège</t>
+  </si>
+  <si>
+    <t>IPALLE</t>
+  </si>
+  <si>
+    <t>Gezinszorg Villers Hoofdkantoor</t>
+  </si>
+  <si>
+    <t>INDAVER</t>
+  </si>
+  <si>
+    <t>Ministère de la Communauté française</t>
+  </si>
+  <si>
+    <t>Thomas More University of Applied Sciences</t>
+  </si>
+  <si>
+    <t>la locomobile</t>
+  </si>
+  <si>
+    <t>FCR 2020</t>
+  </si>
+  <si>
+    <t>Centrum Algemeen Welzijnswerk Noord-West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>net'antwerk</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Frameries</t>
+  </si>
+  <si>
+    <t>Centrum voor Motorisch Gehandikapten   vzw De Heide</t>
+  </si>
+  <si>
+    <t>Grand Opticiens Belgium</t>
+  </si>
+  <si>
+    <t>BELVAS</t>
+  </si>
+  <si>
+    <t>INTERBLOCS</t>
+  </si>
+  <si>
+    <t>Kuehne + Nagel</t>
+  </si>
+  <si>
+    <t>GENT STAD IN WERKING PROJECTEN GSIW VZW</t>
+  </si>
+  <si>
+    <t>Commune de Ham-sur-Heure-Nalinnes</t>
+  </si>
+  <si>
+    <t>Athome</t>
+  </si>
+  <si>
+    <t>WOODSTOXX</t>
+  </si>
+  <si>
+    <t>CALCUTTA</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Manage</t>
+  </si>
+  <si>
+    <t>I.E.G.</t>
+  </si>
+  <si>
+    <t>GROUP F</t>
+  </si>
+  <si>
+    <t>NEWMECA</t>
+  </si>
+  <si>
+    <t>CPAS ENGIS</t>
+  </si>
+  <si>
+    <t>Logi-technic Industrie Jabbeke</t>
+  </si>
+  <si>
+    <t>OFFITEL</t>
+  </si>
+  <si>
+    <t>Voka - Kamer van koophandel Kempen</t>
+  </si>
+  <si>
+    <t>CENTEXBEL</t>
+  </si>
+  <si>
+    <t>PSS BELGIUM</t>
+  </si>
+  <si>
+    <t>BC Materials</t>
+  </si>
+  <si>
+    <t>Agentschap Wegen en Verkeer Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>DEKNUDT MIRROR WORKS</t>
+  </si>
+  <si>
+    <t>Agentschap Innoveren &amp; Ondernemen</t>
+  </si>
+  <si>
+    <t>Flanders Make</t>
+  </si>
+  <si>
+    <t>Televil Vilvoorde</t>
+  </si>
+  <si>
+    <t>Arteveldehogeschool, vereniging zonder winstoogmerk - Campus Hoogpoort</t>
+  </si>
+  <si>
+    <t>EOZEN BELGIUM</t>
+  </si>
+  <si>
+    <t>Centre Régional pour lIntégration des Personnes Etrangères ou dorigine étrangère de Liège</t>
+  </si>
+  <si>
+    <t>St-Martin Neuropsychiatric Centre</t>
+  </si>
+  <si>
+    <t>Apollo13 consult</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale d'Erquelinnes</t>
+  </si>
+  <si>
+    <t>Havre-Sac asbl</t>
+  </si>
+  <si>
+    <t>ECAM asbl</t>
+  </si>
+  <si>
+    <t>Zenitor</t>
+  </si>
+  <si>
+    <t>Innoviris</t>
+  </si>
+  <si>
+    <t>3E</t>
+  </si>
+  <si>
+    <t>Integratie &amp; Inburgering Antwerpen</t>
+  </si>
+  <si>
+    <t>Acco Accountants</t>
+  </si>
+  <si>
+    <t>Z.O.L. AV - Ziekenhuis Oost-Limburg, autonome verzorgingsinstelling - Campus Sint-Jan</t>
+  </si>
+  <si>
+    <t>CENTRE PUBLIC D´ACTION SOCIALE LA LOUVIERE</t>
+  </si>
+  <si>
+    <t>ASBL MIC-ADOS AMO</t>
+  </si>
+  <si>
+    <t>TORFS L.</t>
+  </si>
+  <si>
+    <t>Openbaar Centrum voor Maatschappelijk Welzijn van Geraardsbergen</t>
+  </si>
+  <si>
+    <t>Centre National de Recherches Scientifiques et Techniques pour l'Industrie Cimentière</t>
+  </si>
+  <si>
+    <t>OUVRE BOITES ASBL</t>
+  </si>
+  <si>
+    <t>Stad Mechelen</t>
+  </si>
+  <si>
+    <t>Union des Classes Moyennes National</t>
+  </si>
+  <si>
+    <t>Centre d´Orientation et de Formation asbl</t>
+  </si>
+  <si>
+    <t>Gemeente Boom</t>
+  </si>
+  <si>
+    <t>KONSTRUKTIEWERKHUIZEN STAS</t>
+  </si>
+  <si>
+    <t>VEEVOEDERS A. LAROY</t>
+  </si>
+  <si>
+    <t>Herwin vzw</t>
+  </si>
+  <si>
+    <t>cité des Métiers de Liège</t>
+  </si>
+  <si>
+    <t>Ville de Charleroi</t>
+  </si>
+  <si>
+    <t>CPAS DOUR</t>
+  </si>
+  <si>
+    <t>COMUNICARE</t>
+  </si>
+  <si>
+    <t>DE ENTER</t>
+  </si>
+  <si>
+    <t>Bruxelles Émergence</t>
+  </si>
+  <si>
+    <t>Inmac</t>
+  </si>
+  <si>
+    <t>SPECTRUM</t>
+  </si>
+  <si>
+    <t>Entreprises Lepage frères</t>
+  </si>
+  <si>
+    <t>Centre d'orientation et de formation aux technologies numériques</t>
+  </si>
+  <si>
+    <t>Elektra - Bree - Bordenbouw</t>
+  </si>
+  <si>
+    <t>Stad Poperinge - Administratieve diensten</t>
+  </si>
+  <si>
+    <t>Xenia</t>
+  </si>
+  <si>
+    <t>Living Tomorrow</t>
+  </si>
+  <si>
+    <t>La Touline</t>
+  </si>
+  <si>
+    <t>Stad Antwerpen - 915</t>
+  </si>
+  <si>
+    <t>CrossWise</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Saint-Gilles</t>
+  </si>
+  <si>
+    <t>Centre Scientifique et Technique de la Construction (CSTC)</t>
+  </si>
+  <si>
+    <t>LOGI-TECHNIC BELTING</t>
+  </si>
+  <si>
+    <t>Présence et Action Culturelles - Régionale de Liège</t>
+  </si>
+  <si>
+    <t>VELDEMAN BEDDING</t>
+  </si>
+  <si>
+    <t>POPPIES BAKERIES</t>
+  </si>
+  <si>
+    <t>WAVENET</t>
+  </si>
+  <si>
+    <t>Movianto Belgium NV</t>
+  </si>
+  <si>
+    <t>BEMAS - Kantoor Vlaanderen</t>
+  </si>
+  <si>
+    <t>Beauvent - BeauVent Bijkantoor</t>
+  </si>
+  <si>
+    <t>VICTOR BUYCK STEEL CONSTRUCT.</t>
+  </si>
+  <si>
+    <t>ORBITvzw</t>
+  </si>
+  <si>
+    <t>DOCBYTE</t>
+  </si>
+  <si>
+    <t>Grijkoort - Begeleid Werk</t>
+  </si>
+  <si>
+    <t>WaterstofNet vzw</t>
+  </si>
+  <si>
+    <t>Commune de Sambreville</t>
+  </si>
+  <si>
+    <t>CT ParaMedics</t>
+  </si>
+  <si>
+    <t>IDELUX Environnement</t>
+  </si>
+  <si>
+    <t>Own Capital of the Flanders Research Institute for Agriculture, Fisheries and Food</t>
+  </si>
+  <si>
+    <t>Form´Anim-Asbl</t>
+  </si>
+  <si>
+    <t>NEUTRAAL ZIEKENFONDS VLAANDEREN</t>
+  </si>
+  <si>
+    <t>PCS Ornamental Plant Research</t>
+  </si>
+  <si>
+    <t>SKYLUX</t>
+  </si>
+  <si>
+    <t>CLUMA ENGINEERING NV</t>
+  </si>
+  <si>
+    <t>VERMAKO</t>
+  </si>
+  <si>
+    <t>GP Allied Emea</t>
+  </si>
+  <si>
+    <t>SENIORS CARE-ION</t>
+  </si>
+  <si>
+    <t>PURATOS</t>
+  </si>
+  <si>
+    <t>TECHNOCHIM of TECHNOCHIM EUROPE</t>
+  </si>
+  <si>
+    <t>SMARTYOU</t>
+  </si>
+  <si>
+    <t>Terre-en-vue asbl</t>
+  </si>
+  <si>
+    <t>ET GROEP</t>
+  </si>
+  <si>
+    <t>BANDENBEDRIJF VANDEKERCKHOVE</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale d'Uccle</t>
+  </si>
+  <si>
+    <t>Centre d'Ingénierie Touristique de Wallonie +</t>
+  </si>
+  <si>
+    <t>Acteurs de l'Ombre</t>
+  </si>
+  <si>
+    <t>ACTION WEAR: IMPORT - EXPORT</t>
+  </si>
+  <si>
+    <t>DELAVI</t>
+  </si>
+  <si>
+    <t>Ras El Hanout asbl</t>
+  </si>
+  <si>
+    <t>CM secretariaat Vilvoorde</t>
+  </si>
+  <si>
+    <t>SOCIALE WERKPLAATSEN POPERINGE</t>
+  </si>
+  <si>
+    <t>MITIS</t>
+  </si>
+  <si>
+    <t>CENTRUM ALGEMEEN WELZIJNSWERK ZUID-WEST-VLAANDEREN</t>
+  </si>
+  <si>
+    <t>Fonds voor  Bestaanszekerheid voor Vorming voor de Erkende Ondernemingen die Buurtwerk of -diensten leveren</t>
+  </si>
+  <si>
+    <t>SOFICO NV</t>
+  </si>
+  <si>
+    <t>The Walloon Agency for Health, Social Protection, Disability and Families, known as the Agency for Quality of Life.</t>
+  </si>
+  <si>
+    <t>Ville de Thuin</t>
+  </si>
+  <si>
+    <t>WEISS &amp; WEISS MOLDING TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>S.B.E.</t>
+  </si>
+  <si>
+    <t>CURANDO O.L.V. van 7 Weeën Ruiselede</t>
+  </si>
+  <si>
+    <t>IFAPME Liège-Huy</t>
+  </si>
+  <si>
+    <t>ANTwork</t>
+  </si>
+  <si>
+    <t>BEEUWSAERT CONSTRUCT</t>
+  </si>
+  <si>
+    <t>SynHERA</t>
+  </si>
+  <si>
+    <t>voestalpine Sadef</t>
+  </si>
+  <si>
+    <t>WARNEZ</t>
+  </si>
+  <si>
+    <t>Commune de Berchem-Sainte-Agathe</t>
+  </si>
+  <si>
+    <t>TRACTEBEL ENGINEERING</t>
+  </si>
+  <si>
+    <t>Imeldaziekenhuis</t>
+  </si>
+  <si>
+    <t>POMAX</t>
+  </si>
+  <si>
+    <t>DIENSTENBEDRIJF EASY LIFE</t>
+  </si>
+  <si>
+    <t>Association pour le développement à Charleroi d´Actions collectives de Formation pour l´Université ouverte</t>
+  </si>
+  <si>
+    <t>Service d´Aide à la Recherche d´Emploi pour personnes sourdes ou malentendantes</t>
+  </si>
+  <si>
+    <t>Bouwmaterialen De Groote</t>
+  </si>
+  <si>
+    <t>MOL CY</t>
+  </si>
+  <si>
+    <t>Alises asbl</t>
+  </si>
+  <si>
+    <t>Ee-C</t>
+  </si>
+  <si>
+    <t>METHEORE</t>
+  </si>
+  <si>
+    <t>CLASSICO</t>
+  </si>
+  <si>
+    <t>Ligue Braille asbl</t>
+  </si>
+  <si>
+    <t>IDEE KIDS vzw</t>
+  </si>
+  <si>
+    <t>AB NETWORK</t>
+  </si>
+  <si>
+    <t>Antwerp</t>
+  </si>
+  <si>
+    <t>Actiris</t>
+  </si>
+  <si>
+    <t>Hof Ter Welle</t>
+  </si>
+  <si>
+    <t>LABORATORIA WOLFS NV</t>
+  </si>
+  <si>
+    <t>La Cité Joyeuse</t>
+  </si>
+  <si>
+    <t>BUYSE DECOLLETAGE</t>
+  </si>
+  <si>
+    <t>Ville de Leuze-en-Hainaut</t>
+  </si>
+  <si>
+    <t>Wit-Gele-Kruis Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l´emploi du Centre</t>
+  </si>
+  <si>
+    <t>aPart</t>
+  </si>
+  <si>
+    <t>Commune de Watermael-Boitsfort</t>
+  </si>
+  <si>
+    <t>ASTRA SWEETS NV</t>
+  </si>
+  <si>
+    <t>POUR LA SOLIDARITÉ</t>
+  </si>
+  <si>
+    <t>Beweging vzw - Antwerpen</t>
+  </si>
+  <si>
+    <t>VZW sint-Lodewijk</t>
+  </si>
+  <si>
+    <t>Centre Régional dIntégration de la Province de Luxembourg</t>
+  </si>
+  <si>
+    <t>Crebis/Le Forum</t>
+  </si>
+  <si>
+    <t>HEC-ULg Ecole de gestion de l'Université de Liège asbl</t>
+  </si>
+  <si>
+    <t>Regionaal INstituut voor Samenlevingsopbouw Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>VISSER &amp; SMIT HANAB</t>
+  </si>
+  <si>
+    <t>- Chambre de Commerce et d’Industrie de Bruxelles &amp; Union des Entreprises de Bruxelles asbl (BECI)</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l´Emploi du Sud Entre-Sambre-et-Meuse</t>
+  </si>
+  <si>
+    <t>Interfédération des CISP ASBL</t>
+  </si>
+  <si>
+    <t>Centre Régional de Verviers pour l´Intégration des Personnes Etrangères ou d´Origine Etrangère</t>
+  </si>
+  <si>
+    <t>NEOPACK</t>
+  </si>
+  <si>
+    <t>Emancipatie Via Arbeid</t>
+  </si>
+  <si>
+    <t>FILIERE LAINE</t>
+  </si>
+  <si>
+    <t>Centre de Formation 2 mille</t>
+  </si>
+  <si>
+    <t>CARE FOR LIFE</t>
+  </si>
+  <si>
+    <t>UMons</t>
+  </si>
+  <si>
+    <t>CENFORGIL ASBL</t>
+  </si>
+  <si>
+    <t>Verstraete K &amp; Zoon NV</t>
+  </si>
+  <si>
+    <t>Vlaamse Overheid</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Kamp C</t>
+  </si>
+  <si>
+    <t>MILVUS Consulting</t>
+  </si>
+  <si>
+    <t>A&amp;B KMO - Partners</t>
+  </si>
+  <si>
+    <t>Ville de Saint-Hubert</t>
+  </si>
+  <si>
+    <t>Dienstencentrum Zonnedries</t>
+  </si>
+  <si>
+    <t>kinderdagverblijf Ukelele vzw</t>
+  </si>
+  <si>
+    <t>WAARBORG- EN SOCIAAL FONDS VOOR DE VASTGOEDSECTOR - FONDS SOCIAL ET DE GARANTIE DU SECTEUR IMMOBILIER</t>
+  </si>
+  <si>
+    <t>ALIMENT-T</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Watermael-Boitsfort</t>
+  </si>
+  <si>
+    <t>INDUVER ANTWERPEN</t>
+  </si>
+  <si>
+    <t>Materia Nova</t>
+  </si>
+  <si>
+    <t>BUBBLE</t>
+  </si>
+  <si>
+    <t>A.T.A. VENTILATION Ets DUROISIN</t>
+  </si>
+  <si>
+    <t>OCMW Antwerpen</t>
+  </si>
+  <si>
+    <t>AGC Glass Europe - Technovation Centre</t>
+  </si>
+  <si>
+    <t>Dewaele Vastgoed &amp; Advies</t>
+  </si>
+  <si>
+    <t>Hogeschool Gent</t>
+  </si>
+  <si>
+    <t>Reliance</t>
+  </si>
+  <si>
+    <t>WOON- EN ZORGCENTRUM SINT -CAMILLUS</t>
+  </si>
+  <si>
+    <t>DESSERT FACTORY</t>
+  </si>
+  <si>
+    <t>ViTalent - ViTalent VZW</t>
+  </si>
+  <si>
+    <t>HTP EUROPE</t>
+  </si>
+  <si>
+    <t>Service d´Interprétation des Sourds de Wallonie</t>
+  </si>
+  <si>
+    <t>Centre Européen du Travail Retravailler Charleroi Thuin</t>
+  </si>
+  <si>
+    <t>TELEVIC GROUP</t>
+  </si>
+  <si>
+    <t>CHEMICAR EUROPE NV</t>
+  </si>
+  <si>
+    <t>AGC GLASS EUROPE</t>
+  </si>
+  <si>
+    <t>Stadsdiensten AC Portus</t>
+  </si>
+  <si>
+    <t>Nieuw Dak</t>
+  </si>
+  <si>
+    <t>NADIN CONSULTING</t>
+  </si>
+  <si>
+    <t>DE MET</t>
+  </si>
+  <si>
+    <t>Centre de Recherches de l'Industrie Belge de la Ceramique</t>
+  </si>
+  <si>
+    <t>Agence Immobilière Sociale Saint-gilloise Théodore Verhagen</t>
+  </si>
+  <si>
+    <t>Université de Mons</t>
+  </si>
+  <si>
+    <t>BHG</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l'Emploi de Liège</t>
+  </si>
+  <si>
+    <t>Natuurpunt</t>
+  </si>
+  <si>
+    <t>Universiteit Antwerpen - UAntwerpen - Campus Middelheim</t>
+  </si>
+  <si>
+    <t>CEGEKA - CEGEKA HASSELT CORDA</t>
+  </si>
+  <si>
+    <t>IMAX PRO</t>
+  </si>
+  <si>
+    <t>Stamperke</t>
+  </si>
+  <si>
+    <t>TECHNIFUTUR</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : GO! Centrum voor volwassenenonderwijs Antwerpen</t>
+  </si>
+  <si>
+    <t>DE HULSTER</t>
+  </si>
+  <si>
+    <t>KELDERMANS WONEN HERK-DE-STAD</t>
+  </si>
+  <si>
+    <t>Réso asbl</t>
+  </si>
+  <si>
+    <t>GHISTELINCK AUTOBEDRIJVEN</t>
+  </si>
+  <si>
+    <t>SINT-LODEWIJK</t>
+  </si>
+  <si>
+    <t>Upgrade Energy</t>
+  </si>
+  <si>
+    <t>Zentrum für Aus- und  Weiterbildung des Mittelstandes ZAWM</t>
+  </si>
+  <si>
+    <t>Racynes</t>
+  </si>
+  <si>
+    <t>De Kazematten</t>
+  </si>
+  <si>
+    <t>Any-Shape</t>
+  </si>
+  <si>
+    <t>Christliche Arbeiterjugend (CAJ)</t>
+  </si>
+  <si>
+    <t>Province de Liège</t>
+  </si>
+  <si>
+    <t>Proefstation voor de Groenteteelt Sint-Katelijne-Waver</t>
+  </si>
+  <si>
+    <t>Financité</t>
+  </si>
+  <si>
+    <t>KU Leuven - Campus Leuven binnenstad - algemene diensten</t>
+  </si>
+  <si>
+    <t>CPAS ANDERLUES</t>
+  </si>
+  <si>
+    <t>Vormings- en Opleidingskansen - Brussel (VOKANS)</t>
+  </si>
+  <si>
+    <t>TEO-Teaching Each Other</t>
+  </si>
+  <si>
+    <t>Mission locale d´Anderlecht</t>
+  </si>
+  <si>
+    <t>QUARES HOLDING</t>
+  </si>
+  <si>
+    <t>AMON CONSULTANTS</t>
+  </si>
+  <si>
+    <t>Psychiatrisch Ziekenhuis Bethanië</t>
+  </si>
+  <si>
+    <t>NLMaritimeTechnologyFoundation</t>
+  </si>
+  <si>
+    <t>Atelier Groot Eiland</t>
+  </si>
+  <si>
+    <t>Centre socialiste d'éducation permanente</t>
+  </si>
+  <si>
+    <t>Collectif Logement ASBL</t>
+  </si>
+  <si>
+    <t>Gemeente Hamme</t>
+  </si>
+  <si>
+    <t>Katholieke Universiteit te Leuven</t>
+  </si>
+  <si>
+    <t>KAREL STERCKX NV</t>
+  </si>
+  <si>
+    <t>WTCB</t>
+  </si>
+  <si>
+    <t>AgroNature Flanders</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Châtelet</t>
+  </si>
+  <si>
+    <t>DB VIDEO PRODUCTIONS</t>
+  </si>
+  <si>
+    <t>Gembloux AgroBioTech Université de Liège</t>
+  </si>
+  <si>
+    <t>VIA</t>
+  </si>
+  <si>
+    <t>L'Observatoire du Crédit et de l'Endettement</t>
+  </si>
+  <si>
+    <t>Gosselin Group</t>
+  </si>
+  <si>
+    <t>Boerenbond</t>
+  </si>
+  <si>
+    <t>SOCIAAL ECONOMISCHE RAAD VAN VLAANDEREN (SERV)</t>
+  </si>
+  <si>
+    <t>ArcelorMittal ESP N.V.</t>
+  </si>
+  <si>
+    <t>Kenniscentrum Toerisme en Horeca   vzw</t>
+  </si>
+  <si>
+    <t>Strukton Rail</t>
+  </si>
+  <si>
+    <t>Metalen Verhoestraete</t>
+  </si>
+  <si>
+    <t>ESF-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Centre d'Information et d'Education Populaire du Brabant Wallon Asbl</t>
+  </si>
+  <si>
+    <t>BIO BASE EUROPE PILOT PLANT</t>
+  </si>
+  <si>
+    <t>Agence pour une Vie de Qualité</t>
+  </si>
+  <si>
+    <t>De Regenboog vzw</t>
+  </si>
+  <si>
+    <t>Eco-construction Cluster</t>
+  </si>
+  <si>
+    <t>LANGE CHRISTIAN</t>
+  </si>
+  <si>
+    <t>Christliche  Arbeiterjugend CAJ VoG</t>
+  </si>
+  <si>
+    <t>WINSOL INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Step Accompagnement asbl</t>
+  </si>
+  <si>
+    <t>Zorggroep Orion</t>
+  </si>
+  <si>
+    <t>Groupe Action Surendettement en Province de luxembourg</t>
+  </si>
+  <si>
+    <t>UNDERSIDE</t>
+  </si>
+  <si>
+    <t>Centrale Administratie</t>
+  </si>
+  <si>
+    <t>Mission locale d´Etterbeek</t>
+  </si>
+  <si>
+    <t>Centre Bruxellois d'Action Interculturelle</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Seneffe</t>
+  </si>
+  <si>
+    <t>Ville de Mons</t>
+  </si>
+  <si>
+    <t>NOORDZEE HELIKOPTERS VLAANDEREN</t>
+  </si>
+  <si>
+    <t>I.SO.C.E.L.E.</t>
+  </si>
+  <si>
+    <t>Alfa Thuis</t>
+  </si>
+  <si>
+    <t>SIREAS Service international de Recherche d´Education et d´Action Sociale</t>
+  </si>
+  <si>
+    <t>Ville de Virton</t>
+  </si>
+  <si>
+    <t>Commune de MOLENBEEK-SAINT-JEAN</t>
+  </si>
+  <si>
+    <t>Stad Lier</t>
+  </si>
+  <si>
+    <t>VLAAMSE INSTELLING VOOR TECHNOLOGISCH ONDERZOEK</t>
+  </si>
+  <si>
+    <t>Nalantis NV</t>
+  </si>
+  <si>
+    <t>Réseau Wallon de lutte contre la pauvreté</t>
+  </si>
+  <si>
+    <t>Mission locale pour l'emploi de Forest</t>
+  </si>
+  <si>
+    <t>NV VELLEMAN COMPONENTS</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l'Emploi des Arrondissements de Namur et Dinant</t>
+  </si>
+  <si>
+    <t>Culture In Vivo</t>
+  </si>
+  <si>
+    <t>Citydev</t>
+  </si>
+  <si>
+    <t>Flanders Fashion Design International</t>
+  </si>
+  <si>
+    <t>HELBIG</t>
+  </si>
+  <si>
+    <t>La Toupie asbl</t>
+  </si>
+  <si>
+    <t>AUTONOOM PROVINCIEBEDRIJF VLAAMS-BRABANTS EXTRANET VOOR REGIO EN ADMINISTRATIE - Autonoom Prov. Bedrijf VERA</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire Brabant Wallon</t>
+  </si>
+  <si>
+    <t>Departement Werk en Sociale Economie (DWSE) - hoofdzetel</t>
+  </si>
+  <si>
+    <t>LLIMBURGS OVERLEG ONDERWIJS-ARBEID vzw</t>
+  </si>
+  <si>
+    <t>Université de Liège</t>
+  </si>
+  <si>
+    <t>GTB - gespecialiseerd team bemiddeling</t>
+  </si>
+  <si>
+    <t>CEPA SC PERSOONLIJKE REKENING</t>
+  </si>
+  <si>
+    <t>Cefochim asbl</t>
+  </si>
+  <si>
+    <t>EHB</t>
+  </si>
+  <si>
+    <t>Mission Locale pour l´emploi de Saint-Josse</t>
+  </si>
+  <si>
+    <t>KUNNIG</t>
+  </si>
+  <si>
+    <t>Commune de Pont-à-Celles</t>
+  </si>
+  <si>
+    <t>PUNCH POWERTRAIN</t>
+  </si>
+  <si>
+    <t>Light Gallery</t>
+  </si>
+  <si>
+    <t>SPAQUE</t>
+  </si>
+  <si>
+    <t>Stad Kortrijk - Stadhuis Kortrijk</t>
+  </si>
+  <si>
+    <t>Centre Régional pour l´Intégration des personnes étrangères ou d´origine étrangère de Liège</t>
+  </si>
+  <si>
+    <t>Consortium de Validation des Compétences</t>
+  </si>
+  <si>
+    <t>Alternatief</t>
+  </si>
+  <si>
+    <t>LA POSTERIE ASBL</t>
+  </si>
+  <si>
+    <t>Het Poetsbureau</t>
+  </si>
+  <si>
+    <t>ANTICIMEX</t>
+  </si>
+  <si>
+    <t>VERHELST JOHAN</t>
+  </si>
+  <si>
+    <t>Departement Werk en Sociale Economie - Afdeling ESF</t>
+  </si>
+  <si>
+    <t>SMARTNODES</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l´emploi de Mons-Borinage</t>
+  </si>
+  <si>
+    <t>Centre Régional d´Action Interculturelle du Centre</t>
+  </si>
+  <si>
+    <t>Service d'Interprétation des Sourds de Wallonie</t>
+  </si>
+  <si>
+    <t>MIRAS</t>
+  </si>
+  <si>
+    <t>HAYS</t>
+  </si>
+  <si>
+    <t>GameWise</t>
+  </si>
+  <si>
+    <t>Arbeitsamt der Deutschsprachigen Gemeinschaft</t>
+  </si>
+  <si>
+    <t>CONFISERIE VANDENBULCKE</t>
+  </si>
+  <si>
+    <t>GADUS</t>
+  </si>
+  <si>
+    <t>KU Leuven - Katholieke Universiteit te Leuven - KU Leuven site Hogenheuvelcollege</t>
+  </si>
+  <si>
+    <t>NUYTTEN VERZEKERINGEN</t>
+  </si>
+  <si>
+    <t>FTQP asbl</t>
+  </si>
+  <si>
+    <t>Commune d'Etterbeek - Gemeente Etterbeek</t>
+  </si>
+  <si>
+    <t>DCP</t>
+  </si>
+  <si>
+    <t>Centre Culturel la Vénerie asbl</t>
+  </si>
+  <si>
+    <t>Solutions 30 Field services</t>
+  </si>
+  <si>
+    <t>ALLGRO</t>
+  </si>
+  <si>
+    <t>Cpas de Binche</t>
+  </si>
+  <si>
+    <t>Trixxo Jobs I Hoeselt</t>
+  </si>
+  <si>
+    <t>SIGNATURE FOODS BELGIUM</t>
+  </si>
+  <si>
+    <t>Centre d'Accompagnement et de Réinsertion Sociale des Jeunes en difficulté (CARS)</t>
+  </si>
+  <si>
+    <t>Kinderdagverblijf Ukelele</t>
+  </si>
+  <si>
+    <t>OMNIPLEX</t>
+  </si>
+  <si>
+    <t>HOME EOS</t>
+  </si>
+  <si>
+    <t>DOMINIEK SAVIO VZW</t>
+  </si>
+  <si>
+    <t>Solidarimmo</t>
+  </si>
+  <si>
+    <t>Blenders</t>
+  </si>
+  <si>
+    <t>Club Loisirs et Vacances Asbl</t>
+  </si>
+  <si>
+    <t>Strand Associates Consulting</t>
+  </si>
+  <si>
+    <t>Medisch Centrum voor Huisartsen van het Leuvense</t>
+  </si>
+  <si>
+    <t>BRUSOC</t>
+  </si>
+  <si>
+    <t>Katholieke Hogeschool VIVES Zuid</t>
+  </si>
+  <si>
+    <t>UNIE-K</t>
+  </si>
+  <si>
+    <t>ZOUTMAN</t>
+  </si>
+  <si>
+    <t>PARFUMA BVBA</t>
+  </si>
+  <si>
+    <t>JAVA Foodservice</t>
+  </si>
+  <si>
+    <t>Welzijnskoepel West-Brabant</t>
+  </si>
+  <si>
+    <t>SPOT - Association Chapitre XII</t>
+  </si>
+  <si>
+    <t>Bewel Diepenbeek</t>
+  </si>
+  <si>
+    <t>ILVO-Directie</t>
+  </si>
+  <si>
+    <t>Ferm Huishoudhulp cv</t>
+  </si>
+  <si>
+    <t>Technical and Pedagogical Cooperation Centre, research centre associated with the Haute Ecole de la Province de Liège</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale Comines - Warneton</t>
+  </si>
+  <si>
+    <t>Universiteit Hasselt</t>
+  </si>
+  <si>
+    <t>HET ANKER</t>
+  </si>
+  <si>
+    <t>ASBL Régie des quartiers d´Enghien</t>
+  </si>
+  <si>
+    <t>ASBL LIRE ET ECRIRE, Régionale de Verviers</t>
+  </si>
+  <si>
+    <t>Gemeente Vosselaar - Gemeentebestuur Vosselaar</t>
+  </si>
+  <si>
+    <t>Collectif Formation Société Asbl</t>
+  </si>
+  <si>
+    <t>O.F.T. AANKOOP</t>
+  </si>
+  <si>
+    <t>Autonoom Gemeentebedrijf Haven Oostende</t>
+  </si>
+  <si>
+    <t>Ligue de l'Enseignement et de l'Education Permanente</t>
+  </si>
+  <si>
+    <t>MyCSN - MyCSN - Administratieve zetel</t>
+  </si>
+  <si>
+    <t>SAMENLEVINGSOPBOUW ANTWERPEN PROVINCIE</t>
+  </si>
+  <si>
+    <t>Sociaal Fonds van de Betonindustrie - Fonds social de l'industrie du Béton</t>
+  </si>
+  <si>
+    <t>SMILING BAKER</t>
+  </si>
+  <si>
+    <t>Verstraete  in mould labels</t>
+  </si>
+  <si>
+    <t>FOREM</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Huy</t>
+  </si>
+  <si>
+    <t>LA VIE EST BELLE BVBA</t>
+  </si>
+  <si>
+    <t>Université libre de Bruxelles (ULB)</t>
+  </si>
+  <si>
+    <t>Commune de Schaerbeek</t>
+  </si>
+  <si>
+    <t>THE FASHION SOCIETY</t>
+  </si>
+  <si>
+    <t>Green Fabric</t>
+  </si>
+  <si>
+    <t>BELGOCATERING</t>
+  </si>
+  <si>
+    <t>Coordination bruxelloise pour l'emploi et la formation des femmes</t>
+  </si>
+  <si>
+    <t>DEN DRIES vzw</t>
+  </si>
+  <si>
+    <t>DEMAKO</t>
+  </si>
+  <si>
+    <t>Parc naturel des Plaines de l'Escaut</t>
+  </si>
+  <si>
+    <t>LENZO</t>
+  </si>
+  <si>
+    <t>Société d'aménagement urbain - Maatschappij voor Stedelijke Inrichting</t>
+  </si>
+  <si>
+    <t>WYCOR</t>
+  </si>
+  <si>
+    <t>B2START IC</t>
+  </si>
+  <si>
+    <t>AVONDZON</t>
+  </si>
+  <si>
+    <t>CONWAY</t>
+  </si>
+  <si>
+    <t>Sociale Werkplaatsen - WEB</t>
+  </si>
+  <si>
+    <t>RevaTis</t>
+  </si>
+  <si>
+    <t>DE MEANDER</t>
+  </si>
+  <si>
+    <t>Service de Santé Mentale du CPAS de Charleroi - Service de Charleroi</t>
+  </si>
+  <si>
+    <t>KLUG IMMO</t>
+  </si>
+  <si>
+    <t>SYNTRA PROVINCIES ANTWERPEN EN VLAAMS - BRABANT vzw</t>
+  </si>
+  <si>
+    <t>Repair&amp;Share</t>
+  </si>
+  <si>
+    <t>AMARIS - ANTWERP MARITIME INFORMATION SYSTEMS/Antwerpse Maritieme Informatiesystemen - ANTWERP MARITIME INFORMATION SYSTEMS</t>
+  </si>
+  <si>
+    <t>Insaver</t>
+  </si>
+  <si>
+    <t>L.D.E.2</t>
+  </si>
+  <si>
+    <t>ARBEID EN MILIEU</t>
+  </si>
+  <si>
+    <t>Commune de Froidchapelle</t>
+  </si>
+  <si>
+    <t>TISSER</t>
+  </si>
+  <si>
+    <t>asbl Convivialités</t>
+  </si>
+  <si>
+    <t>Gemeente Beernem</t>
+  </si>
+  <si>
+    <t>Mission Locale de Schaerbeek</t>
+  </si>
+  <si>
+    <t>Commune de Forest</t>
+  </si>
+  <si>
+    <t>De Met</t>
+  </si>
+  <si>
+    <t>Esri BeLux S.A.</t>
+  </si>
+  <si>
+    <t>U.L.B.</t>
+  </si>
+  <si>
+    <t>Cores Development</t>
+  </si>
+  <si>
+    <t>Lojega</t>
+  </si>
+  <si>
+    <t>Stad Ieper - Openbaar domein</t>
+  </si>
+  <si>
+    <t>Jessa Ziekenhuis</t>
+  </si>
+  <si>
+    <t>Universitair Ziekenhuis Gent - UZ GENT</t>
+  </si>
+  <si>
+    <t>PME bénéficiaires de chèques "Propriété intellectuelle"</t>
+  </si>
+  <si>
+    <t>Walloon Breeding Association asbl</t>
+  </si>
+  <si>
+    <t>VEPA</t>
+  </si>
+  <si>
+    <t>R.F.T.</t>
+  </si>
+  <si>
+    <t>Institut wallon de l'évaluation, de la prospective et de la statistique (IWEPS)</t>
+  </si>
+  <si>
+    <t>- Lateral Thinking Factory scrl (LTF)</t>
+  </si>
+  <si>
+    <t>De Biehal</t>
+  </si>
+  <si>
+    <t>TRISLOT</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Centrum voor Volwassenenonderwijs SVG</t>
+  </si>
+  <si>
+    <t>Association pour le Redéploiement Economique du Bassin Sérésien</t>
+  </si>
+  <si>
+    <t>biscuits populier</t>
+  </si>
+  <si>
+    <t>art2work vzw</t>
+  </si>
+  <si>
+    <t>Alcyon Dienstencheques</t>
+  </si>
+  <si>
+    <t>Centre de Formation d'Animateurs</t>
+  </si>
+  <si>
+    <t>LA CRÈCHE BABYMEDIA</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij Vlaams-Brabant - POM Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>LE BALLON ROUGE</t>
+  </si>
+  <si>
+    <t>- Biomim Greenloop s.a</t>
+  </si>
+  <si>
+    <t>LIRE ET ECRIRE BRABANT WALLON ASBL</t>
+  </si>
+  <si>
+    <t>Stad Gent</t>
+  </si>
+  <si>
+    <t>Stad Geel</t>
+  </si>
+  <si>
+    <t>IKOO</t>
+  </si>
+  <si>
+    <t>Régie des quartiers de "La Famennoise" de Marche en Famenne</t>
+  </si>
+  <si>
+    <t>SAX SANITAIR</t>
+  </si>
+  <si>
+    <t>Openbaar Centrum voor Maatschappelijk Welzijn van Geel</t>
+  </si>
+  <si>
+    <t>Experimental Poultry Centre</t>
+  </si>
+  <si>
+    <t>WAP'S HUB</t>
+  </si>
+  <si>
+    <t>HospiLim</t>
+  </si>
+  <si>
+    <t>DE VLAAMSE WATERWEG - Brussel</t>
+  </si>
+  <si>
+    <t>Port of Limburg</t>
+  </si>
+  <si>
+    <t>SONACA</t>
+  </si>
+  <si>
+    <t>C.M.I.</t>
+  </si>
+  <si>
+    <t>Satellic</t>
+  </si>
+  <si>
+    <t>University college PXL</t>
+  </si>
+  <si>
+    <t>Woon- en zorgcentrum Avondvrede</t>
+  </si>
+  <si>
+    <t>TECHNOCAMPUS</t>
+  </si>
+  <si>
+    <t>ANMI</t>
+  </si>
+  <si>
+    <t>Ghent</t>
+  </si>
+  <si>
+    <t>KIKK</t>
+  </si>
+  <si>
+    <t>Province du Hainaut</t>
+  </si>
+  <si>
+    <t>AQUALEX</t>
+  </si>
+  <si>
+    <t>wes research &amp; strategy</t>
+  </si>
+  <si>
+    <t>Agilitas</t>
+  </si>
+  <si>
+    <t>Forêt.Nature</t>
+  </si>
+  <si>
+    <t>BPC HOLDING</t>
+  </si>
+  <si>
+    <t>Vlaamse Confederatie van Social - Profit Ondernemingen</t>
+  </si>
+  <si>
+    <t>Au pays de l'Attert</t>
+  </si>
+  <si>
+    <t>Aquaprotect / Iso-protect</t>
+  </si>
+  <si>
+    <t>SAFRINVEST</t>
+  </si>
+  <si>
+    <t>La Commune de Molenbeek-Saint-Jean (MCCS)</t>
+  </si>
+  <si>
+    <t>SODALIS VZW</t>
+  </si>
+  <si>
+    <t>SOBINCO</t>
+  </si>
+  <si>
+    <t>Jeugdhulp Don Bosco Vlaanderen</t>
+  </si>
+  <si>
+    <t>BENVELC</t>
+  </si>
+  <si>
+    <t>Pleinlaan 9</t>
+  </si>
+  <si>
+    <t>Openbaar Centrum voor Maatschappelijk Welzijn van Ieper</t>
+  </si>
+  <si>
+    <t>MISSION REGIONALE POUR L´EMPLOI EN BRABANT WALLON</t>
+  </si>
+  <si>
+    <t>VLERICK BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>L'Ecole dans la vie</t>
+  </si>
+  <si>
+    <t>DEDIRES</t>
+  </si>
+  <si>
+    <t>Weerwerk</t>
+  </si>
+  <si>
+    <t>Home Nazareth</t>
+  </si>
+  <si>
+    <t>NAMUR INNOVATION &amp; GROWTH</t>
+  </si>
+  <si>
+    <t>CENTRUM GEESTELIJKE GEZONDHEIDSZORG PRISMA</t>
+  </si>
+  <si>
+    <t>Vlaamse Autonome Hogeschool</t>
+  </si>
+  <si>
+    <t>Mission Régionale Huy Waremme</t>
+  </si>
+  <si>
+    <t>Service Formation PME - Commission Communautaire française</t>
+  </si>
+  <si>
+    <t>Van Marcke NV</t>
+  </si>
+  <si>
+    <t>DE SLUIS ARBEIDSCENTRUM  MIDDEN LIMBURG VZW</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Flémalle</t>
+  </si>
+  <si>
+    <t>SYNABS</t>
+  </si>
+  <si>
+    <t>ARDOVRIES</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de La Louvière</t>
+  </si>
+  <si>
+    <t>Centre d'Accompagnement et de Formation pour Adultes (CAFA)</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers Havre-SAC asbl</t>
+  </si>
+  <si>
+    <t>COMBELL</t>
+  </si>
+  <si>
     <t>Centre d´Orientation et de Formation aux Technologies Numériques</t>
   </si>
   <si>
+    <t>CSTC - WTCB</t>
+  </si>
+  <si>
+    <t>TILMAN</t>
+  </si>
+  <si>
+    <t>COBOT VZW</t>
+  </si>
+  <si>
+    <t>TALENTUS</t>
+  </si>
+  <si>
+    <t>VLAAMS A.B.V.V. SYNDIKALE DIENSTEN</t>
+  </si>
+  <si>
+    <t>MERLIJN MARKETEER</t>
+  </si>
+  <si>
+    <t>Stad Aalst</t>
+  </si>
+  <si>
+    <t>Charleroi Entreprendre</t>
+  </si>
+  <si>
+    <t>ENCOSO</t>
+  </si>
+  <si>
+    <t>Meco</t>
+  </si>
+  <si>
+    <t>Ville de Namur</t>
+  </si>
+  <si>
+    <t>Hoofdzetel - W13</t>
+  </si>
+  <si>
+    <t>ROUSSEL-LIETAER</t>
+  </si>
+  <si>
+    <t>Pro Natura</t>
+  </si>
+  <si>
+    <t>Katholieke Universiteit te Leuven - KU Leuven - Campus Brugge - Wetenschap &amp; Technologie (KHBO)</t>
+  </si>
+  <si>
+    <t>C.P.A.S.</t>
+  </si>
+  <si>
+    <t>RPZ Living Lab Development &amp; Management</t>
+  </si>
+  <si>
+    <t>INGENIUM</t>
+  </si>
+  <si>
+    <t>APPWISE</t>
+  </si>
+  <si>
+    <t>Stad Brugge</t>
+  </si>
+  <si>
+    <t>INFANO</t>
+  </si>
+  <si>
+    <t>W.N.F. CARDS</t>
+  </si>
+  <si>
+    <t>Agence wallonne de la Santé, de la Protection sociale, du Handicap et des Familles; dénommée AViQ (Agence pour une Vie de Qualité)</t>
+  </si>
+  <si>
+    <t>Meyvaert</t>
+  </si>
+  <si>
+    <t>Sint-Amandsberg</t>
+  </si>
+  <si>
+    <t>KiOmed Pharma</t>
+  </si>
+  <si>
+    <t>Sirris, the collective centre of the technological industry</t>
+  </si>
+  <si>
+    <t>X-RIS</t>
+  </si>
+  <si>
+    <t>Centre d´Action Interculturelle asbl</t>
+  </si>
+  <si>
+    <t>Sirris, het collectief centrum van de technologische industrie</t>
+  </si>
+  <si>
+    <t>CPAS de Namur</t>
+  </si>
+  <si>
+    <t>Intercommunale de Soins Spécialisés de Liège (ISoSL)</t>
+  </si>
+  <si>
+    <t>European Medical Association</t>
+  </si>
+  <si>
+    <t>Stad Hasselt - 't Scheep</t>
+  </si>
+  <si>
+    <t>Université de Namur Asbl</t>
+  </si>
+  <si>
+    <t>P &amp; I</t>
+  </si>
+  <si>
+    <t>TECHNIC ONE</t>
+  </si>
+  <si>
+    <t>United Experts</t>
+  </si>
+  <si>
+    <t>Centre de Coordination et de Gestion des programmes européens-Direction générale de l´enseignement obligatoire</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>DAKOTA COATINGS NV</t>
+  </si>
+  <si>
+    <t>Liquidfloors</t>
+  </si>
+  <si>
+    <t>VANDEMOORTELE COORDINATION CENTER</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DU HAINAUT</t>
+  </si>
+  <si>
+    <t>Onafhankelijk Leven vzw</t>
+  </si>
+  <si>
+    <t>Davidsfonds</t>
+  </si>
+  <si>
+    <t>Smurfit Kappa Van Mierlo</t>
+  </si>
+  <si>
+    <t>EVADAM</t>
+  </si>
+  <si>
+    <t>La Fédération Wallonie-Bruxelles</t>
+  </si>
+  <si>
+    <t>LaCAR MDx technologies</t>
+  </si>
+  <si>
+    <t>La teignouse ASBL</t>
+  </si>
+  <si>
+    <t>Eurometropolitan e-campus</t>
+  </si>
+  <si>
+    <t>Mirto vzw site Gent plant 1</t>
+  </si>
+  <si>
+    <t>DESIGN STONE</t>
+  </si>
+  <si>
+    <t>Quality Jobs Construct</t>
+  </si>
+  <si>
+    <t>EXMORE NV</t>
+  </si>
+  <si>
+    <t>Instituut voor Landbouw- en Visserijonderzoek (ILVO/EV-ILVO)</t>
+  </si>
+  <si>
+    <t>DIJLEDAL Sociale Huisvesting Leuven</t>
+  </si>
+  <si>
+    <t>Technocité</t>
+  </si>
+  <si>
+    <t>MEDIA ACTIE KUREGEM STAD</t>
+  </si>
+  <si>
+    <t>Sirris</t>
+  </si>
+  <si>
+    <t>Vernieuwing in de Basisvoorzieningen voor Jonge Kinderen vzw</t>
+  </si>
+  <si>
+    <t>Rust- en Verzorginstehuis Heilig Hart te Grimbergen</t>
+  </si>
+  <si>
+    <t>NOVALLIA</t>
+  </si>
+  <si>
+    <t>HERBAVITA - AGRO NATURAL SOLUTIONS</t>
+  </si>
+  <si>
+    <t>C.R.M.</t>
+  </si>
+  <si>
+    <t>CER-Groupe</t>
+  </si>
+  <si>
+    <t>Boekhoudkantoor Q-Bus</t>
+  </si>
+  <si>
+    <t>Vlaamse Milieumaatschappij</t>
+  </si>
+  <si>
+    <t>KIDS</t>
+  </si>
+  <si>
+    <t>FONDS VOOR DE RIJN- EN BINNENSCHEEPVAART -  FONDS VOOR DE RIJN- EN BINNENSCHEEPVAART</t>
+  </si>
+  <si>
+    <t>HAROL CONSYST</t>
+  </si>
+  <si>
+    <t>Organisation for Self-determinated Life</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l´Emploi de la Wallonie Picarde</t>
+  </si>
+  <si>
+    <t>HAFIBO NV</t>
+  </si>
+  <si>
+    <t>Jumik</t>
+  </si>
+  <si>
+    <t>BARIAS</t>
+  </si>
+  <si>
+    <t>Familiezorg Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>BRASSERIE CAULIER</t>
+  </si>
+  <si>
+    <t>CHOCDECOR</t>
+  </si>
+  <si>
+    <t>YAPPA</t>
+  </si>
+  <si>
+    <t>Stad Veurne - Stad Veurne - Admininstratie</t>
+  </si>
+  <si>
+    <t>AZIMUT</t>
+  </si>
+  <si>
+    <t>NEOLABO</t>
+  </si>
+  <si>
+    <t>Le centre collectif de l’industrie technologique (SIRRIS)</t>
+  </si>
+  <si>
+    <t>Ville de La Louvière</t>
+  </si>
+  <si>
+    <t>Droit et devoir</t>
+  </si>
+  <si>
+    <t>HENRI ESSERS EN ZONEN INTERNATIONAAL TRANSPORT</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale d'Ans</t>
+  </si>
+  <si>
+    <t>LIMBURGSE RECONVERSIE MAATSCHAPPIJ - LRM</t>
+  </si>
+  <si>
+    <t>Provinciebestuur West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>N.T.</t>
+  </si>
+  <si>
+    <t>MAISON DE L'ENTREPRISE, Centre Européen d'Entreprise et d'Innovation (CEEI)</t>
+  </si>
+  <si>
+    <t>THERATRAME</t>
+  </si>
+  <si>
+    <t>Citydev Brussels</t>
+  </si>
+  <si>
+    <t>Vind!</t>
+  </si>
+  <si>
+    <t>L'Université Libre de Bruxelles (ULB) et la SAU</t>
+  </si>
+  <si>
+    <t>ALERTIS</t>
+  </si>
+  <si>
+    <t>Stadsontwikkeling Gent (sogent)</t>
+  </si>
+  <si>
+    <t>EURO-MULTITEL</t>
+  </si>
+  <si>
+    <t>CERISIC</t>
+  </si>
+  <si>
+    <t>Alteo VoG</t>
+  </si>
+  <si>
+    <t>Roularta Media Group</t>
+  </si>
+  <si>
+    <t>La Chom'Hier- AID</t>
+  </si>
+  <si>
+    <t>AGOMOON</t>
+  </si>
+  <si>
+    <t>ACCOUNTANCY DEWAELE &amp; PARTNERS</t>
+  </si>
+  <si>
+    <t>Relais social du Pays de Charleroi</t>
+  </si>
+  <si>
+    <t>Ago Interim</t>
+  </si>
+  <si>
+    <t>CPAS de Liège</t>
+  </si>
+  <si>
+    <t>L´Ecole dans la vie</t>
+  </si>
+  <si>
+    <t>VERVOER VAN DIEVEL</t>
+  </si>
+  <si>
+    <t>DECOSPAN NEW</t>
+  </si>
+  <si>
+    <t>Agence wallonne de la santé, de la protection sociale, du handicap et des familles</t>
+  </si>
+  <si>
+    <t>Renewi</t>
+  </si>
+  <si>
+    <t>STUDIO 100 NV - HOKUS POKUS</t>
+  </si>
+  <si>
+    <t>Pur Pain Bio en Bio De Trog</t>
+  </si>
+  <si>
+    <t>Centrale diensten</t>
+  </si>
+  <si>
+    <t>Crédal</t>
+  </si>
+  <si>
+    <t>Commune de Messancy</t>
+  </si>
+  <si>
+    <t>University of Liège</t>
+  </si>
+  <si>
+    <t>Cascade (Solvay Entrepreneurs)</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Mons</t>
+  </si>
+  <si>
+    <t>Etablissements Maurice Wanty</t>
+  </si>
+  <si>
+    <t>V-ICT-OR - VLAAMSE ICT ORGANISATIE</t>
+  </si>
+  <si>
+    <t>ELLIMETAL</t>
+  </si>
+  <si>
+    <t>UMONS</t>
+  </si>
+  <si>
+    <t>LOCA LABORA</t>
+  </si>
+  <si>
+    <t>Gemeente De Panne</t>
+  </si>
+  <si>
+    <t>NedWorks</t>
+  </si>
+  <si>
+    <t>BRUFOR</t>
+  </si>
+  <si>
+    <t>Gils</t>
+  </si>
+  <si>
+    <t>Beschützende Werkstätten  BW Eupen, Meyerode  und ADAPTA Hergenrath VoGs</t>
+  </si>
+  <si>
+    <t>I &amp; S - FASHION</t>
+  </si>
+  <si>
+    <t>OBRA/BAKEN vzw</t>
+  </si>
+  <si>
+    <t>Centrummanagement Leuven</t>
+  </si>
+  <si>
+    <t>Gemeente Mol - Administratief Centrum 'T Getrouw</t>
+  </si>
+  <si>
+    <t>Sociaal Fonds voor de Audiovisuele Sector</t>
+  </si>
+  <si>
+    <t>Step Métiers</t>
+  </si>
+  <si>
+    <t>Innovation Support Centre for Agricultural and Rural Development</t>
+  </si>
+  <si>
+    <t>Toerisme Limburg</t>
+  </si>
+  <si>
+    <t>La Teignouse</t>
+  </si>
+  <si>
+    <t>CPSP België</t>
+  </si>
+  <si>
+    <t>FLAMEE &amp; PARTNERS ACCOUNTANTS &amp; BELASTINGCONSULENTEN</t>
+  </si>
+  <si>
+    <t>Ville de Lessines</t>
+  </si>
+  <si>
+    <t>Kazerne Dossin</t>
+  </si>
+  <si>
+    <t>ORDINA BELGIUM</t>
+  </si>
+  <si>
+    <t>syntra west</t>
+  </si>
+  <si>
+    <t>i-mens</t>
+  </si>
+  <si>
+    <t>S A N I R O O F</t>
+  </si>
+  <si>
+    <t>CARAH</t>
+  </si>
+  <si>
+    <t>AZIMUT - Louvain La Neuve</t>
+  </si>
+  <si>
+    <t>Moore Belgium</t>
+  </si>
+  <si>
+    <t>Erat</t>
+  </si>
+  <si>
+    <t>SOCIETE BELGE DE MATERIAUX COMPOSITES</t>
+  </si>
+  <si>
+    <t>Voka - Kamer van Koophandel Vlaams-Brabant kantoor Leuven</t>
+  </si>
+  <si>
+    <t>Dienststelle für Selbstbestimmtes Leben</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers de Seraing</t>
+  </si>
+  <si>
+    <t>Université Catholique de Louvain</t>
+  </si>
+  <si>
+    <t>Lire et écrire en Wallonie</t>
+  </si>
+  <si>
+    <t>VOKA - Kamer van Koophandel Limburg</t>
+  </si>
+  <si>
+    <t>Municipal administration of Berchem-Saint-Agathe</t>
+  </si>
+  <si>
+    <t>RUSTHUIS STIL GELUK BVBA</t>
+  </si>
+  <si>
+    <t>Innotek vzw</t>
+  </si>
+  <si>
+    <t>SOWALFIN</t>
+  </si>
+  <si>
+    <t>CSTC</t>
+  </si>
+  <si>
+    <t>Centre Régional d´Intégration de Charleroi ASBL</t>
+  </si>
+  <si>
+    <t>Begeleidingscentrum unit Spermalie</t>
+  </si>
+  <si>
+    <t>Commune d'Anderlecht</t>
+  </si>
+  <si>
+    <t>Proefstation voor Groenteteelt</t>
+  </si>
+  <si>
+    <t>DEWACO - WERKERSWELZIJN</t>
+  </si>
+  <si>
+    <t>JNC international</t>
+  </si>
+  <si>
+    <t>Kantoor Brussel</t>
+  </si>
+  <si>
+    <t>MENUIFAB</t>
+  </si>
+  <si>
+    <t>Familiehulp - hoofdzetel</t>
+  </si>
+  <si>
+    <t>Rotor asbl</t>
+  </si>
+  <si>
+    <t>Sciensano</t>
+  </si>
+  <si>
+    <t>NV VOLYS STAR</t>
+  </si>
+  <si>
+    <t>UNIZO ONDERNEMERSVERENIGING</t>
+  </si>
+  <si>
+    <t>CEFALY Technology</t>
+  </si>
+  <si>
+    <t>Gemeente Ravels - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>Solidarité mutualité - Province de Namur</t>
+  </si>
+  <si>
+    <t>CPAS de Soignies</t>
+  </si>
+  <si>
+    <t>Vlaamse Maatschappij voor Watervoorziening</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire Namur</t>
+  </si>
+  <si>
+    <t>Université Ouverte de la Fédération Wallonie-Bruxelles</t>
+  </si>
+  <si>
+    <t>BELGIAN VOLITION</t>
+  </si>
+  <si>
+    <t>OCMW-administratie</t>
+  </si>
+  <si>
+    <t>CPAS de Schaerbeek</t>
+  </si>
+  <si>
+    <t>Openbaar Centrum voor Maatschappelijk Welzijn Brugge</t>
+  </si>
+  <si>
+    <t>INTERCONGREGATIONELE VERENIGING VOOR CHRISTELIJKE BEJAARDENZORG</t>
+  </si>
+  <si>
+    <t>Le Pôle de reconversion</t>
+  </si>
+  <si>
+    <t>Fidea</t>
+  </si>
+  <si>
+    <t>WOLU-SERVICES</t>
+  </si>
+  <si>
+    <t>SL CORPORATE</t>
+  </si>
+  <si>
+    <t>DIAMOND HILL</t>
+  </si>
+  <si>
+    <t>STREAM SOFTWARE</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire Luxembourg</t>
+  </si>
+  <si>
+    <t>Association interrégionale Guidance et de Santé</t>
+  </si>
+  <si>
+    <t>SOLITHOR</t>
+  </si>
+  <si>
+    <t>European UAV-Drone Knowledge Area</t>
+  </si>
+  <si>
+    <t>WERKPERSPECTIEF</t>
+  </si>
+  <si>
+    <t>Decostere Accountancy Avelgem</t>
+  </si>
+  <si>
+    <t>Gemeente Herselt - Administratie</t>
+  </si>
+  <si>
+    <t>Institut wallon de formation en alternance et des indépendants et petites et moyennes entreprises</t>
+  </si>
+  <si>
+    <t>MEATIER</t>
+  </si>
+  <si>
+    <t>WOON- EN ZORGSCENTRUM ST-BERNARDUS</t>
+  </si>
+  <si>
+    <t>vzw Emiliani</t>
+  </si>
+  <si>
+    <t>Febecoop Agence conseil Wallonie</t>
+  </si>
+  <si>
+    <t>T.W.Z. NV</t>
+  </si>
+  <si>
+    <t>GRONDWERKEN G.L.K.</t>
+  </si>
+  <si>
+    <t>Bio Base Europe Pilot Plant</t>
+  </si>
+  <si>
+    <t>VLAAMS INSTITUUT VOOR DE ZEE</t>
+  </si>
+  <si>
+    <t>Power to Hydrogen</t>
+  </si>
+  <si>
+    <t>UCL</t>
+  </si>
+  <si>
+    <t>POSTALIA BELGIUM</t>
+  </si>
+  <si>
+    <t>Unizo - Unie van Zelfstandige Ondernemers</t>
+  </si>
+  <si>
+    <t>TRIXXO APH</t>
+  </si>
+  <si>
+    <t>Stedelijk Jeugdwerk Leuven  vzw</t>
+  </si>
+  <si>
+    <t>Centre de formation Insertion le grain</t>
+  </si>
+  <si>
+    <t>Les Jeunes Entreprises</t>
+  </si>
+  <si>
+    <t>AVOMARC</t>
+  </si>
+  <si>
+    <t>InnoPsy, Care4Office, Care4Family - InnoPsy/Care4Office - INNOPSY, CARE4OFFICE CARE4FAMI</t>
+  </si>
+  <si>
+    <t>COSELOG</t>
+  </si>
+  <si>
+    <t>RESTAURANT LEO</t>
+  </si>
+  <si>
+    <t>MATERNI</t>
+  </si>
+  <si>
+    <t>Jeugd en Stad Brussel</t>
+  </si>
+  <si>
+    <t>Siloé</t>
+  </si>
+  <si>
+    <t>Institut Saint-André d'Ixelles asbl</t>
+  </si>
+  <si>
+    <t>VZW Zonnehoeve</t>
+  </si>
+  <si>
+    <t>THREON</t>
+  </si>
+  <si>
+    <t>BeCode</t>
+  </si>
+  <si>
+    <t>City of Ghent</t>
+  </si>
+  <si>
+    <t>LeefGoed</t>
+  </si>
+  <si>
+    <t>AI Campus Hub</t>
+  </si>
+  <si>
+    <t>TRIPLACO</t>
+  </si>
+  <si>
+    <t>WES research &amp; strategy</t>
+  </si>
+  <si>
+    <t>Eurometropolitain e-Campus</t>
+  </si>
+  <si>
+    <t>GRAMITHERM EUROPE</t>
+  </si>
+  <si>
+    <t>Créa-Job BE0478 542 570</t>
+  </si>
+  <si>
+    <t>BRASSERIE DU VAL DE SAMBRE</t>
+  </si>
+  <si>
+    <t>BRU TEXTILES</t>
+  </si>
+  <si>
+    <t>DALCQ</t>
+  </si>
+  <si>
+    <t>BENEDIC</t>
+  </si>
+  <si>
+    <t>Vlaamse Gemeentschapscommissie</t>
+  </si>
+  <si>
+    <t>OPTRION</t>
+  </si>
+  <si>
+    <t>Imelda</t>
+  </si>
+  <si>
+    <t>Trempoline - Communauté Thérapeutique pour Personnes Toxicomanes et leurs Familles</t>
+  </si>
+  <si>
+    <t>Belgian Cycling Factory</t>
+  </si>
+  <si>
+    <t>BAVIK</t>
+  </si>
+  <si>
+    <t>Designregio Kortrijk</t>
+  </si>
+  <si>
+    <t>ORSI Services</t>
+  </si>
+  <si>
+    <t>Cyclo Asbl</t>
+  </si>
+  <si>
+    <t>HEVERLEE</t>
+  </si>
+  <si>
+    <t>Begeleidingsdienst Limburgs Mijngebied</t>
+  </si>
+  <si>
+    <t>SOCIETE INTERCOMMUNALE BEP - EXPANSION ECONOMIQUE</t>
+  </si>
+  <si>
+    <t>Dienststelle für  Selbstbestimmtes Leben DSL</t>
+  </si>
+  <si>
+    <t>CEFOCHIM</t>
+  </si>
+  <si>
+    <t>Cebedeau</t>
+  </si>
+  <si>
+    <t>Port of Ostend</t>
+  </si>
+  <si>
+    <t>BBC Communication</t>
+  </si>
+  <si>
+    <t>Dental Service and Solutions De Gelder</t>
+  </si>
+  <si>
+    <t>Centre d´Information et d´Aide aux Jeunes</t>
+  </si>
+  <si>
+    <t>CELABOR</t>
+  </si>
+  <si>
+    <t>DEGOTTE</t>
+  </si>
+  <si>
+    <t>Idée 53</t>
+  </si>
+  <si>
+    <t>JOBS@SKILLS</t>
+  </si>
+  <si>
+    <t>Arteveldehogeschool</t>
+  </si>
+  <si>
+    <t>Gemeente Westerlo - Gemeentehuis Westerlo</t>
+  </si>
+  <si>
+    <t>Verhofsté</t>
+  </si>
+  <si>
+    <t>Agfa-Gevaert</t>
+  </si>
+  <si>
+    <t>BOSS PAINTS</t>
+  </si>
+  <si>
+    <t>B.E.P. NAMUR</t>
+  </si>
+  <si>
+    <t>Fedasil - Hoofdbestuur</t>
+  </si>
+  <si>
+    <t>DE JONGHE</t>
+  </si>
+  <si>
+    <t>Le Piment</t>
+  </si>
+  <si>
+    <t>Kliq vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire Liège Huy Waremme</t>
+  </si>
+  <si>
+    <t>VGD ACCOUNTANTS EN BELASTINGCONSULENTEN</t>
+  </si>
+  <si>
+    <t>MISSION LOCALE DE SCHAERBEEK POUR L´EMPLOI ET LA FORMATION ASBL</t>
+  </si>
+  <si>
+    <t>ADG. BELGIUM</t>
+  </si>
+  <si>
+    <t>Commune des Bons Villers</t>
+  </si>
+  <si>
+    <t>Fédération Touristique du Luxembourg Belge</t>
+  </si>
+  <si>
+    <t>EDEPS</t>
+  </si>
+  <si>
+    <t>Province of Flemish Brabant</t>
+  </si>
+  <si>
+    <t>Centre Régional d'Intégration de Charleroi</t>
+  </si>
+  <si>
+    <t>Addax Motors NV</t>
+  </si>
+  <si>
+    <t>Ville de Ciney</t>
+  </si>
+  <si>
+    <t>TE Connectivity Belgium</t>
+  </si>
+  <si>
+    <t>DPD (BELGIUM)</t>
+  </si>
+  <si>
+    <t>Technofutur TIC</t>
+  </si>
+  <si>
+    <t>VOKA-KAMER VAN KOOPHANDEL OOST-VLAANDEREN - VOKA VZW</t>
+  </si>
+  <si>
+    <t>Vertendo</t>
+  </si>
+  <si>
+    <t>Departement Onderwijs en Vorming (DOV) - hoofdzetel</t>
+  </si>
+  <si>
+    <t>Campus Hoogpoort</t>
+  </si>
+  <si>
+    <t>ALUVISION ALUMINIUM CREATIES</t>
+  </si>
+  <si>
+    <t>RECOTRI</t>
+  </si>
+  <si>
+    <t>Service d'Incendie et d'Aide Médicale Urgente (SIAMU)</t>
+  </si>
+  <si>
+    <t>Argos, Centrum voor Vormings- en Activeringsprojecten</t>
+  </si>
+  <si>
+    <t>HENCO INDUSTRIES</t>
+  </si>
+  <si>
+    <t>CASABLANCO asbl</t>
+  </si>
+  <si>
+    <t>Het Rekreatief vzw</t>
+  </si>
+  <si>
+    <t>Mission locale pour l'emploi de Saint-Gilles</t>
+  </si>
+  <si>
+    <t>Groep Securex - Groupe Securex</t>
+  </si>
+  <si>
+    <t>NV WILLEMOT</t>
+  </si>
+  <si>
+    <t>AUCXIS</t>
+  </si>
+  <si>
+    <t>VETASOFT</t>
+  </si>
+  <si>
+    <t>CLARITY PHARM EU</t>
+  </si>
+  <si>
+    <t>INKONOX</t>
+  </si>
+  <si>
+    <t>VANGEEL ELECTRICAL</t>
+  </si>
+  <si>
+    <t>CPAS d´Andenne</t>
+  </si>
+  <si>
+    <t>Pro aktiv VoG</t>
+  </si>
+  <si>
+    <t>DX-SOLUTIONS</t>
+  </si>
+  <si>
+    <t>Team4Job ASBL</t>
+  </si>
+  <si>
+    <t>Autonoom Gemeentebedrijf Kunsten en Design - AGB Kunsten en Design - Design museum</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Bertrix</t>
+  </si>
+  <si>
+    <t>DUO for a job</t>
+  </si>
+  <si>
+    <t>DE DUINENWACHT  vzw</t>
+  </si>
+  <si>
+    <t>CONFEDERATIE BOUW LIMBURG  vzw</t>
+  </si>
+  <si>
+    <t>BEP - Bureau Economique de la Province de Namur</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale d'Evere</t>
+  </si>
+  <si>
+    <t>EUROQUARTZ</t>
+  </si>
+  <si>
+    <t>Agentschap voor Hoger Onderwijs, Volwassenenonderwijs, Kwalificaties en Studietoelagen (AHOVOKS) – hoofdzetel</t>
+  </si>
+  <si>
+    <t>BlueChem</t>
+  </si>
+  <si>
+    <t>BAM - Beheersmaatschappij Antwerpen Mobiel</t>
+  </si>
+  <si>
+    <t>JECREEMONJOB.be</t>
+  </si>
+  <si>
+    <t>CALLENS WILLY</t>
+  </si>
+  <si>
+    <t>opnieuw en co</t>
+  </si>
+  <si>
+    <t>Centre public d´action sociale des Bons Villers</t>
+  </si>
+  <si>
+    <t>Albert Heijn België</t>
+  </si>
+  <si>
+    <t>Gemeente Merksplas - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>La bottega</t>
+  </si>
+  <si>
+    <t>Artesis Plantijn Hogeschool Antwerpen</t>
+  </si>
+  <si>
+    <t>UCLL - Campus Diepenbeek - UC Limburg</t>
+  </si>
+  <si>
+    <t>RALET</t>
+  </si>
+  <si>
+    <t>Bruxelles Laïque</t>
+  </si>
+  <si>
+    <t>vzw IN-Z</t>
+  </si>
+  <si>
+    <t>Initiatieven voor Professionele Vorming voor de Bedienden van de Voedingsnijverheid</t>
+  </si>
+  <si>
+    <t>FEDERATION DES INDUSTRIES CHIMIQUES DE BELGIQUE</t>
+  </si>
+  <si>
+    <t>ILVO-T&amp;V 370</t>
+  </si>
+  <si>
+    <t>Hoge+A37:K75school Gent - Campus Aalst</t>
+  </si>
+  <si>
+    <t>Beschut Wonen Roeselare-Tielt  vzw</t>
+  </si>
+  <si>
+    <t>Welzijnsregio Noord-Limburg</t>
+  </si>
+  <si>
+    <t>CPAS Chapelle-lez-Herlaimont</t>
+  </si>
+  <si>
+    <t>Province de Hainaut Institut Provincial de Formation</t>
+  </si>
+  <si>
+    <t>SOCIETE WALLONNE DE FINANCEMENT COMPLEMENTAIRE DES INFRASTRUCTURES</t>
+  </si>
+  <si>
+    <t>Les Ateliers de la Meuse</t>
+  </si>
+  <si>
+    <t>VIO Interim - Re-Direct People - SD Worx Career Solutions - Trace - Trace! Construction - Flexpoint</t>
+  </si>
+  <si>
+    <t>EDU+ VZW</t>
+  </si>
+  <si>
+    <t>Natuurinvest</t>
+  </si>
+  <si>
+    <t>Constructiv</t>
+  </si>
+  <si>
+    <t>Perspectives</t>
+  </si>
+  <si>
+    <t>Elindus Kortrijk</t>
+  </si>
+  <si>
+    <t>IGEMO</t>
+  </si>
+  <si>
+    <t>Développement, Encadrement, Formation, Intégration par le Travail et la Socialisation,</t>
+  </si>
+  <si>
+    <t>Groupe d'Animation et de Formation pour Femmes Immigrées</t>
+  </si>
+  <si>
+    <t>Intermunicipal Association Leiedal</t>
+  </si>
+  <si>
+    <t>wbt</t>
+  </si>
+  <si>
+    <t>Witzenmann Benelux</t>
+  </si>
+  <si>
+    <t>DEZEURE</t>
+  </si>
+  <si>
+    <t>Accesport</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Thuin</t>
+  </si>
+  <si>
+    <t>City of Seraing</t>
+  </si>
+  <si>
+    <t>MARCHAND DE FER DELRUE</t>
+  </si>
+  <si>
+    <t>AANNEMINGSBEDRIJF NORRE-BEHAEGEL</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de COURCELLES</t>
+  </si>
+  <si>
+    <t>SPIROMATIC NV</t>
+  </si>
+  <si>
+    <t>AMEEL CANDY WORLD</t>
+  </si>
+  <si>
+    <t>SCOTT SPORTECH BENELUX N.V.</t>
+  </si>
+  <si>
+    <t>Gemeente Meerhout - Gemeentehuis Meerhout</t>
+  </si>
+  <si>
+    <t>CONSTRUX</t>
+  </si>
+  <si>
+    <t>OCMW - Centrale Diensten</t>
+  </si>
+  <si>
+    <t>regie des quartiers de La Famennoise</t>
+  </si>
+  <si>
+    <t>SIOEN INDUSTRIES</t>
+  </si>
+  <si>
+    <t>ENVIROSOIL</t>
+  </si>
+  <si>
+    <t>Denp</t>
+  </si>
+  <si>
+    <t>Circet Belgium</t>
+  </si>
+  <si>
+    <t>Collectif Formation Société</t>
+  </si>
+  <si>
+    <t>CREDAL</t>
+  </si>
+  <si>
+    <t>Somati FIE</t>
+  </si>
+  <si>
+    <t>Katholiek Onderwijs Vlaanderen</t>
+  </si>
+  <si>
+    <t>FINIPUR</t>
+  </si>
+  <si>
+    <t>LIMBURG DIEPENBEEK CAMPUS</t>
+  </si>
+  <si>
+    <t>DURABRIK BOUWBEDRIJVEN NV</t>
+  </si>
+  <si>
+    <t>Jeugd en Stad vzw - JES</t>
+  </si>
+  <si>
+    <t>Centre de formation BONNEVIE</t>
+  </si>
+  <si>
+    <t>La régie des quartiers de Seraing</t>
+  </si>
+  <si>
+    <t>Locate in Limburg</t>
+  </si>
+  <si>
+    <t>EMPHASE ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>Unie van Actieve Verenigingen Hoofdkantoor &amp; Afdeling Limburg</t>
+  </si>
+  <si>
+    <t>VANDELANOTTE ++</t>
+  </si>
+  <si>
+    <t>Federatie voor Fitness en Aerobics</t>
+  </si>
+  <si>
+    <t>EV-ILVO - Eigen Vermogen Instituut voor Landbouw- en Visserij Onderzoek</t>
+  </si>
+  <si>
+    <t>POPPIES INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>CPAS Péruwelz</t>
+  </si>
+  <si>
+    <t>Senior Living Group</t>
+  </si>
+  <si>
+    <t>GODDEERIS</t>
+  </si>
+  <si>
+    <t>Régie Immobilière Autonome de Herstal</t>
+  </si>
+  <si>
+    <t>APRES</t>
+  </si>
+  <si>
+    <t>QUALITY ASSISTANCE</t>
+  </si>
+  <si>
+    <t>Centrica Business Solutions Belgium</t>
+  </si>
+  <si>
+    <t>Le Gai Logis, foyer rationalise pour enfants et adolescent(e)s</t>
+  </si>
+  <si>
+    <t>UCM</t>
+  </si>
+  <si>
+    <t>WZC Bessemerberg</t>
+  </si>
+  <si>
+    <t>CPAS de Châtelet</t>
+  </si>
+  <si>
+    <t>INTEGRATIE EN ZELFSTANDIG WONEN VAN FYSIEK GEHANDICAPTE PERSONEN</t>
+  </si>
+  <si>
+    <t>Mission Locale de Molenbeek asbl</t>
+  </si>
+  <si>
+    <t>Vrije Universiteit Brussel (VUB)</t>
+  </si>
+  <si>
+    <t>HEC Ecole de gestion de l´Université de Liège asbl</t>
+  </si>
+  <si>
+    <t>Zorgnetwerk Trento</t>
+  </si>
+  <si>
+    <t>STEP BY STEPPES</t>
+  </si>
+  <si>
+    <t>OMICA GROUPS</t>
+  </si>
+  <si>
+    <t>DELY WAFELS</t>
+  </si>
+  <si>
+    <t>Centre Terre et Pierre</t>
+  </si>
+  <si>
+    <t>Association des Directions des Instituts Supérieurs Industriels Francophones</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Courcelles</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Soignies</t>
+  </si>
+  <si>
+    <t>Bio Base Europe Pilot Plant non-profit organisation</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire Communauté française</t>
+  </si>
+  <si>
+    <t>POM Antwerpen</t>
+  </si>
+  <si>
+    <t>NOSHAQ IMMO</t>
+  </si>
+  <si>
+    <t>Erkend Regionaal Samenwerkingsverband Oost-Vlaanderen  vzw</t>
+  </si>
+  <si>
+    <t>VOKA - Kamer van Koophandel W-Vl of VOKA-KvK W-Vl - VOKA - Kamer van Koophandel West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Campus Kennedylaan</t>
+  </si>
+  <si>
+    <t>ION</t>
+  </si>
+  <si>
+    <t>ZENTECH</t>
+  </si>
+  <si>
+    <t>Centre de coordination et de gestion des fonds européens - Enseignement de promotion sociale</t>
+  </si>
+  <si>
+    <t>MOERMAN NV</t>
+  </si>
+  <si>
+    <t>RTRDC</t>
+  </si>
+  <si>
+    <t>Intercommunale Maatschappij voor de Ruimtelijke Ordening en de Economische Sociale Expansie van het Arrondissement Leuven - Interleuven</t>
+  </si>
+  <si>
+    <t>ENGINE - Innovation Methods Provider  ASBL</t>
+  </si>
+  <si>
+    <t>ACERTA CONSULT</t>
+  </si>
+  <si>
+    <t>Ligne Bois</t>
+  </si>
+  <si>
+    <t>Centre Public Action Sociale de Dinant</t>
+  </si>
+  <si>
+    <t>CHRISTEYNS</t>
+  </si>
+  <si>
+    <t>Entraide et Solidarité en Entre-Sambre-et-Meuse</t>
+  </si>
+  <si>
+    <t>Commune de Courcelles</t>
+  </si>
+  <si>
+    <t>LUNOO NV</t>
+  </si>
+  <si>
+    <t>Asbl 6Beaufort</t>
+  </si>
+  <si>
+    <t>Seniorenzorg St-Vincentius Lendelede, vereniging zonder winstoogmerk</t>
+  </si>
+  <si>
+    <t>FIKE EUROPE</t>
+  </si>
+  <si>
+    <t>CityCubes</t>
+  </si>
+  <si>
+    <t>IsoHemp</t>
+  </si>
+  <si>
+    <t>ITOP</t>
+  </si>
+  <si>
+    <t>Administration communale de Flémalle</t>
+  </si>
+  <si>
+    <t>Katholieke Hogeschool Vives Zuid</t>
+  </si>
+  <si>
+    <t>RV Food NV</t>
+  </si>
+  <si>
+    <t>Vormingscentrum Hoger Instituut Voor Verpleegkunde Sint-Elisabeth Turnhout</t>
+  </si>
+  <si>
+    <t>GRAUX</t>
+  </si>
+  <si>
+    <t>Vesta  vzw</t>
+  </si>
+  <si>
+    <t>NOORD-LIMBURGS DIENSTENCHEQUEBEDRIJF NET IS NET</t>
+  </si>
+  <si>
+    <t>Universiteit Gent - st.-pietersnieuwstraat</t>
+  </si>
+  <si>
+    <t>Province de Luxembourg</t>
+  </si>
+  <si>
+    <t>AVR BVBA</t>
+  </si>
+  <si>
+    <t>Centre de Dynamique des Groupes et d'Analyse Institutionnelle Asbl</t>
+  </si>
+  <si>
+    <t>Commune d'Ixelles</t>
+  </si>
+  <si>
+    <t>Centre de Formation en Alternance de la Construction</t>
+  </si>
+  <si>
+    <t>Institut Scientifique de Service Public (ISSeP)</t>
+  </si>
+  <si>
+    <t>ALGEMENE PARTICIPATIE KERKHOFS</t>
+  </si>
+  <si>
+    <t>UNY GROUP</t>
+  </si>
+  <si>
+    <t>InnovaTech</t>
+  </si>
+  <si>
+    <t>FILAME BRUSSELS</t>
+  </si>
+  <si>
+    <t>Groupe One</t>
+  </si>
+  <si>
+    <t>In4Care - Partezis</t>
+  </si>
+  <si>
+    <t>Partena en OZ Poets- en strijkhulp</t>
+  </si>
+  <si>
+    <t>Intermunicipal Organisation for the Campine Region</t>
+  </si>
+  <si>
+    <t>Une Maison en Plus</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale d'Anderlecht</t>
+  </si>
+  <si>
+    <t>CPAS de Flémalle</t>
+  </si>
+  <si>
+    <t>BiiON</t>
+  </si>
+  <si>
+    <t>Workitects</t>
+  </si>
+  <si>
+    <t>TECHNOCITE asbl</t>
+  </si>
+  <si>
+    <t>Gemeente Maasmechelen</t>
+  </si>
+  <si>
+    <t>Institut Sainte-Anne</t>
+  </si>
+  <si>
+    <t>Randstad Belgium</t>
+  </si>
+  <si>
+    <t>CARREFOUR BUREAU</t>
+  </si>
+  <si>
+    <t>Kringloopcentrum SPIT</t>
+  </si>
+  <si>
+    <t>INVESTSUD INNOVATION</t>
+  </si>
+  <si>
+    <t>Gemeente Arendonk - Administratie Gemeentebestuur Arendonk</t>
+  </si>
+  <si>
+    <t>PERONNES INVEST</t>
+  </si>
+  <si>
+    <t>Jongerenatelier Kortrijk  vzw</t>
+  </si>
+  <si>
+    <t>PLAY IT</t>
+  </si>
+  <si>
+    <t>ALHEEMBOUW NV</t>
+  </si>
+  <si>
+    <t>Santens Groep</t>
+  </si>
+  <si>
+    <t>Taipro Engineering</t>
+  </si>
+  <si>
+    <t>OrientaEuro sprl</t>
+  </si>
+  <si>
+    <t>JAICO R.D.P.</t>
+  </si>
+  <si>
+    <t>Dep. of Mobility and Public Works</t>
+  </si>
+  <si>
+    <t>S.P.I+</t>
+  </si>
+  <si>
+    <t>AGFA</t>
+  </si>
+  <si>
+    <t>OOSCAR</t>
+  </si>
+  <si>
+    <t>AERO SERVICES</t>
+  </si>
+  <si>
+    <t>MATTHYS</t>
+  </si>
+  <si>
+    <t>CALYOS</t>
+  </si>
+  <si>
+    <t>Signpost België</t>
+  </si>
+  <si>
+    <t>VORMINGS- EN OPLEIDINGSKANSEN</t>
+  </si>
+  <si>
+    <t>COMET TRAITMENTS</t>
+  </si>
+  <si>
+    <t>DEMATRA</t>
+  </si>
+  <si>
+    <t>DUO for a job - Brussels</t>
+  </si>
+  <si>
+    <t>JANSSEN Pharmaceutica NV</t>
+  </si>
+  <si>
+    <t>ADC ELECTROMECANIQUE</t>
+  </si>
+  <si>
+    <t>Fluvius Halle-Vilvoorde</t>
+  </si>
+  <si>
+    <t>LDL Group</t>
+  </si>
+  <si>
+    <t>Rotor</t>
+  </si>
+  <si>
+    <t>LIVING TOMORROW</t>
+  </si>
+  <si>
+    <t>CPAS de Farciennes</t>
+  </si>
+  <si>
+    <t>NEO LEGIA</t>
+  </si>
+  <si>
+    <t>Agence de l'Entreprise et de l'Innovation</t>
+  </si>
+  <si>
+    <t>IOPOOL</t>
+  </si>
+  <si>
+    <t>Katholiek Onderwijs voor Volwassenen</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Provinciaal Secretariaat Europese Structuurfondsen</t>
+  </si>
+  <si>
+    <t>ORBID</t>
+  </si>
+  <si>
+    <t>ATRIUM BRUSSELS</t>
+  </si>
+  <si>
+    <t>Noordstarfonds</t>
+  </si>
+  <si>
+    <t>NOSHAQ EUROPE 3</t>
+  </si>
+  <si>
+    <t>OCMW Mechelen</t>
+  </si>
+  <si>
+    <t>Samen Leven Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>PEDEO NV</t>
+  </si>
+  <si>
+    <t>LoT</t>
+  </si>
+  <si>
+    <t>SUMITOMO BAKELITE EUROPE</t>
+  </si>
+  <si>
+    <t>WALLONIE AEROTRAINING NETWORK</t>
+  </si>
+  <si>
+    <t>Centre universitaire Zénobe Gramme</t>
+  </si>
+  <si>
+    <t>CAW Halle-Vilvoorde</t>
+  </si>
+  <si>
+    <t>ABESIM</t>
+  </si>
+  <si>
+    <t>VITO n.v. (until 31-12-2017 vzw i-Cleantech Vlaanderen - innovatie in cleantech)</t>
+  </si>
+  <si>
+    <t>Euregio Meuse-Rhine</t>
+  </si>
+  <si>
+    <t>RENOTEC</t>
+  </si>
+  <si>
+    <t>Centre Public d’Action Sociale de Binche</t>
+  </si>
+  <si>
+    <t>Hogere Zeevaartschool</t>
+  </si>
+  <si>
+    <t>QOMPIUM</t>
+  </si>
+  <si>
+    <t>PME bénéficiaires de chèques technologiques</t>
+  </si>
+  <si>
+    <t>Nationaal Secretariaat</t>
+  </si>
+  <si>
+    <t>Ville de Mouscron</t>
+  </si>
+  <si>
+    <t>Smet boring</t>
+  </si>
+  <si>
+    <t>Huize Tordale</t>
+  </si>
+  <si>
+    <t>InBrussel (Nederlands)</t>
+  </si>
+  <si>
+    <t>Vlaams Luchtvaartcentrum Oostende Brugge vzw</t>
+  </si>
+  <si>
+    <t>NOSHAQ EUROPE 4</t>
+  </si>
+  <si>
+    <t>Faresa</t>
+  </si>
+  <si>
+    <t>Union des Classes Moyennes de la Province de Namur</t>
+  </si>
+  <si>
+    <t>SFS BCAA Neufchâteau</t>
+  </si>
+  <si>
+    <t>Confédération Construction Bruxelles-Capitale (CCBC)</t>
+  </si>
+  <si>
+    <t>Thomas More Kempen - Thomas More Kempen vzw</t>
+  </si>
+  <si>
+    <t>VVA Brussels Sprl</t>
+  </si>
+  <si>
+    <t>LI MOHON AJ</t>
+  </si>
+  <si>
+    <t>IFORI</t>
+  </si>
+  <si>
+    <t>Maison verte &amp; bleue asbl</t>
+  </si>
+  <si>
+    <t>Centre socialiste d´education permanente</t>
+  </si>
+  <si>
+    <t>ESPECES DE...</t>
+  </si>
+  <si>
+    <t>EHP</t>
+  </si>
+  <si>
+    <t>Osiris – Crédal Plus asbl</t>
+  </si>
+  <si>
+    <t>Thomas More Kempen vzw</t>
+  </si>
+  <si>
+    <t>De Lovie - WOONPARK DE LOVIE</t>
+  </si>
+  <si>
+    <t>gameWise</t>
+  </si>
+  <si>
+    <t>LOCINOX</t>
+  </si>
+  <si>
+    <t>PROCTER AND GAMBLE SERVICES COMPANY - PROCTER &amp; GAMBLE SERVICES CO</t>
+  </si>
+  <si>
+    <t>Embuild Limburg</t>
+  </si>
+  <si>
+    <t>Be-Mobile Tech</t>
+  </si>
+  <si>
+    <t>OrientaEuro srl</t>
+  </si>
+  <si>
+    <t>VERBAU</t>
+  </si>
+  <si>
+    <t>USG People Business Solutions (SOLVUS)</t>
+  </si>
+  <si>
+    <t>Heuvelheem</t>
+  </si>
+  <si>
+    <t>Jeunes Schaerbeekois au Travail</t>
+  </si>
+  <si>
+    <t>Eurometropolitan e-Campus</t>
+  </si>
+  <si>
+    <t>BROSE</t>
+  </si>
+  <si>
+    <t>Home Net Service</t>
+  </si>
+  <si>
+    <t>TVH Parts Holding</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Seraing</t>
+  </si>
+  <si>
+    <t>RND - RESSOURCES NATURELLES DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>Vandemoortele Izegem</t>
+  </si>
+  <si>
+    <t>Syndicat Neutre pour Indépendants</t>
+  </si>
+  <si>
+    <t>Lejo</t>
+  </si>
+  <si>
+    <t>ASBL COMME CHEZ NOUS</t>
+  </si>
+  <si>
+    <t>Espaces Enfance</t>
+  </si>
+  <si>
+    <t>Gemeente Oud-Turnhout - Gemeentehuis-administratief centrum</t>
+  </si>
+  <si>
+    <t>UNION SYNDICALE DES CLASSES MOYENNES DU HAINAUT</t>
+  </si>
+  <si>
+    <t>West-Decor</t>
+  </si>
+  <si>
+    <t>Arts et Publics</t>
+  </si>
+  <si>
+    <t>I.G.R.E.T.E.C.</t>
+  </si>
+  <si>
+    <t>TECHNOCITE</t>
+  </si>
+  <si>
+    <t>CARGILL NV</t>
+  </si>
+  <si>
+    <t>INSTITUT ALBATROS ASBl</t>
+  </si>
+  <si>
+    <t>Les Amis d'Aladdin</t>
+  </si>
+  <si>
+    <t>VERENIGING VOOR JEUGDBIJSTAND WINGERDBLOEI</t>
+  </si>
+  <si>
+    <t>La cordiante asbl</t>
+  </si>
+  <si>
+    <t>CEGEKA</t>
+  </si>
+  <si>
+    <t>KAP VoG</t>
+  </si>
+  <si>
+    <t>Bizbike</t>
+  </si>
+  <si>
+    <t>Citius</t>
+  </si>
+  <si>
+    <t>Service d´Éducation Permanente des CEMÉA</t>
+  </si>
+  <si>
+    <t>Commune d’Anderlecht</t>
+  </si>
+  <si>
+    <t>Ministerium der Deutschsprachigen Gemeinschaft</t>
+  </si>
+  <si>
+    <t>OTOLITH</t>
+  </si>
+  <si>
+    <t>De Dauw</t>
+  </si>
+  <si>
+    <t>Hogeschool PXL - Campus Elfde linie - algemene directie</t>
+  </si>
+  <si>
+    <t>Commune d'Ans</t>
+  </si>
+  <si>
+    <t>Centre Espagnol de Formation &amp; d´Actions Intégrées de Développement</t>
+  </si>
+  <si>
+    <t>General Services Antwerp</t>
+  </si>
+  <si>
+    <t>Centre d'Education du Patient</t>
+  </si>
+  <si>
+    <t>BASALTE</t>
+  </si>
+  <si>
+    <t>Université Saint-Louis Bruxelles</t>
+  </si>
+  <si>
+    <t>VDAB</t>
+  </si>
+  <si>
+    <t>U.C.M. Brabant wallon</t>
+  </si>
+  <si>
+    <t>Innovation Center for Security</t>
+  </si>
+  <si>
+    <t>Bruxelles Formation</t>
+  </si>
+  <si>
+    <t>Centre Anderlechtois de Formation</t>
+  </si>
+  <si>
+    <t>BX YOUTH</t>
+  </si>
+  <si>
+    <t>Commune de Dison</t>
+  </si>
+  <si>
+    <t>Copact Coaching</t>
+  </si>
+  <si>
+    <t>Romi Laundry Services</t>
+  </si>
+  <si>
+    <t>VLAAMS INSTITUUT VOOR VORMING EN OPLEIDING IN DE SOCIAL PROFIT</t>
+  </si>
+  <si>
+    <t>WorldSkills belgium</t>
+  </si>
+  <si>
+    <t>IDELUX Projets publics</t>
+  </si>
+  <si>
+    <t>IMXP</t>
+  </si>
+  <si>
+    <t>WERKHUIZEN ROMAIN SOENEN</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Hooibeekhoeve</t>
+  </si>
+  <si>
+    <t>Société du Logement de la Région Bruxelles-Capitale (SLRB)</t>
+  </si>
+  <si>
+    <t>ART-CASTING</t>
+  </si>
+  <si>
+    <t>KUNSTENCENTRUM VOORUIT</t>
+  </si>
+  <si>
+    <t>N=N</t>
+  </si>
+  <si>
+    <t>HEH - Cat. Economique</t>
+  </si>
+  <si>
+    <t>MALYSSE</t>
+  </si>
+  <si>
+    <t>Stad Geraardsbergen</t>
+  </si>
+  <si>
+    <t>AGRAFRESH</t>
+  </si>
+  <si>
+    <t>A.W.B. Schots</t>
+  </si>
+  <si>
+    <t>UPS SCS (Belgium)</t>
+  </si>
+  <si>
+    <t>Vink bvba</t>
+  </si>
+  <si>
+    <t>Groupe Animation Basse-Sambre asbl</t>
+  </si>
+  <si>
+    <t>AISEMENTS</t>
+  </si>
+  <si>
+    <t>Sweet Mustard</t>
+  </si>
+  <si>
+    <t>Skill BuilderS</t>
+  </si>
+  <si>
+    <t>POM Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Theater of Liege</t>
+  </si>
+  <si>
+    <t>De Ideale Woning-ARRONDISSEMENT ANTWERPEN</t>
+  </si>
+  <si>
+    <t>Centre d'entreprises et d'innovation de Louvain la Neuve</t>
+  </si>
+  <si>
+    <t>RICOH BELGIUM</t>
+  </si>
+  <si>
+    <t>MAD BRUSSELS</t>
+  </si>
+  <si>
+    <t>FAE Formation d´Aide aux Entreprises</t>
+  </si>
+  <si>
+    <t>Cyber 53</t>
+  </si>
+  <si>
+    <t>Service «Architecture et Société» de la faculté d'Architecture de l'Université de Mons (AS)</t>
+  </si>
+  <si>
+    <t>Iles</t>
+  </si>
+  <si>
+    <t>Moderna Products</t>
+  </si>
+  <si>
+    <t>Stad Sint-Niklaas</t>
+  </si>
+  <si>
+    <t>ALPI ASBL</t>
+  </si>
+  <si>
+    <t>Stad Sint-Truiden</t>
+  </si>
+  <si>
+    <t>TECHNIC GUM INTERNATIONAL POLYMERES</t>
+  </si>
+  <si>
+    <t>Vlaams Agentschap voor Internationaal Ondernemen</t>
+  </si>
+  <si>
+    <t>HELHa</t>
+  </si>
+  <si>
+    <t>M-accent</t>
+  </si>
+  <si>
+    <t>FORM@XL ASBL</t>
+  </si>
+  <si>
+    <t>Stad Genk</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale d'Etterbeek</t>
+  </si>
+  <si>
+    <t>Thomas More Mechelen-Antwerpen - Campus De Vest</t>
+  </si>
+  <si>
+    <t>Cie</t>
+  </si>
+  <si>
+    <t>Dematic</t>
+  </si>
+  <si>
+    <t>PREFER CONSTRUCT</t>
+  </si>
+  <si>
+    <t>Site Noord</t>
+  </si>
+  <si>
+    <t>RAAMEXPRES</t>
+  </si>
+  <si>
+    <t>Info-Sourds de Bruxelles</t>
+  </si>
+  <si>
+    <t>Job-art</t>
+  </si>
+  <si>
+    <t>BS TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>CONNECT +</t>
+  </si>
+  <si>
+    <t>Ligue Braille</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Morlanwelz</t>
+  </si>
+  <si>
+    <t>STAF</t>
+  </si>
+  <si>
+    <t>Progress</t>
+  </si>
+  <si>
+    <t>AMBISOFT</t>
+  </si>
+  <si>
+    <t>Centre FAC</t>
+  </si>
+  <si>
+    <t>Stadhuis</t>
+  </si>
+  <si>
+    <t>A &amp; X Fruy - Traiteur</t>
+  </si>
+  <si>
+    <t>Gemeente Heusden-Zolder - Centraal Gemeentehuis</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers d'Andenne</t>
+  </si>
+  <si>
+    <t>Hogeschool West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Xwift</t>
+  </si>
+  <si>
+    <t>ALX SYSTEMS</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Buitengewoon Secundair Onderwijs Wagenschot</t>
+  </si>
+  <si>
+    <t>Universitair Ziekenhuis Brussel (UZB)</t>
+  </si>
+  <si>
+    <t>FOMECO NV</t>
+  </si>
+  <si>
+    <t>Bureau économique de la Province de Namur</t>
+  </si>
+  <si>
+    <t>Moore Strategy &amp; Operations</t>
+  </si>
+  <si>
+    <t>ziekenhuis inkendaal koninklijke instelling vzw</t>
+  </si>
+  <si>
+    <t>DECEUNINCK</t>
+  </si>
+  <si>
+    <t>MASTHERCELL</t>
+  </si>
+  <si>
+    <t>Nieuw Zuid Energy</t>
+  </si>
+  <si>
+    <t>Sur'Cité Asbl - Centre Socioculturel des Sourds et Malentendants de la Province de Liège</t>
+  </si>
+  <si>
+    <t>Iemants</t>
+  </si>
+  <si>
+    <t>Service d'Education Permanente des Centres d'Entraînement aux Méthodes d'Education Active Asbl</t>
+  </si>
+  <si>
+    <t>Tourist Agency Eastbelgium</t>
+  </si>
+  <si>
+    <t>CONGRES HOTEL VAN DER VALK LIEGE</t>
+  </si>
+  <si>
+    <t>Onshore</t>
+  </si>
+  <si>
+    <t>Wever &amp; Ducré</t>
+  </si>
+  <si>
+    <t>R-Tech</t>
+  </si>
+  <si>
+    <t>BOORTMALT</t>
+  </si>
+  <si>
+    <t>JET LOGISTICS</t>
+  </si>
+  <si>
+    <t>BAPA Via</t>
+  </si>
+  <si>
+    <t>FORUM JOBS</t>
+  </si>
+  <si>
+    <t>DEWAFLEX BENELUX</t>
+  </si>
+  <si>
+    <t>VLAAMSE GEMEENSCHAPSCOMMISSIE</t>
+  </si>
+  <si>
+    <t>IDELUX Développement</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Mosa-RT College Heilig Kruis - Sint- Ursula A</t>
+  </si>
+  <si>
+    <t>Crunch Analytics</t>
+  </si>
+  <si>
+    <t>Cookware Company Europe</t>
+  </si>
+  <si>
+    <t>INTESA</t>
+  </si>
+  <si>
+    <t>VAN ROEY BACKOFFICE</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Berchem-Saint-Agathe</t>
+  </si>
+  <si>
+    <t>Formation et Travail en Quartier Populaire</t>
+  </si>
+  <si>
+    <t>Administratief Centrum Maagdendale</t>
+  </si>
+  <si>
+    <t>Coordination, Etudes et Recherche-Action</t>
+  </si>
+  <si>
+    <t>Campus Dunant</t>
+  </si>
+  <si>
+    <t>RESULT-IT</t>
+  </si>
+  <si>
+    <t>Autonoom Provinciebedrijf Havencentrum</t>
+  </si>
+  <si>
+    <t>Centre de Formation-insertion Le Grain</t>
+  </si>
+  <si>
+    <t>Maison de Quartier d´Helmet</t>
+  </si>
+  <si>
+    <t>Algemeen Ziekenhuis Sint-Elisabeth, Zottegem</t>
+  </si>
+  <si>
+    <t>Flanders'FOOD</t>
+  </si>
+  <si>
+    <t>microStart</t>
+  </si>
+  <si>
+    <t>Club Artisanal et Culturel de Tamines</t>
+  </si>
+  <si>
+    <t>ALPRO</t>
+  </si>
+  <si>
+    <t>Kempens Landschap</t>
+  </si>
+  <si>
+    <t>FabLab Mons</t>
+  </si>
+  <si>
+    <t>West-Vlaamse Intercommunale - Zetel - alle diensten</t>
+  </si>
+  <si>
+    <t>l'Université Libre de Bruxelles (ULB)</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Leielandscholen Campus Stella Maris Kortrijk</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Universitaire Brugmann</t>
+  </si>
+  <si>
+    <t>Thomas More Kempen</t>
+  </si>
+  <si>
+    <t>ASBL - A L´ECOUTE DES JEUNES</t>
+  </si>
+  <si>
+    <t>CALORBAR INDUSTRY</t>
+  </si>
+  <si>
+    <t>Commune de Montigny-le-Tilleul</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action sociale de Braine-Le-Comte - Service Insertion l'(h)être</t>
+  </si>
+  <si>
+    <t>MATERIA NOVA</t>
+  </si>
+  <si>
+    <t>A L E R T !</t>
+  </si>
+  <si>
+    <t>J. Cortès Cigars</t>
+  </si>
+  <si>
+    <t>LOGI +</t>
+  </si>
+  <si>
+    <t>LAFOSSE</t>
+  </si>
+  <si>
+    <t>Le Monde des Possibles</t>
+  </si>
+  <si>
+    <t>Ville d'Antoing</t>
+  </si>
+  <si>
+    <t>Collectif contre les violences familiales et l´exclusion</t>
+  </si>
+  <si>
+    <t>Gemeente Kortemark - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>ACCENT CONSTRUCT</t>
+  </si>
+  <si>
+    <t>Vlaamse Overheid, Departement Omgeving</t>
+  </si>
+  <si>
+    <t>ROVI - TECH</t>
+  </si>
+  <si>
+    <t>Kunlabora</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>VISTAZ</t>
+  </si>
+  <si>
+    <t>LE CORTIL asbl</t>
+  </si>
+  <si>
+    <t>Visit.brussels</t>
+  </si>
+  <si>
+    <t>SPW- TLPE Territoire, Logement, Patrimoine, Energie -AWAP Agence wallonne du Patrimoine</t>
+  </si>
+  <si>
+    <t>BUNZ HOLDING</t>
+  </si>
+  <si>
+    <t>Glimps</t>
+  </si>
+  <si>
+    <t>SmartCoop</t>
+  </si>
+  <si>
+    <t>Excentis</t>
+  </si>
+  <si>
+    <t>Antwerp Management School</t>
+  </si>
+  <si>
+    <t>Transcultures</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action sociale de Bastogne</t>
+  </si>
+  <si>
+    <t>TECHNO.BEL</t>
+  </si>
+  <si>
+    <t>CYNORHODON</t>
+  </si>
+  <si>
+    <t>Académie de Recherche et d'Enseignement Supérieur</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Jette</t>
+  </si>
+  <si>
+    <t>Coordination Bruxelloise pour l´Emploi et la Formation des Femmes</t>
+  </si>
+  <si>
+    <t>MachineSight</t>
+  </si>
+  <si>
+    <t>CPAS AMAY</t>
+  </si>
+  <si>
+    <t>AHM CONSULT</t>
+  </si>
+  <si>
+    <t>INTEGRA Plus</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale d'Amay</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Social d´OLLN</t>
+  </si>
+  <si>
+    <t>Gemeente Vorselaar - Gemeentehuis Vorselaar</t>
+  </si>
+  <si>
+    <t>VDAB Brussel</t>
+  </si>
+  <si>
+    <t>Association d´accueil aux jeunes</t>
+  </si>
+  <si>
+    <t>CVO Groeipunt campus Gent (hoofdzetel)</t>
+  </si>
+  <si>
+    <t>VITO NV (i-Cleantech Vlaanderen)</t>
+  </si>
+  <si>
+    <t>Convivial</t>
+  </si>
+  <si>
+    <t>VYNOVA BELGIUM</t>
+  </si>
+  <si>
+    <t>GIM</t>
+  </si>
+  <si>
+    <t>UZ Brussel</t>
+  </si>
+  <si>
+    <t>THALES ALENIA SPACE BELGIUM</t>
+  </si>
+  <si>
+    <t>L.D.E.3</t>
+  </si>
+  <si>
+    <t>Constructiewerken De Meyer</t>
+  </si>
+  <si>
+    <t>Campus Lucas Faydherbe</t>
+  </si>
+  <si>
+    <t>Logis floréal durable</t>
+  </si>
+  <si>
+    <t>Voka - Kamer van koophandel Mechelen-Kempen</t>
+  </si>
+  <si>
+    <t>KU Leuven</t>
+  </si>
+  <si>
+    <t>Belga Solar</t>
+  </si>
+  <si>
+    <t>Siemens</t>
+  </si>
+  <si>
+    <t>UAntwerpen - Stadscampus</t>
+  </si>
+  <si>
+    <t>STORYME</t>
+  </si>
+  <si>
+    <t>Innovatiesteunpunt</t>
+  </si>
+  <si>
+    <t>Collectif d´Alphabétisation</t>
+  </si>
+  <si>
+    <t>ZWEKO OPTICS</t>
+  </si>
+  <si>
+    <t>Groep Kerkstoel</t>
+  </si>
+  <si>
+    <t>Heyo VZW</t>
+  </si>
+  <si>
+    <t>Colas Centrum</t>
+  </si>
+  <si>
+    <t>OCMW Eeklo</t>
+  </si>
+  <si>
+    <t>COOPMAN &amp; PARTNERS BOEKHOUDING EN FISCALITEIT</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Farciennes</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale d'Anderlues</t>
+  </si>
+  <si>
+    <t>Vrije Universiteit Brussels</t>
+  </si>
+  <si>
+    <t>Interface3</t>
+  </si>
+  <si>
+    <t>Espace Formation PME</t>
+  </si>
+  <si>
+    <t>aptaskil</t>
+  </si>
+  <si>
+    <t>Intercommunale Ontwikkelingsmaatschappij voor de Kempen (IOK)</t>
+  </si>
+  <si>
+    <t>CHEOPS TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>TIKVATENOE - THE NATHAN GUTWIRTH INSTITUTION</t>
+  </si>
+  <si>
+    <t>JEMA</t>
+  </si>
+  <si>
+    <t>MULDER NATURAL FOODS</t>
+  </si>
+  <si>
+    <t>SYNDICALE DIENSTEN ABVV OOST VLAANDEREN</t>
+  </si>
+  <si>
+    <t>JD'C INNOVATION</t>
+  </si>
+  <si>
+    <t>VANDEN BROELE INVEST</t>
+  </si>
+  <si>
+    <t>ESQ SOLUTIONS</t>
+  </si>
+  <si>
+    <t>Metagenics Belgium BVBa</t>
+  </si>
+  <si>
+    <t>Katholiek Onderwijs Brussel Annuntiaten VZW</t>
+  </si>
+  <si>
+    <t>VIABUILD</t>
+  </si>
+  <si>
+    <t>PORT AUTONOME DU CENTRE ET DE L'OUEST</t>
+  </si>
+  <si>
+    <t>Développement en Botte du Hainaut</t>
+  </si>
+  <si>
+    <t>VDV Cleaning NV</t>
+  </si>
+  <si>
+    <t>Commune de Molenbeek-Saint-Jean</t>
+  </si>
+  <si>
+    <t>Katholiek orthopedagogisch centrum Kortrijk MPI VZW</t>
+  </si>
+  <si>
+    <t>Provincie Antwerpen</t>
+  </si>
+  <si>
+    <t>Innovatiecentrum Limburg</t>
+  </si>
+  <si>
+    <t>Wallonie Design</t>
+  </si>
+  <si>
+    <t>L'acacia</t>
+  </si>
+  <si>
+    <t>TRANSURB</t>
+  </si>
+  <si>
+    <t>FENDOORS</t>
+  </si>
+  <si>
+    <t>CENTRE DE TRI - TRIEERCENTRUM</t>
+  </si>
+  <si>
+    <t>Ville de  Herstal</t>
+  </si>
+  <si>
+    <t>CORIS BIOCONCEPT</t>
+  </si>
+  <si>
+    <t>RECON BOUW</t>
+  </si>
+  <si>
+    <t>Asbl Molenbeek en mouvement (Asbl MOVE)</t>
+  </si>
+  <si>
+    <t>Eastman Chemical Technology</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij Antwerpen - POM Antwerpen</t>
+  </si>
+  <si>
+    <t>WESTTOER - Westtoergebouw</t>
+  </si>
+  <si>
+    <t>Vleeswaren Depuydt</t>
+  </si>
+  <si>
+    <t>Onbetaalbaar</t>
+  </si>
+  <si>
+    <t>WAPI 2027</t>
+  </si>
+  <si>
+    <t>NV Titeca accountancy</t>
+  </si>
+  <si>
+    <t>Internal Audit Academy</t>
+  </si>
+  <si>
+    <t>WAPI 2020</t>
+  </si>
+  <si>
+    <t>NTGent</t>
+  </si>
+  <si>
+    <t>ESF - AGENTSCHAP VLAANDEREN   vzw</t>
+  </si>
+  <si>
+    <t>Opslag en Distributie Ter Haeghe</t>
+  </si>
+  <si>
+    <t>AMO CARS</t>
+  </si>
+  <si>
+    <t>finance &amp; invest.brussels</t>
+  </si>
+  <si>
+    <t>Deloitte Consulting &amp; Advisory / Deloitte Consulting / Deloitte Financial Advisory / Deloitte FA / Deloitte Risk Advisory / Deloitte RA / BrandFirst</t>
+  </si>
+  <si>
+    <t>Présence et action culturelles Régionale de Liège</t>
+  </si>
+  <si>
+    <t>SCALIM</t>
+  </si>
+  <si>
+    <t>VAN HUELE GEBROEDERS NV</t>
+  </si>
+  <si>
+    <t>Beweging.net</t>
+  </si>
+  <si>
+    <t>Olivier Depre</t>
+  </si>
+  <si>
+    <t>ACTIEVE INTERCULTURELE FEDERATIE +</t>
+  </si>
+  <si>
+    <t>Het Domein Bokrijk</t>
+  </si>
+  <si>
+    <t>HENALLUX - Département pédagogique</t>
+  </si>
+  <si>
+    <t>Relais Social Urbain Namurois</t>
+  </si>
+  <si>
+    <t>BIOFRESH BELGIUM</t>
+  </si>
+  <si>
+    <t>CMI</t>
+  </si>
+  <si>
+    <t>AID Bw-EFT Asbl</t>
+  </si>
+  <si>
+    <t>Unie van Belgische Kappers vzw</t>
+  </si>
+  <si>
+    <t>Fondation Chimay Wartoise</t>
+  </si>
+  <si>
+    <t>Wamabi réseau de bibliothèques</t>
+  </si>
+  <si>
+    <t>W.A.N.</t>
+  </si>
+  <si>
+    <t>Campus Diepenbeek Quadri</t>
+  </si>
+  <si>
+    <t>TPR</t>
+  </si>
+  <si>
+    <t>HD GESTION</t>
+  </si>
+  <si>
+    <t>WERKEN EN LEREN ANTWERPEN VZW</t>
+  </si>
+  <si>
+    <t>Chambre de Commerce et d'Industrie du Luxembourg Belge</t>
+  </si>
+  <si>
+    <t>XEIKON MANUFACTURING</t>
+  </si>
+  <si>
+    <t>MASUREEL INTERNATIONAL NV</t>
+  </si>
+  <si>
+    <t>Provinciebestuur Vlaams Brabant</t>
+  </si>
+  <si>
+    <t>wvok vzw</t>
+  </si>
+  <si>
+    <t>EPICURIS</t>
+  </si>
+  <si>
+    <t>Research Center of the University college HELMo</t>
+  </si>
+  <si>
+    <t>LRVS</t>
+  </si>
+  <si>
+    <t>VENECO</t>
+  </si>
+  <si>
+    <t>DUJARDIN FOODS</t>
+  </si>
+  <si>
+    <t>Haute Meuse Insertion - Association Chapitre XII (ASBL)</t>
+  </si>
+  <si>
+    <t>COCEPTIO</t>
+  </si>
+  <si>
+    <t>Felies vzw</t>
+  </si>
+  <si>
+    <t>Vlotter</t>
+  </si>
+  <si>
+    <t>Scène transfrontalière de création et de diffusion - Le Manège.mons</t>
+  </si>
+  <si>
+    <t>STERCK</t>
+  </si>
+  <si>
+    <t>Les Services de l'APEM-T21</t>
+  </si>
+  <si>
+    <t>CRA - W</t>
+  </si>
+  <si>
+    <t>Emino vzw Antwerpen</t>
+  </si>
+  <si>
+    <t>S.C.E.</t>
+  </si>
+  <si>
+    <t>City of Bruges</t>
+  </si>
+  <si>
+    <t>Diest Uitbreiding</t>
+  </si>
+  <si>
+    <t>CLEAN CONCEPT PRO</t>
+  </si>
+  <si>
+    <t>ALRO NV</t>
+  </si>
+  <si>
+    <t>Campus Proximus - Algemene Diensten en M&amp;T</t>
+  </si>
+  <si>
+    <t>"OEST" OBSERVATOIRE EUROPÉEN DE LA SANTE TRANSFRONTALIÈRE</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Chapelle-Lez-Herlaimont</t>
+  </si>
+  <si>
+    <t>Hogeschool West-Vlaanderen HOWEST – Hoofdzetel Algemene Diensten</t>
+  </si>
+  <si>
+    <t>Consolata Regio Putte</t>
+  </si>
+  <si>
+    <t>Alpha-Signes</t>
+  </si>
+  <si>
+    <t>BOUWONDERNEMING ERIBO NV</t>
+  </si>
+  <si>
+    <t>GRADA INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l´Insertion et l´Emploi à Charleroi</t>
+  </si>
+  <si>
+    <t>LAB ACADEMY</t>
+  </si>
+  <si>
+    <t>Noord-Limburgs Open Atelier Pelt</t>
+  </si>
+  <si>
+    <t>DECEUNINCK HENDRIK BVBA</t>
+  </si>
+  <si>
+    <t>DEVAN CHEMICALS</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers de Mons Frameries Colfontaine</t>
+  </si>
+  <si>
+    <t>La Ribambelle, crèche du quartier de la Senne</t>
+  </si>
+  <si>
+    <t>CHALLENGE ASBL</t>
+  </si>
+  <si>
+    <t>BKCS</t>
+  </si>
+  <si>
+    <t>REstore NV</t>
+  </si>
+  <si>
+    <t>Huurland bvba</t>
+  </si>
+  <si>
+    <t>DE KRINGWINKEL MAASLAND</t>
+  </si>
+  <si>
+    <t>TUA West</t>
+  </si>
+  <si>
+    <t>AGORIA CENTRAL</t>
+  </si>
+  <si>
+    <t>Progrès Participation Gestion en Economie Sociale</t>
+  </si>
+  <si>
+    <t>Bio-Incubator Antwerpen</t>
+  </si>
+  <si>
+    <t>Haute Ecole Provinciale de Hainaut - Condorcet</t>
+  </si>
+  <si>
+    <t>Van Oirschot verwarmingsgroothandel</t>
+  </si>
+  <si>
+    <t>La Fédération Bruxelloise des entreprises de travail adapté (FEBRAP) ASBL</t>
+  </si>
+  <si>
+    <t>DILITO</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire Bruxelles</t>
+  </si>
+  <si>
+    <t>Habitat et Participation</t>
+  </si>
+  <si>
+    <t>3D-SIDE</t>
+  </si>
+  <si>
+    <t>FM HOTEL</t>
+  </si>
+  <si>
+    <t>VAN HOECKE AUTOMATION</t>
+  </si>
+  <si>
+    <t>SIOEN</t>
+  </si>
+  <si>
+    <t>Call-IT Belgium</t>
+  </si>
+  <si>
+    <t>INTELLIGENT</t>
+  </si>
+  <si>
+    <t>De Zonnebloem - Beschutte Werkplaats te Geraardsbergen vzw</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Jemeppe-sur-Sambre</t>
+  </si>
+  <si>
+    <t>Centrum Algemeen Welzijnswerk Oost-Brabant</t>
+  </si>
+  <si>
+    <t>Provincie Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>APB Gouverneur Kinsbergencentrum</t>
+  </si>
+  <si>
+    <t>Rust en verzorgingstehuis St Jozef vzw</t>
+  </si>
+  <si>
+    <t>OCMW Sint-Amands</t>
+  </si>
+  <si>
+    <t>MI CASA</t>
+  </si>
+  <si>
+    <t>Dabei VoG</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Jean Titeca</t>
+  </si>
+  <si>
+    <t>zenitor</t>
+  </si>
+  <si>
+    <t>PNDO - PARC NATUREL DES DEUX OURTHES</t>
+  </si>
+  <si>
+    <t>Collectif Contre les Violances Familiales et l'Exclusion</t>
+  </si>
+  <si>
+    <t>HPP BELGIUM</t>
+  </si>
+  <si>
+    <t>Stad Turnhout</t>
+  </si>
+  <si>
+    <t>DGO &amp; KDV Hasselt</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Jambes</t>
+  </si>
+  <si>
+    <t>ANATIS</t>
+  </si>
+  <si>
+    <t>Credal asbl</t>
+  </si>
+  <si>
+    <t>ILLOCHROMA HAONENG BELGIUM</t>
+  </si>
+  <si>
+    <t>Technische Universitaire Alliantie voor economische transformatie in West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Dispositif Relais</t>
+  </si>
+  <si>
+    <t>HYGEA, Intercommunale de Gestion Environnementale de la région de Mons-Borinage-Centre</t>
+  </si>
+  <si>
+    <t>Relais social urbain de Verviers</t>
+  </si>
+  <si>
+    <t>OSTEND BASIC CHEMICALS</t>
+  </si>
+  <si>
+    <t>Association wallonne de l'élevage asbl</t>
+  </si>
+  <si>
+    <t>B2START</t>
+  </si>
+  <si>
+    <t>YCARLIS</t>
+  </si>
+  <si>
+    <t>Baronie van Boelare</t>
+  </si>
+  <si>
+    <t>Avomarc Accompagnement</t>
+  </si>
+  <si>
+    <t>Bruxelles Environnement Naturelles de Belgique</t>
+  </si>
+  <si>
+    <t>CENTRE PUBLIC D´ACTION SOCIALE DE FLERON</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Saint-Josse-Ten-Noode</t>
+  </si>
+  <si>
+    <t>Fair Ground Brussels SC</t>
+  </si>
+  <si>
+    <t>Collège Saint-Hubert asbl</t>
+  </si>
+  <si>
+    <t>SOGEX-EREM</t>
+  </si>
+  <si>
+    <t>Gemeente Zaventem</t>
+  </si>
+  <si>
+    <t>ETS DE SIMONE</t>
+  </si>
+  <si>
+    <t>IOK</t>
+  </si>
+  <si>
+    <t>BREPOLS</t>
+  </si>
+  <si>
+    <t>BASF Antwerpen</t>
+  </si>
+  <si>
+    <t>KONICA MINOLTA BUSINESS SOLUTIONS (BELGIUM)</t>
+  </si>
+  <si>
+    <t>CRéSaM</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Chaudfontaine</t>
+  </si>
+  <si>
+    <t>LES SILOS D'HARMIGNIES</t>
+  </si>
+  <si>
+    <t>Ressourcerie Le Carré asbl</t>
+  </si>
+  <si>
+    <t>GEZONDHEIDSZORG 'BERMHERTIGHEID JESU'</t>
+  </si>
+  <si>
+    <t>Design Innovation</t>
+  </si>
+  <si>
+    <t>Community Building Arenberg</t>
+  </si>
+  <si>
+    <t>DIAGENODE</t>
+  </si>
+  <si>
+    <t>Volta vzw-asbl</t>
+  </si>
+  <si>
+    <t>OCMW - Sociale dienst</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Don Bosco Technisch Instituut</t>
+  </si>
+  <si>
+    <t>CodeNPlay</t>
+  </si>
+  <si>
+    <t>Christian health insurance fund Verviers-Eupen</t>
+  </si>
+  <si>
+    <t>Stad Mechelen - Stadhuis - Algemene diensten</t>
+  </si>
+  <si>
+    <t>Ville de Bruxelles</t>
+  </si>
+  <si>
+    <t>VERENIGING VAN DE DIENSTEN VOOR GEZINSZORG VAN DE VLAAMSE GEMEENSCHAP (Nederlands)</t>
+  </si>
+  <si>
+    <t>I.D.</t>
+  </si>
+  <si>
+    <t>Théâtre de la Renaissance</t>
+  </si>
+  <si>
+    <t>Circusplaneet</t>
+  </si>
+  <si>
+    <t>ALSTOM BELGIUM</t>
+  </si>
+  <si>
+    <t>WUYTS</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Beyne-Heusay</t>
+  </si>
+  <si>
+    <t>Stad Hasselt</t>
+  </si>
+  <si>
+    <t>DANIKA</t>
+  </si>
+  <si>
+    <t>Fais-le toi-même</t>
+  </si>
+  <si>
+    <t>Kamp C Duurzaam Bouwen</t>
+  </si>
+  <si>
+    <t>impulse.brussels</t>
+  </si>
+  <si>
+    <t>Antwerp Space</t>
+  </si>
+  <si>
+    <t>Koninklijke Belgische Vereniging voor Koude en Luchtbehandeling - Union Royale Belge du Froid et du Conditionnement de l'Air</t>
+  </si>
+  <si>
+    <t>campus Zuid: Directie en hogeschooldiensten, Onderwijsgroep Welzijn en Gezondheidszorg, Onderwijsgroep Lerarenopleidingen</t>
+  </si>
+  <si>
+    <t>CPAS de Boussu</t>
+  </si>
+  <si>
+    <t>Port Autonome de Charleroi</t>
+  </si>
+  <si>
+    <t>Haven van Antwerpen - Brugge (Port of Antwerp - Bruges)</t>
+  </si>
+  <si>
+    <t>THE ENGINEERING NETWORK</t>
+  </si>
+  <si>
+    <t>Dienstenthuis Turnhout</t>
+  </si>
+  <si>
+    <t>Hydro Extrusion Lichtervelde</t>
+  </si>
+  <si>
+    <t>CENTRUM VOOR GESPECIALISEERDE OPLEIDING, BEGELEIDING EN BEMIDDELING ARBEIDSKANSEN</t>
+  </si>
+  <si>
+    <t>WOODWIZE</t>
+  </si>
+  <si>
+    <t>CONFEDERATION NATIONALE DE LA CONSTRUCTION - NATIONALE CONFEDERATIE VAN HET BOUWBEDRIJF - CONFEDERATION NATIONALE DE LA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>INFRABEL</t>
+  </si>
+  <si>
+    <t>ECONOMISCH HUIS OOSTENDE  vzw</t>
+  </si>
+  <si>
+    <t>VOKA - Kamer van Koophandel West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>WOON- EN ZORGCENTRUM MARIAHUIS GAVERE</t>
+  </si>
+  <si>
+    <t>Centre de Formation 2mille</t>
+  </si>
+  <si>
+    <t>Société d'Exploitation de la Manufacture Urbaine</t>
+  </si>
+  <si>
+    <t>ADREM KEUKENS</t>
+  </si>
+  <si>
+    <t>Randstad Group Belgium</t>
+  </si>
+  <si>
+    <t>Ville de Seraing</t>
+  </si>
+  <si>
+    <t>VOKA Project Services</t>
+  </si>
+  <si>
+    <t>Heropbeuring</t>
+  </si>
+  <si>
+    <t>IDEA CONSULT</t>
+  </si>
+  <si>
+    <t>Pôle hainuyer</t>
+  </si>
+  <si>
+    <t>DELTHA</t>
+  </si>
+  <si>
+    <t>SKILLIANT</t>
+  </si>
+  <si>
+    <t>VIAGE</t>
+  </si>
+  <si>
+    <t>Provincie West-Vlaanderen - Filiaal I</t>
+  </si>
+  <si>
+    <t>IOK Afvalbeheer</t>
+  </si>
+  <si>
+    <t>OPTIMIZED RADIOCHEMICAL APPLICATIONS</t>
+  </si>
+  <si>
+    <t>Théâtre &amp; Publics</t>
+  </si>
+  <si>
+    <t>Servilux</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Herstal</t>
+  </si>
+  <si>
+    <t>ANABIOTEC</t>
+  </si>
+  <si>
+    <t>U.C.L.</t>
+  </si>
+  <si>
+    <t>Proefcentrum Fruitteelt vzw</t>
+  </si>
+  <si>
+    <t>La Chôm´Hier - AID</t>
+  </si>
+  <si>
+    <t>GROEP INTRO VZW</t>
+  </si>
+  <si>
+    <t>ENTREPRENDRE.WAPI</t>
+  </si>
+  <si>
+    <t>Mission locale pour l'emploi de Saint-Josse</t>
+  </si>
+  <si>
+    <t>ALGEMENE ONDERNEMINGEN ROBERT WYCKAERT</t>
+  </si>
+  <si>
+    <t>ASBL - Work´inn</t>
+  </si>
+  <si>
+    <t>COVETRUS</t>
+  </si>
+  <si>
+    <t>PROGRESS</t>
+  </si>
+  <si>
+    <t>Primavera</t>
+  </si>
+  <si>
+    <t>DE COSTER ROLAND</t>
+  </si>
+  <si>
+    <t>Commune de Farciennes</t>
+  </si>
+  <si>
+    <t>IFAPME</t>
+  </si>
+  <si>
+    <t>Centre d'assistance à la création et d'accompagnement du développement des entreprises</t>
+  </si>
+  <si>
+    <t>DAVO GROUP</t>
+  </si>
+  <si>
+    <t>Arbeitsamt der  Deutschsprachigen Gemeinschaft  ADG</t>
+  </si>
+  <si>
+    <t>Alliance Nationale des Mutualités Chrétiennes - Landsbond der Christelijke Mutualiteiten</t>
+  </si>
+  <si>
+    <t>I.D.E.A.</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire Wallonie picarde</t>
+  </si>
+  <si>
+    <t>DRU INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Woonzorgnet-Dijleland</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : GO! technisch atheneum Zavelenberg Sint-Agatha-Berchem</t>
+  </si>
+  <si>
+    <t>CHU of Liège</t>
+  </si>
+  <si>
+    <t>WaterstofNet</t>
+  </si>
+  <si>
+    <t>IMPERATRICE</t>
+  </si>
+  <si>
+    <t>CEVA LOGISTICS BELGIUM</t>
+  </si>
+  <si>
+    <t>Gembloux Agro-Bio Tech</t>
+  </si>
+  <si>
+    <t>Huis van het Leren - West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>I-PULSES</t>
+  </si>
+  <si>
+    <t>ARTICLE 27 ASBL</t>
+  </si>
+  <si>
+    <t>Insertion socioprofessionnelle action travail</t>
+  </si>
+  <si>
+    <t>De Stap, Centrum voor Kinderzorg en Gezinsondersteuning vzw</t>
+  </si>
+  <si>
+    <t>VZW De Vaartkapoen</t>
+  </si>
+  <si>
+    <t>DOMOCURA</t>
+  </si>
+  <si>
+    <t>Croc´space</t>
+  </si>
+  <si>
+    <t>INNO.COM</t>
+  </si>
+  <si>
+    <t>MENTOR</t>
+  </si>
+  <si>
+    <t>P.Z. H. Hart</t>
+  </si>
+  <si>
+    <t>VOKA - Kamer van Koophandel Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>Interfédération des EFT/OISP</t>
+  </si>
+  <si>
+    <t>Stad Diksmuide</t>
+  </si>
+  <si>
+    <t>PROEFCENTRUM HOOGSTRATEN</t>
+  </si>
+  <si>
+    <t>Comme chez nous</t>
+  </si>
+  <si>
+    <t>UNamur</t>
+  </si>
+  <si>
+    <t>Centre de Formation Professionnelle en Animation Sociale - Intégration Professionnelle</t>
+  </si>
+  <si>
+    <t>RetailSonar</t>
+  </si>
+  <si>
+    <t>HAELVOET</t>
+  </si>
+  <si>
+    <t>La Particule, service d´Actions en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>Association hospitalière d'Anderlecht, d'Etterbeek, d'Ixelles, de Saint-gilles - Hôpitaux Iris Sud</t>
+  </si>
+  <si>
+    <t>Processus</t>
+  </si>
+  <si>
+    <t>West-Vlaamse Intercommunale</t>
+  </si>
+  <si>
+    <t>Administratie en Sociale Dienst</t>
+  </si>
+  <si>
+    <t>PCSBraine</t>
+  </si>
+  <si>
+    <t>BLECKMANN  BELGIË NV</t>
+  </si>
+  <si>
+    <t>Bindus vzw</t>
+  </si>
+  <si>
+    <t>La Babillarde A Do Mi si'l</t>
+  </si>
+  <si>
+    <t>Mission régionale pour l´emploi des arrondissements de Namur et Dinant</t>
+  </si>
+  <si>
+    <t>TUI Belgium</t>
+  </si>
+  <si>
+    <t>Groupe One Wallonie</t>
+  </si>
+  <si>
+    <t>Verzekeringskantoor Dom</t>
+  </si>
+  <si>
+    <t>Katholieke Hogeschool VIVES Noord</t>
+  </si>
+  <si>
+    <t>MEMO</t>
+  </si>
+  <si>
+    <t>MISSION REGIONALE HUY WAREMME</t>
+  </si>
+  <si>
+    <t>VAN dEN WEGHE</t>
+  </si>
+  <si>
+    <t>Openbaar Centrum voor Maatschappelijk Welzijn van Hasselt</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Schaerbeek</t>
+  </si>
+  <si>
+    <t>AZIMUT Entreprendre</t>
+  </si>
+  <si>
+    <t>De Ark</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : GO! Handelssschool Aalst</t>
+  </si>
+  <si>
+    <t>BRAEM</t>
+  </si>
+  <si>
+    <t>Provincial Development Agency West Flanders</t>
+  </si>
+  <si>
+    <t>Ahlex</t>
+  </si>
+  <si>
+    <t>La Babillarde - A Do Mi Si´l</t>
+  </si>
+  <si>
+    <t>Innovation Cradle Leuven - Innovatio Cradle Leuven</t>
+  </si>
+  <si>
+    <t>Centre Wallon de Recherches Agronomiques (CRA-W) / Waalse Centrum voor Landbouwkundig Onderzoek (CRA-W)</t>
+  </si>
+  <si>
+    <t>ILVO</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Centrum voor Volwassenenonderwijs Vitant</t>
+  </si>
+  <si>
+    <t>Université Saint-Louis - Bruxelles</t>
+  </si>
+  <si>
+    <t>Rubbergreen Industrie</t>
+  </si>
+  <si>
+    <t>HET TOVERSTOKJE</t>
+  </si>
+  <si>
+    <t>CRECHE DE LA VILLE DE BRUXELLES (Locquenghien)</t>
+  </si>
+  <si>
+    <t>WEERTS SUPPLY CHAIN</t>
+  </si>
+  <si>
+    <t>Centre de jeunesse de l´ouest La Baraka ASBL</t>
+  </si>
+  <si>
+    <t>Collectif La Roue asb</t>
+  </si>
+  <si>
+    <t>Maison plurielle asbl</t>
+  </si>
+  <si>
+    <t>Service International de Recherche d'Education et d'Action Sociale Asbl</t>
+  </si>
+  <si>
+    <t>TOTAL SAFETY</t>
+  </si>
+  <si>
+    <t>Vlaamse Federatie van Beschutte Werkplaatsen</t>
+  </si>
+  <si>
+    <t>Aide et Reclassement</t>
+  </si>
+  <si>
+    <t>Agence Bruxelles Propreté (ABP)</t>
+  </si>
+  <si>
+    <t>UCM National</t>
+  </si>
+  <si>
+    <t>Provincial Agricultural and Rural Training Centre</t>
+  </si>
+  <si>
+    <t>EXTERNE DIENST VOOR PREVENTIE EN BESCHERMING OP HET WERK MEDIWET</t>
+  </si>
+  <si>
+    <t>OTW</t>
+  </si>
+  <si>
+    <t>La chaufferie-acte1</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Fléron</t>
+  </si>
+  <si>
+    <t>in2com</t>
+  </si>
+  <si>
+    <t>Stad Leuven - Stadskantoor</t>
+  </si>
+  <si>
+    <t>JOBROAD IVZW</t>
+  </si>
+  <si>
+    <t>Sociaal Fonds Transport en Logistiek</t>
+  </si>
+  <si>
+    <t>FLEXPOINT</t>
+  </si>
+  <si>
+    <t>M.S.P.</t>
+  </si>
+  <si>
+    <t>EURO CANDY</t>
+  </si>
+  <si>
+    <t>COEXPAIR</t>
+  </si>
+  <si>
+    <t>CELABOR SCRL</t>
+  </si>
+  <si>
+    <t>Gemeente Houthulst - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>JOB'IN GUICHET D'ENTREPRISE</t>
+  </si>
+  <si>
+    <t>SPW-MI Mobilité et Infrastructures</t>
+  </si>
+  <si>
+    <t>Oncoradiomics</t>
+  </si>
+  <si>
+    <t>emino vzw Antwerpen</t>
+  </si>
+  <si>
+    <t>I-CARE</t>
+  </si>
+  <si>
+    <t>MICROMEGA - DYNAMICS</t>
+  </si>
+  <si>
+    <t>Campus  Erembodegem</t>
+  </si>
+  <si>
+    <t>PC DR. GUISLAIN</t>
+  </si>
+  <si>
+    <t>DE WASSENDE MAAN</t>
+  </si>
+  <si>
+    <t>Ville de Tournai</t>
+  </si>
+  <si>
+    <t>Campus Elfde linie - algemene directie</t>
+  </si>
+  <si>
+    <t>H.E.R.O.N.</t>
+  </si>
+  <si>
+    <t>ROSTE MUIS</t>
+  </si>
+  <si>
+    <t>Designplatform Gent Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Atelier d´Éducation Permanente pour Personnes Incarcérées</t>
+  </si>
+  <si>
+    <t>Olina</t>
+  </si>
+  <si>
+    <t>INVINEO</t>
+  </si>
+  <si>
+    <t>JONITRANS</t>
+  </si>
+  <si>
+    <t>VAN DOREN-PILLE NV</t>
+  </si>
+  <si>
+    <t>Acteurs de l´Ombre  asbl</t>
+  </si>
+  <si>
+    <t>Administratief centrum 't Getouw</t>
+  </si>
+  <si>
+    <t>VGC</t>
+  </si>
+  <si>
+    <t>Technifutur®</t>
+  </si>
+  <si>
+    <t>RECMA</t>
+  </si>
+  <si>
+    <t>Tractebel Engineering S.A.</t>
+  </si>
+  <si>
+    <t>Refresh-XL asbl</t>
+  </si>
+  <si>
+    <t>WOON- EN ZORGCENTRUM KANUNNIK TRIEST  vzw</t>
+  </si>
+  <si>
+    <t>Zinneke asbl</t>
+  </si>
+  <si>
+    <t>VLAAMS INSTITUUT VOOR DE LOGISTIEK - VLAAMS INSTITUUT VOOR DE LOGISTIEK vzw</t>
+  </si>
+  <si>
+    <t>NEOCERAM</t>
+  </si>
+  <si>
+    <t>Commune de Koekelberg</t>
+  </si>
+  <si>
+    <t>EEG NV, Divisie Electro Entreprise</t>
+  </si>
+  <si>
+    <t>Open and Agile Smart Cities vzw (OASC)</t>
+  </si>
+  <si>
+    <t>AVIATO ACADEMY</t>
+  </si>
+  <si>
+    <t>Centre Régional de Verviers pour l´Intégration</t>
+  </si>
+  <si>
+    <t>Provincie West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Le Logis-Floréal</t>
+  </si>
+  <si>
+    <t>LOGISPORT</t>
+  </si>
+  <si>
+    <t>salamander U</t>
+  </si>
+  <si>
+    <t>MAYERLINE SA</t>
+  </si>
+  <si>
+    <t>Lubrizol Advanced Materials Europe</t>
+  </si>
+  <si>
+    <t>G &amp; V ENERGY GROUP</t>
+  </si>
+  <si>
+    <t>BlueGround</t>
+  </si>
+  <si>
+    <t>PIDT</t>
+  </si>
+  <si>
+    <t>EVCC</t>
+  </si>
+  <si>
+    <t>VILLEROY &amp; BOCH WELLNESS</t>
+  </si>
+  <si>
+    <t>Step Conseil asbl</t>
+  </si>
+  <si>
+    <t>Waterwegen en Zeekanaal</t>
+  </si>
+  <si>
+    <t>Ressourcerie le Carré</t>
+  </si>
+  <si>
+    <t>Gemeente Alveringem - Gemeentehuis Hof Van Wyckhuize</t>
+  </si>
+  <si>
+    <t>Flanders Make site Sint-Truiden</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Koekelberg</t>
+  </si>
+  <si>
+    <t>HEPATIC CELL THERAPY SUPPORT</t>
+  </si>
+  <si>
+    <t>Gemeente Brecht - Gemeentehuis Brecht</t>
+  </si>
+  <si>
+    <t>CEBEO</t>
+  </si>
+  <si>
+    <t>Vavato</t>
+  </si>
+  <si>
+    <t>Konsilanto</t>
+  </si>
+  <si>
+    <t>Prophecy Labs</t>
+  </si>
+  <si>
+    <t>SKYLINE COMMUNICATIONS</t>
+  </si>
+  <si>
+    <t>KONSILO</t>
+  </si>
+  <si>
+    <t>Centre de Coordination, d´Etudes et de Formation</t>
+  </si>
+  <si>
+    <t>Howest Campus Brugge Station BST1</t>
+  </si>
+  <si>
+    <t>MIKO</t>
+  </si>
+  <si>
+    <t>Intracto / iO</t>
+  </si>
+  <si>
+    <t>De Vlaamse Waterweg</t>
+  </si>
+  <si>
+    <t>Join For Water</t>
+  </si>
+  <si>
+    <t>VERANCO</t>
+  </si>
+  <si>
+    <t>Groep INTRO vzw</t>
+  </si>
+  <si>
+    <t>De Sleutel centrale diensten</t>
+  </si>
+  <si>
+    <t>IDROPS</t>
+  </si>
+  <si>
+    <t>Center for professional training and development for SME</t>
+  </si>
+  <si>
+    <t>Cefor M.Leblanc Centre Familial de Bxl</t>
+  </si>
+  <si>
+    <t>ANTWERP MANAGEMENT SCHOOL</t>
+  </si>
+  <si>
+    <t>JOB TALENT</t>
+  </si>
+  <si>
+    <t>ROGERS</t>
+  </si>
+  <si>
+    <t>Mission Locale d'Anderlecht</t>
+  </si>
+  <si>
+    <t>VLAAMS NETWERK VAN VERENIGINGEN WAAR ARMEN HET WOORD NEMEN  vzw</t>
+  </si>
+  <si>
+    <t>PEPITE</t>
+  </si>
+  <si>
+    <t>ROCKWOOL Belgium</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Woluwe-Saint-Lambert</t>
+  </si>
+  <si>
+    <t>ELTA BVBA</t>
+  </si>
+  <si>
+    <t>Innato</t>
+  </si>
+  <si>
+    <t>SBS Skill BuilderS bvba</t>
+  </si>
+  <si>
+    <t>Gemeente De Panne - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Fleurus</t>
+  </si>
+  <si>
+    <t>Interuniversitair Micro-Electronica Centrum - Leuven</t>
+  </si>
+  <si>
+    <t>Etablissements SIMONIS S.</t>
+  </si>
+  <si>
+    <t>Denys</t>
+  </si>
+  <si>
+    <t>OVAM</t>
+  </si>
+  <si>
+    <t>Familiehulp</t>
+  </si>
+  <si>
+    <t>Natuurpunt Beheer vzw</t>
+  </si>
+  <si>
+    <t>Ville d'Enghien</t>
+  </si>
+  <si>
+    <t>CGT</t>
+  </si>
+  <si>
+    <t>Bruxelles - Propreté, Agence régionale pour la propreté</t>
+  </si>
+  <si>
+    <t>Roosen Laser &amp; Welding</t>
+  </si>
+  <si>
+    <t>asbl SPEJEQ (Service Prévention Enfance Jeunesse Quartier)</t>
+  </si>
+  <si>
+    <t>Universiteit Gent</t>
+  </si>
+  <si>
+    <t>Altrad Services</t>
+  </si>
+  <si>
+    <t>La Vrije Universiteit Brussel (VUB)</t>
+  </si>
+  <si>
+    <t>University college UCLL</t>
+  </si>
+  <si>
+    <t>Université catholique de Louvain</t>
+  </si>
+  <si>
+    <t>Administratie</t>
+  </si>
+  <si>
+    <t>Mission Locale Forest</t>
+  </si>
+  <si>
+    <t>Agence Bruxelloise pour l’Entreprise asbl</t>
+  </si>
+  <si>
+    <t>Provincie West Vlaanderen</t>
+  </si>
+  <si>
+    <t>Centre Bruxellois d´Action Interculturelle asbl</t>
+  </si>
+  <si>
+    <t>METAALCONSTRUCTIE VANDERSCHEUREN</t>
+  </si>
+  <si>
+    <t>V!GO</t>
+  </si>
+  <si>
+    <t>Stratos Solution</t>
+  </si>
+  <si>
+    <t>KIKOEN</t>
+  </si>
+  <si>
+    <t>DROPSOLID</t>
+  </si>
+  <si>
+    <t>LOCHTING - DEDRIE</t>
+  </si>
+  <si>
+    <t>SIVAC</t>
+  </si>
+  <si>
+    <t>University of Louvain</t>
+  </si>
+  <si>
+    <t>Vestiging Pottelberg</t>
+  </si>
+  <si>
+    <t>BKM Hasselt</t>
+  </si>
+  <si>
+    <t>REFIBO</t>
+  </si>
+  <si>
+    <t>SARENS</t>
+  </si>
+  <si>
+    <t>OBSERVATOIRE EUROPEEN DE LA SANTE TRANSFRONTALIERE "OEST"</t>
+  </si>
+  <si>
+    <t>BOUW- EN HOUTONDERNEMING VERSTRAETE</t>
+  </si>
+  <si>
+    <t>HYDROGENICS EUROPE</t>
+  </si>
+  <si>
+    <t>AGORA</t>
+  </si>
+  <si>
+    <t>CORMAFISK</t>
+  </si>
+  <si>
+    <t>DOLMANS LANDSCAPING SERVICES</t>
+  </si>
+  <si>
+    <t>Inagro, provinciaal extern verzelfstandigd agentschap in privaatrechtelijke vorm - Inagro VZW</t>
+  </si>
+  <si>
+    <t>Zilvervogel</t>
+  </si>
+  <si>
+    <t>Phoenix Services of Belgium</t>
+  </si>
+  <si>
+    <t>Université des Femmes</t>
+  </si>
+  <si>
+    <t>Techno.bel asbl</t>
+  </si>
+  <si>
+    <t>GVO</t>
+  </si>
+  <si>
+    <t>EV-ILVO - EIGEN VERMOGEN VH INSTITUUT VOOR LANDBOUW- EN VISSERIJONDERZOEK - ILVO-Dier 68</t>
+  </si>
+  <si>
+    <t>Conba</t>
+  </si>
+  <si>
+    <t>EPI Centre de formation</t>
+  </si>
+  <si>
+    <t>SMO</t>
+  </si>
+  <si>
+    <t>Interpôle asbl</t>
+  </si>
+  <si>
+    <t>CLUSTA</t>
+  </si>
+  <si>
+    <t>Commune d'Anderlues</t>
+  </si>
+  <si>
+    <t>ARCELORMITTAL BELGIUM NV (AM)</t>
+  </si>
+  <si>
+    <t>EURESYS</t>
+  </si>
+  <si>
+    <t>Sirris, het collectief centrum van de technologische industrie - SIRRIS LEUVEN</t>
+  </si>
+  <si>
+    <t>TABOR Vzw</t>
+  </si>
+  <si>
+    <t>Université de Liège - Centre de Recherche sur l'Instrumentation, la Formation et l'Apprentissage</t>
+  </si>
+  <si>
+    <t>ABSOLUTE@WORK</t>
+  </si>
+  <si>
+    <t>Service PHARE</t>
+  </si>
+  <si>
+    <t>Créa-Job asbl</t>
+  </si>
+  <si>
+    <t>Levanto 2</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION D´ANIMATEURS ASBL</t>
+  </si>
+  <si>
+    <t>The Sniffers</t>
+  </si>
+  <si>
+    <t>ERKEND REGIONAAL SAMENWERKINGSVERBAND LIMBURG VZW</t>
+  </si>
+  <si>
+    <t>BETHANIË</t>
+  </si>
+  <si>
+    <t>ILVO-T&amp;V 115</t>
+  </si>
+  <si>
+    <t>Delta Engineering</t>
+  </si>
+  <si>
+    <t>Stadsbestuur Genk</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l'Emploi en Brabant wallon</t>
+  </si>
+  <si>
+    <t>AARDE-ND-WERK</t>
+  </si>
+  <si>
+    <t>Abbaye de Villers-la-Ville ASBL</t>
+  </si>
+  <si>
+    <t>CEFOVERRE</t>
+  </si>
+  <si>
+    <t>Le Service Géologique de Belgique-DO Terre et Histoire de la Vie de l’Institut Royal des Sciences</t>
+  </si>
+  <si>
+    <t>Voka West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Concertes</t>
+  </si>
+  <si>
+    <t>Stad Geel - Stadsbestuur Geel</t>
+  </si>
+  <si>
+    <t>AGORIA</t>
+  </si>
+  <si>
+    <t>Stichting Euregio Meuse-Rhine</t>
+  </si>
+  <si>
+    <t>Gemeente Zonnebeke - Gemeentehuis Zonnebeke</t>
+  </si>
+  <si>
+    <t>Ateliers du Soleil</t>
+  </si>
+  <si>
+    <t>Greenville</t>
+  </si>
+  <si>
+    <t>ADFORUM</t>
+  </si>
+  <si>
+    <t>COLSOUL</t>
+  </si>
+  <si>
+    <t>Etablissements A. Menart</t>
+  </si>
+  <si>
+    <t>SYNTRA-LIMBURG</t>
+  </si>
+  <si>
+    <t>Campus De Ham</t>
+  </si>
+  <si>
+    <t>WOOD-YOU</t>
+  </si>
+  <si>
+    <t>Lire Et Ecrire Communauté francaise ASBL</t>
+  </si>
+  <si>
+    <t>Campus Sanderus</t>
+  </si>
+  <si>
+    <t>Wel en Wee</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers d´Enghien</t>
+  </si>
+  <si>
+    <t>Duracell Solutions BVBA</t>
+  </si>
+  <si>
+    <t>Campus Dendermonde</t>
+  </si>
+  <si>
+    <t>Mr. Franklin</t>
+  </si>
+  <si>
+    <t>VIRIDAXIS</t>
+  </si>
+  <si>
+    <t>De Wal - Dagbesteding</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Colfontaine</t>
+  </si>
+  <si>
+    <t>Challenge</t>
+  </si>
+  <si>
+    <t>Le Centre Scientifique et Technique de la Construction</t>
+  </si>
+  <si>
+    <t>Haute-Meuse Insertion</t>
+  </si>
+  <si>
+    <t>POM West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>BUURTSERVICE  vzw</t>
+  </si>
+  <si>
+    <t>Provincie Antwerpen - Provinciehuis</t>
+  </si>
+  <si>
+    <t>Potteau</t>
+  </si>
+  <si>
+    <t>Le Chemin vert</t>
+  </si>
+  <si>
+    <t>TBE</t>
+  </si>
+  <si>
+    <t>ATELIERS DU SOLEIL ASBL</t>
+  </si>
+  <si>
+    <t>EMPORIA INVEST HOLDING &amp; FINANCE</t>
+  </si>
+  <si>
+    <t>S.A.T.E.A.</t>
+  </si>
+  <si>
+    <t>Denk</t>
+  </si>
+  <si>
+    <t>DEKRA Automotive</t>
+  </si>
+  <si>
+    <t>IMBC.FIVE</t>
+  </si>
+  <si>
+    <t>Idelux - Projets publics</t>
+  </si>
+  <si>
+    <t>TAVEIRNE ALGEMENE ONDERNEMINGEN</t>
+  </si>
+  <si>
+    <t>Formation Insertion Jeunes</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Campus MAX STEM</t>
+  </si>
+  <si>
+    <t>OPLEIDINGSCENTRUM DE WROETER  vzw</t>
+  </si>
+  <si>
+    <t>Job´In, Guichet d´entreprise Asbl</t>
+  </si>
+  <si>
+    <t>ERDECEE NV</t>
+  </si>
+  <si>
+    <t>Asbl Régie des Quartiers de Charleroi</t>
+  </si>
+  <si>
+    <t>Alysse Food</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire en Wallonie</t>
+  </si>
+  <si>
+    <t>MOVE INVEST</t>
+  </si>
+  <si>
+    <t>JUMICE</t>
+  </si>
+  <si>
+    <t>MOWI BELGIUM</t>
+  </si>
+  <si>
+    <t>UpFresh</t>
+  </si>
+  <si>
+    <t>Maatwerkbedrijf Spoor2 vzw</t>
+  </si>
+  <si>
+    <t>Wijgmaal</t>
+  </si>
+  <si>
+    <t>VOKA-KAMER VAN KOOPHANDEL OOST-VLAANDEREN</t>
+  </si>
+  <si>
+    <t>Unie van Zelfstandige Ondernemers</t>
+  </si>
+  <si>
+    <t>campus Hasselt</t>
+  </si>
+  <si>
+    <t>Ville de Bastogne</t>
+  </si>
+  <si>
+    <t>Voka - Kamer van Koophandel Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>OCMW Oostende</t>
+  </si>
+  <si>
+    <t>Stad Menen</t>
+  </si>
+  <si>
+    <t>Osiris Crédal Plus</t>
+  </si>
+  <si>
+    <t>Stadhuis - Algemene diensten</t>
+  </si>
+  <si>
+    <t>VZW De Wroeter Maatwerkbedrijf</t>
+  </si>
+  <si>
+    <t>Administration de l'Action Sociale, de la Santé et du Logement de la Province de Namur</t>
+  </si>
+  <si>
+    <t>SEPIA</t>
+  </si>
+  <si>
+    <t>Article 23 asbl</t>
+  </si>
+  <si>
+    <t>Vorsselmans</t>
+  </si>
+  <si>
+    <t>CONTI LABEL PAUWELS</t>
+  </si>
+  <si>
+    <t>AE VALVES</t>
+  </si>
+  <si>
+    <t>Joker Toerisme</t>
+  </si>
+  <si>
+    <t>Ville de Binche</t>
+  </si>
+  <si>
+    <t>Droit et devoir asbl</t>
+  </si>
+  <si>
+    <t>Blijdorp,dienstverleningscentrum voor personen met een verstandelijke handicap uit de streek van Dendermonde</t>
+  </si>
+  <si>
+    <t>DRUMDRUM</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers de Saint-Nicolas</t>
+  </si>
+  <si>
+    <t>IDEA</t>
+  </si>
+  <si>
+    <t>FormaForm</t>
+  </si>
+  <si>
+    <t>SOLTECH</t>
+  </si>
+  <si>
+    <t>City of Leuven</t>
+  </si>
+  <si>
+    <t>OCMW Gistel</t>
+  </si>
+  <si>
+    <t>UNIE VAN ZELFSTANDIGE ONDERNEMERS LIMBURG</t>
+  </si>
+  <si>
+    <t>ASBL ACIS CLAIRVAL</t>
+  </si>
+  <si>
+    <t>Société coompérative Intercommunale de Crémation</t>
+  </si>
+  <si>
+    <t>BEN  &amp; CHOCOLATS</t>
+  </si>
+  <si>
+    <t>EGTS Linieland van Waas en Hulst</t>
+  </si>
+  <si>
+    <t>Ijsfabriek Strombeek</t>
+  </si>
+  <si>
+    <t>COLOMBUS</t>
+  </si>
+  <si>
+    <t>Provincie Limburg</t>
+  </si>
+  <si>
+    <t>VETEX</t>
+  </si>
+  <si>
+    <t>Commune de Dour</t>
+  </si>
+  <si>
+    <t>Mission Locale pour l'Emploi de Bruxelles-Ville asbl</t>
+  </si>
+  <si>
+    <t>FAMILY DRIVE</t>
+  </si>
+  <si>
+    <t>Manpower Belgium</t>
+  </si>
+  <si>
+    <t>Familiehulp - regio Brussel</t>
+  </si>
+  <si>
+    <t>e-peas</t>
+  </si>
+  <si>
+    <t>Mission régionale pour l'Emploi de la Wallonie Picarde</t>
+  </si>
+  <si>
+    <t>Pôle académique de Namur</t>
+  </si>
+  <si>
+    <t>Wirtschaftsförderungs-gesellschaft Ostbelgien</t>
+  </si>
+  <si>
+    <t>Centre de Coordination et de Gestion des Programmes Européens - Enseignement Obligatoire</t>
+  </si>
+  <si>
+    <t>JSR MICRO N.V.</t>
+  </si>
+  <si>
+    <t>FlandersBio - VZW</t>
+  </si>
+  <si>
+    <t>ONTEX BV</t>
+  </si>
+  <si>
+    <t>Wonen - cvba WONEN</t>
+  </si>
+  <si>
+    <t>HEAJ</t>
+  </si>
+  <si>
+    <t>SAAMO Antwerpen</t>
+  </si>
+  <si>
+    <t>UGENT</t>
+  </si>
+  <si>
+    <t>SYNECO</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers de Châtelet Asbl</t>
+  </si>
+  <si>
+    <t>Fédération Bruxelloise de l'Insertion Socioprofessionnelle et d'Economie Sociale d'Insertion</t>
+  </si>
+  <si>
+    <t>Vives Zuid vzw</t>
+  </si>
+  <si>
+    <t>STEBO</t>
+  </si>
+  <si>
+    <t>CISEO SA</t>
+  </si>
+  <si>
+    <t>MATERIA NOVA (MaNo)</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Forest</t>
+  </si>
+  <si>
+    <t>Cpas de trooz</t>
+  </si>
+  <si>
+    <t>M3 SYSTEMS BELGIUM</t>
+  </si>
+  <si>
+    <t>Tracé Brussel</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l´Emploi du Luxembourg</t>
+  </si>
+  <si>
+    <t>CENTRE DE RECHERCHES ROUTIERES - OPZOEKINGSCENTRUM VOOR DE WEGENBOUW</t>
+  </si>
+  <si>
+    <t>Economic Development Agency of the Province of Limburg (B)</t>
+  </si>
+  <si>
+    <t>Stad Oudenaarde</t>
+  </si>
+  <si>
+    <t>Misison locale d'Etterbeek</t>
+  </si>
+  <si>
+    <t>Administration de la Santé Publique et de l'Action Sociale et Culturelle de la Province de Namur</t>
+  </si>
+  <si>
+    <t>Norgay accountants</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Liège</t>
+  </si>
+  <si>
+    <t>Belcotec</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l´Emploi de Liège</t>
+  </si>
+  <si>
+    <t>ASBL La Braise</t>
+  </si>
+  <si>
+    <t>Artexx</t>
+  </si>
+  <si>
+    <t>De Voorzorg - Mutualiteitsverbond van Limburg</t>
+  </si>
+  <si>
+    <t>Ingrizo NV</t>
+  </si>
+  <si>
+    <t>Le Piment Asbl</t>
+  </si>
+  <si>
+    <t>Engels Factory</t>
+  </si>
+  <si>
+    <t>Welzijnszorg Kempen</t>
+  </si>
+  <si>
+    <t>CPAS de Jemeppe-sur-Sambre</t>
+  </si>
+  <si>
+    <t>Vlaamse Hogescholenraad</t>
+  </si>
+  <si>
+    <t>Toreon</t>
+  </si>
+  <si>
+    <t>SAGACIFY</t>
+  </si>
+  <si>
+    <t>OLYMPIA</t>
+  </si>
+  <si>
+    <t>Service Laïque d'Aide aux Justiciables ASBL</t>
+  </si>
+  <si>
+    <t>Instituut voor Naschoolse Opleiding van de Metaalverwerkende Nijverheid-Arbeiders</t>
+  </si>
+  <si>
+    <t>CALLexcell</t>
+  </si>
+  <si>
+    <t>Mission Locale de Molenbeek</t>
+  </si>
+  <si>
+    <t>CPAS Braine-le-Comte</t>
+  </si>
+  <si>
+    <t>ULB</t>
+  </si>
+  <si>
+    <t>Walloon Agricultural Research Center</t>
+  </si>
+  <si>
+    <t>Vlaamse Gemeenschapscommissie</t>
+  </si>
+  <si>
+    <t>Provincie Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Ondernemersplatform Limburg</t>
+  </si>
+  <si>
+    <t>MILLIBETER</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Woluwe-Saint-Pierre</t>
+  </si>
+  <si>
+    <t>Azimut Asbl</t>
+  </si>
+  <si>
+    <t>Stad Ieper - Algemene diensten</t>
+  </si>
+  <si>
+    <t>Stad Antwerpen</t>
+  </si>
+  <si>
+    <t>DEJOND</t>
+  </si>
+  <si>
+    <t>Association pour la Remotivation la Promotion et l'Aide à l'Insertion de Jeunes</t>
+  </si>
+  <si>
+    <t>Trixxo Jobs Hoeselt</t>
+  </si>
+  <si>
+    <t>VERHELST BOUWMATERIALEN</t>
+  </si>
+  <si>
+    <t>MARTENS CUVE SERVICES</t>
+  </si>
+  <si>
+    <t>Centre d'information et d'Education Populaire</t>
+  </si>
+  <si>
+    <t>Trendwolves</t>
+  </si>
+  <si>
+    <t>Espace Environnement</t>
+  </si>
+  <si>
+    <t>mtech+ Oost-Vlaanderen - Tewerkstellings- en opleidingsfonds arbeiders metaal- Oost-vlaanderen</t>
+  </si>
+  <si>
+    <t>v.z.w. Woon-en Zorgcentrum Maria Boodschap</t>
+  </si>
+  <si>
+    <t>Commune de Libramont-Chevigny</t>
+  </si>
+  <si>
+    <t>SAFRAN BLADES</t>
+  </si>
+  <si>
+    <t>Poppies Bakeries Wervik</t>
+  </si>
+  <si>
+    <t>Wase Werkplaats</t>
+  </si>
+  <si>
+    <t>REMITRANS</t>
+  </si>
+  <si>
+    <t>Agentschap innoveren en ondernemen - Gent</t>
+  </si>
+  <si>
+    <t>BDO ADVISORY - BDO DIGITAL</t>
+  </si>
+  <si>
+    <t>FORM@XL</t>
+  </si>
+  <si>
+    <t>Chaque école sélectionnée dans le cadre de l'appel à projet</t>
+  </si>
+  <si>
+    <t>Vlaamse Vereniging voor Lucht- en Ruimtevaart - Flemish Aerospace Group  vzw FLAG</t>
+  </si>
+  <si>
+    <t>Pole académique Louvain</t>
+  </si>
+  <si>
+    <t>Centre Régional d´Intégration du Brabant Wallon</t>
+  </si>
+  <si>
+    <t>L´Observatoire du Crédit et de l´Endettement</t>
+  </si>
+  <si>
+    <t>Cenforgil Centre de Formation et de Production</t>
+  </si>
+  <si>
+    <t>Vlobe</t>
+  </si>
+  <si>
+    <t>La Cordiante</t>
+  </si>
+  <si>
+    <t>Mariasteen - Gits</t>
+  </si>
+  <si>
+    <t>The House of Villeroy &amp; Boch</t>
+  </si>
+  <si>
+    <t>Multitel</t>
+  </si>
+  <si>
+    <t>Ville de Huy</t>
+  </si>
+  <si>
+    <t>Formation pour l'UNiverstité Ouverte de Charleroi</t>
+  </si>
+  <si>
+    <t>UA - Universiteit Antwerpen</t>
+  </si>
+  <si>
+    <t>Propriété Intellectuelle et Innovation en Wallonie asbl</t>
+  </si>
+  <si>
+    <t>BISCUITERIE JULES DESTROOPER</t>
+  </si>
+  <si>
+    <t>Quality by Design</t>
+  </si>
+  <si>
+    <t>milieux d´accueil de la petite enfance du CPAS</t>
+  </si>
+  <si>
+    <t>MT DOTTIGNIES</t>
+  </si>
+  <si>
+    <t>VERBOLIA</t>
+  </si>
+  <si>
+    <t>Gemeente Wervik</t>
+  </si>
+  <si>
+    <t>HEFBOOM  vzw</t>
+  </si>
+  <si>
+    <t>SPOT, Association Chapitre XII</t>
+  </si>
+  <si>
+    <t>EVA-Bxl</t>
+  </si>
+  <si>
+    <t>BIZZIT</t>
+  </si>
+  <si>
+    <t>CAB Integra VoG</t>
+  </si>
+  <si>
+    <t>Tweeperenboom</t>
+  </si>
+  <si>
+    <t>Stijn Van de Velde BV</t>
+  </si>
+  <si>
+    <t>Vlevy NV</t>
+  </si>
+  <si>
+    <t>CREO</t>
+  </si>
+  <si>
+    <t>DE KRINGLOOPWINKEL DELTAGROEP</t>
+  </si>
+  <si>
+    <t>SOS Dépannage</t>
+  </si>
+  <si>
+    <t>Abattoir NV</t>
+  </si>
+  <si>
+    <t>Port de Bruxelles</t>
+  </si>
+  <si>
+    <t>Développement, Encadrement, Formation et Intégration par le Travail et la Socialisation</t>
+  </si>
+  <si>
+    <t>DANIS KOOLSKAMP</t>
+  </si>
+  <si>
+    <t>Stad Roeselare</t>
+  </si>
+  <si>
+    <t>EGGSPLORE</t>
+  </si>
+  <si>
+    <t>YouthStart Belgium asbl</t>
+  </si>
+  <si>
+    <t>EDUCAM</t>
+  </si>
+  <si>
+    <t>La Belle Maison</t>
+  </si>
+  <si>
+    <t>publiq - publiq vzw</t>
+  </si>
+  <si>
+    <t>Activak</t>
+  </si>
+  <si>
+    <t>Ville de Marche-en-Famenne</t>
+  </si>
+  <si>
+    <t>Service bruxellois francophone des personnes handicapées( dit PHARE)</t>
+  </si>
+  <si>
+    <t>ENERSOL</t>
+  </si>
+  <si>
+    <t>Streekplatform Kempen</t>
+  </si>
+  <si>
+    <t>CPAS de Seneffe</t>
+  </si>
+  <si>
+    <t>PATRIMOINE DE L´UNIVERSITE DE MONS</t>
+  </si>
+  <si>
+    <t>Onze-Lieve-Vrouw Gasthuis</t>
+  </si>
+  <si>
+    <t>Kaasimport Jan Dupont</t>
+  </si>
+  <si>
+    <t>B-SENS</t>
+  </si>
+  <si>
+    <t>Inagro</t>
+  </si>
+  <si>
+    <t>Association Pédagogique d´Accueil aux Jeunes ASBL</t>
+  </si>
+  <si>
+    <t>JobYourself</t>
+  </si>
+  <si>
+    <t>Gemeente Retie - Gemeentehuis Retie</t>
+  </si>
+  <si>
+    <t>AERTSSEN KRANEN</t>
+  </si>
+  <si>
+    <t>VITO NV</t>
+  </si>
+  <si>
+    <t>werminval vzw</t>
+  </si>
+  <si>
+    <t>FrieslandCampina Belgium</t>
+  </si>
+  <si>
+    <t>M.P.I. Ten Dries</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale d'Auderghem</t>
+  </si>
+  <si>
+    <t>‘Gespecialiseerde opleidings-, begeleidings- en bemiddelingsdienst Synkroon’ – afgekort ‘Synkroon vzw’</t>
+  </si>
+  <si>
+    <t>La Régie des Quartiers de Liège</t>
+  </si>
+  <si>
+    <t>Boulot asbl</t>
+  </si>
+  <si>
+    <t>Cliniques universitaires de Bruxelles</t>
+  </si>
+  <si>
+    <t>CAMPUS MECHELEN</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Bruxelles Ville</t>
+  </si>
+  <si>
+    <t>Ruralité-Environnement-Développement</t>
+  </si>
+  <si>
+    <t>Mohawk International Services</t>
+  </si>
+  <si>
+    <t>AGIDENS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>DISPOSITIF RELAIS asbl</t>
+  </si>
+  <si>
+    <t>VUB</t>
+  </si>
+  <si>
+    <t>SOCIAAL ONDERNEMEN BRUGGE EN OMGEVING AAN HET WERK</t>
+  </si>
+  <si>
+    <t>VO communication</t>
+  </si>
+  <si>
+    <t>Beschützende Werkstätte Eupen und Umgebung VoG</t>
+  </si>
+  <si>
+    <t>L'ECOPAIN D'IGNACE</t>
+  </si>
+  <si>
+    <t>Go4Jobs Holding</t>
+  </si>
+  <si>
+    <t>MULTITEL</t>
+  </si>
+  <si>
+    <t>itinerairesamo</t>
+  </si>
+  <si>
+    <t>FASEAS</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l´Insertion et l´Emploi de Verviers</t>
+  </si>
+  <si>
+    <t>VITO nv.</t>
+  </si>
+  <si>
+    <t>GEPART</t>
+  </si>
+  <si>
+    <t>De Stuyverij</t>
+  </si>
+  <si>
+    <t>Service de Prévention Ville de Mons</t>
+  </si>
+  <si>
+    <t>CPAS DE SAMBREVILLE</t>
+  </si>
+  <si>
+    <t>KRAS Jeugdwerk</t>
+  </si>
+  <si>
+    <t>Crèche Cardinal Mercier asbl</t>
+  </si>
+  <si>
+    <t>Gemeente Balen - Gemeentehuis Balen</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Virton</t>
+  </si>
+  <si>
+    <t>art2work</t>
+  </si>
+  <si>
+    <t>cap innove</t>
+  </si>
+  <si>
+    <t>Municipal administration of UCCLE</t>
+  </si>
+  <si>
+    <t>Openbaar Centrum voor Maatschappelijk Welzijn van Gent</t>
+  </si>
+  <si>
+    <t>Maatschappelijke Zetel</t>
+  </si>
+  <si>
+    <t>Le Logement Molenbeekois</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale d'Andenne</t>
+  </si>
+  <si>
+    <t>OCMW Kortrijk</t>
+  </si>
+  <si>
+    <t>Vrije Universiteit Brussel</t>
+  </si>
+  <si>
+    <t>TIME4SOCIETY</t>
+  </si>
+  <si>
+    <t>CRIBC - Centre de Recherche de l'Industrie Belge de la Céramique</t>
+  </si>
+  <si>
+    <t>Haute Ecole Louvain en Hainaut</t>
+  </si>
+  <si>
+    <t>vdk bank</t>
+  </si>
+  <si>
+    <t>Gemeentebestuur Rijkevorsel - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>Ville d'Andenne</t>
+  </si>
+  <si>
+    <t>Dienstencentrum Mozaïek</t>
+  </si>
+  <si>
+    <t>Bruxelles Mobilité</t>
+  </si>
+  <si>
+    <t>EhB Centrale Administratie</t>
+  </si>
+  <si>
+    <t>University College Ghent</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale deTournai</t>
+  </si>
+  <si>
+    <t>CPAS de Charleroi</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Vrij CLB Regio Gent</t>
+  </si>
+  <si>
+    <t>Ville de Comines-Warneton / Stad Komen-Waasten</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Tubize</t>
+  </si>
+  <si>
+    <t>Beyond the Horizon International Strategic Studies Group</t>
+  </si>
+  <si>
+    <t>Konekt</t>
+  </si>
+  <si>
+    <t>Fédération du Tourisme de la Province de Namur</t>
+  </si>
+  <si>
+    <t>CISP Alternatives Formations</t>
+  </si>
+  <si>
+    <t>Verpleging aan Huis  vzw</t>
+  </si>
+  <si>
+    <t>SYNTRA MIDDEN VLAANDEREN</t>
+  </si>
+  <si>
+    <t>Mission locale d´Ixelles</t>
+  </si>
+  <si>
+    <t>JDI</t>
+  </si>
+  <si>
+    <t>CATENA COMPANY / ALLINGTON</t>
+  </si>
+  <si>
+    <t>Ville d'Arlon</t>
+  </si>
+  <si>
+    <t>IMBC 2020</t>
+  </si>
+  <si>
+    <t>Atlas Copco Airpower</t>
+  </si>
+  <si>
+    <t>IDELUX</t>
+  </si>
+  <si>
+    <t>CORILUS</t>
+  </si>
+  <si>
+    <t>BME</t>
+  </si>
+  <si>
+    <t>Stad Leuven</t>
+  </si>
+  <si>
+    <t>Centrummanagement Poperinge vzw</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Peruwelz</t>
+  </si>
+  <si>
+    <t>Brustart</t>
+  </si>
+  <si>
+    <t>FME</t>
+  </si>
+  <si>
+    <t>Daoust</t>
+  </si>
+  <si>
+    <t>Katholieke Universiteit Leuven</t>
+  </si>
+  <si>
+    <t>Credal</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Quaregnon</t>
+  </si>
+  <si>
+    <t>City of Mechelen</t>
+  </si>
+  <si>
+    <t>BOMARDI</t>
+  </si>
+  <si>
+    <t>APK infra</t>
+  </si>
+  <si>
+    <t>IGIL</t>
+  </si>
+  <si>
+    <t>Ons Tehuis-Brabant</t>
+  </si>
+  <si>
+    <t>DBC - De Blauwe Cluster (Blue Cluster) vzw</t>
+  </si>
+  <si>
+    <t>Backstage.Network</t>
+  </si>
+  <si>
+    <t>Université Ouverte de la Fédération Wallonie - Bruxelles</t>
+  </si>
+  <si>
+    <t>De Overmolen</t>
+  </si>
+  <si>
+    <t>BARCO</t>
+  </si>
+  <si>
+    <t>EWALS INTERMODAL NV</t>
+  </si>
+  <si>
+    <t>Service d'Insertion Sociale Les Cramignons rattaché à l'Elan Asbl</t>
+  </si>
+  <si>
+    <t>Les Petits Riens</t>
+  </si>
+  <si>
+    <t>Régie d'Habitat rural en Val de Sambre ASBL</t>
+  </si>
+  <si>
+    <t>Centrum voor beroepsopleiding en vorming voor de sector van de elektriciens</t>
+  </si>
+  <si>
+    <t>Centre Régional d'Action Interculturelle du Centre</t>
+  </si>
+  <si>
+    <t>DL Chemicals Detaellenaere-Loosvelt</t>
+  </si>
+  <si>
+    <t>asbl SCHOLA ULB</t>
+  </si>
+  <si>
+    <t>LIMBURGS TECHNOLOGIECENTRUM PLUS</t>
+  </si>
+  <si>
+    <t>Persyn</t>
+  </si>
+  <si>
+    <t>SAFRAN AERO BOOSTERS</t>
+  </si>
+  <si>
+    <t>Stad Herentals - Administratief Centrum</t>
+  </si>
+  <si>
+    <t>Formation Emploi Tremplin</t>
+  </si>
+  <si>
+    <t>Brussels Kunstenoverleg VZW</t>
+  </si>
+  <si>
+    <t>BX1 ASBL</t>
+  </si>
+  <si>
+    <t>CA06 Dienst Divergent</t>
+  </si>
+  <si>
+    <t>Promotion de la Formation en Alternance</t>
+  </si>
+  <si>
+    <t>InSites Compages</t>
+  </si>
+  <si>
+    <t>Commune de Molenbeek Saint-Jean</t>
+  </si>
+  <si>
+    <t>OrientaEuro</t>
+  </si>
+  <si>
+    <t>DELTA SERVICES INDUSTRIELS</t>
+  </si>
+  <si>
+    <t>Plastipak Belgium</t>
+  </si>
+  <si>
+    <t>SyntraPXL</t>
+  </si>
+  <si>
+    <t>Forem</t>
+  </si>
+  <si>
+    <t>MINDERVALIDEN TIELT vzw</t>
+  </si>
+  <si>
+    <t>Bruxelles Environnement (IBGE)</t>
+  </si>
+  <si>
+    <t>WeWantMore</t>
+  </si>
+  <si>
+    <t>MANÉ</t>
+  </si>
+  <si>
+    <t>Lire et Ecrire Centre Mons Borinage</t>
+  </si>
+  <si>
+    <t>IPAA.</t>
+  </si>
+  <si>
+    <t>Campus Zuid: Directie en hogeschooldiensten, Onderwijsgroep Welzijn en Gezondheidszorg, Onderwijsgroep Lerarenopleidingen</t>
+  </si>
+  <si>
+    <t>Centre d'entreprises de Saint Gilles</t>
+  </si>
+  <si>
+    <t>WIRIC VZW</t>
+  </si>
+  <si>
+    <t>Westtoer apb</t>
+  </si>
+  <si>
+    <t>AZR Campus Rumst</t>
+  </si>
+  <si>
+    <t>BRABANTIA BELGIUM</t>
+  </si>
+  <si>
+    <t>GAFFI</t>
+  </si>
+  <si>
+    <t>IONICS</t>
+  </si>
+  <si>
+    <t>L´EVEIL ASBL</t>
+  </si>
+  <si>
+    <t>Nationaal Multiple Sclerose Centrum</t>
+  </si>
+  <si>
+    <t>centrum voor beroepsopleiding en vorming voor de sector van de elektriciens</t>
+  </si>
+  <si>
+    <t>TRANSPORT MERVIELDE</t>
+  </si>
+  <si>
+    <t>ITEOS</t>
+  </si>
+  <si>
+    <t>I.C.W. - Intergemeentelijk Samenwerkingsverband van het Land van Waas</t>
+  </si>
+  <si>
+    <t>Onafhankelijke Thuiszorg Verenigingen</t>
+  </si>
+  <si>
+    <t>Wirtschaftsförderungsgesellschaft Ostbelgiens VoG</t>
+  </si>
+  <si>
+    <t>Centre d'Accueil et d'Information Jeunesse de Bruxelles</t>
+  </si>
+  <si>
+    <t>Regionaal Landschap Zuid-Hageland</t>
+  </si>
+  <si>
+    <t>Centre Public Action Sociale d´ Erquelinnes</t>
+  </si>
+  <si>
+    <t>PHYSIOL</t>
+  </si>
+  <si>
+    <t>BRUCO SUD</t>
+  </si>
+  <si>
+    <t>Leiedal</t>
+  </si>
+  <si>
+    <t>CERTECH</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l'Insertion et l'Emploi de Verviers et son Arrondissement</t>
+  </si>
+  <si>
+    <t>Job´In asbl</t>
+  </si>
+  <si>
+    <t>INTRACTO GROUP</t>
+  </si>
+  <si>
+    <t>DELTA LIGHT</t>
+  </si>
+  <si>
+    <t>Stad Vilvoorde - Stadhuis</t>
+  </si>
+  <si>
+    <t>De Ploeg (Antwerpen)</t>
+  </si>
+  <si>
+    <t>Gemeente Pelt - Gemeentehuis Overpelt</t>
+  </si>
+  <si>
+    <t>Interleuven</t>
+  </si>
+  <si>
+    <t>Vlaamse Dienst voor Arbeidsbemiddeling en Beroepsopleiding - VDAB</t>
+  </si>
+  <si>
+    <t>SIEGE D'EXPLOITATION DE LIEGE</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l'Emploi et l'insertion du sud de l'Entre-Sambre-Et-Meuse</t>
+  </si>
+  <si>
+    <t>Blindenzorg Licht en Liefde</t>
+  </si>
+  <si>
+    <t>ECO-oh! Recycling</t>
+  </si>
+  <si>
+    <t>ALLAERT</t>
+  </si>
+  <si>
+    <t>Odisee vzw</t>
+  </si>
+  <si>
+    <t>SYNTRA AB - SYNTRA PROVINCIES ANTWERPEN EN VLAAMS - BRABANT - SYNTRA PROVINCIES ANTWERPEN EN VLAAMS - BRABANT vzw</t>
+  </si>
+  <si>
+    <t>DUO FOR A JOB ASBL</t>
+  </si>
+  <si>
+    <t>SOCAMUT</t>
+  </si>
+  <si>
+    <t>Commune de Flémalle</t>
+  </si>
+  <si>
+    <t>Province de Hainaut</t>
+  </si>
+  <si>
+    <t>HQ Cras Waregem</t>
+  </si>
+  <si>
+    <t>Provinciale Ontwikkelingsmaatschappij Limburg - POM Limburg</t>
+  </si>
+  <si>
+    <t>Wallimage</t>
+  </si>
+  <si>
+    <t>Heilig Hartziekenhuis Mol</t>
+  </si>
+  <si>
+    <t>BOSSUYT WINKELINRICHTING</t>
+  </si>
+  <si>
+    <t>VLAAMS AGENTSCHAP VOOR ONDERNEMERSVORMING - SYNTRA VLAANDEREN</t>
+  </si>
+  <si>
+    <t>Concordia</t>
+  </si>
+  <si>
+    <t>District09</t>
+  </si>
+  <si>
+    <t>campus Kennedylaan</t>
+  </si>
+  <si>
+    <t>Relais Social du Pays de Liège</t>
+  </si>
+  <si>
+    <t>V.T.S.</t>
+  </si>
+  <si>
+    <t>EKLO</t>
+  </si>
+  <si>
+    <t>D.P. - Coating</t>
+  </si>
+  <si>
+    <t>NV BEKAERT SA</t>
+  </si>
+  <si>
+    <t>EFT Work´inn</t>
+  </si>
+  <si>
+    <t>SA DELHEZ</t>
+  </si>
+  <si>
+    <t>WINTERSHOVE</t>
+  </si>
+  <si>
+    <t>Limburgs Steunpunt Kinderopvang</t>
+  </si>
+  <si>
+    <t>CETIC</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Mons</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENTS BRANDERS</t>
+  </si>
+  <si>
+    <t>Fédération Francophone des Sourds de Belgique</t>
+  </si>
+  <si>
+    <t>Climawest</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Charleroi</t>
+  </si>
+  <si>
+    <t>Vereniging van Vlaamse Steden en Gemeenten</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers de Charleroi</t>
+  </si>
+  <si>
+    <t>B &amp; R - BOUW EN RENOVATIE</t>
+  </si>
+  <si>
+    <t>DE PRETRE ORTHOPEDIE</t>
+  </si>
+  <si>
+    <t>Miroir Vagabond</t>
+  </si>
+  <si>
+    <t>Walden</t>
+  </si>
+  <si>
+    <t>HOUTBUIGERIJ G. DESMET</t>
+  </si>
+  <si>
+    <t>Sabcobel</t>
+  </si>
+  <si>
+    <t>Stad Diest - Lokale economie</t>
+  </si>
+  <si>
+    <t>MAISON D'ENFANTS REINE MARIE-HENRIETTE</t>
+  </si>
+  <si>
+    <t>CRECHE DE LA VILLE DE BRUXELLES (CHARPENTIERS)</t>
+  </si>
+  <si>
+    <t>PROFO</t>
+  </si>
+  <si>
+    <t>GDTECH</t>
+  </si>
+  <si>
+    <t>KEERPUNT</t>
+  </si>
+  <si>
+    <t>People´s Place</t>
+  </si>
+  <si>
+    <t>Molenbeek Formation asbl</t>
+  </si>
+  <si>
+    <t>PatriGelu</t>
+  </si>
+  <si>
+    <t>Alter Form</t>
+  </si>
+  <si>
+    <t>FluxGO vzw</t>
+  </si>
+  <si>
+    <t>Ville de Liège</t>
+  </si>
+  <si>
+    <t>INISMa</t>
+  </si>
+  <si>
+    <t>Samarcande</t>
+  </si>
+  <si>
+    <t>Kimpenhof</t>
+  </si>
+  <si>
+    <t>FEBECOOP</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l'emploi de Mons-Borinage</t>
+  </si>
+  <si>
+    <t>ISSeP</t>
+  </si>
+  <si>
+    <t>Gemeente Koksijde - Gemeentehuis Koksijde</t>
+  </si>
+  <si>
+    <t>UNIZ.ORG</t>
+  </si>
+  <si>
+    <t>Mobile Vikings</t>
+  </si>
+  <si>
+    <t>Cliniques Universitaires St-Luc</t>
+  </si>
+  <si>
+    <t>Centre Scolaire de Ma Campagne asbl</t>
+  </si>
+  <si>
+    <t>Stad Diksmuide - Administratief Centrum</t>
+  </si>
+  <si>
+    <t>De Steenschuit   vzw</t>
+  </si>
+  <si>
+    <t>Vluchtelingenwerk Vlaanderen</t>
+  </si>
+  <si>
+    <t>FRANKI  CONSTRUCT</t>
+  </si>
+  <si>
+    <t>ABO Holding</t>
+  </si>
+  <si>
+    <t>AVIETA</t>
+  </si>
+  <si>
+    <t>VANDEMOORTELE EEKLO</t>
+  </si>
+  <si>
+    <t>Patient Expert Center</t>
+  </si>
+  <si>
+    <t>Westland</t>
+  </si>
+  <si>
+    <t>OBELISK</t>
+  </si>
+  <si>
+    <t>Flux50</t>
+  </si>
+  <si>
+    <t>Q- FOOD</t>
+  </si>
+  <si>
+    <t>STEWAL NV</t>
+  </si>
+  <si>
+    <t>Centre d'Appui Médiation de Dettes</t>
+  </si>
+  <si>
+    <t>IMPERIAL MEAT PRODUCTS</t>
+  </si>
+  <si>
+    <t>Pharmacie Houba</t>
+  </si>
+  <si>
+    <t>SAW-B</t>
+  </si>
+  <si>
+    <t>AMPTEC</t>
+  </si>
+  <si>
+    <t>Flanders Make, site Lommel</t>
+  </si>
+  <si>
+    <t>LEROI INDUSTRIES</t>
+  </si>
+  <si>
+    <t>Asbl le P'tit plus</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Morlanwelz</t>
+  </si>
+  <si>
+    <t>ACV Innovatief Maatschappelijke zetel</t>
+  </si>
+  <si>
+    <t>La Bourrache</t>
+  </si>
+  <si>
+    <t>CALLANT VERZEKERINGSKANTOOR</t>
+  </si>
+  <si>
+    <t>HD Gestion</t>
+  </si>
+  <si>
+    <t>Gemeente Koekelare - Gemeentebestuur</t>
+  </si>
+  <si>
+    <t>VentureLab ASBL</t>
+  </si>
+  <si>
+    <t>Unizo Limburg</t>
+  </si>
+  <si>
+    <t>LABTECH ENGINEERING EUROPE</t>
+  </si>
+  <si>
+    <t>IPG CONTACT SOLUTIONS</t>
+  </si>
+  <si>
+    <t>Régie des Quartiers de Herstal ASBL</t>
+  </si>
+  <si>
+    <t>Credal Entreprendre</t>
+  </si>
+  <si>
+    <t>Creative Cities</t>
+  </si>
+  <si>
+    <t>ITINERIS NV</t>
+  </si>
+  <si>
+    <t>Economic Office for the Province of Namur</t>
+  </si>
+  <si>
+    <t>CARE@VULPIA</t>
+  </si>
+  <si>
+    <t>Art2Work asbl</t>
+  </si>
+  <si>
+    <t>Nieuw administratief Centrum</t>
+  </si>
+  <si>
+    <t>Le CID</t>
+  </si>
+  <si>
+    <t>Le Début des Haricots asbl</t>
+  </si>
+  <si>
+    <t>AQUASECURITY</t>
+  </si>
+  <si>
+    <t>TO WALK AGAIN</t>
+  </si>
+  <si>
+    <t>Créemploi</t>
+  </si>
+  <si>
+    <t>AQUATIC SCIENCE</t>
+  </si>
+  <si>
+    <t>Provinciaal Proefcentrum voor de Groenteteelt</t>
+  </si>
+  <si>
+    <t>Municipality of Leiedal</t>
+  </si>
+  <si>
+    <t>CPAS de Berchem Ste Agathe</t>
+  </si>
+  <si>
+    <t>Convivialités Asbl</t>
+  </si>
+  <si>
+    <t>EDUARDS TRAILER FACTORY</t>
+  </si>
+  <si>
+    <t>Confederatie Bouw West-Vlaanderen</t>
+  </si>
+  <si>
+    <t>DE  KRINGWINKEL ANTWERPEN</t>
+  </si>
+  <si>
+    <t>ACIC</t>
+  </si>
+  <si>
+    <t>VAP CONSULTING COMPANY</t>
+  </si>
+  <si>
+    <t>CRIBC</t>
+  </si>
+  <si>
+    <t>Centrale Culturelle Bruxelloise</t>
+  </si>
+  <si>
+    <t>I.P.S.</t>
+  </si>
+  <si>
+    <t>Centre d´accueil et d´information jeunesse de Bruxelles</t>
+  </si>
+  <si>
+    <t>RX/Seaport</t>
+  </si>
+  <si>
+    <t>UCL ELIB</t>
+  </si>
+  <si>
+    <t>IG WATTEEUW INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>KLIQ</t>
+  </si>
+  <si>
+    <t>SUNTRONICS SOLAR</t>
+  </si>
+  <si>
+    <t>IMPERMO - STULTJENS</t>
+  </si>
+  <si>
+    <t>Algemeen Ziekenhuis Delta</t>
+  </si>
+  <si>
     <t>Centexbel</t>
   </si>
   <si>
-    <t>O&amp;OC</t>
-[...305 lines deleted...]
-    <t>NEUTRAAL ZIEKENFONDS VLAANDEREN</t>
+    <t>Optimum</t>
+  </si>
+  <si>
+    <t>GEBROEDERS TIMMERMAN NV</t>
+  </si>
+  <si>
+    <t>Frauenliga VoG / Vie Feminine asbl</t>
+  </si>
+  <si>
+    <t>Dienstencentrum De Witte Mol</t>
+  </si>
+  <si>
+    <t>C.E. + T.</t>
+  </si>
+  <si>
+    <t>AXXES NV</t>
+  </si>
+  <si>
+    <t>V.N.W. TRANSPORT</t>
+  </si>
+  <si>
+    <t>Bruxelles Environnement</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Thuin</t>
+  </si>
+  <si>
+    <t>PURNA</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Chaudfontaine</t>
+  </si>
+  <si>
+    <t>Solidarité des Alternatives Wallonnes et Bruxelloises (SAW-B)</t>
+  </si>
+  <si>
+    <t>VAN DE KEERE PROJECTS</t>
+  </si>
+  <si>
+    <t>Le pied à l'étrier</t>
+  </si>
+  <si>
+    <t>DOIC</t>
+  </si>
+  <si>
+    <t>Provincie West-Vlaanderen (PWVL)</t>
+  </si>
+  <si>
+    <t>Plaatselijk Werkgelegenheidsagentschap van Menen vzw</t>
+  </si>
+  <si>
+    <t>BRICO</t>
+  </si>
+  <si>
+    <t>REDDING REAL ESTATE</t>
+  </si>
+  <si>
+    <t>DN &amp; T</t>
+  </si>
+  <si>
+    <t>CERHUM</t>
+  </si>
+  <si>
+    <t>Molenbeek Formation</t>
+  </si>
+  <si>
+    <t>Stemme Belgium</t>
+  </si>
+  <si>
+    <t>ERIKS</t>
+  </si>
+  <si>
+    <t>Woon- en Zorgcentrum Veilige Have</t>
+  </si>
+  <si>
+    <t>Urbike</t>
+  </si>
+  <si>
+    <t>Greenyard Frozen Belgium</t>
+  </si>
+  <si>
+    <t>Vlaams Steunpunt Lokale Netwerken Opleiding en Tewerkstelling</t>
+  </si>
+  <si>
+    <t>VERZEKERINGSKANTOOR VAN DESSEL</t>
+  </si>
+  <si>
+    <t>Intercommunale Leiedal</t>
+  </si>
+  <si>
+    <t>Duke &amp; Grace</t>
+  </si>
+  <si>
+    <t>Boulot AFT</t>
+  </si>
+  <si>
+    <t>Jobs &amp; Milieu</t>
+  </si>
+  <si>
+    <t>Georges Veldeman N.V.</t>
+  </si>
+  <si>
+    <t>ROJM</t>
+  </si>
+  <si>
+    <t>ALGIST BRUGGEMAN</t>
+  </si>
+  <si>
+    <t>PMSWEET</t>
+  </si>
+  <si>
+    <t>DV FRESH</t>
+  </si>
+  <si>
+    <t>Jobcentrum</t>
+  </si>
+  <si>
+    <t>CENTRE DE RECHERCHES METALLURGIQUES ASBL</t>
+  </si>
+  <si>
+    <t>KU Leuven Research &amp; Development</t>
+  </si>
+  <si>
+    <t>Westtoer</t>
+  </si>
+  <si>
+    <t>Service Emploi de Koekelberg</t>
+  </si>
+  <si>
+    <t>M-BUILDING</t>
+  </si>
+  <si>
+    <t>FULLWOOD PACKO</t>
+  </si>
+  <si>
+    <t>JOS WILMS</t>
+  </si>
+  <si>
+    <t>GUDRUN COMMERCIAL</t>
+  </si>
+  <si>
+    <t>Ziekenhuis inkendaal koninklijke instelling vzw</t>
+  </si>
+  <si>
+    <t>Gemeente Hulshout - Gemeentehuis Hulshout</t>
+  </si>
+  <si>
+    <t>POM Oost -Vlaanderen</t>
+  </si>
+  <si>
+    <t>ANNABEL TEXTILES</t>
+  </si>
+  <si>
+    <t>Région de Bruxelles (Bruxelles Mobilité)</t>
+  </si>
+  <si>
+    <t>Asbl Centre d´Appui-Médiation de Dettes</t>
+  </si>
+  <si>
+    <t>Bouwmaterialen Van Pelt</t>
+  </si>
+  <si>
+    <t>Centre d´Accompagnements et de Préventions</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Dour</t>
+  </si>
+  <si>
+    <t>IGEAN Milieu en Veiligheid</t>
+  </si>
+  <si>
+    <t>Caravelles</t>
+  </si>
+  <si>
+    <t>QUALITY SET</t>
+  </si>
+  <si>
+    <t>Lasso</t>
+  </si>
+  <si>
+    <t>De Meisjes</t>
+  </si>
+  <si>
+    <t>AutoFORM ASBL</t>
+  </si>
+  <si>
+    <t>Gemeente Langemark-Poelkapelle - Gemeentehuis</t>
+  </si>
+  <si>
+    <t>DVV Westhoek - Dienstverlenende vereniging Westhoek - Streekhuis Westhoek</t>
+  </si>
+  <si>
+    <t>UgenTec</t>
+  </si>
+  <si>
+    <t>WERKERVARINGSBEDRIJVEN</t>
+  </si>
+  <si>
+    <t>ADVANCED COATING</t>
+  </si>
+  <si>
+    <t>Association Intercommunale IDELUX Eau</t>
+  </si>
+  <si>
+    <t>CEI Louvain</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : KOGEKA 4</t>
+  </si>
+  <si>
+    <t>Commune de Braine-l'Alleud</t>
+  </si>
+  <si>
+    <t>SOWAER</t>
+  </si>
+  <si>
+    <t>Ville de Verviers</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Molenbeek -Saint-Jean</t>
+  </si>
+  <si>
+    <t>Bewerk</t>
+  </si>
+  <si>
+    <t>Arktos vzw</t>
+  </si>
+  <si>
+    <t>CPAS DE SERAING</t>
+  </si>
+  <si>
+    <t>Promotion de l'Emploi à Schaerbeek</t>
+  </si>
+  <si>
+    <t>DESAMI</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Comines</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Bertrix</t>
+  </si>
+  <si>
+    <t>Gemeente Merelbeke</t>
+  </si>
+  <si>
+    <t>ACCENT Jobs For People</t>
+  </si>
+  <si>
+    <t>TECHNORD BELGIUM</t>
+  </si>
+  <si>
+    <t>Milcobel</t>
+  </si>
+  <si>
+    <t>bePharBel Manufacturing</t>
+  </si>
+  <si>
+    <t>M.P.F. EUROPE S.A</t>
+  </si>
+  <si>
+    <t>Haute Ecole Namur Liège Luxembourg</t>
+  </si>
+  <si>
+    <t>LOOTENS DEINZE</t>
+  </si>
+  <si>
+    <t>Maison Plurielle A.S.B.L</t>
+  </si>
+  <si>
+    <t>Cousaert - Van Der Donckt</t>
+  </si>
+  <si>
+    <t>Commune d'Aubange</t>
+  </si>
+  <si>
+    <t>URBEO INVEST</t>
+  </si>
+  <si>
+    <t>Présence et Action Culturelles</t>
+  </si>
+  <si>
+    <t>Centre Public d´Action Sociale de Verviers</t>
+  </si>
+  <si>
+    <t>BUUR/bureau voor urbanisme</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l'Emploi du Luxembourg asbl</t>
+  </si>
+  <si>
+    <t>ST REGINAGODSHUIS VZW</t>
+  </si>
+  <si>
+    <t>Heilig Hart Dienstverleningscentrum voor personen met verstandelijke beperkingen</t>
+  </si>
+  <si>
+    <t>Seniorencentrum Home Vrijzicht</t>
+  </si>
+  <si>
+    <t>CENTEXBEL - Wetenschappelijk en Technisch Centrum van de Belgische Textielnijverheid - VKC-Centexbel</t>
+  </si>
+  <si>
+    <t>Barry Callebaut Belgium NV</t>
+  </si>
+  <si>
+    <t>VKW Limburg</t>
+  </si>
+  <si>
+    <t>Centre public d'action sociale d'Engis</t>
+  </si>
+  <si>
+    <t>FGME</t>
+  </si>
+  <si>
+    <t>CERTECH (Centre de ressources technologiques en chimie)</t>
+  </si>
+  <si>
+    <t>Ville de Liège - Lecture publique</t>
+  </si>
+  <si>
+    <t>CENTRE FAMILIAL DE BRUXELLES - DEPARTEMENT CEFOR M. LEBLANC</t>
+  </si>
+  <si>
+    <t>Mission Locale pour l´emploi de Saint-Gilles</t>
+  </si>
+  <si>
+    <t>ANTWERP EUROTERMINAL NV</t>
+  </si>
+  <si>
+    <t>Thales Belgium</t>
+  </si>
+  <si>
+    <t>Inagro vzw</t>
+  </si>
+  <si>
+    <t>LES PETITS RIENS</t>
+  </si>
+  <si>
+    <t>Système d'Accompagnement à la Création d'Entreprises</t>
+  </si>
+  <si>
+    <t>MEYVAERT GLASS ENGINEERING</t>
+  </si>
+  <si>
+    <t>ORBIX SOLUTIONS</t>
+  </si>
+  <si>
+    <t>Adient Belgium</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale de Ganshoren</t>
+  </si>
+  <si>
+    <t>Promemploi ASBL</t>
+  </si>
+  <si>
+    <t>SYNECO (agence conseil en économie sociale) asbl - Namur</t>
+  </si>
+  <si>
+    <t>Mazda Motor Logistics Europe</t>
+  </si>
+  <si>
+    <t>Kortrijks Ondernemerscentrum</t>
+  </si>
+  <si>
+    <t>Commune de Quaregnon</t>
+  </si>
+  <si>
+    <t>Agentschap Innoveren en Ondernemen - entiteit EFRO</t>
+  </si>
+  <si>
+    <t>Syntra West vzw</t>
+  </si>
+  <si>
+    <t>Flanders Estate</t>
+  </si>
+  <si>
+    <t>WIELANDTS ULTRA PRECISION MACHINING TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>Mission locale d'Ixelles</t>
+  </si>
+  <si>
+    <t>VANDENBUSSCHE NV</t>
+  </si>
+  <si>
+    <t>Centre public d'Action sociale d'Ixelles</t>
+  </si>
+  <si>
+    <t>FEBECOOP VLAANDEREN-BRUSSEL</t>
+  </si>
+  <si>
+    <t>Flen Health Pharma</t>
+  </si>
+  <si>
+    <t>Dentius</t>
+  </si>
+  <si>
+    <t>InBrussel vzw</t>
+  </si>
+  <si>
+    <t>efp</t>
+  </si>
+  <si>
+    <t>WELDALLOY EUROPE</t>
+  </si>
+  <si>
+    <t>Stad Hoogstraten - Administratief Centrum</t>
+  </si>
+  <si>
+    <t>Zentrum für Aus- und Weiterbildung des Mittelstandes Eupen</t>
+  </si>
+  <si>
+    <t>MANU MAIL</t>
+  </si>
+  <si>
+    <t>CRECHE DE LA VILLE DE BRUXELLES (ERNEST SALU)</t>
+  </si>
+  <si>
+    <t>We Walk The Talk</t>
+  </si>
+  <si>
+    <t>Interkommunale Ontwikkelingsmaatschappij voor de Kempen - IOK</t>
+  </si>
+  <si>
+    <t>Vleeswarenfabriek Jac Michiels</t>
+  </si>
+  <si>
+    <t>PCG</t>
+  </si>
+  <si>
+    <t>Refresh</t>
+  </si>
+  <si>
+    <t>@trium</t>
+  </si>
+  <si>
+    <t>Centre Anderlechtois de Formation asbl</t>
+  </si>
+  <si>
+    <t>CPAS Etterbeek</t>
+  </si>
+  <si>
+    <t>TER MUREN  VZW</t>
+  </si>
+  <si>
+    <t>Aptus</t>
+  </si>
+  <si>
+    <t>SBC</t>
+  </si>
+  <si>
+    <t>Fonds voor de vorming van de werknemers die tot de bevoegdheid van het paritair comité voor de vrije beroepen behoren</t>
+  </si>
+  <si>
+    <t>Administratie, sociale dienst, technische dienst</t>
+  </si>
+  <si>
+    <t>Collectif d'Alphabétisation</t>
+  </si>
+  <si>
+    <t>V2I</t>
+  </si>
+  <si>
+    <t>Société d'Aménagement Urbain (SAU)</t>
+  </si>
+  <si>
+    <t>Wax Interactive</t>
+  </si>
+  <si>
+    <t>234-CENTRE SCIENTIFIQUE ET TECHNIQUE DE LA CONSTRUCTION - WETENSCHAPPELIJK EN TECHNISCH CENTRUM VOOR HET BOUWBEDRIJF - CSTC - WTCB</t>
+  </si>
+  <si>
+    <t>TECHNOFUTUR TIC</t>
+  </si>
+  <si>
+    <t>Withofs Vervoerbedrijf</t>
+  </si>
+  <si>
+    <t>Les Petits Riens Asbl</t>
+  </si>
+  <si>
+    <t>WEST-VLAAMSE DUURZAME LOGISTIEKE WERKVENNOOTSCHAP</t>
+  </si>
+  <si>
+    <t>De Vlaamse Waterweg nv</t>
+  </si>
+  <si>
+    <t>KAUTEX TEXTRON BENELUX</t>
+  </si>
+  <si>
+    <t>Air Cargo Belgium</t>
+  </si>
+  <si>
+    <t>Mint Europe</t>
+  </si>
+  <si>
+    <t>ETERNIT</t>
+  </si>
+  <si>
+    <t>De Oever</t>
+  </si>
+  <si>
+    <t>New TRM Logistics</t>
+  </si>
+  <si>
+    <t>ICHEC Entreprises</t>
+  </si>
+  <si>
+    <t>ANTWERP SPACE</t>
+  </si>
+  <si>
+    <t>Commission de gestion du Parc naturel des Plaines de l'Escaut</t>
+  </si>
+  <si>
+    <t>ACCTIVE</t>
+  </si>
+  <si>
+    <t>EPIC WEB AGENCY</t>
+  </si>
+  <si>
+    <t>Voestalpine Sadef</t>
+  </si>
+  <si>
+    <t>SIX</t>
+  </si>
+  <si>
+    <t>Groen Licht Vlaanderen</t>
+  </si>
+  <si>
+    <t>Werminval vzw</t>
+  </si>
+  <si>
+    <t>City of Antwerp</t>
+  </si>
+  <si>
+    <t>Vrije Universiteit van Brussel - VUB ELSENE</t>
+  </si>
+  <si>
+    <t>VAN DE KREEKE SPECIALE TECHNIEKEN</t>
+  </si>
+  <si>
+    <t>Relais Social Intercommunal de la Province de Luxembourg</t>
+  </si>
+  <si>
+    <t>Voice agency</t>
+  </si>
+  <si>
+    <t>Musée royal de Mariemont</t>
+  </si>
+  <si>
+    <t>50pluz</t>
+  </si>
+  <si>
+    <t>Formaat Berchem</t>
+  </si>
+  <si>
+    <t>POMUNI TRADE NV</t>
+  </si>
+  <si>
+    <t>Brussels Capital Region</t>
+  </si>
+  <si>
+    <t>Woon- en Zorgcentrum Sint Jozef</t>
+  </si>
+  <si>
+    <t>Haven Oostende NV</t>
+  </si>
+  <si>
+    <t>CLUSTA - Cluster van Staalplaatproducenten en -Verwerkers</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Fleurus</t>
+  </si>
+  <si>
+    <t>CPAS BERNISSART</t>
+  </si>
+  <si>
+    <t>Multipharma</t>
+  </si>
+  <si>
+    <t>Service d´information sur les étude et les professions</t>
+  </si>
+  <si>
+    <t>Dienstencentrum Ter Dreve vzw</t>
+  </si>
+  <si>
+    <t>Battery Supplies</t>
+  </si>
+  <si>
+    <t>Centre d'Action Interculturelle de la Province de Namur</t>
+  </si>
+  <si>
+    <t>Centre Espagnol de Formation &amp; d'Actions Intégrées de Développement</t>
+  </si>
+  <si>
+    <t>Trendhuis, BekxX content strategies; Bexpertise Trend Research, Trendbookx Future Editions, Maison de Tendances, Trendhouse</t>
+  </si>
+  <si>
+    <t>Centre Interculturel de Mons et du Borinage</t>
+  </si>
+  <si>
+    <t>IPSOS NV</t>
   </si>
   <si>
     <t>CPAS DE HERSTAL</t>
   </si>
   <si>
-    <t>WAVENET</t>
-[...308 lines deleted...]
-    <t>PURATOS</t>
+    <t>Solidarité des Alternatives Wallonnes et Bruxelloises</t>
+  </si>
+  <si>
+    <t>Plateforme pour le Service Citoyen</t>
+  </si>
+  <si>
+    <t>CARRIER EUROPE</t>
+  </si>
+  <si>
+    <t>Campus Lange Nieuwstraat</t>
+  </si>
+  <si>
+    <t>De Brusselse Organisatie voor de Emancipatie van Jongeren</t>
+  </si>
+  <si>
+    <t>Vanderhaegen - Eeckhaut</t>
+  </si>
+  <si>
+    <t>Kind en Taal</t>
+  </si>
+  <si>
+    <t>ECOPOWER - ECOPOWER CV</t>
+  </si>
+  <si>
+    <t>Sociaal Dienstenchequebedrijf vzw</t>
+  </si>
+  <si>
+    <t>O.C.M.W. Antwerpen - Openbaar Centrum voor Maatschappelijk Welzijn van Antwerpen - OCMW Antwerpen</t>
+  </si>
+  <si>
+    <t>Système d´Accompagnement à la Création d´Entreprises</t>
+  </si>
+  <si>
+    <t>Formation et Aide aux Entreprises</t>
+  </si>
+  <si>
+    <t>25 8</t>
+  </si>
+  <si>
+    <t>ELECTRO ZWIJSEN</t>
+  </si>
+  <si>
+    <t>Hogeschool PXL</t>
+  </si>
+  <si>
+    <t>PHARMA TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>COF</t>
+  </si>
+  <si>
+    <t>Service public de Wallonie</t>
+  </si>
+  <si>
+    <t>ETEAMSYS</t>
+  </si>
+  <si>
+    <t>Blijdorp</t>
+  </si>
+  <si>
+    <t>Administration et Gestion pour l'Economie Sociale</t>
+  </si>
+  <si>
+    <t>Platform voor de Samenlevingsdienst</t>
+  </si>
+  <si>
+    <t>Kulturelle Aktion und Präsenz</t>
+  </si>
+  <si>
+    <t>L'ARBRE DE VIE - LEVENSBOOM</t>
+  </si>
+  <si>
+    <t>LIRE ET ECRIRE CHARLEROI SUD HAINAUT ASBL</t>
+  </si>
+  <si>
+    <t>RITTAL</t>
+  </si>
+  <si>
+    <t>BlinkOut</t>
+  </si>
+  <si>
+    <t>PROCTER &amp; GAMBLE SERVICES CO</t>
+  </si>
+  <si>
+    <t>CPAS Ottignies-Louvain-la-Neuve</t>
+  </si>
+  <si>
+    <t>DROHME</t>
+  </si>
+  <si>
+    <t>LIMBURGS OVERLEG VAN REGIONALE SAMENWERKINGSINITIATIEVEN IN DE THUISVERZORGING EN VAN MULTIDISCIPLINAIRE VORMING EN DE EERSTELIJNSGEZONDHEIDSZORG vzw</t>
+  </si>
+  <si>
+    <t>SIRRIS LIEGE</t>
+  </si>
+  <si>
+    <t>BVBA Vleeswaren Vandecruys</t>
+  </si>
+  <si>
+    <t>VAN HOOL</t>
+  </si>
+  <si>
+    <t>Form@Nam asbl</t>
+  </si>
+  <si>
+    <t>COLOR DESIGN</t>
+  </si>
+  <si>
+    <t>Fluvius West</t>
+  </si>
+  <si>
+    <t>Sociaal Economisch Laboratorium</t>
+  </si>
+  <si>
+    <t>PROVINCIAAL ONDERWIJS VLAANDEREN  vzw</t>
+  </si>
+  <si>
+    <t>BEP (Bureau Economique de la Province de Namur)</t>
+  </si>
+  <si>
+    <t>Arts&amp;Publics</t>
+  </si>
+  <si>
+    <t>VLAAMS INSTITUUT VOOR DE LOGISTIEK vzw</t>
+  </si>
+  <si>
+    <t>Inetum Realdolmen Belgium</t>
+  </si>
+  <si>
+    <t>Secure Code Warrior</t>
+  </si>
+  <si>
+    <t>Service Public Régional Bruxelles (Bruxelles Synergie)</t>
+  </si>
+  <si>
+    <t>CONNECTIFY</t>
+  </si>
+  <si>
+    <t>Citydev.brussels</t>
+  </si>
+  <si>
+    <t>DREDGING INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>Erkend Regionaal Samenwerkingsverband Vlaams-Brabant</t>
+  </si>
+  <si>
+    <t>ESCO HOEBANX</t>
+  </si>
+  <si>
+    <t>Le Cortil</t>
+  </si>
+  <si>
+    <t>ASSIST AT HOME</t>
+  </si>
+  <si>
+    <t>IDETA – Agence de développement territorial</t>
+  </si>
+  <si>
+    <t>ID CAMPUS ASBL</t>
+  </si>
+  <si>
+    <t>Interactive Media Art Laboratory asbl (iMAL)</t>
+  </si>
+  <si>
+    <t>Théâtre du Copion</t>
+  </si>
+  <si>
+    <t>Hoofdkantoor Gent</t>
+  </si>
+  <si>
+    <t>AID l'Escale</t>
+  </si>
+  <si>
+    <t>Flemish Institute for Technological Research</t>
+  </si>
+  <si>
+    <t>Crédal Entreprendre</t>
+  </si>
+  <si>
+    <t>ARBO</t>
+  </si>
+  <si>
+    <t>B.S.V.</t>
+  </si>
+  <si>
+    <t>Solidarcité ASBL</t>
+  </si>
+  <si>
+    <t>Fluvius System Operator</t>
+  </si>
+  <si>
+    <t>PROFACTS</t>
+  </si>
+  <si>
+    <t>Inagro VZW</t>
+  </si>
+  <si>
+    <t>Verenigde Ziekenhuizen van Waas en Durme</t>
+  </si>
+  <si>
+    <t>Centre Public d’Action Sociale de Tournai</t>
+  </si>
+  <si>
+    <t>Ministeries van de Vlaamse Gemeenschap - Agentschap Wegen en Verkeer (AWV) Oost-Vlaanderen</t>
+  </si>
+  <si>
+    <t>Sociale Tewerkstelling Hechtel Eksel Peer</t>
+  </si>
+  <si>
+    <t>ENTE NAZIONALE ACLI INSTRUZIONE PROFESSIONALE</t>
+  </si>
+  <si>
+    <t>Association pour la Remotivation la Promotion et l´Aide à l´Insertion de Jeunes</t>
+  </si>
+  <si>
+    <t>KEGELS &amp; VAN ANTWERPEN</t>
+  </si>
+  <si>
+    <t>EPDM-Solutions Bogaert</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l’Insertion et l’Emploi Charleroi</t>
+  </si>
+  <si>
+    <t>Association Chapitre XII Intégra Plus</t>
+  </si>
+  <si>
+    <t>Research Centre Hoogstraten</t>
+  </si>
+  <si>
+    <t>NOTRE COIN DU QUARTIER</t>
+  </si>
+  <si>
+    <t>Centre technologique international de la Terre et de la Pierre</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Dinant</t>
+  </si>
+  <si>
+    <t>OCMW Mortsel</t>
+  </si>
+  <si>
+    <t>Vlaamse Landmaatschappij</t>
+  </si>
+  <si>
+    <t>LAB9 STORES</t>
+  </si>
+  <si>
+    <t>TDM.LOG</t>
+  </si>
+  <si>
+    <t>Maison de Quartier d'Helmet</t>
+  </si>
+  <si>
+    <t>Health First Europe</t>
+  </si>
+  <si>
+    <t>Mission Régionale pour l'Emploi du Centre ASBL</t>
+  </si>
+  <si>
+    <t>HUISBROUWERIJ DE HALVE MAAN</t>
+  </si>
+  <si>
+    <t>Qrios</t>
   </si>
   <si>
     <t>Bouwonderneming Haex NV</t>
   </si>
   <si>
-    <t>UNDERSIDE</t>
-[...695 lines deleted...]
-    <t>ARBEID EN MILIEU</t>
+    <t>BROUWLAND</t>
+  </si>
+  <si>
+    <t>asbl AMO Mic-Ados</t>
+  </si>
+  <si>
+    <t>DELPHI GENETICS</t>
+  </si>
+  <si>
+    <t>INTEGRAL</t>
+  </si>
+  <si>
+    <t>De Winning Werk en Zorg</t>
+  </si>
+  <si>
+    <t>Devenirs</t>
+  </si>
+  <si>
+    <t>Sidaplax</t>
+  </si>
+  <si>
+    <t>Coopcity</t>
+  </si>
+  <si>
+    <t>VAN DER ERVE</t>
+  </si>
+  <si>
+    <t>Ziekenhuis Oost-Limburg</t>
+  </si>
+  <si>
+    <t>Interface3. Namur</t>
+  </si>
+  <si>
+    <t>Pôle académique Liège-Luxembourg</t>
+  </si>
+  <si>
+    <t>- Ecores sprl</t>
+  </si>
+  <si>
+    <t>Hasselt University, Biomedical Research Institute</t>
+  </si>
+  <si>
+    <t>Compagnie du Campus</t>
+  </si>
+  <si>
+    <t>Commune d'Etterbeek</t>
+  </si>
+  <si>
+    <t>LASEA</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale d'Ixelles - Openbaar Centrum voor Maatschappelijk Welzijn van Elsen</t>
+  </si>
+  <si>
+    <t>WESTVLEES</t>
+  </si>
+  <si>
+    <t>Centre Public Action Sociale de Frameries</t>
+  </si>
+  <si>
+    <t>Gemeente Heist-op-den-Berg - Gemeentelijke administratie</t>
+  </si>
+  <si>
+    <t>Vlaams Ondersteuningscentrum voor de Basiseducatie</t>
+  </si>
+  <si>
+    <t>LifeTechValley</t>
+  </si>
+  <si>
+    <t>Jan Yperman Ziekenhuis</t>
+  </si>
+  <si>
+    <t>De Korenbloem</t>
+  </si>
+  <si>
+    <t>de Biehal</t>
+  </si>
+  <si>
+    <t>Sociale Werkplaats De Posthoorn</t>
+  </si>
+  <si>
+    <t>EGTC Euregio Meuse-Rhine</t>
+  </si>
+  <si>
+    <t>Hoofdzetel van : Hotel- en Toerismeschool Spermalie</t>
+  </si>
+  <si>
+    <t>SYNTRA-LIMBURG  vzw</t>
+  </si>
+  <si>
+    <t>Provinciaal secretariaat &amp; Bezoekruimte (GE)</t>
+  </si>
+  <si>
+    <t>UniD Manufacturing</t>
+  </si>
+  <si>
+    <t>POM Limburg</t>
+  </si>
+  <si>
+    <t>VLAAMS CENTRUM VOOR VORMING EN VERVOLMAKIN IN DE HORECASECTOR vzw</t>
+  </si>
+  <si>
+    <t>MOBIUS BUSINESS REDESIGN</t>
+  </si>
+  <si>
+    <t>CENAERO</t>
+  </si>
+  <si>
+    <t>Médecins du monde</t>
+  </si>
+  <si>
+    <t>TALENCO</t>
+  </si>
+  <si>
+    <t>IDETA</t>
+  </si>
+  <si>
+    <t>Federatie van Vlaamse DovenOrganisaties</t>
+  </si>
+  <si>
+    <t>AllPhi</t>
+  </si>
+  <si>
+    <t>City of Ostend</t>
+  </si>
+  <si>
+    <t>AZ ALMA</t>
+  </si>
+  <si>
+    <t>Transics International</t>
+  </si>
+  <si>
+    <t>Ville de La Roche-en-Ardenne</t>
+  </si>
+  <si>
+    <t>Matthys Quality Equipment BVBA</t>
+  </si>
+  <si>
+    <t>Fonds voor bestaanszekerheid voor de papier- en kartonbewerking</t>
+  </si>
+  <si>
+    <t>SOLVAS</t>
+  </si>
+  <si>
+    <t>TRANSPORT JOOSEN NV</t>
+  </si>
+  <si>
+    <t>Algorhythm</t>
+  </si>
+  <si>
+    <t>Observatoire de la Santé du Hainaut (OSH)</t>
+  </si>
+  <si>
+    <t>Consolar Belgium</t>
   </si>
   <si>
     <t>Centre Public d´Action Sociale de Huy</t>
   </si>
   <si>
-    <t>- Biomim Greenloop s.a</t>
-[...2372 lines deleted...]
-    <t>W.A.N.</t>
+    <t>Maatschappelijke &amp; administratieve zetel - ambulante deelwerking Izegem</t>
+  </si>
+  <si>
+    <t>Wirtschaftsförderungs- gesellschaft WFG VoG</t>
+  </si>
+  <si>
+    <t>La Ferme Nos Pilifs</t>
+  </si>
+  <si>
+    <t>Odisee - Odisee vzw</t>
+  </si>
+  <si>
+    <t>cpas de mouscron</t>
+  </si>
+  <si>
+    <t>Welzijnshuis - OCMW Sint-Niklaas</t>
+  </si>
+  <si>
+    <t>Centre Public d'Action Sociale de Chimay</t>
+  </si>
+  <si>
+    <t>Idée53 Asbl AFT</t>
   </si>
   <si>
     <t>AREBS</t>
   </si>
   <si>
-    <t>XEIKON MANUFACTURING</t>
-[...2738 lines deleted...]
-    <t>M-BUILDING</t>
+    <t>Airport Caddy</t>
   </si>
   <si>
     <t>Job- link VZW</t>
-  </si>
-[...910 lines deleted...]
-    <t>UniD Manufacturing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -15152,19780 +16670,21988 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D2465"/>
+  <dimension ref="A1:D2741"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
-        <v>2468</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>2469</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>2470</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>2471</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>2472</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>2473</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>2474</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>2475</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>2476</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>2477</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>2478</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>2479</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>2480</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
-        <v>2481</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>2482</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>2483</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
-        <v>2484</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>2485</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>2486</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>2487</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>2488</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>25</v>
       </c>
       <c r="B23" t="s">
-        <v>2489</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>26</v>
       </c>
       <c r="B24" t="s">
-        <v>2490</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25" t="s">
-        <v>2491</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>2492</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>29</v>
       </c>
       <c r="B27" t="s">
-        <v>2493</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
-        <v>2494</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
-        <v>2495</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>2496</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>33</v>
       </c>
       <c r="B31" t="s">
-        <v>2497</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>34</v>
       </c>
       <c r="B32" t="s">
-        <v>2498</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
-        <v>2499</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>36</v>
       </c>
       <c r="B34" t="s">
-        <v>2500</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>37</v>
       </c>
       <c r="B35" t="s">
-        <v>2501</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>38</v>
       </c>
       <c r="B36" t="s">
-        <v>2502</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
-        <v>2503</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>40</v>
       </c>
       <c r="B38" t="s">
-        <v>2504</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
-        <v>2505</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>42</v>
       </c>
       <c r="B40" t="s">
-        <v>2506</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>43</v>
       </c>
       <c r="B41" t="s">
-        <v>2507</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
-        <v>2508</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>45</v>
       </c>
       <c r="B43" t="s">
-        <v>2509</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>46</v>
       </c>
       <c r="B44" t="s">
-        <v>2510</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>47</v>
       </c>
       <c r="B45" t="s">
-        <v>2511</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>48</v>
       </c>
       <c r="B46" t="s">
-        <v>2512</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>49</v>
       </c>
       <c r="B47" t="s">
-        <v>2513</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
-        <v>2514</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>51</v>
       </c>
       <c r="B49" t="s">
-        <v>2515</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50" t="s">
-        <v>2516</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51" t="s">
-        <v>2517</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52" t="s">
-        <v>2518</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>55</v>
       </c>
       <c r="B53" t="s">
-        <v>2519</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>56</v>
       </c>
       <c r="B54" t="s">
-        <v>2520</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>57</v>
       </c>
       <c r="B55" t="s">
-        <v>2521</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>58</v>
       </c>
       <c r="B56" t="s">
-        <v>2522</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>59</v>
       </c>
       <c r="B57" t="s">
-        <v>2523</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>60</v>
       </c>
       <c r="B58" t="s">
-        <v>2524</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>61</v>
       </c>
       <c r="B59" t="s">
-        <v>2525</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>62</v>
       </c>
       <c r="B60" t="s">
-        <v>2526</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>63</v>
       </c>
       <c r="B61" t="s">
-        <v>2527</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>64</v>
       </c>
       <c r="B62" t="s">
-        <v>2528</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63" t="s">
-        <v>2529</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>2530</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65" t="s">
-        <v>2531</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>68</v>
       </c>
       <c r="B66" t="s">
-        <v>2532</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>69</v>
       </c>
       <c r="B67" t="s">
-        <v>2533</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>70</v>
       </c>
       <c r="B68" t="s">
-        <v>2534</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>71</v>
       </c>
       <c r="B69" t="s">
-        <v>2535</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70" t="s">
-        <v>2536</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>73</v>
       </c>
       <c r="B71" t="s">
-        <v>2537</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>74</v>
       </c>
       <c r="B72" t="s">
-        <v>2538</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>75</v>
       </c>
       <c r="B73" t="s">
-        <v>2539</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74" t="s">
         <v>76</v>
       </c>
       <c r="B74" t="s">
-        <v>2540</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75" t="s">
         <v>77</v>
       </c>
       <c r="B75" t="s">
-        <v>2541</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>78</v>
       </c>
       <c r="B76" t="s">
-        <v>2542</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>79</v>
       </c>
       <c r="B77" t="s">
-        <v>2543</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>80</v>
       </c>
       <c r="B78" t="s">
-        <v>2544</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>81</v>
       </c>
       <c r="B79" t="s">
-        <v>2545</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>82</v>
       </c>
       <c r="B80" t="s">
-        <v>2546</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" t="s">
         <v>83</v>
       </c>
       <c r="B81" t="s">
-        <v>2547</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
         <v>84</v>
       </c>
       <c r="B82" t="s">
-        <v>2548</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83" t="s">
         <v>85</v>
       </c>
       <c r="B83" t="s">
-        <v>2549</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84" t="s">
         <v>86</v>
       </c>
       <c r="B84" t="s">
-        <v>2550</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85" t="s">
         <v>87</v>
       </c>
       <c r="B85" t="s">
-        <v>2551</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
         <v>88</v>
       </c>
       <c r="B86" t="s">
-        <v>2552</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
         <v>89</v>
       </c>
       <c r="B87" t="s">
-        <v>2553</v>
+        <v>2829</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
         <v>90</v>
       </c>
       <c r="B88" t="s">
-        <v>2554</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89" t="s">
         <v>91</v>
       </c>
       <c r="B89" t="s">
-        <v>2555</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90" t="s">
         <v>92</v>
       </c>
       <c r="B90" t="s">
-        <v>2556</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
         <v>93</v>
       </c>
       <c r="B91" t="s">
-        <v>2557</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" t="s">
         <v>94</v>
       </c>
       <c r="B92" t="s">
-        <v>2558</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93" t="s">
         <v>95</v>
       </c>
       <c r="B93" t="s">
-        <v>2559</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94" t="s">
         <v>96</v>
       </c>
       <c r="B94" t="s">
-        <v>2560</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95" t="s">
         <v>97</v>
       </c>
       <c r="B95" t="s">
-        <v>2561</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96" t="s">
         <v>98</v>
       </c>
       <c r="B96" t="s">
-        <v>2562</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97" t="s">
         <v>99</v>
       </c>
       <c r="B97" t="s">
-        <v>2563</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98" t="s">
         <v>100</v>
       </c>
       <c r="B98" t="s">
-        <v>2564</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99" t="s">
         <v>101</v>
       </c>
       <c r="B99" t="s">
-        <v>2565</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100" t="s">
         <v>102</v>
       </c>
       <c r="B100" t="s">
-        <v>2566</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101" t="s">
         <v>103</v>
       </c>
       <c r="B101" t="s">
-        <v>2567</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102" t="s">
         <v>104</v>
       </c>
       <c r="B102" t="s">
-        <v>2568</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" t="s">
         <v>105</v>
       </c>
       <c r="B103" t="s">
-        <v>2569</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104" t="s">
         <v>106</v>
       </c>
       <c r="B104" t="s">
-        <v>2570</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105" t="s">
         <v>107</v>
       </c>
       <c r="B105" t="s">
-        <v>2571</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106" t="s">
         <v>108</v>
       </c>
       <c r="B106" t="s">
-        <v>2572</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107" t="s">
         <v>109</v>
       </c>
       <c r="B107" t="s">
-        <v>2573</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="108" spans="1:2">
       <c r="A108" t="s">
         <v>110</v>
       </c>
       <c r="B108" t="s">
-        <v>2574</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="109" spans="1:2">
       <c r="A109" t="s">
         <v>111</v>
       </c>
       <c r="B109" t="s">
-        <v>2575</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="110" spans="1:2">
       <c r="A110" t="s">
         <v>112</v>
       </c>
       <c r="B110" t="s">
-        <v>2576</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="111" spans="1:2">
       <c r="A111" t="s">
         <v>113</v>
       </c>
       <c r="B111" t="s">
-        <v>2577</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="112" spans="1:2">
       <c r="A112" t="s">
         <v>114</v>
       </c>
       <c r="B112" t="s">
-        <v>2578</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="113" spans="1:2">
       <c r="A113" t="s">
         <v>115</v>
       </c>
       <c r="B113" t="s">
-        <v>2579</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="114" spans="1:2">
       <c r="A114" t="s">
         <v>116</v>
       </c>
       <c r="B114" t="s">
-        <v>2580</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="115" spans="1:2">
       <c r="A115" t="s">
         <v>117</v>
       </c>
       <c r="B115" t="s">
-        <v>2581</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="116" spans="1:2">
       <c r="A116" t="s">
         <v>118</v>
       </c>
       <c r="B116" t="s">
-        <v>2582</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117" t="s">
         <v>119</v>
       </c>
       <c r="B117" t="s">
-        <v>2583</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118" t="s">
         <v>120</v>
       </c>
       <c r="B118" t="s">
-        <v>2584</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119" t="s">
         <v>121</v>
       </c>
       <c r="B119" t="s">
-        <v>2585</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120" t="s">
         <v>122</v>
       </c>
       <c r="B120" t="s">
-        <v>2586</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121" t="s">
         <v>123</v>
       </c>
       <c r="B121" t="s">
-        <v>2587</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122" t="s">
         <v>124</v>
       </c>
       <c r="B122" t="s">
-        <v>2588</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="123" spans="1:2">
       <c r="A123" t="s">
         <v>125</v>
       </c>
       <c r="B123" t="s">
-        <v>2589</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124" t="s">
         <v>126</v>
       </c>
       <c r="B124" t="s">
-        <v>2590</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="125" spans="1:2">
       <c r="A125" t="s">
         <v>127</v>
       </c>
       <c r="B125" t="s">
-        <v>2591</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="126" spans="1:2">
       <c r="A126" t="s">
         <v>128</v>
       </c>
       <c r="B126" t="s">
-        <v>2592</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="127" spans="1:2">
       <c r="A127" t="s">
         <v>129</v>
       </c>
       <c r="B127" t="s">
-        <v>2593</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="128" spans="1:2">
       <c r="A128" t="s">
         <v>130</v>
       </c>
       <c r="B128" t="s">
-        <v>2594</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="129" spans="1:2">
       <c r="A129" t="s">
         <v>131</v>
       </c>
       <c r="B129" t="s">
-        <v>2595</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="130" spans="1:2">
       <c r="A130" t="s">
         <v>132</v>
       </c>
       <c r="B130" t="s">
-        <v>2596</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="131" spans="1:2">
       <c r="A131" t="s">
         <v>133</v>
       </c>
       <c r="B131" t="s">
-        <v>2597</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="132" spans="1:2">
       <c r="A132" t="s">
         <v>134</v>
       </c>
       <c r="B132" t="s">
-        <v>2598</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="133" spans="1:2">
       <c r="A133" t="s">
         <v>135</v>
       </c>
       <c r="B133" t="s">
-        <v>2599</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="134" spans="1:2">
       <c r="A134" t="s">
         <v>136</v>
       </c>
       <c r="B134" t="s">
-        <v>2600</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="135" spans="1:2">
       <c r="A135" t="s">
         <v>137</v>
       </c>
       <c r="B135" t="s">
-        <v>2601</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="136" spans="1:2">
       <c r="A136" t="s">
         <v>138</v>
       </c>
       <c r="B136" t="s">
-        <v>2602</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137" t="s">
         <v>139</v>
       </c>
       <c r="B137" t="s">
-        <v>2603</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138" t="s">
         <v>140</v>
       </c>
       <c r="B138" t="s">
-        <v>2604</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="139" spans="1:2">
       <c r="A139" t="s">
         <v>141</v>
       </c>
       <c r="B139" t="s">
-        <v>2605</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="140" spans="1:2">
       <c r="A140" t="s">
         <v>142</v>
       </c>
       <c r="B140" t="s">
-        <v>2606</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="141" spans="1:2">
       <c r="A141" t="s">
         <v>143</v>
       </c>
       <c r="B141" t="s">
-        <v>2607</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="142" spans="1:2">
       <c r="A142" t="s">
         <v>144</v>
       </c>
       <c r="B142" t="s">
-        <v>2608</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="143" spans="1:2">
       <c r="A143" t="s">
         <v>145</v>
       </c>
       <c r="B143" t="s">
-        <v>2609</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="144" spans="1:2">
       <c r="A144" t="s">
         <v>146</v>
       </c>
       <c r="B144" t="s">
-        <v>2610</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145" t="s">
         <v>147</v>
       </c>
       <c r="B145" t="s">
-        <v>2611</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146" t="s">
         <v>148</v>
       </c>
       <c r="B146" t="s">
-        <v>2612</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147" t="s">
         <v>149</v>
       </c>
       <c r="B147" t="s">
-        <v>2613</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="148" spans="1:2">
       <c r="A148" t="s">
         <v>150</v>
       </c>
       <c r="B148" t="s">
-        <v>2614</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149" t="s">
         <v>151</v>
       </c>
       <c r="B149" t="s">
-        <v>2615</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="150" spans="1:2">
       <c r="A150" t="s">
         <v>152</v>
       </c>
       <c r="B150" t="s">
-        <v>2616</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="A151" t="s">
         <v>153</v>
       </c>
       <c r="B151" t="s">
-        <v>2617</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152" t="s">
         <v>154</v>
       </c>
       <c r="B152" t="s">
-        <v>2618</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153" t="s">
         <v>155</v>
       </c>
       <c r="B153" t="s">
-        <v>2619</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154" t="s">
         <v>156</v>
       </c>
       <c r="B154" t="s">
-        <v>2620</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155" t="s">
         <v>157</v>
       </c>
       <c r="B155" t="s">
-        <v>2621</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156" t="s">
         <v>158</v>
       </c>
       <c r="B156" t="s">
-        <v>2622</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157" t="s">
         <v>159</v>
       </c>
       <c r="B157" t="s">
-        <v>2623</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158" t="s">
         <v>160</v>
       </c>
       <c r="B158" t="s">
-        <v>2624</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159" t="s">
         <v>161</v>
       </c>
       <c r="B159" t="s">
-        <v>2625</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160" t="s">
         <v>162</v>
       </c>
       <c r="B160" t="s">
-        <v>2626</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="161" spans="1:2">
       <c r="A161" t="s">
         <v>163</v>
       </c>
       <c r="B161" t="s">
-        <v>2627</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="162" spans="1:2">
       <c r="A162" t="s">
         <v>164</v>
       </c>
       <c r="B162" t="s">
-        <v>2628</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="163" spans="1:2">
       <c r="A163" t="s">
         <v>165</v>
       </c>
       <c r="B163" t="s">
-        <v>2629</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="164" spans="1:2">
       <c r="A164" t="s">
         <v>166</v>
       </c>
       <c r="B164" t="s">
-        <v>2630</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="165" spans="1:2">
       <c r="A165" t="s">
         <v>167</v>
       </c>
       <c r="B165" t="s">
-        <v>2631</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166" t="s">
         <v>168</v>
       </c>
       <c r="B166" t="s">
-        <v>2632</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167" t="s">
         <v>169</v>
       </c>
       <c r="B167" t="s">
-        <v>2633</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="168" spans="1:2">
       <c r="A168" t="s">
         <v>170</v>
       </c>
       <c r="B168" t="s">
-        <v>2634</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="169" spans="1:2">
       <c r="A169" t="s">
         <v>171</v>
       </c>
       <c r="B169" t="s">
-        <v>2635</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="170" spans="1:2">
       <c r="A170" t="s">
         <v>172</v>
       </c>
       <c r="B170" t="s">
-        <v>2636</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="171" spans="1:2">
       <c r="A171" t="s">
         <v>173</v>
       </c>
       <c r="B171" t="s">
-        <v>2637</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172" t="s">
         <v>174</v>
       </c>
       <c r="B172" t="s">
-        <v>2638</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173" t="s">
         <v>175</v>
       </c>
       <c r="B173" t="s">
-        <v>2639</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174" t="s">
         <v>176</v>
       </c>
       <c r="B174" t="s">
-        <v>2640</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175" t="s">
         <v>177</v>
       </c>
       <c r="B175" t="s">
-        <v>2641</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176" t="s">
         <v>178</v>
       </c>
       <c r="B176" t="s">
-        <v>2642</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>179</v>
       </c>
       <c r="B177" t="s">
-        <v>2643</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178" t="s">
         <v>180</v>
       </c>
       <c r="B178" t="s">
-        <v>2644</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179" t="s">
         <v>181</v>
       </c>
       <c r="B179" t="s">
-        <v>2645</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180" t="s">
         <v>182</v>
       </c>
       <c r="B180" t="s">
-        <v>2646</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181" t="s">
         <v>183</v>
       </c>
       <c r="B181" t="s">
-        <v>2647</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182" t="s">
         <v>184</v>
       </c>
       <c r="B182" t="s">
-        <v>2648</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183" t="s">
         <v>185</v>
       </c>
       <c r="B183" t="s">
-        <v>2649</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184" t="s">
         <v>186</v>
       </c>
       <c r="B184" t="s">
-        <v>2650</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185" t="s">
         <v>187</v>
       </c>
       <c r="B185" t="s">
-        <v>2651</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186" t="s">
         <v>188</v>
       </c>
       <c r="B186" t="s">
-        <v>2652</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187" t="s">
         <v>189</v>
       </c>
       <c r="B187" t="s">
-        <v>2653</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188" t="s">
         <v>190</v>
       </c>
       <c r="B188" t="s">
-        <v>2654</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189" t="s">
         <v>191</v>
       </c>
       <c r="B189" t="s">
-        <v>2655</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190" t="s">
         <v>192</v>
       </c>
       <c r="B190" t="s">
-        <v>2656</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191" t="s">
         <v>193</v>
       </c>
       <c r="B191" t="s">
-        <v>2657</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="192" spans="1:2">
       <c r="A192" t="s">
         <v>194</v>
       </c>
       <c r="B192" t="s">
-        <v>2658</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="193" spans="1:2">
       <c r="A193" t="s">
         <v>195</v>
       </c>
       <c r="B193" t="s">
-        <v>2659</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="194" spans="1:2">
       <c r="A194" t="s">
         <v>196</v>
       </c>
       <c r="B194" t="s">
-        <v>2660</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="195" spans="1:2">
       <c r="A195" t="s">
         <v>197</v>
       </c>
       <c r="B195" t="s">
-        <v>2661</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="196" spans="1:2">
       <c r="A196" t="s">
         <v>198</v>
       </c>
       <c r="B196" t="s">
-        <v>2662</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="197" spans="1:2">
       <c r="A197" t="s">
         <v>199</v>
       </c>
       <c r="B197" t="s">
-        <v>2663</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="198" spans="1:2">
       <c r="A198" t="s">
         <v>200</v>
       </c>
       <c r="B198" t="s">
-        <v>2664</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="199" spans="1:2">
       <c r="A199" t="s">
         <v>201</v>
       </c>
       <c r="B199" t="s">
-        <v>2665</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="200" spans="1:2">
       <c r="A200" t="s">
         <v>202</v>
       </c>
       <c r="B200" t="s">
-        <v>2666</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201" t="s">
         <v>203</v>
       </c>
       <c r="B201" t="s">
-        <v>2667</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202" t="s">
         <v>204</v>
       </c>
       <c r="B202" t="s">
-        <v>2668</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203" t="s">
         <v>205</v>
       </c>
       <c r="B203" t="s">
-        <v>2669</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204" t="s">
         <v>206</v>
       </c>
       <c r="B204" t="s">
-        <v>2670</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205" t="s">
         <v>207</v>
       </c>
       <c r="B205" t="s">
-        <v>2671</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206" t="s">
         <v>208</v>
       </c>
       <c r="B206" t="s">
-        <v>2672</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="207" spans="1:2">
       <c r="A207" t="s">
         <v>209</v>
       </c>
       <c r="B207" t="s">
-        <v>2673</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="208" spans="1:2">
       <c r="A208" t="s">
         <v>210</v>
       </c>
       <c r="B208" t="s">
-        <v>2674</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209" t="s">
         <v>211</v>
       </c>
       <c r="B209" t="s">
-        <v>2675</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210" t="s">
         <v>212</v>
       </c>
       <c r="B210" t="s">
-        <v>2676</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="211" spans="1:2">
       <c r="A211" t="s">
         <v>213</v>
       </c>
       <c r="B211" t="s">
-        <v>2677</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="212" spans="1:2">
       <c r="A212" t="s">
         <v>214</v>
       </c>
       <c r="B212" t="s">
-        <v>2678</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="213" spans="1:2">
       <c r="A213" t="s">
         <v>215</v>
       </c>
       <c r="B213" t="s">
-        <v>2679</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="214" spans="1:2">
       <c r="A214" t="s">
         <v>216</v>
       </c>
       <c r="B214" t="s">
-        <v>2680</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="215" spans="1:2">
       <c r="A215" t="s">
         <v>217</v>
       </c>
       <c r="B215" t="s">
-        <v>2681</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="216" spans="1:2">
       <c r="A216" t="s">
         <v>218</v>
       </c>
       <c r="B216" t="s">
-        <v>2682</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="217" spans="1:2">
       <c r="A217" t="s">
         <v>219</v>
       </c>
       <c r="B217" t="s">
-        <v>2683</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="218" spans="1:2">
       <c r="A218" t="s">
         <v>220</v>
       </c>
       <c r="B218" t="s">
-        <v>2684</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="219" spans="1:2">
       <c r="A219" t="s">
         <v>221</v>
       </c>
       <c r="B219" t="s">
-        <v>2685</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="220" spans="1:2">
       <c r="A220" t="s">
         <v>222</v>
       </c>
       <c r="B220" t="s">
-        <v>2686</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="221" spans="1:2">
       <c r="A221" t="s">
         <v>223</v>
       </c>
       <c r="B221" t="s">
-        <v>2687</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="222" spans="1:2">
       <c r="A222" t="s">
         <v>224</v>
       </c>
       <c r="B222" t="s">
-        <v>2688</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="223" spans="1:2">
       <c r="A223" t="s">
         <v>225</v>
       </c>
       <c r="B223" t="s">
-        <v>2689</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="224" spans="1:2">
       <c r="A224" t="s">
         <v>226</v>
       </c>
       <c r="B224" t="s">
-        <v>2690</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="225" spans="1:2">
       <c r="A225" t="s">
         <v>227</v>
       </c>
       <c r="B225" t="s">
-        <v>2691</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="226" spans="1:2">
       <c r="A226" t="s">
         <v>228</v>
       </c>
       <c r="B226" t="s">
-        <v>2692</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227" t="s">
         <v>229</v>
       </c>
       <c r="B227" t="s">
-        <v>2693</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228" t="s">
         <v>230</v>
       </c>
       <c r="B228" t="s">
-        <v>2694</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229" t="s">
         <v>231</v>
       </c>
       <c r="B229" t="s">
-        <v>2695</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230" t="s">
         <v>232</v>
       </c>
       <c r="B230" t="s">
-        <v>2696</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231" t="s">
         <v>233</v>
       </c>
       <c r="B231" t="s">
-        <v>2697</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232" t="s">
         <v>234</v>
       </c>
       <c r="B232" t="s">
-        <v>2698</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233" t="s">
         <v>235</v>
       </c>
       <c r="B233" t="s">
-        <v>2699</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234" t="s">
         <v>236</v>
       </c>
       <c r="B234" t="s">
-        <v>2700</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235" t="s">
         <v>237</v>
       </c>
       <c r="B235" t="s">
-        <v>2701</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236" t="s">
         <v>238</v>
       </c>
       <c r="B236" t="s">
-        <v>2702</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237" t="s">
         <v>239</v>
       </c>
       <c r="B237" t="s">
-        <v>2703</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238" t="s">
         <v>240</v>
       </c>
       <c r="B238" t="s">
-        <v>2704</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239" t="s">
         <v>241</v>
       </c>
       <c r="B239" t="s">
-        <v>2705</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="240" spans="1:2">
       <c r="A240" t="s">
         <v>242</v>
       </c>
       <c r="B240" t="s">
-        <v>2706</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="241" spans="1:2">
       <c r="A241" t="s">
         <v>243</v>
       </c>
       <c r="B241" t="s">
-        <v>2707</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="242" spans="1:2">
       <c r="A242" t="s">
         <v>244</v>
       </c>
       <c r="B242" t="s">
-        <v>2708</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="243" spans="1:2">
       <c r="A243" t="s">
         <v>245</v>
       </c>
       <c r="B243" t="s">
-        <v>2709</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="244" spans="1:2">
       <c r="A244" t="s">
         <v>246</v>
       </c>
       <c r="B244" t="s">
-        <v>2710</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="245" spans="1:2">
       <c r="A245" t="s">
         <v>247</v>
       </c>
       <c r="B245" t="s">
-        <v>2711</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="246" spans="1:2">
       <c r="A246" t="s">
         <v>248</v>
       </c>
       <c r="B246" t="s">
-        <v>2712</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="247" spans="1:2">
       <c r="A247" t="s">
         <v>249</v>
       </c>
       <c r="B247" t="s">
-        <v>2713</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="248" spans="1:2">
       <c r="A248" t="s">
         <v>250</v>
       </c>
       <c r="B248" t="s">
-        <v>2714</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="249" spans="1:2">
       <c r="A249" t="s">
         <v>251</v>
       </c>
       <c r="B249" t="s">
-        <v>2715</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="250" spans="1:2">
       <c r="A250" t="s">
         <v>252</v>
       </c>
       <c r="B250" t="s">
-        <v>2716</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="251" spans="1:2">
       <c r="A251" t="s">
         <v>253</v>
       </c>
       <c r="B251" t="s">
-        <v>2717</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="252" spans="1:2">
       <c r="A252" t="s">
         <v>254</v>
       </c>
       <c r="B252" t="s">
-        <v>2718</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="253" spans="1:2">
       <c r="A253" t="s">
         <v>255</v>
       </c>
       <c r="B253" t="s">
-        <v>2719</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="254" spans="1:2">
       <c r="A254" t="s">
         <v>256</v>
       </c>
       <c r="B254" t="s">
-        <v>2720</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="255" spans="1:2">
       <c r="A255" t="s">
         <v>257</v>
       </c>
       <c r="B255" t="s">
-        <v>2721</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="256" spans="1:2">
       <c r="A256" t="s">
         <v>258</v>
       </c>
       <c r="B256" t="s">
-        <v>2722</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257" t="s">
         <v>259</v>
       </c>
       <c r="B257" t="s">
-        <v>2723</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258" t="s">
         <v>260</v>
       </c>
       <c r="B258" t="s">
-        <v>2724</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259" t="s">
         <v>261</v>
       </c>
       <c r="B259" t="s">
-        <v>2725</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260" t="s">
         <v>262</v>
       </c>
       <c r="B260" t="s">
-        <v>2726</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261" t="s">
         <v>263</v>
       </c>
       <c r="B261" t="s">
-        <v>2727</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262" t="s">
         <v>264</v>
       </c>
       <c r="B262" t="s">
-        <v>2728</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="A263" t="s">
         <v>265</v>
       </c>
       <c r="B263" t="s">
-        <v>2729</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="264" spans="1:2">
       <c r="A264" t="s">
         <v>266</v>
       </c>
       <c r="B264" t="s">
-        <v>2730</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="265" spans="1:2">
       <c r="A265" t="s">
         <v>267</v>
       </c>
       <c r="B265" t="s">
-        <v>2731</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="266" spans="1:2">
       <c r="A266" t="s">
         <v>268</v>
       </c>
       <c r="B266" t="s">
-        <v>2732</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="267" spans="1:2">
       <c r="A267" t="s">
         <v>269</v>
       </c>
       <c r="B267" t="s">
-        <v>2733</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="268" spans="1:2">
       <c r="A268" t="s">
         <v>270</v>
       </c>
       <c r="B268" t="s">
-        <v>2734</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="269" spans="1:2">
       <c r="A269" t="s">
         <v>271</v>
       </c>
       <c r="B269" t="s">
-        <v>2735</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="270" spans="1:2">
       <c r="A270" t="s">
         <v>272</v>
       </c>
       <c r="B270" t="s">
-        <v>2736</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="271" spans="1:2">
       <c r="A271" t="s">
         <v>273</v>
       </c>
       <c r="B271" t="s">
-        <v>2737</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="272" spans="1:2">
       <c r="A272" t="s">
         <v>274</v>
       </c>
       <c r="B272" t="s">
-        <v>2738</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="273" spans="1:2">
       <c r="A273" t="s">
         <v>275</v>
       </c>
       <c r="B273" t="s">
-        <v>2739</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="274" spans="1:2">
       <c r="A274" t="s">
         <v>276</v>
       </c>
       <c r="B274" t="s">
-        <v>2740</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="275" spans="1:2">
       <c r="A275" t="s">
         <v>277</v>
       </c>
       <c r="B275" t="s">
-        <v>2741</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="276" spans="1:2">
       <c r="A276" t="s">
         <v>278</v>
       </c>
       <c r="B276" t="s">
-        <v>2742</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="277" spans="1:2">
       <c r="A277" t="s">
         <v>279</v>
       </c>
       <c r="B277" t="s">
-        <v>2743</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="278" spans="1:2">
       <c r="A278" t="s">
         <v>280</v>
       </c>
       <c r="B278" t="s">
-        <v>2744</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="279" spans="1:2">
       <c r="A279" t="s">
         <v>281</v>
       </c>
       <c r="B279" t="s">
-        <v>2745</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="280" spans="1:2">
       <c r="A280" t="s">
         <v>282</v>
       </c>
       <c r="B280" t="s">
-        <v>2746</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="281" spans="1:2">
       <c r="A281" t="s">
         <v>283</v>
       </c>
       <c r="B281" t="s">
-        <v>2747</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="282" spans="1:2">
       <c r="A282" t="s">
         <v>284</v>
       </c>
       <c r="B282" t="s">
-        <v>2748</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="283" spans="1:2">
       <c r="A283" t="s">
         <v>285</v>
       </c>
       <c r="B283" t="s">
-        <v>2749</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="284" spans="1:2">
       <c r="A284" t="s">
         <v>286</v>
       </c>
       <c r="B284" t="s">
-        <v>2750</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="285" spans="1:2">
       <c r="A285" t="s">
         <v>287</v>
       </c>
       <c r="B285" t="s">
-        <v>2751</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286" t="s">
         <v>288</v>
       </c>
       <c r="B286" t="s">
-        <v>2752</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="287" spans="1:2">
       <c r="A287" t="s">
         <v>289</v>
       </c>
       <c r="B287" t="s">
-        <v>2753</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="288" spans="1:2">
       <c r="A288" t="s">
         <v>290</v>
       </c>
       <c r="B288" t="s">
-        <v>2754</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="289" spans="1:2">
       <c r="A289" t="s">
         <v>291</v>
       </c>
       <c r="B289" t="s">
-        <v>2755</v>
+        <v>3029</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290" t="s">
         <v>292</v>
       </c>
       <c r="B290" t="s">
-        <v>2756</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291" t="s">
         <v>293</v>
       </c>
       <c r="B291" t="s">
-        <v>2757</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292" t="s">
         <v>294</v>
       </c>
       <c r="B292" t="s">
-        <v>2758</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293" t="s">
         <v>295</v>
       </c>
       <c r="B293" t="s">
-        <v>2759</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294" t="s">
         <v>296</v>
       </c>
       <c r="B294" t="s">
-        <v>2760</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295" t="s">
         <v>297</v>
       </c>
       <c r="B295" t="s">
-        <v>2761</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="296" spans="1:2">
       <c r="A296" t="s">
         <v>298</v>
       </c>
       <c r="B296" t="s">
-        <v>2762</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="297" spans="1:2">
       <c r="A297" t="s">
         <v>299</v>
       </c>
       <c r="B297" t="s">
-        <v>2763</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="298" spans="1:2">
       <c r="A298" t="s">
         <v>300</v>
       </c>
       <c r="B298" t="s">
-        <v>2764</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="299" spans="1:2">
       <c r="A299" t="s">
         <v>301</v>
       </c>
       <c r="B299" t="s">
-        <v>2765</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="300" spans="1:2">
       <c r="A300" t="s">
         <v>302</v>
       </c>
       <c r="B300" t="s">
-        <v>2766</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="301" spans="1:2">
       <c r="A301" t="s">
         <v>303</v>
       </c>
       <c r="B301" t="s">
-        <v>2767</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="302" spans="1:2">
       <c r="A302" t="s">
         <v>304</v>
       </c>
       <c r="B302" t="s">
-        <v>2768</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="303" spans="1:2">
       <c r="A303" t="s">
         <v>305</v>
       </c>
       <c r="B303" t="s">
-        <v>2769</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="304" spans="1:2">
       <c r="A304" t="s">
         <v>306</v>
       </c>
       <c r="B304" t="s">
-        <v>2770</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="305" spans="1:2">
       <c r="A305" t="s">
         <v>307</v>
       </c>
       <c r="B305" t="s">
-        <v>2771</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="306" spans="1:2">
       <c r="A306" t="s">
         <v>308</v>
       </c>
       <c r="B306" t="s">
-        <v>2772</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="307" spans="1:2">
       <c r="A307" t="s">
         <v>309</v>
       </c>
       <c r="B307" t="s">
-        <v>2773</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="308" spans="1:2">
       <c r="A308" t="s">
         <v>310</v>
       </c>
       <c r="B308" t="s">
-        <v>2774</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="309" spans="1:2">
       <c r="A309" t="s">
         <v>311</v>
       </c>
       <c r="B309" t="s">
-        <v>2775</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="310" spans="1:2">
       <c r="A310" t="s">
         <v>312</v>
       </c>
       <c r="B310" t="s">
-        <v>2776</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="311" spans="1:2">
       <c r="A311" t="s">
         <v>313</v>
       </c>
       <c r="B311" t="s">
-        <v>2777</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="312" spans="1:2">
       <c r="A312" t="s">
         <v>314</v>
       </c>
       <c r="B312" t="s">
-        <v>2778</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="313" spans="1:2">
       <c r="A313" t="s">
         <v>315</v>
       </c>
       <c r="B313" t="s">
-        <v>2779</v>
+        <v>3053</v>
       </c>
     </row>
     <row r="314" spans="1:2">
       <c r="A314" t="s">
         <v>316</v>
       </c>
       <c r="B314" t="s">
-        <v>2780</v>
+        <v>3054</v>
       </c>
     </row>
     <row r="315" spans="1:2">
       <c r="A315" t="s">
         <v>317</v>
       </c>
       <c r="B315" t="s">
-        <v>2781</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="316" spans="1:2">
       <c r="A316" t="s">
         <v>318</v>
       </c>
       <c r="B316" t="s">
-        <v>2782</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="317" spans="1:2">
       <c r="A317" t="s">
         <v>319</v>
       </c>
       <c r="B317" t="s">
-        <v>2783</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="318" spans="1:2">
       <c r="A318" t="s">
         <v>320</v>
       </c>
       <c r="B318" t="s">
-        <v>2784</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="319" spans="1:2">
       <c r="A319" t="s">
         <v>321</v>
       </c>
       <c r="B319" t="s">
-        <v>2785</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="320" spans="1:2">
       <c r="A320" t="s">
         <v>322</v>
       </c>
       <c r="B320" t="s">
-        <v>2786</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="321" spans="1:2">
       <c r="A321" t="s">
         <v>323</v>
       </c>
       <c r="B321" t="s">
-        <v>2787</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="322" spans="1:2">
       <c r="A322" t="s">
         <v>324</v>
       </c>
       <c r="B322" t="s">
-        <v>2788</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="323" spans="1:2">
       <c r="A323" t="s">
         <v>325</v>
       </c>
       <c r="B323" t="s">
-        <v>2789</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="324" spans="1:2">
       <c r="A324" t="s">
         <v>326</v>
       </c>
       <c r="B324" t="s">
-        <v>2790</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="325" spans="1:2">
       <c r="A325" t="s">
         <v>327</v>
       </c>
       <c r="B325" t="s">
-        <v>2791</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="326" spans="1:2">
       <c r="A326" t="s">
         <v>328</v>
       </c>
       <c r="B326" t="s">
-        <v>2792</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="327" spans="1:2">
       <c r="A327" t="s">
         <v>329</v>
       </c>
       <c r="B327" t="s">
-        <v>2793</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="328" spans="1:2">
       <c r="A328" t="s">
         <v>330</v>
       </c>
       <c r="B328" t="s">
-        <v>2794</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="329" spans="1:2">
       <c r="A329" t="s">
         <v>331</v>
       </c>
       <c r="B329" t="s">
-        <v>2795</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="330" spans="1:2">
       <c r="A330" t="s">
         <v>332</v>
       </c>
       <c r="B330" t="s">
-        <v>2796</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="331" spans="1:2">
       <c r="A331" t="s">
         <v>333</v>
       </c>
       <c r="B331" t="s">
-        <v>2797</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="332" spans="1:2">
       <c r="A332" t="s">
         <v>334</v>
       </c>
       <c r="B332" t="s">
-        <v>2798</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="333" spans="1:2">
       <c r="A333" t="s">
         <v>335</v>
       </c>
       <c r="B333" t="s">
-        <v>2799</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="334" spans="1:2">
       <c r="A334" t="s">
         <v>336</v>
       </c>
       <c r="B334" t="s">
-        <v>2800</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="335" spans="1:2">
       <c r="A335" t="s">
         <v>337</v>
       </c>
       <c r="B335" t="s">
-        <v>2801</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="336" spans="1:2">
       <c r="A336" t="s">
         <v>338</v>
       </c>
       <c r="B336" t="s">
-        <v>2802</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="337" spans="1:2">
       <c r="A337" t="s">
         <v>339</v>
       </c>
       <c r="B337" t="s">
-        <v>2803</v>
+        <v>3077</v>
       </c>
     </row>
     <row r="338" spans="1:2">
       <c r="A338" t="s">
         <v>340</v>
       </c>
       <c r="B338" t="s">
-        <v>2804</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="339" spans="1:2">
       <c r="A339" t="s">
         <v>341</v>
       </c>
       <c r="B339" t="s">
-        <v>2805</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="340" spans="1:2">
       <c r="A340" t="s">
         <v>342</v>
       </c>
       <c r="B340" t="s">
-        <v>2806</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="341" spans="1:2">
       <c r="A341" t="s">
         <v>343</v>
       </c>
       <c r="B341" t="s">
-        <v>2807</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="342" spans="1:2">
       <c r="A342" t="s">
         <v>344</v>
       </c>
       <c r="B342" t="s">
-        <v>2808</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="343" spans="1:2">
       <c r="A343" t="s">
         <v>345</v>
       </c>
       <c r="B343" t="s">
-        <v>2809</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="344" spans="1:2">
       <c r="A344" t="s">
         <v>346</v>
       </c>
       <c r="B344" t="s">
-        <v>2810</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="A345" t="s">
         <v>347</v>
       </c>
       <c r="B345" t="s">
-        <v>2811</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="A346" t="s">
         <v>348</v>
       </c>
       <c r="B346" t="s">
-        <v>2812</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="347" spans="1:2">
       <c r="A347" t="s">
         <v>349</v>
       </c>
       <c r="B347" t="s">
-        <v>2813</v>
+        <v>3087</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="A348" t="s">
         <v>350</v>
       </c>
       <c r="B348" t="s">
-        <v>2814</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="349" spans="1:2">
       <c r="A349" t="s">
         <v>351</v>
       </c>
       <c r="B349" t="s">
-        <v>2815</v>
+        <v>3089</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="A350" t="s">
         <v>352</v>
       </c>
       <c r="B350" t="s">
-        <v>2816</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="351" spans="1:2">
       <c r="A351" t="s">
         <v>353</v>
       </c>
       <c r="B351" t="s">
-        <v>2817</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="352" spans="1:2">
       <c r="A352" t="s">
         <v>354</v>
       </c>
       <c r="B352" t="s">
-        <v>2818</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="353" spans="1:2">
       <c r="A353" t="s">
         <v>355</v>
       </c>
       <c r="B353" t="s">
-        <v>2819</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="A354" t="s">
         <v>356</v>
       </c>
       <c r="B354" t="s">
-        <v>2820</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="A355" t="s">
         <v>357</v>
       </c>
       <c r="B355" t="s">
-        <v>2821</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="356" spans="1:2">
       <c r="A356" t="s">
         <v>358</v>
       </c>
       <c r="B356" t="s">
-        <v>2822</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="A357" t="s">
         <v>359</v>
       </c>
       <c r="B357" t="s">
-        <v>2823</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="A358" t="s">
         <v>360</v>
       </c>
       <c r="B358" t="s">
-        <v>2824</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="359" spans="1:2">
       <c r="A359" t="s">
         <v>361</v>
       </c>
       <c r="B359" t="s">
-        <v>2825</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="360" spans="1:2">
       <c r="A360" t="s">
         <v>362</v>
       </c>
       <c r="B360" t="s">
-        <v>2826</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="361" spans="1:2">
       <c r="A361" t="s">
         <v>363</v>
       </c>
       <c r="B361" t="s">
-        <v>2827</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="A362" t="s">
         <v>364</v>
       </c>
       <c r="B362" t="s">
-        <v>2828</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="363" spans="1:2">
       <c r="A363" t="s">
         <v>365</v>
       </c>
       <c r="B363" t="s">
-        <v>2829</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="A364" t="s">
         <v>366</v>
       </c>
       <c r="B364" t="s">
-        <v>2830</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="365" spans="1:2">
       <c r="A365" t="s">
         <v>367</v>
       </c>
       <c r="B365" t="s">
-        <v>2831</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="A366" t="s">
         <v>368</v>
       </c>
       <c r="B366" t="s">
-        <v>2832</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="367" spans="1:2">
       <c r="A367" t="s">
         <v>369</v>
       </c>
       <c r="B367" t="s">
-        <v>2833</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="368" spans="1:2">
       <c r="A368" t="s">
         <v>370</v>
       </c>
       <c r="B368" t="s">
-        <v>2834</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="A369" t="s">
         <v>371</v>
       </c>
       <c r="B369" t="s">
-        <v>2835</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="A370" t="s">
         <v>372</v>
       </c>
       <c r="B370" t="s">
-        <v>2836</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="371" spans="1:2">
       <c r="A371" t="s">
         <v>373</v>
       </c>
       <c r="B371" t="s">
-        <v>2837</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="A372" t="s">
         <v>374</v>
       </c>
       <c r="B372" t="s">
-        <v>2838</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="A373" t="s">
         <v>375</v>
       </c>
       <c r="B373" t="s">
-        <v>2839</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="374" spans="1:2">
       <c r="A374" t="s">
         <v>376</v>
       </c>
       <c r="B374" t="s">
-        <v>2840</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="A375" t="s">
         <v>377</v>
       </c>
       <c r="B375" t="s">
-        <v>2841</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="376" spans="1:2">
       <c r="A376" t="s">
         <v>378</v>
       </c>
       <c r="B376" t="s">
-        <v>2842</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="377" spans="1:2">
       <c r="A377" t="s">
         <v>379</v>
       </c>
       <c r="B377" t="s">
-        <v>2843</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="A378" t="s">
         <v>380</v>
       </c>
       <c r="B378" t="s">
-        <v>2844</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379" t="s">
         <v>381</v>
       </c>
       <c r="B379" t="s">
-        <v>2845</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="A380" t="s">
         <v>382</v>
       </c>
       <c r="B380" t="s">
-        <v>2846</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="A381" t="s">
         <v>383</v>
       </c>
       <c r="B381" t="s">
-        <v>2847</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382" t="s">
         <v>384</v>
       </c>
       <c r="B382" t="s">
-        <v>2848</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="A383" t="s">
         <v>385</v>
       </c>
       <c r="B383" t="s">
-        <v>2849</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="A384" t="s">
         <v>386</v>
       </c>
       <c r="B384" t="s">
-        <v>2850</v>
+        <v>3124</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385" t="s">
         <v>387</v>
       </c>
       <c r="B385" t="s">
-        <v>2851</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386" t="s">
         <v>388</v>
       </c>
       <c r="B386" t="s">
-        <v>2852</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387" t="s">
         <v>389</v>
       </c>
       <c r="B387" t="s">
-        <v>2853</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388" t="s">
         <v>390</v>
       </c>
       <c r="B388" t="s">
-        <v>2854</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389" t="s">
         <v>391</v>
       </c>
       <c r="B389" t="s">
-        <v>2855</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390" t="s">
         <v>392</v>
       </c>
       <c r="B390" t="s">
-        <v>2856</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391" t="s">
         <v>393</v>
       </c>
       <c r="B391" t="s">
-        <v>2857</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="A392" t="s">
         <v>394</v>
       </c>
       <c r="B392" t="s">
-        <v>2858</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="393" spans="1:2">
       <c r="A393" t="s">
         <v>395</v>
       </c>
       <c r="B393" t="s">
-        <v>2859</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="394" spans="1:2">
       <c r="A394" t="s">
         <v>396</v>
       </c>
       <c r="B394" t="s">
-        <v>2860</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="A395" t="s">
         <v>397</v>
       </c>
       <c r="B395" t="s">
-        <v>2861</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="396" spans="1:2">
       <c r="A396" t="s">
         <v>398</v>
       </c>
       <c r="B396" t="s">
-        <v>2862</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="A397" t="s">
         <v>399</v>
       </c>
       <c r="B397" t="s">
-        <v>2863</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="A398" t="s">
         <v>400</v>
       </c>
       <c r="B398" t="s">
-        <v>2864</v>
+        <v>3138</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="A399" t="s">
         <v>401</v>
       </c>
       <c r="B399" t="s">
-        <v>2865</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="A400" t="s">
         <v>402</v>
       </c>
       <c r="B400" t="s">
-        <v>2866</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="401" spans="1:2">
       <c r="A401" t="s">
         <v>403</v>
       </c>
       <c r="B401" t="s">
-        <v>2867</v>
+        <v>3141</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="A402" t="s">
         <v>404</v>
       </c>
       <c r="B402" t="s">
-        <v>2868</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="403" spans="1:2">
       <c r="A403" t="s">
         <v>405</v>
       </c>
       <c r="B403" t="s">
-        <v>2869</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="404" spans="1:2">
       <c r="A404" t="s">
         <v>406</v>
       </c>
       <c r="B404" t="s">
-        <v>2870</v>
+        <v>3144</v>
       </c>
     </row>
     <row r="405" spans="1:2">
       <c r="A405" t="s">
         <v>407</v>
       </c>
       <c r="B405" t="s">
-        <v>2871</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="A406" t="s">
         <v>408</v>
       </c>
       <c r="B406" t="s">
-        <v>2872</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="407" spans="1:2">
       <c r="A407" t="s">
         <v>409</v>
       </c>
       <c r="B407" t="s">
-        <v>2873</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="A408" t="s">
         <v>410</v>
       </c>
       <c r="B408" t="s">
-        <v>2874</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="A409" t="s">
         <v>411</v>
       </c>
       <c r="B409" t="s">
-        <v>2875</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="410" spans="1:2">
       <c r="A410" t="s">
         <v>412</v>
       </c>
       <c r="B410" t="s">
-        <v>2876</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="411" spans="1:2">
       <c r="A411" t="s">
         <v>413</v>
       </c>
       <c r="B411" t="s">
-        <v>2877</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="412" spans="1:2">
       <c r="A412" t="s">
         <v>414</v>
       </c>
       <c r="B412" t="s">
-        <v>2878</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="A413" t="s">
         <v>415</v>
       </c>
       <c r="B413" t="s">
-        <v>2879</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="414" spans="1:2">
       <c r="A414" t="s">
         <v>416</v>
       </c>
       <c r="B414" t="s">
-        <v>2880</v>
+        <v>3154</v>
       </c>
     </row>
     <row r="415" spans="1:2">
       <c r="A415" t="s">
         <v>417</v>
       </c>
       <c r="B415" t="s">
-        <v>2881</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="416" spans="1:2">
       <c r="A416" t="s">
         <v>418</v>
       </c>
       <c r="B416" t="s">
-        <v>2882</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="417" spans="1:2">
       <c r="A417" t="s">
         <v>419</v>
       </c>
       <c r="B417" t="s">
-        <v>2883</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="418" spans="1:2">
       <c r="A418" t="s">
         <v>420</v>
       </c>
       <c r="B418" t="s">
-        <v>2884</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="419" spans="1:2">
       <c r="A419" t="s">
         <v>421</v>
       </c>
       <c r="B419" t="s">
-        <v>2885</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="420" spans="1:2">
       <c r="A420" t="s">
         <v>422</v>
       </c>
       <c r="B420" t="s">
-        <v>2886</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="421" spans="1:2">
       <c r="A421" t="s">
         <v>423</v>
       </c>
       <c r="B421" t="s">
-        <v>2887</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="422" spans="1:2">
       <c r="A422" t="s">
         <v>424</v>
       </c>
       <c r="B422" t="s">
-        <v>2888</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="423" spans="1:2">
       <c r="A423" t="s">
         <v>425</v>
       </c>
       <c r="B423" t="s">
-        <v>2889</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="424" spans="1:2">
       <c r="A424" t="s">
         <v>426</v>
       </c>
       <c r="B424" t="s">
-        <v>2890</v>
+        <v>3164</v>
       </c>
     </row>
     <row r="425" spans="1:2">
       <c r="A425" t="s">
         <v>427</v>
       </c>
       <c r="B425" t="s">
-        <v>2891</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="426" spans="1:2">
       <c r="A426" t="s">
         <v>428</v>
       </c>
       <c r="B426" t="s">
-        <v>2892</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="427" spans="1:2">
       <c r="A427" t="s">
         <v>429</v>
       </c>
       <c r="B427" t="s">
-        <v>2893</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="428" spans="1:2">
       <c r="A428" t="s">
         <v>430</v>
       </c>
       <c r="B428" t="s">
-        <v>2894</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="429" spans="1:2">
       <c r="A429" t="s">
         <v>431</v>
       </c>
       <c r="B429" t="s">
-        <v>2895</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="430" spans="1:2">
       <c r="A430" t="s">
         <v>432</v>
       </c>
       <c r="B430" t="s">
-        <v>2896</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="431" spans="1:2">
       <c r="A431" t="s">
         <v>433</v>
       </c>
       <c r="B431" t="s">
-        <v>2897</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="432" spans="1:2">
       <c r="A432" t="s">
         <v>434</v>
       </c>
       <c r="B432" t="s">
-        <v>2898</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="433" spans="1:2">
       <c r="A433" t="s">
         <v>435</v>
       </c>
       <c r="B433" t="s">
-        <v>2899</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="434" spans="1:2">
       <c r="A434" t="s">
         <v>436</v>
       </c>
       <c r="B434" t="s">
-        <v>2900</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="435" spans="1:2">
       <c r="A435" t="s">
         <v>437</v>
       </c>
       <c r="B435" t="s">
-        <v>2901</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="436" spans="1:2">
       <c r="A436" t="s">
         <v>438</v>
       </c>
       <c r="B436" t="s">
-        <v>2902</v>
+        <v>3176</v>
       </c>
     </row>
     <row r="437" spans="1:2">
       <c r="A437" t="s">
         <v>439</v>
       </c>
       <c r="B437" t="s">
-        <v>2903</v>
+        <v>3177</v>
       </c>
     </row>
     <row r="438" spans="1:2">
       <c r="A438" t="s">
         <v>440</v>
       </c>
       <c r="B438" t="s">
-        <v>2904</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="439" spans="1:2">
       <c r="A439" t="s">
         <v>441</v>
       </c>
       <c r="B439" t="s">
-        <v>2905</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="440" spans="1:2">
       <c r="A440" t="s">
         <v>442</v>
       </c>
       <c r="B440" t="s">
-        <v>2906</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="441" spans="1:2">
       <c r="A441" t="s">
         <v>443</v>
       </c>
       <c r="B441" t="s">
-        <v>2907</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="442" spans="1:2">
       <c r="A442" t="s">
         <v>444</v>
       </c>
       <c r="B442" t="s">
-        <v>2908</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="443" spans="1:2">
       <c r="A443" t="s">
         <v>445</v>
       </c>
       <c r="B443" t="s">
-        <v>2909</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="444" spans="1:2">
       <c r="A444" t="s">
         <v>446</v>
       </c>
       <c r="B444" t="s">
-        <v>2910</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="445" spans="1:2">
       <c r="A445" t="s">
         <v>447</v>
       </c>
       <c r="B445" t="s">
-        <v>2911</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="446" spans="1:2">
       <c r="A446" t="s">
         <v>448</v>
       </c>
       <c r="B446" t="s">
-        <v>2912</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="447" spans="1:2">
       <c r="A447" t="s">
         <v>449</v>
       </c>
       <c r="B447" t="s">
-        <v>2913</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="448" spans="1:2">
       <c r="A448" t="s">
         <v>450</v>
       </c>
       <c r="B448" t="s">
-        <v>2914</v>
+        <v>3188</v>
       </c>
     </row>
     <row r="449" spans="1:2">
       <c r="A449" t="s">
         <v>451</v>
       </c>
       <c r="B449" t="s">
-        <v>2915</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="450" spans="1:2">
       <c r="A450" t="s">
         <v>452</v>
       </c>
       <c r="B450" t="s">
-        <v>2916</v>
+        <v>3190</v>
       </c>
     </row>
     <row r="451" spans="1:2">
       <c r="A451" t="s">
         <v>453</v>
       </c>
       <c r="B451" t="s">
-        <v>2917</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="452" spans="1:2">
       <c r="A452" t="s">
         <v>454</v>
       </c>
       <c r="B452" t="s">
-        <v>2918</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="453" spans="1:2">
       <c r="A453" t="s">
         <v>455</v>
       </c>
       <c r="B453" t="s">
-        <v>2919</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="454" spans="1:2">
       <c r="A454" t="s">
         <v>456</v>
       </c>
       <c r="B454" t="s">
-        <v>2920</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="455" spans="1:2">
       <c r="A455" t="s">
         <v>457</v>
       </c>
       <c r="B455" t="s">
-        <v>2921</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="456" spans="1:2">
       <c r="A456" t="s">
         <v>458</v>
       </c>
       <c r="B456" t="s">
-        <v>2922</v>
+        <v>3196</v>
       </c>
     </row>
     <row r="457" spans="1:2">
       <c r="A457" t="s">
         <v>459</v>
       </c>
       <c r="B457" t="s">
-        <v>2923</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="458" spans="1:2">
       <c r="A458" t="s">
         <v>460</v>
       </c>
       <c r="B458" t="s">
-        <v>2924</v>
+        <v>3198</v>
       </c>
     </row>
     <row r="459" spans="1:2">
       <c r="A459" t="s">
         <v>461</v>
       </c>
       <c r="B459" t="s">
-        <v>2925</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="460" spans="1:2">
       <c r="A460" t="s">
         <v>462</v>
       </c>
       <c r="B460" t="s">
-        <v>2926</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="461" spans="1:2">
       <c r="A461" t="s">
         <v>463</v>
       </c>
       <c r="B461" t="s">
-        <v>2927</v>
+        <v>3201</v>
       </c>
     </row>
     <row r="462" spans="1:2">
       <c r="A462" t="s">
         <v>464</v>
       </c>
       <c r="B462" t="s">
-        <v>2928</v>
+        <v>3202</v>
       </c>
     </row>
     <row r="463" spans="1:2">
       <c r="A463" t="s">
         <v>465</v>
       </c>
       <c r="B463" t="s">
-        <v>2929</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="464" spans="1:2">
       <c r="A464" t="s">
         <v>466</v>
       </c>
       <c r="B464" t="s">
-        <v>2930</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="465" spans="1:2">
       <c r="A465" t="s">
         <v>467</v>
       </c>
       <c r="B465" t="s">
-        <v>2931</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="466" spans="1:2">
       <c r="A466" t="s">
         <v>468</v>
       </c>
       <c r="B466" t="s">
-        <v>2932</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="467" spans="1:2">
       <c r="A467" t="s">
         <v>469</v>
       </c>
       <c r="B467" t="s">
-        <v>2933</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="468" spans="1:2">
       <c r="A468" t="s">
         <v>470</v>
       </c>
       <c r="B468" t="s">
-        <v>2934</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="469" spans="1:2">
       <c r="A469" t="s">
         <v>471</v>
       </c>
       <c r="B469" t="s">
-        <v>2935</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="470" spans="1:2">
       <c r="A470" t="s">
         <v>472</v>
       </c>
       <c r="B470" t="s">
-        <v>2936</v>
+        <v>3210</v>
       </c>
     </row>
     <row r="471" spans="1:2">
       <c r="A471" t="s">
         <v>473</v>
       </c>
       <c r="B471" t="s">
-        <v>2937</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="472" spans="1:2">
       <c r="A472" t="s">
         <v>474</v>
       </c>
       <c r="B472" t="s">
-        <v>2938</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="473" spans="1:2">
       <c r="A473" t="s">
         <v>475</v>
       </c>
       <c r="B473" t="s">
-        <v>2939</v>
+        <v>3213</v>
       </c>
     </row>
     <row r="474" spans="1:2">
       <c r="A474" t="s">
         <v>476</v>
       </c>
       <c r="B474" t="s">
-        <v>2940</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="475" spans="1:2">
       <c r="A475" t="s">
         <v>477</v>
       </c>
       <c r="B475" t="s">
-        <v>2941</v>
+        <v>3215</v>
       </c>
     </row>
     <row r="476" spans="1:2">
       <c r="A476" t="s">
         <v>478</v>
       </c>
       <c r="B476" t="s">
-        <v>2942</v>
+        <v>3216</v>
       </c>
     </row>
     <row r="477" spans="1:2">
       <c r="A477" t="s">
         <v>479</v>
       </c>
       <c r="B477" t="s">
-        <v>2943</v>
+        <v>3217</v>
       </c>
     </row>
     <row r="478" spans="1:2">
       <c r="A478" t="s">
         <v>480</v>
       </c>
       <c r="B478" t="s">
-        <v>2944</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="479" spans="1:2">
       <c r="A479" t="s">
         <v>481</v>
       </c>
       <c r="B479" t="s">
-        <v>2945</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="480" spans="1:2">
       <c r="A480" t="s">
         <v>482</v>
       </c>
       <c r="B480" t="s">
-        <v>2946</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="481" spans="1:2">
       <c r="A481" t="s">
         <v>483</v>
       </c>
       <c r="B481" t="s">
-        <v>2947</v>
+        <v>3221</v>
       </c>
     </row>
     <row r="482" spans="1:2">
       <c r="A482" t="s">
         <v>484</v>
       </c>
       <c r="B482" t="s">
-        <v>2948</v>
+        <v>3222</v>
       </c>
     </row>
     <row r="483" spans="1:2">
       <c r="A483" t="s">
         <v>485</v>
       </c>
       <c r="B483" t="s">
-        <v>2949</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="484" spans="1:2">
       <c r="A484" t="s">
         <v>486</v>
       </c>
       <c r="B484" t="s">
-        <v>2950</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="485" spans="1:2">
       <c r="A485" t="s">
         <v>487</v>
       </c>
       <c r="B485" t="s">
-        <v>2951</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="486" spans="1:2">
       <c r="A486" t="s">
         <v>488</v>
       </c>
       <c r="B486" t="s">
-        <v>2952</v>
+        <v>3226</v>
       </c>
     </row>
     <row r="487" spans="1:2">
       <c r="A487" t="s">
         <v>489</v>
       </c>
       <c r="B487" t="s">
-        <v>2953</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="488" spans="1:2">
       <c r="A488" t="s">
         <v>490</v>
       </c>
       <c r="B488" t="s">
-        <v>2954</v>
+        <v>3228</v>
       </c>
     </row>
     <row r="489" spans="1:2">
       <c r="A489" t="s">
         <v>491</v>
       </c>
       <c r="B489" t="s">
-        <v>2955</v>
+        <v>3229</v>
       </c>
     </row>
     <row r="490" spans="1:2">
       <c r="A490" t="s">
         <v>492</v>
       </c>
       <c r="B490" t="s">
-        <v>2956</v>
+        <v>3230</v>
       </c>
     </row>
     <row r="491" spans="1:2">
       <c r="A491" t="s">
         <v>493</v>
       </c>
       <c r="B491" t="s">
-        <v>2957</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="492" spans="1:2">
       <c r="A492" t="s">
         <v>494</v>
       </c>
       <c r="B492" t="s">
-        <v>2958</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="493" spans="1:2">
       <c r="A493" t="s">
         <v>495</v>
       </c>
       <c r="B493" t="s">
-        <v>2959</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="494" spans="1:2">
       <c r="A494" t="s">
         <v>496</v>
       </c>
       <c r="B494" t="s">
-        <v>2960</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="495" spans="1:2">
       <c r="A495" t="s">
         <v>497</v>
       </c>
       <c r="B495" t="s">
-        <v>2961</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="496" spans="1:2">
       <c r="A496" t="s">
         <v>498</v>
       </c>
       <c r="B496" t="s">
-        <v>2962</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="497" spans="1:2">
       <c r="A497" t="s">
         <v>499</v>
       </c>
       <c r="B497" t="s">
-        <v>2963</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="498" spans="1:2">
       <c r="A498" t="s">
         <v>500</v>
       </c>
       <c r="B498" t="s">
-        <v>2964</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="499" spans="1:2">
       <c r="A499" t="s">
         <v>501</v>
       </c>
       <c r="B499" t="s">
-        <v>2965</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="500" spans="1:2">
       <c r="A500" t="s">
         <v>502</v>
       </c>
       <c r="B500" t="s">
-        <v>2966</v>
+        <v>3240</v>
       </c>
     </row>
     <row r="501" spans="1:2">
       <c r="A501" t="s">
         <v>503</v>
       </c>
       <c r="B501" t="s">
-        <v>2967</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="502" spans="1:2">
       <c r="A502" t="s">
         <v>504</v>
       </c>
       <c r="B502" t="s">
-        <v>2968</v>
+        <v>3242</v>
       </c>
     </row>
     <row r="503" spans="1:2">
       <c r="A503" t="s">
         <v>505</v>
       </c>
       <c r="B503" t="s">
-        <v>2969</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="504" spans="1:2">
       <c r="A504" t="s">
         <v>506</v>
       </c>
       <c r="B504" t="s">
-        <v>2970</v>
+        <v>3244</v>
       </c>
     </row>
     <row r="505" spans="1:2">
       <c r="A505" t="s">
         <v>507</v>
       </c>
       <c r="B505" t="s">
-        <v>2971</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="506" spans="1:2">
       <c r="A506" t="s">
         <v>508</v>
       </c>
       <c r="B506" t="s">
-        <v>2972</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="507" spans="1:2">
       <c r="A507" t="s">
         <v>509</v>
       </c>
       <c r="B507" t="s">
-        <v>2973</v>
+        <v>3247</v>
       </c>
     </row>
     <row r="508" spans="1:2">
       <c r="A508" t="s">
         <v>510</v>
       </c>
       <c r="B508" t="s">
-        <v>2974</v>
+        <v>3248</v>
       </c>
     </row>
     <row r="509" spans="1:2">
       <c r="A509" t="s">
         <v>511</v>
       </c>
       <c r="B509" t="s">
-        <v>2975</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="510" spans="1:2">
       <c r="A510" t="s">
         <v>512</v>
       </c>
       <c r="B510" t="s">
-        <v>2976</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="511" spans="1:2">
       <c r="A511" t="s">
         <v>513</v>
       </c>
       <c r="B511" t="s">
-        <v>2977</v>
+        <v>3251</v>
       </c>
     </row>
     <row r="512" spans="1:2">
       <c r="A512" t="s">
         <v>514</v>
       </c>
       <c r="B512" t="s">
-        <v>2978</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="513" spans="1:2">
       <c r="A513" t="s">
         <v>515</v>
       </c>
       <c r="B513" t="s">
-        <v>2979</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="514" spans="1:2">
       <c r="A514" t="s">
         <v>516</v>
       </c>
       <c r="B514" t="s">
-        <v>2980</v>
+        <v>3254</v>
       </c>
     </row>
     <row r="515" spans="1:2">
       <c r="A515" t="s">
         <v>517</v>
       </c>
       <c r="B515" t="s">
-        <v>2981</v>
+        <v>3255</v>
       </c>
     </row>
     <row r="516" spans="1:2">
       <c r="A516" t="s">
         <v>518</v>
       </c>
       <c r="B516" t="s">
-        <v>2982</v>
+        <v>3256</v>
       </c>
     </row>
     <row r="517" spans="1:2">
       <c r="A517" t="s">
         <v>519</v>
       </c>
       <c r="B517" t="s">
-        <v>2983</v>
+        <v>3257</v>
       </c>
     </row>
     <row r="518" spans="1:2">
       <c r="A518" t="s">
         <v>520</v>
       </c>
       <c r="B518" t="s">
-        <v>2984</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="519" spans="1:2">
       <c r="A519" t="s">
         <v>521</v>
       </c>
       <c r="B519" t="s">
-        <v>2985</v>
+        <v>3259</v>
       </c>
     </row>
     <row r="520" spans="1:2">
       <c r="A520" t="s">
         <v>522</v>
       </c>
       <c r="B520" t="s">
-        <v>2986</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="521" spans="1:2">
       <c r="A521" t="s">
         <v>523</v>
       </c>
       <c r="B521" t="s">
-        <v>2987</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="522" spans="1:2">
       <c r="A522" t="s">
         <v>524</v>
       </c>
       <c r="B522" t="s">
-        <v>2988</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="523" spans="1:2">
       <c r="A523" t="s">
         <v>525</v>
       </c>
       <c r="B523" t="s">
-        <v>2989</v>
+        <v>3263</v>
       </c>
     </row>
     <row r="524" spans="1:2">
       <c r="A524" t="s">
         <v>526</v>
       </c>
       <c r="B524" t="s">
-        <v>2990</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="525" spans="1:2">
       <c r="A525" t="s">
         <v>527</v>
       </c>
       <c r="B525" t="s">
-        <v>2991</v>
+        <v>3265</v>
       </c>
     </row>
     <row r="526" spans="1:2">
       <c r="A526" t="s">
         <v>528</v>
       </c>
       <c r="B526" t="s">
-        <v>2992</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="527" spans="1:2">
       <c r="A527" t="s">
         <v>529</v>
       </c>
       <c r="B527" t="s">
-        <v>2993</v>
+        <v>3267</v>
       </c>
     </row>
     <row r="528" spans="1:2">
       <c r="A528" t="s">
         <v>530</v>
       </c>
       <c r="B528" t="s">
-        <v>2994</v>
+        <v>3268</v>
       </c>
     </row>
     <row r="529" spans="1:2">
       <c r="A529" t="s">
         <v>531</v>
       </c>
       <c r="B529" t="s">
-        <v>2995</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="530" spans="1:2">
       <c r="A530" t="s">
         <v>532</v>
       </c>
       <c r="B530" t="s">
-        <v>2996</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="531" spans="1:2">
       <c r="A531" t="s">
         <v>533</v>
       </c>
       <c r="B531" t="s">
-        <v>2997</v>
+        <v>3271</v>
       </c>
     </row>
     <row r="532" spans="1:2">
       <c r="A532" t="s">
         <v>534</v>
       </c>
       <c r="B532" t="s">
-        <v>2998</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="533" spans="1:2">
       <c r="A533" t="s">
         <v>535</v>
       </c>
       <c r="B533" t="s">
-        <v>2999</v>
+        <v>3273</v>
       </c>
     </row>
     <row r="534" spans="1:2">
       <c r="A534" t="s">
         <v>536</v>
       </c>
       <c r="B534" t="s">
-        <v>3000</v>
+        <v>3274</v>
       </c>
     </row>
     <row r="535" spans="1:2">
       <c r="A535" t="s">
         <v>537</v>
       </c>
       <c r="B535" t="s">
-        <v>3001</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="536" spans="1:2">
       <c r="A536" t="s">
         <v>538</v>
       </c>
       <c r="B536" t="s">
-        <v>3002</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="537" spans="1:2">
       <c r="A537" t="s">
         <v>539</v>
       </c>
       <c r="B537" t="s">
-        <v>3003</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="538" spans="1:2">
       <c r="A538" t="s">
         <v>540</v>
       </c>
       <c r="B538" t="s">
-        <v>3004</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="539" spans="1:2">
       <c r="A539" t="s">
         <v>541</v>
       </c>
       <c r="B539" t="s">
-        <v>3005</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="540" spans="1:2">
       <c r="A540" t="s">
         <v>542</v>
       </c>
       <c r="B540" t="s">
-        <v>3006</v>
+        <v>3280</v>
       </c>
     </row>
     <row r="541" spans="1:2">
       <c r="A541" t="s">
         <v>543</v>
       </c>
       <c r="B541" t="s">
-        <v>3007</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="542" spans="1:2">
       <c r="A542" t="s">
         <v>544</v>
       </c>
       <c r="B542" t="s">
-        <v>3008</v>
+        <v>3282</v>
       </c>
     </row>
     <row r="543" spans="1:2">
       <c r="A543" t="s">
         <v>545</v>
       </c>
       <c r="B543" t="s">
-        <v>3009</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="544" spans="1:2">
       <c r="A544" t="s">
         <v>546</v>
       </c>
       <c r="B544" t="s">
-        <v>3010</v>
+        <v>3284</v>
       </c>
     </row>
     <row r="545" spans="1:2">
       <c r="A545" t="s">
         <v>547</v>
       </c>
       <c r="B545" t="s">
-        <v>3011</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="546" spans="1:2">
       <c r="A546" t="s">
         <v>548</v>
       </c>
       <c r="B546" t="s">
-        <v>3012</v>
+        <v>3286</v>
       </c>
     </row>
     <row r="547" spans="1:2">
       <c r="A547" t="s">
         <v>549</v>
       </c>
       <c r="B547" t="s">
-        <v>3013</v>
+        <v>3287</v>
       </c>
     </row>
     <row r="548" spans="1:2">
       <c r="A548" t="s">
         <v>550</v>
       </c>
       <c r="B548" t="s">
-        <v>3014</v>
+        <v>3288</v>
       </c>
     </row>
     <row r="549" spans="1:2">
       <c r="A549" t="s">
         <v>551</v>
       </c>
       <c r="B549" t="s">
-        <v>3015</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="550" spans="1:2">
       <c r="A550" t="s">
         <v>552</v>
       </c>
       <c r="B550" t="s">
-        <v>3016</v>
+        <v>3290</v>
       </c>
     </row>
     <row r="551" spans="1:2">
       <c r="A551" t="s">
         <v>553</v>
       </c>
       <c r="B551" t="s">
-        <v>3017</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="552" spans="1:2">
       <c r="A552" t="s">
         <v>554</v>
       </c>
       <c r="B552" t="s">
-        <v>3018</v>
+        <v>3292</v>
       </c>
     </row>
     <row r="553" spans="1:2">
       <c r="A553" t="s">
         <v>555</v>
       </c>
       <c r="B553" t="s">
-        <v>3019</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="554" spans="1:2">
       <c r="A554" t="s">
         <v>556</v>
       </c>
       <c r="B554" t="s">
-        <v>3020</v>
+        <v>3294</v>
       </c>
     </row>
     <row r="555" spans="1:2">
       <c r="A555" t="s">
         <v>557</v>
       </c>
       <c r="B555" t="s">
-        <v>3021</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="556" spans="1:2">
       <c r="A556" t="s">
         <v>558</v>
       </c>
       <c r="B556" t="s">
-        <v>3022</v>
+        <v>3296</v>
       </c>
     </row>
     <row r="557" spans="1:2">
       <c r="A557" t="s">
         <v>559</v>
       </c>
       <c r="B557" t="s">
-        <v>3023</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="558" spans="1:2">
       <c r="A558" t="s">
         <v>560</v>
       </c>
       <c r="B558" t="s">
-        <v>3024</v>
+        <v>3298</v>
       </c>
     </row>
     <row r="559" spans="1:2">
       <c r="A559" t="s">
         <v>561</v>
       </c>
       <c r="B559" t="s">
-        <v>3025</v>
+        <v>3299</v>
       </c>
     </row>
     <row r="560" spans="1:2">
       <c r="A560" t="s">
         <v>562</v>
       </c>
       <c r="B560" t="s">
-        <v>3026</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="561" spans="1:2">
       <c r="A561" t="s">
         <v>563</v>
       </c>
       <c r="B561" t="s">
-        <v>3027</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="562" spans="1:2">
       <c r="A562" t="s">
         <v>564</v>
       </c>
       <c r="B562" t="s">
-        <v>3028</v>
+        <v>3302</v>
       </c>
     </row>
     <row r="563" spans="1:2">
       <c r="A563" t="s">
         <v>565</v>
       </c>
       <c r="B563" t="s">
-        <v>3029</v>
+        <v>3303</v>
       </c>
     </row>
     <row r="564" spans="1:2">
       <c r="A564" t="s">
         <v>566</v>
       </c>
       <c r="B564" t="s">
-        <v>3030</v>
+        <v>3304</v>
       </c>
     </row>
     <row r="565" spans="1:2">
       <c r="A565" t="s">
         <v>567</v>
       </c>
       <c r="B565" t="s">
-        <v>3031</v>
+        <v>3305</v>
       </c>
     </row>
     <row r="566" spans="1:2">
       <c r="A566" t="s">
         <v>568</v>
       </c>
       <c r="B566" t="s">
-        <v>3032</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="567" spans="1:2">
       <c r="A567" t="s">
         <v>569</v>
       </c>
       <c r="B567" t="s">
-        <v>3033</v>
+        <v>3307</v>
       </c>
     </row>
     <row r="568" spans="1:2">
       <c r="A568" t="s">
         <v>570</v>
       </c>
       <c r="B568" t="s">
-        <v>3034</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="569" spans="1:2">
       <c r="A569" t="s">
         <v>571</v>
       </c>
       <c r="B569" t="s">
-        <v>3035</v>
+        <v>3309</v>
       </c>
     </row>
     <row r="570" spans="1:2">
       <c r="A570" t="s">
         <v>572</v>
       </c>
       <c r="B570" t="s">
-        <v>3036</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="571" spans="1:2">
       <c r="A571" t="s">
         <v>573</v>
       </c>
       <c r="B571" t="s">
-        <v>3037</v>
+        <v>3311</v>
       </c>
     </row>
     <row r="572" spans="1:2">
       <c r="A572" t="s">
         <v>574</v>
       </c>
       <c r="B572" t="s">
-        <v>3038</v>
+        <v>3312</v>
       </c>
     </row>
     <row r="573" spans="1:2">
       <c r="A573" t="s">
         <v>575</v>
       </c>
       <c r="B573" t="s">
-        <v>3039</v>
+        <v>3313</v>
       </c>
     </row>
     <row r="574" spans="1:2">
       <c r="A574" t="s">
         <v>576</v>
       </c>
       <c r="B574" t="s">
-        <v>3040</v>
+        <v>3314</v>
       </c>
     </row>
     <row r="575" spans="1:2">
       <c r="A575" t="s">
         <v>577</v>
       </c>
       <c r="B575" t="s">
-        <v>3041</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="576" spans="1:2">
       <c r="A576" t="s">
         <v>578</v>
       </c>
       <c r="B576" t="s">
-        <v>3042</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="577" spans="1:2">
       <c r="A577" t="s">
         <v>579</v>
       </c>
       <c r="B577" t="s">
-        <v>3043</v>
+        <v>3317</v>
       </c>
     </row>
     <row r="578" spans="1:2">
       <c r="A578" t="s">
         <v>580</v>
       </c>
       <c r="B578" t="s">
-        <v>3044</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="579" spans="1:2">
       <c r="A579" t="s">
         <v>581</v>
       </c>
       <c r="B579" t="s">
-        <v>3045</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="580" spans="1:2">
       <c r="A580" t="s">
         <v>582</v>
       </c>
       <c r="B580" t="s">
-        <v>3046</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="581" spans="1:2">
       <c r="A581" t="s">
         <v>583</v>
       </c>
       <c r="B581" t="s">
-        <v>3047</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="582" spans="1:2">
       <c r="A582" t="s">
         <v>584</v>
       </c>
       <c r="B582" t="s">
-        <v>3048</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="583" spans="1:2">
       <c r="A583" t="s">
         <v>585</v>
       </c>
       <c r="B583" t="s">
-        <v>3049</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="584" spans="1:2">
       <c r="A584" t="s">
         <v>586</v>
       </c>
       <c r="B584" t="s">
-        <v>3050</v>
+        <v>3324</v>
       </c>
     </row>
     <row r="585" spans="1:2">
       <c r="A585" t="s">
         <v>587</v>
       </c>
       <c r="B585" t="s">
-        <v>3051</v>
+        <v>3325</v>
       </c>
     </row>
     <row r="586" spans="1:2">
       <c r="A586" t="s">
         <v>588</v>
       </c>
       <c r="B586" t="s">
-        <v>3052</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="587" spans="1:2">
       <c r="A587" t="s">
         <v>589</v>
       </c>
       <c r="B587" t="s">
-        <v>3053</v>
+        <v>3327</v>
       </c>
     </row>
     <row r="588" spans="1:2">
       <c r="A588" t="s">
         <v>590</v>
       </c>
       <c r="B588" t="s">
-        <v>3054</v>
+        <v>3328</v>
       </c>
     </row>
     <row r="589" spans="1:2">
       <c r="A589" t="s">
         <v>591</v>
       </c>
       <c r="B589" t="s">
-        <v>3055</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="590" spans="1:2">
       <c r="A590" t="s">
         <v>592</v>
       </c>
       <c r="B590" t="s">
-        <v>3056</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="591" spans="1:2">
       <c r="A591" t="s">
         <v>593</v>
       </c>
       <c r="B591" t="s">
-        <v>3057</v>
+        <v>3331</v>
       </c>
     </row>
     <row r="592" spans="1:2">
       <c r="A592" t="s">
         <v>594</v>
       </c>
       <c r="B592" t="s">
-        <v>3058</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="593" spans="1:2">
       <c r="A593" t="s">
         <v>595</v>
       </c>
       <c r="B593" t="s">
-        <v>3059</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="594" spans="1:2">
       <c r="A594" t="s">
         <v>596</v>
       </c>
       <c r="B594" t="s">
-        <v>3060</v>
+        <v>3334</v>
       </c>
     </row>
     <row r="595" spans="1:2">
       <c r="A595" t="s">
         <v>597</v>
       </c>
       <c r="B595" t="s">
-        <v>3061</v>
+        <v>3335</v>
       </c>
     </row>
     <row r="596" spans="1:2">
       <c r="A596" t="s">
         <v>598</v>
       </c>
       <c r="B596" t="s">
-        <v>3062</v>
+        <v>3336</v>
       </c>
     </row>
     <row r="597" spans="1:2">
       <c r="A597" t="s">
         <v>599</v>
       </c>
       <c r="B597" t="s">
-        <v>3063</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="598" spans="1:2">
       <c r="A598" t="s">
         <v>600</v>
       </c>
       <c r="B598" t="s">
-        <v>3064</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="599" spans="1:2">
       <c r="A599" t="s">
         <v>601</v>
       </c>
       <c r="B599" t="s">
-        <v>3065</v>
+        <v>3339</v>
       </c>
     </row>
     <row r="600" spans="1:2">
       <c r="A600" t="s">
         <v>602</v>
       </c>
       <c r="B600" t="s">
-        <v>3066</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="601" spans="1:2">
       <c r="A601" t="s">
         <v>603</v>
       </c>
       <c r="B601" t="s">
-        <v>3067</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="602" spans="1:2">
       <c r="A602" t="s">
         <v>604</v>
       </c>
       <c r="B602" t="s">
-        <v>3068</v>
+        <v>3342</v>
       </c>
     </row>
     <row r="603" spans="1:2">
       <c r="A603" t="s">
         <v>605</v>
       </c>
       <c r="B603" t="s">
-        <v>3069</v>
+        <v>3343</v>
       </c>
     </row>
     <row r="604" spans="1:2">
       <c r="A604" t="s">
         <v>606</v>
       </c>
       <c r="B604" t="s">
-        <v>3070</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="605" spans="1:2">
       <c r="A605" t="s">
         <v>607</v>
       </c>
       <c r="B605" t="s">
-        <v>3071</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="606" spans="1:2">
       <c r="A606" t="s">
         <v>608</v>
       </c>
       <c r="B606" t="s">
-        <v>3072</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="607" spans="1:2">
       <c r="A607" t="s">
         <v>609</v>
       </c>
       <c r="B607" t="s">
-        <v>3073</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="608" spans="1:2">
       <c r="A608" t="s">
         <v>610</v>
       </c>
       <c r="B608" t="s">
-        <v>3074</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="609" spans="1:2">
       <c r="A609" t="s">
         <v>611</v>
       </c>
       <c r="B609" t="s">
-        <v>3075</v>
+        <v>3349</v>
       </c>
     </row>
     <row r="610" spans="1:2">
       <c r="A610" t="s">
         <v>612</v>
       </c>
       <c r="B610" t="s">
-        <v>3076</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="611" spans="1:2">
       <c r="A611" t="s">
         <v>613</v>
       </c>
       <c r="B611" t="s">
-        <v>3077</v>
+        <v>3351</v>
       </c>
     </row>
     <row r="612" spans="1:2">
       <c r="A612" t="s">
         <v>614</v>
       </c>
       <c r="B612" t="s">
-        <v>3078</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="613" spans="1:2">
       <c r="A613" t="s">
         <v>615</v>
       </c>
       <c r="B613" t="s">
-        <v>3079</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="614" spans="1:2">
       <c r="A614" t="s">
         <v>616</v>
       </c>
       <c r="B614" t="s">
-        <v>3080</v>
+        <v>3354</v>
       </c>
     </row>
     <row r="615" spans="1:2">
       <c r="A615" t="s">
         <v>617</v>
       </c>
       <c r="B615" t="s">
-        <v>3081</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="616" spans="1:2">
       <c r="A616" t="s">
         <v>618</v>
       </c>
       <c r="B616" t="s">
-        <v>3082</v>
+        <v>3356</v>
       </c>
     </row>
     <row r="617" spans="1:2">
       <c r="A617" t="s">
         <v>619</v>
       </c>
       <c r="B617" t="s">
-        <v>3083</v>
+        <v>3357</v>
       </c>
     </row>
     <row r="618" spans="1:2">
       <c r="A618" t="s">
         <v>620</v>
       </c>
       <c r="B618" t="s">
-        <v>3084</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="619" spans="1:2">
       <c r="A619" t="s">
         <v>621</v>
       </c>
       <c r="B619" t="s">
-        <v>3085</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="620" spans="1:2">
       <c r="A620" t="s">
         <v>622</v>
       </c>
       <c r="B620" t="s">
-        <v>3086</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="621" spans="1:2">
       <c r="A621" t="s">
         <v>623</v>
       </c>
       <c r="B621" t="s">
-        <v>3087</v>
+        <v>3361</v>
       </c>
     </row>
     <row r="622" spans="1:2">
       <c r="A622" t="s">
         <v>624</v>
       </c>
       <c r="B622" t="s">
-        <v>3088</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="623" spans="1:2">
       <c r="A623" t="s">
         <v>625</v>
       </c>
       <c r="B623" t="s">
-        <v>3089</v>
+        <v>3363</v>
       </c>
     </row>
     <row r="624" spans="1:2">
       <c r="A624" t="s">
         <v>626</v>
       </c>
       <c r="B624" t="s">
-        <v>3090</v>
+        <v>3364</v>
       </c>
     </row>
     <row r="625" spans="1:2">
       <c r="A625" t="s">
         <v>627</v>
       </c>
       <c r="B625" t="s">
-        <v>3091</v>
+        <v>3365</v>
       </c>
     </row>
     <row r="626" spans="1:2">
       <c r="A626" t="s">
         <v>628</v>
       </c>
       <c r="B626" t="s">
-        <v>3092</v>
+        <v>3366</v>
       </c>
     </row>
     <row r="627" spans="1:2">
       <c r="A627" t="s">
         <v>629</v>
       </c>
       <c r="B627" t="s">
-        <v>3093</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="628" spans="1:2">
       <c r="A628" t="s">
         <v>630</v>
       </c>
       <c r="B628" t="s">
-        <v>3094</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="629" spans="1:2">
       <c r="A629" t="s">
         <v>631</v>
       </c>
       <c r="B629" t="s">
-        <v>3095</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="630" spans="1:2">
       <c r="A630" t="s">
         <v>632</v>
       </c>
       <c r="B630" t="s">
-        <v>3096</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="631" spans="1:2">
       <c r="A631" t="s">
         <v>633</v>
       </c>
       <c r="B631" t="s">
-        <v>3097</v>
+        <v>3371</v>
       </c>
     </row>
     <row r="632" spans="1:2">
       <c r="A632" t="s">
         <v>634</v>
       </c>
       <c r="B632" t="s">
-        <v>3098</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="633" spans="1:2">
       <c r="A633" t="s">
         <v>635</v>
       </c>
       <c r="B633" t="s">
-        <v>3099</v>
+        <v>3373</v>
       </c>
     </row>
     <row r="634" spans="1:2">
       <c r="A634" t="s">
         <v>636</v>
       </c>
       <c r="B634" t="s">
-        <v>3100</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="635" spans="1:2">
       <c r="A635" t="s">
         <v>637</v>
       </c>
       <c r="B635" t="s">
-        <v>3101</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="636" spans="1:2">
       <c r="A636" t="s">
         <v>638</v>
       </c>
       <c r="B636" t="s">
-        <v>3102</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="637" spans="1:2">
       <c r="A637" t="s">
         <v>639</v>
       </c>
       <c r="B637" t="s">
-        <v>3103</v>
+        <v>3377</v>
       </c>
     </row>
     <row r="638" spans="1:2">
       <c r="A638" t="s">
         <v>640</v>
       </c>
       <c r="B638" t="s">
-        <v>3104</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="639" spans="1:2">
       <c r="A639" t="s">
         <v>641</v>
       </c>
       <c r="B639" t="s">
-        <v>3105</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="640" spans="1:2">
       <c r="A640" t="s">
         <v>642</v>
       </c>
       <c r="B640" t="s">
-        <v>3106</v>
+        <v>3379</v>
       </c>
     </row>
     <row r="641" spans="1:2">
       <c r="A641" t="s">
         <v>643</v>
       </c>
       <c r="B641" t="s">
-        <v>3107</v>
+        <v>3380</v>
       </c>
     </row>
     <row r="642" spans="1:2">
       <c r="A642" t="s">
         <v>644</v>
       </c>
       <c r="B642" t="s">
-        <v>3108</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="643" spans="1:2">
       <c r="A643" t="s">
         <v>645</v>
       </c>
       <c r="B643" t="s">
-        <v>3109</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="644" spans="1:2">
       <c r="A644" t="s">
         <v>646</v>
       </c>
       <c r="B644" t="s">
-        <v>3110</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="645" spans="1:2">
       <c r="A645" t="s">
         <v>647</v>
       </c>
       <c r="B645" t="s">
-        <v>3111</v>
+        <v>3384</v>
       </c>
     </row>
     <row r="646" spans="1:2">
       <c r="A646" t="s">
         <v>648</v>
       </c>
       <c r="B646" t="s">
-        <v>3112</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="647" spans="1:2">
       <c r="A647" t="s">
         <v>649</v>
       </c>
       <c r="B647" t="s">
-        <v>3113</v>
+        <v>3386</v>
       </c>
     </row>
     <row r="648" spans="1:2">
       <c r="A648" t="s">
         <v>650</v>
       </c>
       <c r="B648" t="s">
-        <v>3114</v>
+        <v>3387</v>
       </c>
     </row>
     <row r="649" spans="1:2">
       <c r="A649" t="s">
         <v>651</v>
       </c>
       <c r="B649" t="s">
-        <v>3115</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="650" spans="1:2">
       <c r="A650" t="s">
         <v>652</v>
       </c>
       <c r="B650" t="s">
-        <v>3116</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="651" spans="1:2">
       <c r="A651" t="s">
         <v>653</v>
       </c>
       <c r="B651" t="s">
-        <v>3117</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="652" spans="1:2">
       <c r="A652" t="s">
         <v>654</v>
       </c>
       <c r="B652" t="s">
-        <v>3118</v>
+        <v>3391</v>
       </c>
     </row>
     <row r="653" spans="1:2">
       <c r="A653" t="s">
         <v>655</v>
       </c>
       <c r="B653" t="s">
-        <v>3119</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="654" spans="1:2">
       <c r="A654" t="s">
         <v>656</v>
       </c>
       <c r="B654" t="s">
-        <v>3120</v>
+        <v>3393</v>
       </c>
     </row>
     <row r="655" spans="1:2">
       <c r="A655" t="s">
         <v>657</v>
       </c>
       <c r="B655" t="s">
-        <v>3121</v>
+        <v>3394</v>
       </c>
     </row>
     <row r="656" spans="1:2">
       <c r="A656" t="s">
         <v>658</v>
       </c>
       <c r="B656" t="s">
-        <v>3122</v>
+        <v>3395</v>
       </c>
     </row>
     <row r="657" spans="1:2">
       <c r="A657" t="s">
         <v>659</v>
       </c>
       <c r="B657" t="s">
-        <v>3123</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="658" spans="1:2">
       <c r="A658" t="s">
         <v>660</v>
       </c>
       <c r="B658" t="s">
-        <v>3124</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="659" spans="1:2">
       <c r="A659" t="s">
         <v>661</v>
       </c>
       <c r="B659" t="s">
-        <v>3125</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="660" spans="1:2">
       <c r="A660" t="s">
         <v>662</v>
       </c>
       <c r="B660" t="s">
-        <v>3126</v>
+        <v>3398</v>
       </c>
     </row>
     <row r="661" spans="1:2">
       <c r="A661" t="s">
         <v>663</v>
       </c>
       <c r="B661" t="s">
-        <v>3127</v>
+        <v>3399</v>
       </c>
     </row>
     <row r="662" spans="1:2">
       <c r="A662" t="s">
         <v>664</v>
       </c>
       <c r="B662" t="s">
-        <v>3128</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="663" spans="1:2">
       <c r="A663" t="s">
         <v>665</v>
       </c>
       <c r="B663" t="s">
-        <v>3129</v>
+        <v>3401</v>
       </c>
     </row>
     <row r="664" spans="1:2">
       <c r="A664" t="s">
         <v>666</v>
       </c>
       <c r="B664" t="s">
-        <v>3130</v>
+        <v>3402</v>
       </c>
     </row>
     <row r="665" spans="1:2">
       <c r="A665" t="s">
         <v>667</v>
       </c>
       <c r="B665" t="s">
-        <v>3131</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="666" spans="1:2">
       <c r="A666" t="s">
         <v>668</v>
       </c>
       <c r="B666" t="s">
-        <v>3132</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="667" spans="1:2">
       <c r="A667" t="s">
         <v>669</v>
       </c>
       <c r="B667" t="s">
-        <v>3133</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="668" spans="1:2">
       <c r="A668" t="s">
         <v>670</v>
       </c>
       <c r="B668" t="s">
-        <v>3134</v>
+        <v>3406</v>
       </c>
     </row>
     <row r="669" spans="1:2">
       <c r="A669" t="s">
         <v>671</v>
       </c>
       <c r="B669" t="s">
-        <v>3135</v>
+        <v>3407</v>
       </c>
     </row>
     <row r="670" spans="1:2">
       <c r="A670" t="s">
         <v>672</v>
       </c>
       <c r="B670" t="s">
-        <v>3136</v>
+        <v>3408</v>
       </c>
     </row>
     <row r="671" spans="1:2">
       <c r="A671" t="s">
         <v>673</v>
       </c>
       <c r="B671" t="s">
-        <v>3137</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="672" spans="1:2">
       <c r="A672" t="s">
         <v>674</v>
       </c>
       <c r="B672" t="s">
-        <v>3138</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="673" spans="1:2">
       <c r="A673" t="s">
         <v>675</v>
       </c>
       <c r="B673" t="s">
-        <v>3139</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="674" spans="1:2">
       <c r="A674" t="s">
         <v>676</v>
       </c>
       <c r="B674" t="s">
-        <v>3140</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="675" spans="1:2">
       <c r="A675" t="s">
         <v>677</v>
       </c>
       <c r="B675" t="s">
-        <v>3141</v>
+        <v>3412</v>
       </c>
     </row>
     <row r="676" spans="1:2">
       <c r="A676" t="s">
         <v>678</v>
       </c>
       <c r="B676" t="s">
-        <v>3142</v>
+        <v>3413</v>
       </c>
     </row>
     <row r="677" spans="1:2">
       <c r="A677" t="s">
         <v>679</v>
       </c>
       <c r="B677" t="s">
-        <v>3143</v>
+        <v>3414</v>
       </c>
     </row>
     <row r="678" spans="1:2">
       <c r="A678" t="s">
         <v>680</v>
       </c>
       <c r="B678" t="s">
-        <v>3144</v>
+        <v>3415</v>
       </c>
     </row>
     <row r="679" spans="1:2">
       <c r="A679" t="s">
         <v>681</v>
       </c>
       <c r="B679" t="s">
-        <v>3145</v>
+        <v>3416</v>
       </c>
     </row>
     <row r="680" spans="1:2">
       <c r="A680" t="s">
         <v>682</v>
       </c>
       <c r="B680" t="s">
-        <v>3146</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="681" spans="1:2">
       <c r="A681" t="s">
         <v>683</v>
       </c>
       <c r="B681" t="s">
-        <v>3147</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="682" spans="1:2">
       <c r="A682" t="s">
         <v>684</v>
       </c>
       <c r="B682" t="s">
-        <v>3148</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="683" spans="1:2">
       <c r="A683" t="s">
         <v>685</v>
       </c>
       <c r="B683" t="s">
-        <v>3149</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="684" spans="1:2">
       <c r="A684" t="s">
         <v>686</v>
       </c>
       <c r="B684" t="s">
-        <v>3150</v>
+        <v>3421</v>
       </c>
     </row>
     <row r="685" spans="1:2">
       <c r="A685" t="s">
         <v>687</v>
       </c>
       <c r="B685" t="s">
-        <v>3151</v>
+        <v>3422</v>
       </c>
     </row>
     <row r="686" spans="1:2">
       <c r="A686" t="s">
         <v>688</v>
       </c>
       <c r="B686" t="s">
-        <v>3152</v>
+        <v>3423</v>
       </c>
     </row>
     <row r="687" spans="1:2">
       <c r="A687" t="s">
         <v>689</v>
       </c>
       <c r="B687" t="s">
-        <v>3153</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="688" spans="1:2">
       <c r="A688" t="s">
         <v>690</v>
       </c>
       <c r="B688" t="s">
-        <v>3154</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="689" spans="1:2">
       <c r="A689" t="s">
         <v>691</v>
       </c>
       <c r="B689" t="s">
-        <v>3155</v>
+        <v>3426</v>
       </c>
     </row>
     <row r="690" spans="1:2">
       <c r="A690" t="s">
         <v>692</v>
       </c>
       <c r="B690" t="s">
-        <v>3156</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="691" spans="1:2">
       <c r="A691" t="s">
         <v>693</v>
       </c>
       <c r="B691" t="s">
-        <v>3157</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="692" spans="1:2">
       <c r="A692" t="s">
         <v>694</v>
       </c>
       <c r="B692" t="s">
-        <v>3158</v>
+        <v>3429</v>
       </c>
     </row>
     <row r="693" spans="1:2">
       <c r="A693" t="s">
         <v>695</v>
       </c>
       <c r="B693" t="s">
-        <v>3159</v>
+        <v>3430</v>
       </c>
     </row>
     <row r="694" spans="1:2">
       <c r="A694" t="s">
         <v>696</v>
       </c>
       <c r="B694" t="s">
-        <v>3160</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="695" spans="1:2">
       <c r="A695" t="s">
         <v>697</v>
       </c>
       <c r="B695" t="s">
-        <v>3161</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="696" spans="1:2">
       <c r="A696" t="s">
         <v>698</v>
       </c>
       <c r="B696" t="s">
-        <v>3162</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="697" spans="1:2">
       <c r="A697" t="s">
         <v>699</v>
       </c>
       <c r="B697" t="s">
-        <v>3163</v>
+        <v>3434</v>
       </c>
     </row>
     <row r="698" spans="1:2">
       <c r="A698" t="s">
         <v>700</v>
       </c>
       <c r="B698" t="s">
-        <v>3164</v>
+        <v>3435</v>
       </c>
     </row>
     <row r="699" spans="1:2">
       <c r="A699" t="s">
         <v>701</v>
       </c>
       <c r="B699" t="s">
-        <v>3165</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="700" spans="1:2">
       <c r="A700" t="s">
         <v>702</v>
       </c>
       <c r="B700" t="s">
-        <v>3166</v>
+        <v>3437</v>
       </c>
     </row>
     <row r="701" spans="1:2">
       <c r="A701" t="s">
         <v>703</v>
       </c>
       <c r="B701" t="s">
-        <v>3167</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="702" spans="1:2">
       <c r="A702" t="s">
         <v>704</v>
       </c>
       <c r="B702" t="s">
-        <v>3168</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="703" spans="1:2">
       <c r="A703" t="s">
         <v>705</v>
       </c>
       <c r="B703" t="s">
-        <v>3169</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="704" spans="1:2">
       <c r="A704" t="s">
         <v>706</v>
       </c>
       <c r="B704" t="s">
-        <v>3170</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="705" spans="1:2">
       <c r="A705" t="s">
         <v>707</v>
       </c>
       <c r="B705" t="s">
-        <v>3171</v>
+        <v>3442</v>
       </c>
     </row>
     <row r="706" spans="1:2">
       <c r="A706" t="s">
         <v>708</v>
       </c>
       <c r="B706" t="s">
-        <v>3172</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="707" spans="1:2">
       <c r="A707" t="s">
         <v>709</v>
       </c>
       <c r="B707" t="s">
-        <v>3173</v>
+        <v>3444</v>
       </c>
     </row>
     <row r="708" spans="1:2">
       <c r="A708" t="s">
         <v>710</v>
       </c>
       <c r="B708" t="s">
-        <v>3174</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="709" spans="1:2">
       <c r="A709" t="s">
         <v>711</v>
       </c>
       <c r="B709" t="s">
-        <v>3175</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="710" spans="1:2">
       <c r="A710" t="s">
         <v>712</v>
       </c>
       <c r="B710" t="s">
-        <v>3176</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="711" spans="1:2">
       <c r="A711" t="s">
         <v>713</v>
       </c>
       <c r="B711" t="s">
-        <v>3177</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="712" spans="1:2">
       <c r="A712" t="s">
         <v>714</v>
       </c>
       <c r="B712" t="s">
-        <v>3178</v>
+        <v>3449</v>
       </c>
     </row>
     <row r="713" spans="1:2">
       <c r="A713" t="s">
         <v>715</v>
       </c>
       <c r="B713" t="s">
-        <v>3179</v>
+        <v>3450</v>
       </c>
     </row>
     <row r="714" spans="1:2">
       <c r="A714" t="s">
         <v>716</v>
       </c>
       <c r="B714" t="s">
-        <v>3180</v>
+        <v>3451</v>
       </c>
     </row>
     <row r="715" spans="1:2">
       <c r="A715" t="s">
         <v>717</v>
       </c>
       <c r="B715" t="s">
-        <v>3181</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="716" spans="1:2">
       <c r="A716" t="s">
         <v>718</v>
       </c>
       <c r="B716" t="s">
-        <v>3182</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="717" spans="1:2">
       <c r="A717" t="s">
         <v>719</v>
       </c>
       <c r="B717" t="s">
-        <v>3183</v>
+        <v>3454</v>
       </c>
     </row>
     <row r="718" spans="1:2">
       <c r="A718" t="s">
         <v>720</v>
       </c>
       <c r="B718" t="s">
-        <v>3184</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="719" spans="1:2">
       <c r="A719" t="s">
         <v>721</v>
       </c>
       <c r="B719" t="s">
-        <v>3185</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="720" spans="1:2">
       <c r="A720" t="s">
         <v>722</v>
       </c>
       <c r="B720" t="s">
-        <v>3186</v>
+        <v>3457</v>
       </c>
     </row>
     <row r="721" spans="1:2">
       <c r="A721" t="s">
         <v>723</v>
       </c>
       <c r="B721" t="s">
-        <v>3187</v>
+        <v>3458</v>
       </c>
     </row>
     <row r="722" spans="1:2">
       <c r="A722" t="s">
         <v>724</v>
       </c>
       <c r="B722" t="s">
-        <v>3188</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="723" spans="1:2">
       <c r="A723" t="s">
         <v>725</v>
       </c>
       <c r="B723" t="s">
-        <v>3189</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="724" spans="1:2">
       <c r="A724" t="s">
         <v>726</v>
       </c>
       <c r="B724" t="s">
-        <v>3190</v>
+        <v>3461</v>
       </c>
     </row>
     <row r="725" spans="1:2">
       <c r="A725" t="s">
         <v>727</v>
       </c>
       <c r="B725" t="s">
-        <v>3191</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="726" spans="1:2">
       <c r="A726" t="s">
         <v>728</v>
       </c>
       <c r="B726" t="s">
-        <v>3192</v>
+        <v>3463</v>
       </c>
     </row>
     <row r="727" spans="1:2">
       <c r="A727" t="s">
         <v>729</v>
       </c>
       <c r="B727" t="s">
-        <v>3193</v>
+        <v>3464</v>
       </c>
     </row>
     <row r="728" spans="1:2">
       <c r="A728" t="s">
         <v>730</v>
       </c>
       <c r="B728" t="s">
-        <v>3194</v>
+        <v>3465</v>
       </c>
     </row>
     <row r="729" spans="1:2">
       <c r="A729" t="s">
         <v>731</v>
       </c>
       <c r="B729" t="s">
-        <v>3195</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="730" spans="1:2">
       <c r="A730" t="s">
         <v>732</v>
       </c>
       <c r="B730" t="s">
-        <v>3196</v>
+        <v>3467</v>
       </c>
     </row>
     <row r="731" spans="1:2">
       <c r="A731" t="s">
         <v>733</v>
       </c>
       <c r="B731" t="s">
-        <v>3197</v>
+        <v>3468</v>
       </c>
     </row>
     <row r="732" spans="1:2">
       <c r="A732" t="s">
         <v>734</v>
       </c>
       <c r="B732" t="s">
-        <v>3198</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="733" spans="1:2">
       <c r="A733" t="s">
         <v>735</v>
       </c>
       <c r="B733" t="s">
-        <v>3199</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="734" spans="1:2">
       <c r="A734" t="s">
         <v>736</v>
       </c>
       <c r="B734" t="s">
-        <v>3200</v>
+        <v>3471</v>
       </c>
     </row>
     <row r="735" spans="1:2">
       <c r="A735" t="s">
         <v>737</v>
       </c>
       <c r="B735" t="s">
-        <v>3201</v>
+        <v>3472</v>
       </c>
     </row>
     <row r="736" spans="1:2">
       <c r="A736" t="s">
         <v>738</v>
       </c>
       <c r="B736" t="s">
-        <v>3202</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="737" spans="1:2">
       <c r="A737" t="s">
         <v>739</v>
       </c>
       <c r="B737" t="s">
-        <v>3203</v>
+        <v>3474</v>
       </c>
     </row>
     <row r="738" spans="1:2">
       <c r="A738" t="s">
         <v>740</v>
       </c>
       <c r="B738" t="s">
-        <v>3204</v>
+        <v>3475</v>
       </c>
     </row>
     <row r="739" spans="1:2">
       <c r="A739" t="s">
         <v>741</v>
       </c>
       <c r="B739" t="s">
-        <v>3205</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="740" spans="1:2">
       <c r="A740" t="s">
         <v>742</v>
       </c>
       <c r="B740" t="s">
-        <v>3206</v>
+        <v>3477</v>
       </c>
     </row>
     <row r="741" spans="1:2">
       <c r="A741" t="s">
         <v>743</v>
       </c>
       <c r="B741" t="s">
-        <v>3207</v>
+        <v>3478</v>
       </c>
     </row>
     <row r="742" spans="1:2">
       <c r="A742" t="s">
         <v>744</v>
       </c>
       <c r="B742" t="s">
-        <v>3208</v>
+        <v>3479</v>
       </c>
     </row>
     <row r="743" spans="1:2">
       <c r="A743" t="s">
         <v>745</v>
       </c>
       <c r="B743" t="s">
-        <v>3209</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="744" spans="1:2">
       <c r="A744" t="s">
         <v>746</v>
       </c>
       <c r="B744" t="s">
-        <v>3210</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="745" spans="1:2">
       <c r="A745" t="s">
         <v>747</v>
       </c>
       <c r="B745" t="s">
-        <v>3211</v>
+        <v>3482</v>
       </c>
     </row>
     <row r="746" spans="1:2">
       <c r="A746" t="s">
         <v>748</v>
       </c>
       <c r="B746" t="s">
-        <v>3212</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="747" spans="1:2">
       <c r="A747" t="s">
         <v>749</v>
       </c>
       <c r="B747" t="s">
-        <v>3213</v>
+        <v>3484</v>
       </c>
     </row>
     <row r="748" spans="1:2">
       <c r="A748" t="s">
         <v>750</v>
       </c>
       <c r="B748" t="s">
-        <v>3214</v>
+        <v>3485</v>
       </c>
     </row>
     <row r="749" spans="1:2">
       <c r="A749" t="s">
         <v>751</v>
       </c>
       <c r="B749" t="s">
-        <v>3215</v>
+        <v>3486</v>
       </c>
     </row>
     <row r="750" spans="1:2">
       <c r="A750" t="s">
         <v>752</v>
       </c>
       <c r="B750" t="s">
-        <v>3216</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="751" spans="1:2">
       <c r="A751" t="s">
         <v>753</v>
       </c>
       <c r="B751" t="s">
-        <v>3217</v>
+        <v>3488</v>
       </c>
     </row>
     <row r="752" spans="1:2">
       <c r="A752" t="s">
         <v>754</v>
       </c>
       <c r="B752" t="s">
-        <v>3218</v>
+        <v>3183</v>
       </c>
     </row>
     <row r="753" spans="1:2">
       <c r="A753" t="s">
         <v>755</v>
       </c>
       <c r="B753" t="s">
-        <v>3219</v>
+        <v>3489</v>
       </c>
     </row>
     <row r="754" spans="1:2">
       <c r="A754" t="s">
         <v>756</v>
       </c>
       <c r="B754" t="s">
-        <v>3220</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="755" spans="1:2">
       <c r="A755" t="s">
         <v>757</v>
       </c>
       <c r="B755" t="s">
-        <v>3221</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="756" spans="1:2">
       <c r="A756" t="s">
         <v>758</v>
       </c>
       <c r="B756" t="s">
-        <v>3222</v>
+        <v>3492</v>
       </c>
     </row>
     <row r="757" spans="1:2">
       <c r="A757" t="s">
         <v>759</v>
       </c>
       <c r="B757" t="s">
-        <v>3223</v>
+        <v>3493</v>
       </c>
     </row>
     <row r="758" spans="1:2">
       <c r="A758" t="s">
         <v>760</v>
       </c>
       <c r="B758" t="s">
-        <v>3224</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="759" spans="1:2">
       <c r="A759" t="s">
         <v>761</v>
       </c>
       <c r="B759" t="s">
-        <v>3225</v>
+        <v>3495</v>
       </c>
     </row>
     <row r="760" spans="1:2">
       <c r="A760" t="s">
         <v>762</v>
       </c>
       <c r="B760" t="s">
-        <v>3226</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="761" spans="1:2">
       <c r="A761" t="s">
         <v>763</v>
       </c>
       <c r="B761" t="s">
-        <v>3227</v>
+        <v>3497</v>
       </c>
     </row>
     <row r="762" spans="1:2">
       <c r="A762" t="s">
         <v>764</v>
       </c>
       <c r="B762" t="s">
-        <v>3228</v>
+        <v>3498</v>
       </c>
     </row>
     <row r="763" spans="1:2">
       <c r="A763" t="s">
         <v>765</v>
       </c>
       <c r="B763" t="s">
-        <v>3229</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="764" spans="1:2">
       <c r="A764" t="s">
         <v>766</v>
       </c>
       <c r="B764" t="s">
-        <v>3230</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="765" spans="1:2">
       <c r="A765" t="s">
         <v>767</v>
       </c>
       <c r="B765" t="s">
-        <v>3231</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="766" spans="1:2">
       <c r="A766" t="s">
         <v>768</v>
       </c>
       <c r="B766" t="s">
-        <v>3232</v>
+        <v>3502</v>
       </c>
     </row>
     <row r="767" spans="1:2">
       <c r="A767" t="s">
         <v>769</v>
       </c>
       <c r="B767" t="s">
-        <v>3233</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="768" spans="1:2">
       <c r="A768" t="s">
         <v>770</v>
       </c>
       <c r="B768" t="s">
-        <v>3234</v>
+        <v>3504</v>
       </c>
     </row>
     <row r="769" spans="1:2">
       <c r="A769" t="s">
         <v>771</v>
       </c>
       <c r="B769" t="s">
-        <v>3235</v>
+        <v>3505</v>
       </c>
     </row>
     <row r="770" spans="1:2">
       <c r="A770" t="s">
         <v>772</v>
       </c>
       <c r="B770" t="s">
-        <v>3236</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="771" spans="1:2">
       <c r="A771" t="s">
         <v>773</v>
       </c>
       <c r="B771" t="s">
-        <v>3237</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="772" spans="1:2">
       <c r="A772" t="s">
         <v>774</v>
       </c>
       <c r="B772" t="s">
-        <v>3238</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="773" spans="1:2">
       <c r="A773" t="s">
         <v>775</v>
       </c>
       <c r="B773" t="s">
-        <v>3239</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="774" spans="1:2">
       <c r="A774" t="s">
         <v>776</v>
       </c>
       <c r="B774" t="s">
-        <v>3240</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="775" spans="1:2">
       <c r="A775" t="s">
         <v>777</v>
       </c>
       <c r="B775" t="s">
-        <v>3241</v>
+        <v>3511</v>
       </c>
     </row>
     <row r="776" spans="1:2">
       <c r="A776" t="s">
         <v>778</v>
       </c>
       <c r="B776" t="s">
-        <v>3242</v>
+        <v>3512</v>
       </c>
     </row>
     <row r="777" spans="1:2">
       <c r="A777" t="s">
         <v>779</v>
       </c>
       <c r="B777" t="s">
-        <v>3243</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="778" spans="1:2">
       <c r="A778" t="s">
         <v>780</v>
       </c>
       <c r="B778" t="s">
-        <v>3244</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="779" spans="1:2">
       <c r="A779" t="s">
         <v>781</v>
       </c>
       <c r="B779" t="s">
-        <v>3245</v>
+        <v>3515</v>
       </c>
     </row>
     <row r="780" spans="1:2">
       <c r="A780" t="s">
         <v>782</v>
       </c>
       <c r="B780" t="s">
-        <v>3246</v>
+        <v>3516</v>
       </c>
     </row>
     <row r="781" spans="1:2">
       <c r="A781" t="s">
         <v>783</v>
       </c>
       <c r="B781" t="s">
-        <v>3247</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="782" spans="1:2">
       <c r="A782" t="s">
         <v>784</v>
       </c>
       <c r="B782" t="s">
-        <v>3248</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="783" spans="1:2">
       <c r="A783" t="s">
         <v>785</v>
       </c>
       <c r="B783" t="s">
-        <v>3249</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="784" spans="1:2">
       <c r="A784" t="s">
         <v>786</v>
       </c>
       <c r="B784" t="s">
-        <v>3250</v>
+        <v>3520</v>
       </c>
     </row>
     <row r="785" spans="1:2">
       <c r="A785" t="s">
         <v>787</v>
       </c>
       <c r="B785" t="s">
-        <v>3251</v>
+        <v>3521</v>
       </c>
     </row>
     <row r="786" spans="1:2">
       <c r="A786" t="s">
         <v>788</v>
       </c>
       <c r="B786" t="s">
-        <v>3252</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="787" spans="1:2">
       <c r="A787" t="s">
         <v>789</v>
       </c>
       <c r="B787" t="s">
-        <v>3253</v>
+        <v>3523</v>
       </c>
     </row>
     <row r="788" spans="1:2">
       <c r="A788" t="s">
         <v>790</v>
       </c>
       <c r="B788" t="s">
-        <v>3254</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="789" spans="1:2">
       <c r="A789" t="s">
         <v>791</v>
       </c>
       <c r="B789" t="s">
-        <v>3255</v>
+        <v>3525</v>
       </c>
     </row>
     <row r="790" spans="1:2">
       <c r="A790" t="s">
         <v>792</v>
       </c>
       <c r="B790" t="s">
-        <v>3256</v>
+        <v>3526</v>
       </c>
     </row>
     <row r="791" spans="1:2">
       <c r="A791" t="s">
         <v>793</v>
       </c>
       <c r="B791" t="s">
-        <v>3257</v>
+        <v>3527</v>
       </c>
     </row>
     <row r="792" spans="1:2">
       <c r="A792" t="s">
         <v>794</v>
       </c>
       <c r="B792" t="s">
-        <v>3258</v>
+        <v>3528</v>
       </c>
     </row>
     <row r="793" spans="1:2">
       <c r="A793" t="s">
         <v>795</v>
       </c>
       <c r="B793" t="s">
-        <v>3259</v>
+        <v>3529</v>
       </c>
     </row>
     <row r="794" spans="1:2">
       <c r="A794" t="s">
         <v>796</v>
       </c>
       <c r="B794" t="s">
-        <v>3260</v>
+        <v>3530</v>
       </c>
     </row>
     <row r="795" spans="1:2">
       <c r="A795" t="s">
         <v>797</v>
       </c>
       <c r="B795" t="s">
-        <v>3261</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="796" spans="1:2">
       <c r="A796" t="s">
         <v>798</v>
       </c>
       <c r="B796" t="s">
-        <v>3262</v>
+        <v>3532</v>
       </c>
     </row>
     <row r="797" spans="1:2">
       <c r="A797" t="s">
         <v>799</v>
       </c>
       <c r="B797" t="s">
-        <v>3263</v>
+        <v>3533</v>
       </c>
     </row>
     <row r="798" spans="1:2">
       <c r="A798" t="s">
         <v>800</v>
       </c>
       <c r="B798" t="s">
-        <v>3264</v>
+        <v>3534</v>
       </c>
     </row>
     <row r="799" spans="1:2">
       <c r="A799" t="s">
         <v>801</v>
       </c>
       <c r="B799" t="s">
-        <v>3265</v>
+        <v>3535</v>
       </c>
     </row>
     <row r="800" spans="1:2">
       <c r="A800" t="s">
         <v>802</v>
       </c>
       <c r="B800" t="s">
-        <v>3266</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="801" spans="1:2">
       <c r="A801" t="s">
         <v>803</v>
       </c>
       <c r="B801" t="s">
-        <v>3267</v>
+        <v>3537</v>
       </c>
     </row>
     <row r="802" spans="1:2">
       <c r="A802" t="s">
         <v>804</v>
       </c>
       <c r="B802" t="s">
-        <v>3268</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="803" spans="1:2">
       <c r="A803" t="s">
         <v>805</v>
       </c>
       <c r="B803" t="s">
-        <v>3269</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="804" spans="1:2">
       <c r="A804" t="s">
         <v>806</v>
       </c>
       <c r="B804" t="s">
-        <v>3270</v>
+        <v>3540</v>
       </c>
     </row>
     <row r="805" spans="1:2">
       <c r="A805" t="s">
         <v>807</v>
       </c>
       <c r="B805" t="s">
-        <v>3271</v>
+        <v>3541</v>
       </c>
     </row>
     <row r="806" spans="1:2">
       <c r="A806" t="s">
         <v>808</v>
       </c>
       <c r="B806" t="s">
-        <v>3272</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="807" spans="1:2">
       <c r="A807" t="s">
         <v>809</v>
       </c>
       <c r="B807" t="s">
-        <v>3273</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="808" spans="1:2">
       <c r="A808" t="s">
         <v>810</v>
       </c>
       <c r="B808" t="s">
-        <v>3274</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="809" spans="1:2">
       <c r="A809" t="s">
         <v>811</v>
       </c>
       <c r="B809" t="s">
-        <v>3275</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="810" spans="1:2">
       <c r="A810" t="s">
         <v>812</v>
       </c>
       <c r="B810" t="s">
-        <v>3276</v>
+        <v>3546</v>
       </c>
     </row>
     <row r="811" spans="1:2">
       <c r="A811" t="s">
         <v>813</v>
       </c>
       <c r="B811" t="s">
-        <v>3277</v>
+        <v>3547</v>
       </c>
     </row>
     <row r="812" spans="1:2">
       <c r="A812" t="s">
         <v>814</v>
       </c>
       <c r="B812" t="s">
-        <v>3278</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="813" spans="1:2">
       <c r="A813" t="s">
         <v>815</v>
       </c>
       <c r="B813" t="s">
-        <v>3279</v>
+        <v>3549</v>
       </c>
     </row>
     <row r="814" spans="1:2">
       <c r="A814" t="s">
         <v>816</v>
       </c>
       <c r="B814" t="s">
-        <v>3280</v>
+        <v>3550</v>
       </c>
     </row>
     <row r="815" spans="1:2">
       <c r="A815" t="s">
         <v>817</v>
       </c>
       <c r="B815" t="s">
-        <v>3281</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="816" spans="1:2">
       <c r="A816" t="s">
         <v>818</v>
       </c>
       <c r="B816" t="s">
-        <v>3282</v>
+        <v>3552</v>
       </c>
     </row>
     <row r="817" spans="1:2">
       <c r="A817" t="s">
         <v>819</v>
       </c>
       <c r="B817" t="s">
-        <v>3030</v>
+        <v>3553</v>
       </c>
     </row>
     <row r="818" spans="1:2">
       <c r="A818" t="s">
         <v>820</v>
       </c>
       <c r="B818" t="s">
-        <v>3283</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="819" spans="1:2">
       <c r="A819" t="s">
         <v>821</v>
       </c>
       <c r="B819" t="s">
-        <v>3284</v>
+        <v>3555</v>
       </c>
     </row>
     <row r="820" spans="1:2">
       <c r="A820" t="s">
         <v>822</v>
       </c>
       <c r="B820" t="s">
-        <v>3285</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="821" spans="1:2">
       <c r="A821" t="s">
         <v>823</v>
       </c>
       <c r="B821" t="s">
-        <v>3286</v>
+        <v>3557</v>
       </c>
     </row>
     <row r="822" spans="1:2">
       <c r="A822" t="s">
         <v>824</v>
       </c>
       <c r="B822" t="s">
-        <v>3287</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="823" spans="1:2">
       <c r="A823" t="s">
         <v>825</v>
       </c>
       <c r="B823" t="s">
-        <v>3288</v>
+        <v>3559</v>
       </c>
     </row>
     <row r="824" spans="1:2">
       <c r="A824" t="s">
         <v>826</v>
       </c>
       <c r="B824" t="s">
-        <v>3289</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="825" spans="1:2">
       <c r="A825" t="s">
         <v>827</v>
       </c>
       <c r="B825" t="s">
-        <v>3290</v>
+        <v>3561</v>
       </c>
     </row>
     <row r="826" spans="1:2">
       <c r="A826" t="s">
         <v>828</v>
       </c>
       <c r="B826" t="s">
-        <v>3291</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="827" spans="1:2">
       <c r="A827" t="s">
         <v>829</v>
       </c>
       <c r="B827" t="s">
-        <v>3292</v>
+        <v>3563</v>
       </c>
     </row>
     <row r="828" spans="1:2">
       <c r="A828" t="s">
         <v>830</v>
       </c>
       <c r="B828" t="s">
-        <v>3293</v>
+        <v>3564</v>
       </c>
     </row>
     <row r="829" spans="1:2">
       <c r="A829" t="s">
         <v>831</v>
       </c>
       <c r="B829" t="s">
-        <v>3294</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="830" spans="1:2">
       <c r="A830" t="s">
         <v>832</v>
       </c>
       <c r="B830" t="s">
-        <v>3295</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="831" spans="1:2">
       <c r="A831" t="s">
         <v>833</v>
       </c>
       <c r="B831" t="s">
-        <v>3296</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="832" spans="1:2">
       <c r="A832" t="s">
         <v>834</v>
       </c>
       <c r="B832" t="s">
-        <v>3297</v>
+        <v>3568</v>
       </c>
     </row>
     <row r="833" spans="1:2">
       <c r="A833" t="s">
         <v>835</v>
       </c>
       <c r="B833" t="s">
-        <v>3298</v>
+        <v>3569</v>
       </c>
     </row>
     <row r="834" spans="1:2">
       <c r="A834" t="s">
         <v>836</v>
       </c>
       <c r="B834" t="s">
-        <v>3299</v>
+        <v>3570</v>
       </c>
     </row>
     <row r="835" spans="1:2">
       <c r="A835" t="s">
         <v>837</v>
       </c>
       <c r="B835" t="s">
-        <v>3300</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="836" spans="1:2">
       <c r="A836" t="s">
         <v>838</v>
       </c>
       <c r="B836" t="s">
-        <v>3301</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="837" spans="1:2">
       <c r="A837" t="s">
         <v>839</v>
       </c>
       <c r="B837" t="s">
-        <v>3302</v>
+        <v>3573</v>
       </c>
     </row>
     <row r="838" spans="1:2">
       <c r="A838" t="s">
         <v>840</v>
       </c>
       <c r="B838" t="s">
-        <v>3303</v>
+        <v>3574</v>
       </c>
     </row>
     <row r="839" spans="1:2">
       <c r="A839" t="s">
         <v>841</v>
       </c>
       <c r="B839" t="s">
-        <v>3304</v>
+        <v>3575</v>
       </c>
     </row>
     <row r="840" spans="1:2">
       <c r="A840" t="s">
         <v>842</v>
       </c>
       <c r="B840" t="s">
-        <v>3305</v>
+        <v>3576</v>
       </c>
     </row>
     <row r="841" spans="1:2">
       <c r="A841" t="s">
         <v>843</v>
       </c>
       <c r="B841" t="s">
-        <v>3306</v>
+        <v>3577</v>
       </c>
     </row>
     <row r="842" spans="1:2">
       <c r="A842" t="s">
         <v>844</v>
       </c>
       <c r="B842" t="s">
-        <v>3307</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="843" spans="1:2">
       <c r="A843" t="s">
         <v>845</v>
       </c>
       <c r="B843" t="s">
-        <v>3308</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="844" spans="1:2">
       <c r="A844" t="s">
         <v>846</v>
       </c>
       <c r="B844" t="s">
-        <v>3309</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="845" spans="1:2">
       <c r="A845" t="s">
         <v>847</v>
       </c>
       <c r="B845" t="s">
-        <v>3310</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="846" spans="1:2">
       <c r="A846" t="s">
         <v>848</v>
       </c>
       <c r="B846" t="s">
-        <v>3311</v>
+        <v>3582</v>
       </c>
     </row>
     <row r="847" spans="1:2">
       <c r="A847" t="s">
         <v>849</v>
       </c>
       <c r="B847" t="s">
-        <v>3312</v>
+        <v>3583</v>
       </c>
     </row>
     <row r="848" spans="1:2">
       <c r="A848" t="s">
         <v>850</v>
       </c>
       <c r="B848" t="s">
-        <v>3313</v>
+        <v>3584</v>
       </c>
     </row>
     <row r="849" spans="1:2">
       <c r="A849" t="s">
         <v>851</v>
       </c>
       <c r="B849" t="s">
-        <v>3314</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="850" spans="1:2">
       <c r="A850" t="s">
         <v>852</v>
       </c>
       <c r="B850" t="s">
-        <v>3315</v>
+        <v>3586</v>
       </c>
     </row>
     <row r="851" spans="1:2">
       <c r="A851" t="s">
         <v>853</v>
       </c>
       <c r="B851" t="s">
-        <v>3316</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="852" spans="1:2">
       <c r="A852" t="s">
         <v>854</v>
       </c>
       <c r="B852" t="s">
-        <v>3317</v>
+        <v>3588</v>
       </c>
     </row>
     <row r="853" spans="1:2">
       <c r="A853" t="s">
         <v>855</v>
       </c>
       <c r="B853" t="s">
-        <v>3318</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="854" spans="1:2">
       <c r="A854" t="s">
         <v>856</v>
       </c>
       <c r="B854" t="s">
-        <v>3319</v>
+        <v>3590</v>
       </c>
     </row>
     <row r="855" spans="1:2">
       <c r="A855" t="s">
         <v>857</v>
       </c>
       <c r="B855" t="s">
-        <v>3320</v>
+        <v>3591</v>
       </c>
     </row>
     <row r="856" spans="1:2">
       <c r="A856" t="s">
         <v>858</v>
       </c>
       <c r="B856" t="s">
-        <v>3321</v>
+        <v>3592</v>
       </c>
     </row>
     <row r="857" spans="1:2">
       <c r="A857" t="s">
         <v>859</v>
       </c>
       <c r="B857" t="s">
-        <v>3322</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="858" spans="1:2">
       <c r="A858" t="s">
         <v>860</v>
       </c>
       <c r="B858" t="s">
-        <v>3323</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="859" spans="1:2">
       <c r="A859" t="s">
         <v>861</v>
       </c>
       <c r="B859" t="s">
-        <v>3324</v>
+        <v>3595</v>
       </c>
     </row>
     <row r="860" spans="1:2">
       <c r="A860" t="s">
         <v>862</v>
       </c>
       <c r="B860" t="s">
-        <v>3325</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="861" spans="1:2">
       <c r="A861" t="s">
         <v>863</v>
       </c>
       <c r="B861" t="s">
-        <v>3326</v>
+        <v>3597</v>
       </c>
     </row>
     <row r="862" spans="1:2">
       <c r="A862" t="s">
         <v>864</v>
       </c>
       <c r="B862" t="s">
-        <v>3327</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="863" spans="1:2">
       <c r="A863" t="s">
         <v>865</v>
       </c>
       <c r="B863" t="s">
-        <v>3328</v>
+        <v>3599</v>
       </c>
     </row>
     <row r="864" spans="1:2">
       <c r="A864" t="s">
         <v>866</v>
       </c>
       <c r="B864" t="s">
-        <v>3329</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="865" spans="1:2">
       <c r="A865" t="s">
         <v>867</v>
       </c>
       <c r="B865" t="s">
-        <v>3330</v>
+        <v>3601</v>
       </c>
     </row>
     <row r="866" spans="1:2">
       <c r="A866" t="s">
         <v>868</v>
       </c>
       <c r="B866" t="s">
-        <v>3331</v>
+        <v>3602</v>
       </c>
     </row>
     <row r="867" spans="1:2">
       <c r="A867" t="s">
         <v>869</v>
       </c>
       <c r="B867" t="s">
-        <v>3332</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="868" spans="1:2">
       <c r="A868" t="s">
         <v>870</v>
       </c>
       <c r="B868" t="s">
-        <v>3333</v>
+        <v>3604</v>
       </c>
     </row>
     <row r="869" spans="1:2">
       <c r="A869" t="s">
         <v>871</v>
       </c>
       <c r="B869" t="s">
-        <v>3334</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="870" spans="1:2">
       <c r="A870" t="s">
         <v>872</v>
       </c>
       <c r="B870" t="s">
-        <v>3335</v>
+        <v>3606</v>
       </c>
     </row>
     <row r="871" spans="1:2">
       <c r="A871" t="s">
         <v>873</v>
       </c>
       <c r="B871" t="s">
-        <v>3336</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="872" spans="1:2">
       <c r="A872" t="s">
         <v>874</v>
       </c>
       <c r="B872" t="s">
-        <v>3337</v>
+        <v>3608</v>
       </c>
     </row>
     <row r="873" spans="1:2">
       <c r="A873" t="s">
         <v>875</v>
       </c>
       <c r="B873" t="s">
-        <v>3338</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="874" spans="1:2">
       <c r="A874" t="s">
         <v>876</v>
       </c>
       <c r="B874" t="s">
-        <v>3339</v>
+        <v>3610</v>
       </c>
     </row>
     <row r="875" spans="1:2">
       <c r="A875" t="s">
         <v>877</v>
       </c>
       <c r="B875" t="s">
-        <v>3340</v>
+        <v>3611</v>
       </c>
     </row>
     <row r="876" spans="1:2">
       <c r="A876" t="s">
         <v>878</v>
       </c>
       <c r="B876" t="s">
-        <v>3341</v>
+        <v>3612</v>
       </c>
     </row>
     <row r="877" spans="1:2">
       <c r="A877" t="s">
         <v>879</v>
       </c>
       <c r="B877" t="s">
-        <v>3342</v>
+        <v>3613</v>
       </c>
     </row>
     <row r="878" spans="1:2">
       <c r="A878" t="s">
         <v>880</v>
       </c>
       <c r="B878" t="s">
-        <v>3343</v>
+        <v>3614</v>
       </c>
     </row>
     <row r="879" spans="1:2">
       <c r="A879" t="s">
         <v>881</v>
       </c>
       <c r="B879" t="s">
-        <v>3344</v>
+        <v>3615</v>
       </c>
     </row>
     <row r="880" spans="1:2">
       <c r="A880" t="s">
         <v>882</v>
       </c>
       <c r="B880" t="s">
-        <v>3345</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="881" spans="1:2">
       <c r="A881" t="s">
         <v>883</v>
       </c>
       <c r="B881" t="s">
-        <v>3346</v>
+        <v>3617</v>
       </c>
     </row>
     <row r="882" spans="1:2">
       <c r="A882" t="s">
         <v>884</v>
       </c>
       <c r="B882" t="s">
-        <v>3347</v>
+        <v>3618</v>
       </c>
     </row>
     <row r="883" spans="1:2">
       <c r="A883" t="s">
         <v>885</v>
       </c>
       <c r="B883" t="s">
-        <v>3348</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="884" spans="1:2">
       <c r="A884" t="s">
         <v>886</v>
       </c>
       <c r="B884" t="s">
-        <v>3349</v>
+        <v>3620</v>
       </c>
     </row>
     <row r="885" spans="1:2">
       <c r="A885" t="s">
         <v>887</v>
       </c>
       <c r="B885" t="s">
-        <v>3350</v>
+        <v>3621</v>
       </c>
     </row>
     <row r="886" spans="1:2">
       <c r="A886" t="s">
         <v>888</v>
       </c>
       <c r="B886" t="s">
-        <v>3351</v>
+        <v>3622</v>
       </c>
     </row>
     <row r="887" spans="1:2">
       <c r="A887" t="s">
         <v>889</v>
       </c>
       <c r="B887" t="s">
-        <v>3352</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="888" spans="1:2">
       <c r="A888" t="s">
         <v>890</v>
       </c>
       <c r="B888" t="s">
-        <v>3353</v>
+        <v>3624</v>
       </c>
     </row>
     <row r="889" spans="1:2">
       <c r="A889" t="s">
         <v>891</v>
       </c>
       <c r="B889" t="s">
-        <v>3354</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="890" spans="1:2">
       <c r="A890" t="s">
         <v>892</v>
       </c>
       <c r="B890" t="s">
-        <v>3355</v>
+        <v>3626</v>
       </c>
     </row>
     <row r="891" spans="1:2">
       <c r="A891" t="s">
         <v>893</v>
       </c>
       <c r="B891" t="s">
-        <v>3356</v>
+        <v>3627</v>
       </c>
     </row>
     <row r="892" spans="1:2">
       <c r="A892" t="s">
         <v>894</v>
       </c>
       <c r="B892" t="s">
-        <v>3357</v>
+        <v>3628</v>
       </c>
     </row>
     <row r="893" spans="1:2">
       <c r="A893" t="s">
         <v>895</v>
       </c>
       <c r="B893" t="s">
-        <v>3358</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="894" spans="1:2">
       <c r="A894" t="s">
         <v>896</v>
       </c>
       <c r="B894" t="s">
-        <v>3359</v>
+        <v>3630</v>
       </c>
     </row>
     <row r="895" spans="1:2">
       <c r="A895" t="s">
         <v>897</v>
       </c>
       <c r="B895" t="s">
-        <v>3360</v>
+        <v>3631</v>
       </c>
     </row>
     <row r="896" spans="1:2">
       <c r="A896" t="s">
         <v>898</v>
       </c>
       <c r="B896" t="s">
-        <v>3361</v>
+        <v>3632</v>
       </c>
     </row>
     <row r="897" spans="1:2">
       <c r="A897" t="s">
         <v>899</v>
       </c>
       <c r="B897" t="s">
-        <v>3362</v>
+        <v>3633</v>
       </c>
     </row>
     <row r="898" spans="1:2">
       <c r="A898" t="s">
         <v>900</v>
       </c>
       <c r="B898" t="s">
-        <v>3363</v>
+        <v>3634</v>
       </c>
     </row>
     <row r="899" spans="1:2">
       <c r="A899" t="s">
         <v>901</v>
       </c>
       <c r="B899" t="s">
-        <v>3364</v>
+        <v>3635</v>
       </c>
     </row>
     <row r="900" spans="1:2">
       <c r="A900" t="s">
         <v>902</v>
       </c>
       <c r="B900" t="s">
-        <v>3365</v>
+        <v>3636</v>
       </c>
     </row>
     <row r="901" spans="1:2">
       <c r="A901" t="s">
         <v>903</v>
       </c>
       <c r="B901" t="s">
-        <v>3366</v>
+        <v>3637</v>
       </c>
     </row>
     <row r="902" spans="1:2">
       <c r="A902" t="s">
         <v>904</v>
       </c>
       <c r="B902" t="s">
-        <v>3367</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="903" spans="1:2">
       <c r="A903" t="s">
         <v>905</v>
       </c>
       <c r="B903" t="s">
-        <v>3368</v>
+        <v>3639</v>
       </c>
     </row>
     <row r="904" spans="1:2">
       <c r="A904" t="s">
         <v>906</v>
       </c>
       <c r="B904" t="s">
-        <v>3369</v>
+        <v>3640</v>
       </c>
     </row>
     <row r="905" spans="1:2">
       <c r="A905" t="s">
         <v>907</v>
       </c>
       <c r="B905" t="s">
-        <v>3370</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="906" spans="1:2">
       <c r="A906" t="s">
         <v>908</v>
       </c>
       <c r="B906" t="s">
-        <v>3371</v>
+        <v>3642</v>
       </c>
     </row>
     <row r="907" spans="1:2">
       <c r="A907" t="s">
         <v>909</v>
       </c>
       <c r="B907" t="s">
-        <v>3372</v>
+        <v>3643</v>
       </c>
     </row>
     <row r="908" spans="1:2">
       <c r="A908" t="s">
         <v>910</v>
       </c>
       <c r="B908" t="s">
-        <v>3373</v>
+        <v>3644</v>
       </c>
     </row>
     <row r="909" spans="1:2">
       <c r="A909" t="s">
         <v>911</v>
       </c>
       <c r="B909" t="s">
-        <v>3374</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="910" spans="1:2">
       <c r="A910" t="s">
         <v>912</v>
       </c>
       <c r="B910" t="s">
-        <v>3375</v>
+        <v>3646</v>
       </c>
     </row>
     <row r="911" spans="1:2">
       <c r="A911" t="s">
         <v>913</v>
       </c>
       <c r="B911" t="s">
-        <v>3376</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="912" spans="1:2">
       <c r="A912" t="s">
         <v>914</v>
       </c>
       <c r="B912" t="s">
-        <v>3377</v>
+        <v>3648</v>
       </c>
     </row>
     <row r="913" spans="1:2">
       <c r="A913" t="s">
         <v>915</v>
       </c>
       <c r="B913" t="s">
-        <v>3378</v>
+        <v>3649</v>
       </c>
     </row>
     <row r="914" spans="1:2">
       <c r="A914" t="s">
         <v>916</v>
       </c>
       <c r="B914" t="s">
-        <v>3379</v>
+        <v>3650</v>
       </c>
     </row>
     <row r="915" spans="1:2">
       <c r="A915" t="s">
         <v>917</v>
       </c>
       <c r="B915" t="s">
-        <v>3380</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="916" spans="1:2">
       <c r="A916" t="s">
         <v>918</v>
       </c>
       <c r="B916" t="s">
-        <v>3381</v>
+        <v>3652</v>
       </c>
     </row>
     <row r="917" spans="1:2">
       <c r="A917" t="s">
         <v>919</v>
       </c>
       <c r="B917" t="s">
-        <v>3382</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="918" spans="1:2">
       <c r="A918" t="s">
         <v>920</v>
       </c>
       <c r="B918" t="s">
-        <v>3383</v>
+        <v>3654</v>
       </c>
     </row>
     <row r="919" spans="1:2">
       <c r="A919" t="s">
         <v>921</v>
       </c>
       <c r="B919" t="s">
-        <v>3384</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="920" spans="1:2">
       <c r="A920" t="s">
         <v>922</v>
       </c>
       <c r="B920" t="s">
-        <v>3385</v>
+        <v>3656</v>
       </c>
     </row>
     <row r="921" spans="1:2">
       <c r="A921" t="s">
         <v>923</v>
       </c>
       <c r="B921" t="s">
-        <v>3386</v>
+        <v>3657</v>
       </c>
     </row>
     <row r="922" spans="1:2">
       <c r="A922" t="s">
         <v>924</v>
       </c>
       <c r="B922" t="s">
-        <v>3387</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="923" spans="1:2">
       <c r="A923" t="s">
         <v>925</v>
       </c>
       <c r="B923" t="s">
         <v>3388</v>
       </c>
     </row>
     <row r="924" spans="1:2">
       <c r="A924" t="s">
         <v>926</v>
       </c>
       <c r="B924" t="s">
-        <v>3389</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="925" spans="1:2">
       <c r="A925" t="s">
         <v>927</v>
       </c>
       <c r="B925" t="s">
-        <v>3390</v>
+        <v>3660</v>
       </c>
     </row>
     <row r="926" spans="1:2">
       <c r="A926" t="s">
         <v>928</v>
       </c>
       <c r="B926" t="s">
-        <v>3391</v>
+        <v>3661</v>
       </c>
     </row>
     <row r="927" spans="1:2">
       <c r="A927" t="s">
         <v>929</v>
       </c>
       <c r="B927" t="s">
-        <v>3392</v>
+        <v>3662</v>
       </c>
     </row>
     <row r="928" spans="1:2">
       <c r="A928" t="s">
         <v>930</v>
       </c>
       <c r="B928" t="s">
-        <v>3393</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="929" spans="1:2">
       <c r="A929" t="s">
         <v>931</v>
       </c>
       <c r="B929" t="s">
-        <v>3394</v>
+        <v>3664</v>
       </c>
     </row>
     <row r="930" spans="1:2">
       <c r="A930" t="s">
         <v>932</v>
       </c>
       <c r="B930" t="s">
-        <v>3395</v>
+        <v>3665</v>
       </c>
     </row>
     <row r="931" spans="1:2">
       <c r="A931" t="s">
         <v>933</v>
       </c>
       <c r="B931" t="s">
-        <v>3396</v>
+        <v>3666</v>
       </c>
     </row>
     <row r="932" spans="1:2">
       <c r="A932" t="s">
         <v>934</v>
       </c>
       <c r="B932" t="s">
-        <v>3397</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="933" spans="1:2">
       <c r="A933" t="s">
         <v>935</v>
       </c>
       <c r="B933" t="s">
-        <v>3398</v>
+        <v>3668</v>
       </c>
     </row>
     <row r="934" spans="1:2">
       <c r="A934" t="s">
         <v>936</v>
       </c>
       <c r="B934" t="s">
-        <v>3399</v>
+        <v>3669</v>
       </c>
     </row>
     <row r="935" spans="1:2">
       <c r="A935" t="s">
         <v>937</v>
       </c>
       <c r="B935" t="s">
-        <v>3400</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="936" spans="1:2">
       <c r="A936" t="s">
         <v>938</v>
       </c>
       <c r="B936" t="s">
-        <v>3401</v>
+        <v>3671</v>
       </c>
     </row>
     <row r="937" spans="1:2">
       <c r="A937" t="s">
         <v>939</v>
       </c>
       <c r="B937" t="s">
-        <v>3402</v>
+        <v>3672</v>
       </c>
     </row>
     <row r="938" spans="1:2">
       <c r="A938" t="s">
         <v>940</v>
       </c>
       <c r="B938" t="s">
-        <v>3403</v>
+        <v>3673</v>
       </c>
     </row>
     <row r="939" spans="1:2">
       <c r="A939" t="s">
         <v>941</v>
       </c>
       <c r="B939" t="s">
-        <v>3404</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="940" spans="1:2">
       <c r="A940" t="s">
         <v>942</v>
       </c>
       <c r="B940" t="s">
-        <v>3405</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="941" spans="1:2">
       <c r="A941" t="s">
         <v>943</v>
       </c>
       <c r="B941" t="s">
-        <v>3406</v>
+        <v>3676</v>
       </c>
     </row>
     <row r="942" spans="1:2">
       <c r="A942" t="s">
         <v>944</v>
       </c>
       <c r="B942" t="s">
-        <v>3407</v>
+        <v>3677</v>
       </c>
     </row>
     <row r="943" spans="1:2">
       <c r="A943" t="s">
         <v>945</v>
       </c>
       <c r="B943" t="s">
-        <v>3408</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="944" spans="1:2">
       <c r="A944" t="s">
         <v>946</v>
       </c>
       <c r="B944" t="s">
-        <v>3409</v>
+        <v>3679</v>
       </c>
     </row>
     <row r="945" spans="1:2">
       <c r="A945" t="s">
         <v>947</v>
       </c>
       <c r="B945" t="s">
-        <v>3410</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="946" spans="1:2">
       <c r="A946" t="s">
         <v>948</v>
       </c>
       <c r="B946" t="s">
-        <v>3411</v>
+        <v>3681</v>
       </c>
     </row>
     <row r="947" spans="1:2">
       <c r="A947" t="s">
         <v>949</v>
       </c>
       <c r="B947" t="s">
-        <v>3412</v>
+        <v>3682</v>
       </c>
     </row>
     <row r="948" spans="1:2">
       <c r="A948" t="s">
         <v>950</v>
       </c>
       <c r="B948" t="s">
-        <v>3413</v>
+        <v>3683</v>
       </c>
     </row>
     <row r="949" spans="1:2">
       <c r="A949" t="s">
         <v>951</v>
       </c>
       <c r="B949" t="s">
-        <v>3414</v>
+        <v>3684</v>
       </c>
     </row>
     <row r="950" spans="1:2">
       <c r="A950" t="s">
         <v>952</v>
       </c>
       <c r="B950" t="s">
-        <v>3415</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="951" spans="1:2">
       <c r="A951" t="s">
         <v>953</v>
       </c>
       <c r="B951" t="s">
-        <v>3416</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="952" spans="1:2">
       <c r="A952" t="s">
         <v>954</v>
       </c>
       <c r="B952" t="s">
-        <v>3417</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="953" spans="1:2">
       <c r="A953" t="s">
         <v>955</v>
       </c>
       <c r="B953" t="s">
-        <v>3418</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="954" spans="1:2">
       <c r="A954" t="s">
         <v>956</v>
       </c>
       <c r="B954" t="s">
-        <v>3419</v>
+        <v>3689</v>
       </c>
     </row>
     <row r="955" spans="1:2">
       <c r="A955" t="s">
         <v>957</v>
       </c>
       <c r="B955" t="s">
-        <v>3420</v>
+        <v>3690</v>
       </c>
     </row>
     <row r="956" spans="1:2">
       <c r="A956" t="s">
         <v>958</v>
       </c>
       <c r="B956" t="s">
-        <v>3421</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="957" spans="1:2">
       <c r="A957" t="s">
         <v>959</v>
       </c>
       <c r="B957" t="s">
-        <v>3422</v>
+        <v>3692</v>
       </c>
     </row>
     <row r="958" spans="1:2">
       <c r="A958" t="s">
         <v>960</v>
       </c>
       <c r="B958" t="s">
-        <v>3423</v>
+        <v>3693</v>
       </c>
     </row>
     <row r="959" spans="1:2">
       <c r="A959" t="s">
         <v>961</v>
       </c>
       <c r="B959" t="s">
-        <v>3424</v>
+        <v>3694</v>
       </c>
     </row>
     <row r="960" spans="1:2">
       <c r="A960" t="s">
         <v>962</v>
       </c>
       <c r="B960" t="s">
-        <v>3425</v>
+        <v>3695</v>
       </c>
     </row>
     <row r="961" spans="1:2">
       <c r="A961" t="s">
         <v>963</v>
       </c>
       <c r="B961" t="s">
-        <v>3426</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="962" spans="1:2">
       <c r="A962" t="s">
         <v>964</v>
       </c>
       <c r="B962" t="s">
-        <v>3427</v>
+        <v>3697</v>
       </c>
     </row>
     <row r="963" spans="1:2">
       <c r="A963" t="s">
         <v>965</v>
       </c>
       <c r="B963" t="s">
-        <v>3428</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="964" spans="1:2">
       <c r="A964" t="s">
         <v>966</v>
       </c>
       <c r="B964" t="s">
-        <v>3429</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="965" spans="1:2">
       <c r="A965" t="s">
         <v>967</v>
       </c>
       <c r="B965" t="s">
-        <v>3430</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="966" spans="1:2">
       <c r="A966" t="s">
         <v>968</v>
       </c>
       <c r="B966" t="s">
-        <v>3431</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="967" spans="1:2">
       <c r="A967" t="s">
         <v>969</v>
       </c>
       <c r="B967" t="s">
-        <v>3432</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="968" spans="1:2">
       <c r="A968" t="s">
         <v>970</v>
       </c>
       <c r="B968" t="s">
-        <v>3433</v>
+        <v>3703</v>
       </c>
     </row>
     <row r="969" spans="1:2">
       <c r="A969" t="s">
         <v>971</v>
       </c>
       <c r="B969" t="s">
-        <v>3434</v>
+        <v>3704</v>
       </c>
     </row>
     <row r="970" spans="1:2">
       <c r="A970" t="s">
         <v>972</v>
       </c>
       <c r="B970" t="s">
-        <v>3435</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="971" spans="1:2">
       <c r="A971" t="s">
         <v>973</v>
       </c>
       <c r="B971" t="s">
-        <v>3436</v>
+        <v>3706</v>
       </c>
     </row>
     <row r="972" spans="1:2">
       <c r="A972" t="s">
         <v>974</v>
       </c>
       <c r="B972" t="s">
-        <v>3437</v>
+        <v>3707</v>
       </c>
     </row>
     <row r="973" spans="1:2">
       <c r="A973" t="s">
         <v>975</v>
       </c>
       <c r="B973" t="s">
-        <v>3438</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="974" spans="1:2">
       <c r="A974" t="s">
         <v>976</v>
       </c>
       <c r="B974" t="s">
-        <v>3439</v>
+        <v>3709</v>
       </c>
     </row>
     <row r="975" spans="1:2">
       <c r="A975" t="s">
         <v>977</v>
       </c>
       <c r="B975" t="s">
-        <v>3440</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="976" spans="1:2">
       <c r="A976" t="s">
         <v>978</v>
       </c>
       <c r="B976" t="s">
-        <v>3441</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="977" spans="1:2">
       <c r="A977" t="s">
         <v>979</v>
       </c>
       <c r="B977" t="s">
-        <v>3442</v>
+        <v>3712</v>
       </c>
     </row>
     <row r="978" spans="1:2">
       <c r="A978" t="s">
         <v>980</v>
       </c>
       <c r="B978" t="s">
-        <v>3443</v>
+        <v>3713</v>
       </c>
     </row>
     <row r="979" spans="1:2">
       <c r="A979" t="s">
         <v>981</v>
       </c>
       <c r="B979" t="s">
-        <v>3444</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="980" spans="1:2">
       <c r="A980" t="s">
         <v>982</v>
       </c>
       <c r="B980" t="s">
-        <v>3445</v>
+        <v>3715</v>
       </c>
     </row>
     <row r="981" spans="1:2">
       <c r="A981" t="s">
         <v>983</v>
       </c>
       <c r="B981" t="s">
-        <v>3446</v>
+        <v>3716</v>
       </c>
     </row>
     <row r="982" spans="1:2">
       <c r="A982" t="s">
         <v>984</v>
       </c>
       <c r="B982" t="s">
-        <v>3447</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="983" spans="1:2">
       <c r="A983" t="s">
         <v>985</v>
       </c>
       <c r="B983" t="s">
-        <v>3448</v>
+        <v>3718</v>
       </c>
     </row>
     <row r="984" spans="1:2">
       <c r="A984" t="s">
         <v>986</v>
       </c>
       <c r="B984" t="s">
-        <v>3449</v>
+        <v>3719</v>
       </c>
     </row>
     <row r="985" spans="1:2">
       <c r="A985" t="s">
         <v>987</v>
       </c>
       <c r="B985" t="s">
-        <v>3450</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="986" spans="1:2">
       <c r="A986" t="s">
         <v>988</v>
       </c>
       <c r="B986" t="s">
-        <v>3451</v>
+        <v>3721</v>
       </c>
     </row>
     <row r="987" spans="1:2">
       <c r="A987" t="s">
         <v>989</v>
       </c>
       <c r="B987" t="s">
-        <v>3452</v>
+        <v>3722</v>
       </c>
     </row>
     <row r="988" spans="1:2">
       <c r="A988" t="s">
         <v>990</v>
       </c>
       <c r="B988" t="s">
-        <v>3453</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="989" spans="1:2">
       <c r="A989" t="s">
         <v>991</v>
       </c>
       <c r="B989" t="s">
-        <v>3454</v>
+        <v>3724</v>
       </c>
     </row>
     <row r="990" spans="1:2">
       <c r="A990" t="s">
         <v>992</v>
       </c>
       <c r="B990" t="s">
-        <v>3455</v>
+        <v>3725</v>
       </c>
     </row>
     <row r="991" spans="1:2">
       <c r="A991" t="s">
         <v>993</v>
       </c>
       <c r="B991" t="s">
-        <v>3456</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="992" spans="1:2">
       <c r="A992" t="s">
         <v>994</v>
       </c>
       <c r="B992" t="s">
-        <v>3457</v>
+        <v>3727</v>
       </c>
     </row>
     <row r="993" spans="1:2">
       <c r="A993" t="s">
         <v>995</v>
       </c>
       <c r="B993" t="s">
-        <v>3458</v>
+        <v>3728</v>
       </c>
     </row>
     <row r="994" spans="1:2">
       <c r="A994" t="s">
         <v>996</v>
       </c>
       <c r="B994" t="s">
-        <v>3459</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="995" spans="1:2">
       <c r="A995" t="s">
         <v>997</v>
       </c>
       <c r="B995" t="s">
-        <v>3460</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="996" spans="1:2">
       <c r="A996" t="s">
         <v>998</v>
       </c>
       <c r="B996" t="s">
-        <v>3461</v>
+        <v>3731</v>
       </c>
     </row>
     <row r="997" spans="1:2">
       <c r="A997" t="s">
         <v>999</v>
       </c>
       <c r="B997" t="s">
-        <v>3462</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="998" spans="1:2">
       <c r="A998" t="s">
         <v>1000</v>
       </c>
       <c r="B998" t="s">
-        <v>3463</v>
+        <v>3733</v>
       </c>
     </row>
     <row r="999" spans="1:2">
       <c r="A999" t="s">
         <v>1001</v>
       </c>
       <c r="B999" t="s">
-        <v>3464</v>
+        <v>3734</v>
       </c>
     </row>
     <row r="1000" spans="1:2">
       <c r="A1000" t="s">
         <v>1002</v>
       </c>
       <c r="B1000" t="s">
-        <v>3465</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="1001" spans="1:2">
       <c r="A1001" t="s">
         <v>1003</v>
       </c>
       <c r="B1001" t="s">
-        <v>3466</v>
+        <v>3736</v>
       </c>
     </row>
     <row r="1002" spans="1:2">
       <c r="A1002" t="s">
         <v>1004</v>
       </c>
       <c r="B1002" t="s">
-        <v>3467</v>
+        <v>3737</v>
       </c>
     </row>
     <row r="1003" spans="1:2">
       <c r="A1003" t="s">
         <v>1005</v>
       </c>
       <c r="B1003" t="s">
-        <v>3468</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1004" spans="1:2">
       <c r="A1004" t="s">
         <v>1006</v>
       </c>
       <c r="B1004" t="s">
-        <v>3469</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="1005" spans="1:2">
       <c r="A1005" t="s">
         <v>1007</v>
       </c>
       <c r="B1005" t="s">
-        <v>3470</v>
+        <v>3740</v>
       </c>
     </row>
     <row r="1006" spans="1:2">
       <c r="A1006" t="s">
         <v>1008</v>
       </c>
       <c r="B1006" t="s">
-        <v>3471</v>
+        <v>3741</v>
       </c>
     </row>
     <row r="1007" spans="1:2">
       <c r="A1007" t="s">
         <v>1009</v>
       </c>
       <c r="B1007" t="s">
-        <v>3472</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="1008" spans="1:2">
       <c r="A1008" t="s">
         <v>1010</v>
       </c>
       <c r="B1008" t="s">
-        <v>3473</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="1009" spans="1:2">
       <c r="A1009" t="s">
         <v>1011</v>
       </c>
       <c r="B1009" t="s">
-        <v>3474</v>
+        <v>3744</v>
       </c>
     </row>
     <row r="1010" spans="1:2">
       <c r="A1010" t="s">
         <v>1012</v>
       </c>
       <c r="B1010" t="s">
-        <v>3475</v>
+        <v>3745</v>
       </c>
     </row>
     <row r="1011" spans="1:2">
       <c r="A1011" t="s">
         <v>1013</v>
       </c>
       <c r="B1011" t="s">
-        <v>3476</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="1012" spans="1:2">
       <c r="A1012" t="s">
         <v>1014</v>
       </c>
       <c r="B1012" t="s">
-        <v>3477</v>
+        <v>3747</v>
       </c>
     </row>
     <row r="1013" spans="1:2">
       <c r="A1013" t="s">
         <v>1015</v>
       </c>
       <c r="B1013" t="s">
-        <v>3478</v>
+        <v>3748</v>
       </c>
     </row>
     <row r="1014" spans="1:2">
       <c r="A1014" t="s">
         <v>1016</v>
       </c>
       <c r="B1014" t="s">
-        <v>3479</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="1015" spans="1:2">
       <c r="A1015" t="s">
         <v>1017</v>
       </c>
       <c r="B1015" t="s">
-        <v>3480</v>
+        <v>3750</v>
       </c>
     </row>
     <row r="1016" spans="1:2">
       <c r="A1016" t="s">
         <v>1018</v>
       </c>
       <c r="B1016" t="s">
-        <v>3481</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="1017" spans="1:2">
       <c r="A1017" t="s">
         <v>1019</v>
       </c>
       <c r="B1017" t="s">
-        <v>3482</v>
+        <v>3752</v>
       </c>
     </row>
     <row r="1018" spans="1:2">
       <c r="A1018" t="s">
         <v>1020</v>
       </c>
       <c r="B1018" t="s">
-        <v>3483</v>
+        <v>3753</v>
       </c>
     </row>
     <row r="1019" spans="1:2">
       <c r="A1019" t="s">
         <v>1021</v>
       </c>
       <c r="B1019" t="s">
-        <v>3484</v>
+        <v>3754</v>
       </c>
     </row>
     <row r="1020" spans="1:2">
       <c r="A1020" t="s">
         <v>1022</v>
       </c>
       <c r="B1020" t="s">
-        <v>3485</v>
+        <v>3755</v>
       </c>
     </row>
     <row r="1021" spans="1:2">
       <c r="A1021" t="s">
         <v>1023</v>
       </c>
       <c r="B1021" t="s">
-        <v>3486</v>
+        <v>3756</v>
       </c>
     </row>
     <row r="1022" spans="1:2">
       <c r="A1022" t="s">
         <v>1024</v>
       </c>
       <c r="B1022" t="s">
-        <v>3487</v>
+        <v>3757</v>
       </c>
     </row>
     <row r="1023" spans="1:2">
       <c r="A1023" t="s">
         <v>1025</v>
       </c>
       <c r="B1023" t="s">
-        <v>3488</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1024" spans="1:2">
       <c r="A1024" t="s">
         <v>1026</v>
       </c>
       <c r="B1024" t="s">
-        <v>3489</v>
+        <v>3759</v>
       </c>
     </row>
     <row r="1025" spans="1:2">
       <c r="A1025" t="s">
         <v>1027</v>
       </c>
       <c r="B1025" t="s">
-        <v>3490</v>
+        <v>3760</v>
       </c>
     </row>
     <row r="1026" spans="1:2">
       <c r="A1026" t="s">
         <v>1028</v>
       </c>
       <c r="B1026" t="s">
-        <v>3491</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="1027" spans="1:2">
       <c r="A1027" t="s">
         <v>1029</v>
       </c>
       <c r="B1027" t="s">
-        <v>3492</v>
+        <v>3762</v>
       </c>
     </row>
     <row r="1028" spans="1:2">
       <c r="A1028" t="s">
         <v>1030</v>
       </c>
       <c r="B1028" t="s">
-        <v>3493</v>
+        <v>3763</v>
       </c>
     </row>
     <row r="1029" spans="1:2">
       <c r="A1029" t="s">
         <v>1031</v>
       </c>
       <c r="B1029" t="s">
-        <v>3494</v>
+        <v>3764</v>
       </c>
     </row>
     <row r="1030" spans="1:2">
       <c r="A1030" t="s">
         <v>1032</v>
       </c>
       <c r="B1030" t="s">
-        <v>3495</v>
+        <v>3765</v>
       </c>
     </row>
     <row r="1031" spans="1:2">
       <c r="A1031" t="s">
         <v>1033</v>
       </c>
       <c r="B1031" t="s">
-        <v>3496</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="1032" spans="1:2">
       <c r="A1032" t="s">
         <v>1034</v>
       </c>
       <c r="B1032" t="s">
-        <v>3497</v>
+        <v>3767</v>
       </c>
     </row>
     <row r="1033" spans="1:2">
       <c r="A1033" t="s">
         <v>1035</v>
       </c>
       <c r="B1033" t="s">
-        <v>3498</v>
+        <v>3768</v>
       </c>
     </row>
     <row r="1034" spans="1:2">
       <c r="A1034" t="s">
         <v>1036</v>
       </c>
       <c r="B1034" t="s">
-        <v>3499</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="1035" spans="1:2">
       <c r="A1035" t="s">
         <v>1037</v>
       </c>
       <c r="B1035" t="s">
-        <v>3500</v>
+        <v>3770</v>
       </c>
     </row>
     <row r="1036" spans="1:2">
       <c r="A1036" t="s">
         <v>1038</v>
       </c>
       <c r="B1036" t="s">
-        <v>3501</v>
+        <v>3771</v>
       </c>
     </row>
     <row r="1037" spans="1:2">
       <c r="A1037" t="s">
         <v>1039</v>
       </c>
       <c r="B1037" t="s">
-        <v>3502</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="1038" spans="1:2">
       <c r="A1038" t="s">
         <v>1040</v>
       </c>
       <c r="B1038" t="s">
-        <v>3503</v>
+        <v>3773</v>
       </c>
     </row>
     <row r="1039" spans="1:2">
       <c r="A1039" t="s">
         <v>1041</v>
       </c>
       <c r="B1039" t="s">
-        <v>3504</v>
+        <v>3774</v>
       </c>
     </row>
     <row r="1040" spans="1:2">
       <c r="A1040" t="s">
         <v>1042</v>
       </c>
       <c r="B1040" t="s">
-        <v>3505</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="1041" spans="1:2">
       <c r="A1041" t="s">
         <v>1043</v>
       </c>
       <c r="B1041" t="s">
-        <v>3506</v>
+        <v>3776</v>
       </c>
     </row>
     <row r="1042" spans="1:2">
       <c r="A1042" t="s">
         <v>1044</v>
       </c>
       <c r="B1042" t="s">
-        <v>3507</v>
+        <v>3777</v>
       </c>
     </row>
     <row r="1043" spans="1:2">
       <c r="A1043" t="s">
         <v>1045</v>
       </c>
       <c r="B1043" t="s">
-        <v>3508</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="1044" spans="1:2">
       <c r="A1044" t="s">
         <v>1046</v>
       </c>
       <c r="B1044" t="s">
-        <v>3509</v>
+        <v>3779</v>
       </c>
     </row>
     <row r="1045" spans="1:2">
       <c r="A1045" t="s">
         <v>1047</v>
       </c>
       <c r="B1045" t="s">
-        <v>3510</v>
+        <v>3780</v>
       </c>
     </row>
     <row r="1046" spans="1:2">
       <c r="A1046" t="s">
         <v>1048</v>
       </c>
       <c r="B1046" t="s">
-        <v>3511</v>
+        <v>3781</v>
       </c>
     </row>
     <row r="1047" spans="1:2">
       <c r="A1047" t="s">
         <v>1049</v>
       </c>
       <c r="B1047" t="s">
-        <v>3512</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="1048" spans="1:2">
       <c r="A1048" t="s">
         <v>1050</v>
       </c>
       <c r="B1048" t="s">
-        <v>3513</v>
+        <v>3783</v>
       </c>
     </row>
     <row r="1049" spans="1:2">
       <c r="A1049" t="s">
         <v>1051</v>
       </c>
       <c r="B1049" t="s">
-        <v>3514</v>
+        <v>3784</v>
       </c>
     </row>
     <row r="1050" spans="1:2">
       <c r="A1050" t="s">
         <v>1052</v>
       </c>
       <c r="B1050" t="s">
-        <v>3515</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="1051" spans="1:2">
       <c r="A1051" t="s">
         <v>1053</v>
       </c>
       <c r="B1051" t="s">
-        <v>3516</v>
+        <v>3786</v>
       </c>
     </row>
     <row r="1052" spans="1:2">
       <c r="A1052" t="s">
         <v>1054</v>
       </c>
       <c r="B1052" t="s">
-        <v>3517</v>
+        <v>3787</v>
       </c>
     </row>
     <row r="1053" spans="1:2">
       <c r="A1053" t="s">
         <v>1055</v>
       </c>
       <c r="B1053" t="s">
-        <v>3518</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="1054" spans="1:2">
       <c r="A1054" t="s">
         <v>1056</v>
       </c>
       <c r="B1054" t="s">
-        <v>3519</v>
+        <v>3789</v>
       </c>
     </row>
     <row r="1055" spans="1:2">
       <c r="A1055" t="s">
         <v>1057</v>
       </c>
       <c r="B1055" t="s">
-        <v>3520</v>
+        <v>3790</v>
       </c>
     </row>
     <row r="1056" spans="1:2">
       <c r="A1056" t="s">
         <v>1058</v>
       </c>
       <c r="B1056" t="s">
-        <v>3521</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="1057" spans="1:2">
       <c r="A1057" t="s">
         <v>1059</v>
       </c>
       <c r="B1057" t="s">
-        <v>3522</v>
+        <v>3792</v>
       </c>
     </row>
     <row r="1058" spans="1:2">
       <c r="A1058" t="s">
         <v>1060</v>
       </c>
       <c r="B1058" t="s">
-        <v>3523</v>
+        <v>3793</v>
       </c>
     </row>
     <row r="1059" spans="1:2">
       <c r="A1059" t="s">
         <v>1061</v>
       </c>
       <c r="B1059" t="s">
-        <v>3524</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="1060" spans="1:2">
       <c r="A1060" t="s">
         <v>1062</v>
       </c>
       <c r="B1060" t="s">
-        <v>3525</v>
+        <v>3795</v>
       </c>
     </row>
     <row r="1061" spans="1:2">
       <c r="A1061" t="s">
         <v>1063</v>
       </c>
       <c r="B1061" t="s">
-        <v>3526</v>
+        <v>3796</v>
       </c>
     </row>
     <row r="1062" spans="1:2">
       <c r="A1062" t="s">
         <v>1064</v>
       </c>
       <c r="B1062" t="s">
-        <v>3527</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="1063" spans="1:2">
       <c r="A1063" t="s">
         <v>1065</v>
       </c>
       <c r="B1063" t="s">
-        <v>3528</v>
+        <v>3798</v>
       </c>
     </row>
     <row r="1064" spans="1:2">
       <c r="A1064" t="s">
         <v>1066</v>
       </c>
       <c r="B1064" t="s">
-        <v>3529</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="1065" spans="1:2">
       <c r="A1065" t="s">
         <v>1067</v>
       </c>
       <c r="B1065" t="s">
-        <v>3530</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="1066" spans="1:2">
       <c r="A1066" t="s">
         <v>1068</v>
       </c>
       <c r="B1066" t="s">
-        <v>3531</v>
+        <v>3801</v>
       </c>
     </row>
     <row r="1067" spans="1:2">
       <c r="A1067" t="s">
         <v>1069</v>
       </c>
       <c r="B1067" t="s">
-        <v>3532</v>
+        <v>3802</v>
       </c>
     </row>
     <row r="1068" spans="1:2">
       <c r="A1068" t="s">
         <v>1070</v>
       </c>
       <c r="B1068" t="s">
-        <v>3533</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="1069" spans="1:2">
       <c r="A1069" t="s">
         <v>1071</v>
       </c>
       <c r="B1069" t="s">
-        <v>3534</v>
+        <v>3804</v>
       </c>
     </row>
     <row r="1070" spans="1:2">
       <c r="A1070" t="s">
         <v>1072</v>
       </c>
       <c r="B1070" t="s">
-        <v>3535</v>
+        <v>3805</v>
       </c>
     </row>
     <row r="1071" spans="1:2">
       <c r="A1071" t="s">
         <v>1073</v>
       </c>
       <c r="B1071" t="s">
-        <v>3536</v>
+        <v>3806</v>
       </c>
     </row>
     <row r="1072" spans="1:2">
       <c r="A1072" t="s">
         <v>1074</v>
       </c>
       <c r="B1072" t="s">
-        <v>3537</v>
+        <v>3807</v>
       </c>
     </row>
     <row r="1073" spans="1:2">
       <c r="A1073" t="s">
         <v>1075</v>
       </c>
       <c r="B1073" t="s">
-        <v>3538</v>
+        <v>3808</v>
       </c>
     </row>
     <row r="1074" spans="1:2">
       <c r="A1074" t="s">
         <v>1076</v>
       </c>
       <c r="B1074" t="s">
-        <v>3539</v>
+        <v>3809</v>
       </c>
     </row>
     <row r="1075" spans="1:2">
       <c r="A1075" t="s">
         <v>1077</v>
       </c>
       <c r="B1075" t="s">
-        <v>3540</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="1076" spans="1:2">
       <c r="A1076" t="s">
         <v>1078</v>
       </c>
       <c r="B1076" t="s">
-        <v>3541</v>
+        <v>3811</v>
       </c>
     </row>
     <row r="1077" spans="1:2">
       <c r="A1077" t="s">
         <v>1079</v>
       </c>
       <c r="B1077" t="s">
-        <v>3542</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1078" spans="1:2">
       <c r="A1078" t="s">
         <v>1080</v>
       </c>
       <c r="B1078" t="s">
-        <v>3543</v>
+        <v>3813</v>
       </c>
     </row>
     <row r="1079" spans="1:2">
       <c r="A1079" t="s">
         <v>1081</v>
       </c>
       <c r="B1079" t="s">
-        <v>3544</v>
+        <v>3814</v>
       </c>
     </row>
     <row r="1080" spans="1:2">
       <c r="A1080" t="s">
         <v>1082</v>
       </c>
       <c r="B1080" t="s">
-        <v>3545</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="1081" spans="1:2">
       <c r="A1081" t="s">
         <v>1083</v>
       </c>
       <c r="B1081" t="s">
-        <v>3546</v>
+        <v>3816</v>
       </c>
     </row>
     <row r="1082" spans="1:2">
       <c r="A1082" t="s">
         <v>1084</v>
       </c>
       <c r="B1082" t="s">
-        <v>3547</v>
+        <v>3817</v>
       </c>
     </row>
     <row r="1083" spans="1:2">
       <c r="A1083" t="s">
         <v>1085</v>
       </c>
       <c r="B1083" t="s">
-        <v>3548</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="1084" spans="1:2">
       <c r="A1084" t="s">
         <v>1086</v>
       </c>
       <c r="B1084" t="s">
-        <v>3549</v>
+        <v>3819</v>
       </c>
     </row>
     <row r="1085" spans="1:2">
       <c r="A1085" t="s">
         <v>1087</v>
       </c>
       <c r="B1085" t="s">
-        <v>3550</v>
+        <v>3820</v>
       </c>
     </row>
     <row r="1086" spans="1:2">
       <c r="A1086" t="s">
         <v>1088</v>
       </c>
       <c r="B1086" t="s">
-        <v>3551</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="1087" spans="1:2">
       <c r="A1087" t="s">
         <v>1089</v>
       </c>
       <c r="B1087" t="s">
-        <v>3552</v>
+        <v>3822</v>
       </c>
     </row>
     <row r="1088" spans="1:2">
       <c r="A1088" t="s">
         <v>1090</v>
       </c>
       <c r="B1088" t="s">
-        <v>3553</v>
+        <v>3823</v>
       </c>
     </row>
     <row r="1089" spans="1:2">
       <c r="A1089" t="s">
         <v>1091</v>
       </c>
       <c r="B1089" t="s">
-        <v>3554</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="1090" spans="1:2">
       <c r="A1090" t="s">
         <v>1092</v>
       </c>
       <c r="B1090" t="s">
-        <v>3555</v>
+        <v>3825</v>
       </c>
     </row>
     <row r="1091" spans="1:2">
       <c r="A1091" t="s">
         <v>1093</v>
       </c>
       <c r="B1091" t="s">
-        <v>3556</v>
+        <v>3826</v>
       </c>
     </row>
     <row r="1092" spans="1:2">
       <c r="A1092" t="s">
         <v>1094</v>
       </c>
       <c r="B1092" t="s">
-        <v>3557</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="1093" spans="1:2">
       <c r="A1093" t="s">
         <v>1095</v>
       </c>
       <c r="B1093" t="s">
-        <v>3558</v>
+        <v>3828</v>
       </c>
     </row>
     <row r="1094" spans="1:2">
       <c r="A1094" t="s">
         <v>1096</v>
       </c>
       <c r="B1094" t="s">
-        <v>3559</v>
+        <v>3829</v>
       </c>
     </row>
     <row r="1095" spans="1:2">
       <c r="A1095" t="s">
         <v>1097</v>
       </c>
       <c r="B1095" t="s">
-        <v>3560</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="1096" spans="1:2">
       <c r="A1096" t="s">
         <v>1098</v>
       </c>
       <c r="B1096" t="s">
-        <v>3561</v>
+        <v>3831</v>
       </c>
     </row>
     <row r="1097" spans="1:2">
       <c r="A1097" t="s">
         <v>1099</v>
       </c>
       <c r="B1097" t="s">
-        <v>3562</v>
+        <v>3832</v>
       </c>
     </row>
     <row r="1098" spans="1:2">
       <c r="A1098" t="s">
         <v>1100</v>
       </c>
       <c r="B1098" t="s">
-        <v>3563</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="1099" spans="1:2">
       <c r="A1099" t="s">
         <v>1101</v>
       </c>
       <c r="B1099" t="s">
-        <v>3564</v>
+        <v>3834</v>
       </c>
     </row>
     <row r="1100" spans="1:2">
       <c r="A1100" t="s">
         <v>1102</v>
       </c>
       <c r="B1100" t="s">
-        <v>3565</v>
+        <v>3835</v>
       </c>
     </row>
     <row r="1101" spans="1:2">
       <c r="A1101" t="s">
         <v>1103</v>
       </c>
       <c r="B1101" t="s">
-        <v>3566</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="1102" spans="1:2">
       <c r="A1102" t="s">
         <v>1104</v>
       </c>
       <c r="B1102" t="s">
-        <v>3567</v>
+        <v>3837</v>
       </c>
     </row>
     <row r="1103" spans="1:2">
       <c r="A1103" t="s">
         <v>1105</v>
       </c>
       <c r="B1103" t="s">
-        <v>3568</v>
+        <v>3838</v>
       </c>
     </row>
     <row r="1104" spans="1:2">
       <c r="A1104" t="s">
         <v>1106</v>
       </c>
       <c r="B1104" t="s">
-        <v>3569</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="1105" spans="1:2">
       <c r="A1105" t="s">
         <v>1107</v>
       </c>
       <c r="B1105" t="s">
-        <v>3570</v>
+        <v>3840</v>
       </c>
     </row>
     <row r="1106" spans="1:2">
       <c r="A1106" t="s">
         <v>1108</v>
       </c>
       <c r="B1106" t="s">
-        <v>3571</v>
+        <v>3841</v>
       </c>
     </row>
     <row r="1107" spans="1:2">
       <c r="A1107" t="s">
         <v>1109</v>
       </c>
       <c r="B1107" t="s">
-        <v>3572</v>
+        <v>3842</v>
       </c>
     </row>
     <row r="1108" spans="1:2">
       <c r="A1108" t="s">
         <v>1110</v>
       </c>
       <c r="B1108" t="s">
-        <v>3573</v>
+        <v>3843</v>
       </c>
     </row>
     <row r="1109" spans="1:2">
       <c r="A1109" t="s">
         <v>1111</v>
       </c>
       <c r="B1109" t="s">
-        <v>3574</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="1110" spans="1:2">
       <c r="A1110" t="s">
         <v>1112</v>
       </c>
       <c r="B1110" t="s">
-        <v>3575</v>
+        <v>3845</v>
       </c>
     </row>
     <row r="1111" spans="1:2">
       <c r="A1111" t="s">
         <v>1113</v>
       </c>
       <c r="B1111" t="s">
-        <v>3576</v>
+        <v>3846</v>
       </c>
     </row>
     <row r="1112" spans="1:2">
       <c r="A1112" t="s">
         <v>1114</v>
       </c>
       <c r="B1112" t="s">
-        <v>3577</v>
+        <v>3847</v>
       </c>
     </row>
     <row r="1113" spans="1:2">
       <c r="A1113" t="s">
         <v>1115</v>
       </c>
       <c r="B1113" t="s">
-        <v>3578</v>
+        <v>3848</v>
       </c>
     </row>
     <row r="1114" spans="1:2">
       <c r="A1114" t="s">
         <v>1116</v>
       </c>
       <c r="B1114" t="s">
-        <v>3579</v>
+        <v>3849</v>
       </c>
     </row>
     <row r="1115" spans="1:2">
       <c r="A1115" t="s">
         <v>1117</v>
       </c>
       <c r="B1115" t="s">
-        <v>3580</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="1116" spans="1:2">
       <c r="A1116" t="s">
         <v>1118</v>
       </c>
       <c r="B1116" t="s">
-        <v>3581</v>
+        <v>3851</v>
       </c>
     </row>
     <row r="1117" spans="1:2">
       <c r="A1117" t="s">
         <v>1119</v>
       </c>
       <c r="B1117" t="s">
-        <v>3582</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="1118" spans="1:2">
       <c r="A1118" t="s">
         <v>1120</v>
       </c>
       <c r="B1118" t="s">
-        <v>3583</v>
+        <v>3853</v>
       </c>
     </row>
     <row r="1119" spans="1:2">
       <c r="A1119" t="s">
         <v>1121</v>
       </c>
       <c r="B1119" t="s">
-        <v>3584</v>
+        <v>3854</v>
       </c>
     </row>
     <row r="1120" spans="1:2">
       <c r="A1120" t="s">
         <v>1122</v>
       </c>
       <c r="B1120" t="s">
-        <v>3585</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1121" spans="1:2">
       <c r="A1121" t="s">
         <v>1123</v>
       </c>
       <c r="B1121" t="s">
-        <v>3586</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="1122" spans="1:2">
       <c r="A1122" t="s">
         <v>1124</v>
       </c>
       <c r="B1122" t="s">
-        <v>3587</v>
+        <v>3856</v>
       </c>
     </row>
     <row r="1123" spans="1:2">
       <c r="A1123" t="s">
         <v>1125</v>
       </c>
       <c r="B1123" t="s">
-        <v>3588</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="1124" spans="1:2">
       <c r="A1124" t="s">
         <v>1126</v>
       </c>
       <c r="B1124" t="s">
-        <v>3589</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="1125" spans="1:2">
       <c r="A1125" t="s">
         <v>1127</v>
       </c>
       <c r="B1125" t="s">
-        <v>3590</v>
+        <v>3859</v>
       </c>
     </row>
     <row r="1126" spans="1:2">
       <c r="A1126" t="s">
         <v>1128</v>
       </c>
       <c r="B1126" t="s">
-        <v>3591</v>
+        <v>3860</v>
       </c>
     </row>
     <row r="1127" spans="1:2">
       <c r="A1127" t="s">
         <v>1129</v>
       </c>
       <c r="B1127" t="s">
-        <v>3592</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="1128" spans="1:2">
       <c r="A1128" t="s">
         <v>1130</v>
       </c>
       <c r="B1128" t="s">
-        <v>3593</v>
+        <v>3862</v>
       </c>
     </row>
     <row r="1129" spans="1:2">
       <c r="A1129" t="s">
         <v>1131</v>
       </c>
       <c r="B1129" t="s">
-        <v>3594</v>
+        <v>3863</v>
       </c>
     </row>
     <row r="1130" spans="1:2">
       <c r="A1130" t="s">
         <v>1132</v>
       </c>
       <c r="B1130" t="s">
-        <v>3595</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="1131" spans="1:2">
       <c r="A1131" t="s">
         <v>1133</v>
       </c>
       <c r="B1131" t="s">
-        <v>3596</v>
+        <v>3865</v>
       </c>
     </row>
     <row r="1132" spans="1:2">
       <c r="A1132" t="s">
         <v>1134</v>
       </c>
       <c r="B1132" t="s">
-        <v>3597</v>
+        <v>3866</v>
       </c>
     </row>
     <row r="1133" spans="1:2">
       <c r="A1133" t="s">
         <v>1135</v>
       </c>
       <c r="B1133" t="s">
-        <v>3598</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="1134" spans="1:2">
       <c r="A1134" t="s">
         <v>1136</v>
       </c>
       <c r="B1134" t="s">
-        <v>3599</v>
+        <v>3868</v>
       </c>
     </row>
     <row r="1135" spans="1:2">
       <c r="A1135" t="s">
         <v>1137</v>
       </c>
       <c r="B1135" t="s">
-        <v>3600</v>
+        <v>3869</v>
       </c>
     </row>
     <row r="1136" spans="1:2">
       <c r="A1136" t="s">
         <v>1138</v>
       </c>
       <c r="B1136" t="s">
-        <v>3601</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="1137" spans="1:2">
       <c r="A1137" t="s">
         <v>1139</v>
       </c>
       <c r="B1137" t="s">
-        <v>3602</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="1138" spans="1:2">
       <c r="A1138" t="s">
         <v>1140</v>
       </c>
       <c r="B1138" t="s">
-        <v>3603</v>
+        <v>3871</v>
       </c>
     </row>
     <row r="1139" spans="1:2">
       <c r="A1139" t="s">
         <v>1141</v>
       </c>
       <c r="B1139" t="s">
-        <v>3604</v>
+        <v>3872</v>
       </c>
     </row>
     <row r="1140" spans="1:2">
       <c r="A1140" t="s">
         <v>1142</v>
       </c>
       <c r="B1140" t="s">
-        <v>3605</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1141" spans="1:2">
       <c r="A1141" t="s">
         <v>1143</v>
       </c>
       <c r="B1141" t="s">
-        <v>3606</v>
+        <v>3874</v>
       </c>
     </row>
     <row r="1142" spans="1:2">
       <c r="A1142" t="s">
         <v>1144</v>
       </c>
       <c r="B1142" t="s">
-        <v>3607</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="1143" spans="1:2">
       <c r="A1143" t="s">
         <v>1145</v>
       </c>
       <c r="B1143" t="s">
-        <v>3608</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="1144" spans="1:2">
       <c r="A1144" t="s">
         <v>1146</v>
       </c>
       <c r="B1144" t="s">
-        <v>3609</v>
+        <v>3877</v>
       </c>
     </row>
     <row r="1145" spans="1:2">
       <c r="A1145" t="s">
         <v>1147</v>
       </c>
       <c r="B1145" t="s">
-        <v>3610</v>
+        <v>3878</v>
       </c>
     </row>
     <row r="1146" spans="1:2">
       <c r="A1146" t="s">
         <v>1148</v>
       </c>
       <c r="B1146" t="s">
-        <v>3611</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="1147" spans="1:2">
       <c r="A1147" t="s">
         <v>1149</v>
       </c>
       <c r="B1147" t="s">
-        <v>3612</v>
+        <v>3880</v>
       </c>
     </row>
     <row r="1148" spans="1:2">
       <c r="A1148" t="s">
         <v>1150</v>
       </c>
       <c r="B1148" t="s">
-        <v>3613</v>
+        <v>3881</v>
       </c>
     </row>
     <row r="1149" spans="1:2">
       <c r="A1149" t="s">
         <v>1151</v>
       </c>
       <c r="B1149" t="s">
-        <v>3614</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="1150" spans="1:2">
       <c r="A1150" t="s">
         <v>1152</v>
       </c>
       <c r="B1150" t="s">
-        <v>3615</v>
+        <v>3883</v>
       </c>
     </row>
     <row r="1151" spans="1:2">
       <c r="A1151" t="s">
         <v>1153</v>
       </c>
       <c r="B1151" t="s">
-        <v>3616</v>
+        <v>3884</v>
       </c>
     </row>
     <row r="1152" spans="1:2">
       <c r="A1152" t="s">
         <v>1154</v>
       </c>
       <c r="B1152" t="s">
-        <v>3617</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="1153" spans="1:2">
       <c r="A1153" t="s">
         <v>1155</v>
       </c>
       <c r="B1153" t="s">
-        <v>3618</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="1154" spans="1:2">
       <c r="A1154" t="s">
         <v>1156</v>
       </c>
       <c r="B1154" t="s">
-        <v>3619</v>
+        <v>3887</v>
       </c>
     </row>
     <row r="1155" spans="1:2">
       <c r="A1155" t="s">
         <v>1157</v>
       </c>
       <c r="B1155" t="s">
-        <v>3620</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="1156" spans="1:2">
       <c r="A1156" t="s">
         <v>1158</v>
       </c>
       <c r="B1156" t="s">
-        <v>3621</v>
+        <v>3889</v>
       </c>
     </row>
     <row r="1157" spans="1:2">
       <c r="A1157" t="s">
         <v>1159</v>
       </c>
       <c r="B1157" t="s">
-        <v>3622</v>
+        <v>3890</v>
       </c>
     </row>
     <row r="1158" spans="1:2">
       <c r="A1158" t="s">
         <v>1160</v>
       </c>
       <c r="B1158" t="s">
-        <v>3623</v>
+        <v>3891</v>
       </c>
     </row>
     <row r="1159" spans="1:2">
       <c r="A1159" t="s">
         <v>1161</v>
       </c>
       <c r="B1159" t="s">
-        <v>3624</v>
+        <v>3892</v>
       </c>
     </row>
     <row r="1160" spans="1:2">
       <c r="A1160" t="s">
         <v>1162</v>
       </c>
       <c r="B1160" t="s">
-        <v>3625</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="1161" spans="1:2">
       <c r="A1161" t="s">
         <v>1163</v>
       </c>
       <c r="B1161" t="s">
-        <v>3626</v>
+        <v>3894</v>
       </c>
     </row>
     <row r="1162" spans="1:2">
       <c r="A1162" t="s">
         <v>1164</v>
       </c>
       <c r="B1162" t="s">
-        <v>3627</v>
+        <v>3895</v>
       </c>
     </row>
     <row r="1163" spans="1:2">
       <c r="A1163" t="s">
         <v>1165</v>
       </c>
       <c r="B1163" t="s">
-        <v>3628</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="1164" spans="1:2">
       <c r="A1164" t="s">
         <v>1166</v>
       </c>
       <c r="B1164" t="s">
-        <v>3629</v>
+        <v>3897</v>
       </c>
     </row>
     <row r="1165" spans="1:2">
       <c r="A1165" t="s">
         <v>1167</v>
       </c>
       <c r="B1165" t="s">
-        <v>3630</v>
+        <v>3898</v>
       </c>
     </row>
     <row r="1166" spans="1:2">
       <c r="A1166" t="s">
         <v>1168</v>
       </c>
       <c r="B1166" t="s">
-        <v>3631</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="1167" spans="1:2">
       <c r="A1167" t="s">
         <v>1169</v>
       </c>
       <c r="B1167" t="s">
-        <v>3632</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="1168" spans="1:2">
       <c r="A1168" t="s">
         <v>1170</v>
       </c>
       <c r="B1168" t="s">
-        <v>3633</v>
+        <v>3901</v>
       </c>
     </row>
     <row r="1169" spans="1:2">
       <c r="A1169" t="s">
         <v>1171</v>
       </c>
       <c r="B1169" t="s">
-        <v>3634</v>
+        <v>3902</v>
       </c>
     </row>
     <row r="1170" spans="1:2">
       <c r="A1170" t="s">
         <v>1172</v>
       </c>
       <c r="B1170" t="s">
-        <v>3635</v>
+        <v>3903</v>
       </c>
     </row>
     <row r="1171" spans="1:2">
       <c r="A1171" t="s">
         <v>1173</v>
       </c>
       <c r="B1171" t="s">
-        <v>3636</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="1172" spans="1:2">
       <c r="A1172" t="s">
         <v>1174</v>
       </c>
       <c r="B1172" t="s">
-        <v>3637</v>
+        <v>3905</v>
       </c>
     </row>
     <row r="1173" spans="1:2">
       <c r="A1173" t="s">
         <v>1175</v>
       </c>
       <c r="B1173" t="s">
-        <v>3638</v>
+        <v>3906</v>
       </c>
     </row>
     <row r="1174" spans="1:2">
       <c r="A1174" t="s">
         <v>1176</v>
       </c>
       <c r="B1174" t="s">
-        <v>3639</v>
+        <v>3907</v>
       </c>
     </row>
     <row r="1175" spans="1:2">
       <c r="A1175" t="s">
         <v>1177</v>
       </c>
       <c r="B1175" t="s">
-        <v>3640</v>
+        <v>3908</v>
       </c>
     </row>
     <row r="1176" spans="1:2">
       <c r="A1176" t="s">
         <v>1178</v>
       </c>
       <c r="B1176" t="s">
-        <v>3641</v>
+        <v>3909</v>
       </c>
     </row>
     <row r="1177" spans="1:2">
       <c r="A1177" t="s">
         <v>1179</v>
       </c>
       <c r="B1177" t="s">
-        <v>3642</v>
+        <v>3910</v>
       </c>
     </row>
     <row r="1178" spans="1:2">
       <c r="A1178" t="s">
         <v>1180</v>
       </c>
       <c r="B1178" t="s">
-        <v>3643</v>
+        <v>3911</v>
       </c>
     </row>
     <row r="1179" spans="1:2">
       <c r="A1179" t="s">
         <v>1181</v>
       </c>
       <c r="B1179" t="s">
-        <v>3644</v>
+        <v>3912</v>
       </c>
     </row>
     <row r="1180" spans="1:2">
       <c r="A1180" t="s">
         <v>1182</v>
       </c>
       <c r="B1180" t="s">
-        <v>3645</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="1181" spans="1:2">
       <c r="A1181" t="s">
         <v>1183</v>
       </c>
       <c r="B1181" t="s">
-        <v>3646</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="1182" spans="1:2">
       <c r="A1182" t="s">
         <v>1184</v>
       </c>
       <c r="B1182" t="s">
-        <v>3647</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="1183" spans="1:2">
       <c r="A1183" t="s">
         <v>1185</v>
       </c>
       <c r="B1183" t="s">
-        <v>3648</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="1184" spans="1:2">
       <c r="A1184" t="s">
         <v>1186</v>
       </c>
       <c r="B1184" t="s">
-        <v>3649</v>
+        <v>3917</v>
       </c>
     </row>
     <row r="1185" spans="1:2">
       <c r="A1185" t="s">
         <v>1187</v>
       </c>
       <c r="B1185" t="s">
-        <v>3650</v>
+        <v>3918</v>
       </c>
     </row>
     <row r="1186" spans="1:2">
       <c r="A1186" t="s">
         <v>1188</v>
       </c>
       <c r="B1186" t="s">
-        <v>3651</v>
+        <v>3919</v>
       </c>
     </row>
     <row r="1187" spans="1:2">
       <c r="A1187" t="s">
         <v>1189</v>
       </c>
       <c r="B1187" t="s">
-        <v>3652</v>
+        <v>3920</v>
       </c>
     </row>
     <row r="1188" spans="1:2">
       <c r="A1188" t="s">
         <v>1190</v>
       </c>
       <c r="B1188" t="s">
-        <v>3653</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="1189" spans="1:2">
       <c r="A1189" t="s">
         <v>1191</v>
       </c>
       <c r="B1189" t="s">
-        <v>3654</v>
+        <v>3922</v>
       </c>
     </row>
     <row r="1190" spans="1:2">
       <c r="A1190" t="s">
         <v>1192</v>
       </c>
       <c r="B1190" t="s">
-        <v>3655</v>
+        <v>3923</v>
       </c>
     </row>
     <row r="1191" spans="1:2">
       <c r="A1191" t="s">
         <v>1193</v>
       </c>
       <c r="B1191" t="s">
-        <v>3656</v>
+        <v>3924</v>
       </c>
     </row>
     <row r="1192" spans="1:2">
       <c r="A1192" t="s">
         <v>1194</v>
       </c>
       <c r="B1192" t="s">
-        <v>3657</v>
+        <v>3925</v>
       </c>
     </row>
     <row r="1193" spans="1:2">
       <c r="A1193" t="s">
         <v>1195</v>
       </c>
       <c r="B1193" t="s">
-        <v>3658</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="1194" spans="1:2">
       <c r="A1194" t="s">
         <v>1196</v>
       </c>
       <c r="B1194" t="s">
-        <v>3659</v>
+        <v>3927</v>
       </c>
     </row>
     <row r="1195" spans="1:2">
       <c r="A1195" t="s">
         <v>1197</v>
       </c>
       <c r="B1195" t="s">
-        <v>3660</v>
+        <v>3928</v>
       </c>
     </row>
     <row r="1196" spans="1:2">
       <c r="A1196" t="s">
         <v>1198</v>
       </c>
       <c r="B1196" t="s">
-        <v>3661</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="1197" spans="1:2">
       <c r="A1197" t="s">
         <v>1199</v>
       </c>
       <c r="B1197" t="s">
-        <v>3662</v>
+        <v>3930</v>
       </c>
     </row>
     <row r="1198" spans="1:2">
       <c r="A1198" t="s">
         <v>1200</v>
       </c>
       <c r="B1198" t="s">
-        <v>3663</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="1199" spans="1:2">
       <c r="A1199" t="s">
         <v>1201</v>
       </c>
       <c r="B1199" t="s">
-        <v>3664</v>
+        <v>3932</v>
       </c>
     </row>
     <row r="1200" spans="1:2">
       <c r="A1200" t="s">
         <v>1202</v>
       </c>
       <c r="B1200" t="s">
-        <v>3665</v>
+        <v>3933</v>
       </c>
     </row>
     <row r="1201" spans="1:2">
       <c r="A1201" t="s">
         <v>1203</v>
       </c>
       <c r="B1201" t="s">
-        <v>3666</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="1202" spans="1:2">
       <c r="A1202" t="s">
         <v>1204</v>
       </c>
       <c r="B1202" t="s">
-        <v>3667</v>
+        <v>3935</v>
       </c>
     </row>
     <row r="1203" spans="1:2">
       <c r="A1203" t="s">
         <v>1205</v>
       </c>
       <c r="B1203" t="s">
-        <v>3668</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="1204" spans="1:2">
       <c r="A1204" t="s">
         <v>1206</v>
       </c>
       <c r="B1204" t="s">
-        <v>3669</v>
+        <v>3937</v>
       </c>
     </row>
     <row r="1205" spans="1:2">
       <c r="A1205" t="s">
         <v>1207</v>
       </c>
       <c r="B1205" t="s">
-        <v>3670</v>
+        <v>3938</v>
       </c>
     </row>
     <row r="1206" spans="1:2">
       <c r="A1206" t="s">
         <v>1208</v>
       </c>
       <c r="B1206" t="s">
-        <v>3671</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="1207" spans="1:2">
       <c r="A1207" t="s">
         <v>1209</v>
       </c>
       <c r="B1207" t="s">
-        <v>3672</v>
+        <v>3940</v>
       </c>
     </row>
     <row r="1208" spans="1:2">
       <c r="A1208" t="s">
         <v>1210</v>
       </c>
       <c r="B1208" t="s">
-        <v>3673</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="1209" spans="1:2">
       <c r="A1209" t="s">
         <v>1211</v>
       </c>
       <c r="B1209" t="s">
-        <v>3674</v>
+        <v>3942</v>
       </c>
     </row>
     <row r="1210" spans="1:2">
       <c r="A1210" t="s">
         <v>1212</v>
       </c>
       <c r="B1210" t="s">
-        <v>3675</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="1211" spans="1:2">
       <c r="A1211" t="s">
         <v>1213</v>
       </c>
       <c r="B1211" t="s">
-        <v>3676</v>
+        <v>3944</v>
       </c>
     </row>
     <row r="1212" spans="1:2">
       <c r="A1212" t="s">
         <v>1214</v>
       </c>
       <c r="B1212" t="s">
-        <v>3677</v>
+        <v>3945</v>
       </c>
     </row>
     <row r="1213" spans="1:2">
       <c r="A1213" t="s">
         <v>1215</v>
       </c>
       <c r="B1213" t="s">
-        <v>3678</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="1214" spans="1:2">
       <c r="A1214" t="s">
         <v>1216</v>
       </c>
       <c r="B1214" t="s">
-        <v>3679</v>
+        <v>3947</v>
       </c>
     </row>
     <row r="1215" spans="1:2">
       <c r="A1215" t="s">
         <v>1217</v>
       </c>
       <c r="B1215" t="s">
-        <v>3680</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="1216" spans="1:2">
       <c r="A1216" t="s">
         <v>1218</v>
       </c>
       <c r="B1216" t="s">
-        <v>3681</v>
+        <v>3949</v>
       </c>
     </row>
     <row r="1217" spans="1:2">
       <c r="A1217" t="s">
         <v>1219</v>
       </c>
       <c r="B1217" t="s">
-        <v>3682</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="1218" spans="1:2">
       <c r="A1218" t="s">
         <v>1220</v>
       </c>
       <c r="B1218" t="s">
-        <v>3683</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="1219" spans="1:2">
       <c r="A1219" t="s">
         <v>1221</v>
       </c>
       <c r="B1219" t="s">
-        <v>3684</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="1220" spans="1:2">
       <c r="A1220" t="s">
         <v>1222</v>
       </c>
       <c r="B1220" t="s">
-        <v>3685</v>
+        <v>3953</v>
       </c>
     </row>
     <row r="1221" spans="1:2">
       <c r="A1221" t="s">
         <v>1223</v>
       </c>
       <c r="B1221" t="s">
-        <v>3686</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="1222" spans="1:2">
       <c r="A1222" t="s">
         <v>1224</v>
       </c>
       <c r="B1222" t="s">
-        <v>3687</v>
+        <v>3955</v>
       </c>
     </row>
     <row r="1223" spans="1:2">
       <c r="A1223" t="s">
         <v>1225</v>
       </c>
       <c r="B1223" t="s">
-        <v>3688</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="1224" spans="1:2">
       <c r="A1224" t="s">
         <v>1226</v>
       </c>
       <c r="B1224" t="s">
-        <v>3689</v>
+        <v>3957</v>
       </c>
     </row>
     <row r="1225" spans="1:2">
       <c r="A1225" t="s">
         <v>1227</v>
       </c>
       <c r="B1225" t="s">
-        <v>3690</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="1226" spans="1:2">
       <c r="A1226" t="s">
         <v>1228</v>
       </c>
       <c r="B1226" t="s">
-        <v>3691</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="1227" spans="1:2">
       <c r="A1227" t="s">
         <v>1229</v>
       </c>
       <c r="B1227" t="s">
-        <v>3692</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="1228" spans="1:2">
       <c r="A1228" t="s">
         <v>1230</v>
       </c>
       <c r="B1228" t="s">
-        <v>3693</v>
+        <v>3961</v>
       </c>
     </row>
     <row r="1229" spans="1:2">
       <c r="A1229" t="s">
         <v>1231</v>
       </c>
       <c r="B1229" t="s">
-        <v>3694</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="1230" spans="1:2">
       <c r="A1230" t="s">
         <v>1232</v>
       </c>
       <c r="B1230" t="s">
-        <v>3695</v>
+        <v>3963</v>
       </c>
     </row>
     <row r="1231" spans="1:2">
       <c r="A1231" t="s">
         <v>1233</v>
       </c>
       <c r="B1231" t="s">
-        <v>3696</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="1232" spans="1:2">
       <c r="A1232" t="s">
         <v>1234</v>
       </c>
       <c r="B1232" t="s">
-        <v>3697</v>
+        <v>3965</v>
       </c>
     </row>
     <row r="1233" spans="1:2">
       <c r="A1233" t="s">
         <v>1235</v>
       </c>
       <c r="B1233" t="s">
-        <v>3698</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="1234" spans="1:2">
       <c r="A1234" t="s">
         <v>1236</v>
       </c>
       <c r="B1234" t="s">
-        <v>3699</v>
+        <v>3967</v>
       </c>
     </row>
     <row r="1235" spans="1:2">
       <c r="A1235" t="s">
         <v>1237</v>
       </c>
       <c r="B1235" t="s">
-        <v>3700</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="1236" spans="1:2">
       <c r="A1236" t="s">
         <v>1238</v>
       </c>
       <c r="B1236" t="s">
-        <v>3701</v>
+        <v>3969</v>
       </c>
     </row>
     <row r="1237" spans="1:2">
       <c r="A1237" t="s">
         <v>1239</v>
       </c>
       <c r="B1237" t="s">
-        <v>3702</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="1238" spans="1:2">
       <c r="A1238" t="s">
         <v>1240</v>
       </c>
       <c r="B1238" t="s">
-        <v>3703</v>
+        <v>3971</v>
       </c>
     </row>
     <row r="1239" spans="1:2">
       <c r="A1239" t="s">
         <v>1241</v>
       </c>
       <c r="B1239" t="s">
-        <v>3704</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="1240" spans="1:2">
       <c r="A1240" t="s">
         <v>1242</v>
       </c>
       <c r="B1240" t="s">
-        <v>3705</v>
+        <v>3973</v>
       </c>
     </row>
     <row r="1241" spans="1:2">
       <c r="A1241" t="s">
         <v>1243</v>
       </c>
       <c r="B1241" t="s">
-        <v>3706</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="1242" spans="1:2">
       <c r="A1242" t="s">
         <v>1244</v>
       </c>
       <c r="B1242" t="s">
-        <v>2967</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="1243" spans="1:2">
       <c r="A1243" t="s">
         <v>1245</v>
       </c>
       <c r="B1243" t="s">
-        <v>3707</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="1244" spans="1:2">
       <c r="A1244" t="s">
         <v>1246</v>
       </c>
       <c r="B1244" t="s">
-        <v>3708</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="1245" spans="1:2">
       <c r="A1245" t="s">
         <v>1247</v>
       </c>
       <c r="B1245" t="s">
-        <v>3709</v>
+        <v>3977</v>
       </c>
     </row>
     <row r="1246" spans="1:2">
       <c r="A1246" t="s">
         <v>1248</v>
       </c>
       <c r="B1246" t="s">
-        <v>3710</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="1247" spans="1:2">
       <c r="A1247" t="s">
         <v>1249</v>
       </c>
       <c r="B1247" t="s">
-        <v>3711</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="1248" spans="1:2">
       <c r="A1248" t="s">
         <v>1250</v>
       </c>
       <c r="B1248" t="s">
-        <v>3712</v>
+        <v>3980</v>
       </c>
     </row>
     <row r="1249" spans="1:2">
       <c r="A1249" t="s">
         <v>1251</v>
       </c>
       <c r="B1249" t="s">
-        <v>3713</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="1250" spans="1:2">
       <c r="A1250" t="s">
         <v>1252</v>
       </c>
       <c r="B1250" t="s">
-        <v>3714</v>
+        <v>3519</v>
       </c>
     </row>
     <row r="1251" spans="1:2">
       <c r="A1251" t="s">
         <v>1253</v>
       </c>
       <c r="B1251" t="s">
-        <v>3715</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="1252" spans="1:2">
       <c r="A1252" t="s">
         <v>1254</v>
       </c>
       <c r="B1252" t="s">
-        <v>3716</v>
+        <v>3983</v>
       </c>
     </row>
     <row r="1253" spans="1:2">
       <c r="A1253" t="s">
         <v>1255</v>
       </c>
       <c r="B1253" t="s">
-        <v>3717</v>
+        <v>3984</v>
       </c>
     </row>
     <row r="1254" spans="1:2">
       <c r="A1254" t="s">
         <v>1256</v>
       </c>
       <c r="B1254" t="s">
-        <v>3718</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="1255" spans="1:2">
       <c r="A1255" t="s">
         <v>1257</v>
       </c>
       <c r="B1255" t="s">
-        <v>3719</v>
+        <v>3986</v>
       </c>
     </row>
     <row r="1256" spans="1:2">
       <c r="A1256" t="s">
         <v>1258</v>
       </c>
       <c r="B1256" t="s">
-        <v>3720</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="1257" spans="1:2">
       <c r="A1257" t="s">
         <v>1259</v>
       </c>
       <c r="B1257" t="s">
-        <v>3721</v>
+        <v>3988</v>
       </c>
     </row>
     <row r="1258" spans="1:2">
       <c r="A1258" t="s">
         <v>1260</v>
       </c>
       <c r="B1258" t="s">
-        <v>3722</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="1259" spans="1:2">
       <c r="A1259" t="s">
         <v>1261</v>
       </c>
       <c r="B1259" t="s">
-        <v>3723</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="1260" spans="1:2">
       <c r="A1260" t="s">
         <v>1262</v>
       </c>
       <c r="B1260" t="s">
-        <v>3724</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="1261" spans="1:2">
       <c r="A1261" t="s">
         <v>1263</v>
       </c>
       <c r="B1261" t="s">
-        <v>3725</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="1262" spans="1:2">
       <c r="A1262" t="s">
         <v>1264</v>
       </c>
       <c r="B1262" t="s">
-        <v>3726</v>
+        <v>3992</v>
       </c>
     </row>
     <row r="1263" spans="1:2">
       <c r="A1263" t="s">
         <v>1265</v>
       </c>
       <c r="B1263" t="s">
-        <v>3727</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="1264" spans="1:2">
       <c r="A1264" t="s">
         <v>1266</v>
       </c>
       <c r="B1264" t="s">
-        <v>3728</v>
+        <v>3994</v>
       </c>
     </row>
     <row r="1265" spans="1:2">
       <c r="A1265" t="s">
         <v>1267</v>
       </c>
       <c r="B1265" t="s">
-        <v>3729</v>
+        <v>3995</v>
       </c>
     </row>
     <row r="1266" spans="1:2">
       <c r="A1266" t="s">
         <v>1268</v>
       </c>
       <c r="B1266" t="s">
-        <v>3730</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="1267" spans="1:2">
       <c r="A1267" t="s">
         <v>1269</v>
       </c>
       <c r="B1267" t="s">
-        <v>3731</v>
+        <v>3997</v>
       </c>
     </row>
     <row r="1268" spans="1:2">
       <c r="A1268" t="s">
         <v>1270</v>
       </c>
       <c r="B1268" t="s">
-        <v>3732</v>
+        <v>3998</v>
       </c>
     </row>
     <row r="1269" spans="1:2">
       <c r="A1269" t="s">
         <v>1271</v>
       </c>
       <c r="B1269" t="s">
-        <v>3733</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="1270" spans="1:2">
       <c r="A1270" t="s">
         <v>1272</v>
       </c>
       <c r="B1270" t="s">
-        <v>3734</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="1271" spans="1:2">
       <c r="A1271" t="s">
         <v>1273</v>
       </c>
       <c r="B1271" t="s">
-        <v>3735</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="1272" spans="1:2">
       <c r="A1272" t="s">
         <v>1274</v>
       </c>
       <c r="B1272" t="s">
-        <v>3736</v>
+        <v>4002</v>
       </c>
     </row>
     <row r="1273" spans="1:2">
       <c r="A1273" t="s">
         <v>1275</v>
       </c>
       <c r="B1273" t="s">
-        <v>3737</v>
+        <v>4003</v>
       </c>
     </row>
     <row r="1274" spans="1:2">
       <c r="A1274" t="s">
         <v>1276</v>
       </c>
       <c r="B1274" t="s">
-        <v>3738</v>
+        <v>4004</v>
       </c>
     </row>
     <row r="1275" spans="1:2">
       <c r="A1275" t="s">
         <v>1277</v>
       </c>
       <c r="B1275" t="s">
-        <v>3739</v>
+        <v>4005</v>
       </c>
     </row>
     <row r="1276" spans="1:2">
       <c r="A1276" t="s">
         <v>1278</v>
       </c>
       <c r="B1276" t="s">
-        <v>3740</v>
+        <v>4006</v>
       </c>
     </row>
     <row r="1277" spans="1:2">
       <c r="A1277" t="s">
         <v>1279</v>
       </c>
       <c r="B1277" t="s">
-        <v>3741</v>
+        <v>4007</v>
       </c>
     </row>
     <row r="1278" spans="1:2">
       <c r="A1278" t="s">
         <v>1280</v>
       </c>
       <c r="B1278" t="s">
-        <v>3742</v>
+        <v>4008</v>
       </c>
     </row>
     <row r="1279" spans="1:2">
       <c r="A1279" t="s">
         <v>1281</v>
       </c>
       <c r="B1279" t="s">
-        <v>3743</v>
+        <v>4009</v>
       </c>
     </row>
     <row r="1280" spans="1:2">
       <c r="A1280" t="s">
         <v>1282</v>
       </c>
       <c r="B1280" t="s">
-        <v>3744</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="1281" spans="1:2">
       <c r="A1281" t="s">
         <v>1283</v>
       </c>
       <c r="B1281" t="s">
-        <v>3745</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="1282" spans="1:2">
       <c r="A1282" t="s">
         <v>1284</v>
       </c>
       <c r="B1282" t="s">
-        <v>3746</v>
+        <v>4012</v>
       </c>
     </row>
     <row r="1283" spans="1:2">
       <c r="A1283" t="s">
         <v>1285</v>
       </c>
       <c r="B1283" t="s">
-        <v>3747</v>
+        <v>4013</v>
       </c>
     </row>
     <row r="1284" spans="1:2">
       <c r="A1284" t="s">
         <v>1286</v>
       </c>
       <c r="B1284" t="s">
-        <v>3748</v>
+        <v>4014</v>
       </c>
     </row>
     <row r="1285" spans="1:2">
       <c r="A1285" t="s">
         <v>1287</v>
       </c>
       <c r="B1285" t="s">
-        <v>3749</v>
+        <v>4015</v>
       </c>
     </row>
     <row r="1286" spans="1:2">
       <c r="A1286" t="s">
         <v>1288</v>
       </c>
       <c r="B1286" t="s">
-        <v>3750</v>
+        <v>4016</v>
       </c>
     </row>
     <row r="1287" spans="1:2">
       <c r="A1287" t="s">
         <v>1289</v>
       </c>
       <c r="B1287" t="s">
-        <v>3751</v>
+        <v>4017</v>
       </c>
     </row>
     <row r="1288" spans="1:2">
       <c r="A1288" t="s">
         <v>1290</v>
       </c>
       <c r="B1288" t="s">
-        <v>3752</v>
+        <v>4018</v>
       </c>
     </row>
     <row r="1289" spans="1:2">
       <c r="A1289" t="s">
         <v>1291</v>
       </c>
       <c r="B1289" t="s">
-        <v>3753</v>
+        <v>4019</v>
       </c>
     </row>
     <row r="1290" spans="1:2">
       <c r="A1290" t="s">
         <v>1292</v>
       </c>
       <c r="B1290" t="s">
-        <v>3754</v>
+        <v>4020</v>
       </c>
     </row>
     <row r="1291" spans="1:2">
       <c r="A1291" t="s">
         <v>1293</v>
       </c>
       <c r="B1291" t="s">
-        <v>3755</v>
+        <v>4021</v>
       </c>
     </row>
     <row r="1292" spans="1:2">
       <c r="A1292" t="s">
         <v>1294</v>
       </c>
       <c r="B1292" t="s">
-        <v>3756</v>
+        <v>4022</v>
       </c>
     </row>
     <row r="1293" spans="1:2">
       <c r="A1293" t="s">
         <v>1295</v>
       </c>
       <c r="B1293" t="s">
-        <v>3757</v>
+        <v>4023</v>
       </c>
     </row>
     <row r="1294" spans="1:2">
       <c r="A1294" t="s">
         <v>1296</v>
       </c>
       <c r="B1294" t="s">
-        <v>3758</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="1295" spans="1:2">
       <c r="A1295" t="s">
         <v>1297</v>
       </c>
       <c r="B1295" t="s">
-        <v>3759</v>
+        <v>4025</v>
       </c>
     </row>
     <row r="1296" spans="1:2">
       <c r="A1296" t="s">
         <v>1298</v>
       </c>
       <c r="B1296" t="s">
-        <v>3760</v>
+        <v>4026</v>
       </c>
     </row>
     <row r="1297" spans="1:2">
       <c r="A1297" t="s">
         <v>1299</v>
       </c>
       <c r="B1297" t="s">
-        <v>3761</v>
+        <v>4027</v>
       </c>
     </row>
     <row r="1298" spans="1:2">
       <c r="A1298" t="s">
         <v>1300</v>
       </c>
       <c r="B1298" t="s">
-        <v>3762</v>
+        <v>4028</v>
       </c>
     </row>
     <row r="1299" spans="1:2">
       <c r="A1299" t="s">
         <v>1301</v>
       </c>
       <c r="B1299" t="s">
-        <v>3763</v>
+        <v>4029</v>
       </c>
     </row>
     <row r="1300" spans="1:2">
       <c r="A1300" t="s">
         <v>1302</v>
       </c>
       <c r="B1300" t="s">
-        <v>3764</v>
+        <v>4030</v>
       </c>
     </row>
     <row r="1301" spans="1:2">
       <c r="A1301" t="s">
         <v>1303</v>
       </c>
       <c r="B1301" t="s">
-        <v>3765</v>
+        <v>4031</v>
       </c>
     </row>
     <row r="1302" spans="1:2">
       <c r="A1302" t="s">
         <v>1304</v>
       </c>
       <c r="B1302" t="s">
-        <v>3766</v>
+        <v>4032</v>
       </c>
     </row>
     <row r="1303" spans="1:2">
       <c r="A1303" t="s">
         <v>1305</v>
       </c>
       <c r="B1303" t="s">
-        <v>3767</v>
+        <v>4033</v>
       </c>
     </row>
     <row r="1304" spans="1:2">
       <c r="A1304" t="s">
         <v>1306</v>
       </c>
       <c r="B1304" t="s">
-        <v>3768</v>
+        <v>4034</v>
       </c>
     </row>
     <row r="1305" spans="1:2">
       <c r="A1305" t="s">
         <v>1307</v>
       </c>
       <c r="B1305" t="s">
-        <v>3769</v>
+        <v>4035</v>
       </c>
     </row>
     <row r="1306" spans="1:2">
       <c r="A1306" t="s">
         <v>1308</v>
       </c>
       <c r="B1306" t="s">
-        <v>3770</v>
+        <v>4036</v>
       </c>
     </row>
     <row r="1307" spans="1:2">
       <c r="A1307" t="s">
         <v>1309</v>
       </c>
       <c r="B1307" t="s">
-        <v>3771</v>
+        <v>4037</v>
       </c>
     </row>
     <row r="1308" spans="1:2">
       <c r="A1308" t="s">
         <v>1310</v>
       </c>
       <c r="B1308" t="s">
-        <v>3772</v>
+        <v>4038</v>
       </c>
     </row>
     <row r="1309" spans="1:2">
       <c r="A1309" t="s">
         <v>1311</v>
       </c>
       <c r="B1309" t="s">
-        <v>3773</v>
+        <v>4039</v>
       </c>
     </row>
     <row r="1310" spans="1:2">
       <c r="A1310" t="s">
         <v>1312</v>
       </c>
       <c r="B1310" t="s">
-        <v>3774</v>
+        <v>3308</v>
       </c>
     </row>
     <row r="1311" spans="1:2">
       <c r="A1311" t="s">
         <v>1313</v>
       </c>
       <c r="B1311" t="s">
-        <v>3775</v>
+        <v>4040</v>
       </c>
     </row>
     <row r="1312" spans="1:2">
       <c r="A1312" t="s">
         <v>1314</v>
       </c>
       <c r="B1312" t="s">
-        <v>3776</v>
+        <v>4041</v>
       </c>
     </row>
     <row r="1313" spans="1:2">
       <c r="A1313" t="s">
         <v>1315</v>
       </c>
       <c r="B1313" t="s">
-        <v>3777</v>
+        <v>4042</v>
       </c>
     </row>
     <row r="1314" spans="1:2">
       <c r="A1314" t="s">
         <v>1316</v>
       </c>
       <c r="B1314" t="s">
-        <v>3778</v>
+        <v>4043</v>
       </c>
     </row>
     <row r="1315" spans="1:2">
       <c r="A1315" t="s">
         <v>1317</v>
       </c>
       <c r="B1315" t="s">
-        <v>3779</v>
+        <v>4044</v>
       </c>
     </row>
     <row r="1316" spans="1:2">
       <c r="A1316" t="s">
         <v>1318</v>
       </c>
       <c r="B1316" t="s">
-        <v>3780</v>
+        <v>4045</v>
       </c>
     </row>
     <row r="1317" spans="1:2">
       <c r="A1317" t="s">
         <v>1319</v>
       </c>
       <c r="B1317" t="s">
-        <v>3781</v>
+        <v>4046</v>
       </c>
     </row>
     <row r="1318" spans="1:2">
       <c r="A1318" t="s">
         <v>1320</v>
       </c>
       <c r="B1318" t="s">
-        <v>3782</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="1319" spans="1:2">
       <c r="A1319" t="s">
         <v>1321</v>
       </c>
       <c r="B1319" t="s">
-        <v>3783</v>
+        <v>4048</v>
       </c>
     </row>
     <row r="1320" spans="1:2">
       <c r="A1320" t="s">
         <v>1322</v>
       </c>
       <c r="B1320" t="s">
-        <v>3784</v>
+        <v>4049</v>
       </c>
     </row>
     <row r="1321" spans="1:2">
       <c r="A1321" t="s">
         <v>1323</v>
       </c>
       <c r="B1321" t="s">
-        <v>3785</v>
+        <v>4050</v>
       </c>
     </row>
     <row r="1322" spans="1:2">
       <c r="A1322" t="s">
         <v>1324</v>
       </c>
       <c r="B1322" t="s">
-        <v>3786</v>
+        <v>4051</v>
       </c>
     </row>
     <row r="1323" spans="1:2">
       <c r="A1323" t="s">
         <v>1325</v>
       </c>
       <c r="B1323" t="s">
-        <v>3787</v>
+        <v>4052</v>
       </c>
     </row>
     <row r="1324" spans="1:2">
       <c r="A1324" t="s">
         <v>1326</v>
       </c>
       <c r="B1324" t="s">
-        <v>3788</v>
+        <v>4053</v>
       </c>
     </row>
     <row r="1325" spans="1:2">
       <c r="A1325" t="s">
         <v>1327</v>
       </c>
       <c r="B1325" t="s">
-        <v>3789</v>
+        <v>4054</v>
       </c>
     </row>
     <row r="1326" spans="1:2">
       <c r="A1326" t="s">
         <v>1328</v>
       </c>
       <c r="B1326" t="s">
-        <v>3790</v>
+        <v>4055</v>
       </c>
     </row>
     <row r="1327" spans="1:2">
       <c r="A1327" t="s">
         <v>1329</v>
       </c>
       <c r="B1327" t="s">
-        <v>3791</v>
+        <v>4056</v>
       </c>
     </row>
     <row r="1328" spans="1:2">
       <c r="A1328" t="s">
         <v>1330</v>
       </c>
       <c r="B1328" t="s">
-        <v>3792</v>
+        <v>4057</v>
       </c>
     </row>
     <row r="1329" spans="1:2">
       <c r="A1329" t="s">
         <v>1331</v>
       </c>
       <c r="B1329" t="s">
-        <v>3793</v>
+        <v>4058</v>
       </c>
     </row>
     <row r="1330" spans="1:2">
       <c r="A1330" t="s">
         <v>1332</v>
       </c>
       <c r="B1330" t="s">
-        <v>3794</v>
+        <v>4059</v>
       </c>
     </row>
     <row r="1331" spans="1:2">
       <c r="A1331" t="s">
         <v>1333</v>
       </c>
       <c r="B1331" t="s">
-        <v>3795</v>
+        <v>4060</v>
       </c>
     </row>
     <row r="1332" spans="1:2">
       <c r="A1332" t="s">
         <v>1334</v>
       </c>
       <c r="B1332" t="s">
-        <v>3796</v>
+        <v>4061</v>
       </c>
     </row>
     <row r="1333" spans="1:2">
       <c r="A1333" t="s">
         <v>1335</v>
       </c>
       <c r="B1333" t="s">
-        <v>3797</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="1334" spans="1:2">
       <c r="A1334" t="s">
         <v>1336</v>
       </c>
       <c r="B1334" t="s">
-        <v>3798</v>
+        <v>4063</v>
       </c>
     </row>
     <row r="1335" spans="1:2">
       <c r="A1335" t="s">
         <v>1337</v>
       </c>
       <c r="B1335" t="s">
-        <v>3799</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="1336" spans="1:2">
       <c r="A1336" t="s">
         <v>1338</v>
       </c>
       <c r="B1336" t="s">
-        <v>3800</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="1337" spans="1:2">
       <c r="A1337" t="s">
         <v>1339</v>
       </c>
       <c r="B1337" t="s">
-        <v>3801</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="1338" spans="1:2">
       <c r="A1338" t="s">
         <v>1340</v>
       </c>
       <c r="B1338" t="s">
-        <v>3802</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="1339" spans="1:2">
       <c r="A1339" t="s">
         <v>1341</v>
       </c>
       <c r="B1339" t="s">
-        <v>3803</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="1340" spans="1:2">
       <c r="A1340" t="s">
         <v>1342</v>
       </c>
       <c r="B1340" t="s">
-        <v>3804</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="1341" spans="1:2">
       <c r="A1341" t="s">
         <v>1343</v>
       </c>
       <c r="B1341" t="s">
-        <v>3805</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="1342" spans="1:2">
       <c r="A1342" t="s">
         <v>1344</v>
       </c>
       <c r="B1342" t="s">
-        <v>3806</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="1343" spans="1:2">
       <c r="A1343" t="s">
         <v>1345</v>
       </c>
       <c r="B1343" t="s">
-        <v>3807</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="1344" spans="1:2">
       <c r="A1344" t="s">
         <v>1346</v>
       </c>
       <c r="B1344" t="s">
-        <v>3808</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="1345" spans="1:2">
       <c r="A1345" t="s">
         <v>1347</v>
       </c>
       <c r="B1345" t="s">
-        <v>3809</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="1346" spans="1:2">
       <c r="A1346" t="s">
         <v>1348</v>
       </c>
       <c r="B1346" t="s">
-        <v>3810</v>
+        <v>4075</v>
       </c>
     </row>
     <row r="1347" spans="1:2">
       <c r="A1347" t="s">
         <v>1349</v>
       </c>
       <c r="B1347" t="s">
-        <v>3811</v>
+        <v>4076</v>
       </c>
     </row>
     <row r="1348" spans="1:2">
       <c r="A1348" t="s">
         <v>1350</v>
       </c>
       <c r="B1348" t="s">
-        <v>3812</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="1349" spans="1:2">
       <c r="A1349" t="s">
         <v>1351</v>
       </c>
       <c r="B1349" t="s">
-        <v>3813</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="1350" spans="1:2">
       <c r="A1350" t="s">
         <v>1352</v>
       </c>
       <c r="B1350" t="s">
-        <v>3814</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="1351" spans="1:2">
       <c r="A1351" t="s">
         <v>1353</v>
       </c>
       <c r="B1351" t="s">
-        <v>3815</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="1352" spans="1:2">
       <c r="A1352" t="s">
         <v>1354</v>
       </c>
       <c r="B1352" t="s">
-        <v>3816</v>
+        <v>4081</v>
       </c>
     </row>
     <row r="1353" spans="1:2">
       <c r="A1353" t="s">
         <v>1355</v>
       </c>
       <c r="B1353" t="s">
-        <v>3817</v>
+        <v>4082</v>
       </c>
     </row>
     <row r="1354" spans="1:2">
       <c r="A1354" t="s">
         <v>1356</v>
       </c>
       <c r="B1354" t="s">
-        <v>3818</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="1355" spans="1:2">
       <c r="A1355" t="s">
         <v>1357</v>
       </c>
       <c r="B1355" t="s">
-        <v>3819</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="1356" spans="1:2">
       <c r="A1356" t="s">
         <v>1358</v>
       </c>
       <c r="B1356" t="s">
-        <v>3820</v>
+        <v>4085</v>
       </c>
     </row>
     <row r="1357" spans="1:2">
       <c r="A1357" t="s">
         <v>1359</v>
       </c>
       <c r="B1357" t="s">
-        <v>3821</v>
+        <v>4086</v>
       </c>
     </row>
     <row r="1358" spans="1:2">
       <c r="A1358" t="s">
         <v>1360</v>
       </c>
       <c r="B1358" t="s">
-        <v>3822</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="1359" spans="1:2">
       <c r="A1359" t="s">
         <v>1361</v>
       </c>
       <c r="B1359" t="s">
-        <v>3823</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="1360" spans="1:2">
       <c r="A1360" t="s">
         <v>1362</v>
       </c>
       <c r="B1360" t="s">
-        <v>3824</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="1361" spans="1:2">
       <c r="A1361" t="s">
         <v>1363</v>
       </c>
       <c r="B1361" t="s">
-        <v>3825</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="1362" spans="1:2">
       <c r="A1362" t="s">
         <v>1364</v>
       </c>
       <c r="B1362" t="s">
-        <v>3826</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="1363" spans="1:2">
       <c r="A1363" t="s">
         <v>1365</v>
       </c>
       <c r="B1363" t="s">
-        <v>3827</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="1364" spans="1:2">
       <c r="A1364" t="s">
         <v>1366</v>
       </c>
       <c r="B1364" t="s">
-        <v>3828</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="1365" spans="1:2">
       <c r="A1365" t="s">
         <v>1367</v>
       </c>
       <c r="B1365" t="s">
-        <v>3829</v>
+        <v>4094</v>
       </c>
     </row>
     <row r="1366" spans="1:2">
       <c r="A1366" t="s">
         <v>1368</v>
       </c>
       <c r="B1366" t="s">
-        <v>3830</v>
+        <v>4095</v>
       </c>
     </row>
     <row r="1367" spans="1:2">
       <c r="A1367" t="s">
         <v>1369</v>
       </c>
       <c r="B1367" t="s">
-        <v>3831</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="1368" spans="1:2">
       <c r="A1368" t="s">
         <v>1370</v>
       </c>
       <c r="B1368" t="s">
-        <v>3832</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="1369" spans="1:2">
       <c r="A1369" t="s">
         <v>1371</v>
       </c>
       <c r="B1369" t="s">
-        <v>3833</v>
+        <v>4098</v>
       </c>
     </row>
     <row r="1370" spans="1:2">
       <c r="A1370" t="s">
         <v>1372</v>
       </c>
       <c r="B1370" t="s">
-        <v>3834</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="1371" spans="1:2">
       <c r="A1371" t="s">
         <v>1373</v>
       </c>
       <c r="B1371" t="s">
-        <v>3835</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="1372" spans="1:2">
       <c r="A1372" t="s">
         <v>1374</v>
       </c>
       <c r="B1372" t="s">
-        <v>3836</v>
+        <v>4101</v>
       </c>
     </row>
     <row r="1373" spans="1:2">
       <c r="A1373" t="s">
         <v>1375</v>
       </c>
       <c r="B1373" t="s">
-        <v>3837</v>
+        <v>4102</v>
       </c>
     </row>
     <row r="1374" spans="1:2">
       <c r="A1374" t="s">
         <v>1376</v>
       </c>
       <c r="B1374" t="s">
-        <v>3838</v>
+        <v>4103</v>
       </c>
     </row>
     <row r="1375" spans="1:2">
       <c r="A1375" t="s">
         <v>1377</v>
       </c>
       <c r="B1375" t="s">
-        <v>3839</v>
+        <v>4104</v>
       </c>
     </row>
     <row r="1376" spans="1:2">
       <c r="A1376" t="s">
         <v>1378</v>
       </c>
       <c r="B1376" t="s">
-        <v>3840</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="1377" spans="1:2">
       <c r="A1377" t="s">
         <v>1379</v>
       </c>
       <c r="B1377" t="s">
-        <v>3841</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="1378" spans="1:2">
       <c r="A1378" t="s">
         <v>1380</v>
       </c>
       <c r="B1378" t="s">
-        <v>3842</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="1379" spans="1:2">
       <c r="A1379" t="s">
         <v>1381</v>
       </c>
       <c r="B1379" t="s">
-        <v>3843</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="1380" spans="1:2">
       <c r="A1380" t="s">
         <v>1382</v>
       </c>
       <c r="B1380" t="s">
-        <v>3844</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="1381" spans="1:2">
       <c r="A1381" t="s">
         <v>1383</v>
       </c>
       <c r="B1381" t="s">
-        <v>3845</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="1382" spans="1:2">
       <c r="A1382" t="s">
         <v>1384</v>
       </c>
       <c r="B1382" t="s">
-        <v>3846</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="1383" spans="1:2">
       <c r="A1383" t="s">
         <v>1385</v>
       </c>
       <c r="B1383" t="s">
-        <v>3847</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="1384" spans="1:2">
       <c r="A1384" t="s">
         <v>1386</v>
       </c>
       <c r="B1384" t="s">
-        <v>3848</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="1385" spans="1:2">
       <c r="A1385" t="s">
         <v>1387</v>
       </c>
       <c r="B1385" t="s">
-        <v>3849</v>
+        <v>4114</v>
       </c>
     </row>
     <row r="1386" spans="1:2">
       <c r="A1386" t="s">
         <v>1388</v>
       </c>
       <c r="B1386" t="s">
-        <v>3850</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="1387" spans="1:2">
       <c r="A1387" t="s">
         <v>1389</v>
       </c>
       <c r="B1387" t="s">
-        <v>3851</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="1388" spans="1:2">
       <c r="A1388" t="s">
         <v>1390</v>
       </c>
       <c r="B1388" t="s">
-        <v>3852</v>
+        <v>4117</v>
       </c>
     </row>
     <row r="1389" spans="1:2">
       <c r="A1389" t="s">
         <v>1391</v>
       </c>
       <c r="B1389" t="s">
-        <v>3853</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="1390" spans="1:2">
       <c r="A1390" t="s">
         <v>1392</v>
       </c>
       <c r="B1390" t="s">
-        <v>3854</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="1391" spans="1:2">
       <c r="A1391" t="s">
         <v>1393</v>
       </c>
       <c r="B1391" t="s">
-        <v>3855</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="1392" spans="1:2">
       <c r="A1392" t="s">
         <v>1394</v>
       </c>
       <c r="B1392" t="s">
-        <v>3856</v>
+        <v>4121</v>
       </c>
     </row>
     <row r="1393" spans="1:2">
       <c r="A1393" t="s">
         <v>1395</v>
       </c>
       <c r="B1393" t="s">
-        <v>3857</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="1394" spans="1:2">
       <c r="A1394" t="s">
         <v>1396</v>
       </c>
       <c r="B1394" t="s">
-        <v>3858</v>
+        <v>4123</v>
       </c>
     </row>
     <row r="1395" spans="1:2">
       <c r="A1395" t="s">
         <v>1397</v>
       </c>
       <c r="B1395" t="s">
-        <v>3859</v>
+        <v>4124</v>
       </c>
     </row>
     <row r="1396" spans="1:2">
       <c r="A1396" t="s">
         <v>1398</v>
       </c>
       <c r="B1396" t="s">
-        <v>3860</v>
+        <v>4125</v>
       </c>
     </row>
     <row r="1397" spans="1:2">
       <c r="A1397" t="s">
         <v>1399</v>
       </c>
       <c r="B1397" t="s">
-        <v>3861</v>
+        <v>4126</v>
       </c>
     </row>
     <row r="1398" spans="1:2">
       <c r="A1398" t="s">
         <v>1400</v>
       </c>
       <c r="B1398" t="s">
-        <v>3862</v>
+        <v>4127</v>
       </c>
     </row>
     <row r="1399" spans="1:2">
       <c r="A1399" t="s">
         <v>1401</v>
       </c>
       <c r="B1399" t="s">
-        <v>3863</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="1400" spans="1:2">
       <c r="A1400" t="s">
         <v>1402</v>
       </c>
       <c r="B1400" t="s">
-        <v>3864</v>
+        <v>4129</v>
       </c>
     </row>
     <row r="1401" spans="1:2">
       <c r="A1401" t="s">
         <v>1403</v>
       </c>
       <c r="B1401" t="s">
-        <v>3865</v>
+        <v>4130</v>
       </c>
     </row>
     <row r="1402" spans="1:2">
       <c r="A1402" t="s">
         <v>1404</v>
       </c>
       <c r="B1402" t="s">
-        <v>3866</v>
+        <v>4131</v>
       </c>
     </row>
     <row r="1403" spans="1:2">
       <c r="A1403" t="s">
         <v>1405</v>
       </c>
       <c r="B1403" t="s">
-        <v>3867</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="1404" spans="1:2">
       <c r="A1404" t="s">
         <v>1406</v>
       </c>
       <c r="B1404" t="s">
-        <v>3868</v>
+        <v>4133</v>
       </c>
     </row>
     <row r="1405" spans="1:2">
       <c r="A1405" t="s">
         <v>1407</v>
       </c>
       <c r="B1405" t="s">
-        <v>3869</v>
+        <v>4134</v>
       </c>
     </row>
     <row r="1406" spans="1:2">
       <c r="A1406" t="s">
         <v>1408</v>
       </c>
       <c r="B1406" t="s">
-        <v>3870</v>
+        <v>4135</v>
       </c>
     </row>
     <row r="1407" spans="1:2">
       <c r="A1407" t="s">
         <v>1409</v>
       </c>
       <c r="B1407" t="s">
-        <v>3871</v>
+        <v>3082</v>
       </c>
     </row>
     <row r="1408" spans="1:2">
       <c r="A1408" t="s">
         <v>1410</v>
       </c>
       <c r="B1408" t="s">
-        <v>3872</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="1409" spans="1:2">
       <c r="A1409" t="s">
         <v>1411</v>
       </c>
       <c r="B1409" t="s">
-        <v>3873</v>
+        <v>4137</v>
       </c>
     </row>
     <row r="1410" spans="1:2">
       <c r="A1410" t="s">
         <v>1412</v>
       </c>
       <c r="B1410" t="s">
-        <v>3874</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="1411" spans="1:2">
       <c r="A1411" t="s">
         <v>1413</v>
       </c>
       <c r="B1411" t="s">
-        <v>3875</v>
+        <v>4139</v>
       </c>
     </row>
     <row r="1412" spans="1:2">
       <c r="A1412" t="s">
         <v>1414</v>
       </c>
       <c r="B1412" t="s">
-        <v>3876</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="1413" spans="1:2">
       <c r="A1413" t="s">
         <v>1415</v>
       </c>
       <c r="B1413" t="s">
-        <v>3877</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="1414" spans="1:2">
       <c r="A1414" t="s">
         <v>1416</v>
       </c>
       <c r="B1414" t="s">
-        <v>3878</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1415" spans="1:2">
       <c r="A1415" t="s">
         <v>1417</v>
       </c>
       <c r="B1415" t="s">
-        <v>3879</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="1416" spans="1:2">
       <c r="A1416" t="s">
         <v>1418</v>
       </c>
       <c r="B1416" t="s">
-        <v>3880</v>
+        <v>4143</v>
       </c>
     </row>
     <row r="1417" spans="1:2">
       <c r="A1417" t="s">
         <v>1419</v>
       </c>
       <c r="B1417" t="s">
-        <v>3881</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="1418" spans="1:2">
       <c r="A1418" t="s">
         <v>1420</v>
       </c>
       <c r="B1418" t="s">
-        <v>3882</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="1419" spans="1:2">
       <c r="A1419" t="s">
         <v>1421</v>
       </c>
       <c r="B1419" t="s">
-        <v>3883</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="1420" spans="1:2">
       <c r="A1420" t="s">
         <v>1422</v>
       </c>
       <c r="B1420" t="s">
-        <v>3884</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="1421" spans="1:2">
       <c r="A1421" t="s">
         <v>1423</v>
       </c>
       <c r="B1421" t="s">
-        <v>3885</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="1422" spans="1:2">
       <c r="A1422" t="s">
         <v>1424</v>
       </c>
       <c r="B1422" t="s">
-        <v>3886</v>
+        <v>4149</v>
       </c>
     </row>
     <row r="1423" spans="1:2">
       <c r="A1423" t="s">
         <v>1425</v>
       </c>
       <c r="B1423" t="s">
-        <v>3887</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="1424" spans="1:2">
       <c r="A1424" t="s">
         <v>1426</v>
       </c>
       <c r="B1424" t="s">
-        <v>3888</v>
+        <v>4151</v>
       </c>
     </row>
     <row r="1425" spans="1:2">
       <c r="A1425" t="s">
         <v>1427</v>
       </c>
       <c r="B1425" t="s">
-        <v>3889</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="1426" spans="1:2">
       <c r="A1426" t="s">
         <v>1428</v>
       </c>
       <c r="B1426" t="s">
-        <v>3890</v>
+        <v>4153</v>
       </c>
     </row>
     <row r="1427" spans="1:2">
       <c r="A1427" t="s">
         <v>1429</v>
       </c>
       <c r="B1427" t="s">
-        <v>3891</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="1428" spans="1:2">
       <c r="A1428" t="s">
         <v>1430</v>
       </c>
       <c r="B1428" t="s">
-        <v>3892</v>
+        <v>4155</v>
       </c>
     </row>
     <row r="1429" spans="1:2">
       <c r="A1429" t="s">
         <v>1431</v>
       </c>
       <c r="B1429" t="s">
-        <v>3893</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="1430" spans="1:2">
       <c r="A1430" t="s">
         <v>1432</v>
       </c>
       <c r="B1430" t="s">
-        <v>3894</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="1431" spans="1:2">
       <c r="A1431" t="s">
         <v>1433</v>
       </c>
       <c r="B1431" t="s">
-        <v>3895</v>
+        <v>4158</v>
       </c>
     </row>
     <row r="1432" spans="1:2">
       <c r="A1432" t="s">
         <v>1434</v>
       </c>
       <c r="B1432" t="s">
-        <v>3896</v>
+        <v>4159</v>
       </c>
     </row>
     <row r="1433" spans="1:2">
       <c r="A1433" t="s">
         <v>1435</v>
       </c>
       <c r="B1433" t="s">
-        <v>3897</v>
+        <v>4160</v>
       </c>
     </row>
     <row r="1434" spans="1:2">
       <c r="A1434" t="s">
         <v>1436</v>
       </c>
       <c r="B1434" t="s">
-        <v>3898</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="1435" spans="1:2">
       <c r="A1435" t="s">
         <v>1437</v>
       </c>
       <c r="B1435" t="s">
-        <v>3899</v>
+        <v>4162</v>
       </c>
     </row>
     <row r="1436" spans="1:2">
       <c r="A1436" t="s">
         <v>1438</v>
       </c>
       <c r="B1436" t="s">
-        <v>3900</v>
+        <v>4163</v>
       </c>
     </row>
     <row r="1437" spans="1:2">
       <c r="A1437" t="s">
         <v>1439</v>
       </c>
       <c r="B1437" t="s">
-        <v>3901</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="1438" spans="1:2">
       <c r="A1438" t="s">
         <v>1440</v>
       </c>
       <c r="B1438" t="s">
-        <v>3902</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="1439" spans="1:2">
       <c r="A1439" t="s">
         <v>1441</v>
       </c>
       <c r="B1439" t="s">
-        <v>3903</v>
+        <v>4166</v>
       </c>
     </row>
     <row r="1440" spans="1:2">
       <c r="A1440" t="s">
         <v>1442</v>
       </c>
       <c r="B1440" t="s">
-        <v>3904</v>
+        <v>3358</v>
       </c>
     </row>
     <row r="1441" spans="1:2">
       <c r="A1441" t="s">
         <v>1443</v>
       </c>
       <c r="B1441" t="s">
-        <v>3905</v>
+        <v>4167</v>
       </c>
     </row>
     <row r="1442" spans="1:2">
       <c r="A1442" t="s">
         <v>1444</v>
       </c>
       <c r="B1442" t="s">
-        <v>3906</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="1443" spans="1:2">
       <c r="A1443" t="s">
         <v>1445</v>
       </c>
       <c r="B1443" t="s">
-        <v>3907</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="1444" spans="1:2">
       <c r="A1444" t="s">
         <v>1446</v>
       </c>
       <c r="B1444" t="s">
-        <v>3908</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="1445" spans="1:2">
       <c r="A1445" t="s">
         <v>1447</v>
       </c>
       <c r="B1445" t="s">
-        <v>3909</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="1446" spans="1:2">
       <c r="A1446" t="s">
         <v>1448</v>
       </c>
       <c r="B1446" t="s">
-        <v>3910</v>
+        <v>4172</v>
       </c>
     </row>
     <row r="1447" spans="1:2">
       <c r="A1447" t="s">
         <v>1449</v>
       </c>
       <c r="B1447" t="s">
-        <v>3911</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="1448" spans="1:2">
       <c r="A1448" t="s">
         <v>1450</v>
       </c>
       <c r="B1448" t="s">
-        <v>3912</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="1449" spans="1:2">
       <c r="A1449" t="s">
         <v>1451</v>
       </c>
       <c r="B1449" t="s">
-        <v>3913</v>
+        <v>4175</v>
       </c>
     </row>
     <row r="1450" spans="1:2">
       <c r="A1450" t="s">
         <v>1452</v>
       </c>
       <c r="B1450" t="s">
-        <v>3914</v>
+        <v>3329</v>
       </c>
     </row>
     <row r="1451" spans="1:2">
       <c r="A1451" t="s">
         <v>1453</v>
       </c>
       <c r="B1451" t="s">
-        <v>3915</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="1452" spans="1:2">
       <c r="A1452" t="s">
         <v>1454</v>
       </c>
       <c r="B1452" t="s">
-        <v>3916</v>
+        <v>4177</v>
       </c>
     </row>
     <row r="1453" spans="1:2">
       <c r="A1453" t="s">
         <v>1455</v>
       </c>
       <c r="B1453" t="s">
-        <v>3917</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="1454" spans="1:2">
       <c r="A1454" t="s">
         <v>1456</v>
       </c>
       <c r="B1454" t="s">
-        <v>3918</v>
+        <v>4179</v>
       </c>
     </row>
     <row r="1455" spans="1:2">
       <c r="A1455" t="s">
         <v>1457</v>
       </c>
       <c r="B1455" t="s">
-        <v>3919</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="1456" spans="1:2">
       <c r="A1456" t="s">
         <v>1458</v>
       </c>
       <c r="B1456" t="s">
-        <v>3920</v>
+        <v>4181</v>
       </c>
     </row>
     <row r="1457" spans="1:2">
       <c r="A1457" t="s">
         <v>1459</v>
       </c>
       <c r="B1457" t="s">
-        <v>3921</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="1458" spans="1:2">
       <c r="A1458" t="s">
         <v>1460</v>
       </c>
       <c r="B1458" t="s">
-        <v>3922</v>
+        <v>3269</v>
       </c>
     </row>
     <row r="1459" spans="1:2">
       <c r="A1459" t="s">
         <v>1461</v>
       </c>
       <c r="B1459" t="s">
-        <v>3923</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="1460" spans="1:2">
       <c r="A1460" t="s">
         <v>1462</v>
       </c>
       <c r="B1460" t="s">
-        <v>3924</v>
+        <v>4184</v>
       </c>
     </row>
     <row r="1461" spans="1:2">
       <c r="A1461" t="s">
         <v>1463</v>
       </c>
       <c r="B1461" t="s">
-        <v>3925</v>
+        <v>4185</v>
       </c>
     </row>
     <row r="1462" spans="1:2">
       <c r="A1462" t="s">
         <v>1464</v>
       </c>
       <c r="B1462" t="s">
-        <v>3926</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="1463" spans="1:2">
       <c r="A1463" t="s">
         <v>1465</v>
       </c>
       <c r="B1463" t="s">
-        <v>3927</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="1464" spans="1:2">
       <c r="A1464" t="s">
         <v>1466</v>
       </c>
       <c r="B1464" t="s">
-        <v>3928</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="1465" spans="1:2">
       <c r="A1465" t="s">
         <v>1467</v>
       </c>
       <c r="B1465" t="s">
-        <v>3929</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="1466" spans="1:2">
       <c r="A1466" t="s">
         <v>1468</v>
       </c>
       <c r="B1466" t="s">
-        <v>3930</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="1467" spans="1:2">
       <c r="A1467" t="s">
         <v>1469</v>
       </c>
       <c r="B1467" t="s">
-        <v>3931</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="1468" spans="1:2">
       <c r="A1468" t="s">
         <v>1470</v>
       </c>
       <c r="B1468" t="s">
-        <v>3932</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="1469" spans="1:2">
       <c r="A1469" t="s">
         <v>1471</v>
       </c>
       <c r="B1469" t="s">
-        <v>3362</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="1470" spans="1:2">
       <c r="A1470" t="s">
         <v>1472</v>
       </c>
       <c r="B1470" t="s">
-        <v>3933</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="1471" spans="1:2">
       <c r="A1471" t="s">
         <v>1473</v>
       </c>
       <c r="B1471" t="s">
-        <v>3934</v>
+        <v>4194</v>
       </c>
     </row>
     <row r="1472" spans="1:2">
       <c r="A1472" t="s">
         <v>1474</v>
       </c>
       <c r="B1472" t="s">
-        <v>3935</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="1473" spans="1:2">
       <c r="A1473" t="s">
         <v>1475</v>
       </c>
       <c r="B1473" t="s">
-        <v>3936</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="1474" spans="1:2">
       <c r="A1474" t="s">
         <v>1476</v>
       </c>
       <c r="B1474" t="s">
-        <v>3937</v>
+        <v>4197</v>
       </c>
     </row>
     <row r="1475" spans="1:2">
       <c r="A1475" t="s">
         <v>1477</v>
       </c>
       <c r="B1475" t="s">
-        <v>3938</v>
+        <v>4198</v>
       </c>
     </row>
     <row r="1476" spans="1:2">
       <c r="A1476" t="s">
         <v>1478</v>
       </c>
       <c r="B1476" t="s">
-        <v>3939</v>
+        <v>4199</v>
       </c>
     </row>
     <row r="1477" spans="1:2">
       <c r="A1477" t="s">
         <v>1479</v>
       </c>
       <c r="B1477" t="s">
-        <v>3940</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="1478" spans="1:2">
       <c r="A1478" t="s">
         <v>1480</v>
       </c>
       <c r="B1478" t="s">
-        <v>3941</v>
+        <v>4201</v>
       </c>
     </row>
     <row r="1479" spans="1:2">
       <c r="A1479" t="s">
         <v>1481</v>
       </c>
       <c r="B1479" t="s">
-        <v>3942</v>
+        <v>4202</v>
       </c>
     </row>
     <row r="1480" spans="1:2">
       <c r="A1480" t="s">
         <v>1482</v>
       </c>
       <c r="B1480" t="s">
-        <v>3943</v>
+        <v>4203</v>
       </c>
     </row>
     <row r="1481" spans="1:2">
       <c r="A1481" t="s">
         <v>1483</v>
       </c>
       <c r="B1481" t="s">
-        <v>3944</v>
+        <v>4204</v>
       </c>
     </row>
     <row r="1482" spans="1:2">
       <c r="A1482" t="s">
         <v>1484</v>
       </c>
       <c r="B1482" t="s">
-        <v>3945</v>
+        <v>4205</v>
       </c>
     </row>
     <row r="1483" spans="1:2">
       <c r="A1483" t="s">
         <v>1485</v>
       </c>
       <c r="B1483" t="s">
-        <v>3946</v>
+        <v>4206</v>
       </c>
     </row>
     <row r="1484" spans="1:2">
       <c r="A1484" t="s">
         <v>1486</v>
       </c>
       <c r="B1484" t="s">
-        <v>3947</v>
+        <v>4207</v>
       </c>
     </row>
     <row r="1485" spans="1:2">
       <c r="A1485" t="s">
         <v>1487</v>
       </c>
       <c r="B1485" t="s">
-        <v>3948</v>
+        <v>4208</v>
       </c>
     </row>
     <row r="1486" spans="1:2">
       <c r="A1486" t="s">
         <v>1488</v>
       </c>
       <c r="B1486" t="s">
-        <v>3949</v>
+        <v>4209</v>
       </c>
     </row>
     <row r="1487" spans="1:2">
       <c r="A1487" t="s">
         <v>1489</v>
       </c>
       <c r="B1487" t="s">
-        <v>3950</v>
+        <v>4210</v>
       </c>
     </row>
     <row r="1488" spans="1:2">
       <c r="A1488" t="s">
         <v>1490</v>
       </c>
       <c r="B1488" t="s">
-        <v>3951</v>
+        <v>4211</v>
       </c>
     </row>
     <row r="1489" spans="1:2">
       <c r="A1489" t="s">
         <v>1491</v>
       </c>
       <c r="B1489" t="s">
-        <v>3952</v>
+        <v>4212</v>
       </c>
     </row>
     <row r="1490" spans="1:2">
       <c r="A1490" t="s">
         <v>1492</v>
       </c>
       <c r="B1490" t="s">
-        <v>3953</v>
+        <v>4213</v>
       </c>
     </row>
     <row r="1491" spans="1:2">
       <c r="A1491" t="s">
         <v>1493</v>
       </c>
       <c r="B1491" t="s">
-        <v>3954</v>
+        <v>4214</v>
       </c>
     </row>
     <row r="1492" spans="1:2">
       <c r="A1492" t="s">
         <v>1494</v>
       </c>
       <c r="B1492" t="s">
-        <v>3955</v>
+        <v>4215</v>
       </c>
     </row>
     <row r="1493" spans="1:2">
       <c r="A1493" t="s">
         <v>1495</v>
       </c>
       <c r="B1493" t="s">
-        <v>3956</v>
+        <v>4216</v>
       </c>
     </row>
     <row r="1494" spans="1:2">
       <c r="A1494" t="s">
         <v>1496</v>
       </c>
       <c r="B1494" t="s">
-        <v>3957</v>
+        <v>4217</v>
       </c>
     </row>
     <row r="1495" spans="1:2">
       <c r="A1495" t="s">
         <v>1497</v>
       </c>
       <c r="B1495" t="s">
-        <v>3958</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="1496" spans="1:2">
       <c r="A1496" t="s">
         <v>1498</v>
       </c>
       <c r="B1496" t="s">
-        <v>3959</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="1497" spans="1:2">
       <c r="A1497" t="s">
         <v>1499</v>
       </c>
       <c r="B1497" t="s">
-        <v>3960</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="1498" spans="1:2">
       <c r="A1498" t="s">
         <v>1500</v>
       </c>
       <c r="B1498" t="s">
-        <v>3961</v>
+        <v>4221</v>
       </c>
     </row>
     <row r="1499" spans="1:2">
       <c r="A1499" t="s">
         <v>1501</v>
       </c>
       <c r="B1499" t="s">
-        <v>3962</v>
+        <v>4222</v>
       </c>
     </row>
     <row r="1500" spans="1:2">
       <c r="A1500" t="s">
         <v>1502</v>
       </c>
       <c r="B1500" t="s">
-        <v>3963</v>
+        <v>4223</v>
       </c>
     </row>
     <row r="1501" spans="1:2">
       <c r="A1501" t="s">
         <v>1503</v>
       </c>
       <c r="B1501" t="s">
-        <v>3964</v>
+        <v>4224</v>
       </c>
     </row>
     <row r="1502" spans="1:2">
       <c r="A1502" t="s">
         <v>1504</v>
       </c>
       <c r="B1502" t="s">
-        <v>3965</v>
+        <v>4225</v>
       </c>
     </row>
     <row r="1503" spans="1:2">
       <c r="A1503" t="s">
         <v>1505</v>
       </c>
       <c r="B1503" t="s">
-        <v>3966</v>
+        <v>4226</v>
       </c>
     </row>
     <row r="1504" spans="1:2">
       <c r="A1504" t="s">
         <v>1506</v>
       </c>
       <c r="B1504" t="s">
-        <v>3967</v>
+        <v>4227</v>
       </c>
     </row>
     <row r="1505" spans="1:2">
       <c r="A1505" t="s">
         <v>1507</v>
       </c>
       <c r="B1505" t="s">
-        <v>3968</v>
+        <v>4228</v>
       </c>
     </row>
     <row r="1506" spans="1:2">
       <c r="A1506" t="s">
         <v>1508</v>
       </c>
       <c r="B1506" t="s">
-        <v>3969</v>
+        <v>4229</v>
       </c>
     </row>
     <row r="1507" spans="1:2">
       <c r="A1507" t="s">
         <v>1509</v>
       </c>
       <c r="B1507" t="s">
-        <v>3970</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="1508" spans="1:2">
       <c r="A1508" t="s">
         <v>1510</v>
       </c>
       <c r="B1508" t="s">
-        <v>3971</v>
+        <v>4231</v>
       </c>
     </row>
     <row r="1509" spans="1:2">
       <c r="A1509" t="s">
         <v>1511</v>
       </c>
       <c r="B1509" t="s">
-        <v>3972</v>
+        <v>4232</v>
       </c>
     </row>
     <row r="1510" spans="1:2">
       <c r="A1510" t="s">
         <v>1512</v>
       </c>
       <c r="B1510" t="s">
-        <v>3973</v>
+        <v>4233</v>
       </c>
     </row>
     <row r="1511" spans="1:2">
       <c r="A1511" t="s">
         <v>1513</v>
       </c>
       <c r="B1511" t="s">
-        <v>3974</v>
+        <v>4234</v>
       </c>
     </row>
     <row r="1512" spans="1:2">
       <c r="A1512" t="s">
         <v>1514</v>
       </c>
       <c r="B1512" t="s">
-        <v>3975</v>
+        <v>4235</v>
       </c>
     </row>
     <row r="1513" spans="1:2">
       <c r="A1513" t="s">
         <v>1515</v>
       </c>
       <c r="B1513" t="s">
-        <v>3976</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="1514" spans="1:2">
       <c r="A1514" t="s">
         <v>1516</v>
       </c>
       <c r="B1514" t="s">
-        <v>3977</v>
+        <v>4237</v>
       </c>
     </row>
     <row r="1515" spans="1:2">
       <c r="A1515" t="s">
         <v>1517</v>
       </c>
       <c r="B1515" t="s">
-        <v>3978</v>
+        <v>4238</v>
       </c>
     </row>
     <row r="1516" spans="1:2">
       <c r="A1516" t="s">
         <v>1518</v>
       </c>
       <c r="B1516" t="s">
-        <v>3979</v>
+        <v>4239</v>
       </c>
     </row>
     <row r="1517" spans="1:2">
       <c r="A1517" t="s">
         <v>1519</v>
       </c>
       <c r="B1517" t="s">
-        <v>3980</v>
+        <v>4240</v>
       </c>
     </row>
     <row r="1518" spans="1:2">
       <c r="A1518" t="s">
         <v>1520</v>
       </c>
       <c r="B1518" t="s">
-        <v>3981</v>
+        <v>4241</v>
       </c>
     </row>
     <row r="1519" spans="1:2">
       <c r="A1519" t="s">
         <v>1521</v>
       </c>
       <c r="B1519" t="s">
-        <v>3982</v>
+        <v>4242</v>
       </c>
     </row>
     <row r="1520" spans="1:2">
       <c r="A1520" t="s">
         <v>1522</v>
       </c>
       <c r="B1520" t="s">
-        <v>3983</v>
+        <v>4243</v>
       </c>
     </row>
     <row r="1521" spans="1:2">
       <c r="A1521" t="s">
         <v>1523</v>
       </c>
       <c r="B1521" t="s">
-        <v>3984</v>
+        <v>4244</v>
       </c>
     </row>
     <row r="1522" spans="1:2">
       <c r="A1522" t="s">
         <v>1524</v>
       </c>
       <c r="B1522" t="s">
-        <v>3985</v>
+        <v>4245</v>
       </c>
     </row>
     <row r="1523" spans="1:2">
       <c r="A1523" t="s">
         <v>1525</v>
       </c>
       <c r="B1523" t="s">
-        <v>3986</v>
+        <v>4246</v>
       </c>
     </row>
     <row r="1524" spans="1:2">
       <c r="A1524" t="s">
         <v>1526</v>
       </c>
       <c r="B1524" t="s">
-        <v>3987</v>
+        <v>4247</v>
       </c>
     </row>
     <row r="1525" spans="1:2">
       <c r="A1525" t="s">
         <v>1527</v>
       </c>
       <c r="B1525" t="s">
-        <v>3988</v>
+        <v>4248</v>
       </c>
     </row>
     <row r="1526" spans="1:2">
       <c r="A1526" t="s">
         <v>1528</v>
       </c>
       <c r="B1526" t="s">
-        <v>3989</v>
+        <v>4249</v>
       </c>
     </row>
     <row r="1527" spans="1:2">
       <c r="A1527" t="s">
         <v>1529</v>
       </c>
       <c r="B1527" t="s">
-        <v>3990</v>
+        <v>4250</v>
       </c>
     </row>
     <row r="1528" spans="1:2">
       <c r="A1528" t="s">
         <v>1530</v>
       </c>
       <c r="B1528" t="s">
-        <v>3991</v>
+        <v>4251</v>
       </c>
     </row>
     <row r="1529" spans="1:2">
       <c r="A1529" t="s">
         <v>1531</v>
       </c>
       <c r="B1529" t="s">
-        <v>3992</v>
+        <v>4252</v>
       </c>
     </row>
     <row r="1530" spans="1:2">
       <c r="A1530" t="s">
         <v>1532</v>
       </c>
       <c r="B1530" t="s">
-        <v>3993</v>
+        <v>4253</v>
       </c>
     </row>
     <row r="1531" spans="1:2">
       <c r="A1531" t="s">
         <v>1533</v>
       </c>
       <c r="B1531" t="s">
-        <v>3994</v>
+        <v>4254</v>
       </c>
     </row>
     <row r="1532" spans="1:2">
       <c r="A1532" t="s">
         <v>1534</v>
       </c>
       <c r="B1532" t="s">
-        <v>3995</v>
+        <v>4255</v>
       </c>
     </row>
     <row r="1533" spans="1:2">
       <c r="A1533" t="s">
         <v>1535</v>
       </c>
       <c r="B1533" t="s">
-        <v>3996</v>
+        <v>4256</v>
       </c>
     </row>
     <row r="1534" spans="1:2">
       <c r="A1534" t="s">
         <v>1536</v>
       </c>
       <c r="B1534" t="s">
-        <v>3997</v>
+        <v>4257</v>
       </c>
     </row>
     <row r="1535" spans="1:2">
       <c r="A1535" t="s">
         <v>1537</v>
       </c>
       <c r="B1535" t="s">
-        <v>3998</v>
+        <v>4258</v>
       </c>
     </row>
     <row r="1536" spans="1:2">
       <c r="A1536" t="s">
         <v>1538</v>
       </c>
       <c r="B1536" t="s">
-        <v>3999</v>
+        <v>4259</v>
       </c>
     </row>
     <row r="1537" spans="1:2">
       <c r="A1537" t="s">
         <v>1539</v>
       </c>
       <c r="B1537" t="s">
-        <v>4000</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="1538" spans="1:2">
       <c r="A1538" t="s">
         <v>1540</v>
       </c>
       <c r="B1538" t="s">
-        <v>4001</v>
+        <v>4261</v>
       </c>
     </row>
     <row r="1539" spans="1:2">
       <c r="A1539" t="s">
         <v>1541</v>
       </c>
       <c r="B1539" t="s">
-        <v>4002</v>
+        <v>4262</v>
       </c>
     </row>
     <row r="1540" spans="1:2">
       <c r="A1540" t="s">
         <v>1542</v>
       </c>
       <c r="B1540" t="s">
-        <v>4003</v>
+        <v>4263</v>
       </c>
     </row>
     <row r="1541" spans="1:2">
       <c r="A1541" t="s">
         <v>1543</v>
       </c>
       <c r="B1541" t="s">
-        <v>4004</v>
+        <v>4264</v>
       </c>
     </row>
     <row r="1542" spans="1:2">
       <c r="A1542" t="s">
         <v>1544</v>
       </c>
       <c r="B1542" t="s">
-        <v>4005</v>
+        <v>4265</v>
       </c>
     </row>
     <row r="1543" spans="1:2">
       <c r="A1543" t="s">
         <v>1545</v>
       </c>
       <c r="B1543" t="s">
-        <v>4006</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="1544" spans="1:2">
       <c r="A1544" t="s">
         <v>1546</v>
       </c>
       <c r="B1544" t="s">
-        <v>4007</v>
+        <v>4267</v>
       </c>
     </row>
     <row r="1545" spans="1:2">
       <c r="A1545" t="s">
         <v>1547</v>
       </c>
       <c r="B1545" t="s">
-        <v>4008</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="1546" spans="1:2">
       <c r="A1546" t="s">
         <v>1548</v>
       </c>
       <c r="B1546" t="s">
-        <v>4009</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="1547" spans="1:2">
       <c r="A1547" t="s">
         <v>1549</v>
       </c>
       <c r="B1547" t="s">
-        <v>4010</v>
+        <v>4270</v>
       </c>
     </row>
     <row r="1548" spans="1:2">
       <c r="A1548" t="s">
         <v>1550</v>
       </c>
       <c r="B1548" t="s">
-        <v>4011</v>
+        <v>4271</v>
       </c>
     </row>
     <row r="1549" spans="1:2">
       <c r="A1549" t="s">
         <v>1551</v>
       </c>
       <c r="B1549" t="s">
-        <v>4012</v>
+        <v>4272</v>
       </c>
     </row>
     <row r="1550" spans="1:2">
       <c r="A1550" t="s">
         <v>1552</v>
       </c>
       <c r="B1550" t="s">
-        <v>4013</v>
+        <v>4273</v>
       </c>
     </row>
     <row r="1551" spans="1:2">
       <c r="A1551" t="s">
         <v>1553</v>
       </c>
       <c r="B1551" t="s">
-        <v>4014</v>
+        <v>4274</v>
       </c>
     </row>
     <row r="1552" spans="1:2">
       <c r="A1552" t="s">
         <v>1554</v>
       </c>
       <c r="B1552" t="s">
-        <v>4015</v>
+        <v>4275</v>
       </c>
     </row>
     <row r="1553" spans="1:2">
       <c r="A1553" t="s">
         <v>1555</v>
       </c>
       <c r="B1553" t="s">
-        <v>4016</v>
+        <v>4276</v>
       </c>
     </row>
     <row r="1554" spans="1:2">
       <c r="A1554" t="s">
         <v>1556</v>
       </c>
       <c r="B1554" t="s">
-        <v>4017</v>
+        <v>4277</v>
       </c>
     </row>
     <row r="1555" spans="1:2">
       <c r="A1555" t="s">
         <v>1557</v>
       </c>
       <c r="B1555" t="s">
-        <v>4018</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="1556" spans="1:2">
       <c r="A1556" t="s">
         <v>1558</v>
       </c>
       <c r="B1556" t="s">
-        <v>4019</v>
+        <v>4279</v>
       </c>
     </row>
     <row r="1557" spans="1:2">
       <c r="A1557" t="s">
         <v>1559</v>
       </c>
       <c r="B1557" t="s">
-        <v>4020</v>
+        <v>4280</v>
       </c>
     </row>
     <row r="1558" spans="1:2">
       <c r="A1558" t="s">
         <v>1560</v>
       </c>
       <c r="B1558" t="s">
-        <v>4021</v>
+        <v>4281</v>
       </c>
     </row>
     <row r="1559" spans="1:2">
       <c r="A1559" t="s">
         <v>1561</v>
       </c>
       <c r="B1559" t="s">
-        <v>4022</v>
+        <v>4282</v>
       </c>
     </row>
     <row r="1560" spans="1:2">
       <c r="A1560" t="s">
         <v>1562</v>
       </c>
       <c r="B1560" t="s">
-        <v>4023</v>
+        <v>4283</v>
       </c>
     </row>
     <row r="1561" spans="1:2">
       <c r="A1561" t="s">
         <v>1563</v>
       </c>
       <c r="B1561" t="s">
-        <v>4024</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="1562" spans="1:2">
       <c r="A1562" t="s">
         <v>1564</v>
       </c>
       <c r="B1562" t="s">
-        <v>4025</v>
+        <v>4285</v>
       </c>
     </row>
     <row r="1563" spans="1:2">
       <c r="A1563" t="s">
         <v>1565</v>
       </c>
       <c r="B1563" t="s">
-        <v>4026</v>
+        <v>4286</v>
       </c>
     </row>
     <row r="1564" spans="1:2">
       <c r="A1564" t="s">
         <v>1566</v>
       </c>
       <c r="B1564" t="s">
-        <v>4027</v>
+        <v>4287</v>
       </c>
     </row>
     <row r="1565" spans="1:2">
       <c r="A1565" t="s">
         <v>1567</v>
       </c>
       <c r="B1565" t="s">
-        <v>4028</v>
+        <v>4288</v>
       </c>
     </row>
     <row r="1566" spans="1:2">
       <c r="A1566" t="s">
         <v>1568</v>
       </c>
       <c r="B1566" t="s">
-        <v>4029</v>
+        <v>4289</v>
       </c>
     </row>
     <row r="1567" spans="1:2">
       <c r="A1567" t="s">
         <v>1569</v>
       </c>
       <c r="B1567" t="s">
-        <v>4030</v>
+        <v>4290</v>
       </c>
     </row>
     <row r="1568" spans="1:2">
       <c r="A1568" t="s">
         <v>1570</v>
       </c>
       <c r="B1568" t="s">
-        <v>4031</v>
+        <v>4291</v>
       </c>
     </row>
     <row r="1569" spans="1:2">
       <c r="A1569" t="s">
         <v>1571</v>
       </c>
       <c r="B1569" t="s">
-        <v>4032</v>
+        <v>4292</v>
       </c>
     </row>
     <row r="1570" spans="1:2">
       <c r="A1570" t="s">
         <v>1572</v>
       </c>
       <c r="B1570" t="s">
-        <v>4033</v>
+        <v>4293</v>
       </c>
     </row>
     <row r="1571" spans="1:2">
       <c r="A1571" t="s">
         <v>1573</v>
       </c>
       <c r="B1571" t="s">
-        <v>4034</v>
+        <v>4294</v>
       </c>
     </row>
     <row r="1572" spans="1:2">
       <c r="A1572" t="s">
         <v>1574</v>
       </c>
       <c r="B1572" t="s">
-        <v>4035</v>
+        <v>4295</v>
       </c>
     </row>
     <row r="1573" spans="1:2">
       <c r="A1573" t="s">
         <v>1575</v>
       </c>
       <c r="B1573" t="s">
-        <v>4036</v>
+        <v>4296</v>
       </c>
     </row>
     <row r="1574" spans="1:2">
       <c r="A1574" t="s">
         <v>1576</v>
       </c>
       <c r="B1574" t="s">
-        <v>4037</v>
+        <v>4297</v>
       </c>
     </row>
     <row r="1575" spans="1:2">
       <c r="A1575" t="s">
         <v>1577</v>
       </c>
       <c r="B1575" t="s">
-        <v>4038</v>
+        <v>4298</v>
       </c>
     </row>
     <row r="1576" spans="1:2">
       <c r="A1576" t="s">
         <v>1578</v>
       </c>
       <c r="B1576" t="s">
-        <v>4039</v>
+        <v>4299</v>
       </c>
     </row>
     <row r="1577" spans="1:2">
       <c r="A1577" t="s">
         <v>1579</v>
       </c>
       <c r="B1577" t="s">
-        <v>4040</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="1578" spans="1:2">
       <c r="A1578" t="s">
         <v>1580</v>
       </c>
       <c r="B1578" t="s">
-        <v>4041</v>
+        <v>4301</v>
       </c>
     </row>
     <row r="1579" spans="1:2">
       <c r="A1579" t="s">
         <v>1581</v>
       </c>
       <c r="B1579" t="s">
-        <v>4042</v>
+        <v>4302</v>
       </c>
     </row>
     <row r="1580" spans="1:2">
       <c r="A1580" t="s">
         <v>1582</v>
       </c>
       <c r="B1580" t="s">
-        <v>4043</v>
+        <v>4303</v>
       </c>
     </row>
     <row r="1581" spans="1:2">
       <c r="A1581" t="s">
         <v>1583</v>
       </c>
       <c r="B1581" t="s">
-        <v>4044</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="1582" spans="1:2">
       <c r="A1582" t="s">
         <v>1584</v>
       </c>
       <c r="B1582" t="s">
-        <v>4045</v>
+        <v>4305</v>
       </c>
     </row>
     <row r="1583" spans="1:2">
       <c r="A1583" t="s">
         <v>1585</v>
       </c>
       <c r="B1583" t="s">
-        <v>4046</v>
+        <v>4306</v>
       </c>
     </row>
     <row r="1584" spans="1:2">
       <c r="A1584" t="s">
         <v>1586</v>
       </c>
       <c r="B1584" t="s">
-        <v>4047</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="1585" spans="1:2">
       <c r="A1585" t="s">
         <v>1587</v>
       </c>
       <c r="B1585" t="s">
-        <v>4048</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="1586" spans="1:2">
       <c r="A1586" t="s">
         <v>1588</v>
       </c>
       <c r="B1586" t="s">
-        <v>4049</v>
+        <v>4309</v>
       </c>
     </row>
     <row r="1587" spans="1:2">
       <c r="A1587" t="s">
         <v>1589</v>
       </c>
       <c r="B1587" t="s">
-        <v>4050</v>
+        <v>4310</v>
       </c>
     </row>
     <row r="1588" spans="1:2">
       <c r="A1588" t="s">
         <v>1590</v>
       </c>
       <c r="B1588" t="s">
-        <v>4051</v>
+        <v>4311</v>
       </c>
     </row>
     <row r="1589" spans="1:2">
       <c r="A1589" t="s">
         <v>1591</v>
       </c>
       <c r="B1589" t="s">
-        <v>4052</v>
+        <v>4312</v>
       </c>
     </row>
     <row r="1590" spans="1:2">
       <c r="A1590" t="s">
         <v>1592</v>
       </c>
       <c r="B1590" t="s">
-        <v>4053</v>
+        <v>4313</v>
       </c>
     </row>
     <row r="1591" spans="1:2">
       <c r="A1591" t="s">
         <v>1593</v>
       </c>
       <c r="B1591" t="s">
-        <v>4054</v>
+        <v>4314</v>
       </c>
     </row>
     <row r="1592" spans="1:2">
       <c r="A1592" t="s">
         <v>1594</v>
       </c>
       <c r="B1592" t="s">
-        <v>4055</v>
+        <v>4315</v>
       </c>
     </row>
     <row r="1593" spans="1:2">
       <c r="A1593" t="s">
         <v>1595</v>
       </c>
       <c r="B1593" t="s">
-        <v>4056</v>
+        <v>4316</v>
       </c>
     </row>
     <row r="1594" spans="1:2">
       <c r="A1594" t="s">
         <v>1596</v>
       </c>
       <c r="B1594" t="s">
-        <v>4057</v>
+        <v>4317</v>
       </c>
     </row>
     <row r="1595" spans="1:2">
       <c r="A1595" t="s">
         <v>1597</v>
       </c>
       <c r="B1595" t="s">
-        <v>4058</v>
+        <v>4318</v>
       </c>
     </row>
     <row r="1596" spans="1:2">
       <c r="A1596" t="s">
         <v>1598</v>
       </c>
       <c r="B1596" t="s">
-        <v>4059</v>
+        <v>4319</v>
       </c>
     </row>
     <row r="1597" spans="1:2">
       <c r="A1597" t="s">
         <v>1599</v>
       </c>
       <c r="B1597" t="s">
-        <v>4060</v>
+        <v>4320</v>
       </c>
     </row>
     <row r="1598" spans="1:2">
       <c r="A1598" t="s">
         <v>1600</v>
       </c>
       <c r="B1598" t="s">
-        <v>4061</v>
+        <v>4321</v>
       </c>
     </row>
     <row r="1599" spans="1:2">
       <c r="A1599" t="s">
         <v>1601</v>
       </c>
       <c r="B1599" t="s">
-        <v>4062</v>
+        <v>4322</v>
       </c>
     </row>
     <row r="1600" spans="1:2">
       <c r="A1600" t="s">
         <v>1602</v>
       </c>
       <c r="B1600" t="s">
-        <v>4063</v>
+        <v>4323</v>
       </c>
     </row>
     <row r="1601" spans="1:2">
       <c r="A1601" t="s">
         <v>1603</v>
       </c>
       <c r="B1601" t="s">
-        <v>4064</v>
+        <v>4324</v>
       </c>
     </row>
     <row r="1602" spans="1:2">
       <c r="A1602" t="s">
         <v>1604</v>
       </c>
       <c r="B1602" t="s">
-        <v>4065</v>
+        <v>4325</v>
       </c>
     </row>
     <row r="1603" spans="1:2">
       <c r="A1603" t="s">
         <v>1605</v>
       </c>
       <c r="B1603" t="s">
-        <v>4066</v>
+        <v>4326</v>
       </c>
     </row>
     <row r="1604" spans="1:2">
       <c r="A1604" t="s">
         <v>1606</v>
       </c>
       <c r="B1604" t="s">
-        <v>4067</v>
+        <v>4327</v>
       </c>
     </row>
     <row r="1605" spans="1:2">
       <c r="A1605" t="s">
         <v>1607</v>
       </c>
       <c r="B1605" t="s">
-        <v>4068</v>
+        <v>4328</v>
       </c>
     </row>
     <row r="1606" spans="1:2">
       <c r="A1606" t="s">
         <v>1608</v>
       </c>
       <c r="B1606" t="s">
-        <v>4069</v>
+        <v>4329</v>
       </c>
     </row>
     <row r="1607" spans="1:2">
       <c r="A1607" t="s">
         <v>1609</v>
       </c>
       <c r="B1607" t="s">
-        <v>4070</v>
+        <v>4330</v>
       </c>
     </row>
     <row r="1608" spans="1:2">
       <c r="A1608" t="s">
         <v>1610</v>
       </c>
       <c r="B1608" t="s">
-        <v>4071</v>
+        <v>4331</v>
       </c>
     </row>
     <row r="1609" spans="1:2">
       <c r="A1609" t="s">
         <v>1611</v>
       </c>
       <c r="B1609" t="s">
-        <v>4072</v>
+        <v>4332</v>
       </c>
     </row>
     <row r="1610" spans="1:2">
       <c r="A1610" t="s">
         <v>1612</v>
       </c>
       <c r="B1610" t="s">
-        <v>4073</v>
+        <v>4333</v>
       </c>
     </row>
     <row r="1611" spans="1:2">
       <c r="A1611" t="s">
         <v>1613</v>
       </c>
       <c r="B1611" t="s">
-        <v>4074</v>
+        <v>4334</v>
       </c>
     </row>
     <row r="1612" spans="1:2">
       <c r="A1612" t="s">
         <v>1614</v>
       </c>
       <c r="B1612" t="s">
-        <v>4075</v>
+        <v>4335</v>
       </c>
     </row>
     <row r="1613" spans="1:2">
       <c r="A1613" t="s">
         <v>1615</v>
       </c>
       <c r="B1613" t="s">
-        <v>4076</v>
+        <v>4336</v>
       </c>
     </row>
     <row r="1614" spans="1:2">
       <c r="A1614" t="s">
         <v>1616</v>
       </c>
       <c r="B1614" t="s">
-        <v>4077</v>
+        <v>4337</v>
       </c>
     </row>
     <row r="1615" spans="1:2">
       <c r="A1615" t="s">
         <v>1617</v>
       </c>
       <c r="B1615" t="s">
-        <v>4078</v>
+        <v>4338</v>
       </c>
     </row>
     <row r="1616" spans="1:2">
       <c r="A1616" t="s">
         <v>1618</v>
       </c>
       <c r="B1616" t="s">
-        <v>4079</v>
+        <v>4339</v>
       </c>
     </row>
     <row r="1617" spans="1:2">
       <c r="A1617" t="s">
         <v>1619</v>
       </c>
       <c r="B1617" t="s">
-        <v>4080</v>
+        <v>4340</v>
       </c>
     </row>
     <row r="1618" spans="1:2">
       <c r="A1618" t="s">
         <v>1620</v>
       </c>
       <c r="B1618" t="s">
-        <v>4081</v>
+        <v>4341</v>
       </c>
     </row>
     <row r="1619" spans="1:2">
       <c r="A1619" t="s">
         <v>1621</v>
       </c>
       <c r="B1619" t="s">
-        <v>4082</v>
+        <v>4342</v>
       </c>
     </row>
     <row r="1620" spans="1:2">
       <c r="A1620" t="s">
         <v>1622</v>
       </c>
       <c r="B1620" t="s">
-        <v>4083</v>
+        <v>4343</v>
       </c>
     </row>
     <row r="1621" spans="1:2">
       <c r="A1621" t="s">
         <v>1623</v>
       </c>
       <c r="B1621" t="s">
-        <v>4084</v>
+        <v>4344</v>
       </c>
     </row>
     <row r="1622" spans="1:2">
       <c r="A1622" t="s">
         <v>1624</v>
       </c>
       <c r="B1622" t="s">
-        <v>4085</v>
+        <v>4345</v>
       </c>
     </row>
     <row r="1623" spans="1:2">
       <c r="A1623" t="s">
         <v>1625</v>
       </c>
       <c r="B1623" t="s">
-        <v>4086</v>
+        <v>4346</v>
       </c>
     </row>
     <row r="1624" spans="1:2">
       <c r="A1624" t="s">
         <v>1626</v>
       </c>
       <c r="B1624" t="s">
-        <v>4087</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="1625" spans="1:2">
       <c r="A1625" t="s">
         <v>1627</v>
       </c>
       <c r="B1625" t="s">
-        <v>4088</v>
+        <v>4348</v>
       </c>
     </row>
     <row r="1626" spans="1:2">
       <c r="A1626" t="s">
         <v>1628</v>
       </c>
       <c r="B1626" t="s">
-        <v>4089</v>
+        <v>4349</v>
       </c>
     </row>
     <row r="1627" spans="1:2">
       <c r="A1627" t="s">
         <v>1629</v>
       </c>
       <c r="B1627" t="s">
-        <v>4090</v>
+        <v>4350</v>
       </c>
     </row>
     <row r="1628" spans="1:2">
       <c r="A1628" t="s">
         <v>1630</v>
       </c>
       <c r="B1628" t="s">
-        <v>4091</v>
+        <v>4351</v>
       </c>
     </row>
     <row r="1629" spans="1:2">
       <c r="A1629" t="s">
         <v>1631</v>
       </c>
       <c r="B1629" t="s">
-        <v>4092</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="1630" spans="1:2">
       <c r="A1630" t="s">
         <v>1632</v>
       </c>
       <c r="B1630" t="s">
-        <v>4093</v>
+        <v>4352</v>
       </c>
     </row>
     <row r="1631" spans="1:2">
       <c r="A1631" t="s">
         <v>1633</v>
       </c>
       <c r="B1631" t="s">
-        <v>4094</v>
+        <v>4353</v>
       </c>
     </row>
     <row r="1632" spans="1:2">
       <c r="A1632" t="s">
         <v>1634</v>
       </c>
       <c r="B1632" t="s">
-        <v>4095</v>
+        <v>4354</v>
       </c>
     </row>
     <row r="1633" spans="1:2">
       <c r="A1633" t="s">
         <v>1635</v>
       </c>
       <c r="B1633" t="s">
-        <v>4096</v>
+        <v>4355</v>
       </c>
     </row>
     <row r="1634" spans="1:2">
       <c r="A1634" t="s">
         <v>1636</v>
       </c>
       <c r="B1634" t="s">
-        <v>4097</v>
+        <v>4356</v>
       </c>
     </row>
     <row r="1635" spans="1:2">
       <c r="A1635" t="s">
         <v>1637</v>
       </c>
       <c r="B1635" t="s">
-        <v>4098</v>
+        <v>4357</v>
       </c>
     </row>
     <row r="1636" spans="1:2">
       <c r="A1636" t="s">
         <v>1638</v>
       </c>
       <c r="B1636" t="s">
-        <v>4099</v>
+        <v>4358</v>
       </c>
     </row>
     <row r="1637" spans="1:2">
       <c r="A1637" t="s">
         <v>1639</v>
       </c>
       <c r="B1637" t="s">
-        <v>4100</v>
+        <v>4359</v>
       </c>
     </row>
     <row r="1638" spans="1:2">
       <c r="A1638" t="s">
         <v>1640</v>
       </c>
       <c r="B1638" t="s">
-        <v>4101</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="1639" spans="1:2">
       <c r="A1639" t="s">
         <v>1641</v>
       </c>
       <c r="B1639" t="s">
-        <v>4102</v>
+        <v>4361</v>
       </c>
     </row>
     <row r="1640" spans="1:2">
       <c r="A1640" t="s">
         <v>1642</v>
       </c>
       <c r="B1640" t="s">
-        <v>4103</v>
+        <v>4362</v>
       </c>
     </row>
     <row r="1641" spans="1:2">
       <c r="A1641" t="s">
         <v>1643</v>
       </c>
       <c r="B1641" t="s">
-        <v>4104</v>
+        <v>4363</v>
       </c>
     </row>
     <row r="1642" spans="1:2">
       <c r="A1642" t="s">
         <v>1644</v>
       </c>
       <c r="B1642" t="s">
-        <v>4105</v>
+        <v>4364</v>
       </c>
     </row>
     <row r="1643" spans="1:2">
       <c r="A1643" t="s">
         <v>1645</v>
       </c>
       <c r="B1643" t="s">
-        <v>4106</v>
+        <v>4365</v>
       </c>
     </row>
     <row r="1644" spans="1:2">
       <c r="A1644" t="s">
         <v>1646</v>
       </c>
       <c r="B1644" t="s">
-        <v>4107</v>
+        <v>4366</v>
       </c>
     </row>
     <row r="1645" spans="1:2">
       <c r="A1645" t="s">
         <v>1647</v>
       </c>
       <c r="B1645" t="s">
-        <v>4108</v>
+        <v>3742</v>
       </c>
     </row>
     <row r="1646" spans="1:2">
       <c r="A1646" t="s">
         <v>1648</v>
       </c>
       <c r="B1646" t="s">
-        <v>4109</v>
+        <v>4367</v>
       </c>
     </row>
     <row r="1647" spans="1:2">
       <c r="A1647" t="s">
         <v>1649</v>
       </c>
       <c r="B1647" t="s">
-        <v>4110</v>
+        <v>4368</v>
       </c>
     </row>
     <row r="1648" spans="1:2">
       <c r="A1648" t="s">
         <v>1650</v>
       </c>
       <c r="B1648" t="s">
-        <v>4111</v>
+        <v>4369</v>
       </c>
     </row>
     <row r="1649" spans="1:2">
       <c r="A1649" t="s">
         <v>1651</v>
       </c>
       <c r="B1649" t="s">
-        <v>4112</v>
+        <v>4370</v>
       </c>
     </row>
     <row r="1650" spans="1:2">
       <c r="A1650" t="s">
         <v>1652</v>
       </c>
       <c r="B1650" t="s">
-        <v>4113</v>
+        <v>4371</v>
       </c>
     </row>
     <row r="1651" spans="1:2">
       <c r="A1651" t="s">
         <v>1653</v>
       </c>
       <c r="B1651" t="s">
-        <v>4114</v>
+        <v>4372</v>
       </c>
     </row>
     <row r="1652" spans="1:2">
       <c r="A1652" t="s">
         <v>1654</v>
       </c>
       <c r="B1652" t="s">
-        <v>4115</v>
+        <v>4373</v>
       </c>
     </row>
     <row r="1653" spans="1:2">
       <c r="A1653" t="s">
         <v>1655</v>
       </c>
       <c r="B1653" t="s">
-        <v>4116</v>
+        <v>4374</v>
       </c>
     </row>
     <row r="1654" spans="1:2">
       <c r="A1654" t="s">
         <v>1656</v>
       </c>
       <c r="B1654" t="s">
-        <v>4117</v>
+        <v>4375</v>
       </c>
     </row>
     <row r="1655" spans="1:2">
       <c r="A1655" t="s">
         <v>1657</v>
       </c>
       <c r="B1655" t="s">
-        <v>4118</v>
+        <v>4376</v>
       </c>
     </row>
     <row r="1656" spans="1:2">
       <c r="A1656" t="s">
         <v>1658</v>
       </c>
       <c r="B1656" t="s">
-        <v>4119</v>
+        <v>4377</v>
       </c>
     </row>
     <row r="1657" spans="1:2">
       <c r="A1657" t="s">
         <v>1659</v>
       </c>
       <c r="B1657" t="s">
-        <v>4120</v>
+        <v>4378</v>
       </c>
     </row>
     <row r="1658" spans="1:2">
       <c r="A1658" t="s">
         <v>1660</v>
       </c>
       <c r="B1658" t="s">
-        <v>4121</v>
+        <v>4379</v>
       </c>
     </row>
     <row r="1659" spans="1:2">
       <c r="A1659" t="s">
         <v>1661</v>
       </c>
       <c r="B1659" t="s">
-        <v>4122</v>
+        <v>4380</v>
       </c>
     </row>
     <row r="1660" spans="1:2">
       <c r="A1660" t="s">
         <v>1662</v>
       </c>
       <c r="B1660" t="s">
-        <v>4123</v>
+        <v>4381</v>
       </c>
     </row>
     <row r="1661" spans="1:2">
       <c r="A1661" t="s">
         <v>1663</v>
       </c>
       <c r="B1661" t="s">
-        <v>4124</v>
+        <v>4382</v>
       </c>
     </row>
     <row r="1662" spans="1:2">
       <c r="A1662" t="s">
         <v>1664</v>
       </c>
       <c r="B1662" t="s">
-        <v>4125</v>
+        <v>4383</v>
       </c>
     </row>
     <row r="1663" spans="1:2">
       <c r="A1663" t="s">
         <v>1665</v>
       </c>
       <c r="B1663" t="s">
-        <v>4126</v>
+        <v>4384</v>
       </c>
     </row>
     <row r="1664" spans="1:2">
       <c r="A1664" t="s">
         <v>1666</v>
       </c>
       <c r="B1664" t="s">
-        <v>4127</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="1665" spans="1:2">
       <c r="A1665" t="s">
         <v>1667</v>
       </c>
       <c r="B1665" t="s">
-        <v>4128</v>
+        <v>4386</v>
       </c>
     </row>
     <row r="1666" spans="1:2">
       <c r="A1666" t="s">
         <v>1668</v>
       </c>
       <c r="B1666" t="s">
-        <v>4129</v>
+        <v>4387</v>
       </c>
     </row>
     <row r="1667" spans="1:2">
       <c r="A1667" t="s">
         <v>1669</v>
       </c>
       <c r="B1667" t="s">
-        <v>4130</v>
+        <v>4388</v>
       </c>
     </row>
     <row r="1668" spans="1:2">
       <c r="A1668" t="s">
         <v>1670</v>
       </c>
       <c r="B1668" t="s">
-        <v>4131</v>
+        <v>4389</v>
       </c>
     </row>
     <row r="1669" spans="1:2">
       <c r="A1669" t="s">
         <v>1671</v>
       </c>
       <c r="B1669" t="s">
-        <v>4132</v>
+        <v>3915</v>
       </c>
     </row>
     <row r="1670" spans="1:2">
       <c r="A1670" t="s">
         <v>1672</v>
       </c>
       <c r="B1670" t="s">
-        <v>4133</v>
+        <v>4390</v>
       </c>
     </row>
     <row r="1671" spans="1:2">
       <c r="A1671" t="s">
         <v>1673</v>
       </c>
       <c r="B1671" t="s">
-        <v>4134</v>
+        <v>4391</v>
       </c>
     </row>
     <row r="1672" spans="1:2">
       <c r="A1672" t="s">
         <v>1674</v>
       </c>
       <c r="B1672" t="s">
-        <v>4135</v>
+        <v>4392</v>
       </c>
     </row>
     <row r="1673" spans="1:2">
       <c r="A1673" t="s">
         <v>1675</v>
       </c>
       <c r="B1673" t="s">
-        <v>4136</v>
+        <v>4393</v>
       </c>
     </row>
     <row r="1674" spans="1:2">
       <c r="A1674" t="s">
         <v>1676</v>
       </c>
       <c r="B1674" t="s">
-        <v>4137</v>
+        <v>4394</v>
       </c>
     </row>
     <row r="1675" spans="1:2">
       <c r="A1675" t="s">
         <v>1677</v>
       </c>
       <c r="B1675" t="s">
-        <v>4138</v>
+        <v>4395</v>
       </c>
     </row>
     <row r="1676" spans="1:2">
       <c r="A1676" t="s">
         <v>1678</v>
       </c>
       <c r="B1676" t="s">
-        <v>2974</v>
+        <v>4396</v>
       </c>
     </row>
     <row r="1677" spans="1:2">
       <c r="A1677" t="s">
         <v>1679</v>
       </c>
       <c r="B1677" t="s">
-        <v>4139</v>
+        <v>4397</v>
       </c>
     </row>
     <row r="1678" spans="1:2">
       <c r="A1678" t="s">
         <v>1680</v>
       </c>
       <c r="B1678" t="s">
-        <v>4140</v>
+        <v>4398</v>
       </c>
     </row>
     <row r="1679" spans="1:2">
       <c r="A1679" t="s">
         <v>1681</v>
       </c>
       <c r="B1679" t="s">
-        <v>4141</v>
+        <v>4399</v>
       </c>
     </row>
     <row r="1680" spans="1:2">
       <c r="A1680" t="s">
         <v>1682</v>
       </c>
       <c r="B1680" t="s">
-        <v>4142</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="1681" spans="1:2">
       <c r="A1681" t="s">
         <v>1683</v>
       </c>
       <c r="B1681" t="s">
-        <v>4143</v>
+        <v>4401</v>
       </c>
     </row>
     <row r="1682" spans="1:2">
       <c r="A1682" t="s">
         <v>1684</v>
       </c>
       <c r="B1682" t="s">
-        <v>4144</v>
+        <v>4402</v>
       </c>
     </row>
     <row r="1683" spans="1:2">
       <c r="A1683" t="s">
         <v>1685</v>
       </c>
       <c r="B1683" t="s">
-        <v>4145</v>
+        <v>4403</v>
       </c>
     </row>
     <row r="1684" spans="1:2">
       <c r="A1684" t="s">
         <v>1686</v>
       </c>
       <c r="B1684" t="s">
-        <v>4146</v>
+        <v>4404</v>
       </c>
     </row>
     <row r="1685" spans="1:2">
       <c r="A1685" t="s">
         <v>1687</v>
       </c>
       <c r="B1685" t="s">
-        <v>4147</v>
+        <v>4405</v>
       </c>
     </row>
     <row r="1686" spans="1:2">
       <c r="A1686" t="s">
         <v>1688</v>
       </c>
       <c r="B1686" t="s">
-        <v>4148</v>
+        <v>4406</v>
       </c>
     </row>
     <row r="1687" spans="1:2">
       <c r="A1687" t="s">
         <v>1689</v>
       </c>
       <c r="B1687" t="s">
-        <v>4149</v>
+        <v>4407</v>
       </c>
     </row>
     <row r="1688" spans="1:2">
       <c r="A1688" t="s">
         <v>1690</v>
       </c>
       <c r="B1688" t="s">
-        <v>4150</v>
+        <v>4408</v>
       </c>
     </row>
     <row r="1689" spans="1:2">
       <c r="A1689" t="s">
         <v>1691</v>
       </c>
       <c r="B1689" t="s">
-        <v>4151</v>
+        <v>4409</v>
       </c>
     </row>
     <row r="1690" spans="1:2">
       <c r="A1690" t="s">
         <v>1692</v>
       </c>
       <c r="B1690" t="s">
-        <v>4152</v>
+        <v>4410</v>
       </c>
     </row>
     <row r="1691" spans="1:2">
       <c r="A1691" t="s">
         <v>1693</v>
       </c>
       <c r="B1691" t="s">
-        <v>4153</v>
+        <v>4411</v>
       </c>
     </row>
     <row r="1692" spans="1:2">
       <c r="A1692" t="s">
         <v>1694</v>
       </c>
       <c r="B1692" t="s">
-        <v>4154</v>
+        <v>4412</v>
       </c>
     </row>
     <row r="1693" spans="1:2">
       <c r="A1693" t="s">
         <v>1695</v>
       </c>
       <c r="B1693" t="s">
-        <v>4155</v>
+        <v>4413</v>
       </c>
     </row>
     <row r="1694" spans="1:2">
       <c r="A1694" t="s">
         <v>1696</v>
       </c>
       <c r="B1694" t="s">
-        <v>4156</v>
+        <v>4414</v>
       </c>
     </row>
     <row r="1695" spans="1:2">
       <c r="A1695" t="s">
         <v>1697</v>
       </c>
       <c r="B1695" t="s">
-        <v>4157</v>
+        <v>4415</v>
       </c>
     </row>
     <row r="1696" spans="1:2">
       <c r="A1696" t="s">
         <v>1698</v>
       </c>
       <c r="B1696" t="s">
-        <v>4158</v>
+        <v>4416</v>
       </c>
     </row>
     <row r="1697" spans="1:2">
       <c r="A1697" t="s">
         <v>1699</v>
       </c>
       <c r="B1697" t="s">
-        <v>4159</v>
+        <v>4417</v>
       </c>
     </row>
     <row r="1698" spans="1:2">
       <c r="A1698" t="s">
         <v>1700</v>
       </c>
       <c r="B1698" t="s">
-        <v>4160</v>
+        <v>4418</v>
       </c>
     </row>
     <row r="1699" spans="1:2">
       <c r="A1699" t="s">
         <v>1701</v>
       </c>
       <c r="B1699" t="s">
-        <v>4161</v>
+        <v>4419</v>
       </c>
     </row>
     <row r="1700" spans="1:2">
       <c r="A1700" t="s">
         <v>1702</v>
       </c>
       <c r="B1700" t="s">
-        <v>4162</v>
+        <v>4420</v>
       </c>
     </row>
     <row r="1701" spans="1:2">
       <c r="A1701" t="s">
         <v>1703</v>
       </c>
       <c r="B1701" t="s">
-        <v>4163</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="1702" spans="1:2">
       <c r="A1702" t="s">
         <v>1704</v>
       </c>
       <c r="B1702" t="s">
-        <v>4164</v>
+        <v>4422</v>
       </c>
     </row>
     <row r="1703" spans="1:2">
       <c r="A1703" t="s">
         <v>1705</v>
       </c>
       <c r="B1703" t="s">
-        <v>4165</v>
+        <v>4423</v>
       </c>
     </row>
     <row r="1704" spans="1:2">
       <c r="A1704" t="s">
         <v>1706</v>
       </c>
       <c r="B1704" t="s">
-        <v>4166</v>
+        <v>4424</v>
       </c>
     </row>
     <row r="1705" spans="1:2">
       <c r="A1705" t="s">
         <v>1707</v>
       </c>
       <c r="B1705" t="s">
-        <v>4167</v>
+        <v>4425</v>
       </c>
     </row>
     <row r="1706" spans="1:2">
       <c r="A1706" t="s">
         <v>1708</v>
       </c>
       <c r="B1706" t="s">
-        <v>4168</v>
+        <v>4426</v>
       </c>
     </row>
     <row r="1707" spans="1:2">
       <c r="A1707" t="s">
         <v>1709</v>
       </c>
       <c r="B1707" t="s">
-        <v>4169</v>
+        <v>4427</v>
       </c>
     </row>
     <row r="1708" spans="1:2">
       <c r="A1708" t="s">
         <v>1710</v>
       </c>
       <c r="B1708" t="s">
-        <v>4170</v>
+        <v>4428</v>
       </c>
     </row>
     <row r="1709" spans="1:2">
       <c r="A1709" t="s">
         <v>1711</v>
       </c>
       <c r="B1709" t="s">
-        <v>4171</v>
+        <v>4429</v>
       </c>
     </row>
     <row r="1710" spans="1:2">
       <c r="A1710" t="s">
         <v>1712</v>
       </c>
       <c r="B1710" t="s">
-        <v>4172</v>
+        <v>4430</v>
       </c>
     </row>
     <row r="1711" spans="1:2">
       <c r="A1711" t="s">
         <v>1713</v>
       </c>
       <c r="B1711" t="s">
-        <v>4173</v>
+        <v>4431</v>
       </c>
     </row>
     <row r="1712" spans="1:2">
       <c r="A1712" t="s">
         <v>1714</v>
       </c>
       <c r="B1712" t="s">
-        <v>4174</v>
+        <v>4432</v>
       </c>
     </row>
     <row r="1713" spans="1:2">
       <c r="A1713" t="s">
         <v>1715</v>
       </c>
       <c r="B1713" t="s">
-        <v>4175</v>
+        <v>4433</v>
       </c>
     </row>
     <row r="1714" spans="1:2">
       <c r="A1714" t="s">
         <v>1716</v>
       </c>
       <c r="B1714" t="s">
-        <v>4176</v>
+        <v>4434</v>
       </c>
     </row>
     <row r="1715" spans="1:2">
       <c r="A1715" t="s">
         <v>1717</v>
       </c>
       <c r="B1715" t="s">
-        <v>4177</v>
+        <v>4435</v>
       </c>
     </row>
     <row r="1716" spans="1:2">
       <c r="A1716" t="s">
         <v>1718</v>
       </c>
       <c r="B1716" t="s">
-        <v>4178</v>
+        <v>4436</v>
       </c>
     </row>
     <row r="1717" spans="1:2">
       <c r="A1717" t="s">
         <v>1719</v>
       </c>
       <c r="B1717" t="s">
-        <v>4179</v>
+        <v>4437</v>
       </c>
     </row>
     <row r="1718" spans="1:2">
       <c r="A1718" t="s">
         <v>1720</v>
       </c>
       <c r="B1718" t="s">
-        <v>4180</v>
+        <v>4438</v>
       </c>
     </row>
     <row r="1719" spans="1:2">
       <c r="A1719" t="s">
         <v>1721</v>
       </c>
       <c r="B1719" t="s">
-        <v>4181</v>
+        <v>4439</v>
       </c>
     </row>
     <row r="1720" spans="1:2">
       <c r="A1720" t="s">
         <v>1722</v>
       </c>
       <c r="B1720" t="s">
-        <v>4182</v>
+        <v>4440</v>
       </c>
     </row>
     <row r="1721" spans="1:2">
       <c r="A1721" t="s">
         <v>1723</v>
       </c>
       <c r="B1721" t="s">
-        <v>4183</v>
+        <v>4441</v>
       </c>
     </row>
     <row r="1722" spans="1:2">
       <c r="A1722" t="s">
         <v>1724</v>
       </c>
       <c r="B1722" t="s">
-        <v>4184</v>
+        <v>4442</v>
       </c>
     </row>
     <row r="1723" spans="1:2">
       <c r="A1723" t="s">
         <v>1725</v>
       </c>
       <c r="B1723" t="s">
-        <v>4185</v>
+        <v>4443</v>
       </c>
     </row>
     <row r="1724" spans="1:2">
       <c r="A1724" t="s">
         <v>1726</v>
       </c>
       <c r="B1724" t="s">
-        <v>4186</v>
+        <v>4444</v>
       </c>
     </row>
     <row r="1725" spans="1:2">
       <c r="A1725" t="s">
         <v>1727</v>
       </c>
       <c r="B1725" t="s">
-        <v>4187</v>
+        <v>4445</v>
       </c>
     </row>
     <row r="1726" spans="1:2">
       <c r="A1726" t="s">
         <v>1728</v>
       </c>
       <c r="B1726" t="s">
-        <v>4188</v>
+        <v>4446</v>
       </c>
     </row>
     <row r="1727" spans="1:2">
       <c r="A1727" t="s">
         <v>1729</v>
       </c>
       <c r="B1727" t="s">
-        <v>4189</v>
+        <v>4447</v>
       </c>
     </row>
     <row r="1728" spans="1:2">
       <c r="A1728" t="s">
         <v>1730</v>
       </c>
       <c r="B1728" t="s">
-        <v>4190</v>
+        <v>4448</v>
       </c>
     </row>
     <row r="1729" spans="1:2">
       <c r="A1729" t="s">
         <v>1731</v>
       </c>
       <c r="B1729" t="s">
-        <v>4191</v>
+        <v>4449</v>
       </c>
     </row>
     <row r="1730" spans="1:2">
       <c r="A1730" t="s">
         <v>1732</v>
       </c>
       <c r="B1730" t="s">
-        <v>4192</v>
+        <v>4450</v>
       </c>
     </row>
     <row r="1731" spans="1:2">
       <c r="A1731" t="s">
         <v>1733</v>
       </c>
       <c r="B1731" t="s">
-        <v>4193</v>
+        <v>4451</v>
       </c>
     </row>
     <row r="1732" spans="1:2">
       <c r="A1732" t="s">
         <v>1734</v>
       </c>
       <c r="B1732" t="s">
-        <v>4194</v>
+        <v>4452</v>
       </c>
     </row>
     <row r="1733" spans="1:2">
       <c r="A1733" t="s">
         <v>1735</v>
       </c>
       <c r="B1733" t="s">
-        <v>4195</v>
+        <v>4453</v>
       </c>
     </row>
     <row r="1734" spans="1:2">
       <c r="A1734" t="s">
         <v>1736</v>
       </c>
       <c r="B1734" t="s">
-        <v>4196</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="1735" spans="1:2">
       <c r="A1735" t="s">
         <v>1737</v>
       </c>
       <c r="B1735" t="s">
-        <v>4197</v>
+        <v>4455</v>
       </c>
     </row>
     <row r="1736" spans="1:2">
       <c r="A1736" t="s">
         <v>1738</v>
       </c>
       <c r="B1736" t="s">
-        <v>4198</v>
+        <v>4456</v>
       </c>
     </row>
     <row r="1737" spans="1:2">
       <c r="A1737" t="s">
         <v>1739</v>
       </c>
       <c r="B1737" t="s">
-        <v>4199</v>
+        <v>4457</v>
       </c>
     </row>
     <row r="1738" spans="1:2">
       <c r="A1738" t="s">
         <v>1740</v>
       </c>
       <c r="B1738" t="s">
-        <v>4200</v>
+        <v>4458</v>
       </c>
     </row>
     <row r="1739" spans="1:2">
       <c r="A1739" t="s">
         <v>1741</v>
       </c>
       <c r="B1739" t="s">
-        <v>4201</v>
+        <v>4459</v>
       </c>
     </row>
     <row r="1740" spans="1:2">
       <c r="A1740" t="s">
         <v>1742</v>
       </c>
       <c r="B1740" t="s">
-        <v>4202</v>
+        <v>4460</v>
       </c>
     </row>
     <row r="1741" spans="1:2">
       <c r="A1741" t="s">
         <v>1743</v>
       </c>
       <c r="B1741" t="s">
-        <v>4203</v>
+        <v>4461</v>
       </c>
     </row>
     <row r="1742" spans="1:2">
       <c r="A1742" t="s">
         <v>1744</v>
       </c>
       <c r="B1742" t="s">
-        <v>4204</v>
+        <v>4462</v>
       </c>
     </row>
     <row r="1743" spans="1:2">
       <c r="A1743" t="s">
         <v>1745</v>
       </c>
       <c r="B1743" t="s">
-        <v>4205</v>
+        <v>3193</v>
       </c>
     </row>
     <row r="1744" spans="1:2">
       <c r="A1744" t="s">
         <v>1746</v>
       </c>
       <c r="B1744" t="s">
-        <v>4206</v>
+        <v>4463</v>
       </c>
     </row>
     <row r="1745" spans="1:2">
       <c r="A1745" t="s">
         <v>1747</v>
       </c>
       <c r="B1745" t="s">
-        <v>4207</v>
+        <v>4464</v>
       </c>
     </row>
     <row r="1746" spans="1:2">
       <c r="A1746" t="s">
         <v>1748</v>
       </c>
       <c r="B1746" t="s">
-        <v>4208</v>
+        <v>4465</v>
       </c>
     </row>
     <row r="1747" spans="1:2">
       <c r="A1747" t="s">
         <v>1749</v>
       </c>
       <c r="B1747" t="s">
-        <v>4209</v>
+        <v>4466</v>
       </c>
     </row>
     <row r="1748" spans="1:2">
       <c r="A1748" t="s">
         <v>1750</v>
       </c>
       <c r="B1748" t="s">
-        <v>4210</v>
+        <v>4467</v>
       </c>
     </row>
     <row r="1749" spans="1:2">
       <c r="A1749" t="s">
         <v>1751</v>
       </c>
       <c r="B1749" t="s">
-        <v>4211</v>
+        <v>4468</v>
       </c>
     </row>
     <row r="1750" spans="1:2">
       <c r="A1750" t="s">
         <v>1752</v>
       </c>
       <c r="B1750" t="s">
-        <v>4212</v>
+        <v>4469</v>
       </c>
     </row>
     <row r="1751" spans="1:2">
       <c r="A1751" t="s">
         <v>1753</v>
       </c>
       <c r="B1751" t="s">
-        <v>4213</v>
+        <v>4470</v>
       </c>
     </row>
     <row r="1752" spans="1:2">
       <c r="A1752" t="s">
         <v>1754</v>
       </c>
       <c r="B1752" t="s">
-        <v>4214</v>
+        <v>4471</v>
       </c>
     </row>
     <row r="1753" spans="1:2">
       <c r="A1753" t="s">
         <v>1755</v>
       </c>
       <c r="B1753" t="s">
-        <v>4215</v>
+        <v>4472</v>
       </c>
     </row>
     <row r="1754" spans="1:2">
       <c r="A1754" t="s">
         <v>1756</v>
       </c>
       <c r="B1754" t="s">
-        <v>4216</v>
+        <v>4473</v>
       </c>
     </row>
     <row r="1755" spans="1:2">
       <c r="A1755" t="s">
         <v>1757</v>
       </c>
       <c r="B1755" t="s">
-        <v>4217</v>
+        <v>4474</v>
       </c>
     </row>
     <row r="1756" spans="1:2">
       <c r="A1756" t="s">
         <v>1758</v>
       </c>
       <c r="B1756" t="s">
-        <v>4218</v>
+        <v>4475</v>
       </c>
     </row>
     <row r="1757" spans="1:2">
       <c r="A1757" t="s">
         <v>1759</v>
       </c>
       <c r="B1757" t="s">
-        <v>4219</v>
+        <v>4476</v>
       </c>
     </row>
     <row r="1758" spans="1:2">
       <c r="A1758" t="s">
         <v>1760</v>
       </c>
       <c r="B1758" t="s">
-        <v>4220</v>
+        <v>4477</v>
       </c>
     </row>
     <row r="1759" spans="1:2">
       <c r="A1759" t="s">
         <v>1761</v>
       </c>
       <c r="B1759" t="s">
-        <v>4221</v>
+        <v>4478</v>
       </c>
     </row>
     <row r="1760" spans="1:2">
       <c r="A1760" t="s">
         <v>1762</v>
       </c>
       <c r="B1760" t="s">
-        <v>4222</v>
+        <v>4479</v>
       </c>
     </row>
     <row r="1761" spans="1:2">
       <c r="A1761" t="s">
         <v>1763</v>
       </c>
       <c r="B1761" t="s">
-        <v>4223</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="1762" spans="1:2">
       <c r="A1762" t="s">
         <v>1764</v>
       </c>
       <c r="B1762" t="s">
-        <v>4224</v>
+        <v>4481</v>
       </c>
     </row>
     <row r="1763" spans="1:2">
       <c r="A1763" t="s">
         <v>1765</v>
       </c>
       <c r="B1763" t="s">
-        <v>4225</v>
+        <v>4482</v>
       </c>
     </row>
     <row r="1764" spans="1:2">
       <c r="A1764" t="s">
         <v>1766</v>
       </c>
       <c r="B1764" t="s">
-        <v>4226</v>
+        <v>4483</v>
       </c>
     </row>
     <row r="1765" spans="1:2">
       <c r="A1765" t="s">
         <v>1767</v>
       </c>
       <c r="B1765" t="s">
-        <v>4227</v>
+        <v>4484</v>
       </c>
     </row>
     <row r="1766" spans="1:2">
       <c r="A1766" t="s">
         <v>1768</v>
       </c>
       <c r="B1766" t="s">
-        <v>4228</v>
+        <v>4485</v>
       </c>
     </row>
     <row r="1767" spans="1:2">
       <c r="A1767" t="s">
         <v>1769</v>
       </c>
       <c r="B1767" t="s">
-        <v>4229</v>
+        <v>4486</v>
       </c>
     </row>
     <row r="1768" spans="1:2">
       <c r="A1768" t="s">
         <v>1770</v>
       </c>
       <c r="B1768" t="s">
-        <v>4230</v>
+        <v>4487</v>
       </c>
     </row>
     <row r="1769" spans="1:2">
       <c r="A1769" t="s">
         <v>1771</v>
       </c>
       <c r="B1769" t="s">
-        <v>4231</v>
+        <v>4488</v>
       </c>
     </row>
     <row r="1770" spans="1:2">
       <c r="A1770" t="s">
         <v>1772</v>
       </c>
       <c r="B1770" t="s">
-        <v>4232</v>
+        <v>4489</v>
       </c>
     </row>
     <row r="1771" spans="1:2">
       <c r="A1771" t="s">
         <v>1773</v>
       </c>
       <c r="B1771" t="s">
-        <v>4233</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="1772" spans="1:2">
       <c r="A1772" t="s">
         <v>1774</v>
       </c>
       <c r="B1772" t="s">
-        <v>4234</v>
+        <v>4491</v>
       </c>
     </row>
     <row r="1773" spans="1:2">
       <c r="A1773" t="s">
         <v>1775</v>
       </c>
       <c r="B1773" t="s">
-        <v>4235</v>
+        <v>4492</v>
       </c>
     </row>
     <row r="1774" spans="1:2">
       <c r="A1774" t="s">
         <v>1776</v>
       </c>
       <c r="B1774" t="s">
-        <v>4236</v>
+        <v>4493</v>
       </c>
     </row>
     <row r="1775" spans="1:2">
       <c r="A1775" t="s">
         <v>1777</v>
       </c>
       <c r="B1775" t="s">
-        <v>4237</v>
+        <v>4494</v>
       </c>
     </row>
     <row r="1776" spans="1:2">
       <c r="A1776" t="s">
         <v>1778</v>
       </c>
       <c r="B1776" t="s">
-        <v>4238</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="1777" spans="1:2">
       <c r="A1777" t="s">
         <v>1779</v>
       </c>
       <c r="B1777" t="s">
-        <v>4239</v>
+        <v>4495</v>
       </c>
     </row>
     <row r="1778" spans="1:2">
       <c r="A1778" t="s">
         <v>1780</v>
       </c>
       <c r="B1778" t="s">
-        <v>4240</v>
+        <v>4496</v>
       </c>
     </row>
     <row r="1779" spans="1:2">
       <c r="A1779" t="s">
         <v>1781</v>
       </c>
       <c r="B1779" t="s">
-        <v>4241</v>
+        <v>4497</v>
       </c>
     </row>
     <row r="1780" spans="1:2">
       <c r="A1780" t="s">
         <v>1782</v>
       </c>
       <c r="B1780" t="s">
-        <v>4242</v>
+        <v>4498</v>
       </c>
     </row>
     <row r="1781" spans="1:2">
       <c r="A1781" t="s">
         <v>1783</v>
       </c>
       <c r="B1781" t="s">
-        <v>4243</v>
+        <v>4499</v>
       </c>
     </row>
     <row r="1782" spans="1:2">
       <c r="A1782" t="s">
         <v>1784</v>
       </c>
       <c r="B1782" t="s">
-        <v>4244</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="1783" spans="1:2">
       <c r="A1783" t="s">
         <v>1785</v>
       </c>
       <c r="B1783" t="s">
-        <v>4245</v>
+        <v>4501</v>
       </c>
     </row>
     <row r="1784" spans="1:2">
       <c r="A1784" t="s">
         <v>1786</v>
       </c>
       <c r="B1784" t="s">
-        <v>4246</v>
+        <v>4502</v>
       </c>
     </row>
     <row r="1785" spans="1:2">
       <c r="A1785" t="s">
         <v>1787</v>
       </c>
       <c r="B1785" t="s">
-        <v>4247</v>
+        <v>4503</v>
       </c>
     </row>
     <row r="1786" spans="1:2">
       <c r="A1786" t="s">
         <v>1788</v>
       </c>
       <c r="B1786" t="s">
-        <v>4248</v>
+        <v>4504</v>
       </c>
     </row>
     <row r="1787" spans="1:2">
       <c r="A1787" t="s">
         <v>1789</v>
       </c>
       <c r="B1787" t="s">
-        <v>4249</v>
+        <v>4505</v>
       </c>
     </row>
     <row r="1788" spans="1:2">
       <c r="A1788" t="s">
         <v>1790</v>
       </c>
       <c r="B1788" t="s">
-        <v>4250</v>
+        <v>4506</v>
       </c>
     </row>
     <row r="1789" spans="1:2">
       <c r="A1789" t="s">
         <v>1791</v>
       </c>
       <c r="B1789" t="s">
-        <v>4251</v>
+        <v>4507</v>
       </c>
     </row>
     <row r="1790" spans="1:2">
       <c r="A1790" t="s">
         <v>1792</v>
       </c>
       <c r="B1790" t="s">
-        <v>4252</v>
+        <v>4508</v>
       </c>
     </row>
     <row r="1791" spans="1:2">
       <c r="A1791" t="s">
         <v>1793</v>
       </c>
       <c r="B1791" t="s">
-        <v>4253</v>
+        <v>4509</v>
       </c>
     </row>
     <row r="1792" spans="1:2">
       <c r="A1792" t="s">
         <v>1794</v>
       </c>
       <c r="B1792" t="s">
-        <v>4254</v>
+        <v>4510</v>
       </c>
     </row>
     <row r="1793" spans="1:2">
       <c r="A1793" t="s">
         <v>1795</v>
       </c>
       <c r="B1793" t="s">
-        <v>4255</v>
+        <v>4511</v>
       </c>
     </row>
     <row r="1794" spans="1:2">
       <c r="A1794" t="s">
         <v>1796</v>
       </c>
       <c r="B1794" t="s">
-        <v>4256</v>
+        <v>4512</v>
       </c>
     </row>
     <row r="1795" spans="1:2">
       <c r="A1795" t="s">
         <v>1797</v>
       </c>
       <c r="B1795" t="s">
-        <v>4257</v>
+        <v>4513</v>
       </c>
     </row>
     <row r="1796" spans="1:2">
       <c r="A1796" t="s">
         <v>1798</v>
       </c>
       <c r="B1796" t="s">
-        <v>4258</v>
+        <v>4514</v>
       </c>
     </row>
     <row r="1797" spans="1:2">
       <c r="A1797" t="s">
         <v>1799</v>
       </c>
       <c r="B1797" t="s">
-        <v>4259</v>
+        <v>4515</v>
       </c>
     </row>
     <row r="1798" spans="1:2">
       <c r="A1798" t="s">
         <v>1800</v>
       </c>
       <c r="B1798" t="s">
-        <v>4260</v>
+        <v>4516</v>
       </c>
     </row>
     <row r="1799" spans="1:2">
       <c r="A1799" t="s">
         <v>1801</v>
       </c>
       <c r="B1799" t="s">
-        <v>4261</v>
+        <v>3982</v>
       </c>
     </row>
     <row r="1800" spans="1:2">
       <c r="A1800" t="s">
         <v>1802</v>
       </c>
       <c r="B1800" t="s">
-        <v>4262</v>
+        <v>4517</v>
       </c>
     </row>
     <row r="1801" spans="1:2">
       <c r="A1801" t="s">
         <v>1803</v>
       </c>
       <c r="B1801" t="s">
-        <v>4263</v>
+        <v>4246</v>
       </c>
     </row>
     <row r="1802" spans="1:2">
       <c r="A1802" t="s">
         <v>1804</v>
       </c>
       <c r="B1802" t="s">
-        <v>4264</v>
+        <v>4518</v>
       </c>
     </row>
     <row r="1803" spans="1:2">
       <c r="A1803" t="s">
         <v>1805</v>
       </c>
       <c r="B1803" t="s">
-        <v>4265</v>
+        <v>4519</v>
       </c>
     </row>
     <row r="1804" spans="1:2">
       <c r="A1804" t="s">
         <v>1806</v>
       </c>
       <c r="B1804" t="s">
-        <v>4266</v>
+        <v>4520</v>
       </c>
     </row>
     <row r="1805" spans="1:2">
       <c r="A1805" t="s">
         <v>1807</v>
       </c>
       <c r="B1805" t="s">
-        <v>4267</v>
+        <v>4521</v>
       </c>
     </row>
     <row r="1806" spans="1:2">
       <c r="A1806" t="s">
         <v>1808</v>
       </c>
       <c r="B1806" t="s">
-        <v>4268</v>
+        <v>4522</v>
       </c>
     </row>
     <row r="1807" spans="1:2">
       <c r="A1807" t="s">
         <v>1809</v>
       </c>
       <c r="B1807" t="s">
-        <v>4269</v>
+        <v>4523</v>
       </c>
     </row>
     <row r="1808" spans="1:2">
       <c r="A1808" t="s">
         <v>1810</v>
       </c>
       <c r="B1808" t="s">
-        <v>4270</v>
+        <v>4524</v>
       </c>
     </row>
     <row r="1809" spans="1:2">
       <c r="A1809" t="s">
         <v>1811</v>
       </c>
       <c r="B1809" t="s">
-        <v>4271</v>
+        <v>4525</v>
       </c>
     </row>
     <row r="1810" spans="1:2">
       <c r="A1810" t="s">
         <v>1812</v>
       </c>
       <c r="B1810" t="s">
-        <v>4272</v>
+        <v>4526</v>
       </c>
     </row>
     <row r="1811" spans="1:2">
       <c r="A1811" t="s">
         <v>1813</v>
       </c>
       <c r="B1811" t="s">
-        <v>4273</v>
+        <v>4527</v>
       </c>
     </row>
     <row r="1812" spans="1:2">
       <c r="A1812" t="s">
         <v>1814</v>
       </c>
       <c r="B1812" t="s">
-        <v>4274</v>
+        <v>4528</v>
       </c>
     </row>
     <row r="1813" spans="1:2">
       <c r="A1813" t="s">
         <v>1815</v>
       </c>
       <c r="B1813" t="s">
-        <v>4275</v>
+        <v>4529</v>
       </c>
     </row>
     <row r="1814" spans="1:2">
       <c r="A1814" t="s">
         <v>1816</v>
       </c>
       <c r="B1814" t="s">
-        <v>4276</v>
+        <v>4530</v>
       </c>
     </row>
     <row r="1815" spans="1:2">
       <c r="A1815" t="s">
         <v>1817</v>
       </c>
       <c r="B1815" t="s">
-        <v>4277</v>
+        <v>4531</v>
       </c>
     </row>
     <row r="1816" spans="1:2">
       <c r="A1816" t="s">
         <v>1818</v>
       </c>
       <c r="B1816" t="s">
-        <v>4278</v>
+        <v>4532</v>
       </c>
     </row>
     <row r="1817" spans="1:2">
       <c r="A1817" t="s">
         <v>1819</v>
       </c>
       <c r="B1817" t="s">
-        <v>4279</v>
+        <v>4533</v>
       </c>
     </row>
     <row r="1818" spans="1:2">
       <c r="A1818" t="s">
         <v>1820</v>
       </c>
       <c r="B1818" t="s">
-        <v>4280</v>
+        <v>4534</v>
       </c>
     </row>
     <row r="1819" spans="1:2">
       <c r="A1819" t="s">
         <v>1821</v>
       </c>
       <c r="B1819" t="s">
-        <v>4281</v>
+        <v>4535</v>
       </c>
     </row>
     <row r="1820" spans="1:2">
       <c r="A1820" t="s">
         <v>1822</v>
       </c>
       <c r="B1820" t="s">
-        <v>4282</v>
+        <v>4536</v>
       </c>
     </row>
     <row r="1821" spans="1:2">
       <c r="A1821" t="s">
         <v>1823</v>
       </c>
       <c r="B1821" t="s">
-        <v>4283</v>
+        <v>4537</v>
       </c>
     </row>
     <row r="1822" spans="1:2">
       <c r="A1822" t="s">
         <v>1824</v>
       </c>
       <c r="B1822" t="s">
-        <v>4284</v>
+        <v>4538</v>
       </c>
     </row>
     <row r="1823" spans="1:2">
       <c r="A1823" t="s">
         <v>1825</v>
       </c>
       <c r="B1823" t="s">
-        <v>4285</v>
+        <v>4539</v>
       </c>
     </row>
     <row r="1824" spans="1:2">
       <c r="A1824" t="s">
         <v>1826</v>
       </c>
       <c r="B1824" t="s">
-        <v>4286</v>
+        <v>4540</v>
       </c>
     </row>
     <row r="1825" spans="1:2">
       <c r="A1825" t="s">
         <v>1827</v>
       </c>
       <c r="B1825" t="s">
-        <v>4287</v>
+        <v>4541</v>
       </c>
     </row>
     <row r="1826" spans="1:2">
       <c r="A1826" t="s">
         <v>1828</v>
       </c>
       <c r="B1826" t="s">
-        <v>4288</v>
+        <v>4542</v>
       </c>
     </row>
     <row r="1827" spans="1:2">
       <c r="A1827" t="s">
         <v>1829</v>
       </c>
       <c r="B1827" t="s">
-        <v>4289</v>
+        <v>4543</v>
       </c>
     </row>
     <row r="1828" spans="1:2">
       <c r="A1828" t="s">
         <v>1830</v>
       </c>
       <c r="B1828" t="s">
-        <v>4290</v>
+        <v>4544</v>
       </c>
     </row>
     <row r="1829" spans="1:2">
       <c r="A1829" t="s">
         <v>1831</v>
       </c>
       <c r="B1829" t="s">
-        <v>4291</v>
+        <v>4545</v>
       </c>
     </row>
     <row r="1830" spans="1:2">
       <c r="A1830" t="s">
         <v>1832</v>
       </c>
       <c r="B1830" t="s">
-        <v>4292</v>
+        <v>4546</v>
       </c>
     </row>
     <row r="1831" spans="1:2">
       <c r="A1831" t="s">
         <v>1833</v>
       </c>
       <c r="B1831" t="s">
-        <v>4293</v>
+        <v>4547</v>
       </c>
     </row>
     <row r="1832" spans="1:2">
       <c r="A1832" t="s">
         <v>1834</v>
       </c>
       <c r="B1832" t="s">
-        <v>4294</v>
+        <v>4548</v>
       </c>
     </row>
     <row r="1833" spans="1:2">
       <c r="A1833" t="s">
         <v>1835</v>
       </c>
       <c r="B1833" t="s">
-        <v>4295</v>
+        <v>4549</v>
       </c>
     </row>
     <row r="1834" spans="1:2">
       <c r="A1834" t="s">
         <v>1836</v>
       </c>
       <c r="B1834" t="s">
-        <v>4296</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="1835" spans="1:2">
       <c r="A1835" t="s">
         <v>1837</v>
       </c>
       <c r="B1835" t="s">
-        <v>4297</v>
+        <v>4551</v>
       </c>
     </row>
     <row r="1836" spans="1:2">
       <c r="A1836" t="s">
         <v>1838</v>
       </c>
       <c r="B1836" t="s">
-        <v>4298</v>
+        <v>4552</v>
       </c>
     </row>
     <row r="1837" spans="1:2">
       <c r="A1837" t="s">
         <v>1839</v>
       </c>
       <c r="B1837" t="s">
-        <v>4299</v>
+        <v>4553</v>
       </c>
     </row>
     <row r="1838" spans="1:2">
       <c r="A1838" t="s">
         <v>1840</v>
       </c>
       <c r="B1838" t="s">
-        <v>4300</v>
+        <v>4554</v>
       </c>
     </row>
     <row r="1839" spans="1:2">
       <c r="A1839" t="s">
         <v>1841</v>
       </c>
       <c r="B1839" t="s">
-        <v>4301</v>
+        <v>4555</v>
       </c>
     </row>
     <row r="1840" spans="1:2">
       <c r="A1840" t="s">
         <v>1842</v>
       </c>
       <c r="B1840" t="s">
-        <v>4302</v>
+        <v>4556</v>
       </c>
     </row>
     <row r="1841" spans="1:2">
       <c r="A1841" t="s">
         <v>1843</v>
       </c>
       <c r="B1841" t="s">
-        <v>4303</v>
+        <v>4557</v>
       </c>
     </row>
     <row r="1842" spans="1:2">
       <c r="A1842" t="s">
         <v>1844</v>
       </c>
       <c r="B1842" t="s">
-        <v>4304</v>
+        <v>4558</v>
       </c>
     </row>
     <row r="1843" spans="1:2">
       <c r="A1843" t="s">
         <v>1845</v>
       </c>
       <c r="B1843" t="s">
-        <v>4305</v>
+        <v>4559</v>
       </c>
     </row>
     <row r="1844" spans="1:2">
       <c r="A1844" t="s">
         <v>1846</v>
       </c>
       <c r="B1844" t="s">
-        <v>4306</v>
+        <v>4560</v>
       </c>
     </row>
     <row r="1845" spans="1:2">
       <c r="A1845" t="s">
         <v>1847</v>
       </c>
       <c r="B1845" t="s">
-        <v>4307</v>
+        <v>4561</v>
       </c>
     </row>
     <row r="1846" spans="1:2">
       <c r="A1846" t="s">
         <v>1848</v>
       </c>
       <c r="B1846" t="s">
-        <v>4308</v>
+        <v>4562</v>
       </c>
     </row>
     <row r="1847" spans="1:2">
       <c r="A1847" t="s">
         <v>1849</v>
       </c>
       <c r="B1847" t="s">
-        <v>4309</v>
+        <v>4563</v>
       </c>
     </row>
     <row r="1848" spans="1:2">
       <c r="A1848" t="s">
         <v>1850</v>
       </c>
       <c r="B1848" t="s">
-        <v>4310</v>
+        <v>4564</v>
       </c>
     </row>
     <row r="1849" spans="1:2">
       <c r="A1849" t="s">
         <v>1851</v>
       </c>
       <c r="B1849" t="s">
-        <v>4311</v>
+        <v>4565</v>
       </c>
     </row>
     <row r="1850" spans="1:2">
       <c r="A1850" t="s">
         <v>1852</v>
       </c>
       <c r="B1850" t="s">
-        <v>4312</v>
+        <v>4566</v>
       </c>
     </row>
     <row r="1851" spans="1:2">
       <c r="A1851" t="s">
         <v>1853</v>
       </c>
       <c r="B1851" t="s">
-        <v>4313</v>
+        <v>4567</v>
       </c>
     </row>
     <row r="1852" spans="1:2">
       <c r="A1852" t="s">
         <v>1854</v>
       </c>
       <c r="B1852" t="s">
-        <v>4314</v>
+        <v>4568</v>
       </c>
     </row>
     <row r="1853" spans="1:2">
       <c r="A1853" t="s">
         <v>1855</v>
       </c>
       <c r="B1853" t="s">
-        <v>4315</v>
+        <v>4569</v>
       </c>
     </row>
     <row r="1854" spans="1:2">
       <c r="A1854" t="s">
         <v>1856</v>
       </c>
       <c r="B1854" t="s">
-        <v>4316</v>
+        <v>4570</v>
       </c>
     </row>
     <row r="1855" spans="1:2">
       <c r="A1855" t="s">
         <v>1857</v>
       </c>
       <c r="B1855" t="s">
-        <v>4317</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="1856" spans="1:2">
       <c r="A1856" t="s">
         <v>1858</v>
       </c>
       <c r="B1856" t="s">
-        <v>4318</v>
+        <v>4571</v>
       </c>
     </row>
     <row r="1857" spans="1:2">
       <c r="A1857" t="s">
         <v>1859</v>
       </c>
       <c r="B1857" t="s">
-        <v>4319</v>
+        <v>4572</v>
       </c>
     </row>
     <row r="1858" spans="1:2">
       <c r="A1858" t="s">
         <v>1860</v>
       </c>
       <c r="B1858" t="s">
-        <v>4320</v>
+        <v>4573</v>
       </c>
     </row>
     <row r="1859" spans="1:2">
       <c r="A1859" t="s">
         <v>1861</v>
       </c>
       <c r="B1859" t="s">
-        <v>4321</v>
+        <v>4574</v>
       </c>
     </row>
     <row r="1860" spans="1:2">
       <c r="A1860" t="s">
         <v>1862</v>
       </c>
       <c r="B1860" t="s">
-        <v>4322</v>
+        <v>4575</v>
       </c>
     </row>
     <row r="1861" spans="1:2">
       <c r="A1861" t="s">
         <v>1863</v>
       </c>
       <c r="B1861" t="s">
-        <v>4323</v>
+        <v>3810</v>
       </c>
     </row>
     <row r="1862" spans="1:2">
       <c r="A1862" t="s">
         <v>1864</v>
       </c>
       <c r="B1862" t="s">
-        <v>4324</v>
+        <v>4576</v>
       </c>
     </row>
     <row r="1863" spans="1:2">
       <c r="A1863" t="s">
         <v>1865</v>
       </c>
       <c r="B1863" t="s">
-        <v>4325</v>
+        <v>4577</v>
       </c>
     </row>
     <row r="1864" spans="1:2">
       <c r="A1864" t="s">
         <v>1866</v>
       </c>
       <c r="B1864" t="s">
-        <v>4326</v>
+        <v>4578</v>
       </c>
     </row>
     <row r="1865" spans="1:2">
       <c r="A1865" t="s">
         <v>1867</v>
       </c>
       <c r="B1865" t="s">
-        <v>4327</v>
+        <v>4579</v>
       </c>
     </row>
     <row r="1866" spans="1:2">
       <c r="A1866" t="s">
         <v>1868</v>
       </c>
       <c r="B1866" t="s">
-        <v>4328</v>
+        <v>4580</v>
       </c>
     </row>
     <row r="1867" spans="1:2">
       <c r="A1867" t="s">
         <v>1869</v>
       </c>
       <c r="B1867" t="s">
-        <v>4329</v>
+        <v>4581</v>
       </c>
     </row>
     <row r="1868" spans="1:2">
       <c r="A1868" t="s">
         <v>1870</v>
       </c>
       <c r="B1868" t="s">
-        <v>4330</v>
+        <v>4582</v>
       </c>
     </row>
     <row r="1869" spans="1:2">
       <c r="A1869" t="s">
         <v>1871</v>
       </c>
       <c r="B1869" t="s">
-        <v>4331</v>
+        <v>4583</v>
       </c>
     </row>
     <row r="1870" spans="1:2">
       <c r="A1870" t="s">
         <v>1872</v>
       </c>
       <c r="B1870" t="s">
-        <v>4332</v>
+        <v>4584</v>
       </c>
     </row>
     <row r="1871" spans="1:2">
       <c r="A1871" t="s">
         <v>1873</v>
       </c>
       <c r="B1871" t="s">
-        <v>4333</v>
+        <v>4585</v>
       </c>
     </row>
     <row r="1872" spans="1:2">
       <c r="A1872" t="s">
         <v>1874</v>
       </c>
       <c r="B1872" t="s">
-        <v>4334</v>
+        <v>4586</v>
       </c>
     </row>
     <row r="1873" spans="1:2">
       <c r="A1873" t="s">
         <v>1875</v>
       </c>
       <c r="B1873" t="s">
-        <v>4335</v>
+        <v>4587</v>
       </c>
     </row>
     <row r="1874" spans="1:2">
       <c r="A1874" t="s">
         <v>1876</v>
       </c>
       <c r="B1874" t="s">
-        <v>4336</v>
+        <v>4588</v>
       </c>
     </row>
     <row r="1875" spans="1:2">
       <c r="A1875" t="s">
         <v>1877</v>
       </c>
       <c r="B1875" t="s">
-        <v>4337</v>
+        <v>4589</v>
       </c>
     </row>
     <row r="1876" spans="1:2">
       <c r="A1876" t="s">
         <v>1878</v>
       </c>
       <c r="B1876" t="s">
-        <v>4338</v>
+        <v>4590</v>
       </c>
     </row>
     <row r="1877" spans="1:2">
       <c r="A1877" t="s">
         <v>1879</v>
       </c>
       <c r="B1877" t="s">
-        <v>4339</v>
+        <v>4591</v>
       </c>
     </row>
     <row r="1878" spans="1:2">
       <c r="A1878" t="s">
         <v>1880</v>
       </c>
       <c r="B1878" t="s">
-        <v>4340</v>
+        <v>4592</v>
       </c>
     </row>
     <row r="1879" spans="1:2">
       <c r="A1879" t="s">
         <v>1881</v>
       </c>
       <c r="B1879" t="s">
-        <v>4341</v>
+        <v>4593</v>
       </c>
     </row>
     <row r="1880" spans="1:2">
       <c r="A1880" t="s">
         <v>1882</v>
       </c>
       <c r="B1880" t="s">
-        <v>4342</v>
+        <v>4594</v>
       </c>
     </row>
     <row r="1881" spans="1:2">
       <c r="A1881" t="s">
         <v>1883</v>
       </c>
       <c r="B1881" t="s">
-        <v>4343</v>
+        <v>4595</v>
       </c>
     </row>
     <row r="1882" spans="1:2">
       <c r="A1882" t="s">
         <v>1884</v>
       </c>
       <c r="B1882" t="s">
-        <v>4344</v>
+        <v>4596</v>
       </c>
     </row>
     <row r="1883" spans="1:2">
       <c r="A1883" t="s">
         <v>1885</v>
       </c>
       <c r="B1883" t="s">
-        <v>4345</v>
+        <v>4597</v>
       </c>
     </row>
     <row r="1884" spans="1:2">
       <c r="A1884" t="s">
         <v>1886</v>
       </c>
       <c r="B1884" t="s">
-        <v>4346</v>
+        <v>4598</v>
       </c>
     </row>
     <row r="1885" spans="1:2">
       <c r="A1885" t="s">
         <v>1887</v>
       </c>
       <c r="B1885" t="s">
-        <v>4347</v>
+        <v>4599</v>
       </c>
     </row>
     <row r="1886" spans="1:2">
       <c r="A1886" t="s">
         <v>1888</v>
       </c>
       <c r="B1886" t="s">
-        <v>4348</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="1887" spans="1:2">
       <c r="A1887" t="s">
         <v>1889</v>
       </c>
       <c r="B1887" t="s">
-        <v>4349</v>
+        <v>4601</v>
       </c>
     </row>
     <row r="1888" spans="1:2">
       <c r="A1888" t="s">
         <v>1890</v>
       </c>
       <c r="B1888" t="s">
-        <v>4350</v>
+        <v>4602</v>
       </c>
     </row>
     <row r="1889" spans="1:2">
       <c r="A1889" t="s">
         <v>1891</v>
       </c>
       <c r="B1889" t="s">
-        <v>4351</v>
+        <v>4603</v>
       </c>
     </row>
     <row r="1890" spans="1:2">
       <c r="A1890" t="s">
         <v>1892</v>
       </c>
       <c r="B1890" t="s">
-        <v>4352</v>
+        <v>4604</v>
       </c>
     </row>
     <row r="1891" spans="1:2">
       <c r="A1891" t="s">
         <v>1893</v>
       </c>
       <c r="B1891" t="s">
-        <v>4353</v>
+        <v>4605</v>
       </c>
     </row>
     <row r="1892" spans="1:2">
       <c r="A1892" t="s">
         <v>1894</v>
       </c>
       <c r="B1892" t="s">
-        <v>4354</v>
+        <v>4606</v>
       </c>
     </row>
     <row r="1893" spans="1:2">
       <c r="A1893" t="s">
         <v>1895</v>
       </c>
       <c r="B1893" t="s">
-        <v>4355</v>
+        <v>4607</v>
       </c>
     </row>
     <row r="1894" spans="1:2">
       <c r="A1894" t="s">
         <v>1896</v>
       </c>
       <c r="B1894" t="s">
-        <v>4356</v>
+        <v>4608</v>
       </c>
     </row>
     <row r="1895" spans="1:2">
       <c r="A1895" t="s">
         <v>1897</v>
       </c>
       <c r="B1895" t="s">
-        <v>4357</v>
+        <v>4609</v>
       </c>
     </row>
     <row r="1896" spans="1:2">
       <c r="A1896" t="s">
         <v>1898</v>
       </c>
       <c r="B1896" t="s">
-        <v>4358</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="1897" spans="1:2">
       <c r="A1897" t="s">
         <v>1899</v>
       </c>
       <c r="B1897" t="s">
-        <v>4359</v>
+        <v>4611</v>
       </c>
     </row>
     <row r="1898" spans="1:2">
       <c r="A1898" t="s">
         <v>1900</v>
       </c>
       <c r="B1898" t="s">
-        <v>4360</v>
+        <v>4612</v>
       </c>
     </row>
     <row r="1899" spans="1:2">
       <c r="A1899" t="s">
         <v>1901</v>
       </c>
       <c r="B1899" t="s">
-        <v>4361</v>
+        <v>4613</v>
       </c>
     </row>
     <row r="1900" spans="1:2">
       <c r="A1900" t="s">
         <v>1902</v>
       </c>
       <c r="B1900" t="s">
-        <v>4362</v>
+        <v>4614</v>
       </c>
     </row>
     <row r="1901" spans="1:2">
       <c r="A1901" t="s">
         <v>1903</v>
       </c>
       <c r="B1901" t="s">
-        <v>4363</v>
+        <v>4615</v>
       </c>
     </row>
     <row r="1902" spans="1:2">
       <c r="A1902" t="s">
         <v>1904</v>
       </c>
       <c r="B1902" t="s">
-        <v>4364</v>
+        <v>4616</v>
       </c>
     </row>
     <row r="1903" spans="1:2">
       <c r="A1903" t="s">
         <v>1905</v>
       </c>
       <c r="B1903" t="s">
-        <v>4365</v>
+        <v>4617</v>
       </c>
     </row>
     <row r="1904" spans="1:2">
       <c r="A1904" t="s">
         <v>1906</v>
       </c>
       <c r="B1904" t="s">
-        <v>4366</v>
+        <v>4618</v>
       </c>
     </row>
     <row r="1905" spans="1:2">
       <c r="A1905" t="s">
         <v>1907</v>
       </c>
       <c r="B1905" t="s">
-        <v>4367</v>
+        <v>4619</v>
       </c>
     </row>
     <row r="1906" spans="1:2">
       <c r="A1906" t="s">
         <v>1908</v>
       </c>
       <c r="B1906" t="s">
-        <v>4368</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="1907" spans="1:2">
       <c r="A1907" t="s">
         <v>1909</v>
       </c>
       <c r="B1907" t="s">
-        <v>4369</v>
+        <v>4621</v>
       </c>
     </row>
     <row r="1908" spans="1:2">
       <c r="A1908" t="s">
         <v>1910</v>
       </c>
       <c r="B1908" t="s">
-        <v>4370</v>
+        <v>4622</v>
       </c>
     </row>
     <row r="1909" spans="1:2">
       <c r="A1909" t="s">
         <v>1911</v>
       </c>
       <c r="B1909" t="s">
-        <v>4371</v>
+        <v>4623</v>
       </c>
     </row>
     <row r="1910" spans="1:2">
       <c r="A1910" t="s">
         <v>1912</v>
       </c>
       <c r="B1910" t="s">
-        <v>4372</v>
+        <v>4624</v>
       </c>
     </row>
     <row r="1911" spans="1:2">
       <c r="A1911" t="s">
         <v>1913</v>
       </c>
       <c r="B1911" t="s">
-        <v>4373</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="1912" spans="1:2">
       <c r="A1912" t="s">
         <v>1914</v>
       </c>
       <c r="B1912" t="s">
-        <v>4374</v>
+        <v>4626</v>
       </c>
     </row>
     <row r="1913" spans="1:2">
       <c r="A1913" t="s">
         <v>1915</v>
       </c>
       <c r="B1913" t="s">
-        <v>4375</v>
+        <v>4627</v>
       </c>
     </row>
     <row r="1914" spans="1:2">
       <c r="A1914" t="s">
         <v>1916</v>
       </c>
       <c r="B1914" t="s">
-        <v>4376</v>
+        <v>4628</v>
       </c>
     </row>
     <row r="1915" spans="1:2">
       <c r="A1915" t="s">
         <v>1917</v>
       </c>
       <c r="B1915" t="s">
-        <v>4377</v>
+        <v>4629</v>
       </c>
     </row>
     <row r="1916" spans="1:2">
       <c r="A1916" t="s">
         <v>1918</v>
       </c>
       <c r="B1916" t="s">
-        <v>4378</v>
+        <v>4630</v>
       </c>
     </row>
     <row r="1917" spans="1:2">
       <c r="A1917" t="s">
         <v>1919</v>
       </c>
       <c r="B1917" t="s">
-        <v>4379</v>
+        <v>4631</v>
       </c>
     </row>
     <row r="1918" spans="1:2">
       <c r="A1918" t="s">
         <v>1920</v>
       </c>
       <c r="B1918" t="s">
-        <v>4380</v>
+        <v>4632</v>
       </c>
     </row>
     <row r="1919" spans="1:2">
       <c r="A1919" t="s">
         <v>1921</v>
       </c>
       <c r="B1919" t="s">
-        <v>4381</v>
+        <v>4633</v>
       </c>
     </row>
     <row r="1920" spans="1:2">
       <c r="A1920" t="s">
         <v>1922</v>
       </c>
       <c r="B1920" t="s">
-        <v>4382</v>
+        <v>4634</v>
       </c>
     </row>
     <row r="1921" spans="1:2">
       <c r="A1921" t="s">
         <v>1923</v>
       </c>
       <c r="B1921" t="s">
-        <v>4383</v>
+        <v>4635</v>
       </c>
     </row>
     <row r="1922" spans="1:2">
       <c r="A1922" t="s">
         <v>1924</v>
       </c>
       <c r="B1922" t="s">
-        <v>4384</v>
+        <v>4636</v>
       </c>
     </row>
     <row r="1923" spans="1:2">
       <c r="A1923" t="s">
         <v>1925</v>
       </c>
       <c r="B1923" t="s">
-        <v>4385</v>
+        <v>4637</v>
       </c>
     </row>
     <row r="1924" spans="1:2">
       <c r="A1924" t="s">
         <v>1926</v>
       </c>
       <c r="B1924" t="s">
-        <v>4386</v>
+        <v>4638</v>
       </c>
     </row>
     <row r="1925" spans="1:2">
       <c r="A1925" t="s">
         <v>1927</v>
       </c>
       <c r="B1925" t="s">
-        <v>4387</v>
+        <v>4639</v>
       </c>
     </row>
     <row r="1926" spans="1:2">
       <c r="A1926" t="s">
         <v>1928</v>
       </c>
       <c r="B1926" t="s">
-        <v>4388</v>
+        <v>4640</v>
       </c>
     </row>
     <row r="1927" spans="1:2">
       <c r="A1927" t="s">
         <v>1929</v>
       </c>
       <c r="B1927" t="s">
-        <v>4389</v>
+        <v>4641</v>
       </c>
     </row>
     <row r="1928" spans="1:2">
       <c r="A1928" t="s">
         <v>1930</v>
       </c>
       <c r="B1928" t="s">
-        <v>4390</v>
+        <v>4642</v>
       </c>
     </row>
     <row r="1929" spans="1:2">
       <c r="A1929" t="s">
         <v>1931</v>
       </c>
       <c r="B1929" t="s">
-        <v>4391</v>
+        <v>4643</v>
       </c>
     </row>
     <row r="1930" spans="1:2">
       <c r="A1930" t="s">
         <v>1932</v>
       </c>
       <c r="B1930" t="s">
-        <v>4392</v>
+        <v>4644</v>
       </c>
     </row>
     <row r="1931" spans="1:2">
       <c r="A1931" t="s">
         <v>1933</v>
       </c>
       <c r="B1931" t="s">
-        <v>4393</v>
+        <v>4645</v>
       </c>
     </row>
     <row r="1932" spans="1:2">
       <c r="A1932" t="s">
         <v>1934</v>
       </c>
       <c r="B1932" t="s">
-        <v>4394</v>
+        <v>3350</v>
       </c>
     </row>
     <row r="1933" spans="1:2">
       <c r="A1933" t="s">
         <v>1935</v>
       </c>
       <c r="B1933" t="s">
-        <v>4395</v>
+        <v>4646</v>
       </c>
     </row>
     <row r="1934" spans="1:2">
       <c r="A1934" t="s">
         <v>1936</v>
       </c>
       <c r="B1934" t="s">
-        <v>4396</v>
+        <v>4647</v>
       </c>
     </row>
     <row r="1935" spans="1:2">
       <c r="A1935" t="s">
         <v>1937</v>
       </c>
       <c r="B1935" t="s">
-        <v>4397</v>
+        <v>4648</v>
       </c>
     </row>
     <row r="1936" spans="1:2">
       <c r="A1936" t="s">
         <v>1938</v>
       </c>
       <c r="B1936" t="s">
-        <v>4398</v>
+        <v>4649</v>
       </c>
     </row>
     <row r="1937" spans="1:2">
       <c r="A1937" t="s">
         <v>1939</v>
       </c>
       <c r="B1937" t="s">
-        <v>4399</v>
+        <v>4650</v>
       </c>
     </row>
     <row r="1938" spans="1:2">
       <c r="A1938" t="s">
         <v>1940</v>
       </c>
       <c r="B1938" t="s">
-        <v>4400</v>
+        <v>4651</v>
       </c>
     </row>
     <row r="1939" spans="1:2">
       <c r="A1939" t="s">
         <v>1941</v>
       </c>
       <c r="B1939" t="s">
-        <v>4401</v>
+        <v>4652</v>
       </c>
     </row>
     <row r="1940" spans="1:2">
       <c r="A1940" t="s">
         <v>1942</v>
       </c>
       <c r="B1940" t="s">
-        <v>4402</v>
+        <v>4653</v>
       </c>
     </row>
     <row r="1941" spans="1:2">
       <c r="A1941" t="s">
         <v>1943</v>
       </c>
       <c r="B1941" t="s">
-        <v>4403</v>
+        <v>4654</v>
       </c>
     </row>
     <row r="1942" spans="1:2">
       <c r="A1942" t="s">
         <v>1944</v>
       </c>
       <c r="B1942" t="s">
-        <v>4404</v>
+        <v>4655</v>
       </c>
     </row>
     <row r="1943" spans="1:2">
       <c r="A1943" t="s">
         <v>1945</v>
       </c>
       <c r="B1943" t="s">
-        <v>4405</v>
+        <v>4656</v>
       </c>
     </row>
     <row r="1944" spans="1:2">
       <c r="A1944" t="s">
         <v>1946</v>
       </c>
       <c r="B1944" t="s">
-        <v>4406</v>
+        <v>4657</v>
       </c>
     </row>
     <row r="1945" spans="1:2">
       <c r="A1945" t="s">
         <v>1947</v>
       </c>
       <c r="B1945" t="s">
-        <v>4407</v>
+        <v>4658</v>
       </c>
     </row>
     <row r="1946" spans="1:2">
       <c r="A1946" t="s">
         <v>1948</v>
       </c>
       <c r="B1946" t="s">
-        <v>4408</v>
+        <v>4659</v>
       </c>
     </row>
     <row r="1947" spans="1:2">
       <c r="A1947" t="s">
         <v>1949</v>
       </c>
       <c r="B1947" t="s">
-        <v>4409</v>
+        <v>4660</v>
       </c>
     </row>
     <row r="1948" spans="1:2">
       <c r="A1948" t="s">
         <v>1950</v>
       </c>
       <c r="B1948" t="s">
-        <v>4410</v>
+        <v>4661</v>
       </c>
     </row>
     <row r="1949" spans="1:2">
       <c r="A1949" t="s">
         <v>1951</v>
       </c>
       <c r="B1949" t="s">
-        <v>4411</v>
+        <v>4662</v>
       </c>
     </row>
     <row r="1950" spans="1:2">
       <c r="A1950" t="s">
         <v>1952</v>
       </c>
       <c r="B1950" t="s">
-        <v>4412</v>
+        <v>4663</v>
       </c>
     </row>
     <row r="1951" spans="1:2">
       <c r="A1951" t="s">
         <v>1953</v>
       </c>
       <c r="B1951" t="s">
-        <v>4413</v>
+        <v>4664</v>
       </c>
     </row>
     <row r="1952" spans="1:2">
       <c r="A1952" t="s">
         <v>1954</v>
       </c>
       <c r="B1952" t="s">
-        <v>4414</v>
+        <v>4665</v>
       </c>
     </row>
     <row r="1953" spans="1:2">
       <c r="A1953" t="s">
         <v>1955</v>
       </c>
       <c r="B1953" t="s">
-        <v>4415</v>
+        <v>4666</v>
       </c>
     </row>
     <row r="1954" spans="1:2">
       <c r="A1954" t="s">
         <v>1956</v>
       </c>
       <c r="B1954" t="s">
-        <v>4416</v>
+        <v>4667</v>
       </c>
     </row>
     <row r="1955" spans="1:2">
       <c r="A1955" t="s">
         <v>1957</v>
       </c>
       <c r="B1955" t="s">
-        <v>4417</v>
+        <v>4668</v>
       </c>
     </row>
     <row r="1956" spans="1:2">
       <c r="A1956" t="s">
         <v>1958</v>
       </c>
       <c r="B1956" t="s">
-        <v>4418</v>
+        <v>4669</v>
       </c>
     </row>
     <row r="1957" spans="1:2">
       <c r="A1957" t="s">
         <v>1959</v>
       </c>
       <c r="B1957" t="s">
-        <v>4419</v>
+        <v>4670</v>
       </c>
     </row>
     <row r="1958" spans="1:2">
       <c r="A1958" t="s">
         <v>1960</v>
       </c>
       <c r="B1958" t="s">
-        <v>4420</v>
+        <v>4671</v>
       </c>
     </row>
     <row r="1959" spans="1:2">
       <c r="A1959" t="s">
         <v>1961</v>
       </c>
       <c r="B1959" t="s">
-        <v>4421</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="1960" spans="1:2">
       <c r="A1960" t="s">
         <v>1962</v>
       </c>
       <c r="B1960" t="s">
-        <v>4422</v>
+        <v>4673</v>
       </c>
     </row>
     <row r="1961" spans="1:2">
       <c r="A1961" t="s">
         <v>1963</v>
       </c>
       <c r="B1961" t="s">
-        <v>4423</v>
+        <v>4674</v>
       </c>
     </row>
     <row r="1962" spans="1:2">
       <c r="A1962" t="s">
         <v>1964</v>
       </c>
       <c r="B1962" t="s">
-        <v>4424</v>
+        <v>4675</v>
       </c>
     </row>
     <row r="1963" spans="1:2">
       <c r="A1963" t="s">
         <v>1965</v>
       </c>
       <c r="B1963" t="s">
-        <v>4425</v>
+        <v>4676</v>
       </c>
     </row>
     <row r="1964" spans="1:2">
       <c r="A1964" t="s">
         <v>1966</v>
       </c>
       <c r="B1964" t="s">
-        <v>4426</v>
+        <v>4677</v>
       </c>
     </row>
     <row r="1965" spans="1:2">
       <c r="A1965" t="s">
         <v>1967</v>
       </c>
       <c r="B1965" t="s">
-        <v>4427</v>
+        <v>4678</v>
       </c>
     </row>
     <row r="1966" spans="1:2">
       <c r="A1966" t="s">
         <v>1968</v>
       </c>
       <c r="B1966" t="s">
-        <v>4428</v>
+        <v>4679</v>
       </c>
     </row>
     <row r="1967" spans="1:2">
       <c r="A1967" t="s">
         <v>1969</v>
       </c>
       <c r="B1967" t="s">
-        <v>4429</v>
+        <v>4680</v>
       </c>
     </row>
     <row r="1968" spans="1:2">
       <c r="A1968" t="s">
         <v>1970</v>
       </c>
       <c r="B1968" t="s">
-        <v>4430</v>
+        <v>4681</v>
       </c>
     </row>
     <row r="1969" spans="1:2">
       <c r="A1969" t="s">
         <v>1971</v>
       </c>
       <c r="B1969" t="s">
-        <v>4431</v>
+        <v>4682</v>
       </c>
     </row>
     <row r="1970" spans="1:2">
       <c r="A1970" t="s">
         <v>1972</v>
       </c>
       <c r="B1970" t="s">
-        <v>4432</v>
+        <v>4683</v>
       </c>
     </row>
     <row r="1971" spans="1:2">
       <c r="A1971" t="s">
         <v>1973</v>
       </c>
       <c r="B1971" t="s">
-        <v>4433</v>
+        <v>4684</v>
       </c>
     </row>
     <row r="1972" spans="1:2">
       <c r="A1972" t="s">
         <v>1974</v>
       </c>
       <c r="B1972" t="s">
-        <v>4434</v>
+        <v>4685</v>
       </c>
     </row>
     <row r="1973" spans="1:2">
       <c r="A1973" t="s">
         <v>1975</v>
       </c>
       <c r="B1973" t="s">
-        <v>4435</v>
+        <v>4686</v>
       </c>
     </row>
     <row r="1974" spans="1:2">
       <c r="A1974" t="s">
         <v>1976</v>
       </c>
       <c r="B1974" t="s">
-        <v>4436</v>
+        <v>4687</v>
       </c>
     </row>
     <row r="1975" spans="1:2">
       <c r="A1975" t="s">
         <v>1977</v>
       </c>
       <c r="B1975" t="s">
-        <v>4437</v>
+        <v>4688</v>
       </c>
     </row>
     <row r="1976" spans="1:2">
       <c r="A1976" t="s">
         <v>1978</v>
       </c>
       <c r="B1976" t="s">
-        <v>4438</v>
+        <v>4689</v>
       </c>
     </row>
     <row r="1977" spans="1:2">
       <c r="A1977" t="s">
         <v>1979</v>
       </c>
       <c r="B1977" t="s">
-        <v>4439</v>
+        <v>4690</v>
       </c>
     </row>
     <row r="1978" spans="1:2">
       <c r="A1978" t="s">
         <v>1980</v>
       </c>
       <c r="B1978" t="s">
-        <v>4440</v>
+        <v>4691</v>
       </c>
     </row>
     <row r="1979" spans="1:2">
       <c r="A1979" t="s">
         <v>1981</v>
       </c>
       <c r="B1979" t="s">
-        <v>4441</v>
+        <v>4692</v>
       </c>
     </row>
     <row r="1980" spans="1:2">
       <c r="A1980" t="s">
         <v>1982</v>
       </c>
       <c r="B1980" t="s">
-        <v>4442</v>
+        <v>4693</v>
       </c>
     </row>
     <row r="1981" spans="1:2">
       <c r="A1981" t="s">
         <v>1983</v>
       </c>
       <c r="B1981" t="s">
-        <v>4443</v>
+        <v>4694</v>
       </c>
     </row>
     <row r="1982" spans="1:2">
       <c r="A1982" t="s">
         <v>1984</v>
       </c>
       <c r="B1982" t="s">
-        <v>4444</v>
+        <v>4695</v>
       </c>
     </row>
     <row r="1983" spans="1:2">
       <c r="A1983" t="s">
         <v>1985</v>
       </c>
       <c r="B1983" t="s">
-        <v>4445</v>
+        <v>4696</v>
       </c>
     </row>
     <row r="1984" spans="1:2">
       <c r="A1984" t="s">
         <v>1986</v>
       </c>
       <c r="B1984" t="s">
-        <v>4446</v>
+        <v>4697</v>
       </c>
     </row>
     <row r="1985" spans="1:2">
       <c r="A1985" t="s">
         <v>1987</v>
       </c>
       <c r="B1985" t="s">
-        <v>4447</v>
+        <v>4698</v>
       </c>
     </row>
     <row r="1986" spans="1:2">
       <c r="A1986" t="s">
         <v>1988</v>
       </c>
       <c r="B1986" t="s">
-        <v>4448</v>
+        <v>4699</v>
       </c>
     </row>
     <row r="1987" spans="1:2">
       <c r="A1987" t="s">
         <v>1989</v>
       </c>
       <c r="B1987" t="s">
-        <v>4449</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="1988" spans="1:2">
       <c r="A1988" t="s">
         <v>1990</v>
       </c>
       <c r="B1988" t="s">
-        <v>4450</v>
+        <v>4701</v>
       </c>
     </row>
     <row r="1989" spans="1:2">
       <c r="A1989" t="s">
         <v>1991</v>
       </c>
       <c r="B1989" t="s">
-        <v>4451</v>
+        <v>4702</v>
       </c>
     </row>
     <row r="1990" spans="1:2">
       <c r="A1990" t="s">
         <v>1992</v>
       </c>
       <c r="B1990" t="s">
-        <v>4452</v>
+        <v>4703</v>
       </c>
     </row>
     <row r="1991" spans="1:2">
       <c r="A1991" t="s">
         <v>1993</v>
       </c>
       <c r="B1991" t="s">
-        <v>4453</v>
+        <v>4704</v>
       </c>
     </row>
     <row r="1992" spans="1:2">
       <c r="A1992" t="s">
         <v>1994</v>
       </c>
       <c r="B1992" t="s">
-        <v>4454</v>
+        <v>4705</v>
       </c>
     </row>
     <row r="1993" spans="1:2">
       <c r="A1993" t="s">
         <v>1995</v>
       </c>
       <c r="B1993" t="s">
-        <v>4455</v>
+        <v>4706</v>
       </c>
     </row>
     <row r="1994" spans="1:2">
       <c r="A1994" t="s">
         <v>1996</v>
       </c>
       <c r="B1994" t="s">
-        <v>4456</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="1995" spans="1:2">
       <c r="A1995" t="s">
         <v>1997</v>
       </c>
       <c r="B1995" t="s">
-        <v>4457</v>
+        <v>4708</v>
       </c>
     </row>
     <row r="1996" spans="1:2">
       <c r="A1996" t="s">
         <v>1998</v>
       </c>
       <c r="B1996" t="s">
-        <v>4458</v>
+        <v>4709</v>
       </c>
     </row>
     <row r="1997" spans="1:2">
       <c r="A1997" t="s">
         <v>1999</v>
       </c>
       <c r="B1997" t="s">
-        <v>4459</v>
+        <v>4710</v>
       </c>
     </row>
     <row r="1998" spans="1:2">
       <c r="A1998" t="s">
         <v>2000</v>
       </c>
       <c r="B1998" t="s">
-        <v>4460</v>
+        <v>4210</v>
       </c>
     </row>
     <row r="1999" spans="1:2">
       <c r="A1999" t="s">
         <v>2001</v>
       </c>
       <c r="B1999" t="s">
-        <v>4461</v>
+        <v>4711</v>
       </c>
     </row>
     <row r="2000" spans="1:2">
       <c r="A2000" t="s">
         <v>2002</v>
       </c>
       <c r="B2000" t="s">
-        <v>4462</v>
+        <v>4712</v>
       </c>
     </row>
     <row r="2001" spans="1:2">
       <c r="A2001" t="s">
         <v>2003</v>
       </c>
       <c r="B2001" t="s">
-        <v>4463</v>
+        <v>4713</v>
       </c>
     </row>
     <row r="2002" spans="1:2">
       <c r="A2002" t="s">
         <v>2004</v>
       </c>
       <c r="B2002" t="s">
-        <v>4464</v>
+        <v>4714</v>
       </c>
     </row>
     <row r="2003" spans="1:2">
       <c r="A2003" t="s">
         <v>2005</v>
       </c>
       <c r="B2003" t="s">
-        <v>4465</v>
+        <v>4715</v>
       </c>
     </row>
     <row r="2004" spans="1:2">
       <c r="A2004" t="s">
         <v>2006</v>
       </c>
       <c r="B2004" t="s">
-        <v>4466</v>
+        <v>4716</v>
       </c>
     </row>
     <row r="2005" spans="1:2">
       <c r="A2005" t="s">
         <v>2007</v>
       </c>
       <c r="B2005" t="s">
-        <v>4467</v>
+        <v>4717</v>
       </c>
     </row>
     <row r="2006" spans="1:2">
       <c r="A2006" t="s">
         <v>2008</v>
       </c>
       <c r="B2006" t="s">
-        <v>4468</v>
+        <v>4718</v>
       </c>
     </row>
     <row r="2007" spans="1:2">
       <c r="A2007" t="s">
         <v>2009</v>
       </c>
       <c r="B2007" t="s">
-        <v>4469</v>
+        <v>4719</v>
       </c>
     </row>
     <row r="2008" spans="1:2">
       <c r="A2008" t="s">
         <v>2010</v>
       </c>
       <c r="B2008" t="s">
-        <v>4470</v>
+        <v>4720</v>
       </c>
     </row>
     <row r="2009" spans="1:2">
       <c r="A2009" t="s">
         <v>2011</v>
       </c>
       <c r="B2009" t="s">
-        <v>4471</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="2010" spans="1:2">
       <c r="A2010" t="s">
         <v>2012</v>
       </c>
       <c r="B2010" t="s">
-        <v>4472</v>
+        <v>4722</v>
       </c>
     </row>
     <row r="2011" spans="1:2">
       <c r="A2011" t="s">
         <v>2013</v>
       </c>
       <c r="B2011" t="s">
-        <v>4473</v>
+        <v>4723</v>
       </c>
     </row>
     <row r="2012" spans="1:2">
       <c r="A2012" t="s">
         <v>2014</v>
       </c>
       <c r="B2012" t="s">
-        <v>4474</v>
+        <v>4724</v>
       </c>
     </row>
     <row r="2013" spans="1:2">
       <c r="A2013" t="s">
         <v>2015</v>
       </c>
       <c r="B2013" t="s">
-        <v>4475</v>
+        <v>4725</v>
       </c>
     </row>
     <row r="2014" spans="1:2">
       <c r="A2014" t="s">
         <v>2016</v>
       </c>
       <c r="B2014" t="s">
-        <v>4476</v>
+        <v>4726</v>
       </c>
     </row>
     <row r="2015" spans="1:2">
       <c r="A2015" t="s">
         <v>2017</v>
       </c>
       <c r="B2015" t="s">
-        <v>4477</v>
+        <v>4727</v>
       </c>
     </row>
     <row r="2016" spans="1:2">
       <c r="A2016" t="s">
         <v>2018</v>
       </c>
       <c r="B2016" t="s">
-        <v>4478</v>
+        <v>4728</v>
       </c>
     </row>
     <row r="2017" spans="1:2">
       <c r="A2017" t="s">
         <v>2019</v>
       </c>
       <c r="B2017" t="s">
-        <v>4479</v>
+        <v>4729</v>
       </c>
     </row>
     <row r="2018" spans="1:2">
       <c r="A2018" t="s">
         <v>2020</v>
       </c>
       <c r="B2018" t="s">
-        <v>4480</v>
+        <v>4730</v>
       </c>
     </row>
     <row r="2019" spans="1:2">
       <c r="A2019" t="s">
         <v>2021</v>
       </c>
       <c r="B2019" t="s">
-        <v>4481</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="2020" spans="1:2">
       <c r="A2020" t="s">
         <v>2022</v>
       </c>
       <c r="B2020" t="s">
-        <v>4482</v>
+        <v>4732</v>
       </c>
     </row>
     <row r="2021" spans="1:2">
       <c r="A2021" t="s">
         <v>2023</v>
       </c>
       <c r="B2021" t="s">
-        <v>4483</v>
+        <v>4733</v>
       </c>
     </row>
     <row r="2022" spans="1:2">
       <c r="A2022" t="s">
         <v>2024</v>
       </c>
       <c r="B2022" t="s">
-        <v>4484</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="2023" spans="1:2">
       <c r="A2023" t="s">
         <v>2025</v>
       </c>
       <c r="B2023" t="s">
-        <v>4485</v>
+        <v>4735</v>
       </c>
     </row>
     <row r="2024" spans="1:2">
       <c r="A2024" t="s">
         <v>2026</v>
       </c>
       <c r="B2024" t="s">
-        <v>4486</v>
+        <v>4736</v>
       </c>
     </row>
     <row r="2025" spans="1:2">
       <c r="A2025" t="s">
         <v>2027</v>
       </c>
       <c r="B2025" t="s">
-        <v>4487</v>
+        <v>4737</v>
       </c>
     </row>
     <row r="2026" spans="1:2">
       <c r="A2026" t="s">
         <v>2028</v>
       </c>
       <c r="B2026" t="s">
-        <v>4488</v>
+        <v>4738</v>
       </c>
     </row>
     <row r="2027" spans="1:2">
       <c r="A2027" t="s">
         <v>2029</v>
       </c>
       <c r="B2027" t="s">
-        <v>4489</v>
+        <v>4739</v>
       </c>
     </row>
     <row r="2028" spans="1:2">
       <c r="A2028" t="s">
         <v>2030</v>
       </c>
       <c r="B2028" t="s">
-        <v>4490</v>
+        <v>4740</v>
       </c>
     </row>
     <row r="2029" spans="1:2">
       <c r="A2029" t="s">
         <v>2031</v>
       </c>
       <c r="B2029" t="s">
-        <v>4491</v>
+        <v>4741</v>
       </c>
     </row>
     <row r="2030" spans="1:2">
       <c r="A2030" t="s">
         <v>2032</v>
       </c>
       <c r="B2030" t="s">
-        <v>2676</v>
+        <v>4742</v>
       </c>
     </row>
     <row r="2031" spans="1:2">
       <c r="A2031" t="s">
         <v>2033</v>
       </c>
       <c r="B2031" t="s">
-        <v>4492</v>
+        <v>4743</v>
       </c>
     </row>
     <row r="2032" spans="1:2">
       <c r="A2032" t="s">
         <v>2034</v>
       </c>
       <c r="B2032" t="s">
-        <v>4493</v>
+        <v>4744</v>
       </c>
     </row>
     <row r="2033" spans="1:2">
       <c r="A2033" t="s">
         <v>2035</v>
       </c>
       <c r="B2033" t="s">
-        <v>4494</v>
+        <v>4745</v>
       </c>
     </row>
     <row r="2034" spans="1:2">
       <c r="A2034" t="s">
         <v>2036</v>
       </c>
       <c r="B2034" t="s">
-        <v>4495</v>
+        <v>4746</v>
       </c>
     </row>
     <row r="2035" spans="1:2">
       <c r="A2035" t="s">
         <v>2037</v>
       </c>
       <c r="B2035" t="s">
-        <v>4496</v>
+        <v>4747</v>
       </c>
     </row>
     <row r="2036" spans="1:2">
       <c r="A2036" t="s">
         <v>2038</v>
       </c>
       <c r="B2036" t="s">
-        <v>4497</v>
+        <v>4748</v>
       </c>
     </row>
     <row r="2037" spans="1:2">
       <c r="A2037" t="s">
         <v>2039</v>
       </c>
       <c r="B2037" t="s">
-        <v>4498</v>
+        <v>4749</v>
       </c>
     </row>
     <row r="2038" spans="1:2">
       <c r="A2038" t="s">
         <v>2040</v>
       </c>
       <c r="B2038" t="s">
-        <v>4499</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="2039" spans="1:2">
       <c r="A2039" t="s">
         <v>2041</v>
       </c>
       <c r="B2039" t="s">
-        <v>4500</v>
+        <v>4751</v>
       </c>
     </row>
     <row r="2040" spans="1:2">
       <c r="A2040" t="s">
         <v>2042</v>
       </c>
       <c r="B2040" t="s">
-        <v>4501</v>
+        <v>4752</v>
       </c>
     </row>
     <row r="2041" spans="1:2">
       <c r="A2041" t="s">
         <v>2043</v>
       </c>
       <c r="B2041" t="s">
-        <v>4502</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="2042" spans="1:2">
       <c r="A2042" t="s">
         <v>2044</v>
       </c>
       <c r="B2042" t="s">
-        <v>4503</v>
+        <v>4754</v>
       </c>
     </row>
     <row r="2043" spans="1:2">
       <c r="A2043" t="s">
         <v>2045</v>
       </c>
       <c r="B2043" t="s">
-        <v>4504</v>
+        <v>4755</v>
       </c>
     </row>
     <row r="2044" spans="1:2">
       <c r="A2044" t="s">
         <v>2046</v>
       </c>
       <c r="B2044" t="s">
-        <v>4505</v>
+        <v>4756</v>
       </c>
     </row>
     <row r="2045" spans="1:2">
       <c r="A2045" t="s">
         <v>2047</v>
       </c>
       <c r="B2045" t="s">
-        <v>4506</v>
+        <v>4757</v>
       </c>
     </row>
     <row r="2046" spans="1:2">
       <c r="A2046" t="s">
         <v>2048</v>
       </c>
       <c r="B2046" t="s">
-        <v>4507</v>
+        <v>3778</v>
       </c>
     </row>
     <row r="2047" spans="1:2">
       <c r="A2047" t="s">
         <v>2049</v>
       </c>
       <c r="B2047" t="s">
-        <v>4508</v>
+        <v>4758</v>
       </c>
     </row>
     <row r="2048" spans="1:2">
       <c r="A2048" t="s">
         <v>2050</v>
       </c>
       <c r="B2048" t="s">
-        <v>4509</v>
+        <v>4759</v>
       </c>
     </row>
     <row r="2049" spans="1:2">
       <c r="A2049" t="s">
         <v>2051</v>
       </c>
       <c r="B2049" t="s">
-        <v>4510</v>
+        <v>4760</v>
       </c>
     </row>
     <row r="2050" spans="1:2">
       <c r="A2050" t="s">
         <v>2052</v>
       </c>
       <c r="B2050" t="s">
-        <v>4511</v>
+        <v>4761</v>
       </c>
     </row>
     <row r="2051" spans="1:2">
       <c r="A2051" t="s">
         <v>2053</v>
       </c>
       <c r="B2051" t="s">
-        <v>4512</v>
+        <v>4762</v>
       </c>
     </row>
     <row r="2052" spans="1:2">
       <c r="A2052" t="s">
         <v>2054</v>
       </c>
       <c r="B2052" t="s">
-        <v>4513</v>
+        <v>4763</v>
       </c>
     </row>
     <row r="2053" spans="1:2">
       <c r="A2053" t="s">
         <v>2055</v>
       </c>
       <c r="B2053" t="s">
-        <v>4514</v>
+        <v>4764</v>
       </c>
     </row>
     <row r="2054" spans="1:2">
       <c r="A2054" t="s">
         <v>2056</v>
       </c>
       <c r="B2054" t="s">
-        <v>4515</v>
+        <v>4765</v>
       </c>
     </row>
     <row r="2055" spans="1:2">
       <c r="A2055" t="s">
         <v>2057</v>
       </c>
       <c r="B2055" t="s">
-        <v>4516</v>
+        <v>4766</v>
       </c>
     </row>
     <row r="2056" spans="1:2">
       <c r="A2056" t="s">
         <v>2058</v>
       </c>
       <c r="B2056" t="s">
-        <v>4517</v>
+        <v>4767</v>
       </c>
     </row>
     <row r="2057" spans="1:2">
       <c r="A2057" t="s">
         <v>2059</v>
       </c>
       <c r="B2057" t="s">
-        <v>4518</v>
+        <v>4768</v>
       </c>
     </row>
     <row r="2058" spans="1:2">
       <c r="A2058" t="s">
         <v>2060</v>
       </c>
       <c r="B2058" t="s">
-        <v>4519</v>
+        <v>4769</v>
       </c>
     </row>
     <row r="2059" spans="1:2">
       <c r="A2059" t="s">
         <v>2061</v>
       </c>
       <c r="B2059" t="s">
-        <v>4520</v>
+        <v>4770</v>
       </c>
     </row>
     <row r="2060" spans="1:2">
       <c r="A2060" t="s">
         <v>2062</v>
       </c>
       <c r="B2060" t="s">
-        <v>4521</v>
+        <v>4771</v>
       </c>
     </row>
     <row r="2061" spans="1:2">
       <c r="A2061" t="s">
         <v>2063</v>
       </c>
       <c r="B2061" t="s">
-        <v>4522</v>
+        <v>4772</v>
       </c>
     </row>
     <row r="2062" spans="1:2">
       <c r="A2062" t="s">
         <v>2064</v>
       </c>
       <c r="B2062" t="s">
-        <v>4523</v>
+        <v>4773</v>
       </c>
     </row>
     <row r="2063" spans="1:2">
       <c r="A2063" t="s">
         <v>2065</v>
       </c>
       <c r="B2063" t="s">
-        <v>4524</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="2064" spans="1:2">
       <c r="A2064" t="s">
         <v>2066</v>
       </c>
       <c r="B2064" t="s">
-        <v>4525</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="2065" spans="1:2">
       <c r="A2065" t="s">
         <v>2067</v>
       </c>
       <c r="B2065" t="s">
-        <v>4526</v>
+        <v>4774</v>
       </c>
     </row>
     <row r="2066" spans="1:2">
       <c r="A2066" t="s">
         <v>2068</v>
       </c>
       <c r="B2066" t="s">
-        <v>4527</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="2067" spans="1:2">
       <c r="A2067" t="s">
         <v>2069</v>
       </c>
       <c r="B2067" t="s">
-        <v>4528</v>
+        <v>4776</v>
       </c>
     </row>
     <row r="2068" spans="1:2">
       <c r="A2068" t="s">
         <v>2070</v>
       </c>
       <c r="B2068" t="s">
-        <v>4529</v>
+        <v>4777</v>
       </c>
     </row>
     <row r="2069" spans="1:2">
       <c r="A2069" t="s">
         <v>2071</v>
       </c>
       <c r="B2069" t="s">
-        <v>4530</v>
+        <v>4778</v>
       </c>
     </row>
     <row r="2070" spans="1:2">
       <c r="A2070" t="s">
         <v>2072</v>
       </c>
       <c r="B2070" t="s">
-        <v>4531</v>
+        <v>4779</v>
       </c>
     </row>
     <row r="2071" spans="1:2">
       <c r="A2071" t="s">
         <v>2073</v>
       </c>
       <c r="B2071" t="s">
-        <v>4532</v>
+        <v>4780</v>
       </c>
     </row>
     <row r="2072" spans="1:2">
       <c r="A2072" t="s">
         <v>2074</v>
       </c>
       <c r="B2072" t="s">
-        <v>4533</v>
+        <v>4781</v>
       </c>
     </row>
     <row r="2073" spans="1:2">
       <c r="A2073" t="s">
         <v>2075</v>
       </c>
       <c r="B2073" t="s">
-        <v>4534</v>
+        <v>4782</v>
       </c>
     </row>
     <row r="2074" spans="1:2">
       <c r="A2074" t="s">
         <v>2076</v>
       </c>
       <c r="B2074" t="s">
-        <v>4535</v>
+        <v>4783</v>
       </c>
     </row>
     <row r="2075" spans="1:2">
       <c r="A2075" t="s">
         <v>2077</v>
       </c>
       <c r="B2075" t="s">
-        <v>4536</v>
+        <v>4784</v>
       </c>
     </row>
     <row r="2076" spans="1:2">
       <c r="A2076" t="s">
         <v>2078</v>
       </c>
       <c r="B2076" t="s">
-        <v>4537</v>
+        <v>4785</v>
       </c>
     </row>
     <row r="2077" spans="1:2">
       <c r="A2077" t="s">
         <v>2079</v>
       </c>
       <c r="B2077" t="s">
-        <v>4538</v>
+        <v>4786</v>
       </c>
     </row>
     <row r="2078" spans="1:2">
       <c r="A2078" t="s">
         <v>2080</v>
       </c>
       <c r="B2078" t="s">
-        <v>4539</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="2079" spans="1:2">
       <c r="A2079" t="s">
         <v>2081</v>
       </c>
       <c r="B2079" t="s">
-        <v>4540</v>
+        <v>4788</v>
       </c>
     </row>
     <row r="2080" spans="1:2">
       <c r="A2080" t="s">
         <v>2082</v>
       </c>
       <c r="B2080" t="s">
-        <v>4541</v>
+        <v>4789</v>
       </c>
     </row>
     <row r="2081" spans="1:2">
       <c r="A2081" t="s">
         <v>2083</v>
       </c>
       <c r="B2081" t="s">
-        <v>4542</v>
+        <v>4790</v>
       </c>
     </row>
     <row r="2082" spans="1:2">
       <c r="A2082" t="s">
         <v>2084</v>
       </c>
       <c r="B2082" t="s">
-        <v>4543</v>
+        <v>4791</v>
       </c>
     </row>
     <row r="2083" spans="1:2">
       <c r="A2083" t="s">
         <v>2085</v>
       </c>
       <c r="B2083" t="s">
-        <v>4544</v>
+        <v>4792</v>
       </c>
     </row>
     <row r="2084" spans="1:2">
       <c r="A2084" t="s">
         <v>2086</v>
       </c>
       <c r="B2084" t="s">
-        <v>4545</v>
+        <v>4793</v>
       </c>
     </row>
     <row r="2085" spans="1:2">
       <c r="A2085" t="s">
         <v>2087</v>
       </c>
       <c r="B2085" t="s">
-        <v>4546</v>
+        <v>4794</v>
       </c>
     </row>
     <row r="2086" spans="1:2">
       <c r="A2086" t="s">
         <v>2088</v>
       </c>
       <c r="B2086" t="s">
-        <v>4547</v>
+        <v>4795</v>
       </c>
     </row>
     <row r="2087" spans="1:2">
       <c r="A2087" t="s">
         <v>2089</v>
       </c>
       <c r="B2087" t="s">
-        <v>4548</v>
+        <v>4796</v>
       </c>
     </row>
     <row r="2088" spans="1:2">
       <c r="A2088" t="s">
         <v>2090</v>
       </c>
       <c r="B2088" t="s">
-        <v>4549</v>
+        <v>4797</v>
       </c>
     </row>
     <row r="2089" spans="1:2">
       <c r="A2089" t="s">
         <v>2091</v>
       </c>
       <c r="B2089" t="s">
-        <v>4550</v>
+        <v>4798</v>
       </c>
     </row>
     <row r="2090" spans="1:2">
       <c r="A2090" t="s">
         <v>2092</v>
       </c>
       <c r="B2090" t="s">
-        <v>4551</v>
+        <v>4799</v>
       </c>
     </row>
     <row r="2091" spans="1:2">
       <c r="A2091" t="s">
         <v>2093</v>
       </c>
       <c r="B2091" t="s">
-        <v>4552</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="2092" spans="1:2">
       <c r="A2092" t="s">
         <v>2094</v>
       </c>
       <c r="B2092" t="s">
-        <v>4553</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="2093" spans="1:2">
       <c r="A2093" t="s">
         <v>2095</v>
       </c>
       <c r="B2093" t="s">
-        <v>4554</v>
+        <v>4801</v>
       </c>
     </row>
     <row r="2094" spans="1:2">
       <c r="A2094" t="s">
         <v>2096</v>
       </c>
       <c r="B2094" t="s">
-        <v>4555</v>
+        <v>4802</v>
       </c>
     </row>
     <row r="2095" spans="1:2">
       <c r="A2095" t="s">
         <v>2097</v>
       </c>
       <c r="B2095" t="s">
-        <v>4556</v>
+        <v>4803</v>
       </c>
     </row>
     <row r="2096" spans="1:2">
       <c r="A2096" t="s">
         <v>2098</v>
       </c>
       <c r="B2096" t="s">
-        <v>4557</v>
+        <v>4804</v>
       </c>
     </row>
     <row r="2097" spans="1:2">
       <c r="A2097" t="s">
         <v>2099</v>
       </c>
       <c r="B2097" t="s">
-        <v>4558</v>
+        <v>4805</v>
       </c>
     </row>
     <row r="2098" spans="1:2">
       <c r="A2098" t="s">
         <v>2100</v>
       </c>
       <c r="B2098" t="s">
-        <v>4559</v>
+        <v>4806</v>
       </c>
     </row>
     <row r="2099" spans="1:2">
       <c r="A2099" t="s">
         <v>2101</v>
       </c>
       <c r="B2099" t="s">
-        <v>4560</v>
+        <v>4807</v>
       </c>
     </row>
     <row r="2100" spans="1:2">
       <c r="A2100" t="s">
         <v>2102</v>
       </c>
       <c r="B2100" t="s">
-        <v>4561</v>
+        <v>4808</v>
       </c>
     </row>
     <row r="2101" spans="1:2">
       <c r="A2101" t="s">
         <v>2103</v>
       </c>
       <c r="B2101" t="s">
-        <v>4562</v>
+        <v>4809</v>
       </c>
     </row>
     <row r="2102" spans="1:2">
       <c r="A2102" t="s">
         <v>2104</v>
       </c>
       <c r="B2102" t="s">
-        <v>4563</v>
+        <v>4810</v>
       </c>
     </row>
     <row r="2103" spans="1:2">
       <c r="A2103" t="s">
         <v>2105</v>
       </c>
       <c r="B2103" t="s">
-        <v>4564</v>
+        <v>4811</v>
       </c>
     </row>
     <row r="2104" spans="1:2">
       <c r="A2104" t="s">
         <v>2106</v>
       </c>
       <c r="B2104" t="s">
-        <v>4565</v>
+        <v>4812</v>
       </c>
     </row>
     <row r="2105" spans="1:2">
       <c r="A2105" t="s">
         <v>2107</v>
       </c>
       <c r="B2105" t="s">
-        <v>4566</v>
+        <v>4813</v>
       </c>
     </row>
     <row r="2106" spans="1:2">
       <c r="A2106" t="s">
         <v>2108</v>
       </c>
       <c r="B2106" t="s">
-        <v>4567</v>
+        <v>4814</v>
       </c>
     </row>
     <row r="2107" spans="1:2">
       <c r="A2107" t="s">
         <v>2109</v>
       </c>
       <c r="B2107" t="s">
-        <v>4568</v>
+        <v>4815</v>
       </c>
     </row>
     <row r="2108" spans="1:2">
       <c r="A2108" t="s">
         <v>2110</v>
       </c>
       <c r="B2108" t="s">
-        <v>4569</v>
+        <v>4816</v>
       </c>
     </row>
     <row r="2109" spans="1:2">
       <c r="A2109" t="s">
         <v>2111</v>
       </c>
       <c r="B2109" t="s">
-        <v>4570</v>
+        <v>4817</v>
       </c>
     </row>
     <row r="2110" spans="1:2">
       <c r="A2110" t="s">
         <v>2112</v>
       </c>
       <c r="B2110" t="s">
-        <v>4571</v>
+        <v>4818</v>
       </c>
     </row>
     <row r="2111" spans="1:2">
       <c r="A2111" t="s">
         <v>2113</v>
       </c>
       <c r="B2111" t="s">
-        <v>4572</v>
+        <v>4819</v>
       </c>
     </row>
     <row r="2112" spans="1:2">
       <c r="A2112" t="s">
         <v>2114</v>
       </c>
       <c r="B2112" t="s">
-        <v>4573</v>
+        <v>4820</v>
       </c>
     </row>
     <row r="2113" spans="1:2">
       <c r="A2113" t="s">
         <v>2115</v>
       </c>
       <c r="B2113" t="s">
-        <v>4574</v>
+        <v>4821</v>
       </c>
     </row>
     <row r="2114" spans="1:2">
       <c r="A2114" t="s">
         <v>2116</v>
       </c>
       <c r="B2114" t="s">
-        <v>4575</v>
+        <v>4822</v>
       </c>
     </row>
     <row r="2115" spans="1:2">
       <c r="A2115" t="s">
         <v>2117</v>
       </c>
       <c r="B2115" t="s">
-        <v>4576</v>
+        <v>4823</v>
       </c>
     </row>
     <row r="2116" spans="1:2">
       <c r="A2116" t="s">
         <v>2118</v>
       </c>
       <c r="B2116" t="s">
-        <v>4577</v>
+        <v>4824</v>
       </c>
     </row>
     <row r="2117" spans="1:2">
       <c r="A2117" t="s">
         <v>2119</v>
       </c>
       <c r="B2117" t="s">
-        <v>4578</v>
+        <v>4825</v>
       </c>
     </row>
     <row r="2118" spans="1:2">
       <c r="A2118" t="s">
         <v>2120</v>
       </c>
       <c r="B2118" t="s">
-        <v>4579</v>
+        <v>4826</v>
       </c>
     </row>
     <row r="2119" spans="1:2">
       <c r="A2119" t="s">
         <v>2121</v>
       </c>
       <c r="B2119" t="s">
-        <v>4580</v>
+        <v>4827</v>
       </c>
     </row>
     <row r="2120" spans="1:2">
       <c r="A2120" t="s">
         <v>2122</v>
       </c>
       <c r="B2120" t="s">
-        <v>4581</v>
+        <v>4828</v>
       </c>
     </row>
     <row r="2121" spans="1:2">
       <c r="A2121" t="s">
         <v>2123</v>
       </c>
       <c r="B2121" t="s">
-        <v>4582</v>
+        <v>4829</v>
       </c>
     </row>
     <row r="2122" spans="1:2">
       <c r="A2122" t="s">
         <v>2124</v>
       </c>
       <c r="B2122" t="s">
-        <v>4583</v>
+        <v>4830</v>
       </c>
     </row>
     <row r="2123" spans="1:2">
       <c r="A2123" t="s">
         <v>2125</v>
       </c>
       <c r="B2123" t="s">
-        <v>4584</v>
+        <v>4831</v>
       </c>
     </row>
     <row r="2124" spans="1:2">
       <c r="A2124" t="s">
         <v>2126</v>
       </c>
       <c r="B2124" t="s">
-        <v>4585</v>
+        <v>4832</v>
       </c>
     </row>
     <row r="2125" spans="1:2">
       <c r="A2125" t="s">
         <v>2127</v>
       </c>
       <c r="B2125" t="s">
-        <v>4586</v>
+        <v>4833</v>
       </c>
     </row>
     <row r="2126" spans="1:2">
       <c r="A2126" t="s">
         <v>2128</v>
       </c>
       <c r="B2126" t="s">
-        <v>4587</v>
+        <v>4834</v>
       </c>
     </row>
     <row r="2127" spans="1:2">
       <c r="A2127" t="s">
         <v>2129</v>
       </c>
       <c r="B2127" t="s">
-        <v>4588</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="2128" spans="1:2">
       <c r="A2128" t="s">
         <v>2130</v>
       </c>
       <c r="B2128" t="s">
-        <v>4589</v>
+        <v>4836</v>
       </c>
     </row>
     <row r="2129" spans="1:2">
       <c r="A2129" t="s">
         <v>2131</v>
       </c>
       <c r="B2129" t="s">
-        <v>4590</v>
+        <v>4837</v>
       </c>
     </row>
     <row r="2130" spans="1:2">
       <c r="A2130" t="s">
         <v>2132</v>
       </c>
       <c r="B2130" t="s">
-        <v>4591</v>
+        <v>4838</v>
       </c>
     </row>
     <row r="2131" spans="1:2">
       <c r="A2131" t="s">
         <v>2133</v>
       </c>
       <c r="B2131" t="s">
-        <v>4592</v>
+        <v>4839</v>
       </c>
     </row>
     <row r="2132" spans="1:2">
       <c r="A2132" t="s">
         <v>2134</v>
       </c>
       <c r="B2132" t="s">
-        <v>4593</v>
+        <v>4832</v>
       </c>
     </row>
     <row r="2133" spans="1:2">
       <c r="A2133" t="s">
         <v>2135</v>
       </c>
       <c r="B2133" t="s">
-        <v>4594</v>
+        <v>4840</v>
       </c>
     </row>
     <row r="2134" spans="1:2">
       <c r="A2134" t="s">
         <v>2136</v>
       </c>
       <c r="B2134" t="s">
-        <v>4595</v>
+        <v>4841</v>
       </c>
     </row>
     <row r="2135" spans="1:2">
       <c r="A2135" t="s">
         <v>2137</v>
       </c>
       <c r="B2135" t="s">
-        <v>4596</v>
+        <v>4842</v>
       </c>
     </row>
     <row r="2136" spans="1:2">
       <c r="A2136" t="s">
         <v>2138</v>
       </c>
       <c r="B2136" t="s">
-        <v>4597</v>
+        <v>4843</v>
       </c>
     </row>
     <row r="2137" spans="1:2">
       <c r="A2137" t="s">
         <v>2139</v>
       </c>
       <c r="B2137" t="s">
-        <v>4598</v>
+        <v>4844</v>
       </c>
     </row>
     <row r="2138" spans="1:2">
       <c r="A2138" t="s">
         <v>2140</v>
       </c>
       <c r="B2138" t="s">
-        <v>4599</v>
+        <v>4845</v>
       </c>
     </row>
     <row r="2139" spans="1:2">
       <c r="A2139" t="s">
         <v>2141</v>
       </c>
       <c r="B2139" t="s">
-        <v>4600</v>
+        <v>4846</v>
       </c>
     </row>
     <row r="2140" spans="1:2">
       <c r="A2140" t="s">
         <v>2142</v>
       </c>
       <c r="B2140" t="s">
-        <v>4601</v>
+        <v>4847</v>
       </c>
     </row>
     <row r="2141" spans="1:2">
       <c r="A2141" t="s">
         <v>2143</v>
       </c>
       <c r="B2141" t="s">
-        <v>4602</v>
+        <v>4848</v>
       </c>
     </row>
     <row r="2142" spans="1:2">
       <c r="A2142" t="s">
         <v>2144</v>
       </c>
       <c r="B2142" t="s">
-        <v>4603</v>
+        <v>4849</v>
       </c>
     </row>
     <row r="2143" spans="1:2">
       <c r="A2143" t="s">
         <v>2145</v>
       </c>
       <c r="B2143" t="s">
-        <v>4604</v>
+        <v>4850</v>
       </c>
     </row>
     <row r="2144" spans="1:2">
       <c r="A2144" t="s">
         <v>2146</v>
       </c>
       <c r="B2144" t="s">
-        <v>4605</v>
+        <v>4851</v>
       </c>
     </row>
     <row r="2145" spans="1:2">
       <c r="A2145" t="s">
         <v>2147</v>
       </c>
       <c r="B2145" t="s">
-        <v>4606</v>
+        <v>4852</v>
       </c>
     </row>
     <row r="2146" spans="1:2">
       <c r="A2146" t="s">
         <v>2148</v>
       </c>
       <c r="B2146" t="s">
-        <v>4607</v>
+        <v>4853</v>
       </c>
     </row>
     <row r="2147" spans="1:2">
       <c r="A2147" t="s">
         <v>2149</v>
       </c>
       <c r="B2147" t="s">
-        <v>4608</v>
+        <v>4854</v>
       </c>
     </row>
     <row r="2148" spans="1:2">
       <c r="A2148" t="s">
         <v>2150</v>
       </c>
       <c r="B2148" t="s">
-        <v>4609</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="2149" spans="1:2">
       <c r="A2149" t="s">
         <v>2151</v>
       </c>
       <c r="B2149" t="s">
-        <v>4610</v>
+        <v>4856</v>
       </c>
     </row>
     <row r="2150" spans="1:2">
       <c r="A2150" t="s">
         <v>2152</v>
       </c>
       <c r="B2150" t="s">
-        <v>4611</v>
+        <v>4857</v>
       </c>
     </row>
     <row r="2151" spans="1:2">
       <c r="A2151" t="s">
         <v>2153</v>
       </c>
       <c r="B2151" t="s">
-        <v>4612</v>
+        <v>4858</v>
       </c>
     </row>
     <row r="2152" spans="1:2">
       <c r="A2152" t="s">
         <v>2154</v>
       </c>
       <c r="B2152" t="s">
-        <v>4613</v>
+        <v>4859</v>
       </c>
     </row>
     <row r="2153" spans="1:2">
       <c r="A2153" t="s">
         <v>2155</v>
       </c>
       <c r="B2153" t="s">
-        <v>4614</v>
+        <v>4860</v>
       </c>
     </row>
     <row r="2154" spans="1:2">
       <c r="A2154" t="s">
         <v>2156</v>
       </c>
       <c r="B2154" t="s">
-        <v>4615</v>
+        <v>4861</v>
       </c>
     </row>
     <row r="2155" spans="1:2">
       <c r="A2155" t="s">
         <v>2157</v>
       </c>
       <c r="B2155" t="s">
-        <v>4616</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="2156" spans="1:2">
       <c r="A2156" t="s">
         <v>2158</v>
       </c>
       <c r="B2156" t="s">
-        <v>4617</v>
+        <v>4863</v>
       </c>
     </row>
     <row r="2157" spans="1:2">
       <c r="A2157" t="s">
         <v>2159</v>
       </c>
       <c r="B2157" t="s">
-        <v>4618</v>
+        <v>4864</v>
       </c>
     </row>
     <row r="2158" spans="1:2">
       <c r="A2158" t="s">
         <v>2160</v>
       </c>
       <c r="B2158" t="s">
-        <v>4619</v>
+        <v>4865</v>
       </c>
     </row>
     <row r="2159" spans="1:2">
       <c r="A2159" t="s">
         <v>2161</v>
       </c>
       <c r="B2159" t="s">
-        <v>4620</v>
+        <v>4866</v>
       </c>
     </row>
     <row r="2160" spans="1:2">
       <c r="A2160" t="s">
         <v>2162</v>
       </c>
       <c r="B2160" t="s">
-        <v>4621</v>
+        <v>4867</v>
       </c>
     </row>
     <row r="2161" spans="1:2">
       <c r="A2161" t="s">
         <v>2163</v>
       </c>
       <c r="B2161" t="s">
-        <v>4622</v>
+        <v>4868</v>
       </c>
     </row>
     <row r="2162" spans="1:2">
       <c r="A2162" t="s">
         <v>2164</v>
       </c>
       <c r="B2162" t="s">
-        <v>4623</v>
+        <v>4869</v>
       </c>
     </row>
     <row r="2163" spans="1:2">
       <c r="A2163" t="s">
         <v>2165</v>
       </c>
       <c r="B2163" t="s">
-        <v>4624</v>
+        <v>4870</v>
       </c>
     </row>
     <row r="2164" spans="1:2">
       <c r="A2164" t="s">
         <v>2166</v>
       </c>
       <c r="B2164" t="s">
-        <v>4625</v>
+        <v>4871</v>
       </c>
     </row>
     <row r="2165" spans="1:2">
       <c r="A2165" t="s">
         <v>2167</v>
       </c>
       <c r="B2165" t="s">
-        <v>4626</v>
+        <v>4872</v>
       </c>
     </row>
     <row r="2166" spans="1:2">
       <c r="A2166" t="s">
         <v>2168</v>
       </c>
       <c r="B2166" t="s">
-        <v>4627</v>
+        <v>4873</v>
       </c>
     </row>
     <row r="2167" spans="1:2">
       <c r="A2167" t="s">
         <v>2169</v>
       </c>
       <c r="B2167" t="s">
-        <v>4628</v>
+        <v>4874</v>
       </c>
     </row>
     <row r="2168" spans="1:2">
       <c r="A2168" t="s">
         <v>2170</v>
       </c>
       <c r="B2168" t="s">
-        <v>4629</v>
+        <v>4875</v>
       </c>
     </row>
     <row r="2169" spans="1:2">
       <c r="A2169" t="s">
         <v>2171</v>
       </c>
       <c r="B2169" t="s">
-        <v>4630</v>
+        <v>4876</v>
       </c>
     </row>
     <row r="2170" spans="1:2">
       <c r="A2170" t="s">
         <v>2172</v>
       </c>
       <c r="B2170" t="s">
-        <v>4631</v>
+        <v>4877</v>
       </c>
     </row>
     <row r="2171" spans="1:2">
       <c r="A2171" t="s">
         <v>2173</v>
       </c>
       <c r="B2171" t="s">
-        <v>4632</v>
+        <v>4878</v>
       </c>
     </row>
     <row r="2172" spans="1:2">
       <c r="A2172" t="s">
         <v>2174</v>
       </c>
       <c r="B2172" t="s">
-        <v>4633</v>
+        <v>4879</v>
       </c>
     </row>
     <row r="2173" spans="1:2">
       <c r="A2173" t="s">
         <v>2175</v>
       </c>
       <c r="B2173" t="s">
-        <v>4634</v>
+        <v>4880</v>
       </c>
     </row>
     <row r="2174" spans="1:2">
       <c r="A2174" t="s">
         <v>2176</v>
       </c>
       <c r="B2174" t="s">
-        <v>4635</v>
+        <v>4881</v>
       </c>
     </row>
     <row r="2175" spans="1:2">
       <c r="A2175" t="s">
         <v>2177</v>
       </c>
       <c r="B2175" t="s">
-        <v>4636</v>
+        <v>4882</v>
       </c>
     </row>
     <row r="2176" spans="1:2">
       <c r="A2176" t="s">
         <v>2178</v>
       </c>
       <c r="B2176" t="s">
-        <v>4637</v>
+        <v>4883</v>
       </c>
     </row>
     <row r="2177" spans="1:2">
       <c r="A2177" t="s">
         <v>2179</v>
       </c>
       <c r="B2177" t="s">
-        <v>4638</v>
+        <v>4884</v>
       </c>
     </row>
     <row r="2178" spans="1:2">
       <c r="A2178" t="s">
         <v>2180</v>
       </c>
       <c r="B2178" t="s">
-        <v>4639</v>
+        <v>4885</v>
       </c>
     </row>
     <row r="2179" spans="1:2">
       <c r="A2179" t="s">
         <v>2181</v>
       </c>
       <c r="B2179" t="s">
-        <v>4640</v>
+        <v>4886</v>
       </c>
     </row>
     <row r="2180" spans="1:2">
       <c r="A2180" t="s">
         <v>2182</v>
       </c>
       <c r="B2180" t="s">
-        <v>4641</v>
+        <v>4887</v>
       </c>
     </row>
     <row r="2181" spans="1:2">
       <c r="A2181" t="s">
         <v>2183</v>
       </c>
       <c r="B2181" t="s">
-        <v>4642</v>
+        <v>4888</v>
       </c>
     </row>
     <row r="2182" spans="1:2">
       <c r="A2182" t="s">
         <v>2184</v>
       </c>
       <c r="B2182" t="s">
-        <v>4643</v>
+        <v>4889</v>
       </c>
     </row>
     <row r="2183" spans="1:2">
       <c r="A2183" t="s">
         <v>2185</v>
       </c>
       <c r="B2183" t="s">
-        <v>4644</v>
+        <v>4890</v>
       </c>
     </row>
     <row r="2184" spans="1:2">
       <c r="A2184" t="s">
         <v>2186</v>
       </c>
       <c r="B2184" t="s">
-        <v>4645</v>
+        <v>4891</v>
       </c>
     </row>
     <row r="2185" spans="1:2">
       <c r="A2185" t="s">
         <v>2187</v>
       </c>
       <c r="B2185" t="s">
-        <v>4646</v>
+        <v>4892</v>
       </c>
     </row>
     <row r="2186" spans="1:2">
       <c r="A2186" t="s">
         <v>2188</v>
       </c>
       <c r="B2186" t="s">
-        <v>4647</v>
+        <v>4893</v>
       </c>
     </row>
     <row r="2187" spans="1:2">
       <c r="A2187" t="s">
         <v>2189</v>
       </c>
       <c r="B2187" t="s">
-        <v>4648</v>
+        <v>4894</v>
       </c>
     </row>
     <row r="2188" spans="1:2">
       <c r="A2188" t="s">
         <v>2190</v>
       </c>
       <c r="B2188" t="s">
-        <v>4649</v>
+        <v>4895</v>
       </c>
     </row>
     <row r="2189" spans="1:2">
       <c r="A2189" t="s">
         <v>2191</v>
       </c>
       <c r="B2189" t="s">
-        <v>4650</v>
+        <v>4896</v>
       </c>
     </row>
     <row r="2190" spans="1:2">
       <c r="A2190" t="s">
         <v>2192</v>
       </c>
       <c r="B2190" t="s">
-        <v>4651</v>
+        <v>4897</v>
       </c>
     </row>
     <row r="2191" spans="1:2">
       <c r="A2191" t="s">
         <v>2193</v>
       </c>
       <c r="B2191" t="s">
-        <v>4652</v>
+        <v>4047</v>
       </c>
     </row>
     <row r="2192" spans="1:2">
       <c r="A2192" t="s">
         <v>2194</v>
       </c>
       <c r="B2192" t="s">
-        <v>4653</v>
+        <v>4898</v>
       </c>
     </row>
     <row r="2193" spans="1:2">
       <c r="A2193" t="s">
         <v>2195</v>
       </c>
       <c r="B2193" t="s">
-        <v>4654</v>
+        <v>4899</v>
       </c>
     </row>
     <row r="2194" spans="1:2">
       <c r="A2194" t="s">
         <v>2196</v>
       </c>
       <c r="B2194" t="s">
-        <v>4655</v>
+        <v>4900</v>
       </c>
     </row>
     <row r="2195" spans="1:2">
       <c r="A2195" t="s">
         <v>2197</v>
       </c>
       <c r="B2195" t="s">
-        <v>4656</v>
+        <v>4901</v>
       </c>
     </row>
     <row r="2196" spans="1:2">
       <c r="A2196" t="s">
         <v>2198</v>
       </c>
       <c r="B2196" t="s">
-        <v>4657</v>
+        <v>4902</v>
       </c>
     </row>
     <row r="2197" spans="1:2">
       <c r="A2197" t="s">
         <v>2199</v>
       </c>
       <c r="B2197" t="s">
-        <v>4658</v>
+        <v>4903</v>
       </c>
     </row>
     <row r="2198" spans="1:2">
       <c r="A2198" t="s">
         <v>2200</v>
       </c>
       <c r="B2198" t="s">
-        <v>4659</v>
+        <v>4904</v>
       </c>
     </row>
     <row r="2199" spans="1:2">
       <c r="A2199" t="s">
         <v>2201</v>
       </c>
       <c r="B2199" t="s">
-        <v>4660</v>
+        <v>4905</v>
       </c>
     </row>
     <row r="2200" spans="1:2">
       <c r="A2200" t="s">
         <v>2202</v>
       </c>
       <c r="B2200" t="s">
-        <v>4661</v>
+        <v>4906</v>
       </c>
     </row>
     <row r="2201" spans="1:2">
       <c r="A2201" t="s">
         <v>2203</v>
       </c>
       <c r="B2201" t="s">
-        <v>4662</v>
+        <v>4907</v>
       </c>
     </row>
     <row r="2202" spans="1:2">
       <c r="A2202" t="s">
         <v>2204</v>
       </c>
       <c r="B2202" t="s">
-        <v>4663</v>
+        <v>4908</v>
       </c>
     </row>
     <row r="2203" spans="1:2">
       <c r="A2203" t="s">
         <v>2205</v>
       </c>
       <c r="B2203" t="s">
-        <v>4664</v>
+        <v>4909</v>
       </c>
     </row>
     <row r="2204" spans="1:2">
       <c r="A2204" t="s">
         <v>2206</v>
       </c>
       <c r="B2204" t="s">
-        <v>4665</v>
+        <v>4910</v>
       </c>
     </row>
     <row r="2205" spans="1:2">
       <c r="A2205" t="s">
         <v>2207</v>
       </c>
       <c r="B2205" t="s">
-        <v>4666</v>
+        <v>4911</v>
       </c>
     </row>
     <row r="2206" spans="1:2">
       <c r="A2206" t="s">
         <v>2208</v>
       </c>
       <c r="B2206" t="s">
-        <v>4667</v>
+        <v>4912</v>
       </c>
     </row>
     <row r="2207" spans="1:2">
       <c r="A2207" t="s">
         <v>2209</v>
       </c>
       <c r="B2207" t="s">
-        <v>4668</v>
+        <v>4913</v>
       </c>
     </row>
     <row r="2208" spans="1:2">
       <c r="A2208" t="s">
         <v>2210</v>
       </c>
       <c r="B2208" t="s">
-        <v>4669</v>
+        <v>4914</v>
       </c>
     </row>
     <row r="2209" spans="1:2">
       <c r="A2209" t="s">
         <v>2211</v>
       </c>
       <c r="B2209" t="s">
-        <v>4670</v>
+        <v>4915</v>
       </c>
     </row>
     <row r="2210" spans="1:2">
       <c r="A2210" t="s">
         <v>2212</v>
       </c>
       <c r="B2210" t="s">
-        <v>4671</v>
+        <v>4916</v>
       </c>
     </row>
     <row r="2211" spans="1:2">
       <c r="A2211" t="s">
         <v>2213</v>
       </c>
       <c r="B2211" t="s">
-        <v>4672</v>
+        <v>4917</v>
       </c>
     </row>
     <row r="2212" spans="1:2">
       <c r="A2212" t="s">
         <v>2214</v>
       </c>
       <c r="B2212" t="s">
-        <v>4673</v>
+        <v>4918</v>
       </c>
     </row>
     <row r="2213" spans="1:2">
       <c r="A2213" t="s">
         <v>2215</v>
       </c>
       <c r="B2213" t="s">
-        <v>4674</v>
+        <v>4919</v>
       </c>
     </row>
     <row r="2214" spans="1:2">
       <c r="A2214" t="s">
         <v>2216</v>
       </c>
       <c r="B2214" t="s">
-        <v>4675</v>
+        <v>4920</v>
       </c>
     </row>
     <row r="2215" spans="1:2">
       <c r="A2215" t="s">
         <v>2217</v>
       </c>
       <c r="B2215" t="s">
-        <v>4676</v>
+        <v>4921</v>
       </c>
     </row>
     <row r="2216" spans="1:2">
       <c r="A2216" t="s">
         <v>2218</v>
       </c>
       <c r="B2216" t="s">
-        <v>4677</v>
+        <v>4922</v>
       </c>
     </row>
     <row r="2217" spans="1:2">
       <c r="A2217" t="s">
         <v>2219</v>
       </c>
       <c r="B2217" t="s">
-        <v>4678</v>
+        <v>4923</v>
       </c>
     </row>
     <row r="2218" spans="1:2">
       <c r="A2218" t="s">
         <v>2220</v>
       </c>
       <c r="B2218" t="s">
-        <v>4679</v>
+        <v>4924</v>
       </c>
     </row>
     <row r="2219" spans="1:2">
       <c r="A2219" t="s">
         <v>2221</v>
       </c>
       <c r="B2219" t="s">
-        <v>4680</v>
+        <v>4925</v>
       </c>
     </row>
     <row r="2220" spans="1:2">
       <c r="A2220" t="s">
         <v>2222</v>
       </c>
       <c r="B2220" t="s">
-        <v>4681</v>
+        <v>4926</v>
       </c>
     </row>
     <row r="2221" spans="1:2">
       <c r="A2221" t="s">
         <v>2223</v>
       </c>
       <c r="B2221" t="s">
-        <v>4682</v>
+        <v>4927</v>
       </c>
     </row>
     <row r="2222" spans="1:2">
       <c r="A2222" t="s">
         <v>2224</v>
       </c>
       <c r="B2222" t="s">
-        <v>4683</v>
+        <v>4928</v>
       </c>
     </row>
     <row r="2223" spans="1:2">
       <c r="A2223" t="s">
         <v>2225</v>
       </c>
       <c r="B2223" t="s">
-        <v>4684</v>
+        <v>4929</v>
       </c>
     </row>
     <row r="2224" spans="1:2">
       <c r="A2224" t="s">
         <v>2226</v>
       </c>
       <c r="B2224" t="s">
-        <v>4685</v>
+        <v>4930</v>
       </c>
     </row>
     <row r="2225" spans="1:2">
       <c r="A2225" t="s">
         <v>2227</v>
       </c>
       <c r="B2225" t="s">
-        <v>4686</v>
+        <v>4931</v>
       </c>
     </row>
     <row r="2226" spans="1:2">
       <c r="A2226" t="s">
         <v>2228</v>
       </c>
       <c r="B2226" t="s">
-        <v>4687</v>
+        <v>4932</v>
       </c>
     </row>
     <row r="2227" spans="1:2">
       <c r="A2227" t="s">
         <v>2229</v>
       </c>
       <c r="B2227" t="s">
-        <v>4688</v>
+        <v>4933</v>
       </c>
     </row>
     <row r="2228" spans="1:2">
       <c r="A2228" t="s">
         <v>2230</v>
       </c>
       <c r="B2228" t="s">
-        <v>4689</v>
+        <v>4934</v>
       </c>
     </row>
     <row r="2229" spans="1:2">
       <c r="A2229" t="s">
         <v>2231</v>
       </c>
       <c r="B2229" t="s">
-        <v>4690</v>
+        <v>4935</v>
       </c>
     </row>
     <row r="2230" spans="1:2">
       <c r="A2230" t="s">
         <v>2232</v>
       </c>
       <c r="B2230" t="s">
-        <v>4691</v>
+        <v>4936</v>
       </c>
     </row>
     <row r="2231" spans="1:2">
       <c r="A2231" t="s">
         <v>2233</v>
       </c>
       <c r="B2231" t="s">
-        <v>4692</v>
+        <v>4937</v>
       </c>
     </row>
     <row r="2232" spans="1:2">
       <c r="A2232" t="s">
         <v>2234</v>
       </c>
       <c r="B2232" t="s">
-        <v>4693</v>
+        <v>4938</v>
       </c>
     </row>
     <row r="2233" spans="1:2">
       <c r="A2233" t="s">
         <v>2235</v>
       </c>
       <c r="B2233" t="s">
-        <v>4694</v>
+        <v>4939</v>
       </c>
     </row>
     <row r="2234" spans="1:2">
       <c r="A2234" t="s">
         <v>2236</v>
       </c>
       <c r="B2234" t="s">
-        <v>4695</v>
+        <v>4940</v>
       </c>
     </row>
     <row r="2235" spans="1:2">
       <c r="A2235" t="s">
         <v>2237</v>
       </c>
       <c r="B2235" t="s">
-        <v>4696</v>
+        <v>4941</v>
       </c>
     </row>
     <row r="2236" spans="1:2">
       <c r="A2236" t="s">
         <v>2238</v>
       </c>
       <c r="B2236" t="s">
-        <v>4697</v>
+        <v>4942</v>
       </c>
     </row>
     <row r="2237" spans="1:2">
       <c r="A2237" t="s">
         <v>2239</v>
       </c>
       <c r="B2237" t="s">
-        <v>4698</v>
+        <v>4943</v>
       </c>
     </row>
     <row r="2238" spans="1:2">
       <c r="A2238" t="s">
         <v>2240</v>
       </c>
       <c r="B2238" t="s">
-        <v>4699</v>
+        <v>4944</v>
       </c>
     </row>
     <row r="2239" spans="1:2">
       <c r="A2239" t="s">
         <v>2241</v>
       </c>
       <c r="B2239" t="s">
-        <v>4700</v>
+        <v>4945</v>
       </c>
     </row>
     <row r="2240" spans="1:2">
       <c r="A2240" t="s">
         <v>2242</v>
       </c>
       <c r="B2240" t="s">
-        <v>4701</v>
+        <v>4946</v>
       </c>
     </row>
     <row r="2241" spans="1:2">
       <c r="A2241" t="s">
         <v>2243</v>
       </c>
       <c r="B2241" t="s">
-        <v>4702</v>
+        <v>4947</v>
       </c>
     </row>
     <row r="2242" spans="1:2">
       <c r="A2242" t="s">
         <v>2244</v>
       </c>
       <c r="B2242" t="s">
-        <v>4703</v>
+        <v>4948</v>
       </c>
     </row>
     <row r="2243" spans="1:2">
       <c r="A2243" t="s">
         <v>2245</v>
       </c>
       <c r="B2243" t="s">
-        <v>4704</v>
+        <v>4949</v>
       </c>
     </row>
     <row r="2244" spans="1:2">
       <c r="A2244" t="s">
         <v>2246</v>
       </c>
       <c r="B2244" t="s">
-        <v>4705</v>
+        <v>4950</v>
       </c>
     </row>
     <row r="2245" spans="1:2">
       <c r="A2245" t="s">
         <v>2247</v>
       </c>
       <c r="B2245" t="s">
-        <v>4706</v>
+        <v>4951</v>
       </c>
     </row>
     <row r="2246" spans="1:2">
       <c r="A2246" t="s">
         <v>2248</v>
       </c>
       <c r="B2246" t="s">
-        <v>4707</v>
+        <v>4952</v>
       </c>
     </row>
     <row r="2247" spans="1:2">
       <c r="A2247" t="s">
         <v>2249</v>
       </c>
       <c r="B2247" t="s">
-        <v>4708</v>
+        <v>4953</v>
       </c>
     </row>
     <row r="2248" spans="1:2">
       <c r="A2248" t="s">
         <v>2250</v>
       </c>
       <c r="B2248" t="s">
-        <v>4709</v>
+        <v>4954</v>
       </c>
     </row>
     <row r="2249" spans="1:2">
       <c r="A2249" t="s">
         <v>2251</v>
       </c>
       <c r="B2249" t="s">
-        <v>4710</v>
+        <v>4955</v>
       </c>
     </row>
     <row r="2250" spans="1:2">
       <c r="A2250" t="s">
         <v>2252</v>
       </c>
       <c r="B2250" t="s">
-        <v>4711</v>
+        <v>4956</v>
       </c>
     </row>
     <row r="2251" spans="1:2">
       <c r="A2251" t="s">
         <v>2253</v>
       </c>
       <c r="B2251" t="s">
-        <v>4712</v>
+        <v>4957</v>
       </c>
     </row>
     <row r="2252" spans="1:2">
       <c r="A2252" t="s">
         <v>2254</v>
       </c>
       <c r="B2252" t="s">
-        <v>4713</v>
+        <v>4958</v>
       </c>
     </row>
     <row r="2253" spans="1:2">
       <c r="A2253" t="s">
         <v>2255</v>
       </c>
       <c r="B2253" t="s">
-        <v>4714</v>
+        <v>4959</v>
       </c>
     </row>
     <row r="2254" spans="1:2">
       <c r="A2254" t="s">
         <v>2256</v>
       </c>
       <c r="B2254" t="s">
-        <v>4715</v>
+        <v>4960</v>
       </c>
     </row>
     <row r="2255" spans="1:2">
       <c r="A2255" t="s">
         <v>2257</v>
       </c>
       <c r="B2255" t="s">
-        <v>4716</v>
+        <v>4961</v>
       </c>
     </row>
     <row r="2256" spans="1:2">
       <c r="A2256" t="s">
         <v>2258</v>
       </c>
       <c r="B2256" t="s">
-        <v>4717</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="2257" spans="1:2">
       <c r="A2257" t="s">
         <v>2259</v>
       </c>
       <c r="B2257" t="s">
-        <v>4718</v>
+        <v>4962</v>
       </c>
     </row>
     <row r="2258" spans="1:2">
       <c r="A2258" t="s">
         <v>2260</v>
       </c>
       <c r="B2258" t="s">
-        <v>4719</v>
+        <v>4963</v>
       </c>
     </row>
     <row r="2259" spans="1:2">
       <c r="A2259" t="s">
         <v>2261</v>
       </c>
       <c r="B2259" t="s">
-        <v>4720</v>
+        <v>4964</v>
       </c>
     </row>
     <row r="2260" spans="1:2">
       <c r="A2260" t="s">
         <v>2262</v>
       </c>
       <c r="B2260" t="s">
-        <v>4721</v>
+        <v>4965</v>
       </c>
     </row>
     <row r="2261" spans="1:2">
       <c r="A2261" t="s">
         <v>2263</v>
       </c>
       <c r="B2261" t="s">
-        <v>4722</v>
+        <v>4966</v>
       </c>
     </row>
     <row r="2262" spans="1:2">
       <c r="A2262" t="s">
         <v>2264</v>
       </c>
       <c r="B2262" t="s">
-        <v>4723</v>
+        <v>4967</v>
       </c>
     </row>
     <row r="2263" spans="1:2">
       <c r="A2263" t="s">
         <v>2265</v>
       </c>
       <c r="B2263" t="s">
-        <v>4724</v>
+        <v>4968</v>
       </c>
     </row>
     <row r="2264" spans="1:2">
       <c r="A2264" t="s">
         <v>2266</v>
       </c>
       <c r="B2264" t="s">
-        <v>4725</v>
+        <v>4969</v>
       </c>
     </row>
     <row r="2265" spans="1:2">
       <c r="A2265" t="s">
         <v>2267</v>
       </c>
       <c r="B2265" t="s">
-        <v>4726</v>
+        <v>4970</v>
       </c>
     </row>
     <row r="2266" spans="1:2">
       <c r="A2266" t="s">
         <v>2268</v>
       </c>
       <c r="B2266" t="s">
-        <v>4727</v>
+        <v>4971</v>
       </c>
     </row>
     <row r="2267" spans="1:2">
       <c r="A2267" t="s">
         <v>2269</v>
       </c>
       <c r="B2267" t="s">
-        <v>4728</v>
+        <v>4972</v>
       </c>
     </row>
     <row r="2268" spans="1:2">
       <c r="A2268" t="s">
         <v>2270</v>
       </c>
       <c r="B2268" t="s">
-        <v>4729</v>
+        <v>4973</v>
       </c>
     </row>
     <row r="2269" spans="1:2">
       <c r="A2269" t="s">
         <v>2271</v>
       </c>
       <c r="B2269" t="s">
-        <v>4730</v>
+        <v>4974</v>
       </c>
     </row>
     <row r="2270" spans="1:2">
       <c r="A2270" t="s">
         <v>2272</v>
       </c>
       <c r="B2270" t="s">
-        <v>4731</v>
+        <v>4975</v>
       </c>
     </row>
     <row r="2271" spans="1:2">
       <c r="A2271" t="s">
         <v>2273</v>
       </c>
       <c r="B2271" t="s">
-        <v>4732</v>
+        <v>4976</v>
       </c>
     </row>
     <row r="2272" spans="1:2">
       <c r="A2272" t="s">
         <v>2274</v>
       </c>
       <c r="B2272" t="s">
-        <v>4733</v>
+        <v>4977</v>
       </c>
     </row>
     <row r="2273" spans="1:2">
       <c r="A2273" t="s">
         <v>2275</v>
       </c>
       <c r="B2273" t="s">
-        <v>4734</v>
+        <v>4978</v>
       </c>
     </row>
     <row r="2274" spans="1:2">
       <c r="A2274" t="s">
         <v>2276</v>
       </c>
       <c r="B2274" t="s">
-        <v>4735</v>
+        <v>4979</v>
       </c>
     </row>
     <row r="2275" spans="1:2">
       <c r="A2275" t="s">
         <v>2277</v>
       </c>
       <c r="B2275" t="s">
-        <v>4736</v>
+        <v>4980</v>
       </c>
     </row>
     <row r="2276" spans="1:2">
       <c r="A2276" t="s">
         <v>2278</v>
       </c>
       <c r="B2276" t="s">
-        <v>4737</v>
+        <v>4981</v>
       </c>
     </row>
     <row r="2277" spans="1:2">
       <c r="A2277" t="s">
         <v>2279</v>
       </c>
       <c r="B2277" t="s">
-        <v>4738</v>
+        <v>4982</v>
       </c>
     </row>
     <row r="2278" spans="1:2">
       <c r="A2278" t="s">
         <v>2280</v>
       </c>
       <c r="B2278" t="s">
-        <v>4739</v>
+        <v>4983</v>
       </c>
     </row>
     <row r="2279" spans="1:2">
       <c r="A2279" t="s">
         <v>2281</v>
       </c>
       <c r="B2279" t="s">
-        <v>4740</v>
+        <v>4984</v>
       </c>
     </row>
     <row r="2280" spans="1:2">
       <c r="A2280" t="s">
         <v>2282</v>
       </c>
       <c r="B2280" t="s">
-        <v>4741</v>
+        <v>4985</v>
       </c>
     </row>
     <row r="2281" spans="1:2">
       <c r="A2281" t="s">
         <v>2283</v>
       </c>
       <c r="B2281" t="s">
-        <v>4742</v>
+        <v>4986</v>
       </c>
     </row>
     <row r="2282" spans="1:2">
       <c r="A2282" t="s">
         <v>2284</v>
       </c>
       <c r="B2282" t="s">
-        <v>4743</v>
+        <v>4987</v>
       </c>
     </row>
     <row r="2283" spans="1:2">
       <c r="A2283" t="s">
         <v>2285</v>
       </c>
       <c r="B2283" t="s">
-        <v>4744</v>
+        <v>4988</v>
       </c>
     </row>
     <row r="2284" spans="1:2">
       <c r="A2284" t="s">
         <v>2286</v>
       </c>
       <c r="B2284" t="s">
-        <v>4745</v>
+        <v>4989</v>
       </c>
     </row>
     <row r="2285" spans="1:2">
       <c r="A2285" t="s">
         <v>2287</v>
       </c>
       <c r="B2285" t="s">
-        <v>4746</v>
+        <v>4990</v>
       </c>
     </row>
     <row r="2286" spans="1:2">
       <c r="A2286" t="s">
         <v>2288</v>
       </c>
       <c r="B2286" t="s">
-        <v>4747</v>
+        <v>4991</v>
       </c>
     </row>
     <row r="2287" spans="1:2">
       <c r="A2287" t="s">
         <v>2289</v>
       </c>
       <c r="B2287" t="s">
-        <v>4748</v>
+        <v>4992</v>
       </c>
     </row>
     <row r="2288" spans="1:2">
       <c r="A2288" t="s">
         <v>2290</v>
       </c>
       <c r="B2288" t="s">
-        <v>4749</v>
+        <v>4993</v>
       </c>
     </row>
     <row r="2289" spans="1:2">
       <c r="A2289" t="s">
         <v>2291</v>
       </c>
       <c r="B2289" t="s">
-        <v>4750</v>
+        <v>4994</v>
       </c>
     </row>
     <row r="2290" spans="1:2">
       <c r="A2290" t="s">
         <v>2292</v>
       </c>
       <c r="B2290" t="s">
-        <v>4751</v>
+        <v>4995</v>
       </c>
     </row>
     <row r="2291" spans="1:2">
       <c r="A2291" t="s">
         <v>2293</v>
       </c>
       <c r="B2291" t="s">
-        <v>4752</v>
+        <v>4996</v>
       </c>
     </row>
     <row r="2292" spans="1:2">
       <c r="A2292" t="s">
         <v>2294</v>
       </c>
       <c r="B2292" t="s">
-        <v>4753</v>
+        <v>4997</v>
       </c>
     </row>
     <row r="2293" spans="1:2">
       <c r="A2293" t="s">
         <v>2295</v>
       </c>
       <c r="B2293" t="s">
-        <v>4754</v>
+        <v>4998</v>
       </c>
     </row>
     <row r="2294" spans="1:2">
       <c r="A2294" t="s">
         <v>2296</v>
       </c>
       <c r="B2294" t="s">
-        <v>4755</v>
+        <v>4999</v>
       </c>
     </row>
     <row r="2295" spans="1:2">
       <c r="A2295" t="s">
         <v>2297</v>
       </c>
       <c r="B2295" t="s">
-        <v>4756</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="2296" spans="1:2">
       <c r="A2296" t="s">
         <v>2298</v>
       </c>
       <c r="B2296" t="s">
-        <v>4757</v>
+        <v>5001</v>
       </c>
     </row>
     <row r="2297" spans="1:2">
       <c r="A2297" t="s">
         <v>2299</v>
       </c>
       <c r="B2297" t="s">
-        <v>4758</v>
+        <v>5002</v>
       </c>
     </row>
     <row r="2298" spans="1:2">
       <c r="A2298" t="s">
         <v>2300</v>
       </c>
       <c r="B2298" t="s">
-        <v>4759</v>
+        <v>5003</v>
       </c>
     </row>
     <row r="2299" spans="1:2">
       <c r="A2299" t="s">
         <v>2301</v>
       </c>
       <c r="B2299" t="s">
-        <v>4760</v>
+        <v>5004</v>
       </c>
     </row>
     <row r="2300" spans="1:2">
       <c r="A2300" t="s">
         <v>2302</v>
       </c>
       <c r="B2300" t="s">
-        <v>4761</v>
+        <v>5005</v>
       </c>
     </row>
     <row r="2301" spans="1:2">
       <c r="A2301" t="s">
         <v>2303</v>
       </c>
       <c r="B2301" t="s">
-        <v>4762</v>
+        <v>5006</v>
       </c>
     </row>
     <row r="2302" spans="1:2">
       <c r="A2302" t="s">
         <v>2304</v>
       </c>
       <c r="B2302" t="s">
-        <v>4763</v>
+        <v>5007</v>
       </c>
     </row>
     <row r="2303" spans="1:2">
       <c r="A2303" t="s">
         <v>2305</v>
       </c>
       <c r="B2303" t="s">
-        <v>4764</v>
+        <v>5008</v>
       </c>
     </row>
     <row r="2304" spans="1:2">
       <c r="A2304" t="s">
         <v>2306</v>
       </c>
       <c r="B2304" t="s">
-        <v>4765</v>
+        <v>5009</v>
       </c>
     </row>
     <row r="2305" spans="1:2">
       <c r="A2305" t="s">
         <v>2307</v>
       </c>
       <c r="B2305" t="s">
-        <v>4766</v>
+        <v>5010</v>
       </c>
     </row>
     <row r="2306" spans="1:2">
       <c r="A2306" t="s">
         <v>2308</v>
       </c>
       <c r="B2306" t="s">
-        <v>4767</v>
+        <v>5011</v>
       </c>
     </row>
     <row r="2307" spans="1:2">
       <c r="A2307" t="s">
         <v>2309</v>
       </c>
       <c r="B2307" t="s">
-        <v>4768</v>
+        <v>5012</v>
       </c>
     </row>
     <row r="2308" spans="1:2">
       <c r="A2308" t="s">
         <v>2310</v>
       </c>
       <c r="B2308" t="s">
-        <v>4769</v>
+        <v>4588</v>
       </c>
     </row>
     <row r="2309" spans="1:2">
       <c r="A2309" t="s">
         <v>2311</v>
       </c>
       <c r="B2309" t="s">
-        <v>4770</v>
+        <v>5013</v>
       </c>
     </row>
     <row r="2310" spans="1:2">
       <c r="A2310" t="s">
         <v>2312</v>
       </c>
       <c r="B2310" t="s">
-        <v>4771</v>
+        <v>5014</v>
       </c>
     </row>
     <row r="2311" spans="1:2">
       <c r="A2311" t="s">
         <v>2313</v>
       </c>
       <c r="B2311" t="s">
-        <v>4772</v>
+        <v>5015</v>
       </c>
     </row>
     <row r="2312" spans="1:2">
       <c r="A2312" t="s">
         <v>2314</v>
       </c>
       <c r="B2312" t="s">
-        <v>4773</v>
+        <v>5016</v>
       </c>
     </row>
     <row r="2313" spans="1:2">
       <c r="A2313" t="s">
         <v>2315</v>
       </c>
       <c r="B2313" t="s">
-        <v>4774</v>
+        <v>5017</v>
       </c>
     </row>
     <row r="2314" spans="1:2">
       <c r="A2314" t="s">
         <v>2316</v>
       </c>
       <c r="B2314" t="s">
-        <v>4775</v>
+        <v>5018</v>
       </c>
     </row>
     <row r="2315" spans="1:2">
       <c r="A2315" t="s">
         <v>2317</v>
       </c>
       <c r="B2315" t="s">
-        <v>4776</v>
+        <v>5019</v>
       </c>
     </row>
     <row r="2316" spans="1:2">
       <c r="A2316" t="s">
         <v>2318</v>
       </c>
       <c r="B2316" t="s">
-        <v>4777</v>
+        <v>5020</v>
       </c>
     </row>
     <row r="2317" spans="1:2">
       <c r="A2317" t="s">
         <v>2319</v>
       </c>
       <c r="B2317" t="s">
-        <v>4778</v>
+        <v>5021</v>
       </c>
     </row>
     <row r="2318" spans="1:2">
       <c r="A2318" t="s">
         <v>2320</v>
       </c>
       <c r="B2318" t="s">
-        <v>4779</v>
+        <v>5022</v>
       </c>
     </row>
     <row r="2319" spans="1:2">
       <c r="A2319" t="s">
         <v>2321</v>
       </c>
       <c r="B2319" t="s">
-        <v>4780</v>
+        <v>5023</v>
       </c>
     </row>
     <row r="2320" spans="1:2">
       <c r="A2320" t="s">
         <v>2322</v>
       </c>
       <c r="B2320" t="s">
-        <v>4781</v>
+        <v>5024</v>
       </c>
     </row>
     <row r="2321" spans="1:2">
       <c r="A2321" t="s">
         <v>2323</v>
       </c>
       <c r="B2321" t="s">
-        <v>4782</v>
+        <v>5025</v>
       </c>
     </row>
     <row r="2322" spans="1:2">
       <c r="A2322" t="s">
         <v>2324</v>
       </c>
       <c r="B2322" t="s">
-        <v>4783</v>
+        <v>5026</v>
       </c>
     </row>
     <row r="2323" spans="1:2">
       <c r="A2323" t="s">
         <v>2325</v>
       </c>
       <c r="B2323" t="s">
-        <v>4784</v>
+        <v>5027</v>
       </c>
     </row>
     <row r="2324" spans="1:2">
       <c r="A2324" t="s">
         <v>2326</v>
       </c>
       <c r="B2324" t="s">
-        <v>4785</v>
+        <v>5028</v>
       </c>
     </row>
     <row r="2325" spans="1:2">
       <c r="A2325" t="s">
         <v>2327</v>
       </c>
       <c r="B2325" t="s">
-        <v>4786</v>
+        <v>5029</v>
       </c>
     </row>
     <row r="2326" spans="1:2">
       <c r="A2326" t="s">
         <v>2328</v>
       </c>
       <c r="B2326" t="s">
-        <v>4787</v>
+        <v>5030</v>
       </c>
     </row>
     <row r="2327" spans="1:2">
       <c r="A2327" t="s">
         <v>2329</v>
       </c>
       <c r="B2327" t="s">
-        <v>4788</v>
+        <v>5031</v>
       </c>
     </row>
     <row r="2328" spans="1:2">
       <c r="A2328" t="s">
         <v>2330</v>
       </c>
       <c r="B2328" t="s">
-        <v>4789</v>
+        <v>5032</v>
       </c>
     </row>
     <row r="2329" spans="1:2">
       <c r="A2329" t="s">
         <v>2331</v>
       </c>
       <c r="B2329" t="s">
-        <v>4790</v>
+        <v>5033</v>
       </c>
     </row>
     <row r="2330" spans="1:2">
       <c r="A2330" t="s">
         <v>2332</v>
       </c>
       <c r="B2330" t="s">
-        <v>4791</v>
+        <v>5034</v>
       </c>
     </row>
     <row r="2331" spans="1:2">
       <c r="A2331" t="s">
         <v>2333</v>
       </c>
       <c r="B2331" t="s">
-        <v>4792</v>
+        <v>5035</v>
       </c>
     </row>
     <row r="2332" spans="1:2">
       <c r="A2332" t="s">
         <v>2334</v>
       </c>
       <c r="B2332" t="s">
-        <v>4793</v>
+        <v>5036</v>
       </c>
     </row>
     <row r="2333" spans="1:2">
       <c r="A2333" t="s">
         <v>2335</v>
       </c>
       <c r="B2333" t="s">
-        <v>4794</v>
+        <v>5037</v>
       </c>
     </row>
     <row r="2334" spans="1:2">
       <c r="A2334" t="s">
         <v>2336</v>
       </c>
       <c r="B2334" t="s">
-        <v>4795</v>
+        <v>5038</v>
       </c>
     </row>
     <row r="2335" spans="1:2">
       <c r="A2335" t="s">
         <v>2337</v>
       </c>
       <c r="B2335" t="s">
-        <v>4796</v>
+        <v>5039</v>
       </c>
     </row>
     <row r="2336" spans="1:2">
       <c r="A2336" t="s">
         <v>2338</v>
       </c>
       <c r="B2336" t="s">
-        <v>4797</v>
+        <v>5040</v>
       </c>
     </row>
     <row r="2337" spans="1:2">
       <c r="A2337" t="s">
         <v>2339</v>
       </c>
       <c r="B2337" t="s">
-        <v>4798</v>
+        <v>5041</v>
       </c>
     </row>
     <row r="2338" spans="1:2">
       <c r="A2338" t="s">
         <v>2340</v>
       </c>
       <c r="B2338" t="s">
-        <v>4799</v>
+        <v>5042</v>
       </c>
     </row>
     <row r="2339" spans="1:2">
       <c r="A2339" t="s">
         <v>2341</v>
       </c>
       <c r="B2339" t="s">
-        <v>4800</v>
+        <v>5043</v>
       </c>
     </row>
     <row r="2340" spans="1:2">
       <c r="A2340" t="s">
         <v>2342</v>
       </c>
       <c r="B2340" t="s">
-        <v>4801</v>
+        <v>5044</v>
       </c>
     </row>
     <row r="2341" spans="1:2">
       <c r="A2341" t="s">
         <v>2343</v>
       </c>
       <c r="B2341" t="s">
-        <v>4802</v>
+        <v>5045</v>
       </c>
     </row>
     <row r="2342" spans="1:2">
       <c r="A2342" t="s">
         <v>2344</v>
       </c>
       <c r="B2342" t="s">
-        <v>4803</v>
+        <v>5046</v>
       </c>
     </row>
     <row r="2343" spans="1:2">
       <c r="A2343" t="s">
         <v>2345</v>
       </c>
       <c r="B2343" t="s">
-        <v>4804</v>
+        <v>5047</v>
       </c>
     </row>
     <row r="2344" spans="1:2">
       <c r="A2344" t="s">
         <v>2346</v>
       </c>
       <c r="B2344" t="s">
-        <v>4805</v>
+        <v>5048</v>
       </c>
     </row>
     <row r="2345" spans="1:2">
       <c r="A2345" t="s">
         <v>2347</v>
       </c>
       <c r="B2345" t="s">
-        <v>4806</v>
+        <v>5049</v>
       </c>
     </row>
     <row r="2346" spans="1:2">
       <c r="A2346" t="s">
         <v>2348</v>
       </c>
       <c r="B2346" t="s">
-        <v>4807</v>
+        <v>5050</v>
       </c>
     </row>
     <row r="2347" spans="1:2">
       <c r="A2347" t="s">
         <v>2349</v>
       </c>
       <c r="B2347" t="s">
-        <v>4808</v>
+        <v>5051</v>
       </c>
     </row>
     <row r="2348" spans="1:2">
       <c r="A2348" t="s">
         <v>2350</v>
       </c>
       <c r="B2348" t="s">
-        <v>4809</v>
+        <v>5052</v>
       </c>
     </row>
     <row r="2349" spans="1:2">
       <c r="A2349" t="s">
         <v>2351</v>
       </c>
       <c r="B2349" t="s">
-        <v>4810</v>
+        <v>5053</v>
       </c>
     </row>
     <row r="2350" spans="1:2">
       <c r="A2350" t="s">
         <v>2352</v>
       </c>
       <c r="B2350" t="s">
-        <v>4811</v>
+        <v>5054</v>
       </c>
     </row>
     <row r="2351" spans="1:2">
       <c r="A2351" t="s">
         <v>2353</v>
       </c>
       <c r="B2351" t="s">
-        <v>4812</v>
+        <v>5055</v>
       </c>
     </row>
     <row r="2352" spans="1:2">
       <c r="A2352" t="s">
         <v>2354</v>
       </c>
       <c r="B2352" t="s">
-        <v>4813</v>
+        <v>5056</v>
       </c>
     </row>
     <row r="2353" spans="1:2">
       <c r="A2353" t="s">
         <v>2355</v>
       </c>
       <c r="B2353" t="s">
-        <v>4814</v>
+        <v>5057</v>
       </c>
     </row>
     <row r="2354" spans="1:2">
       <c r="A2354" t="s">
         <v>2356</v>
       </c>
       <c r="B2354" t="s">
-        <v>4815</v>
+        <v>5058</v>
       </c>
     </row>
     <row r="2355" spans="1:2">
       <c r="A2355" t="s">
         <v>2357</v>
       </c>
       <c r="B2355" t="s">
-        <v>4816</v>
+        <v>5059</v>
       </c>
     </row>
     <row r="2356" spans="1:2">
       <c r="A2356" t="s">
         <v>2358</v>
       </c>
       <c r="B2356" t="s">
-        <v>4817</v>
+        <v>5060</v>
       </c>
     </row>
     <row r="2357" spans="1:2">
       <c r="A2357" t="s">
         <v>2359</v>
       </c>
       <c r="B2357" t="s">
-        <v>4818</v>
+        <v>5061</v>
       </c>
     </row>
     <row r="2358" spans="1:2">
       <c r="A2358" t="s">
         <v>2360</v>
       </c>
       <c r="B2358" t="s">
-        <v>4819</v>
+        <v>5062</v>
       </c>
     </row>
     <row r="2359" spans="1:2">
       <c r="A2359" t="s">
         <v>2361</v>
       </c>
       <c r="B2359" t="s">
-        <v>4820</v>
+        <v>5063</v>
       </c>
     </row>
     <row r="2360" spans="1:2">
       <c r="A2360" t="s">
         <v>2362</v>
       </c>
       <c r="B2360" t="s">
-        <v>4821</v>
+        <v>5064</v>
       </c>
     </row>
     <row r="2361" spans="1:2">
       <c r="A2361" t="s">
         <v>2363</v>
       </c>
       <c r="B2361" t="s">
-        <v>4822</v>
+        <v>5065</v>
       </c>
     </row>
     <row r="2362" spans="1:2">
       <c r="A2362" t="s">
         <v>2364</v>
       </c>
       <c r="B2362" t="s">
-        <v>4823</v>
+        <v>5066</v>
       </c>
     </row>
     <row r="2363" spans="1:2">
       <c r="A2363" t="s">
         <v>2365</v>
       </c>
       <c r="B2363" t="s">
-        <v>4824</v>
+        <v>5067</v>
       </c>
     </row>
     <row r="2364" spans="1:2">
       <c r="A2364" t="s">
         <v>2366</v>
       </c>
       <c r="B2364" t="s">
-        <v>4825</v>
+        <v>5068</v>
       </c>
     </row>
     <row r="2365" spans="1:2">
       <c r="A2365" t="s">
         <v>2367</v>
       </c>
       <c r="B2365" t="s">
-        <v>4826</v>
+        <v>5069</v>
       </c>
     </row>
     <row r="2366" spans="1:2">
       <c r="A2366" t="s">
         <v>2368</v>
       </c>
       <c r="B2366" t="s">
-        <v>4827</v>
+        <v>5070</v>
       </c>
     </row>
     <row r="2367" spans="1:2">
       <c r="A2367" t="s">
         <v>2369</v>
       </c>
       <c r="B2367" t="s">
-        <v>4828</v>
+        <v>5071</v>
       </c>
     </row>
     <row r="2368" spans="1:2">
       <c r="A2368" t="s">
         <v>2370</v>
       </c>
       <c r="B2368" t="s">
-        <v>4829</v>
+        <v>5072</v>
       </c>
     </row>
     <row r="2369" spans="1:2">
       <c r="A2369" t="s">
         <v>2371</v>
       </c>
       <c r="B2369" t="s">
-        <v>4830</v>
+        <v>5073</v>
       </c>
     </row>
     <row r="2370" spans="1:2">
       <c r="A2370" t="s">
         <v>2372</v>
       </c>
       <c r="B2370" t="s">
-        <v>4831</v>
+        <v>5074</v>
       </c>
     </row>
     <row r="2371" spans="1:2">
       <c r="A2371" t="s">
         <v>2373</v>
       </c>
       <c r="B2371" t="s">
-        <v>4832</v>
+        <v>5075</v>
       </c>
     </row>
     <row r="2372" spans="1:2">
       <c r="A2372" t="s">
         <v>2374</v>
       </c>
       <c r="B2372" t="s">
-        <v>4833</v>
+        <v>5076</v>
       </c>
     </row>
     <row r="2373" spans="1:2">
       <c r="A2373" t="s">
         <v>2375</v>
       </c>
       <c r="B2373" t="s">
-        <v>4834</v>
+        <v>5077</v>
       </c>
     </row>
     <row r="2374" spans="1:2">
       <c r="A2374" t="s">
         <v>2376</v>
       </c>
       <c r="B2374" t="s">
-        <v>4835</v>
+        <v>5078</v>
       </c>
     </row>
     <row r="2375" spans="1:2">
       <c r="A2375" t="s">
         <v>2377</v>
       </c>
       <c r="B2375" t="s">
-        <v>4836</v>
+        <v>5079</v>
       </c>
     </row>
     <row r="2376" spans="1:2">
       <c r="A2376" t="s">
         <v>2378</v>
       </c>
       <c r="B2376" t="s">
-        <v>4837</v>
+        <v>5080</v>
       </c>
     </row>
     <row r="2377" spans="1:2">
       <c r="A2377" t="s">
         <v>2379</v>
       </c>
       <c r="B2377" t="s">
-        <v>4838</v>
+        <v>5081</v>
       </c>
     </row>
     <row r="2378" spans="1:2">
       <c r="A2378" t="s">
         <v>2380</v>
       </c>
       <c r="B2378" t="s">
-        <v>4839</v>
+        <v>5082</v>
       </c>
     </row>
     <row r="2379" spans="1:2">
       <c r="A2379" t="s">
         <v>2381</v>
       </c>
       <c r="B2379" t="s">
-        <v>4840</v>
+        <v>5083</v>
       </c>
     </row>
     <row r="2380" spans="1:2">
       <c r="A2380" t="s">
         <v>2382</v>
       </c>
       <c r="B2380" t="s">
-        <v>4841</v>
+        <v>5084</v>
       </c>
     </row>
     <row r="2381" spans="1:2">
       <c r="A2381" t="s">
         <v>2383</v>
       </c>
       <c r="B2381" t="s">
-        <v>4842</v>
+        <v>5085</v>
       </c>
     </row>
     <row r="2382" spans="1:2">
       <c r="A2382" t="s">
         <v>2384</v>
       </c>
       <c r="B2382" t="s">
-        <v>4843</v>
+        <v>5086</v>
       </c>
     </row>
     <row r="2383" spans="1:2">
       <c r="A2383" t="s">
         <v>2385</v>
       </c>
       <c r="B2383" t="s">
-        <v>4844</v>
+        <v>5087</v>
       </c>
     </row>
     <row r="2384" spans="1:2">
       <c r="A2384" t="s">
         <v>2386</v>
       </c>
       <c r="B2384" t="s">
-        <v>4845</v>
+        <v>5088</v>
       </c>
     </row>
     <row r="2385" spans="1:2">
       <c r="A2385" t="s">
         <v>2387</v>
       </c>
       <c r="B2385" t="s">
-        <v>4846</v>
+        <v>5089</v>
       </c>
     </row>
     <row r="2386" spans="1:2">
       <c r="A2386" t="s">
         <v>2388</v>
       </c>
       <c r="B2386" t="s">
-        <v>4847</v>
+        <v>5090</v>
       </c>
     </row>
     <row r="2387" spans="1:2">
       <c r="A2387" t="s">
         <v>2389</v>
       </c>
       <c r="B2387" t="s">
-        <v>4848</v>
+        <v>4434</v>
       </c>
     </row>
     <row r="2388" spans="1:2">
       <c r="A2388" t="s">
         <v>2390</v>
       </c>
       <c r="B2388" t="s">
-        <v>4849</v>
+        <v>5091</v>
       </c>
     </row>
     <row r="2389" spans="1:2">
       <c r="A2389" t="s">
         <v>2391</v>
       </c>
       <c r="B2389" t="s">
-        <v>4850</v>
+        <v>5092</v>
       </c>
     </row>
     <row r="2390" spans="1:2">
       <c r="A2390" t="s">
         <v>2392</v>
       </c>
       <c r="B2390" t="s">
-        <v>4851</v>
+        <v>5093</v>
       </c>
     </row>
     <row r="2391" spans="1:2">
       <c r="A2391" t="s">
         <v>2393</v>
       </c>
       <c r="B2391" t="s">
-        <v>4852</v>
+        <v>5094</v>
       </c>
     </row>
     <row r="2392" spans="1:2">
       <c r="A2392" t="s">
         <v>2394</v>
       </c>
       <c r="B2392" t="s">
-        <v>4853</v>
+        <v>5095</v>
       </c>
     </row>
     <row r="2393" spans="1:2">
       <c r="A2393" t="s">
         <v>2395</v>
       </c>
       <c r="B2393" t="s">
-        <v>4854</v>
+        <v>5096</v>
       </c>
     </row>
     <row r="2394" spans="1:2">
       <c r="A2394" t="s">
         <v>2396</v>
       </c>
       <c r="B2394" t="s">
-        <v>4855</v>
+        <v>5097</v>
       </c>
     </row>
     <row r="2395" spans="1:2">
       <c r="A2395" t="s">
         <v>2397</v>
       </c>
       <c r="B2395" t="s">
-        <v>4856</v>
+        <v>5098</v>
       </c>
     </row>
     <row r="2396" spans="1:2">
       <c r="A2396" t="s">
         <v>2398</v>
       </c>
       <c r="B2396" t="s">
-        <v>4857</v>
+        <v>5099</v>
       </c>
     </row>
     <row r="2397" spans="1:2">
       <c r="A2397" t="s">
         <v>2399</v>
       </c>
       <c r="B2397" t="s">
-        <v>4858</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="2398" spans="1:2">
       <c r="A2398" t="s">
         <v>2400</v>
       </c>
       <c r="B2398" t="s">
-        <v>4859</v>
+        <v>5101</v>
       </c>
     </row>
     <row r="2399" spans="1:2">
       <c r="A2399" t="s">
         <v>2401</v>
       </c>
       <c r="B2399" t="s">
-        <v>4860</v>
+        <v>5102</v>
       </c>
     </row>
     <row r="2400" spans="1:2">
       <c r="A2400" t="s">
         <v>2402</v>
       </c>
       <c r="B2400" t="s">
-        <v>4861</v>
+        <v>5103</v>
       </c>
     </row>
     <row r="2401" spans="1:2">
       <c r="A2401" t="s">
         <v>2403</v>
       </c>
       <c r="B2401" t="s">
-        <v>4862</v>
+        <v>5104</v>
       </c>
     </row>
     <row r="2402" spans="1:2">
       <c r="A2402" t="s">
         <v>2404</v>
       </c>
       <c r="B2402" t="s">
-        <v>4863</v>
+        <v>4392</v>
       </c>
     </row>
     <row r="2403" spans="1:2">
       <c r="A2403" t="s">
         <v>2405</v>
       </c>
       <c r="B2403" t="s">
-        <v>4864</v>
+        <v>5105</v>
       </c>
     </row>
     <row r="2404" spans="1:2">
       <c r="A2404" t="s">
         <v>2406</v>
       </c>
       <c r="B2404" t="s">
-        <v>4865</v>
+        <v>5106</v>
       </c>
     </row>
     <row r="2405" spans="1:2">
       <c r="A2405" t="s">
         <v>2407</v>
       </c>
       <c r="B2405" t="s">
-        <v>4866</v>
+        <v>5107</v>
       </c>
     </row>
     <row r="2406" spans="1:2">
       <c r="A2406" t="s">
         <v>2408</v>
       </c>
       <c r="B2406" t="s">
-        <v>4867</v>
+        <v>5108</v>
       </c>
     </row>
     <row r="2407" spans="1:2">
       <c r="A2407" t="s">
         <v>2409</v>
       </c>
       <c r="B2407" t="s">
-        <v>4868</v>
+        <v>5109</v>
       </c>
     </row>
     <row r="2408" spans="1:2">
       <c r="A2408" t="s">
         <v>2410</v>
       </c>
       <c r="B2408" t="s">
-        <v>4869</v>
+        <v>5110</v>
       </c>
     </row>
     <row r="2409" spans="1:2">
       <c r="A2409" t="s">
         <v>2411</v>
       </c>
       <c r="B2409" t="s">
-        <v>4870</v>
+        <v>5111</v>
       </c>
     </row>
     <row r="2410" spans="1:2">
       <c r="A2410" t="s">
         <v>2412</v>
       </c>
       <c r="B2410" t="s">
-        <v>4871</v>
+        <v>5112</v>
       </c>
     </row>
     <row r="2411" spans="1:2">
       <c r="A2411" t="s">
         <v>2413</v>
       </c>
       <c r="B2411" t="s">
-        <v>4872</v>
+        <v>5113</v>
       </c>
     </row>
     <row r="2412" spans="1:2">
       <c r="A2412" t="s">
         <v>2414</v>
       </c>
       <c r="B2412" t="s">
-        <v>4873</v>
+        <v>5114</v>
       </c>
     </row>
     <row r="2413" spans="1:2">
       <c r="A2413" t="s">
         <v>2415</v>
       </c>
       <c r="B2413" t="s">
-        <v>4874</v>
+        <v>5115</v>
       </c>
     </row>
     <row r="2414" spans="1:2">
       <c r="A2414" t="s">
         <v>2416</v>
       </c>
       <c r="B2414" t="s">
-        <v>4875</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="2415" spans="1:2">
       <c r="A2415" t="s">
         <v>2417</v>
       </c>
       <c r="B2415" t="s">
-        <v>4876</v>
+        <v>5116</v>
       </c>
     </row>
     <row r="2416" spans="1:2">
       <c r="A2416" t="s">
         <v>2418</v>
       </c>
       <c r="B2416" t="s">
-        <v>4877</v>
+        <v>5117</v>
       </c>
     </row>
     <row r="2417" spans="1:2">
       <c r="A2417" t="s">
         <v>2419</v>
       </c>
       <c r="B2417" t="s">
-        <v>4878</v>
+        <v>5118</v>
       </c>
     </row>
     <row r="2418" spans="1:2">
       <c r="A2418" t="s">
         <v>2420</v>
       </c>
       <c r="B2418" t="s">
-        <v>4879</v>
+        <v>5119</v>
       </c>
     </row>
     <row r="2419" spans="1:2">
       <c r="A2419" t="s">
         <v>2421</v>
       </c>
       <c r="B2419" t="s">
-        <v>4880</v>
+        <v>5120</v>
       </c>
     </row>
     <row r="2420" spans="1:2">
       <c r="A2420" t="s">
         <v>2422</v>
       </c>
       <c r="B2420" t="s">
-        <v>4881</v>
+        <v>5121</v>
       </c>
     </row>
     <row r="2421" spans="1:2">
       <c r="A2421" t="s">
         <v>2423</v>
       </c>
       <c r="B2421" t="s">
-        <v>4882</v>
+        <v>5122</v>
       </c>
     </row>
     <row r="2422" spans="1:2">
       <c r="A2422" t="s">
         <v>2424</v>
       </c>
       <c r="B2422" t="s">
-        <v>4883</v>
+        <v>5123</v>
       </c>
     </row>
     <row r="2423" spans="1:2">
       <c r="A2423" t="s">
         <v>2425</v>
       </c>
       <c r="B2423" t="s">
-        <v>4884</v>
+        <v>5124</v>
       </c>
     </row>
     <row r="2424" spans="1:2">
       <c r="A2424" t="s">
         <v>2426</v>
       </c>
       <c r="B2424" t="s">
-        <v>4885</v>
+        <v>5125</v>
       </c>
     </row>
     <row r="2425" spans="1:2">
       <c r="A2425" t="s">
         <v>2427</v>
       </c>
       <c r="B2425" t="s">
-        <v>4886</v>
+        <v>5126</v>
       </c>
     </row>
     <row r="2426" spans="1:2">
       <c r="A2426" t="s">
         <v>2428</v>
       </c>
       <c r="B2426" t="s">
-        <v>4887</v>
+        <v>5127</v>
       </c>
     </row>
     <row r="2427" spans="1:2">
       <c r="A2427" t="s">
         <v>2429</v>
       </c>
       <c r="B2427" t="s">
-        <v>4888</v>
+        <v>5128</v>
       </c>
     </row>
     <row r="2428" spans="1:2">
       <c r="A2428" t="s">
         <v>2430</v>
       </c>
       <c r="B2428" t="s">
-        <v>4889</v>
+        <v>5129</v>
       </c>
     </row>
     <row r="2429" spans="1:2">
       <c r="A2429" t="s">
         <v>2431</v>
       </c>
       <c r="B2429" t="s">
-        <v>4890</v>
+        <v>5130</v>
       </c>
     </row>
     <row r="2430" spans="1:2">
       <c r="A2430" t="s">
         <v>2432</v>
       </c>
       <c r="B2430" t="s">
-        <v>4891</v>
+        <v>5131</v>
       </c>
     </row>
     <row r="2431" spans="1:2">
       <c r="A2431" t="s">
         <v>2433</v>
       </c>
       <c r="B2431" t="s">
-        <v>4892</v>
+        <v>5132</v>
       </c>
     </row>
     <row r="2432" spans="1:2">
       <c r="A2432" t="s">
         <v>2434</v>
       </c>
       <c r="B2432" t="s">
-        <v>4893</v>
+        <v>5133</v>
       </c>
     </row>
     <row r="2433" spans="1:2">
       <c r="A2433" t="s">
         <v>2435</v>
       </c>
       <c r="B2433" t="s">
-        <v>4894</v>
+        <v>5134</v>
       </c>
     </row>
     <row r="2434" spans="1:2">
       <c r="A2434" t="s">
         <v>2436</v>
       </c>
       <c r="B2434" t="s">
-        <v>4895</v>
+        <v>5135</v>
       </c>
     </row>
     <row r="2435" spans="1:2">
       <c r="A2435" t="s">
         <v>2437</v>
       </c>
       <c r="B2435" t="s">
-        <v>4896</v>
+        <v>5136</v>
       </c>
     </row>
     <row r="2436" spans="1:2">
       <c r="A2436" t="s">
         <v>2438</v>
       </c>
       <c r="B2436" t="s">
-        <v>4897</v>
+        <v>5137</v>
       </c>
     </row>
     <row r="2437" spans="1:2">
       <c r="A2437" t="s">
         <v>2439</v>
       </c>
       <c r="B2437" t="s">
-        <v>4898</v>
+        <v>5138</v>
       </c>
     </row>
     <row r="2438" spans="1:2">
       <c r="A2438" t="s">
         <v>2440</v>
       </c>
       <c r="B2438" t="s">
-        <v>4899</v>
+        <v>5139</v>
       </c>
     </row>
     <row r="2439" spans="1:2">
       <c r="A2439" t="s">
         <v>2441</v>
       </c>
       <c r="B2439" t="s">
-        <v>4900</v>
+        <v>5140</v>
       </c>
     </row>
     <row r="2440" spans="1:2">
       <c r="A2440" t="s">
         <v>2442</v>
       </c>
       <c r="B2440" t="s">
-        <v>4901</v>
+        <v>5141</v>
       </c>
     </row>
     <row r="2441" spans="1:2">
       <c r="A2441" t="s">
         <v>2443</v>
       </c>
       <c r="B2441" t="s">
-        <v>4902</v>
+        <v>5142</v>
       </c>
     </row>
     <row r="2442" spans="1:2">
       <c r="A2442" t="s">
         <v>2444</v>
       </c>
       <c r="B2442" t="s">
-        <v>4903</v>
+        <v>5143</v>
       </c>
     </row>
     <row r="2443" spans="1:2">
       <c r="A2443" t="s">
         <v>2445</v>
       </c>
       <c r="B2443" t="s">
-        <v>4904</v>
+        <v>5144</v>
       </c>
     </row>
     <row r="2444" spans="1:2">
       <c r="A2444" t="s">
         <v>2446</v>
       </c>
       <c r="B2444" t="s">
-        <v>4905</v>
+        <v>5145</v>
       </c>
     </row>
     <row r="2445" spans="1:2">
       <c r="A2445" t="s">
         <v>2447</v>
       </c>
       <c r="B2445" t="s">
-        <v>4906</v>
+        <v>5146</v>
       </c>
     </row>
     <row r="2446" spans="1:2">
       <c r="A2446" t="s">
         <v>2448</v>
       </c>
       <c r="B2446" t="s">
-        <v>4907</v>
+        <v>5147</v>
       </c>
     </row>
     <row r="2447" spans="1:2">
       <c r="A2447" t="s">
         <v>2449</v>
       </c>
       <c r="B2447" t="s">
-        <v>4908</v>
+        <v>5148</v>
       </c>
     </row>
     <row r="2448" spans="1:2">
       <c r="A2448" t="s">
         <v>2450</v>
       </c>
       <c r="B2448" t="s">
-        <v>4909</v>
+        <v>5149</v>
       </c>
     </row>
     <row r="2449" spans="1:2">
       <c r="A2449" t="s">
         <v>2451</v>
       </c>
       <c r="B2449" t="s">
-        <v>4910</v>
+        <v>5150</v>
       </c>
     </row>
     <row r="2450" spans="1:2">
       <c r="A2450" t="s">
         <v>2452</v>
       </c>
       <c r="B2450" t="s">
-        <v>4911</v>
+        <v>5151</v>
       </c>
     </row>
     <row r="2451" spans="1:2">
       <c r="A2451" t="s">
         <v>2453</v>
       </c>
       <c r="B2451" t="s">
-        <v>4912</v>
+        <v>5152</v>
       </c>
     </row>
     <row r="2452" spans="1:2">
       <c r="A2452" t="s">
         <v>2454</v>
       </c>
       <c r="B2452" t="s">
-        <v>4913</v>
+        <v>5153</v>
       </c>
     </row>
     <row r="2453" spans="1:2">
       <c r="A2453" t="s">
         <v>2455</v>
       </c>
       <c r="B2453" t="s">
-        <v>4914</v>
+        <v>5154</v>
       </c>
     </row>
     <row r="2454" spans="1:2">
       <c r="A2454" t="s">
         <v>2456</v>
       </c>
       <c r="B2454" t="s">
-        <v>4915</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="2455" spans="1:2">
       <c r="A2455" t="s">
         <v>2457</v>
       </c>
       <c r="B2455" t="s">
-        <v>4916</v>
+        <v>5156</v>
       </c>
     </row>
     <row r="2456" spans="1:2">
       <c r="A2456" t="s">
         <v>2458</v>
       </c>
       <c r="B2456" t="s">
-        <v>4917</v>
+        <v>5157</v>
       </c>
     </row>
     <row r="2457" spans="1:2">
       <c r="A2457" t="s">
         <v>2459</v>
       </c>
       <c r="B2457" t="s">
-        <v>4918</v>
+        <v>5158</v>
       </c>
     </row>
     <row r="2458" spans="1:2">
       <c r="A2458" t="s">
         <v>2460</v>
       </c>
       <c r="B2458" t="s">
-        <v>4919</v>
+        <v>5159</v>
       </c>
     </row>
     <row r="2459" spans="1:2">
       <c r="A2459" t="s">
         <v>2461</v>
       </c>
       <c r="B2459" t="s">
-        <v>4920</v>
+        <v>5160</v>
       </c>
     </row>
     <row r="2460" spans="1:2">
       <c r="A2460" t="s">
         <v>2462</v>
       </c>
       <c r="B2460" t="s">
-        <v>4921</v>
+        <v>5161</v>
       </c>
     </row>
     <row r="2461" spans="1:2">
       <c r="A2461" t="s">
         <v>2463</v>
       </c>
       <c r="B2461" t="s">
-        <v>4922</v>
+        <v>5162</v>
       </c>
     </row>
     <row r="2462" spans="1:2">
       <c r="A2462" t="s">
         <v>2464</v>
       </c>
       <c r="B2462" t="s">
-        <v>4923</v>
+        <v>5163</v>
       </c>
     </row>
     <row r="2463" spans="1:2">
       <c r="A2463" t="s">
         <v>2465</v>
       </c>
       <c r="B2463" t="s">
-        <v>4924</v>
+        <v>5164</v>
       </c>
     </row>
     <row r="2464" spans="1:2">
       <c r="A2464" t="s">
         <v>2466</v>
       </c>
       <c r="B2464" t="s">
-        <v>4925</v>
+        <v>5165</v>
       </c>
     </row>
     <row r="2465" spans="1:2">
       <c r="A2465" t="s">
         <v>2467</v>
       </c>
       <c r="B2465" t="s">
-        <v>4926</v>
+        <v>5166</v>
+      </c>
+    </row>
+    <row r="2466" spans="1:2">
+      <c r="A2466" t="s">
+        <v>2468</v>
+      </c>
+      <c r="B2466" t="s">
+        <v>5167</v>
+      </c>
+    </row>
+    <row r="2467" spans="1:2">
+      <c r="A2467" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B2467" t="s">
+        <v>5168</v>
+      </c>
+    </row>
+    <row r="2468" spans="1:2">
+      <c r="A2468" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B2468" t="s">
+        <v>5169</v>
+      </c>
+    </row>
+    <row r="2469" spans="1:2">
+      <c r="A2469" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B2469" t="s">
+        <v>5170</v>
+      </c>
+    </row>
+    <row r="2470" spans="1:2">
+      <c r="A2470" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B2470" t="s">
+        <v>5171</v>
+      </c>
+    </row>
+    <row r="2471" spans="1:2">
+      <c r="A2471" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B2471" t="s">
+        <v>5172</v>
+      </c>
+    </row>
+    <row r="2472" spans="1:2">
+      <c r="A2472" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B2472" t="s">
+        <v>5173</v>
+      </c>
+    </row>
+    <row r="2473" spans="1:2">
+      <c r="A2473" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B2473" t="s">
+        <v>5174</v>
+      </c>
+    </row>
+    <row r="2474" spans="1:2">
+      <c r="A2474" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B2474" t="s">
+        <v>5175</v>
+      </c>
+    </row>
+    <row r="2475" spans="1:2">
+      <c r="A2475" t="s">
+        <v>2477</v>
+      </c>
+      <c r="B2475" t="s">
+        <v>5176</v>
+      </c>
+    </row>
+    <row r="2476" spans="1:2">
+      <c r="A2476" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B2476" t="s">
+        <v>5177</v>
+      </c>
+    </row>
+    <row r="2477" spans="1:2">
+      <c r="A2477" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B2477" t="s">
+        <v>5178</v>
+      </c>
+    </row>
+    <row r="2478" spans="1:2">
+      <c r="A2478" t="s">
+        <v>2480</v>
+      </c>
+      <c r="B2478" t="s">
+        <v>5179</v>
+      </c>
+    </row>
+    <row r="2479" spans="1:2">
+      <c r="A2479" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B2479" t="s">
+        <v>5180</v>
+      </c>
+    </row>
+    <row r="2480" spans="1:2">
+      <c r="A2480" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B2480" t="s">
+        <v>5181</v>
+      </c>
+    </row>
+    <row r="2481" spans="1:2">
+      <c r="A2481" t="s">
+        <v>2483</v>
+      </c>
+      <c r="B2481" t="s">
+        <v>5182</v>
+      </c>
+    </row>
+    <row r="2482" spans="1:2">
+      <c r="A2482" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B2482" t="s">
+        <v>5183</v>
+      </c>
+    </row>
+    <row r="2483" spans="1:2">
+      <c r="A2483" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B2483" t="s">
+        <v>5184</v>
+      </c>
+    </row>
+    <row r="2484" spans="1:2">
+      <c r="A2484" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B2484" t="s">
+        <v>5185</v>
+      </c>
+    </row>
+    <row r="2485" spans="1:2">
+      <c r="A2485" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B2485" t="s">
+        <v>5186</v>
+      </c>
+    </row>
+    <row r="2486" spans="1:2">
+      <c r="A2486" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B2486" t="s">
+        <v>5187</v>
+      </c>
+    </row>
+    <row r="2487" spans="1:2">
+      <c r="A2487" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B2487" t="s">
+        <v>4614</v>
+      </c>
+    </row>
+    <row r="2488" spans="1:2">
+      <c r="A2488" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B2488" t="s">
+        <v>5188</v>
+      </c>
+    </row>
+    <row r="2489" spans="1:2">
+      <c r="A2489" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B2489" t="s">
+        <v>5189</v>
+      </c>
+    </row>
+    <row r="2490" spans="1:2">
+      <c r="A2490" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B2490" t="s">
+        <v>5190</v>
+      </c>
+    </row>
+    <row r="2491" spans="1:2">
+      <c r="A2491" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B2491" t="s">
+        <v>5191</v>
+      </c>
+    </row>
+    <row r="2492" spans="1:2">
+      <c r="A2492" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B2492" t="s">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="2493" spans="1:2">
+      <c r="A2493" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B2493" t="s">
+        <v>5193</v>
+      </c>
+    </row>
+    <row r="2494" spans="1:2">
+      <c r="A2494" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B2494" t="s">
+        <v>5194</v>
+      </c>
+    </row>
+    <row r="2495" spans="1:2">
+      <c r="A2495" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B2495" t="s">
+        <v>5083</v>
+      </c>
+    </row>
+    <row r="2496" spans="1:2">
+      <c r="A2496" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B2496" t="s">
+        <v>3428</v>
+      </c>
+    </row>
+    <row r="2497" spans="1:2">
+      <c r="A2497" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B2497" t="s">
+        <v>5195</v>
+      </c>
+    </row>
+    <row r="2498" spans="1:2">
+      <c r="A2498" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B2498" t="s">
+        <v>5196</v>
+      </c>
+    </row>
+    <row r="2499" spans="1:2">
+      <c r="A2499" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B2499" t="s">
+        <v>5197</v>
+      </c>
+    </row>
+    <row r="2500" spans="1:2">
+      <c r="A2500" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B2500" t="s">
+        <v>5198</v>
+      </c>
+    </row>
+    <row r="2501" spans="1:2">
+      <c r="A2501" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B2501" t="s">
+        <v>5199</v>
+      </c>
+    </row>
+    <row r="2502" spans="1:2">
+      <c r="A2502" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B2502" t="s">
+        <v>5200</v>
+      </c>
+    </row>
+    <row r="2503" spans="1:2">
+      <c r="A2503" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B2503" t="s">
+        <v>5201</v>
+      </c>
+    </row>
+    <row r="2504" spans="1:2">
+      <c r="A2504" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B2504" t="s">
+        <v>5202</v>
+      </c>
+    </row>
+    <row r="2505" spans="1:2">
+      <c r="A2505" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B2505" t="s">
+        <v>5203</v>
+      </c>
+    </row>
+    <row r="2506" spans="1:2">
+      <c r="A2506" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B2506" t="s">
+        <v>5204</v>
+      </c>
+    </row>
+    <row r="2507" spans="1:2">
+      <c r="A2507" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B2507" t="s">
+        <v>5205</v>
+      </c>
+    </row>
+    <row r="2508" spans="1:2">
+      <c r="A2508" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B2508" t="s">
+        <v>5206</v>
+      </c>
+    </row>
+    <row r="2509" spans="1:2">
+      <c r="A2509" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B2509" t="s">
+        <v>5207</v>
+      </c>
+    </row>
+    <row r="2510" spans="1:2">
+      <c r="A2510" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B2510" t="s">
+        <v>5208</v>
+      </c>
+    </row>
+    <row r="2511" spans="1:2">
+      <c r="A2511" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B2511" t="s">
+        <v>5209</v>
+      </c>
+    </row>
+    <row r="2512" spans="1:2">
+      <c r="A2512" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B2512" t="s">
+        <v>5210</v>
+      </c>
+    </row>
+    <row r="2513" spans="1:2">
+      <c r="A2513" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B2513" t="s">
+        <v>5211</v>
+      </c>
+    </row>
+    <row r="2514" spans="1:2">
+      <c r="A2514" t="s">
+        <v>2516</v>
+      </c>
+      <c r="B2514" t="s">
+        <v>5212</v>
+      </c>
+    </row>
+    <row r="2515" spans="1:2">
+      <c r="A2515" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B2515" t="s">
+        <v>5213</v>
+      </c>
+    </row>
+    <row r="2516" spans="1:2">
+      <c r="A2516" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B2516" t="s">
+        <v>3914</v>
+      </c>
+    </row>
+    <row r="2517" spans="1:2">
+      <c r="A2517" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B2517" t="s">
+        <v>5214</v>
+      </c>
+    </row>
+    <row r="2518" spans="1:2">
+      <c r="A2518" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B2518" t="s">
+        <v>5215</v>
+      </c>
+    </row>
+    <row r="2519" spans="1:2">
+      <c r="A2519" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B2519" t="s">
+        <v>5216</v>
+      </c>
+    </row>
+    <row r="2520" spans="1:2">
+      <c r="A2520" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B2520" t="s">
+        <v>5217</v>
+      </c>
+    </row>
+    <row r="2521" spans="1:2">
+      <c r="A2521" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B2521" t="s">
+        <v>5218</v>
+      </c>
+    </row>
+    <row r="2522" spans="1:2">
+      <c r="A2522" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B2522" t="s">
+        <v>5219</v>
+      </c>
+    </row>
+    <row r="2523" spans="1:2">
+      <c r="A2523" t="s">
+        <v>2525</v>
+      </c>
+      <c r="B2523" t="s">
+        <v>5220</v>
+      </c>
+    </row>
+    <row r="2524" spans="1:2">
+      <c r="A2524" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B2524" t="s">
+        <v>5221</v>
+      </c>
+    </row>
+    <row r="2525" spans="1:2">
+      <c r="A2525" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B2525" t="s">
+        <v>5222</v>
+      </c>
+    </row>
+    <row r="2526" spans="1:2">
+      <c r="A2526" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B2526" t="s">
+        <v>5223</v>
+      </c>
+    </row>
+    <row r="2527" spans="1:2">
+      <c r="A2527" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B2527" t="s">
+        <v>5224</v>
+      </c>
+    </row>
+    <row r="2528" spans="1:2">
+      <c r="A2528" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B2528" t="s">
+        <v>5225</v>
+      </c>
+    </row>
+    <row r="2529" spans="1:2">
+      <c r="A2529" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B2529" t="s">
+        <v>5226</v>
+      </c>
+    </row>
+    <row r="2530" spans="1:2">
+      <c r="A2530" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B2530" t="s">
+        <v>5227</v>
+      </c>
+    </row>
+    <row r="2531" spans="1:2">
+      <c r="A2531" t="s">
+        <v>2533</v>
+      </c>
+      <c r="B2531" t="s">
+        <v>5228</v>
+      </c>
+    </row>
+    <row r="2532" spans="1:2">
+      <c r="A2532" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B2532" t="s">
+        <v>5229</v>
+      </c>
+    </row>
+    <row r="2533" spans="1:2">
+      <c r="A2533" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B2533" t="s">
+        <v>5230</v>
+      </c>
+    </row>
+    <row r="2534" spans="1:2">
+      <c r="A2534" t="s">
+        <v>2536</v>
+      </c>
+      <c r="B2534" t="s">
+        <v>5231</v>
+      </c>
+    </row>
+    <row r="2535" spans="1:2">
+      <c r="A2535" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B2535" t="s">
+        <v>5232</v>
+      </c>
+    </row>
+    <row r="2536" spans="1:2">
+      <c r="A2536" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B2536" t="s">
+        <v>5233</v>
+      </c>
+    </row>
+    <row r="2537" spans="1:2">
+      <c r="A2537" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B2537" t="s">
+        <v>5234</v>
+      </c>
+    </row>
+    <row r="2538" spans="1:2">
+      <c r="A2538" t="s">
+        <v>2540</v>
+      </c>
+      <c r="B2538" t="s">
+        <v>5235</v>
+      </c>
+    </row>
+    <row r="2539" spans="1:2">
+      <c r="A2539" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B2539" t="s">
+        <v>5236</v>
+      </c>
+    </row>
+    <row r="2540" spans="1:2">
+      <c r="A2540" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B2540" t="s">
+        <v>5237</v>
+      </c>
+    </row>
+    <row r="2541" spans="1:2">
+      <c r="A2541" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B2541" t="s">
+        <v>5238</v>
+      </c>
+    </row>
+    <row r="2542" spans="1:2">
+      <c r="A2542" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B2542" t="s">
+        <v>5239</v>
+      </c>
+    </row>
+    <row r="2543" spans="1:2">
+      <c r="A2543" t="s">
+        <v>2545</v>
+      </c>
+      <c r="B2543" t="s">
+        <v>5240</v>
+      </c>
+    </row>
+    <row r="2544" spans="1:2">
+      <c r="A2544" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B2544" t="s">
+        <v>5241</v>
+      </c>
+    </row>
+    <row r="2545" spans="1:2">
+      <c r="A2545" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B2545" t="s">
+        <v>5242</v>
+      </c>
+    </row>
+    <row r="2546" spans="1:2">
+      <c r="A2546" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B2546" t="s">
+        <v>5243</v>
+      </c>
+    </row>
+    <row r="2547" spans="1:2">
+      <c r="A2547" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B2547" t="s">
+        <v>5244</v>
+      </c>
+    </row>
+    <row r="2548" spans="1:2">
+      <c r="A2548" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B2548" t="s">
+        <v>5245</v>
+      </c>
+    </row>
+    <row r="2549" spans="1:2">
+      <c r="A2549" t="s">
+        <v>2551</v>
+      </c>
+      <c r="B2549" t="s">
+        <v>5246</v>
+      </c>
+    </row>
+    <row r="2550" spans="1:2">
+      <c r="A2550" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B2550" t="s">
+        <v>5247</v>
+      </c>
+    </row>
+    <row r="2551" spans="1:2">
+      <c r="A2551" t="s">
+        <v>2553</v>
+      </c>
+      <c r="B2551" t="s">
+        <v>5248</v>
+      </c>
+    </row>
+    <row r="2552" spans="1:2">
+      <c r="A2552" t="s">
+        <v>2554</v>
+      </c>
+      <c r="B2552" t="s">
+        <v>3690</v>
+      </c>
+    </row>
+    <row r="2553" spans="1:2">
+      <c r="A2553" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B2553" t="s">
+        <v>5249</v>
+      </c>
+    </row>
+    <row r="2554" spans="1:2">
+      <c r="A2554" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B2554" t="s">
+        <v>5250</v>
+      </c>
+    </row>
+    <row r="2555" spans="1:2">
+      <c r="A2555" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B2555" t="s">
+        <v>5251</v>
+      </c>
+    </row>
+    <row r="2556" spans="1:2">
+      <c r="A2556" t="s">
+        <v>2558</v>
+      </c>
+      <c r="B2556" t="s">
+        <v>5252</v>
+      </c>
+    </row>
+    <row r="2557" spans="1:2">
+      <c r="A2557" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B2557" t="s">
+        <v>5253</v>
+      </c>
+    </row>
+    <row r="2558" spans="1:2">
+      <c r="A2558" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B2558" t="s">
+        <v>5254</v>
+      </c>
+    </row>
+    <row r="2559" spans="1:2">
+      <c r="A2559" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B2559" t="s">
+        <v>5255</v>
+      </c>
+    </row>
+    <row r="2560" spans="1:2">
+      <c r="A2560" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B2560" t="s">
+        <v>5256</v>
+      </c>
+    </row>
+    <row r="2561" spans="1:2">
+      <c r="A2561" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B2561" t="s">
+        <v>5257</v>
+      </c>
+    </row>
+    <row r="2562" spans="1:2">
+      <c r="A2562" t="s">
+        <v>2564</v>
+      </c>
+      <c r="B2562" t="s">
+        <v>5258</v>
+      </c>
+    </row>
+    <row r="2563" spans="1:2">
+      <c r="A2563" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B2563" t="s">
+        <v>5259</v>
+      </c>
+    </row>
+    <row r="2564" spans="1:2">
+      <c r="A2564" t="s">
+        <v>2566</v>
+      </c>
+      <c r="B2564" t="s">
+        <v>5260</v>
+      </c>
+    </row>
+    <row r="2565" spans="1:2">
+      <c r="A2565" t="s">
+        <v>2567</v>
+      </c>
+      <c r="B2565" t="s">
+        <v>5261</v>
+      </c>
+    </row>
+    <row r="2566" spans="1:2">
+      <c r="A2566" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B2566" t="s">
+        <v>5262</v>
+      </c>
+    </row>
+    <row r="2567" spans="1:2">
+      <c r="A2567" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B2567" t="s">
+        <v>5263</v>
+      </c>
+    </row>
+    <row r="2568" spans="1:2">
+      <c r="A2568" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B2568" t="s">
+        <v>5264</v>
+      </c>
+    </row>
+    <row r="2569" spans="1:2">
+      <c r="A2569" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B2569" t="s">
+        <v>5265</v>
+      </c>
+    </row>
+    <row r="2570" spans="1:2">
+      <c r="A2570" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B2570" t="s">
+        <v>5266</v>
+      </c>
+    </row>
+    <row r="2571" spans="1:2">
+      <c r="A2571" t="s">
+        <v>2573</v>
+      </c>
+      <c r="B2571" t="s">
+        <v>5267</v>
+      </c>
+    </row>
+    <row r="2572" spans="1:2">
+      <c r="A2572" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B2572" t="s">
+        <v>5268</v>
+      </c>
+    </row>
+    <row r="2573" spans="1:2">
+      <c r="A2573" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B2573" t="s">
+        <v>5269</v>
+      </c>
+    </row>
+    <row r="2574" spans="1:2">
+      <c r="A2574" t="s">
+        <v>2576</v>
+      </c>
+      <c r="B2574" t="s">
+        <v>5270</v>
+      </c>
+    </row>
+    <row r="2575" spans="1:2">
+      <c r="A2575" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B2575" t="s">
+        <v>5271</v>
+      </c>
+    </row>
+    <row r="2576" spans="1:2">
+      <c r="A2576" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B2576" t="s">
+        <v>5272</v>
+      </c>
+    </row>
+    <row r="2577" spans="1:2">
+      <c r="A2577" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B2577" t="s">
+        <v>5273</v>
+      </c>
+    </row>
+    <row r="2578" spans="1:2">
+      <c r="A2578" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B2578" t="s">
+        <v>5274</v>
+      </c>
+    </row>
+    <row r="2579" spans="1:2">
+      <c r="A2579" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B2579" t="s">
+        <v>5275</v>
+      </c>
+    </row>
+    <row r="2580" spans="1:2">
+      <c r="A2580" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B2580" t="s">
+        <v>5276</v>
+      </c>
+    </row>
+    <row r="2581" spans="1:2">
+      <c r="A2581" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B2581" t="s">
+        <v>5277</v>
+      </c>
+    </row>
+    <row r="2582" spans="1:2">
+      <c r="A2582" t="s">
+        <v>2584</v>
+      </c>
+      <c r="B2582" t="s">
+        <v>5278</v>
+      </c>
+    </row>
+    <row r="2583" spans="1:2">
+      <c r="A2583" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B2583" t="s">
+        <v>5279</v>
+      </c>
+    </row>
+    <row r="2584" spans="1:2">
+      <c r="A2584" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B2584" t="s">
+        <v>5280</v>
+      </c>
+    </row>
+    <row r="2585" spans="1:2">
+      <c r="A2585" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B2585" t="s">
+        <v>5281</v>
+      </c>
+    </row>
+    <row r="2586" spans="1:2">
+      <c r="A2586" t="s">
+        <v>2588</v>
+      </c>
+      <c r="B2586" t="s">
+        <v>5282</v>
+      </c>
+    </row>
+    <row r="2587" spans="1:2">
+      <c r="A2587" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B2587" t="s">
+        <v>5283</v>
+      </c>
+    </row>
+    <row r="2588" spans="1:2">
+      <c r="A2588" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B2588" t="s">
+        <v>4832</v>
+      </c>
+    </row>
+    <row r="2589" spans="1:2">
+      <c r="A2589" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B2589" t="s">
+        <v>5284</v>
+      </c>
+    </row>
+    <row r="2590" spans="1:2">
+      <c r="A2590" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B2590" t="s">
+        <v>5285</v>
+      </c>
+    </row>
+    <row r="2591" spans="1:2">
+      <c r="A2591" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B2591" t="s">
+        <v>5286</v>
+      </c>
+    </row>
+    <row r="2592" spans="1:2">
+      <c r="A2592" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B2592" t="s">
+        <v>5287</v>
+      </c>
+    </row>
+    <row r="2593" spans="1:2">
+      <c r="A2593" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B2593" t="s">
+        <v>5288</v>
+      </c>
+    </row>
+    <row r="2594" spans="1:2">
+      <c r="A2594" t="s">
+        <v>2596</v>
+      </c>
+      <c r="B2594" t="s">
+        <v>5289</v>
+      </c>
+    </row>
+    <row r="2595" spans="1:2">
+      <c r="A2595" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B2595" t="s">
+        <v>5290</v>
+      </c>
+    </row>
+    <row r="2596" spans="1:2">
+      <c r="A2596" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B2596" t="s">
+        <v>5291</v>
+      </c>
+    </row>
+    <row r="2597" spans="1:2">
+      <c r="A2597" t="s">
+        <v>2599</v>
+      </c>
+      <c r="B2597" t="s">
+        <v>5292</v>
+      </c>
+    </row>
+    <row r="2598" spans="1:2">
+      <c r="A2598" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B2598" t="s">
+        <v>5293</v>
+      </c>
+    </row>
+    <row r="2599" spans="1:2">
+      <c r="A2599" t="s">
+        <v>2601</v>
+      </c>
+      <c r="B2599" t="s">
+        <v>5294</v>
+      </c>
+    </row>
+    <row r="2600" spans="1:2">
+      <c r="A2600" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B2600" t="s">
+        <v>5295</v>
+      </c>
+    </row>
+    <row r="2601" spans="1:2">
+      <c r="A2601" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B2601" t="s">
+        <v>5296</v>
+      </c>
+    </row>
+    <row r="2602" spans="1:2">
+      <c r="A2602" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B2602" t="s">
+        <v>5297</v>
+      </c>
+    </row>
+    <row r="2603" spans="1:2">
+      <c r="A2603" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B2603" t="s">
+        <v>5298</v>
+      </c>
+    </row>
+    <row r="2604" spans="1:2">
+      <c r="A2604" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B2604" t="s">
+        <v>5299</v>
+      </c>
+    </row>
+    <row r="2605" spans="1:2">
+      <c r="A2605" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B2605" t="s">
+        <v>5300</v>
+      </c>
+    </row>
+    <row r="2606" spans="1:2">
+      <c r="A2606" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B2606" t="s">
+        <v>5301</v>
+      </c>
+    </row>
+    <row r="2607" spans="1:2">
+      <c r="A2607" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B2607" t="s">
+        <v>5302</v>
+      </c>
+    </row>
+    <row r="2608" spans="1:2">
+      <c r="A2608" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B2608" t="s">
+        <v>5303</v>
+      </c>
+    </row>
+    <row r="2609" spans="1:2">
+      <c r="A2609" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B2609" t="s">
+        <v>5304</v>
+      </c>
+    </row>
+    <row r="2610" spans="1:2">
+      <c r="A2610" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B2610" t="s">
+        <v>5305</v>
+      </c>
+    </row>
+    <row r="2611" spans="1:2">
+      <c r="A2611" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B2611" t="s">
+        <v>5306</v>
+      </c>
+    </row>
+    <row r="2612" spans="1:2">
+      <c r="A2612" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B2612" t="s">
+        <v>5307</v>
+      </c>
+    </row>
+    <row r="2613" spans="1:2">
+      <c r="A2613" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B2613" t="s">
+        <v>5308</v>
+      </c>
+    </row>
+    <row r="2614" spans="1:2">
+      <c r="A2614" t="s">
+        <v>2616</v>
+      </c>
+      <c r="B2614" t="s">
+        <v>5309</v>
+      </c>
+    </row>
+    <row r="2615" spans="1:2">
+      <c r="A2615" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B2615" t="s">
+        <v>5310</v>
+      </c>
+    </row>
+    <row r="2616" spans="1:2">
+      <c r="A2616" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B2616" t="s">
+        <v>5311</v>
+      </c>
+    </row>
+    <row r="2617" spans="1:2">
+      <c r="A2617" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B2617" t="s">
+        <v>5312</v>
+      </c>
+    </row>
+    <row r="2618" spans="1:2">
+      <c r="A2618" t="s">
+        <v>2620</v>
+      </c>
+      <c r="B2618" t="s">
+        <v>5313</v>
+      </c>
+    </row>
+    <row r="2619" spans="1:2">
+      <c r="A2619" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B2619" t="s">
+        <v>5314</v>
+      </c>
+    </row>
+    <row r="2620" spans="1:2">
+      <c r="A2620" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B2620" t="s">
+        <v>3071</v>
+      </c>
+    </row>
+    <row r="2621" spans="1:2">
+      <c r="A2621" t="s">
+        <v>2623</v>
+      </c>
+      <c r="B2621" t="s">
+        <v>5315</v>
+      </c>
+    </row>
+    <row r="2622" spans="1:2">
+      <c r="A2622" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B2622" t="s">
+        <v>5316</v>
+      </c>
+    </row>
+    <row r="2623" spans="1:2">
+      <c r="A2623" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B2623" t="s">
+        <v>5317</v>
+      </c>
+    </row>
+    <row r="2624" spans="1:2">
+      <c r="A2624" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B2624" t="s">
+        <v>5318</v>
+      </c>
+    </row>
+    <row r="2625" spans="1:2">
+      <c r="A2625" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B2625" t="s">
+        <v>5319</v>
+      </c>
+    </row>
+    <row r="2626" spans="1:2">
+      <c r="A2626" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B2626" t="s">
+        <v>5087</v>
+      </c>
+    </row>
+    <row r="2627" spans="1:2">
+      <c r="A2627" t="s">
+        <v>2629</v>
+      </c>
+      <c r="B2627" t="s">
+        <v>5320</v>
+      </c>
+    </row>
+    <row r="2628" spans="1:2">
+      <c r="A2628" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B2628" t="s">
+        <v>5321</v>
+      </c>
+    </row>
+    <row r="2629" spans="1:2">
+      <c r="A2629" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B2629" t="s">
+        <v>5322</v>
+      </c>
+    </row>
+    <row r="2630" spans="1:2">
+      <c r="A2630" t="s">
+        <v>2632</v>
+      </c>
+      <c r="B2630" t="s">
+        <v>5323</v>
+      </c>
+    </row>
+    <row r="2631" spans="1:2">
+      <c r="A2631" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B2631" t="s">
+        <v>5324</v>
+      </c>
+    </row>
+    <row r="2632" spans="1:2">
+      <c r="A2632" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B2632" t="s">
+        <v>5325</v>
+      </c>
+    </row>
+    <row r="2633" spans="1:2">
+      <c r="A2633" t="s">
+        <v>2635</v>
+      </c>
+      <c r="B2633" t="s">
+        <v>5326</v>
+      </c>
+    </row>
+    <row r="2634" spans="1:2">
+      <c r="A2634" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B2634" t="s">
+        <v>5327</v>
+      </c>
+    </row>
+    <row r="2635" spans="1:2">
+      <c r="A2635" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B2635" t="s">
+        <v>5328</v>
+      </c>
+    </row>
+    <row r="2636" spans="1:2">
+      <c r="A2636" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B2636" t="s">
+        <v>5329</v>
+      </c>
+    </row>
+    <row r="2637" spans="1:2">
+      <c r="A2637" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B2637" t="s">
+        <v>5330</v>
+      </c>
+    </row>
+    <row r="2638" spans="1:2">
+      <c r="A2638" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B2638" t="s">
+        <v>5331</v>
+      </c>
+    </row>
+    <row r="2639" spans="1:2">
+      <c r="A2639" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B2639" t="s">
+        <v>5332</v>
+      </c>
+    </row>
+    <row r="2640" spans="1:2">
+      <c r="A2640" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B2640" t="s">
+        <v>5333</v>
+      </c>
+    </row>
+    <row r="2641" spans="1:2">
+      <c r="A2641" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B2641" t="s">
+        <v>5334</v>
+      </c>
+    </row>
+    <row r="2642" spans="1:2">
+      <c r="A2642" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B2642" t="s">
+        <v>5335</v>
+      </c>
+    </row>
+    <row r="2643" spans="1:2">
+      <c r="A2643" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B2643" t="s">
+        <v>5336</v>
+      </c>
+    </row>
+    <row r="2644" spans="1:2">
+      <c r="A2644" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B2644" t="s">
+        <v>5337</v>
+      </c>
+    </row>
+    <row r="2645" spans="1:2">
+      <c r="A2645" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B2645" t="s">
+        <v>5338</v>
+      </c>
+    </row>
+    <row r="2646" spans="1:2">
+      <c r="A2646" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B2646" t="s">
+        <v>5339</v>
+      </c>
+    </row>
+    <row r="2647" spans="1:2">
+      <c r="A2647" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B2647" t="s">
+        <v>5340</v>
+      </c>
+    </row>
+    <row r="2648" spans="1:2">
+      <c r="A2648" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B2648" t="s">
+        <v>5341</v>
+      </c>
+    </row>
+    <row r="2649" spans="1:2">
+      <c r="A2649" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B2649" t="s">
+        <v>3423</v>
+      </c>
+    </row>
+    <row r="2650" spans="1:2">
+      <c r="A2650" t="s">
+        <v>2652</v>
+      </c>
+      <c r="B2650" t="s">
+        <v>5342</v>
+      </c>
+    </row>
+    <row r="2651" spans="1:2">
+      <c r="A2651" t="s">
+        <v>2653</v>
+      </c>
+      <c r="B2651" t="s">
+        <v>5343</v>
+      </c>
+    </row>
+    <row r="2652" spans="1:2">
+      <c r="A2652" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B2652" t="s">
+        <v>5344</v>
+      </c>
+    </row>
+    <row r="2653" spans="1:2">
+      <c r="A2653" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B2653" t="s">
+        <v>5345</v>
+      </c>
+    </row>
+    <row r="2654" spans="1:2">
+      <c r="A2654" t="s">
+        <v>2656</v>
+      </c>
+      <c r="B2654" t="s">
+        <v>5346</v>
+      </c>
+    </row>
+    <row r="2655" spans="1:2">
+      <c r="A2655" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B2655" t="s">
+        <v>5347</v>
+      </c>
+    </row>
+    <row r="2656" spans="1:2">
+      <c r="A2656" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B2656" t="s">
+        <v>5348</v>
+      </c>
+    </row>
+    <row r="2657" spans="1:2">
+      <c r="A2657" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B2657" t="s">
+        <v>5349</v>
+      </c>
+    </row>
+    <row r="2658" spans="1:2">
+      <c r="A2658" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B2658" t="s">
+        <v>5350</v>
+      </c>
+    </row>
+    <row r="2659" spans="1:2">
+      <c r="A2659" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B2659" t="s">
+        <v>5351</v>
+      </c>
+    </row>
+    <row r="2660" spans="1:2">
+      <c r="A2660" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B2660" t="s">
+        <v>5352</v>
+      </c>
+    </row>
+    <row r="2661" spans="1:2">
+      <c r="A2661" t="s">
+        <v>2663</v>
+      </c>
+      <c r="B2661" t="s">
+        <v>5353</v>
+      </c>
+    </row>
+    <row r="2662" spans="1:2">
+      <c r="A2662" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B2662" t="s">
+        <v>5354</v>
+      </c>
+    </row>
+    <row r="2663" spans="1:2">
+      <c r="A2663" t="s">
+        <v>2665</v>
+      </c>
+      <c r="B2663" t="s">
+        <v>5355</v>
+      </c>
+    </row>
+    <row r="2664" spans="1:2">
+      <c r="A2664" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B2664" t="s">
+        <v>5356</v>
+      </c>
+    </row>
+    <row r="2665" spans="1:2">
+      <c r="A2665" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B2665" t="s">
+        <v>5357</v>
+      </c>
+    </row>
+    <row r="2666" spans="1:2">
+      <c r="A2666" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B2666" t="s">
+        <v>5358</v>
+      </c>
+    </row>
+    <row r="2667" spans="1:2">
+      <c r="A2667" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B2667" t="s">
+        <v>5359</v>
+      </c>
+    </row>
+    <row r="2668" spans="1:2">
+      <c r="A2668" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B2668" t="s">
+        <v>5360</v>
+      </c>
+    </row>
+    <row r="2669" spans="1:2">
+      <c r="A2669" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B2669" t="s">
+        <v>5361</v>
+      </c>
+    </row>
+    <row r="2670" spans="1:2">
+      <c r="A2670" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B2670" t="s">
+        <v>5362</v>
+      </c>
+    </row>
+    <row r="2671" spans="1:2">
+      <c r="A2671" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B2671" t="s">
+        <v>5363</v>
+      </c>
+    </row>
+    <row r="2672" spans="1:2">
+      <c r="A2672" t="s">
+        <v>2674</v>
+      </c>
+      <c r="B2672" t="s">
+        <v>5364</v>
+      </c>
+    </row>
+    <row r="2673" spans="1:2">
+      <c r="A2673" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B2673" t="s">
+        <v>5365</v>
+      </c>
+    </row>
+    <row r="2674" spans="1:2">
+      <c r="A2674" t="s">
+        <v>2676</v>
+      </c>
+      <c r="B2674" t="s">
+        <v>5366</v>
+      </c>
+    </row>
+    <row r="2675" spans="1:2">
+      <c r="A2675" t="s">
+        <v>2677</v>
+      </c>
+      <c r="B2675" t="s">
+        <v>4204</v>
+      </c>
+    </row>
+    <row r="2676" spans="1:2">
+      <c r="A2676" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B2676" t="s">
+        <v>5367</v>
+      </c>
+    </row>
+    <row r="2677" spans="1:2">
+      <c r="A2677" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B2677" t="s">
+        <v>5368</v>
+      </c>
+    </row>
+    <row r="2678" spans="1:2">
+      <c r="A2678" t="s">
+        <v>2680</v>
+      </c>
+      <c r="B2678" t="s">
+        <v>5369</v>
+      </c>
+    </row>
+    <row r="2679" spans="1:2">
+      <c r="A2679" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B2679" t="s">
+        <v>5370</v>
+      </c>
+    </row>
+    <row r="2680" spans="1:2">
+      <c r="A2680" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B2680" t="s">
+        <v>5371</v>
+      </c>
+    </row>
+    <row r="2681" spans="1:2">
+      <c r="A2681" t="s">
+        <v>2683</v>
+      </c>
+      <c r="B2681" t="s">
+        <v>5372</v>
+      </c>
+    </row>
+    <row r="2682" spans="1:2">
+      <c r="A2682" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B2682" t="s">
+        <v>5373</v>
+      </c>
+    </row>
+    <row r="2683" spans="1:2">
+      <c r="A2683" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B2683" t="s">
+        <v>5374</v>
+      </c>
+    </row>
+    <row r="2684" spans="1:2">
+      <c r="A2684" t="s">
+        <v>2686</v>
+      </c>
+      <c r="B2684" t="s">
+        <v>5375</v>
+      </c>
+    </row>
+    <row r="2685" spans="1:2">
+      <c r="A2685" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B2685" t="s">
+        <v>5376</v>
+      </c>
+    </row>
+    <row r="2686" spans="1:2">
+      <c r="A2686" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B2686" t="s">
+        <v>5377</v>
+      </c>
+    </row>
+    <row r="2687" spans="1:2">
+      <c r="A2687" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B2687" t="s">
+        <v>5378</v>
+      </c>
+    </row>
+    <row r="2688" spans="1:2">
+      <c r="A2688" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B2688" t="s">
+        <v>5379</v>
+      </c>
+    </row>
+    <row r="2689" spans="1:2">
+      <c r="A2689" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B2689" t="s">
+        <v>5380</v>
+      </c>
+    </row>
+    <row r="2690" spans="1:2">
+      <c r="A2690" t="s">
+        <v>2692</v>
+      </c>
+      <c r="B2690" t="s">
+        <v>5381</v>
+      </c>
+    </row>
+    <row r="2691" spans="1:2">
+      <c r="A2691" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B2691" t="s">
+        <v>5382</v>
+      </c>
+    </row>
+    <row r="2692" spans="1:2">
+      <c r="A2692" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B2692" t="s">
+        <v>5383</v>
+      </c>
+    </row>
+    <row r="2693" spans="1:2">
+      <c r="A2693" t="s">
+        <v>2695</v>
+      </c>
+      <c r="B2693" t="s">
+        <v>5384</v>
+      </c>
+    </row>
+    <row r="2694" spans="1:2">
+      <c r="A2694" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B2694" t="s">
+        <v>5385</v>
+      </c>
+    </row>
+    <row r="2695" spans="1:2">
+      <c r="A2695" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B2695" t="s">
+        <v>5386</v>
+      </c>
+    </row>
+    <row r="2696" spans="1:2">
+      <c r="A2696" t="s">
+        <v>2698</v>
+      </c>
+      <c r="B2696" t="s">
+        <v>5387</v>
+      </c>
+    </row>
+    <row r="2697" spans="1:2">
+      <c r="A2697" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B2697" t="s">
+        <v>5388</v>
+      </c>
+    </row>
+    <row r="2698" spans="1:2">
+      <c r="A2698" t="s">
+        <v>2700</v>
+      </c>
+      <c r="B2698" t="s">
+        <v>5389</v>
+      </c>
+    </row>
+    <row r="2699" spans="1:2">
+      <c r="A2699" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B2699" t="s">
+        <v>5390</v>
+      </c>
+    </row>
+    <row r="2700" spans="1:2">
+      <c r="A2700" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B2700" t="s">
+        <v>5391</v>
+      </c>
+    </row>
+    <row r="2701" spans="1:2">
+      <c r="A2701" t="s">
+        <v>2703</v>
+      </c>
+      <c r="B2701" t="s">
+        <v>5392</v>
+      </c>
+    </row>
+    <row r="2702" spans="1:2">
+      <c r="A2702" t="s">
+        <v>2704</v>
+      </c>
+      <c r="B2702" t="s">
+        <v>5393</v>
+      </c>
+    </row>
+    <row r="2703" spans="1:2">
+      <c r="A2703" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B2703" t="s">
+        <v>5394</v>
+      </c>
+    </row>
+    <row r="2704" spans="1:2">
+      <c r="A2704" t="s">
+        <v>2706</v>
+      </c>
+      <c r="B2704" t="s">
+        <v>5395</v>
+      </c>
+    </row>
+    <row r="2705" spans="1:2">
+      <c r="A2705" t="s">
+        <v>2707</v>
+      </c>
+      <c r="B2705" t="s">
+        <v>5396</v>
+      </c>
+    </row>
+    <row r="2706" spans="1:2">
+      <c r="A2706" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B2706" t="s">
+        <v>5397</v>
+      </c>
+    </row>
+    <row r="2707" spans="1:2">
+      <c r="A2707" t="s">
+        <v>2709</v>
+      </c>
+      <c r="B2707" t="s">
+        <v>5398</v>
+      </c>
+    </row>
+    <row r="2708" spans="1:2">
+      <c r="A2708" t="s">
+        <v>2710</v>
+      </c>
+      <c r="B2708" t="s">
+        <v>5399</v>
+      </c>
+    </row>
+    <row r="2709" spans="1:2">
+      <c r="A2709" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B2709" t="s">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="2710" spans="1:2">
+      <c r="A2710" t="s">
+        <v>2712</v>
+      </c>
+      <c r="B2710" t="s">
+        <v>5401</v>
+      </c>
+    </row>
+    <row r="2711" spans="1:2">
+      <c r="A2711" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B2711" t="s">
+        <v>5402</v>
+      </c>
+    </row>
+    <row r="2712" spans="1:2">
+      <c r="A2712" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B2712" t="s">
+        <v>5403</v>
+      </c>
+    </row>
+    <row r="2713" spans="1:2">
+      <c r="A2713" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B2713" t="s">
+        <v>5404</v>
+      </c>
+    </row>
+    <row r="2714" spans="1:2">
+      <c r="A2714" t="s">
+        <v>2716</v>
+      </c>
+      <c r="B2714" t="s">
+        <v>5405</v>
+      </c>
+    </row>
+    <row r="2715" spans="1:2">
+      <c r="A2715" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B2715" t="s">
+        <v>5406</v>
+      </c>
+    </row>
+    <row r="2716" spans="1:2">
+      <c r="A2716" t="s">
+        <v>2718</v>
+      </c>
+      <c r="B2716" t="s">
+        <v>5407</v>
+      </c>
+    </row>
+    <row r="2717" spans="1:2">
+      <c r="A2717" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B2717" t="s">
+        <v>5408</v>
+      </c>
+    </row>
+    <row r="2718" spans="1:2">
+      <c r="A2718" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B2718" t="s">
+        <v>5409</v>
+      </c>
+    </row>
+    <row r="2719" spans="1:2">
+      <c r="A2719" t="s">
+        <v>2721</v>
+      </c>
+      <c r="B2719" t="s">
+        <v>5410</v>
+      </c>
+    </row>
+    <row r="2720" spans="1:2">
+      <c r="A2720" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B2720" t="s">
+        <v>5411</v>
+      </c>
+    </row>
+    <row r="2721" spans="1:2">
+      <c r="A2721" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B2721" t="s">
+        <v>5412</v>
+      </c>
+    </row>
+    <row r="2722" spans="1:2">
+      <c r="A2722" t="s">
+        <v>2724</v>
+      </c>
+      <c r="B2722" t="s">
+        <v>5413</v>
+      </c>
+    </row>
+    <row r="2723" spans="1:2">
+      <c r="A2723" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B2723" t="s">
+        <v>5414</v>
+      </c>
+    </row>
+    <row r="2724" spans="1:2">
+      <c r="A2724" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B2724" t="s">
+        <v>5415</v>
+      </c>
+    </row>
+    <row r="2725" spans="1:2">
+      <c r="A2725" t="s">
+        <v>2727</v>
+      </c>
+      <c r="B2725" t="s">
+        <v>5416</v>
+      </c>
+    </row>
+    <row r="2726" spans="1:2">
+      <c r="A2726" t="s">
+        <v>2728</v>
+      </c>
+      <c r="B2726" t="s">
+        <v>5417</v>
+      </c>
+    </row>
+    <row r="2727" spans="1:2">
+      <c r="A2727" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B2727" t="s">
+        <v>5418</v>
+      </c>
+    </row>
+    <row r="2728" spans="1:2">
+      <c r="A2728" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B2728" t="s">
+        <v>5419</v>
+      </c>
+    </row>
+    <row r="2729" spans="1:2">
+      <c r="A2729" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B2729" t="s">
+        <v>5420</v>
+      </c>
+    </row>
+    <row r="2730" spans="1:2">
+      <c r="A2730" t="s">
+        <v>2732</v>
+      </c>
+      <c r="B2730" t="s">
+        <v>5421</v>
+      </c>
+    </row>
+    <row r="2731" spans="1:2">
+      <c r="A2731" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B2731" t="s">
+        <v>5422</v>
+      </c>
+    </row>
+    <row r="2732" spans="1:2">
+      <c r="A2732" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B2732" t="s">
+        <v>5423</v>
+      </c>
+    </row>
+    <row r="2733" spans="1:2">
+      <c r="A2733" t="s">
+        <v>2735</v>
+      </c>
+      <c r="B2733" t="s">
+        <v>5424</v>
+      </c>
+    </row>
+    <row r="2734" spans="1:2">
+      <c r="A2734" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B2734" t="s">
+        <v>5425</v>
+      </c>
+    </row>
+    <row r="2735" spans="1:2">
+      <c r="A2735" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B2735" t="s">
+        <v>5426</v>
+      </c>
+    </row>
+    <row r="2736" spans="1:2">
+      <c r="A2736" t="s">
+        <v>2738</v>
+      </c>
+      <c r="B2736" t="s">
+        <v>5427</v>
+      </c>
+    </row>
+    <row r="2737" spans="1:2">
+      <c r="A2737" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B2737" t="s">
+        <v>5428</v>
+      </c>
+    </row>
+    <row r="2738" spans="1:2">
+      <c r="A2738" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B2738" t="s">
+        <v>5429</v>
+      </c>
+    </row>
+    <row r="2739" spans="1:2">
+      <c r="A2739" t="s">
+        <v>2741</v>
+      </c>
+      <c r="B2739" t="s">
+        <v>5430</v>
+      </c>
+    </row>
+    <row r="2740" spans="1:2">
+      <c r="A2740" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B2740" t="s">
+        <v>5431</v>
+      </c>
+    </row>
+    <row r="2741" spans="1:2">
+      <c r="A2741" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B2741" t="s">
+        <v>5432</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>