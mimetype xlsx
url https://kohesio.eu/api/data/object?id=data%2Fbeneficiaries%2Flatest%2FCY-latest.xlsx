--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -24,15807 +24,15807 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5270" uniqueCount="5270">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2748742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752443</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2751909</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2752259</t>
-[...38 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2748719</t>
+    <t>https://linkedopendata.eu/entity/Q2751911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749361</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2749023</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2751889</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2748859</t>
+    <t>https://linkedopendata.eu/entity/Q2749048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750047</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2751747</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2751886</t>
-[...4478 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2751785</t>
+    <t>https://linkedopendata.eu/entity/Q2750048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749448</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2750014</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2748812</t>
-[...1805 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2750671</t>
+    <t>https://linkedopendata.eu/entity/Q2751227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752429</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2749564</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2750669</t>
-[...4508 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2752043</t>
+    <t>https://linkedopendata.eu/entity/Q2751206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2750476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2749867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751042</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2751201</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2752419</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2751200</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2749021</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2748948</t>
+    <t>https://linkedopendata.eu/entity/Q2748938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2748791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752415</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2751198</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2751435</t>
-[...388 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q2752414</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2752413</t>
-[...839 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2751042</t>
+    <t>https://linkedopendata.eu/entity/Q2752421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2751202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2752420</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2751205</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2752423</t>
-[...4 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q2751204</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2752422</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2752425</t>
-[...35 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2750739</t>
+    <t>ΠΑΓΩΤΑ ΠΑΠΑΦΙΛΙΠΠΟΥ &amp; ΠΑΤΙΣΕΡΙ ΠΑΝΑΓΙΩΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΚΑΝΑΡΗΣ ΗΛΕΚΤΡΟΛΟΓΙΚΕΣ ΕΓΚΑΤΑΣΤΑΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΕΥΤΕΡΗΣ ΖΑΧΑΡΟΥΛΛΑΣ</t>
+  </si>
+  <si>
+    <t>Νικόλας Νικολάου</t>
+  </si>
+  <si>
+    <t>ΙΔΙΩΤΙΚΟ ΦΡΟΝΤΙΣΤΗΡΙΟ  ΞΕΝΙΑ ΤΣΟΛΑΚΗ ΜΕΤΑΞΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΑΜΑΠΡΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΩΤΗΡΗΣ ΣΙΑΚΑΛΛΗΣ ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΛΤΔ</t>
   </si>
   <si>
     <t>ΤΣΑΚΚΑΛΙ ΕΜΠΟΡΙΚΗ ΕΤΑΙΡΕΙΑ  ΛΤΔ</t>
   </si>
   <si>
-    <t>ΛΕΥΤΕΡΗΣ ΖΑΧΑΡΟΥΛΛΑΣ</t>
-[...4 lines deleted...]
-  <si>
     <t>ΥΠΕΡΑΓΟΡΑ &amp; ΦΡΟΥΤΑΡΙΑ Σ.Τ.Κ. ΑΝΑΣΤΑΣΙΟΥ (ΤΙΡΚΑΣ) ΛΤΔ</t>
   </si>
   <si>
-    <t>ΙΔΙΩΤΙΚΟ ΦΡΟΝΤΙΣΤΗΡΙΟ  ΞΕΝΙΑ ΤΣΟΛΑΚΗ ΜΕΤΑΞΑ ΛΤΔ</t>
-[...2 lines deleted...]
-    <t>ΣΩΤΗΡΗΣ ΣΙΑΚΑΛΛΗΣ ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΛΤΔ</t>
+    <t>Διονυσία Γεωργίου</t>
+  </si>
+  <si>
+    <t>Κ. ΜΑΛΕΚΚΙΔΗΣ ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΜΠΟΡΙΑ ΖΩΟΤΡΟΦΩΝ Κ.Ε.Δ.Ο. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΗ ΚΥΠΡΙΔΗΜΟΥ</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ- ΦΡΟΥΤΑΡΙΑ Σ.Τ.Κ. ΑΝΑΣΤΑΣΙΟΥ (ΤΙΡΚΑΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΧΡΙΣΤΟΥ - ΤΟ ΠΡΩΙΝΟ ΞΥΠΝΗΤΗΡΙ</t>
+  </si>
+  <si>
+    <t>A &amp; A ΠΑΓΩΤΟΜΑΝΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΛΑΛΑΜΠΙΔΗΣ ΚΡΙΣΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΟΥΣΕΙΟ ΚΥΠΡΙΑΚΩΝ ΤΡΟΦΙΜΩΝ ΚΑΙ ΔΙΑΤΡΟΦΗΣ</t>
+  </si>
+  <si>
+    <t>ΙΩΑΝΝΗΣ Α. ΜΟΣΧΟΓΙΑΝΝΗΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΥΤΥΧΙΟΣ ΙΩΑΝΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Π.Ε.Σ. ΚΤΗΜΑ ΓΕΩΡΓΙΑΔΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΜΠΟΡΙΚΟ ΒΙΟΜΗΧΑΝΙΚΟ ΕΠΙΜΕΛΗΤΗΡΙΟ ΑΜΜΟΧΩΣΤΟΥ  ΕΒΕΑ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΛΑΣ ΠΑΠΑΔΟΠΟΥΛΟΣ</t>
+  </si>
+  <si>
+    <t>ΜΑΓΕΙΡΕΙΟ ΑΥΓΗ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΓΗ ΕΥΓΗΡΙΑΣ ΑΓΙΟΣ ΑΝΤΩΝΙΟΣ</t>
+  </si>
+  <si>
+    <t>Πολύμνια Χαραλάμπους</t>
+  </si>
+  <si>
+    <t>ΣΤΑΥΡΟΣ ΧΑΡΑΛΑΜΠΟΥΣ  - ΙΔΙΩΤΙΚΟ ΦΡΟΝΤΙΣΤΗΡΙΟ ΑΘΗΝΗ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΙΑ ΑΝΤΩΝΙΟΥ</t>
+  </si>
+  <si>
+    <t>Ε. ΤΖΙΩΝΗ ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΧΑΡΙΤΩΝ ΚΥΖΗΣ</t>
+  </si>
+  <si>
+    <t>Κ.Α.ΠΥΘΕΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑΚΗΣ ΚΥΡΙΑΚΙΔΗΣ Co. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ Α. ΚΩΝΣΤΑΝΤΙΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΘΟΥΣΑ ΣΤΑΥΡΙΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΗ ΤΡΙΣΟΚΚΑ ΘΕΟΔΩΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΥΡΟΓΕΥΣΤΙΚΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΟΚΟΠΗΣ Γ. ΓΑΒΡΙΗΛΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΥΧΝΟΣ ΛΙΜΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΙΕΡΑΜΕΣΟΓΕΙΑ ΜΕΛΕΤΗΤΙΚΗ</t>
+  </si>
+  <si>
+    <t>ΙΩΑΝΝΗΣ ΠΑΠΑΚΩΣΤΑΝΤΙΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΨΗΣΤΑΡΙΑ - ΕΣΤΙΑΤΟΡΙΟ ΟΤΙ ΤΡΑΒΑ Η ΟΡΕΞΗ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΧΡ. ΚΟΥΤΣΙΟΦΗΣ  &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΨΗΣΤΑΡΙΑ ΤΤΟΦΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΚΑΡΑΝΤΩΝΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΕΛΠΩ ΜΩΥΣΕΩΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΑ ΓΕΡΟΛΕΜΟΥ ΚΩΝΣΤΑΝΤΙΝΟΥ</t>
+  </si>
+  <si>
+    <t>Α.Ξ. ΑΡΤΟΛΙΧΟΥΔΙΕΣ ΤΟΥ  ΑΛΕΘΡΙΚΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΠΙΤΡΗΣ</t>
+  </si>
+  <si>
+    <t>ΕΡΩΤΟΚΡΙΤΟΥ ΚΩΝΣΤΑΝΤΙΝΟΣ ΕΚΚΛΗΣΙΑΣΤΙΚΑ ΞΥΛΟΓΛΥΠΤΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΜΠΟΣ &amp; ΣΥΛΒΙΑ ΘΕΟΔΩΡΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ ΣΑΡΡΗΣ</t>
+  </si>
+  <si>
+    <t>Διον. Τουμαζής &amp; Συνεργάτες</t>
+  </si>
+  <si>
+    <t>ΠΑΡΑΣΚΕΥΗ ΛΑΜΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΟΛΥΔΥΝΑΜΟ ΓΡΑΦΕΙΟ ΝΕΟΤΗΤΟΣ ΙΕΡΑΣ ΜΗΤΡΟΠΟΛΗΣ ΛΕΜΕΣΟΥ</t>
+  </si>
+  <si>
+    <t>ΝΕΑ ΣΤΕΡΕOΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΣΤΥΛΙΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΦΟΙΒΟΣ ΙΩΣΗΦ &amp; ΥΙΟΙ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΛΑΣ ΟΝΗΣΙΦΟΡΟΥ</t>
+  </si>
+  <si>
+    <t>PROMOTEWAY ΖΑΧΑΡΙΑΣ ΚΤΩΡΗΣ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΛ ΣΑΚΚΑ</t>
+  </si>
+  <si>
+    <t>Μ.Π. ΓΑΒΡΙΗΛ ΠΕΤΡΕΛΑΙΟΕΙΔΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΑΤΤΟΥ ΧΡΙΣΤΟΔΟΥΛΟΣ ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΘΕΜΙΣΤΟΚΛΕΟΥΣ NTH SERVICE LTD</t>
+  </si>
+  <si>
+    <t>ΠΑΝΙΚΟΣ Γ. ΚΑΡΑΓΙΑΝΝΗΣ ΣΥΓΚΟΛΛΗΣΕΙΣ</t>
+  </si>
+  <si>
+    <t>Μ. ΦΙΛΙΠΠΟΥ ΤΟ ΕΙΚΑΣΤΙΚΟΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΕΝΤΟΤΑΠ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΕΥΣΤΑΘΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΑΚΗΣ ΧΡΙΣΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΠΟΥΤΖΙΟΥΡΗΣ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΜΑΡΤΣΟΥΚΟΣ ΚΑΙ ΔΗΜΗΤΡΙΟΥ ΦΡΟΥΤΟΕΜΠΟΡΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΑΤΕΡΙΝΑ ΣΩΦΡΟΝΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΔΡ. ΣΤΑΛΩ ΟΙΚΟΝΟΜΟΥ</t>
+  </si>
+  <si>
+    <t>ΔΡ. ΑΝΔΡΟΥΛΑ ΚΛΕΟΒΟΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΙΚΗΣ ΦΙΛΙΠΠΟΥ (ΠΑΤΩΜΑΤΑ-ΕΙΔΗ ΥΓΙΕΙΝΗΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΥΛΙΑΝΟΣ ΟΡΦΑΝΙΔΗΣ  ΣΥΛΒΙΑ ΒΑΣΙΛΕΙΟΥ Ι.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΣΩΤΗΡΙΟΥ ΦΟΥΣΚΟΥΛΗ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΨΑΡΑΓΟΡΑ ΘΡΑΣΟΣ Ο ΨΑΡΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΟ Κ. ΑΡΙΣΤΟΔΗΜΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Σ.Μ. ΑΝΑΡΡΩΤΗΡΙΟ ΠΑΝΑΓΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΠΙΤΤΑΣ ΜΩΣΑΙΚΑ ΜΑΡΜΑΡΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ &amp; Ν ΤΥΛΛΗΡΟΣ ΠΕΡΙΠΤΕΡΟ - MINIMARKET LTD</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΑΥΓΟΥΣΤΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΛΙΟΣ ΣΤΥΛΙΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΣ ΑΝΑΣΤΑΣΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΗ ΠΙΕΡΙΔΟΥ ΙΩΑΝΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΗΤΑΣ ΧΑΡΑΛΑΜΠΟΥΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ ΓΙΑΣΟΥΜΗ ΚΕΝΤΡΟ ΑΝΑΨΥΧΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ Ζ. ΓΕΩΡΓΙΟΥ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΕΥΑΓΓΕΛΟΣ ΑΡΙΣΤΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΜΙΛΤΙΑΔΟΥ &amp; ΥΙΟΙ ΛΤΔ (ΚΑΤΑΣΚΕΥΕΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΧΑΤΖΗΙΩΑΝΝΟΥ</t>
+  </si>
+  <si>
+    <t>Σ. Λ.  ΚΥΡΙΑΚΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΡΤΟΠΟΙΕΙΑ ΠΑΠΑΣΟΦΟΚΛΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Μ. ΧΑΛΛΟΥΜΑΣ ΣΥΜΒΟΥΛΟΙ ΚΑΤΑΣΚΕΥΩΝ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΔΡ. ΡΕΝΟΣ ΑΡΓΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΑΤΑΣΤΗΜΑΤΑ ΑΝΔΡΕΑ &amp; ΑΥΓΟΥΣΤΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΣΚΑΡΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΙΟΝΥΣΙΟΣ ΚΑΖΑΜΙΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑΚΗΣ ΑΝΤΡΕΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΥΜΒΟΥΛΙΟ ΚΟΙΝΟΤΙΚΗΣ ΕΥΗΜΕΡΙΑΣ ΠΕΛΕΝΤΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΡΤΟΠΟΙΕΙΑ ΖΑΧΑΡΟΠΛΑΣΤΕΙΑ ΧΡΥΣΟΒΑΛΑΝΤΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ ΣΠΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΓΑΘΟΚΛΗΣ ΘΡΑΣΥΒΟΥΛΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>MINISTRY OF TOURISM</t>
+  </si>
+  <si>
+    <t>"ΣΤΕΓΗ ΗΛΙΚΙΩΜΕΝΩΝ ""ΘΑΛΠΩΡΗ"" ΛΙΜΙΤΕΔ"</t>
+  </si>
+  <si>
+    <t>ΞΥΛΟΥΡΓΙΚΑΙ ΕΠΙΧΕΙΡΗΣΕΙΣ ΟΝΟΥΦΡΙΟΣ ΧΡΙΣΤΟΦΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΠΟΥΛΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΦΕΛΜΙΧ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΜΥΡΙΛΛΗΣ ΑΓΡΟΜΗΧΑΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΤΟΦΑΛΛΑΣ ΞΥΛΟΥΡΓΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ.ΒΑΡΔΑΚΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΛΩΡΟΣ ΠΑΝΤΕΛΗ &amp; ΣΥΝΕΡΓΑΤΕΣ ΜΗΧΑΝΙΚΟΙ</t>
+  </si>
+  <si>
+    <t>ΣΤΑΥΡΟΥΛΑ ΣΤΑΥΡΗ ΛΑΚΚΟΤΡΥΠΗ</t>
+  </si>
+  <si>
+    <t>ΕΝΤΕΛΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΔΟΥΛΟΣ ΠΑΣΧΑΛΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΙΑΣ ΠΑΡΑΓΩΓΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΖΑΧΑΡΟΠΛΑΣΤΕΙΟΝ ΛΙΔΙΑΝΑ</t>
+  </si>
+  <si>
+    <t>Municipality of Paphos</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΣΤΥΛΙΑΝΟΥ &amp; YIOI ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΕΡΑ ΜΗΤΡΟΠΟΛΙΣ ΚΥΡΗΝΕΙΑΣ</t>
+  </si>
+  <si>
+    <t>ΙΔΑΝΙΚΗ ΚΤΗΜΑΤΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΤΣΙΑΛΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΗΡΑΚΛΗΣ Ν. ΚΥΡΙΑΚΙΔΗΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΝΕΟΚΛΕΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α &amp; Α ΠΑΓΩΤΟΜΑΝΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΑΚΗΣ ΣΟΦΟΚΛΕΟΥΣ ΑΡΧΙΤΕΚΤΟΝΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΤΣΑΛΟΣ &amp; ΞΙΟΥΡΟΥΠΠΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΟΛΥΔΩΡΟΣ ΙΩΑΝΝΙΔΗ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΧΑΤΖΗΙΩΑΝΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ ΠΕΤΡΟΥ ΕΠΙΠΛΩΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΓΚΤΙΚΟ ΓΡΑΦΕΙΟ Γ. ΙΑΚΩΒΟΥ &amp; ΣΙΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΟΣ ΕΓΓΛΕΖΟΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Ministry of Energy, Commerce, Industry and Tourism</t>
+  </si>
+  <si>
+    <t>ΠΕΡΙΠΤΕΡΟ       Δ &amp; Τ ΑΓΙΟΙ ΑΝΑΡΓΥΡΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΝΗΠΙΑΓΩΓΕΙΟ ΤΟ ΧΡΥΣΟ ΚΛΕΙΔΙ   ΜΙΚΕΛΑ ΑΔΑΜΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΡΤΟΠΟΙΕΙΟ ΖΑΧΑΡΟΠΛΑΣΤΕΙΟ ΧΡΥΣΟΒΑΛΑΝΤΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Νεόφυτος Μαυρίδης</t>
+  </si>
+  <si>
+    <t>Γ. ΙΑΚΩΒΟΥ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΚΟΥΛΕΡΜΟΣ</t>
+  </si>
+  <si>
+    <t>Α.Μ. ΑΝΔΡΟΝΙΚΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΕΤΡΟΣ ΚΙΟΥΤΕΝΙΑΝ</t>
+  </si>
+  <si>
+    <t>ΠΑΡΗΣ ΠΙΣΙΑΡΑΣ</t>
+  </si>
+  <si>
+    <t>Α.Ι. ΜΟΤΟΚΙΝΙΣΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΑΣΩ ΙΔΙΩΤΙΚΟ ΝΟΣΟΚΟΜΕΙΟ ΖΩΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΟ ΣΤΕΚΙ ΤΩΝ ΚΑΛΟΦΑΓΑΔΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΟΥΝΟΥΠΗΣ ΞΥΛΟΚΑΤΑΣΚΕΥΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΧΑΤΖΗΧΡΙΣΤΟΦΗ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΙΝΑ ΜΑΥΡΟΝΙΚΟΛΑ - CM MANNEQUIN BOUTIQUE</t>
+  </si>
+  <si>
+    <t>ΜΙ. ΠΑ. ΜΕΤΑΦΟΡΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΡΟΝΤΙΣΤΗΡΙΑ ΘΕΟΔΟΥΛΑ ΚΟΣΜΑ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΣΑΒΒΑ ΝΙΚΟΛΑΙΔΗΣ &amp; ΣΙΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΙΔΙΩΤΙΚΟ ΦΡΟΝΤΙΣΤΗΡΙΟ Β &amp; Ι ΒΕΛΙΣΣΑΡΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΤΑΝΑΣ ΚΟΙΤΣΕΦ</t>
+  </si>
+  <si>
+    <t>ΠΕΡΓΑΜΟΣ ΠΑΝΤΕΛΗΣ ΚΑΤΕΛΑΡΗΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Νικόλας Κολιανδρής</t>
+  </si>
+  <si>
+    <t>ΣΝΑΠ ΤΙΜΕΣ ΑΠΟΘΗΚΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Μ.Φ. (ΟΡΟΣ ΜΑΧΑΙΡΑ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Nicosia Munisipality</t>
+  </si>
+  <si>
+    <t>Α.ΗΡΑΚΛΕΟΥΣ ΗΛΕΚΤΡΙΚΕΣ ΕΓΚΑΤΑΣΤΑΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΑΣΤΙΤΗΣ ΜΑΡΜΑΡΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΣΤΑΥΡΟΣ ΔΗΜΟΣΘΕΝΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΡΕΝΟΣ ΚΑΡΑΓΙΑΝΝΗΣ</t>
+  </si>
+  <si>
+    <t>ΣΠΥΡΟΣ ΠΕΤΡΑΚΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΟΙΚΟΝΟΜΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΠΛΑΤΩΝΑΣ ΣΤΥΛΙΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΕΔΙΦΑΠ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Η &amp; Μ ΣΥΓΧΡΟΝΗ ΟΙΚΙΑ ΚΑΤΑΣΚΕΥΕΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΠΟΥΤΖΙΟΥΡΗΣ &amp; ΣΥΝΕΡΓΑΤΕΣ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>ΠΑΦΩΝΗ ΛΤΔ Η ΦΩΝΗ ΤΗΣ ΠΑΦΟΥ</t>
+  </si>
+  <si>
+    <t>DEPUTY MINISTRY OF SHIPPING</t>
+  </si>
+  <si>
+    <t>ΒΑΣΙΛΗΣ ΠΑΡΑΣΚΕΥΑ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΜΟΡΦΑΚΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΕΛΑΘΡΟ ΕΥΓΗΡΙΑΣ ΛΕΥΚΩΣΙΑ</t>
+  </si>
+  <si>
+    <t>ΣΟΦΗ ΠΑΤΣΑΛΟΣΑΒΒΗ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΝΙΚΟΛΑΟΥ</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ ΕΥΗΜΕΡΙΑΣ ΑΤΟΜΩΝ ΜΕ ΝΟΗΤΙΚΗ ΑΝΑΠΗΡΙΑ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΕΛΕΥΘΕΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>Π.Ε.Χ.Α. ΣΙΔΗΡΟΤΕΧΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α. &amp; Μ. ΚΥΠΡΙΑΝΟΥ &amp; ΣΥΝΕΡΓΑΤΕΣ ΑΡΧΙΤΕΚΤΟΝΕΣ ΜΗΧΑΝΙΚΟΙ Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ ΓΙΑ ΑΤΟΜΑ ΜΕ ΑΥΤΙΣΜΟ Η ΑΥΤΙΣΤΙΚΑ ΧΑΡΑΚΤΗΡΙΣΤΙΚΑ</t>
+  </si>
+  <si>
+    <t>ΕΠΙΠΛΩΣΕΙΣ Μ. ΜΑΝΩΛΗ &amp;ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΗΛΙΑΚΟΙ ΘΕΡΜΟΣΙΦΩΝΕΣ ΑΣΠΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΡΙΣΤΙΑΝΑ ΙΩΑΝΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΥΠΗΡΕΣΙΕΣ ΕΣΤΙΑΤΟΡΙΩΝ  ΕΛ.Α ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΧΡΙΣΤΟΥ</t>
+  </si>
+  <si>
+    <t>ADONIS MEZE OUZO ΝΙΚΟΣ ΑΔΩΝΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΨΗΤΟΠΩΛΕΙΟ ΝΟΣΤΙΜΕΣ ΓΕΥΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Παναγιώτης Αχιλλέως</t>
   </si>
   <si>
     <t>Σ. &amp; Κ. ΑΡΤΟΠΟΙΕΙΑ (ΓΕΡΙ) ΛΤΔ</t>
   </si>
   <si>
-    <t>ΑΝΤΡΗ ΚΥΠΡΙΔΗΜΟΥ</t>
+    <t>ΧΡΙΣΤΑΚΗΣ ΑΓΑΘΑΓΓΕΛΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΑΥΡΟΣ ΝΙΚΟΛΑΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>"ΣΥΝΔΕΣΜΟΣ ΑΣΘΕΝΩΝ ΗΠΑΤΟΣ &amp; ΦΙΛΩΝ ΚΥΠΡΟΥ (Σ.Α.Η.Φ.Κ.) ""ΠΡΟΜΗΘΕΑΣ"""</t>
+  </si>
+  <si>
+    <t>ΑΡΓΥΡΗΣ ΣΩΦΡΟΝΙΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΜΗΣ ΑΝΤΩΝΙΑΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΣΦΑΛΙΣΤΙΚΑ ΓΡΑΦΕΙΑ ΓΙΩΡΓΟΣ ΜΟΥΖΟΥΡΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΓΓΕΛΑ ΜΙΧΑΗΛΙΔΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΡΤΟΖΥΜ ΓΕΝΙΚΕΣ ΑΡΤΟΒΙΟΜΗΧΑΝΙΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΠΑΤΣΙΑΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΗΡΑΚΛΕΟΥΣ ΗΛΕΚΤΡΙΚΕΣ ΕΓΚΑΤΑΣΤΑΣΕΙΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Α. ΡΙΑΛΑΣ ΟΙΚΟΔΟΜΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΥΡΙΕΛ ΚΑΙ ΝΙΚΗ ΙΩΑΝΝΟΥ ΛΤΔ (VITA SPA)</t>
+  </si>
+  <si>
+    <t>ΜΟΡΦΟΜΗΧΑΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΙΑΝΑ ΠΑΤΣΑΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΗΡΟΔΟΤΟΥ - CLEVER CLEAN</t>
+  </si>
+  <si>
+    <t>Γ. ΦΩΤΙΟΥ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΙΟΜΗΧΑΝΙΑ ΨΥΓΕΙΩΝ ΑΣΠΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΜΠΟΡΗΣ ΕΡΓΟΛΗΠΤΙΚΗ</t>
+  </si>
+  <si>
+    <t>ΑΚΙΝΗΤΑ ΚΟΥΦΕΤΤΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΠΑΝΑΓΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>"Α &amp; Α ΕΤΑΙΡΕΙΑ ΑΓΡΟΤΙΚΗΣ ΑΝΑΠΤΥΞΗΣ ΤΟ ""ΑΡΣΟΣ"" ΛΙΜΙΤΕΔ"</t>
+  </si>
+  <si>
+    <t>Ο ΔΙΚΟΣ ΜΑΣ ΜΕΖΕΣ ΕΣΤΙΑΤΟΡΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΙΔΙΚΕΣ ΑΛΧΗΜΙΕΣ ΒΡΕΦΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ ΚΛΕΟΠΑ - KLEOPAS POMEGRANATES</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΑ ΔΗΜΗΤΡΙΑΔΟΥ CAL CREATIVE COMMUNICATION</t>
+  </si>
+  <si>
+    <t>ΜΟΥΣΕΙΟΝ ΜΟΝΗΣ ΚΥΚΚΟΥ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΛΛΑ ΠΑΠΑΔΟΠΟΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΗΛΙΩΤΗΣ &amp; ΣΠΥΡΟΥ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΚΑΙΜΑΚΛΙΩΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΛΥΤΡΑΣ &amp;ΧΡΙΣΤΟΦΙΔΗΣ (ΕΜΠΟΡΟΙ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΛΕΩΝΙΔΑ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΒΑΣΙΛΕΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΓΗ ΕΥΓΗΡΙΑΣ ΑΓΡΟΥ Η ΕΛΕΟΥΣΑ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΚΑΚΟΥΛΛΗΣ Π. ΚΥΡΙΑΚΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΧΡΥΣΑΝΘΟΥ</t>
+  </si>
+  <si>
+    <t>ΛΟΥΚΑΣ ΛΟΥΚΑ</t>
+  </si>
+  <si>
+    <t>ΙΔΙΩΤΙΚΟ ΦΡΟΝΤΙΣΤΗΡΙΟΝ ΞΕΝΙΑ-ΤΣΟΛΑΚΗ ΜΕΤΑΞΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΔΡ ΜΑΡΙΑ ΖΙΜΙΝΑ</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΟ ΣΤΕΛΙΟΣ ΣΤΥΛΙΑΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΑ ΝΙΚΟΣ ΑΣΠΡΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΩΑΝΝΙΔΗΣ ΔΗΜΗΤΡΙΟΥ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>Φ &amp; Α ΛΟΙΖΙΔΗ ΑΡΧΙΤΕΚΤΟΝΕΣ Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΗΡΑΚΛΕΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΧΡΙΣΤΟΦΟΡΟΥ</t>
+  </si>
+  <si>
+    <t>UNIVERSITY OF CYPRUS - FOSS Research Centre for Sustainable Energy, PV Technology Lab</t>
+  </si>
+  <si>
+    <t>ΦΥΡΑΜΑΤΟΠΟΙΕΙΟΝ ΧΡΥΣΑΦΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΑΦΕΚΟΠΤΕΙΟΝ ΑΜΑΛΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΟΤΥΠΟ ΚΕΝΤΡΟ ΕΥΓΗΡΙΑΣ-ΑΝΑΡΡΩΤΗΡΙΟΣ ΑΓΙΟΣ ΙΩΑΝΝΗΣ Ο ΛΑΜΠΑΔΙΣΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΕΑΣ ΚΑΛΑΒΑΖΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α/ΦΟΙ Α &amp; Π ΜΟΥΖΟΥΡΗ (ΕΡΓΟΛΗΠΤΙΚΗ)ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΗ ΝΙΚΟΛΑΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΗΣ ΜΙΧΑΗΛ</t>
+  </si>
+  <si>
+    <t>ΑΓΑΠΙΟΣ ΧΑΤΖΗΡΑΦΤΗΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΑΒΕΡΝΑ ΤΟ ΦΙΛΟΤΙΜΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΟΠΤΙΚΟΡΑΜΑ</t>
+  </si>
+  <si>
+    <t>ΧΑΤΖΗΛΥΚΟΣ &amp; ΥΙΟΙ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΗ ΘΕΟΔΟΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ ΣΙΑΧΟΥΡΟΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΔΗΜΗΤΡΙΟΣ ΚΩΝΣΤΑΝΤΙΝΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ Α. ΤΣΙΑΠΑΛΗΣ</t>
+  </si>
+  <si>
+    <t>ΛΑΙΟΝΙΚΟΣ ΒΡΕΦΟΝΗΠΙΑΚΟΣ &amp; ΝΗΠΙΑΓΩΓΕΙΟ ΒΙΟΜΗΧΑΝΙΚΗΣ ΠΕΡΙΟΧΗΣ ΣΤΡΟΒΟΛΟΥ</t>
+  </si>
+  <si>
+    <t>Ι.Η. ΠΑΠΑΚΥΡΙΑΚΟΥ &amp; ΣΥΝΕΡΓΑΤΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ ΖΑΧΑΡΙΑ</t>
+  </si>
+  <si>
+    <t>Ministry of Agriculture, Rural Development and Environment - Department of Environment</t>
+  </si>
+  <si>
+    <t>ΓΙΑΓΚΟΣ ΑΡΓΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>Γ. ΚΑΛΛΗΣ (ΒΙΟΜΗΧΑΝΟΙ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΔΗΜΗΤΡΙΟΥ (ΔΕΡΜΑΤΙΝΑ ΕΙΔΗ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΧΑΜΠΗ</t>
+  </si>
+  <si>
+    <t>ΣΥΝΕΡΓΑΤΙΚΟ ΠΑΝΤΟΠΩΛΕΙΟ ΠΑΛΑΙΧΩΡΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΘΕΟΦΑΝΟΥΣ ΛΟΥΣΤΡΟΤΕΧΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑ ΦΩΤΗ ΕΔΑΦΟΜΗΧΑΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΡΑΔΟΣΙΑΚΑ ΠΡΟΙΟΝΤΑ Α.Φ.Χ. (ΚΑΤΣΟΥΡΑΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡ. Β. ΑΣΤΡΑΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΠΑΝΑΓΗ - ΠΑΝΤΕΛΙΤΣΑ ΚΟΗ (ΠΕΡΙΠΤΕΡΟ STOP &amp; GO)</t>
+  </si>
+  <si>
+    <t>AC THERM ΧΡΙΣΤΟΣ ΠΕΤΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΙΚΑΕΛΛΑ ΓΙΑΛΛΟΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΡΓΥΡΟΣ ΣΟΛΩΜΟΥ ΑΡΧΙΤΕΚΤΟΝΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ.Μ. ΚΑΡΑΓΙΩΡΓΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΑΚΤΟΡΕΙΟ ΟΠΑΠ (ΚΥΠΡΟΥ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Cyprus Fire Service</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΙΝΑ ΜΑΡΙΑ ΧΡΥΣΟΜΗΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΝΟΣ Δ. ΚΟΥΠΠΑΡΗΣ ΕΜΦΙΑΛΩΤΗΡΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΨΗΤΟΠΩΛΕΙΟ ΛΕΥΤΕΡΗΣ ΧΑΤΖΗΙΩΑΝΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΧΙΛΛΕΑΣ ΓΙΑΓΚΟΥ ΚΑΙ ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΕΡΙΠΤΕΡΟ ΜΑΡΙΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΚΑΡΑΠΙΠΕΡΗ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΛΟΥΡΕΝΤΖΟΥ &amp; ΚΥΡΙΑΚΟΥ ΚΑΤΑΣΚΕΥΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΙΚΟΣ ΕΥΣΤΑΘΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΙΔΟΥ ΚΑΙ ΧΡΙΣΤΟΠΟΥΛΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Δρ. ΑΝΔΡΕΑΣ ΦΕΛΛΑΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΙΑΚΩΒΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΠΟΛΥΔΩΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΥΑΓΟΡΑΣ ΚΡΑΜΒΗΣ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΚΟΥΡΣΑΡΟΣ &amp; ΜΑΡΑΘΕΥΤΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΧΑΤΖΗΠΑΥΛΗΣ</t>
+  </si>
+  <si>
+    <t>Μ. ΒΡΑΧΙΜΗΣ &amp; ΥΙΟΣ (ΓΚΑΡΑΖ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΛΛΑΝΤΙΚΑ ΠΛΑΤΑΝΙΚ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΕΞΗ ΠΡΟΤΑΣΗ ΔΗΜΙΟΥΡΓΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΑΙΚΗ ΥΠΕΡΑΓΟΡΑ ΤΡΕΜΕΤΟΥΣΙΩΤΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΝΗΠΙΑΓΩΓΕΙΟ ΜΑΡΓΑΡΙΤΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΕΦΑΛ ΔΗΜΟΣΙΑ ΕΤΑΙΡΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΑΚΤΟΡΕΙΟ ΟΠΑΠ ΠΑΝΙΚΟΣ ΧΑΤΖΗΠΑΝAΓΗΣ</t>
+  </si>
+  <si>
+    <t>ΙΑΣΩΝ ΔΙΑΚΟΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΞΙΜΑΔΙΑ ''ΕΛΕΝΑ'' ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΑΝΔΡΕΟΥ ΑΣΦΑΛΙΣΤΙΚΟΣ ΑΝΤΙΠΡΟΣΩΠΟΣ TRUST</t>
+  </si>
+  <si>
+    <t>ΣΙΦΟΥΝΑΣ &amp; ΜΕΣΑΡΙΤΗΣ ΑΡΤΟΠΟΙΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΩΑΝΝΗΣ ΚΥΡΙΑΚΟΠΟΥΛΟΣ &amp; ΥΙΟΙ ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ ΜΑΓΚΛΗΣ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΜΙΧΑΗΛ &amp; ΣΥΝΕΡΓΑΤΕΣ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΙΝΑ ΔΗΜΗΤΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΚΤΕΑ ΤΟΥΡΙΣΤΙΚΕΣ ΕΠΙΧΕΙΡΗΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΕΣΠΩ ΙΑΚΩΒΟΥ</t>
+  </si>
+  <si>
+    <t>Γ.Μ. ΟΙΚΟ-ΔΟΜΕΙΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Π.Γ. ΒΑΝΙΛΙΑ-ΚΑΡΑΜΕΛΑ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΛΟΙΖΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΑΘΕΥΤΗΣ ΓΙΑΝΝΟΥΡΗΣ ΑΡΧΙΤΕΚΤΟΝΕΣ ΜΗΧΑΝΙΚΟΙ</t>
+  </si>
+  <si>
+    <t>Α &amp; A ΑΠΟΣΤΟΛΙΔΗΣ (ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΠΥΡΟΣ ΓΕΩΡΓΙΟΥ ΑΛΟΥΜΙΝΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΡΤΟΠΟΙΕΙΑ Α.Ε. ΠΑΠΑΔΟΠΟΥΛΛΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΠΕΤΡΟΥΗ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>Σταυρούλα Τσιόρβα</t>
+  </si>
+  <si>
+    <t>ΖΗΝΩΝ ΕΛΕΥΘΕΡΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ Η. ΧΡΙΣΤΟΦΟΡΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΙΟΜΗΧΑΝΙΑ ΨΥΚΤΙΚΩΝ ΠΗΓΑΣΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γιάννης Στέκας</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ ΓΟΝΕΩΝ ΚΑΙ ΦΙΛΩΝ ΠΑΙΔΙΩΝ ΜΕ ΕΙΔΙΚΕΣ ΑΝΑΓΚΕΣ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΗΣ ΚΟΥΠΑΤΟΣ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΑΝΔΡΕΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΚΑΛΛΗΣ ΛΥΣΙΩΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΔΙΩΤΙΚΟΣ ΠΡΟΤΥΠΟΣ ΠΑΙΔΙΚΟΣ ΣΤΑΘΜΟΣ &amp; ΝΗΠΙΑΓΩΓΕΙΟ ΑΝΔΡΕΑΔΕΙΟΣ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΝΑ ΠΑΠΑΔΟΥΡΗ</t>
+  </si>
+  <si>
+    <t>ΚΤΗΜΑ ΧΡΙΣΤΟΥΔΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΟΣ ΣΚΑΡΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΦΟΙΤΙΔΗΣ (ΑΡΤΟΠΟΙΕΙΑ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΚΑΡΑΖ ΓΕΩΡΓΙΟΣ ΙΑΚΩΒΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΙΚΑΕΛΛΑ ΓΙΑΛΛΟΥΡΟΥ          ΤΟ ΕΞΥΠΝΟ ΜΠΑΛΟΝΙ</t>
+  </si>
+  <si>
+    <t>ΑΚΗΣ ΜΟΥΣΙΚΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α.Μ. ΚΟΥΜΟΥΛΛΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΙΑΚΩΒΟΣ ΙΑΚΩΒΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΑΠΑΚΥ ΠΕΡΙΠΤΕΡΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΙΜΑΣΤΕ ΕΔΏ ΚΑΝΑΛΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Π. ΝΙΚΟΛΑΙΔΗΣ &amp; ΣΥΝΕΡΓΑΤΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΣ Π.Π. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΠΑΠΑΜΙΧΑΗΛ ΓΕΩΡΓΙΚΕΣ ΕΠΙΧ. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ.ΚΛΕΙΤΟΥ &amp; Κ.ΚΩΝΣΤΑΝΤΙΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΙΔΟΚΟΜΙΚΟΣ ΒΡΕΦΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ Ο ΕΛΕΦΑΝΤΟΥΛΗΣ</t>
+  </si>
+  <si>
+    <t>ΦΘΑΡΤΕΜΠΟΡΙΚΗ ΚΑΤΣΑΡΗΣ Ι ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΖΟΡΛΗ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΑΘΑΝΑΣΙΑΔΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΠΙΧΕΙΡΗΣΕΙΣ ΔΑΛΙΚΟ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΣ ΚΟΝΙΩΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΠΑΠΕΤΤΑΣ ΗΛΕΚΤΡΙΚΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ιδιωτικό Φροντιστήριο Καλών Τεχνών Sketchpoint Ltd</t>
+  </si>
+  <si>
+    <t>ΠΑΣΧΑΛΙΤΣΑ ΕΛΛΗΝΟ ΑΓΓΛΙΚΟ ΝΗΠΙΑΓΩΓΕΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΚΟΥΜΑΣ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΟΥΛΑ ΠΑΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>Α.Λ.Μ. ΓΕΝΙΚΕΣ ΜΕΤΑΦΟΡΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ Χ''ΑΝΤΩΝΗΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΙΑ ΧΡΙΣΤΟΦΗ - ΙΝΣΤΙΤΟΥΤΟ ΑΙΣΘΗΤΙΚΗΣ ΑΝΤΩΝΙΑ ΧΡΙΣΤΟΦΗ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΟΣ ΔΗΜΗΤΡΙΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΜΑΤΘΑΙΟΥ (ΟΙΚΟΔΟΜΙΚΗ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΑΝΟΣ &amp; ΠΑΜΠΟΣ ΓΚΑΡΑΖ ΑΥΤΟΚΙΝΗΤΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ. ΣΕΡΓΙΔΗΣ &amp; ΣΙΑ ΜΕΤΑΦΟΡΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΟΘΩΝΟΣ</t>
+  </si>
+  <si>
+    <t>Α. ΠΑΠΑΔΟΠΟΥΛΟΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΗΛ &amp; ΑΛΚΙΒΙΑΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ ΑΣΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΚΑΡΟΥΣΙΟΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΗΣ ΚΥΡΙΑΚΙΔΗΣ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΗΣ ΑΝΤΩΝΙΟΥ</t>
+  </si>
+  <si>
+    <t>Π. ΚΟΦΤΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Σ.Ε.Δ.Ι.Γ.Ε.Π. ΛΥΣΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΣ ΚΟΥΠΠΑΡΗΣ</t>
+  </si>
+  <si>
+    <t>Ν.ΓΑΒΡΙΗΛ &amp; ΥΙΟΙ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΣΤΑΜΑΤΙΟΥ ΑΡΧΙΤΕΚΤΟΝΕΣ</t>
+  </si>
+  <si>
+    <t>ΗΛΕΚΤΡΙΚΑ ΕΙΔΗ ΕΥΡΙΠΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΥΣΟΣ ΠΙΚΗ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Θεοφάνης Νικολάου</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ ΑΘΑΝΑΣΙΑΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΑ ΛΟΛΙΤΑΚΙΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΒΙΟΛΑΡΗΣ</t>
+  </si>
+  <si>
+    <t>ΙΕΡΑ ΜΗΤΡΟΠΟΛΗ ΛΕΜΕΣΟΥ</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ ΠΟΤΑΜΟΣ</t>
+  </si>
+  <si>
+    <t>ΦΙΛΙΠΠΟΥ ΓΕΩΡΓΙΟΣ - G. P. SECURITY &amp; CONTROLS</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ ΒΙΚΤΩΡΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΡΕΦΙΚΟΣ &amp; ΠΑΙΔΙΚΟΣ ΣΤΑΘΜΟΣ ΦΟΙΒΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΗΣ ΠΟΛΥΧΡΟΝΗΣ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΟΣ ΑΡΙΣΤΟΔΗΜΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΣΤΙΑΤΟΡΙΟ ΑΝΤΙΠΕΙΝΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΣΙΜΕΝΤΟΠΟΙΙΑ ΒΑΣΙΛΙΚΟΥ ΔΗΜΟΣΙΑ ΕΤΑΙΡΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ Κ. ΧΑΤΖΗΙΩΑΝΝΟΥ &amp; ΣΙΑ</t>
+  </si>
+  <si>
+    <t>Χ. ΧΑΡΑΛΑΜΠΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΦΑΝΟΣ ΠΑΥΛΙΔΗΣ - STEFANOS PAVLIDES LABORATORY</t>
+  </si>
+  <si>
+    <t>Αντζέλικα Τοπουζίδου</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ ΦΡΟΥΤΑΡΙΑ ΛΑΜΑΚΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΟ ΦΘΗΝΟ ΚΑΛΑΘΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΥΔΡΟΓΕΙΟΣ ΑΣΦΑΛΙΣΤΙΚΗ ΕΤΑΙΡΕΙΑ (ΚΥΠΡΟΥ) Λ΄ΤΔ</t>
+  </si>
+  <si>
+    <t>Γ. ΖΑΧΑΡΙΟΥ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΛΙΟΣ ΛΕΙΒΑΔΙΩΤΗΣ (ΕΞΑΡΤΗΜΑΤΑ) ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΜΕΡΑΚΛΗΣ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>ΗΛΙΑΣ ΔΗΜΟΣΘΕΝΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΡΟΔΟΜΕΣ ΒΙΟΤΕΧΝΙΑ ΠΑΡΑΔΟΣΙΑΚΩΝ ΠΡΟΙΟΝΤΩΝ</t>
+  </si>
+  <si>
+    <t>ΓΑΛΑΚΤΟΚΟΜΙΚΑ ΠΡΟΙΟΝΤΑ ΤΕΡΣΕΦΑΝΙΤΗ (Μ.Ι.Α.) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ ΤΣΙΟΥΠΑΝΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΤΣΙΑΚΚΑΡΙΑΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ιδιώτης</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΔΟΥΛΟΣ Λ. ΧΡΙΣΤΟΔΟΥΛΟΥ ΚΑΤΑΣΚΕΥΕΣ ΑΛΟΥΜΙΝΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΩΤΗΡΗΣ ΠΕΤΡΑΚΗΣ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ ΑΝΔΡΕΟΥ ΜΙΧΑΛΙΑΣ</t>
+  </si>
+  <si>
+    <t>ΛΕΩΝΙΔΑΣ ΛΕΩΝΙΔOY</t>
+  </si>
+  <si>
+    <t>ΕΛΕΥΘΕΡΙΟΣ ΛΑΜΠΡΙΑΝΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΜΕΤΑΙΧΜΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Σάββας Χατζηγιωρκής και Υιοί Λτδ</t>
+  </si>
+  <si>
+    <t>ΙΣΑΑΚ ΠΕΤΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΓΓΕΛΟΣ ΚΥΡΙΑΚΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΣ ΙΑΚΩΒΟΥ  &amp; ΚΑΤΕΡΙΝΑ ΣΕΡΓΙΟΥ</t>
+  </si>
+  <si>
+    <t>Ministry of Transport, Communications and Works - Department of Public Works</t>
+  </si>
+  <si>
+    <t>CYPRUS UNIVERSITY OF TECHNOLOGY - DEPARTMENT OF ELECTRICAL ENGINEERING, COMPUTER ENGINEERING AND INFORMATICS</t>
+  </si>
+  <si>
+    <t>ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ Α/ΦΟΙ Α. &amp; ΧΡ. ΤΣΑΓΓΑΡΗ ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>ΑΛΙΑΘΩΝ ΤΟΥΡΙΣΤΙΚΕΣ ΕΠΙΧΕΙΡΗΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΥΡΟΣ ΠΕΡΙΠΤΕΡΟ</t>
+  </si>
+  <si>
+    <t>ΑΧΙΛΛΕΥΣ  ΚΑΙ ΑΙΜΙΛΙΟΣ Κ. ΑΙΜΙΛΙΑΝΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>Θ &amp; Α ΚΚΟΥΦΟΥ ΞΥΛΟΥΡΓΙΚΕΣ ΕΠΙΧΕΙΡΗΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Temri Group Ltd</t>
+  </si>
+  <si>
+    <t>ΚΡΗΤΙΩΤΗΣ ΑΝΔΡΕΑΣ ΚΩΣΤΑ</t>
+  </si>
+  <si>
+    <t>ΠΕΙΝΟΛΟΓΙΟ ΤΑΒΕΡΝΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΟΙΚΟΔΟΜΙΚΑΙ ΕΠΙΧΕΙΡΗΣΕΙΣ ΦΡΑΓΚΟΠΟΥΛΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α/ΦΟΙ Θ &amp; Μ ΣΕΡΓΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΣΙΜΕΝΤΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΓΝΟΚΑΘΑΡΙΣΤΗΡΙΟ ΟΙ ΔΥΟ ΑΔΕΛΦΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΣΤΑΣΙΟ ΜΩΣΑΪΚΩΝ ΜΑΡΜΑΡΩΝ ΚΩΣΤΑΣ ΜΙΧΑΗΛΙΔΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΤΜΟΚΑΘΑΡΙΣΤΗΡΙΟΝ ΧΙΟΝΑΤΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Μ.Α ΔΙΟΓΕΝΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α/ΦΟΙ Α &amp; Ν ΝΙΚΗΦΟΡΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΗ ΑΡΙΣΤΟΤΕΛΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΗΣ ΑΒΡΑΑΜ ΜΗΧΑΝΙΚΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α.Λ. ΧΑΤΖΗΑΝΤΩΝΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΣΙΑΚΟΥΡΜΑΣ ΟΙΚΟΔΟΜΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΩΑΝΝΗΣ ΧΡΙΣΤΟΦΗ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΑΥΡΟΣ ΖΑΡΚΑΔΑΣ Ι.Ε.Π.Ε</t>
+  </si>
+  <si>
+    <t>Ν.Κ. ΘΕΑ ΒΟΥΝΟ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>"ΙΔΡΥΜΑ ""UNIVERSITAS"""</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑΚΗΣ ΖΑΧΑΡΙΟΥ ΟΔΙΚΗ ΒΟΗΘΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΙΚΟΣ Α. ΣΠΥΡΟΥ ΤΑΠΕΤΣΑΡΙΕΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Η. &amp; Κ. ΝΙΚΟΛΑΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΜΠΟΣ ΚΑΙ ΔΗΜΗΤΡΗΣ (ΕΠΙΧΡΙΣΜΑΤΑ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΜΑΝΤΑΣ ΦΥΤΟΠΡΟΣΤΑΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΑ ΚΟΙΛΙΑΡΗ</t>
+  </si>
+  <si>
+    <t>ΔΕΙΛΙΝΟΣ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>Μ. ΝΕΟΦΥΤΟΥ &amp; Δ. ΜΑΥΡΟΜΟΥΣΤΑΚΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΥΣΤΑΛΛΑ ΚΩΝΣΤΑΝΤΙΝΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΗΣ Α. ΓΕΡΜΑΝΟΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ. ΠΑΠΑΔΟΠΟΥΛΟΣ &amp; ΣΙΑ</t>
+  </si>
+  <si>
+    <t>Χρίστος Φακλαμάς</t>
+  </si>
+  <si>
+    <t>ΣΥΜΒΟΥΛΙΟ ΚΟΙΝΟΤΙΚΗΣ ΕΥΗΜΕΡΙΑΣ ΦΑΣΟΥΛΑΣ</t>
+  </si>
+  <si>
+    <t>ΤΑ ΛΟΛΙΤΑΚΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α. ΜΠΥΡΟΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΕΡΑ ΑΡΧΙΕΠΙΣΚΟΠΗ ΚΥΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>Π.Τ. ΝΕΑ ΑΜΠΕΛΕΡΙ ΜΙΝΙ ΜΑΡΚΕΤ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΑΚΚΟΥΡΑΣ &amp; ΠΑΝΑΓΙΔΗΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΣΩΤΗΡΙΟΣ ΣΩΤΗΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΑΡΑΔΕΙΣΙΩΤΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ Κ. ΑΝΤΩΝΙΟΥ &amp; ΥΙΟΙ ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>Πανάγος &amp; Πανάγος Δ.Ε.Π.Ε</t>
+  </si>
+  <si>
+    <t>ΧΑΡΗΣ ΒΑΣΙΛΕΙΟΥ &amp; ΣΙΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΧΡΙΣΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΘΗΝΟΔΩΡΟΣ ΣΤΕΦΑΝΗ</t>
+  </si>
+  <si>
+    <t>ΑΚΤΑΙΑ ΤΟΥΡΙΣΤΙΚΕΣ ΕΠΙΧΕΙΡΗΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΑΛΑΚΤΟΚΟΜΙΚΑ ΠΡΟΙΟΝΤΑ Α/ΦΟΙ ΠΑΝΑΓΗ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΓΙΟΣ ΔΗΜΗΤΡΙΟΣ ΠΕΡΙΠΤΕΡΟ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΓΕΩΡΓΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΦΟΡΟΣ &amp; ΙΩΑΝΝΗΣ ΑΝΑΣΤΑΣΗ (ΣΥΝΕΤΑΙΡΙΣΜΟΣ)</t>
+  </si>
+  <si>
+    <t>ΠΙΕΡΗΣ ΕΛΛΗΝΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΗΠΙΑΓΩΓΕΙΟ Ο ΦΑΡΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΧΡ. ΛΑΖΑΡΟΥ</t>
+  </si>
+  <si>
+    <t>Ε.Σ. ΓΚΑΡΑΖ ΕΦΡΑΙΜ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΚΕ ΣΤΡΟΒΟΛΟΥ ΣΤΕΓΗ ΦΡΟΝΤΙΔΑΣ ΗΛΙΚΙΩΜΕΝΩΝ ΑΓΙΑ ΜΑΡΙΝΑ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΠΑΠΑΘΕΟΔΟΥΛΟΥ APSQUATED ARCHITECTS</t>
+  </si>
+  <si>
+    <t>ΑΧΙΛΛΕΥΣ &amp; ΑΙΜΙΛΙΟΣ Κ. ΑΙΜΙΛΙΑΝΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΕΑΣ Κ. ΒΛΑΧΟΣ  ΟΙΚΟΔΟΜΙΚΕΣ ΚΑΤΑΣΚΕΥΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ ΕΣΩΤΕΡΙΚΩΝ ΕΛΕΓΚΤΩΝ ΚΥΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>Α.Π.ΓΕΩΡΓΙΑΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Φ.Χ. ΤΕΧΝΟΚΕΡΑΜΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΗΠΙΑΓΩΓΕΙΟ ΓΕΛΑ - ΧΑΜΟΓΕΛΑ</t>
+  </si>
+  <si>
+    <t>ΜΥΡΙΕΛ &amp; ΝΙΚΗ ΙΩΑΝΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΟΥΒΑΝΑ ΔΙΣΚΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΠΥΡΟΣ ΠΡΟΚΟΠΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΘΛΗΤΙΚΟΣ ΣΥΛΛΟΓΟΣ ΟΜΟΝΟΙΑ ΑΡΑΔΙΠΠΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΛΙΝΙΚΗ ΠΑΝΤΑΖΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΕΑΣ Α. ΑΝΤΩΝΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΩΣΗΦ ΙΩΣΗΦ</t>
+  </si>
+  <si>
+    <t>Ι + Α ΦΙΛΙΠΠΟΥ ΑΡΧΙΤΕΚΤΟΝΕΣ ΜΗΧΑΝΙΚΟΙ</t>
+  </si>
+  <si>
+    <t>MINISTRY OF EDUCATION, CULTURE, SPORTS AND YOUTH</t>
+  </si>
+  <si>
+    <t>ΠΙΕΡΗΣ ΕΛΛΗΝΑΣ ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΑΓΙΟΜΑΜΙΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΨΑΡΑΓΟΡΑ ΓΕΩΡΓΙΟΣ ΧΡ. ΓΙΑΛΛΟΥΡΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Larnaca and Famagusta Districts Development Agency</t>
+  </si>
+  <si>
+    <t>ΑΛΕΞΑΝΔΡΟΣ ΑΛΕΞΑΝΔΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΥΑΓΓΕΛΟΣ ΑΝΔΡΕΟΥ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΑ ΚΑΡΑΦΥΛΛΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>Π. ΠΑΝΑΓΙΩΤΟΥ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΤΟΦΑΛΛΑΣ ΞΥΛΟΥΡΓΟΤΕΧΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>PHILOKALIA ASSOCIATION</t>
+  </si>
+  <si>
+    <t>ΤΡΑΝΣΦΟΝΙΞΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΥΣΙΟΘΕΡΑΠΕΙΑ ΑΣΠΙΔΑ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΑ ΗΡΑΚΛΕΙΔΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΙΟΜΗΧΑΝΙΑ ΓΑΛΑΚΤΟΣ ΖΗΤΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΑ ΤΑΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>Μ.Κ. ΑΝΑΔΟΜΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΦΗ ΜΕΛΕΤΙΟΥ ΑΝΔΡΕΟΥ</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΟ ΕΛΕΝΑ ΛΟΙΖΙΔΟΥ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ ΑΤΟΜΩΝ ΜΕ ΠΟΛΛΑΠΛΗ ΣΚΛΗΡΥΝΣΗ ΛΑΡΝΑΚΑΣ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΛΛΑ ΚΩΝΣΤΑΝΤΙΝΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΚΟΥΡΡΗΣ</t>
+  </si>
+  <si>
+    <t>GMH2 ARCHITECTS LLC ΓΙΟΥΛΑ ΓΕΩΡΓΙΟΥ ΓΕΩΡΓΙΟΣ ΜΑΧΛΟΥΖΑΡΙΗΣ</t>
+  </si>
+  <si>
+    <t>Μαρία Κασίνη</t>
+  </si>
+  <si>
+    <t>ΑΠΟΛΛΩΝ ΠΟΔΟΣΦΑΙΡΟ (ΔΗΜΟΣΙΟ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΕΣΠΟΙΝΑ ΠΑΡΜΑΞΗ</t>
+  </si>
+  <si>
+    <t>ΠΟΛΙΤΕΙΑ ΓΝΩΣΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Π. Κ. ΠΕΡΙΠΤΕΡΟ ΣΤΑΔΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Πανεπιστήμιο Κύπρου</t>
+  </si>
+  <si>
+    <t>ΣΥΝΕΡΓΑΤΙΚΗ ΕΝΩΣΗ ΔΙΑΘΕΣΕΩΣ ΧΑΡΟΥΠΙΩΝ ΠΑΦΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ ΧΑΤΖΗΚΥΡΙΑΚΟΣ &amp; ΥΙΟΙ ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΤΟΥ ΝΕΟΦΥΤΟΥ ΧΡΙΣΤΟΦΟΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΠΑΠΑΧΑΡΑΛΑΜΠΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΑΣΟΣ ΠΑΝΑΓΙΩΤΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΧΑΤΖΗΠΙΕΡΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΥΣΕΣ ΕΥΚΑΙΡΙΕΣ</t>
+  </si>
+  <si>
+    <t>ΝΕΛΗ ΕΜΠΟΡΙΟ ΚΡΕΑΤΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α/ΦΟΙ ΣΑΒΒΑ ΜΟΥΧΤΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΑΚΥΚΛΟΣ ΠΕΡΙΒΑΛΛΟΝΤΙΚΗ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ Χ. ΠΙΕΡΙΔΗΣ ΠΕΤΡΕΛΑΙΟΕΙΔΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΟΙΝΩΝΙΑ BYZANTIUM ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΣ Π.Π. ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΠΑΝΑΣΤΑΣΙΟΥ &amp; ΓΕΩΡΓΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΗΛΙΑΣ ΠΕΛΕΚΑΝΟΣ</t>
+  </si>
+  <si>
+    <t>ΧΡΥΣΩ ΛΕΙΒΑΔΙΩΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΟΙΝΟΤΙΚΟ ΣΥΜΒΟΥΛΙΟΥ ΕΡΗΜΗΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΙΚΟΣ ΜΙΧΑΗΛ (GRILL LOVERS)</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΚΑΠΛΑΝΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΑ ΓΕΩΡΓΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΔΗΜΗΤΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΗΛΙΑΣ ΛΑΖΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΕΚ Μ. ΒΑΣΙΛΕΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΑΡΕΣΙΟΥ ΓΙΑΝΝΑΚΗΣ - ΑΥΤΟΕΡΓΟΔΟΤΟΥΜΕΝΟΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΛΟΥΚΑ</t>
+  </si>
+  <si>
+    <t>ΜΑΓΕΥΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΑΝΤΩΝΙΟΥ ΥΔΡΑΥΛΙΚΑ &amp; ΑΛΟΥΜΙΝΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ &amp; ΚΟΥΛΛΑ ΠΑΦΙΤΗ - ΠΡΑΤΗΡΙΟ ΒΕΝΖΙΝΗΣ ΕΚΟ ΠΕΛΕΝΔΡΙ</t>
+  </si>
+  <si>
+    <t>ΚΡΙΣΤΗΣ ΘΕΟΔΩΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΙΣΑΒΕΛΛΑ ΠΕΛΕΚΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΠΑΠΑΔΟΠΟΥΛΟΣ &amp; ΥΙΟΣ (ΕΤΑΙΡΕΙΑ ΜΩΣΑΙΚΩΝ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΛΕΤΤΑ ΚΟΚΚΑΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΔΗΜΗΤΡΙΟΥ - MYLADIDA</t>
+  </si>
+  <si>
+    <t>Frederick Research Center</t>
+  </si>
+  <si>
+    <t>Ψαρολίμανο Λτδ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ &amp; ΑΓΓΕΛΟΣ ΠΕΤΣΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Σ.Ο.Φ.Ι.Α (ΣΥΝΔΕΣΜΟΣ ΟΡΓΑΝΩΜΕΝΩΝ ΦΙΛΟΛΟΓΙΚΩΝ ΚΑΙ ΙΣΤΟΡΙΚΩΝ ΑΡΧΕΙΩΝ ΚΥΠΡΟΣ)</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ &amp; ΧΡΙΣΤΟΥ (ΗΛΙΑΚΑ ΣΥΣΤΗΜΑΤΑ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>The Cyprus Foundation for Muscular Dystrophy Research Κυπριακό 'Ιδρυμα Ερευνών για τη Μυϊκή Δυστροφία (The Cyprus Institute of Neurology and Genetics)</t>
+  </si>
+  <si>
+    <t>ΒΑΣΟΣ ΙΩΑΝΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Υ.Κ. ΥΔΑΤΙΝΟΣ ΚΟΣΜΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Θ.Δ. ΜΙΚΕΛΛΗΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΚΥΡΙΑΚΟΥ</t>
+  </si>
+  <si>
+    <t>Ι. ΝΑΣΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΑΥΡΟΣ ΣΤΑΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΛΑΙΚΟ ΚΑΦΕΚΟΠΤΕΙΟ ΒΙΟΜΗΧΑΝΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΕΛΕΝΕΙΟΝ ΚΕΝΤΡΟ ΕΝΗΛΙΚΩΝ</t>
+  </si>
+  <si>
+    <t>ΠΑΥΛΟΣ ΚΩΝΣΤΑΝΤΙΝΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>"ΒΙΒΛΙΟΠΩΛΕΙΟ ""ΤΑ ΟΚΤΩΒΡΙΑΝΑ"""</t>
+  </si>
+  <si>
+    <t>ΜΗΧΑΝΟΥΡΓΕΙΑ ΤΗΛΕΜΑΧΟΣ ΕΥΣΤΑΘΙΟΥ &amp; ΥΙΟΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ ΦΡΟΥΤΑΡΙΑ Σ.Τ.Κ. ΑΝΑΣΤΑΣΙΟΥ (ΤΙΡΚΑΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΧΑΡΑΛΑΜΠΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΡΗΓΟΡΗΣ ΑΝΑΞΑΓΟΡΑ</t>
+  </si>
+  <si>
+    <t>Μ.Σ. ΣΤΑΥΡΟΥ ΕΣΚΑΦΕΣ ΜΕΤΑΦΟΡΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γεώργιος Μακρυγιάννης</t>
+  </si>
+  <si>
+    <t>Α&amp;Α Κ. ΑΙΜΙΛΙΑΝΙΔΗΣ, Κ. ΚΑΤΣΑΡΟΣ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>Α. ΚΑΣΑΠΗΣ ΘΕΡΜΟΚΗΠΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ Α. ΑΝΔΡΕΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΘΑΝΟΣ &amp; ΕΙΡΗΝΗ ΕΣΤΙΑΤΟΡΙΟ &amp; ΨΗΣΤΑΡΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΟ ΛΟΥΙΖΑ ΚΩΝΣΤΑΝΤΙΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ Α. &amp; Π.  ΑΝΔΡΕΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Π &amp; Ε ΦΥΤΩΡΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ιδιωτικό Φροντιστήριο Connie's English Turn C.N. LTD</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ Μ. ΚΑΡΕΚΛΑΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΜΟΣ ΣΤΥΛΙΑΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α/ΦΟΙ ΚΟΥΡΟΥΣΙΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>"ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ ""Η ΣΟΛΕΑ"""</t>
+  </si>
+  <si>
+    <t>ΜΕ.ΤΕΧΝΙ.ΚΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Η ΠΑΡΕΑ ΤΩΝ ΜΙΚΡΩΝ ΦΙΛΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>MINISTRY OF ENERGY, COMMERCE, INDUSTRY AND TOURISM</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ ΣΚΛΑΒΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΤΣΑΠΠΗΣ ΙΣΟΡΡΟΠΗΜΕΝΑΙ ΖΩΟΤΡΟΦΑΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Βαλεντίνη Χρίστου Πολυκάρπου</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΟΥΛΛΑ ΠΙΤΣΙΛΛΙΔΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΙΩΑΝΝΗ ΧΑΤΖΗΧΑΝΝΑΣ</t>
+  </si>
+  <si>
+    <t>Χρυστάλλα Γεωργίου</t>
+  </si>
+  <si>
+    <t>ΧΡ. ΝΙΚΟΛΑΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΓΚΥΠΡΙΟΣ ΣΥΝΔΕΣΜΟΣ ΓΟΝΕΩΝ ΤΥΦΛΩΝ ΠΑΙΔΙΩΝ</t>
+  </si>
+  <si>
+    <t>ΑΛΕΞΗΣ ΠΟΤΑΜΟΣ ''ΥΔΡΑΥΛΙΚΕΣ ΕΓΚΑΤΑΣΤΑΣΕΙΣ ΛΤΔ''</t>
+  </si>
+  <si>
+    <t>ΖΩΓΡΑΦΟΣ ΘΕΟΦΙΛΟΣ ΠΑΝΑΓΙΩΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΠΕΤΡΟΣ ΚΟΥΖΑΡΗΣ ΑΚΙΝΗΤΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΑ ΚΟΥΜΟΥΡΟΥ ΦΡΟΥΤΑΡΙΑ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΑ ΣΠΥΡΟΥ ΠΙΤΣΙΛΛΗ &amp; LUCIA PINTEROVA</t>
+  </si>
+  <si>
+    <t>ΤΑΒΕΡΝΑ Α.Ε. ,Ο ΦΟΙΝΙΩΤΗΣ &amp; Ο ΑΨΙΩΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΤΘΑΙΟΣ ΙΩΑΝΝΟΥ ΕΤΟΙΜΟ ΜΠΕΤΟΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΩΤΗΡΟΥΛΑ ΦΙΛΗ ΧΡΙΣΤΟΥ</t>
+  </si>
+  <si>
+    <t>Κ.Α.ΕΝΤΥΠΩΣΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΡΗΣ ΚΩΝΣΤΑΝΤΙΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΖΗΝΩΝ ΖΗΝΩΝΟΣ</t>
+  </si>
+  <si>
+    <t>ΤΑΣΟΣ Ζ. ΚΕΦΑΛΑΣ ΚΤΗΝΙΑΤΡΙΚΗ ΚΛΙΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Π.ΠΑΛΛΗΚΑΡΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΑΓΑΘΟΚΛΕΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>PHIKA LTD  ΧΑΡΑΛΑΜΠΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΠΑΣΟΦΟΚΛΗ ΑΡΤΟΠΟΙΕΙΑ ΖΑΧΑΡΟΠΛΑΣΤΕΙΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Π &amp; Ι ΑΛΛΑΝΤΟΠΟΙΕΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΑ ΙΩΑΝΝΟΥ-ΠΑΙΔΙΚΟΣ &amp; ΒΡΕΦΙΚΟΣ ΣΤΑΘΜΟΣ ΜΙΚΡΗ ΓΟΡΓΟΝΑ</t>
+  </si>
+  <si>
+    <t>ΣΑΝΤΡΟΣ ΔΙΚΑΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΣ ΒΡΙΚΚΗΣ  ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΟ ΕΠΙΛΕΚΤΟΝ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΥΣΑΝΘΗ ΧΡΥΣΑΝΘΟΥ (ΤΟ ΚΑΦΕ ΤΗΣ ΧΡΥΣΑΝΘΗΣ)</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΠΕΝΤΑΡΑΣ</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ ΜΕΤΑΜΟΣΧΕΥΜΕΝΩΝ ΚΥΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΡΤΟΠΟΙΕΙΑ ΑΦΟΙ ΠΑΝΑΓΙΩΤΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΕΝΤΡΙΚΗ ΑΣΦΑΛΙΣΤΙΚΗ ΕΤΑΙΡΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΑΚΤΟΡΕΙΟ ΣΤΟΙΧΗΜΑΤΩΝ Η ΓΩΝΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΔΡΥΜΑ ΕΝΤΑΓΜΕΝΩΝ ΟΙΚΙΣΤΙΚΩΝ ΜΟΝΑΔΩΝ (Ε.Ο.Μ.)</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΦΟΡΟΣ ΓΕΩΡΓΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΠΡΑΣΤΙΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ Π. ΣΤΕΡΓΙΔΗΣ &amp; ΣΙΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΚΕΝΤΡΟ ΣΥΓΧΡΟΝΗΣ ΦΥΣΙΟΘΕΡΑΠΕΙΑΣ Α.Σ.ΑΝΔΡΕΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ ΛΑΖΑΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΦΩΤΗΣ ΠΑΦΙΤΗΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΩΜΑΤΕΙΟ ΓΡΑΝΑΖΙ ΤΕΧΝΟΧΩΡΟΣ</t>
+  </si>
+  <si>
+    <t>Cyprus Chamber of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>ΓΡΗΓΟΡΗΣ ΜΙΧΑΗΛΙΔΗΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ Π. ΑΝΤΩΝΙΟΥ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ &amp; ΧΑΡΑΛΑΜΠΟΣ ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΡΑΔΕΙΣΙΩΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ ΣΑΒΒΑ (zartilasracing)</t>
+  </si>
+  <si>
+    <t>ΤΑΚΗΣ ΧΑΡΑΛΑΜΠΟΥΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΘΩΜΑΣ ΚΟΥΤΡΑΣ</t>
+  </si>
+  <si>
+    <t>ΧΡ. ΗΡΟΔΟΤΟΥ ΤΥΠΟΓΡΑΦΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΜΑΚΡΙΔΗΣ &amp; ΣΥΝΕΡΓΑΤΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΜΑΣ ΧΑΤΖΗΧΡΙΣΤΟΦΗΣ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΧΡΥΣΟΣΤΟΜΟΥ</t>
+  </si>
+  <si>
+    <t>Α &amp; Ζ ΦΡΟΝΤΙΣΤΗΡΙΑΚΑ ΜΑΘΗΜΑΤΑ ΑΘΗΝΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΙΛΙΠΠΟΣ ΧΡΙΣΤΟΦΗ ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΘΩΜΑΣ ΣΤΥΛΙΑΝΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΡΤΟΠΟΙΕΙΑ ΚΟΣΜΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ειρήνη Μιλτιάδους</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΠΑΦΙΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΤΑΤΙΝΗ ΑΝΤΡΙΑ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΚΑΛΛΗΣ</t>
+  </si>
+  <si>
+    <t>Α.Ξ. ΑΡΤΟΛΙΧΟΥΔΙΕΣ ΤΟΥ ΑΛΕΘΡΙΚΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΘΩΜΑ</t>
+  </si>
+  <si>
+    <t>ΜΑΝΩΛΗΣ ΜΙΧΑΗΛΙΔΗΣ ΚΑΤΑΣΚΕΥΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΚΕ ΑΥΓΟΡΟΥ ΚΕΝΤΡΟ ΕΞΥΠΗΡΕΤΗΣΗΣ ΗΛΙΚΕΙΩΜΕΝΩΝ ΑΓΙΟΣ ΓΕΩΡΓΙΟΣ ΑΒΙΩΝ</t>
+  </si>
+  <si>
+    <t>ΚΑΚΚΟΥΡΑΣ &amp; ΠΑNAΓΙΔΗΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ Ι. ΗΛΙΑΔΗΣ &amp; ΣΙΑ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΓΗ ΕΥΓΗΡΙΑΣ ΠΑΝΑΓΙΑ Η ΕΛΕΟΥΣΑ ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>Μ &amp; Ι ΣΟΥΒΛΑΚΟΠΩΛΕΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΟΥΝΤΖΟΣ &amp; ΠΡΟΥΝΤΖΟΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΝΙΚΟΛΑΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΠΑΠΑΜΙΧΑΗΛ ΓΕΩΡΓΙΚΕΣ ΕΠΙΧΕΙΡΗΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ Κ. ΜΟΥΖΩΜΕΝΟΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΛΑΣ ΚΟΥΛΛΑΠΗΣ Ι.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ &amp; ΓΕΩΡΓΙΑ ΕΓΓΛΕΖΟΥ (ΓΙΩΑΝ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ Π. ΒΑΣΙΛΕΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΣΗΜΟΦΟΛΙΑ</t>
+  </si>
+  <si>
+    <t>ΒΑΣΟΣ Χ'' ΓΙΑΝΝΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΦΟΡΟΣ ΣΑΒΒΑ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΣΤΑΣΙΟ ΕΠΙΠΛΩΝ Α. ΠΟΛΥΚΑΡΠΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΗΣ ΒΕΡΝΑΒΑ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ &amp; ΦΡΟΥΤΑΡΙΑ Σ.Τ.Κ. ΑΝΑΣΤΑΣΙΟΥ (ΓΙΡΚΑΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΤΣΙΑΚΚΑΡΙΑΣ &amp; ΥΙΟΙ ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ ΤΣΙΡΙΔΗΣ &amp; ΣΙΑ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>Μ. ΜΙΧΑΛΗΣ ΚΑΡΒΟΥΝΟΚΑΤΑΣΤΑΣΕΙΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Οργανισμός Συγκοινωνιών Επαρχίας Λευκωσίας</t>
+  </si>
+  <si>
+    <t>ΖΩΗ ΣΑΡΚΑ</t>
+  </si>
+  <si>
+    <t>Μ. ΑΛΕΞΑΝΔΡΟΥ (ΦΘΑΡΤΕΜΠΟΡΟΙ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΚΑΤΣΟΥΡΗΣ ΚΑΙ ΣΙΑ</t>
+  </si>
+  <si>
+    <t>Ο ΦΟΥΡΝΟΣ ΤΗΣ ΧΑΡΑΣ</t>
+  </si>
+  <si>
+    <t>ΝΕ ΔΗ ΣΥ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΜΙΧΑΗΛ &amp; ΣΥΝΕΡΓΑΤΕΣ Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΙΩΑΝΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ Χ. ΚΟΥΚΚΟΥΛΙΔΗΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΛΕΑΝΘΕΙΟΣ ΚΟΙΝΟΤΙΚΗ ΣΤΕΓΗ ΗΛΙΚΙΩΜΕΝΩΝ ΑΘΗΕΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΜΙΧΑΗΛ &amp; ΣΥΝΕΡΓΑΤΕΣ (ΑΡΧΙΤΕΚΤΟΝΕΣ-ΜΗΧΑΝΙΚΟΙ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΓΕΩΡΓΙΑΔΗΣ</t>
+  </si>
+  <si>
+    <t>Λ. ΠΑΠΕΤΤΑΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Centre for the Advancement of Research and Development in Educational Technology LTD (CARDET)</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑ &amp; ΣΤΑΥΡΟΥ (ΜΕΤΑΛΛΙΚΕΣ ΚΑΤΑΣΚΕΥΕΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΩΤΕΙΝΗ ΝΕΟΚΛΕΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΟΣ ΜΑΥΡΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑΜ ΜΙΧΑΗΛΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>Αντρέας Δημητρίου</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΑ ΤΑΛΙΩΤΗ</t>
+  </si>
+  <si>
+    <t>ΕΒΑΛΤ ΚΑΙ ΜΑΚΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Πανεπιστήμιο Λευκωσίας</t>
+  </si>
+  <si>
+    <t>ΘΕΡΜΟΣΙΦΩΝΕΣ "ΦΛΟΓΑ" ΠΕΤΡΟΣ Χ΄΄ΓΙΑΝΝΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΙΚΟΣ ΧΑΤΖΗΘΩΜΑΣ ΛΟΓΙΣΤΙΚΟ ΓΡΑΦΕΙΟ</t>
+  </si>
+  <si>
+    <t>Σ.ΣΟΦΟΚΛΕΟΥΣ ΕΡΓΟΛΗΠΤΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΑ ΣΟΥΡΟΥΛΛΑ ΚΕΥ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΓΝΩΣΙΑ ΚΟΥΣΠΗ</t>
+  </si>
+  <si>
+    <t>ΓΕΝΙΚΑ ΙΣΙΩΜΑΤΑ ΚΩΣΤΑΣ ΓΕΩΡΓΙΟΥ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΑΣΤΑΣΙΑ ΓΕΩΡΓΙΑΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΕYΡΟΥΛΑ ΙΩΑΝΝΟΥ ΛΟ'Ι'ΖΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΜΑΤΘΑΙΟΥ ΣΟΥΡΟΥΛΛΑ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΛΙΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΣΤΥΛΙΑΝΟΣ Ν. ΧΡΙΣΤΟΦΟΡΟΥ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ ΚΑΡΥΟΣ (ΣΙΔΗΡΟΤΕΧΝΙΚΗ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΟΦΟΚΛΗΣ ΚΥΠΡΙΑΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Κ.Σ.Α. ΗΛΕΚΤΡΟΜΗΧΑΝΟΛΟΓΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ν. ΚΟΝΝΑΡΙΔΗΣ &amp; ΣΥΝΕΡΓΑΤΕΣ ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΑΚΗΣ ΔΗΜΗΤΡΙΟΥ ΠΑΜΠΟΥ</t>
+  </si>
+  <si>
+    <t>Γ. &amp; Π. ΣΥΡΜΑΤΟΥΡΓΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ.Ε.ΙΩΑΝΝΟΥ ΣΥΡΙΜΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΗ ΑΒΡΑΑΜ</t>
+  </si>
+  <si>
+    <t>Πανεπιστήμιο Νεάπολις Πάφου</t>
+  </si>
+  <si>
+    <t>Θεοδώρα Εμμανουήλ</t>
+  </si>
+  <si>
+    <t>ΚΑΤΕΡΙΝΑ ΧΑΤΖΗΙΟΡΔΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΗΣ ΝΕΟΦΥΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΦΥΤΩΡΙΑ ΤΟ ΜΑΤΣΙΚΟΡΙΔΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ONISIFOROU N.A DELC (ΝΙΚΟΣ ΟΝΗΣΙΦΟΡΟΥ)</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ ΣΚΟΥΡΗ</t>
+  </si>
+  <si>
+    <t>ΓΡΗΓΟΡΑΣ (ΓΕΝΙΚΕΣ ΜΕΤΑΦΟΡΕΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>GEORGE VASILIS ELLINAS HERBS ARE MY WORLD - ΓΙΩΡΓΟΣ ΕΛΛΗΝΑΣ</t>
+  </si>
+  <si>
+    <t>ΣΟΦΙΑ ΕΥΑΓΓΕΛΟΥ ΓΡΑΦΕΙΟΝ ΥΠΗΡΕΣΙΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΙΔΗΣ Σ. ΠΕΤΡΟΣ &amp; Α/ΦΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΑΒΕΡΝΑ ΨΑΡΟΧΩΡΙ ΑΓΙΟΣ ΓΕΩΡΓΙΟΣ Α.Γ. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΑΡΙΣΤΟΤΕΛΟΥ ΝΙΚΟΛΑΟΥ ΕΡΓΟΛΑΒΟΣ ΟΙΚΟΔΟΜΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΟΣ &amp; ΣΟΦΟΚΛΗΣ ΚΟΥΡΟΥΝΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΘΙΜΟΣ ΣΕΡΓΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΦΟΙΒΟΣ ΚΩΝΣΤΑΝΤΙΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΗΛ ΓΡΟΥΤΑΣ</t>
+  </si>
+  <si>
+    <t>Φ&amp;Α ΛΟΙΖΙΔΗ ΑΡΧΙΤΕΚΤΟΝΙΚΑ ΓΡΑΦΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ε. ΠΥΡΓΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ ΓΕΩΡΓΙΟΣ ΛΥΣΙΩΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΧΡΙΣΤΑΚΗΣ Α.ΣΑΒΒΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΟΙΝΩΝΙΑ ΚΑΡΙΤΑΣ ΚΥΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>Κ.Γ. ΒΙΟΛΟΓΙΚΗ ΖΩΗ</t>
+  </si>
+  <si>
+    <t>ΟΛΥΜΠΙΑ ΠΑΥΛΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΘΗΝΟΥΛΑ ΘΕΟΛΟΓΟΥ</t>
+  </si>
+  <si>
+    <t>ΟΑΣΗ ΗΛΙΚΙΩΜΕΝΩΝ ΑΓΙΟΣ ΓΕΩΡΓΙΟΣ</t>
+  </si>
+  <si>
+    <t>ΘΕOΦΙΛΗ ΤΣΑΜΑΤΗ - HERMANN GOURMET COSMETICS</t>
+  </si>
+  <si>
+    <t>ΕΥΔΟΚΙΑ ΜΠΟΥΤΙΚ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΚΤΙΜΗΤΙΚΟ ΓΡΑΦΕΙΟ ΓΙΩΡΓΟΣ ΓΑΒΡΙΗΛΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΑ ΙΩΑΝΝΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΟΙΝΟΠΟΙΕΙΟ ΕΚΦΡΑΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΟΣ ΑΝΔΡΕΟΥ ΓΕΝΙΚΕΣ ΕΠΙΧΕΙΡΗΣΕΙΣ ΟΙΚΟΔΟΜΙΚΕΣ ΚΑΤΑΣΚΕΥΕΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΚΤΗΜΑΤΙΚΗ ΕΤΑΙΡΕΙΑ ΧΑΤΖΗΚΥΡΙΑΚΟΥ ΔΗΜΟΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΓΡΗΓΟΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>Μόνικα Ευσταθίου Λτδ</t>
+  </si>
+  <si>
+    <t>Π &amp; Π ΓΡΗΓΟΡΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΕΤΡΟΣ ΑΝΤΩΝΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΕΝΤΡΟ ΦΥΣΙΟΘΕΡΑΠΕΙΑΣ &amp; ΑΠΟΚΑΤΑΣΤΑΣΕΙΣ Α. ΤΕΚΛΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΚΟΝΗ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ &amp; ΦΟΥΛΗΣ ΜΙΧΑΗΛ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>HOLY METROPOLITAN OF LIMASSOL</t>
+  </si>
+  <si>
+    <t>ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΟΔΥΣΣΕΑΣ ΠΑΝΑΓΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΑΚΗΣ ΖΑΒΡΑΝΤΩΝΑΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΗΡΑΚΛΕΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΑΙΚΑΤΕΡΙΝΗ ΧΑΤΖΗΧΑΡΑΛΑΜΠΟΥΣ ΠΑΠΑΒΑΣΙΛΕΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΗ ΜΑΜΙΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΜΠΟΡΙΚΗ ΕΤΑΙΡΕΙΑ ΤΣΑΚΑΛΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ ΧΑΤΖΗΓΙΩΡΓΚΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΛΑΟΥ ΕΛΕΑΝΑ ΠΑΝΙΚΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΡΗΓΟΡΗΣ ΧΑΤΖΗΓΡΗΓΟΡΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΚΟΥΡΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΣΚΥΡΟΔΕΡΜΑ ΦΡΕΝΑΡΙΤΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΑ Π. ΑΠΟΣΤΟΛΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ ΣΚΛΑΒΟΥ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Γ. &amp; Ν. ΤΗΛΛΥΡΟΣ ΠΕΡΙΠΤΕΡΟ - ΜΙΝΙ ΜΑΡΚΕΤ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΟ ΕΞΥΠΝΟ ΜΠΑΛΟΝΙ ΜΙΚΑΕΛΛΑ ΓΙΑΛΛΟΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΓΕΩΡΓΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΛΠΙΔΑ ΖΩΗΣ</t>
+  </si>
+  <si>
+    <t>Ι. ΚΑΤΑΣΚΕΥΑΣΤΙΚΗ ΛΕΜΕΣΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ε. Π. ΓΕΥΣΗ ΕΛΕΥΘΕΡΙΑΣ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ ΠΑΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ ΚΑΙΜΑΚΛΙΩΤΗΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΥΡΟΒΟΛΟΣ ΝΗΣΟΣ Ι.Μ. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΑΚΗΣ ΦΙΚΑΡΔΟΥ ΜΗΧΑΝΟΥΡΓΕΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΡΤΟΠΟΙΕΙΑ ΚΡΟΝΟΣ ΛIMITEΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ Α. ΒΑΣΙΛΕΙΟΥ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΤΡΟΦΟΕΜΠΟΡΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΙΡΕΥΜΑΤΙΚΟΣ ΣΥΝΔΕΣΜΟΣ ΚΥΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΗΛΕΚΤΡΟΛΟΓΙΚΗ ΕΤΑΙΡΕΙΑ ΣΩΤΗΡΗΣ ΧΡΙΣΤΟΦΙΔΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ.ΑΘΑΝΑΣΙΑΔΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΟΙΒΟΣ ΝΙΚΟΛΑΪΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΙΚΟΣ ΧΑΤΧΖΗΘΩΜΑΣ</t>
+  </si>
+  <si>
+    <t>ΑΛΛΑΝΤΙΚΑ ΦΙΛΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΔΙΩΤΙΚΟ ΦΡΟΝΙΤΣΤΗΡΙΟ Μ.ΕΛ.Ε.</t>
+  </si>
+  <si>
+    <t>ΠΑΝΤΕΛΗΣ ΚΥΠΡΙΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>Χρ.-Μ.Ο.Τ.</t>
+  </si>
+  <si>
+    <t>ΣΠΥΡΟΣ ΧΑΤΖΗΠΕΤΡΗ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΗΡΑΚΛΕΟΥΣ ΗΛΕΚΤΡΙΚΕΣ ΕΓΚΑΤΑΣΤΑΣΕΙΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΤΕΛΗΣ ΞΙΟΥΡΟΥΠΠΑ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΗ ΝΙΚΟΛΑΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΗ ΑΧΙΛΛΕΩΣ ΑΥΓΟΥΣΤΗ</t>
+  </si>
+  <si>
+    <t>ΔΡΟΓΟΦΑΡΜΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΣΤΑΣΙΟ ΕΠΙΠΛΩΝ ΣΤΑΥΡΟΣ ΤΙΜΟΘΕΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΟΞΑ ΣΤΥΛΙΑΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΑΣΙΝΗ ΑΣΠΙΔΑ</t>
+  </si>
+  <si>
+    <t>Ministry of Agriculture, Rural Development and Environment - Department of Forests</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΗΛ ΚΟΝΤΟΠΟΥΛΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ Θ. ΓΕΩΡΓΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΔΗΜΗΤΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΣΙΦΟΥΝΑΣ &amp; ΜΕΣΑΡΙΤΗΣ ΑΡΤΟΠΟΙΕΙΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΣΩΤΗΡΗΣ ΧΡΙΣΤΟΦΟΡΟΥ ΖΩΟΤΡΟΦΕΣ</t>
+  </si>
+  <si>
+    <t>ΙΔΙΩΤΙΚΟ ΝΗΠΙΑΓΩΓΕΙΟ ΑΓΓΕΛΙΚΑ ΧΑΜΟΓΕΛΑ</t>
+  </si>
+  <si>
+    <t>Γ.ΖΕΜΠΑΣΙΗΣ &amp; Α. ΣΤΑΘΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΟΥΒΛΙΤΖΙΔΙΚΟ ΤΟ ΑΥΤΟΜΑΤΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΠΑΠΑΓΙΑΝΝΗ</t>
+  </si>
+  <si>
+    <t>MAGIC TASTE Α. &amp; Γ. ΠΕΤΡΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΕΠΕΠ ΦΡΟΥΤΑΡΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΣΑΛΩΝΗΣ</t>
+  </si>
+  <si>
+    <t>Α &amp; Ι ΕΥΡΩΕΚΤΥΠΩΤΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΠΙΤΣΙΛΛΗΣ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ ΜΟΥΓΙΑΝΝΟΣ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ ΠΑΡΠΕΡΗΣ &amp; ΥΙΟΣ (ΒΑΦΕΙΟ ΑΥΤΟΚΙΝΗΤΩΝ) ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΟΙΝΟΠΟΙΕΙΟΝ ΧΡΥΣΟΡΡΟΓΙΑ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΜΕΝΟΙΚΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΣΩΚΡΑΤΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΙΚΟΣ ΧΡΙΣΤΟΔΟΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΣΠΙΤΙΣΙΑ ΕΙΔΗ ΣΤΑΥΡΟΥΛΛΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΡΙΑ ΠΑΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΝΗΠΙΑΓΩΓΕΙΟ -ΒΡΕΦΟΠΑΙΔΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ ΠΑΙΔΙΚΕΣ ΝΟΤΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΟΣΒΑΣΗ</t>
+  </si>
+  <si>
+    <t>ΕΥΓΕΝΙΟΣ ΝΙΚΟΛΑΙΔΗΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΥΛΟΣ ΓΑΒΡΙΗΛ ΕΤΑΙΡΕΙΑ ΑΣΦΑΛΙΣΤΙΚΗΣ ΠΡΑΚΤΟΡΕΥΣΗΣ &amp; ΣΥΜΒΟΥΛΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΡΧΙΤΕΚΤΟΝΙΚΟ ΓΡΑΦΕΙΟ ΚΑΤΙΑ ΤΑΠΠΑ &amp; ΣΥΝΕΡΓΑΤΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΣΗΣ ΒΑΣΙΛΕΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ Π. ΣΤΕΡΓΙΔΗΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Μ. ΜΠΑΚΑΛΙΑΟΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΧΡΙΣΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΧΑΡΗΣ ΠΑΤΣΑΛΙΔΗΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΠΙΔΑ ΜΗΝΑ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΣΠΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>Μ. ΦΙΛΩΤΑΣ Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>Π. ΚΑΝΤΟΥ ΕΡΓΟΛΗΠΤΙΚΗ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ Γ. ΑΓΡΙΔΙΩΤΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Χ.Π. ΣΑΒΒΙΔΗΣ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>Κούλλα Πάλλη</t>
+  </si>
+  <si>
+    <t>ΚΡΕΟΠΩΛΕΙΟ ΑΘΗΝΟΔΩΡΟΣ &amp; ΥΙΟΣ</t>
+  </si>
+  <si>
+    <t>ΚΙΣΑ ΚΙΝΗΣΗ ΓΙΑ ΙΣΟΤΗΤΑ ΣΤΗΡΙΞΗ ΑΝΤΙΡΑΤΣΙΣΜΟ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΙΩΑΝΝΟΥ ΜΟΥΖΟΥΡΑΣ</t>
+  </si>
+  <si>
+    <t>ΕΚΚΛΗΣΙΑ ΠΑΝΑΓΙΑΣ ΑΓΓΕΛΟΚΤΙΣΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΣΠΥΡΟΣ ΣΤΑΥΡΙΝΙΔΗΣ ΚΕΜΙΚΑΛΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΛΙΟΣ ΠΑΠΑΝΙΚΟΛΑΟΥ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΧΑΠΕΣΙΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΠΑΠΑΔΟΠΟΥΛΟΣ</t>
+  </si>
+  <si>
+    <t>ΠΗΝΕΛΟΠΗ ΧΡ. ΜΗΝΑΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>Α.Μ.Α. ΧΑΡΑΛΑΜΠΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>CYPRUS PORT AUTHORITY</t>
+  </si>
+  <si>
+    <t>ΚΕΝΤΡΟ ΑΠΟΚΑΤΑΣΤΑΣΗΣ ΚΑΙ ΦΥΣΙΟΘΕΡΑΠΕΙΑΣ ΘΡΙΑΣΙΟ</t>
+  </si>
+  <si>
+    <t>Χ.Α.ΠΑΠΑΕΛΛΗΝΑΣ ΕΜΠΟΡΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ ΣΑΒΒΑ - ΜΕΛΑΘΡΟΝ ΑΓΩΝΙΣΤΩΝ ΤΗΣ ΕΟΚΑ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΙΝΑ ΑΠΟΣΤΟΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΣΟΦΙΑ ΕΥΑΓΓΕΛΟΥ ΕΤΑΙΡΕΙΑ ΑΣΓΑΛΙΣΤΙΚΗΣ ΠΡΑΚΤΟΡΕΥΣΗΣ ΜΕΣΑΖΟΝΤΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Κ.ΙΑ.ΣΑ. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΣΤΙΑ ΓΝΩΣΗΣ -ΑΝΔΡΕΑΣ ΚΛΕΟΒΟΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑΚΗΣ ΘΕΟΔΩΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΒΑΣΟΥΛΑ ΒΑΣΙΛΕΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΤΑΣΟΣ ΝΕΟΦΥΤΟΥ</t>
+  </si>
+  <si>
+    <t>T &amp; M (ΜΕΤΑΠΟΙΗΣΗ ΞΥΛΟΥ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΡΟΚΟΠΗΣ ΠΑΤΤΙΧΗΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΜΑΡΚΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΙΡΗΝΟΥΛΛΑ ΔΗΜΗΤΡΙΑΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΣΩΚΡΑΤΗΣ ΤΣΙΦΟΥΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΛΑΓΟΥ  ΜΙΧΑΗΛ</t>
+  </si>
+  <si>
+    <t>ΤΗΛΕΜΑΧΟΣ ΤΗΛΕΜΑΧΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΜΙΛΥ ΖΙΟΠΕΡΤ</t>
+  </si>
+  <si>
+    <t>Α. ΑΡΜΕΥΤΗΣ CO ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Λάζαρος Χ¨Φοράδος &amp; Υιοί Λτδ</t>
+  </si>
+  <si>
+    <t>Α.ΒΑΣΙΛΕΙΟΥ &amp; Χ.ΙΩΑΝΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΕΣΠΩ ΖΑΝΤΗ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ ΚΡΑΣΕ</t>
+  </si>
+  <si>
+    <t>ΣΤΑΥΡΙΑΝΑ ΑΘΑΝΑΣΙΟΥ ΧΡΙΣΤΟΔΟΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΠΙΤΤΑΣ ΜΩΣΑΪΚΑ ΜΑΡΜΑΡΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΩΤΟ ΣΤΟΥΝΤΙΟ ΤΑΣΟΣ ΗΡΩΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΝΑ ΠΑΠΑΜΙΧΑΗΛ</t>
+  </si>
+  <si>
+    <t>ΕΥΗ ΧΡΙΣΤΟΔΟΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΠΙΠΛΩΣΕΙΣ ΜΙΧΑΛΑΚΗ ΤΟΜΑΖΟΥ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΝΟΥΛΑ ΣΤΥΛΙΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>Ν.Α. ΣΟΦΟΚΛΕΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΣΤΡΟΒΟΛΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ: ΠΑΙΔΙΑ ΜΕ ΗΠΑΤΙΚΕΣ ΠΑΘΗΣΕΙΣ ΓΙΩΡΓΟΣ ΨΑΡΡΑΣ ROUND TABLE</t>
+  </si>
+  <si>
+    <t>ΑΝΤΗΣ ΠΡΟΚΟΠΙΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΙΠΑΚΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΚΟΠΕΥΤΙΚΟΣ ΟΜΙΛΟΣ ΛΑΡΝΑΚΑΣ</t>
+  </si>
+  <si>
+    <t>ΑΚΤΗ ΚΕΝΤΡΟ ΜΕΛΕΤΩΝ ΚΑΙ ΕΡΕΥΝΑΣ</t>
+  </si>
+  <si>
+    <t>ΓΑΛΑΚΤΟΜΙΚΑ ΠΡΟΙΟΝΤΑ ΑΔΕΛΦΟΙ ΠΑΝΑΓΗ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΝΟΣ ΑΡΙΣΤΕΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ ΑΝΔΡΕΑΣ ΜΙΤΑΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΠΕΨΗΣ &amp; ΥΙΟΣ ΕΡΓΟΛΗΠΤΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΙΟΣ ΞΕΝΟΦΩΝΤΟΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΟΥΛΑ ΒΡΑΧΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΥΑΓΓΕΛΟΣ Φ. ΣΑΒΒΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΝΤΙΝΟΣ ΠΟΥΠΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Δ.Π.ΕΛΛΗΝΑΣ ΣΥΝΕΡΓΑΤΕΣ ΑΡΧΙΤΕΚΤΟΝΕΣ ΣΥΜΒΟΥΛΟΙ ΜΗΧΑΝΙΚΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΗΣ ΑΝΔΡΕΟΥ</t>
+  </si>
+  <si>
+    <t>ΗΡΟΔΟΤΟΣ ΡΟΔΑΣ ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΠΥΡΟΣ ΚΟΥΒΑΡΗΣ (ΜΟΝΩΣΕΙΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΑ ΛΟΥΚΑ (Y. MELETION PRIVATE INSTITUTE)</t>
+  </si>
+  <si>
+    <t>ΑΝΑΣΤΑΣΗΣ ΚΩΜΟΔΡΟΜΟΣ</t>
+  </si>
+  <si>
+    <t>Μ.Φ. ΟΡΟΣ ΜΑΧΑΙΡΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΕΣΠΟΙΝΑ Π. ΧΑΤΖΗΜΑΡΚΟΥ ΣΥΜΒΟΥΛΟΙ ΠΟΛΙΤΙΚΟΙ ΜΗΧΑΝΙΚΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>"ΟΑΣΗ ΗΛΙΚΙΩΜΕΝΩΝ ""ΑΓΙΟΣ ΓΕΩΡΓΙΟΣ"""</t>
+  </si>
+  <si>
+    <t>ΠΟΛΥΚΛΙΝΙΚΗ ΥΓΕΙΑ ΙΔΙΩΤΙΚΟ ΝΟΣΟΚΟΜΕΙΟ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Cyprus Political Defence</t>
+  </si>
+  <si>
+    <t>ΜΑΡΩ ΔΗΜΗΤΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>Π.ΜΑΓΚΑΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑΚΗΣ Ν. ΑΝΤΩΝΙΑΔΗΣ &amp; ΥΙΟΙ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΣΚΑΡΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΟΥΚΑΣ ΣΟΛΩΜΟΥ</t>
+  </si>
+  <si>
+    <t>ΘΕΜΗΣ ΓΕΩΡΓΙΟΥ &amp; ΥΙΟΙ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΜΙΧΑΗΛ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑΚΗΣ ΠΑΠΑΙΩΑΝΝΟΥ ΚΑΤΑΣΚΕΥΑΙ ΑΛΟΥΜΙΝΙΟΥ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Cyprus Organisation of Paraplegic</t>
+  </si>
+  <si>
+    <t>ΕΠΙΠΛΩΣΕΙΣ ΝΟΡΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΑΚΗΣ ΘΕΟΧΑΡΙΔΗΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΟΙΝΟΤΙΚΟΣ ΠΑΙΔΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ ΞΥΛΟΤΥΜΠΟΥ ΣΚΕ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΕΛΕΝΕΙΟΝ ΚΕΝΤΡΟΝ ΕΝΗΛΙΚΩΝ ΑΘΗΕΝΟΥ</t>
+  </si>
+  <si>
+    <t>Μ. ΚΥΡΙΑKΟΥ &amp; Μ. ΜΙΧΑΗΛ ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>Athienou</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ Β. ΖΑΧΑΡΙΟΥ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΡΕΟΠΩΛΕΙΟΝ Α/ΦΟΙ ΚΟΥΝΤΟΥΡΟΥ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΡΗΣ ΚΟΥΚΛΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ Δ.Α.Λ. ΜΑΥΡΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΕΥΑΓΓΕΛΟΥ</t>
+  </si>
+  <si>
+    <t>Α. ΖΟΡΠΑΣ ΚΑΙ ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΛΑΣ ΠΕΤΡΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΡΑΦΑΕΛΑ ΦΑΚΟΝΤΗ</t>
+  </si>
+  <si>
+    <t>ΕΜΠΟΡΙΚΗ ΚΑΙ ΒΙΟΜΗΧΑΝΙΚΗ ΕΤΑΙΡΕΙΑ ΧΑΡΤΟΥ (Ε.Β.Ε.Χ.) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ ΧΑΤΖΗΑΝΤΩΝΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΤΜΟΚΑΘΑΡΙΣΤΗΡΙΟ ΖΑΧΑΡΙΑΣ ΗΡΑΚΛΕΟΥΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΥΘΕΡΙΟΣ Γ. ΕΛΕΥΘΕΡΙΟΥ (ΑΧΝΑΓΑΛ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΟΙΝΟΤΙΚΟΣ ΠΑΙΔΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ ΑΘΗΕΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΛΕΚΤΟΝ ΣΥΜΒΟΥΛΕΥΤΙΚΗ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>Π.Σ. ΟΙΚΟΔΟΜΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ Μ. ΠΟΓΙΑΤΖΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΠΙΠΗ ΔΑΣΚΑΛΑΚΗ &amp; ΧΡΥΣΤΑΛΛΕΝΗ ΧΡΙΣΤΟΦΟΡΟΥ ΠΙΠΗ</t>
+  </si>
+  <si>
+    <t>A&amp;E  ΣΤΥΛΙΑΝΟΥ ΤΕΧΝΟΧΗΜΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ ΣΙΟΥΦΤΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΥ ΚΥΡΙΑΚΟΣ ΕΡΓΟΛΑΒΟΣ ΟΙΚΟΔΟΜΩΝ ΛIMIΤEΔ</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ ΜΥΟΠΑΘΩΝ ΚΥΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΙΝΑ ΘΡΑΣΥΒΟΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΕΤΡΟΣ ΚΩΝΣΤΑΝΤΗ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ &amp; ΓΕΩΡΓΙΟΣ ΠΕΤΡΟΥ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΕΠΙΤΡΟΠΗ ΚΟΙΝΟΤΙΚΗΣ ΕΥΗΜΕΡΙΑΣ ΑΣΤΡΟΜΕΡΙΤΗ</t>
+  </si>
+  <si>
+    <t>VESTA (ΗΛΙΑΚΟΙ ΘΕΡΜΟΣΙΦΩΝΕΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΩΑΝΝΗΣ ΓΙΑΛΙΤΑΚΗΣ</t>
+  </si>
+  <si>
+    <t>Γ. Κ. ΤΑΞΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΗΣ ΚΑΤΣΑΜΠΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΛΛΑΝΤΙΚΑ ΚΙΤΡΟΜΙΛΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΞΙΜΑΔΙΑ ΕΛΕΝΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΙΔΟΚΟΜΙΚΟΣ &amp; ΒΡΕΦΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ Ο ΕΛΕΦΑΝΤΟΥΛΗΣ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΝΙΚΚΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΗΠΙΑΓΩΓΕΙΟΝ Η ΖΕΣΤΗ ΦΩΛΙΑ ΜΑΡΙΝΑ ΒΑΣΙΛΕΙΟΥ</t>
+  </si>
+  <si>
+    <t>Χ.Ζ. ΚΗΠΟΥΡΟΤΕΧΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΥΜΒΟΥΛΙΟ ΚΟΙΝΟΤΙΚΟΥ ΕΘΕΛΟΝΤΙΣΜΟΥ ΚΟΙΝΟΤΙΚΗΣ ΕΥΗΜΕΡΙΑΣ ΠΑΝΩ ΚΥΒΙΔΩΝ</t>
+  </si>
+  <si>
+    <t>ΚΕΡΑΜΕΙΟ ΑΝΔΡΕΑΣ ΚΑΣΑΠΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Μανώλης Α. Ψαρά</t>
+  </si>
+  <si>
+    <t>Cyprus Broadcasting Corporation</t>
+  </si>
+  <si>
+    <t>Μ. ΠΑΝΑΓΗ ΑΕΡΑΓΩΓΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>"ΠΑΞΙΜΑΔΙΑ ""ΕΛΕΝΑ"" ΛΤΔ"</t>
+  </si>
+  <si>
+    <t>ΞΥΛΟΥΡΓΕΙΟ ΑΧΙΛΛΕΑ ΠΑΝΤΕΛΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ.ΚΑΖΙΚΑΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ ΠΑΥΛΑΝΑΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΡ ΣΙΜΩΝ ΚΥΡΙΑΚΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΑ ΔΗΜΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΑΛΕΝΤΙΝΟΣ ΑΝΔΡΕΟΥ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΔΟΥΛΟΣ ΠΑΣΧΑΛΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Π.Α.Ν.Γ.Ε.Κ.Ο. (ΟΙΚΟΔΟΜΙΚΑΙ ΚΑΤΑΣΚΕΥΑΙ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΕ. ΤΕΧΝΙ. ΚΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΖΗΝΩΝΑΣ ΜΙΧΑΗΛΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΣΥΝΔΕΣΜΟΣ ΓΟΝΕΩΝ ΚΑΙ ΦΙΛΩΝ ΠΑΙΔΙΩΝ ΜΕ ΕΙΔΙΚΕΣ ΑΝΑΓΚΕΣ ΛΕΜΕΣΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΡΑΚΤΟΡΕΙΟ ΟΠΑΠ ΓΙΩΡΓΟΣ ΣΑΒΒΙΔΗ</t>
+  </si>
+  <si>
+    <t>Νικόλας Ττουλιάς</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΗΣ ΠΙΚΟΛΟΣ</t>
+  </si>
+  <si>
+    <t>ΤΣΙΑΙΛΗ, ΞΥΔΙΑ &amp; ΚΟΡΤΑΡΗ</t>
+  </si>
+  <si>
+    <t>Α&amp;Χ ΧΡΥΣΑΝΘΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΑΚΗΣ ΠΟΓΙΑΤΖΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΩΤΟΠΑΙΓΝΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΑΒΟΙ ΟΙΚΟΔΟΜΩΝ ΚΕ.ΠΑ.ΜΑ. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΗΣ Ν. ΑΝΑΣΤΑΣΙΑΔΗΣ Μ.Ο.Τ. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΠΑΡΠΑΣ</t>
+  </si>
+  <si>
+    <t>ΦΡΟΥΤΑΡΙΑ K. KYRIAKOU EXOTICA LTD</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΟ ΔΗΜΗΤΡΗΣ Θ. ΦΙΛΙΠΠΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α. ΔΗΜΗΤΡΙΑΔΗΣ &amp; ΣΥΝΕΤΑΙΡΟΙ Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΗΣ ΑΡΓΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΝΗΠΙΑΓΩΓΕΙΟ ΑΓΓΕΛΙΚΑ ΧΑΜΟΓΕΛΑ</t>
+  </si>
+  <si>
+    <t>ΣΤΑΥΡΟΣ ΦΩΚΟΥ</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ ΧΡΥΣΑΝΘΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΕΟΦΥΤΟΣ ΚΥΡΙΑΚΟΥ ΜΕΤΑΛΛΙΚΕΣ ΚΑΤΑΣΚΕΥΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΗΛ Α. ΜΙΧΑΗΛ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΛΛΗ ΑΝΤΩΝΙΟΥ</t>
+  </si>
+  <si>
+    <t>Α. Θ. ΜΙΧΑΗΛΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΙΩΡΓΟΣ ΧΕΙΜΩΝΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΑ ΚΟΥΛΟΥΜΗ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΠΑΠΑΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΣΟΦΙΑ ΚΑΗ - MAJORBOX</t>
+  </si>
+  <si>
+    <t>ΚΤΗΝΙΑΤΡΙΚΗ ΚΛΙΝΙΚΗ ΑΝΔΡΕΑΣ ΠΙΤΖΟΛΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Nicosia Municipality</t>
+  </si>
+  <si>
+    <t>Σ &amp; Μ ΠΑΜΠΟΥΚΚΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΠΑΠΑΝΙΚΟΛΑΟΥ ΥΠΕΡΑΓΟΡΑ (ΑΓΙΟΣ ΓΕΩΡΓΙΟΣ ΚΕΡΥΝΕΙΑΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Χ.Π. ΚΑΦΕΠΩΛΕΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΓΑΘΑΓΓΕΛΟΣ ΧΕΙΜΩΝΑ</t>
+  </si>
+  <si>
+    <t>ΑΝΝΑ ΧΡΙΣΤΟΦΟΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΙΕΡΑ ΜΟΝΗ ΜΑΧΑΙΡΑ</t>
+  </si>
+  <si>
+    <t>ΠΑΜΠΟΣ ΕΛΕΝΟΔΩΡΟΥ &amp; ΥΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΟΣ ΟΡΕΙΝΟΣ</t>
+  </si>
+  <si>
+    <t>ΚΟΥΡΙΔΗΣ ΚΑΤΑΣΚΕΥΑΣΤΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΜΠΟΣ ΑΘΑΝΑΣΙΟΥ ΓΚΑΡΑΖ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Γ. ΧΡΥΣΟΣΤΟΜΟΥ &amp; Κ. ΑΝΔΡΕΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΟ ΑΓΓΕΛΑ ΜΑΡΚΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΟΡΟΣ (Ι. ΣΚΟΥΦΑΡΗΣ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΣΑΒΒΟΥΡΗ</t>
+  </si>
+  <si>
+    <t>Α &amp; Ζ ΚΕΝΤΡΟ ΠΡΟΣΩΠΙΚΗΣ ΓΥΜΝΑΣΤΙΚΗΣ &amp; ΔΙΑΤΡΟΦΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Μ. &amp; Β. ΦΑΓΟΠΩΛΕΙΟ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΔΙΑΜΑΝΤΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΠΑΝΑΓΗ</t>
+  </si>
+  <si>
+    <t>ΒΑΣΙΛΗΣ Ν. ΣΙΗΚΚΗΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΑΚΗΣ ΚΥΡΙΑΝΟΣ &amp; ΣΙΑ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>Κυριακή Σαββίδου</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΠΕΤΡΟΥ</t>
+  </si>
+  <si>
+    <t>Α. ΑΝΤΡΕΟΥ ΙΣΙΩΜΑΤΑ -ΜΠΟΓΙΑΤΙΣΜΑΤΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Π.Τ. ΝΕΑ ΑΜΠΕΛΕΡΗ ΜΙΝΙ ΜΑΡΚΕΤ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΙΝΑ ΚΥΡΙΑΚΟΥ</t>
+  </si>
+  <si>
+    <t>Ινστιτούτο Κύπρου</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΛΑΟΥ &amp; ΘΕΟΔΩΡΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΡΕΦΟΝΗΠΙΑΚΟΣ ΠΑΙΔΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ Η ΠΑΙΧΝΙΔΟΥΠΟΛΗ</t>
+  </si>
+  <si>
+    <t>ΑΓΑΘΗ ΚΛΕΑΝΘΟΥΣ ΜΠΕΛΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΤΡΑΝΤΑΣ</t>
+  </si>
+  <si>
+    <t>"Α &amp; Ζ ΦΡΟΝΤΙΣΤΗΡΙΑΚΑ ΜΑΘΗΜΑΤΑ ""ΑΘΗΝΑ"" ΛΤΔ"</t>
+  </si>
+  <si>
+    <t>ΣΩΤΗΡΗΣ ΑΝΑΤΩΝΙΟΥ ΕΡΓΟΛΑΒΟΙ ΟΙΚΟΔΟΜΩΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΥΠΟΓΡΑΦΕΙΟ ΠΑΝΑΓΙΩΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΑΝΔΡΕΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΗ ΔΗΜΗΤΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΣΤΑΣΙΟ ΚΑΤΑΣΚΕΥΗΣ ΜΗΧΑΝΗΜΑΤΩΝ &amp; ΜΕΤΑΛΛΙΚΩΝ ΚΑΤΑΣΚΕΥΩΝ ΑΡΧΙΜΗΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α &amp; Δ ΙΩΑΝΝΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ν.Α.ΧΡΙΣΤΟΔΟΥΛΟΥ ΤΟΠΟΓΡΑΦΟΙ ΜΗΧΑΝΙΚΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΑΡΓΥΡΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΑΣΤΑΣΗΣ ΑΝΑΣΤΑΣΗ</t>
+  </si>
+  <si>
+    <t>Ε. &amp; Π. ΛΕΙΒΑΔΙΩΤΗΣ  ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΧΙΖΑΣ ΜΑΡΜΑΡΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΙΚΟΣ ΜΙΧΑΗΛ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΛΗΣ ΔΑΜΙΑΝΟΣ &amp; ΣΙΑ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΣΤΕΓΝΟΚΑΘΑΡΙΣΤΗΡΙΟ ΙΦΙΓΕΝΕΙΑ</t>
+  </si>
+  <si>
+    <t>ΚΕΝΤΡΟ ΠΡΟΣΦΟΡΑΣ ΚΑΙ ΑΓΑΠΗΣ ΑΓΙΟΣ ΧΡΙΣΤΟΦΟΡΟΣ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ ΧΡΙΣΤΟΔΟΥΛΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΠΙΕΡΙΔΗΣ &amp; ΠΙΕΡΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΓΡΗΓΟΡΗΣ ΚΟΥΤΣΟΥΛΛΗΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΙΟΜΗΧΑΝΙΑ ΓΙΑΒΑΣΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΟΥΛΑ ΠΑΠΥΡΟΥ (ΝΗΠΙΑΓΩΓΕΙΟ Ο ΚΟΣΜΟΣ ΤΩΝ ΛΟΥΛΟΥΔΙΩΝ)</t>
+  </si>
+  <si>
+    <t>Κωνσταντίνος Κουσιουμή</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑΚΗΣ ΒΕΝΙΖΕΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΘΟΥΛΛΑ ΑΝΑΣΤΑΣΙΟΥ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α. ΧΑΤΖΗΜΑΡΚΟΥ &amp; ΥΙΟΣ ΦΑΡΜ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΦΟΡΟΣ ΛΑΡΚΟΥ</t>
+  </si>
+  <si>
+    <t>"ΚΑΘΑΡΙΣΤΗΡΙΑ ΚΑΙ ΠΛΥΝΤΗΡΙΑ ""ΝΕΑ ΛΕΜΕΣΟΣ""  ΛΤΔ"</t>
+  </si>
+  <si>
+    <t>ΠΑΠΑΛΛΑΣ &amp; ΙΩΑΝΝΙΔΟΥ ΑΡΧΙΤΕΚΤΟΝΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΟΥΖΟΥΡΗΣ - ΛΑΤΟΜΕΙΑ ΞΥΛΟΦΑΓΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΑΙΚΗ ΑΓΟΡΑ Ε. ΖΑΝΤΗΡΑΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΠΥΡΟΣ ΣΤΑΥΡΙΝΙΔΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΛΙΟΣ ΠΡΩΤΟΠΑΠΑΣ</t>
+  </si>
+  <si>
+    <t>ΓΥΜΝΑΣΤΗΡΙΟ ΜΑΧΑΛΛΕΚΙΔΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α. ΓΙΑΛΛΟΥΡΟΣ &amp; ΥΙΟΙ ΚΑΤΑΣΚΕΥΑΣΤΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Κ.Δ.Α. ΜΠΕΤΟΝ (ΝΗΣΟΥ) ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΣΩΖΟΣ ΙΟΡΔΑΝΟΥΣ &amp; ΥΙΟΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΔΡ ΚΩΝΣΤΑΝΤΙΝΑ ΠΑΠΑΜΗΝΑ ΟΔΟΝΤΙΑΤΡΕΙΟ</t>
+  </si>
+  <si>
+    <t>"ΝΗΠΙΑΓΩΓΕΙΟ ""Ο ΦΑΡΟΣ"" ΛΤΔ"</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΟΣ ΣΚΑΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΑΣΤΑΣΙΑ ΠΑΠΑΓΙΩΡΓΗ</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ ΠΕΤΡΑΚΗΣ ΕΥΘΥΜΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΗΠΙΑΓΩΓΕΙΟ Π.Β. «ΤΑ ΧΑΡΟΥΜΕΝΑ ΠΡΟΣΩΠΑΚΙΑ» ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ ΠΕΤΟΥΣΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΟΣ ΑΔΩΝΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΣΥΜΕΩΝΙΔΗΣ</t>
+  </si>
+  <si>
+    <t>Α.Μ. ΦΙΛΑΓΡΟΤΙΚΗ ΣΥΜΒΟΥΛΕΥΤΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΝΙΚΗ ΚΥΠΡΙΔΗΜΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΥΛΛΟΓΟΣ ΑΝΟΡΘΩΣΙΣ ΑΜΜΟΧΩΣΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΒΟΡΚΑΣ ΜΕΤΑΦΟΡΕΣ ΝΕΡΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ Π. ΧΡΙΣΤΟΦΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ Μ. ΒΑΣΙΛΕΙΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΗΛ ΠΕΡΙΚΛΕΟΥΣ ΜΙΧΑΗΛ</t>
+  </si>
+  <si>
+    <t>NICOSIA DEVELOPMENT AGENCY (ANEL)</t>
+  </si>
+  <si>
+    <t>ΗΛΕΚΤΡΙΚΕΣ ΕΓΚΑΤΑΣΤΑΣΕΙΣ ΣΤΕΛΙΟΣ ΠΑΝΑΡΗΣ &amp; ΣΥΝΕΡΓΑΤΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Μυρτώ Ευσταθίου</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΔΗΜΗΤΡΙΟΥ ΘΕΟΔΩΡΟΥ</t>
+  </si>
+  <si>
+    <t>Α.Χ.  ΤΕΚΤΩΝ ΤΕΧΝΙΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΗΡΟΔΟΤΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΡΓΥΡΟΥ &amp; ΔΗΜΟΣΘΕΝΟΥΣ Δ.Ε.Π.Ε</t>
+  </si>
+  <si>
+    <t>ΑΝΘΙΜΟΣ ΛΕΩΝΙΔΟΥ &amp; ΣΥΝΕΤΑΙΡΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α &amp; Γ ΚΑΛΛΗΣ ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΥΡΙΑΚΟΣ Γ. ΚΥΡΙΑΚΙΔΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΟΥΛΛΑ Κ. ΠΙΣΤΣΙΛΛΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>A &amp; A ΥΛΙΚΑ ΟΙΚΟΔΟΜΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΛΩΡΗΣ ΛΙΛΛΗΣ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΣ ΤΡΑΝΤΑΣ - ΞΥΛΟΥΡΓΙΚΕΣ ΕΡΓΑΣΙΕΣ</t>
+  </si>
+  <si>
+    <t>ΕΙΡΗΝΟΥΛΛΑ ΔΗΜΗΤΡΙΑΔΟΥ IRIS PLANT FLOWER SHOP</t>
+  </si>
+  <si>
+    <t>ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ ΝΕΟΛΑΙΑΣ ΥΨΩΝΑ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΠΑΠΑΣΤΑΥΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΣΟΥΡΜΕΛΗΣ ΓΕΩΤΕΧΝΙΚΑ ΕΡΓΑΣΤΗΡΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΛΟΕΛ ΒΙΟΜΗΧΑΝΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Paraplegic Organization of Cyprus</t>
+  </si>
+  <si>
+    <t>ΒΙΒΛΙΟΠΩΛΕΙΟ ΜΥΡΙΟΒΙΒΛΟΣ</t>
+  </si>
+  <si>
+    <t>"ΕΤΑΙΡΕΙΑ ΜΩΣΑΙΚΩΝ ΣΤΑΥΡΟΣ Χ""ΓΙΑΝΝΗΣ ΛΤΔ"</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΙΑ ΧΡΙΣΤΟΦΗ</t>
+  </si>
+  <si>
+    <t>Σ &amp; Κ ΑΡΤΟΠΟΙΕΙΑ (ΓΕΡΙ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΤΥΠΟΚΡΕΤΑ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΜΑΣΤΡΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΥΞΕΝΤΗΣ ΑΥΞΕΝΤΙΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΛΕΟΝΤΗΣ Κ. ΧΑΤΖΗΜΑΡΚΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΟΣ ΜΕΛΑΣ</t>
+  </si>
+  <si>
+    <t>Τεχνολογικό Πανεπιστήμιο Κύπρου</t>
+  </si>
+  <si>
+    <t>Α.Ν. ΚΗΠΟΤΕΧΝΙΕΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΟΥΛΑ ΚΟΣΜΑ</t>
+  </si>
+  <si>
+    <t>ΣΩΚΡΑΤΕΙΟ ΜΕΛΑΘΡΟΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Μ ΛΟΥΚΑΪΔΗΣ ΕΣΤΕΪΤΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΩΤΗΡΗΣ ΑΝΔΡΕΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΑΝΑΓΙΩΤΗΣ ΒΙΤΤΗΣ</t>
+  </si>
+  <si>
+    <t>ΧΡ.ΠΕΠΠΟΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ Γ. ΛΑΜΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΙΑΝΝΑΚΗΣ ΣΤΥΛΙΑΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΑΙΔΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ ΑΝΔΡΕΑΣ ΤΖΩΡΤΖΙΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΙΔΡΥΜΑ ΑΤΟΜΩΝ ΜΕ ΕΙΔΙΚΕΣ ΑΝΑΓΚΕΣ ΑΓΙΟΣ ΣΤΥΛΙΑΝΟΣ</t>
+  </si>
+  <si>
+    <t>Α. ΜΕΛΕΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΛΑΓΟΥ ΜΙΧΑΗΛ</t>
+  </si>
+  <si>
+    <t>ΛΕΥΚΑΡΙΤΕΣ ΣΤΕΓΝΟΚΑΘΑΡΙΣΤΗΡΙΟ / ΣΤΕΛΙΟΣ ΧΑΡΑΛΑΜΠΟΥΣ</t>
+  </si>
+  <si>
+    <t>ΝΕΑ ΕΛΠΙΔΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΓΡΟΚΤΗΜΑ ΕΖΟΥΣΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΛΕΞΗΣ Α. ΣΑΜΟΥΤΗΣ Ι.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΙΩΑΝΝΗΣ ΠΑΡΑΣΚΕΥΑ</t>
+  </si>
+  <si>
+    <t>ΔΙΑΜΕΡΙΣΜΑΤΑ ΗΡΩΣ ΦΙΛΙΠΠΟΥ ΚΡΗΤΙΩΤΗ</t>
+  </si>
+  <si>
+    <t>ΜΙΧΑΗΛ ΠΑΥΛΟΥ ΓΕΩΡΓΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΑΔΕΛΦΟΙ ΤΡΙΣΒΕΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΗΣ ΑΝΤΩΝΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΜΟΥΣΙΚΗ ΣΧΟΛΗ ΜΕΛΠΗΤΩΡ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΑΡΙΚΛΕΙΑ ΤΣΙΓΑΡΙΔΟΥ</t>
+  </si>
+  <si>
+    <t>ΦΑΝΟΣ Ν.ΕΠΙΦΑΝΙΟΥ ΔΕ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΚΑΡΟΝΙΑ ΘΡΙΑΜΒΟΣ</t>
+  </si>
+  <si>
+    <t>ΙΑΤΡΙΚΟ ΚΕΝΤΡΟ ΥΓΕΙΟΔΩΡΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Νικολάι Σιρτσιην</t>
+  </si>
+  <si>
+    <t>Γ. ΣΕΡΓΙΔΗΣ &amp; ΣΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΡΡΙΚΟΣ ΧΑΡΑΛΑΜΠΟΥΣ (ΑΛΟΥΜΙΝΙΑ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Ι &amp; Α ΦΙΛΙΠΠΟΥ ΑΡΧΙΤΕΚΤΟΝΕΣ ΜΗΧΑΝΙΚΗ Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΣΤΑΥΡΙΑ ΕΥΡΙΠΙΔΟΥ (PROFILE HAIR SALOON)</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ Γ. ΕΓΓΛΕΖΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΕΥΡΩΠΑΙΚΟ ΚΟΙΝΩΝΙΚΟ ΦΟΡΟΥΜ ΚΥΠΡΟΥ</t>
+  </si>
+  <si>
+    <t>ΕΡΓΟΛΗΠΤΙΚΗ ΕΤΑΙΡΕΙΑ ΚΑΛΛΗΣ &amp; ΠΑΝΑΓΡΙΤΗΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΑΚΗΣ ΤΣΙΟΒΑΝΝΗΣ &amp; ΣΙΑ ΚΑΤΑΣΚΕΥΑΣΤΙΚΗ Δ. Ε. ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΦΑΡΜΑΚΕΙΟ ΤΟΟΥΛΙΑ ΠΑΝΑΓΙΩΤΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ Σ. ΑΓΓΕΛΙΔΗΣ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>ΣΑΒΒΑΣ ΗΛΙΑΔΗΣ</t>
+  </si>
+  <si>
+    <t>ΠΑΙΔΟΚΟΜΙΚΟΣ ΣΤΑΘΜΟΣ ΠΑΙΔΙΚΑ ΠΑΤΟΥΣΑΚΙΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΙΩΑΝΝΟΥ</t>
+  </si>
+  <si>
+    <t>ΠΟΛΥΚΑΡΠΟΣ ΦΙΛΙΠΠΟΥ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>Pafos Regional Board of Tourism</t>
+  </si>
+  <si>
+    <t>ΑΝΤΩΝΙΟΣ ΧΡΙΣΤΟΔΟΥΛΟΥ</t>
+  </si>
+  <si>
+    <t>ΔΗΜΗΤΡΗΣ ΧΡ. ΜΙΧΑΗΛ &amp; ΣΥΝΕΡΓΑΤΕΣ Δ.Ε.Π.Ε.</t>
+  </si>
+  <si>
+    <t>ΚΟΥΖΑΡΗΣ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΧΡΙΣΤΟΔΟΥΛΟΣ ΜΑΤΘΑΙΟΥ &amp; ΥΙΟΙ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΑΛΛΗΣ Γ. ΣΙΑΦΚΟΣ ΜΟΤΟΡΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΟΙΝΟΤΙΚΟ ΣΥΜΒΟΥΛΙΟ ΣΟΥΝΙΟΥ- ΖΑΝΑΤΖΙΑΣ</t>
+  </si>
+  <si>
+    <t>ΠΟΛΥΔΥΝΑΜΟ ΚΕΝΤΡΟ ΔΗΜΟΥ ΕΓΚΩΜΗΣ</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΓΙΑΛΛΟΥΡΟΣ &amp; ΥΙΟΙ (ΚΑΤΑΣΚΕΥΑΙ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Θ. ΘΕΟΦΑΝΟΥΣ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΜΑΡΙΑ ΜΑΝΤΖΟΥΡΑ</t>
   </si>
   <si>
     <t>ΜΑΡΚΟΣ ΝΙΚΟΛΑΟΥ ΚΡΕΑΤΕΜΠΟΡΙΚΗ ΛΤΔ</t>
   </si>
   <si>
-    <t>ΥΠΕΡΑΓΟΡΑ- ΦΡΟΥΤΑΡΙΑ Σ.Τ.Κ. ΑΝΑΣΤΑΣΙΟΥ (ΤΙΡΚΑΣ) ΛΤΔ</t>
-[...1520 lines deleted...]
-    <t>ΑΝΔΡΕΑΣ ΛΟΥΚΑ</t>
+    <t>Κέντρο Συμβουλευτικής Επαγγελματικής Ανάπτυξης Λτδ</t>
+  </si>
+  <si>
+    <t>Ε.Α.Κ. ΓΕΥΣΤΙΚΕΣ ΑΠΟΛΑΥΣΕΙΣ ΛΤΔ</t>
   </si>
   <si>
     <t>ΣΑΒΒΑΣ ΚΥΡΙΑΚΟΥ</t>
   </si>
   <si>
-    <t>ΝΕΛΗ ΕΜΠΟΡΙΟ ΚΡΕΑΤΩΝ ΛΤΔ</t>
-[...404 lines deleted...]
-    <t>Μ &amp; Ι ΣΟΥΒΛΑΚΟΠΩΛΕΙΟ ΛΤΔ</t>
+    <t>ΑΚΟΥΟΛΟΓΙΚΟ ΚΕΝΤΡΟ ΛΑΡΝΑΚΑΣ ΓΙΩΡΓΟΣ ΠΑΝΑΓΙΩΤΟΥ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α.Ε.  ΣΠΥΡΟΥ (ΤΟΥΡΙΣΤΙΚΑ ΕΙΔΗ) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΤΗΜΑΤΙΚΗ ΕΤΑΙΡΕΙΑ ΨΥΛΛΑΚΗ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΣΤΕΓΗ ΗΛΙΚΙΩΜΕΝΩΝ ΤΙΜΟΘΕΙΟΝ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΚΩΣΤΑΣ ΦΙΛΙΠΠΟΥ</t>
+  </si>
+  <si>
+    <t>ΓΥΡ΄ ΕΥΟΝΤΑΣ ΕΛΛΑΔΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Αγγελική Εγκωμίτη</t>
+  </si>
+  <si>
+    <t>ΕΛΕΝΙΤΣΑ ΠΕΓΕΙΩΤΟΥ ΓΕΝΗ</t>
+  </si>
+  <si>
+    <t>ΥΠΕΡΑΓΟΡΑ ΑΝΔΡΕΑΣ ΜΑΡΚΟΥ &amp; ΥΙΟΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΒΙΟΚΥΚΛΟΣ (Μ.Π.Α.Ν.) ΛΤΔ</t>
+  </si>
+  <si>
+    <t>Α &amp; Α Κ. ΑΙΜΙΛΙΑΝΙΔΗΣ Κ. ΚΑΤΣΑΡΟΣ &amp; ΣΥΝΕΡΓΑΤΕΣ ΔΕΠΕ</t>
+  </si>
+  <si>
+    <t>ΙΔΙΩΤΙΚΟ ΦΡΟΝΤΙΣΤΗΡΙΟ Ι.Γ. ΠΥΛΗ ΓΝΩΣΗΣ ΛΙΜΙΤΕΔ</t>
+  </si>
+  <si>
+    <t>ΘΕΟΔΩΡΟΣ ΑΝΤΩΝΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΚΩΝΣΤΑΝΤΙΝΑ ΞΕΝΟΦΩΝΤΟΣ</t>
+  </si>
+  <si>
+    <t>ΓΕΩΡΓΙΑ ΑΛΕΞΑΝΔΡΟΥ ΔΗΜΗΤΡΙΟΥ</t>
+  </si>
+  <si>
+    <t>ΔΡ ΝΙΚΟΛ ΣΑΚΚΑ</t>
+  </si>
+  <si>
+    <t>ΙΑΤΡΙΚΟ ΚΕΝΤΡΟ ΟΜΟΙΟΠΑΘΗΙΚΗΣ Σ. ΣΚΑΛΙΩΝΤΑ</t>
+  </si>
+  <si>
+    <t>ΠΑΡΙΣ ΙΩΑΝΝΟΥ &amp; ΣΙΑ ΛΙΜΙΤΕΔ</t>
   </si>
   <si>
     <t>ΝΤΟΡΙΑ ΧΑΡΑΛΑΜΠΟΥΣ</t>
   </si>
   <si>
-    <t>ΧΡΙΣΤΟΦΟΡΟΣ ΣΑΒΒΑ</t>
-[...1568 lines deleted...]
-    <t>ΠΑΡΙΣ ΙΩΑΝΝΟΥ &amp; ΣΙΑ ΛΙΜΙΤΕΔ</t>
+    <t>Ιερείδης και Μιχαήλ Αρχιτέκτονες</t>
+  </si>
+  <si>
+    <t>ΧΑΡΑΛΑΜΠΟΣ ΒΑΡΙΑΝΟΣ</t>
+  </si>
+  <si>
+    <t>GTLA COFFEE SHOP PARTNERSHIP (ΘΕΟΔΟΥΛΟΥ / ΑΝΤΡΕΟΥ)</t>
+  </si>
+  <si>
+    <t>ΑΝΔΡΕΑΣ ΓΙΑΓΚΟΥ</t>
+  </si>
+  <si>
+    <t>ΗΛΙΑΚΟΙ ΘΕΡΜΟΣΙΜΦΩΝΕΣ ΒΕΛΠΑ ΛΤΔ</t>
+  </si>
+  <si>
+    <t>ΒΟΥΛΓΑΡΙΚΗ ΠΑΤΡΙΚΗ ΣΤΕΓΗ</t>
+  </si>
+  <si>
+    <t>ΤΑΒΕΡΝΑ ΤΟ ΦΕΓΓΑΡΟΓΝΕΜΑ ΛΤΔ</t>
   </si>
   <si>
     <t>ΧΡΙΣΤΟΦΟΡΟΣ Φ. ΣΑΒΒΑ</t>
   </si>
   <si>
-    <t>ΓΕΩΡΓΙΑ ΑΛΕΞΑΝΔΡΟΥ ΔΗΜΗΤΡΙΟΥ</t>
-[...37 lines deleted...]
-  <si>
     <t>Α. ΙΩΑΝΝΟΥ &amp; Γ. ΧΑΡΑΛΑΜΠΟΥΣ ΛΤΔ</t>
-  </si>
-[...4 lines deleted...]
-    <t>ΘΕΟΔΩΡΟΣ ΑΝΤΩΝΙΟΥ</t>
   </si>
   <si>
     <t>http://www.ucy.ac.cy/el/</t>
   </si>
   <si>
     <t>https://www.unic.ac.cy</t>
   </si>
   <si>
     <t>http://www.nup.ac.cy/</t>
   </si>
   <si>
     <t>https://www.cyi.ac.cy/</t>
   </si>
   <si>
     <t>http://www.cut.ac.cy/en/</t>
   </si>
   <si>
     <t>Q30290908</t>
   </si>
   <si>
     <t>Q7893996</t>
   </si>
   <si>
     <t>Q1520608</t>
   </si>
@@ -16205,2813 +16205,2819 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:D4058"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
+      <c r="B2" t="s">
+        <v>4061</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>4061</v>
+        <v>4062</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
+      <c r="B6" t="s">
+        <v>4063</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
-      <c r="B8" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>4064</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>15</v>
       </c>
+      <c r="B13" t="s">
+        <v>4065</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
+      <c r="B14" t="s">
+        <v>4066</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
+      <c r="B15" t="s">
+        <v>4067</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>4066</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>19</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>21</v>
       </c>
-      <c r="B19" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
         <v>4069</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>25</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>27</v>
       </c>
+      <c r="B25" t="s">
+        <v>4070</v>
+      </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>29</v>
       </c>
+      <c r="B27" t="s">
+        <v>4071</v>
+      </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>30</v>
       </c>
-      <c r="B28" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>31</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>35</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>36</v>
       </c>
       <c r="B34" t="s">
-        <v>4074</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>37</v>
       </c>
       <c r="B35" t="s">
-        <v>4075</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>38</v>
       </c>
+      <c r="B36" t="s">
+        <v>4074</v>
+      </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>41</v>
       </c>
+      <c r="B39" t="s">
+        <v>4075</v>
+      </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>43</v>
       </c>
       <c r="B41" t="s">
         <v>4076</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>45</v>
       </c>
       <c r="B43" t="s">
         <v>4077</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>46</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>47</v>
       </c>
       <c r="B45" t="s">
-        <v>4079</v>
+        <v>4078</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>48</v>
       </c>
       <c r="B46" t="s">
-        <v>4080</v>
+        <v>4079</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>49</v>
       </c>
       <c r="B47" t="s">
-        <v>4081</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>50</v>
       </c>
-      <c r="B48" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>51</v>
       </c>
+      <c r="B49" t="s">
+        <v>4081</v>
+      </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>52</v>
       </c>
-      <c r="B50" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>53</v>
       </c>
+      <c r="B51" t="s">
+        <v>4082</v>
+      </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>55</v>
       </c>
-      <c r="B53" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>56</v>
       </c>
       <c r="B54" t="s">
-        <v>4085</v>
+        <v>4083</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>57</v>
       </c>
-      <c r="B55" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>58</v>
       </c>
+      <c r="B56" t="s">
+        <v>4084</v>
+      </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>59</v>
       </c>
+      <c r="B57" t="s">
+        <v>4085</v>
+      </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>61</v>
       </c>
+      <c r="B59" t="s">
+        <v>4086</v>
+      </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>64</v>
       </c>
-      <c r="B62" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>4088</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65" t="s">
-        <v>4089</v>
+        <v>4088</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>68</v>
       </c>
       <c r="B66" t="s">
-        <v>4090</v>
+        <v>4089</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>69</v>
       </c>
-      <c r="B67" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>70</v>
       </c>
+      <c r="B68" t="s">
+        <v>4090</v>
+      </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>71</v>
       </c>
-      <c r="B69" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70" t="s">
-        <v>4093</v>
+        <v>4091</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>73</v>
       </c>
       <c r="B71" t="s">
-        <v>4094</v>
+        <v>4092</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>74</v>
       </c>
-      <c r="B72" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>75</v>
       </c>
       <c r="B73" t="s">
-        <v>4096</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74" t="s">
         <v>76</v>
       </c>
-      <c r="B74" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75" t="s">
         <v>77</v>
       </c>
+      <c r="B75" t="s">
+        <v>4094</v>
+      </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>79</v>
       </c>
+      <c r="B77" t="s">
+        <v>4095</v>
+      </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>81</v>
       </c>
+      <c r="B79" t="s">
+        <v>4096</v>
+      </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>82</v>
       </c>
-    </row>
-    <row r="81" spans="1:2">
+      <c r="B80" t="s">
+        <v>4097</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="82" spans="1:2">
+    <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="83" spans="1:2">
+    <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="84" spans="1:2">
+    <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="85" spans="1:2">
+    <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>87</v>
       </c>
-    </row>
-    <row r="86" spans="1:2">
+      <c r="B85" t="s">
+        <v>4098</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>88</v>
       </c>
-    </row>
-    <row r="87" spans="1:2">
+      <c r="B86" t="s">
+        <v>4099</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>89</v>
       </c>
-      <c r="B87" t="s">
-[...3 lines deleted...]
-    <row r="88" spans="1:2">
+    </row>
+    <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>90</v>
       </c>
-      <c r="B88" t="s">
-[...3 lines deleted...]
-    <row r="89" spans="1:2">
+    </row>
+    <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="90" spans="1:2">
+    <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>92</v>
       </c>
       <c r="B90" t="s">
         <v>4100</v>
       </c>
     </row>
-    <row r="91" spans="1:2">
+    <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>93</v>
       </c>
-    </row>
-    <row r="92" spans="1:2">
+      <c r="D91" t="s">
+        <v>5262</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>94</v>
       </c>
-    </row>
-    <row r="93" spans="1:2">
+      <c r="B92" t="s">
+        <v>4101</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="94" spans="1:2">
+    <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="95" spans="1:2">
+    <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="96" spans="1:2">
+    <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>4101</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97" t="s">
         <v>99</v>
       </c>
-      <c r="B97" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98" t="s">
         <v>100</v>
       </c>
+      <c r="B98" t="s">
+        <v>4102</v>
+      </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99" t="s">
         <v>101</v>
       </c>
+      <c r="B99" t="s">
+        <v>4103</v>
+      </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" t="s">
         <v>105</v>
       </c>
+      <c r="B103" t="s">
+        <v>4104</v>
+      </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104" t="s">
         <v>106</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107" t="s">
         <v>109</v>
       </c>
+      <c r="B107" t="s">
+        <v>4105</v>
+      </c>
     </row>
     <row r="108" spans="1:2">
       <c r="A108" t="s">
         <v>110</v>
       </c>
       <c r="B108" t="s">
-        <v>4104</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="109" spans="1:2">
       <c r="A109" t="s">
         <v>111</v>
       </c>
+      <c r="B109" t="s">
+        <v>4107</v>
+      </c>
     </row>
     <row r="110" spans="1:2">
       <c r="A110" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="111" spans="1:2">
       <c r="A111" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="112" spans="1:2">
       <c r="A112" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="113" spans="1:2">
       <c r="A113" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="114" spans="1:2">
       <c r="A114" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="115" spans="1:2">
       <c r="A115" t="s">
         <v>117</v>
       </c>
+      <c r="B115" t="s">
+        <v>4108</v>
+      </c>
     </row>
     <row r="116" spans="1:2">
       <c r="A116" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117" t="s">
         <v>119</v>
       </c>
+      <c r="B117" t="s">
+        <v>4109</v>
+      </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118" t="s">
         <v>120</v>
       </c>
-      <c r="B118" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="123" spans="1:2">
       <c r="A123" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="125" spans="1:2">
       <c r="A125" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="126" spans="1:2">
       <c r="A126" t="s">
         <v>128</v>
       </c>
-      <c r="B126" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="127" spans="1:2">
       <c r="A127" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="128" spans="1:2">
       <c r="A128" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="129" spans="1:4">
+    <row r="129" spans="1:2">
       <c r="A129" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="130" spans="1:4">
+    <row r="130" spans="1:2">
       <c r="A130" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="131" spans="1:4">
+    <row r="131" spans="1:2">
       <c r="A131" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="132" spans="1:4">
+    <row r="132" spans="1:2">
       <c r="A132" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="133" spans="1:4">
+    <row r="133" spans="1:2">
       <c r="A133" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="134" spans="1:4">
+    <row r="134" spans="1:2">
       <c r="A134" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="135" spans="1:4">
+    <row r="135" spans="1:2">
       <c r="A135" t="s">
         <v>137</v>
       </c>
-      <c r="D135" t="s">
-[...3 lines deleted...]
-    <row r="136" spans="1:4">
+    </row>
+    <row r="136" spans="1:2">
       <c r="A136" t="s">
         <v>138</v>
       </c>
-      <c r="B136" t="s">
-[...3 lines deleted...]
-    <row r="137" spans="1:4">
+    </row>
+    <row r="137" spans="1:2">
       <c r="A137" t="s">
         <v>139</v>
       </c>
-    </row>
-    <row r="138" spans="1:4">
+      <c r="B137" t="s">
+        <v>4110</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2">
       <c r="A138" t="s">
         <v>140</v>
       </c>
-    </row>
-    <row r="139" spans="1:4">
+      <c r="B138" t="s">
+        <v>4111</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2">
       <c r="A139" t="s">
         <v>141</v>
       </c>
-    </row>
-    <row r="140" spans="1:4">
+      <c r="B139" t="s">
+        <v>4112</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2">
       <c r="A140" t="s">
         <v>142</v>
       </c>
-      <c r="B140" t="s">
-[...3 lines deleted...]
-    <row r="141" spans="1:4">
+    </row>
+    <row r="141" spans="1:2">
       <c r="A141" t="s">
         <v>143</v>
       </c>
-    </row>
-    <row r="142" spans="1:4">
+      <c r="B141" t="s">
+        <v>4113</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2">
       <c r="A142" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="143" spans="1:4">
+    <row r="143" spans="1:2">
       <c r="A143" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="144" spans="1:4">
+    <row r="144" spans="1:2">
       <c r="A144" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="148" spans="1:2">
       <c r="A148" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="150" spans="1:2">
       <c r="A150" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="A151" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152" t="s">
         <v>154</v>
       </c>
-      <c r="B152" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153" t="s">
         <v>155</v>
       </c>
-      <c r="B153" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155" t="s">
         <v>157</v>
       </c>
-      <c r="B155" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156" t="s">
         <v>158</v>
       </c>
+      <c r="B156" t="s">
+        <v>4114</v>
+      </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157" t="s">
         <v>159</v>
       </c>
+      <c r="B157" t="s">
+        <v>4115</v>
+      </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158" t="s">
         <v>160</v>
       </c>
+      <c r="B158" t="s">
+        <v>4116</v>
+      </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="161" spans="1:2">
       <c r="A161" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="162" spans="1:2">
       <c r="A162" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="163" spans="1:2">
       <c r="A163" t="s">
         <v>165</v>
       </c>
-      <c r="B163" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="164" spans="1:2">
       <c r="A164" t="s">
         <v>166</v>
       </c>
-      <c r="B164" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="165" spans="1:2">
       <c r="A165" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="166" spans="1:2">
       <c r="A166" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="167" spans="1:2">
       <c r="A167" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="168" spans="1:2">
       <c r="A168" t="s">
         <v>170</v>
       </c>
+      <c r="B168" t="s">
+        <v>4117</v>
+      </c>
     </row>
     <row r="169" spans="1:2">
       <c r="A169" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="170" spans="1:2">
       <c r="A170" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="171" spans="1:2">
       <c r="A171" t="s">
         <v>173</v>
       </c>
+      <c r="B171" t="s">
+        <v>4118</v>
+      </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172" t="s">
         <v>174</v>
       </c>
-      <c r="B172" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175" t="s">
         <v>177</v>
       </c>
-      <c r="B175" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>179</v>
       </c>
-      <c r="B177" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180" t="s">
         <v>182</v>
       </c>
       <c r="B180" t="s">
-        <v>4117</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181" t="s">
         <v>183</v>
       </c>
       <c r="B181" t="s">
-        <v>4118</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183" t="s">
         <v>185</v>
       </c>
-      <c r="B183" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185" t="s">
         <v>187</v>
       </c>
+      <c r="B185" t="s">
+        <v>4121</v>
+      </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187" t="s">
         <v>189</v>
       </c>
-      <c r="B187" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191" t="s">
         <v>193</v>
       </c>
+      <c r="B191" t="s">
+        <v>4122</v>
+      </c>
     </row>
     <row r="192" spans="1:2">
       <c r="A192" t="s">
         <v>194</v>
       </c>
-      <c r="B192" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="193" spans="1:2">
       <c r="A193" t="s">
         <v>195</v>
       </c>
-      <c r="B193" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="194" spans="1:2">
       <c r="A194" t="s">
         <v>196</v>
       </c>
-      <c r="B194" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="195" spans="1:2">
       <c r="A195" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="196" spans="1:2">
       <c r="A196" t="s">
         <v>198</v>
       </c>
+      <c r="B196" t="s">
+        <v>4123</v>
+      </c>
     </row>
     <row r="197" spans="1:2">
       <c r="A197" t="s">
         <v>199</v>
       </c>
-      <c r="B197" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="198" spans="1:2">
       <c r="A198" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:2">
       <c r="A199" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="200" spans="1:2">
       <c r="A200" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202" t="s">
         <v>204</v>
       </c>
+      <c r="B202" t="s">
+        <v>4124</v>
+      </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206" t="s">
         <v>208</v>
       </c>
+      <c r="B206" t="s">
+        <v>4125</v>
+      </c>
     </row>
     <row r="207" spans="1:2">
       <c r="A207" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="208" spans="1:2">
       <c r="A208" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209" t="s">
         <v>211</v>
       </c>
+      <c r="B209" t="s">
+        <v>4126</v>
+      </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="211" spans="1:2">
       <c r="A211" t="s">
         <v>213</v>
       </c>
+      <c r="B211" t="s">
+        <v>4127</v>
+      </c>
     </row>
     <row r="212" spans="1:2">
       <c r="A212" t="s">
         <v>214</v>
       </c>
+      <c r="B212" t="s">
+        <v>4128</v>
+      </c>
     </row>
     <row r="213" spans="1:2">
       <c r="A213" t="s">
         <v>215</v>
       </c>
       <c r="B213" t="s">
-        <v>4125</v>
+        <v>4129</v>
       </c>
     </row>
     <row r="214" spans="1:2">
       <c r="A214" t="s">
         <v>216</v>
       </c>
+      <c r="B214" t="s">
+        <v>4130</v>
+      </c>
     </row>
     <row r="215" spans="1:2">
       <c r="A215" t="s">
         <v>217</v>
       </c>
       <c r="B215" t="s">
-        <v>4126</v>
+        <v>4131</v>
       </c>
     </row>
     <row r="216" spans="1:2">
       <c r="A216" t="s">
         <v>218</v>
       </c>
       <c r="B216" t="s">
-        <v>4127</v>
+        <v>4132</v>
       </c>
     </row>
     <row r="217" spans="1:2">
       <c r="A217" t="s">
         <v>219</v>
       </c>
-      <c r="B217" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="218" spans="1:2">
       <c r="A218" t="s">
         <v>220</v>
       </c>
-      <c r="B218" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="219" spans="1:2">
       <c r="A219" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="220" spans="1:2">
       <c r="A220" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="221" spans="1:2">
       <c r="A221" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="222" spans="1:2">
       <c r="A222" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="223" spans="1:2">
       <c r="A223" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="224" spans="1:2">
       <c r="A224" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="225" spans="1:2">
       <c r="A225" t="s">
         <v>227</v>
       </c>
-      <c r="B225" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="226" spans="1:2">
       <c r="A226" t="s">
         <v>228</v>
       </c>
+      <c r="B226" t="s">
+        <v>4133</v>
+      </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229" t="s">
         <v>231</v>
       </c>
+      <c r="B229" t="s">
+        <v>4134</v>
+      </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230" t="s">
         <v>232</v>
       </c>
+      <c r="B230" t="s">
+        <v>4135</v>
+      </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231" t="s">
         <v>233</v>
       </c>
       <c r="B231" t="s">
-        <v>4131</v>
+        <v>4136</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232" t="s">
         <v>234</v>
       </c>
       <c r="B232" t="s">
-        <v>4132</v>
+        <v>4137</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233" t="s">
         <v>235</v>
       </c>
       <c r="B233" t="s">
-        <v>4133</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234" t="s">
         <v>236</v>
       </c>
-      <c r="B234" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235" t="s">
         <v>237</v>
       </c>
+      <c r="B235" t="s">
+        <v>4139</v>
+      </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="240" spans="1:2">
       <c r="A240" t="s">
         <v>242</v>
       </c>
+      <c r="B240" t="s">
+        <v>4140</v>
+      </c>
     </row>
     <row r="241" spans="1:2">
       <c r="A241" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="242" spans="1:2">
       <c r="A242" t="s">
         <v>244</v>
       </c>
       <c r="B242" t="s">
-        <v>4135</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="243" spans="1:2">
       <c r="A243" t="s">
         <v>245</v>
       </c>
-      <c r="B243" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="244" spans="1:2">
       <c r="A244" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="245" spans="1:2">
       <c r="A245" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="246" spans="1:2">
       <c r="A246" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="247" spans="1:2">
       <c r="A247" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="248" spans="1:2">
       <c r="A248" t="s">
         <v>250</v>
       </c>
+      <c r="B248" t="s">
+        <v>4142</v>
+      </c>
     </row>
     <row r="249" spans="1:2">
       <c r="A249" t="s">
         <v>251</v>
       </c>
-      <c r="B249" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="250" spans="1:2">
       <c r="A250" t="s">
         <v>252</v>
       </c>
-      <c r="B250" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="251" spans="1:2">
       <c r="A251" t="s">
         <v>253</v>
       </c>
       <c r="B251" t="s">
-        <v>4139</v>
+        <v>4143</v>
       </c>
     </row>
     <row r="252" spans="1:2">
       <c r="A252" t="s">
         <v>254</v>
       </c>
       <c r="B252" t="s">
-        <v>4140</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="253" spans="1:2">
       <c r="A253" t="s">
         <v>255</v>
       </c>
+      <c r="B253" t="s">
+        <v>4145</v>
+      </c>
     </row>
     <row r="254" spans="1:2">
       <c r="A254" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="255" spans="1:2">
       <c r="A255" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="256" spans="1:2">
       <c r="A256" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260" t="s">
         <v>262</v>
       </c>
       <c r="B260" t="s">
-        <v>4141</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="A263" t="s">
         <v>265</v>
       </c>
-      <c r="B263" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="264" spans="1:2">
       <c r="A264" t="s">
         <v>266</v>
       </c>
+      <c r="B264" t="s">
+        <v>4147</v>
+      </c>
     </row>
     <row r="265" spans="1:2">
       <c r="A265" t="s">
         <v>267</v>
       </c>
-      <c r="B265" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="266" spans="1:2">
       <c r="A266" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="267" spans="1:2">
       <c r="A267" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="268" spans="1:2">
       <c r="A268" t="s">
         <v>270</v>
       </c>
       <c r="B268" t="s">
-        <v>4144</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="269" spans="1:2">
       <c r="A269" t="s">
         <v>271</v>
       </c>
+      <c r="B269" t="s">
+        <v>4149</v>
+      </c>
     </row>
     <row r="270" spans="1:2">
       <c r="A270" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="271" spans="1:2">
       <c r="A271" t="s">
         <v>273</v>
       </c>
-      <c r="B271" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="272" spans="1:2">
       <c r="A272" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="273" spans="1:2">
       <c r="A273" t="s">
         <v>275</v>
       </c>
-      <c r="B273" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="274" spans="1:2">
       <c r="A274" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="275" spans="1:2">
       <c r="A275" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="276" spans="1:2">
       <c r="A276" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="277" spans="1:2">
       <c r="A277" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="278" spans="1:2">
       <c r="A278" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="279" spans="1:2">
       <c r="A279" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="280" spans="1:2">
       <c r="A280" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="281" spans="1:2">
       <c r="A281" t="s">
         <v>283</v>
       </c>
-      <c r="B281" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="282" spans="1:2">
       <c r="A282" t="s">
         <v>284</v>
       </c>
       <c r="B282" t="s">
-        <v>4148</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="283" spans="1:2">
       <c r="A283" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="284" spans="1:2">
       <c r="A284" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="285" spans="1:2">
       <c r="A285" t="s">
         <v>287</v>
       </c>
+      <c r="B285" t="s">
+        <v>4151</v>
+      </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="287" spans="1:2">
       <c r="A287" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="288" spans="1:2">
       <c r="A288" t="s">
         <v>290</v>
       </c>
-      <c r="B288" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="289" spans="1:2">
       <c r="A289" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293" t="s">
         <v>295</v>
       </c>
+      <c r="B293" t="s">
+        <v>4152</v>
+      </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="296" spans="1:2">
       <c r="A296" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="297" spans="1:2">
       <c r="A297" t="s">
         <v>299</v>
       </c>
+      <c r="B297" t="s">
+        <v>4153</v>
+      </c>
     </row>
     <row r="298" spans="1:2">
       <c r="A298" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:2">
       <c r="A299" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="300" spans="1:2">
       <c r="A300" t="s">
         <v>302</v>
       </c>
       <c r="B300" t="s">
-        <v>4150</v>
+        <v>4154</v>
       </c>
     </row>
     <row r="301" spans="1:2">
       <c r="A301" t="s">
         <v>303</v>
       </c>
-      <c r="B301" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="302" spans="1:2">
       <c r="A302" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="303" spans="1:2">
       <c r="A303" t="s">
         <v>305</v>
       </c>
+      <c r="B303" t="s">
+        <v>4155</v>
+      </c>
     </row>
     <row r="304" spans="1:2">
       <c r="A304" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="305" spans="1:2">
       <c r="A305" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="306" spans="1:2">
       <c r="A306" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="307" spans="1:2">
       <c r="A307" t="s">
         <v>309</v>
       </c>
-      <c r="B307" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="308" spans="1:2">
       <c r="A308" t="s">
         <v>310</v>
       </c>
       <c r="B308" t="s">
-        <v>4153</v>
+        <v>4156</v>
       </c>
     </row>
     <row r="309" spans="1:2">
       <c r="A309" t="s">
         <v>311</v>
       </c>
-      <c r="B309" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="310" spans="1:2">
       <c r="A310" t="s">
         <v>312</v>
       </c>
       <c r="B310" t="s">
-        <v>4155</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="311" spans="1:2">
       <c r="A311" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="312" spans="1:2">
       <c r="A312" t="s">
         <v>314</v>
       </c>
+      <c r="B312" t="s">
+        <v>4158</v>
+      </c>
     </row>
     <row r="313" spans="1:2">
       <c r="A313" t="s">
         <v>315</v>
       </c>
+      <c r="B313" t="s">
+        <v>4159</v>
+      </c>
     </row>
     <row r="314" spans="1:2">
       <c r="A314" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="315" spans="1:2">
       <c r="A315" t="s">
         <v>317</v>
       </c>
-      <c r="B315" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="316" spans="1:2">
       <c r="A316" t="s">
         <v>318</v>
       </c>
-      <c r="B316" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="317" spans="1:2">
       <c r="A317" t="s">
         <v>319</v>
       </c>
+      <c r="B317" t="s">
+        <v>4160</v>
+      </c>
     </row>
     <row r="318" spans="1:2">
       <c r="A318" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="319" spans="1:2">
       <c r="A319" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="320" spans="1:2">
       <c r="A320" t="s">
         <v>322</v>
       </c>
-      <c r="B320" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="321" spans="1:2">
       <c r="A321" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="322" spans="1:2">
       <c r="A322" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="323" spans="1:2">
       <c r="A323" t="s">
         <v>325</v>
       </c>
-      <c r="B323" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="324" spans="1:2">
       <c r="A324" t="s">
         <v>326</v>
       </c>
+      <c r="B324" t="s">
+        <v>4161</v>
+      </c>
     </row>
     <row r="325" spans="1:2">
       <c r="A325" t="s">
         <v>327</v>
       </c>
-      <c r="B325" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="326" spans="1:2">
       <c r="A326" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="327" spans="1:2">
       <c r="A327" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="328" spans="1:2">
       <c r="A328" t="s">
         <v>330</v>
       </c>
+      <c r="B328" t="s">
+        <v>4162</v>
+      </c>
     </row>
     <row r="329" spans="1:2">
       <c r="A329" t="s">
         <v>331</v>
       </c>
+      <c r="B329" t="s">
+        <v>4163</v>
+      </c>
     </row>
     <row r="330" spans="1:2">
       <c r="A330" t="s">
         <v>332</v>
       </c>
+      <c r="B330" t="s">
+        <v>4164</v>
+      </c>
     </row>
     <row r="331" spans="1:2">
       <c r="A331" t="s">
         <v>333</v>
       </c>
       <c r="B331" t="s">
-        <v>4161</v>
+        <v>4165</v>
       </c>
     </row>
     <row r="332" spans="1:2">
       <c r="A332" t="s">
         <v>334</v>
       </c>
       <c r="B332" t="s">
-        <v>4162</v>
+        <v>4166</v>
       </c>
     </row>
     <row r="333" spans="1:2">
       <c r="A333" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="334" spans="1:2">
       <c r="A334" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="335" spans="1:2">
       <c r="A335" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="336" spans="1:2">
       <c r="A336" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="337" spans="1:2">
       <c r="A337" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="338" spans="1:2">
       <c r="A338" t="s">
         <v>340</v>
       </c>
+      <c r="B338" t="s">
+        <v>4167</v>
+      </c>
     </row>
     <row r="339" spans="1:2">
       <c r="A339" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="340" spans="1:2">
       <c r="A340" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="341" spans="1:2">
       <c r="A341" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="342" spans="1:2">
       <c r="A342" t="s">
         <v>344</v>
       </c>
       <c r="B342" t="s">
-        <v>4163</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="343" spans="1:2">
       <c r="A343" t="s">
         <v>345</v>
       </c>
+      <c r="B343" t="s">
+        <v>4169</v>
+      </c>
     </row>
     <row r="344" spans="1:2">
       <c r="A344" t="s">
         <v>346</v>
       </c>
       <c r="B344" t="s">
-        <v>4164</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="A345" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="A346" t="s">
         <v>348</v>
       </c>
-      <c r="B346" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="347" spans="1:2">
       <c r="A347" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="A348" t="s">
         <v>350</v>
       </c>
-      <c r="B348" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="349" spans="1:2">
       <c r="A349" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="A350" t="s">
         <v>352</v>
       </c>
+      <c r="B350" t="s">
+        <v>4171</v>
+      </c>
     </row>
     <row r="351" spans="1:2">
       <c r="A351" t="s">
         <v>353</v>
       </c>
-      <c r="B351" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="352" spans="1:2">
       <c r="A352" t="s">
         <v>354</v>
       </c>
-      <c r="B352" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="353" spans="1:2">
       <c r="A353" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="A354" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="A355" t="s">
         <v>357</v>
       </c>
-      <c r="B355" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="356" spans="1:2">
       <c r="A356" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="A357" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="A358" t="s">
         <v>360</v>
       </c>
-      <c r="B358" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="359" spans="1:2">
       <c r="A359" t="s">
         <v>361</v>
       </c>
+      <c r="B359" t="s">
+        <v>4172</v>
+      </c>
     </row>
     <row r="360" spans="1:2">
       <c r="A360" t="s">
         <v>362</v>
       </c>
+      <c r="B360" t="s">
+        <v>4173</v>
+      </c>
     </row>
     <row r="361" spans="1:2">
       <c r="A361" t="s">
         <v>363</v>
       </c>
       <c r="B361" t="s">
-        <v>4171</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="A362" t="s">
         <v>364</v>
       </c>
+      <c r="B362" t="s">
+        <v>4175</v>
+      </c>
     </row>
     <row r="363" spans="1:2">
       <c r="A363" t="s">
         <v>365</v>
       </c>
       <c r="B363" t="s">
-        <v>4172</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="A364" t="s">
         <v>366</v>
       </c>
-      <c r="B364" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="365" spans="1:2">
       <c r="A365" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="A366" t="s">
         <v>368</v>
       </c>
-      <c r="B366" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="367" spans="1:2">
       <c r="A367" t="s">
         <v>369</v>
       </c>
-      <c r="B367" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="368" spans="1:2">
       <c r="A368" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="A369" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="A370" t="s">
         <v>372</v>
       </c>
-      <c r="B370" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="371" spans="1:2">
       <c r="A371" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="A372" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="A373" t="s">
         <v>375</v>
       </c>
+      <c r="B373" t="s">
+        <v>4177</v>
+      </c>
     </row>
     <row r="374" spans="1:2">
       <c r="A374" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="A375" t="s">
         <v>377</v>
       </c>
+      <c r="B375" t="s">
+        <v>4178</v>
+      </c>
     </row>
     <row r="376" spans="1:2">
       <c r="A376" t="s">
         <v>378</v>
       </c>
-      <c r="B376" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="377" spans="1:2">
       <c r="A377" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="A378" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="A380" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="A381" t="s">
         <v>383</v>
       </c>
+      <c r="B381" t="s">
+        <v>4179</v>
+      </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382" t="s">
         <v>384</v>
       </c>
       <c r="B382" t="s">
-        <v>4178</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="A383" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="A384" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387" t="s">
         <v>389</v>
       </c>
-      <c r="B387" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388" t="s">
         <v>390</v>
       </c>
-      <c r="B388" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389" t="s">
         <v>391</v>
       </c>
       <c r="B389" t="s">
         <v>4181</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390" t="s">
         <v>392</v>
       </c>
-      <c r="B390" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391" t="s">
         <v>393</v>
       </c>
       <c r="B391" t="s">
-        <v>4183</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="A392" t="s">
         <v>394</v>
       </c>
-      <c r="B392" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="393" spans="1:2">
       <c r="A393" t="s">
         <v>395</v>
       </c>
+      <c r="B393" t="s">
+        <v>4183</v>
+      </c>
     </row>
     <row r="394" spans="1:2">
       <c r="A394" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="A395" t="s">
         <v>397</v>
       </c>
+      <c r="B395" t="s">
+        <v>4184</v>
+      </c>
     </row>
     <row r="396" spans="1:2">
       <c r="A396" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="A397" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="A398" t="s">
         <v>400</v>
       </c>
       <c r="B398" t="s">
         <v>4185</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="A399" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="A400" t="s">
         <v>402</v>
       </c>
+      <c r="B400" t="s">
+        <v>4186</v>
+      </c>
     </row>
     <row r="401" spans="1:2">
       <c r="A401" t="s">
         <v>403</v>
       </c>
       <c r="B401" t="s">
-        <v>4186</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="A402" t="s">
         <v>404</v>
       </c>
+      <c r="B402" t="s">
+        <v>4188</v>
+      </c>
     </row>
     <row r="403" spans="1:2">
       <c r="A403" t="s">
         <v>405</v>
       </c>
+      <c r="B403" t="s">
+        <v>4189</v>
+      </c>
     </row>
     <row r="404" spans="1:2">
       <c r="A404" t="s">
         <v>406</v>
       </c>
+      <c r="B404" t="s">
+        <v>4190</v>
+      </c>
     </row>
     <row r="405" spans="1:2">
       <c r="A405" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="A406" t="s">
         <v>408</v>
       </c>
+      <c r="B406" t="s">
+        <v>4191</v>
+      </c>
     </row>
     <row r="407" spans="1:2">
       <c r="A407" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="A408" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="A409" t="s">
         <v>411</v>
       </c>
-      <c r="B409" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="410" spans="1:2">
       <c r="A410" t="s">
         <v>412</v>
       </c>
-      <c r="B410" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="411" spans="1:2">
       <c r="A411" t="s">
         <v>413</v>
       </c>
-      <c r="B411" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="412" spans="1:2">
       <c r="A412" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="A413" t="s">
         <v>415</v>
       </c>
+      <c r="B413" t="s">
+        <v>4192</v>
+      </c>
     </row>
     <row r="414" spans="1:2">
       <c r="A414" t="s">
         <v>416</v>
       </c>
-      <c r="B414" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="415" spans="1:2">
       <c r="A415" t="s">
         <v>417</v>
       </c>
-      <c r="B415" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="416" spans="1:2">
       <c r="A416" t="s">
         <v>418</v>
       </c>
-      <c r="B416" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="417" spans="1:2">
       <c r="A417" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="418" spans="1:2">
       <c r="A418" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="419" spans="1:2">
       <c r="A419" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="420" spans="1:2">
       <c r="A420" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="421" spans="1:2">
       <c r="A421" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="422" spans="1:2">
       <c r="A422" t="s">
         <v>424</v>
       </c>
+      <c r="B422" t="s">
+        <v>4193</v>
+      </c>
     </row>
     <row r="423" spans="1:2">
       <c r="A423" t="s">
         <v>425</v>
       </c>
+      <c r="B423" t="s">
+        <v>4194</v>
+      </c>
     </row>
     <row r="424" spans="1:2">
       <c r="A424" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="425" spans="1:2">
       <c r="A425" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="426" spans="1:2">
       <c r="A426" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="427" spans="1:2">
       <c r="A427" t="s">
         <v>429</v>
       </c>
-      <c r="B427" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="428" spans="1:2">
       <c r="A428" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="429" spans="1:2">
       <c r="A429" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="430" spans="1:2">
       <c r="A430" t="s">
         <v>432</v>
       </c>
       <c r="B430" t="s">
-        <v>4194</v>
+        <v>4195</v>
       </c>
     </row>
     <row r="431" spans="1:2">
       <c r="A431" t="s">
         <v>433</v>
       </c>
-      <c r="B431" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="432" spans="1:2">
       <c r="A432" t="s">
         <v>434</v>
       </c>
-      <c r="B432" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="433" spans="1:2">
       <c r="A433" t="s">
         <v>435</v>
       </c>
       <c r="B433" t="s">
-        <v>4197</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="434" spans="1:2">
       <c r="A434" t="s">
         <v>436</v>
       </c>
-      <c r="B434" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="435" spans="1:2">
       <c r="A435" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="436" spans="1:2">
       <c r="A436" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="437" spans="1:2">
       <c r="A437" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="438" spans="1:2">
       <c r="A438" t="s">
         <v>440</v>
       </c>
+      <c r="B438" t="s">
+        <v>4197</v>
+      </c>
     </row>
     <row r="439" spans="1:2">
       <c r="A439" t="s">
         <v>441</v>
       </c>
-      <c r="B439" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="440" spans="1:2">
       <c r="A440" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="441" spans="1:2">
       <c r="A441" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="442" spans="1:2">
       <c r="A442" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="443" spans="1:2">
       <c r="A443" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="444" spans="1:2">
       <c r="A444" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="445" spans="1:2">
       <c r="A445" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="446" spans="1:2">
       <c r="A446" t="s">
         <v>448</v>
       </c>
+      <c r="B446" t="s">
+        <v>4198</v>
+      </c>
     </row>
     <row r="447" spans="1:2">
       <c r="A447" t="s">
         <v>449</v>
       </c>
-      <c r="B447" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="448" spans="1:2">
       <c r="A448" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="449" spans="1:2">
       <c r="A449" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="450" spans="1:2">
       <c r="A450" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="451" spans="1:2">
       <c r="A451" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="452" spans="1:2">
       <c r="A452" t="s">
         <v>454</v>
       </c>
+      <c r="B452" t="s">
+        <v>4199</v>
+      </c>
     </row>
     <row r="453" spans="1:2">
       <c r="A453" t="s">
         <v>455</v>
       </c>
+      <c r="B453" t="s">
+        <v>4200</v>
+      </c>
     </row>
     <row r="454" spans="1:2">
       <c r="A454" t="s">
         <v>456</v>
       </c>
+      <c r="B454" t="s">
+        <v>4201</v>
+      </c>
     </row>
     <row r="455" spans="1:2">
       <c r="A455" t="s">
         <v>457</v>
       </c>
+      <c r="B455" t="s">
+        <v>4202</v>
+      </c>
     </row>
     <row r="456" spans="1:2">
       <c r="A456" t="s">
         <v>458</v>
       </c>
+      <c r="B456" t="s">
+        <v>4203</v>
+      </c>
     </row>
     <row r="457" spans="1:2">
       <c r="A457" t="s">
         <v>459</v>
       </c>
       <c r="B457" t="s">
-        <v>4201</v>
+        <v>4204</v>
       </c>
     </row>
     <row r="458" spans="1:2">
       <c r="A458" t="s">
         <v>460</v>
       </c>
+      <c r="B458" t="s">
+        <v>4205</v>
+      </c>
     </row>
     <row r="459" spans="1:2">
       <c r="A459" t="s">
         <v>461</v>
       </c>
       <c r="B459" t="s">
-        <v>4202</v>
+        <v>4206</v>
       </c>
     </row>
     <row r="460" spans="1:2">
       <c r="A460" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="461" spans="1:2">
       <c r="A461" t="s">
         <v>463</v>
       </c>
-      <c r="B461" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="462" spans="1:2">
       <c r="A462" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="463" spans="1:2">
       <c r="A463" t="s">
         <v>465</v>
       </c>
-      <c r="B463" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="464" spans="1:2">
       <c r="A464" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="465" spans="1:2">
       <c r="A465" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="466" spans="1:2">
       <c r="A466" t="s">
         <v>468</v>
       </c>
+      <c r="B466" t="s">
+        <v>4207</v>
+      </c>
     </row>
     <row r="467" spans="1:2">
       <c r="A467" t="s">
         <v>469</v>
       </c>
-      <c r="B467" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="468" spans="1:2">
       <c r="A468" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="469" spans="1:2">
       <c r="A469" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="470" spans="1:2">
       <c r="A470" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="471" spans="1:2">
       <c r="A471" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="472" spans="1:2">
       <c r="A472" t="s">
         <v>474</v>
       </c>
@@ -19049,3467 +19055,3455 @@
     <row r="479" spans="1:2">
       <c r="A479" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="480" spans="1:2">
       <c r="A480" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="481" spans="1:2">
       <c r="A481" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="482" spans="1:2">
       <c r="A482" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="483" spans="1:2">
       <c r="A483" t="s">
         <v>485</v>
       </c>
       <c r="B483" t="s">
-        <v>4206</v>
+        <v>4208</v>
       </c>
     </row>
     <row r="484" spans="1:2">
       <c r="A484" t="s">
         <v>486</v>
       </c>
+      <c r="B484" t="s">
+        <v>4209</v>
+      </c>
     </row>
     <row r="485" spans="1:2">
       <c r="A485" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="486" spans="1:2">
       <c r="A486" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="487" spans="1:2">
       <c r="A487" t="s">
         <v>489</v>
       </c>
-      <c r="B487" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="488" spans="1:2">
       <c r="A488" t="s">
         <v>490</v>
       </c>
-      <c r="B488" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="489" spans="1:2">
       <c r="A489" t="s">
         <v>491</v>
       </c>
-      <c r="B489" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="490" spans="1:2">
       <c r="A490" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="491" spans="1:2">
       <c r="A491" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="492" spans="1:2">
       <c r="A492" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="493" spans="1:2">
       <c r="A493" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="494" spans="1:2">
       <c r="A494" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="495" spans="1:2">
       <c r="A495" t="s">
         <v>497</v>
       </c>
+      <c r="B495" t="s">
+        <v>4210</v>
+      </c>
     </row>
     <row r="496" spans="1:2">
       <c r="A496" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="497" spans="1:2">
       <c r="A497" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="498" spans="1:2">
       <c r="A498" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="499" spans="1:2">
       <c r="A499" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="500" spans="1:2">
       <c r="A500" t="s">
         <v>502</v>
       </c>
+      <c r="B500" t="s">
+        <v>4211</v>
+      </c>
     </row>
     <row r="501" spans="1:2">
       <c r="A501" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="502" spans="1:2">
       <c r="A502" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="503" spans="1:2">
       <c r="A503" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="504" spans="1:2">
       <c r="A504" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="505" spans="1:2">
       <c r="A505" t="s">
         <v>507</v>
       </c>
+      <c r="B505" t="s">
+        <v>4212</v>
+      </c>
     </row>
     <row r="506" spans="1:2">
       <c r="A506" t="s">
         <v>508</v>
       </c>
+      <c r="B506" t="s">
+        <v>4213</v>
+      </c>
     </row>
     <row r="507" spans="1:2">
       <c r="A507" t="s">
         <v>509</v>
       </c>
+      <c r="B507" t="s">
+        <v>4214</v>
+      </c>
     </row>
     <row r="508" spans="1:2">
       <c r="A508" t="s">
         <v>510</v>
       </c>
+      <c r="B508" t="s">
+        <v>4215</v>
+      </c>
     </row>
     <row r="509" spans="1:2">
       <c r="A509" t="s">
         <v>511</v>
       </c>
+      <c r="B509" t="s">
+        <v>4216</v>
+      </c>
     </row>
     <row r="510" spans="1:2">
       <c r="A510" t="s">
         <v>512</v>
       </c>
       <c r="B510" t="s">
-        <v>4210</v>
+        <v>4217</v>
       </c>
     </row>
     <row r="511" spans="1:2">
       <c r="A511" t="s">
         <v>513</v>
       </c>
       <c r="B511" t="s">
-        <v>4211</v>
+        <v>4218</v>
       </c>
     </row>
     <row r="512" spans="1:2">
       <c r="A512" t="s">
         <v>514</v>
       </c>
       <c r="B512" t="s">
-        <v>4212</v>
+        <v>4219</v>
       </c>
     </row>
     <row r="513" spans="1:2">
       <c r="A513" t="s">
         <v>515</v>
       </c>
       <c r="B513" t="s">
-        <v>4213</v>
+        <v>4220</v>
       </c>
     </row>
     <row r="514" spans="1:2">
       <c r="A514" t="s">
         <v>516</v>
       </c>
       <c r="B514" t="s">
-        <v>4214</v>
+        <v>4221</v>
       </c>
     </row>
     <row r="515" spans="1:2">
       <c r="A515" t="s">
         <v>517</v>
       </c>
       <c r="B515" t="s">
-        <v>4215</v>
+        <v>4222</v>
       </c>
     </row>
     <row r="516" spans="1:2">
       <c r="A516" t="s">
         <v>518</v>
       </c>
       <c r="B516" t="s">
-        <v>4216</v>
+        <v>4223</v>
       </c>
     </row>
     <row r="517" spans="1:2">
       <c r="A517" t="s">
         <v>519</v>
       </c>
       <c r="B517" t="s">
-        <v>4217</v>
+        <v>4224</v>
       </c>
     </row>
     <row r="518" spans="1:2">
       <c r="A518" t="s">
         <v>520</v>
       </c>
       <c r="B518" t="s">
-        <v>4218</v>
+        <v>4225</v>
       </c>
     </row>
     <row r="519" spans="1:2">
       <c r="A519" t="s">
         <v>521</v>
       </c>
       <c r="B519" t="s">
-        <v>4219</v>
+        <v>4226</v>
       </c>
     </row>
     <row r="520" spans="1:2">
       <c r="A520" t="s">
         <v>522</v>
       </c>
       <c r="B520" t="s">
-        <v>4220</v>
+        <v>4227</v>
       </c>
     </row>
     <row r="521" spans="1:2">
       <c r="A521" t="s">
         <v>523</v>
       </c>
       <c r="B521" t="s">
-        <v>4221</v>
+        <v>4228</v>
       </c>
     </row>
     <row r="522" spans="1:2">
       <c r="A522" t="s">
         <v>524</v>
       </c>
       <c r="B522" t="s">
-        <v>4222</v>
+        <v>4229</v>
       </c>
     </row>
     <row r="523" spans="1:2">
       <c r="A523" t="s">
         <v>525</v>
       </c>
       <c r="B523" t="s">
-        <v>4223</v>
+        <v>4230</v>
       </c>
     </row>
     <row r="524" spans="1:2">
       <c r="A524" t="s">
         <v>526</v>
       </c>
       <c r="B524" t="s">
-        <v>4224</v>
+        <v>4231</v>
       </c>
     </row>
     <row r="525" spans="1:2">
       <c r="A525" t="s">
         <v>527</v>
       </c>
       <c r="B525" t="s">
-        <v>4225</v>
+        <v>4232</v>
       </c>
     </row>
     <row r="526" spans="1:2">
       <c r="A526" t="s">
         <v>528</v>
       </c>
       <c r="B526" t="s">
-        <v>4226</v>
+        <v>4233</v>
       </c>
     </row>
     <row r="527" spans="1:2">
       <c r="A527" t="s">
         <v>529</v>
       </c>
       <c r="B527" t="s">
-        <v>4227</v>
+        <v>4234</v>
       </c>
     </row>
     <row r="528" spans="1:2">
       <c r="A528" t="s">
         <v>530</v>
       </c>
-      <c r="B528" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="529" spans="1:2">
       <c r="A529" t="s">
         <v>531</v>
       </c>
       <c r="B529" t="s">
-        <v>4229</v>
+        <v>4235</v>
       </c>
     </row>
     <row r="530" spans="1:2">
       <c r="A530" t="s">
         <v>532</v>
       </c>
       <c r="B530" t="s">
-        <v>4230</v>
+        <v>4236</v>
       </c>
     </row>
     <row r="531" spans="1:2">
       <c r="A531" t="s">
         <v>533</v>
       </c>
-      <c r="B531" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="532" spans="1:2">
       <c r="A532" t="s">
         <v>534</v>
       </c>
-      <c r="B532" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="533" spans="1:2">
       <c r="A533" t="s">
         <v>535</v>
       </c>
-      <c r="B533" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="534" spans="1:2">
       <c r="A534" t="s">
         <v>536</v>
       </c>
-      <c r="B534" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="535" spans="1:2">
       <c r="A535" t="s">
         <v>537</v>
       </c>
-      <c r="B535" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="536" spans="1:2">
       <c r="A536" t="s">
         <v>538</v>
       </c>
-      <c r="B536" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="537" spans="1:2">
       <c r="A537" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="538" spans="1:2">
       <c r="A538" t="s">
         <v>540</v>
       </c>
       <c r="B538" t="s">
         <v>4237</v>
       </c>
     </row>
     <row r="539" spans="1:2">
       <c r="A539" t="s">
         <v>541</v>
       </c>
       <c r="B539" t="s">
         <v>4238</v>
       </c>
     </row>
     <row r="540" spans="1:2">
       <c r="A540" t="s">
         <v>542</v>
       </c>
+      <c r="B540" t="s">
+        <v>4239</v>
+      </c>
     </row>
     <row r="541" spans="1:2">
       <c r="A541" t="s">
         <v>543</v>
       </c>
+      <c r="B541" t="s">
+        <v>4240</v>
+      </c>
     </row>
     <row r="542" spans="1:2">
       <c r="A542" t="s">
         <v>544</v>
       </c>
     </row>
     <row r="543" spans="1:2">
       <c r="A543" t="s">
         <v>545</v>
       </c>
-      <c r="B543" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="544" spans="1:2">
       <c r="A544" t="s">
         <v>546</v>
       </c>
+      <c r="B544" t="s">
+        <v>4241</v>
+      </c>
     </row>
     <row r="545" spans="1:2">
       <c r="A545" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="546" spans="1:2">
       <c r="A546" t="s">
         <v>548</v>
       </c>
-      <c r="B546" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="547" spans="1:2">
       <c r="A547" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="548" spans="1:2">
       <c r="A548" t="s">
         <v>550</v>
       </c>
       <c r="B548" t="s">
-        <v>4241</v>
+        <v>4242</v>
       </c>
     </row>
     <row r="549" spans="1:2">
       <c r="A549" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="550" spans="1:2">
       <c r="A550" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="551" spans="1:2">
       <c r="A551" t="s">
         <v>553</v>
       </c>
+      <c r="B551" t="s">
+        <v>4243</v>
+      </c>
     </row>
     <row r="552" spans="1:2">
       <c r="A552" t="s">
         <v>554</v>
       </c>
+      <c r="B552" t="s">
+        <v>4244</v>
+      </c>
     </row>
     <row r="553" spans="1:2">
       <c r="A553" t="s">
         <v>555</v>
       </c>
+      <c r="B553" t="s">
+        <v>4245</v>
+      </c>
     </row>
     <row r="554" spans="1:2">
       <c r="A554" t="s">
         <v>556</v>
       </c>
-      <c r="B554" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="555" spans="1:2">
       <c r="A555" t="s">
         <v>557</v>
       </c>
+      <c r="B555" t="s">
+        <v>4246</v>
+      </c>
     </row>
     <row r="556" spans="1:2">
       <c r="A556" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="557" spans="1:2">
       <c r="A557" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="558" spans="1:2">
       <c r="A558" t="s">
         <v>560</v>
       </c>
+      <c r="B558" t="s">
+        <v>4247</v>
+      </c>
     </row>
     <row r="559" spans="1:2">
       <c r="A559" t="s">
         <v>561</v>
       </c>
-      <c r="B559" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="560" spans="1:2">
       <c r="A560" t="s">
         <v>562</v>
       </c>
-      <c r="B560" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="561" spans="1:2">
       <c r="A561" t="s">
         <v>563</v>
       </c>
-      <c r="B561" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="562" spans="1:2">
       <c r="A562" t="s">
         <v>564</v>
       </c>
-      <c r="B562" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="563" spans="1:2">
       <c r="A563" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="564" spans="1:2">
       <c r="A564" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="565" spans="1:2">
       <c r="A565" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="566" spans="1:2">
       <c r="A566" t="s">
         <v>568</v>
       </c>
+      <c r="B566" t="s">
+        <v>4248</v>
+      </c>
     </row>
     <row r="567" spans="1:2">
       <c r="A567" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="568" spans="1:2">
       <c r="A568" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="569" spans="1:2">
       <c r="A569" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="570" spans="1:2">
       <c r="A570" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="571" spans="1:2">
       <c r="A571" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="572" spans="1:2">
       <c r="A572" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="573" spans="1:2">
       <c r="A573" t="s">
         <v>575</v>
       </c>
-      <c r="B573" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="574" spans="1:2">
       <c r="A574" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="575" spans="1:2">
       <c r="A575" t="s">
         <v>577</v>
       </c>
-      <c r="B575" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="576" spans="1:2">
       <c r="A576" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="577" spans="1:2">
       <c r="A577" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="578" spans="1:2">
       <c r="A578" t="s">
         <v>580</v>
       </c>
+      <c r="B578" t="s">
+        <v>4249</v>
+      </c>
     </row>
     <row r="579" spans="1:2">
       <c r="A579" t="s">
         <v>581</v>
       </c>
+      <c r="B579" t="s">
+        <v>4250</v>
+      </c>
     </row>
     <row r="580" spans="1:2">
       <c r="A580" t="s">
         <v>582</v>
       </c>
       <c r="B580" t="s">
-        <v>4249</v>
+        <v>4251</v>
       </c>
     </row>
     <row r="581" spans="1:2">
       <c r="A581" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="582" spans="1:2">
       <c r="A582" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="583" spans="1:2">
       <c r="A583" t="s">
         <v>585</v>
       </c>
-      <c r="B583" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="584" spans="1:2">
       <c r="A584" t="s">
         <v>586</v>
       </c>
-      <c r="B584" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="585" spans="1:2">
       <c r="A585" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="586" spans="1:2">
       <c r="A586" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="587" spans="1:2">
       <c r="A587" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="588" spans="1:2">
       <c r="A588" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="589" spans="1:2">
       <c r="A589" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="590" spans="1:2">
       <c r="A590" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="591" spans="1:2">
       <c r="A591" t="s">
         <v>593</v>
       </c>
-      <c r="B591" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="592" spans="1:2">
       <c r="A592" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="593" spans="1:2">
       <c r="A593" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="594" spans="1:2">
       <c r="A594" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="595" spans="1:2">
       <c r="A595" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="596" spans="1:2">
       <c r="A596" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="597" spans="1:2">
       <c r="A597" t="s">
         <v>599</v>
       </c>
+      <c r="B597" t="s">
+        <v>4252</v>
+      </c>
     </row>
     <row r="598" spans="1:2">
       <c r="A598" t="s">
         <v>600</v>
       </c>
+      <c r="B598" t="s">
+        <v>4253</v>
+      </c>
     </row>
     <row r="599" spans="1:2">
       <c r="A599" t="s">
         <v>601</v>
       </c>
+      <c r="B599" t="s">
+        <v>4254</v>
+      </c>
     </row>
     <row r="600" spans="1:2">
       <c r="A600" t="s">
         <v>602</v>
       </c>
+      <c r="B600" t="s">
+        <v>4255</v>
+      </c>
     </row>
     <row r="601" spans="1:2">
       <c r="A601" t="s">
         <v>603</v>
       </c>
+      <c r="B601" t="s">
+        <v>4256</v>
+      </c>
     </row>
     <row r="602" spans="1:2">
       <c r="A602" t="s">
         <v>604</v>
       </c>
-      <c r="B602" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="603" spans="1:2">
       <c r="A603" t="s">
         <v>605</v>
       </c>
-      <c r="B603" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="604" spans="1:2">
       <c r="A604" t="s">
         <v>606</v>
       </c>
+      <c r="B604" t="s">
+        <v>4257</v>
+      </c>
     </row>
     <row r="605" spans="1:2">
       <c r="A605" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="606" spans="1:2">
       <c r="A606" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="607" spans="1:2">
       <c r="A607" t="s">
         <v>609</v>
       </c>
-      <c r="B607" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="608" spans="1:2">
       <c r="A608" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="609" spans="1:2">
       <c r="A609" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="610" spans="1:2">
       <c r="A610" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="611" spans="1:2">
       <c r="A611" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="612" spans="1:2">
       <c r="A612" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="613" spans="1:2">
       <c r="A613" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="614" spans="1:2">
       <c r="A614" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="615" spans="1:2">
       <c r="A615" t="s">
         <v>617</v>
       </c>
+      <c r="B615" t="s">
+        <v>4258</v>
+      </c>
     </row>
     <row r="616" spans="1:2">
       <c r="A616" t="s">
         <v>618</v>
       </c>
+      <c r="B616" t="s">
+        <v>4259</v>
+      </c>
     </row>
     <row r="617" spans="1:2">
       <c r="A617" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="618" spans="1:2">
       <c r="A618" t="s">
         <v>620</v>
       </c>
     </row>
     <row r="619" spans="1:2">
       <c r="A619" t="s">
         <v>621</v>
       </c>
-      <c r="B619" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="620" spans="1:2">
       <c r="A620" t="s">
         <v>622</v>
       </c>
       <c r="B620" t="s">
-        <v>4257</v>
+        <v>4260</v>
       </c>
     </row>
     <row r="621" spans="1:2">
       <c r="A621" t="s">
         <v>623</v>
       </c>
-      <c r="B621" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="622" spans="1:2">
       <c r="A622" t="s">
         <v>624</v>
       </c>
-      <c r="B622" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="623" spans="1:2">
       <c r="A623" t="s">
         <v>625</v>
       </c>
+      <c r="B623" t="s">
+        <v>4261</v>
+      </c>
     </row>
     <row r="624" spans="1:2">
       <c r="A624" t="s">
         <v>626</v>
       </c>
+      <c r="B624" t="s">
+        <v>4262</v>
+      </c>
     </row>
     <row r="625" spans="1:2">
       <c r="A625" t="s">
         <v>627</v>
       </c>
       <c r="B625" t="s">
-        <v>4260</v>
+        <v>4263</v>
       </c>
     </row>
     <row r="626" spans="1:2">
       <c r="A626" t="s">
         <v>628</v>
       </c>
+      <c r="B626" t="s">
+        <v>4264</v>
+      </c>
     </row>
     <row r="627" spans="1:2">
       <c r="A627" t="s">
         <v>629</v>
       </c>
       <c r="B627" t="s">
-        <v>4261</v>
+        <v>4265</v>
       </c>
     </row>
     <row r="628" spans="1:2">
       <c r="A628" t="s">
         <v>630</v>
       </c>
     </row>
     <row r="629" spans="1:2">
       <c r="A629" t="s">
         <v>631</v>
       </c>
       <c r="B629" t="s">
-        <v>4262</v>
+        <v>4266</v>
       </c>
     </row>
     <row r="630" spans="1:2">
       <c r="A630" t="s">
         <v>632</v>
       </c>
-      <c r="B630" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="631" spans="1:2">
       <c r="A631" t="s">
         <v>633</v>
       </c>
-      <c r="B631" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="632" spans="1:2">
       <c r="A632" t="s">
         <v>634</v>
       </c>
-      <c r="B632" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="633" spans="1:2">
       <c r="A633" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="634" spans="1:2">
       <c r="A634" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="635" spans="1:2">
       <c r="A635" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="636" spans="1:2">
       <c r="A636" t="s">
         <v>638</v>
       </c>
+      <c r="B636" t="s">
+        <v>4267</v>
+      </c>
     </row>
     <row r="637" spans="1:2">
       <c r="A637" t="s">
         <v>639</v>
       </c>
       <c r="B637" t="s">
-        <v>4266</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="638" spans="1:2">
       <c r="A638" t="s">
         <v>640</v>
       </c>
       <c r="B638" t="s">
-        <v>4267</v>
+        <v>4269</v>
       </c>
     </row>
     <row r="639" spans="1:2">
       <c r="A639" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="640" spans="1:2">
       <c r="A640" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="641" spans="1:2">
       <c r="A641" t="s">
         <v>643</v>
       </c>
-      <c r="B641" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="642" spans="1:2">
       <c r="A642" t="s">
         <v>644</v>
       </c>
-      <c r="B642" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="643" spans="1:2">
       <c r="A643" t="s">
         <v>645</v>
       </c>
       <c r="B643" t="s">
         <v>4270</v>
       </c>
     </row>
     <row r="644" spans="1:2">
       <c r="A644" t="s">
         <v>646</v>
       </c>
-      <c r="B644" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="645" spans="1:2">
       <c r="A645" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="646" spans="1:2">
       <c r="A646" t="s">
         <v>648</v>
       </c>
       <c r="B646" t="s">
-        <v>4272</v>
+        <v>4271</v>
       </c>
     </row>
     <row r="647" spans="1:2">
       <c r="A647" t="s">
         <v>649</v>
       </c>
+      <c r="B647" t="s">
+        <v>4272</v>
+      </c>
     </row>
     <row r="648" spans="1:2">
       <c r="A648" t="s">
         <v>650</v>
       </c>
+      <c r="B648" t="s">
+        <v>4273</v>
+      </c>
     </row>
     <row r="649" spans="1:2">
       <c r="A649" t="s">
         <v>651</v>
       </c>
       <c r="B649" t="s">
-        <v>4273</v>
+        <v>4274</v>
       </c>
     </row>
     <row r="650" spans="1:2">
       <c r="A650" t="s">
         <v>652</v>
       </c>
+      <c r="B650" t="s">
+        <v>4275</v>
+      </c>
     </row>
     <row r="651" spans="1:2">
       <c r="A651" t="s">
         <v>653</v>
       </c>
+      <c r="B651" t="s">
+        <v>4276</v>
+      </c>
     </row>
     <row r="652" spans="1:2">
       <c r="A652" t="s">
         <v>654</v>
       </c>
       <c r="B652" t="s">
-        <v>4274</v>
+        <v>4277</v>
       </c>
     </row>
     <row r="653" spans="1:2">
       <c r="A653" t="s">
         <v>655</v>
       </c>
       <c r="B653" t="s">
-        <v>4275</v>
+        <v>4278</v>
       </c>
     </row>
     <row r="654" spans="1:2">
       <c r="A654" t="s">
         <v>656</v>
       </c>
       <c r="B654" t="s">
-        <v>4276</v>
+        <v>4279</v>
       </c>
     </row>
     <row r="655" spans="1:2">
       <c r="A655" t="s">
         <v>657</v>
       </c>
       <c r="B655" t="s">
-        <v>4277</v>
+        <v>4280</v>
       </c>
     </row>
     <row r="656" spans="1:2">
       <c r="A656" t="s">
         <v>658</v>
       </c>
       <c r="B656" t="s">
-        <v>4278</v>
+        <v>4281</v>
       </c>
     </row>
     <row r="657" spans="1:2">
       <c r="A657" t="s">
         <v>659</v>
       </c>
       <c r="B657" t="s">
-        <v>4279</v>
+        <v>4282</v>
       </c>
     </row>
     <row r="658" spans="1:2">
       <c r="A658" t="s">
         <v>660</v>
       </c>
       <c r="B658" t="s">
-        <v>4280</v>
+        <v>4283</v>
       </c>
     </row>
     <row r="659" spans="1:2">
       <c r="A659" t="s">
         <v>661</v>
       </c>
       <c r="B659" t="s">
-        <v>4281</v>
+        <v>4284</v>
       </c>
     </row>
     <row r="660" spans="1:2">
       <c r="A660" t="s">
         <v>662</v>
       </c>
-      <c r="B660" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="661" spans="1:2">
       <c r="A661" t="s">
         <v>663</v>
       </c>
-      <c r="B661" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="662" spans="1:2">
       <c r="A662" t="s">
         <v>664</v>
       </c>
-      <c r="B662" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="663" spans="1:2">
       <c r="A663" t="s">
         <v>665</v>
       </c>
-      <c r="B663" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="664" spans="1:2">
       <c r="A664" t="s">
         <v>666</v>
       </c>
     </row>
     <row r="665" spans="1:2">
       <c r="A665" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="666" spans="1:2">
       <c r="A666" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="667" spans="1:2">
       <c r="A667" t="s">
         <v>669</v>
       </c>
+      <c r="B667" t="s">
+        <v>4285</v>
+      </c>
     </row>
     <row r="668" spans="1:2">
       <c r="A668" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="669" spans="1:2">
       <c r="A669" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="670" spans="1:2">
       <c r="A670" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="671" spans="1:2">
       <c r="A671" t="s">
         <v>673</v>
       </c>
+      <c r="B671" t="s">
+        <v>4286</v>
+      </c>
     </row>
     <row r="672" spans="1:2">
       <c r="A672" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="673" spans="1:2">
       <c r="A673" t="s">
         <v>675</v>
       </c>
       <c r="B673" t="s">
-        <v>4286</v>
+        <v>4287</v>
       </c>
     </row>
     <row r="674" spans="1:2">
       <c r="A674" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="675" spans="1:2">
       <c r="A675" t="s">
         <v>677</v>
       </c>
-      <c r="B675" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="676" spans="1:2">
       <c r="A676" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="677" spans="1:2">
       <c r="A677" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="678" spans="1:2">
       <c r="A678" t="s">
         <v>680</v>
       </c>
+      <c r="B678" t="s">
+        <v>4288</v>
+      </c>
     </row>
     <row r="679" spans="1:2">
       <c r="A679" t="s">
         <v>681</v>
       </c>
-      <c r="B679" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="680" spans="1:2">
       <c r="A680" t="s">
         <v>682</v>
       </c>
-      <c r="B680" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="681" spans="1:2">
       <c r="A681" t="s">
         <v>683</v>
       </c>
-      <c r="B681" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="682" spans="1:2">
       <c r="A682" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="683" spans="1:2">
       <c r="A683" t="s">
         <v>685</v>
       </c>
       <c r="B683" t="s">
-        <v>4291</v>
+        <v>4289</v>
       </c>
     </row>
     <row r="684" spans="1:2">
       <c r="A684" t="s">
         <v>686</v>
       </c>
+      <c r="B684" t="s">
+        <v>4290</v>
+      </c>
     </row>
     <row r="685" spans="1:2">
       <c r="A685" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="686" spans="1:2">
       <c r="A686" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="687" spans="1:2">
       <c r="A687" t="s">
         <v>689</v>
       </c>
+      <c r="B687" t="s">
+        <v>4291</v>
+      </c>
     </row>
     <row r="688" spans="1:2">
       <c r="A688" t="s">
         <v>690</v>
       </c>
+      <c r="B688" t="s">
+        <v>4292</v>
+      </c>
     </row>
     <row r="689" spans="1:2">
       <c r="A689" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="690" spans="1:2">
       <c r="A690" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="691" spans="1:2">
       <c r="A691" t="s">
         <v>693</v>
       </c>
+      <c r="B691" t="s">
+        <v>4293</v>
+      </c>
     </row>
     <row r="692" spans="1:2">
       <c r="A692" t="s">
         <v>694</v>
       </c>
+      <c r="B692" t="s">
+        <v>4294</v>
+      </c>
     </row>
     <row r="693" spans="1:2">
       <c r="A693" t="s">
         <v>695</v>
       </c>
+      <c r="B693" t="s">
+        <v>4295</v>
+      </c>
     </row>
     <row r="694" spans="1:2">
       <c r="A694" t="s">
         <v>696</v>
       </c>
-      <c r="B694" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="695" spans="1:2">
       <c r="A695" t="s">
         <v>697</v>
       </c>
-      <c r="B695" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="696" spans="1:2">
       <c r="A696" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="697" spans="1:2">
       <c r="A697" t="s">
         <v>699</v>
       </c>
-      <c r="B697" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="698" spans="1:2">
       <c r="A698" t="s">
         <v>700</v>
       </c>
-      <c r="B698" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="699" spans="1:2">
       <c r="A699" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="700" spans="1:2">
       <c r="A700" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="701" spans="1:2">
       <c r="A701" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="702" spans="1:2">
       <c r="A702" t="s">
         <v>704</v>
       </c>
+      <c r="B702" t="s">
+        <v>4296</v>
+      </c>
     </row>
     <row r="703" spans="1:2">
       <c r="A703" t="s">
         <v>705</v>
       </c>
+      <c r="B703" t="s">
+        <v>4297</v>
+      </c>
     </row>
     <row r="704" spans="1:2">
       <c r="A704" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="705" spans="1:2">
       <c r="A705" t="s">
         <v>707</v>
       </c>
+      <c r="B705" t="s">
+        <v>4298</v>
+      </c>
     </row>
     <row r="706" spans="1:2">
       <c r="A706" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="707" spans="1:2">
       <c r="A707" t="s">
         <v>709</v>
       </c>
+      <c r="B707" t="s">
+        <v>4299</v>
+      </c>
     </row>
     <row r="708" spans="1:2">
       <c r="A708" t="s">
         <v>710</v>
       </c>
-      <c r="B708" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="709" spans="1:2">
       <c r="A709" t="s">
         <v>711</v>
       </c>
+      <c r="B709" t="s">
+        <v>4300</v>
+      </c>
     </row>
     <row r="710" spans="1:2">
       <c r="A710" t="s">
         <v>712</v>
       </c>
       <c r="B710" t="s">
-        <v>4297</v>
+        <v>4301</v>
       </c>
     </row>
     <row r="711" spans="1:2">
       <c r="A711" t="s">
         <v>713</v>
       </c>
-      <c r="B711" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="712" spans="1:2">
       <c r="A712" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="713" spans="1:2">
       <c r="A713" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="714" spans="1:2">
       <c r="A714" t="s">
         <v>716</v>
       </c>
+      <c r="B714" t="s">
+        <v>4302</v>
+      </c>
     </row>
     <row r="715" spans="1:2">
       <c r="A715" t="s">
         <v>717</v>
       </c>
     </row>
     <row r="716" spans="1:2">
       <c r="A716" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="717" spans="1:2">
       <c r="A717" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="718" spans="1:2">
       <c r="A718" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="719" spans="1:2">
       <c r="A719" t="s">
         <v>721</v>
       </c>
+      <c r="B719" t="s">
+        <v>4303</v>
+      </c>
     </row>
     <row r="720" spans="1:2">
       <c r="A720" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="721" spans="1:2">
       <c r="A721" t="s">
         <v>723</v>
       </c>
-      <c r="B721" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="722" spans="1:2">
       <c r="A722" t="s">
         <v>724</v>
       </c>
-      <c r="B722" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="723" spans="1:2">
       <c r="A723" t="s">
         <v>725</v>
       </c>
-      <c r="B723" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="724" spans="1:2">
       <c r="A724" t="s">
         <v>726</v>
       </c>
       <c r="B724" t="s">
-        <v>4302</v>
+        <v>4304</v>
       </c>
     </row>
     <row r="725" spans="1:2">
       <c r="A725" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="726" spans="1:2">
       <c r="A726" t="s">
         <v>728</v>
       </c>
     </row>
     <row r="727" spans="1:2">
       <c r="A727" t="s">
         <v>729</v>
       </c>
       <c r="B727" t="s">
-        <v>4303</v>
+        <v>4305</v>
       </c>
     </row>
     <row r="728" spans="1:2">
       <c r="A728" t="s">
         <v>730</v>
       </c>
       <c r="B728" t="s">
-        <v>4304</v>
+        <v>4306</v>
       </c>
     </row>
     <row r="729" spans="1:2">
       <c r="A729" t="s">
         <v>731</v>
       </c>
       <c r="B729" t="s">
-        <v>4305</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="730" spans="1:2">
       <c r="A730" t="s">
         <v>732</v>
       </c>
       <c r="B730" t="s">
-        <v>4306</v>
+        <v>4308</v>
       </c>
     </row>
     <row r="731" spans="1:2">
       <c r="A731" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="732" spans="1:2">
       <c r="A732" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="733" spans="1:2">
       <c r="A733" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="734" spans="1:2">
       <c r="A734" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="735" spans="1:2">
       <c r="A735" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="736" spans="1:2">
       <c r="A736" t="s">
         <v>738</v>
       </c>
     </row>
     <row r="737" spans="1:2">
       <c r="A737" t="s">
         <v>739</v>
       </c>
-      <c r="B737" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="738" spans="1:2">
       <c r="A738" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="739" spans="1:2">
       <c r="A739" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="740" spans="1:2">
       <c r="A740" t="s">
         <v>742</v>
       </c>
-      <c r="B740" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="741" spans="1:2">
       <c r="A741" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="742" spans="1:2">
       <c r="A742" t="s">
         <v>744</v>
       </c>
+      <c r="B742" t="s">
+        <v>4309</v>
+      </c>
     </row>
     <row r="743" spans="1:2">
       <c r="A743" t="s">
         <v>745</v>
       </c>
+      <c r="B743" t="s">
+        <v>4310</v>
+      </c>
     </row>
     <row r="744" spans="1:2">
       <c r="A744" t="s">
         <v>746</v>
       </c>
     </row>
     <row r="745" spans="1:2">
       <c r="A745" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="746" spans="1:2">
       <c r="A746" t="s">
         <v>748</v>
       </c>
+      <c r="B746" t="s">
+        <v>4311</v>
+      </c>
     </row>
     <row r="747" spans="1:2">
       <c r="A747" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="748" spans="1:2">
       <c r="A748" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="749" spans="1:2">
       <c r="A749" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="750" spans="1:2">
       <c r="A750" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="751" spans="1:2">
       <c r="A751" t="s">
         <v>753</v>
       </c>
       <c r="B751" t="s">
-        <v>4309</v>
+        <v>4312</v>
       </c>
     </row>
     <row r="752" spans="1:2">
       <c r="A752" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="753" spans="1:2">
       <c r="A753" t="s">
         <v>755</v>
       </c>
+      <c r="B753" t="s">
+        <v>4313</v>
+      </c>
     </row>
     <row r="754" spans="1:2">
       <c r="A754" t="s">
         <v>756</v>
       </c>
-      <c r="B754" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="755" spans="1:2">
       <c r="A755" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="756" spans="1:2">
       <c r="A756" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="757" spans="1:2">
       <c r="A757" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="758" spans="1:2">
       <c r="A758" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="759" spans="1:2">
       <c r="A759" t="s">
         <v>761</v>
       </c>
     </row>
     <row r="760" spans="1:2">
       <c r="A760" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="761" spans="1:2">
       <c r="A761" t="s">
         <v>763</v>
       </c>
-      <c r="B761" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="762" spans="1:2">
       <c r="A762" t="s">
         <v>764</v>
       </c>
-      <c r="B762" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="763" spans="1:2">
       <c r="A763" t="s">
         <v>765</v>
       </c>
     </row>
     <row r="764" spans="1:2">
       <c r="A764" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="765" spans="1:2">
       <c r="A765" t="s">
         <v>767</v>
       </c>
+      <c r="B765" t="s">
+        <v>4314</v>
+      </c>
     </row>
     <row r="766" spans="1:2">
       <c r="A766" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="767" spans="1:2">
       <c r="A767" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="768" spans="1:2">
       <c r="A768" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="769" spans="1:2">
       <c r="A769" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="770" spans="1:2">
       <c r="A770" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="771" spans="1:2">
       <c r="A771" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="772" spans="1:2">
       <c r="A772" t="s">
         <v>774</v>
       </c>
       <c r="B772" t="s">
-        <v>4313</v>
+        <v>4315</v>
       </c>
     </row>
     <row r="773" spans="1:2">
       <c r="A773" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="774" spans="1:2">
       <c r="A774" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="775" spans="1:2">
       <c r="A775" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="776" spans="1:2">
       <c r="A776" t="s">
         <v>778</v>
       </c>
-      <c r="B776" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="777" spans="1:2">
       <c r="A777" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="778" spans="1:2">
       <c r="A778" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="779" spans="1:2">
       <c r="A779" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="780" spans="1:2">
       <c r="A780" t="s">
         <v>782</v>
       </c>
+      <c r="B780" t="s">
+        <v>4316</v>
+      </c>
     </row>
     <row r="781" spans="1:2">
       <c r="A781" t="s">
         <v>783</v>
       </c>
-      <c r="B781" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="782" spans="1:2">
       <c r="A782" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="783" spans="1:2">
       <c r="A783" t="s">
         <v>785</v>
       </c>
-      <c r="B783" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="784" spans="1:2">
       <c r="A784" t="s">
         <v>786</v>
       </c>
-      <c r="B784" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="785" spans="1:2">
       <c r="A785" t="s">
         <v>787</v>
       </c>
-      <c r="B785" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="786" spans="1:2">
       <c r="A786" t="s">
         <v>788</v>
       </c>
-      <c r="B786" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="787" spans="1:2">
       <c r="A787" t="s">
         <v>789</v>
       </c>
       <c r="B787" t="s">
-        <v>4320</v>
+        <v>4317</v>
       </c>
     </row>
     <row r="788" spans="1:2">
       <c r="A788" t="s">
         <v>790</v>
       </c>
+      <c r="B788" t="s">
+        <v>4318</v>
+      </c>
     </row>
     <row r="789" spans="1:2">
       <c r="A789" t="s">
         <v>791</v>
       </c>
+      <c r="B789" t="s">
+        <v>4319</v>
+      </c>
     </row>
     <row r="790" spans="1:2">
       <c r="A790" t="s">
         <v>792</v>
       </c>
+      <c r="B790" t="s">
+        <v>4320</v>
+      </c>
     </row>
     <row r="791" spans="1:2">
       <c r="A791" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="792" spans="1:2">
       <c r="A792" t="s">
         <v>794</v>
       </c>
+      <c r="B792" t="s">
+        <v>4321</v>
+      </c>
     </row>
     <row r="793" spans="1:2">
       <c r="A793" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="794" spans="1:2">
       <c r="A794" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="795" spans="1:2">
       <c r="A795" t="s">
         <v>797</v>
       </c>
-      <c r="B795" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="796" spans="1:2">
       <c r="A796" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="797" spans="1:2">
       <c r="A797" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="798" spans="1:2">
       <c r="A798" t="s">
         <v>800</v>
       </c>
       <c r="B798" t="s">
         <v>4322</v>
       </c>
     </row>
     <row r="799" spans="1:2">
       <c r="A799" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="800" spans="1:2">
       <c r="A800" t="s">
         <v>802</v>
       </c>
+      <c r="B800" t="s">
+        <v>4323</v>
+      </c>
     </row>
     <row r="801" spans="1:2">
       <c r="A801" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="802" spans="1:2">
       <c r="A802" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="803" spans="1:2">
       <c r="A803" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="804" spans="1:2">
       <c r="A804" t="s">
         <v>806</v>
       </c>
+      <c r="B804" t="s">
+        <v>4324</v>
+      </c>
     </row>
     <row r="805" spans="1:2">
       <c r="A805" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="806" spans="1:2">
       <c r="A806" t="s">
         <v>808</v>
       </c>
     </row>
     <row r="807" spans="1:2">
       <c r="A807" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="808" spans="1:2">
       <c r="A808" t="s">
         <v>810</v>
       </c>
       <c r="B808" t="s">
-        <v>4323</v>
+        <v>4325</v>
       </c>
     </row>
     <row r="809" spans="1:2">
       <c r="A809" t="s">
         <v>811</v>
       </c>
       <c r="B809" t="s">
-        <v>4324</v>
+        <v>4326</v>
       </c>
     </row>
     <row r="810" spans="1:2">
       <c r="A810" t="s">
         <v>812</v>
       </c>
       <c r="B810" t="s">
-        <v>4325</v>
+        <v>4327</v>
       </c>
     </row>
     <row r="811" spans="1:2">
       <c r="A811" t="s">
         <v>813</v>
       </c>
-      <c r="B811" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="812" spans="1:2">
       <c r="A812" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="813" spans="1:2">
       <c r="A813" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="814" spans="1:2">
       <c r="A814" t="s">
         <v>816</v>
       </c>
+      <c r="B814" t="s">
+        <v>4328</v>
+      </c>
     </row>
     <row r="815" spans="1:2">
       <c r="A815" t="s">
         <v>817</v>
       </c>
-      <c r="B815" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="816" spans="1:2">
       <c r="A816" t="s">
         <v>818</v>
       </c>
-      <c r="B816" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="817" spans="1:2">
       <c r="A817" t="s">
         <v>819</v>
       </c>
-      <c r="B817" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="818" spans="1:2">
       <c r="A818" t="s">
         <v>820</v>
       </c>
-      <c r="B818" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="819" spans="1:2">
       <c r="A819" t="s">
         <v>821</v>
       </c>
+      <c r="B819" t="s">
+        <v>4329</v>
+      </c>
     </row>
     <row r="820" spans="1:2">
       <c r="A820" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="821" spans="1:2">
       <c r="A821" t="s">
         <v>823</v>
       </c>
-      <c r="B821" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="822" spans="1:2">
       <c r="A822" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="823" spans="1:2">
       <c r="A823" t="s">
         <v>825</v>
       </c>
+      <c r="B823" t="s">
+        <v>4330</v>
+      </c>
     </row>
     <row r="824" spans="1:2">
       <c r="A824" t="s">
         <v>826</v>
       </c>
       <c r="B824" t="s">
-        <v>4332</v>
+        <v>4331</v>
       </c>
     </row>
     <row r="825" spans="1:2">
       <c r="A825" t="s">
         <v>827</v>
       </c>
-      <c r="B825" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="826" spans="1:2">
       <c r="A826" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="827" spans="1:2">
       <c r="A827" t="s">
         <v>829</v>
       </c>
+      <c r="B827" t="s">
+        <v>4332</v>
+      </c>
     </row>
     <row r="828" spans="1:2">
       <c r="A828" t="s">
         <v>830</v>
       </c>
+      <c r="B828" t="s">
+        <v>4333</v>
+      </c>
     </row>
     <row r="829" spans="1:2">
       <c r="A829" t="s">
         <v>831</v>
       </c>
       <c r="B829" t="s">
         <v>4334</v>
       </c>
     </row>
     <row r="830" spans="1:2">
       <c r="A830" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="831" spans="1:2">
       <c r="A831" t="s">
         <v>833</v>
       </c>
-      <c r="B831" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="832" spans="1:2">
       <c r="A832" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="833" spans="1:2">
       <c r="A833" t="s">
         <v>835</v>
       </c>
+      <c r="B833" t="s">
+        <v>4335</v>
+      </c>
     </row>
     <row r="834" spans="1:2">
       <c r="A834" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="835" spans="1:2">
       <c r="A835" t="s">
         <v>837</v>
       </c>
-      <c r="B835" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="836" spans="1:2">
       <c r="A836" t="s">
         <v>838</v>
       </c>
+      <c r="B836" t="s">
+        <v>4336</v>
+      </c>
     </row>
     <row r="837" spans="1:2">
       <c r="A837" t="s">
         <v>839</v>
       </c>
+      <c r="B837" t="s">
+        <v>4337</v>
+      </c>
     </row>
     <row r="838" spans="1:2">
       <c r="A838" t="s">
         <v>840</v>
       </c>
-      <c r="B838" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="839" spans="1:2">
       <c r="A839" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="840" spans="1:2">
       <c r="A840" t="s">
         <v>842</v>
       </c>
-      <c r="B840" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="841" spans="1:2">
       <c r="A841" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="842" spans="1:2">
       <c r="A842" t="s">
         <v>844</v>
       </c>
-      <c r="B842" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="843" spans="1:2">
       <c r="A843" t="s">
         <v>845</v>
       </c>
+      <c r="B843" t="s">
+        <v>4338</v>
+      </c>
     </row>
     <row r="844" spans="1:2">
       <c r="A844" t="s">
         <v>846</v>
       </c>
+      <c r="B844" t="s">
+        <v>4339</v>
+      </c>
     </row>
     <row r="845" spans="1:2">
       <c r="A845" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="846" spans="1:2">
       <c r="A846" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="847" spans="1:2">
       <c r="A847" t="s">
         <v>849</v>
       </c>
-      <c r="B847" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="848" spans="1:2">
       <c r="A848" t="s">
         <v>850</v>
       </c>
       <c r="B848" t="s">
-        <v>4341</v>
+        <v>4340</v>
       </c>
     </row>
     <row r="849" spans="1:2">
       <c r="A849" t="s">
         <v>851</v>
       </c>
+      <c r="B849" t="s">
+        <v>4341</v>
+      </c>
     </row>
     <row r="850" spans="1:2">
       <c r="A850" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="851" spans="1:2">
       <c r="A851" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="852" spans="1:2">
       <c r="A852" t="s">
         <v>854</v>
       </c>
-      <c r="B852" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="853" spans="1:2">
       <c r="A853" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="854" spans="1:2">
       <c r="A854" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="855" spans="1:2">
       <c r="A855" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="856" spans="1:2">
       <c r="A856" t="s">
         <v>858</v>
       </c>
+      <c r="B856" t="s">
+        <v>4342</v>
+      </c>
     </row>
     <row r="857" spans="1:2">
       <c r="A857" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="858" spans="1:2">
       <c r="A858" t="s">
         <v>860</v>
       </c>
-      <c r="B858" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="859" spans="1:2">
       <c r="A859" t="s">
         <v>861</v>
       </c>
+      <c r="B859" t="s">
+        <v>4343</v>
+      </c>
     </row>
     <row r="860" spans="1:2">
       <c r="A860" t="s">
         <v>862</v>
       </c>
-      <c r="B860" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="861" spans="1:2">
       <c r="A861" t="s">
         <v>863</v>
       </c>
     </row>
     <row r="862" spans="1:2">
       <c r="A862" t="s">
         <v>864</v>
       </c>
-      <c r="B862" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="863" spans="1:2">
       <c r="A863" t="s">
         <v>865</v>
       </c>
+      <c r="B863" t="s">
+        <v>4344</v>
+      </c>
     </row>
     <row r="864" spans="1:2">
       <c r="A864" t="s">
         <v>866</v>
       </c>
       <c r="B864" t="s">
-        <v>4346</v>
+        <v>4345</v>
       </c>
     </row>
     <row r="865" spans="1:2">
       <c r="A865" t="s">
         <v>867</v>
       </c>
       <c r="B865" t="s">
-        <v>4347</v>
+        <v>4346</v>
       </c>
     </row>
     <row r="866" spans="1:2">
       <c r="A866" t="s">
         <v>868</v>
       </c>
       <c r="B866" t="s">
-        <v>4348</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="867" spans="1:2">
       <c r="A867" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="868" spans="1:2">
       <c r="A868" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="869" spans="1:2">
       <c r="A869" t="s">
         <v>871</v>
       </c>
     </row>
     <row r="870" spans="1:2">
       <c r="A870" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="871" spans="1:2">
       <c r="A871" t="s">
         <v>873</v>
       </c>
-      <c r="B871" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="872" spans="1:2">
       <c r="A872" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="873" spans="1:2">
       <c r="A873" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="874" spans="1:2">
       <c r="A874" t="s">
         <v>876</v>
       </c>
-      <c r="B874" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="875" spans="1:2">
       <c r="A875" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="876" spans="1:2">
       <c r="A876" t="s">
         <v>878</v>
       </c>
+      <c r="B876" t="s">
+        <v>4348</v>
+      </c>
     </row>
     <row r="877" spans="1:2">
       <c r="A877" t="s">
         <v>879</v>
       </c>
+      <c r="B877" t="s">
+        <v>4349</v>
+      </c>
     </row>
     <row r="878" spans="1:2">
       <c r="A878" t="s">
         <v>880</v>
       </c>
+      <c r="B878" t="s">
+        <v>4350</v>
+      </c>
     </row>
     <row r="879" spans="1:2">
       <c r="A879" t="s">
         <v>881</v>
       </c>
+      <c r="B879" t="s">
+        <v>4351</v>
+      </c>
     </row>
     <row r="880" spans="1:2">
       <c r="A880" t="s">
         <v>882</v>
       </c>
       <c r="B880" t="s">
-        <v>4351</v>
+        <v>4352</v>
       </c>
     </row>
     <row r="881" spans="1:2">
       <c r="A881" t="s">
         <v>883</v>
       </c>
-      <c r="B881" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="882" spans="1:2">
       <c r="A882" t="s">
         <v>884</v>
       </c>
       <c r="B882" t="s">
         <v>4353</v>
       </c>
     </row>
     <row r="883" spans="1:2">
       <c r="A883" t="s">
         <v>885</v>
       </c>
-      <c r="B883" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="884" spans="1:2">
       <c r="A884" t="s">
         <v>886</v>
       </c>
       <c r="B884" t="s">
-        <v>4355</v>
+        <v>4354</v>
       </c>
     </row>
     <row r="885" spans="1:2">
       <c r="A885" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="886" spans="1:2">
       <c r="A886" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="887" spans="1:2">
       <c r="A887" t="s">
         <v>889</v>
       </c>
-      <c r="B887" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="888" spans="1:2">
       <c r="A888" t="s">
         <v>890</v>
       </c>
-      <c r="B888" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="889" spans="1:2">
       <c r="A889" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="890" spans="1:2">
       <c r="A890" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="891" spans="1:2">
       <c r="A891" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="892" spans="1:2">
       <c r="A892" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="893" spans="1:2">
       <c r="A893" t="s">
         <v>895</v>
       </c>
     </row>
     <row r="894" spans="1:2">
       <c r="A894" t="s">
         <v>896</v>
       </c>
+      <c r="B894" t="s">
+        <v>4355</v>
+      </c>
     </row>
     <row r="895" spans="1:2">
       <c r="A895" t="s">
         <v>897</v>
       </c>
+      <c r="B895" t="s">
+        <v>4356</v>
+      </c>
     </row>
     <row r="896" spans="1:2">
       <c r="A896" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="897" spans="1:2">
       <c r="A897" t="s">
         <v>899</v>
       </c>
+      <c r="B897" t="s">
+        <v>4357</v>
+      </c>
     </row>
     <row r="898" spans="1:2">
       <c r="A898" t="s">
         <v>900</v>
       </c>
       <c r="B898" t="s">
         <v>4358</v>
       </c>
     </row>
     <row r="899" spans="1:2">
       <c r="A899" t="s">
         <v>901</v>
       </c>
+      <c r="B899" t="s">
+        <v>4359</v>
+      </c>
     </row>
     <row r="900" spans="1:2">
       <c r="A900" t="s">
         <v>902</v>
       </c>
       <c r="B900" t="s">
-        <v>4359</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="901" spans="1:2">
       <c r="A901" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="902" spans="1:2">
       <c r="A902" t="s">
         <v>904</v>
       </c>
-      <c r="B902" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="903" spans="1:2">
       <c r="A903" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="904" spans="1:2">
       <c r="A904" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="905" spans="1:2">
       <c r="A905" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="906" spans="1:2">
       <c r="A906" t="s">
         <v>908</v>
       </c>
     </row>
     <row r="907" spans="1:2">
       <c r="A907" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="908" spans="1:2">
       <c r="A908" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="909" spans="1:2">
       <c r="A909" t="s">
         <v>911</v>
       </c>
-      <c r="B909" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="910" spans="1:2">
       <c r="A910" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="911" spans="1:2">
       <c r="A911" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="912" spans="1:2">
       <c r="A912" t="s">
         <v>914</v>
       </c>
+      <c r="B912" t="s">
+        <v>4361</v>
+      </c>
     </row>
     <row r="913" spans="1:2">
       <c r="A913" t="s">
         <v>915</v>
       </c>
       <c r="B913" t="s">
         <v>4362</v>
       </c>
     </row>
     <row r="914" spans="1:2">
       <c r="A914" t="s">
         <v>916</v>
       </c>
     </row>
     <row r="915" spans="1:2">
       <c r="A915" t="s">
         <v>917</v>
       </c>
       <c r="B915" t="s">
         <v>4363</v>
       </c>
     </row>
     <row r="916" spans="1:2">
       <c r="A916" t="s">
         <v>918</v>
       </c>
       <c r="B916" t="s">
         <v>4364</v>
       </c>
     </row>
     <row r="917" spans="1:2">
       <c r="A917" t="s">
         <v>919</v>
       </c>
+      <c r="B917" t="s">
+        <v>4365</v>
+      </c>
     </row>
     <row r="918" spans="1:2">
       <c r="A918" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="919" spans="1:2">
       <c r="A919" t="s">
         <v>921</v>
       </c>
       <c r="B919" t="s">
-        <v>4365</v>
+        <v>4366</v>
       </c>
     </row>
     <row r="920" spans="1:2">
       <c r="A920" t="s">
         <v>922</v>
       </c>
-      <c r="B920" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="921" spans="1:2">
       <c r="A921" t="s">
         <v>923</v>
       </c>
-      <c r="B921" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="922" spans="1:2">
       <c r="A922" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="923" spans="1:2">
       <c r="A923" t="s">
         <v>925</v>
       </c>
+      <c r="B923" t="s">
+        <v>4367</v>
+      </c>
     </row>
     <row r="924" spans="1:2">
       <c r="A924" t="s">
         <v>926</v>
       </c>
+      <c r="B924" t="s">
+        <v>4368</v>
+      </c>
     </row>
     <row r="925" spans="1:2">
       <c r="A925" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="926" spans="1:2">
       <c r="A926" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="927" spans="1:2">
       <c r="A927" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="928" spans="1:2">
       <c r="A928" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="929" spans="1:2">
       <c r="A929" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="930" spans="1:2">
       <c r="A930" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="931" spans="1:2">
       <c r="A931" t="s">
         <v>933</v>
       </c>
+      <c r="B931" t="s">
+        <v>4369</v>
+      </c>
     </row>
     <row r="932" spans="1:2">
       <c r="A932" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="933" spans="1:2">
       <c r="A933" t="s">
         <v>935</v>
       </c>
-      <c r="B933" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="934" spans="1:2">
       <c r="A934" t="s">
         <v>936</v>
       </c>
-      <c r="B934" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="935" spans="1:2">
       <c r="A935" t="s">
         <v>937</v>
       </c>
       <c r="B935" t="s">
         <v>4370</v>
       </c>
     </row>
     <row r="936" spans="1:2">
       <c r="A936" t="s">
         <v>938</v>
       </c>
+      <c r="B936" t="s">
+        <v>4371</v>
+      </c>
     </row>
     <row r="937" spans="1:2">
       <c r="A937" t="s">
         <v>939</v>
       </c>
+      <c r="B937" t="s">
+        <v>4372</v>
+      </c>
     </row>
     <row r="938" spans="1:2">
       <c r="A938" t="s">
         <v>940</v>
       </c>
+      <c r="B938" t="s">
+        <v>4373</v>
+      </c>
     </row>
     <row r="939" spans="1:2">
       <c r="A939" t="s">
         <v>941</v>
       </c>
+      <c r="B939" t="s">
+        <v>4374</v>
+      </c>
     </row>
     <row r="940" spans="1:2">
       <c r="A940" t="s">
         <v>942</v>
       </c>
-      <c r="B940" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="941" spans="1:2">
       <c r="A941" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="942" spans="1:2">
       <c r="A942" t="s">
         <v>944</v>
       </c>
-      <c r="B942" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="943" spans="1:2">
       <c r="A943" t="s">
         <v>945</v>
       </c>
-      <c r="B943" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="944" spans="1:2">
       <c r="A944" t="s">
         <v>946</v>
       </c>
       <c r="B944" t="s">
-        <v>4374</v>
+        <v>4375</v>
       </c>
     </row>
     <row r="945" spans="1:2">
       <c r="A945" t="s">
         <v>947</v>
       </c>
       <c r="B945" t="s">
-        <v>4375</v>
+        <v>4376</v>
       </c>
     </row>
     <row r="946" spans="1:2">
       <c r="A946" t="s">
         <v>948</v>
       </c>
+      <c r="B946" t="s">
+        <v>4377</v>
+      </c>
     </row>
     <row r="947" spans="1:2">
       <c r="A947" t="s">
         <v>949</v>
       </c>
+      <c r="B947" t="s">
+        <v>4378</v>
+      </c>
     </row>
     <row r="948" spans="1:2">
       <c r="A948" t="s">
         <v>950</v>
       </c>
       <c r="B948" t="s">
-        <v>4376</v>
+        <v>4379</v>
       </c>
     </row>
     <row r="949" spans="1:2">
       <c r="A949" t="s">
         <v>951</v>
       </c>
+      <c r="B949" t="s">
+        <v>4380</v>
+      </c>
     </row>
     <row r="950" spans="1:2">
       <c r="A950" t="s">
         <v>952</v>
       </c>
       <c r="B950" t="s">
-        <v>4377</v>
+        <v>4381</v>
       </c>
     </row>
     <row r="951" spans="1:2">
       <c r="A951" t="s">
         <v>953</v>
       </c>
       <c r="B951" t="s">
-        <v>4378</v>
+        <v>4382</v>
       </c>
     </row>
     <row r="952" spans="1:2">
       <c r="A952" t="s">
         <v>954</v>
       </c>
+      <c r="B952" t="s">
+        <v>4383</v>
+      </c>
     </row>
     <row r="953" spans="1:2">
       <c r="A953" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="954" spans="1:2">
       <c r="A954" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="955" spans="1:2">
       <c r="A955" t="s">
         <v>957</v>
       </c>
-      <c r="B955" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="956" spans="1:2">
       <c r="A956" t="s">
         <v>958</v>
       </c>
-      <c r="B956" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="957" spans="1:2">
       <c r="A957" t="s">
         <v>959</v>
       </c>
-      <c r="B957" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="958" spans="1:2">
       <c r="A958" t="s">
         <v>960</v>
       </c>
+      <c r="B958" t="s">
+        <v>4384</v>
+      </c>
     </row>
     <row r="959" spans="1:2">
       <c r="A959" t="s">
         <v>961</v>
       </c>
       <c r="B959" t="s">
-        <v>4382</v>
+        <v>4385</v>
       </c>
     </row>
     <row r="960" spans="1:2">
       <c r="A960" t="s">
         <v>962</v>
       </c>
       <c r="B960" t="s">
-        <v>4383</v>
+        <v>4386</v>
       </c>
     </row>
     <row r="961" spans="1:2">
       <c r="A961" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="962" spans="1:2">
       <c r="A962" t="s">
         <v>964</v>
       </c>
+      <c r="B962" t="s">
+        <v>4387</v>
+      </c>
     </row>
     <row r="963" spans="1:2">
       <c r="A963" t="s">
         <v>965</v>
       </c>
       <c r="B963" t="s">
-        <v>4384</v>
+        <v>4388</v>
       </c>
     </row>
     <row r="964" spans="1:2">
       <c r="A964" t="s">
         <v>966</v>
       </c>
+      <c r="B964" t="s">
+        <v>4389</v>
+      </c>
     </row>
     <row r="965" spans="1:2">
       <c r="A965" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="966" spans="1:2">
       <c r="A966" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="967" spans="1:2">
       <c r="A967" t="s">
         <v>969</v>
       </c>
-      <c r="B967" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="968" spans="1:2">
       <c r="A968" t="s">
         <v>970</v>
       </c>
-      <c r="B968" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="969" spans="1:2">
       <c r="A969" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="970" spans="1:2">
       <c r="A970" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="971" spans="1:2">
       <c r="A971" t="s">
         <v>973</v>
       </c>
       <c r="B971" t="s">
-        <v>4387</v>
+        <v>4390</v>
       </c>
     </row>
     <row r="972" spans="1:2">
       <c r="A972" t="s">
         <v>974</v>
       </c>
+      <c r="B972" t="s">
+        <v>4391</v>
+      </c>
     </row>
     <row r="973" spans="1:2">
       <c r="A973" t="s">
         <v>975</v>
       </c>
+      <c r="B973" t="s">
+        <v>4392</v>
+      </c>
     </row>
     <row r="974" spans="1:2">
       <c r="A974" t="s">
         <v>976</v>
       </c>
       <c r="B974" t="s">
-        <v>4388</v>
+        <v>4393</v>
       </c>
     </row>
     <row r="975" spans="1:2">
       <c r="A975" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="976" spans="1:2">
       <c r="A976" t="s">
         <v>978</v>
       </c>
     </row>
-    <row r="977" spans="1:4">
+    <row r="977" spans="1:2">
       <c r="A977" t="s">
         <v>979</v>
       </c>
-      <c r="D977" t="s">
-[...3 lines deleted...]
-    <row r="978" spans="1:4">
+    </row>
+    <row r="978" spans="1:2">
       <c r="A978" t="s">
         <v>980</v>
       </c>
-      <c r="B978" t="s">
-[...3 lines deleted...]
-    <row r="979" spans="1:4">
+    </row>
+    <row r="979" spans="1:2">
       <c r="A979" t="s">
         <v>981</v>
       </c>
       <c r="B979" t="s">
-        <v>4390</v>
-[...2 lines deleted...]
-    <row r="980" spans="1:4">
+        <v>4394</v>
+      </c>
+    </row>
+    <row r="980" spans="1:2">
       <c r="A980" t="s">
         <v>982</v>
       </c>
-      <c r="B980" t="s">
-[...3 lines deleted...]
-    <row r="981" spans="1:4">
+    </row>
+    <row r="981" spans="1:2">
       <c r="A981" t="s">
         <v>983</v>
       </c>
       <c r="B981" t="s">
-        <v>4392</v>
-[...2 lines deleted...]
-    <row r="982" spans="1:4">
+        <v>4395</v>
+      </c>
+    </row>
+    <row r="982" spans="1:2">
       <c r="A982" t="s">
         <v>984</v>
       </c>
     </row>
-    <row r="983" spans="1:4">
+    <row r="983" spans="1:2">
       <c r="A983" t="s">
         <v>985</v>
       </c>
-      <c r="B983" t="s">
-[...3 lines deleted...]
-    <row r="984" spans="1:4">
+    </row>
+    <row r="984" spans="1:2">
       <c r="A984" t="s">
         <v>986</v>
       </c>
-    </row>
-    <row r="985" spans="1:4">
+      <c r="B984" t="s">
+        <v>4396</v>
+      </c>
+    </row>
+    <row r="985" spans="1:2">
       <c r="A985" t="s">
         <v>987</v>
       </c>
     </row>
-    <row r="986" spans="1:4">
+    <row r="986" spans="1:2">
       <c r="A986" t="s">
         <v>988</v>
       </c>
       <c r="B986" t="s">
-        <v>4394</v>
-[...2 lines deleted...]
-    <row r="987" spans="1:4">
+        <v>4397</v>
+      </c>
+    </row>
+    <row r="987" spans="1:2">
       <c r="A987" t="s">
         <v>989</v>
       </c>
-      <c r="B987" t="s">
-[...3 lines deleted...]
-    <row r="988" spans="1:4">
+    </row>
+    <row r="988" spans="1:2">
       <c r="A988" t="s">
         <v>990</v>
       </c>
-    </row>
-    <row r="989" spans="1:4">
+      <c r="B988" t="s">
+        <v>4398</v>
+      </c>
+    </row>
+    <row r="989" spans="1:2">
       <c r="A989" t="s">
         <v>991</v>
       </c>
-      <c r="B989" t="s">
-[...3 lines deleted...]
-    <row r="990" spans="1:4">
+    </row>
+    <row r="990" spans="1:2">
       <c r="A990" t="s">
         <v>992</v>
       </c>
     </row>
-    <row r="991" spans="1:4">
+    <row r="991" spans="1:2">
       <c r="A991" t="s">
         <v>993</v>
       </c>
       <c r="B991" t="s">
-        <v>4397</v>
-[...2 lines deleted...]
-    <row r="992" spans="1:4">
+        <v>4399</v>
+      </c>
+    </row>
+    <row r="992" spans="1:2">
       <c r="A992" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="993" spans="1:2">
       <c r="A993" t="s">
         <v>995</v>
       </c>
       <c r="B993" t="s">
-        <v>4398</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="994" spans="1:2">
       <c r="A994" t="s">
         <v>996</v>
       </c>
       <c r="B994" t="s">
-        <v>4399</v>
+        <v>4401</v>
       </c>
     </row>
     <row r="995" spans="1:2">
       <c r="A995" t="s">
         <v>997</v>
       </c>
       <c r="B995" t="s">
-        <v>4400</v>
+        <v>4402</v>
       </c>
     </row>
     <row r="996" spans="1:2">
       <c r="A996" t="s">
         <v>998</v>
       </c>
       <c r="B996" t="s">
-        <v>4401</v>
+        <v>4403</v>
       </c>
     </row>
     <row r="997" spans="1:2">
       <c r="A997" t="s">
         <v>999</v>
       </c>
+      <c r="B997" t="s">
+        <v>4404</v>
+      </c>
     </row>
     <row r="998" spans="1:2">
       <c r="A998" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="999" spans="1:2">
       <c r="A999" t="s">
         <v>1001</v>
       </c>
-      <c r="B999" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1000" spans="1:2">
       <c r="A1000" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="1001" spans="1:2">
       <c r="A1001" t="s">
         <v>1003</v>
       </c>
       <c r="B1001" t="s">
-        <v>4403</v>
+        <v>4405</v>
       </c>
     </row>
     <row r="1002" spans="1:2">
       <c r="A1002" t="s">
         <v>1004</v>
       </c>
+      <c r="B1002" t="s">
+        <v>4406</v>
+      </c>
     </row>
     <row r="1003" spans="1:2">
       <c r="A1003" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="1004" spans="1:2">
       <c r="A1004" t="s">
         <v>1006</v>
       </c>
+      <c r="B1004" t="s">
+        <v>4407</v>
+      </c>
     </row>
     <row r="1005" spans="1:2">
       <c r="A1005" t="s">
         <v>1007</v>
       </c>
-      <c r="B1005" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1006" spans="1:2">
       <c r="A1006" t="s">
         <v>1008</v>
       </c>
       <c r="B1006" t="s">
-        <v>4405</v>
+        <v>4408</v>
       </c>
     </row>
     <row r="1007" spans="1:2">
       <c r="A1007" t="s">
         <v>1009</v>
       </c>
-      <c r="B1007" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1008" spans="1:2">
       <c r="A1008" t="s">
         <v>1010</v>
       </c>
       <c r="B1008" t="s">
-        <v>4407</v>
+        <v>4409</v>
       </c>
     </row>
     <row r="1009" spans="1:2">
       <c r="A1009" t="s">
         <v>1011</v>
       </c>
+      <c r="B1009" t="s">
+        <v>4410</v>
+      </c>
     </row>
     <row r="1010" spans="1:2">
       <c r="A1010" t="s">
         <v>1012</v>
       </c>
       <c r="B1010" t="s">
-        <v>4408</v>
+        <v>4411</v>
       </c>
     </row>
     <row r="1011" spans="1:2">
       <c r="A1011" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="1012" spans="1:2">
       <c r="A1012" t="s">
         <v>1014</v>
       </c>
+      <c r="B1012" t="s">
+        <v>4412</v>
+      </c>
     </row>
     <row r="1013" spans="1:2">
       <c r="A1013" t="s">
         <v>1015</v>
       </c>
     </row>
     <row r="1014" spans="1:2">
       <c r="A1014" t="s">
         <v>1016</v>
       </c>
     </row>
     <row r="1015" spans="1:2">
       <c r="A1015" t="s">
         <v>1017</v>
       </c>
+      <c r="B1015" t="s">
+        <v>4413</v>
+      </c>
     </row>
     <row r="1016" spans="1:2">
       <c r="A1016" t="s">
         <v>1018</v>
       </c>
-      <c r="B1016" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1017" spans="1:2">
       <c r="A1017" t="s">
         <v>1019</v>
       </c>
       <c r="B1017" t="s">
-        <v>4410</v>
+        <v>4414</v>
       </c>
     </row>
     <row r="1018" spans="1:2">
       <c r="A1018" t="s">
         <v>1020</v>
       </c>
-      <c r="B1018" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1019" spans="1:2">
       <c r="A1019" t="s">
         <v>1021</v>
       </c>
       <c r="B1019" t="s">
-        <v>4412</v>
+        <v>4415</v>
       </c>
     </row>
     <row r="1020" spans="1:2">
       <c r="A1020" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="1021" spans="1:2">
       <c r="A1021" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="1022" spans="1:2">
       <c r="A1022" t="s">
         <v>1024</v>
       </c>
-      <c r="B1022" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1023" spans="1:2">
       <c r="A1023" t="s">
         <v>1025</v>
       </c>
-      <c r="B1023" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1024" spans="1:2">
       <c r="A1024" t="s">
         <v>1026</v>
       </c>
-      <c r="B1024" t="s">
-[...3 lines deleted...]
-    <row r="1025" spans="1:2">
+    </row>
+    <row r="1025" spans="1:1">
       <c r="A1025" t="s">
         <v>1027</v>
       </c>
     </row>
-    <row r="1026" spans="1:2">
+    <row r="1026" spans="1:1">
       <c r="A1026" t="s">
         <v>1028</v>
       </c>
     </row>
-    <row r="1027" spans="1:2">
+    <row r="1027" spans="1:1">
       <c r="A1027" t="s">
         <v>1029</v>
       </c>
     </row>
-    <row r="1028" spans="1:2">
+    <row r="1028" spans="1:1">
       <c r="A1028" t="s">
         <v>1030</v>
       </c>
     </row>
-    <row r="1029" spans="1:2">
+    <row r="1029" spans="1:1">
       <c r="A1029" t="s">
         <v>1031</v>
       </c>
     </row>
-    <row r="1030" spans="1:2">
+    <row r="1030" spans="1:1">
       <c r="A1030" t="s">
         <v>1032</v>
       </c>
     </row>
-    <row r="1031" spans="1:2">
+    <row r="1031" spans="1:1">
       <c r="A1031" t="s">
         <v>1033</v>
       </c>
     </row>
-    <row r="1032" spans="1:2">
+    <row r="1032" spans="1:1">
       <c r="A1032" t="s">
         <v>1034</v>
       </c>
     </row>
-    <row r="1033" spans="1:2">
+    <row r="1033" spans="1:1">
       <c r="A1033" t="s">
         <v>1035</v>
       </c>
     </row>
-    <row r="1034" spans="1:2">
+    <row r="1034" spans="1:1">
       <c r="A1034" t="s">
         <v>1036</v>
       </c>
     </row>
-    <row r="1035" spans="1:2">
+    <row r="1035" spans="1:1">
       <c r="A1035" t="s">
         <v>1037</v>
       </c>
     </row>
-    <row r="1036" spans="1:2">
+    <row r="1036" spans="1:1">
       <c r="A1036" t="s">
         <v>1038</v>
       </c>
     </row>
-    <row r="1037" spans="1:2">
+    <row r="1037" spans="1:1">
       <c r="A1037" t="s">
         <v>1039</v>
       </c>
     </row>
-    <row r="1038" spans="1:2">
+    <row r="1038" spans="1:1">
       <c r="A1038" t="s">
         <v>1040</v>
       </c>
-      <c r="B1038" t="s">
-[...3 lines deleted...]
-    <row r="1039" spans="1:2">
+    </row>
+    <row r="1039" spans="1:1">
       <c r="A1039" t="s">
         <v>1041</v>
       </c>
     </row>
-    <row r="1040" spans="1:2">
+    <row r="1040" spans="1:1">
       <c r="A1040" t="s">
         <v>1042</v>
       </c>
     </row>
     <row r="1041" spans="1:2">
       <c r="A1041" t="s">
         <v>1043</v>
       </c>
     </row>
     <row r="1042" spans="1:2">
       <c r="A1042" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="1043" spans="1:2">
       <c r="A1043" t="s">
         <v>1045</v>
       </c>
     </row>
     <row r="1044" spans="1:2">
       <c r="A1044" t="s">
         <v>1046</v>
       </c>
     </row>
     <row r="1045" spans="1:2">
@@ -22519,512 +22513,518 @@
     </row>
     <row r="1046" spans="1:2">
       <c r="A1046" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="1047" spans="1:2">
       <c r="A1047" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="1048" spans="1:2">
       <c r="A1048" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="1049" spans="1:2">
       <c r="A1049" t="s">
         <v>1051</v>
       </c>
     </row>
     <row r="1050" spans="1:2">
       <c r="A1050" t="s">
         <v>1052</v>
       </c>
-      <c r="B1050" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1051" spans="1:2">
       <c r="A1051" t="s">
         <v>1053</v>
       </c>
+      <c r="B1051" t="s">
+        <v>4416</v>
+      </c>
     </row>
     <row r="1052" spans="1:2">
       <c r="A1052" t="s">
         <v>1054</v>
       </c>
     </row>
     <row r="1053" spans="1:2">
       <c r="A1053" t="s">
         <v>1055</v>
       </c>
-      <c r="B1053" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1054" spans="1:2">
       <c r="A1054" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="1055" spans="1:2">
       <c r="A1055" t="s">
         <v>1057</v>
       </c>
     </row>
     <row r="1056" spans="1:2">
       <c r="A1056" t="s">
         <v>1058</v>
       </c>
     </row>
-    <row r="1057" spans="1:2">
+    <row r="1057" spans="1:4">
       <c r="A1057" t="s">
         <v>1059</v>
       </c>
     </row>
-    <row r="1058" spans="1:2">
+    <row r="1058" spans="1:4">
       <c r="A1058" t="s">
         <v>1060</v>
       </c>
-    </row>
-    <row r="1059" spans="1:2">
+      <c r="B1058" t="s">
+        <v>4417</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:4">
       <c r="A1059" t="s">
         <v>1061</v>
       </c>
       <c r="B1059" t="s">
-        <v>4419</v>
-[...2 lines deleted...]
-    <row r="1060" spans="1:2">
+        <v>4418</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:4">
       <c r="A1060" t="s">
         <v>1062</v>
       </c>
-      <c r="B1060" t="s">
-[...3 lines deleted...]
-    <row r="1061" spans="1:2">
+    </row>
+    <row r="1061" spans="1:4">
       <c r="A1061" t="s">
         <v>1063</v>
       </c>
     </row>
-    <row r="1062" spans="1:2">
+    <row r="1062" spans="1:4">
       <c r="A1062" t="s">
         <v>1064</v>
       </c>
-    </row>
-    <row r="1063" spans="1:2">
+      <c r="B1062" t="s">
+        <v>4419</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:4">
       <c r="A1063" t="s">
         <v>1065</v>
       </c>
     </row>
-    <row r="1064" spans="1:2">
+    <row r="1064" spans="1:4">
       <c r="A1064" t="s">
         <v>1066</v>
       </c>
-      <c r="B1064" t="s">
-[...3 lines deleted...]
-    <row r="1065" spans="1:2">
+    </row>
+    <row r="1065" spans="1:4">
       <c r="A1065" t="s">
         <v>1067</v>
       </c>
-    </row>
-    <row r="1066" spans="1:2">
+      <c r="B1065" t="s">
+        <v>4420</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:4">
       <c r="A1066" t="s">
         <v>1068</v>
       </c>
-      <c r="B1066" t="s">
-[...3 lines deleted...]
-    <row r="1067" spans="1:2">
+    </row>
+    <row r="1067" spans="1:4">
       <c r="A1067" t="s">
         <v>1069</v>
       </c>
-    </row>
-    <row r="1068" spans="1:2">
+      <c r="D1067" t="s">
+        <v>5263</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:4">
       <c r="A1068" t="s">
         <v>1070</v>
       </c>
-    </row>
-    <row r="1069" spans="1:2">
+      <c r="B1068" t="s">
+        <v>4421</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:4">
       <c r="A1069" t="s">
         <v>1071</v>
       </c>
-    </row>
-    <row r="1070" spans="1:2">
+      <c r="B1069" t="s">
+        <v>4422</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:4">
       <c r="A1070" t="s">
         <v>1072</v>
       </c>
     </row>
-    <row r="1071" spans="1:2">
+    <row r="1071" spans="1:4">
       <c r="A1071" t="s">
         <v>1073</v>
       </c>
     </row>
-    <row r="1072" spans="1:2">
+    <row r="1072" spans="1:4">
       <c r="A1072" t="s">
         <v>1074</v>
+      </c>
+      <c r="B1072" t="s">
+        <v>4423</v>
       </c>
     </row>
     <row r="1073" spans="1:2">
       <c r="A1073" t="s">
         <v>1075</v>
       </c>
       <c r="B1073" t="s">
-        <v>4423</v>
+        <v>4424</v>
       </c>
     </row>
     <row r="1074" spans="1:2">
       <c r="A1074" t="s">
         <v>1076</v>
       </c>
-      <c r="B1074" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1075" spans="1:2">
       <c r="A1075" t="s">
         <v>1077</v>
       </c>
-      <c r="B1075" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1076" spans="1:2">
       <c r="A1076" t="s">
         <v>1078</v>
       </c>
-      <c r="B1076" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1077" spans="1:2">
       <c r="A1077" t="s">
         <v>1079</v>
       </c>
-      <c r="B1077" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1078" spans="1:2">
       <c r="A1078" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="1079" spans="1:2">
       <c r="A1079" t="s">
         <v>1081</v>
       </c>
-      <c r="B1079" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1080" spans="1:2">
       <c r="A1080" t="s">
         <v>1082</v>
       </c>
+      <c r="B1080" t="s">
+        <v>4425</v>
+      </c>
     </row>
     <row r="1081" spans="1:2">
       <c r="A1081" t="s">
         <v>1083</v>
       </c>
+      <c r="B1081" t="s">
+        <v>4426</v>
+      </c>
     </row>
     <row r="1082" spans="1:2">
       <c r="A1082" t="s">
         <v>1084</v>
       </c>
-      <c r="B1082" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1083" spans="1:2">
       <c r="A1083" t="s">
         <v>1085</v>
       </c>
+      <c r="B1083" t="s">
+        <v>4427</v>
+      </c>
     </row>
     <row r="1084" spans="1:2">
       <c r="A1084" t="s">
         <v>1086</v>
       </c>
-      <c r="B1084" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1085" spans="1:2">
       <c r="A1085" t="s">
         <v>1087</v>
       </c>
     </row>
     <row r="1086" spans="1:2">
       <c r="A1086" t="s">
         <v>1088</v>
       </c>
+      <c r="B1086" t="s">
+        <v>4428</v>
+      </c>
     </row>
     <row r="1087" spans="1:2">
       <c r="A1087" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="1088" spans="1:2">
       <c r="A1088" t="s">
         <v>1090</v>
       </c>
+      <c r="B1088" t="s">
+        <v>4429</v>
+      </c>
     </row>
     <row r="1089" spans="1:2">
       <c r="A1089" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="1090" spans="1:2">
       <c r="A1090" t="s">
         <v>1092</v>
       </c>
-      <c r="B1090" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1091" spans="1:2">
       <c r="A1091" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="1092" spans="1:2">
       <c r="A1092" t="s">
         <v>1094</v>
       </c>
-      <c r="B1092" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1093" spans="1:2">
       <c r="A1093" t="s">
         <v>1095</v>
       </c>
       <c r="B1093" t="s">
-        <v>4433</v>
+        <v>4430</v>
       </c>
     </row>
     <row r="1094" spans="1:2">
       <c r="A1094" t="s">
         <v>1096</v>
       </c>
-      <c r="B1094" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1095" spans="1:2">
       <c r="A1095" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="1096" spans="1:2">
       <c r="A1096" t="s">
         <v>1098</v>
       </c>
+      <c r="B1096" t="s">
+        <v>4431</v>
+      </c>
     </row>
     <row r="1097" spans="1:2">
       <c r="A1097" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="1098" spans="1:2">
       <c r="A1098" t="s">
         <v>1100</v>
       </c>
+      <c r="B1098" t="s">
+        <v>4432</v>
+      </c>
     </row>
     <row r="1099" spans="1:2">
       <c r="A1099" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="1100" spans="1:2">
       <c r="A1100" t="s">
         <v>1102</v>
       </c>
     </row>
     <row r="1101" spans="1:2">
       <c r="A1101" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="1102" spans="1:2">
       <c r="A1102" t="s">
         <v>1104</v>
       </c>
+      <c r="B1102" t="s">
+        <v>4433</v>
+      </c>
     </row>
     <row r="1103" spans="1:2">
       <c r="A1103" t="s">
         <v>1105</v>
       </c>
-      <c r="B1103" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1104" spans="1:2">
       <c r="A1104" t="s">
         <v>1106</v>
       </c>
+      <c r="B1104" t="s">
+        <v>4434</v>
+      </c>
     </row>
     <row r="1105" spans="1:2">
       <c r="A1105" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="1106" spans="1:2">
       <c r="A1106" t="s">
         <v>1108</v>
       </c>
-      <c r="B1106" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1107" spans="1:2">
       <c r="A1107" t="s">
         <v>1109</v>
       </c>
+      <c r="B1107" t="s">
+        <v>4435</v>
+      </c>
     </row>
     <row r="1108" spans="1:2">
       <c r="A1108" t="s">
         <v>1110</v>
       </c>
+      <c r="B1108" t="s">
+        <v>4436</v>
+      </c>
     </row>
     <row r="1109" spans="1:2">
       <c r="A1109" t="s">
         <v>1111</v>
       </c>
+      <c r="B1109" t="s">
+        <v>4437</v>
+      </c>
     </row>
     <row r="1110" spans="1:2">
       <c r="A1110" t="s">
         <v>1112</v>
       </c>
+      <c r="B1110" t="s">
+        <v>4438</v>
+      </c>
     </row>
     <row r="1111" spans="1:2">
       <c r="A1111" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="1112" spans="1:2">
       <c r="A1112" t="s">
         <v>1114</v>
       </c>
     </row>
     <row r="1113" spans="1:2">
       <c r="A1113" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="1114" spans="1:2">
       <c r="A1114" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="1115" spans="1:2">
       <c r="A1115" t="s">
         <v>1117</v>
       </c>
-      <c r="B1115" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1116" spans="1:2">
       <c r="A1116" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="1117" spans="1:2">
       <c r="A1117" t="s">
         <v>1119</v>
       </c>
+      <c r="B1117" t="s">
+        <v>4439</v>
+      </c>
     </row>
     <row r="1118" spans="1:2">
       <c r="A1118" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="1119" spans="1:2">
       <c r="A1119" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="1120" spans="1:2">
       <c r="A1120" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="1121" spans="1:2">
       <c r="A1121" t="s">
         <v>1123</v>
       </c>
-      <c r="B1121" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1122" spans="1:2">
       <c r="A1122" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="1123" spans="1:2">
       <c r="A1123" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="1124" spans="1:2">
       <c r="A1124" t="s">
         <v>1126</v>
       </c>
+      <c r="B1124" t="s">
+        <v>4440</v>
+      </c>
     </row>
     <row r="1125" spans="1:2">
       <c r="A1125" t="s">
         <v>1127</v>
       </c>
     </row>
     <row r="1126" spans="1:2">
       <c r="A1126" t="s">
         <v>1128</v>
       </c>
-      <c r="B1126" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1127" spans="1:2">
       <c r="A1127" t="s">
         <v>1129</v>
       </c>
     </row>
     <row r="1128" spans="1:2">
       <c r="A1128" t="s">
         <v>1130</v>
       </c>
-      <c r="B1128" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1129" spans="1:2">
       <c r="A1129" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="1130" spans="1:2">
       <c r="A1130" t="s">
         <v>1132</v>
       </c>
     </row>
     <row r="1131" spans="1:2">
       <c r="A1131" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="1132" spans="1:2">
       <c r="A1132" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="1133" spans="1:2">
       <c r="A1133" t="s">
         <v>1135</v>
       </c>
@@ -23041,3680 +23041,3689 @@
     </row>
     <row r="1136" spans="1:2">
       <c r="A1136" t="s">
         <v>1138</v>
       </c>
     </row>
     <row r="1137" spans="1:2">
       <c r="A1137" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="1138" spans="1:2">
       <c r="A1138" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="1139" spans="1:2">
       <c r="A1139" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="1140" spans="1:2">
       <c r="A1140" t="s">
         <v>1142</v>
       </c>
-      <c r="B1140" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1141" spans="1:2">
       <c r="A1141" t="s">
         <v>1143</v>
       </c>
-      <c r="B1141" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1142" spans="1:2">
       <c r="A1142" t="s">
         <v>1144</v>
       </c>
+      <c r="B1142" t="s">
+        <v>4441</v>
+      </c>
     </row>
     <row r="1143" spans="1:2">
       <c r="A1143" t="s">
         <v>1145</v>
       </c>
+      <c r="B1143" t="s">
+        <v>4442</v>
+      </c>
     </row>
     <row r="1144" spans="1:2">
       <c r="A1144" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="1145" spans="1:2">
       <c r="A1145" t="s">
         <v>1147</v>
       </c>
       <c r="B1145" t="s">
         <v>4443</v>
       </c>
     </row>
     <row r="1146" spans="1:2">
       <c r="A1146" t="s">
         <v>1148</v>
       </c>
-      <c r="B1146" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1147" spans="1:2">
       <c r="A1147" t="s">
         <v>1149</v>
       </c>
-      <c r="B1147" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1148" spans="1:2">
       <c r="A1148" t="s">
         <v>1150</v>
       </c>
-      <c r="B1148" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1149" spans="1:2">
       <c r="A1149" t="s">
         <v>1151</v>
       </c>
     </row>
     <row r="1150" spans="1:2">
       <c r="A1150" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="1151" spans="1:2">
       <c r="A1151" t="s">
         <v>1153</v>
       </c>
     </row>
     <row r="1152" spans="1:2">
       <c r="A1152" t="s">
         <v>1154</v>
       </c>
+      <c r="B1152" t="s">
+        <v>4444</v>
+      </c>
     </row>
     <row r="1153" spans="1:2">
       <c r="A1153" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="1154" spans="1:2">
       <c r="A1154" t="s">
         <v>1156</v>
       </c>
     </row>
     <row r="1155" spans="1:2">
       <c r="A1155" t="s">
         <v>1157</v>
       </c>
+      <c r="B1155" t="s">
+        <v>4445</v>
+      </c>
     </row>
     <row r="1156" spans="1:2">
       <c r="A1156" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="1157" spans="1:2">
       <c r="A1157" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="1158" spans="1:2">
       <c r="A1158" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="1159" spans="1:2">
       <c r="A1159" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="1160" spans="1:2">
       <c r="A1160" t="s">
         <v>1162</v>
       </c>
     </row>
     <row r="1161" spans="1:2">
       <c r="A1161" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="1162" spans="1:2">
       <c r="A1162" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="1163" spans="1:2">
       <c r="A1163" t="s">
         <v>1165</v>
       </c>
+      <c r="B1163" t="s">
+        <v>4446</v>
+      </c>
     </row>
     <row r="1164" spans="1:2">
       <c r="A1164" t="s">
         <v>1166</v>
       </c>
-      <c r="B1164" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1165" spans="1:2">
       <c r="A1165" t="s">
         <v>1167</v>
       </c>
-      <c r="B1165" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1166" spans="1:2">
       <c r="A1166" t="s">
         <v>1168</v>
       </c>
     </row>
     <row r="1167" spans="1:2">
       <c r="A1167" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="1168" spans="1:2">
       <c r="A1168" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="1169" spans="1:2">
       <c r="A1169" t="s">
         <v>1171</v>
       </c>
     </row>
     <row r="1170" spans="1:2">
       <c r="A1170" t="s">
         <v>1172</v>
       </c>
+      <c r="B1170" t="s">
+        <v>4447</v>
+      </c>
     </row>
     <row r="1171" spans="1:2">
       <c r="A1171" t="s">
         <v>1173</v>
       </c>
-      <c r="B1171" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1172" spans="1:2">
       <c r="A1172" t="s">
         <v>1174</v>
       </c>
     </row>
     <row r="1173" spans="1:2">
       <c r="A1173" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="1174" spans="1:2">
       <c r="A1174" t="s">
         <v>1176</v>
       </c>
-      <c r="B1174" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1175" spans="1:2">
       <c r="A1175" t="s">
         <v>1177</v>
       </c>
       <c r="B1175" t="s">
-        <v>4451</v>
+        <v>4448</v>
       </c>
     </row>
     <row r="1176" spans="1:2">
       <c r="A1176" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="1177" spans="1:2">
       <c r="A1177" t="s">
         <v>1179</v>
       </c>
+      <c r="B1177" t="s">
+        <v>4449</v>
+      </c>
     </row>
     <row r="1178" spans="1:2">
       <c r="A1178" t="s">
         <v>1180</v>
       </c>
     </row>
     <row r="1179" spans="1:2">
       <c r="A1179" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="1180" spans="1:2">
       <c r="A1180" t="s">
         <v>1182</v>
       </c>
+      <c r="B1180" t="s">
+        <v>4450</v>
+      </c>
     </row>
     <row r="1181" spans="1:2">
       <c r="A1181" t="s">
         <v>1183</v>
       </c>
+      <c r="B1181" t="s">
+        <v>4451</v>
+      </c>
     </row>
     <row r="1182" spans="1:2">
       <c r="A1182" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="1183" spans="1:2">
       <c r="A1183" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="1184" spans="1:2">
       <c r="A1184" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="1185" spans="1:2">
       <c r="A1185" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="1186" spans="1:2">
       <c r="A1186" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="1187" spans="1:2">
       <c r="A1187" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="1188" spans="1:2">
       <c r="A1188" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="1189" spans="1:2">
       <c r="A1189" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="1190" spans="1:2">
       <c r="A1190" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="1191" spans="1:2">
       <c r="A1191" t="s">
         <v>1193</v>
       </c>
-      <c r="B1191" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1192" spans="1:2">
       <c r="A1192" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="1193" spans="1:2">
       <c r="A1193" t="s">
         <v>1195</v>
       </c>
+      <c r="B1193" t="s">
+        <v>4452</v>
+      </c>
     </row>
     <row r="1194" spans="1:2">
       <c r="A1194" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="1195" spans="1:2">
       <c r="A1195" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="1196" spans="1:2">
       <c r="A1196" t="s">
         <v>1198</v>
       </c>
     </row>
     <row r="1197" spans="1:2">
       <c r="A1197" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="1198" spans="1:2">
       <c r="A1198" t="s">
         <v>1200</v>
       </c>
-      <c r="B1198" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1199" spans="1:2">
       <c r="A1199" t="s">
         <v>1201</v>
       </c>
-      <c r="B1199" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1200" spans="1:2">
       <c r="A1200" t="s">
         <v>1202</v>
       </c>
       <c r="B1200" t="s">
-        <v>4455</v>
+        <v>4453</v>
       </c>
     </row>
     <row r="1201" spans="1:2">
       <c r="A1201" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="1202" spans="1:2">
       <c r="A1202" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="1203" spans="1:2">
       <c r="A1203" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="1204" spans="1:2">
       <c r="A1204" t="s">
         <v>1206</v>
       </c>
       <c r="B1204" t="s">
-        <v>4456</v>
+        <v>4454</v>
       </c>
     </row>
     <row r="1205" spans="1:2">
       <c r="A1205" t="s">
         <v>1207</v>
       </c>
+      <c r="B1205" t="s">
+        <v>4455</v>
+      </c>
     </row>
     <row r="1206" spans="1:2">
       <c r="A1206" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="1207" spans="1:2">
       <c r="A1207" t="s">
         <v>1209</v>
       </c>
       <c r="B1207" t="s">
-        <v>4457</v>
+        <v>4456</v>
       </c>
     </row>
     <row r="1208" spans="1:2">
       <c r="A1208" t="s">
         <v>1210</v>
       </c>
     </row>
     <row r="1209" spans="1:2">
       <c r="A1209" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="1210" spans="1:2">
       <c r="A1210" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="1211" spans="1:2">
       <c r="A1211" t="s">
         <v>1213</v>
       </c>
+      <c r="B1211" t="s">
+        <v>4457</v>
+      </c>
     </row>
     <row r="1212" spans="1:2">
       <c r="A1212" t="s">
         <v>1214</v>
       </c>
+      <c r="B1212" t="s">
+        <v>4458</v>
+      </c>
     </row>
     <row r="1213" spans="1:2">
       <c r="A1213" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="1214" spans="1:2">
       <c r="A1214" t="s">
         <v>1216</v>
       </c>
       <c r="B1214" t="s">
-        <v>4458</v>
+        <v>4459</v>
       </c>
     </row>
     <row r="1215" spans="1:2">
       <c r="A1215" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="1216" spans="1:2">
       <c r="A1216" t="s">
         <v>1218</v>
       </c>
-      <c r="B1216" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1217" spans="1:2">
       <c r="A1217" t="s">
         <v>1219</v>
       </c>
-      <c r="B1217" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1218" spans="1:2">
       <c r="A1218" t="s">
         <v>1220</v>
       </c>
       <c r="B1218" t="s">
-        <v>4461</v>
+        <v>4460</v>
       </c>
     </row>
     <row r="1219" spans="1:2">
       <c r="A1219" t="s">
         <v>1221</v>
       </c>
       <c r="B1219" t="s">
-        <v>4462</v>
+        <v>4461</v>
       </c>
     </row>
     <row r="1220" spans="1:2">
       <c r="A1220" t="s">
         <v>1222</v>
       </c>
       <c r="B1220" t="s">
-        <v>4463</v>
+        <v>4462</v>
       </c>
     </row>
     <row r="1221" spans="1:2">
       <c r="A1221" t="s">
         <v>1223</v>
       </c>
+      <c r="B1221" t="s">
+        <v>4463</v>
+      </c>
     </row>
     <row r="1222" spans="1:2">
       <c r="A1222" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="1223" spans="1:2">
       <c r="A1223" t="s">
         <v>1225</v>
       </c>
+      <c r="B1223" t="s">
+        <v>4464</v>
+      </c>
     </row>
     <row r="1224" spans="1:2">
       <c r="A1224" t="s">
         <v>1226</v>
       </c>
     </row>
     <row r="1225" spans="1:2">
       <c r="A1225" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="1226" spans="1:2">
       <c r="A1226" t="s">
         <v>1228</v>
       </c>
     </row>
     <row r="1227" spans="1:2">
       <c r="A1227" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="1228" spans="1:2">
       <c r="A1228" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="1229" spans="1:2">
       <c r="A1229" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="1230" spans="1:2">
       <c r="A1230" t="s">
         <v>1232</v>
       </c>
-      <c r="B1230" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1231" spans="1:2">
       <c r="A1231" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="1232" spans="1:2">
       <c r="A1232" t="s">
         <v>1234</v>
       </c>
     </row>
     <row r="1233" spans="1:2">
       <c r="A1233" t="s">
         <v>1235</v>
       </c>
     </row>
     <row r="1234" spans="1:2">
       <c r="A1234" t="s">
         <v>1236</v>
       </c>
-      <c r="B1234" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1235" spans="1:2">
       <c r="A1235" t="s">
         <v>1237</v>
       </c>
-      <c r="B1235" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1236" spans="1:2">
       <c r="A1236" t="s">
         <v>1238</v>
       </c>
-      <c r="B1236" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1237" spans="1:2">
       <c r="A1237" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="1238" spans="1:2">
       <c r="A1238" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="1239" spans="1:2">
       <c r="A1239" t="s">
         <v>1241</v>
       </c>
+      <c r="B1239" t="s">
+        <v>4465</v>
+      </c>
     </row>
     <row r="1240" spans="1:2">
       <c r="A1240" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="1241" spans="1:2">
       <c r="A1241" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="1242" spans="1:2">
       <c r="A1242" t="s">
         <v>1244</v>
       </c>
     </row>
     <row r="1243" spans="1:2">
       <c r="A1243" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="1244" spans="1:2">
       <c r="A1244" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="1245" spans="1:2">
       <c r="A1245" t="s">
         <v>1247</v>
       </c>
     </row>
     <row r="1246" spans="1:2">
       <c r="A1246" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="1247" spans="1:2">
       <c r="A1247" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="1248" spans="1:2">
       <c r="A1248" t="s">
         <v>1250</v>
       </c>
+      <c r="B1248" t="s">
+        <v>4466</v>
+      </c>
     </row>
     <row r="1249" spans="1:2">
       <c r="A1249" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="1250" spans="1:2">
       <c r="A1250" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="1251" spans="1:2">
       <c r="A1251" t="s">
         <v>1253</v>
       </c>
       <c r="B1251" t="s">
-        <v>4468</v>
+        <v>4467</v>
       </c>
     </row>
     <row r="1252" spans="1:2">
       <c r="A1252" t="s">
         <v>1254</v>
       </c>
+      <c r="B1252" t="s">
+        <v>4468</v>
+      </c>
     </row>
     <row r="1253" spans="1:2">
       <c r="A1253" t="s">
         <v>1255</v>
       </c>
     </row>
     <row r="1254" spans="1:2">
       <c r="A1254" t="s">
         <v>1256</v>
       </c>
+      <c r="B1254" t="s">
+        <v>4469</v>
+      </c>
     </row>
     <row r="1255" spans="1:2">
       <c r="A1255" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="1256" spans="1:2">
       <c r="A1256" t="s">
         <v>1258</v>
       </c>
     </row>
     <row r="1257" spans="1:2">
       <c r="A1257" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="1258" spans="1:2">
       <c r="A1258" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="1259" spans="1:2">
       <c r="A1259" t="s">
         <v>1261</v>
       </c>
+      <c r="B1259" t="s">
+        <v>4470</v>
+      </c>
     </row>
     <row r="1260" spans="1:2">
       <c r="A1260" t="s">
         <v>1262</v>
       </c>
       <c r="B1260" t="s">
-        <v>4469</v>
+        <v>4471</v>
       </c>
     </row>
     <row r="1261" spans="1:2">
       <c r="A1261" t="s">
         <v>1263</v>
       </c>
-      <c r="B1261" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1262" spans="1:2">
       <c r="A1262" t="s">
         <v>1264</v>
       </c>
-      <c r="B1262" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1263" spans="1:2">
       <c r="A1263" t="s">
         <v>1265</v>
       </c>
+      <c r="B1263" t="s">
+        <v>4472</v>
+      </c>
     </row>
     <row r="1264" spans="1:2">
       <c r="A1264" t="s">
         <v>1266</v>
       </c>
+      <c r="B1264" t="s">
+        <v>4473</v>
+      </c>
     </row>
     <row r="1265" spans="1:2">
       <c r="A1265" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="1266" spans="1:2">
       <c r="A1266" t="s">
         <v>1268</v>
       </c>
+      <c r="B1266" t="s">
+        <v>4474</v>
+      </c>
     </row>
     <row r="1267" spans="1:2">
       <c r="A1267" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="1268" spans="1:2">
       <c r="A1268" t="s">
         <v>1270</v>
       </c>
     </row>
     <row r="1269" spans="1:2">
       <c r="A1269" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="1270" spans="1:2">
       <c r="A1270" t="s">
         <v>1272</v>
       </c>
+      <c r="B1270" t="s">
+        <v>4475</v>
+      </c>
     </row>
     <row r="1271" spans="1:2">
       <c r="A1271" t="s">
         <v>1273</v>
       </c>
+      <c r="B1271" t="s">
+        <v>4476</v>
+      </c>
     </row>
     <row r="1272" spans="1:2">
       <c r="A1272" t="s">
         <v>1274</v>
       </c>
+      <c r="B1272" t="s">
+        <v>4477</v>
+      </c>
     </row>
     <row r="1273" spans="1:2">
       <c r="A1273" t="s">
         <v>1275</v>
       </c>
+      <c r="B1273" t="s">
+        <v>4478</v>
+      </c>
     </row>
     <row r="1274" spans="1:2">
       <c r="A1274" t="s">
         <v>1276</v>
       </c>
+      <c r="B1274" t="s">
+        <v>4479</v>
+      </c>
     </row>
     <row r="1275" spans="1:2">
       <c r="A1275" t="s">
         <v>1277</v>
       </c>
       <c r="B1275" t="s">
-        <v>4472</v>
+        <v>4480</v>
       </c>
     </row>
     <row r="1276" spans="1:2">
       <c r="A1276" t="s">
         <v>1278</v>
       </c>
-      <c r="B1276" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1277" spans="1:2">
       <c r="A1277" t="s">
         <v>1279</v>
       </c>
-      <c r="B1277" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1278" spans="1:2">
       <c r="A1278" t="s">
         <v>1280</v>
       </c>
-      <c r="B1278" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1279" spans="1:2">
       <c r="A1279" t="s">
         <v>1281</v>
       </c>
-      <c r="B1279" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1280" spans="1:2">
       <c r="A1280" t="s">
         <v>1282</v>
       </c>
     </row>
     <row r="1281" spans="1:2">
       <c r="A1281" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="1282" spans="1:2">
       <c r="A1282" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="1283" spans="1:2">
       <c r="A1283" t="s">
         <v>1285</v>
       </c>
-      <c r="B1283" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1284" spans="1:2">
       <c r="A1284" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="1285" spans="1:2">
       <c r="A1285" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="1286" spans="1:2">
       <c r="A1286" t="s">
         <v>1288</v>
       </c>
     </row>
     <row r="1287" spans="1:2">
       <c r="A1287" t="s">
         <v>1289</v>
       </c>
+      <c r="B1287" t="s">
+        <v>4481</v>
+      </c>
     </row>
     <row r="1288" spans="1:2">
       <c r="A1288" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="1289" spans="1:2">
       <c r="A1289" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="1290" spans="1:2">
       <c r="A1290" t="s">
         <v>1292</v>
       </c>
+      <c r="B1290" t="s">
+        <v>4482</v>
+      </c>
     </row>
     <row r="1291" spans="1:2">
       <c r="A1291" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="1292" spans="1:2">
       <c r="A1292" t="s">
         <v>1294</v>
       </c>
-      <c r="B1292" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1293" spans="1:2">
       <c r="A1293" t="s">
         <v>1295</v>
       </c>
     </row>
     <row r="1294" spans="1:2">
       <c r="A1294" t="s">
         <v>1296</v>
       </c>
-      <c r="B1294" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1295" spans="1:2">
       <c r="A1295" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="1296" spans="1:2">
       <c r="A1296" t="s">
         <v>1298</v>
       </c>
     </row>
     <row r="1297" spans="1:2">
       <c r="A1297" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="1298" spans="1:2">
       <c r="A1298" t="s">
         <v>1300</v>
       </c>
-      <c r="B1298" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1299" spans="1:2">
       <c r="A1299" t="s">
         <v>1301</v>
       </c>
-      <c r="B1299" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1300" spans="1:2">
       <c r="A1300" t="s">
         <v>1302</v>
       </c>
-      <c r="B1300" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1301" spans="1:2">
       <c r="A1301" t="s">
         <v>1303</v>
       </c>
-      <c r="B1301" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1302" spans="1:2">
       <c r="A1302" t="s">
         <v>1304</v>
       </c>
     </row>
     <row r="1303" spans="1:2">
       <c r="A1303" t="s">
         <v>1305</v>
       </c>
+      <c r="B1303" t="s">
+        <v>4483</v>
+      </c>
     </row>
     <row r="1304" spans="1:2">
       <c r="A1304" t="s">
         <v>1306</v>
       </c>
+      <c r="B1304" t="s">
+        <v>4484</v>
+      </c>
     </row>
     <row r="1305" spans="1:2">
       <c r="A1305" t="s">
         <v>1307</v>
       </c>
     </row>
     <row r="1306" spans="1:2">
       <c r="A1306" t="s">
         <v>1308</v>
       </c>
+      <c r="B1306" t="s">
+        <v>4485</v>
+      </c>
     </row>
     <row r="1307" spans="1:2">
       <c r="A1307" t="s">
         <v>1309</v>
       </c>
+      <c r="B1307" t="s">
+        <v>4486</v>
+      </c>
     </row>
     <row r="1308" spans="1:2">
       <c r="A1308" t="s">
         <v>1310</v>
       </c>
+      <c r="B1308" t="s">
+        <v>4487</v>
+      </c>
     </row>
     <row r="1309" spans="1:2">
       <c r="A1309" t="s">
         <v>1311</v>
       </c>
+      <c r="B1309" t="s">
+        <v>4488</v>
+      </c>
     </row>
     <row r="1310" spans="1:2">
       <c r="A1310" t="s">
         <v>1312</v>
       </c>
-      <c r="B1310" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1311" spans="1:2">
       <c r="A1311" t="s">
         <v>1313</v>
       </c>
-      <c r="B1311" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1312" spans="1:2">
       <c r="A1312" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="1313" spans="1:2">
       <c r="A1313" t="s">
         <v>1315</v>
       </c>
-      <c r="B1313" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1314" spans="1:2">
       <c r="A1314" t="s">
         <v>1316</v>
       </c>
     </row>
     <row r="1315" spans="1:2">
       <c r="A1315" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="1316" spans="1:2">
       <c r="A1316" t="s">
         <v>1318</v>
       </c>
     </row>
     <row r="1317" spans="1:2">
       <c r="A1317" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="1318" spans="1:2">
       <c r="A1318" t="s">
         <v>1320</v>
       </c>
+      <c r="B1318" t="s">
+        <v>4489</v>
+      </c>
     </row>
     <row r="1319" spans="1:2">
       <c r="A1319" t="s">
         <v>1321</v>
       </c>
       <c r="B1319" t="s">
-        <v>4487</v>
+        <v>4490</v>
       </c>
     </row>
     <row r="1320" spans="1:2">
       <c r="A1320" t="s">
         <v>1322</v>
       </c>
+      <c r="B1320" t="s">
+        <v>4491</v>
+      </c>
     </row>
     <row r="1321" spans="1:2">
       <c r="A1321" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="1322" spans="1:2">
       <c r="A1322" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="1323" spans="1:2">
       <c r="A1323" t="s">
         <v>1325</v>
       </c>
     </row>
     <row r="1324" spans="1:2">
       <c r="A1324" t="s">
         <v>1326</v>
       </c>
-      <c r="B1324" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1325" spans="1:2">
       <c r="A1325" t="s">
         <v>1327</v>
       </c>
       <c r="B1325" t="s">
-        <v>4489</v>
+        <v>4492</v>
       </c>
     </row>
     <row r="1326" spans="1:2">
       <c r="A1326" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="1327" spans="1:2">
       <c r="A1327" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="1328" spans="1:2">
       <c r="A1328" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="1329" spans="1:2">
       <c r="A1329" t="s">
         <v>1331</v>
       </c>
-      <c r="B1329" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1330" spans="1:2">
       <c r="A1330" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="1331" spans="1:2">
       <c r="A1331" t="s">
         <v>1333</v>
       </c>
     </row>
     <row r="1332" spans="1:2">
       <c r="A1332" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="1333" spans="1:2">
       <c r="A1333" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="1334" spans="1:2">
       <c r="A1334" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="1335" spans="1:2">
       <c r="A1335" t="s">
         <v>1337</v>
       </c>
-      <c r="B1335" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1336" spans="1:2">
       <c r="A1336" t="s">
         <v>1338</v>
       </c>
+      <c r="B1336" t="s">
+        <v>4493</v>
+      </c>
     </row>
     <row r="1337" spans="1:2">
       <c r="A1337" t="s">
         <v>1339</v>
       </c>
     </row>
     <row r="1338" spans="1:2">
       <c r="A1338" t="s">
         <v>1340</v>
       </c>
+      <c r="B1338" t="s">
+        <v>4494</v>
+      </c>
     </row>
     <row r="1339" spans="1:2">
       <c r="A1339" t="s">
         <v>1341</v>
       </c>
+      <c r="B1339" t="s">
+        <v>4495</v>
+      </c>
     </row>
     <row r="1340" spans="1:2">
       <c r="A1340" t="s">
         <v>1342</v>
       </c>
-      <c r="B1340" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1341" spans="1:2">
       <c r="A1341" t="s">
         <v>1343</v>
       </c>
+      <c r="B1341" t="s">
+        <v>4496</v>
+      </c>
     </row>
     <row r="1342" spans="1:2">
       <c r="A1342" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="1343" spans="1:2">
       <c r="A1343" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="1344" spans="1:2">
       <c r="A1344" t="s">
         <v>1346</v>
       </c>
     </row>
     <row r="1345" spans="1:2">
       <c r="A1345" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="1346" spans="1:2">
       <c r="A1346" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="1347" spans="1:2">
       <c r="A1347" t="s">
         <v>1349</v>
       </c>
-      <c r="B1347" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1348" spans="1:2">
       <c r="A1348" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="1349" spans="1:2">
       <c r="A1349" t="s">
         <v>1351</v>
       </c>
-      <c r="B1349" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1350" spans="1:2">
       <c r="A1350" t="s">
         <v>1352</v>
       </c>
+      <c r="B1350" t="s">
+        <v>4497</v>
+      </c>
     </row>
     <row r="1351" spans="1:2">
       <c r="A1351" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="1352" spans="1:2">
       <c r="A1352" t="s">
         <v>1354</v>
       </c>
-      <c r="B1352" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1353" spans="1:2">
       <c r="A1353" t="s">
         <v>1355</v>
       </c>
       <c r="B1353" t="s">
-        <v>4496</v>
+        <v>4498</v>
       </c>
     </row>
     <row r="1354" spans="1:2">
       <c r="A1354" t="s">
         <v>1356</v>
       </c>
-      <c r="B1354" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1355" spans="1:2">
       <c r="A1355" t="s">
         <v>1357</v>
       </c>
-      <c r="B1355" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1356" spans="1:2">
       <c r="A1356" t="s">
         <v>1358</v>
       </c>
+      <c r="B1356" t="s">
+        <v>4499</v>
+      </c>
     </row>
     <row r="1357" spans="1:2">
       <c r="A1357" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="1358" spans="1:2">
       <c r="A1358" t="s">
         <v>1360</v>
       </c>
       <c r="B1358" t="s">
-        <v>4499</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="1359" spans="1:2">
       <c r="A1359" t="s">
         <v>1361</v>
       </c>
-      <c r="B1359" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1360" spans="1:2">
       <c r="A1360" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="1361" spans="1:2">
       <c r="A1361" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="1362" spans="1:2">
       <c r="A1362" t="s">
         <v>1364</v>
       </c>
     </row>
     <row r="1363" spans="1:2">
       <c r="A1363" t="s">
         <v>1365</v>
       </c>
+      <c r="B1363" t="s">
+        <v>4501</v>
+      </c>
     </row>
     <row r="1364" spans="1:2">
       <c r="A1364" t="s">
         <v>1366</v>
       </c>
       <c r="B1364" t="s">
-        <v>4501</v>
+        <v>4502</v>
       </c>
     </row>
     <row r="1365" spans="1:2">
       <c r="A1365" t="s">
         <v>1367</v>
       </c>
+      <c r="B1365" t="s">
+        <v>4503</v>
+      </c>
     </row>
     <row r="1366" spans="1:2">
       <c r="A1366" t="s">
         <v>1368</v>
       </c>
       <c r="B1366" t="s">
-        <v>4502</v>
+        <v>4504</v>
       </c>
     </row>
     <row r="1367" spans="1:2">
       <c r="A1367" t="s">
         <v>1369</v>
       </c>
       <c r="B1367" t="s">
-        <v>4503</v>
+        <v>4505</v>
       </c>
     </row>
     <row r="1368" spans="1:2">
       <c r="A1368" t="s">
         <v>1370</v>
       </c>
+      <c r="B1368" t="s">
+        <v>4506</v>
+      </c>
     </row>
     <row r="1369" spans="1:2">
       <c r="A1369" t="s">
         <v>1371</v>
       </c>
     </row>
     <row r="1370" spans="1:2">
       <c r="A1370" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="1371" spans="1:2">
       <c r="A1371" t="s">
         <v>1373</v>
       </c>
     </row>
     <row r="1372" spans="1:2">
       <c r="A1372" t="s">
         <v>1374</v>
       </c>
+      <c r="B1372" t="s">
+        <v>4507</v>
+      </c>
     </row>
     <row r="1373" spans="1:2">
       <c r="A1373" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="1374" spans="1:2">
       <c r="A1374" t="s">
         <v>1376</v>
       </c>
+      <c r="B1374" t="s">
+        <v>4508</v>
+      </c>
     </row>
     <row r="1375" spans="1:2">
       <c r="A1375" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="1376" spans="1:2">
       <c r="A1376" t="s">
         <v>1378</v>
       </c>
     </row>
     <row r="1377" spans="1:2">
       <c r="A1377" t="s">
         <v>1379</v>
       </c>
     </row>
     <row r="1378" spans="1:2">
       <c r="A1378" t="s">
         <v>1380</v>
       </c>
     </row>
     <row r="1379" spans="1:2">
       <c r="A1379" t="s">
         <v>1381</v>
       </c>
-      <c r="B1379" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1380" spans="1:2">
       <c r="A1380" t="s">
         <v>1382</v>
       </c>
       <c r="B1380" t="s">
-        <v>4505</v>
+        <v>4509</v>
       </c>
     </row>
     <row r="1381" spans="1:2">
       <c r="A1381" t="s">
         <v>1383</v>
       </c>
-      <c r="B1381" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1382" spans="1:2">
       <c r="A1382" t="s">
         <v>1384</v>
       </c>
     </row>
     <row r="1383" spans="1:2">
       <c r="A1383" t="s">
         <v>1385</v>
       </c>
+      <c r="B1383" t="s">
+        <v>4510</v>
+      </c>
     </row>
     <row r="1384" spans="1:2">
       <c r="A1384" t="s">
         <v>1386</v>
       </c>
       <c r="B1384" t="s">
-        <v>4507</v>
+        <v>4511</v>
       </c>
     </row>
     <row r="1385" spans="1:2">
       <c r="A1385" t="s">
         <v>1387</v>
       </c>
     </row>
     <row r="1386" spans="1:2">
       <c r="A1386" t="s">
         <v>1388</v>
       </c>
+      <c r="B1386" t="s">
+        <v>4512</v>
+      </c>
     </row>
     <row r="1387" spans="1:2">
       <c r="A1387" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="1388" spans="1:2">
       <c r="A1388" t="s">
         <v>1390</v>
       </c>
-      <c r="B1388" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1389" spans="1:2">
       <c r="A1389" t="s">
         <v>1391</v>
       </c>
     </row>
     <row r="1390" spans="1:2">
       <c r="A1390" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="1391" spans="1:2">
       <c r="A1391" t="s">
         <v>1393</v>
       </c>
     </row>
     <row r="1392" spans="1:2">
       <c r="A1392" t="s">
         <v>1394</v>
       </c>
+      <c r="B1392" t="s">
+        <v>4513</v>
+      </c>
     </row>
     <row r="1393" spans="1:2">
       <c r="A1393" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="1394" spans="1:2">
       <c r="A1394" t="s">
         <v>1396</v>
       </c>
-      <c r="B1394" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1395" spans="1:2">
       <c r="A1395" t="s">
         <v>1397</v>
       </c>
-      <c r="B1395" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1396" spans="1:2">
       <c r="A1396" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="1397" spans="1:2">
       <c r="A1397" t="s">
         <v>1399</v>
       </c>
+      <c r="B1397" t="s">
+        <v>4514</v>
+      </c>
     </row>
     <row r="1398" spans="1:2">
       <c r="A1398" t="s">
         <v>1400</v>
       </c>
-      <c r="B1398" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1399" spans="1:2">
       <c r="A1399" t="s">
         <v>1401</v>
       </c>
-      <c r="B1399" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1400" spans="1:2">
       <c r="A1400" t="s">
         <v>1402</v>
       </c>
-      <c r="B1400" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1401" spans="1:2">
       <c r="A1401" t="s">
         <v>1403</v>
       </c>
+      <c r="B1401" t="s">
+        <v>4515</v>
+      </c>
     </row>
     <row r="1402" spans="1:2">
       <c r="A1402" t="s">
         <v>1404</v>
       </c>
       <c r="B1402" t="s">
-        <v>4514</v>
+        <v>4516</v>
       </c>
     </row>
     <row r="1403" spans="1:2">
       <c r="A1403" t="s">
         <v>1405</v>
       </c>
-      <c r="B1403" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1404" spans="1:2">
       <c r="A1404" t="s">
         <v>1406</v>
       </c>
+      <c r="B1404" t="s">
+        <v>4517</v>
+      </c>
     </row>
     <row r="1405" spans="1:2">
       <c r="A1405" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="1406" spans="1:2">
       <c r="A1406" t="s">
         <v>1408</v>
       </c>
-      <c r="B1406" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1407" spans="1:2">
       <c r="A1407" t="s">
         <v>1409</v>
       </c>
     </row>
     <row r="1408" spans="1:2">
       <c r="A1408" t="s">
         <v>1410</v>
       </c>
+      <c r="B1408" t="s">
+        <v>4518</v>
+      </c>
     </row>
     <row r="1409" spans="1:2">
       <c r="A1409" t="s">
         <v>1411</v>
       </c>
     </row>
     <row r="1410" spans="1:2">
       <c r="A1410" t="s">
         <v>1412</v>
       </c>
     </row>
     <row r="1411" spans="1:2">
       <c r="A1411" t="s">
         <v>1413</v>
       </c>
     </row>
     <row r="1412" spans="1:2">
       <c r="A1412" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="1413" spans="1:2">
       <c r="A1413" t="s">
         <v>1415</v>
       </c>
+      <c r="B1413" t="s">
+        <v>4519</v>
+      </c>
     </row>
     <row r="1414" spans="1:2">
       <c r="A1414" t="s">
         <v>1416</v>
       </c>
       <c r="B1414" t="s">
-        <v>4517</v>
+        <v>4520</v>
       </c>
     </row>
     <row r="1415" spans="1:2">
       <c r="A1415" t="s">
         <v>1417</v>
       </c>
     </row>
     <row r="1416" spans="1:2">
       <c r="A1416" t="s">
         <v>1418</v>
       </c>
-      <c r="B1416" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1417" spans="1:2">
       <c r="A1417" t="s">
         <v>1419</v>
       </c>
-      <c r="B1417" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1418" spans="1:2">
       <c r="A1418" t="s">
         <v>1420</v>
       </c>
+      <c r="B1418" t="s">
+        <v>4521</v>
+      </c>
     </row>
     <row r="1419" spans="1:2">
       <c r="A1419" t="s">
         <v>1421</v>
       </c>
     </row>
     <row r="1420" spans="1:2">
       <c r="A1420" t="s">
         <v>1422</v>
       </c>
-      <c r="B1420" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1421" spans="1:2">
       <c r="A1421" t="s">
         <v>1423</v>
       </c>
     </row>
     <row r="1422" spans="1:2">
       <c r="A1422" t="s">
         <v>1424</v>
       </c>
     </row>
     <row r="1423" spans="1:2">
       <c r="A1423" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="1424" spans="1:2">
       <c r="A1424" t="s">
         <v>1426</v>
       </c>
       <c r="B1424" t="s">
-        <v>4521</v>
+        <v>4522</v>
       </c>
     </row>
     <row r="1425" spans="1:2">
       <c r="A1425" t="s">
         <v>1427</v>
       </c>
       <c r="B1425" t="s">
-        <v>4522</v>
+        <v>4523</v>
       </c>
     </row>
     <row r="1426" spans="1:2">
       <c r="A1426" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="1427" spans="1:2">
       <c r="A1427" t="s">
         <v>1429</v>
       </c>
       <c r="B1427" t="s">
-        <v>4523</v>
+        <v>4524</v>
       </c>
     </row>
     <row r="1428" spans="1:2">
       <c r="A1428" t="s">
         <v>1430</v>
       </c>
     </row>
     <row r="1429" spans="1:2">
       <c r="A1429" t="s">
         <v>1431</v>
       </c>
+      <c r="B1429" t="s">
+        <v>4525</v>
+      </c>
     </row>
     <row r="1430" spans="1:2">
       <c r="A1430" t="s">
         <v>1432</v>
       </c>
+      <c r="B1430" t="s">
+        <v>4526</v>
+      </c>
     </row>
     <row r="1431" spans="1:2">
       <c r="A1431" t="s">
         <v>1433</v>
       </c>
       <c r="B1431" t="s">
-        <v>4524</v>
+        <v>4527</v>
       </c>
     </row>
     <row r="1432" spans="1:2">
       <c r="A1432" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="1433" spans="1:2">
       <c r="A1433" t="s">
         <v>1435</v>
       </c>
-      <c r="B1433" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1434" spans="1:2">
       <c r="A1434" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="1435" spans="1:2">
       <c r="A1435" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="1436" spans="1:2">
       <c r="A1436" t="s">
         <v>1438</v>
       </c>
-      <c r="B1436" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1437" spans="1:2">
       <c r="A1437" t="s">
         <v>1439</v>
       </c>
-      <c r="B1437" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1438" spans="1:2">
       <c r="A1438" t="s">
         <v>1440</v>
       </c>
+      <c r="B1438" t="s">
+        <v>4528</v>
+      </c>
     </row>
     <row r="1439" spans="1:2">
       <c r="A1439" t="s">
         <v>1441</v>
       </c>
+      <c r="B1439" t="s">
+        <v>4529</v>
+      </c>
     </row>
     <row r="1440" spans="1:2">
       <c r="A1440" t="s">
         <v>1442</v>
       </c>
+      <c r="B1440" t="s">
+        <v>4530</v>
+      </c>
     </row>
     <row r="1441" spans="1:2">
       <c r="A1441" t="s">
         <v>1443</v>
       </c>
       <c r="B1441" t="s">
-        <v>4528</v>
+        <v>4531</v>
       </c>
     </row>
     <row r="1442" spans="1:2">
       <c r="A1442" t="s">
         <v>1444</v>
       </c>
       <c r="B1442" t="s">
-        <v>4529</v>
+        <v>4532</v>
       </c>
     </row>
     <row r="1443" spans="1:2">
       <c r="A1443" t="s">
         <v>1445</v>
       </c>
-      <c r="B1443" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1444" spans="1:2">
       <c r="A1444" t="s">
         <v>1446</v>
       </c>
-      <c r="B1444" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1445" spans="1:2">
       <c r="A1445" t="s">
         <v>1447</v>
       </c>
-      <c r="B1445" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1446" spans="1:2">
       <c r="A1446" t="s">
         <v>1448</v>
       </c>
     </row>
     <row r="1447" spans="1:2">
       <c r="A1447" t="s">
         <v>1449</v>
       </c>
-      <c r="B1447" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1448" spans="1:2">
       <c r="A1448" t="s">
         <v>1450</v>
       </c>
     </row>
     <row r="1449" spans="1:2">
       <c r="A1449" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="1450" spans="1:2">
       <c r="A1450" t="s">
         <v>1452</v>
       </c>
       <c r="B1450" t="s">
-        <v>4534</v>
+        <v>4533</v>
       </c>
     </row>
     <row r="1451" spans="1:2">
       <c r="A1451" t="s">
         <v>1453</v>
       </c>
       <c r="B1451" t="s">
-        <v>4535</v>
+        <v>4534</v>
       </c>
     </row>
     <row r="1452" spans="1:2">
       <c r="A1452" t="s">
         <v>1454</v>
       </c>
+      <c r="B1452" t="s">
+        <v>4535</v>
+      </c>
     </row>
     <row r="1453" spans="1:2">
       <c r="A1453" t="s">
         <v>1455</v>
       </c>
+      <c r="B1453" t="s">
+        <v>4536</v>
+      </c>
     </row>
     <row r="1454" spans="1:2">
       <c r="A1454" t="s">
         <v>1456</v>
       </c>
       <c r="B1454" t="s">
-        <v>4536</v>
+        <v>4537</v>
       </c>
     </row>
     <row r="1455" spans="1:2">
       <c r="A1455" t="s">
         <v>1457</v>
       </c>
       <c r="B1455" t="s">
-        <v>4537</v>
+        <v>4538</v>
       </c>
     </row>
     <row r="1456" spans="1:2">
       <c r="A1456" t="s">
         <v>1458</v>
       </c>
-      <c r="B1456" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1457" spans="1:2">
       <c r="A1457" t="s">
         <v>1459</v>
       </c>
-      <c r="B1457" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1458" spans="1:2">
       <c r="A1458" t="s">
         <v>1460</v>
       </c>
     </row>
     <row r="1459" spans="1:2">
       <c r="A1459" t="s">
         <v>1461</v>
       </c>
-      <c r="B1459" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1460" spans="1:2">
       <c r="A1460" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="1461" spans="1:2">
       <c r="A1461" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="1462" spans="1:2">
       <c r="A1462" t="s">
         <v>1464</v>
       </c>
     </row>
     <row r="1463" spans="1:2">
       <c r="A1463" t="s">
         <v>1465</v>
       </c>
       <c r="B1463" t="s">
-        <v>4541</v>
+        <v>4539</v>
       </c>
     </row>
     <row r="1464" spans="1:2">
       <c r="A1464" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="1465" spans="1:2">
       <c r="A1465" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="1466" spans="1:2">
       <c r="A1466" t="s">
         <v>1468</v>
       </c>
+      <c r="B1466" t="s">
+        <v>4540</v>
+      </c>
     </row>
     <row r="1467" spans="1:2">
       <c r="A1467" t="s">
         <v>1469</v>
       </c>
+      <c r="B1467" t="s">
+        <v>4541</v>
+      </c>
     </row>
     <row r="1468" spans="1:2">
       <c r="A1468" t="s">
         <v>1470</v>
       </c>
       <c r="B1468" t="s">
         <v>4542</v>
       </c>
     </row>
     <row r="1469" spans="1:2">
       <c r="A1469" t="s">
         <v>1471</v>
       </c>
       <c r="B1469" t="s">
         <v>4543</v>
       </c>
     </row>
     <row r="1470" spans="1:2">
       <c r="A1470" t="s">
         <v>1472</v>
       </c>
+      <c r="B1470" t="s">
+        <v>4544</v>
+      </c>
     </row>
     <row r="1471" spans="1:2">
       <c r="A1471" t="s">
         <v>1473</v>
       </c>
+      <c r="B1471" t="s">
+        <v>4545</v>
+      </c>
     </row>
     <row r="1472" spans="1:2">
       <c r="A1472" t="s">
         <v>1474</v>
       </c>
     </row>
     <row r="1473" spans="1:2">
       <c r="A1473" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="1474" spans="1:2">
       <c r="A1474" t="s">
         <v>1476</v>
       </c>
       <c r="B1474" t="s">
-        <v>4544</v>
+        <v>4546</v>
       </c>
     </row>
     <row r="1475" spans="1:2">
       <c r="A1475" t="s">
         <v>1477</v>
       </c>
-      <c r="B1475" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1476" spans="1:2">
       <c r="A1476" t="s">
         <v>1478</v>
       </c>
     </row>
     <row r="1477" spans="1:2">
       <c r="A1477" t="s">
         <v>1479</v>
       </c>
-      <c r="B1477" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1478" spans="1:2">
       <c r="A1478" t="s">
         <v>1480</v>
       </c>
     </row>
     <row r="1479" spans="1:2">
       <c r="A1479" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="1480" spans="1:2">
       <c r="A1480" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="1481" spans="1:2">
       <c r="A1481" t="s">
         <v>1483</v>
       </c>
+      <c r="B1481" t="s">
+        <v>4547</v>
+      </c>
     </row>
     <row r="1482" spans="1:2">
       <c r="A1482" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="1483" spans="1:2">
       <c r="A1483" t="s">
         <v>1485</v>
       </c>
       <c r="B1483" t="s">
-        <v>4547</v>
+        <v>4548</v>
       </c>
     </row>
     <row r="1484" spans="1:2">
       <c r="A1484" t="s">
         <v>1486</v>
       </c>
       <c r="B1484" t="s">
-        <v>4548</v>
+        <v>4549</v>
       </c>
     </row>
     <row r="1485" spans="1:2">
       <c r="A1485" t="s">
         <v>1487</v>
       </c>
       <c r="B1485" t="s">
-        <v>4549</v>
+        <v>4550</v>
       </c>
     </row>
     <row r="1486" spans="1:2">
       <c r="A1486" t="s">
         <v>1488</v>
       </c>
+      <c r="B1486" t="s">
+        <v>4551</v>
+      </c>
     </row>
     <row r="1487" spans="1:2">
       <c r="A1487" t="s">
         <v>1489</v>
       </c>
       <c r="B1487" t="s">
-        <v>4550</v>
+        <v>4552</v>
       </c>
     </row>
     <row r="1488" spans="1:2">
       <c r="A1488" t="s">
         <v>1490</v>
       </c>
+      <c r="B1488" t="s">
+        <v>4553</v>
+      </c>
     </row>
     <row r="1489" spans="1:2">
       <c r="A1489" t="s">
         <v>1491</v>
       </c>
+      <c r="B1489" t="s">
+        <v>4554</v>
+      </c>
     </row>
     <row r="1490" spans="1:2">
       <c r="A1490" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="1491" spans="1:2">
       <c r="A1491" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="1492" spans="1:2">
       <c r="A1492" t="s">
         <v>1494</v>
       </c>
     </row>
     <row r="1493" spans="1:2">
       <c r="A1493" t="s">
         <v>1495</v>
       </c>
     </row>
     <row r="1494" spans="1:2">
       <c r="A1494" t="s">
         <v>1496</v>
       </c>
     </row>
     <row r="1495" spans="1:2">
       <c r="A1495" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="1496" spans="1:2">
       <c r="A1496" t="s">
         <v>1498</v>
       </c>
     </row>
     <row r="1497" spans="1:2">
       <c r="A1497" t="s">
         <v>1499</v>
       </c>
+      <c r="B1497" t="s">
+        <v>4555</v>
+      </c>
     </row>
     <row r="1498" spans="1:2">
       <c r="A1498" t="s">
         <v>1500</v>
       </c>
     </row>
     <row r="1499" spans="1:2">
       <c r="A1499" t="s">
         <v>1501</v>
       </c>
     </row>
     <row r="1500" spans="1:2">
       <c r="A1500" t="s">
         <v>1502</v>
       </c>
+      <c r="B1500" t="s">
+        <v>4556</v>
+      </c>
     </row>
     <row r="1501" spans="1:2">
       <c r="A1501" t="s">
         <v>1503</v>
       </c>
       <c r="B1501" t="s">
-        <v>4551</v>
+        <v>4557</v>
       </c>
     </row>
     <row r="1502" spans="1:2">
       <c r="A1502" t="s">
         <v>1504</v>
       </c>
     </row>
     <row r="1503" spans="1:2">
       <c r="A1503" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="1504" spans="1:2">
       <c r="A1504" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="1505" spans="1:2">
       <c r="A1505" t="s">
         <v>1507</v>
       </c>
     </row>
     <row r="1506" spans="1:2">
       <c r="A1506" t="s">
         <v>1508</v>
       </c>
-      <c r="B1506" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1507" spans="1:2">
       <c r="A1507" t="s">
         <v>1509</v>
       </c>
-      <c r="B1507" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1508" spans="1:2">
       <c r="A1508" t="s">
         <v>1510</v>
       </c>
     </row>
     <row r="1509" spans="1:2">
       <c r="A1509" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="1510" spans="1:2">
       <c r="A1510" t="s">
         <v>1512</v>
       </c>
     </row>
     <row r="1511" spans="1:2">
       <c r="A1511" t="s">
         <v>1513</v>
       </c>
+      <c r="B1511" t="s">
+        <v>4558</v>
+      </c>
     </row>
     <row r="1512" spans="1:2">
       <c r="A1512" t="s">
         <v>1514</v>
       </c>
+      <c r="B1512" t="s">
+        <v>4559</v>
+      </c>
     </row>
     <row r="1513" spans="1:2">
       <c r="A1513" t="s">
         <v>1515</v>
       </c>
     </row>
     <row r="1514" spans="1:2">
       <c r="A1514" t="s">
         <v>1516</v>
       </c>
       <c r="B1514" t="s">
-        <v>4554</v>
+        <v>4560</v>
       </c>
     </row>
     <row r="1515" spans="1:2">
       <c r="A1515" t="s">
         <v>1517</v>
       </c>
     </row>
     <row r="1516" spans="1:2">
       <c r="A1516" t="s">
         <v>1518</v>
       </c>
     </row>
     <row r="1517" spans="1:2">
       <c r="A1517" t="s">
         <v>1519</v>
       </c>
     </row>
     <row r="1518" spans="1:2">
       <c r="A1518" t="s">
         <v>1520</v>
       </c>
     </row>
     <row r="1519" spans="1:2">
       <c r="A1519" t="s">
         <v>1521</v>
       </c>
     </row>
     <row r="1520" spans="1:2">
       <c r="A1520" t="s">
         <v>1522</v>
       </c>
     </row>
     <row r="1521" spans="1:2">
       <c r="A1521" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="1522" spans="1:2">
       <c r="A1522" t="s">
         <v>1524</v>
       </c>
+      <c r="B1522" t="s">
+        <v>4561</v>
+      </c>
     </row>
     <row r="1523" spans="1:2">
       <c r="A1523" t="s">
         <v>1525</v>
       </c>
-      <c r="B1523" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1524" spans="1:2">
       <c r="A1524" t="s">
         <v>1526</v>
       </c>
-      <c r="B1524" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1525" spans="1:2">
       <c r="A1525" t="s">
         <v>1527</v>
       </c>
-      <c r="B1525" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1526" spans="1:2">
       <c r="A1526" t="s">
         <v>1528</v>
       </c>
-      <c r="B1526" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1527" spans="1:2">
       <c r="A1527" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="1528" spans="1:2">
       <c r="A1528" t="s">
         <v>1530</v>
       </c>
+      <c r="B1528" t="s">
+        <v>4562</v>
+      </c>
     </row>
     <row r="1529" spans="1:2">
       <c r="A1529" t="s">
         <v>1531</v>
       </c>
     </row>
     <row r="1530" spans="1:2">
       <c r="A1530" t="s">
         <v>1532</v>
       </c>
+      <c r="B1530" t="s">
+        <v>4563</v>
+      </c>
     </row>
     <row r="1531" spans="1:2">
       <c r="A1531" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="1532" spans="1:2">
       <c r="A1532" t="s">
         <v>1534</v>
       </c>
-      <c r="B1532" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1533" spans="1:2">
       <c r="A1533" t="s">
         <v>1535</v>
       </c>
-      <c r="B1533" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1534" spans="1:2">
       <c r="A1534" t="s">
         <v>1536</v>
       </c>
-      <c r="B1534" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1535" spans="1:2">
       <c r="A1535" t="s">
         <v>1537</v>
       </c>
     </row>
     <row r="1536" spans="1:2">
       <c r="A1536" t="s">
         <v>1538</v>
       </c>
     </row>
     <row r="1537" spans="1:2">
       <c r="A1537" t="s">
         <v>1539</v>
       </c>
     </row>
     <row r="1538" spans="1:2">
       <c r="A1538" t="s">
         <v>1540</v>
       </c>
     </row>
     <row r="1539" spans="1:2">
       <c r="A1539" t="s">
         <v>1541</v>
       </c>
+      <c r="B1539" t="s">
+        <v>4564</v>
+      </c>
     </row>
     <row r="1540" spans="1:2">
       <c r="A1540" t="s">
         <v>1542</v>
       </c>
+      <c r="B1540" t="s">
+        <v>4565</v>
+      </c>
     </row>
     <row r="1541" spans="1:2">
       <c r="A1541" t="s">
         <v>1543</v>
       </c>
       <c r="B1541" t="s">
-        <v>4562</v>
+        <v>4566</v>
       </c>
     </row>
     <row r="1542" spans="1:2">
       <c r="A1542" t="s">
         <v>1544</v>
       </c>
     </row>
     <row r="1543" spans="1:2">
       <c r="A1543" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="1544" spans="1:2">
       <c r="A1544" t="s">
         <v>1546</v>
       </c>
     </row>
     <row r="1545" spans="1:2">
       <c r="A1545" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="1546" spans="1:2">
       <c r="A1546" t="s">
         <v>1548</v>
       </c>
     </row>
     <row r="1547" spans="1:2">
       <c r="A1547" t="s">
         <v>1549</v>
       </c>
+      <c r="B1547" t="s">
+        <v>4567</v>
+      </c>
     </row>
     <row r="1548" spans="1:2">
       <c r="A1548" t="s">
         <v>1550</v>
       </c>
     </row>
     <row r="1549" spans="1:2">
       <c r="A1549" t="s">
         <v>1551</v>
       </c>
-      <c r="B1549" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1550" spans="1:2">
       <c r="A1550" t="s">
         <v>1552</v>
       </c>
-      <c r="B1550" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1551" spans="1:2">
       <c r="A1551" t="s">
         <v>1553</v>
       </c>
-      <c r="B1551" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1552" spans="1:2">
       <c r="A1552" t="s">
         <v>1554</v>
       </c>
-      <c r="B1552" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1553" spans="1:4">
       <c r="A1553" t="s">
         <v>1555</v>
       </c>
     </row>
     <row r="1554" spans="1:4">
       <c r="A1554" t="s">
         <v>1556</v>
       </c>
+      <c r="B1554" t="s">
+        <v>4568</v>
+      </c>
     </row>
     <row r="1555" spans="1:4">
       <c r="A1555" t="s">
         <v>1557</v>
       </c>
       <c r="B1555" t="s">
-        <v>4567</v>
+        <v>4569</v>
       </c>
     </row>
     <row r="1556" spans="1:4">
       <c r="A1556" t="s">
         <v>1558</v>
       </c>
     </row>
     <row r="1557" spans="1:4">
       <c r="A1557" t="s">
         <v>1559</v>
       </c>
     </row>
     <row r="1558" spans="1:4">
       <c r="A1558" t="s">
         <v>1560</v>
       </c>
       <c r="B1558" t="s">
-        <v>4568</v>
+        <v>4570</v>
       </c>
     </row>
     <row r="1559" spans="1:4">
       <c r="A1559" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="1560" spans="1:4">
       <c r="A1560" t="s">
         <v>1562</v>
       </c>
     </row>
     <row r="1561" spans="1:4">
       <c r="A1561" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="1562" spans="1:4">
       <c r="A1562" t="s">
         <v>1564</v>
       </c>
     </row>
     <row r="1563" spans="1:4">
       <c r="A1563" t="s">
         <v>1565</v>
       </c>
+      <c r="B1563" t="s">
+        <v>4571</v>
+      </c>
     </row>
     <row r="1564" spans="1:4">
       <c r="A1564" t="s">
         <v>1566</v>
       </c>
     </row>
     <row r="1565" spans="1:4">
       <c r="A1565" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="1566" spans="1:4">
       <c r="A1566" t="s">
         <v>1568</v>
       </c>
-      <c r="B1566" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1567" spans="1:4">
       <c r="A1567" t="s">
         <v>1569</v>
       </c>
       <c r="B1567" t="s">
-        <v>4570</v>
+        <v>4572</v>
       </c>
       <c r="C1567" t="s">
         <v>5257</v>
       </c>
       <c r="D1567" t="s">
         <v>5264</v>
       </c>
     </row>
     <row r="1568" spans="1:4">
       <c r="A1568" t="s">
         <v>1570</v>
       </c>
       <c r="B1568" t="s">
-        <v>4571</v>
+        <v>4573</v>
       </c>
     </row>
     <row r="1569" spans="1:2">
       <c r="A1569" t="s">
         <v>1571</v>
       </c>
+      <c r="B1569" t="s">
+        <v>4574</v>
+      </c>
     </row>
     <row r="1570" spans="1:2">
       <c r="A1570" t="s">
         <v>1572</v>
       </c>
+      <c r="B1570" t="s">
+        <v>4575</v>
+      </c>
     </row>
     <row r="1571" spans="1:2">
       <c r="A1571" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="1572" spans="1:2">
       <c r="A1572" t="s">
         <v>1574</v>
       </c>
     </row>
     <row r="1573" spans="1:2">
       <c r="A1573" t="s">
         <v>1575</v>
       </c>
-      <c r="B1573" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1574" spans="1:2">
       <c r="A1574" t="s">
         <v>1576</v>
       </c>
     </row>
     <row r="1575" spans="1:2">
       <c r="A1575" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="1576" spans="1:2">
       <c r="A1576" t="s">
         <v>1578</v>
       </c>
     </row>
     <row r="1577" spans="1:2">
       <c r="A1577" t="s">
         <v>1579</v>
       </c>
-      <c r="B1577" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1578" spans="1:2">
       <c r="A1578" t="s">
         <v>1580</v>
       </c>
     </row>
     <row r="1579" spans="1:2">
       <c r="A1579" t="s">
         <v>1581</v>
       </c>
-      <c r="B1579" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1580" spans="1:2">
       <c r="A1580" t="s">
         <v>1582</v>
       </c>
     </row>
     <row r="1581" spans="1:2">
       <c r="A1581" t="s">
         <v>1583</v>
       </c>
     </row>
     <row r="1582" spans="1:2">
       <c r="A1582" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="1583" spans="1:2">
       <c r="A1583" t="s">
         <v>1585</v>
       </c>
       <c r="B1583" t="s">
-        <v>4575</v>
+        <v>4576</v>
       </c>
     </row>
     <row r="1584" spans="1:2">
       <c r="A1584" t="s">
         <v>1586</v>
       </c>
+      <c r="B1584" t="s">
+        <v>4577</v>
+      </c>
     </row>
     <row r="1585" spans="1:2">
       <c r="A1585" t="s">
         <v>1587</v>
       </c>
       <c r="B1585" t="s">
-        <v>4576</v>
+        <v>4578</v>
       </c>
     </row>
     <row r="1586" spans="1:2">
       <c r="A1586" t="s">
         <v>1588</v>
       </c>
+      <c r="B1586" t="s">
+        <v>4579</v>
+      </c>
     </row>
     <row r="1587" spans="1:2">
       <c r="A1587" t="s">
         <v>1589</v>
       </c>
     </row>
     <row r="1588" spans="1:2">
       <c r="A1588" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="1589" spans="1:2">
       <c r="A1589" t="s">
         <v>1591</v>
       </c>
+      <c r="B1589" t="s">
+        <v>4580</v>
+      </c>
     </row>
     <row r="1590" spans="1:2">
       <c r="A1590" t="s">
         <v>1592</v>
       </c>
+      <c r="B1590" t="s">
+        <v>4581</v>
+      </c>
     </row>
     <row r="1591" spans="1:2">
       <c r="A1591" t="s">
         <v>1593</v>
       </c>
+      <c r="B1591" t="s">
+        <v>4582</v>
+      </c>
     </row>
     <row r="1592" spans="1:2">
       <c r="A1592" t="s">
         <v>1594</v>
       </c>
     </row>
     <row r="1593" spans="1:2">
       <c r="A1593" t="s">
         <v>1595</v>
       </c>
     </row>
     <row r="1594" spans="1:2">
       <c r="A1594" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="1595" spans="1:2">
       <c r="A1595" t="s">
         <v>1597</v>
       </c>
     </row>
     <row r="1596" spans="1:2">
       <c r="A1596" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="1597" spans="1:2">
       <c r="A1597" t="s">
         <v>1599</v>
       </c>
-      <c r="B1597" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1598" spans="1:2">
       <c r="A1598" t="s">
         <v>1600</v>
       </c>
     </row>
     <row r="1599" spans="1:2">
       <c r="A1599" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="1600" spans="1:2">
       <c r="A1600" t="s">
         <v>1602</v>
       </c>
-      <c r="B1600" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1601" spans="1:2">
       <c r="A1601" t="s">
         <v>1603</v>
       </c>
     </row>
     <row r="1602" spans="1:2">
       <c r="A1602" t="s">
         <v>1604</v>
       </c>
       <c r="B1602" t="s">
-        <v>4579</v>
+        <v>4583</v>
       </c>
     </row>
     <row r="1603" spans="1:2">
       <c r="A1603" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="1604" spans="1:2">
       <c r="A1604" t="s">
         <v>1606</v>
       </c>
+      <c r="B1604" t="s">
+        <v>4584</v>
+      </c>
     </row>
     <row r="1605" spans="1:2">
       <c r="A1605" t="s">
         <v>1607</v>
       </c>
     </row>
     <row r="1606" spans="1:2">
       <c r="A1606" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="1607" spans="1:2">
       <c r="A1607" t="s">
         <v>1609</v>
       </c>
     </row>
     <row r="1608" spans="1:2">
       <c r="A1608" t="s">
         <v>1610</v>
       </c>
     </row>
     <row r="1609" spans="1:2">
       <c r="A1609" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="1610" spans="1:2">
       <c r="A1610" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="1611" spans="1:2">
       <c r="A1611" t="s">
         <v>1613</v>
       </c>
     </row>
     <row r="1612" spans="1:2">
       <c r="A1612" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="1613" spans="1:2">
       <c r="A1613" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="1614" spans="1:2">
       <c r="A1614" t="s">
         <v>1616</v>
       </c>
-      <c r="B1614" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1615" spans="1:2">
       <c r="A1615" t="s">
         <v>1617</v>
       </c>
-      <c r="B1615" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1616" spans="1:2">
       <c r="A1616" t="s">
         <v>1618</v>
       </c>
-      <c r="B1616" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1617" spans="1:2">
       <c r="A1617" t="s">
         <v>1619</v>
       </c>
       <c r="B1617" t="s">
-        <v>4583</v>
+        <v>4585</v>
       </c>
     </row>
     <row r="1618" spans="1:2">
       <c r="A1618" t="s">
         <v>1620</v>
       </c>
-      <c r="B1618" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1619" spans="1:2">
       <c r="A1619" t="s">
         <v>1621</v>
       </c>
       <c r="B1619" t="s">
-        <v>4585</v>
+        <v>4586</v>
       </c>
     </row>
     <row r="1620" spans="1:2">
       <c r="A1620" t="s">
         <v>1622</v>
       </c>
       <c r="B1620" t="s">
-        <v>4586</v>
+        <v>4587</v>
       </c>
     </row>
     <row r="1621" spans="1:2">
       <c r="A1621" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="1622" spans="1:2">
       <c r="A1622" t="s">
         <v>1624</v>
       </c>
       <c r="B1622" t="s">
-        <v>4587</v>
+        <v>4588</v>
       </c>
     </row>
     <row r="1623" spans="1:2">
       <c r="A1623" t="s">
         <v>1625</v>
       </c>
     </row>
     <row r="1624" spans="1:2">
       <c r="A1624" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="1625" spans="1:2">
       <c r="A1625" t="s">
         <v>1627</v>
       </c>
     </row>
     <row r="1626" spans="1:2">
       <c r="A1626" t="s">
         <v>1628</v>
       </c>
     </row>
     <row r="1627" spans="1:2">
       <c r="A1627" t="s">
         <v>1629</v>
       </c>
+      <c r="B1627" t="s">
+        <v>4589</v>
+      </c>
     </row>
     <row r="1628" spans="1:2">
       <c r="A1628" t="s">
         <v>1630</v>
       </c>
     </row>
     <row r="1629" spans="1:2">
       <c r="A1629" t="s">
         <v>1631</v>
       </c>
     </row>
     <row r="1630" spans="1:2">
       <c r="A1630" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="1631" spans="1:2">
       <c r="A1631" t="s">
         <v>1633</v>
       </c>
     </row>
     <row r="1632" spans="1:2">
       <c r="A1632" t="s">
         <v>1634</v>
       </c>
-      <c r="B1632" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1633" spans="1:2">
       <c r="A1633" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="1634" spans="1:2">
       <c r="A1634" t="s">
         <v>1636</v>
       </c>
-      <c r="B1634" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1635" spans="1:2">
       <c r="A1635" t="s">
         <v>1637</v>
       </c>
       <c r="B1635" t="s">
         <v>4590</v>
       </c>
     </row>
     <row r="1636" spans="1:2">
       <c r="A1636" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="1637" spans="1:2">
       <c r="A1637" t="s">
         <v>1639</v>
       </c>
       <c r="B1637" t="s">
         <v>4591</v>
       </c>
     </row>
     <row r="1638" spans="1:2">
       <c r="A1638" t="s">
         <v>1640</v>
       </c>
+      <c r="B1638" t="s">
+        <v>4592</v>
+      </c>
     </row>
     <row r="1639" spans="1:2">
       <c r="A1639" t="s">
         <v>1641</v>
       </c>
+      <c r="B1639" t="s">
+        <v>4593</v>
+      </c>
     </row>
     <row r="1640" spans="1:2">
       <c r="A1640" t="s">
         <v>1642</v>
       </c>
-      <c r="B1640" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1641" spans="1:2">
       <c r="A1641" t="s">
         <v>1643</v>
       </c>
+      <c r="B1641" t="s">
+        <v>4594</v>
+      </c>
     </row>
     <row r="1642" spans="1:2">
       <c r="A1642" t="s">
         <v>1644</v>
       </c>
+      <c r="B1642" t="s">
+        <v>4595</v>
+      </c>
     </row>
     <row r="1643" spans="1:2">
       <c r="A1643" t="s">
         <v>1645</v>
       </c>
+      <c r="B1643" t="s">
+        <v>4596</v>
+      </c>
     </row>
     <row r="1644" spans="1:2">
       <c r="A1644" t="s">
         <v>1646</v>
       </c>
-      <c r="B1644" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1645" spans="1:2">
       <c r="A1645" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="1646" spans="1:2">
       <c r="A1646" t="s">
         <v>1648</v>
       </c>
     </row>
     <row r="1647" spans="1:2">
       <c r="A1647" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="1648" spans="1:2">
       <c r="A1648" t="s">
         <v>1650</v>
       </c>
     </row>
     <row r="1649" spans="1:2">
       <c r="A1649" t="s">
         <v>1651</v>
       </c>
-      <c r="B1649" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1650" spans="1:2">
       <c r="A1650" t="s">
         <v>1652</v>
       </c>
     </row>
     <row r="1651" spans="1:2">
       <c r="A1651" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="1652" spans="1:2">
       <c r="A1652" t="s">
         <v>1654</v>
       </c>
     </row>
     <row r="1653" spans="1:2">
       <c r="A1653" t="s">
         <v>1655</v>
       </c>
     </row>
     <row r="1654" spans="1:2">
       <c r="A1654" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="1655" spans="1:2">
       <c r="A1655" t="s">
         <v>1657</v>
       </c>
+      <c r="B1655" t="s">
+        <v>4597</v>
+      </c>
     </row>
     <row r="1656" spans="1:2">
       <c r="A1656" t="s">
         <v>1658</v>
       </c>
-      <c r="B1656" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1657" spans="1:2">
       <c r="A1657" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="1658" spans="1:2">
       <c r="A1658" t="s">
         <v>1660</v>
       </c>
     </row>
     <row r="1659" spans="1:2">
       <c r="A1659" t="s">
         <v>1661</v>
       </c>
     </row>
     <row r="1660" spans="1:2">
       <c r="A1660" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="1661" spans="1:2">
       <c r="A1661" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="1662" spans="1:2">
       <c r="A1662" t="s">
         <v>1664</v>
       </c>
     </row>
     <row r="1663" spans="1:2">
       <c r="A1663" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="1664" spans="1:2">
       <c r="A1664" t="s">
         <v>1666</v>
       </c>
     </row>
     <row r="1665" spans="1:2">
       <c r="A1665" t="s">
         <v>1667</v>
       </c>
     </row>
     <row r="1666" spans="1:2">
       <c r="A1666" t="s">
         <v>1668</v>
       </c>
+      <c r="B1666" t="s">
+        <v>4598</v>
+      </c>
     </row>
     <row r="1667" spans="1:2">
       <c r="A1667" t="s">
         <v>1669</v>
       </c>
     </row>
     <row r="1668" spans="1:2">
       <c r="A1668" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="1669" spans="1:2">
       <c r="A1669" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="1670" spans="1:2">
       <c r="A1670" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="1671" spans="1:2">
       <c r="A1671" t="s">
         <v>1673</v>
       </c>
     </row>
     <row r="1672" spans="1:2">
       <c r="A1672" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="1673" spans="1:2">
       <c r="A1673" t="s">
         <v>1675</v>
       </c>
     </row>
     <row r="1674" spans="1:2">
       <c r="A1674" t="s">
         <v>1676</v>
       </c>
     </row>
     <row r="1675" spans="1:2">
       <c r="A1675" t="s">
         <v>1677</v>
       </c>
+      <c r="B1675" t="s">
+        <v>4599</v>
+      </c>
     </row>
     <row r="1676" spans="1:2">
       <c r="A1676" t="s">
         <v>1678</v>
       </c>
-      <c r="B1676" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1677" spans="1:2">
       <c r="A1677" t="s">
         <v>1679</v>
       </c>
-      <c r="B1677" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1678" spans="1:2">
       <c r="A1678" t="s">
         <v>1680</v>
       </c>
-      <c r="B1678" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1679" spans="1:2">
       <c r="A1679" t="s">
         <v>1681</v>
       </c>
-      <c r="B1679" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1680" spans="1:2">
       <c r="A1680" t="s">
         <v>1682</v>
       </c>
-      <c r="B1680" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1681" spans="1:2">
       <c r="A1681" t="s">
         <v>1683</v>
       </c>
-      <c r="B1681" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1682" spans="1:2">
       <c r="A1682" t="s">
         <v>1684</v>
       </c>
+      <c r="B1682" t="s">
+        <v>4600</v>
+      </c>
     </row>
     <row r="1683" spans="1:2">
       <c r="A1683" t="s">
         <v>1685</v>
       </c>
-      <c r="B1683" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1684" spans="1:2">
       <c r="A1684" t="s">
         <v>1686</v>
       </c>
       <c r="B1684" t="s">
-        <v>4603</v>
+        <v>4601</v>
       </c>
     </row>
     <row r="1685" spans="1:2">
       <c r="A1685" t="s">
         <v>1687</v>
       </c>
     </row>
     <row r="1686" spans="1:2">
       <c r="A1686" t="s">
         <v>1688</v>
       </c>
     </row>
     <row r="1687" spans="1:2">
       <c r="A1687" t="s">
         <v>1689</v>
       </c>
-      <c r="B1687" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1688" spans="1:2">
       <c r="A1688" t="s">
         <v>1690</v>
       </c>
     </row>
     <row r="1689" spans="1:2">
       <c r="A1689" t="s">
         <v>1691</v>
       </c>
     </row>
     <row r="1690" spans="1:2">
       <c r="A1690" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="1691" spans="1:2">
       <c r="A1691" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="1692" spans="1:2">
       <c r="A1692" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="1693" spans="1:2">
       <c r="A1693" t="s">
         <v>1695</v>
       </c>
     </row>
     <row r="1694" spans="1:2">
       <c r="A1694" t="s">
         <v>1696</v>
       </c>
     </row>
     <row r="1695" spans="1:2">
       <c r="A1695" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="1696" spans="1:2">
       <c r="A1696" t="s">
         <v>1698</v>
       </c>
+      <c r="B1696" t="s">
+        <v>4602</v>
+      </c>
     </row>
     <row r="1697" spans="1:2">
       <c r="A1697" t="s">
         <v>1699</v>
       </c>
     </row>
     <row r="1698" spans="1:2">
       <c r="A1698" t="s">
         <v>1700</v>
       </c>
     </row>
     <row r="1699" spans="1:2">
       <c r="A1699" t="s">
         <v>1701</v>
       </c>
     </row>
     <row r="1700" spans="1:2">
       <c r="A1700" t="s">
         <v>1702</v>
       </c>
     </row>
     <row r="1701" spans="1:2">
       <c r="A1701" t="s">
         <v>1703</v>
       </c>
-      <c r="B1701" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1702" spans="1:2">
       <c r="A1702" t="s">
         <v>1704</v>
       </c>
     </row>
     <row r="1703" spans="1:2">
       <c r="A1703" t="s">
         <v>1705</v>
       </c>
+      <c r="B1703" t="s">
+        <v>4603</v>
+      </c>
     </row>
     <row r="1704" spans="1:2">
       <c r="A1704" t="s">
         <v>1706</v>
       </c>
-      <c r="B1704" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1705" spans="1:2">
       <c r="A1705" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="1706" spans="1:2">
       <c r="A1706" t="s">
         <v>1708</v>
       </c>
+      <c r="B1706" t="s">
+        <v>4604</v>
+      </c>
     </row>
     <row r="1707" spans="1:2">
       <c r="A1707" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="1708" spans="1:2">
       <c r="A1708" t="s">
         <v>1710</v>
       </c>
-      <c r="B1708" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1709" spans="1:2">
       <c r="A1709" t="s">
         <v>1711</v>
       </c>
     </row>
     <row r="1710" spans="1:2">
       <c r="A1710" t="s">
         <v>1712</v>
       </c>
     </row>
     <row r="1711" spans="1:2">
       <c r="A1711" t="s">
         <v>1713</v>
       </c>
+      <c r="B1711" t="s">
+        <v>4605</v>
+      </c>
     </row>
     <row r="1712" spans="1:2">
       <c r="A1712" t="s">
         <v>1714</v>
       </c>
       <c r="B1712" t="s">
-        <v>4608</v>
+        <v>4606</v>
       </c>
     </row>
     <row r="1713" spans="1:2">
       <c r="A1713" t="s">
         <v>1715</v>
       </c>
+      <c r="B1713" t="s">
+        <v>4607</v>
+      </c>
     </row>
     <row r="1714" spans="1:2">
       <c r="A1714" t="s">
         <v>1716</v>
       </c>
+      <c r="B1714" t="s">
+        <v>4608</v>
+      </c>
     </row>
     <row r="1715" spans="1:2">
       <c r="A1715" t="s">
         <v>1717</v>
       </c>
+      <c r="B1715" t="s">
+        <v>4609</v>
+      </c>
     </row>
     <row r="1716" spans="1:2">
       <c r="A1716" t="s">
         <v>1718</v>
       </c>
       <c r="B1716" t="s">
-        <v>4609</v>
+        <v>4610</v>
       </c>
     </row>
     <row r="1717" spans="1:2">
       <c r="A1717" t="s">
         <v>1719</v>
       </c>
+      <c r="B1717" t="s">
+        <v>4611</v>
+      </c>
     </row>
     <row r="1718" spans="1:2">
       <c r="A1718" t="s">
         <v>1720</v>
       </c>
     </row>
     <row r="1719" spans="1:2">
       <c r="A1719" t="s">
         <v>1721</v>
       </c>
     </row>
     <row r="1720" spans="1:2">
       <c r="A1720" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="1721" spans="1:2">
       <c r="A1721" t="s">
         <v>1723</v>
       </c>
-      <c r="B1721" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1722" spans="1:2">
       <c r="A1722" t="s">
         <v>1724</v>
       </c>
+      <c r="B1722" t="s">
+        <v>4612</v>
+      </c>
     </row>
     <row r="1723" spans="1:2">
       <c r="A1723" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="1724" spans="1:2">
       <c r="A1724" t="s">
         <v>1726</v>
       </c>
     </row>
     <row r="1725" spans="1:2">
       <c r="A1725" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="1726" spans="1:2">
       <c r="A1726" t="s">
         <v>1728</v>
       </c>
+      <c r="B1726" t="s">
+        <v>4613</v>
+      </c>
     </row>
     <row r="1727" spans="1:2">
       <c r="A1727" t="s">
         <v>1729</v>
       </c>
+      <c r="B1727" t="s">
+        <v>4614</v>
+      </c>
     </row>
     <row r="1728" spans="1:2">
       <c r="A1728" t="s">
         <v>1730</v>
       </c>
     </row>
     <row r="1729" spans="1:2">
       <c r="A1729" t="s">
         <v>1731</v>
       </c>
+      <c r="B1729" t="s">
+        <v>4615</v>
+      </c>
     </row>
     <row r="1730" spans="1:2">
       <c r="A1730" t="s">
         <v>1732</v>
       </c>
     </row>
     <row r="1731" spans="1:2">
       <c r="A1731" t="s">
         <v>1733</v>
       </c>
     </row>
     <row r="1732" spans="1:2">
       <c r="A1732" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="1733" spans="1:2">
       <c r="A1733" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="1734" spans="1:2">
       <c r="A1734" t="s">
         <v>1736</v>
       </c>
     </row>
     <row r="1735" spans="1:2">
       <c r="A1735" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="1736" spans="1:2">
       <c r="A1736" t="s">
         <v>1738</v>
       </c>
-      <c r="B1736" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1737" spans="1:2">
       <c r="A1737" t="s">
         <v>1739</v>
       </c>
     </row>
     <row r="1738" spans="1:2">
       <c r="A1738" t="s">
         <v>1740</v>
       </c>
-      <c r="B1738" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1739" spans="1:2">
       <c r="A1739" t="s">
         <v>1741</v>
       </c>
+      <c r="B1739" t="s">
+        <v>4616</v>
+      </c>
     </row>
     <row r="1740" spans="1:2">
       <c r="A1740" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="1741" spans="1:2">
       <c r="A1741" t="s">
         <v>1743</v>
       </c>
+      <c r="B1741" t="s">
+        <v>4617</v>
+      </c>
     </row>
     <row r="1742" spans="1:2">
       <c r="A1742" t="s">
         <v>1744</v>
       </c>
     </row>
     <row r="1743" spans="1:2">
       <c r="A1743" t="s">
         <v>1745</v>
       </c>
-      <c r="B1743" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1744" spans="1:2">
       <c r="A1744" t="s">
         <v>1746</v>
       </c>
-      <c r="B1744" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1745" spans="1:2">
       <c r="A1745" t="s">
         <v>1747</v>
       </c>
-      <c r="B1745" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1746" spans="1:2">
       <c r="A1746" t="s">
         <v>1748</v>
       </c>
     </row>
     <row r="1747" spans="1:2">
       <c r="A1747" t="s">
         <v>1749</v>
       </c>
     </row>
     <row r="1748" spans="1:2">
       <c r="A1748" t="s">
         <v>1750</v>
       </c>
+      <c r="B1748" t="s">
+        <v>4618</v>
+      </c>
     </row>
     <row r="1749" spans="1:2">
       <c r="A1749" t="s">
         <v>1751</v>
       </c>
+      <c r="B1749" t="s">
+        <v>4619</v>
+      </c>
     </row>
     <row r="1750" spans="1:2">
       <c r="A1750" t="s">
         <v>1752</v>
       </c>
       <c r="B1750" t="s">
-        <v>4616</v>
+        <v>4620</v>
       </c>
     </row>
     <row r="1751" spans="1:2">
       <c r="A1751" t="s">
         <v>1753</v>
       </c>
-      <c r="B1751" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1752" spans="1:2">
       <c r="A1752" t="s">
         <v>1754</v>
       </c>
     </row>
     <row r="1753" spans="1:2">
       <c r="A1753" t="s">
         <v>1755</v>
       </c>
     </row>
     <row r="1754" spans="1:2">
       <c r="A1754" t="s">
         <v>1756</v>
       </c>
     </row>
     <row r="1755" spans="1:2">
       <c r="A1755" t="s">
         <v>1757</v>
       </c>
     </row>
     <row r="1756" spans="1:2">
       <c r="A1756" t="s">
         <v>1758</v>
       </c>
+      <c r="B1756" t="s">
+        <v>4621</v>
+      </c>
     </row>
     <row r="1757" spans="1:2">
       <c r="A1757" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="1758" spans="1:2">
       <c r="A1758" t="s">
         <v>1760</v>
       </c>
-      <c r="B1758" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1759" spans="1:2">
       <c r="A1759" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="1760" spans="1:2">
       <c r="A1760" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="1761" spans="1:2">
       <c r="A1761" t="s">
         <v>1763</v>
       </c>
     </row>
     <row r="1762" spans="1:2">
       <c r="A1762" t="s">
         <v>1764</v>
       </c>
     </row>
     <row r="1763" spans="1:2">
       <c r="A1763" t="s">
         <v>1765</v>
       </c>
@@ -26731,875 +26740,869 @@
     </row>
     <row r="1766" spans="1:2">
       <c r="A1766" t="s">
         <v>1768</v>
       </c>
     </row>
     <row r="1767" spans="1:2">
       <c r="A1767" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="1768" spans="1:2">
       <c r="A1768" t="s">
         <v>1770</v>
       </c>
     </row>
     <row r="1769" spans="1:2">
       <c r="A1769" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="1770" spans="1:2">
       <c r="A1770" t="s">
         <v>1772</v>
       </c>
+      <c r="B1770" t="s">
+        <v>4622</v>
+      </c>
     </row>
     <row r="1771" spans="1:2">
       <c r="A1771" t="s">
         <v>1773</v>
       </c>
-      <c r="B1771" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1772" spans="1:2">
       <c r="A1772" t="s">
         <v>1774</v>
       </c>
-      <c r="B1772" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1773" spans="1:2">
       <c r="A1773" t="s">
         <v>1775</v>
       </c>
     </row>
     <row r="1774" spans="1:2">
       <c r="A1774" t="s">
         <v>1776</v>
       </c>
-      <c r="B1774" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1775" spans="1:2">
       <c r="A1775" t="s">
         <v>1777</v>
       </c>
     </row>
     <row r="1776" spans="1:2">
       <c r="A1776" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="1777" spans="1:2">
       <c r="A1777" t="s">
         <v>1779</v>
       </c>
+      <c r="B1777" t="s">
+        <v>4623</v>
+      </c>
     </row>
     <row r="1778" spans="1:2">
       <c r="A1778" t="s">
         <v>1780</v>
       </c>
     </row>
     <row r="1779" spans="1:2">
       <c r="A1779" t="s">
         <v>1781</v>
       </c>
       <c r="B1779" t="s">
-        <v>4622</v>
+        <v>4624</v>
       </c>
     </row>
     <row r="1780" spans="1:2">
       <c r="A1780" t="s">
         <v>1782</v>
       </c>
     </row>
     <row r="1781" spans="1:2">
       <c r="A1781" t="s">
         <v>1783</v>
       </c>
     </row>
     <row r="1782" spans="1:2">
       <c r="A1782" t="s">
         <v>1784</v>
       </c>
     </row>
     <row r="1783" spans="1:2">
       <c r="A1783" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="1784" spans="1:2">
       <c r="A1784" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="1785" spans="1:2">
       <c r="A1785" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="1786" spans="1:2">
       <c r="A1786" t="s">
         <v>1788</v>
       </c>
-      <c r="B1786" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1787" spans="1:2">
       <c r="A1787" t="s">
         <v>1789</v>
       </c>
       <c r="B1787" t="s">
-        <v>4624</v>
+        <v>4625</v>
       </c>
     </row>
     <row r="1788" spans="1:2">
       <c r="A1788" t="s">
         <v>1790</v>
       </c>
+      <c r="B1788" t="s">
+        <v>4626</v>
+      </c>
     </row>
     <row r="1789" spans="1:2">
       <c r="A1789" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="1790" spans="1:2">
       <c r="A1790" t="s">
         <v>1792</v>
       </c>
       <c r="B1790" t="s">
-        <v>4625</v>
+        <v>4627</v>
       </c>
     </row>
     <row r="1791" spans="1:2">
       <c r="A1791" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="1792" spans="1:2">
       <c r="A1792" t="s">
         <v>1794</v>
       </c>
     </row>
     <row r="1793" spans="1:2">
       <c r="A1793" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="1794" spans="1:2">
       <c r="A1794" t="s">
         <v>1796</v>
       </c>
     </row>
     <row r="1795" spans="1:2">
       <c r="A1795" t="s">
         <v>1797</v>
       </c>
-      <c r="B1795" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1796" spans="1:2">
       <c r="A1796" t="s">
         <v>1798</v>
       </c>
     </row>
     <row r="1797" spans="1:2">
       <c r="A1797" t="s">
         <v>1799</v>
       </c>
     </row>
     <row r="1798" spans="1:2">
       <c r="A1798" t="s">
         <v>1800</v>
       </c>
     </row>
     <row r="1799" spans="1:2">
       <c r="A1799" t="s">
         <v>1801</v>
       </c>
     </row>
     <row r="1800" spans="1:2">
       <c r="A1800" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="1801" spans="1:2">
       <c r="A1801" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="1802" spans="1:2">
       <c r="A1802" t="s">
         <v>1804</v>
       </c>
+      <c r="B1802" t="s">
+        <v>4628</v>
+      </c>
     </row>
     <row r="1803" spans="1:2">
       <c r="A1803" t="s">
         <v>1805</v>
       </c>
     </row>
     <row r="1804" spans="1:2">
       <c r="A1804" t="s">
         <v>1806</v>
       </c>
+      <c r="B1804" t="s">
+        <v>4629</v>
+      </c>
     </row>
     <row r="1805" spans="1:2">
       <c r="A1805" t="s">
         <v>1807</v>
       </c>
     </row>
     <row r="1806" spans="1:2">
       <c r="A1806" t="s">
         <v>1808</v>
       </c>
-      <c r="B1806" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1807" spans="1:2">
       <c r="A1807" t="s">
         <v>1809</v>
       </c>
-      <c r="B1807" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1808" spans="1:2">
       <c r="A1808" t="s">
         <v>1810</v>
       </c>
     </row>
     <row r="1809" spans="1:2">
       <c r="A1809" t="s">
         <v>1811</v>
       </c>
     </row>
     <row r="1810" spans="1:2">
       <c r="A1810" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="1811" spans="1:2">
       <c r="A1811" t="s">
         <v>1813</v>
       </c>
     </row>
     <row r="1812" spans="1:2">
       <c r="A1812" t="s">
         <v>1814</v>
       </c>
     </row>
     <row r="1813" spans="1:2">
       <c r="A1813" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="1814" spans="1:2">
       <c r="A1814" t="s">
         <v>1816</v>
       </c>
     </row>
     <row r="1815" spans="1:2">
       <c r="A1815" t="s">
         <v>1817</v>
       </c>
     </row>
     <row r="1816" spans="1:2">
       <c r="A1816" t="s">
         <v>1818</v>
       </c>
     </row>
     <row r="1817" spans="1:2">
       <c r="A1817" t="s">
         <v>1819</v>
       </c>
-      <c r="B1817" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1818" spans="1:2">
       <c r="A1818" t="s">
         <v>1820</v>
       </c>
-      <c r="B1818" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1819" spans="1:2">
       <c r="A1819" t="s">
         <v>1821</v>
       </c>
+      <c r="B1819" t="s">
+        <v>4630</v>
+      </c>
     </row>
     <row r="1820" spans="1:2">
       <c r="A1820" t="s">
         <v>1822</v>
       </c>
     </row>
     <row r="1821" spans="1:2">
       <c r="A1821" t="s">
         <v>1823</v>
       </c>
     </row>
     <row r="1822" spans="1:2">
       <c r="A1822" t="s">
         <v>1824</v>
       </c>
     </row>
     <row r="1823" spans="1:2">
       <c r="A1823" t="s">
         <v>1825</v>
       </c>
     </row>
     <row r="1824" spans="1:2">
       <c r="A1824" t="s">
         <v>1826</v>
       </c>
+      <c r="B1824" t="s">
+        <v>4631</v>
+      </c>
     </row>
     <row r="1825" spans="1:2">
       <c r="A1825" t="s">
         <v>1827</v>
       </c>
-      <c r="B1825" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1826" spans="1:2">
       <c r="A1826" t="s">
         <v>1828</v>
       </c>
+      <c r="B1826" t="s">
+        <v>4632</v>
+      </c>
     </row>
     <row r="1827" spans="1:2">
       <c r="A1827" t="s">
         <v>1829</v>
       </c>
     </row>
     <row r="1828" spans="1:2">
       <c r="A1828" t="s">
         <v>1830</v>
       </c>
     </row>
     <row r="1829" spans="1:2">
       <c r="A1829" t="s">
         <v>1831</v>
       </c>
     </row>
     <row r="1830" spans="1:2">
       <c r="A1830" t="s">
         <v>1832</v>
       </c>
     </row>
     <row r="1831" spans="1:2">
       <c r="A1831" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="1832" spans="1:2">
       <c r="A1832" t="s">
         <v>1834</v>
       </c>
     </row>
     <row r="1833" spans="1:2">
       <c r="A1833" t="s">
         <v>1835</v>
       </c>
       <c r="B1833" t="s">
-        <v>4632</v>
+        <v>4633</v>
       </c>
     </row>
     <row r="1834" spans="1:2">
       <c r="A1834" t="s">
         <v>1836</v>
       </c>
+      <c r="B1834" t="s">
+        <v>4634</v>
+      </c>
     </row>
     <row r="1835" spans="1:2">
       <c r="A1835" t="s">
         <v>1837</v>
       </c>
-      <c r="B1835" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1836" spans="1:2">
       <c r="A1836" t="s">
         <v>1838</v>
       </c>
     </row>
     <row r="1837" spans="1:2">
       <c r="A1837" t="s">
         <v>1839</v>
       </c>
     </row>
     <row r="1838" spans="1:2">
       <c r="A1838" t="s">
         <v>1840</v>
       </c>
-      <c r="B1838" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1839" spans="1:2">
       <c r="A1839" t="s">
         <v>1841</v>
       </c>
-      <c r="B1839" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1840" spans="1:2">
       <c r="A1840" t="s">
         <v>1842</v>
       </c>
     </row>
     <row r="1841" spans="1:2">
       <c r="A1841" t="s">
         <v>1843</v>
       </c>
+      <c r="B1841" t="s">
+        <v>4635</v>
+      </c>
     </row>
     <row r="1842" spans="1:2">
       <c r="A1842" t="s">
         <v>1844</v>
       </c>
-      <c r="B1842" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1843" spans="1:2">
       <c r="A1843" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="1844" spans="1:2">
       <c r="A1844" t="s">
         <v>1846</v>
       </c>
     </row>
     <row r="1845" spans="1:2">
       <c r="A1845" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="1846" spans="1:2">
       <c r="A1846" t="s">
         <v>1848</v>
       </c>
     </row>
     <row r="1847" spans="1:2">
       <c r="A1847" t="s">
         <v>1849</v>
       </c>
     </row>
     <row r="1848" spans="1:2">
       <c r="A1848" t="s">
         <v>1850</v>
       </c>
     </row>
     <row r="1849" spans="1:2">
       <c r="A1849" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="1850" spans="1:2">
       <c r="A1850" t="s">
         <v>1852</v>
       </c>
       <c r="B1850" t="s">
-        <v>4637</v>
+        <v>4636</v>
       </c>
     </row>
     <row r="1851" spans="1:2">
       <c r="A1851" t="s">
         <v>1853</v>
       </c>
     </row>
     <row r="1852" spans="1:2">
       <c r="A1852" t="s">
         <v>1854</v>
       </c>
+      <c r="B1852" t="s">
+        <v>4637</v>
+      </c>
     </row>
     <row r="1853" spans="1:2">
       <c r="A1853" t="s">
         <v>1855</v>
       </c>
       <c r="B1853" t="s">
         <v>4638</v>
       </c>
     </row>
     <row r="1854" spans="1:2">
       <c r="A1854" t="s">
         <v>1856</v>
       </c>
-      <c r="B1854" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1855" spans="1:2">
       <c r="A1855" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="1856" spans="1:2">
       <c r="A1856" t="s">
         <v>1858</v>
       </c>
-      <c r="B1856" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1857" spans="1:2">
       <c r="A1857" t="s">
         <v>1859</v>
       </c>
     </row>
     <row r="1858" spans="1:2">
       <c r="A1858" t="s">
         <v>1860</v>
       </c>
-      <c r="B1858" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1859" spans="1:2">
       <c r="A1859" t="s">
         <v>1861</v>
       </c>
     </row>
     <row r="1860" spans="1:2">
       <c r="A1860" t="s">
         <v>1862</v>
       </c>
     </row>
     <row r="1861" spans="1:2">
       <c r="A1861" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="1862" spans="1:2">
       <c r="A1862" t="s">
         <v>1864</v>
       </c>
     </row>
     <row r="1863" spans="1:2">
       <c r="A1863" t="s">
         <v>1865</v>
       </c>
     </row>
     <row r="1864" spans="1:2">
       <c r="A1864" t="s">
         <v>1866</v>
       </c>
     </row>
     <row r="1865" spans="1:2">
       <c r="A1865" t="s">
         <v>1867</v>
       </c>
+      <c r="B1865" t="s">
+        <v>4639</v>
+      </c>
     </row>
     <row r="1866" spans="1:2">
       <c r="A1866" t="s">
         <v>1868</v>
       </c>
+      <c r="B1866" t="s">
+        <v>4640</v>
+      </c>
     </row>
     <row r="1867" spans="1:2">
       <c r="A1867" t="s">
         <v>1869</v>
       </c>
       <c r="B1867" t="s">
-        <v>4642</v>
+        <v>4641</v>
       </c>
     </row>
     <row r="1868" spans="1:2">
       <c r="A1868" t="s">
         <v>1870</v>
       </c>
       <c r="B1868" t="s">
-        <v>4643</v>
+        <v>4642</v>
       </c>
     </row>
     <row r="1869" spans="1:2">
       <c r="A1869" t="s">
         <v>1871</v>
       </c>
       <c r="B1869" t="s">
-        <v>4644</v>
+        <v>4643</v>
       </c>
     </row>
     <row r="1870" spans="1:2">
       <c r="A1870" t="s">
         <v>1872</v>
       </c>
-      <c r="B1870" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1871" spans="1:2">
       <c r="A1871" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="1872" spans="1:2">
       <c r="A1872" t="s">
         <v>1874</v>
       </c>
     </row>
     <row r="1873" spans="1:2">
       <c r="A1873" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="1874" spans="1:2">
       <c r="A1874" t="s">
         <v>1876</v>
       </c>
     </row>
     <row r="1875" spans="1:2">
       <c r="A1875" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="1876" spans="1:2">
       <c r="A1876" t="s">
         <v>1878</v>
       </c>
+      <c r="B1876" t="s">
+        <v>4644</v>
+      </c>
     </row>
     <row r="1877" spans="1:2">
       <c r="A1877" t="s">
         <v>1879</v>
       </c>
     </row>
     <row r="1878" spans="1:2">
       <c r="A1878" t="s">
         <v>1880</v>
       </c>
+      <c r="B1878" t="s">
+        <v>4645</v>
+      </c>
     </row>
     <row r="1879" spans="1:2">
       <c r="A1879" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="1880" spans="1:2">
       <c r="A1880" t="s">
         <v>1882</v>
       </c>
     </row>
     <row r="1881" spans="1:2">
       <c r="A1881" t="s">
         <v>1883</v>
       </c>
     </row>
     <row r="1882" spans="1:2">
       <c r="A1882" t="s">
         <v>1884</v>
       </c>
     </row>
     <row r="1883" spans="1:2">
       <c r="A1883" t="s">
         <v>1885</v>
       </c>
-      <c r="B1883" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1884" spans="1:2">
       <c r="A1884" t="s">
         <v>1886</v>
       </c>
     </row>
     <row r="1885" spans="1:2">
       <c r="A1885" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="1886" spans="1:2">
       <c r="A1886" t="s">
         <v>1888</v>
       </c>
     </row>
     <row r="1887" spans="1:2">
       <c r="A1887" t="s">
         <v>1889</v>
       </c>
-      <c r="B1887" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1888" spans="1:2">
       <c r="A1888" t="s">
         <v>1890</v>
       </c>
       <c r="B1888" t="s">
-        <v>4648</v>
+        <v>4646</v>
       </c>
     </row>
     <row r="1889" spans="1:2">
       <c r="A1889" t="s">
         <v>1891</v>
       </c>
+      <c r="B1889" t="s">
+        <v>4647</v>
+      </c>
     </row>
     <row r="1890" spans="1:2">
       <c r="A1890" t="s">
         <v>1892</v>
       </c>
     </row>
     <row r="1891" spans="1:2">
       <c r="A1891" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="1892" spans="1:2">
       <c r="A1892" t="s">
         <v>1894</v>
       </c>
     </row>
     <row r="1893" spans="1:2">
       <c r="A1893" t="s">
         <v>1895</v>
       </c>
     </row>
     <row r="1894" spans="1:2">
       <c r="A1894" t="s">
         <v>1896</v>
       </c>
     </row>
     <row r="1895" spans="1:2">
       <c r="A1895" t="s">
         <v>1897</v>
       </c>
+      <c r="B1895" t="s">
+        <v>4648</v>
+      </c>
     </row>
     <row r="1896" spans="1:2">
       <c r="A1896" t="s">
         <v>1898</v>
       </c>
     </row>
     <row r="1897" spans="1:2">
       <c r="A1897" t="s">
         <v>1899</v>
       </c>
       <c r="B1897" t="s">
         <v>4649</v>
       </c>
     </row>
     <row r="1898" spans="1:2">
       <c r="A1898" t="s">
         <v>1900</v>
       </c>
+      <c r="B1898" t="s">
+        <v>4650</v>
+      </c>
     </row>
     <row r="1899" spans="1:2">
       <c r="A1899" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="1900" spans="1:2">
       <c r="A1900" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="1901" spans="1:2">
       <c r="A1901" t="s">
         <v>1903</v>
       </c>
     </row>
     <row r="1902" spans="1:2">
       <c r="A1902" t="s">
         <v>1904</v>
       </c>
     </row>
     <row r="1903" spans="1:2">
       <c r="A1903" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="1904" spans="1:2">
       <c r="A1904" t="s">
         <v>1906</v>
       </c>
     </row>
     <row r="1905" spans="1:2">
       <c r="A1905" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="1906" spans="1:2">
       <c r="A1906" t="s">
         <v>1908</v>
       </c>
-      <c r="B1906" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1907" spans="1:2">
       <c r="A1907" t="s">
         <v>1909</v>
       </c>
-      <c r="B1907" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1908" spans="1:2">
       <c r="A1908" t="s">
         <v>1910</v>
       </c>
     </row>
     <row r="1909" spans="1:2">
       <c r="A1909" t="s">
         <v>1911</v>
       </c>
+      <c r="B1909" t="s">
+        <v>4651</v>
+      </c>
     </row>
     <row r="1910" spans="1:2">
       <c r="A1910" t="s">
         <v>1912</v>
       </c>
+      <c r="B1910" t="s">
+        <v>4652</v>
+      </c>
     </row>
     <row r="1911" spans="1:2">
       <c r="A1911" t="s">
         <v>1913</v>
       </c>
       <c r="B1911" t="s">
-        <v>4652</v>
+        <v>4653</v>
       </c>
     </row>
     <row r="1912" spans="1:2">
       <c r="A1912" t="s">
         <v>1914</v>
       </c>
-      <c r="B1912" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1913" spans="1:2">
       <c r="A1913" t="s">
         <v>1915</v>
       </c>
     </row>
     <row r="1914" spans="1:2">
       <c r="A1914" t="s">
         <v>1916</v>
       </c>
+      <c r="B1914" t="s">
+        <v>4654</v>
+      </c>
     </row>
     <row r="1915" spans="1:2">
       <c r="A1915" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="1916" spans="1:2">
       <c r="A1916" t="s">
         <v>1918</v>
       </c>
     </row>
     <row r="1917" spans="1:2">
       <c r="A1917" t="s">
         <v>1919</v>
       </c>
     </row>
     <row r="1918" spans="1:2">
       <c r="A1918" t="s">
         <v>1920</v>
       </c>
     </row>
     <row r="1919" spans="1:2">
       <c r="A1919" t="s">
         <v>1921</v>
       </c>
@@ -27616,318 +27619,315 @@
     </row>
     <row r="1922" spans="1:2">
       <c r="A1922" t="s">
         <v>1924</v>
       </c>
     </row>
     <row r="1923" spans="1:2">
       <c r="A1923" t="s">
         <v>1925</v>
       </c>
     </row>
     <row r="1924" spans="1:2">
       <c r="A1924" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="1925" spans="1:2">
       <c r="A1925" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="1926" spans="1:2">
       <c r="A1926" t="s">
         <v>1928</v>
       </c>
+      <c r="B1926" t="s">
+        <v>4655</v>
+      </c>
     </row>
     <row r="1927" spans="1:2">
       <c r="A1927" t="s">
         <v>1929</v>
       </c>
+      <c r="B1927" t="s">
+        <v>4656</v>
+      </c>
     </row>
     <row r="1928" spans="1:2">
       <c r="A1928" t="s">
         <v>1930</v>
       </c>
     </row>
     <row r="1929" spans="1:2">
       <c r="A1929" t="s">
         <v>1931</v>
       </c>
     </row>
     <row r="1930" spans="1:2">
       <c r="A1930" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="1931" spans="1:2">
       <c r="A1931" t="s">
         <v>1933</v>
       </c>
-      <c r="B1931" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1932" spans="1:2">
       <c r="A1932" t="s">
         <v>1934</v>
       </c>
     </row>
     <row r="1933" spans="1:2">
       <c r="A1933" t="s">
         <v>1935</v>
       </c>
-      <c r="B1933" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1934" spans="1:2">
       <c r="A1934" t="s">
         <v>1936</v>
       </c>
     </row>
     <row r="1935" spans="1:2">
       <c r="A1935" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="1936" spans="1:2">
       <c r="A1936" t="s">
         <v>1938</v>
       </c>
+      <c r="B1936" t="s">
+        <v>4657</v>
+      </c>
     </row>
     <row r="1937" spans="1:2">
       <c r="A1937" t="s">
         <v>1939</v>
       </c>
+      <c r="B1937" t="s">
+        <v>4658</v>
+      </c>
     </row>
     <row r="1938" spans="1:2">
       <c r="A1938" t="s">
         <v>1940</v>
       </c>
-      <c r="B1938" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1939" spans="1:2">
       <c r="A1939" t="s">
         <v>1941</v>
       </c>
-      <c r="B1939" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1940" spans="1:2">
       <c r="A1940" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="1941" spans="1:2">
       <c r="A1941" t="s">
         <v>1943</v>
       </c>
     </row>
     <row r="1942" spans="1:2">
       <c r="A1942" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="1943" spans="1:2">
       <c r="A1943" t="s">
         <v>1945</v>
       </c>
     </row>
     <row r="1944" spans="1:2">
       <c r="A1944" t="s">
         <v>1946</v>
       </c>
     </row>
     <row r="1945" spans="1:2">
       <c r="A1945" t="s">
         <v>1947</v>
       </c>
     </row>
     <row r="1946" spans="1:2">
       <c r="A1946" t="s">
         <v>1948</v>
       </c>
     </row>
     <row r="1947" spans="1:2">
       <c r="A1947" t="s">
         <v>1949</v>
       </c>
     </row>
     <row r="1948" spans="1:2">
       <c r="A1948" t="s">
         <v>1950</v>
       </c>
+      <c r="B1948" t="s">
+        <v>4659</v>
+      </c>
     </row>
     <row r="1949" spans="1:2">
       <c r="A1949" t="s">
         <v>1951</v>
       </c>
     </row>
     <row r="1950" spans="1:2">
       <c r="A1950" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="1951" spans="1:2">
       <c r="A1951" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="1952" spans="1:2">
       <c r="A1952" t="s">
         <v>1954</v>
       </c>
+      <c r="B1952" t="s">
+        <v>4660</v>
+      </c>
     </row>
     <row r="1953" spans="1:2">
       <c r="A1953" t="s">
         <v>1955</v>
       </c>
     </row>
     <row r="1954" spans="1:2">
       <c r="A1954" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="1955" spans="1:2">
       <c r="A1955" t="s">
         <v>1957</v>
       </c>
-      <c r="B1955" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1956" spans="1:2">
       <c r="A1956" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="1957" spans="1:2">
       <c r="A1957" t="s">
         <v>1959</v>
       </c>
     </row>
     <row r="1958" spans="1:2">
       <c r="A1958" t="s">
         <v>1960</v>
       </c>
-      <c r="B1958" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1959" spans="1:2">
       <c r="A1959" t="s">
         <v>1961</v>
       </c>
     </row>
     <row r="1960" spans="1:2">
       <c r="A1960" t="s">
         <v>1962</v>
       </c>
-      <c r="B1960" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1961" spans="1:2">
       <c r="A1961" t="s">
         <v>1963</v>
       </c>
     </row>
     <row r="1962" spans="1:2">
       <c r="A1962" t="s">
         <v>1964</v>
       </c>
+      <c r="B1962" t="s">
+        <v>4661</v>
+      </c>
     </row>
     <row r="1963" spans="1:2">
       <c r="A1963" t="s">
         <v>1965</v>
       </c>
-      <c r="B1963" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1964" spans="1:2">
       <c r="A1964" t="s">
         <v>1966</v>
       </c>
     </row>
     <row r="1965" spans="1:2">
       <c r="A1965" t="s">
         <v>1967</v>
       </c>
+      <c r="B1965" t="s">
+        <v>4662</v>
+      </c>
     </row>
     <row r="1966" spans="1:2">
       <c r="A1966" t="s">
         <v>1968</v>
       </c>
     </row>
     <row r="1967" spans="1:2">
       <c r="A1967" t="s">
         <v>1969</v>
       </c>
     </row>
     <row r="1968" spans="1:2">
       <c r="A1968" t="s">
         <v>1970</v>
       </c>
     </row>
     <row r="1969" spans="1:2">
       <c r="A1969" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="1970" spans="1:2">
       <c r="A1970" t="s">
         <v>1972</v>
       </c>
+      <c r="B1970" t="s">
+        <v>4663</v>
+      </c>
     </row>
     <row r="1971" spans="1:2">
       <c r="A1971" t="s">
         <v>1973</v>
       </c>
       <c r="B1971" t="s">
-        <v>4662</v>
+        <v>4664</v>
       </c>
     </row>
     <row r="1972" spans="1:2">
       <c r="A1972" t="s">
         <v>1974</v>
       </c>
-      <c r="B1972" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1973" spans="1:2">
       <c r="A1973" t="s">
         <v>1975</v>
       </c>
-      <c r="B1973" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1974" spans="1:2">
       <c r="A1974" t="s">
         <v>1976</v>
       </c>
       <c r="B1974" t="s">
         <v>4665</v>
       </c>
     </row>
     <row r="1975" spans="1:2">
       <c r="A1975" t="s">
         <v>1977</v>
       </c>
       <c r="B1975" t="s">
         <v>4666</v>
       </c>
     </row>
     <row r="1976" spans="1:2">
       <c r="A1976" t="s">
         <v>1978</v>
       </c>
       <c r="B1976" t="s">
         <v>4667</v>
       </c>
     </row>
@@ -27939,1625 +27939,1625 @@
         <v>4668</v>
       </c>
     </row>
     <row r="1978" spans="1:2">
       <c r="A1978" t="s">
         <v>1980</v>
       </c>
       <c r="B1978" t="s">
         <v>4669</v>
       </c>
     </row>
     <row r="1979" spans="1:2">
       <c r="A1979" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="1980" spans="1:2">
       <c r="A1980" t="s">
         <v>1982</v>
       </c>
     </row>
     <row r="1981" spans="1:2">
       <c r="A1981" t="s">
         <v>1983</v>
       </c>
+      <c r="B1981" t="s">
+        <v>4670</v>
+      </c>
     </row>
     <row r="1982" spans="1:2">
       <c r="A1982" t="s">
         <v>1984</v>
       </c>
     </row>
     <row r="1983" spans="1:2">
       <c r="A1983" t="s">
         <v>1985</v>
       </c>
     </row>
     <row r="1984" spans="1:2">
       <c r="A1984" t="s">
         <v>1986</v>
       </c>
     </row>
     <row r="1985" spans="1:2">
       <c r="A1985" t="s">
         <v>1987</v>
       </c>
-      <c r="B1985" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1986" spans="1:2">
       <c r="A1986" t="s">
         <v>1988</v>
       </c>
-      <c r="B1986" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1987" spans="1:2">
       <c r="A1987" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="1988" spans="1:2">
       <c r="A1988" t="s">
         <v>1990</v>
       </c>
+      <c r="B1988" t="s">
+        <v>4671</v>
+      </c>
     </row>
     <row r="1989" spans="1:2">
       <c r="A1989" t="s">
         <v>1991</v>
       </c>
-      <c r="B1989" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1990" spans="1:2">
       <c r="A1990" t="s">
         <v>1992</v>
       </c>
-      <c r="B1990" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1991" spans="1:2">
       <c r="A1991" t="s">
         <v>1993</v>
       </c>
-      <c r="B1991" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1992" spans="1:2">
       <c r="A1992" t="s">
         <v>1994</v>
       </c>
-      <c r="B1992" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1993" spans="1:2">
       <c r="A1993" t="s">
         <v>1995</v>
       </c>
-      <c r="B1993" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1994" spans="1:2">
       <c r="A1994" t="s">
         <v>1996</v>
       </c>
       <c r="B1994" t="s">
-        <v>4677</v>
+        <v>4672</v>
       </c>
     </row>
     <row r="1995" spans="1:2">
       <c r="A1995" t="s">
         <v>1997</v>
       </c>
+      <c r="B1995" t="s">
+        <v>4673</v>
+      </c>
     </row>
     <row r="1996" spans="1:2">
       <c r="A1996" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="1997" spans="1:2">
       <c r="A1997" t="s">
         <v>1999</v>
       </c>
+      <c r="B1997" t="s">
+        <v>4674</v>
+      </c>
     </row>
     <row r="1998" spans="1:2">
       <c r="A1998" t="s">
         <v>2000</v>
       </c>
       <c r="B1998" t="s">
-        <v>4678</v>
+        <v>4675</v>
       </c>
     </row>
     <row r="1999" spans="1:2">
       <c r="A1999" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="2000" spans="1:2">
       <c r="A2000" t="s">
         <v>2002</v>
       </c>
     </row>
     <row r="2001" spans="1:2">
       <c r="A2001" t="s">
         <v>2003</v>
       </c>
+      <c r="B2001" t="s">
+        <v>4676</v>
+      </c>
     </row>
     <row r="2002" spans="1:2">
       <c r="A2002" t="s">
         <v>2004</v>
       </c>
-      <c r="B2002" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2003" spans="1:2">
       <c r="A2003" t="s">
         <v>2005</v>
       </c>
-      <c r="B2003" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2004" spans="1:2">
       <c r="A2004" t="s">
         <v>2006</v>
       </c>
     </row>
     <row r="2005" spans="1:2">
       <c r="A2005" t="s">
         <v>2007</v>
       </c>
+      <c r="B2005" t="s">
+        <v>4677</v>
+      </c>
     </row>
     <row r="2006" spans="1:2">
       <c r="A2006" t="s">
         <v>2008</v>
       </c>
     </row>
     <row r="2007" spans="1:2">
       <c r="A2007" t="s">
         <v>2009</v>
       </c>
       <c r="B2007" t="s">
-        <v>4681</v>
+        <v>4678</v>
       </c>
     </row>
     <row r="2008" spans="1:2">
       <c r="A2008" t="s">
         <v>2010</v>
       </c>
     </row>
     <row r="2009" spans="1:2">
       <c r="A2009" t="s">
         <v>2011</v>
       </c>
+      <c r="B2009" t="s">
+        <v>4679</v>
+      </c>
     </row>
     <row r="2010" spans="1:2">
       <c r="A2010" t="s">
         <v>2012</v>
       </c>
       <c r="B2010" t="s">
-        <v>4682</v>
+        <v>4680</v>
       </c>
     </row>
     <row r="2011" spans="1:2">
       <c r="A2011" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="2012" spans="1:2">
       <c r="A2012" t="s">
         <v>2014</v>
       </c>
+      <c r="B2012" t="s">
+        <v>4681</v>
+      </c>
     </row>
     <row r="2013" spans="1:2">
       <c r="A2013" t="s">
         <v>2015</v>
       </c>
-      <c r="B2013" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2014" spans="1:2">
       <c r="A2014" t="s">
         <v>2016</v>
       </c>
+      <c r="B2014" t="s">
+        <v>4682</v>
+      </c>
     </row>
     <row r="2015" spans="1:2">
       <c r="A2015" t="s">
         <v>2017</v>
       </c>
+      <c r="B2015" t="s">
+        <v>4683</v>
+      </c>
     </row>
     <row r="2016" spans="1:2">
       <c r="A2016" t="s">
         <v>2018</v>
       </c>
+      <c r="B2016" t="s">
+        <v>4684</v>
+      </c>
     </row>
     <row r="2017" spans="1:2">
       <c r="A2017" t="s">
         <v>2019</v>
       </c>
+      <c r="B2017" t="s">
+        <v>4685</v>
+      </c>
     </row>
     <row r="2018" spans="1:2">
       <c r="A2018" t="s">
         <v>2020</v>
       </c>
     </row>
     <row r="2019" spans="1:2">
       <c r="A2019" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="2020" spans="1:2">
       <c r="A2020" t="s">
         <v>2022</v>
       </c>
-      <c r="B2020" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2021" spans="1:2">
       <c r="A2021" t="s">
         <v>2023</v>
       </c>
       <c r="B2021" t="s">
-        <v>4685</v>
+        <v>4686</v>
       </c>
     </row>
     <row r="2022" spans="1:2">
       <c r="A2022" t="s">
         <v>2024</v>
       </c>
+      <c r="B2022" t="s">
+        <v>4687</v>
+      </c>
     </row>
     <row r="2023" spans="1:2">
       <c r="A2023" t="s">
         <v>2025</v>
       </c>
+      <c r="B2023" t="s">
+        <v>4688</v>
+      </c>
     </row>
     <row r="2024" spans="1:2">
       <c r="A2024" t="s">
         <v>2026</v>
       </c>
     </row>
     <row r="2025" spans="1:2">
       <c r="A2025" t="s">
         <v>2027</v>
       </c>
     </row>
     <row r="2026" spans="1:2">
       <c r="A2026" t="s">
         <v>2028</v>
       </c>
-      <c r="B2026" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2027" spans="1:2">
       <c r="A2027" t="s">
         <v>2029</v>
       </c>
     </row>
     <row r="2028" spans="1:2">
       <c r="A2028" t="s">
         <v>2030</v>
       </c>
-      <c r="B2028" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2029" spans="1:2">
       <c r="A2029" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="2030" spans="1:2">
       <c r="A2030" t="s">
         <v>2032</v>
       </c>
+      <c r="B2030" t="s">
+        <v>4689</v>
+      </c>
     </row>
     <row r="2031" spans="1:2">
       <c r="A2031" t="s">
         <v>2033</v>
       </c>
     </row>
     <row r="2032" spans="1:2">
       <c r="A2032" t="s">
         <v>2034</v>
       </c>
     </row>
     <row r="2033" spans="1:2">
       <c r="A2033" t="s">
         <v>2035</v>
       </c>
+      <c r="B2033" t="s">
+        <v>4690</v>
+      </c>
     </row>
     <row r="2034" spans="1:2">
       <c r="A2034" t="s">
         <v>2036</v>
       </c>
       <c r="B2034" t="s">
-        <v>4688</v>
+        <v>4691</v>
       </c>
     </row>
     <row r="2035" spans="1:2">
       <c r="A2035" t="s">
         <v>2037</v>
       </c>
       <c r="B2035" t="s">
-        <v>4689</v>
+        <v>4692</v>
       </c>
     </row>
     <row r="2036" spans="1:2">
       <c r="A2036" t="s">
         <v>2038</v>
       </c>
       <c r="B2036" t="s">
-        <v>4690</v>
+        <v>4693</v>
       </c>
     </row>
     <row r="2037" spans="1:2">
       <c r="A2037" t="s">
         <v>2039</v>
       </c>
     </row>
     <row r="2038" spans="1:2">
       <c r="A2038" t="s">
         <v>2040</v>
       </c>
       <c r="B2038" t="s">
-        <v>4691</v>
+        <v>4694</v>
       </c>
     </row>
     <row r="2039" spans="1:2">
       <c r="A2039" t="s">
         <v>2041</v>
       </c>
     </row>
     <row r="2040" spans="1:2">
       <c r="A2040" t="s">
         <v>2042</v>
       </c>
-      <c r="B2040" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2041" spans="1:2">
       <c r="A2041" t="s">
         <v>2043</v>
       </c>
-      <c r="B2041" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2042" spans="1:2">
       <c r="A2042" t="s">
         <v>2044</v>
       </c>
+      <c r="B2042" t="s">
+        <v>4695</v>
+      </c>
     </row>
     <row r="2043" spans="1:2">
       <c r="A2043" t="s">
         <v>2045</v>
       </c>
+      <c r="B2043" t="s">
+        <v>4696</v>
+      </c>
     </row>
     <row r="2044" spans="1:2">
       <c r="A2044" t="s">
         <v>2046</v>
       </c>
     </row>
     <row r="2045" spans="1:2">
       <c r="A2045" t="s">
         <v>2047</v>
       </c>
     </row>
     <row r="2046" spans="1:2">
       <c r="A2046" t="s">
         <v>2048</v>
       </c>
     </row>
     <row r="2047" spans="1:2">
       <c r="A2047" t="s">
         <v>2049</v>
       </c>
+      <c r="B2047" t="s">
+        <v>4697</v>
+      </c>
     </row>
     <row r="2048" spans="1:2">
       <c r="A2048" t="s">
         <v>2050</v>
       </c>
       <c r="B2048" t="s">
-        <v>4694</v>
+        <v>4698</v>
       </c>
     </row>
     <row r="2049" spans="1:2">
       <c r="A2049" t="s">
         <v>2051</v>
       </c>
       <c r="B2049" t="s">
-        <v>4695</v>
+        <v>4699</v>
       </c>
     </row>
     <row r="2050" spans="1:2">
       <c r="A2050" t="s">
         <v>2052</v>
       </c>
-      <c r="B2050" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2051" spans="1:2">
       <c r="A2051" t="s">
         <v>2053</v>
       </c>
     </row>
     <row r="2052" spans="1:2">
       <c r="A2052" t="s">
         <v>2054</v>
       </c>
     </row>
     <row r="2053" spans="1:2">
       <c r="A2053" t="s">
         <v>2055</v>
       </c>
+      <c r="B2053" t="s">
+        <v>4700</v>
+      </c>
     </row>
     <row r="2054" spans="1:2">
       <c r="A2054" t="s">
         <v>2056</v>
       </c>
     </row>
     <row r="2055" spans="1:2">
       <c r="A2055" t="s">
         <v>2057</v>
       </c>
     </row>
     <row r="2056" spans="1:2">
       <c r="A2056" t="s">
         <v>2058</v>
       </c>
+      <c r="B2056" t="s">
+        <v>4701</v>
+      </c>
     </row>
     <row r="2057" spans="1:2">
       <c r="A2057" t="s">
         <v>2059</v>
       </c>
     </row>
     <row r="2058" spans="1:2">
       <c r="A2058" t="s">
         <v>2060</v>
       </c>
     </row>
     <row r="2059" spans="1:2">
       <c r="A2059" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="2060" spans="1:2">
       <c r="A2060" t="s">
         <v>2062</v>
       </c>
-      <c r="B2060" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2061" spans="1:2">
       <c r="A2061" t="s">
         <v>2063</v>
       </c>
     </row>
     <row r="2062" spans="1:2">
       <c r="A2062" t="s">
         <v>2064</v>
       </c>
     </row>
     <row r="2063" spans="1:2">
       <c r="A2063" t="s">
         <v>2065</v>
       </c>
     </row>
     <row r="2064" spans="1:2">
       <c r="A2064" t="s">
         <v>2066</v>
       </c>
     </row>
     <row r="2065" spans="1:2">
       <c r="A2065" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="2066" spans="1:2">
       <c r="A2066" t="s">
         <v>2068</v>
       </c>
     </row>
     <row r="2067" spans="1:2">
       <c r="A2067" t="s">
         <v>2069</v>
       </c>
     </row>
     <row r="2068" spans="1:2">
       <c r="A2068" t="s">
         <v>2070</v>
       </c>
-      <c r="B2068" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2069" spans="1:2">
       <c r="A2069" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="2070" spans="1:2">
       <c r="A2070" t="s">
         <v>2072</v>
       </c>
     </row>
     <row r="2071" spans="1:2">
       <c r="A2071" t="s">
         <v>2073</v>
       </c>
+      <c r="B2071" t="s">
+        <v>4702</v>
+      </c>
     </row>
     <row r="2072" spans="1:2">
       <c r="A2072" t="s">
         <v>2074</v>
       </c>
+      <c r="B2072" t="s">
+        <v>4703</v>
+      </c>
     </row>
     <row r="2073" spans="1:2">
       <c r="A2073" t="s">
         <v>2075</v>
       </c>
+      <c r="B2073" t="s">
+        <v>4704</v>
+      </c>
     </row>
     <row r="2074" spans="1:2">
       <c r="A2074" t="s">
         <v>2076</v>
       </c>
+      <c r="B2074" t="s">
+        <v>4705</v>
+      </c>
     </row>
     <row r="2075" spans="1:2">
       <c r="A2075" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="2076" spans="1:2">
       <c r="A2076" t="s">
         <v>2078</v>
       </c>
-      <c r="B2076" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2077" spans="1:2">
       <c r="A2077" t="s">
         <v>2079</v>
       </c>
     </row>
     <row r="2078" spans="1:2">
       <c r="A2078" t="s">
         <v>2080</v>
       </c>
     </row>
     <row r="2079" spans="1:2">
       <c r="A2079" t="s">
         <v>2081</v>
       </c>
-      <c r="B2079" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2080" spans="1:2">
       <c r="A2080" t="s">
         <v>2082</v>
       </c>
-      <c r="B2080" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2081" spans="1:2">
       <c r="A2081" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="2082" spans="1:2">
       <c r="A2082" t="s">
         <v>2084</v>
       </c>
-      <c r="B2082" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2083" spans="1:2">
       <c r="A2083" t="s">
         <v>2085</v>
       </c>
     </row>
     <row r="2084" spans="1:2">
       <c r="A2084" t="s">
         <v>2086</v>
       </c>
     </row>
     <row r="2085" spans="1:2">
       <c r="A2085" t="s">
         <v>2087</v>
       </c>
       <c r="B2085" t="s">
-        <v>4703</v>
+        <v>4706</v>
       </c>
     </row>
     <row r="2086" spans="1:2">
       <c r="A2086" t="s">
         <v>2088</v>
       </c>
     </row>
     <row r="2087" spans="1:2">
       <c r="A2087" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="2088" spans="1:2">
       <c r="A2088" t="s">
         <v>2090</v>
       </c>
     </row>
     <row r="2089" spans="1:2">
       <c r="A2089" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="2090" spans="1:2">
       <c r="A2090" t="s">
         <v>2092</v>
       </c>
-      <c r="B2090" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2091" spans="1:2">
       <c r="A2091" t="s">
         <v>2093</v>
       </c>
-      <c r="B2091" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2092" spans="1:2">
       <c r="A2092" t="s">
         <v>2094</v>
       </c>
+      <c r="B2092" t="s">
+        <v>4707</v>
+      </c>
     </row>
     <row r="2093" spans="1:2">
       <c r="A2093" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="2094" spans="1:2">
       <c r="A2094" t="s">
         <v>2096</v>
       </c>
     </row>
     <row r="2095" spans="1:2">
       <c r="A2095" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="2096" spans="1:2">
       <c r="A2096" t="s">
         <v>2098</v>
       </c>
-      <c r="B2096" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2097" spans="1:2">
       <c r="A2097" t="s">
         <v>2099</v>
       </c>
     </row>
     <row r="2098" spans="1:2">
       <c r="A2098" t="s">
         <v>2100</v>
       </c>
     </row>
     <row r="2099" spans="1:2">
       <c r="A2099" t="s">
         <v>2101</v>
       </c>
     </row>
     <row r="2100" spans="1:2">
       <c r="A2100" t="s">
         <v>2102</v>
       </c>
       <c r="B2100" t="s">
-        <v>4707</v>
+        <v>4708</v>
       </c>
     </row>
     <row r="2101" spans="1:2">
       <c r="A2101" t="s">
         <v>2103</v>
       </c>
     </row>
     <row r="2102" spans="1:2">
       <c r="A2102" t="s">
         <v>2104</v>
       </c>
-      <c r="B2102" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2103" spans="1:2">
       <c r="A2103" t="s">
         <v>2105</v>
       </c>
+      <c r="B2103" t="s">
+        <v>4709</v>
+      </c>
     </row>
     <row r="2104" spans="1:2">
       <c r="A2104" t="s">
         <v>2106</v>
       </c>
+      <c r="B2104" t="s">
+        <v>4710</v>
+      </c>
     </row>
     <row r="2105" spans="1:2">
       <c r="A2105" t="s">
         <v>2107</v>
       </c>
     </row>
     <row r="2106" spans="1:2">
       <c r="A2106" t="s">
         <v>2108</v>
       </c>
     </row>
     <row r="2107" spans="1:2">
       <c r="A2107" t="s">
         <v>2109</v>
       </c>
+      <c r="B2107" t="s">
+        <v>4711</v>
+      </c>
     </row>
     <row r="2108" spans="1:2">
       <c r="A2108" t="s">
         <v>2110</v>
       </c>
-      <c r="B2108" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2109" spans="1:2">
       <c r="A2109" t="s">
         <v>2111</v>
       </c>
-      <c r="B2109" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2110" spans="1:2">
       <c r="A2110" t="s">
         <v>2112</v>
       </c>
-      <c r="B2110" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2111" spans="1:2">
       <c r="A2111" t="s">
         <v>2113</v>
       </c>
+      <c r="B2111" t="s">
+        <v>4712</v>
+      </c>
     </row>
     <row r="2112" spans="1:2">
       <c r="A2112" t="s">
         <v>2114</v>
       </c>
+      <c r="B2112" t="s">
+        <v>4713</v>
+      </c>
     </row>
     <row r="2113" spans="1:2">
       <c r="A2113" t="s">
         <v>2115</v>
       </c>
       <c r="B2113" t="s">
-        <v>4712</v>
+        <v>4714</v>
       </c>
     </row>
     <row r="2114" spans="1:2">
       <c r="A2114" t="s">
         <v>2116</v>
       </c>
       <c r="B2114" t="s">
-        <v>4713</v>
+        <v>4715</v>
       </c>
     </row>
     <row r="2115" spans="1:2">
       <c r="A2115" t="s">
         <v>2117</v>
       </c>
-      <c r="B2115" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2116" spans="1:2">
       <c r="A2116" t="s">
         <v>2118</v>
       </c>
     </row>
     <row r="2117" spans="1:2">
       <c r="A2117" t="s">
         <v>2119</v>
       </c>
+      <c r="B2117" t="s">
+        <v>4716</v>
+      </c>
     </row>
     <row r="2118" spans="1:2">
       <c r="A2118" t="s">
         <v>2120</v>
       </c>
+      <c r="B2118" t="s">
+        <v>4717</v>
+      </c>
     </row>
     <row r="2119" spans="1:2">
       <c r="A2119" t="s">
         <v>2121</v>
       </c>
-      <c r="B2119" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2120" spans="1:2">
       <c r="A2120" t="s">
         <v>2122</v>
       </c>
+      <c r="B2120" t="s">
+        <v>4718</v>
+      </c>
     </row>
     <row r="2121" spans="1:2">
       <c r="A2121" t="s">
         <v>2123</v>
       </c>
-      <c r="B2121" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2122" spans="1:2">
       <c r="A2122" t="s">
         <v>2124</v>
       </c>
-      <c r="B2122" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2123" spans="1:2">
       <c r="A2123" t="s">
         <v>2125</v>
       </c>
-      <c r="B2123" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2124" spans="1:2">
       <c r="A2124" t="s">
         <v>2126</v>
       </c>
       <c r="B2124" t="s">
         <v>4719</v>
       </c>
     </row>
     <row r="2125" spans="1:2">
       <c r="A2125" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="2126" spans="1:2">
       <c r="A2126" t="s">
         <v>2128</v>
       </c>
+      <c r="B2126" t="s">
+        <v>4720</v>
+      </c>
     </row>
     <row r="2127" spans="1:2">
       <c r="A2127" t="s">
         <v>2129</v>
       </c>
     </row>
     <row r="2128" spans="1:2">
       <c r="A2128" t="s">
         <v>2130</v>
       </c>
       <c r="B2128" t="s">
-        <v>4720</v>
+        <v>4721</v>
       </c>
     </row>
     <row r="2129" spans="1:2">
       <c r="A2129" t="s">
         <v>2131</v>
       </c>
-      <c r="B2129" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2130" spans="1:2">
       <c r="A2130" t="s">
         <v>2132</v>
       </c>
+      <c r="B2130" t="s">
+        <v>4722</v>
+      </c>
     </row>
     <row r="2131" spans="1:2">
       <c r="A2131" t="s">
         <v>2133</v>
       </c>
       <c r="B2131" t="s">
-        <v>4722</v>
+        <v>4723</v>
       </c>
     </row>
     <row r="2132" spans="1:2">
       <c r="A2132" t="s">
         <v>2134</v>
       </c>
+      <c r="B2132" t="s">
+        <v>4724</v>
+      </c>
     </row>
     <row r="2133" spans="1:2">
       <c r="A2133" t="s">
         <v>2135</v>
       </c>
-      <c r="B2133" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2134" spans="1:2">
       <c r="A2134" t="s">
         <v>2136</v>
       </c>
-      <c r="B2134" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2135" spans="1:2">
       <c r="A2135" t="s">
         <v>2137</v>
       </c>
+      <c r="B2135" t="s">
+        <v>4725</v>
+      </c>
     </row>
     <row r="2136" spans="1:2">
       <c r="A2136" t="s">
         <v>2138</v>
       </c>
       <c r="B2136" t="s">
-        <v>4725</v>
+        <v>4726</v>
       </c>
     </row>
     <row r="2137" spans="1:2">
       <c r="A2137" t="s">
         <v>2139</v>
       </c>
+      <c r="B2137" t="s">
+        <v>4727</v>
+      </c>
     </row>
     <row r="2138" spans="1:2">
       <c r="A2138" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="2139" spans="1:2">
       <c r="A2139" t="s">
         <v>2141</v>
       </c>
     </row>
     <row r="2140" spans="1:2">
       <c r="A2140" t="s">
         <v>2142</v>
       </c>
       <c r="B2140" t="s">
-        <v>4726</v>
+        <v>4728</v>
       </c>
     </row>
     <row r="2141" spans="1:2">
       <c r="A2141" t="s">
         <v>2143</v>
       </c>
       <c r="B2141" t="s">
-        <v>4727</v>
+        <v>4729</v>
       </c>
     </row>
     <row r="2142" spans="1:2">
       <c r="A2142" t="s">
         <v>2144</v>
       </c>
       <c r="B2142" t="s">
-        <v>4728</v>
+        <v>4730</v>
       </c>
     </row>
     <row r="2143" spans="1:2">
       <c r="A2143" t="s">
         <v>2145</v>
       </c>
     </row>
     <row r="2144" spans="1:2">
       <c r="A2144" t="s">
         <v>2146</v>
       </c>
     </row>
     <row r="2145" spans="1:2">
       <c r="A2145" t="s">
         <v>2147</v>
       </c>
-      <c r="B2145" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2146" spans="1:2">
       <c r="A2146" t="s">
         <v>2148</v>
       </c>
     </row>
     <row r="2147" spans="1:2">
       <c r="A2147" t="s">
         <v>2149</v>
       </c>
     </row>
     <row r="2148" spans="1:2">
       <c r="A2148" t="s">
         <v>2150</v>
       </c>
       <c r="B2148" t="s">
-        <v>4730</v>
+        <v>4731</v>
       </c>
     </row>
     <row r="2149" spans="1:2">
       <c r="A2149" t="s">
         <v>2151</v>
       </c>
-      <c r="B2149" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2150" spans="1:2">
       <c r="A2150" t="s">
         <v>2152</v>
       </c>
       <c r="B2150" t="s">
         <v>4732</v>
       </c>
     </row>
     <row r="2151" spans="1:2">
       <c r="A2151" t="s">
         <v>2153</v>
       </c>
+      <c r="B2151" t="s">
+        <v>4733</v>
+      </c>
     </row>
     <row r="2152" spans="1:2">
       <c r="A2152" t="s">
         <v>2154</v>
       </c>
     </row>
     <row r="2153" spans="1:2">
       <c r="A2153" t="s">
         <v>2155</v>
       </c>
       <c r="B2153" t="s">
-        <v>4733</v>
+        <v>4734</v>
       </c>
     </row>
     <row r="2154" spans="1:2">
       <c r="A2154" t="s">
         <v>2156</v>
       </c>
-      <c r="B2154" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2155" spans="1:2">
       <c r="A2155" t="s">
         <v>2157</v>
       </c>
     </row>
     <row r="2156" spans="1:2">
       <c r="A2156" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="2157" spans="1:2">
       <c r="A2157" t="s">
         <v>2159</v>
       </c>
       <c r="B2157" t="s">
         <v>4735</v>
       </c>
     </row>
     <row r="2158" spans="1:2">
       <c r="A2158" t="s">
         <v>2160</v>
       </c>
       <c r="B2158" t="s">
         <v>4736</v>
       </c>
     </row>
     <row r="2159" spans="1:2">
       <c r="A2159" t="s">
         <v>2161</v>
       </c>
+      <c r="B2159" t="s">
+        <v>4737</v>
+      </c>
     </row>
     <row r="2160" spans="1:2">
       <c r="A2160" t="s">
         <v>2162</v>
       </c>
     </row>
     <row r="2161" spans="1:2">
       <c r="A2161" t="s">
         <v>2163</v>
       </c>
       <c r="B2161" t="s">
-        <v>4737</v>
+        <v>4738</v>
       </c>
     </row>
     <row r="2162" spans="1:2">
       <c r="A2162" t="s">
         <v>2164</v>
       </c>
-      <c r="B2162" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2163" spans="1:2">
       <c r="A2163" t="s">
         <v>2165</v>
       </c>
-      <c r="B2163" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2164" spans="1:2">
       <c r="A2164" t="s">
         <v>2166</v>
       </c>
     </row>
     <row r="2165" spans="1:2">
       <c r="A2165" t="s">
         <v>2167</v>
       </c>
+      <c r="B2165" t="s">
+        <v>4739</v>
+      </c>
     </row>
     <row r="2166" spans="1:2">
       <c r="A2166" t="s">
         <v>2168</v>
       </c>
+      <c r="B2166" t="s">
+        <v>4740</v>
+      </c>
     </row>
     <row r="2167" spans="1:2">
       <c r="A2167" t="s">
         <v>2169</v>
       </c>
+      <c r="B2167" t="s">
+        <v>4741</v>
+      </c>
     </row>
     <row r="2168" spans="1:2">
       <c r="A2168" t="s">
         <v>2170</v>
       </c>
     </row>
     <row r="2169" spans="1:2">
       <c r="A2169" t="s">
         <v>2171</v>
       </c>
     </row>
     <row r="2170" spans="1:2">
       <c r="A2170" t="s">
         <v>2172</v>
       </c>
+      <c r="B2170" t="s">
+        <v>4742</v>
+      </c>
     </row>
     <row r="2171" spans="1:2">
       <c r="A2171" t="s">
         <v>2173</v>
       </c>
     </row>
     <row r="2172" spans="1:2">
       <c r="A2172" t="s">
         <v>2174</v>
       </c>
     </row>
     <row r="2173" spans="1:2">
       <c r="A2173" t="s">
         <v>2175</v>
       </c>
-      <c r="B2173" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2174" spans="1:2">
       <c r="A2174" t="s">
         <v>2176</v>
       </c>
-      <c r="B2174" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2175" spans="1:2">
       <c r="A2175" t="s">
         <v>2177</v>
       </c>
     </row>
     <row r="2176" spans="1:2">
       <c r="A2176" t="s">
         <v>2178</v>
       </c>
-      <c r="B2176" t="s">
-[...3 lines deleted...]
-    <row r="2177" spans="1:4">
+    </row>
+    <row r="2177" spans="1:2">
       <c r="A2177" t="s">
         <v>2179</v>
       </c>
       <c r="B2177" t="s">
         <v>4743</v>
       </c>
     </row>
-    <row r="2178" spans="1:4">
+    <row r="2178" spans="1:2">
       <c r="A2178" t="s">
         <v>2180</v>
       </c>
-    </row>
-    <row r="2179" spans="1:4">
+      <c r="B2178" t="s">
+        <v>4744</v>
+      </c>
+    </row>
+    <row r="2179" spans="1:2">
       <c r="A2179" t="s">
         <v>2181</v>
       </c>
-    </row>
-    <row r="2180" spans="1:4">
+      <c r="B2179" t="s">
+        <v>4745</v>
+      </c>
+    </row>
+    <row r="2180" spans="1:2">
       <c r="A2180" t="s">
         <v>2182</v>
       </c>
     </row>
-    <row r="2181" spans="1:4">
+    <row r="2181" spans="1:2">
       <c r="A2181" t="s">
         <v>2183</v>
       </c>
     </row>
-    <row r="2182" spans="1:4">
+    <row r="2182" spans="1:2">
       <c r="A2182" t="s">
         <v>2184</v>
       </c>
     </row>
-    <row r="2183" spans="1:4">
+    <row r="2183" spans="1:2">
       <c r="A2183" t="s">
         <v>2185</v>
       </c>
     </row>
-    <row r="2184" spans="1:4">
+    <row r="2184" spans="1:2">
       <c r="A2184" t="s">
         <v>2186</v>
       </c>
     </row>
-    <row r="2185" spans="1:4">
+    <row r="2185" spans="1:2">
       <c r="A2185" t="s">
         <v>2187</v>
       </c>
-      <c r="B2185" t="s">
-[...3 lines deleted...]
-    <row r="2186" spans="1:4">
+    </row>
+    <row r="2186" spans="1:2">
       <c r="A2186" t="s">
         <v>2188</v>
       </c>
-      <c r="B2186" t="s">
-[...3 lines deleted...]
-    <row r="2187" spans="1:4">
+    </row>
+    <row r="2187" spans="1:2">
       <c r="A2187" t="s">
         <v>2189</v>
       </c>
-    </row>
-    <row r="2188" spans="1:4">
+      <c r="B2187" t="s">
+        <v>4746</v>
+      </c>
+    </row>
+    <row r="2188" spans="1:2">
       <c r="A2188" t="s">
         <v>2190</v>
       </c>
-      <c r="B2188" t="s">
-[...9 lines deleted...]
-    <row r="2189" spans="1:4">
+    </row>
+    <row r="2189" spans="1:2">
       <c r="A2189" t="s">
         <v>2191</v>
       </c>
     </row>
-    <row r="2190" spans="1:4">
+    <row r="2190" spans="1:2">
       <c r="A2190" t="s">
         <v>2192</v>
       </c>
     </row>
-    <row r="2191" spans="1:4">
+    <row r="2191" spans="1:2">
       <c r="A2191" t="s">
         <v>2193</v>
       </c>
     </row>
-    <row r="2192" spans="1:4">
+    <row r="2192" spans="1:2">
       <c r="A2192" t="s">
         <v>2194</v>
       </c>
-    </row>
-    <row r="2193" spans="1:2">
+      <c r="B2192" t="s">
+        <v>4747</v>
+      </c>
+    </row>
+    <row r="2193" spans="1:4">
       <c r="A2193" t="s">
         <v>2195</v>
       </c>
     </row>
-    <row r="2194" spans="1:2">
+    <row r="2194" spans="1:4">
       <c r="A2194" t="s">
         <v>2196</v>
       </c>
     </row>
-    <row r="2195" spans="1:2">
+    <row r="2195" spans="1:4">
       <c r="A2195" t="s">
         <v>2197</v>
       </c>
-      <c r="B2195" t="s">
-[...3 lines deleted...]
-    <row r="2196" spans="1:2">
+    </row>
+    <row r="2196" spans="1:4">
       <c r="A2196" t="s">
         <v>2198</v>
       </c>
-      <c r="B2196" t="s">
-[...3 lines deleted...]
-    <row r="2197" spans="1:2">
+    </row>
+    <row r="2197" spans="1:4">
       <c r="A2197" t="s">
         <v>2199</v>
       </c>
-      <c r="B2197" t="s">
-[...3 lines deleted...]
-    <row r="2198" spans="1:2">
+    </row>
+    <row r="2198" spans="1:4">
       <c r="A2198" t="s">
         <v>2200</v>
       </c>
     </row>
-    <row r="2199" spans="1:2">
+    <row r="2199" spans="1:4">
       <c r="A2199" t="s">
         <v>2201</v>
       </c>
     </row>
-    <row r="2200" spans="1:2">
+    <row r="2200" spans="1:4">
       <c r="A2200" t="s">
         <v>2202</v>
       </c>
-    </row>
-    <row r="2201" spans="1:2">
+      <c r="B2200" t="s">
+        <v>4748</v>
+      </c>
+    </row>
+    <row r="2201" spans="1:4">
       <c r="A2201" t="s">
         <v>2203</v>
       </c>
     </row>
-    <row r="2202" spans="1:2">
+    <row r="2202" spans="1:4">
       <c r="A2202" t="s">
         <v>2204</v>
       </c>
-    </row>
-    <row r="2203" spans="1:2">
+      <c r="B2202" t="s">
+        <v>4749</v>
+      </c>
+    </row>
+    <row r="2203" spans="1:4">
       <c r="A2203" t="s">
         <v>2205</v>
       </c>
     </row>
-    <row r="2204" spans="1:2">
+    <row r="2204" spans="1:4">
       <c r="A2204" t="s">
         <v>2206</v>
       </c>
       <c r="B2204" t="s">
         <v>4750</v>
       </c>
     </row>
-    <row r="2205" spans="1:2">
+    <row r="2205" spans="1:4">
       <c r="A2205" t="s">
         <v>2207</v>
       </c>
     </row>
-    <row r="2206" spans="1:2">
+    <row r="2206" spans="1:4">
       <c r="A2206" t="s">
         <v>2208</v>
       </c>
     </row>
-    <row r="2207" spans="1:2">
+    <row r="2207" spans="1:4">
       <c r="A2207" t="s">
         <v>2209</v>
       </c>
       <c r="B2207" t="s">
         <v>4751</v>
       </c>
-    </row>
-    <row r="2208" spans="1:2">
+      <c r="C2207" t="s">
+        <v>5258</v>
+      </c>
+      <c r="D2207" t="s">
+        <v>5265</v>
+      </c>
+    </row>
+    <row r="2208" spans="1:4">
       <c r="A2208" t="s">
         <v>2210</v>
       </c>
     </row>
     <row r="2209" spans="1:2">
       <c r="A2209" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="2210" spans="1:2">
       <c r="A2210" t="s">
         <v>2212</v>
       </c>
       <c r="B2210" t="s">
         <v>4752</v>
       </c>
     </row>
     <row r="2211" spans="1:2">
       <c r="A2211" t="s">
         <v>2213</v>
       </c>
     </row>
     <row r="2212" spans="1:2">
       <c r="A2212" t="s">
         <v>2214</v>
       </c>
-      <c r="B2212" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2213" spans="1:2">
       <c r="A2213" t="s">
         <v>2215</v>
       </c>
       <c r="B2213" t="s">
-        <v>4754</v>
+        <v>4753</v>
       </c>
     </row>
     <row r="2214" spans="1:2">
       <c r="A2214" t="s">
         <v>2216</v>
       </c>
     </row>
     <row r="2215" spans="1:2">
       <c r="A2215" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="2216" spans="1:2">
       <c r="A2216" t="s">
         <v>2218</v>
       </c>
     </row>
     <row r="2217" spans="1:2">
       <c r="A2217" t="s">
         <v>2219</v>
       </c>
+      <c r="B2217" t="s">
+        <v>4754</v>
+      </c>
     </row>
     <row r="2218" spans="1:2">
       <c r="A2218" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="2219" spans="1:2">
       <c r="A2219" t="s">
         <v>2221</v>
       </c>
     </row>
     <row r="2220" spans="1:2">
       <c r="A2220" t="s">
         <v>2222</v>
       </c>
     </row>
     <row r="2221" spans="1:2">
       <c r="A2221" t="s">
         <v>2223</v>
       </c>
+      <c r="B2221" t="s">
+        <v>4755</v>
+      </c>
     </row>
     <row r="2222" spans="1:2">
       <c r="A2222" t="s">
         <v>2224</v>
       </c>
     </row>
     <row r="2223" spans="1:2">
       <c r="A2223" t="s">
         <v>2225</v>
       </c>
     </row>
     <row r="2224" spans="1:2">
       <c r="A2224" t="s">
         <v>2226</v>
       </c>
     </row>
     <row r="2225" spans="1:2">
       <c r="A2225" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="2226" spans="1:2">
       <c r="A2226" t="s">
         <v>2228</v>
       </c>
-      <c r="B2226" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2227" spans="1:2">
       <c r="A2227" t="s">
         <v>2229</v>
       </c>
-      <c r="B2227" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2228" spans="1:2">
       <c r="A2228" t="s">
         <v>2230</v>
       </c>
     </row>
     <row r="2229" spans="1:2">
       <c r="A2229" t="s">
         <v>2231</v>
       </c>
     </row>
     <row r="2230" spans="1:2">
       <c r="A2230" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="2231" spans="1:2">
       <c r="A2231" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="2232" spans="1:2">
       <c r="A2232" t="s">
         <v>2234</v>
       </c>
     </row>
     <row r="2233" spans="1:2">
       <c r="A2233" t="s">
         <v>2235</v>
       </c>
+      <c r="B2233" t="s">
+        <v>4756</v>
+      </c>
     </row>
     <row r="2234" spans="1:2">
       <c r="A2234" t="s">
         <v>2236</v>
       </c>
     </row>
     <row r="2235" spans="1:2">
       <c r="A2235" t="s">
         <v>2237</v>
       </c>
+      <c r="B2235" t="s">
+        <v>4757</v>
+      </c>
     </row>
     <row r="2236" spans="1:2">
       <c r="A2236" t="s">
         <v>2238</v>
       </c>
     </row>
     <row r="2237" spans="1:2">
       <c r="A2237" t="s">
         <v>2239</v>
       </c>
     </row>
     <row r="2238" spans="1:2">
       <c r="A2238" t="s">
         <v>2240</v>
       </c>
     </row>
     <row r="2239" spans="1:2">
       <c r="A2239" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="2240" spans="1:2">
       <c r="A2240" t="s">
         <v>2242</v>
       </c>
     </row>
     <row r="2241" spans="1:2">
       <c r="A2241" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="2242" spans="1:2">
       <c r="A2242" t="s">
         <v>2244</v>
       </c>
-      <c r="B2242" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2243" spans="1:2">
       <c r="A2243" t="s">
         <v>2245</v>
       </c>
     </row>
     <row r="2244" spans="1:2">
       <c r="A2244" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="2245" spans="1:2">
       <c r="A2245" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="2246" spans="1:2">
       <c r="A2246" t="s">
         <v>2248</v>
       </c>
       <c r="B2246" t="s">
         <v>4758</v>
       </c>
     </row>
     <row r="2247" spans="1:2">
@@ -29572,50 +29572,53 @@
     </row>
     <row r="2249" spans="1:2">
       <c r="A2249" t="s">
         <v>2251</v>
       </c>
     </row>
     <row r="2250" spans="1:2">
       <c r="A2250" t="s">
         <v>2252</v>
       </c>
     </row>
     <row r="2251" spans="1:2">
       <c r="A2251" t="s">
         <v>2253</v>
       </c>
     </row>
     <row r="2252" spans="1:2">
       <c r="A2252" t="s">
         <v>2254</v>
       </c>
     </row>
     <row r="2253" spans="1:2">
       <c r="A2253" t="s">
         <v>2255</v>
       </c>
+      <c r="B2253" t="s">
+        <v>4759</v>
+      </c>
     </row>
     <row r="2254" spans="1:2">
       <c r="A2254" t="s">
         <v>2256</v>
       </c>
     </row>
     <row r="2255" spans="1:2">
       <c r="A2255" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="2256" spans="1:2">
       <c r="A2256" t="s">
         <v>2258</v>
       </c>
     </row>
     <row r="2257" spans="1:2">
       <c r="A2257" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="2258" spans="1:2">
       <c r="A2258" t="s">
         <v>2260</v>
       </c>
@@ -29627,685 +29630,682 @@
     </row>
     <row r="2260" spans="1:2">
       <c r="A2260" t="s">
         <v>2262</v>
       </c>
     </row>
     <row r="2261" spans="1:2">
       <c r="A2261" t="s">
         <v>2263</v>
       </c>
     </row>
     <row r="2262" spans="1:2">
       <c r="A2262" t="s">
         <v>2264</v>
       </c>
     </row>
     <row r="2263" spans="1:2">
       <c r="A2263" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="2264" spans="1:2">
       <c r="A2264" t="s">
         <v>2266</v>
       </c>
-      <c r="B2264" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2265" spans="1:2">
       <c r="A2265" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="2266" spans="1:2">
       <c r="A2266" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="2267" spans="1:2">
       <c r="A2267" t="s">
         <v>2269</v>
       </c>
     </row>
     <row r="2268" spans="1:2">
       <c r="A2268" t="s">
         <v>2270</v>
       </c>
     </row>
     <row r="2269" spans="1:2">
       <c r="A2269" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="2270" spans="1:2">
       <c r="A2270" t="s">
         <v>2272</v>
       </c>
     </row>
     <row r="2271" spans="1:2">
       <c r="A2271" t="s">
         <v>2273</v>
       </c>
+      <c r="B2271" t="s">
+        <v>4760</v>
+      </c>
     </row>
     <row r="2272" spans="1:2">
       <c r="A2272" t="s">
         <v>2274</v>
       </c>
+      <c r="B2272" t="s">
+        <v>4761</v>
+      </c>
     </row>
     <row r="2273" spans="1:2">
       <c r="A2273" t="s">
         <v>2275</v>
       </c>
+      <c r="B2273" t="s">
+        <v>4762</v>
+      </c>
     </row>
     <row r="2274" spans="1:2">
       <c r="A2274" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="2275" spans="1:2">
       <c r="A2275" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="2276" spans="1:2">
       <c r="A2276" t="s">
         <v>2278</v>
       </c>
     </row>
     <row r="2277" spans="1:2">
       <c r="A2277" t="s">
         <v>2279</v>
       </c>
     </row>
     <row r="2278" spans="1:2">
       <c r="A2278" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="2279" spans="1:2">
       <c r="A2279" t="s">
         <v>2281</v>
       </c>
       <c r="B2279" t="s">
-        <v>4760</v>
+        <v>4763</v>
       </c>
     </row>
     <row r="2280" spans="1:2">
       <c r="A2280" t="s">
         <v>2282</v>
       </c>
+      <c r="B2280" t="s">
+        <v>4764</v>
+      </c>
     </row>
     <row r="2281" spans="1:2">
       <c r="A2281" t="s">
         <v>2283</v>
       </c>
     </row>
     <row r="2282" spans="1:2">
       <c r="A2282" t="s">
         <v>2284</v>
       </c>
-      <c r="B2282" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2283" spans="1:2">
       <c r="A2283" t="s">
         <v>2285</v>
       </c>
-      <c r="B2283" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2284" spans="1:2">
       <c r="A2284" t="s">
         <v>2286</v>
       </c>
-      <c r="B2284" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2285" spans="1:2">
       <c r="A2285" t="s">
         <v>2287</v>
       </c>
     </row>
     <row r="2286" spans="1:2">
       <c r="A2286" t="s">
         <v>2288</v>
       </c>
     </row>
     <row r="2287" spans="1:2">
       <c r="A2287" t="s">
         <v>2289</v>
       </c>
     </row>
     <row r="2288" spans="1:2">
       <c r="A2288" t="s">
         <v>2290</v>
       </c>
     </row>
-    <row r="2289" spans="1:4">
+    <row r="2289" spans="1:2">
       <c r="A2289" t="s">
         <v>2291</v>
       </c>
     </row>
-    <row r="2290" spans="1:4">
+    <row r="2290" spans="1:2">
       <c r="A2290" t="s">
         <v>2292</v>
       </c>
-    </row>
-    <row r="2291" spans="1:4">
+      <c r="B2290" t="s">
+        <v>4765</v>
+      </c>
+    </row>
+    <row r="2291" spans="1:2">
       <c r="A2291" t="s">
         <v>2293</v>
       </c>
-    </row>
-    <row r="2292" spans="1:4">
+      <c r="B2291" t="s">
+        <v>4766</v>
+      </c>
+    </row>
+    <row r="2292" spans="1:2">
       <c r="A2292" t="s">
         <v>2294</v>
       </c>
     </row>
-    <row r="2293" spans="1:4">
+    <row r="2293" spans="1:2">
       <c r="A2293" t="s">
         <v>2295</v>
       </c>
     </row>
-    <row r="2294" spans="1:4">
+    <row r="2294" spans="1:2">
       <c r="A2294" t="s">
         <v>2296</v>
       </c>
-      <c r="B2294" t="s">
-[...3 lines deleted...]
-    <row r="2295" spans="1:4">
+    </row>
+    <row r="2295" spans="1:2">
       <c r="A2295" t="s">
         <v>2297</v>
       </c>
-      <c r="B2295" t="s">
-[...3 lines deleted...]
-    <row r="2296" spans="1:4">
+    </row>
+    <row r="2296" spans="1:2">
       <c r="A2296" t="s">
         <v>2298</v>
       </c>
     </row>
-    <row r="2297" spans="1:4">
+    <row r="2297" spans="1:2">
       <c r="A2297" t="s">
         <v>2299</v>
       </c>
-      <c r="B2297" t="s">
-[...3 lines deleted...]
-    <row r="2298" spans="1:4">
+    </row>
+    <row r="2298" spans="1:2">
       <c r="A2298" t="s">
         <v>2300</v>
       </c>
     </row>
-    <row r="2299" spans="1:4">
+    <row r="2299" spans="1:2">
       <c r="A2299" t="s">
         <v>2301</v>
       </c>
     </row>
-    <row r="2300" spans="1:4">
+    <row r="2300" spans="1:2">
       <c r="A2300" t="s">
         <v>2302</v>
       </c>
       <c r="B2300" t="s">
         <v>4767</v>
       </c>
-      <c r="C2300" t="s">
-[...6 lines deleted...]
-    <row r="2301" spans="1:4">
+    </row>
+    <row r="2301" spans="1:2">
       <c r="A2301" t="s">
         <v>2303</v>
       </c>
       <c r="B2301" t="s">
         <v>4768</v>
       </c>
     </row>
-    <row r="2302" spans="1:4">
+    <row r="2302" spans="1:2">
       <c r="A2302" t="s">
         <v>2304</v>
       </c>
-      <c r="B2302" t="s">
-[...3 lines deleted...]
-    <row r="2303" spans="1:4">
+    </row>
+    <row r="2303" spans="1:2">
       <c r="A2303" t="s">
         <v>2305</v>
       </c>
-      <c r="B2303" t="s">
-[...3 lines deleted...]
-    <row r="2304" spans="1:4">
+    </row>
+    <row r="2304" spans="1:2">
       <c r="A2304" t="s">
         <v>2306</v>
       </c>
     </row>
-    <row r="2305" spans="1:2">
+    <row r="2305" spans="1:4">
       <c r="A2305" t="s">
         <v>2307</v>
       </c>
     </row>
-    <row r="2306" spans="1:2">
+    <row r="2306" spans="1:4">
       <c r="A2306" t="s">
         <v>2308</v>
       </c>
     </row>
-    <row r="2307" spans="1:2">
+    <row r="2307" spans="1:4">
       <c r="A2307" t="s">
         <v>2309</v>
       </c>
     </row>
-    <row r="2308" spans="1:2">
+    <row r="2308" spans="1:4">
       <c r="A2308" t="s">
         <v>2310</v>
       </c>
       <c r="B2308" t="s">
-        <v>4771</v>
-[...2 lines deleted...]
-    <row r="2309" spans="1:2">
+        <v>4769</v>
+      </c>
+    </row>
+    <row r="2309" spans="1:4">
       <c r="A2309" t="s">
         <v>2311</v>
       </c>
-    </row>
-    <row r="2310" spans="1:2">
+      <c r="B2309" t="s">
+        <v>4770</v>
+      </c>
+    </row>
+    <row r="2310" spans="1:4">
       <c r="A2310" t="s">
         <v>2312</v>
       </c>
-    </row>
-    <row r="2311" spans="1:2">
+      <c r="B2310" t="s">
+        <v>4771</v>
+      </c>
+      <c r="C2310" t="s">
+        <v>5259</v>
+      </c>
+      <c r="D2310" t="s">
+        <v>5266</v>
+      </c>
+    </row>
+    <row r="2311" spans="1:4">
       <c r="A2311" t="s">
         <v>2313</v>
       </c>
     </row>
-    <row r="2312" spans="1:2">
+    <row r="2312" spans="1:4">
       <c r="A2312" t="s">
         <v>2314</v>
       </c>
     </row>
-    <row r="2313" spans="1:2">
+    <row r="2313" spans="1:4">
       <c r="A2313" t="s">
         <v>2315</v>
       </c>
     </row>
-    <row r="2314" spans="1:2">
+    <row r="2314" spans="1:4">
       <c r="A2314" t="s">
         <v>2316</v>
       </c>
-    </row>
-    <row r="2315" spans="1:2">
+      <c r="B2314" t="s">
+        <v>4772</v>
+      </c>
+    </row>
+    <row r="2315" spans="1:4">
       <c r="A2315" t="s">
         <v>2317</v>
       </c>
     </row>
-    <row r="2316" spans="1:2">
+    <row r="2316" spans="1:4">
       <c r="A2316" t="s">
         <v>2318</v>
       </c>
     </row>
-    <row r="2317" spans="1:2">
+    <row r="2317" spans="1:4">
       <c r="A2317" t="s">
         <v>2319</v>
       </c>
     </row>
-    <row r="2318" spans="1:2">
+    <row r="2318" spans="1:4">
       <c r="A2318" t="s">
         <v>2320</v>
       </c>
-      <c r="B2318" t="s">
-[...3 lines deleted...]
-    <row r="2319" spans="1:2">
+    </row>
+    <row r="2319" spans="1:4">
       <c r="A2319" t="s">
         <v>2321</v>
       </c>
-      <c r="B2319" t="s">
-[...3 lines deleted...]
-    <row r="2320" spans="1:2">
+    </row>
+    <row r="2320" spans="1:4">
       <c r="A2320" t="s">
         <v>2322</v>
-      </c>
-[...1 lines deleted...]
-        <v>4774</v>
       </c>
     </row>
     <row r="2321" spans="1:2">
       <c r="A2321" t="s">
         <v>2323</v>
       </c>
-      <c r="B2321" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2322" spans="1:2">
       <c r="A2322" t="s">
         <v>2324</v>
       </c>
     </row>
     <row r="2323" spans="1:2">
       <c r="A2323" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="2324" spans="1:2">
       <c r="A2324" t="s">
         <v>2326</v>
       </c>
     </row>
     <row r="2325" spans="1:2">
       <c r="A2325" t="s">
         <v>2327</v>
       </c>
     </row>
     <row r="2326" spans="1:2">
       <c r="A2326" t="s">
         <v>2328</v>
       </c>
+      <c r="B2326" t="s">
+        <v>4773</v>
+      </c>
     </row>
     <row r="2327" spans="1:2">
       <c r="A2327" t="s">
         <v>2329</v>
       </c>
     </row>
     <row r="2328" spans="1:2">
       <c r="A2328" t="s">
         <v>2330</v>
       </c>
     </row>
     <row r="2329" spans="1:2">
       <c r="A2329" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="2330" spans="1:2">
       <c r="A2330" t="s">
         <v>2332</v>
       </c>
     </row>
     <row r="2331" spans="1:2">
       <c r="A2331" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="2332" spans="1:2">
       <c r="A2332" t="s">
         <v>2334</v>
       </c>
-      <c r="B2332" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2333" spans="1:2">
       <c r="A2333" t="s">
         <v>2335</v>
       </c>
     </row>
     <row r="2334" spans="1:2">
       <c r="A2334" t="s">
         <v>2336</v>
       </c>
     </row>
     <row r="2335" spans="1:2">
       <c r="A2335" t="s">
         <v>2337</v>
       </c>
     </row>
     <row r="2336" spans="1:2">
       <c r="A2336" t="s">
         <v>2338</v>
       </c>
+      <c r="B2336" t="s">
+        <v>4774</v>
+      </c>
     </row>
     <row r="2337" spans="1:2">
       <c r="A2337" t="s">
         <v>2339</v>
       </c>
     </row>
     <row r="2338" spans="1:2">
       <c r="A2338" t="s">
         <v>2340</v>
       </c>
     </row>
     <row r="2339" spans="1:2">
       <c r="A2339" t="s">
         <v>2341</v>
       </c>
     </row>
     <row r="2340" spans="1:2">
       <c r="A2340" t="s">
         <v>2342</v>
       </c>
-      <c r="B2340" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2341" spans="1:2">
       <c r="A2341" t="s">
         <v>2343</v>
       </c>
-      <c r="B2341" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2342" spans="1:2">
       <c r="A2342" t="s">
         <v>2344</v>
       </c>
+      <c r="B2342" t="s">
+        <v>4775</v>
+      </c>
     </row>
     <row r="2343" spans="1:2">
       <c r="A2343" t="s">
         <v>2345</v>
       </c>
+      <c r="B2343" t="s">
+        <v>4776</v>
+      </c>
     </row>
     <row r="2344" spans="1:2">
       <c r="A2344" t="s">
         <v>2346</v>
       </c>
+      <c r="B2344" t="s">
+        <v>4777</v>
+      </c>
     </row>
     <row r="2345" spans="1:2">
       <c r="A2345" t="s">
         <v>2347</v>
       </c>
     </row>
     <row r="2346" spans="1:2">
       <c r="A2346" t="s">
         <v>2348</v>
       </c>
     </row>
     <row r="2347" spans="1:2">
       <c r="A2347" t="s">
         <v>2349</v>
       </c>
     </row>
     <row r="2348" spans="1:2">
       <c r="A2348" t="s">
         <v>2350</v>
       </c>
-      <c r="B2348" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2349" spans="1:2">
       <c r="A2349" t="s">
         <v>2351</v>
       </c>
     </row>
     <row r="2350" spans="1:2">
       <c r="A2350" t="s">
         <v>2352</v>
       </c>
-      <c r="B2350" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2351" spans="1:2">
       <c r="A2351" t="s">
         <v>2353</v>
       </c>
     </row>
     <row r="2352" spans="1:2">
       <c r="A2352" t="s">
         <v>2354</v>
       </c>
     </row>
     <row r="2353" spans="1:2">
       <c r="A2353" t="s">
         <v>2355</v>
       </c>
-      <c r="B2353" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2354" spans="1:2">
       <c r="A2354" t="s">
         <v>2356</v>
       </c>
       <c r="B2354" t="s">
-        <v>4782</v>
+        <v>4778</v>
       </c>
     </row>
     <row r="2355" spans="1:2">
       <c r="A2355" t="s">
         <v>2357</v>
       </c>
+      <c r="B2355" t="s">
+        <v>4779</v>
+      </c>
     </row>
     <row r="2356" spans="1:2">
       <c r="A2356" t="s">
         <v>2358</v>
       </c>
     </row>
     <row r="2357" spans="1:2">
       <c r="A2357" t="s">
         <v>2359</v>
       </c>
     </row>
     <row r="2358" spans="1:2">
       <c r="A2358" t="s">
         <v>2360</v>
       </c>
     </row>
     <row r="2359" spans="1:2">
       <c r="A2359" t="s">
         <v>2361</v>
       </c>
     </row>
     <row r="2360" spans="1:2">
       <c r="A2360" t="s">
         <v>2362</v>
       </c>
+      <c r="B2360" t="s">
+        <v>4780</v>
+      </c>
     </row>
     <row r="2361" spans="1:2">
       <c r="A2361" t="s">
         <v>2363</v>
       </c>
+      <c r="B2361" t="s">
+        <v>4781</v>
+      </c>
     </row>
     <row r="2362" spans="1:2">
       <c r="A2362" t="s">
         <v>2364</v>
       </c>
     </row>
     <row r="2363" spans="1:2">
       <c r="A2363" t="s">
         <v>2365</v>
       </c>
     </row>
     <row r="2364" spans="1:2">
       <c r="A2364" t="s">
         <v>2366</v>
       </c>
+      <c r="B2364" t="s">
+        <v>4782</v>
+      </c>
     </row>
     <row r="2365" spans="1:2">
       <c r="A2365" t="s">
         <v>2367</v>
       </c>
     </row>
     <row r="2366" spans="1:2">
       <c r="A2366" t="s">
         <v>2368</v>
       </c>
     </row>
     <row r="2367" spans="1:2">
       <c r="A2367" t="s">
         <v>2369</v>
       </c>
-      <c r="B2367" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2368" spans="1:2">
       <c r="A2368" t="s">
         <v>2370</v>
       </c>
-      <c r="B2368" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2369" spans="1:2">
       <c r="A2369" t="s">
         <v>2371</v>
       </c>
-      <c r="B2369" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2370" spans="1:2">
       <c r="A2370" t="s">
         <v>2372</v>
       </c>
+      <c r="B2370" t="s">
+        <v>4783</v>
+      </c>
     </row>
     <row r="2371" spans="1:2">
       <c r="A2371" t="s">
         <v>2373</v>
       </c>
+      <c r="B2371" t="s">
+        <v>4784</v>
+      </c>
     </row>
     <row r="2372" spans="1:2">
       <c r="A2372" t="s">
         <v>2374</v>
       </c>
       <c r="B2372" t="s">
-        <v>4786</v>
+        <v>4785</v>
       </c>
     </row>
     <row r="2373" spans="1:2">
       <c r="A2373" t="s">
         <v>2375</v>
       </c>
+      <c r="B2373" t="s">
+        <v>4786</v>
+      </c>
     </row>
     <row r="2374" spans="1:2">
       <c r="A2374" t="s">
         <v>2376</v>
       </c>
     </row>
     <row r="2375" spans="1:2">
       <c r="A2375" t="s">
         <v>2377</v>
       </c>
     </row>
     <row r="2376" spans="1:2">
       <c r="A2376" t="s">
         <v>2378</v>
       </c>
     </row>
     <row r="2377" spans="1:2">
       <c r="A2377" t="s">
         <v>2379</v>
       </c>
     </row>
     <row r="2378" spans="1:2">
       <c r="A2378" t="s">
         <v>2380</v>
       </c>
@@ -30317,1296 +30317,1302 @@
     </row>
     <row r="2380" spans="1:2">
       <c r="A2380" t="s">
         <v>2382</v>
       </c>
     </row>
     <row r="2381" spans="1:2">
       <c r="A2381" t="s">
         <v>2383</v>
       </c>
     </row>
     <row r="2382" spans="1:2">
       <c r="A2382" t="s">
         <v>2384</v>
       </c>
     </row>
     <row r="2383" spans="1:2">
       <c r="A2383" t="s">
         <v>2385</v>
       </c>
     </row>
     <row r="2384" spans="1:2">
       <c r="A2384" t="s">
         <v>2386</v>
       </c>
-      <c r="B2384" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2385" spans="1:2">
       <c r="A2385" t="s">
         <v>2387</v>
       </c>
     </row>
     <row r="2386" spans="1:2">
       <c r="A2386" t="s">
         <v>2388</v>
       </c>
       <c r="B2386" t="s">
-        <v>4788</v>
+        <v>4787</v>
       </c>
     </row>
     <row r="2387" spans="1:2">
       <c r="A2387" t="s">
         <v>2389</v>
       </c>
     </row>
     <row r="2388" spans="1:2">
       <c r="A2388" t="s">
         <v>2390</v>
       </c>
+      <c r="B2388" t="s">
+        <v>4788</v>
+      </c>
     </row>
     <row r="2389" spans="1:2">
       <c r="A2389" t="s">
         <v>2391</v>
       </c>
     </row>
     <row r="2390" spans="1:2">
       <c r="A2390" t="s">
         <v>2392</v>
       </c>
+      <c r="B2390" t="s">
+        <v>4789</v>
+      </c>
     </row>
     <row r="2391" spans="1:2">
       <c r="A2391" t="s">
         <v>2393</v>
       </c>
+      <c r="B2391" t="s">
+        <v>4790</v>
+      </c>
     </row>
     <row r="2392" spans="1:2">
       <c r="A2392" t="s">
         <v>2394</v>
       </c>
-      <c r="B2392" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2393" spans="1:2">
       <c r="A2393" t="s">
         <v>2395</v>
       </c>
     </row>
     <row r="2394" spans="1:2">
       <c r="A2394" t="s">
         <v>2396</v>
       </c>
     </row>
     <row r="2395" spans="1:2">
       <c r="A2395" t="s">
         <v>2397</v>
       </c>
     </row>
     <row r="2396" spans="1:2">
       <c r="A2396" t="s">
         <v>2398</v>
       </c>
     </row>
     <row r="2397" spans="1:2">
       <c r="A2397" t="s">
         <v>2399</v>
       </c>
     </row>
     <row r="2398" spans="1:2">
       <c r="A2398" t="s">
         <v>2400</v>
       </c>
     </row>
     <row r="2399" spans="1:2">
       <c r="A2399" t="s">
         <v>2401</v>
       </c>
-      <c r="B2399" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2400" spans="1:2">
       <c r="A2400" t="s">
         <v>2402</v>
       </c>
     </row>
     <row r="2401" spans="1:2">
       <c r="A2401" t="s">
         <v>2403</v>
       </c>
     </row>
     <row r="2402" spans="1:2">
       <c r="A2402" t="s">
         <v>2404</v>
       </c>
       <c r="B2402" t="s">
         <v>4791</v>
       </c>
     </row>
     <row r="2403" spans="1:2">
       <c r="A2403" t="s">
         <v>2405</v>
       </c>
     </row>
     <row r="2404" spans="1:2">
       <c r="A2404" t="s">
         <v>2406</v>
       </c>
-      <c r="B2404" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2405" spans="1:2">
       <c r="A2405" t="s">
         <v>2407</v>
       </c>
     </row>
     <row r="2406" spans="1:2">
       <c r="A2406" t="s">
         <v>2408</v>
       </c>
       <c r="B2406" t="s">
-        <v>4793</v>
+        <v>4792</v>
       </c>
     </row>
     <row r="2407" spans="1:2">
       <c r="A2407" t="s">
         <v>2409</v>
       </c>
+      <c r="B2407" t="s">
+        <v>4793</v>
+      </c>
     </row>
     <row r="2408" spans="1:2">
       <c r="A2408" t="s">
         <v>2410</v>
       </c>
       <c r="B2408" t="s">
         <v>4794</v>
       </c>
     </row>
     <row r="2409" spans="1:2">
       <c r="A2409" t="s">
         <v>2411</v>
       </c>
     </row>
     <row r="2410" spans="1:2">
       <c r="A2410" t="s">
         <v>2412</v>
       </c>
     </row>
     <row r="2411" spans="1:2">
       <c r="A2411" t="s">
         <v>2413</v>
       </c>
     </row>
     <row r="2412" spans="1:2">
       <c r="A2412" t="s">
         <v>2414</v>
       </c>
     </row>
     <row r="2413" spans="1:2">
       <c r="A2413" t="s">
         <v>2415</v>
       </c>
-      <c r="B2413" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2414" spans="1:2">
       <c r="A2414" t="s">
         <v>2416</v>
       </c>
-      <c r="B2414" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2415" spans="1:2">
       <c r="A2415" t="s">
         <v>2417</v>
       </c>
     </row>
     <row r="2416" spans="1:2">
       <c r="A2416" t="s">
         <v>2418</v>
       </c>
-      <c r="B2416" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2417" spans="1:2">
       <c r="A2417" t="s">
         <v>2419</v>
       </c>
     </row>
     <row r="2418" spans="1:2">
       <c r="A2418" t="s">
         <v>2420</v>
       </c>
     </row>
     <row r="2419" spans="1:2">
       <c r="A2419" t="s">
         <v>2421</v>
       </c>
     </row>
     <row r="2420" spans="1:2">
       <c r="A2420" t="s">
         <v>2422</v>
       </c>
+      <c r="B2420" t="s">
+        <v>4795</v>
+      </c>
     </row>
     <row r="2421" spans="1:2">
       <c r="A2421" t="s">
         <v>2423</v>
       </c>
     </row>
     <row r="2422" spans="1:2">
       <c r="A2422" t="s">
         <v>2424</v>
       </c>
       <c r="B2422" t="s">
-        <v>4798</v>
+        <v>4796</v>
       </c>
     </row>
     <row r="2423" spans="1:2">
       <c r="A2423" t="s">
         <v>2425</v>
       </c>
     </row>
     <row r="2424" spans="1:2">
       <c r="A2424" t="s">
         <v>2426</v>
       </c>
     </row>
     <row r="2425" spans="1:2">
       <c r="A2425" t="s">
         <v>2427</v>
       </c>
     </row>
     <row r="2426" spans="1:2">
       <c r="A2426" t="s">
         <v>2428</v>
       </c>
     </row>
     <row r="2427" spans="1:2">
       <c r="A2427" t="s">
         <v>2429</v>
       </c>
       <c r="B2427" t="s">
-        <v>4799</v>
+        <v>4797</v>
       </c>
     </row>
     <row r="2428" spans="1:2">
       <c r="A2428" t="s">
         <v>2430</v>
       </c>
     </row>
     <row r="2429" spans="1:2">
       <c r="A2429" t="s">
         <v>2431</v>
       </c>
     </row>
     <row r="2430" spans="1:2">
       <c r="A2430" t="s">
         <v>2432</v>
       </c>
     </row>
     <row r="2431" spans="1:2">
       <c r="A2431" t="s">
         <v>2433</v>
       </c>
     </row>
     <row r="2432" spans="1:2">
       <c r="A2432" t="s">
         <v>2434</v>
       </c>
     </row>
     <row r="2433" spans="1:2">
       <c r="A2433" t="s">
         <v>2435</v>
       </c>
     </row>
     <row r="2434" spans="1:2">
       <c r="A2434" t="s">
         <v>2436</v>
       </c>
+      <c r="B2434" t="s">
+        <v>4798</v>
+      </c>
     </row>
     <row r="2435" spans="1:2">
       <c r="A2435" t="s">
         <v>2437</v>
       </c>
     </row>
     <row r="2436" spans="1:2">
       <c r="A2436" t="s">
         <v>2438</v>
       </c>
     </row>
     <row r="2437" spans="1:2">
       <c r="A2437" t="s">
         <v>2439</v>
       </c>
     </row>
     <row r="2438" spans="1:2">
       <c r="A2438" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="2439" spans="1:2">
       <c r="A2439" t="s">
         <v>2441</v>
       </c>
       <c r="B2439" t="s">
-        <v>4800</v>
+        <v>4799</v>
       </c>
     </row>
     <row r="2440" spans="1:2">
       <c r="A2440" t="s">
         <v>2442</v>
       </c>
     </row>
     <row r="2441" spans="1:2">
       <c r="A2441" t="s">
         <v>2443</v>
       </c>
       <c r="B2441" t="s">
-        <v>4801</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="2442" spans="1:2">
       <c r="A2442" t="s">
         <v>2444</v>
       </c>
-      <c r="B2442" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2443" spans="1:2">
       <c r="A2443" t="s">
         <v>2445</v>
       </c>
     </row>
     <row r="2444" spans="1:2">
       <c r="A2444" t="s">
         <v>2446</v>
       </c>
+      <c r="B2444" t="s">
+        <v>4801</v>
+      </c>
     </row>
     <row r="2445" spans="1:2">
       <c r="A2445" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="2446" spans="1:2">
       <c r="A2446" t="s">
         <v>2448</v>
       </c>
     </row>
     <row r="2447" spans="1:2">
       <c r="A2447" t="s">
         <v>2449</v>
       </c>
     </row>
     <row r="2448" spans="1:2">
       <c r="A2448" t="s">
         <v>2450</v>
       </c>
     </row>
     <row r="2449" spans="1:2">
       <c r="A2449" t="s">
         <v>2451</v>
       </c>
+      <c r="B2449" t="s">
+        <v>4802</v>
+      </c>
     </row>
     <row r="2450" spans="1:2">
       <c r="A2450" t="s">
         <v>2452</v>
       </c>
     </row>
     <row r="2451" spans="1:2">
       <c r="A2451" t="s">
         <v>2453</v>
       </c>
     </row>
     <row r="2452" spans="1:2">
       <c r="A2452" t="s">
         <v>2454</v>
       </c>
     </row>
     <row r="2453" spans="1:2">
       <c r="A2453" t="s">
         <v>2455</v>
       </c>
+      <c r="B2453" t="s">
+        <v>4803</v>
+      </c>
     </row>
     <row r="2454" spans="1:2">
       <c r="A2454" t="s">
         <v>2456</v>
       </c>
     </row>
     <row r="2455" spans="1:2">
       <c r="A2455" t="s">
         <v>2457</v>
       </c>
     </row>
     <row r="2456" spans="1:2">
       <c r="A2456" t="s">
         <v>2458</v>
       </c>
+      <c r="B2456" t="s">
+        <v>4804</v>
+      </c>
     </row>
     <row r="2457" spans="1:2">
       <c r="A2457" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="2458" spans="1:2">
       <c r="A2458" t="s">
         <v>2460</v>
       </c>
-      <c r="B2458" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2459" spans="1:2">
       <c r="A2459" t="s">
         <v>2461</v>
       </c>
+      <c r="B2459" t="s">
+        <v>4805</v>
+      </c>
     </row>
     <row r="2460" spans="1:2">
       <c r="A2460" t="s">
         <v>2462</v>
       </c>
+      <c r="B2460" t="s">
+        <v>4806</v>
+      </c>
     </row>
     <row r="2461" spans="1:2">
       <c r="A2461" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="2462" spans="1:2">
       <c r="A2462" t="s">
         <v>2464</v>
       </c>
       <c r="B2462" t="s">
-        <v>4804</v>
+        <v>4807</v>
       </c>
     </row>
     <row r="2463" spans="1:2">
       <c r="A2463" t="s">
         <v>2465</v>
       </c>
     </row>
     <row r="2464" spans="1:2">
       <c r="A2464" t="s">
         <v>2466</v>
       </c>
+      <c r="B2464" t="s">
+        <v>4808</v>
+      </c>
     </row>
     <row r="2465" spans="1:2">
       <c r="A2465" t="s">
         <v>2467</v>
       </c>
+      <c r="B2465" t="s">
+        <v>4809</v>
+      </c>
     </row>
     <row r="2466" spans="1:2">
       <c r="A2466" t="s">
         <v>2468</v>
       </c>
-      <c r="B2466" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2467" spans="1:2">
       <c r="A2467" t="s">
         <v>2469</v>
       </c>
     </row>
     <row r="2468" spans="1:2">
       <c r="A2468" t="s">
         <v>2470</v>
       </c>
-      <c r="B2468" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2469" spans="1:2">
       <c r="A2469" t="s">
         <v>2471</v>
       </c>
     </row>
     <row r="2470" spans="1:2">
       <c r="A2470" t="s">
         <v>2472</v>
       </c>
+      <c r="B2470" t="s">
+        <v>4810</v>
+      </c>
     </row>
     <row r="2471" spans="1:2">
       <c r="A2471" t="s">
         <v>2473</v>
       </c>
     </row>
     <row r="2472" spans="1:2">
       <c r="A2472" t="s">
         <v>2474</v>
       </c>
     </row>
     <row r="2473" spans="1:2">
       <c r="A2473" t="s">
         <v>2475</v>
       </c>
     </row>
     <row r="2474" spans="1:2">
       <c r="A2474" t="s">
         <v>2476</v>
       </c>
+      <c r="B2474" t="s">
+        <v>4811</v>
+      </c>
     </row>
     <row r="2475" spans="1:2">
       <c r="A2475" t="s">
         <v>2477</v>
       </c>
     </row>
     <row r="2476" spans="1:2">
       <c r="A2476" t="s">
         <v>2478</v>
       </c>
     </row>
     <row r="2477" spans="1:2">
       <c r="A2477" t="s">
         <v>2479</v>
       </c>
-      <c r="B2477" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2478" spans="1:2">
       <c r="A2478" t="s">
         <v>2480</v>
       </c>
-      <c r="B2478" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2479" spans="1:2">
       <c r="A2479" t="s">
         <v>2481</v>
       </c>
     </row>
     <row r="2480" spans="1:2">
       <c r="A2480" t="s">
         <v>2482</v>
       </c>
     </row>
     <row r="2481" spans="1:2">
       <c r="A2481" t="s">
         <v>2483</v>
       </c>
     </row>
     <row r="2482" spans="1:2">
       <c r="A2482" t="s">
         <v>2484</v>
       </c>
     </row>
     <row r="2483" spans="1:2">
       <c r="A2483" t="s">
         <v>2485</v>
       </c>
     </row>
     <row r="2484" spans="1:2">
       <c r="A2484" t="s">
         <v>2486</v>
       </c>
-      <c r="B2484" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2485" spans="1:2">
       <c r="A2485" t="s">
         <v>2487</v>
       </c>
     </row>
     <row r="2486" spans="1:2">
       <c r="A2486" t="s">
         <v>2488</v>
       </c>
+      <c r="B2486" t="s">
+        <v>4812</v>
+      </c>
     </row>
     <row r="2487" spans="1:2">
       <c r="A2487" t="s">
         <v>2489</v>
       </c>
     </row>
     <row r="2488" spans="1:2">
       <c r="A2488" t="s">
         <v>2490</v>
       </c>
     </row>
     <row r="2489" spans="1:2">
       <c r="A2489" t="s">
         <v>2491</v>
       </c>
+      <c r="B2489" t="s">
+        <v>4813</v>
+      </c>
     </row>
     <row r="2490" spans="1:2">
       <c r="A2490" t="s">
         <v>2492</v>
       </c>
     </row>
     <row r="2491" spans="1:2">
       <c r="A2491" t="s">
         <v>2493</v>
       </c>
     </row>
     <row r="2492" spans="1:2">
       <c r="A2492" t="s">
         <v>2494</v>
       </c>
     </row>
     <row r="2493" spans="1:2">
       <c r="A2493" t="s">
         <v>2495</v>
       </c>
+      <c r="B2493" t="s">
+        <v>4814</v>
+      </c>
     </row>
     <row r="2494" spans="1:2">
       <c r="A2494" t="s">
         <v>2496</v>
       </c>
     </row>
     <row r="2495" spans="1:2">
       <c r="A2495" t="s">
         <v>2497</v>
       </c>
     </row>
     <row r="2496" spans="1:2">
       <c r="A2496" t="s">
         <v>2498</v>
       </c>
-      <c r="B2496" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2497" spans="1:2">
       <c r="A2497" t="s">
         <v>2499</v>
       </c>
       <c r="B2497" t="s">
-        <v>4811</v>
+        <v>4815</v>
       </c>
     </row>
     <row r="2498" spans="1:2">
       <c r="A2498" t="s">
         <v>2500</v>
       </c>
-      <c r="B2498" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2499" spans="1:2">
       <c r="A2499" t="s">
         <v>2501</v>
       </c>
     </row>
     <row r="2500" spans="1:2">
       <c r="A2500" t="s">
         <v>2502</v>
       </c>
     </row>
     <row r="2501" spans="1:2">
       <c r="A2501" t="s">
         <v>2503</v>
       </c>
+      <c r="B2501" t="s">
+        <v>4816</v>
+      </c>
     </row>
     <row r="2502" spans="1:2">
       <c r="A2502" t="s">
         <v>2504</v>
       </c>
       <c r="B2502" t="s">
-        <v>4813</v>
+        <v>4817</v>
       </c>
     </row>
     <row r="2503" spans="1:2">
       <c r="A2503" t="s">
         <v>2505</v>
       </c>
       <c r="B2503" t="s">
-        <v>4814</v>
+        <v>4818</v>
       </c>
     </row>
     <row r="2504" spans="1:2">
       <c r="A2504" t="s">
         <v>2506</v>
       </c>
-      <c r="B2504" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2505" spans="1:2">
       <c r="A2505" t="s">
         <v>2507</v>
       </c>
-      <c r="B2505" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2506" spans="1:2">
       <c r="A2506" t="s">
         <v>2508</v>
       </c>
-      <c r="B2506" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2507" spans="1:2">
       <c r="A2507" t="s">
         <v>2509</v>
       </c>
     </row>
     <row r="2508" spans="1:2">
       <c r="A2508" t="s">
         <v>2510</v>
       </c>
     </row>
     <row r="2509" spans="1:2">
       <c r="A2509" t="s">
         <v>2511</v>
       </c>
       <c r="B2509" t="s">
-        <v>4818</v>
+        <v>4819</v>
       </c>
     </row>
     <row r="2510" spans="1:2">
       <c r="A2510" t="s">
         <v>2512</v>
       </c>
+      <c r="B2510" t="s">
+        <v>4820</v>
+      </c>
     </row>
     <row r="2511" spans="1:2">
       <c r="A2511" t="s">
         <v>2513</v>
       </c>
+      <c r="B2511" t="s">
+        <v>4821</v>
+      </c>
     </row>
     <row r="2512" spans="1:2">
       <c r="A2512" t="s">
         <v>2514</v>
       </c>
-      <c r="B2512" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2513" spans="1:2">
       <c r="A2513" t="s">
         <v>2515</v>
       </c>
-      <c r="B2513" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2514" spans="1:2">
       <c r="A2514" t="s">
         <v>2516</v>
       </c>
+      <c r="B2514" t="s">
+        <v>4822</v>
+      </c>
     </row>
     <row r="2515" spans="1:2">
       <c r="A2515" t="s">
         <v>2517</v>
       </c>
+      <c r="B2515" t="s">
+        <v>4823</v>
+      </c>
     </row>
     <row r="2516" spans="1:2">
       <c r="A2516" t="s">
         <v>2518</v>
       </c>
+      <c r="B2516" t="s">
+        <v>4824</v>
+      </c>
     </row>
     <row r="2517" spans="1:2">
       <c r="A2517" t="s">
         <v>2519</v>
       </c>
+      <c r="B2517" t="s">
+        <v>4825</v>
+      </c>
     </row>
     <row r="2518" spans="1:2">
       <c r="A2518" t="s">
         <v>2520</v>
       </c>
+      <c r="B2518" t="s">
+        <v>4826</v>
+      </c>
     </row>
     <row r="2519" spans="1:2">
       <c r="A2519" t="s">
         <v>2521</v>
       </c>
     </row>
     <row r="2520" spans="1:2">
       <c r="A2520" t="s">
         <v>2522</v>
       </c>
     </row>
     <row r="2521" spans="1:2">
       <c r="A2521" t="s">
         <v>2523</v>
       </c>
     </row>
     <row r="2522" spans="1:2">
       <c r="A2522" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="2523" spans="1:2">
       <c r="A2523" t="s">
         <v>2525</v>
       </c>
     </row>
     <row r="2524" spans="1:2">
       <c r="A2524" t="s">
         <v>2526</v>
       </c>
-      <c r="B2524" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2525" spans="1:2">
       <c r="A2525" t="s">
         <v>2527</v>
       </c>
+      <c r="B2525" t="s">
+        <v>4827</v>
+      </c>
     </row>
     <row r="2526" spans="1:2">
       <c r="A2526" t="s">
         <v>2528</v>
       </c>
     </row>
     <row r="2527" spans="1:2">
       <c r="A2527" t="s">
         <v>2529</v>
       </c>
     </row>
     <row r="2528" spans="1:2">
       <c r="A2528" t="s">
         <v>2530</v>
       </c>
+      <c r="B2528" t="s">
+        <v>4828</v>
+      </c>
     </row>
     <row r="2529" spans="1:2">
       <c r="A2529" t="s">
         <v>2531</v>
       </c>
-      <c r="B2529" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2530" spans="1:2">
       <c r="A2530" t="s">
         <v>2532</v>
       </c>
-      <c r="B2530" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2531" spans="1:2">
       <c r="A2531" t="s">
         <v>2533</v>
       </c>
-      <c r="B2531" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2532" spans="1:2">
       <c r="A2532" t="s">
         <v>2534</v>
       </c>
     </row>
     <row r="2533" spans="1:2">
       <c r="A2533" t="s">
         <v>2535</v>
       </c>
     </row>
     <row r="2534" spans="1:2">
       <c r="A2534" t="s">
         <v>2536</v>
       </c>
+      <c r="B2534" t="s">
+        <v>4829</v>
+      </c>
     </row>
     <row r="2535" spans="1:2">
       <c r="A2535" t="s">
         <v>2537</v>
       </c>
     </row>
     <row r="2536" spans="1:2">
       <c r="A2536" t="s">
         <v>2538</v>
       </c>
     </row>
     <row r="2537" spans="1:2">
       <c r="A2537" t="s">
         <v>2539</v>
       </c>
     </row>
     <row r="2538" spans="1:2">
       <c r="A2538" t="s">
         <v>2540</v>
       </c>
-      <c r="B2538" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2539" spans="1:2">
       <c r="A2539" t="s">
         <v>2541</v>
       </c>
     </row>
     <row r="2540" spans="1:2">
       <c r="A2540" t="s">
         <v>2542</v>
       </c>
     </row>
     <row r="2541" spans="1:2">
       <c r="A2541" t="s">
         <v>2543</v>
       </c>
     </row>
     <row r="2542" spans="1:2">
       <c r="A2542" t="s">
         <v>2544</v>
       </c>
     </row>
     <row r="2543" spans="1:2">
       <c r="A2543" t="s">
         <v>2545</v>
       </c>
     </row>
     <row r="2544" spans="1:2">
       <c r="A2544" t="s">
         <v>2546</v>
       </c>
     </row>
     <row r="2545" spans="1:2">
       <c r="A2545" t="s">
         <v>2547</v>
       </c>
     </row>
     <row r="2546" spans="1:2">
       <c r="A2546" t="s">
         <v>2548</v>
       </c>
     </row>
     <row r="2547" spans="1:2">
       <c r="A2547" t="s">
         <v>2549</v>
       </c>
-      <c r="B2547" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2548" spans="1:2">
       <c r="A2548" t="s">
         <v>2550</v>
       </c>
     </row>
     <row r="2549" spans="1:2">
       <c r="A2549" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="2550" spans="1:2">
       <c r="A2550" t="s">
         <v>2552</v>
       </c>
     </row>
     <row r="2551" spans="1:2">
       <c r="A2551" t="s">
         <v>2553</v>
       </c>
     </row>
     <row r="2552" spans="1:2">
       <c r="A2552" t="s">
         <v>2554</v>
       </c>
     </row>
     <row r="2553" spans="1:2">
       <c r="A2553" t="s">
         <v>2555</v>
       </c>
+      <c r="B2553" t="s">
+        <v>4830</v>
+      </c>
     </row>
     <row r="2554" spans="1:2">
       <c r="A2554" t="s">
         <v>2556</v>
       </c>
-      <c r="B2554" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2555" spans="1:2">
       <c r="A2555" t="s">
         <v>2557</v>
       </c>
     </row>
     <row r="2556" spans="1:2">
       <c r="A2556" t="s">
         <v>2558</v>
       </c>
-      <c r="B2556" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2557" spans="1:2">
       <c r="A2557" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="2558" spans="1:2">
       <c r="A2558" t="s">
         <v>2560</v>
       </c>
     </row>
     <row r="2559" spans="1:2">
       <c r="A2559" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="2560" spans="1:2">
       <c r="A2560" t="s">
         <v>2562</v>
       </c>
     </row>
     <row r="2561" spans="1:2">
       <c r="A2561" t="s">
         <v>2563</v>
       </c>
+      <c r="B2561" t="s">
+        <v>4831</v>
+      </c>
     </row>
     <row r="2562" spans="1:2">
       <c r="A2562" t="s">
         <v>2564</v>
       </c>
+      <c r="B2562" t="s">
+        <v>4832</v>
+      </c>
     </row>
     <row r="2563" spans="1:2">
       <c r="A2563" t="s">
         <v>2565</v>
       </c>
+      <c r="B2563" t="s">
+        <v>4833</v>
+      </c>
     </row>
     <row r="2564" spans="1:2">
       <c r="A2564" t="s">
         <v>2566</v>
       </c>
       <c r="B2564" t="s">
-        <v>4829</v>
+        <v>4834</v>
       </c>
     </row>
     <row r="2565" spans="1:2">
       <c r="A2565" t="s">
         <v>2567</v>
       </c>
       <c r="B2565" t="s">
-        <v>4830</v>
+        <v>4835</v>
       </c>
     </row>
     <row r="2566" spans="1:2">
       <c r="A2566" t="s">
         <v>2568</v>
       </c>
       <c r="B2566" t="s">
-        <v>4831</v>
+        <v>4836</v>
       </c>
     </row>
     <row r="2567" spans="1:2">
       <c r="A2567" t="s">
         <v>2569</v>
       </c>
       <c r="B2567" t="s">
-        <v>4832</v>
+        <v>4837</v>
       </c>
     </row>
     <row r="2568" spans="1:2">
       <c r="A2568" t="s">
         <v>2570</v>
       </c>
       <c r="B2568" t="s">
-        <v>4833</v>
+        <v>4838</v>
       </c>
     </row>
     <row r="2569" spans="1:2">
       <c r="A2569" t="s">
         <v>2571</v>
       </c>
     </row>
     <row r="2570" spans="1:2">
       <c r="A2570" t="s">
         <v>2572</v>
       </c>
     </row>
     <row r="2571" spans="1:2">
       <c r="A2571" t="s">
         <v>2573</v>
       </c>
     </row>
     <row r="2572" spans="1:2">
       <c r="A2572" t="s">
         <v>2574</v>
       </c>
-      <c r="B2572" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2573" spans="1:2">
       <c r="A2573" t="s">
         <v>2575</v>
       </c>
-      <c r="B2573" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2574" spans="1:2">
       <c r="A2574" t="s">
         <v>2576</v>
       </c>
     </row>
     <row r="2575" spans="1:2">
       <c r="A2575" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="2576" spans="1:2">
       <c r="A2576" t="s">
         <v>2578</v>
       </c>
     </row>
     <row r="2577" spans="1:2">
       <c r="A2577" t="s">
         <v>2579</v>
       </c>
     </row>
     <row r="2578" spans="1:2">
       <c r="A2578" t="s">
         <v>2580</v>
       </c>
     </row>
     <row r="2579" spans="1:2">
       <c r="A2579" t="s">
         <v>2581</v>
       </c>
     </row>
     <row r="2580" spans="1:2">
       <c r="A2580" t="s">
         <v>2582</v>
       </c>
       <c r="B2580" t="s">
-        <v>4836</v>
+        <v>4839</v>
       </c>
     </row>
     <row r="2581" spans="1:2">
       <c r="A2581" t="s">
         <v>2583</v>
       </c>
     </row>
     <row r="2582" spans="1:2">
       <c r="A2582" t="s">
         <v>2584</v>
       </c>
     </row>
     <row r="2583" spans="1:2">
       <c r="A2583" t="s">
         <v>2585</v>
       </c>
     </row>
     <row r="2584" spans="1:2">
       <c r="A2584" t="s">
         <v>2586</v>
       </c>
     </row>
     <row r="2585" spans="1:2">
       <c r="A2585" t="s">
         <v>2587</v>
       </c>
       <c r="B2585" t="s">
-        <v>4837</v>
+        <v>4840</v>
       </c>
     </row>
     <row r="2586" spans="1:2">
       <c r="A2586" t="s">
         <v>2588</v>
       </c>
       <c r="B2586" t="s">
-        <v>4838</v>
+        <v>4841</v>
       </c>
     </row>
     <row r="2587" spans="1:2">
       <c r="A2587" t="s">
         <v>2589</v>
       </c>
       <c r="B2587" t="s">
-        <v>4839</v>
+        <v>4842</v>
       </c>
     </row>
     <row r="2588" spans="1:2">
       <c r="A2588" t="s">
         <v>2590</v>
       </c>
+      <c r="B2588" t="s">
+        <v>4843</v>
+      </c>
     </row>
     <row r="2589" spans="1:2">
       <c r="A2589" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="2590" spans="1:2">
       <c r="A2590" t="s">
         <v>2592</v>
       </c>
     </row>
     <row r="2591" spans="1:2">
       <c r="A2591" t="s">
         <v>2593</v>
       </c>
     </row>
     <row r="2592" spans="1:2">
       <c r="A2592" t="s">
         <v>2594</v>
       </c>
       <c r="B2592" t="s">
-        <v>4840</v>
+        <v>4844</v>
       </c>
     </row>
     <row r="2593" spans="1:2">
       <c r="A2593" t="s">
         <v>2595</v>
       </c>
-      <c r="B2593" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2594" spans="1:2">
       <c r="A2594" t="s">
         <v>2596</v>
       </c>
     </row>
     <row r="2595" spans="1:2">
       <c r="A2595" t="s">
         <v>2597</v>
       </c>
+      <c r="B2595" t="s">
+        <v>4845</v>
+      </c>
     </row>
     <row r="2596" spans="1:2">
       <c r="A2596" t="s">
         <v>2598</v>
       </c>
     </row>
     <row r="2597" spans="1:2">
       <c r="A2597" t="s">
         <v>2599</v>
       </c>
-      <c r="B2597" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2598" spans="1:2">
       <c r="A2598" t="s">
         <v>2600</v>
       </c>
     </row>
     <row r="2599" spans="1:2">
       <c r="A2599" t="s">
         <v>2601</v>
       </c>
-      <c r="B2599" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2600" spans="1:2">
       <c r="A2600" t="s">
         <v>2602</v>
       </c>
     </row>
     <row r="2601" spans="1:2">
       <c r="A2601" t="s">
         <v>2603</v>
       </c>
     </row>
     <row r="2602" spans="1:2">
       <c r="A2602" t="s">
         <v>2604</v>
       </c>
     </row>
     <row r="2603" spans="1:2">
       <c r="A2603" t="s">
         <v>2605</v>
       </c>
     </row>
     <row r="2604" spans="1:2">
       <c r="A2604" t="s">
         <v>2606</v>
       </c>
@@ -31618,1750 +31624,1747 @@
     </row>
     <row r="2606" spans="1:2">
       <c r="A2606" t="s">
         <v>2608</v>
       </c>
     </row>
     <row r="2607" spans="1:2">
       <c r="A2607" t="s">
         <v>2609</v>
       </c>
     </row>
     <row r="2608" spans="1:2">
       <c r="A2608" t="s">
         <v>2610</v>
       </c>
     </row>
     <row r="2609" spans="1:2">
       <c r="A2609" t="s">
         <v>2611</v>
       </c>
     </row>
     <row r="2610" spans="1:2">
       <c r="A2610" t="s">
         <v>2612</v>
       </c>
-      <c r="B2610" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2611" spans="1:2">
       <c r="A2611" t="s">
         <v>2613</v>
       </c>
+      <c r="B2611" t="s">
+        <v>4846</v>
+      </c>
     </row>
     <row r="2612" spans="1:2">
       <c r="A2612" t="s">
         <v>2614</v>
       </c>
     </row>
     <row r="2613" spans="1:2">
       <c r="A2613" t="s">
         <v>2615</v>
       </c>
     </row>
     <row r="2614" spans="1:2">
       <c r="A2614" t="s">
         <v>2616</v>
       </c>
-      <c r="B2614" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2615" spans="1:2">
       <c r="A2615" t="s">
         <v>2617</v>
       </c>
     </row>
     <row r="2616" spans="1:2">
       <c r="A2616" t="s">
         <v>2618</v>
       </c>
     </row>
     <row r="2617" spans="1:2">
       <c r="A2617" t="s">
         <v>2619</v>
       </c>
+      <c r="B2617" t="s">
+        <v>4847</v>
+      </c>
     </row>
     <row r="2618" spans="1:2">
       <c r="A2618" t="s">
         <v>2620</v>
       </c>
-      <c r="B2618" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2619" spans="1:2">
       <c r="A2619" t="s">
         <v>2621</v>
       </c>
-      <c r="B2619" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2620" spans="1:2">
       <c r="A2620" t="s">
         <v>2622</v>
       </c>
+      <c r="B2620" t="s">
+        <v>4848</v>
+      </c>
     </row>
     <row r="2621" spans="1:2">
       <c r="A2621" t="s">
         <v>2623</v>
       </c>
     </row>
     <row r="2622" spans="1:2">
       <c r="A2622" t="s">
         <v>2624</v>
       </c>
     </row>
     <row r="2623" spans="1:2">
       <c r="A2623" t="s">
         <v>2625</v>
       </c>
-      <c r="B2623" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2624" spans="1:2">
       <c r="A2624" t="s">
         <v>2626</v>
       </c>
+      <c r="B2624" t="s">
+        <v>4849</v>
+      </c>
     </row>
     <row r="2625" spans="1:2">
       <c r="A2625" t="s">
         <v>2627</v>
       </c>
+      <c r="B2625" t="s">
+        <v>4850</v>
+      </c>
     </row>
     <row r="2626" spans="1:2">
       <c r="A2626" t="s">
         <v>2628</v>
       </c>
     </row>
     <row r="2627" spans="1:2">
       <c r="A2627" t="s">
         <v>2629</v>
       </c>
-      <c r="B2627" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2628" spans="1:2">
       <c r="A2628" t="s">
         <v>2630</v>
       </c>
+      <c r="B2628" t="s">
+        <v>4851</v>
+      </c>
     </row>
     <row r="2629" spans="1:2">
       <c r="A2629" t="s">
         <v>2631</v>
       </c>
-      <c r="B2629" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2630" spans="1:2">
       <c r="A2630" t="s">
         <v>2632</v>
       </c>
     </row>
     <row r="2631" spans="1:2">
       <c r="A2631" t="s">
         <v>2633</v>
       </c>
     </row>
     <row r="2632" spans="1:2">
       <c r="A2632" t="s">
         <v>2634</v>
       </c>
     </row>
     <row r="2633" spans="1:2">
       <c r="A2633" t="s">
         <v>2635</v>
       </c>
+      <c r="B2633" t="s">
+        <v>4852</v>
+      </c>
     </row>
     <row r="2634" spans="1:2">
       <c r="A2634" t="s">
         <v>2636</v>
       </c>
-      <c r="B2634" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2635" spans="1:2">
       <c r="A2635" t="s">
         <v>2637</v>
       </c>
     </row>
     <row r="2636" spans="1:2">
       <c r="A2636" t="s">
         <v>2638</v>
       </c>
-      <c r="B2636" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2637" spans="1:2">
       <c r="A2637" t="s">
         <v>2639</v>
       </c>
     </row>
     <row r="2638" spans="1:2">
       <c r="A2638" t="s">
         <v>2640</v>
       </c>
+      <c r="B2638" t="s">
+        <v>4853</v>
+      </c>
     </row>
     <row r="2639" spans="1:2">
       <c r="A2639" t="s">
         <v>2641</v>
       </c>
+      <c r="B2639" t="s">
+        <v>4854</v>
+      </c>
     </row>
     <row r="2640" spans="1:2">
       <c r="A2640" t="s">
         <v>2642</v>
       </c>
     </row>
     <row r="2641" spans="1:2">
       <c r="A2641" t="s">
         <v>2643</v>
       </c>
     </row>
     <row r="2642" spans="1:2">
       <c r="A2642" t="s">
         <v>2644</v>
       </c>
     </row>
     <row r="2643" spans="1:2">
       <c r="A2643" t="s">
         <v>2645</v>
       </c>
-      <c r="B2643" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2644" spans="1:2">
       <c r="A2644" t="s">
         <v>2646</v>
       </c>
     </row>
     <row r="2645" spans="1:2">
       <c r="A2645" t="s">
         <v>2647</v>
       </c>
     </row>
     <row r="2646" spans="1:2">
       <c r="A2646" t="s">
         <v>2648</v>
       </c>
       <c r="B2646" t="s">
-        <v>4854</v>
+        <v>4855</v>
       </c>
     </row>
     <row r="2647" spans="1:2">
       <c r="A2647" t="s">
         <v>2649</v>
       </c>
     </row>
     <row r="2648" spans="1:2">
       <c r="A2648" t="s">
         <v>2650</v>
       </c>
       <c r="B2648" t="s">
-        <v>4855</v>
+        <v>4856</v>
       </c>
     </row>
     <row r="2649" spans="1:2">
       <c r="A2649" t="s">
         <v>2651</v>
       </c>
+      <c r="B2649" t="s">
+        <v>4857</v>
+      </c>
     </row>
     <row r="2650" spans="1:2">
       <c r="A2650" t="s">
         <v>2652</v>
       </c>
     </row>
     <row r="2651" spans="1:2">
       <c r="A2651" t="s">
         <v>2653</v>
       </c>
     </row>
     <row r="2652" spans="1:2">
       <c r="A2652" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="2653" spans="1:2">
       <c r="A2653" t="s">
         <v>2655</v>
       </c>
-      <c r="B2653" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2654" spans="1:2">
       <c r="A2654" t="s">
         <v>2656</v>
       </c>
+      <c r="B2654" t="s">
+        <v>4858</v>
+      </c>
     </row>
     <row r="2655" spans="1:2">
       <c r="A2655" t="s">
         <v>2657</v>
       </c>
+      <c r="B2655" t="s">
+        <v>4859</v>
+      </c>
     </row>
     <row r="2656" spans="1:2">
       <c r="A2656" t="s">
         <v>2658</v>
       </c>
     </row>
     <row r="2657" spans="1:2">
       <c r="A2657" t="s">
         <v>2659</v>
       </c>
-      <c r="B2657" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2658" spans="1:2">
       <c r="A2658" t="s">
         <v>2660</v>
       </c>
       <c r="B2658" t="s">
-        <v>4858</v>
+        <v>4860</v>
       </c>
     </row>
     <row r="2659" spans="1:2">
       <c r="A2659" t="s">
         <v>2661</v>
       </c>
-      <c r="B2659" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2660" spans="1:2">
       <c r="A2660" t="s">
         <v>2662</v>
       </c>
     </row>
     <row r="2661" spans="1:2">
       <c r="A2661" t="s">
         <v>2663</v>
       </c>
     </row>
     <row r="2662" spans="1:2">
       <c r="A2662" t="s">
         <v>2664</v>
       </c>
     </row>
     <row r="2663" spans="1:2">
       <c r="A2663" t="s">
         <v>2665</v>
       </c>
-      <c r="B2663" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2664" spans="1:2">
       <c r="A2664" t="s">
         <v>2666</v>
       </c>
     </row>
     <row r="2665" spans="1:2">
       <c r="A2665" t="s">
         <v>2667</v>
       </c>
       <c r="B2665" t="s">
         <v>4861</v>
       </c>
     </row>
     <row r="2666" spans="1:2">
       <c r="A2666" t="s">
         <v>2668</v>
       </c>
-      <c r="B2666" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2667" spans="1:2">
       <c r="A2667" t="s">
         <v>2669</v>
       </c>
     </row>
     <row r="2668" spans="1:2">
       <c r="A2668" t="s">
         <v>2670</v>
       </c>
       <c r="B2668" t="s">
-        <v>4863</v>
+        <v>4862</v>
       </c>
     </row>
     <row r="2669" spans="1:2">
       <c r="A2669" t="s">
         <v>2671</v>
       </c>
+      <c r="B2669" t="s">
+        <v>4863</v>
+      </c>
     </row>
     <row r="2670" spans="1:2">
       <c r="A2670" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="2671" spans="1:2">
       <c r="A2671" t="s">
         <v>2673</v>
       </c>
-      <c r="B2671" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2672" spans="1:2">
       <c r="A2672" t="s">
         <v>2674</v>
       </c>
-      <c r="B2672" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2673" spans="1:2">
       <c r="A2673" t="s">
         <v>2675</v>
       </c>
       <c r="B2673" t="s">
-        <v>4866</v>
+        <v>4864</v>
       </c>
     </row>
     <row r="2674" spans="1:2">
       <c r="A2674" t="s">
         <v>2676</v>
       </c>
+      <c r="B2674" t="s">
+        <v>4865</v>
+      </c>
     </row>
     <row r="2675" spans="1:2">
       <c r="A2675" t="s">
         <v>2677</v>
       </c>
-      <c r="B2675" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2676" spans="1:2">
       <c r="A2676" t="s">
         <v>2678</v>
       </c>
+      <c r="B2676" t="s">
+        <v>4866</v>
+      </c>
     </row>
     <row r="2677" spans="1:2">
       <c r="A2677" t="s">
         <v>2679</v>
       </c>
-      <c r="B2677" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2678" spans="1:2">
       <c r="A2678" t="s">
         <v>2680</v>
       </c>
+      <c r="B2678" t="s">
+        <v>4867</v>
+      </c>
     </row>
     <row r="2679" spans="1:2">
       <c r="A2679" t="s">
         <v>2681</v>
       </c>
+      <c r="B2679" t="s">
+        <v>4868</v>
+      </c>
     </row>
     <row r="2680" spans="1:2">
       <c r="A2680" t="s">
         <v>2682</v>
       </c>
     </row>
     <row r="2681" spans="1:2">
       <c r="A2681" t="s">
         <v>2683</v>
       </c>
+      <c r="B2681" t="s">
+        <v>4869</v>
+      </c>
     </row>
     <row r="2682" spans="1:2">
       <c r="A2682" t="s">
         <v>2684</v>
       </c>
-      <c r="B2682" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2683" spans="1:2">
       <c r="A2683" t="s">
         <v>2685</v>
       </c>
     </row>
     <row r="2684" spans="1:2">
       <c r="A2684" t="s">
         <v>2686</v>
       </c>
     </row>
     <row r="2685" spans="1:2">
       <c r="A2685" t="s">
         <v>2687</v>
       </c>
-      <c r="B2685" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2686" spans="1:2">
       <c r="A2686" t="s">
         <v>2688</v>
       </c>
       <c r="B2686" t="s">
-        <v>4871</v>
+        <v>4870</v>
       </c>
     </row>
     <row r="2687" spans="1:2">
       <c r="A2687" t="s">
         <v>2689</v>
       </c>
+      <c r="B2687" t="s">
+        <v>4871</v>
+      </c>
     </row>
     <row r="2688" spans="1:2">
       <c r="A2688" t="s">
         <v>2690</v>
       </c>
+      <c r="B2688" t="s">
+        <v>4872</v>
+      </c>
     </row>
     <row r="2689" spans="1:2">
       <c r="A2689" t="s">
         <v>2691</v>
       </c>
+      <c r="B2689" t="s">
+        <v>4873</v>
+      </c>
     </row>
     <row r="2690" spans="1:2">
       <c r="A2690" t="s">
         <v>2692</v>
       </c>
     </row>
     <row r="2691" spans="1:2">
       <c r="A2691" t="s">
         <v>2693</v>
       </c>
     </row>
     <row r="2692" spans="1:2">
       <c r="A2692" t="s">
         <v>2694</v>
       </c>
     </row>
     <row r="2693" spans="1:2">
       <c r="A2693" t="s">
         <v>2695</v>
       </c>
     </row>
     <row r="2694" spans="1:2">
       <c r="A2694" t="s">
         <v>2696</v>
       </c>
-      <c r="B2694" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2695" spans="1:2">
       <c r="A2695" t="s">
         <v>2697</v>
       </c>
-      <c r="B2695" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2696" spans="1:2">
       <c r="A2696" t="s">
         <v>2698</v>
       </c>
     </row>
     <row r="2697" spans="1:2">
       <c r="A2697" t="s">
         <v>2699</v>
       </c>
+      <c r="B2697" t="s">
+        <v>4874</v>
+      </c>
     </row>
     <row r="2698" spans="1:2">
       <c r="A2698" t="s">
         <v>2700</v>
       </c>
-      <c r="B2698" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2699" spans="1:2">
       <c r="A2699" t="s">
         <v>2701</v>
       </c>
+      <c r="B2699" t="s">
+        <v>4875</v>
+      </c>
     </row>
     <row r="2700" spans="1:2">
       <c r="A2700" t="s">
         <v>2702</v>
       </c>
     </row>
     <row r="2701" spans="1:2">
       <c r="A2701" t="s">
         <v>2703</v>
       </c>
     </row>
     <row r="2702" spans="1:2">
       <c r="A2702" t="s">
         <v>2704</v>
       </c>
     </row>
     <row r="2703" spans="1:2">
       <c r="A2703" t="s">
         <v>2705</v>
       </c>
-      <c r="B2703" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2704" spans="1:2">
       <c r="A2704" t="s">
         <v>2706</v>
       </c>
+      <c r="B2704" t="s">
+        <v>4876</v>
+      </c>
     </row>
     <row r="2705" spans="1:2">
       <c r="A2705" t="s">
         <v>2707</v>
       </c>
+      <c r="B2705" t="s">
+        <v>4877</v>
+      </c>
     </row>
     <row r="2706" spans="1:2">
       <c r="A2706" t="s">
         <v>2708</v>
       </c>
     </row>
     <row r="2707" spans="1:2">
       <c r="A2707" t="s">
         <v>2709</v>
       </c>
+      <c r="B2707" t="s">
+        <v>4878</v>
+      </c>
     </row>
     <row r="2708" spans="1:2">
       <c r="A2708" t="s">
         <v>2710</v>
       </c>
+      <c r="B2708" t="s">
+        <v>4879</v>
+      </c>
     </row>
     <row r="2709" spans="1:2">
       <c r="A2709" t="s">
         <v>2711</v>
       </c>
     </row>
     <row r="2710" spans="1:2">
       <c r="A2710" t="s">
         <v>2712</v>
       </c>
     </row>
     <row r="2711" spans="1:2">
       <c r="A2711" t="s">
         <v>2713</v>
       </c>
     </row>
     <row r="2712" spans="1:2">
       <c r="A2712" t="s">
         <v>2714</v>
       </c>
     </row>
     <row r="2713" spans="1:2">
       <c r="A2713" t="s">
         <v>2715</v>
       </c>
     </row>
     <row r="2714" spans="1:2">
       <c r="A2714" t="s">
         <v>2716</v>
       </c>
     </row>
     <row r="2715" spans="1:2">
       <c r="A2715" t="s">
         <v>2717</v>
       </c>
-      <c r="B2715" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2716" spans="1:2">
       <c r="A2716" t="s">
         <v>2718</v>
       </c>
       <c r="B2716" t="s">
-        <v>4877</v>
+        <v>4880</v>
       </c>
     </row>
     <row r="2717" spans="1:2">
       <c r="A2717" t="s">
         <v>2719</v>
       </c>
     </row>
     <row r="2718" spans="1:2">
       <c r="A2718" t="s">
         <v>2720</v>
       </c>
     </row>
     <row r="2719" spans="1:2">
       <c r="A2719" t="s">
         <v>2721</v>
       </c>
     </row>
     <row r="2720" spans="1:2">
       <c r="A2720" t="s">
         <v>2722</v>
       </c>
     </row>
     <row r="2721" spans="1:2">
       <c r="A2721" t="s">
         <v>2723</v>
       </c>
+      <c r="B2721" t="s">
+        <v>4881</v>
+      </c>
     </row>
     <row r="2722" spans="1:2">
       <c r="A2722" t="s">
         <v>2724</v>
       </c>
       <c r="B2722" t="s">
-        <v>4878</v>
+        <v>4882</v>
       </c>
     </row>
     <row r="2723" spans="1:2">
       <c r="A2723" t="s">
         <v>2725</v>
       </c>
+      <c r="B2723" t="s">
+        <v>4883</v>
+      </c>
     </row>
     <row r="2724" spans="1:2">
       <c r="A2724" t="s">
         <v>2726</v>
       </c>
     </row>
     <row r="2725" spans="1:2">
       <c r="A2725" t="s">
         <v>2727</v>
       </c>
+      <c r="B2725" t="s">
+        <v>4884</v>
+      </c>
     </row>
     <row r="2726" spans="1:2">
       <c r="A2726" t="s">
         <v>2728</v>
       </c>
       <c r="B2726" t="s">
-        <v>4879</v>
+        <v>4885</v>
       </c>
     </row>
     <row r="2727" spans="1:2">
       <c r="A2727" t="s">
         <v>2729</v>
       </c>
+      <c r="B2727" t="s">
+        <v>4886</v>
+      </c>
     </row>
     <row r="2728" spans="1:2">
       <c r="A2728" t="s">
         <v>2730</v>
       </c>
+      <c r="B2728" t="s">
+        <v>4887</v>
+      </c>
     </row>
     <row r="2729" spans="1:2">
       <c r="A2729" t="s">
         <v>2731</v>
       </c>
     </row>
     <row r="2730" spans="1:2">
       <c r="A2730" t="s">
         <v>2732</v>
       </c>
     </row>
     <row r="2731" spans="1:2">
       <c r="A2731" t="s">
         <v>2733</v>
       </c>
-      <c r="B2731" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2732" spans="1:2">
       <c r="A2732" t="s">
         <v>2734</v>
       </c>
-      <c r="B2732" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2733" spans="1:2">
       <c r="A2733" t="s">
         <v>2735</v>
       </c>
-      <c r="B2733" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2734" spans="1:2">
       <c r="A2734" t="s">
         <v>2736</v>
       </c>
     </row>
     <row r="2735" spans="1:2">
       <c r="A2735" t="s">
         <v>2737</v>
       </c>
-      <c r="B2735" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2736" spans="1:2">
       <c r="A2736" t="s">
         <v>2738</v>
       </c>
     </row>
-    <row r="2737" spans="1:1">
+    <row r="2737" spans="1:2">
       <c r="A2737" t="s">
         <v>2739</v>
       </c>
     </row>
-    <row r="2738" spans="1:1">
+    <row r="2738" spans="1:2">
       <c r="A2738" t="s">
         <v>2740</v>
       </c>
-    </row>
-    <row r="2739" spans="1:1">
+      <c r="B2738" t="s">
+        <v>4888</v>
+      </c>
+    </row>
+    <row r="2739" spans="1:2">
       <c r="A2739" t="s">
         <v>2741</v>
       </c>
     </row>
-    <row r="2740" spans="1:1">
+    <row r="2740" spans="1:2">
       <c r="A2740" t="s">
         <v>2742</v>
       </c>
     </row>
-    <row r="2741" spans="1:1">
+    <row r="2741" spans="1:2">
       <c r="A2741" t="s">
         <v>2743</v>
       </c>
     </row>
-    <row r="2742" spans="1:1">
+    <row r="2742" spans="1:2">
       <c r="A2742" t="s">
         <v>2744</v>
       </c>
-    </row>
-    <row r="2743" spans="1:1">
+      <c r="B2742" t="s">
+        <v>4889</v>
+      </c>
+    </row>
+    <row r="2743" spans="1:2">
       <c r="A2743" t="s">
         <v>2745</v>
       </c>
     </row>
-    <row r="2744" spans="1:1">
+    <row r="2744" spans="1:2">
       <c r="A2744" t="s">
         <v>2746</v>
       </c>
     </row>
-    <row r="2745" spans="1:1">
+    <row r="2745" spans="1:2">
       <c r="A2745" t="s">
         <v>2747</v>
       </c>
     </row>
-    <row r="2746" spans="1:1">
+    <row r="2746" spans="1:2">
       <c r="A2746" t="s">
         <v>2748</v>
       </c>
     </row>
-    <row r="2747" spans="1:1">
+    <row r="2747" spans="1:2">
       <c r="A2747" t="s">
         <v>2749</v>
       </c>
     </row>
-    <row r="2748" spans="1:1">
+    <row r="2748" spans="1:2">
       <c r="A2748" t="s">
         <v>2750</v>
       </c>
     </row>
-    <row r="2749" spans="1:1">
+    <row r="2749" spans="1:2">
       <c r="A2749" t="s">
         <v>2751</v>
       </c>
     </row>
-    <row r="2750" spans="1:1">
+    <row r="2750" spans="1:2">
       <c r="A2750" t="s">
         <v>2752</v>
       </c>
     </row>
-    <row r="2751" spans="1:1">
+    <row r="2751" spans="1:2">
       <c r="A2751" t="s">
         <v>2753</v>
       </c>
     </row>
-    <row r="2752" spans="1:1">
+    <row r="2752" spans="1:2">
       <c r="A2752" t="s">
         <v>2754</v>
       </c>
     </row>
     <row r="2753" spans="1:2">
       <c r="A2753" t="s">
         <v>2755</v>
       </c>
     </row>
     <row r="2754" spans="1:2">
       <c r="A2754" t="s">
         <v>2756</v>
       </c>
-      <c r="B2754" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2755" spans="1:2">
       <c r="A2755" t="s">
         <v>2757</v>
       </c>
-      <c r="B2755" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2756" spans="1:2">
       <c r="A2756" t="s">
         <v>2758</v>
       </c>
-      <c r="B2756" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2757" spans="1:2">
       <c r="A2757" t="s">
         <v>2759</v>
       </c>
     </row>
     <row r="2758" spans="1:2">
       <c r="A2758" t="s">
         <v>2760</v>
       </c>
-      <c r="B2758" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2759" spans="1:2">
       <c r="A2759" t="s">
         <v>2761</v>
       </c>
-      <c r="B2759" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2760" spans="1:2">
       <c r="A2760" t="s">
         <v>2762</v>
       </c>
     </row>
     <row r="2761" spans="1:2">
       <c r="A2761" t="s">
         <v>2763</v>
       </c>
     </row>
     <row r="2762" spans="1:2">
       <c r="A2762" t="s">
         <v>2764</v>
       </c>
     </row>
     <row r="2763" spans="1:2">
       <c r="A2763" t="s">
         <v>2765</v>
       </c>
     </row>
     <row r="2764" spans="1:2">
       <c r="A2764" t="s">
         <v>2766</v>
       </c>
     </row>
     <row r="2765" spans="1:2">
       <c r="A2765" t="s">
         <v>2767</v>
       </c>
+      <c r="B2765" t="s">
+        <v>4890</v>
+      </c>
     </row>
     <row r="2766" spans="1:2">
       <c r="A2766" t="s">
         <v>2768</v>
       </c>
       <c r="B2766" t="s">
-        <v>4889</v>
+        <v>4891</v>
       </c>
     </row>
     <row r="2767" spans="1:2">
       <c r="A2767" t="s">
         <v>2769</v>
       </c>
     </row>
     <row r="2768" spans="1:2">
       <c r="A2768" t="s">
         <v>2770</v>
       </c>
     </row>
     <row r="2769" spans="1:2">
       <c r="A2769" t="s">
         <v>2771</v>
       </c>
     </row>
     <row r="2770" spans="1:2">
       <c r="A2770" t="s">
         <v>2772</v>
       </c>
     </row>
     <row r="2771" spans="1:2">
       <c r="A2771" t="s">
         <v>2773</v>
       </c>
     </row>
     <row r="2772" spans="1:2">
       <c r="A2772" t="s">
         <v>2774</v>
       </c>
     </row>
     <row r="2773" spans="1:2">
       <c r="A2773" t="s">
         <v>2775</v>
       </c>
     </row>
     <row r="2774" spans="1:2">
       <c r="A2774" t="s">
         <v>2776</v>
       </c>
     </row>
     <row r="2775" spans="1:2">
       <c r="A2775" t="s">
         <v>2777</v>
       </c>
+      <c r="B2775" t="s">
+        <v>4892</v>
+      </c>
     </row>
     <row r="2776" spans="1:2">
       <c r="A2776" t="s">
         <v>2778</v>
       </c>
     </row>
     <row r="2777" spans="1:2">
       <c r="A2777" t="s">
         <v>2779</v>
       </c>
     </row>
     <row r="2778" spans="1:2">
       <c r="A2778" t="s">
         <v>2780</v>
       </c>
-      <c r="B2778" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2779" spans="1:2">
       <c r="A2779" t="s">
         <v>2781</v>
       </c>
     </row>
     <row r="2780" spans="1:2">
       <c r="A2780" t="s">
         <v>2782</v>
       </c>
-      <c r="B2780" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2781" spans="1:2">
       <c r="A2781" t="s">
         <v>2783</v>
       </c>
-      <c r="B2781" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2782" spans="1:2">
       <c r="A2782" t="s">
         <v>2784</v>
       </c>
     </row>
     <row r="2783" spans="1:2">
       <c r="A2783" t="s">
         <v>2785</v>
       </c>
     </row>
     <row r="2784" spans="1:2">
       <c r="A2784" t="s">
         <v>2786</v>
       </c>
     </row>
     <row r="2785" spans="1:2">
       <c r="A2785" t="s">
         <v>2787</v>
       </c>
+      <c r="B2785" t="s">
+        <v>4893</v>
+      </c>
     </row>
     <row r="2786" spans="1:2">
       <c r="A2786" t="s">
         <v>2788</v>
       </c>
+      <c r="B2786" t="s">
+        <v>4894</v>
+      </c>
     </row>
     <row r="2787" spans="1:2">
       <c r="A2787" t="s">
         <v>2789</v>
       </c>
     </row>
     <row r="2788" spans="1:2">
       <c r="A2788" t="s">
         <v>2790</v>
       </c>
-      <c r="B2788" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2789" spans="1:2">
       <c r="A2789" t="s">
         <v>2791</v>
       </c>
-      <c r="B2789" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2790" spans="1:2">
       <c r="A2790" t="s">
         <v>2792</v>
       </c>
-      <c r="B2790" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2791" spans="1:2">
       <c r="A2791" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="2792" spans="1:2">
       <c r="A2792" t="s">
         <v>2794</v>
       </c>
     </row>
     <row r="2793" spans="1:2">
       <c r="A2793" t="s">
         <v>2795</v>
       </c>
-      <c r="B2793" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2794" spans="1:2">
       <c r="A2794" t="s">
         <v>2796</v>
       </c>
     </row>
     <row r="2795" spans="1:2">
       <c r="A2795" t="s">
         <v>2797</v>
       </c>
+      <c r="B2795" t="s">
+        <v>4895</v>
+      </c>
     </row>
     <row r="2796" spans="1:2">
       <c r="A2796" t="s">
         <v>2798</v>
       </c>
+      <c r="B2796" t="s">
+        <v>4896</v>
+      </c>
     </row>
     <row r="2797" spans="1:2">
       <c r="A2797" t="s">
         <v>2799</v>
       </c>
+      <c r="B2797" t="s">
+        <v>4897</v>
+      </c>
     </row>
     <row r="2798" spans="1:2">
       <c r="A2798" t="s">
         <v>2800</v>
       </c>
       <c r="B2798" t="s">
-        <v>4897</v>
+        <v>4898</v>
       </c>
     </row>
     <row r="2799" spans="1:2">
       <c r="A2799" t="s">
         <v>2801</v>
       </c>
+      <c r="B2799" t="s">
+        <v>4899</v>
+      </c>
     </row>
     <row r="2800" spans="1:2">
       <c r="A2800" t="s">
         <v>2802</v>
       </c>
+      <c r="B2800" t="s">
+        <v>4900</v>
+      </c>
     </row>
     <row r="2801" spans="1:2">
       <c r="A2801" t="s">
         <v>2803</v>
       </c>
+      <c r="B2801" t="s">
+        <v>4901</v>
+      </c>
     </row>
     <row r="2802" spans="1:2">
       <c r="A2802" t="s">
         <v>2804</v>
       </c>
+      <c r="B2802" t="s">
+        <v>4902</v>
+      </c>
     </row>
     <row r="2803" spans="1:2">
       <c r="A2803" t="s">
         <v>2805</v>
       </c>
-      <c r="B2803" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2804" spans="1:2">
       <c r="A2804" t="s">
         <v>2806</v>
       </c>
     </row>
     <row r="2805" spans="1:2">
       <c r="A2805" t="s">
         <v>2807</v>
       </c>
     </row>
     <row r="2806" spans="1:2">
       <c r="A2806" t="s">
         <v>2808</v>
       </c>
     </row>
     <row r="2807" spans="1:2">
       <c r="A2807" t="s">
         <v>2809</v>
       </c>
-      <c r="B2807" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2808" spans="1:2">
       <c r="A2808" t="s">
         <v>2810</v>
       </c>
     </row>
     <row r="2809" spans="1:2">
       <c r="A2809" t="s">
         <v>2811</v>
       </c>
     </row>
     <row r="2810" spans="1:2">
       <c r="A2810" t="s">
         <v>2812</v>
       </c>
     </row>
     <row r="2811" spans="1:2">
       <c r="A2811" t="s">
         <v>2813</v>
       </c>
     </row>
     <row r="2812" spans="1:2">
       <c r="A2812" t="s">
         <v>2814</v>
       </c>
     </row>
     <row r="2813" spans="1:2">
       <c r="A2813" t="s">
         <v>2815</v>
       </c>
     </row>
     <row r="2814" spans="1:2">
       <c r="A2814" t="s">
         <v>2816</v>
       </c>
     </row>
     <row r="2815" spans="1:2">
       <c r="A2815" t="s">
         <v>2817</v>
       </c>
+      <c r="B2815" t="s">
+        <v>4903</v>
+      </c>
     </row>
     <row r="2816" spans="1:2">
       <c r="A2816" t="s">
         <v>2818</v>
       </c>
-      <c r="B2816" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2817" spans="1:2">
       <c r="A2817" t="s">
         <v>2819</v>
       </c>
       <c r="B2817" t="s">
-        <v>4901</v>
+        <v>4904</v>
       </c>
     </row>
     <row r="2818" spans="1:2">
       <c r="A2818" t="s">
         <v>2820</v>
       </c>
-      <c r="B2818" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2819" spans="1:2">
       <c r="A2819" t="s">
         <v>2821</v>
       </c>
     </row>
     <row r="2820" spans="1:2">
       <c r="A2820" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="2821" spans="1:2">
       <c r="A2821" t="s">
         <v>2823</v>
       </c>
     </row>
     <row r="2822" spans="1:2">
       <c r="A2822" t="s">
         <v>2824</v>
       </c>
     </row>
     <row r="2823" spans="1:2">
       <c r="A2823" t="s">
         <v>2825</v>
       </c>
     </row>
     <row r="2824" spans="1:2">
       <c r="A2824" t="s">
         <v>2826</v>
       </c>
+      <c r="B2824" t="s">
+        <v>4905</v>
+      </c>
     </row>
     <row r="2825" spans="1:2">
       <c r="A2825" t="s">
         <v>2827</v>
       </c>
+      <c r="B2825" t="s">
+        <v>4906</v>
+      </c>
     </row>
     <row r="2826" spans="1:2">
       <c r="A2826" t="s">
         <v>2828</v>
       </c>
     </row>
     <row r="2827" spans="1:2">
       <c r="A2827" t="s">
         <v>2829</v>
       </c>
     </row>
     <row r="2828" spans="1:2">
       <c r="A2828" t="s">
         <v>2830</v>
       </c>
     </row>
     <row r="2829" spans="1:2">
       <c r="A2829" t="s">
         <v>2831</v>
       </c>
     </row>
     <row r="2830" spans="1:2">
       <c r="A2830" t="s">
         <v>2832</v>
       </c>
-      <c r="B2830" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2831" spans="1:2">
       <c r="A2831" t="s">
         <v>2833</v>
       </c>
-      <c r="B2831" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2832" spans="1:2">
       <c r="A2832" t="s">
         <v>2834</v>
       </c>
+      <c r="B2832" t="s">
+        <v>4907</v>
+      </c>
     </row>
     <row r="2833" spans="1:2">
       <c r="A2833" t="s">
         <v>2835</v>
       </c>
     </row>
     <row r="2834" spans="1:2">
       <c r="A2834" t="s">
         <v>2836</v>
       </c>
     </row>
     <row r="2835" spans="1:2">
       <c r="A2835" t="s">
         <v>2837</v>
       </c>
+      <c r="B2835" t="s">
+        <v>4908</v>
+      </c>
     </row>
     <row r="2836" spans="1:2">
       <c r="A2836" t="s">
         <v>2838</v>
       </c>
     </row>
     <row r="2837" spans="1:2">
       <c r="A2837" t="s">
         <v>2839</v>
       </c>
     </row>
     <row r="2838" spans="1:2">
       <c r="A2838" t="s">
         <v>2840</v>
       </c>
     </row>
     <row r="2839" spans="1:2">
       <c r="A2839" t="s">
         <v>2841</v>
       </c>
     </row>
     <row r="2840" spans="1:2">
       <c r="A2840" t="s">
         <v>2842</v>
       </c>
     </row>
     <row r="2841" spans="1:2">
       <c r="A2841" t="s">
         <v>2843</v>
       </c>
     </row>
     <row r="2842" spans="1:2">
       <c r="A2842" t="s">
         <v>2844</v>
       </c>
-      <c r="B2842" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2843" spans="1:2">
       <c r="A2843" t="s">
         <v>2845</v>
       </c>
-      <c r="B2843" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2844" spans="1:2">
       <c r="A2844" t="s">
         <v>2846</v>
       </c>
-      <c r="B2844" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2845" spans="1:2">
       <c r="A2845" t="s">
         <v>2847</v>
       </c>
-      <c r="B2845" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2846" spans="1:2">
       <c r="A2846" t="s">
         <v>2848</v>
       </c>
-      <c r="B2846" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2847" spans="1:2">
       <c r="A2847" t="s">
         <v>2849</v>
       </c>
     </row>
     <row r="2848" spans="1:2">
       <c r="A2848" t="s">
         <v>2850</v>
       </c>
+      <c r="B2848" t="s">
+        <v>4909</v>
+      </c>
     </row>
     <row r="2849" spans="1:2">
       <c r="A2849" t="s">
         <v>2851</v>
       </c>
+      <c r="B2849" t="s">
+        <v>4910</v>
+      </c>
     </row>
     <row r="2850" spans="1:2">
       <c r="A2850" t="s">
         <v>2852</v>
       </c>
       <c r="B2850" t="s">
-        <v>4910</v>
+        <v>4911</v>
       </c>
     </row>
     <row r="2851" spans="1:2">
       <c r="A2851" t="s">
         <v>2853</v>
       </c>
+      <c r="B2851" t="s">
+        <v>4912</v>
+      </c>
     </row>
     <row r="2852" spans="1:2">
       <c r="A2852" t="s">
         <v>2854</v>
       </c>
     </row>
     <row r="2853" spans="1:2">
       <c r="A2853" t="s">
         <v>2855</v>
       </c>
     </row>
     <row r="2854" spans="1:2">
       <c r="A2854" t="s">
         <v>2856</v>
       </c>
     </row>
     <row r="2855" spans="1:2">
       <c r="A2855" t="s">
         <v>2857</v>
       </c>
+      <c r="B2855" t="s">
+        <v>4913</v>
+      </c>
     </row>
     <row r="2856" spans="1:2">
       <c r="A2856" t="s">
         <v>2858</v>
       </c>
     </row>
     <row r="2857" spans="1:2">
       <c r="A2857" t="s">
         <v>2859</v>
       </c>
-      <c r="B2857" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2858" spans="1:2">
       <c r="A2858" t="s">
         <v>2860</v>
       </c>
     </row>
     <row r="2859" spans="1:2">
       <c r="A2859" t="s">
         <v>2861</v>
       </c>
       <c r="B2859" t="s">
-        <v>4912</v>
+        <v>4914</v>
       </c>
     </row>
     <row r="2860" spans="1:2">
       <c r="A2860" t="s">
         <v>2862</v>
       </c>
     </row>
     <row r="2861" spans="1:2">
       <c r="A2861" t="s">
         <v>2863</v>
       </c>
+      <c r="B2861" t="s">
+        <v>4915</v>
+      </c>
     </row>
     <row r="2862" spans="1:2">
       <c r="A2862" t="s">
         <v>2864</v>
       </c>
     </row>
     <row r="2863" spans="1:2">
       <c r="A2863" t="s">
         <v>2865</v>
       </c>
     </row>
     <row r="2864" spans="1:2">
       <c r="A2864" t="s">
         <v>2866</v>
       </c>
     </row>
     <row r="2865" spans="1:2">
       <c r="A2865" t="s">
         <v>2867</v>
       </c>
-      <c r="B2865" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2866" spans="1:2">
       <c r="A2866" t="s">
         <v>2868</v>
       </c>
     </row>
     <row r="2867" spans="1:2">
       <c r="A2867" t="s">
         <v>2869</v>
       </c>
     </row>
     <row r="2868" spans="1:2">
       <c r="A2868" t="s">
         <v>2870</v>
       </c>
       <c r="B2868" t="s">
-        <v>4914</v>
+        <v>4916</v>
       </c>
     </row>
     <row r="2869" spans="1:2">
       <c r="A2869" t="s">
         <v>2871</v>
       </c>
       <c r="B2869" t="s">
-        <v>4915</v>
+        <v>4917</v>
       </c>
     </row>
     <row r="2870" spans="1:2">
       <c r="A2870" t="s">
         <v>2872</v>
       </c>
     </row>
     <row r="2871" spans="1:2">
       <c r="A2871" t="s">
         <v>2873</v>
       </c>
     </row>
     <row r="2872" spans="1:2">
       <c r="A2872" t="s">
         <v>2874</v>
       </c>
     </row>
     <row r="2873" spans="1:2">
       <c r="A2873" t="s">
         <v>2875</v>
       </c>
     </row>
     <row r="2874" spans="1:2">
       <c r="A2874" t="s">
         <v>2876</v>
       </c>
+      <c r="B2874" t="s">
+        <v>4918</v>
+      </c>
     </row>
     <row r="2875" spans="1:2">
       <c r="A2875" t="s">
         <v>2877</v>
       </c>
     </row>
     <row r="2876" spans="1:2">
       <c r="A2876" t="s">
         <v>2878</v>
       </c>
-      <c r="B2876" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2877" spans="1:2">
       <c r="A2877" t="s">
         <v>2879</v>
       </c>
     </row>
     <row r="2878" spans="1:2">
       <c r="A2878" t="s">
         <v>2880</v>
       </c>
     </row>
     <row r="2879" spans="1:2">
       <c r="A2879" t="s">
         <v>2881</v>
       </c>
     </row>
     <row r="2880" spans="1:2">
       <c r="A2880" t="s">
         <v>2882</v>
       </c>
-      <c r="B2880" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2881" spans="1:2">
       <c r="A2881" t="s">
         <v>2883</v>
       </c>
       <c r="B2881" t="s">
-        <v>4918</v>
+        <v>4919</v>
       </c>
     </row>
     <row r="2882" spans="1:2">
       <c r="A2882" t="s">
         <v>2884</v>
       </c>
     </row>
     <row r="2883" spans="1:2">
       <c r="A2883" t="s">
         <v>2885</v>
       </c>
     </row>
     <row r="2884" spans="1:2">
       <c r="A2884" t="s">
         <v>2886</v>
       </c>
-      <c r="B2884" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2885" spans="1:2">
       <c r="A2885" t="s">
         <v>2887</v>
       </c>
     </row>
     <row r="2886" spans="1:2">
       <c r="A2886" t="s">
         <v>2888</v>
       </c>
     </row>
     <row r="2887" spans="1:2">
       <c r="A2887" t="s">
         <v>2889</v>
       </c>
       <c r="B2887" t="s">
         <v>4920</v>
       </c>
     </row>
     <row r="2888" spans="1:2">
       <c r="A2888" t="s">
         <v>2890</v>
       </c>
+      <c r="B2888" t="s">
+        <v>4921</v>
+      </c>
     </row>
     <row r="2889" spans="1:2">
       <c r="A2889" t="s">
         <v>2891</v>
       </c>
     </row>
     <row r="2890" spans="1:2">
       <c r="A2890" t="s">
         <v>2892</v>
       </c>
     </row>
     <row r="2891" spans="1:2">
       <c r="A2891" t="s">
         <v>2893</v>
       </c>
     </row>
     <row r="2892" spans="1:2">
       <c r="A2892" t="s">
         <v>2894</v>
       </c>
     </row>
     <row r="2893" spans="1:2">
       <c r="A2893" t="s">
         <v>2895</v>
       </c>
     </row>
     <row r="2894" spans="1:2">
       <c r="A2894" t="s">
         <v>2896</v>
       </c>
     </row>
     <row r="2895" spans="1:2">
       <c r="A2895" t="s">
         <v>2897</v>
       </c>
-      <c r="B2895" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2896" spans="1:2">
       <c r="A2896" t="s">
         <v>2898</v>
       </c>
-      <c r="B2896" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2897" spans="1:2">
       <c r="A2897" t="s">
         <v>2899</v>
       </c>
     </row>
     <row r="2898" spans="1:2">
       <c r="A2898" t="s">
         <v>2900</v>
       </c>
     </row>
     <row r="2899" spans="1:2">
       <c r="A2899" t="s">
         <v>2901</v>
       </c>
+      <c r="B2899" t="s">
+        <v>4922</v>
+      </c>
     </row>
     <row r="2900" spans="1:2">
       <c r="A2900" t="s">
         <v>2902</v>
       </c>
+      <c r="B2900" t="s">
+        <v>4923</v>
+      </c>
     </row>
     <row r="2901" spans="1:2">
       <c r="A2901" t="s">
         <v>2903</v>
       </c>
+      <c r="B2901" t="s">
+        <v>4924</v>
+      </c>
     </row>
     <row r="2902" spans="1:2">
       <c r="A2902" t="s">
         <v>2904</v>
       </c>
-      <c r="B2902" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2903" spans="1:2">
       <c r="A2903" t="s">
         <v>2905</v>
       </c>
     </row>
     <row r="2904" spans="1:2">
       <c r="A2904" t="s">
         <v>2906</v>
       </c>
     </row>
     <row r="2905" spans="1:2">
       <c r="A2905" t="s">
         <v>2907</v>
       </c>
     </row>
     <row r="2906" spans="1:2">
       <c r="A2906" t="s">
         <v>2908</v>
       </c>
     </row>
     <row r="2907" spans="1:2">
       <c r="A2907" t="s">
         <v>2909</v>
       </c>
@@ -33383,655 +33386,652 @@
     </row>
     <row r="2911" spans="1:2">
       <c r="A2911" t="s">
         <v>2913</v>
       </c>
     </row>
     <row r="2912" spans="1:2">
       <c r="A2912" t="s">
         <v>2914</v>
       </c>
     </row>
     <row r="2913" spans="1:2">
       <c r="A2913" t="s">
         <v>2915</v>
       </c>
     </row>
     <row r="2914" spans="1:2">
       <c r="A2914" t="s">
         <v>2916</v>
       </c>
     </row>
     <row r="2915" spans="1:2">
       <c r="A2915" t="s">
         <v>2917</v>
       </c>
-      <c r="B2915" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2916" spans="1:2">
       <c r="A2916" t="s">
         <v>2918</v>
       </c>
-      <c r="B2916" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2917" spans="1:2">
       <c r="A2917" t="s">
         <v>2919</v>
       </c>
       <c r="B2917" t="s">
-        <v>4926</v>
+        <v>4925</v>
       </c>
     </row>
     <row r="2918" spans="1:2">
       <c r="A2918" t="s">
         <v>2920</v>
       </c>
       <c r="B2918" t="s">
-        <v>4927</v>
+        <v>4926</v>
       </c>
     </row>
     <row r="2919" spans="1:2">
       <c r="A2919" t="s">
         <v>2921</v>
       </c>
       <c r="B2919" t="s">
-        <v>4928</v>
+        <v>4927</v>
       </c>
     </row>
     <row r="2920" spans="1:2">
       <c r="A2920" t="s">
         <v>2922</v>
       </c>
+      <c r="B2920" t="s">
+        <v>4928</v>
+      </c>
     </row>
     <row r="2921" spans="1:2">
       <c r="A2921" t="s">
         <v>2923</v>
       </c>
+      <c r="B2921" t="s">
+        <v>4929</v>
+      </c>
     </row>
     <row r="2922" spans="1:2">
       <c r="A2922" t="s">
         <v>2924</v>
       </c>
     </row>
     <row r="2923" spans="1:2">
       <c r="A2923" t="s">
         <v>2925</v>
       </c>
     </row>
     <row r="2924" spans="1:2">
       <c r="A2924" t="s">
         <v>2926</v>
       </c>
-      <c r="B2924" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2925" spans="1:2">
       <c r="A2925" t="s">
         <v>2927</v>
       </c>
+      <c r="B2925" t="s">
+        <v>4930</v>
+      </c>
     </row>
     <row r="2926" spans="1:2">
       <c r="A2926" t="s">
         <v>2928</v>
       </c>
+      <c r="B2926" t="s">
+        <v>4931</v>
+      </c>
     </row>
     <row r="2927" spans="1:2">
       <c r="A2927" t="s">
         <v>2929</v>
       </c>
     </row>
     <row r="2928" spans="1:2">
       <c r="A2928" t="s">
         <v>2930</v>
       </c>
     </row>
     <row r="2929" spans="1:2">
       <c r="A2929" t="s">
         <v>2931</v>
       </c>
+      <c r="B2929" t="s">
+        <v>4932</v>
+      </c>
     </row>
     <row r="2930" spans="1:2">
       <c r="A2930" t="s">
         <v>2932</v>
       </c>
     </row>
     <row r="2931" spans="1:2">
       <c r="A2931" t="s">
         <v>2933</v>
       </c>
     </row>
     <row r="2932" spans="1:2">
       <c r="A2932" t="s">
         <v>2934</v>
       </c>
-      <c r="B2932" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2933" spans="1:2">
       <c r="A2933" t="s">
         <v>2935</v>
       </c>
     </row>
     <row r="2934" spans="1:2">
       <c r="A2934" t="s">
         <v>2936</v>
       </c>
     </row>
     <row r="2935" spans="1:2">
       <c r="A2935" t="s">
         <v>2937</v>
       </c>
-      <c r="B2935" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2936" spans="1:2">
       <c r="A2936" t="s">
         <v>2938</v>
       </c>
     </row>
     <row r="2937" spans="1:2">
       <c r="A2937" t="s">
         <v>2939</v>
       </c>
     </row>
     <row r="2938" spans="1:2">
       <c r="A2938" t="s">
         <v>2940</v>
       </c>
+      <c r="B2938" t="s">
+        <v>4933</v>
+      </c>
     </row>
     <row r="2939" spans="1:2">
       <c r="A2939" t="s">
         <v>2941</v>
       </c>
-      <c r="B2939" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2940" spans="1:2">
       <c r="A2940" t="s">
         <v>2942</v>
       </c>
+      <c r="B2940" t="s">
+        <v>4934</v>
+      </c>
     </row>
     <row r="2941" spans="1:2">
       <c r="A2941" t="s">
         <v>2943</v>
       </c>
     </row>
     <row r="2942" spans="1:2">
       <c r="A2942" t="s">
         <v>2944</v>
       </c>
-      <c r="B2942" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2943" spans="1:2">
       <c r="A2943" t="s">
         <v>2945</v>
       </c>
     </row>
     <row r="2944" spans="1:2">
       <c r="A2944" t="s">
         <v>2946</v>
       </c>
     </row>
     <row r="2945" spans="1:2">
       <c r="A2945" t="s">
         <v>2947</v>
       </c>
     </row>
     <row r="2946" spans="1:2">
       <c r="A2946" t="s">
         <v>2948</v>
       </c>
     </row>
     <row r="2947" spans="1:2">
       <c r="A2947" t="s">
         <v>2949</v>
       </c>
     </row>
     <row r="2948" spans="1:2">
       <c r="A2948" t="s">
         <v>2950</v>
       </c>
     </row>
     <row r="2949" spans="1:2">
       <c r="A2949" t="s">
         <v>2951</v>
       </c>
     </row>
     <row r="2950" spans="1:2">
       <c r="A2950" t="s">
         <v>2952</v>
       </c>
     </row>
     <row r="2951" spans="1:2">
       <c r="A2951" t="s">
         <v>2953</v>
       </c>
+      <c r="B2951" t="s">
+        <v>4935</v>
+      </c>
     </row>
     <row r="2952" spans="1:2">
       <c r="A2952" t="s">
         <v>2954</v>
       </c>
     </row>
     <row r="2953" spans="1:2">
       <c r="A2953" t="s">
         <v>2955</v>
       </c>
     </row>
     <row r="2954" spans="1:2">
       <c r="A2954" t="s">
         <v>2956</v>
       </c>
-      <c r="B2954" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2955" spans="1:2">
       <c r="A2955" t="s">
         <v>2957</v>
       </c>
     </row>
     <row r="2956" spans="1:2">
       <c r="A2956" t="s">
         <v>2958</v>
       </c>
+      <c r="B2956" t="s">
+        <v>4936</v>
+      </c>
     </row>
     <row r="2957" spans="1:2">
       <c r="A2957" t="s">
         <v>2959</v>
       </c>
+      <c r="B2957" t="s">
+        <v>4937</v>
+      </c>
     </row>
     <row r="2958" spans="1:2">
       <c r="A2958" t="s">
         <v>2960</v>
       </c>
     </row>
     <row r="2959" spans="1:2">
       <c r="A2959" t="s">
         <v>2961</v>
       </c>
-      <c r="B2959" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2960" spans="1:2">
       <c r="A2960" t="s">
         <v>2962</v>
       </c>
     </row>
     <row r="2961" spans="1:2">
       <c r="A2961" t="s">
         <v>2963</v>
       </c>
     </row>
     <row r="2962" spans="1:2">
       <c r="A2962" t="s">
         <v>2964</v>
       </c>
     </row>
     <row r="2963" spans="1:2">
       <c r="A2963" t="s">
         <v>2965</v>
       </c>
     </row>
     <row r="2964" spans="1:2">
       <c r="A2964" t="s">
         <v>2966</v>
       </c>
     </row>
     <row r="2965" spans="1:2">
       <c r="A2965" t="s">
         <v>2967</v>
       </c>
     </row>
     <row r="2966" spans="1:2">
       <c r="A2966" t="s">
         <v>2968</v>
       </c>
     </row>
     <row r="2967" spans="1:2">
       <c r="A2967" t="s">
         <v>2969</v>
       </c>
     </row>
     <row r="2968" spans="1:2">
       <c r="A2968" t="s">
         <v>2970</v>
       </c>
       <c r="B2968" t="s">
-        <v>4936</v>
+        <v>4938</v>
       </c>
     </row>
     <row r="2969" spans="1:2">
       <c r="A2969" t="s">
         <v>2971</v>
       </c>
-      <c r="B2969" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2970" spans="1:2">
       <c r="A2970" t="s">
         <v>2972</v>
       </c>
     </row>
     <row r="2971" spans="1:2">
       <c r="A2971" t="s">
         <v>2973</v>
       </c>
+      <c r="B2971" t="s">
+        <v>4939</v>
+      </c>
     </row>
     <row r="2972" spans="1:2">
       <c r="A2972" t="s">
         <v>2974</v>
       </c>
       <c r="B2972" t="s">
-        <v>4938</v>
+        <v>4940</v>
       </c>
     </row>
     <row r="2973" spans="1:2">
       <c r="A2973" t="s">
         <v>2975</v>
       </c>
     </row>
     <row r="2974" spans="1:2">
       <c r="A2974" t="s">
         <v>2976</v>
       </c>
+      <c r="B2974" t="s">
+        <v>4941</v>
+      </c>
     </row>
     <row r="2975" spans="1:2">
       <c r="A2975" t="s">
         <v>2977</v>
       </c>
-      <c r="B2975" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2976" spans="1:2">
       <c r="A2976" t="s">
         <v>2978</v>
       </c>
     </row>
     <row r="2977" spans="1:2">
       <c r="A2977" t="s">
         <v>2979</v>
       </c>
     </row>
     <row r="2978" spans="1:2">
       <c r="A2978" t="s">
         <v>2980</v>
       </c>
     </row>
     <row r="2979" spans="1:2">
       <c r="A2979" t="s">
         <v>2981</v>
       </c>
-      <c r="B2979" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2980" spans="1:2">
       <c r="A2980" t="s">
         <v>2982</v>
       </c>
     </row>
     <row r="2981" spans="1:2">
       <c r="A2981" t="s">
         <v>2983</v>
       </c>
     </row>
     <row r="2982" spans="1:2">
       <c r="A2982" t="s">
         <v>2984</v>
       </c>
+      <c r="B2982" t="s">
+        <v>4942</v>
+      </c>
     </row>
     <row r="2983" spans="1:2">
       <c r="A2983" t="s">
         <v>2985</v>
       </c>
     </row>
     <row r="2984" spans="1:2">
       <c r="A2984" t="s">
         <v>2986</v>
       </c>
     </row>
     <row r="2985" spans="1:2">
       <c r="A2985" t="s">
         <v>2987</v>
       </c>
     </row>
     <row r="2986" spans="1:2">
       <c r="A2986" t="s">
         <v>2988</v>
       </c>
     </row>
     <row r="2987" spans="1:2">
       <c r="A2987" t="s">
         <v>2989</v>
       </c>
+      <c r="B2987" t="s">
+        <v>4943</v>
+      </c>
     </row>
     <row r="2988" spans="1:2">
       <c r="A2988" t="s">
         <v>2990</v>
       </c>
       <c r="B2988" t="s">
-        <v>4941</v>
+        <v>4944</v>
       </c>
     </row>
     <row r="2989" spans="1:2">
       <c r="A2989" t="s">
         <v>2991</v>
       </c>
     </row>
     <row r="2990" spans="1:2">
       <c r="A2990" t="s">
         <v>2992</v>
       </c>
       <c r="B2990" t="s">
-        <v>4942</v>
+        <v>4945</v>
       </c>
     </row>
     <row r="2991" spans="1:2">
       <c r="A2991" t="s">
         <v>2993</v>
       </c>
     </row>
     <row r="2992" spans="1:2">
       <c r="A2992" t="s">
         <v>2994</v>
       </c>
-      <c r="B2992" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2993" spans="1:2">
       <c r="A2993" t="s">
         <v>2995</v>
       </c>
+      <c r="B2993" t="s">
+        <v>4946</v>
+      </c>
     </row>
     <row r="2994" spans="1:2">
       <c r="A2994" t="s">
         <v>2996</v>
       </c>
     </row>
     <row r="2995" spans="1:2">
       <c r="A2995" t="s">
         <v>2997</v>
       </c>
     </row>
     <row r="2996" spans="1:2">
       <c r="A2996" t="s">
         <v>2998</v>
       </c>
     </row>
     <row r="2997" spans="1:2">
       <c r="A2997" t="s">
         <v>2999</v>
       </c>
     </row>
     <row r="2998" spans="1:2">
       <c r="A2998" t="s">
         <v>3000</v>
       </c>
     </row>
     <row r="2999" spans="1:2">
       <c r="A2999" t="s">
         <v>3001</v>
       </c>
     </row>
     <row r="3000" spans="1:2">
       <c r="A3000" t="s">
         <v>3002</v>
       </c>
     </row>
     <row r="3001" spans="1:2">
       <c r="A3001" t="s">
         <v>3003</v>
       </c>
+      <c r="B3001" t="s">
+        <v>4947</v>
+      </c>
     </row>
     <row r="3002" spans="1:2">
       <c r="A3002" t="s">
         <v>3004</v>
       </c>
-      <c r="B3002" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3003" spans="1:2">
       <c r="A3003" t="s">
         <v>3005</v>
       </c>
     </row>
     <row r="3004" spans="1:2">
       <c r="A3004" t="s">
         <v>3006</v>
       </c>
     </row>
     <row r="3005" spans="1:2">
       <c r="A3005" t="s">
         <v>3007</v>
       </c>
     </row>
     <row r="3006" spans="1:2">
       <c r="A3006" t="s">
         <v>3008</v>
       </c>
     </row>
     <row r="3007" spans="1:2">
       <c r="A3007" t="s">
         <v>3009</v>
       </c>
     </row>
     <row r="3008" spans="1:2">
       <c r="A3008" t="s">
         <v>3010</v>
       </c>
-      <c r="B3008" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3009" spans="1:2">
       <c r="A3009" t="s">
         <v>3011</v>
       </c>
     </row>
     <row r="3010" spans="1:2">
       <c r="A3010" t="s">
         <v>3012</v>
       </c>
     </row>
     <row r="3011" spans="1:2">
       <c r="A3011" t="s">
         <v>3013</v>
       </c>
     </row>
     <row r="3012" spans="1:2">
       <c r="A3012" t="s">
         <v>3014</v>
       </c>
     </row>
     <row r="3013" spans="1:2">
       <c r="A3013" t="s">
         <v>3015</v>
       </c>
     </row>
     <row r="3014" spans="1:2">
       <c r="A3014" t="s">
         <v>3016</v>
       </c>
     </row>
     <row r="3015" spans="1:2">
       <c r="A3015" t="s">
         <v>3017</v>
       </c>
     </row>
     <row r="3016" spans="1:2">
       <c r="A3016" t="s">
         <v>3018</v>
       </c>
-      <c r="B3016" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3017" spans="1:2">
       <c r="A3017" t="s">
         <v>3019</v>
       </c>
     </row>
     <row r="3018" spans="1:2">
       <c r="A3018" t="s">
         <v>3020</v>
       </c>
     </row>
     <row r="3019" spans="1:2">
       <c r="A3019" t="s">
         <v>3021</v>
       </c>
     </row>
     <row r="3020" spans="1:2">
       <c r="A3020" t="s">
         <v>3022</v>
       </c>
       <c r="B3020" t="s">
-        <v>4947</v>
+        <v>4948</v>
       </c>
     </row>
     <row r="3021" spans="1:2">
       <c r="A3021" t="s">
         <v>3023</v>
       </c>
-      <c r="B3021" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3022" spans="1:2">
       <c r="A3022" t="s">
         <v>3024</v>
       </c>
       <c r="B3022" t="s">
         <v>4949</v>
       </c>
     </row>
     <row r="3023" spans="1:2">
       <c r="A3023" t="s">
         <v>3025</v>
       </c>
       <c r="B3023" t="s">
         <v>4950</v>
       </c>
     </row>
     <row r="3024" spans="1:2">
       <c r="A3024" t="s">
         <v>3026</v>
       </c>
       <c r="B3024" t="s">
         <v>4951</v>
       </c>
     </row>
@@ -34097,1294 +34097,1300 @@
       </c>
       <c r="B3032" t="s">
         <v>4959</v>
       </c>
     </row>
     <row r="3033" spans="1:2">
       <c r="A3033" t="s">
         <v>3035</v>
       </c>
       <c r="B3033" t="s">
         <v>4960</v>
       </c>
     </row>
     <row r="3034" spans="1:2">
       <c r="A3034" t="s">
         <v>3036</v>
       </c>
       <c r="B3034" t="s">
         <v>4961</v>
       </c>
     </row>
     <row r="3035" spans="1:2">
       <c r="A3035" t="s">
         <v>3037</v>
       </c>
+      <c r="B3035" t="s">
+        <v>4962</v>
+      </c>
     </row>
     <row r="3036" spans="1:2">
       <c r="A3036" t="s">
         <v>3038</v>
       </c>
-      <c r="B3036" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3037" spans="1:2">
       <c r="A3037" t="s">
         <v>3039</v>
       </c>
       <c r="B3037" t="s">
         <v>4963</v>
       </c>
     </row>
     <row r="3038" spans="1:2">
       <c r="A3038" t="s">
         <v>3040</v>
       </c>
+      <c r="B3038" t="s">
+        <v>4964</v>
+      </c>
     </row>
     <row r="3039" spans="1:2">
       <c r="A3039" t="s">
         <v>3041</v>
       </c>
+      <c r="B3039" t="s">
+        <v>4965</v>
+      </c>
     </row>
     <row r="3040" spans="1:2">
       <c r="A3040" t="s">
         <v>3042</v>
       </c>
     </row>
     <row r="3041" spans="1:2">
       <c r="A3041" t="s">
         <v>3043</v>
       </c>
     </row>
     <row r="3042" spans="1:2">
       <c r="A3042" t="s">
         <v>3044</v>
       </c>
     </row>
     <row r="3043" spans="1:2">
       <c r="A3043" t="s">
         <v>3045</v>
       </c>
     </row>
     <row r="3044" spans="1:2">
       <c r="A3044" t="s">
         <v>3046</v>
       </c>
     </row>
     <row r="3045" spans="1:2">
       <c r="A3045" t="s">
         <v>3047</v>
       </c>
     </row>
     <row r="3046" spans="1:2">
       <c r="A3046" t="s">
         <v>3048</v>
       </c>
     </row>
     <row r="3047" spans="1:2">
       <c r="A3047" t="s">
         <v>3049</v>
       </c>
-      <c r="B3047" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3048" spans="1:2">
       <c r="A3048" t="s">
         <v>3050</v>
       </c>
       <c r="B3048" t="s">
-        <v>4965</v>
+        <v>4966</v>
       </c>
     </row>
     <row r="3049" spans="1:2">
       <c r="A3049" t="s">
         <v>3051</v>
       </c>
+      <c r="B3049" t="s">
+        <v>4967</v>
+      </c>
     </row>
     <row r="3050" spans="1:2">
       <c r="A3050" t="s">
         <v>3052</v>
       </c>
-      <c r="B3050" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3051" spans="1:2">
       <c r="A3051" t="s">
         <v>3053</v>
       </c>
-      <c r="B3051" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3052" spans="1:2">
       <c r="A3052" t="s">
         <v>3054</v>
       </c>
       <c r="B3052" t="s">
         <v>4968</v>
       </c>
     </row>
     <row r="3053" spans="1:2">
       <c r="A3053" t="s">
         <v>3055</v>
       </c>
+      <c r="B3053" t="s">
+        <v>4969</v>
+      </c>
     </row>
     <row r="3054" spans="1:2">
       <c r="A3054" t="s">
         <v>3056</v>
       </c>
+      <c r="B3054" t="s">
+        <v>4970</v>
+      </c>
     </row>
     <row r="3055" spans="1:2">
       <c r="A3055" t="s">
         <v>3057</v>
       </c>
+      <c r="B3055" t="s">
+        <v>4971</v>
+      </c>
     </row>
     <row r="3056" spans="1:2">
       <c r="A3056" t="s">
         <v>3058</v>
       </c>
     </row>
     <row r="3057" spans="1:2">
       <c r="A3057" t="s">
         <v>3059</v>
       </c>
     </row>
     <row r="3058" spans="1:2">
       <c r="A3058" t="s">
         <v>3060</v>
       </c>
+      <c r="B3058" t="s">
+        <v>4972</v>
+      </c>
     </row>
     <row r="3059" spans="1:2">
       <c r="A3059" t="s">
         <v>3061</v>
       </c>
+      <c r="B3059" t="s">
+        <v>4973</v>
+      </c>
     </row>
     <row r="3060" spans="1:2">
       <c r="A3060" t="s">
         <v>3062</v>
       </c>
     </row>
     <row r="3061" spans="1:2">
       <c r="A3061" t="s">
         <v>3063</v>
       </c>
     </row>
     <row r="3062" spans="1:2">
       <c r="A3062" t="s">
         <v>3064</v>
       </c>
     </row>
     <row r="3063" spans="1:2">
       <c r="A3063" t="s">
         <v>3065</v>
       </c>
-      <c r="B3063" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3064" spans="1:2">
       <c r="A3064" t="s">
         <v>3066</v>
       </c>
-      <c r="B3064" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3065" spans="1:2">
       <c r="A3065" t="s">
         <v>3067</v>
       </c>
       <c r="B3065" t="s">
-        <v>4971</v>
+        <v>4974</v>
       </c>
     </row>
     <row r="3066" spans="1:2">
       <c r="A3066" t="s">
         <v>3068</v>
       </c>
       <c r="B3066" t="s">
-        <v>4972</v>
+        <v>4975</v>
       </c>
     </row>
     <row r="3067" spans="1:2">
       <c r="A3067" t="s">
         <v>3069</v>
       </c>
-      <c r="B3067" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3068" spans="1:2">
       <c r="A3068" t="s">
         <v>3070</v>
       </c>
       <c r="B3068" t="s">
-        <v>4974</v>
+        <v>4976</v>
       </c>
     </row>
     <row r="3069" spans="1:2">
       <c r="A3069" t="s">
         <v>3071</v>
       </c>
       <c r="B3069" t="s">
-        <v>4975</v>
+        <v>4977</v>
       </c>
     </row>
     <row r="3070" spans="1:2">
       <c r="A3070" t="s">
         <v>3072</v>
       </c>
       <c r="B3070" t="s">
-        <v>4976</v>
+        <v>4978</v>
       </c>
     </row>
     <row r="3071" spans="1:2">
       <c r="A3071" t="s">
         <v>3073</v>
       </c>
       <c r="B3071" t="s">
-        <v>4977</v>
+        <v>4979</v>
       </c>
     </row>
     <row r="3072" spans="1:2">
       <c r="A3072" t="s">
         <v>3074</v>
       </c>
       <c r="B3072" t="s">
-        <v>4978</v>
+        <v>4980</v>
       </c>
     </row>
     <row r="3073" spans="1:2">
       <c r="A3073" t="s">
         <v>3075</v>
       </c>
+      <c r="B3073" t="s">
+        <v>4981</v>
+      </c>
     </row>
     <row r="3074" spans="1:2">
       <c r="A3074" t="s">
         <v>3076</v>
       </c>
-      <c r="B3074" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3075" spans="1:2">
       <c r="A3075" t="s">
         <v>3077</v>
       </c>
-      <c r="B3075" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3076" spans="1:2">
       <c r="A3076" t="s">
         <v>3078</v>
       </c>
     </row>
     <row r="3077" spans="1:2">
       <c r="A3077" t="s">
         <v>3079</v>
       </c>
     </row>
     <row r="3078" spans="1:2">
       <c r="A3078" t="s">
         <v>3080</v>
       </c>
     </row>
     <row r="3079" spans="1:2">
       <c r="A3079" t="s">
         <v>3081</v>
       </c>
-      <c r="B3079" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3080" spans="1:2">
       <c r="A3080" t="s">
         <v>3082</v>
       </c>
     </row>
     <row r="3081" spans="1:2">
       <c r="A3081" t="s">
         <v>3083</v>
       </c>
-      <c r="B3081" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3082" spans="1:2">
       <c r="A3082" t="s">
         <v>3084</v>
       </c>
     </row>
     <row r="3083" spans="1:2">
       <c r="A3083" t="s">
         <v>3085</v>
       </c>
     </row>
     <row r="3084" spans="1:2">
       <c r="A3084" t="s">
         <v>3086</v>
       </c>
     </row>
     <row r="3085" spans="1:2">
       <c r="A3085" t="s">
         <v>3087</v>
       </c>
     </row>
     <row r="3086" spans="1:2">
       <c r="A3086" t="s">
         <v>3088</v>
       </c>
+      <c r="B3086" t="s">
+        <v>4982</v>
+      </c>
     </row>
     <row r="3087" spans="1:2">
       <c r="A3087" t="s">
         <v>3089</v>
       </c>
+      <c r="B3087" t="s">
+        <v>4983</v>
+      </c>
     </row>
     <row r="3088" spans="1:2">
       <c r="A3088" t="s">
         <v>3090</v>
       </c>
       <c r="B3088" t="s">
-        <v>4983</v>
+        <v>4984</v>
       </c>
     </row>
     <row r="3089" spans="1:2">
       <c r="A3089" t="s">
         <v>3091</v>
       </c>
       <c r="B3089" t="s">
-        <v>4984</v>
+        <v>4985</v>
       </c>
     </row>
     <row r="3090" spans="1:2">
       <c r="A3090" t="s">
         <v>3092</v>
       </c>
-      <c r="B3090" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3091" spans="1:2">
       <c r="A3091" t="s">
         <v>3093</v>
       </c>
-      <c r="B3091" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3092" spans="1:2">
       <c r="A3092" t="s">
         <v>3094</v>
       </c>
-      <c r="B3092" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3093" spans="1:2">
       <c r="A3093" t="s">
         <v>3095</v>
       </c>
-      <c r="B3093" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3094" spans="1:2">
       <c r="A3094" t="s">
         <v>3096</v>
       </c>
     </row>
     <row r="3095" spans="1:2">
       <c r="A3095" t="s">
         <v>3097</v>
       </c>
+      <c r="B3095" t="s">
+        <v>4986</v>
+      </c>
     </row>
     <row r="3096" spans="1:2">
       <c r="A3096" t="s">
         <v>3098</v>
       </c>
     </row>
     <row r="3097" spans="1:2">
       <c r="A3097" t="s">
         <v>3099</v>
       </c>
     </row>
     <row r="3098" spans="1:2">
       <c r="A3098" t="s">
         <v>3100</v>
       </c>
+      <c r="B3098" t="s">
+        <v>4987</v>
+      </c>
     </row>
     <row r="3099" spans="1:2">
       <c r="A3099" t="s">
         <v>3101</v>
       </c>
     </row>
     <row r="3100" spans="1:2">
       <c r="A3100" t="s">
         <v>3102</v>
       </c>
     </row>
     <row r="3101" spans="1:2">
       <c r="A3101" t="s">
         <v>3103</v>
       </c>
     </row>
     <row r="3102" spans="1:2">
       <c r="A3102" t="s">
         <v>3104</v>
       </c>
     </row>
     <row r="3103" spans="1:2">
       <c r="A3103" t="s">
         <v>3105</v>
       </c>
     </row>
     <row r="3104" spans="1:2">
       <c r="A3104" t="s">
         <v>3106</v>
       </c>
-      <c r="B3104" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3105" spans="1:2">
       <c r="A3105" t="s">
         <v>3107</v>
       </c>
     </row>
     <row r="3106" spans="1:2">
       <c r="A3106" t="s">
         <v>3108</v>
       </c>
     </row>
     <row r="3107" spans="1:2">
       <c r="A3107" t="s">
         <v>3109</v>
       </c>
     </row>
     <row r="3108" spans="1:2">
       <c r="A3108" t="s">
         <v>3110</v>
       </c>
     </row>
     <row r="3109" spans="1:2">
       <c r="A3109" t="s">
         <v>3111</v>
       </c>
     </row>
     <row r="3110" spans="1:2">
       <c r="A3110" t="s">
         <v>3112</v>
       </c>
+      <c r="B3110" t="s">
+        <v>4988</v>
+      </c>
     </row>
     <row r="3111" spans="1:2">
       <c r="A3111" t="s">
         <v>3113</v>
       </c>
+      <c r="B3111" t="s">
+        <v>4989</v>
+      </c>
     </row>
     <row r="3112" spans="1:2">
       <c r="A3112" t="s">
         <v>3114</v>
       </c>
       <c r="B3112" t="s">
         <v>4990</v>
       </c>
     </row>
     <row r="3113" spans="1:2">
       <c r="A3113" t="s">
         <v>3115</v>
       </c>
     </row>
     <row r="3114" spans="1:2">
       <c r="A3114" t="s">
         <v>3116</v>
       </c>
       <c r="B3114" t="s">
         <v>4991</v>
       </c>
     </row>
     <row r="3115" spans="1:2">
       <c r="A3115" t="s">
         <v>3117</v>
       </c>
-      <c r="B3115" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3116" spans="1:2">
       <c r="A3116" t="s">
         <v>3118</v>
       </c>
     </row>
     <row r="3117" spans="1:2">
       <c r="A3117" t="s">
         <v>3119</v>
       </c>
     </row>
     <row r="3118" spans="1:2">
       <c r="A3118" t="s">
         <v>3120</v>
       </c>
+      <c r="B3118" t="s">
+        <v>4992</v>
+      </c>
     </row>
     <row r="3119" spans="1:2">
       <c r="A3119" t="s">
         <v>3121</v>
       </c>
-      <c r="B3119" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3120" spans="1:2">
       <c r="A3120" t="s">
         <v>3122</v>
       </c>
+      <c r="B3120" t="s">
+        <v>4993</v>
+      </c>
     </row>
     <row r="3121" spans="1:2">
       <c r="A3121" t="s">
         <v>3123</v>
       </c>
+      <c r="B3121" t="s">
+        <v>4994</v>
+      </c>
     </row>
     <row r="3122" spans="1:2">
       <c r="A3122" t="s">
         <v>3124</v>
       </c>
     </row>
     <row r="3123" spans="1:2">
       <c r="A3123" t="s">
         <v>3125</v>
       </c>
     </row>
     <row r="3124" spans="1:2">
       <c r="A3124" t="s">
         <v>3126</v>
       </c>
+      <c r="B3124" t="s">
+        <v>4995</v>
+      </c>
     </row>
     <row r="3125" spans="1:2">
       <c r="A3125" t="s">
         <v>3127</v>
       </c>
     </row>
     <row r="3126" spans="1:2">
       <c r="A3126" t="s">
         <v>3128</v>
       </c>
     </row>
     <row r="3127" spans="1:2">
       <c r="A3127" t="s">
         <v>3129</v>
       </c>
     </row>
     <row r="3128" spans="1:2">
       <c r="A3128" t="s">
         <v>3130</v>
       </c>
     </row>
     <row r="3129" spans="1:2">
       <c r="A3129" t="s">
         <v>3131</v>
       </c>
     </row>
     <row r="3130" spans="1:2">
       <c r="A3130" t="s">
         <v>3132</v>
       </c>
+      <c r="B3130" t="s">
+        <v>4996</v>
+      </c>
     </row>
     <row r="3131" spans="1:2">
       <c r="A3131" t="s">
         <v>3133</v>
       </c>
     </row>
     <row r="3132" spans="1:2">
       <c r="A3132" t="s">
         <v>3134</v>
       </c>
     </row>
     <row r="3133" spans="1:2">
       <c r="A3133" t="s">
         <v>3135</v>
       </c>
     </row>
     <row r="3134" spans="1:2">
       <c r="A3134" t="s">
         <v>3136</v>
       </c>
-      <c r="B3134" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3135" spans="1:2">
       <c r="A3135" t="s">
         <v>3137</v>
       </c>
     </row>
     <row r="3136" spans="1:2">
       <c r="A3136" t="s">
         <v>3138</v>
       </c>
     </row>
     <row r="3137" spans="1:2">
       <c r="A3137" t="s">
         <v>3139</v>
       </c>
     </row>
     <row r="3138" spans="1:2">
       <c r="A3138" t="s">
         <v>3140</v>
       </c>
     </row>
     <row r="3139" spans="1:2">
       <c r="A3139" t="s">
         <v>3141</v>
       </c>
+      <c r="B3139" t="s">
+        <v>4997</v>
+      </c>
     </row>
     <row r="3140" spans="1:2">
       <c r="A3140" t="s">
         <v>3142</v>
       </c>
+      <c r="B3140" t="s">
+        <v>4998</v>
+      </c>
     </row>
     <row r="3141" spans="1:2">
       <c r="A3141" t="s">
         <v>3143</v>
       </c>
+      <c r="B3141" t="s">
+        <v>4999</v>
+      </c>
     </row>
     <row r="3142" spans="1:2">
       <c r="A3142" t="s">
         <v>3144</v>
       </c>
       <c r="B3142" t="s">
-        <v>4995</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="3143" spans="1:2">
       <c r="A3143" t="s">
         <v>3145</v>
       </c>
-      <c r="B3143" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3144" spans="1:2">
       <c r="A3144" t="s">
         <v>3146</v>
       </c>
-      <c r="B3144" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3145" spans="1:2">
       <c r="A3145" t="s">
         <v>3147</v>
       </c>
-      <c r="B3145" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3146" spans="1:2">
       <c r="A3146" t="s">
         <v>3148</v>
       </c>
     </row>
     <row r="3147" spans="1:2">
       <c r="A3147" t="s">
         <v>3149</v>
       </c>
     </row>
     <row r="3148" spans="1:2">
       <c r="A3148" t="s">
         <v>3150</v>
       </c>
       <c r="B3148" t="s">
-        <v>4999</v>
+        <v>5001</v>
       </c>
     </row>
     <row r="3149" spans="1:2">
       <c r="A3149" t="s">
         <v>3151</v>
       </c>
     </row>
     <row r="3150" spans="1:2">
       <c r="A3150" t="s">
         <v>3152</v>
       </c>
     </row>
     <row r="3151" spans="1:2">
       <c r="A3151" t="s">
         <v>3153</v>
       </c>
+      <c r="B3151" t="s">
+        <v>5002</v>
+      </c>
     </row>
     <row r="3152" spans="1:2">
       <c r="A3152" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="3153" spans="1:2">
       <c r="A3153" t="s">
         <v>3155</v>
       </c>
     </row>
     <row r="3154" spans="1:2">
       <c r="A3154" t="s">
         <v>3156</v>
       </c>
     </row>
     <row r="3155" spans="1:2">
       <c r="A3155" t="s">
         <v>3157</v>
       </c>
     </row>
     <row r="3156" spans="1:2">
       <c r="A3156" t="s">
         <v>3158</v>
       </c>
     </row>
     <row r="3157" spans="1:2">
       <c r="A3157" t="s">
         <v>3159</v>
       </c>
+      <c r="B3157" t="s">
+        <v>5003</v>
+      </c>
     </row>
     <row r="3158" spans="1:2">
       <c r="A3158" t="s">
         <v>3160</v>
       </c>
       <c r="B3158" t="s">
-        <v>5000</v>
+        <v>5004</v>
       </c>
     </row>
     <row r="3159" spans="1:2">
       <c r="A3159" t="s">
         <v>3161</v>
       </c>
       <c r="B3159" t="s">
-        <v>5001</v>
+        <v>5005</v>
       </c>
     </row>
     <row r="3160" spans="1:2">
       <c r="A3160" t="s">
         <v>3162</v>
       </c>
       <c r="B3160" t="s">
-        <v>5002</v>
+        <v>5006</v>
       </c>
     </row>
     <row r="3161" spans="1:2">
       <c r="A3161" t="s">
         <v>3163</v>
       </c>
       <c r="B3161" t="s">
-        <v>5003</v>
+        <v>5007</v>
       </c>
     </row>
     <row r="3162" spans="1:2">
       <c r="A3162" t="s">
         <v>3164</v>
       </c>
       <c r="B3162" t="s">
-        <v>5004</v>
+        <v>5008</v>
       </c>
     </row>
     <row r="3163" spans="1:2">
       <c r="A3163" t="s">
         <v>3165</v>
       </c>
       <c r="B3163" t="s">
-        <v>5005</v>
+        <v>5009</v>
       </c>
     </row>
     <row r="3164" spans="1:2">
       <c r="A3164" t="s">
         <v>3166</v>
       </c>
     </row>
     <row r="3165" spans="1:2">
       <c r="A3165" t="s">
         <v>3167</v>
       </c>
     </row>
     <row r="3166" spans="1:2">
       <c r="A3166" t="s">
         <v>3168</v>
       </c>
     </row>
     <row r="3167" spans="1:2">
       <c r="A3167" t="s">
         <v>3169</v>
       </c>
     </row>
     <row r="3168" spans="1:2">
       <c r="A3168" t="s">
         <v>3170</v>
       </c>
-      <c r="B3168" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3169" spans="1:2">
       <c r="A3169" t="s">
         <v>3171</v>
       </c>
+      <c r="B3169" t="s">
+        <v>5010</v>
+      </c>
     </row>
     <row r="3170" spans="1:2">
       <c r="A3170" t="s">
         <v>3172</v>
       </c>
     </row>
     <row r="3171" spans="1:2">
       <c r="A3171" t="s">
         <v>3173</v>
       </c>
     </row>
     <row r="3172" spans="1:2">
       <c r="A3172" t="s">
         <v>3174</v>
       </c>
     </row>
     <row r="3173" spans="1:2">
       <c r="A3173" t="s">
         <v>3175</v>
       </c>
+      <c r="B3173" t="s">
+        <v>5011</v>
+      </c>
     </row>
     <row r="3174" spans="1:2">
       <c r="A3174" t="s">
         <v>3176</v>
       </c>
+      <c r="B3174" t="s">
+        <v>5012</v>
+      </c>
     </row>
     <row r="3175" spans="1:2">
       <c r="A3175" t="s">
         <v>3177</v>
       </c>
-      <c r="B3175" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3176" spans="1:2">
       <c r="A3176" t="s">
         <v>3178</v>
       </c>
     </row>
     <row r="3177" spans="1:2">
       <c r="A3177" t="s">
         <v>3179</v>
       </c>
     </row>
     <row r="3178" spans="1:2">
       <c r="A3178" t="s">
         <v>3180</v>
       </c>
     </row>
     <row r="3179" spans="1:2">
       <c r="A3179" t="s">
         <v>3181</v>
       </c>
     </row>
     <row r="3180" spans="1:2">
       <c r="A3180" t="s">
         <v>3182</v>
       </c>
     </row>
     <row r="3181" spans="1:2">
       <c r="A3181" t="s">
         <v>3183</v>
       </c>
-      <c r="B3181" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3182" spans="1:2">
       <c r="A3182" t="s">
         <v>3184</v>
       </c>
-      <c r="B3182" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3183" spans="1:2">
       <c r="A3183" t="s">
         <v>3185</v>
       </c>
       <c r="B3183" t="s">
-        <v>5010</v>
+        <v>5013</v>
       </c>
     </row>
     <row r="3184" spans="1:2">
       <c r="A3184" t="s">
         <v>3186</v>
       </c>
-      <c r="B3184" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3185" spans="1:2">
       <c r="A3185" t="s">
         <v>3187</v>
       </c>
       <c r="B3185" t="s">
-        <v>5012</v>
+        <v>5014</v>
       </c>
     </row>
     <row r="3186" spans="1:2">
       <c r="A3186" t="s">
         <v>3188</v>
       </c>
+      <c r="B3186" t="s">
+        <v>5015</v>
+      </c>
     </row>
     <row r="3187" spans="1:2">
       <c r="A3187" t="s">
         <v>3189</v>
       </c>
+      <c r="B3187" t="s">
+        <v>5016</v>
+      </c>
     </row>
     <row r="3188" spans="1:2">
       <c r="A3188" t="s">
         <v>3190</v>
       </c>
-      <c r="B3188" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3189" spans="1:2">
       <c r="A3189" t="s">
         <v>3191</v>
       </c>
     </row>
     <row r="3190" spans="1:2">
       <c r="A3190" t="s">
         <v>3192</v>
       </c>
+      <c r="B3190" t="s">
+        <v>5017</v>
+      </c>
     </row>
     <row r="3191" spans="1:2">
       <c r="A3191" t="s">
         <v>3193</v>
       </c>
     </row>
     <row r="3192" spans="1:2">
       <c r="A3192" t="s">
         <v>3194</v>
       </c>
+      <c r="B3192" t="s">
+        <v>5018</v>
+      </c>
     </row>
     <row r="3193" spans="1:2">
       <c r="A3193" t="s">
         <v>3195</v>
       </c>
     </row>
     <row r="3194" spans="1:2">
       <c r="A3194" t="s">
         <v>3196</v>
       </c>
     </row>
     <row r="3195" spans="1:2">
       <c r="A3195" t="s">
         <v>3197</v>
       </c>
     </row>
     <row r="3196" spans="1:2">
       <c r="A3196" t="s">
         <v>3198</v>
       </c>
     </row>
     <row r="3197" spans="1:2">
       <c r="A3197" t="s">
         <v>3199</v>
       </c>
     </row>
     <row r="3198" spans="1:2">
       <c r="A3198" t="s">
         <v>3200</v>
       </c>
     </row>
     <row r="3199" spans="1:2">
       <c r="A3199" t="s">
         <v>3201</v>
       </c>
     </row>
     <row r="3200" spans="1:2">
       <c r="A3200" t="s">
         <v>3202</v>
       </c>
     </row>
     <row r="3201" spans="1:2">
       <c r="A3201" t="s">
         <v>3203</v>
       </c>
-      <c r="B3201" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3202" spans="1:2">
       <c r="A3202" t="s">
         <v>3204</v>
       </c>
       <c r="B3202" t="s">
-        <v>5015</v>
+        <v>5019</v>
       </c>
     </row>
     <row r="3203" spans="1:2">
       <c r="A3203" t="s">
         <v>3205</v>
       </c>
       <c r="B3203" t="s">
-        <v>5016</v>
+        <v>5020</v>
       </c>
     </row>
     <row r="3204" spans="1:2">
       <c r="A3204" t="s">
         <v>3206</v>
       </c>
       <c r="B3204" t="s">
-        <v>5017</v>
+        <v>5021</v>
       </c>
     </row>
     <row r="3205" spans="1:2">
       <c r="A3205" t="s">
         <v>3207</v>
       </c>
+      <c r="B3205" t="s">
+        <v>5022</v>
+      </c>
     </row>
     <row r="3206" spans="1:2">
       <c r="A3206" t="s">
         <v>3208</v>
       </c>
     </row>
     <row r="3207" spans="1:2">
       <c r="A3207" t="s">
         <v>3209</v>
       </c>
     </row>
     <row r="3208" spans="1:2">
       <c r="A3208" t="s">
         <v>3210</v>
       </c>
     </row>
     <row r="3209" spans="1:2">
       <c r="A3209" t="s">
         <v>3211</v>
       </c>
     </row>
     <row r="3210" spans="1:2">
       <c r="A3210" t="s">
         <v>3212</v>
       </c>
     </row>
     <row r="3211" spans="1:2">
       <c r="A3211" t="s">
         <v>3213</v>
       </c>
     </row>
     <row r="3212" spans="1:2">
       <c r="A3212" t="s">
         <v>3214</v>
       </c>
     </row>
     <row r="3213" spans="1:2">
       <c r="A3213" t="s">
         <v>3215</v>
       </c>
       <c r="B3213" t="s">
-        <v>5018</v>
+        <v>5023</v>
       </c>
     </row>
     <row r="3214" spans="1:2">
       <c r="A3214" t="s">
         <v>3216</v>
       </c>
       <c r="B3214" t="s">
-        <v>5019</v>
+        <v>5024</v>
       </c>
     </row>
     <row r="3215" spans="1:2">
       <c r="A3215" t="s">
         <v>3217</v>
       </c>
-      <c r="B3215" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3216" spans="1:2">
       <c r="A3216" t="s">
         <v>3218</v>
       </c>
       <c r="B3216" t="s">
-        <v>5021</v>
+        <v>5025</v>
       </c>
     </row>
     <row r="3217" spans="1:2">
       <c r="A3217" t="s">
         <v>3219</v>
       </c>
       <c r="B3217" t="s">
-        <v>5022</v>
+        <v>5026</v>
       </c>
     </row>
     <row r="3218" spans="1:2">
       <c r="A3218" t="s">
         <v>3220</v>
       </c>
     </row>
     <row r="3219" spans="1:2">
       <c r="A3219" t="s">
         <v>3221</v>
       </c>
       <c r="B3219" t="s">
-        <v>5023</v>
+        <v>5027</v>
       </c>
     </row>
     <row r="3220" spans="1:2">
       <c r="A3220" t="s">
         <v>3222</v>
       </c>
     </row>
     <row r="3221" spans="1:2">
       <c r="A3221" t="s">
         <v>3223</v>
       </c>
     </row>
     <row r="3222" spans="1:2">
       <c r="A3222" t="s">
         <v>3224</v>
       </c>
     </row>
     <row r="3223" spans="1:2">
       <c r="A3223" t="s">
         <v>3225</v>
       </c>
     </row>
     <row r="3224" spans="1:2">
       <c r="A3224" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="3225" spans="1:2">
       <c r="A3225" t="s">
         <v>3227</v>
       </c>
+      <c r="B3225" t="s">
+        <v>5028</v>
+      </c>
     </row>
     <row r="3226" spans="1:2">
       <c r="A3226" t="s">
         <v>3228</v>
       </c>
-      <c r="B3226" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3227" spans="1:2">
       <c r="A3227" t="s">
         <v>3229</v>
       </c>
-      <c r="B3227" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3228" spans="1:2">
       <c r="A3228" t="s">
         <v>3230</v>
       </c>
-      <c r="B3228" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3229" spans="1:2">
       <c r="A3229" t="s">
         <v>3231</v>
       </c>
-      <c r="B3229" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3230" spans="1:2">
       <c r="A3230" t="s">
         <v>3232</v>
       </c>
-      <c r="B3230" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3231" spans="1:2">
       <c r="A3231" t="s">
         <v>3233</v>
       </c>
     </row>
     <row r="3232" spans="1:2">
       <c r="A3232" t="s">
         <v>3234</v>
       </c>
+      <c r="B3232" t="s">
+        <v>5029</v>
+      </c>
     </row>
     <row r="3233" spans="1:2">
       <c r="A3233" t="s">
         <v>3235</v>
       </c>
+      <c r="B3233" t="s">
+        <v>5030</v>
+      </c>
     </row>
     <row r="3234" spans="1:2">
       <c r="A3234" t="s">
         <v>3236</v>
       </c>
+      <c r="B3234" t="s">
+        <v>5031</v>
+      </c>
     </row>
     <row r="3235" spans="1:2">
       <c r="A3235" t="s">
         <v>3237</v>
       </c>
       <c r="B3235" t="s">
-        <v>5029</v>
+        <v>5032</v>
       </c>
     </row>
     <row r="3236" spans="1:2">
       <c r="A3236" t="s">
         <v>3238</v>
       </c>
       <c r="B3236" t="s">
-        <v>5030</v>
+        <v>5033</v>
       </c>
     </row>
     <row r="3237" spans="1:2">
       <c r="A3237" t="s">
         <v>3239</v>
       </c>
       <c r="B3237" t="s">
-        <v>5031</v>
+        <v>5034</v>
       </c>
     </row>
     <row r="3238" spans="1:2">
       <c r="A3238" t="s">
         <v>3240</v>
       </c>
       <c r="B3238" t="s">
-        <v>5032</v>
+        <v>5035</v>
       </c>
     </row>
     <row r="3239" spans="1:2">
       <c r="A3239" t="s">
         <v>3241</v>
       </c>
       <c r="B3239" t="s">
-        <v>5033</v>
+        <v>5036</v>
       </c>
     </row>
     <row r="3240" spans="1:2">
       <c r="A3240" t="s">
         <v>3242</v>
       </c>
-      <c r="B3240" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3241" spans="1:2">
       <c r="A3241" t="s">
         <v>3243</v>
       </c>
     </row>
     <row r="3242" spans="1:2">
       <c r="A3242" t="s">
         <v>3244</v>
       </c>
     </row>
     <row r="3243" spans="1:2">
       <c r="A3243" t="s">
         <v>3245</v>
       </c>
     </row>
     <row r="3244" spans="1:2">
       <c r="A3244" t="s">
         <v>3246</v>
       </c>
     </row>
     <row r="3245" spans="1:2">
       <c r="A3245" t="s">
         <v>3247</v>
       </c>
@@ -35396,157 +35402,157 @@
     </row>
     <row r="3247" spans="1:2">
       <c r="A3247" t="s">
         <v>3249</v>
       </c>
     </row>
     <row r="3248" spans="1:2">
       <c r="A3248" t="s">
         <v>3250</v>
       </c>
     </row>
     <row r="3249" spans="1:2">
       <c r="A3249" t="s">
         <v>3251</v>
       </c>
     </row>
     <row r="3250" spans="1:2">
       <c r="A3250" t="s">
         <v>3252</v>
       </c>
     </row>
     <row r="3251" spans="1:2">
       <c r="A3251" t="s">
         <v>3253</v>
       </c>
-      <c r="B3251" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3252" spans="1:2">
       <c r="A3252" t="s">
         <v>3254</v>
       </c>
     </row>
     <row r="3253" spans="1:2">
       <c r="A3253" t="s">
         <v>3255</v>
       </c>
     </row>
     <row r="3254" spans="1:2">
       <c r="A3254" t="s">
         <v>3256</v>
       </c>
     </row>
     <row r="3255" spans="1:2">
       <c r="A3255" t="s">
         <v>3257</v>
       </c>
     </row>
     <row r="3256" spans="1:2">
       <c r="A3256" t="s">
         <v>3258</v>
       </c>
     </row>
     <row r="3257" spans="1:2">
       <c r="A3257" t="s">
         <v>3259</v>
       </c>
     </row>
     <row r="3258" spans="1:2">
       <c r="A3258" t="s">
         <v>3260</v>
       </c>
+      <c r="B3258" t="s">
+        <v>5037</v>
+      </c>
     </row>
     <row r="3259" spans="1:2">
       <c r="A3259" t="s">
         <v>3261</v>
       </c>
     </row>
     <row r="3260" spans="1:2">
       <c r="A3260" t="s">
         <v>3262</v>
       </c>
     </row>
     <row r="3261" spans="1:2">
       <c r="A3261" t="s">
         <v>3263</v>
       </c>
       <c r="B3261" t="s">
-        <v>5036</v>
+        <v>5038</v>
       </c>
     </row>
     <row r="3262" spans="1:2">
       <c r="A3262" t="s">
         <v>3264</v>
       </c>
     </row>
     <row r="3263" spans="1:2">
       <c r="A3263" t="s">
         <v>3265</v>
       </c>
     </row>
     <row r="3264" spans="1:2">
       <c r="A3264" t="s">
         <v>3266</v>
       </c>
     </row>
     <row r="3265" spans="1:2">
       <c r="A3265" t="s">
         <v>3267</v>
       </c>
       <c r="B3265" t="s">
-        <v>5037</v>
+        <v>5039</v>
       </c>
     </row>
     <row r="3266" spans="1:2">
       <c r="A3266" t="s">
         <v>3268</v>
       </c>
     </row>
     <row r="3267" spans="1:2">
       <c r="A3267" t="s">
         <v>3269</v>
       </c>
-      <c r="B3267" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3268" spans="1:2">
       <c r="A3268" t="s">
         <v>3270</v>
       </c>
     </row>
     <row r="3269" spans="1:2">
       <c r="A3269" t="s">
         <v>3271</v>
       </c>
     </row>
     <row r="3270" spans="1:2">
       <c r="A3270" t="s">
         <v>3272</v>
       </c>
+      <c r="B3270" t="s">
+        <v>5040</v>
+      </c>
     </row>
     <row r="3271" spans="1:2">
       <c r="A3271" t="s">
         <v>3273</v>
       </c>
     </row>
     <row r="3272" spans="1:2">
       <c r="A3272" t="s">
         <v>3274</v>
       </c>
     </row>
     <row r="3273" spans="1:2">
       <c r="A3273" t="s">
         <v>3275</v>
       </c>
     </row>
     <row r="3274" spans="1:2">
       <c r="A3274" t="s">
         <v>3276</v>
       </c>
     </row>
     <row r="3275" spans="1:2">
       <c r="A3275" t="s">
         <v>3277</v>
       </c>
@@ -35554,268 +35560,283 @@
     <row r="3276" spans="1:2">
       <c r="A3276" t="s">
         <v>3278</v>
       </c>
     </row>
     <row r="3277" spans="1:2">
       <c r="A3277" t="s">
         <v>3279</v>
       </c>
     </row>
     <row r="3278" spans="1:2">
       <c r="A3278" t="s">
         <v>3280</v>
       </c>
     </row>
     <row r="3279" spans="1:2">
       <c r="A3279" t="s">
         <v>3281</v>
       </c>
     </row>
     <row r="3280" spans="1:2">
       <c r="A3280" t="s">
         <v>3282</v>
       </c>
       <c r="B3280" t="s">
-        <v>5039</v>
+        <v>5041</v>
       </c>
     </row>
     <row r="3281" spans="1:2">
       <c r="A3281" t="s">
         <v>3283</v>
       </c>
       <c r="B3281" t="s">
-        <v>5040</v>
+        <v>5042</v>
       </c>
     </row>
     <row r="3282" spans="1:2">
       <c r="A3282" t="s">
         <v>3284</v>
       </c>
       <c r="B3282" t="s">
-        <v>5041</v>
+        <v>5043</v>
       </c>
     </row>
     <row r="3283" spans="1:2">
       <c r="A3283" t="s">
         <v>3285</v>
       </c>
     </row>
     <row r="3284" spans="1:2">
       <c r="A3284" t="s">
         <v>3286</v>
       </c>
     </row>
     <row r="3285" spans="1:2">
       <c r="A3285" t="s">
         <v>3287</v>
       </c>
     </row>
     <row r="3286" spans="1:2">
       <c r="A3286" t="s">
         <v>3288</v>
       </c>
     </row>
     <row r="3287" spans="1:2">
       <c r="A3287" t="s">
         <v>3289</v>
       </c>
     </row>
     <row r="3288" spans="1:2">
       <c r="A3288" t="s">
         <v>3290</v>
       </c>
+      <c r="B3288" t="s">
+        <v>5044</v>
+      </c>
     </row>
     <row r="3289" spans="1:2">
       <c r="A3289" t="s">
         <v>3291</v>
       </c>
       <c r="B3289" t="s">
-        <v>5042</v>
+        <v>5045</v>
       </c>
     </row>
     <row r="3290" spans="1:2">
       <c r="A3290" t="s">
         <v>3292</v>
       </c>
     </row>
     <row r="3291" spans="1:2">
       <c r="A3291" t="s">
         <v>3293</v>
       </c>
     </row>
     <row r="3292" spans="1:2">
       <c r="A3292" t="s">
         <v>3294</v>
       </c>
+      <c r="B3292" t="s">
+        <v>5046</v>
+      </c>
     </row>
     <row r="3293" spans="1:2">
       <c r="A3293" t="s">
         <v>3295</v>
       </c>
     </row>
     <row r="3294" spans="1:2">
       <c r="A3294" t="s">
         <v>3296</v>
       </c>
+      <c r="B3294" t="s">
+        <v>5047</v>
+      </c>
     </row>
     <row r="3295" spans="1:2">
       <c r="A3295" t="s">
         <v>3297</v>
       </c>
     </row>
     <row r="3296" spans="1:2">
       <c r="A3296" t="s">
         <v>3298</v>
       </c>
     </row>
     <row r="3297" spans="1:2">
       <c r="A3297" t="s">
         <v>3299</v>
       </c>
+      <c r="B3297" t="s">
+        <v>5048</v>
+      </c>
     </row>
     <row r="3298" spans="1:2">
       <c r="A3298" t="s">
         <v>3300</v>
       </c>
     </row>
     <row r="3299" spans="1:2">
       <c r="A3299" t="s">
         <v>3301</v>
       </c>
     </row>
     <row r="3300" spans="1:2">
       <c r="A3300" t="s">
         <v>3302</v>
       </c>
     </row>
     <row r="3301" spans="1:2">
       <c r="A3301" t="s">
         <v>3303</v>
       </c>
     </row>
     <row r="3302" spans="1:2">
       <c r="A3302" t="s">
         <v>3304</v>
       </c>
+      <c r="B3302" t="s">
+        <v>5049</v>
+      </c>
     </row>
     <row r="3303" spans="1:2">
       <c r="A3303" t="s">
         <v>3305</v>
       </c>
     </row>
     <row r="3304" spans="1:2">
       <c r="A3304" t="s">
         <v>3306</v>
       </c>
     </row>
     <row r="3305" spans="1:2">
       <c r="A3305" t="s">
         <v>3307</v>
       </c>
     </row>
     <row r="3306" spans="1:2">
       <c r="A3306" t="s">
         <v>3308</v>
       </c>
       <c r="B3306" t="s">
-        <v>5043</v>
+        <v>5050</v>
       </c>
     </row>
     <row r="3307" spans="1:2">
       <c r="A3307" t="s">
         <v>3309</v>
       </c>
-      <c r="B3307" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3308" spans="1:2">
       <c r="A3308" t="s">
         <v>3310</v>
       </c>
     </row>
     <row r="3309" spans="1:2">
       <c r="A3309" t="s">
         <v>3311</v>
       </c>
     </row>
     <row r="3310" spans="1:2">
       <c r="A3310" t="s">
         <v>3312</v>
       </c>
     </row>
     <row r="3311" spans="1:2">
       <c r="A3311" t="s">
         <v>3313</v>
       </c>
-      <c r="B3311" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3312" spans="1:2">
       <c r="A3312" t="s">
         <v>3314</v>
       </c>
     </row>
     <row r="3313" spans="1:2">
       <c r="A3313" t="s">
         <v>3315</v>
       </c>
     </row>
     <row r="3314" spans="1:2">
       <c r="A3314" t="s">
         <v>3316</v>
       </c>
     </row>
     <row r="3315" spans="1:2">
       <c r="A3315" t="s">
         <v>3317</v>
       </c>
-      <c r="B3315" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3316" spans="1:2">
       <c r="A3316" t="s">
         <v>3318</v>
       </c>
     </row>
     <row r="3317" spans="1:2">
       <c r="A3317" t="s">
         <v>3319</v>
       </c>
+      <c r="B3317" t="s">
+        <v>5051</v>
+      </c>
     </row>
     <row r="3318" spans="1:2">
       <c r="A3318" t="s">
         <v>3320</v>
       </c>
+      <c r="B3318" t="s">
+        <v>5052</v>
+      </c>
     </row>
     <row r="3319" spans="1:2">
       <c r="A3319" t="s">
         <v>3321</v>
       </c>
+      <c r="B3319" t="s">
+        <v>5053</v>
+      </c>
     </row>
     <row r="3320" spans="1:2">
       <c r="A3320" t="s">
         <v>3322</v>
       </c>
     </row>
     <row r="3321" spans="1:2">
       <c r="A3321" t="s">
         <v>3323</v>
       </c>
     </row>
     <row r="3322" spans="1:2">
       <c r="A3322" t="s">
         <v>3324</v>
       </c>
     </row>
     <row r="3323" spans="1:2">
       <c r="A3323" t="s">
         <v>3325</v>
       </c>
     </row>
     <row r="3324" spans="1:2">
       <c r="A3324" t="s">
         <v>3326</v>
       </c>
@@ -35842,538 +35863,523 @@
     </row>
     <row r="3329" spans="1:2">
       <c r="A3329" t="s">
         <v>3331</v>
       </c>
     </row>
     <row r="3330" spans="1:2">
       <c r="A3330" t="s">
         <v>3332</v>
       </c>
     </row>
     <row r="3331" spans="1:2">
       <c r="A3331" t="s">
         <v>3333</v>
       </c>
     </row>
     <row r="3332" spans="1:2">
       <c r="A3332" t="s">
         <v>3334</v>
       </c>
     </row>
     <row r="3333" spans="1:2">
       <c r="A3333" t="s">
         <v>3335</v>
       </c>
-      <c r="B3333" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3334" spans="1:2">
       <c r="A3334" t="s">
         <v>3336</v>
       </c>
+      <c r="B3334" t="s">
+        <v>5054</v>
+      </c>
     </row>
     <row r="3335" spans="1:2">
       <c r="A3335" t="s">
         <v>3337</v>
       </c>
-      <c r="B3335" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3336" spans="1:2">
       <c r="A3336" t="s">
         <v>3338</v>
       </c>
     </row>
     <row r="3337" spans="1:2">
       <c r="A3337" t="s">
         <v>3339</v>
       </c>
     </row>
     <row r="3338" spans="1:2">
       <c r="A3338" t="s">
         <v>3340</v>
       </c>
+      <c r="B3338" t="s">
+        <v>5055</v>
+      </c>
     </row>
     <row r="3339" spans="1:2">
       <c r="A3339" t="s">
         <v>3341</v>
       </c>
     </row>
     <row r="3340" spans="1:2">
       <c r="A3340" t="s">
         <v>3342</v>
       </c>
-      <c r="B3340" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3341" spans="1:2">
       <c r="A3341" t="s">
         <v>3343</v>
       </c>
-      <c r="B3341" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3342" spans="1:2">
       <c r="A3342" t="s">
         <v>3344</v>
       </c>
     </row>
     <row r="3343" spans="1:2">
       <c r="A3343" t="s">
         <v>3345</v>
       </c>
     </row>
     <row r="3344" spans="1:2">
       <c r="A3344" t="s">
         <v>3346</v>
       </c>
     </row>
     <row r="3345" spans="1:2">
       <c r="A3345" t="s">
         <v>3347</v>
       </c>
+      <c r="B3345" t="s">
+        <v>5056</v>
+      </c>
     </row>
     <row r="3346" spans="1:2">
       <c r="A3346" t="s">
         <v>3348</v>
       </c>
     </row>
     <row r="3347" spans="1:2">
       <c r="A3347" t="s">
         <v>3349</v>
       </c>
+      <c r="B3347" t="s">
+        <v>5057</v>
+      </c>
     </row>
     <row r="3348" spans="1:2">
       <c r="A3348" t="s">
         <v>3350</v>
       </c>
     </row>
     <row r="3349" spans="1:2">
       <c r="A3349" t="s">
         <v>3351</v>
       </c>
     </row>
     <row r="3350" spans="1:2">
       <c r="A3350" t="s">
         <v>3352</v>
       </c>
     </row>
     <row r="3351" spans="1:2">
       <c r="A3351" t="s">
         <v>3353</v>
       </c>
     </row>
     <row r="3352" spans="1:2">
       <c r="A3352" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="3353" spans="1:2">
       <c r="A3353" t="s">
         <v>3355</v>
       </c>
     </row>
     <row r="3354" spans="1:2">
       <c r="A3354" t="s">
         <v>3356</v>
       </c>
-      <c r="B3354" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3355" spans="1:2">
       <c r="A3355" t="s">
         <v>3357</v>
       </c>
     </row>
     <row r="3356" spans="1:2">
       <c r="A3356" t="s">
         <v>3358</v>
       </c>
     </row>
     <row r="3357" spans="1:2">
       <c r="A3357" t="s">
         <v>3359</v>
       </c>
     </row>
     <row r="3358" spans="1:2">
       <c r="A3358" t="s">
         <v>3360</v>
       </c>
     </row>
     <row r="3359" spans="1:2">
       <c r="A3359" t="s">
         <v>3361</v>
       </c>
     </row>
     <row r="3360" spans="1:2">
       <c r="A3360" t="s">
         <v>3362</v>
       </c>
+      <c r="B3360" t="s">
+        <v>5058</v>
+      </c>
     </row>
     <row r="3361" spans="1:2">
       <c r="A3361" t="s">
         <v>3363</v>
       </c>
     </row>
     <row r="3362" spans="1:2">
       <c r="A3362" t="s">
         <v>3364</v>
       </c>
     </row>
     <row r="3363" spans="1:2">
       <c r="A3363" t="s">
         <v>3365</v>
       </c>
-      <c r="B3363" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3364" spans="1:2">
       <c r="A3364" t="s">
         <v>3366</v>
       </c>
-      <c r="B3364" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3365" spans="1:2">
       <c r="A3365" t="s">
         <v>3367</v>
       </c>
-      <c r="B3365" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3366" spans="1:2">
       <c r="A3366" t="s">
         <v>3368</v>
       </c>
-      <c r="B3366" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3367" spans="1:2">
       <c r="A3367" t="s">
         <v>3369</v>
       </c>
     </row>
     <row r="3368" spans="1:2">
       <c r="A3368" t="s">
         <v>3370</v>
       </c>
     </row>
     <row r="3369" spans="1:2">
       <c r="A3369" t="s">
         <v>3371</v>
       </c>
+      <c r="B3369" t="s">
+        <v>5059</v>
+      </c>
     </row>
     <row r="3370" spans="1:2">
       <c r="A3370" t="s">
         <v>3372</v>
       </c>
     </row>
     <row r="3371" spans="1:2">
       <c r="A3371" t="s">
         <v>3373</v>
       </c>
     </row>
     <row r="3372" spans="1:2">
       <c r="A3372" t="s">
         <v>3374</v>
       </c>
     </row>
     <row r="3373" spans="1:2">
       <c r="A3373" t="s">
         <v>3375</v>
       </c>
     </row>
     <row r="3374" spans="1:2">
       <c r="A3374" t="s">
         <v>3376</v>
       </c>
     </row>
     <row r="3375" spans="1:2">
       <c r="A3375" t="s">
         <v>3377</v>
       </c>
     </row>
     <row r="3376" spans="1:2">
       <c r="A3376" t="s">
         <v>3378</v>
       </c>
     </row>
     <row r="3377" spans="1:2">
       <c r="A3377" t="s">
         <v>3379</v>
       </c>
     </row>
     <row r="3378" spans="1:2">
       <c r="A3378" t="s">
         <v>3380</v>
       </c>
+      <c r="B3378" t="s">
+        <v>5060</v>
+      </c>
     </row>
     <row r="3379" spans="1:2">
       <c r="A3379" t="s">
         <v>3381</v>
       </c>
     </row>
     <row r="3380" spans="1:2">
       <c r="A3380" t="s">
         <v>3382</v>
       </c>
     </row>
     <row r="3381" spans="1:2">
       <c r="A3381" t="s">
         <v>3383</v>
       </c>
     </row>
     <row r="3382" spans="1:2">
       <c r="A3382" t="s">
         <v>3384</v>
       </c>
-      <c r="B3382" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3383" spans="1:2">
       <c r="A3383" t="s">
         <v>3385</v>
       </c>
     </row>
     <row r="3384" spans="1:2">
       <c r="A3384" t="s">
         <v>3386</v>
       </c>
     </row>
     <row r="3385" spans="1:2">
       <c r="A3385" t="s">
         <v>3387</v>
       </c>
     </row>
     <row r="3386" spans="1:2">
       <c r="A3386" t="s">
         <v>3388</v>
       </c>
     </row>
     <row r="3387" spans="1:2">
       <c r="A3387" t="s">
         <v>3389</v>
       </c>
     </row>
     <row r="3388" spans="1:2">
       <c r="A3388" t="s">
         <v>3390</v>
       </c>
     </row>
     <row r="3389" spans="1:2">
       <c r="A3389" t="s">
         <v>3391</v>
       </c>
     </row>
     <row r="3390" spans="1:2">
       <c r="A3390" t="s">
         <v>3392</v>
       </c>
-      <c r="B3390" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3391" spans="1:2">
       <c r="A3391" t="s">
         <v>3393</v>
       </c>
-      <c r="B3391" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3392" spans="1:2">
       <c r="A3392" t="s">
         <v>3394</v>
       </c>
     </row>
     <row r="3393" spans="1:2">
       <c r="A3393" t="s">
         <v>3395</v>
       </c>
     </row>
     <row r="3394" spans="1:2">
       <c r="A3394" t="s">
         <v>3396</v>
       </c>
     </row>
     <row r="3395" spans="1:2">
       <c r="A3395" t="s">
         <v>3397</v>
       </c>
-      <c r="B3395" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3396" spans="1:2">
       <c r="A3396" t="s">
         <v>3398</v>
       </c>
     </row>
     <row r="3397" spans="1:2">
       <c r="A3397" t="s">
         <v>3399</v>
       </c>
     </row>
     <row r="3398" spans="1:2">
       <c r="A3398" t="s">
         <v>3400</v>
       </c>
     </row>
     <row r="3399" spans="1:2">
       <c r="A3399" t="s">
         <v>3401</v>
       </c>
     </row>
     <row r="3400" spans="1:2">
       <c r="A3400" t="s">
         <v>3402</v>
       </c>
     </row>
     <row r="3401" spans="1:2">
       <c r="A3401" t="s">
         <v>3403</v>
       </c>
     </row>
     <row r="3402" spans="1:2">
       <c r="A3402" t="s">
         <v>3404</v>
       </c>
     </row>
     <row r="3403" spans="1:2">
       <c r="A3403" t="s">
         <v>3405</v>
       </c>
     </row>
     <row r="3404" spans="1:2">
       <c r="A3404" t="s">
         <v>3406</v>
       </c>
+      <c r="B3404" t="s">
+        <v>5061</v>
+      </c>
     </row>
     <row r="3405" spans="1:2">
       <c r="A3405" t="s">
         <v>3407</v>
       </c>
     </row>
     <row r="3406" spans="1:2">
       <c r="A3406" t="s">
         <v>3408</v>
       </c>
     </row>
     <row r="3407" spans="1:2">
       <c r="A3407" t="s">
         <v>3409</v>
       </c>
     </row>
     <row r="3408" spans="1:2">
       <c r="A3408" t="s">
         <v>3410</v>
       </c>
     </row>
     <row r="3409" spans="1:2">
       <c r="A3409" t="s">
         <v>3411</v>
       </c>
     </row>
     <row r="3410" spans="1:2">
       <c r="A3410" t="s">
         <v>3412</v>
       </c>
       <c r="B3410" t="s">
-        <v>5060</v>
+        <v>5062</v>
       </c>
     </row>
     <row r="3411" spans="1:2">
       <c r="A3411" t="s">
         <v>3413</v>
       </c>
     </row>
     <row r="3412" spans="1:2">
       <c r="A3412" t="s">
         <v>3414</v>
       </c>
     </row>
     <row r="3413" spans="1:2">
       <c r="A3413" t="s">
         <v>3415</v>
       </c>
     </row>
     <row r="3414" spans="1:2">
       <c r="A3414" t="s">
         <v>3416</v>
       </c>
     </row>
     <row r="3415" spans="1:2">
       <c r="A3415" t="s">
         <v>3417</v>
       </c>
+      <c r="B3415" t="s">
+        <v>5063</v>
+      </c>
     </row>
     <row r="3416" spans="1:2">
       <c r="A3416" t="s">
         <v>3418</v>
       </c>
     </row>
     <row r="3417" spans="1:2">
       <c r="A3417" t="s">
         <v>3419</v>
       </c>
-      <c r="B3417" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3418" spans="1:2">
       <c r="A3418" t="s">
         <v>3420</v>
       </c>
-      <c r="B3418" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3419" spans="1:2">
       <c r="A3419" t="s">
         <v>3421</v>
       </c>
     </row>
     <row r="3420" spans="1:2">
       <c r="A3420" t="s">
         <v>3422</v>
       </c>
     </row>
     <row r="3421" spans="1:2">
       <c r="A3421" t="s">
         <v>3423</v>
       </c>
+      <c r="B3421" t="s">
+        <v>5064</v>
+      </c>
     </row>
     <row r="3422" spans="1:2">
       <c r="A3422" t="s">
         <v>3424</v>
       </c>
     </row>
     <row r="3423" spans="1:2">
       <c r="A3423" t="s">
         <v>3425</v>
       </c>
     </row>
     <row r="3424" spans="1:2">
       <c r="A3424" t="s">
         <v>3426</v>
       </c>
     </row>
     <row r="3425" spans="1:2">
       <c r="A3425" t="s">
         <v>3427</v>
       </c>
     </row>
     <row r="3426" spans="1:2">
       <c r="A3426" t="s">
         <v>3428</v>
       </c>
@@ -36385,1861 +36391,1855 @@
     </row>
     <row r="3428" spans="1:2">
       <c r="A3428" t="s">
         <v>3430</v>
       </c>
     </row>
     <row r="3429" spans="1:2">
       <c r="A3429" t="s">
         <v>3431</v>
       </c>
     </row>
     <row r="3430" spans="1:2">
       <c r="A3430" t="s">
         <v>3432</v>
       </c>
     </row>
     <row r="3431" spans="1:2">
       <c r="A3431" t="s">
         <v>3433</v>
       </c>
     </row>
     <row r="3432" spans="1:2">
       <c r="A3432" t="s">
         <v>3434</v>
       </c>
+      <c r="B3432" t="s">
+        <v>5065</v>
+      </c>
     </row>
     <row r="3433" spans="1:2">
       <c r="A3433" t="s">
         <v>3435</v>
       </c>
     </row>
     <row r="3434" spans="1:2">
       <c r="A3434" t="s">
         <v>3436</v>
       </c>
     </row>
     <row r="3435" spans="1:2">
       <c r="A3435" t="s">
         <v>3437</v>
       </c>
     </row>
     <row r="3436" spans="1:2">
       <c r="A3436" t="s">
         <v>3438</v>
       </c>
-      <c r="B3436" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3437" spans="1:2">
       <c r="A3437" t="s">
         <v>3439</v>
       </c>
       <c r="B3437" t="s">
-        <v>5064</v>
+        <v>5066</v>
       </c>
     </row>
     <row r="3438" spans="1:2">
       <c r="A3438" t="s">
         <v>3440</v>
       </c>
-      <c r="B3438" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3439" spans="1:2">
       <c r="A3439" t="s">
         <v>3441</v>
       </c>
     </row>
     <row r="3440" spans="1:2">
       <c r="A3440" t="s">
         <v>3442</v>
       </c>
     </row>
     <row r="3441" spans="1:2">
       <c r="A3441" t="s">
         <v>3443</v>
       </c>
+      <c r="B3441" t="s">
+        <v>5067</v>
+      </c>
     </row>
     <row r="3442" spans="1:2">
       <c r="A3442" t="s">
         <v>3444</v>
       </c>
+      <c r="B3442" t="s">
+        <v>5068</v>
+      </c>
     </row>
     <row r="3443" spans="1:2">
       <c r="A3443" t="s">
         <v>3445</v>
       </c>
+      <c r="B3443" t="s">
+        <v>5069</v>
+      </c>
     </row>
     <row r="3444" spans="1:2">
       <c r="A3444" t="s">
         <v>3446</v>
       </c>
+      <c r="B3444" t="s">
+        <v>5070</v>
+      </c>
     </row>
     <row r="3445" spans="1:2">
       <c r="A3445" t="s">
         <v>3447</v>
       </c>
+      <c r="B3445" t="s">
+        <v>5071</v>
+      </c>
     </row>
     <row r="3446" spans="1:2">
       <c r="A3446" t="s">
         <v>3448</v>
       </c>
       <c r="B3446" t="s">
-        <v>5066</v>
+        <v>5072</v>
       </c>
     </row>
     <row r="3447" spans="1:2">
       <c r="A3447" t="s">
         <v>3449</v>
       </c>
     </row>
     <row r="3448" spans="1:2">
       <c r="A3448" t="s">
         <v>3450</v>
       </c>
     </row>
     <row r="3449" spans="1:2">
       <c r="A3449" t="s">
         <v>3451</v>
       </c>
     </row>
     <row r="3450" spans="1:2">
       <c r="A3450" t="s">
         <v>3452</v>
       </c>
     </row>
     <row r="3451" spans="1:2">
       <c r="A3451" t="s">
         <v>3453</v>
       </c>
     </row>
     <row r="3452" spans="1:2">
       <c r="A3452" t="s">
         <v>3454</v>
       </c>
       <c r="B3452" t="s">
-        <v>5067</v>
+        <v>5073</v>
       </c>
     </row>
     <row r="3453" spans="1:2">
       <c r="A3453" t="s">
         <v>3455</v>
       </c>
-      <c r="B3453" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3454" spans="1:2">
       <c r="A3454" t="s">
         <v>3456</v>
       </c>
     </row>
     <row r="3455" spans="1:2">
       <c r="A3455" t="s">
         <v>3457</v>
       </c>
+      <c r="B3455" t="s">
+        <v>5074</v>
+      </c>
     </row>
     <row r="3456" spans="1:2">
       <c r="A3456" t="s">
         <v>3458</v>
       </c>
     </row>
     <row r="3457" spans="1:2">
       <c r="A3457" t="s">
         <v>3459</v>
       </c>
     </row>
     <row r="3458" spans="1:2">
       <c r="A3458" t="s">
         <v>3460</v>
       </c>
     </row>
     <row r="3459" spans="1:2">
       <c r="A3459" t="s">
         <v>3461</v>
       </c>
     </row>
     <row r="3460" spans="1:2">
       <c r="A3460" t="s">
         <v>3462</v>
       </c>
     </row>
     <row r="3461" spans="1:2">
       <c r="A3461" t="s">
         <v>3463</v>
       </c>
     </row>
     <row r="3462" spans="1:2">
       <c r="A3462" t="s">
         <v>3464</v>
       </c>
     </row>
     <row r="3463" spans="1:2">
       <c r="A3463" t="s">
         <v>3465</v>
       </c>
     </row>
     <row r="3464" spans="1:2">
       <c r="A3464" t="s">
         <v>3466</v>
       </c>
     </row>
     <row r="3465" spans="1:2">
       <c r="A3465" t="s">
         <v>3467</v>
       </c>
+      <c r="B3465" t="s">
+        <v>5075</v>
+      </c>
     </row>
     <row r="3466" spans="1:2">
       <c r="A3466" t="s">
         <v>3468</v>
       </c>
-      <c r="B3466" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3467" spans="1:2">
       <c r="A3467" t="s">
         <v>3469</v>
       </c>
-      <c r="B3467" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3468" spans="1:2">
       <c r="A3468" t="s">
         <v>3470</v>
       </c>
       <c r="B3468" t="s">
-        <v>5071</v>
+        <v>5076</v>
       </c>
     </row>
     <row r="3469" spans="1:2">
       <c r="A3469" t="s">
         <v>3471</v>
       </c>
     </row>
     <row r="3470" spans="1:2">
       <c r="A3470" t="s">
         <v>3472</v>
       </c>
     </row>
     <row r="3471" spans="1:2">
       <c r="A3471" t="s">
         <v>3473</v>
       </c>
     </row>
     <row r="3472" spans="1:2">
       <c r="A3472" t="s">
         <v>3474</v>
       </c>
     </row>
     <row r="3473" spans="1:2">
       <c r="A3473" t="s">
         <v>3475</v>
       </c>
     </row>
     <row r="3474" spans="1:2">
       <c r="A3474" t="s">
         <v>3476</v>
       </c>
     </row>
     <row r="3475" spans="1:2">
       <c r="A3475" t="s">
         <v>3477</v>
       </c>
-      <c r="B3475" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3476" spans="1:2">
       <c r="A3476" t="s">
         <v>3478</v>
       </c>
     </row>
     <row r="3477" spans="1:2">
       <c r="A3477" t="s">
         <v>3479</v>
       </c>
     </row>
     <row r="3478" spans="1:2">
       <c r="A3478" t="s">
         <v>3480</v>
       </c>
     </row>
     <row r="3479" spans="1:2">
       <c r="A3479" t="s">
         <v>3481</v>
       </c>
     </row>
     <row r="3480" spans="1:2">
       <c r="A3480" t="s">
         <v>3482</v>
       </c>
+      <c r="B3480" t="s">
+        <v>5077</v>
+      </c>
     </row>
     <row r="3481" spans="1:2">
       <c r="A3481" t="s">
         <v>3483</v>
       </c>
     </row>
     <row r="3482" spans="1:2">
       <c r="A3482" t="s">
         <v>3484</v>
       </c>
     </row>
     <row r="3483" spans="1:2">
       <c r="A3483" t="s">
         <v>3485</v>
       </c>
     </row>
     <row r="3484" spans="1:2">
       <c r="A3484" t="s">
         <v>3486</v>
       </c>
     </row>
     <row r="3485" spans="1:2">
       <c r="A3485" t="s">
         <v>3487</v>
       </c>
       <c r="B3485" t="s">
-        <v>5073</v>
+        <v>5078</v>
       </c>
     </row>
     <row r="3486" spans="1:2">
       <c r="A3486" t="s">
         <v>3488</v>
       </c>
-      <c r="B3486" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3487" spans="1:2">
       <c r="A3487" t="s">
         <v>3489</v>
       </c>
     </row>
     <row r="3488" spans="1:2">
       <c r="A3488" t="s">
         <v>3490</v>
       </c>
     </row>
     <row r="3489" spans="1:2">
       <c r="A3489" t="s">
         <v>3491</v>
       </c>
     </row>
     <row r="3490" spans="1:2">
       <c r="A3490" t="s">
         <v>3492</v>
       </c>
     </row>
     <row r="3491" spans="1:2">
       <c r="A3491" t="s">
         <v>3493</v>
       </c>
     </row>
     <row r="3492" spans="1:2">
       <c r="A3492" t="s">
         <v>3494</v>
       </c>
-      <c r="B3492" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3493" spans="1:2">
       <c r="A3493" t="s">
         <v>3495</v>
       </c>
     </row>
     <row r="3494" spans="1:2">
       <c r="A3494" t="s">
         <v>3496</v>
       </c>
     </row>
     <row r="3495" spans="1:2">
       <c r="A3495" t="s">
         <v>3497</v>
       </c>
     </row>
     <row r="3496" spans="1:2">
       <c r="A3496" t="s">
         <v>3498</v>
       </c>
     </row>
     <row r="3497" spans="1:2">
       <c r="A3497" t="s">
         <v>3499</v>
       </c>
     </row>
     <row r="3498" spans="1:2">
       <c r="A3498" t="s">
         <v>3500</v>
       </c>
-      <c r="B3498" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3499" spans="1:2">
       <c r="A3499" t="s">
         <v>3501</v>
       </c>
     </row>
     <row r="3500" spans="1:2">
       <c r="A3500" t="s">
         <v>3502</v>
       </c>
     </row>
     <row r="3501" spans="1:2">
       <c r="A3501" t="s">
         <v>3503</v>
       </c>
+      <c r="B3501" t="s">
+        <v>5079</v>
+      </c>
     </row>
     <row r="3502" spans="1:2">
       <c r="A3502" t="s">
         <v>3504</v>
       </c>
+      <c r="B3502" t="s">
+        <v>5080</v>
+      </c>
     </row>
     <row r="3503" spans="1:2">
       <c r="A3503" t="s">
         <v>3505</v>
       </c>
       <c r="B3503" t="s">
-        <v>5077</v>
+        <v>5081</v>
       </c>
     </row>
     <row r="3504" spans="1:2">
       <c r="A3504" t="s">
         <v>3506</v>
       </c>
-      <c r="B3504" t="s">
-[...3 lines deleted...]
-    <row r="3505" spans="1:4">
+    </row>
+    <row r="3505" spans="1:2">
       <c r="A3505" t="s">
         <v>3507</v>
       </c>
     </row>
-    <row r="3506" spans="1:4">
+    <row r="3506" spans="1:2">
       <c r="A3506" t="s">
         <v>3508</v>
       </c>
     </row>
-    <row r="3507" spans="1:4">
+    <row r="3507" spans="1:2">
       <c r="A3507" t="s">
         <v>3509</v>
       </c>
     </row>
-    <row r="3508" spans="1:4">
+    <row r="3508" spans="1:2">
       <c r="A3508" t="s">
         <v>3510</v>
       </c>
     </row>
-    <row r="3509" spans="1:4">
+    <row r="3509" spans="1:2">
       <c r="A3509" t="s">
         <v>3511</v>
       </c>
     </row>
-    <row r="3510" spans="1:4">
+    <row r="3510" spans="1:2">
       <c r="A3510" t="s">
         <v>3512</v>
       </c>
-    </row>
-    <row r="3511" spans="1:4">
+      <c r="B3510" t="s">
+        <v>5082</v>
+      </c>
+    </row>
+    <row r="3511" spans="1:2">
       <c r="A3511" t="s">
         <v>3513</v>
       </c>
     </row>
-    <row r="3512" spans="1:4">
+    <row r="3512" spans="1:2">
       <c r="A3512" t="s">
         <v>3514</v>
       </c>
     </row>
-    <row r="3513" spans="1:4">
+    <row r="3513" spans="1:2">
       <c r="A3513" t="s">
         <v>3515</v>
       </c>
     </row>
-    <row r="3514" spans="1:4">
+    <row r="3514" spans="1:2">
       <c r="A3514" t="s">
         <v>3516</v>
       </c>
     </row>
-    <row r="3515" spans="1:4">
+    <row r="3515" spans="1:2">
       <c r="A3515" t="s">
         <v>3517</v>
       </c>
-    </row>
-    <row r="3516" spans="1:4">
+      <c r="B3515" t="s">
+        <v>5083</v>
+      </c>
+    </row>
+    <row r="3516" spans="1:2">
       <c r="A3516" t="s">
         <v>3518</v>
       </c>
     </row>
-    <row r="3517" spans="1:4">
+    <row r="3517" spans="1:2">
       <c r="A3517" t="s">
         <v>3519</v>
       </c>
-      <c r="B3517" t="s">
-[...9 lines deleted...]
-    <row r="3518" spans="1:4">
+    </row>
+    <row r="3518" spans="1:2">
       <c r="A3518" t="s">
         <v>3520</v>
       </c>
     </row>
-    <row r="3519" spans="1:4">
+    <row r="3519" spans="1:2">
       <c r="A3519" t="s">
         <v>3521</v>
       </c>
     </row>
-    <row r="3520" spans="1:4">
+    <row r="3520" spans="1:2">
       <c r="A3520" t="s">
         <v>3522</v>
       </c>
     </row>
-    <row r="3521" spans="1:2">
+    <row r="3521" spans="1:4">
       <c r="A3521" t="s">
         <v>3523</v>
       </c>
     </row>
-    <row r="3522" spans="1:2">
+    <row r="3522" spans="1:4">
       <c r="A3522" t="s">
         <v>3524</v>
       </c>
-      <c r="B3522" t="s">
-[...3 lines deleted...]
-    <row r="3523" spans="1:2">
+    </row>
+    <row r="3523" spans="1:4">
       <c r="A3523" t="s">
         <v>3525</v>
       </c>
-    </row>
-    <row r="3524" spans="1:2">
+      <c r="B3523" t="s">
+        <v>5084</v>
+      </c>
+      <c r="C3523" t="s">
+        <v>5260</v>
+      </c>
+      <c r="D3523" t="s">
+        <v>5267</v>
+      </c>
+    </row>
+    <row r="3524" spans="1:4">
       <c r="A3524" t="s">
         <v>3526</v>
       </c>
       <c r="B3524" t="s">
-        <v>5081</v>
-[...2 lines deleted...]
-    <row r="3525" spans="1:2">
+        <v>5085</v>
+      </c>
+    </row>
+    <row r="3525" spans="1:4">
       <c r="A3525" t="s">
         <v>3527</v>
       </c>
-      <c r="B3525" t="s">
-[...3 lines deleted...]
-    <row r="3526" spans="1:2">
+    </row>
+    <row r="3526" spans="1:4">
       <c r="A3526" t="s">
         <v>3528</v>
       </c>
-    </row>
-    <row r="3527" spans="1:2">
+      <c r="B3526" t="s">
+        <v>5086</v>
+      </c>
+    </row>
+    <row r="3527" spans="1:4">
       <c r="A3527" t="s">
         <v>3529</v>
       </c>
-    </row>
-    <row r="3528" spans="1:2">
+      <c r="B3527" t="s">
+        <v>5087</v>
+      </c>
+    </row>
+    <row r="3528" spans="1:4">
       <c r="A3528" t="s">
         <v>3530</v>
       </c>
     </row>
-    <row r="3529" spans="1:2">
+    <row r="3529" spans="1:4">
       <c r="A3529" t="s">
         <v>3531</v>
       </c>
-      <c r="B3529" t="s">
-[...3 lines deleted...]
-    <row r="3530" spans="1:2">
+    </row>
+    <row r="3530" spans="1:4">
       <c r="A3530" t="s">
         <v>3532</v>
       </c>
     </row>
-    <row r="3531" spans="1:2">
+    <row r="3531" spans="1:4">
       <c r="A3531" t="s">
         <v>3533</v>
       </c>
     </row>
-    <row r="3532" spans="1:2">
+    <row r="3532" spans="1:4">
       <c r="A3532" t="s">
         <v>3534</v>
       </c>
     </row>
-    <row r="3533" spans="1:2">
+    <row r="3533" spans="1:4">
       <c r="A3533" t="s">
         <v>3535</v>
       </c>
     </row>
-    <row r="3534" spans="1:2">
+    <row r="3534" spans="1:4">
       <c r="A3534" t="s">
         <v>3536</v>
       </c>
-    </row>
-    <row r="3535" spans="1:2">
+      <c r="B3534" t="s">
+        <v>5088</v>
+      </c>
+    </row>
+    <row r="3535" spans="1:4">
       <c r="A3535" t="s">
         <v>3537</v>
       </c>
     </row>
-    <row r="3536" spans="1:2">
+    <row r="3536" spans="1:4">
       <c r="A3536" t="s">
         <v>3538</v>
       </c>
     </row>
     <row r="3537" spans="1:2">
       <c r="A3537" t="s">
         <v>3539</v>
       </c>
     </row>
     <row r="3538" spans="1:2">
       <c r="A3538" t="s">
         <v>3540</v>
       </c>
     </row>
     <row r="3539" spans="1:2">
       <c r="A3539" t="s">
         <v>3541</v>
       </c>
     </row>
     <row r="3540" spans="1:2">
       <c r="A3540" t="s">
         <v>3542</v>
       </c>
     </row>
     <row r="3541" spans="1:2">
       <c r="A3541" t="s">
         <v>3543</v>
       </c>
-      <c r="B3541" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3542" spans="1:2">
       <c r="A3542" t="s">
         <v>3544</v>
       </c>
     </row>
     <row r="3543" spans="1:2">
       <c r="A3543" t="s">
         <v>3545</v>
       </c>
-      <c r="B3543" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3544" spans="1:2">
       <c r="A3544" t="s">
         <v>3546</v>
       </c>
+      <c r="B3544" t="s">
+        <v>5089</v>
+      </c>
     </row>
     <row r="3545" spans="1:2">
       <c r="A3545" t="s">
         <v>3547</v>
       </c>
+      <c r="B3545" t="s">
+        <v>5090</v>
+      </c>
     </row>
     <row r="3546" spans="1:2">
       <c r="A3546" t="s">
         <v>3548</v>
       </c>
+      <c r="B3546" t="s">
+        <v>5091</v>
+      </c>
     </row>
     <row r="3547" spans="1:2">
       <c r="A3547" t="s">
         <v>3549</v>
       </c>
     </row>
     <row r="3548" spans="1:2">
       <c r="A3548" t="s">
         <v>3550</v>
       </c>
+      <c r="B3548" t="s">
+        <v>5092</v>
+      </c>
     </row>
     <row r="3549" spans="1:2">
       <c r="A3549" t="s">
         <v>3551</v>
       </c>
     </row>
     <row r="3550" spans="1:2">
       <c r="A3550" t="s">
         <v>3552</v>
       </c>
     </row>
     <row r="3551" spans="1:2">
       <c r="A3551" t="s">
         <v>3553</v>
       </c>
+      <c r="B3551" t="s">
+        <v>5093</v>
+      </c>
     </row>
     <row r="3552" spans="1:2">
       <c r="A3552" t="s">
         <v>3554</v>
       </c>
     </row>
     <row r="3553" spans="1:2">
       <c r="A3553" t="s">
         <v>3555</v>
       </c>
     </row>
     <row r="3554" spans="1:2">
       <c r="A3554" t="s">
         <v>3556</v>
       </c>
     </row>
     <row r="3555" spans="1:2">
       <c r="A3555" t="s">
         <v>3557</v>
       </c>
     </row>
     <row r="3556" spans="1:2">
       <c r="A3556" t="s">
         <v>3558</v>
       </c>
+      <c r="B3556" t="s">
+        <v>5094</v>
+      </c>
     </row>
     <row r="3557" spans="1:2">
       <c r="A3557" t="s">
         <v>3559</v>
       </c>
-      <c r="B3557" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3558" spans="1:2">
       <c r="A3558" t="s">
         <v>3560</v>
       </c>
     </row>
     <row r="3559" spans="1:2">
       <c r="A3559" t="s">
         <v>3561</v>
       </c>
     </row>
     <row r="3560" spans="1:2">
       <c r="A3560" t="s">
         <v>3562</v>
       </c>
     </row>
     <row r="3561" spans="1:2">
       <c r="A3561" t="s">
         <v>3563</v>
       </c>
+      <c r="B3561" t="s">
+        <v>5095</v>
+      </c>
     </row>
     <row r="3562" spans="1:2">
       <c r="A3562" t="s">
         <v>3564</v>
       </c>
-      <c r="B3562" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3563" spans="1:2">
       <c r="A3563" t="s">
         <v>3565</v>
       </c>
-      <c r="B3563" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3564" spans="1:2">
       <c r="A3564" t="s">
         <v>3566</v>
       </c>
-      <c r="B3564" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3565" spans="1:2">
       <c r="A3565" t="s">
         <v>3567</v>
       </c>
-      <c r="B3565" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3566" spans="1:2">
       <c r="A3566" t="s">
         <v>3568</v>
       </c>
       <c r="B3566" t="s">
-        <v>5091</v>
+        <v>5096</v>
       </c>
     </row>
     <row r="3567" spans="1:2">
       <c r="A3567" t="s">
         <v>3569</v>
       </c>
     </row>
     <row r="3568" spans="1:2">
       <c r="A3568" t="s">
         <v>3570</v>
       </c>
     </row>
     <row r="3569" spans="1:2">
       <c r="A3569" t="s">
         <v>3571</v>
       </c>
       <c r="B3569" t="s">
-        <v>5092</v>
+        <v>5097</v>
       </c>
     </row>
     <row r="3570" spans="1:2">
       <c r="A3570" t="s">
         <v>3572</v>
       </c>
     </row>
     <row r="3571" spans="1:2">
       <c r="A3571" t="s">
         <v>3573</v>
       </c>
     </row>
     <row r="3572" spans="1:2">
       <c r="A3572" t="s">
         <v>3574</v>
       </c>
       <c r="B3572" t="s">
-        <v>5093</v>
+        <v>5098</v>
       </c>
     </row>
     <row r="3573" spans="1:2">
       <c r="A3573" t="s">
         <v>3575</v>
       </c>
+      <c r="B3573" t="s">
+        <v>5099</v>
+      </c>
     </row>
     <row r="3574" spans="1:2">
       <c r="A3574" t="s">
         <v>3576</v>
       </c>
       <c r="B3574" t="s">
-        <v>5094</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="3575" spans="1:2">
       <c r="A3575" t="s">
         <v>3577</v>
       </c>
     </row>
     <row r="3576" spans="1:2">
       <c r="A3576" t="s">
         <v>3578</v>
       </c>
     </row>
     <row r="3577" spans="1:2">
       <c r="A3577" t="s">
         <v>3579</v>
       </c>
     </row>
     <row r="3578" spans="1:2">
       <c r="A3578" t="s">
         <v>3580</v>
       </c>
-      <c r="B3578" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3579" spans="1:2">
       <c r="A3579" t="s">
         <v>3581</v>
       </c>
     </row>
     <row r="3580" spans="1:2">
       <c r="A3580" t="s">
         <v>3582</v>
       </c>
-      <c r="B3580" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3581" spans="1:2">
       <c r="A3581" t="s">
         <v>3583</v>
       </c>
     </row>
     <row r="3582" spans="1:2">
       <c r="A3582" t="s">
         <v>3584</v>
       </c>
     </row>
     <row r="3583" spans="1:2">
       <c r="A3583" t="s">
         <v>3585</v>
       </c>
     </row>
     <row r="3584" spans="1:2">
       <c r="A3584" t="s">
         <v>3586</v>
       </c>
     </row>
     <row r="3585" spans="1:2">
       <c r="A3585" t="s">
         <v>3587</v>
       </c>
     </row>
     <row r="3586" spans="1:2">
       <c r="A3586" t="s">
         <v>3588</v>
       </c>
     </row>
     <row r="3587" spans="1:2">
       <c r="A3587" t="s">
         <v>3589</v>
       </c>
     </row>
     <row r="3588" spans="1:2">
       <c r="A3588" t="s">
         <v>3590</v>
       </c>
     </row>
     <row r="3589" spans="1:2">
       <c r="A3589" t="s">
         <v>3591</v>
       </c>
-      <c r="B3589" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3590" spans="1:2">
       <c r="A3590" t="s">
         <v>3592</v>
       </c>
+      <c r="B3590" t="s">
+        <v>5101</v>
+      </c>
     </row>
     <row r="3591" spans="1:2">
       <c r="A3591" t="s">
         <v>3593</v>
       </c>
     </row>
     <row r="3592" spans="1:2">
       <c r="A3592" t="s">
         <v>3594</v>
       </c>
     </row>
     <row r="3593" spans="1:2">
       <c r="A3593" t="s">
         <v>3595</v>
       </c>
+      <c r="B3593" t="s">
+        <v>5102</v>
+      </c>
     </row>
     <row r="3594" spans="1:2">
       <c r="A3594" t="s">
         <v>3596</v>
       </c>
     </row>
     <row r="3595" spans="1:2">
       <c r="A3595" t="s">
         <v>3597</v>
       </c>
-      <c r="B3595" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3596" spans="1:2">
       <c r="A3596" t="s">
         <v>3598</v>
       </c>
     </row>
     <row r="3597" spans="1:2">
       <c r="A3597" t="s">
         <v>3599</v>
       </c>
+      <c r="B3597" t="s">
+        <v>5103</v>
+      </c>
     </row>
     <row r="3598" spans="1:2">
       <c r="A3598" t="s">
         <v>3600</v>
       </c>
       <c r="B3598" t="s">
-        <v>5099</v>
+        <v>5104</v>
       </c>
     </row>
     <row r="3599" spans="1:2">
       <c r="A3599" t="s">
         <v>3601</v>
       </c>
-      <c r="B3599" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3600" spans="1:2">
       <c r="A3600" t="s">
         <v>3602</v>
       </c>
-      <c r="B3600" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3601" spans="1:2">
       <c r="A3601" t="s">
         <v>3603</v>
       </c>
-      <c r="B3601" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3602" spans="1:2">
       <c r="A3602" t="s">
         <v>3604</v>
       </c>
       <c r="B3602" t="s">
-        <v>5103</v>
+        <v>5105</v>
       </c>
     </row>
     <row r="3603" spans="1:2">
       <c r="A3603" t="s">
         <v>3605</v>
       </c>
       <c r="B3603" t="s">
-        <v>5104</v>
+        <v>5106</v>
       </c>
     </row>
     <row r="3604" spans="1:2">
       <c r="A3604" t="s">
         <v>3606</v>
       </c>
       <c r="B3604" t="s">
-        <v>5105</v>
+        <v>5107</v>
       </c>
     </row>
     <row r="3605" spans="1:2">
       <c r="A3605" t="s">
         <v>3607</v>
       </c>
       <c r="B3605" t="s">
-        <v>5106</v>
+        <v>5108</v>
       </c>
     </row>
     <row r="3606" spans="1:2">
       <c r="A3606" t="s">
         <v>3608</v>
       </c>
       <c r="B3606" t="s">
-        <v>5107</v>
+        <v>5109</v>
       </c>
     </row>
     <row r="3607" spans="1:2">
       <c r="A3607" t="s">
         <v>3609</v>
       </c>
       <c r="B3607" t="s">
-        <v>5108</v>
+        <v>5110</v>
       </c>
     </row>
     <row r="3608" spans="1:2">
       <c r="A3608" t="s">
         <v>3610</v>
       </c>
       <c r="B3608" t="s">
-        <v>5109</v>
+        <v>5111</v>
       </c>
     </row>
     <row r="3609" spans="1:2">
       <c r="A3609" t="s">
         <v>3611</v>
       </c>
       <c r="B3609" t="s">
-        <v>5110</v>
+        <v>5112</v>
       </c>
     </row>
     <row r="3610" spans="1:2">
       <c r="A3610" t="s">
         <v>3612</v>
       </c>
       <c r="B3610" t="s">
-        <v>5111</v>
+        <v>5113</v>
       </c>
     </row>
     <row r="3611" spans="1:2">
       <c r="A3611" t="s">
         <v>3613</v>
       </c>
       <c r="B3611" t="s">
-        <v>5112</v>
+        <v>5114</v>
       </c>
     </row>
     <row r="3612" spans="1:2">
       <c r="A3612" t="s">
         <v>3614</v>
       </c>
       <c r="B3612" t="s">
-        <v>5113</v>
+        <v>5115</v>
       </c>
     </row>
     <row r="3613" spans="1:2">
       <c r="A3613" t="s">
         <v>3615</v>
       </c>
       <c r="B3613" t="s">
-        <v>5114</v>
+        <v>5116</v>
       </c>
     </row>
     <row r="3614" spans="1:2">
       <c r="A3614" t="s">
         <v>3616</v>
       </c>
       <c r="B3614" t="s">
-        <v>5115</v>
+        <v>5117</v>
       </c>
     </row>
     <row r="3615" spans="1:2">
       <c r="A3615" t="s">
         <v>3617</v>
       </c>
       <c r="B3615" t="s">
-        <v>5116</v>
+        <v>5118</v>
       </c>
     </row>
     <row r="3616" spans="1:2">
       <c r="A3616" t="s">
         <v>3618</v>
       </c>
       <c r="B3616" t="s">
-        <v>5117</v>
+        <v>5119</v>
       </c>
     </row>
     <row r="3617" spans="1:2">
       <c r="A3617" t="s">
         <v>3619</v>
       </c>
       <c r="B3617" t="s">
-        <v>5118</v>
+        <v>5120</v>
       </c>
     </row>
     <row r="3618" spans="1:2">
       <c r="A3618" t="s">
         <v>3620</v>
       </c>
       <c r="B3618" t="s">
-        <v>5119</v>
+        <v>5121</v>
       </c>
     </row>
     <row r="3619" spans="1:2">
       <c r="A3619" t="s">
         <v>3621</v>
       </c>
       <c r="B3619" t="s">
-        <v>5120</v>
+        <v>5122</v>
       </c>
     </row>
     <row r="3620" spans="1:2">
       <c r="A3620" t="s">
         <v>3622</v>
       </c>
       <c r="B3620" t="s">
-        <v>5121</v>
+        <v>5123</v>
       </c>
     </row>
     <row r="3621" spans="1:2">
       <c r="A3621" t="s">
         <v>3623</v>
       </c>
       <c r="B3621" t="s">
-        <v>5122</v>
+        <v>5124</v>
       </c>
     </row>
     <row r="3622" spans="1:2">
       <c r="A3622" t="s">
         <v>3624</v>
       </c>
       <c r="B3622" t="s">
-        <v>5123</v>
+        <v>5125</v>
       </c>
     </row>
     <row r="3623" spans="1:2">
       <c r="A3623" t="s">
         <v>3625</v>
       </c>
       <c r="B3623" t="s">
-        <v>5124</v>
+        <v>5126</v>
       </c>
     </row>
     <row r="3624" spans="1:2">
       <c r="A3624" t="s">
         <v>3626</v>
       </c>
     </row>
     <row r="3625" spans="1:2">
       <c r="A3625" t="s">
         <v>3627</v>
       </c>
     </row>
     <row r="3626" spans="1:2">
       <c r="A3626" t="s">
         <v>3628</v>
       </c>
-      <c r="B3626" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3627" spans="1:2">
       <c r="A3627" t="s">
         <v>3629</v>
       </c>
-      <c r="B3627" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3628" spans="1:2">
       <c r="A3628" t="s">
         <v>3630</v>
       </c>
     </row>
     <row r="3629" spans="1:2">
       <c r="A3629" t="s">
         <v>3631</v>
       </c>
-      <c r="B3629" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3630" spans="1:2">
       <c r="A3630" t="s">
         <v>3632</v>
       </c>
+      <c r="B3630" t="s">
+        <v>5127</v>
+      </c>
     </row>
     <row r="3631" spans="1:2">
       <c r="A3631" t="s">
         <v>3633</v>
       </c>
     </row>
     <row r="3632" spans="1:2">
       <c r="A3632" t="s">
         <v>3634</v>
       </c>
     </row>
     <row r="3633" spans="1:2">
       <c r="A3633" t="s">
         <v>3635</v>
       </c>
     </row>
     <row r="3634" spans="1:2">
       <c r="A3634" t="s">
         <v>3636</v>
       </c>
+      <c r="B3634" t="s">
+        <v>5128</v>
+      </c>
     </row>
     <row r="3635" spans="1:2">
       <c r="A3635" t="s">
         <v>3637</v>
       </c>
+      <c r="B3635" t="s">
+        <v>5129</v>
+      </c>
     </row>
     <row r="3636" spans="1:2">
       <c r="A3636" t="s">
         <v>3638</v>
       </c>
       <c r="B3636" t="s">
-        <v>5128</v>
+        <v>5130</v>
       </c>
     </row>
     <row r="3637" spans="1:2">
       <c r="A3637" t="s">
         <v>3639</v>
       </c>
-      <c r="B3637" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3638" spans="1:2">
       <c r="A3638" t="s">
         <v>3640</v>
       </c>
-      <c r="B3638" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3639" spans="1:2">
       <c r="A3639" t="s">
         <v>3641</v>
       </c>
     </row>
     <row r="3640" spans="1:2">
       <c r="A3640" t="s">
         <v>3642</v>
       </c>
+      <c r="B3640" t="s">
+        <v>5131</v>
+      </c>
     </row>
     <row r="3641" spans="1:2">
       <c r="A3641" t="s">
         <v>3643</v>
       </c>
+      <c r="B3641" t="s">
+        <v>5132</v>
+      </c>
     </row>
     <row r="3642" spans="1:2">
       <c r="A3642" t="s">
         <v>3644</v>
       </c>
+      <c r="B3642" t="s">
+        <v>5133</v>
+      </c>
     </row>
     <row r="3643" spans="1:2">
       <c r="A3643" t="s">
         <v>3645</v>
       </c>
-      <c r="B3643" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3644" spans="1:2">
       <c r="A3644" t="s">
         <v>3646</v>
       </c>
+      <c r="B3644" t="s">
+        <v>5134</v>
+      </c>
     </row>
     <row r="3645" spans="1:2">
       <c r="A3645" t="s">
         <v>3647</v>
       </c>
+      <c r="B3645" t="s">
+        <v>5135</v>
+      </c>
     </row>
     <row r="3646" spans="1:2">
       <c r="A3646" t="s">
         <v>3648</v>
       </c>
+      <c r="B3646" t="s">
+        <v>5136</v>
+      </c>
     </row>
     <row r="3647" spans="1:2">
       <c r="A3647" t="s">
         <v>3649</v>
       </c>
-      <c r="B3647" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3648" spans="1:2">
       <c r="A3648" t="s">
         <v>3650</v>
       </c>
-      <c r="B3648" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3649" spans="1:2">
       <c r="A3649" t="s">
         <v>3651</v>
       </c>
-      <c r="B3649" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3650" spans="1:2">
       <c r="A3650" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="3651" spans="1:2">
       <c r="A3651" t="s">
         <v>3653</v>
       </c>
     </row>
     <row r="3652" spans="1:2">
       <c r="A3652" t="s">
         <v>3654</v>
       </c>
     </row>
     <row r="3653" spans="1:2">
       <c r="A3653" t="s">
         <v>3655</v>
       </c>
     </row>
     <row r="3654" spans="1:2">
       <c r="A3654" t="s">
         <v>3656</v>
       </c>
       <c r="B3654" t="s">
-        <v>5135</v>
+        <v>5137</v>
       </c>
     </row>
     <row r="3655" spans="1:2">
       <c r="A3655" t="s">
         <v>3657</v>
       </c>
+      <c r="B3655" t="s">
+        <v>5138</v>
+      </c>
     </row>
     <row r="3656" spans="1:2">
       <c r="A3656" t="s">
         <v>3658</v>
       </c>
+      <c r="B3656" t="s">
+        <v>5139</v>
+      </c>
     </row>
     <row r="3657" spans="1:2">
       <c r="A3657" t="s">
         <v>3659</v>
       </c>
-      <c r="B3657" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3658" spans="1:2">
       <c r="A3658" t="s">
         <v>3660</v>
       </c>
-      <c r="B3658" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3659" spans="1:2">
       <c r="A3659" t="s">
         <v>3661</v>
       </c>
     </row>
     <row r="3660" spans="1:2">
       <c r="A3660" t="s">
         <v>3662</v>
       </c>
     </row>
     <row r="3661" spans="1:2">
       <c r="A3661" t="s">
         <v>3663</v>
       </c>
     </row>
     <row r="3662" spans="1:2">
       <c r="A3662" t="s">
         <v>3664</v>
       </c>
     </row>
     <row r="3663" spans="1:2">
       <c r="A3663" t="s">
         <v>3665</v>
       </c>
       <c r="B3663" t="s">
-        <v>5138</v>
+        <v>5140</v>
       </c>
     </row>
     <row r="3664" spans="1:2">
       <c r="A3664" t="s">
         <v>3666</v>
       </c>
       <c r="B3664" t="s">
-        <v>5139</v>
+        <v>5141</v>
       </c>
     </row>
     <row r="3665" spans="1:2">
       <c r="A3665" t="s">
         <v>3667</v>
       </c>
     </row>
     <row r="3666" spans="1:2">
       <c r="A3666" t="s">
         <v>3668</v>
       </c>
     </row>
     <row r="3667" spans="1:2">
       <c r="A3667" t="s">
         <v>3669</v>
       </c>
     </row>
     <row r="3668" spans="1:2">
       <c r="A3668" t="s">
         <v>3670</v>
       </c>
     </row>
     <row r="3669" spans="1:2">
       <c r="A3669" t="s">
         <v>3671</v>
       </c>
+      <c r="B3669" t="s">
+        <v>5142</v>
+      </c>
     </row>
     <row r="3670" spans="1:2">
       <c r="A3670" t="s">
         <v>3672</v>
       </c>
-      <c r="B3670" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3671" spans="1:2">
       <c r="A3671" t="s">
         <v>3673</v>
       </c>
     </row>
     <row r="3672" spans="1:2">
       <c r="A3672" t="s">
         <v>3674</v>
       </c>
     </row>
     <row r="3673" spans="1:2">
       <c r="A3673" t="s">
         <v>3675</v>
       </c>
     </row>
     <row r="3674" spans="1:2">
       <c r="A3674" t="s">
         <v>3676</v>
       </c>
+      <c r="B3674" t="s">
+        <v>5143</v>
+      </c>
     </row>
     <row r="3675" spans="1:2">
       <c r="A3675" t="s">
         <v>3677</v>
       </c>
     </row>
     <row r="3676" spans="1:2">
       <c r="A3676" t="s">
         <v>3678</v>
       </c>
-      <c r="B3676" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3677" spans="1:2">
       <c r="A3677" t="s">
         <v>3679</v>
       </c>
     </row>
     <row r="3678" spans="1:2">
       <c r="A3678" t="s">
         <v>3680</v>
       </c>
       <c r="B3678" t="s">
-        <v>5142</v>
+        <v>5144</v>
       </c>
     </row>
     <row r="3679" spans="1:2">
       <c r="A3679" t="s">
         <v>3681</v>
       </c>
     </row>
     <row r="3680" spans="1:2">
       <c r="A3680" t="s">
         <v>3682</v>
       </c>
     </row>
     <row r="3681" spans="1:2">
       <c r="A3681" t="s">
         <v>3683</v>
       </c>
     </row>
     <row r="3682" spans="1:2">
       <c r="A3682" t="s">
         <v>3684</v>
       </c>
     </row>
     <row r="3683" spans="1:2">
       <c r="A3683" t="s">
         <v>3685</v>
       </c>
     </row>
     <row r="3684" spans="1:2">
       <c r="A3684" t="s">
         <v>3686</v>
       </c>
     </row>
     <row r="3685" spans="1:2">
       <c r="A3685" t="s">
         <v>3687</v>
       </c>
     </row>
     <row r="3686" spans="1:2">
       <c r="A3686" t="s">
         <v>3688</v>
       </c>
       <c r="B3686" t="s">
-        <v>5143</v>
+        <v>5145</v>
       </c>
     </row>
     <row r="3687" spans="1:2">
       <c r="A3687" t="s">
         <v>3689</v>
       </c>
+      <c r="B3687" t="s">
+        <v>5146</v>
+      </c>
     </row>
     <row r="3688" spans="1:2">
       <c r="A3688" t="s">
         <v>3690</v>
       </c>
       <c r="B3688" t="s">
-        <v>5144</v>
+        <v>5147</v>
       </c>
     </row>
     <row r="3689" spans="1:2">
       <c r="A3689" t="s">
         <v>3691</v>
       </c>
       <c r="B3689" t="s">
-        <v>5145</v>
+        <v>5148</v>
       </c>
     </row>
     <row r="3690" spans="1:2">
       <c r="A3690" t="s">
         <v>3692</v>
       </c>
     </row>
     <row r="3691" spans="1:2">
       <c r="A3691" t="s">
         <v>3693</v>
       </c>
     </row>
     <row r="3692" spans="1:2">
       <c r="A3692" t="s">
         <v>3694</v>
       </c>
     </row>
     <row r="3693" spans="1:2">
       <c r="A3693" t="s">
         <v>3695</v>
       </c>
+      <c r="B3693" t="s">
+        <v>5149</v>
+      </c>
     </row>
     <row r="3694" spans="1:2">
       <c r="A3694" t="s">
         <v>3696</v>
       </c>
     </row>
     <row r="3695" spans="1:2">
       <c r="A3695" t="s">
         <v>3697</v>
       </c>
       <c r="B3695" t="s">
-        <v>5146</v>
+        <v>5150</v>
       </c>
     </row>
     <row r="3696" spans="1:2">
       <c r="A3696" t="s">
         <v>3698</v>
       </c>
+      <c r="B3696" t="s">
+        <v>5151</v>
+      </c>
     </row>
     <row r="3697" spans="1:2">
       <c r="A3697" t="s">
         <v>3699</v>
       </c>
     </row>
     <row r="3698" spans="1:2">
       <c r="A3698" t="s">
         <v>3700</v>
       </c>
     </row>
     <row r="3699" spans="1:2">
       <c r="A3699" t="s">
         <v>3701</v>
       </c>
-      <c r="B3699" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3700" spans="1:2">
       <c r="A3700" t="s">
         <v>3702</v>
       </c>
     </row>
     <row r="3701" spans="1:2">
       <c r="A3701" t="s">
         <v>3703</v>
       </c>
     </row>
     <row r="3702" spans="1:2">
       <c r="A3702" t="s">
         <v>3704</v>
       </c>
-      <c r="B3702" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3703" spans="1:2">
       <c r="A3703" t="s">
         <v>3705</v>
       </c>
-      <c r="B3703" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3704" spans="1:2">
       <c r="A3704" t="s">
         <v>3706</v>
       </c>
     </row>
     <row r="3705" spans="1:2">
       <c r="A3705" t="s">
         <v>3707</v>
       </c>
     </row>
     <row r="3706" spans="1:2">
       <c r="A3706" t="s">
         <v>3708</v>
       </c>
     </row>
     <row r="3707" spans="1:2">
       <c r="A3707" t="s">
         <v>3709</v>
       </c>
-      <c r="B3707" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3708" spans="1:2">
       <c r="A3708" t="s">
         <v>3710</v>
       </c>
     </row>
     <row r="3709" spans="1:2">
       <c r="A3709" t="s">
         <v>3711</v>
       </c>
+      <c r="B3709" t="s">
+        <v>5152</v>
+      </c>
     </row>
     <row r="3710" spans="1:2">
       <c r="A3710" t="s">
         <v>3712</v>
       </c>
+      <c r="B3710" t="s">
+        <v>5153</v>
+      </c>
     </row>
     <row r="3711" spans="1:2">
       <c r="A3711" t="s">
         <v>3713</v>
       </c>
     </row>
     <row r="3712" spans="1:2">
       <c r="A3712" t="s">
         <v>3714</v>
       </c>
     </row>
     <row r="3713" spans="1:2">
       <c r="A3713" t="s">
         <v>3715</v>
       </c>
       <c r="B3713" t="s">
-        <v>5151</v>
+        <v>5154</v>
       </c>
     </row>
     <row r="3714" spans="1:2">
       <c r="A3714" t="s">
         <v>3716</v>
       </c>
     </row>
     <row r="3715" spans="1:2">
       <c r="A3715" t="s">
         <v>3717</v>
       </c>
       <c r="B3715" t="s">
-        <v>5152</v>
+        <v>5155</v>
       </c>
     </row>
     <row r="3716" spans="1:2">
       <c r="A3716" t="s">
         <v>3718</v>
       </c>
-      <c r="B3716" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3717" spans="1:2">
       <c r="A3717" t="s">
         <v>3719</v>
       </c>
-      <c r="B3717" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3718" spans="1:2">
       <c r="A3718" t="s">
         <v>3720</v>
       </c>
-      <c r="B3718" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3719" spans="1:2">
       <c r="A3719" t="s">
         <v>3721</v>
       </c>
-      <c r="B3719" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3720" spans="1:2">
       <c r="A3720" t="s">
         <v>3722</v>
       </c>
     </row>
     <row r="3721" spans="1:2">
       <c r="A3721" t="s">
         <v>3723</v>
       </c>
+      <c r="B3721" t="s">
+        <v>5156</v>
+      </c>
     </row>
     <row r="3722" spans="1:2">
       <c r="A3722" t="s">
         <v>3724</v>
       </c>
+      <c r="B3722" t="s">
+        <v>5157</v>
+      </c>
     </row>
     <row r="3723" spans="1:2">
       <c r="A3723" t="s">
         <v>3725</v>
       </c>
     </row>
     <row r="3724" spans="1:2">
       <c r="A3724" t="s">
         <v>3726</v>
       </c>
       <c r="B3724" t="s">
-        <v>5157</v>
+        <v>5158</v>
       </c>
     </row>
     <row r="3725" spans="1:2">
       <c r="A3725" t="s">
         <v>3727</v>
       </c>
+      <c r="B3725" t="s">
+        <v>5159</v>
+      </c>
     </row>
     <row r="3726" spans="1:2">
       <c r="A3726" t="s">
         <v>3728</v>
       </c>
-      <c r="B3726" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3727" spans="1:2">
       <c r="A3727" t="s">
         <v>3729</v>
       </c>
-      <c r="B3727" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3728" spans="1:2">
       <c r="A3728" t="s">
         <v>3730</v>
       </c>
     </row>
     <row r="3729" spans="1:2">
       <c r="A3729" t="s">
         <v>3731</v>
       </c>
-      <c r="B3729" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3730" spans="1:2">
       <c r="A3730" t="s">
         <v>3732</v>
       </c>
       <c r="B3730" t="s">
-        <v>5161</v>
+        <v>5160</v>
       </c>
     </row>
     <row r="3731" spans="1:2">
       <c r="A3731" t="s">
         <v>3733</v>
       </c>
       <c r="B3731" t="s">
-        <v>5162</v>
+        <v>5161</v>
       </c>
     </row>
     <row r="3732" spans="1:2">
       <c r="A3732" t="s">
         <v>3734</v>
       </c>
     </row>
     <row r="3733" spans="1:2">
       <c r="A3733" t="s">
         <v>3735</v>
       </c>
+      <c r="B3733" t="s">
+        <v>5162</v>
+      </c>
     </row>
     <row r="3734" spans="1:2">
       <c r="A3734" t="s">
         <v>3736</v>
       </c>
     </row>
     <row r="3735" spans="1:2">
       <c r="A3735" t="s">
         <v>3737</v>
       </c>
     </row>
     <row r="3736" spans="1:2">
       <c r="A3736" t="s">
         <v>3738</v>
       </c>
     </row>
     <row r="3737" spans="1:2">
       <c r="A3737" t="s">
         <v>3739</v>
       </c>
       <c r="B3737" t="s">
         <v>5163</v>
       </c>
     </row>
     <row r="3738" spans="1:2">
@@ -38276,1149 +38276,1155 @@
     </row>
     <row r="3742" spans="1:2">
       <c r="A3742" t="s">
         <v>3744</v>
       </c>
       <c r="B3742" t="s">
         <v>5168</v>
       </c>
     </row>
     <row r="3743" spans="1:2">
       <c r="A3743" t="s">
         <v>3745</v>
       </c>
       <c r="B3743" t="s">
         <v>5169</v>
       </c>
     </row>
     <row r="3744" spans="1:2">
       <c r="A3744" t="s">
         <v>3746</v>
       </c>
       <c r="B3744" t="s">
         <v>5170</v>
       </c>
     </row>
-    <row r="3745" spans="1:2">
+    <row r="3745" spans="1:4">
       <c r="A3745" t="s">
         <v>3747</v>
       </c>
       <c r="B3745" t="s">
         <v>5171</v>
       </c>
-    </row>
-    <row r="3746" spans="1:2">
+      <c r="C3745" t="s">
+        <v>5261</v>
+      </c>
+      <c r="D3745" t="s">
+        <v>5268</v>
+      </c>
+    </row>
+    <row r="3746" spans="1:4">
       <c r="A3746" t="s">
         <v>3748</v>
       </c>
       <c r="B3746" t="s">
         <v>5172</v>
       </c>
     </row>
-    <row r="3747" spans="1:2">
+    <row r="3747" spans="1:4">
       <c r="A3747" t="s">
         <v>3749</v>
       </c>
       <c r="B3747" t="s">
         <v>5173</v>
       </c>
     </row>
-    <row r="3748" spans="1:2">
+    <row r="3748" spans="1:4">
       <c r="A3748" t="s">
         <v>3750</v>
       </c>
       <c r="B3748" t="s">
         <v>5174</v>
       </c>
     </row>
-    <row r="3749" spans="1:2">
+    <row r="3749" spans="1:4">
       <c r="A3749" t="s">
         <v>3751</v>
       </c>
       <c r="B3749" t="s">
         <v>5175</v>
       </c>
     </row>
-    <row r="3750" spans="1:2">
+    <row r="3750" spans="1:4">
       <c r="A3750" t="s">
         <v>3752</v>
       </c>
       <c r="B3750" t="s">
         <v>5176</v>
       </c>
     </row>
-    <row r="3751" spans="1:2">
+    <row r="3751" spans="1:4">
       <c r="A3751" t="s">
         <v>3753</v>
       </c>
       <c r="B3751" t="s">
         <v>5177</v>
       </c>
     </row>
-    <row r="3752" spans="1:2">
+    <row r="3752" spans="1:4">
       <c r="A3752" t="s">
         <v>3754</v>
       </c>
       <c r="B3752" t="s">
         <v>5178</v>
       </c>
     </row>
-    <row r="3753" spans="1:2">
+    <row r="3753" spans="1:4">
       <c r="A3753" t="s">
         <v>3755</v>
       </c>
       <c r="B3753" t="s">
         <v>5179</v>
       </c>
     </row>
-    <row r="3754" spans="1:2">
+    <row r="3754" spans="1:4">
       <c r="A3754" t="s">
         <v>3756</v>
       </c>
-    </row>
-    <row r="3755" spans="1:2">
+      <c r="B3754" t="s">
+        <v>5180</v>
+      </c>
+    </row>
+    <row r="3755" spans="1:4">
       <c r="A3755" t="s">
         <v>3757</v>
       </c>
-      <c r="B3755" t="s">
-[...3 lines deleted...]
-    <row r="3756" spans="1:2">
+    </row>
+    <row r="3756" spans="1:4">
       <c r="A3756" t="s">
         <v>3758</v>
       </c>
     </row>
-    <row r="3757" spans="1:2">
+    <row r="3757" spans="1:4">
       <c r="A3757" t="s">
         <v>3759</v>
       </c>
-    </row>
-    <row r="3758" spans="1:2">
+      <c r="B3757" t="s">
+        <v>5181</v>
+      </c>
+    </row>
+    <row r="3758" spans="1:4">
       <c r="A3758" t="s">
         <v>3760</v>
       </c>
     </row>
-    <row r="3759" spans="1:2">
+    <row r="3759" spans="1:4">
       <c r="A3759" t="s">
         <v>3761</v>
       </c>
     </row>
-    <row r="3760" spans="1:2">
+    <row r="3760" spans="1:4">
       <c r="A3760" t="s">
         <v>3762</v>
       </c>
     </row>
     <row r="3761" spans="1:2">
       <c r="A3761" t="s">
         <v>3763</v>
       </c>
     </row>
     <row r="3762" spans="1:2">
       <c r="A3762" t="s">
         <v>3764</v>
       </c>
+      <c r="B3762" t="s">
+        <v>5182</v>
+      </c>
     </row>
     <row r="3763" spans="1:2">
       <c r="A3763" t="s">
         <v>3765</v>
       </c>
     </row>
     <row r="3764" spans="1:2">
       <c r="A3764" t="s">
         <v>3766</v>
       </c>
-      <c r="B3764" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3765" spans="1:2">
       <c r="A3765" t="s">
         <v>3767</v>
       </c>
     </row>
     <row r="3766" spans="1:2">
       <c r="A3766" t="s">
         <v>3768</v>
       </c>
-      <c r="B3766" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3767" spans="1:2">
       <c r="A3767" t="s">
         <v>3769</v>
       </c>
     </row>
     <row r="3768" spans="1:2">
       <c r="A3768" t="s">
         <v>3770</v>
       </c>
       <c r="B3768" t="s">
         <v>5183</v>
       </c>
     </row>
     <row r="3769" spans="1:2">
       <c r="A3769" t="s">
         <v>3771</v>
       </c>
     </row>
     <row r="3770" spans="1:2">
       <c r="A3770" t="s">
         <v>3772</v>
       </c>
       <c r="B3770" t="s">
         <v>5184</v>
       </c>
     </row>
     <row r="3771" spans="1:2">
       <c r="A3771" t="s">
         <v>3773</v>
       </c>
     </row>
     <row r="3772" spans="1:2">
       <c r="A3772" t="s">
         <v>3774</v>
       </c>
     </row>
     <row r="3773" spans="1:2">
       <c r="A3773" t="s">
         <v>3775</v>
       </c>
       <c r="B3773" t="s">
         <v>5185</v>
       </c>
     </row>
     <row r="3774" spans="1:2">
       <c r="A3774" t="s">
         <v>3776</v>
       </c>
-      <c r="B3774" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3775" spans="1:2">
       <c r="A3775" t="s">
         <v>3777</v>
       </c>
     </row>
     <row r="3776" spans="1:2">
       <c r="A3776" t="s">
         <v>3778</v>
       </c>
     </row>
-    <row r="3777" spans="1:4">
+    <row r="3777" spans="1:2">
       <c r="A3777" t="s">
         <v>3779</v>
       </c>
     </row>
-    <row r="3778" spans="1:4">
+    <row r="3778" spans="1:2">
       <c r="A3778" t="s">
         <v>3780</v>
       </c>
     </row>
-    <row r="3779" spans="1:4">
+    <row r="3779" spans="1:2">
       <c r="A3779" t="s">
         <v>3781</v>
       </c>
     </row>
-    <row r="3780" spans="1:4">
+    <row r="3780" spans="1:2">
       <c r="A3780" t="s">
         <v>3782</v>
       </c>
-    </row>
-    <row r="3781" spans="1:4">
+      <c r="B3780" t="s">
+        <v>5186</v>
+      </c>
+    </row>
+    <row r="3781" spans="1:2">
       <c r="A3781" t="s">
         <v>3783</v>
       </c>
     </row>
-    <row r="3782" spans="1:4">
+    <row r="3782" spans="1:2">
       <c r="A3782" t="s">
         <v>3784</v>
       </c>
-    </row>
-    <row r="3783" spans="1:4">
+      <c r="B3782" t="s">
+        <v>5187</v>
+      </c>
+    </row>
+    <row r="3783" spans="1:2">
       <c r="A3783" t="s">
         <v>3785</v>
       </c>
       <c r="B3783" t="s">
-        <v>5187</v>
-[...2 lines deleted...]
-    <row r="3784" spans="1:4">
+        <v>5188</v>
+      </c>
+    </row>
+    <row r="3784" spans="1:2">
       <c r="A3784" t="s">
         <v>3786</v>
       </c>
-      <c r="B3784" t="s">
-[...3 lines deleted...]
-    <row r="3785" spans="1:4">
+    </row>
+    <row r="3785" spans="1:2">
       <c r="A3785" t="s">
         <v>3787</v>
       </c>
       <c r="B3785" t="s">
         <v>5189</v>
       </c>
-      <c r="C3785" t="s">
-[...6 lines deleted...]
-    <row r="3786" spans="1:4">
+    </row>
+    <row r="3786" spans="1:2">
       <c r="A3786" t="s">
         <v>3788</v>
       </c>
       <c r="B3786" t="s">
         <v>5190</v>
       </c>
     </row>
-    <row r="3787" spans="1:4">
+    <row r="3787" spans="1:2">
       <c r="A3787" t="s">
         <v>3789</v>
       </c>
-    </row>
-    <row r="3788" spans="1:4">
+      <c r="B3787" t="s">
+        <v>5191</v>
+      </c>
+    </row>
+    <row r="3788" spans="1:2">
       <c r="A3788" t="s">
         <v>3790</v>
       </c>
     </row>
-    <row r="3789" spans="1:4">
+    <row r="3789" spans="1:2">
       <c r="A3789" t="s">
         <v>3791</v>
       </c>
-      <c r="B3789" t="s">
-[...3 lines deleted...]
-    <row r="3790" spans="1:4">
+    </row>
+    <row r="3790" spans="1:2">
       <c r="A3790" t="s">
         <v>3792</v>
       </c>
     </row>
-    <row r="3791" spans="1:4">
+    <row r="3791" spans="1:2">
       <c r="A3791" t="s">
         <v>3793</v>
       </c>
-    </row>
-    <row r="3792" spans="1:4">
+      <c r="B3791" t="s">
+        <v>5192</v>
+      </c>
+    </row>
+    <row r="3792" spans="1:2">
       <c r="A3792" t="s">
         <v>3794</v>
       </c>
     </row>
-    <row r="3793" spans="1:4">
+    <row r="3793" spans="1:2">
       <c r="A3793" t="s">
         <v>3795</v>
       </c>
     </row>
-    <row r="3794" spans="1:4">
+    <row r="3794" spans="1:2">
       <c r="A3794" t="s">
         <v>3796</v>
       </c>
     </row>
-    <row r="3795" spans="1:4">
+    <row r="3795" spans="1:2">
       <c r="A3795" t="s">
         <v>3797</v>
       </c>
-    </row>
-    <row r="3796" spans="1:4">
+      <c r="B3795" t="s">
+        <v>5193</v>
+      </c>
+    </row>
+    <row r="3796" spans="1:2">
       <c r="A3796" t="s">
         <v>3798</v>
       </c>
     </row>
-    <row r="3797" spans="1:4">
+    <row r="3797" spans="1:2">
       <c r="A3797" t="s">
         <v>3799</v>
       </c>
       <c r="B3797" t="s">
-        <v>5192</v>
-[...2 lines deleted...]
-    <row r="3798" spans="1:4">
+        <v>5194</v>
+      </c>
+    </row>
+    <row r="3798" spans="1:2">
       <c r="A3798" t="s">
         <v>3800</v>
       </c>
     </row>
-    <row r="3799" spans="1:4">
+    <row r="3799" spans="1:2">
       <c r="A3799" t="s">
         <v>3801</v>
       </c>
-      <c r="B3799" t="s">
-[...3 lines deleted...]
-    <row r="3800" spans="1:4">
+    </row>
+    <row r="3800" spans="1:2">
       <c r="A3800" t="s">
         <v>3802</v>
       </c>
     </row>
-    <row r="3801" spans="1:4">
+    <row r="3801" spans="1:2">
       <c r="A3801" t="s">
         <v>3803</v>
       </c>
     </row>
-    <row r="3802" spans="1:4">
+    <row r="3802" spans="1:2">
       <c r="A3802" t="s">
         <v>3804</v>
       </c>
     </row>
-    <row r="3803" spans="1:4">
+    <row r="3803" spans="1:2">
       <c r="A3803" t="s">
         <v>3805</v>
       </c>
       <c r="B3803" t="s">
-        <v>5194</v>
-[...2 lines deleted...]
-    <row r="3804" spans="1:4">
+        <v>5195</v>
+      </c>
+    </row>
+    <row r="3804" spans="1:2">
       <c r="A3804" t="s">
         <v>3806</v>
       </c>
-      <c r="B3804" t="s">
-[...3 lines deleted...]
-    <row r="3805" spans="1:4">
+    </row>
+    <row r="3805" spans="1:2">
       <c r="A3805" t="s">
         <v>3807</v>
       </c>
-      <c r="D3805" t="s">
-[...3 lines deleted...]
-    <row r="3806" spans="1:4">
+    </row>
+    <row r="3806" spans="1:2">
       <c r="A3806" t="s">
         <v>3808</v>
       </c>
-      <c r="B3806" t="s">
-[...3 lines deleted...]
-    <row r="3807" spans="1:4">
+    </row>
+    <row r="3807" spans="1:2">
       <c r="A3807" t="s">
         <v>3809</v>
       </c>
-      <c r="B3807" t="s">
-[...3 lines deleted...]
-    <row r="3808" spans="1:4">
+    </row>
+    <row r="3808" spans="1:2">
       <c r="A3808" t="s">
         <v>3810</v>
       </c>
     </row>
-    <row r="3809" spans="1:2">
+    <row r="3809" spans="1:4">
       <c r="A3809" t="s">
         <v>3811</v>
       </c>
     </row>
-    <row r="3810" spans="1:2">
+    <row r="3810" spans="1:4">
       <c r="A3810" t="s">
         <v>3812</v>
       </c>
     </row>
-    <row r="3811" spans="1:2">
+    <row r="3811" spans="1:4">
       <c r="A3811" t="s">
         <v>3813</v>
       </c>
-    </row>
-    <row r="3812" spans="1:2">
+      <c r="B3811" t="s">
+        <v>5196</v>
+      </c>
+    </row>
+    <row r="3812" spans="1:4">
       <c r="A3812" t="s">
         <v>3814</v>
       </c>
     </row>
-    <row r="3813" spans="1:2">
+    <row r="3813" spans="1:4">
       <c r="A3813" t="s">
         <v>3815</v>
       </c>
     </row>
-    <row r="3814" spans="1:2">
+    <row r="3814" spans="1:4">
       <c r="A3814" t="s">
         <v>3816</v>
       </c>
     </row>
-    <row r="3815" spans="1:2">
+    <row r="3815" spans="1:4">
       <c r="A3815" t="s">
         <v>3817</v>
       </c>
     </row>
-    <row r="3816" spans="1:2">
+    <row r="3816" spans="1:4">
       <c r="A3816" t="s">
         <v>3818</v>
       </c>
     </row>
-    <row r="3817" spans="1:2">
+    <row r="3817" spans="1:4">
       <c r="A3817" t="s">
         <v>3819</v>
       </c>
     </row>
-    <row r="3818" spans="1:2">
+    <row r="3818" spans="1:4">
       <c r="A3818" t="s">
         <v>3820</v>
       </c>
     </row>
-    <row r="3819" spans="1:2">
+    <row r="3819" spans="1:4">
       <c r="A3819" t="s">
         <v>3821</v>
       </c>
     </row>
-    <row r="3820" spans="1:2">
+    <row r="3820" spans="1:4">
       <c r="A3820" t="s">
         <v>3822</v>
       </c>
-    </row>
-    <row r="3821" spans="1:2">
+      <c r="D3820" t="s">
+        <v>5269</v>
+      </c>
+    </row>
+    <row r="3821" spans="1:4">
       <c r="A3821" t="s">
         <v>3823</v>
       </c>
-    </row>
-    <row r="3822" spans="1:2">
+      <c r="B3821" t="s">
+        <v>5197</v>
+      </c>
+    </row>
+    <row r="3822" spans="1:4">
       <c r="A3822" t="s">
         <v>3824</v>
       </c>
     </row>
-    <row r="3823" spans="1:2">
+    <row r="3823" spans="1:4">
       <c r="A3823" t="s">
         <v>3825</v>
       </c>
-      <c r="B3823" t="s">
-[...3 lines deleted...]
-    <row r="3824" spans="1:2">
+    </row>
+    <row r="3824" spans="1:4">
       <c r="A3824" t="s">
         <v>3826</v>
       </c>
     </row>
     <row r="3825" spans="1:2">
       <c r="A3825" t="s">
         <v>3827</v>
       </c>
+      <c r="B3825" t="s">
+        <v>5198</v>
+      </c>
     </row>
     <row r="3826" spans="1:2">
       <c r="A3826" t="s">
         <v>3828</v>
       </c>
-      <c r="B3826" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3827" spans="1:2">
       <c r="A3827" t="s">
         <v>3829</v>
       </c>
+      <c r="B3827" t="s">
+        <v>5199</v>
+      </c>
     </row>
     <row r="3828" spans="1:2">
       <c r="A3828" t="s">
         <v>3830</v>
       </c>
     </row>
     <row r="3829" spans="1:2">
       <c r="A3829" t="s">
         <v>3831</v>
       </c>
     </row>
     <row r="3830" spans="1:2">
       <c r="A3830" t="s">
         <v>3832</v>
       </c>
+      <c r="B3830" t="s">
+        <v>5200</v>
+      </c>
     </row>
     <row r="3831" spans="1:2">
       <c r="A3831" t="s">
         <v>3833</v>
       </c>
     </row>
     <row r="3832" spans="1:2">
       <c r="A3832" t="s">
         <v>3834</v>
       </c>
     </row>
     <row r="3833" spans="1:2">
       <c r="A3833" t="s">
         <v>3835</v>
       </c>
     </row>
     <row r="3834" spans="1:2">
       <c r="A3834" t="s">
         <v>3836</v>
       </c>
+      <c r="B3834" t="s">
+        <v>5201</v>
+      </c>
     </row>
     <row r="3835" spans="1:2">
       <c r="A3835" t="s">
         <v>3837</v>
       </c>
       <c r="B3835" t="s">
-        <v>5200</v>
+        <v>5202</v>
       </c>
     </row>
     <row r="3836" spans="1:2">
       <c r="A3836" t="s">
         <v>3838</v>
       </c>
-      <c r="B3836" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3837" spans="1:2">
       <c r="A3837" t="s">
         <v>3839</v>
       </c>
     </row>
     <row r="3838" spans="1:2">
       <c r="A3838" t="s">
         <v>3840</v>
       </c>
     </row>
     <row r="3839" spans="1:2">
       <c r="A3839" t="s">
         <v>3841</v>
       </c>
-      <c r="B3839" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3840" spans="1:2">
       <c r="A3840" t="s">
         <v>3842</v>
       </c>
-      <c r="B3840" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3841" spans="1:2">
       <c r="A3841" t="s">
         <v>3843</v>
       </c>
+      <c r="B3841" t="s">
+        <v>5203</v>
+      </c>
     </row>
     <row r="3842" spans="1:2">
       <c r="A3842" t="s">
         <v>3844</v>
       </c>
     </row>
     <row r="3843" spans="1:2">
       <c r="A3843" t="s">
         <v>3845</v>
       </c>
-      <c r="B3843" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3844" spans="1:2">
       <c r="A3844" t="s">
         <v>3846</v>
       </c>
     </row>
     <row r="3845" spans="1:2">
       <c r="A3845" t="s">
         <v>3847</v>
       </c>
     </row>
     <row r="3846" spans="1:2">
       <c r="A3846" t="s">
         <v>3848</v>
       </c>
+      <c r="B3846" t="s">
+        <v>5204</v>
+      </c>
     </row>
     <row r="3847" spans="1:2">
       <c r="A3847" t="s">
         <v>3849</v>
       </c>
     </row>
     <row r="3848" spans="1:2">
       <c r="A3848" t="s">
         <v>3850</v>
       </c>
     </row>
     <row r="3849" spans="1:2">
       <c r="A3849" t="s">
         <v>3851</v>
       </c>
+      <c r="B3849" t="s">
+        <v>5205</v>
+      </c>
     </row>
     <row r="3850" spans="1:2">
       <c r="A3850" t="s">
         <v>3852</v>
       </c>
+      <c r="B3850" t="s">
+        <v>5206</v>
+      </c>
     </row>
     <row r="3851" spans="1:2">
       <c r="A3851" t="s">
         <v>3853</v>
       </c>
-      <c r="B3851" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3852" spans="1:2">
       <c r="A3852" t="s">
         <v>3854</v>
       </c>
-      <c r="B3852" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3853" spans="1:2">
       <c r="A3853" t="s">
         <v>3855</v>
       </c>
     </row>
     <row r="3854" spans="1:2">
       <c r="A3854" t="s">
         <v>3856</v>
       </c>
     </row>
     <row r="3855" spans="1:2">
       <c r="A3855" t="s">
         <v>3857</v>
       </c>
     </row>
     <row r="3856" spans="1:2">
       <c r="A3856" t="s">
         <v>3858</v>
       </c>
-      <c r="B3856" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3857" spans="1:2">
       <c r="A3857" t="s">
         <v>3859</v>
       </c>
       <c r="B3857" t="s">
-        <v>5208</v>
+        <v>5207</v>
       </c>
     </row>
     <row r="3858" spans="1:2">
       <c r="A3858" t="s">
         <v>3860</v>
       </c>
     </row>
     <row r="3859" spans="1:2">
       <c r="A3859" t="s">
         <v>3861</v>
       </c>
+      <c r="B3859" t="s">
+        <v>5208</v>
+      </c>
     </row>
     <row r="3860" spans="1:2">
       <c r="A3860" t="s">
         <v>3862</v>
       </c>
     </row>
     <row r="3861" spans="1:2">
       <c r="A3861" t="s">
         <v>3863</v>
       </c>
     </row>
     <row r="3862" spans="1:2">
       <c r="A3862" t="s">
         <v>3864</v>
       </c>
     </row>
     <row r="3863" spans="1:2">
       <c r="A3863" t="s">
         <v>3865</v>
       </c>
     </row>
     <row r="3864" spans="1:2">
       <c r="A3864" t="s">
         <v>3866</v>
       </c>
-      <c r="B3864" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3865" spans="1:2">
       <c r="A3865" t="s">
         <v>3867</v>
       </c>
     </row>
     <row r="3866" spans="1:2">
       <c r="A3866" t="s">
         <v>3868</v>
       </c>
     </row>
     <row r="3867" spans="1:2">
       <c r="A3867" t="s">
         <v>3869</v>
       </c>
     </row>
     <row r="3868" spans="1:2">
       <c r="A3868" t="s">
         <v>3870</v>
       </c>
+      <c r="B3868" t="s">
+        <v>5209</v>
+      </c>
     </row>
     <row r="3869" spans="1:2">
       <c r="A3869" t="s">
         <v>3871</v>
       </c>
+      <c r="B3869" t="s">
+        <v>5210</v>
+      </c>
     </row>
     <row r="3870" spans="1:2">
       <c r="A3870" t="s">
         <v>3872</v>
       </c>
+      <c r="B3870" t="s">
+        <v>5211</v>
+      </c>
     </row>
     <row r="3871" spans="1:2">
       <c r="A3871" t="s">
         <v>3873</v>
       </c>
-      <c r="B3871" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3872" spans="1:2">
       <c r="A3872" t="s">
         <v>3874</v>
       </c>
-      <c r="B3872" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3873" spans="1:2">
       <c r="A3873" t="s">
         <v>3875</v>
       </c>
       <c r="B3873" t="s">
         <v>5212</v>
       </c>
     </row>
     <row r="3874" spans="1:2">
       <c r="A3874" t="s">
         <v>3876</v>
       </c>
-      <c r="B3874" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3875" spans="1:2">
       <c r="A3875" t="s">
         <v>3877</v>
       </c>
     </row>
     <row r="3876" spans="1:2">
       <c r="A3876" t="s">
         <v>3878</v>
       </c>
     </row>
     <row r="3877" spans="1:2">
       <c r="A3877" t="s">
         <v>3879</v>
       </c>
     </row>
     <row r="3878" spans="1:2">
       <c r="A3878" t="s">
         <v>3880</v>
       </c>
+      <c r="B3878" t="s">
+        <v>5213</v>
+      </c>
     </row>
     <row r="3879" spans="1:2">
       <c r="A3879" t="s">
         <v>3881</v>
       </c>
     </row>
     <row r="3880" spans="1:2">
       <c r="A3880" t="s">
         <v>3882</v>
       </c>
     </row>
     <row r="3881" spans="1:2">
       <c r="A3881" t="s">
         <v>3883</v>
       </c>
     </row>
     <row r="3882" spans="1:2">
       <c r="A3882" t="s">
         <v>3884</v>
       </c>
     </row>
     <row r="3883" spans="1:2">
       <c r="A3883" t="s">
         <v>3885</v>
       </c>
-      <c r="B3883" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3884" spans="1:2">
       <c r="A3884" t="s">
         <v>3886</v>
       </c>
-      <c r="B3884" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3885" spans="1:2">
       <c r="A3885" t="s">
         <v>3887</v>
       </c>
     </row>
     <row r="3886" spans="1:2">
       <c r="A3886" t="s">
         <v>3888</v>
       </c>
     </row>
     <row r="3887" spans="1:2">
       <c r="A3887" t="s">
         <v>3889</v>
       </c>
     </row>
     <row r="3888" spans="1:2">
       <c r="A3888" t="s">
         <v>3890</v>
       </c>
-      <c r="B3888" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3889" spans="1:2">
       <c r="A3889" t="s">
         <v>3891</v>
       </c>
     </row>
     <row r="3890" spans="1:2">
       <c r="A3890" t="s">
         <v>3892</v>
       </c>
+      <c r="B3890" t="s">
+        <v>5214</v>
+      </c>
     </row>
     <row r="3891" spans="1:2">
       <c r="A3891" t="s">
         <v>3893</v>
       </c>
+      <c r="B3891" t="s">
+        <v>5215</v>
+      </c>
     </row>
     <row r="3892" spans="1:2">
       <c r="A3892" t="s">
         <v>3894</v>
       </c>
+      <c r="B3892" t="s">
+        <v>5216</v>
+      </c>
     </row>
     <row r="3893" spans="1:2">
       <c r="A3893" t="s">
         <v>3895</v>
       </c>
       <c r="B3893" t="s">
         <v>5217</v>
       </c>
     </row>
     <row r="3894" spans="1:2">
       <c r="A3894" t="s">
         <v>3896</v>
       </c>
-      <c r="B3894" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3895" spans="1:2">
       <c r="A3895" t="s">
         <v>3897</v>
       </c>
     </row>
     <row r="3896" spans="1:2">
       <c r="A3896" t="s">
         <v>3898</v>
       </c>
     </row>
     <row r="3897" spans="1:2">
       <c r="A3897" t="s">
         <v>3899</v>
       </c>
+      <c r="B3897" t="s">
+        <v>5218</v>
+      </c>
     </row>
     <row r="3898" spans="1:2">
       <c r="A3898" t="s">
         <v>3900</v>
       </c>
+      <c r="B3898" t="s">
+        <v>5219</v>
+      </c>
     </row>
     <row r="3899" spans="1:2">
       <c r="A3899" t="s">
         <v>3901</v>
       </c>
     </row>
     <row r="3900" spans="1:2">
       <c r="A3900" t="s">
         <v>3902</v>
       </c>
+      <c r="B3900" t="s">
+        <v>5220</v>
+      </c>
     </row>
     <row r="3901" spans="1:2">
       <c r="A3901" t="s">
         <v>3903</v>
       </c>
-      <c r="B3901" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3902" spans="1:2">
       <c r="A3902" t="s">
         <v>3904</v>
       </c>
-      <c r="B3902" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3903" spans="1:2">
       <c r="A3903" t="s">
         <v>3905</v>
       </c>
       <c r="B3903" t="s">
         <v>5221</v>
       </c>
     </row>
     <row r="3904" spans="1:2">
       <c r="A3904" t="s">
         <v>3906</v>
       </c>
       <c r="B3904" t="s">
         <v>5222</v>
       </c>
     </row>
     <row r="3905" spans="1:2">
       <c r="A3905" t="s">
         <v>3907</v>
       </c>
+      <c r="B3905" t="s">
+        <v>5223</v>
+      </c>
     </row>
     <row r="3906" spans="1:2">
       <c r="A3906" t="s">
         <v>3908</v>
       </c>
     </row>
     <row r="3907" spans="1:2">
       <c r="A3907" t="s">
         <v>3909</v>
       </c>
     </row>
     <row r="3908" spans="1:2">
       <c r="A3908" t="s">
         <v>3910</v>
       </c>
-      <c r="B3908" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3909" spans="1:2">
       <c r="A3909" t="s">
         <v>3911</v>
       </c>
     </row>
     <row r="3910" spans="1:2">
       <c r="A3910" t="s">
         <v>3912</v>
       </c>
-      <c r="B3910" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3911" spans="1:2">
       <c r="A3911" t="s">
         <v>3913</v>
       </c>
+      <c r="B3911" t="s">
+        <v>5224</v>
+      </c>
     </row>
     <row r="3912" spans="1:2">
       <c r="A3912" t="s">
         <v>3914</v>
       </c>
     </row>
     <row r="3913" spans="1:2">
       <c r="A3913" t="s">
         <v>3915</v>
       </c>
+      <c r="B3913" t="s">
+        <v>5225</v>
+      </c>
     </row>
     <row r="3914" spans="1:2">
       <c r="A3914" t="s">
         <v>3916</v>
       </c>
-      <c r="B3914" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3915" spans="1:2">
       <c r="A3915" t="s">
         <v>3917</v>
       </c>
+      <c r="B3915" t="s">
+        <v>5226</v>
+      </c>
     </row>
     <row r="3916" spans="1:2">
       <c r="A3916" t="s">
         <v>3918</v>
       </c>
     </row>
     <row r="3917" spans="1:2">
       <c r="A3917" t="s">
         <v>3919</v>
       </c>
     </row>
     <row r="3918" spans="1:2">
       <c r="A3918" t="s">
         <v>3920</v>
       </c>
     </row>
     <row r="3919" spans="1:2">
       <c r="A3919" t="s">
         <v>3921</v>
       </c>
     </row>
     <row r="3920" spans="1:2">
       <c r="A3920" t="s">
         <v>3922</v>
       </c>
     </row>
     <row r="3921" spans="1:2">
       <c r="A3921" t="s">
         <v>3923</v>
       </c>
+      <c r="B3921" t="s">
+        <v>5227</v>
+      </c>
     </row>
     <row r="3922" spans="1:2">
       <c r="A3922" t="s">
         <v>3924</v>
       </c>
     </row>
     <row r="3923" spans="1:2">
       <c r="A3923" t="s">
         <v>3925</v>
       </c>
-      <c r="B3923" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3924" spans="1:2">
       <c r="A3924" t="s">
         <v>3926</v>
       </c>
-      <c r="B3924" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3925" spans="1:2">
       <c r="A3925" t="s">
         <v>3927</v>
       </c>
     </row>
     <row r="3926" spans="1:2">
       <c r="A3926" t="s">
         <v>3928</v>
       </c>
     </row>
     <row r="3927" spans="1:2">
       <c r="A3927" t="s">
         <v>3929</v>
       </c>
+      <c r="B3927" t="s">
+        <v>5228</v>
+      </c>
     </row>
     <row r="3928" spans="1:2">
       <c r="A3928" t="s">
         <v>3930</v>
       </c>
+      <c r="B3928" t="s">
+        <v>5229</v>
+      </c>
     </row>
     <row r="3929" spans="1:2">
       <c r="A3929" t="s">
         <v>3931</v>
       </c>
     </row>
     <row r="3930" spans="1:2">
       <c r="A3930" t="s">
         <v>3932</v>
       </c>
     </row>
     <row r="3931" spans="1:2">
       <c r="A3931" t="s">
         <v>3933</v>
       </c>
     </row>
     <row r="3932" spans="1:2">
       <c r="A3932" t="s">
         <v>3934</v>
       </c>
     </row>
     <row r="3933" spans="1:2">
       <c r="A3933" t="s">
         <v>3935</v>
       </c>
@@ -39445,159 +39451,150 @@
     </row>
     <row r="3938" spans="1:2">
       <c r="A3938" t="s">
         <v>3940</v>
       </c>
     </row>
     <row r="3939" spans="1:2">
       <c r="A3939" t="s">
         <v>3941</v>
       </c>
     </row>
     <row r="3940" spans="1:2">
       <c r="A3940" t="s">
         <v>3942</v>
       </c>
     </row>
     <row r="3941" spans="1:2">
       <c r="A3941" t="s">
         <v>3943</v>
       </c>
     </row>
     <row r="3942" spans="1:2">
       <c r="A3942" t="s">
         <v>3944</v>
       </c>
-      <c r="B3942" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3943" spans="1:2">
       <c r="A3943" t="s">
         <v>3945</v>
       </c>
     </row>
     <row r="3944" spans="1:2">
       <c r="A3944" t="s">
         <v>3946</v>
       </c>
     </row>
     <row r="3945" spans="1:2">
       <c r="A3945" t="s">
         <v>3947</v>
       </c>
     </row>
     <row r="3946" spans="1:2">
       <c r="A3946" t="s">
         <v>3948</v>
       </c>
     </row>
     <row r="3947" spans="1:2">
       <c r="A3947" t="s">
         <v>3949</v>
       </c>
-      <c r="B3947" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3948" spans="1:2">
       <c r="A3948" t="s">
         <v>3950</v>
       </c>
-      <c r="B3948" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3949" spans="1:2">
       <c r="A3949" t="s">
         <v>3951</v>
       </c>
-      <c r="B3949" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3950" spans="1:2">
       <c r="A3950" t="s">
         <v>3952</v>
       </c>
       <c r="B3950" t="s">
-        <v>5232</v>
+        <v>5230</v>
       </c>
     </row>
     <row r="3951" spans="1:2">
       <c r="A3951" t="s">
         <v>3953</v>
       </c>
+      <c r="B3951" t="s">
+        <v>5231</v>
+      </c>
     </row>
     <row r="3952" spans="1:2">
       <c r="A3952" t="s">
         <v>3954</v>
       </c>
       <c r="B3952" t="s">
-        <v>5233</v>
+        <v>5232</v>
       </c>
     </row>
     <row r="3953" spans="1:2">
       <c r="A3953" t="s">
         <v>3955</v>
       </c>
+      <c r="B3953" t="s">
+        <v>5233</v>
+      </c>
     </row>
     <row r="3954" spans="1:2">
       <c r="A3954" t="s">
         <v>3956</v>
       </c>
+      <c r="B3954" t="s">
+        <v>5234</v>
+      </c>
     </row>
     <row r="3955" spans="1:2">
       <c r="A3955" t="s">
         <v>3957</v>
       </c>
-      <c r="B3955" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3956" spans="1:2">
       <c r="A3956" t="s">
         <v>3958</v>
       </c>
     </row>
     <row r="3957" spans="1:2">
       <c r="A3957" t="s">
         <v>3959</v>
       </c>
     </row>
     <row r="3958" spans="1:2">
       <c r="A3958" t="s">
         <v>3960</v>
       </c>
     </row>
     <row r="3959" spans="1:2">
       <c r="A3959" t="s">
         <v>3961</v>
       </c>
-      <c r="B3959" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3960" spans="1:2">
       <c r="A3960" t="s">
         <v>3962</v>
       </c>
     </row>
     <row r="3961" spans="1:2">
       <c r="A3961" t="s">
         <v>3963</v>
       </c>
     </row>
     <row r="3962" spans="1:2">
       <c r="A3962" t="s">
         <v>3964</v>
       </c>
     </row>
     <row r="3963" spans="1:2">
       <c r="A3963" t="s">
         <v>3965</v>
       </c>
     </row>
     <row r="3964" spans="1:2">
       <c r="A3964" t="s">
         <v>3966</v>
       </c>
@@ -39639,522 +39636,525 @@
     </row>
     <row r="3972" spans="1:2">
       <c r="A3972" t="s">
         <v>3974</v>
       </c>
     </row>
     <row r="3973" spans="1:2">
       <c r="A3973" t="s">
         <v>3975</v>
       </c>
     </row>
     <row r="3974" spans="1:2">
       <c r="A3974" t="s">
         <v>3976</v>
       </c>
     </row>
     <row r="3975" spans="1:2">
       <c r="A3975" t="s">
         <v>3977</v>
       </c>
     </row>
     <row r="3976" spans="1:2">
       <c r="A3976" t="s">
         <v>3978</v>
       </c>
+      <c r="B3976" t="s">
+        <v>5235</v>
+      </c>
     </row>
     <row r="3977" spans="1:2">
       <c r="A3977" t="s">
         <v>3979</v>
       </c>
     </row>
     <row r="3978" spans="1:2">
       <c r="A3978" t="s">
         <v>3980</v>
       </c>
       <c r="B3978" t="s">
         <v>5236</v>
       </c>
     </row>
     <row r="3979" spans="1:2">
       <c r="A3979" t="s">
         <v>3981</v>
       </c>
-      <c r="B3979" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3980" spans="1:2">
       <c r="A3980" t="s">
         <v>3982</v>
       </c>
     </row>
     <row r="3981" spans="1:2">
       <c r="A3981" t="s">
         <v>3983</v>
       </c>
     </row>
     <row r="3982" spans="1:2">
       <c r="A3982" t="s">
         <v>3984</v>
       </c>
+      <c r="B3982" t="s">
+        <v>5237</v>
+      </c>
     </row>
     <row r="3983" spans="1:2">
       <c r="A3983" t="s">
         <v>3985</v>
       </c>
     </row>
     <row r="3984" spans="1:2">
       <c r="A3984" t="s">
         <v>3986</v>
       </c>
     </row>
     <row r="3985" spans="1:2">
       <c r="A3985" t="s">
         <v>3987</v>
       </c>
     </row>
     <row r="3986" spans="1:2">
       <c r="A3986" t="s">
         <v>3988</v>
       </c>
     </row>
     <row r="3987" spans="1:2">
       <c r="A3987" t="s">
         <v>3989</v>
       </c>
-      <c r="B3987" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3988" spans="1:2">
       <c r="A3988" t="s">
         <v>3990</v>
       </c>
     </row>
     <row r="3989" spans="1:2">
       <c r="A3989" t="s">
         <v>3991</v>
       </c>
     </row>
     <row r="3990" spans="1:2">
       <c r="A3990" t="s">
         <v>3992</v>
       </c>
     </row>
     <row r="3991" spans="1:2">
       <c r="A3991" t="s">
         <v>3993</v>
       </c>
     </row>
     <row r="3992" spans="1:2">
       <c r="A3992" t="s">
         <v>3994</v>
       </c>
     </row>
     <row r="3993" spans="1:2">
       <c r="A3993" t="s">
         <v>3995</v>
       </c>
     </row>
     <row r="3994" spans="1:2">
       <c r="A3994" t="s">
         <v>3996</v>
       </c>
     </row>
     <row r="3995" spans="1:2">
       <c r="A3995" t="s">
         <v>3997</v>
       </c>
+      <c r="B3995" t="s">
+        <v>5238</v>
+      </c>
     </row>
     <row r="3996" spans="1:2">
       <c r="A3996" t="s">
         <v>3998</v>
       </c>
     </row>
     <row r="3997" spans="1:2">
       <c r="A3997" t="s">
         <v>3999</v>
       </c>
     </row>
     <row r="3998" spans="1:2">
       <c r="A3998" t="s">
         <v>4000</v>
       </c>
-      <c r="B3998" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3999" spans="1:2">
       <c r="A3999" t="s">
         <v>4001</v>
       </c>
       <c r="B3999" t="s">
-        <v>5240</v>
+        <v>5239</v>
       </c>
     </row>
     <row r="4000" spans="1:2">
       <c r="A4000" t="s">
         <v>4002</v>
       </c>
+      <c r="B4000" t="s">
+        <v>5240</v>
+      </c>
     </row>
     <row r="4001" spans="1:2">
       <c r="A4001" t="s">
         <v>4003</v>
       </c>
     </row>
     <row r="4002" spans="1:2">
       <c r="A4002" t="s">
         <v>4004</v>
       </c>
-      <c r="B4002" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4003" spans="1:2">
       <c r="A4003" t="s">
         <v>4005</v>
       </c>
       <c r="B4003" t="s">
-        <v>5242</v>
+        <v>5241</v>
       </c>
     </row>
     <row r="4004" spans="1:2">
       <c r="A4004" t="s">
         <v>4006</v>
       </c>
+      <c r="B4004" t="s">
+        <v>5242</v>
+      </c>
     </row>
     <row r="4005" spans="1:2">
       <c r="A4005" t="s">
         <v>4007</v>
       </c>
+      <c r="B4005" t="s">
+        <v>5243</v>
+      </c>
     </row>
     <row r="4006" spans="1:2">
       <c r="A4006" t="s">
         <v>4008</v>
       </c>
     </row>
     <row r="4007" spans="1:2">
       <c r="A4007" t="s">
         <v>4009</v>
       </c>
     </row>
     <row r="4008" spans="1:2">
       <c r="A4008" t="s">
         <v>4010</v>
       </c>
+      <c r="B4008" t="s">
+        <v>5244</v>
+      </c>
     </row>
     <row r="4009" spans="1:2">
       <c r="A4009" t="s">
         <v>4011</v>
       </c>
     </row>
     <row r="4010" spans="1:2">
       <c r="A4010" t="s">
         <v>4012</v>
       </c>
     </row>
     <row r="4011" spans="1:2">
       <c r="A4011" t="s">
         <v>4013</v>
       </c>
     </row>
     <row r="4012" spans="1:2">
       <c r="A4012" t="s">
         <v>4014</v>
       </c>
     </row>
     <row r="4013" spans="1:2">
       <c r="A4013" t="s">
         <v>4015</v>
       </c>
-      <c r="B4013" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4014" spans="1:2">
       <c r="A4014" t="s">
         <v>4016</v>
       </c>
     </row>
     <row r="4015" spans="1:2">
       <c r="A4015" t="s">
         <v>4017</v>
       </c>
     </row>
     <row r="4016" spans="1:2">
       <c r="A4016" t="s">
         <v>4018</v>
       </c>
-      <c r="B4016" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4017" spans="1:2">
       <c r="A4017" t="s">
         <v>4019</v>
       </c>
     </row>
     <row r="4018" spans="1:2">
       <c r="A4018" t="s">
         <v>4020</v>
       </c>
-      <c r="B4018" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4019" spans="1:2">
       <c r="A4019" t="s">
         <v>4021</v>
       </c>
-      <c r="B4019" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4020" spans="1:2">
       <c r="A4020" t="s">
         <v>4022</v>
       </c>
+      <c r="B4020" t="s">
+        <v>5245</v>
+      </c>
     </row>
     <row r="4021" spans="1:2">
       <c r="A4021" t="s">
         <v>4023</v>
       </c>
+      <c r="B4021" t="s">
+        <v>5246</v>
+      </c>
     </row>
     <row r="4022" spans="1:2">
       <c r="A4022" t="s">
         <v>4024</v>
       </c>
     </row>
     <row r="4023" spans="1:2">
       <c r="A4023" t="s">
         <v>4025</v>
       </c>
     </row>
     <row r="4024" spans="1:2">
       <c r="A4024" t="s">
         <v>4026</v>
       </c>
     </row>
     <row r="4025" spans="1:2">
       <c r="A4025" t="s">
         <v>4027</v>
       </c>
     </row>
     <row r="4026" spans="1:2">
       <c r="A4026" t="s">
         <v>4028</v>
       </c>
+      <c r="B4026" t="s">
+        <v>5247</v>
+      </c>
     </row>
     <row r="4027" spans="1:2">
       <c r="A4027" t="s">
         <v>4029</v>
       </c>
     </row>
     <row r="4028" spans="1:2">
       <c r="A4028" t="s">
         <v>4030</v>
       </c>
     </row>
     <row r="4029" spans="1:2">
       <c r="A4029" t="s">
         <v>4031</v>
       </c>
-      <c r="B4029" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4030" spans="1:2">
       <c r="A4030" t="s">
         <v>4032</v>
       </c>
     </row>
     <row r="4031" spans="1:2">
       <c r="A4031" t="s">
         <v>4033</v>
       </c>
     </row>
     <row r="4032" spans="1:2">
       <c r="A4032" t="s">
         <v>4034</v>
       </c>
     </row>
     <row r="4033" spans="1:2">
       <c r="A4033" t="s">
         <v>4035</v>
       </c>
       <c r="B4033" t="s">
         <v>5248</v>
       </c>
     </row>
     <row r="4034" spans="1:2">
       <c r="A4034" t="s">
         <v>4036</v>
       </c>
+      <c r="B4034" t="s">
+        <v>5249</v>
+      </c>
     </row>
     <row r="4035" spans="1:2">
       <c r="A4035" t="s">
         <v>4037</v>
       </c>
     </row>
     <row r="4036" spans="1:2">
       <c r="A4036" t="s">
         <v>4038</v>
       </c>
     </row>
     <row r="4037" spans="1:2">
       <c r="A4037" t="s">
         <v>4039</v>
       </c>
-      <c r="B4037" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4038" spans="1:2">
       <c r="A4038" t="s">
         <v>4040</v>
       </c>
-      <c r="B4038" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4039" spans="1:2">
       <c r="A4039" t="s">
         <v>4041</v>
       </c>
       <c r="B4039" t="s">
-        <v>5251</v>
+        <v>5250</v>
       </c>
     </row>
     <row r="4040" spans="1:2">
       <c r="A4040" t="s">
         <v>4042</v>
       </c>
       <c r="B4040" t="s">
-        <v>5252</v>
+        <v>5251</v>
       </c>
     </row>
     <row r="4041" spans="1:2">
       <c r="A4041" t="s">
         <v>4043</v>
       </c>
+      <c r="B4041" t="s">
+        <v>5252</v>
+      </c>
     </row>
     <row r="4042" spans="1:2">
       <c r="A4042" t="s">
         <v>4044</v>
       </c>
+      <c r="B4042" t="s">
+        <v>5253</v>
+      </c>
     </row>
     <row r="4043" spans="1:2">
       <c r="A4043" t="s">
         <v>4045</v>
       </c>
       <c r="B4043" t="s">
-        <v>5253</v>
+        <v>5254</v>
       </c>
     </row>
     <row r="4044" spans="1:2">
       <c r="A4044" t="s">
         <v>4046</v>
       </c>
     </row>
     <row r="4045" spans="1:2">
       <c r="A4045" t="s">
         <v>4047</v>
       </c>
     </row>
     <row r="4046" spans="1:2">
       <c r="A4046" t="s">
         <v>4048</v>
       </c>
     </row>
     <row r="4047" spans="1:2">
       <c r="A4047" t="s">
         <v>4049</v>
       </c>
+      <c r="B4047" t="s">
+        <v>5255</v>
+      </c>
     </row>
     <row r="4048" spans="1:2">
       <c r="A4048" t="s">
         <v>4050</v>
       </c>
     </row>
     <row r="4049" spans="1:2">
       <c r="A4049" t="s">
         <v>4051</v>
       </c>
+      <c r="B4049" t="s">
+        <v>5256</v>
+      </c>
     </row>
     <row r="4050" spans="1:2">
       <c r="A4050" t="s">
         <v>4052</v>
       </c>
     </row>
     <row r="4051" spans="1:2">
       <c r="A4051" t="s">
         <v>4053</v>
       </c>
     </row>
     <row r="4052" spans="1:2">
       <c r="A4052" t="s">
         <v>4054</v>
       </c>
     </row>
     <row r="4053" spans="1:2">
       <c r="A4053" t="s">
         <v>4055</v>
       </c>
-      <c r="B4053" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4054" spans="1:2">
       <c r="A4054" t="s">
         <v>4056</v>
       </c>
-      <c r="B4054" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4055" spans="1:2">
       <c r="A4055" t="s">
         <v>4057</v>
       </c>
     </row>
     <row r="4056" spans="1:2">
       <c r="A4056" t="s">
         <v>4058</v>
       </c>
     </row>
     <row r="4057" spans="1:2">
       <c r="A4057" t="s">
         <v>4059</v>
       </c>
     </row>
     <row r="4058" spans="1:2">
       <c r="A4058" t="s">
         <v>4060</v>
-      </c>
-[...1 lines deleted...]
-        <v>5256</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>