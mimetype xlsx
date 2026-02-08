--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -24,1422 +24,1422 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="462" uniqueCount="462">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2529641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385392</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2500573</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4386212</t>
+    <t>https://linkedopendata.eu/entity/Q2529827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q236240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4382756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529713</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529790</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4360866</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2529634</t>
+    <t>https://linkedopendata.eu/entity/Q2529855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529798</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4355952</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4359193</t>
-[...20 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2529855</t>
+    <t>https://linkedopendata.eu/entity/Q4377036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q1960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529780</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4359504</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529744</t>
+    <t>https://linkedopendata.eu/entity/Q2529699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4402577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529691</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7420644</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529787</t>
-[...14 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4358639</t>
+    <t>https://linkedopendata.eu/entity/Q2529693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529737</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529651</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4357435</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529650</t>
-[...71 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2500537</t>
+    <t>https://linkedopendata.eu/entity/Q7420636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379089</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4381225</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529798</t>
-[...173 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2529998</t>
+    <t>https://linkedopendata.eu/entity/Q4366080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376944</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529964</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529983</t>
-[...55 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q4364973</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7420636</t>
-[...26 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2529766</t>
+    <t>https://linkedopendata.eu/entity/Q2529799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377513</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4383324</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529661</t>
-[...155 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2529644</t>
+    <t>Erhvervshus Midtjylland S/I</t>
+  </si>
+  <si>
+    <t>Universität von Süddänemark - Maersk Mc-Kinney Moller Institut |Syddansk Universitet - Maersk Mc-Kinney Moller Instituttet</t>
+  </si>
+  <si>
+    <t>ViborgEgnens Erhvervsråd</t>
+  </si>
+  <si>
+    <t>Kirkens Korshær</t>
+  </si>
+  <si>
+    <t>Professionshøjskolen VIA University College</t>
+  </si>
+  <si>
+    <t>NEXT Uddannelse København</t>
+  </si>
+  <si>
+    <t>VUC Storstrøm Projektafdelingen Projektabteilung</t>
   </si>
   <si>
     <t>Holbæk Kommune</t>
   </si>
   <si>
-    <t>Universität von Süddänemark - Maersk Mc-Kinney Moller Institut |Syddansk Universitet - Maersk Mc-Kinney Moller Instituttet</t>
+    <t>Professionshøjskolen Absalon S/I</t>
+  </si>
+  <si>
+    <t>Vesthimmerlands Kommune</t>
+  </si>
+  <si>
+    <t>Guldborgsund Municipality - including Fjord School</t>
+  </si>
+  <si>
+    <t>Gate 21</t>
+  </si>
+  <si>
+    <t>work-live-stay southern denmark</t>
+  </si>
+  <si>
+    <t>Fonden Business LF</t>
+  </si>
+  <si>
+    <t>Medicon Valley Alliance</t>
+  </si>
+  <si>
+    <t>REG LAB</t>
+  </si>
+  <si>
+    <t>NanoSYD/ Syddansk Universitet, Mads Clausen Instituttet</t>
+  </si>
+  <si>
+    <t>Aarhus University, Department of Food Science</t>
+  </si>
+  <si>
+    <t>Brand &amp; Redning Sønderjylland</t>
+  </si>
+  <si>
+    <t>JOBI GROUP A/S</t>
+  </si>
+  <si>
+    <t>Mads-Clausen Institut</t>
+  </si>
+  <si>
+    <t>UU Danmark</t>
+  </si>
+  <si>
+    <t>Høje Taastrup Kommune</t>
+  </si>
+  <si>
+    <t>Aalborg Universitet</t>
+  </si>
+  <si>
+    <t>Kolding Kommune</t>
+  </si>
+  <si>
+    <t>RE-JOB ApS</t>
+  </si>
+  <si>
+    <t>PreCure ApS</t>
+  </si>
+  <si>
+    <t>Svendborg Kommune</t>
+  </si>
+  <si>
+    <t>Kalundborg Kommune</t>
+  </si>
+  <si>
+    <t>University College Nordjylland</t>
+  </si>
+  <si>
+    <t>Styrelsen for Arbejdsmarked og Rekruttering</t>
+  </si>
+  <si>
+    <t>UCL Erhvervsakademi og professionshøjskole</t>
+  </si>
+  <si>
+    <t>Erhvervshus Sjælland</t>
+  </si>
+  <si>
+    <t>EUC Syd</t>
+  </si>
+  <si>
+    <t>Dansk Kulturinstitut</t>
+  </si>
+  <si>
+    <t>Langeland Kommune</t>
+  </si>
+  <si>
+    <t>CELF</t>
+  </si>
+  <si>
+    <t>Foreningen access2innovation</t>
+  </si>
+  <si>
+    <t>Professionshøjskolen University College Nordjylland</t>
+  </si>
+  <si>
+    <t>TietgenSkolen</t>
+  </si>
+  <si>
+    <t>Vejle Kommune</t>
+  </si>
+  <si>
+    <t>Syddansk Universitet (SDU) / Mads Clausen Instituttet (MCI) - NanoSYD</t>
+  </si>
+  <si>
+    <t>AOF Center Fyn</t>
   </si>
   <si>
     <t>EUC Nordvest</t>
   </si>
   <si>
-    <t>Medicon Valley Alliance</t>
-[...2 lines deleted...]
-    <t>Gate 21</t>
+    <t>Erhvervsstyrelsen</t>
+  </si>
+  <si>
+    <t>EUC Nordvestsjælland</t>
+  </si>
+  <si>
+    <t>Aalborg Kommune</t>
+  </si>
+  <si>
+    <t>Foreningen Design2innovate</t>
+  </si>
+  <si>
+    <t>Frederikshavn Erhvervsråd</t>
   </si>
   <si>
     <t>City of Aalborg</t>
   </si>
   <si>
-    <t>REG LAB</t>
-[...20 lines deleted...]
-    <t>Erhvervsstyrelsen</t>
+    <t>Tønder Kommune (TK)</t>
+  </si>
+  <si>
+    <t>DecideAct Management ApS</t>
+  </si>
+  <si>
+    <t>Zealand University Hospital, Department of Oncology</t>
+  </si>
+  <si>
+    <t>Danmarks Tekniske Universitet</t>
+  </si>
+  <si>
+    <t>Roskilde University</t>
+  </si>
+  <si>
+    <t>Sygehus Sønderjylland, Afdeling for medicinske sygdomme Sønderborg/Tønder, Medicinsk forskningsenhed</t>
+  </si>
+  <si>
+    <t>Victor-Vask A/S</t>
+  </si>
+  <si>
+    <t>Agro Business Park A/S</t>
+  </si>
+  <si>
+    <t>Region Sønderjylland-Schleswig, Regionskontor &amp; Infocenter (Aabenraa Kommune)</t>
+  </si>
+  <si>
+    <t>Sjællands Universitetshospital (SUH), Klinisk Onkologisk Afdeling og Palliative Enheder</t>
+  </si>
+  <si>
+    <t>Næstved Krankenhaus | Næstved Sygehus, Onkologische Abteilung | Onkologisk Afdeling</t>
+  </si>
+  <si>
+    <t>Cphbusiness Nørrebro</t>
+  </si>
+  <si>
+    <t>DTU Aqua  National Institute of Aquatic Resources</t>
+  </si>
+  <si>
+    <t>Ringkøbing-Skjern Kommune</t>
+  </si>
+  <si>
+    <t>The Capital Region of Denmark</t>
+  </si>
+  <si>
+    <t>Ballerup Kommune</t>
+  </si>
+  <si>
+    <t>Glasværket ved Odense Havn ApS</t>
+  </si>
+  <si>
+    <t>Fonden Marcod-Maritimt Center for Optimering og Drift</t>
+  </si>
+  <si>
+    <t>HF&amp; VUC Nordsjælland</t>
+  </si>
+  <si>
+    <t>Næstved Kommune</t>
+  </si>
+  <si>
+    <t>Projekter iMidt</t>
+  </si>
+  <si>
+    <t>Hjørring Kommune</t>
+  </si>
+  <si>
+    <t>DTU Science Park</t>
+  </si>
+  <si>
+    <t>Akademikernes A-kasse</t>
+  </si>
+  <si>
+    <t>Copenhagen Municipality</t>
+  </si>
+  <si>
+    <t>Aalborg University Esbjerg, Department of Energy Technology</t>
+  </si>
+  <si>
+    <t>Korsør ProduktionsHøjskole</t>
+  </si>
+  <si>
+    <t>IDEA Entrepreneurship Centre - Syddansk Universitet/University of Southern Denmark(Sønderborg, Kolding, Esbjerg, Slagelse, Odense)</t>
+  </si>
+  <si>
+    <t>Roskilde University, Department of Social Sciences and Business</t>
+  </si>
+  <si>
+    <t>Region Syddanmark</t>
+  </si>
+  <si>
+    <t>Advokatfirmaet Drachmann</t>
+  </si>
+  <si>
+    <t>Foreningen Nordjysk FødevareErhverv F.M.B.A</t>
+  </si>
+  <si>
+    <t>Aarhus Kommune</t>
+  </si>
+  <si>
+    <t>CELF, Center for Erhvervsretteder Uddannelser Lolland-Falster</t>
+  </si>
+  <si>
+    <t>Frederiksberg kommune</t>
+  </si>
+  <si>
+    <t>Maritime Development Center</t>
+  </si>
+  <si>
+    <t>University College Absalon</t>
+  </si>
+  <si>
+    <t>Syddansk Universitet (University of Southern Denmark)</t>
+  </si>
+  <si>
+    <t>Vrå Højskole</t>
   </si>
   <si>
     <t>VIA University College</t>
   </si>
   <si>
-    <t>UU Danmark</t>
+    <t>Dansk Flygtningehjælp</t>
+  </si>
+  <si>
+    <t>Research Projects and Clinical Optimization, Sjællands Universitetshospital</t>
+  </si>
+  <si>
+    <t>S/I Erhvervshus Fyn</t>
+  </si>
+  <si>
+    <t>UCH Uddannelsescenter Holstebro</t>
+  </si>
+  <si>
+    <t>Væksthus Syddanmark</t>
+  </si>
+  <si>
+    <t>Welfare Tech</t>
+  </si>
+  <si>
+    <t>Den Sociale Kapitalfond Management ApS</t>
+  </si>
+  <si>
+    <t>SOSU Nord</t>
+  </si>
+  <si>
+    <t>Slagelse Kommune</t>
+  </si>
+  <si>
+    <t>Bornholms Landbrug &amp; Fødevarer</t>
+  </si>
+  <si>
+    <t>MedTech Innovation Consortium</t>
+  </si>
+  <si>
+    <t>Foreningerne Nordens Forbund</t>
+  </si>
+  <si>
+    <t>Copenhagen Capacity, fonden til markedsføring og erhvervsfremme i Hovedstaden</t>
+  </si>
+  <si>
+    <t>Mads Clausen Institute, University of Southern Denmark (MCI)</t>
+  </si>
+  <si>
+    <t>Region Syddanmark, Regional Udvikling</t>
+  </si>
+  <si>
+    <t>Region Sjælland</t>
+  </si>
+  <si>
+    <t>VUC Nordjylland, Jammerbugt afd.</t>
+  </si>
+  <si>
+    <t>Frederikssund Kommune</t>
+  </si>
+  <si>
+    <t>Syddansk Universitet, Mads Clausen Instituttet (SDU-MCI)</t>
+  </si>
+  <si>
+    <t>Dansk Folkehjælp</t>
+  </si>
+  <si>
+    <t>Ramboll Management Consulting A/S</t>
+  </si>
+  <si>
+    <t>Sidis Robotics ApS</t>
+  </si>
+  <si>
+    <t>OJ Electronics A/S</t>
+  </si>
+  <si>
+    <t>Energy Cluster Denmark</t>
+  </si>
+  <si>
+    <t>Zealand Sjællands Erhvervsakademi S/I</t>
+  </si>
+  <si>
+    <t>Erhvervshus Sydjylland</t>
+  </si>
+  <si>
+    <t>Netværk for Bæredygtig Erhvervsudvikling NordDanmark</t>
+  </si>
+  <si>
+    <t>Mercantec</t>
+  </si>
+  <si>
+    <t>Københavns Erhvervsakademi (KEA)</t>
+  </si>
+  <si>
+    <t>Bornholms Erhvervsskole, Campus Bornholm</t>
+  </si>
+  <si>
+    <t>Forskningsprojekter og Klinisk Optimering (RePCO), Sjællands Universitetshospital</t>
+  </si>
+  <si>
+    <t>EUC Nord</t>
+  </si>
+  <si>
+    <t>Roskilde Tekniske Skole</t>
+  </si>
+  <si>
+    <t>Region of Southern Denmark</t>
+  </si>
+  <si>
+    <t>Næstved Kommune, Center for Kultur og Borgerservice</t>
+  </si>
+  <si>
+    <t>Mariagerfjord Kommune</t>
+  </si>
+  <si>
+    <t>Den Erhvervsdrivende Fond Development Centre UMT</t>
+  </si>
+  <si>
+    <t>Copenhagen Economics</t>
+  </si>
+  <si>
+    <t>Albertslund Municipality</t>
+  </si>
+  <si>
+    <t>Region Sønderjylland-Schleswig (Aabenraa Kommune)</t>
+  </si>
+  <si>
+    <t>Life Science Innovation North Denmark</t>
+  </si>
+  <si>
+    <t>Zealand Business College</t>
+  </si>
+  <si>
+    <t>Syddansk Universitet (SDU), Institut for Idræt og Biomekanik (IoB), Center for Active and Healthy Living (CAHA)</t>
+  </si>
+  <si>
+    <t>Den erhvervsdrivende fond Dansk Kyst- og Naturturisme</t>
+  </si>
+  <si>
+    <t>Erhvervshus Hovedstaden S/I</t>
+  </si>
+  <si>
+    <t>CLEAN</t>
+  </si>
+  <si>
+    <t>Green Tech Center A/S</t>
+  </si>
+  <si>
+    <t>Trekantområdet Danmark</t>
+  </si>
+  <si>
+    <t>Dansk SymbioseCenter, Kalundborg Kommune</t>
+  </si>
+  <si>
+    <t>Ideklinikken, Aalborg University Hospital</t>
+  </si>
+  <si>
+    <t>University of Southern Denmark, Maersk Mc-Kinney Moller Institute (SDU) | Syddansk Universitet, Mærsk Mc-Kinney Møller Institut (SDU)</t>
+  </si>
+  <si>
+    <t>Viden Djurs</t>
+  </si>
+  <si>
+    <t>Topvirk</t>
+  </si>
+  <si>
+    <t>Central Denmark Region</t>
+  </si>
+  <si>
+    <t>Acubit ApS</t>
+  </si>
+  <si>
+    <t>Destination Bornholm ApS</t>
+  </si>
+  <si>
+    <t>Business Center Bornholm</t>
+  </si>
+  <si>
+    <t>Erhvervshus Nordjylland S/I</t>
+  </si>
+  <si>
+    <t>Fredericia Kommune</t>
+  </si>
+  <si>
+    <t>Dansk Gartneri</t>
+  </si>
+  <si>
+    <t>Naturturisme I/S</t>
+  </si>
+  <si>
+    <t>Fonden til Innovation og Erhvervsfremme i Region Sjælland - FIERS</t>
+  </si>
+  <si>
+    <t>Odense Kommune</t>
+  </si>
+  <si>
+    <t>KEA - Københavns Erhvervsakademi</t>
+  </si>
+  <si>
+    <t>Region Sjælland - Sjællands Universitetshospital</t>
+  </si>
+  <si>
+    <t>Erhvervshus Fyn P/S</t>
+  </si>
+  <si>
+    <t>Syddansk Universitet</t>
+  </si>
+  <si>
+    <t>Professionshøjskolen University College Syddanmark</t>
+  </si>
+  <si>
+    <t>Vesthimmerlands Kommune - Rådhuset Aars</t>
+  </si>
+  <si>
+    <t>Den Erhvervsdrivende Fond Væksthus Sjælland</t>
+  </si>
+  <si>
+    <t>Foreningen af Frie Fagskoler</t>
+  </si>
+  <si>
+    <t>Intelligent Systems A/S</t>
+  </si>
+  <si>
+    <t>HEG - Himmerlands Erhvervs- og Gymnasieuddannelser</t>
+  </si>
+  <si>
+    <t>Vejdirektoratet</t>
+  </si>
+  <si>
+    <t>Campus Vejle</t>
+  </si>
+  <si>
+    <t>Spring Nordic ApS</t>
+  </si>
+  <si>
+    <t>Business Region Esbjerg (BRE)</t>
   </si>
   <si>
     <t>City of Copenhagen</t>
   </si>
   <si>
-    <t>RE-JOB ApS</t>
-[...14 lines deleted...]
-    <t>The Capital Region of Denmark</t>
+    <t>Jobcenter Vejle</t>
+  </si>
+  <si>
+    <t>Fonden Energy Innovation Cluster</t>
+  </si>
+  <si>
+    <t>FOOD ORGANISATION OF DENMARK F.M.B.A.</t>
   </si>
   <si>
     <t>Alexandra Instituttet</t>
   </si>
   <si>
     <t>Region Midtjylland,</t>
   </si>
   <si>
-    <t>Fonden Energy Innovation Cluster</t>
-[...71 lines deleted...]
-    <t>Langeland Kommune</t>
+    <t>Municipality of Aarhus</t>
+  </si>
+  <si>
+    <t>Fonden for Entreprenørskab</t>
+  </si>
+  <si>
+    <t>Development Centre UMT</t>
+  </si>
+  <si>
+    <t>University of Southern Denmark</t>
+  </si>
+  <si>
+    <t>Fablab Danmark c/o Væksthus Sjælland (LP bis | til 31.12.2017)</t>
+  </si>
+  <si>
+    <t>Coro Co-Lab Roskilde</t>
+  </si>
+  <si>
+    <t>Syddansk Universitet (SDU) / Mads Clausen Instituttet (MCI)</t>
   </si>
   <si>
     <t>Gate 21, Holeby afdeling</t>
   </si>
   <si>
-    <t>Frederikshavn Erhvervsråd</t>
-[...173 lines deleted...]
-    <t>OJ Electronics A/S</t>
+    <t>Albertslund Kommune</t>
+  </si>
+  <si>
+    <t>Den erhvervsdrivende fond Skagen Uddannelsescenter</t>
+  </si>
+  <si>
+    <t>AMU Nordjylland Aalborg</t>
+  </si>
+  <si>
+    <t>Erhvervsakademiet Lillebælt</t>
+  </si>
+  <si>
+    <t>Smart Trolley IVS</t>
+  </si>
+  <si>
+    <t>Bornholms Regionskommune</t>
+  </si>
+  <si>
+    <t>Den erhvervsdrivende fond Skagen Uddanelsescenter</t>
+  </si>
+  <si>
+    <t>Museum Lolland-Falster (MLF)</t>
+  </si>
+  <si>
+    <t>Syddansk Universitet, Mads Clausen Instituttet (SDU)</t>
   </si>
   <si>
     <t>Vision Denmark</t>
   </si>
   <si>
-    <t>Erhvervshus Sydjylland</t>
-[...55 lines deleted...]
-  <si>
     <t>Growthhouse Zealand</t>
   </si>
   <si>
-    <t>Municipality of Aarhus</t>
-[...26 lines deleted...]
-    <t>Zealand Business College</t>
+    <t>Aalborg Handelsskole</t>
+  </si>
+  <si>
+    <t>Dansk Elbil Alliance v. Dansk Energi</t>
   </si>
   <si>
     <t>Skive municipality</t>
   </si>
   <si>
-    <t>Den erhvervsdrivende fond Dansk Kyst- og Naturturisme</t>
-[...155 lines deleted...]
-    <t>Professionshøjskolen VIA University College</t>
+    <t>http://www.kirkenskorshaer.dk/</t>
+  </si>
+  <si>
+    <t>https://nextkbh.dk</t>
   </si>
   <si>
     <t>http://holbaek.dk/</t>
   </si>
   <si>
-    <t>http://www.kirkenskorshaer.dk/</t>
+    <t>http://www.vesthimmerland.dk/</t>
+  </si>
+  <si>
+    <t>http://en.aau.dk|https://www.aau.dk|https://www.en.aau.dk</t>
+  </si>
+  <si>
+    <t>https://www.kolding.dk|https://www.kolding.dk/</t>
+  </si>
+  <si>
+    <t>https://www.kalundborg.dk/</t>
+  </si>
+  <si>
+    <t>http://ams.dk</t>
+  </si>
+  <si>
+    <t>http://www.langelandkommune.dk/</t>
+  </si>
+  <si>
+    <t>http://www.ucn.dk/</t>
   </si>
   <si>
     <t>http://erhvervsstyrelsen.dk/|https://danishbusinessauthority.dk/</t>
   </si>
   <si>
-    <t>http://www.vesthimmerland.dk/</t>
+    <t>http://www.aalborg.dk</t>
+  </si>
+  <si>
+    <t>https://www.dtu.dk/|https://www.dtu.dk/english/</t>
+  </si>
+  <si>
+    <t>http://www.rksk.dk</t>
+  </si>
+  <si>
+    <t>http://www.naestved.dk/</t>
+  </si>
+  <si>
+    <t>http://sciondtu.dk</t>
+  </si>
+  <si>
+    <t>https://www.aka.dk/</t>
+  </si>
+  <si>
+    <t>http://www.aarhus.dk/|https://www.aarhus.dk/</t>
+  </si>
+  <si>
+    <t>http://www.vraahojskole.dk</t>
+  </si>
+  <si>
+    <t>https://drc.ngo/|https://drc.ngo/da/</t>
+  </si>
+  <si>
+    <t>https://sosunord.dk</t>
+  </si>
+  <si>
+    <t>http://www.frederikssund.dk/</t>
+  </si>
+  <si>
+    <t>http://www.mercantec.dk/</t>
+  </si>
+  <si>
+    <t>http://www.mariagerfjord.dk/</t>
+  </si>
+  <si>
+    <t>http://www.fredericia.dk/|https://www.fredericia.dk/</t>
   </si>
   <si>
     <t>https://alexandra.dk</t>
   </si>
   <si>
-    <t>https://nextkbh.dk</t>
-[...53 lines deleted...]
-    <t>http://www.aalborg.dk</t>
+    <t>http://www.brk.dk/</t>
   </si>
   <si>
     <t>http://www.ah.dk</t>
   </si>
   <si>
-    <t>http://www.brk.dk/</t>
-[...5 lines deleted...]
-    <t>http://www.rksk.dk</t>
+    <t>Q12321915</t>
+  </si>
+  <si>
+    <t>Q36166621</t>
   </si>
   <si>
     <t>Q503159</t>
   </si>
   <si>
+    <t>Q511975</t>
+  </si>
+  <si>
+    <t>Q12313544</t>
+  </si>
+  <si>
+    <t>Q601956</t>
+  </si>
+  <si>
+    <t>Q21101</t>
+  </si>
+  <si>
+    <t>Q204976</t>
+  </si>
+  <si>
+    <t>Q11958565</t>
+  </si>
+  <si>
+    <t>Q12341348</t>
+  </si>
+  <si>
+    <t>Q506647</t>
+  </si>
+  <si>
+    <t>Q7894659</t>
+  </si>
+  <si>
+    <t>Q12339371</t>
+  </si>
+  <si>
     <t>Q12309279</t>
   </si>
   <si>
-    <t>Q12313544</t>
-[...4 lines deleted...]
-  <si>
     <t>Q12310258</t>
   </si>
   <si>
-    <t>Q511975</t>
+    <t>Q12309280</t>
+  </si>
+  <si>
+    <t>Q300856</t>
+  </si>
+  <si>
+    <t>Q1269766</t>
+  </si>
+  <si>
+    <t>Q514777</t>
+  </si>
+  <si>
+    <t>Q506716</t>
+  </si>
+  <si>
+    <t>Q24590388</t>
+  </si>
+  <si>
+    <t>Q12300775</t>
+  </si>
+  <si>
+    <t>Q26061</t>
+  </si>
+  <si>
+    <t>Q240262</t>
+  </si>
+  <si>
+    <t>Q12344082</t>
+  </si>
+  <si>
+    <t>Q3272284</t>
+  </si>
+  <si>
+    <t>Q12341346</t>
+  </si>
+  <si>
+    <t>Q12334294</t>
+  </si>
+  <si>
+    <t>Q503232</t>
+  </si>
+  <si>
+    <t>Q61062540</t>
+  </si>
+  <si>
+    <t>Q12326658</t>
+  </si>
+  <si>
+    <t>Q5324534</t>
+  </si>
+  <si>
+    <t>Q12333824</t>
+  </si>
+  <si>
+    <t>Q512528</t>
+  </si>
+  <si>
+    <t>Q12341743</t>
+  </si>
+  <si>
+    <t>Q21145</t>
+  </si>
+  <si>
+    <t>Q12310257</t>
   </si>
   <si>
     <t>Q12300961</t>
   </si>
   <si>
-    <t>Q36166621</t>
-[...83 lines deleted...]
-    <t>Q300856</t>
+    <t>Q2598329</t>
   </si>
   <si>
     <t>Q4661370</t>
-  </si>
-[...7 lines deleted...]
-    <t>Q514777</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1784,178 +1784,181 @@
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>199</v>
       </c>
-      <c r="C2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>201</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
         <v>202</v>
       </c>
+      <c r="C5" t="s">
+        <v>394</v>
+      </c>
+      <c r="D5" t="s">
+        <v>422</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>203</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
         <v>204</v>
       </c>
+      <c r="C7" t="s">
+        <v>395</v>
+      </c>
+      <c r="D7" t="s">
+        <v>423</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>206</v>
       </c>
       <c r="C9" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D9" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
         <v>208</v>
       </c>
+      <c r="C11" t="s">
+        <v>397</v>
+      </c>
+      <c r="D11" t="s">
+        <v>425</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>210</v>
       </c>
+      <c r="D13" t="s">
+        <v>426</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>212</v>
       </c>
-      <c r="C15" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>215</v>
       </c>
     </row>
@@ -1968,379 +1971,379 @@
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
         <v>219</v>
       </c>
-      <c r="C22" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>25</v>
       </c>
       <c r="B23" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>26</v>
       </c>
       <c r="B24" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25" t="s">
         <v>222</v>
       </c>
       <c r="C25" t="s">
         <v>398</v>
       </c>
       <c r="D25" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
         <v>223</v>
       </c>
+      <c r="C26" t="s">
+        <v>399</v>
+      </c>
+      <c r="D26" t="s">
+        <v>428</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>29</v>
       </c>
       <c r="B27" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
         <v>225</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
         <v>226</v>
       </c>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
         <v>227</v>
       </c>
+      <c r="C30" t="s">
+        <v>400</v>
+      </c>
+      <c r="D30" t="s">
+        <v>429</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>33</v>
       </c>
       <c r="B31" t="s">
         <v>228</v>
       </c>
-      <c r="C31" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>34</v>
       </c>
       <c r="B32" t="s">
         <v>229</v>
       </c>
+      <c r="C32" t="s">
+        <v>401</v>
+      </c>
+      <c r="D32" t="s">
+        <v>430</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>36</v>
       </c>
       <c r="B34" t="s">
         <v>231</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>37</v>
       </c>
       <c r="B35" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>38</v>
       </c>
       <c r="B36" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
         <v>234</v>
       </c>
+      <c r="C37" t="s">
+        <v>402</v>
+      </c>
+      <c r="D37" t="s">
+        <v>432</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>40</v>
       </c>
       <c r="B38" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
         <v>236</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>42</v>
       </c>
       <c r="B40" t="s">
         <v>237</v>
       </c>
       <c r="C40" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D40" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>43</v>
       </c>
       <c r="B41" t="s">
         <v>238</v>
       </c>
+      <c r="D41" t="s">
+        <v>434</v>
+      </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>45</v>
       </c>
       <c r="B43" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>46</v>
       </c>
       <c r="B44" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>47</v>
       </c>
       <c r="B45" t="s">
         <v>242</v>
       </c>
+      <c r="D45" t="s">
+        <v>435</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>48</v>
       </c>
       <c r="B46" t="s">
         <v>243</v>
       </c>
       <c r="C46" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D46" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>49</v>
       </c>
       <c r="B47" t="s">
         <v>244</v>
       </c>
+      <c r="D47" t="s">
+        <v>437</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
         <v>245</v>
       </c>
       <c r="C48" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D48" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>51</v>
       </c>
       <c r="B49" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51" t="s">
         <v>248</v>
       </c>
-      <c r="C51" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>55</v>
       </c>
       <c r="B53" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>56</v>
       </c>
       <c r="B54" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>57</v>
       </c>
       <c r="B55" t="s">
         <v>252</v>
       </c>
       <c r="C55" t="s">
         <v>406</v>
       </c>
       <c r="D55" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>58</v>
       </c>
       <c r="B56" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>59</v>
       </c>
       <c r="B57" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>60</v>
       </c>
       <c r="B58" t="s">
         <v>255</v>
       </c>
@@ -2378,360 +2381,384 @@
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65" t="s">
         <v>262</v>
       </c>
+      <c r="C65" t="s">
+        <v>407</v>
+      </c>
+      <c r="D65" t="s">
+        <v>440</v>
+      </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>68</v>
       </c>
       <c r="B66" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>69</v>
       </c>
       <c r="B67" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>70</v>
       </c>
       <c r="B68" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>71</v>
       </c>
       <c r="B69" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70" t="s">
         <v>267</v>
       </c>
-      <c r="C70" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>73</v>
       </c>
       <c r="B71" t="s">
         <v>268</v>
       </c>
+      <c r="C71" t="s">
+        <v>408</v>
+      </c>
+      <c r="D71" t="s">
+        <v>441</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>74</v>
       </c>
       <c r="B72" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>75</v>
       </c>
       <c r="B73" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>76</v>
       </c>
       <c r="B74" t="s">
         <v>271</v>
       </c>
+      <c r="C74" t="s">
+        <v>409</v>
+      </c>
+      <c r="D74" t="s">
+        <v>442</v>
+      </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>77</v>
       </c>
       <c r="B75" t="s">
         <v>272</v>
       </c>
+      <c r="C75" t="s">
+        <v>410</v>
+      </c>
+      <c r="D75" t="s">
+        <v>443</v>
+      </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>78</v>
       </c>
       <c r="B76" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>79</v>
       </c>
       <c r="B77" t="s">
         <v>274</v>
       </c>
-      <c r="D77" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>80</v>
       </c>
       <c r="B78" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>81</v>
       </c>
       <c r="B79" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>82</v>
       </c>
       <c r="B80" t="s">
         <v>277</v>
       </c>
-      <c r="C80" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>83</v>
       </c>
       <c r="B81" t="s">
         <v>278</v>
       </c>
+      <c r="D81" t="s">
+        <v>444</v>
+      </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>84</v>
       </c>
       <c r="B82" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>85</v>
       </c>
       <c r="B83" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>86</v>
       </c>
       <c r="B84" t="s">
         <v>281</v>
       </c>
+      <c r="C84" t="s">
+        <v>411</v>
+      </c>
+      <c r="D84" t="s">
+        <v>445</v>
+      </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>87</v>
       </c>
       <c r="B85" t="s">
         <v>282</v>
       </c>
-      <c r="C85" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>88</v>
       </c>
       <c r="B86" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>89</v>
       </c>
       <c r="B87" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>90</v>
       </c>
       <c r="B88" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>91</v>
       </c>
       <c r="B89" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>92</v>
       </c>
       <c r="B90" t="s">
         <v>287</v>
       </c>
+      <c r="C90" t="s">
+        <v>412</v>
+      </c>
+      <c r="D90" t="s">
+        <v>446</v>
+      </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>93</v>
       </c>
       <c r="B91" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>94</v>
       </c>
       <c r="B92" t="s">
         <v>289</v>
       </c>
       <c r="C92" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D92" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>95</v>
       </c>
       <c r="B93" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>96</v>
       </c>
       <c r="B94" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>97</v>
       </c>
       <c r="B95" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>98</v>
       </c>
       <c r="B96" t="s">
         <v>293</v>
       </c>
+      <c r="D96" t="s">
+        <v>448</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>99</v>
       </c>
       <c r="B97" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>100</v>
       </c>
       <c r="B98" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>101</v>
       </c>
       <c r="B99" t="s">
         <v>296</v>
       </c>
+      <c r="C99" t="s">
+        <v>414</v>
+      </c>
+      <c r="D99" t="s">
+        <v>449</v>
+      </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>102</v>
       </c>
       <c r="B100" t="s">
         <v>297</v>
       </c>
-      <c r="D100" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>103</v>
       </c>
       <c r="B101" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>104</v>
       </c>
       <c r="B102" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>105</v>
       </c>
       <c r="B103" t="s">
         <v>300</v>
       </c>
     </row>
@@ -2744,375 +2771,360 @@
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>107</v>
       </c>
       <c r="B105" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>108</v>
       </c>
       <c r="B106" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>109</v>
       </c>
       <c r="B107" t="s">
         <v>304</v>
       </c>
-      <c r="C107" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>110</v>
       </c>
       <c r="B108" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>111</v>
       </c>
       <c r="B109" t="s">
         <v>306</v>
       </c>
+      <c r="C109" t="s">
+        <v>415</v>
+      </c>
+      <c r="D109" t="s">
+        <v>450</v>
+      </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>112</v>
       </c>
       <c r="B110" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>113</v>
       </c>
       <c r="B111" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>114</v>
       </c>
       <c r="B112" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>115</v>
       </c>
       <c r="B113" t="s">
         <v>310</v>
       </c>
-      <c r="D113" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>116</v>
       </c>
       <c r="B114" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>117</v>
       </c>
       <c r="B115" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>118</v>
       </c>
       <c r="B116" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>119</v>
       </c>
       <c r="B117" t="s">
         <v>314</v>
       </c>
+      <c r="D117" t="s">
+        <v>451</v>
+      </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>120</v>
       </c>
       <c r="B118" t="s">
         <v>315</v>
       </c>
-      <c r="C118" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>121</v>
       </c>
       <c r="B119" t="s">
         <v>316</v>
       </c>
+      <c r="C119" t="s">
+        <v>416</v>
+      </c>
+      <c r="D119" t="s">
+        <v>452</v>
+      </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>122</v>
       </c>
       <c r="B120" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>123</v>
       </c>
       <c r="B121" t="s">
         <v>318</v>
       </c>
-      <c r="D121" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>124</v>
       </c>
       <c r="B122" t="s">
         <v>319</v>
       </c>
-      <c r="C122" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>125</v>
       </c>
       <c r="B123" t="s">
         <v>320</v>
       </c>
+      <c r="D123" t="s">
+        <v>453</v>
+      </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>126</v>
       </c>
       <c r="B124" t="s">
         <v>321</v>
       </c>
       <c r="D124" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>127</v>
       </c>
       <c r="B125" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>128</v>
       </c>
       <c r="B126" t="s">
         <v>323</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>129</v>
       </c>
       <c r="B127" t="s">
         <v>324</v>
       </c>
+      <c r="C127" t="s">
+        <v>417</v>
+      </c>
+      <c r="D127" t="s">
+        <v>455</v>
+      </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>130</v>
       </c>
       <c r="B128" t="s">
         <v>325</v>
       </c>
-      <c r="C128" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>131</v>
       </c>
       <c r="B129" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>132</v>
       </c>
       <c r="B130" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>133</v>
       </c>
       <c r="B131" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>134</v>
       </c>
       <c r="B132" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>135</v>
       </c>
       <c r="B133" t="s">
         <v>330</v>
       </c>
+      <c r="D133" t="s">
+        <v>456</v>
+      </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>136</v>
       </c>
       <c r="B134" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>137</v>
       </c>
       <c r="B135" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>138</v>
       </c>
       <c r="B136" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>139</v>
       </c>
       <c r="B137" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>140</v>
       </c>
       <c r="B138" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>141</v>
       </c>
       <c r="B139" t="s">
         <v>336</v>
       </c>
-      <c r="C139" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>142</v>
       </c>
       <c r="B140" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>143</v>
       </c>
       <c r="B141" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>144</v>
       </c>
       <c r="B142" t="s">
         <v>339</v>
       </c>
-      <c r="D142" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>145</v>
       </c>
       <c r="B143" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>146</v>
       </c>
       <c r="B144" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
         <v>147</v>
       </c>
       <c r="B145" t="s">
         <v>342</v>
       </c>
     </row>
@@ -3133,50 +3145,56 @@
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
         <v>150</v>
       </c>
       <c r="B148" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
         <v>151</v>
       </c>
       <c r="B149" t="s">
         <v>346</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
         <v>152</v>
       </c>
       <c r="B150" t="s">
         <v>347</v>
       </c>
+      <c r="C150" t="s">
+        <v>418</v>
+      </c>
+      <c r="D150" t="s">
+        <v>457</v>
+      </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
         <v>153</v>
       </c>
       <c r="B151" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
         <v>154</v>
       </c>
       <c r="B152" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
         <v>155</v>
       </c>
       <c r="B153" t="s">
         <v>350</v>
       </c>
     </row>
@@ -3205,99 +3223,93 @@
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>159</v>
       </c>
       <c r="B157" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
         <v>160</v>
       </c>
       <c r="B158" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
         <v>161</v>
       </c>
       <c r="B159" t="s">
         <v>356</v>
       </c>
-      <c r="D159" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
         <v>162</v>
       </c>
       <c r="B160" t="s">
         <v>357</v>
       </c>
-      <c r="C160" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>163</v>
       </c>
       <c r="B161" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>164</v>
       </c>
       <c r="B162" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>165</v>
       </c>
       <c r="B163" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>166</v>
       </c>
       <c r="B164" t="s">
         <v>361</v>
       </c>
+      <c r="D164" t="s">
+        <v>458</v>
+      </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>167</v>
       </c>
       <c r="B165" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>168</v>
       </c>
       <c r="B166" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>169</v>
       </c>
       <c r="B167" t="s">
         <v>364</v>
       </c>
     </row>
@@ -3326,258 +3338,246 @@
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>173</v>
       </c>
       <c r="B171" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>174</v>
       </c>
       <c r="B172" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
         <v>175</v>
       </c>
       <c r="B173" t="s">
         <v>370</v>
       </c>
+      <c r="C173" t="s">
+        <v>419</v>
+      </c>
+      <c r="D173" t="s">
+        <v>459</v>
+      </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>176</v>
       </c>
       <c r="B174" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>177</v>
       </c>
       <c r="B175" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>178</v>
       </c>
       <c r="B176" t="s">
         <v>373</v>
       </c>
-      <c r="C176" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
         <v>179</v>
       </c>
       <c r="B177" t="s">
         <v>374</v>
       </c>
-      <c r="C177" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
         <v>180</v>
       </c>
       <c r="B178" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
         <v>181</v>
       </c>
       <c r="B179" t="s">
         <v>376</v>
       </c>
-      <c r="C179" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
         <v>182</v>
       </c>
       <c r="B180" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
         <v>183</v>
       </c>
       <c r="B181" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
         <v>184</v>
       </c>
       <c r="B182" t="s">
         <v>379</v>
       </c>
-      <c r="C182" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
         <v>185</v>
       </c>
       <c r="B183" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
         <v>186</v>
       </c>
       <c r="B184" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
         <v>187</v>
       </c>
       <c r="B185" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
         <v>188</v>
       </c>
       <c r="B186" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
         <v>189</v>
       </c>
       <c r="B187" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
         <v>190</v>
       </c>
       <c r="B188" t="s">
         <v>385</v>
       </c>
+      <c r="C188" t="s">
+        <v>420</v>
+      </c>
+      <c r="D188" t="s">
+        <v>460</v>
+      </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
         <v>191</v>
       </c>
       <c r="B189" t="s">
         <v>386</v>
       </c>
-      <c r="C189" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
         <v>192</v>
       </c>
       <c r="B190" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
         <v>193</v>
       </c>
       <c r="B191" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
         <v>194</v>
       </c>
       <c r="B192" t="s">
         <v>389</v>
       </c>
     </row>
-    <row r="193" spans="1:2">
+    <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>195</v>
       </c>
       <c r="B193" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="194" spans="1:2">
+    <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>196</v>
       </c>
       <c r="B194" t="s">
         <v>391</v>
       </c>
-    </row>
-    <row r="195" spans="1:2">
+      <c r="C194" t="s">
+        <v>421</v>
+      </c>
+      <c r="D194" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>197</v>
       </c>
       <c r="B195" t="s">
         <v>392</v>
       </c>
     </row>
-    <row r="196" spans="1:2">
+    <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>198</v>
       </c>
       <c r="B196" t="s">
         <v>393</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>