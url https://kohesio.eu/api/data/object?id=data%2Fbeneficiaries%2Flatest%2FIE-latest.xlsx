--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -24,2946 +24,2946 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="980" uniqueCount="971">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2531759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q9069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531924</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2531514</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2531913</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2531979</t>
+    <t>https://linkedopendata.eu/entity/Q2532025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361250</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361224</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361191</t>
-[...11 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361259</t>
+    <t>https://linkedopendata.eu/entity/Q2531825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q236521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361261</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361521</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361214</t>
-[...8 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361250</t>
+    <t>https://linkedopendata.eu/entity/Q2614776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2614770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2532063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361183</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2531830</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4361592</t>
-[...1333 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q2531447</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2531717</t>
-[...5 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361260</t>
+    <t>AUTOMATION TECHNOLOGY  SYMMETRIES LTD</t>
+  </si>
+  <si>
+    <t>FabLab Manorhamilton</t>
+  </si>
+  <si>
+    <t>The Gaeltacht Authority</t>
+  </si>
+  <si>
+    <t>CRITICAL HEALTHCARE LTD</t>
+  </si>
+  <si>
+    <t>Agritech Centre of Excellence Company Limited By Guarantee</t>
+  </si>
+  <si>
+    <t>Ciaran Reilly</t>
+  </si>
+  <si>
+    <t>GERMAN SALAMI CO (DUNDALK) LTD</t>
+  </si>
+  <si>
+    <t>University College Dublin, UCD</t>
+  </si>
+  <si>
+    <t>Donegal Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>C BONNER &amp; SON LTD</t>
+  </si>
+  <si>
+    <t>MLS LTD</t>
+  </si>
+  <si>
+    <t>TERRA SPIRITS &amp; LIQUEURS CUIDEACHTA NEAMHTHEORANTA</t>
+  </si>
+  <si>
+    <t>University of Galway</t>
+  </si>
+  <si>
+    <t>Mayo County Council</t>
+  </si>
+  <si>
+    <t>LEONARD ENGINEERING (BALLYBAY) LTD</t>
+  </si>
+  <si>
+    <t>Sligo Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Brendan Byrne</t>
+  </si>
+  <si>
+    <t>N &amp; E FARRELL PRECISION ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>Photo2CAD</t>
+  </si>
+  <si>
+    <t>Atlantic Technological University ATU</t>
+  </si>
+  <si>
+    <t>University College Cork iED Hub</t>
+  </si>
+  <si>
+    <t>GEM PLASTICS LTD</t>
+  </si>
+  <si>
+    <t>Ian Hyland, t/a Making Tracks</t>
+  </si>
+  <si>
+    <t>MAC-FAB SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>NORTH WEST ALUMINIUM SLATE TRIM (IRELAND) LTD</t>
+  </si>
+  <si>
+    <t>Kerry County Council</t>
+  </si>
+  <si>
+    <t>Donegal 2040 Strategic Development Designated Activity Company</t>
+  </si>
+  <si>
+    <t>Dublin City Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Solas</t>
+  </si>
+  <si>
+    <t>My Lunch Box</t>
+  </si>
+  <si>
+    <t>Applied Concepts Ltd</t>
+  </si>
+  <si>
+    <t>Manorhamilton Innovation and Development Company Limited by Guarantee</t>
+  </si>
+  <si>
+    <t>Laois &amp; Offaly Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>Fingal LEO</t>
+  </si>
+  <si>
+    <t>MAGEE CLOTHING</t>
+  </si>
+  <si>
+    <t>Nutri Snax</t>
+  </si>
+  <si>
+    <t>Cirquit Media Ltd</t>
+  </si>
+  <si>
+    <t>Vincent Lacey</t>
+  </si>
+  <si>
+    <t>CMC Hygea</t>
+  </si>
+  <si>
+    <t>Waterford Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Arran Street East</t>
+  </si>
+  <si>
+    <t>Viska Automation Systems Ltd</t>
+  </si>
+  <si>
+    <t>Disability and Illness Policy Unit DSP</t>
+  </si>
+  <si>
+    <t>GREEN ISLE PASTRY LIMITED</t>
+  </si>
+  <si>
+    <t>Kildare County Council</t>
+  </si>
+  <si>
+    <t>Kerry Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>Monaghan County Council PIV Action Plan</t>
+  </si>
+  <si>
+    <t>Sligo County Council</t>
+  </si>
+  <si>
+    <t>South Cork Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>ASHLEY MARTIN LTD</t>
+  </si>
+  <si>
+    <t>Higher Education Authority</t>
+  </si>
+  <si>
+    <t>National Transport Authority</t>
+  </si>
+  <si>
+    <t>Ger O'Byrne</t>
+  </si>
+  <si>
+    <t>ALPHA WIRELESS LTD</t>
+  </si>
+  <si>
+    <t>Studybundles</t>
+  </si>
+  <si>
+    <t>Westmeath LEO</t>
+  </si>
+  <si>
+    <t>Donegal County Council</t>
+  </si>
+  <si>
+    <t>Offaly Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Infinitezero Ltd</t>
+  </si>
+  <si>
+    <t>Irish Pub Museum</t>
+  </si>
+  <si>
+    <t>Conor Browne</t>
+  </si>
+  <si>
+    <t>Longford County Council</t>
+  </si>
+  <si>
+    <t>South Dublin County Council</t>
+  </si>
+  <si>
+    <t>Star Carbon Games</t>
+  </si>
+  <si>
+    <t>LAMPOST CONSTRUCTION COMPONENTS</t>
+  </si>
+  <si>
+    <t>Monaghan Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>PQE TECHNOLOGY LTD</t>
+  </si>
+  <si>
+    <t>Waterways Ireland</t>
+  </si>
+  <si>
+    <t>WARD AUTOMATION (GALWAY) LTD</t>
+  </si>
+  <si>
+    <t>Donegal LEO</t>
+  </si>
+  <si>
+    <t>Clare LEO</t>
+  </si>
+  <si>
+    <t>Richard Ryan</t>
+  </si>
+  <si>
+    <t>Wicklow Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Debapay LTD</t>
+  </si>
+  <si>
+    <t>Fraizens</t>
+  </si>
+  <si>
+    <t>FINESSE MEDICAL LTD</t>
+  </si>
+  <si>
+    <t>Louise Kane</t>
+  </si>
+  <si>
+    <t>Ethica Planet Foods Ltd</t>
+  </si>
+  <si>
+    <t>Monaghan LEO</t>
+  </si>
+  <si>
+    <t>ERNACT EEIG</t>
+  </si>
+  <si>
+    <t>University Collefge Cork</t>
+  </si>
+  <si>
+    <t>De Burgos Gate T/A Pod Umna Village/ Dicks Bike Hire</t>
+  </si>
+  <si>
+    <t>Laois County Council</t>
+  </si>
+  <si>
+    <t>Local Community Development Committees</t>
+  </si>
+  <si>
+    <t>Kelly's Nursery Ltd</t>
+  </si>
+  <si>
+    <t>AMN Productions Ltd</t>
+  </si>
+  <si>
+    <t>EU Funds Unit DJE</t>
+  </si>
+  <si>
+    <t>Dublin &amp; Dun Laoghaire Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>Greentech Hq Company Limited By Guarantee</t>
+  </si>
+  <si>
+    <t>Limerick City and County Council</t>
+  </si>
+  <si>
+    <t>Waterford City &amp; County Council</t>
+  </si>
+  <si>
+    <t>PJ Haskins</t>
+  </si>
+  <si>
+    <t>National Parks and Wildlife Service</t>
+  </si>
+  <si>
+    <t>Athlone Institute of Technology</t>
+  </si>
+  <si>
+    <t>Maynooth University</t>
+  </si>
+  <si>
+    <t>Mol Teic</t>
+  </si>
+  <si>
+    <t>Galtee Advertiser</t>
+  </si>
+  <si>
+    <t>Laois Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Westmeath County Council</t>
+  </si>
+  <si>
+    <t>NOMADIC STRUCTURES IRELAND LTD</t>
+  </si>
+  <si>
+    <t>South Dublin Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>TOP FORM LTD</t>
+  </si>
+  <si>
+    <t>Migrant Rights Centre Ireland</t>
+  </si>
+  <si>
+    <t>EURES National Co-ordination Office DEASP</t>
+  </si>
+  <si>
+    <t>Cavan County Council</t>
+  </si>
+  <si>
+    <t>E GERAGHTY &amp; CO LTD</t>
+  </si>
+  <si>
+    <t>IJM TIMBER ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>Louth County Council</t>
+  </si>
+  <si>
+    <t>Education and Training Boards</t>
+  </si>
+  <si>
+    <t>Myfli.com Ltd.</t>
+  </si>
+  <si>
+    <t>Mid-West Regional Design Centre</t>
+  </si>
+  <si>
+    <t>TECHNICAL ENGINEERING &amp; TOOLING SERVICES LTD</t>
+  </si>
+  <si>
+    <t>TU Dublin</t>
+  </si>
+  <si>
+    <t>Dun Laoghaire-Rathdown LEO</t>
+  </si>
+  <si>
+    <t>Paul Coyne</t>
+  </si>
+  <si>
+    <t>Waterford Institute of Technology</t>
+  </si>
+  <si>
+    <t>Department of Defence</t>
+  </si>
+  <si>
+    <t>ROBINSON DISTRIBUTION LTD</t>
+  </si>
+  <si>
+    <t>Leashan Ltd</t>
+  </si>
+  <si>
+    <t>Louth &amp; Meath Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>SweetPea Barn Ltd</t>
+  </si>
+  <si>
+    <t>University of Limerick</t>
+  </si>
+  <si>
+    <t>Energy Communities Tipperary Cooperative Company Limited by Guarantee</t>
+  </si>
+  <si>
+    <t>Narom Ltd</t>
+  </si>
+  <si>
+    <t>Louth LEO</t>
   </si>
   <si>
     <t>Ian Coleman</t>
   </si>
   <si>
-    <t>N &amp; E FARRELL PRECISION ENGINEERING LTD</t>
-[...2 lines deleted...]
-    <t>TERRA SPIRITS &amp; LIQUEURS CUIDEACHTA NEAMHTHEORANTA</t>
+    <t>IRISH BREEZE LTD</t>
+  </si>
+  <si>
+    <t>RTM Beverages Limited</t>
+  </si>
+  <si>
+    <t>Clondalkin Behavioural Initiative Ltd</t>
+  </si>
+  <si>
+    <t>Galway City Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Limerick Institute of Technology</t>
+  </si>
+  <si>
+    <t>Finola Fegan - Finca Skincare</t>
+  </si>
+  <si>
+    <t>Ecochip Energy Ltd</t>
   </si>
   <si>
     <t>Department of Social Protection, Employment Programmes and Incentive Divisions (EPID)</t>
   </si>
   <si>
-    <t>Offaly Local Community Development Committee</t>
-[...11 lines deleted...]
-    <t>Waterways Ireland</t>
+    <t>Lovely Stuff Limited., T/a Kinvara Skincare</t>
+  </si>
+  <si>
+    <t>Si and Lu</t>
+  </si>
+  <si>
+    <t>MAY 3 SOFTWARE LTD</t>
+  </si>
+  <si>
+    <t>Microelectronics Industry Design Association (Midas)</t>
+  </si>
+  <si>
+    <t>HWT ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>KELLY BROS (ERINLINE) LTD</t>
+  </si>
+  <si>
+    <t>Employment Support Services DEASP</t>
+  </si>
+  <si>
+    <t>University College of Cork, National University of Ireland</t>
+  </si>
+  <si>
+    <t>Justin Cunningham Limited</t>
+  </si>
+  <si>
+    <t>Precision Turned Manufacturing Association</t>
+  </si>
+  <si>
+    <t>Kildare Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>E-Court</t>
+  </si>
+  <si>
+    <t>Inn The Doghouse</t>
+  </si>
+  <si>
+    <t>FOOD NUTRITION &amp; INNOVATIONS LTD</t>
+  </si>
+  <si>
+    <t>Rob Merriman</t>
+  </si>
+  <si>
+    <t>CARAGH TOOL &amp; DIE LTD</t>
+  </si>
+  <si>
+    <t>Offaly Integrated Local Development Company Limited By Guarantee</t>
+  </si>
+  <si>
+    <t>City of Dublin Education and Training Board</t>
+  </si>
+  <si>
+    <t>M J QUINN LTD</t>
+  </si>
+  <si>
+    <t>LINHURST MANUFACTURING LTD</t>
+  </si>
+  <si>
+    <t>Offaly County Council</t>
+  </si>
+  <si>
+    <t>JOHN LOUGHNANE &amp; SONS JOINERY WORKS LTD</t>
+  </si>
+  <si>
+    <t>Cavan Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Fáilte Ireland Industry Digitalisation Division</t>
+  </si>
+  <si>
+    <t>MULLAN LIGHTING DESIGN &amp; MANUFACTURING LTD</t>
+  </si>
+  <si>
+    <t>CARLETON CAKE COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>Leitrim Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Meath Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Sligo LEO</t>
+  </si>
+  <si>
+    <t>Tomas Cepatis</t>
+  </si>
+  <si>
+    <t>Emerald Aero</t>
+  </si>
+  <si>
+    <t>Cork Institute of Technology</t>
+  </si>
+  <si>
+    <t>Abbey Powder Coatings Ltd</t>
+  </si>
+  <si>
+    <t>AEROGEN LTD</t>
+  </si>
+  <si>
+    <t>MURRAY DESIGN &amp; ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>Technological University Dublin</t>
+  </si>
+  <si>
+    <t>Limerick LEO</t>
+  </si>
+  <si>
+    <t>Keith Lambe T/A Keith Lambe Diesel Services</t>
+  </si>
+  <si>
+    <t>MASTEK LTD</t>
+  </si>
+  <si>
+    <t>IRISH WATERJET PROFILES LTD</t>
+  </si>
+  <si>
+    <t>Roscommon County Council</t>
+  </si>
+  <si>
+    <t>Iska Ltd</t>
+  </si>
+  <si>
+    <t>JFC MANUFACTURING CO LTD</t>
+  </si>
+  <si>
+    <t>Derrick O'Neill - Aircraft Drafting Services</t>
+  </si>
+  <si>
+    <t>Ciaran Reilly- Pesticide Equipment Testing</t>
+  </si>
+  <si>
+    <t>Galway Technology Centre Designated Activity Company</t>
+  </si>
+  <si>
+    <t>Meath LEO</t>
+  </si>
+  <si>
+    <t>Green Restoration Ireland Cooperative Society Ltd</t>
+  </si>
+  <si>
+    <t>Centre for Marine and Renewable Energy Ireland (MaREI)</t>
+  </si>
+  <si>
+    <t>Arty Smarty</t>
+  </si>
+  <si>
+    <t>MCAREE'S ENGINEERING WORKS LTD</t>
+  </si>
+  <si>
+    <t>Marine Institute</t>
+  </si>
+  <si>
+    <t>Cavan LEO</t>
+  </si>
+  <si>
+    <t>The Be Sweet Company</t>
+  </si>
+  <si>
+    <t>ERNACT</t>
+  </si>
+  <si>
+    <t>All About Trees Ltd</t>
+  </si>
+  <si>
+    <t>Atlantic Technological University</t>
+  </si>
+  <si>
+    <t>Wicklow Way Wines Ltd.</t>
+  </si>
+  <si>
+    <t>Bord na Móna Energy Limited</t>
+  </si>
+  <si>
+    <t>Cork North-West LEO</t>
+  </si>
+  <si>
+    <t>Tyndall National Institute</t>
+  </si>
+  <si>
+    <t>Inner City Enterprise</t>
+  </si>
+  <si>
+    <t>Conundrum</t>
+  </si>
+  <si>
+    <t>Bealach Nua Cuideachta Faoi Theorainn Ráthaíochta</t>
+  </si>
+  <si>
+    <t>Watershed Fly Fishing</t>
+  </si>
+  <si>
+    <t>Dun Laoighaire Rathdown Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Skillnet Ireland</t>
+  </si>
+  <si>
+    <t>Boxing News &amp; Views</t>
+  </si>
+  <si>
+    <t>North Cork Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Carrig Slaney Pigs</t>
+  </si>
+  <si>
+    <t>ARAN WOOLLEN MILLS UNLIMITED COMPANY</t>
+  </si>
+  <si>
+    <t>Sea Bee Tree Ltd</t>
+  </si>
+  <si>
+    <t>European Regions Network for the Application of Communications Technology</t>
+  </si>
+  <si>
+    <t>Sligo Leitrim ITS Regional Development Projects Designated Activity Company</t>
+  </si>
+  <si>
+    <t>Longford Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>JD Trailers Ltd</t>
+  </si>
+  <si>
+    <t>Galway LEO</t>
+  </si>
+  <si>
+    <t>Tipperary Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>Ethical Tours Limited</t>
+  </si>
+  <si>
+    <t>Higher Education Institutes</t>
+  </si>
+  <si>
+    <t>Ben &amp; Anvil</t>
+  </si>
+  <si>
+    <t>SUPP Software Ltd.</t>
+  </si>
+  <si>
+    <t>Waterford &amp; Wexford Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>Longford LEO</t>
+  </si>
+  <si>
+    <t>Deal-Doc Technology Ltd</t>
+  </si>
+  <si>
+    <t>EVM LTD</t>
+  </si>
+  <si>
+    <t>Galway City Innovation District Company</t>
+  </si>
+  <si>
+    <t>Kerry LEO</t>
+  </si>
+  <si>
+    <t>County Roscommon Womens Network Company Limited By Guarentee</t>
+  </si>
+  <si>
+    <t>Lough Bo Films</t>
+  </si>
+  <si>
+    <t>Upstate Theatre Project Co. Ltd</t>
+  </si>
+  <si>
+    <t>ALPHA TANKS LTD</t>
+  </si>
+  <si>
+    <t>Mayo, Sligo &amp; Leitrim Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>Limerick &amp; Clare Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>JETWASH INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>ANECTO LTD</t>
+  </si>
+  <si>
+    <t>Tipperary LEO</t>
+  </si>
+  <si>
+    <t>PRIMO Coachworks Limited</t>
+  </si>
+  <si>
+    <t>MCDONALD INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>Cork City Council</t>
+  </si>
+  <si>
+    <t>Greener Globe Innovations Ltd</t>
+  </si>
+  <si>
+    <t>Louth Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>James Kirwan</t>
+  </si>
+  <si>
+    <t>Laois LEO</t>
+  </si>
+  <si>
+    <t>City of Dublin Energy Management Agency Ltd</t>
+  </si>
+  <si>
+    <t>Kilkenny County Council</t>
+  </si>
+  <si>
+    <t>Kildare &amp; Wicklow Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>CAPERNAUM LTD</t>
+  </si>
+  <si>
+    <t>Mayo LEO</t>
+  </si>
+  <si>
+    <t>Institute of Technology, Tralee</t>
+  </si>
+  <si>
+    <t>Dublin Institute of Technology</t>
+  </si>
+  <si>
+    <t>CELTIC PURE LTD</t>
+  </si>
+  <si>
+    <t>WRIGHT QUARRY PRODUCTS UNLIMITED COMPANY</t>
+  </si>
+  <si>
+    <t>Mcor Technologies Ltd</t>
+  </si>
+  <si>
+    <t>Access Education</t>
+  </si>
+  <si>
+    <t>TOTAL SIGMA MEASUREMENTS LTD</t>
+  </si>
+  <si>
+    <t>CMS DISTRIBUTION LTD</t>
+  </si>
+  <si>
+    <t>Department of Social Protection, School Meals Unit</t>
+  </si>
+  <si>
+    <t>HYGEIA CHEMICALS LTD</t>
+  </si>
+  <si>
+    <t>Fayon Ltd.</t>
+  </si>
+  <si>
+    <t>Glencree Centre for Peace and Reconciliation</t>
+  </si>
+  <si>
+    <t>Kildare LEO</t>
+  </si>
+  <si>
+    <t>LAKELAND DAIRIES CO-OPERATIVE SOCIETY LTD</t>
+  </si>
+  <si>
+    <t>Cork City LEO</t>
+  </si>
+  <si>
+    <t>South Cork LEO</t>
+  </si>
+  <si>
+    <t>SEAFOOD PROCESSORS LTD</t>
+  </si>
+  <si>
+    <t>West Cork Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Animal Sensing Ltd</t>
+  </si>
+  <si>
+    <t>QUALITY IRISH FOOD LTD</t>
+  </si>
+  <si>
+    <t>NCE Insulation</t>
+  </si>
+  <si>
+    <t>SOLTEC (IRELAND) LTD</t>
+  </si>
+  <si>
+    <t>GREEN ISLE FOODS LTD</t>
+  </si>
+  <si>
+    <t>Cluster Centre Platform Ltd</t>
+  </si>
+  <si>
+    <t>Health Service Executive</t>
+  </si>
+  <si>
+    <t>Longford &amp; Westmeath Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>The Sustainable Food &amp; Wellbeing Academy Company Limited by Guarantee</t>
+  </si>
+  <si>
+    <t>EAST COAST BAKEHOUSE LIMITED</t>
+  </si>
+  <si>
+    <t>Roscommon LEO</t>
+  </si>
+  <si>
+    <t>TU Dublin Tallaght</t>
+  </si>
+  <si>
+    <t>David O'Connor</t>
+  </si>
+  <si>
+    <t>AVENUE MOULD SOLUTIONS LTD</t>
+  </si>
+  <si>
+    <t>CHANELLE PHARMACEUTICALS MANUFACTURING LTD</t>
+  </si>
+  <si>
+    <t>Tipperary County Council</t>
+  </si>
+  <si>
+    <t>Camross Heritage LTD</t>
+  </si>
+  <si>
+    <t>Burren Coffee Roasters</t>
+  </si>
+  <si>
+    <t>Lock On Ltd</t>
+  </si>
+  <si>
+    <t>Corporate Care Relocation</t>
+  </si>
+  <si>
+    <t>way and Roscommon Education and Training Board</t>
+  </si>
+  <si>
+    <t>FARRELL BROTHERS (ARDEE) LTD</t>
+  </si>
+  <si>
+    <t>Blanco Nino Ltd</t>
+  </si>
+  <si>
+    <t>Greenheart Irish Artisan Designs</t>
+  </si>
+  <si>
+    <t>Wexford Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>IGWT POULTRY SERVICES LTD</t>
+  </si>
+  <si>
+    <t>The Parlour</t>
+  </si>
+  <si>
+    <t>Tipperary Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Trinity College Dublin</t>
+  </si>
+  <si>
+    <t>Me &amp; Him &amp; You</t>
+  </si>
+  <si>
+    <t>Emma Rose Conroy T/A Eurostallions</t>
+  </si>
+  <si>
+    <t>Richard Wilson</t>
+  </si>
+  <si>
+    <t>Football Association of Ireland</t>
+  </si>
+  <si>
+    <t>Sport Ireland</t>
+  </si>
+  <si>
+    <t>RDI Hub</t>
+  </si>
+  <si>
+    <t>Farming Rathcroghan CLG</t>
+  </si>
+  <si>
+    <t>Kilkenny &amp; Carlow Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>GM STEEL FABRICATORS LTD</t>
+  </si>
+  <si>
+    <t>Royal College of Surgeons in Ireland</t>
+  </si>
+  <si>
+    <t>Limerick Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>ALL WOOD ARCHITECTURAL JOINERY LIMITED</t>
+  </si>
+  <si>
+    <t>Dublin City University</t>
+  </si>
+  <si>
+    <t>Train Fleet Solutions Ltd</t>
+  </si>
+  <si>
+    <t>Leitrim County Council</t>
+  </si>
+  <si>
+    <t>Dundalk Institute of Technology</t>
+  </si>
+  <si>
+    <t>LSM ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>Department of Justice - Funds Administration Unit and Community Safety Policy Unit</t>
+  </si>
+  <si>
+    <t>Galway County Council</t>
+  </si>
+  <si>
+    <t>TAGA LTD</t>
+  </si>
+  <si>
+    <t>Wacky Clothing</t>
+  </si>
+  <si>
+    <t>Strawchip Ltd</t>
+  </si>
+  <si>
+    <t>Niall Kiernan</t>
+  </si>
+  <si>
+    <t>Carlow LEO</t>
+  </si>
+  <si>
+    <t>Jennifer Wrynne</t>
+  </si>
+  <si>
+    <t>SECTO SERVICES LTD</t>
+  </si>
+  <si>
+    <t>Padraic Lenaghan/Lenaghan Security Systems</t>
+  </si>
+  <si>
+    <t>SYNECCO LTD</t>
+  </si>
+  <si>
+    <t>SEAI</t>
+  </si>
+  <si>
+    <t>JOLA ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>Gizagig Limited</t>
+  </si>
+  <si>
+    <t>Mayo Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Southern Regional Assembly</t>
+  </si>
+  <si>
+    <t>Cork Biomanufacturing Park</t>
+  </si>
+  <si>
+    <t>Wicklow LEO</t>
+  </si>
+  <si>
+    <t>You Organic Skincare</t>
+  </si>
+  <si>
+    <t>Niall &amp; Dolores Connolly  Ravensdale Lodge</t>
+  </si>
+  <si>
+    <t>MALONE FARM MACHINERY LTD</t>
+  </si>
+  <si>
+    <t>ATHLONE EXTRUSIONS LTD</t>
+  </si>
+  <si>
+    <t>UNIVET LTD</t>
+  </si>
+  <si>
+    <t>ADN MATERIALS LTD</t>
+  </si>
+  <si>
+    <t>OPW – Office of Public Works</t>
+  </si>
+  <si>
+    <t>SEAN LOUGHNANE (GALWAY) LTD</t>
+  </si>
+  <si>
+    <t>Bayview Beverages Ltd</t>
+  </si>
+  <si>
+    <t>Pet Sitters Ireland Ltd</t>
+  </si>
+  <si>
+    <t>CHAMELEON COLOUR SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>Institute of Technology, Sligo</t>
+  </si>
+  <si>
+    <t>Kilcormac Development Association</t>
+  </si>
+  <si>
+    <t>Slaney Flour c/o Ballycarney Grain</t>
+  </si>
+  <si>
+    <t>Galway-Mayo Institute of Technology</t>
+  </si>
+  <si>
+    <t>Galway &amp; Roscommon Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>iSave Savings Ireland Ltd.</t>
+  </si>
+  <si>
+    <t>SCT Consultancy Limited</t>
+  </si>
+  <si>
+    <t>TEAGASC</t>
   </si>
   <si>
     <t>University of Galway BioInnovate</t>
   </si>
   <si>
-    <t>Monaghan Local Community Development Committee</t>
-[...8 lines deleted...]
-    <t>Ecochip Energy Ltd</t>
+    <t>tA</t>
+  </si>
+  <si>
+    <t>Irish Youth Justice Service</t>
+  </si>
+  <si>
+    <t>Technological University of Shannon: Midlands West</t>
+  </si>
+  <si>
+    <t>3D ISSUE LTD</t>
+  </si>
+  <si>
+    <t>SLIEVE FOY TOOL &amp; DIE LTD</t>
+  </si>
+  <si>
+    <t>Kilkenny Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>MAJOR EQUIPMENT (INTL) LTD</t>
+  </si>
+  <si>
+    <t>Offaly LEO</t>
+  </si>
+  <si>
+    <t>Clare County Council</t>
+  </si>
+  <si>
+    <t>Teagasc Food Research Centre</t>
+  </si>
+  <si>
+    <t>European Elite Soccer Ltd</t>
+  </si>
+  <si>
+    <t>Gary B Wheelchair Accessories</t>
+  </si>
+  <si>
+    <t>Carlow Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>SPECTAC INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>Manorhamilton Innovation &amp; Development Company</t>
+  </si>
+  <si>
+    <t>Kiki Moon</t>
+  </si>
+  <si>
+    <t>Grand Canal Getaway Ltd</t>
+  </si>
+  <si>
+    <t>Cavan &amp; Monaghan Education &amp; Training Board</t>
+  </si>
+  <si>
+    <t>Copper Coast Geo Park Ltd</t>
+  </si>
+  <si>
+    <t>Athlone Marconi Group</t>
+  </si>
+  <si>
+    <t>BELLURGAN PRECISION ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>ARD PRECISION (IRL) LIMITED</t>
+  </si>
+  <si>
+    <t>ARCHWAY PRODUCTS LTD</t>
+  </si>
+  <si>
+    <t>MONAGHAN MUSHROOMS IRELAND UNLIMITED COMPANY</t>
+  </si>
+  <si>
+    <t>CARROLL CUISINE UNLIMITED COMPANY</t>
+  </si>
+  <si>
+    <t>Dún Laoghaire-Rathdown County Council</t>
+  </si>
+  <si>
+    <t>University College Dublin</t>
+  </si>
+  <si>
+    <t>Future Mobility Campus Ireland</t>
+  </si>
+  <si>
+    <t>University College Cork</t>
+  </si>
+  <si>
+    <t>Mbryonics Limited</t>
+  </si>
+  <si>
+    <t>Donegal Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Partas</t>
+  </si>
+  <si>
+    <t>Clare Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Fáilte Ireland Enterprise Development and Inclusion Division</t>
+  </si>
+  <si>
+    <t>SHANETTE SHEDS LTD</t>
+  </si>
+  <si>
+    <t>Cork City Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>South Dublin LEO</t>
+  </si>
+  <si>
+    <t>University College Cork, National University Of Ireland, Cork</t>
+  </si>
+  <si>
+    <t>Thomas O Donoghue &amp; Tao Cui</t>
+  </si>
+  <si>
+    <t>GROUPMAIL LIMITED</t>
+  </si>
+  <si>
+    <t>Robert Crilly Bike Hire &amp; Tours Co. Ltd</t>
+  </si>
+  <si>
+    <t>Cemood Ltd.</t>
+  </si>
+  <si>
+    <t>KIERNAN STRUCTURAL STEEL LTD</t>
+  </si>
+  <si>
+    <t>Effigerm Scientifc Ltd</t>
+  </si>
+  <si>
+    <t>ARDEE COACHTRIM LTD</t>
+  </si>
+  <si>
+    <t>Letterkenny Institute of TechnologyPort RoadLetterkennyF92 FC93</t>
+  </si>
+  <si>
+    <t>Cork County Council</t>
+  </si>
+  <si>
+    <t>PRIOR TOOL &amp; DIE LTD</t>
+  </si>
+  <si>
+    <t>Medical Devices Reprocessing Ltd</t>
+  </si>
+  <si>
+    <t>Wexford LEO</t>
+  </si>
+  <si>
+    <t>Technological University of the Shannon</t>
+  </si>
+  <si>
+    <t>Tipperary Education and Training Board</t>
+  </si>
+  <si>
+    <t>Munster Technological University</t>
+  </si>
+  <si>
+    <t>ORIEL FLUES LTD</t>
+  </si>
+  <si>
+    <t>Roscommon Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>The Cupcake Store</t>
+  </si>
+  <si>
+    <t>Meath County Council</t>
+  </si>
+  <si>
+    <t>Westmeath Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>BIA Innovator Campus Company</t>
+  </si>
+  <si>
+    <t>CUT-E IRELAND LIMITED</t>
+  </si>
+  <si>
+    <t>AGRI HEALTH LTD</t>
+  </si>
+  <si>
+    <t>National University of Ireland Galway</t>
+  </si>
+  <si>
+    <t>Designworks Studio</t>
+  </si>
+  <si>
+    <t>Leitrim Economic Growth and Capital Development Designated Activity Company</t>
+  </si>
+  <si>
+    <t>Gary Coroon</t>
+  </si>
+  <si>
+    <t>Department of Social Protection, Working Age Schemes Policy Unit</t>
+  </si>
+  <si>
+    <t>Torleh Limited</t>
+  </si>
+  <si>
+    <t>Dryclean IT</t>
+  </si>
+  <si>
+    <t>Patchwork Hugs Ltd</t>
+  </si>
+  <si>
+    <t>Alister Future Technologies</t>
+  </si>
+  <si>
+    <t>Wexford County Council</t>
+  </si>
+  <si>
+    <t>Thomas Salter</t>
+  </si>
+  <si>
+    <t>Western Development Commission</t>
+  </si>
+  <si>
+    <t>Galway County Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Probation Service</t>
+  </si>
+  <si>
+    <t>Pressure  Welding Manufacturing Ltd</t>
+  </si>
+  <si>
+    <t>Carraig Climbing</t>
+  </si>
+  <si>
+    <t>Letterkenny IT</t>
+  </si>
+  <si>
+    <t>Derrymore Peat Ltd</t>
+  </si>
+  <si>
+    <t>Recipe Guru</t>
+  </si>
+  <si>
+    <t>UNILOKOMOTIVE LTD</t>
+  </si>
+  <si>
+    <t>Kilkenny LEO</t>
+  </si>
+  <si>
+    <t>Rezoomo Ireland Ltd.</t>
+  </si>
+  <si>
+    <t>Monika Sapielak</t>
+  </si>
+  <si>
+    <t>THE NEST BOX EGG CO LTD</t>
+  </si>
+  <si>
+    <t>Galway City Council</t>
+  </si>
+  <si>
+    <t>Arean Retractable Roofing</t>
+  </si>
+  <si>
+    <t>Slaney Spirit</t>
+  </si>
+  <si>
+    <t>Blueway Bike Hire</t>
+  </si>
+  <si>
+    <t>Waterford LEO</t>
+  </si>
+  <si>
+    <t>WALSH MECHANICAL ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>SLCONTROLS LTD</t>
+  </si>
+  <si>
+    <t>Monaghan County Council</t>
+  </si>
+  <si>
+    <t>POWERPOINT ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>Ely Haven Ltd T/A Barnane Rectory Templemore</t>
+  </si>
+  <si>
+    <t>Sean Mullins</t>
+  </si>
+  <si>
+    <t>Kerry Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>Leitrim LEO</t>
+  </si>
+  <si>
+    <t>Fingal Local Community Development Committee</t>
+  </si>
+  <si>
+    <t>CONDRON CONCRETE LTD</t>
+  </si>
+  <si>
+    <t>Instech Hub</t>
+  </si>
+  <si>
+    <t>PRO STAINLESS (DESIGNS) LTD</t>
+  </si>
+  <si>
+    <t>Dún Laoghaire Institute of Art Design and Technology (IADT)</t>
+  </si>
+  <si>
+    <t>Sustainable Energy Authority of Ireland</t>
+  </si>
+  <si>
+    <t>South East Technological University</t>
+  </si>
+  <si>
+    <t>ANDORAS LTD</t>
+  </si>
+  <si>
+    <t>CONNOLLY MEATS LTD</t>
+  </si>
+  <si>
+    <t>Cork Education &amp; Training Board</t>
   </si>
   <si>
     <t>ALMOTECH LTD</t>
   </si>
   <si>
-    <t>University College Dublin, UCD</t>
-[...1306 lines deleted...]
-  <si>
     <t>Dublin City LEO</t>
   </si>
   <si>
-    <t>QUALITY IRISH FOOD LTD</t>
-[...5 lines deleted...]
-    <t>Technological University of the Shannon</t>
+    <t>http://www.nuigalway.ie|http://www.oegaillimh.ie|https://www.ollscoilnagaillimhe.ie/|https://www.universityofgalway.ie/</t>
+  </si>
+  <si>
+    <t>http://www.hea.ie/</t>
+  </si>
+  <si>
+    <t>https://www.ait.ie</t>
   </si>
   <si>
     <t>https://www.maynoothuniversity.ie</t>
   </si>
   <si>
-    <t>http://www.hea.ie/</t>
+    <t>http://www.westmeathcoco.ie/en/</t>
+  </si>
+  <si>
+    <t>http://www.wit.ie</t>
   </si>
   <si>
     <t>http://www.ul.ie/|https://www.ul.ie/</t>
   </si>
   <si>
     <t>http://www.lit.ie/default.aspx</t>
   </si>
   <si>
-    <t>http://www.westmeathcoco.ie/en/</t>
-[...7 lines deleted...]
-  <si>
     <t>http://www.cit.ie</t>
   </si>
   <si>
     <t>https://www.tyndall.ie</t>
   </si>
   <si>
-    <t>http://www.nuigalway.ie|http://www.oegaillimh.ie|https://www.ollscoilnagaillimhe.ie/|https://www.universityofgalway.ie/</t>
+    <t>http://www.ittralee.ie</t>
   </si>
   <si>
     <t>http://www.hhd.psu.edu/shm|https://www.dit.ie</t>
   </si>
   <si>
-    <t>http://www.ittralee.ie</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.ittdublin.ie/</t>
   </si>
   <si>
     <t>https://www.tcd.ie/|https://www.tcd.ie/gaeloifig/gaeilge/index.ga.php</t>
   </si>
   <si>
+    <t>https://www.dcu.ie/</t>
+  </si>
+  <si>
     <t>http://www.dkit.ie</t>
   </si>
   <si>
     <t>http://www.southernassembly.ie/en/|https://www.southernassembly.ie/</t>
   </si>
   <si>
+    <t>http://itsligo.ie</t>
+  </si>
+  <si>
+    <t>http://www.gmit.ie/</t>
+  </si>
+  <si>
+    <t>http://www.iyjs.ie/en/|https://www.iyjs.ie/</t>
+  </si>
+  <si>
     <t>http://www.ucd.ie</t>
   </si>
   <si>
-    <t>http://itsligo.ie</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.ucc.ie</t>
   </si>
   <si>
-    <t>http://www.iyjs.ie/en/|https://www.iyjs.ie/</t>
-[...1 lines deleted...]
-  <si>
     <t>http://www.seai.ie/</t>
   </si>
   <si>
+    <t>Q644478</t>
+  </si>
+  <si>
+    <t>Q5758066</t>
+  </si>
+  <si>
+    <t>Q14328110</t>
+  </si>
+  <si>
     <t>Q2601879</t>
   </si>
   <si>
-    <t>Q5758066</t>
+    <t>Q7989085</t>
+  </si>
+  <si>
+    <t>Q7974025</t>
   </si>
   <si>
     <t>Q573954</t>
   </si>
   <si>
     <t>Q6549261</t>
   </si>
   <si>
-    <t>Q7989085</t>
-[...7 lines deleted...]
-  <si>
     <t>Q3778182</t>
   </si>
   <si>
     <t>Q16902157</t>
   </si>
   <si>
-    <t>Q644478</t>
+    <t>Q6040921</t>
   </si>
   <si>
     <t>Q3098071</t>
   </si>
   <si>
-    <t>Q6040921</t>
-[...1 lines deleted...]
-  <si>
     <t>Q16001069</t>
   </si>
   <si>
     <t>Q6040919</t>
   </si>
   <si>
     <t>Q258464</t>
   </si>
   <si>
     <t>Q1124228</t>
   </si>
   <si>
+    <t>Q1202897</t>
+  </si>
+  <si>
     <t>Q5314731</t>
   </si>
   <si>
     <t>Q30295322</t>
   </si>
   <si>
+    <t>Q11042094</t>
+  </si>
+  <si>
+    <t>Q5519456</t>
+  </si>
+  <si>
+    <t>Q30272410</t>
+  </si>
+  <si>
     <t>Q1068258</t>
   </si>
   <si>
-    <t>Q11042094</t>
-[...7 lines deleted...]
-  <si>
     <t>Q1574185</t>
-  </si>
-[...1 lines deleted...]
-    <t>Q30272410</t>
   </si>
   <si>
     <t>Q30295503</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -3424,1109 +3424,1115 @@
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="17" spans="1:4">
+    <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
         <v>483</v>
       </c>
     </row>
-    <row r="18" spans="1:4">
+    <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
         <v>484</v>
       </c>
     </row>
-    <row r="19" spans="1:4">
+    <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="20" spans="1:4">
+    <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
         <v>486</v>
       </c>
     </row>
-    <row r="21" spans="1:4">
+    <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="22" spans="1:4">
+    <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
         <v>488</v>
       </c>
     </row>
-    <row r="23" spans="1:4">
+    <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>25</v>
       </c>
       <c r="B23" t="s">
         <v>489</v>
       </c>
     </row>
-    <row r="24" spans="1:4">
+    <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>26</v>
       </c>
       <c r="B24" t="s">
         <v>490</v>
       </c>
     </row>
-    <row r="25" spans="1:4">
+    <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25" t="s">
         <v>491</v>
       </c>
     </row>
-    <row r="26" spans="1:4">
+    <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
         <v>492</v>
       </c>
     </row>
-    <row r="27" spans="1:4">
+    <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>29</v>
       </c>
       <c r="B27" t="s">
         <v>493</v>
       </c>
     </row>
-    <row r="28" spans="1:4">
+    <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
         <v>494</v>
       </c>
     </row>
-    <row r="29" spans="1:4">
+    <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="30" spans="1:4">
+    <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
         <v>496</v>
       </c>
     </row>
-    <row r="31" spans="1:4">
+    <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>33</v>
       </c>
       <c r="B31" t="s">
         <v>497</v>
       </c>
     </row>
-    <row r="32" spans="1:4">
+    <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>34</v>
       </c>
       <c r="B32" t="s">
         <v>498</v>
       </c>
-      <c r="C32" t="s">
-[...6 lines deleted...]
-    <row r="33" spans="1:2">
+    </row>
+    <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
         <v>499</v>
       </c>
     </row>
-    <row r="34" spans="1:2">
+    <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>36</v>
       </c>
       <c r="B34" t="s">
         <v>500</v>
       </c>
     </row>
-    <row r="35" spans="1:2">
+    <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>37</v>
       </c>
       <c r="B35" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:2">
+        <v>480</v>
+      </c>
+      <c r="C35" t="s">
+        <v>923</v>
+      </c>
+      <c r="D35" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>38</v>
       </c>
       <c r="B36" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:2">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:2">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>40</v>
       </c>
       <c r="B38" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:2">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:2">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>42</v>
       </c>
       <c r="B40" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:2">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>43</v>
       </c>
       <c r="B41" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:2">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:2">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>45</v>
       </c>
       <c r="B43" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:2">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>46</v>
       </c>
       <c r="B44" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:2">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>47</v>
       </c>
       <c r="B45" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:2">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>48</v>
       </c>
       <c r="B46" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:2">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>49</v>
       </c>
       <c r="B47" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:2">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
-        <v>514</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:2">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>51</v>
       </c>
       <c r="B49" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:2">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:2">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:2">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:2">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>55</v>
       </c>
       <c r="B53" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:2">
+        <v>518</v>
+      </c>
+      <c r="C53" t="s">
+        <v>924</v>
+      </c>
+      <c r="D53" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>56</v>
       </c>
       <c r="B54" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:2">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>57</v>
       </c>
       <c r="B55" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:2">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>58</v>
       </c>
       <c r="B56" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:2">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>59</v>
       </c>
       <c r="B57" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:2">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>60</v>
       </c>
       <c r="B58" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:2">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>61</v>
       </c>
       <c r="B59" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:2">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>62</v>
       </c>
       <c r="B60" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:2">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>63</v>
       </c>
       <c r="B61" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:2">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>64</v>
       </c>
       <c r="B62" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:2">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:2">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:4">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:4">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>68</v>
       </c>
       <c r="B66" t="s">
-        <v>532</v>
-[...8 lines deleted...]
-    <row r="67" spans="1:4">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>69</v>
       </c>
       <c r="B67" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:4">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>70</v>
       </c>
       <c r="B68" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:4">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>71</v>
       </c>
       <c r="B69" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:4">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70" t="s">
-        <v>536</v>
-[...8 lines deleted...]
-    <row r="71" spans="1:4">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>73</v>
       </c>
       <c r="B71" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:4">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>74</v>
       </c>
       <c r="B72" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:4">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>75</v>
       </c>
       <c r="B73" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:4">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2">
       <c r="A74" t="s">
         <v>76</v>
       </c>
       <c r="B74" t="s">
-        <v>540</v>
-[...8 lines deleted...]
-    <row r="75" spans="1:4">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2">
       <c r="A75" t="s">
         <v>77</v>
       </c>
       <c r="B75" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:4">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>78</v>
       </c>
       <c r="B76" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:4">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>79</v>
       </c>
       <c r="B77" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:4">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>80</v>
       </c>
       <c r="B78" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:4">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>81</v>
       </c>
       <c r="B79" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:4">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>82</v>
       </c>
       <c r="B80" t="s">
-        <v>546</v>
+        <v>545</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>83</v>
       </c>
       <c r="B81" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>84</v>
       </c>
       <c r="B82" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>85</v>
       </c>
       <c r="B83" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>86</v>
       </c>
       <c r="B84" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>87</v>
       </c>
       <c r="B85" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>88</v>
       </c>
       <c r="B86" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>89</v>
       </c>
       <c r="B87" t="s">
-        <v>553</v>
-[...5 lines deleted...]
-        <v>950</v>
+        <v>552</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>90</v>
       </c>
       <c r="B88" t="s">
-        <v>554</v>
-[...5 lines deleted...]
-        <v>951</v>
+        <v>553</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>91</v>
       </c>
       <c r="B89" t="s">
-        <v>555</v>
+        <v>554</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>92</v>
       </c>
       <c r="B90" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>93</v>
       </c>
       <c r="B91" t="s">
-        <v>557</v>
+        <v>556</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>94</v>
       </c>
       <c r="B92" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>95</v>
       </c>
       <c r="B93" t="s">
-        <v>559</v>
+        <v>558</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>96</v>
       </c>
       <c r="B94" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>97</v>
       </c>
       <c r="B95" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>98</v>
       </c>
       <c r="B96" t="s">
-        <v>562</v>
+        <v>561</v>
+      </c>
+      <c r="C96" t="s">
+        <v>925</v>
+      </c>
+      <c r="D96" t="s">
+        <v>948</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>99</v>
       </c>
       <c r="B97" t="s">
-        <v>563</v>
+        <v>562</v>
+      </c>
+      <c r="C97" t="s">
+        <v>926</v>
+      </c>
+      <c r="D97" t="s">
+        <v>949</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>100</v>
       </c>
       <c r="B98" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>101</v>
       </c>
       <c r="B99" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>102</v>
       </c>
       <c r="B100" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>103</v>
       </c>
       <c r="B101" t="s">
-        <v>567</v>
+        <v>566</v>
+      </c>
+      <c r="C101" t="s">
+        <v>927</v>
+      </c>
+      <c r="D101" t="s">
+        <v>950</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>104</v>
       </c>
       <c r="B102" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>105</v>
       </c>
       <c r="B103" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>106</v>
       </c>
       <c r="B104" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>107</v>
       </c>
       <c r="B105" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>108</v>
       </c>
       <c r="B106" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>109</v>
       </c>
       <c r="B107" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>110</v>
       </c>
       <c r="B108" t="s">
-        <v>574</v>
-[...5 lines deleted...]
-        <v>952</v>
+        <v>573</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>111</v>
       </c>
       <c r="B109" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>112</v>
       </c>
       <c r="B110" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>113</v>
       </c>
       <c r="B111" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>114</v>
       </c>
       <c r="B112" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:2">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>115</v>
       </c>
       <c r="B113" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:2">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>116</v>
       </c>
       <c r="B114" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:2">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>117</v>
       </c>
       <c r="B115" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:2">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>118</v>
       </c>
       <c r="B116" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:2">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>119</v>
       </c>
       <c r="B117" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:2">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>120</v>
       </c>
       <c r="B118" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:2">
+        <v>583</v>
+      </c>
+      <c r="C118" t="s">
+        <v>928</v>
+      </c>
+      <c r="D118" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>121</v>
       </c>
       <c r="B119" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:2">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>122</v>
       </c>
       <c r="B120" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:2">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>123</v>
       </c>
       <c r="B121" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:2">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>124</v>
       </c>
       <c r="B122" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:2">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>125</v>
       </c>
       <c r="B123" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:2">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>126</v>
       </c>
       <c r="B124" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:2">
+        <v>589</v>
+      </c>
+      <c r="C124" t="s">
+        <v>929</v>
+      </c>
+      <c r="D124" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>127</v>
       </c>
       <c r="B125" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:2">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>128</v>
       </c>
       <c r="B126" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:2">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>129</v>
       </c>
       <c r="B127" t="s">
         <v>592</v>
       </c>
     </row>
-    <row r="128" spans="1:2">
+    <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>130</v>
       </c>
       <c r="B128" t="s">
         <v>593</v>
       </c>
     </row>
-    <row r="129" spans="1:2">
+    <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>131</v>
       </c>
       <c r="B129" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="130" spans="1:2">
+    <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>132</v>
       </c>
       <c r="B130" t="s">
         <v>595</v>
       </c>
     </row>
-    <row r="131" spans="1:2">
+    <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>133</v>
       </c>
       <c r="B131" t="s">
         <v>596</v>
       </c>
     </row>
-    <row r="132" spans="1:2">
+    <row r="132" spans="1:4">
       <c r="A132" t="s">
         <v>134</v>
       </c>
       <c r="B132" t="s">
         <v>597</v>
       </c>
     </row>
-    <row r="133" spans="1:2">
+    <row r="133" spans="1:4">
       <c r="A133" t="s">
         <v>135</v>
       </c>
       <c r="B133" t="s">
         <v>598</v>
       </c>
-    </row>
-    <row r="134" spans="1:2">
+      <c r="C133" t="s">
+        <v>930</v>
+      </c>
+      <c r="D133" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="134" spans="1:4">
       <c r="A134" t="s">
         <v>136</v>
       </c>
       <c r="B134" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="135" spans="1:2">
+    <row r="135" spans="1:4">
       <c r="A135" t="s">
         <v>137</v>
       </c>
       <c r="B135" t="s">
         <v>600</v>
       </c>
     </row>
-    <row r="136" spans="1:2">
+    <row r="136" spans="1:4">
       <c r="A136" t="s">
         <v>138</v>
       </c>
       <c r="B136" t="s">
         <v>601</v>
       </c>
     </row>
-    <row r="137" spans="1:2">
+    <row r="137" spans="1:4">
       <c r="A137" t="s">
         <v>139</v>
       </c>
       <c r="B137" t="s">
         <v>602</v>
       </c>
     </row>
-    <row r="138" spans="1:2">
+    <row r="138" spans="1:4">
       <c r="A138" t="s">
         <v>140</v>
       </c>
       <c r="B138" t="s">
         <v>603</v>
       </c>
     </row>
-    <row r="139" spans="1:2">
+    <row r="139" spans="1:4">
       <c r="A139" t="s">
         <v>141</v>
       </c>
       <c r="B139" t="s">
         <v>604</v>
       </c>
     </row>
-    <row r="140" spans="1:2">
+    <row r="140" spans="1:4">
       <c r="A140" t="s">
         <v>142</v>
       </c>
       <c r="B140" t="s">
         <v>605</v>
       </c>
     </row>
-    <row r="141" spans="1:2">
+    <row r="141" spans="1:4">
       <c r="A141" t="s">
         <v>143</v>
       </c>
       <c r="B141" t="s">
         <v>606</v>
       </c>
     </row>
-    <row r="142" spans="1:2">
+    <row r="142" spans="1:4">
       <c r="A142" t="s">
         <v>144</v>
       </c>
       <c r="B142" t="s">
         <v>607</v>
       </c>
     </row>
-    <row r="143" spans="1:2">
+    <row r="143" spans="1:4">
       <c r="A143" t="s">
         <v>145</v>
       </c>
       <c r="B143" t="s">
         <v>608</v>
       </c>
     </row>
-    <row r="144" spans="1:2">
+    <row r="144" spans="1:4">
       <c r="A144" t="s">
         <v>146</v>
       </c>
       <c r="B144" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="145" spans="1:2">
       <c r="A145" t="s">
         <v>147</v>
       </c>
       <c r="B145" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="146" spans="1:2">
       <c r="A146" t="s">
         <v>148</v>
       </c>
       <c r="B146" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="147" spans="1:2">
       <c r="A147" t="s">
@@ -4543,787 +4549,775 @@
       <c r="B148" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="149" spans="1:2">
       <c r="A149" t="s">
         <v>151</v>
       </c>
       <c r="B149" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="150" spans="1:2">
       <c r="A150" t="s">
         <v>152</v>
       </c>
       <c r="B150" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="151" spans="1:2">
       <c r="A151" t="s">
         <v>153</v>
       </c>
       <c r="B151" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
     </row>
     <row r="152" spans="1:2">
       <c r="A152" t="s">
         <v>154</v>
       </c>
       <c r="B152" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
     </row>
     <row r="153" spans="1:2">
       <c r="A153" t="s">
         <v>155</v>
       </c>
       <c r="B153" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="154" spans="1:2">
       <c r="A154" t="s">
         <v>156</v>
       </c>
       <c r="B154" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="155" spans="1:2">
       <c r="A155" t="s">
         <v>157</v>
       </c>
       <c r="B155" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="156" spans="1:2">
       <c r="A156" t="s">
         <v>158</v>
       </c>
       <c r="B156" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="157" spans="1:2">
       <c r="A157" t="s">
         <v>159</v>
       </c>
       <c r="B157" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="158" spans="1:2">
       <c r="A158" t="s">
         <v>160</v>
       </c>
       <c r="B158" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
     </row>
     <row r="159" spans="1:2">
       <c r="A159" t="s">
         <v>161</v>
       </c>
       <c r="B159" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="160" spans="1:2">
       <c r="A160" t="s">
         <v>162</v>
       </c>
       <c r="B160" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
         <v>163</v>
       </c>
       <c r="B161" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
         <v>164</v>
       </c>
       <c r="B162" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
         <v>165</v>
       </c>
       <c r="B163" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
         <v>166</v>
       </c>
       <c r="B164" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
         <v>167</v>
       </c>
       <c r="B165" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
         <v>168</v>
       </c>
       <c r="B166" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
         <v>169</v>
       </c>
       <c r="B167" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
         <v>170</v>
       </c>
       <c r="B168" t="s">
-        <v>632</v>
+        <v>633</v>
+      </c>
+      <c r="C168" t="s">
+        <v>931</v>
+      </c>
+      <c r="D168" t="s">
+        <v>954</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
         <v>171</v>
       </c>
       <c r="B169" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
         <v>172</v>
       </c>
       <c r="B170" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
         <v>173</v>
       </c>
       <c r="B171" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
         <v>174</v>
       </c>
       <c r="B172" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
         <v>175</v>
       </c>
       <c r="B173" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
         <v>176</v>
       </c>
       <c r="B174" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
         <v>177</v>
       </c>
       <c r="B175" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
         <v>178</v>
       </c>
       <c r="B176" t="s">
-        <v>640</v>
-[...5 lines deleted...]
-        <v>953</v>
+        <v>641</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>179</v>
       </c>
       <c r="B177" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178" t="s">
         <v>180</v>
       </c>
       <c r="B178" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179" t="s">
         <v>181</v>
       </c>
       <c r="B179" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180" t="s">
         <v>182</v>
       </c>
       <c r="B180" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181" t="s">
         <v>183</v>
       </c>
       <c r="B181" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182" t="s">
         <v>184</v>
       </c>
       <c r="B182" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183" t="s">
         <v>185</v>
       </c>
       <c r="B183" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184" t="s">
         <v>186</v>
       </c>
       <c r="B184" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185" t="s">
         <v>187</v>
       </c>
       <c r="B185" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186" t="s">
         <v>188</v>
       </c>
       <c r="B186" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187" t="s">
         <v>189</v>
       </c>
       <c r="B187" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188" t="s">
         <v>190</v>
       </c>
       <c r="B188" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189" t="s">
         <v>191</v>
       </c>
       <c r="B189" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190" t="s">
         <v>192</v>
       </c>
       <c r="B190" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191" t="s">
         <v>193</v>
       </c>
       <c r="B191" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
     <row r="192" spans="1:2">
       <c r="A192" t="s">
         <v>194</v>
       </c>
       <c r="B192" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
         <v>195</v>
       </c>
       <c r="B193" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
         <v>196</v>
       </c>
       <c r="B194" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>197</v>
       </c>
       <c r="B195" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>198</v>
       </c>
       <c r="B196" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>199</v>
       </c>
       <c r="B197" t="s">
-        <v>661</v>
+        <v>662</v>
+      </c>
+      <c r="C197" t="s">
+        <v>932</v>
+      </c>
+      <c r="D197" t="s">
+        <v>955</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>200</v>
       </c>
       <c r="B198" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
         <v>201</v>
       </c>
       <c r="B199" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
         <v>202</v>
       </c>
       <c r="B200" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
         <v>203</v>
       </c>
       <c r="B201" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
         <v>204</v>
       </c>
       <c r="B202" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
         <v>205</v>
       </c>
       <c r="B203" t="s">
-        <v>667</v>
+        <v>642</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
         <v>206</v>
       </c>
       <c r="B204" t="s">
         <v>668</v>
       </c>
-      <c r="C204" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
         <v>207</v>
       </c>
       <c r="B205" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
         <v>208</v>
       </c>
       <c r="B206" t="s">
         <v>670</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
         <v>209</v>
       </c>
       <c r="B207" t="s">
-        <v>671</v>
+        <v>658</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
         <v>210</v>
       </c>
       <c r="B208" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:4">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="209" spans="1:2">
       <c r="A209" t="s">
         <v>211</v>
       </c>
       <c r="B209" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:4">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="210" spans="1:2">
       <c r="A210" t="s">
         <v>212</v>
       </c>
       <c r="B210" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:4">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="211" spans="1:2">
       <c r="A211" t="s">
         <v>213</v>
       </c>
       <c r="B211" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:4">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="212" spans="1:2">
       <c r="A212" t="s">
         <v>214</v>
       </c>
       <c r="B212" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:4">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="213" spans="1:2">
       <c r="A213" t="s">
         <v>215</v>
       </c>
       <c r="B213" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:4">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="214" spans="1:2">
       <c r="A214" t="s">
         <v>216</v>
       </c>
       <c r="B214" t="s">
-        <v>533</v>
-[...8 lines deleted...]
-    <row r="215" spans="1:4">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="215" spans="1:2">
       <c r="A215" t="s">
         <v>217</v>
       </c>
       <c r="B215" t="s">
         <v>678</v>
       </c>
     </row>
-    <row r="216" spans="1:4">
+    <row r="216" spans="1:2">
       <c r="A216" t="s">
         <v>218</v>
       </c>
       <c r="B216" t="s">
         <v>679</v>
       </c>
     </row>
-    <row r="217" spans="1:4">
+    <row r="217" spans="1:2">
       <c r="A217" t="s">
         <v>219</v>
       </c>
       <c r="B217" t="s">
         <v>680</v>
       </c>
     </row>
-    <row r="218" spans="1:4">
+    <row r="218" spans="1:2">
       <c r="A218" t="s">
         <v>220</v>
       </c>
       <c r="B218" t="s">
         <v>681</v>
       </c>
     </row>
-    <row r="219" spans="1:4">
+    <row r="219" spans="1:2">
       <c r="A219" t="s">
         <v>221</v>
       </c>
       <c r="B219" t="s">
         <v>682</v>
       </c>
     </row>
-    <row r="220" spans="1:4">
+    <row r="220" spans="1:2">
       <c r="A220" t="s">
         <v>222</v>
       </c>
       <c r="B220" t="s">
         <v>683</v>
       </c>
     </row>
-    <row r="221" spans="1:4">
+    <row r="221" spans="1:2">
       <c r="A221" t="s">
         <v>223</v>
       </c>
       <c r="B221" t="s">
         <v>684</v>
       </c>
     </row>
-    <row r="222" spans="1:4">
+    <row r="222" spans="1:2">
       <c r="A222" t="s">
         <v>224</v>
       </c>
       <c r="B222" t="s">
         <v>685</v>
       </c>
     </row>
-    <row r="223" spans="1:4">
+    <row r="223" spans="1:2">
       <c r="A223" t="s">
         <v>225</v>
       </c>
       <c r="B223" t="s">
         <v>686</v>
       </c>
     </row>
-    <row r="224" spans="1:4">
+    <row r="224" spans="1:2">
       <c r="A224" t="s">
         <v>226</v>
       </c>
       <c r="B224" t="s">
         <v>687</v>
       </c>
     </row>
-    <row r="225" spans="1:4">
+    <row r="225" spans="1:2">
       <c r="A225" t="s">
         <v>227</v>
       </c>
       <c r="B225" t="s">
         <v>688</v>
       </c>
     </row>
-    <row r="226" spans="1:4">
+    <row r="226" spans="1:2">
       <c r="A226" t="s">
         <v>228</v>
       </c>
       <c r="B226" t="s">
         <v>689</v>
       </c>
     </row>
-    <row r="227" spans="1:4">
+    <row r="227" spans="1:2">
       <c r="A227" t="s">
         <v>229</v>
       </c>
       <c r="B227" t="s">
         <v>690</v>
       </c>
     </row>
-    <row r="228" spans="1:4">
+    <row r="228" spans="1:2">
       <c r="A228" t="s">
         <v>230</v>
       </c>
       <c r="B228" t="s">
         <v>691</v>
       </c>
     </row>
-    <row r="229" spans="1:4">
+    <row r="229" spans="1:2">
       <c r="A229" t="s">
         <v>231</v>
       </c>
       <c r="B229" t="s">
         <v>692</v>
       </c>
     </row>
-    <row r="230" spans="1:4">
+    <row r="230" spans="1:2">
       <c r="A230" t="s">
         <v>232</v>
       </c>
       <c r="B230" t="s">
         <v>693</v>
       </c>
     </row>
-    <row r="231" spans="1:4">
+    <row r="231" spans="1:2">
       <c r="A231" t="s">
         <v>233</v>
       </c>
       <c r="B231" t="s">
         <v>694</v>
       </c>
     </row>
-    <row r="232" spans="1:4">
+    <row r="232" spans="1:2">
       <c r="A232" t="s">
         <v>234</v>
       </c>
       <c r="B232" t="s">
         <v>695</v>
       </c>
     </row>
-    <row r="233" spans="1:4">
+    <row r="233" spans="1:2">
       <c r="A233" t="s">
         <v>235</v>
       </c>
       <c r="B233" t="s">
         <v>696</v>
       </c>
     </row>
-    <row r="234" spans="1:4">
+    <row r="234" spans="1:2">
       <c r="A234" t="s">
         <v>236</v>
       </c>
       <c r="B234" t="s">
         <v>697</v>
       </c>
     </row>
-    <row r="235" spans="1:4">
+    <row r="235" spans="1:2">
       <c r="A235" t="s">
         <v>237</v>
       </c>
       <c r="B235" t="s">
         <v>698</v>
       </c>
     </row>
-    <row r="236" spans="1:4">
+    <row r="236" spans="1:2">
       <c r="A236" t="s">
         <v>238</v>
       </c>
       <c r="B236" t="s">
         <v>699</v>
       </c>
     </row>
-    <row r="237" spans="1:4">
+    <row r="237" spans="1:2">
       <c r="A237" t="s">
         <v>239</v>
       </c>
       <c r="B237" t="s">
         <v>700</v>
       </c>
     </row>
-    <row r="238" spans="1:4">
+    <row r="238" spans="1:2">
       <c r="A238" t="s">
         <v>240</v>
       </c>
       <c r="B238" t="s">
         <v>701</v>
       </c>
     </row>
-    <row r="239" spans="1:4">
+    <row r="239" spans="1:2">
       <c r="A239" t="s">
         <v>241</v>
       </c>
       <c r="B239" t="s">
         <v>702</v>
       </c>
     </row>
-    <row r="240" spans="1:4">
+    <row r="240" spans="1:2">
       <c r="A240" t="s">
         <v>242</v>
       </c>
       <c r="B240" t="s">
         <v>703</v>
-      </c>
-[...4 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
         <v>243</v>
       </c>
       <c r="B241" t="s">
         <v>704</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
         <v>244</v>
       </c>
       <c r="B242" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
         <v>245</v>
       </c>
       <c r="B243" t="s">
         <v>706</v>
       </c>
@@ -5345,305 +5339,311 @@
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
         <v>248</v>
       </c>
       <c r="B246" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
         <v>249</v>
       </c>
       <c r="B247" t="s">
         <v>710</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
         <v>250</v>
       </c>
       <c r="B248" t="s">
         <v>711</v>
       </c>
+      <c r="C248" t="s">
+        <v>933</v>
+      </c>
+      <c r="D248" t="s">
+        <v>956</v>
+      </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
         <v>251</v>
       </c>
       <c r="B249" t="s">
         <v>712</v>
       </c>
+      <c r="C249" t="s">
+        <v>934</v>
+      </c>
+      <c r="D249" t="s">
+        <v>957</v>
+      </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
         <v>252</v>
       </c>
       <c r="B250" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
         <v>253</v>
       </c>
       <c r="B251" t="s">
         <v>714</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
         <v>254</v>
       </c>
       <c r="B252" t="s">
         <v>715</v>
       </c>
+      <c r="D252" t="s">
+        <v>958</v>
+      </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
         <v>255</v>
       </c>
       <c r="B253" t="s">
         <v>716</v>
       </c>
-      <c r="C253" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
         <v>256</v>
       </c>
       <c r="B254" t="s">
-        <v>717</v>
+        <v>481</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
         <v>257</v>
       </c>
       <c r="B255" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
         <v>258</v>
       </c>
       <c r="B256" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257" t="s">
         <v>259</v>
       </c>
       <c r="B257" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258" t="s">
         <v>260</v>
       </c>
       <c r="B258" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259" t="s">
         <v>261</v>
       </c>
       <c r="B259" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260" t="s">
         <v>262</v>
       </c>
       <c r="B260" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261" t="s">
         <v>263</v>
       </c>
       <c r="B261" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262" t="s">
         <v>264</v>
       </c>
       <c r="B262" t="s">
-        <v>725</v>
+        <v>724</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="A263" t="s">
         <v>265</v>
       </c>
       <c r="B263" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
     </row>
     <row r="264" spans="1:2">
       <c r="A264" t="s">
         <v>266</v>
       </c>
       <c r="B264" t="s">
-        <v>727</v>
+        <v>726</v>
       </c>
     </row>
     <row r="265" spans="1:2">
       <c r="A265" t="s">
         <v>267</v>
       </c>
       <c r="B265" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
     </row>
     <row r="266" spans="1:2">
       <c r="A266" t="s">
         <v>268</v>
       </c>
       <c r="B266" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
     </row>
     <row r="267" spans="1:2">
       <c r="A267" t="s">
         <v>269</v>
       </c>
       <c r="B267" t="s">
-        <v>730</v>
+        <v>729</v>
       </c>
     </row>
     <row r="268" spans="1:2">
       <c r="A268" t="s">
         <v>270</v>
       </c>
       <c r="B268" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
     </row>
     <row r="269" spans="1:2">
       <c r="A269" t="s">
         <v>271</v>
       </c>
       <c r="B269" t="s">
-        <v>732</v>
+        <v>731</v>
       </c>
     </row>
     <row r="270" spans="1:2">
       <c r="A270" t="s">
         <v>272</v>
       </c>
       <c r="B270" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
     </row>
     <row r="271" spans="1:2">
       <c r="A271" t="s">
         <v>273</v>
       </c>
       <c r="B271" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="272" spans="1:2">
       <c r="A272" t="s">
         <v>274</v>
       </c>
       <c r="B272" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
         <v>275</v>
       </c>
       <c r="B273" t="s">
         <v>735</v>
       </c>
-      <c r="D273" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
         <v>276</v>
       </c>
       <c r="B274" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
         <v>277</v>
       </c>
       <c r="B275" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
         <v>278</v>
       </c>
       <c r="B276" t="s">
         <v>738</v>
       </c>
-      <c r="C276" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
         <v>279</v>
       </c>
       <c r="B277" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
         <v>280</v>
       </c>
       <c r="B278" t="s">
         <v>740</v>
       </c>
+      <c r="C278" t="s">
+        <v>935</v>
+      </c>
+      <c r="D278" t="s">
+        <v>959</v>
+      </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
         <v>281</v>
       </c>
       <c r="B279" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
         <v>282</v>
       </c>
       <c r="B280" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
         <v>283</v>
       </c>
       <c r="B281" t="s">
         <v>743</v>
       </c>
     </row>
@@ -5681,311 +5681,317 @@
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
         <v>288</v>
       </c>
       <c r="B286" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
         <v>289</v>
       </c>
       <c r="B287" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
         <v>290</v>
       </c>
       <c r="B288" t="s">
         <v>750</v>
       </c>
     </row>
-    <row r="289" spans="1:2">
+    <row r="289" spans="1:4">
       <c r="A289" t="s">
         <v>291</v>
       </c>
       <c r="B289" t="s">
         <v>751</v>
       </c>
     </row>
-    <row r="290" spans="1:2">
+    <row r="290" spans="1:4">
       <c r="A290" t="s">
         <v>292</v>
       </c>
       <c r="B290" t="s">
         <v>752</v>
       </c>
     </row>
-    <row r="291" spans="1:2">
+    <row r="291" spans="1:4">
       <c r="A291" t="s">
         <v>293</v>
       </c>
       <c r="B291" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="292" spans="1:2">
+    <row r="292" spans="1:4">
       <c r="A292" t="s">
         <v>294</v>
       </c>
       <c r="B292" t="s">
         <v>754</v>
       </c>
     </row>
-    <row r="293" spans="1:2">
+    <row r="293" spans="1:4">
       <c r="A293" t="s">
         <v>295</v>
       </c>
       <c r="B293" t="s">
         <v>755</v>
       </c>
     </row>
-    <row r="294" spans="1:2">
+    <row r="294" spans="1:4">
       <c r="A294" t="s">
         <v>296</v>
       </c>
       <c r="B294" t="s">
         <v>756</v>
       </c>
     </row>
-    <row r="295" spans="1:2">
+    <row r="295" spans="1:4">
       <c r="A295" t="s">
         <v>297</v>
       </c>
       <c r="B295" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:2">
+        <v>757</v>
+      </c>
+      <c r="C295" t="s">
+        <v>936</v>
+      </c>
+      <c r="D295" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
       <c r="A296" t="s">
         <v>298</v>
       </c>
       <c r="B296" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:2">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
       <c r="A297" t="s">
         <v>299</v>
       </c>
       <c r="B297" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:2">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
       <c r="A298" t="s">
         <v>300</v>
       </c>
       <c r="B298" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:2">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
       <c r="A299" t="s">
         <v>301</v>
       </c>
       <c r="B299" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:2">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
       <c r="A300" t="s">
         <v>302</v>
       </c>
       <c r="B300" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:2">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
       <c r="A301" t="s">
         <v>303</v>
       </c>
       <c r="B301" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:2">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
       <c r="A302" t="s">
         <v>304</v>
       </c>
       <c r="B302" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-    <row r="303" spans="1:2">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
       <c r="A303" t="s">
         <v>305</v>
       </c>
       <c r="B303" t="s">
-        <v>763</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:2">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
       <c r="A304" t="s">
         <v>306</v>
       </c>
       <c r="B304" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
         <v>307</v>
       </c>
       <c r="B305" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
         <v>308</v>
       </c>
       <c r="B306" t="s">
-        <v>766</v>
-[...2 lines deleted...]
-        <v>936</v>
+        <v>767</v>
       </c>
       <c r="D306" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
         <v>309</v>
       </c>
       <c r="B307" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
         <v>310</v>
       </c>
       <c r="B308" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
         <v>311</v>
       </c>
       <c r="B309" t="s">
-        <v>769</v>
+        <v>770</v>
+      </c>
+      <c r="C309" t="s">
+        <v>937</v>
+      </c>
+      <c r="D309" t="s">
+        <v>962</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
         <v>312</v>
       </c>
       <c r="B310" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-        <v>961</v>
+        <v>771</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
         <v>313</v>
       </c>
       <c r="B311" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
         <v>314</v>
       </c>
       <c r="B312" t="s">
-        <v>772</v>
+        <v>773</v>
+      </c>
+      <c r="C312" t="s">
+        <v>938</v>
+      </c>
+      <c r="D312" t="s">
+        <v>963</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
         <v>315</v>
       </c>
       <c r="B313" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
         <v>316</v>
       </c>
       <c r="B314" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
         <v>317</v>
       </c>
       <c r="B315" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
         <v>318</v>
       </c>
       <c r="B316" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
         <v>319</v>
       </c>
       <c r="B317" t="s">
-        <v>777</v>
-[...5 lines deleted...]
-        <v>962</v>
+        <v>778</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
         <v>320</v>
       </c>
       <c r="B318" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
         <v>321</v>
       </c>
       <c r="B319" t="s">
-        <v>779</v>
+        <v>653</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
         <v>322</v>
       </c>
       <c r="B320" t="s">
         <v>780</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
         <v>323</v>
       </c>
       <c r="B321" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
         <v>324</v>
       </c>
       <c r="B322" t="s">
         <v>782</v>
       </c>
@@ -6005,89 +6011,89 @@
       <c r="B324" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
         <v>327</v>
       </c>
       <c r="B325" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
         <v>328</v>
       </c>
       <c r="B326" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
         <v>329</v>
       </c>
       <c r="B327" t="s">
-        <v>743</v>
+        <v>787</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
         <v>330</v>
       </c>
       <c r="B328" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
         <v>331</v>
       </c>
       <c r="B329" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
         <v>332</v>
       </c>
       <c r="B330" t="s">
-        <v>789</v>
+        <v>524</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
         <v>333</v>
       </c>
       <c r="B331" t="s">
         <v>790</v>
       </c>
       <c r="C331" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D331" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
         <v>334</v>
       </c>
       <c r="B332" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
         <v>335</v>
       </c>
       <c r="B333" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
         <v>336</v>
       </c>
       <c r="B334" t="s">
         <v>793</v>
       </c>
@@ -6109,260 +6115,260 @@
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
         <v>339</v>
       </c>
       <c r="B337" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
         <v>340</v>
       </c>
       <c r="B338" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
         <v>341</v>
       </c>
       <c r="B339" t="s">
         <v>798</v>
       </c>
-      <c r="C339" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
         <v>342</v>
       </c>
       <c r="B340" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
         <v>343</v>
       </c>
       <c r="B341" t="s">
         <v>800</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
         <v>344</v>
       </c>
       <c r="B342" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
         <v>345</v>
       </c>
       <c r="B343" t="s">
-        <v>581</v>
+        <v>802</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344" t="s">
         <v>346</v>
       </c>
       <c r="B344" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345" t="s">
         <v>347</v>
       </c>
       <c r="B345" t="s">
-        <v>803</v>
+        <v>804</v>
+      </c>
+      <c r="C345" t="s">
+        <v>940</v>
+      </c>
+      <c r="D345" t="s">
+        <v>965</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346" t="s">
         <v>348</v>
       </c>
       <c r="B346" t="s">
-        <v>804</v>
-[...5 lines deleted...]
-        <v>965</v>
+        <v>805</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347" t="s">
         <v>349</v>
       </c>
       <c r="B347" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348" t="s">
         <v>350</v>
       </c>
       <c r="B348" t="s">
-        <v>806</v>
+        <v>807</v>
+      </c>
+      <c r="C348" t="s">
+        <v>941</v>
+      </c>
+      <c r="D348" t="s">
+        <v>966</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349" t="s">
         <v>351</v>
       </c>
       <c r="B349" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350" t="s">
         <v>352</v>
       </c>
       <c r="B350" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351" t="s">
         <v>353</v>
       </c>
       <c r="B351" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352" t="s">
         <v>354</v>
       </c>
       <c r="B352" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353" t="s">
         <v>355</v>
       </c>
       <c r="B353" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354" t="s">
         <v>356</v>
       </c>
       <c r="B354" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355" t="s">
         <v>357</v>
       </c>
       <c r="B355" t="s">
-        <v>813</v>
+        <v>814</v>
+      </c>
+      <c r="C355" t="s">
+        <v>942</v>
+      </c>
+      <c r="D355" t="s">
+        <v>967</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356" t="s">
         <v>358</v>
       </c>
       <c r="B356" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357" t="s">
         <v>359</v>
       </c>
       <c r="B357" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358" t="s">
         <v>360</v>
       </c>
       <c r="B358" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359" t="s">
         <v>361</v>
       </c>
       <c r="B359" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360" t="s">
         <v>362</v>
       </c>
       <c r="B360" t="s">
-        <v>818</v>
+        <v>572</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361" t="s">
         <v>363</v>
       </c>
       <c r="B361" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362" t="s">
         <v>364</v>
       </c>
       <c r="B362" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363" t="s">
         <v>365</v>
       </c>
       <c r="B363" t="s">
         <v>821</v>
       </c>
-      <c r="C363" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364" t="s">
         <v>366</v>
       </c>
       <c r="B364" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365" t="s">
         <v>367</v>
       </c>
       <c r="B365" t="s">
         <v>823</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366" t="s">
         <v>368</v>
       </c>
       <c r="B366" t="s">
         <v>824</v>
       </c>
     </row>
@@ -6373,688 +6379,682 @@
       <c r="B367" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368" t="s">
         <v>370</v>
       </c>
       <c r="B368" t="s">
         <v>826</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369" t="s">
         <v>371</v>
       </c>
       <c r="B369" t="s">
         <v>827</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370" t="s">
         <v>372</v>
       </c>
       <c r="B370" t="s">
-        <v>828</v>
+        <v>776</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371" t="s">
         <v>373</v>
       </c>
       <c r="B371" t="s">
-        <v>829</v>
+        <v>828</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372" t="s">
         <v>374</v>
       </c>
       <c r="B372" t="s">
-        <v>830</v>
+        <v>829</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373" t="s">
         <v>375</v>
       </c>
       <c r="B373" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374" t="s">
         <v>376</v>
       </c>
       <c r="B374" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375" t="s">
         <v>377</v>
       </c>
       <c r="B375" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376" t="s">
         <v>378</v>
       </c>
       <c r="B376" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377" t="s">
         <v>379</v>
       </c>
       <c r="B377" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378" t="s">
         <v>380</v>
       </c>
       <c r="B378" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379" t="s">
         <v>381</v>
       </c>
       <c r="B379" t="s">
-        <v>837</v>
+        <v>836</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380" t="s">
         <v>382</v>
       </c>
       <c r="B380" t="s">
-        <v>838</v>
-[...5 lines deleted...]
-        <v>967</v>
+        <v>837</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381" t="s">
         <v>383</v>
       </c>
       <c r="B381" t="s">
-        <v>839</v>
+        <v>838</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382" t="s">
         <v>384</v>
       </c>
       <c r="B382" t="s">
-        <v>840</v>
+        <v>839</v>
+      </c>
+      <c r="C382" t="s">
+        <v>943</v>
+      </c>
+      <c r="D382" t="s">
+        <v>968</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383" t="s">
         <v>385</v>
       </c>
       <c r="B383" t="s">
-        <v>841</v>
+        <v>840</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384" t="s">
         <v>386</v>
       </c>
       <c r="B384" t="s">
-        <v>842</v>
+        <v>841</v>
+      </c>
+      <c r="C384" t="s">
+        <v>944</v>
+      </c>
+      <c r="D384" t="s">
+        <v>969</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385" t="s">
         <v>387</v>
       </c>
       <c r="B385" t="s">
-        <v>843</v>
+        <v>842</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386" t="s">
         <v>388</v>
       </c>
       <c r="B386" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387" t="s">
         <v>389</v>
       </c>
       <c r="B387" t="s">
-        <v>845</v>
+        <v>844</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388" t="s">
         <v>390</v>
       </c>
       <c r="B388" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389" t="s">
         <v>391</v>
       </c>
       <c r="B389" t="s">
-        <v>847</v>
+        <v>846</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390" t="s">
         <v>392</v>
       </c>
       <c r="B390" t="s">
-        <v>848</v>
+        <v>847</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391" t="s">
         <v>393</v>
       </c>
       <c r="B391" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="A392" t="s">
         <v>394</v>
       </c>
       <c r="B392" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
     </row>
     <row r="393" spans="1:2">
       <c r="A393" t="s">
         <v>395</v>
       </c>
       <c r="B393" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
     </row>
     <row r="394" spans="1:2">
       <c r="A394" t="s">
         <v>396</v>
       </c>
       <c r="B394" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="A395" t="s">
         <v>397</v>
       </c>
       <c r="B395" t="s">
-        <v>853</v>
+        <v>852</v>
       </c>
     </row>
     <row r="396" spans="1:2">
       <c r="A396" t="s">
         <v>398</v>
       </c>
       <c r="B396" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="A397" t="s">
         <v>399</v>
       </c>
       <c r="B397" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="A398" t="s">
         <v>400</v>
       </c>
       <c r="B398" t="s">
-        <v>856</v>
+        <v>855</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="A399" t="s">
         <v>401</v>
       </c>
       <c r="B399" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="A400" t="s">
         <v>402</v>
       </c>
       <c r="B400" t="s">
-        <v>858</v>
+        <v>857</v>
       </c>
     </row>
     <row r="401" spans="1:2">
       <c r="A401" t="s">
         <v>403</v>
       </c>
       <c r="B401" t="s">
-        <v>859</v>
+        <v>858</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="A402" t="s">
         <v>404</v>
       </c>
       <c r="B402" t="s">
-        <v>860</v>
+        <v>859</v>
       </c>
     </row>
     <row r="403" spans="1:2">
       <c r="A403" t="s">
         <v>405</v>
       </c>
       <c r="B403" t="s">
-        <v>861</v>
+        <v>860</v>
       </c>
     </row>
     <row r="404" spans="1:2">
       <c r="A404" t="s">
         <v>406</v>
       </c>
       <c r="B404" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
     </row>
     <row r="405" spans="1:2">
       <c r="A405" t="s">
         <v>407</v>
       </c>
       <c r="B405" t="s">
-        <v>863</v>
+        <v>862</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="A406" t="s">
         <v>408</v>
       </c>
       <c r="B406" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
     </row>
     <row r="407" spans="1:2">
       <c r="A407" t="s">
         <v>409</v>
       </c>
       <c r="B407" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="A408" t="s">
         <v>410</v>
       </c>
       <c r="B408" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="A409" t="s">
         <v>411</v>
       </c>
       <c r="B409" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
     </row>
     <row r="410" spans="1:2">
       <c r="A410" t="s">
         <v>412</v>
       </c>
       <c r="B410" t="s">
-        <v>868</v>
+        <v>867</v>
       </c>
     </row>
     <row r="411" spans="1:2">
       <c r="A411" t="s">
         <v>413</v>
       </c>
       <c r="B411" t="s">
-        <v>869</v>
+        <v>868</v>
       </c>
     </row>
     <row r="412" spans="1:2">
       <c r="A412" t="s">
         <v>414</v>
       </c>
       <c r="B412" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="A413" t="s">
         <v>415</v>
       </c>
       <c r="B413" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
     </row>
     <row r="414" spans="1:2">
       <c r="A414" t="s">
         <v>416</v>
       </c>
       <c r="B414" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
     </row>
     <row r="415" spans="1:2">
       <c r="A415" t="s">
         <v>417</v>
       </c>
       <c r="B415" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
     </row>
     <row r="416" spans="1:2">
       <c r="A416" t="s">
         <v>418</v>
       </c>
       <c r="B416" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-    <row r="417" spans="1:4">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="417" spans="1:2">
       <c r="A417" t="s">
         <v>419</v>
       </c>
       <c r="B417" t="s">
-        <v>875</v>
-[...2 lines deleted...]
-    <row r="418" spans="1:4">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="418" spans="1:2">
       <c r="A418" t="s">
         <v>420</v>
       </c>
       <c r="B418" t="s">
-        <v>876</v>
-[...2 lines deleted...]
-    <row r="419" spans="1:4">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="419" spans="1:2">
       <c r="A419" t="s">
         <v>421</v>
       </c>
       <c r="B419" t="s">
-        <v>877</v>
-[...2 lines deleted...]
-    <row r="420" spans="1:4">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="420" spans="1:2">
       <c r="A420" t="s">
         <v>422</v>
       </c>
       <c r="B420" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-    <row r="421" spans="1:4">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="421" spans="1:2">
       <c r="A421" t="s">
         <v>423</v>
       </c>
       <c r="B421" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="422" spans="1:4">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="422" spans="1:2">
       <c r="A422" t="s">
         <v>424</v>
       </c>
       <c r="B422" t="s">
-        <v>880</v>
-[...2 lines deleted...]
-    <row r="423" spans="1:4">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="423" spans="1:2">
       <c r="A423" t="s">
         <v>425</v>
       </c>
       <c r="B423" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-    <row r="424" spans="1:4">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="424" spans="1:2">
       <c r="A424" t="s">
         <v>426</v>
       </c>
       <c r="B424" t="s">
-        <v>882</v>
-[...2 lines deleted...]
-    <row r="425" spans="1:4">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="425" spans="1:2">
       <c r="A425" t="s">
         <v>427</v>
       </c>
       <c r="B425" t="s">
-        <v>883</v>
-[...2 lines deleted...]
-    <row r="426" spans="1:4">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="426" spans="1:2">
       <c r="A426" t="s">
         <v>428</v>
       </c>
       <c r="B426" t="s">
-        <v>884</v>
-[...8 lines deleted...]
-    <row r="427" spans="1:4">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="427" spans="1:2">
       <c r="A427" t="s">
         <v>429</v>
       </c>
       <c r="B427" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-    <row r="428" spans="1:4">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="428" spans="1:2">
       <c r="A428" t="s">
         <v>430</v>
       </c>
       <c r="B428" t="s">
-        <v>886</v>
-[...2 lines deleted...]
-    <row r="429" spans="1:4">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="429" spans="1:2">
       <c r="A429" t="s">
         <v>431</v>
       </c>
       <c r="B429" t="s">
-        <v>887</v>
-[...2 lines deleted...]
-    <row r="430" spans="1:4">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="430" spans="1:2">
       <c r="A430" t="s">
         <v>432</v>
       </c>
       <c r="B430" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="431" spans="1:4">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="431" spans="1:2">
       <c r="A431" t="s">
         <v>433</v>
       </c>
       <c r="B431" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-    <row r="432" spans="1:4">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="432" spans="1:2">
       <c r="A432" t="s">
         <v>434</v>
       </c>
       <c r="B432" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-    <row r="433" spans="1:4">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="433" spans="1:2">
       <c r="A433" t="s">
         <v>435</v>
       </c>
       <c r="B433" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-    <row r="434" spans="1:4">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="434" spans="1:2">
       <c r="A434" t="s">
         <v>436</v>
       </c>
       <c r="B434" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-    <row r="435" spans="1:4">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="435" spans="1:2">
       <c r="A435" t="s">
         <v>437</v>
       </c>
       <c r="B435" t="s">
-        <v>893</v>
-[...2 lines deleted...]
-    <row r="436" spans="1:4">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="436" spans="1:2">
       <c r="A436" t="s">
         <v>438</v>
       </c>
       <c r="B436" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="437" spans="1:4">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="437" spans="1:2">
       <c r="A437" t="s">
         <v>439</v>
       </c>
       <c r="B437" t="s">
         <v>894</v>
       </c>
     </row>
-    <row r="438" spans="1:4">
+    <row r="438" spans="1:2">
       <c r="A438" t="s">
         <v>440</v>
       </c>
       <c r="B438" t="s">
         <v>895</v>
       </c>
     </row>
-    <row r="439" spans="1:4">
+    <row r="439" spans="1:2">
       <c r="A439" t="s">
         <v>441</v>
       </c>
       <c r="B439" t="s">
         <v>896</v>
       </c>
     </row>
-    <row r="440" spans="1:4">
+    <row r="440" spans="1:2">
       <c r="A440" t="s">
         <v>442</v>
       </c>
       <c r="B440" t="s">
         <v>897</v>
       </c>
     </row>
-    <row r="441" spans="1:4">
+    <row r="441" spans="1:2">
       <c r="A441" t="s">
         <v>443</v>
       </c>
       <c r="B441" t="s">
         <v>898</v>
       </c>
     </row>
-    <row r="442" spans="1:4">
+    <row r="442" spans="1:2">
       <c r="A442" t="s">
         <v>444</v>
       </c>
       <c r="B442" t="s">
         <v>899</v>
       </c>
     </row>
-    <row r="443" spans="1:4">
+    <row r="443" spans="1:2">
       <c r="A443" t="s">
         <v>445</v>
       </c>
       <c r="B443" t="s">
         <v>900</v>
       </c>
     </row>
-    <row r="444" spans="1:4">
+    <row r="444" spans="1:2">
       <c r="A444" t="s">
         <v>446</v>
       </c>
       <c r="B444" t="s">
         <v>901</v>
       </c>
     </row>
-    <row r="445" spans="1:4">
+    <row r="445" spans="1:2">
       <c r="A445" t="s">
         <v>447</v>
       </c>
       <c r="B445" t="s">
         <v>902</v>
       </c>
     </row>
-    <row r="446" spans="1:4">
+    <row r="446" spans="1:2">
       <c r="A446" t="s">
         <v>448</v>
       </c>
       <c r="B446" t="s">
         <v>903</v>
       </c>
-      <c r="C446" t="s">
-[...6 lines deleted...]
-    <row r="447" spans="1:4">
+    </row>
+    <row r="447" spans="1:2">
       <c r="A447" t="s">
         <v>449</v>
       </c>
       <c r="B447" t="s">
         <v>904</v>
       </c>
     </row>
-    <row r="448" spans="1:4">
+    <row r="448" spans="1:2">
       <c r="A448" t="s">
         <v>450</v>
       </c>
       <c r="B448" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449" t="s">
         <v>451</v>
       </c>
       <c r="B449" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450" t="s">
         <v>452</v>
       </c>
       <c r="B450" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451" t="s">
@@ -7105,95 +7105,95 @@
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457" t="s">
         <v>459</v>
       </c>
       <c r="B457" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458" t="s">
         <v>460</v>
       </c>
       <c r="B458" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459" t="s">
         <v>461</v>
       </c>
       <c r="B459" t="s">
         <v>916</v>
       </c>
+      <c r="C459" t="s">
+        <v>945</v>
+      </c>
+      <c r="D459" t="s">
+        <v>970</v>
+      </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460" t="s">
         <v>462</v>
       </c>
       <c r="B460" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461" t="s">
         <v>463</v>
       </c>
       <c r="B461" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462" t="s">
         <v>464</v>
       </c>
       <c r="B462" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463" t="s">
         <v>465</v>
       </c>
       <c r="B463" t="s">
         <v>920</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464" t="s">
         <v>466</v>
       </c>
       <c r="B464" t="s">
         <v>921</v>
-      </c>
-[...4 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="465" spans="1:2">
       <c r="A465" t="s">
         <v>467</v>
       </c>
       <c r="B465" t="s">
         <v>922</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>