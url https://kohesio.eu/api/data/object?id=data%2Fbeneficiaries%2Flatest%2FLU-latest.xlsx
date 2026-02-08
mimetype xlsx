--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -10,428 +10,590 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="183" uniqueCount="183">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3113597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7322356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113588</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3113594</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3113562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4402558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113573</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3113565</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3113579</t>
-[...104 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4402558</t>
+    <t>https://linkedopendata.eu/entity/Q7322355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7503599</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3067</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7322355</t>
-[...7 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q3113592</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3113581</t>
-[...47 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3113574</t>
+    <t>Femmes en détresse (FED)</t>
+  </si>
+  <si>
+    <t>Ministère de l'Énergie et de l'Aménagement du territoire - Département de l'aménagement du territoire</t>
+  </si>
+  <si>
+    <t>UNIVERSITE DU LUXEMBOURG</t>
+  </si>
+  <si>
+    <t>Syndicat intercommunal "De Réidener Kanton"</t>
+  </si>
+  <si>
+    <t>Commune de Wiltz</t>
+  </si>
+  <si>
+    <t>MEN</t>
+  </si>
+  <si>
+    <t>Markcom</t>
+  </si>
+  <si>
+    <t>Coopération Nord-Sud</t>
+  </si>
+  <si>
+    <t>ASTI</t>
+  </si>
+  <si>
+    <t>Université du Luxembourg</t>
+  </si>
+  <si>
+    <t>Coopérations s.c.</t>
+  </si>
+  <si>
+    <t>Interreg Judo Cooperation</t>
+  </si>
+  <si>
+    <t>Luxembourg Institute of Science and Technology - LIST</t>
+  </si>
+  <si>
+    <t>Syndicat intercommunal TICE</t>
+  </si>
+  <si>
+    <t>Commune de Mamer</t>
+  </si>
+  <si>
+    <t>Council for Economic Development of Construction</t>
+  </si>
+  <si>
+    <t>4motion</t>
+  </si>
+  <si>
+    <t>NumericALL</t>
+  </si>
+  <si>
+    <t>Centre d'orientation socio-professionnelle (COSP)</t>
+  </si>
+  <si>
+    <t>Ville de Luxembourg</t>
+  </si>
+  <si>
+    <t>Service de Coordination de l’Innovation et de la Recherche pédagogiques et technologiques (SCRIPT)</t>
+  </si>
+  <si>
+    <t>Fonds européen d’investissement</t>
+  </si>
+  <si>
+    <t>Autisme Luxembourg asbl</t>
+  </si>
+  <si>
+    <t>Fonds de formation Sectoriel pour l'Intérim</t>
+  </si>
+  <si>
+    <t>Croix-Rouge luxembourgeoise</t>
+  </si>
+  <si>
+    <t>Chambre des salariés Luxembourg</t>
+  </si>
+  <si>
+    <t>LIST</t>
+  </si>
+  <si>
+    <t>Entente des Gestionnaires des Maisons de Jeunes</t>
   </si>
   <si>
     <t>MACROREFORME</t>
   </si>
   <si>
+    <t>Fonds de logement</t>
+  </si>
+  <si>
+    <t>BE HUMAN</t>
+  </si>
+  <si>
+    <t>Ministère du Développement durable et des Infrastructures - MDDI</t>
+  </si>
+  <si>
+    <t>MyEnergy</t>
+  </si>
+  <si>
+    <t>Spatial Foresight GmbH</t>
+  </si>
+  <si>
+    <t>Institut de Formation Sectoriel du Bâtiment</t>
+  </si>
+  <si>
+    <t>Armée luxembourgeoise</t>
+  </si>
+  <si>
+    <t>Comité National de Défense sociale (CNDS asbl)</t>
+  </si>
+  <si>
+    <t>Excellence for Integration and Development (EFID)</t>
+  </si>
+  <si>
+    <t>Initiativ Rem Schaffen</t>
+  </si>
+  <si>
+    <t>Ministère de la Famille, des Solidarités, du Vivre ensemble et de l'Accueil</t>
+  </si>
+  <si>
+    <t>CNDS sàrl</t>
+  </si>
+  <si>
+    <t>Luxembourg Institute of Health - LIH</t>
+  </si>
+  <si>
+    <t>Solina Solidarité Jeunes</t>
+  </si>
+  <si>
+    <t>Commune de Clervaux</t>
+  </si>
+  <si>
+    <t>Service de l’intégration et de l’accueil scolaires - MENEJ</t>
+  </si>
+  <si>
+    <t>Syndicat intercommunal Minett-Kompost</t>
+  </si>
+  <si>
+    <t>Eng nei Schaff</t>
+  </si>
+  <si>
+    <t>Minettkompost</t>
+  </si>
+  <si>
+    <t>Jway SA-SIS</t>
+  </si>
+  <si>
+    <t>Digi4All</t>
+  </si>
+  <si>
+    <t>Chambre des Métiers</t>
+  </si>
+  <si>
+    <t>House of Training</t>
+  </si>
+  <si>
+    <t>IFSB</t>
+  </si>
+  <si>
+    <t>IMS Luxembourg</t>
+  </si>
+  <si>
+    <t>Touchpoints</t>
+  </si>
+  <si>
+    <t>GEIE Terroir Moselle</t>
+  </si>
+  <si>
+    <t>Parc Naturel de l'Our</t>
+  </si>
+  <si>
+    <t>Centre de Compétences GTB</t>
+  </si>
+  <si>
+    <t>Singa Luxembourg</t>
+  </si>
+  <si>
+    <t>Centre national d'Information Jeunes (CIJ)</t>
+  </si>
+  <si>
+    <t>Luxembourg Institute of Socio-Economic Research</t>
+  </si>
+  <si>
+    <t>Klima-Agence GIE</t>
+  </si>
+  <si>
+    <t>Service National de la Jeunesse</t>
+  </si>
+  <si>
+    <t>CONVIS Société Coopérative (LCONV)</t>
+  </si>
+  <si>
+    <t>Université de la Grande Région - UniGR a.s.b.l.</t>
+  </si>
+  <si>
+    <t>DeWidong</t>
+  </si>
+  <si>
+    <t>Agence pour le Développement de l'Emploi</t>
+  </si>
+  <si>
+    <t>Syndicat Intercommunal de Dépollution des Eaux résiduaires du Nord</t>
+  </si>
+  <si>
+    <t>Chambre de Commerce</t>
+  </si>
+  <si>
+    <t>Luxembourg Science Center Asbl</t>
+  </si>
+  <si>
+    <t>Fédération des Artisans</t>
+  </si>
+  <si>
+    <t>Commune de Differdange</t>
+  </si>
+  <si>
+    <t>Coopérations</t>
+  </si>
+  <si>
+    <t>Stëmm vun der Strooss</t>
+  </si>
+  <si>
+    <t>LUXEMBOURG - UKRAINE CHAMBER OF COMMERCE A.s.b.l.</t>
+  </si>
+  <si>
+    <t>Kannerhaus Wooltz</t>
+  </si>
+  <si>
+    <t>Fit4JobStart</t>
+  </si>
+  <si>
+    <t>Centre Hospitalier Luxembourg</t>
+  </si>
+  <si>
     <t>Luxinnovation G.I.E.</t>
   </si>
   <si>
-    <t>4motion</t>
-[...104 lines deleted...]
-    <t>Syndicat Intercommunal de Dépollution des Eaux résiduaires du Nord</t>
+    <t>Ministère de l'Energie &amp; Klima-Agence GIE</t>
+  </si>
+  <si>
+    <t>Ville de Dudelange</t>
+  </si>
+  <si>
+    <t>Chambre des Salariés</t>
+  </si>
+  <si>
+    <t>IMS</t>
+  </si>
+  <si>
+    <t>Centre de Ressources des Technologies pour l'Innovation dans le Bâtiment G.I.E. - CRTI-B</t>
+  </si>
+  <si>
+    <t>Femmes en Détresse ASBL</t>
   </si>
   <si>
     <t>Banque européenne d’investissement</t>
   </si>
   <si>
-    <t>Ministère de l'Energie &amp; Klima-Agence GIE</t>
-[...7 lines deleted...]
-  <si>
     <t>Fit4DigitalFuture</t>
   </si>
   <si>
-    <t>Luxembourg Institute of Socio-Economic Research</t>
-[...47 lines deleted...]
-    <t>Parc Naturel de l'Our</t>
+    <t>https://script.lu/fr</t>
   </si>
   <si>
     <t>http://www.eif.org/</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://script.lu/fr</t>
   </si>
   <si>
     <t>http://www.eib.org</t>
   </si>
   <si>
     <t>Q768264</t>
   </si>
   <si>
     <t>Q192247</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -758,563 +920,779 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D61"/>
+  <dimension ref="A1:D88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>97</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>127</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>72</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:2">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:2">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>20</v>
       </c>
       <c r="B18" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:2">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>21</v>
       </c>
       <c r="B19" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:2">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>22</v>
       </c>
       <c r="B20" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:2">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:2">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:2">
+        <v>111</v>
+      </c>
+      <c r="C22" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>25</v>
       </c>
       <c r="B23" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:2">
+        <v>112</v>
+      </c>
+      <c r="C23" t="s">
+        <v>179</v>
+      </c>
+      <c r="D23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>26</v>
       </c>
       <c r="B24" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:2">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:2">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:2">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>29</v>
       </c>
       <c r="B27" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:2">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:2">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>31</v>
       </c>
       <c r="B29" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:2">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>32</v>
       </c>
       <c r="B30" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:2">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>33</v>
       </c>
       <c r="B31" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>34</v>
       </c>
       <c r="B32" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:4">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:4">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>36</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:4">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>37</v>
       </c>
       <c r="B35" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:4">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>38</v>
       </c>
       <c r="B36" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:4">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:4">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>40</v>
       </c>
       <c r="B38" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:4">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>41</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:4">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>42</v>
       </c>
       <c r="B40" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-    <row r="41" spans="1:4">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>43</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:4">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>44</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:4">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>45</v>
       </c>
       <c r="B43" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:4">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>46</v>
       </c>
       <c r="B44" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:4">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>47</v>
       </c>
       <c r="B45" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:4">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>48</v>
       </c>
       <c r="B46" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:4">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>49</v>
       </c>
       <c r="B47" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:4">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
-        <v>110</v>
+        <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>51</v>
       </c>
       <c r="B49" t="s">
-        <v>111</v>
+        <v>138</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50" t="s">
-        <v>112</v>
+        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52" t="s">
-        <v>114</v>
+        <v>141</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>55</v>
       </c>
       <c r="B53" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>56</v>
       </c>
       <c r="B54" t="s">
-        <v>116</v>
+        <v>143</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>57</v>
       </c>
       <c r="B55" t="s">
-        <v>117</v>
+        <v>144</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>58</v>
       </c>
       <c r="B56" t="s">
-        <v>118</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>59</v>
       </c>
       <c r="B57" t="s">
-        <v>119</v>
+        <v>146</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>60</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>147</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>61</v>
       </c>
       <c r="B59" t="s">
-        <v>121</v>
+        <v>148</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>62</v>
       </c>
       <c r="B60" t="s">
-        <v>122</v>
+        <v>149</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>63</v>
       </c>
       <c r="B61" t="s">
-        <v>123</v>
+        <v>150</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2">
+      <c r="A62" t="s">
+        <v>64</v>
+      </c>
+      <c r="B62" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2">
+      <c r="A63" t="s">
+        <v>65</v>
+      </c>
+      <c r="B63" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2">
+      <c r="A64" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2">
+      <c r="A65" t="s">
+        <v>67</v>
+      </c>
+      <c r="B65" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2">
+      <c r="A66" t="s">
+        <v>68</v>
+      </c>
+      <c r="B66" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2">
+      <c r="A67" t="s">
+        <v>69</v>
+      </c>
+      <c r="B67" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2">
+      <c r="A68" t="s">
+        <v>70</v>
+      </c>
+      <c r="B68" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2">
+      <c r="A69" t="s">
+        <v>71</v>
+      </c>
+      <c r="B69" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2">
+      <c r="A70" t="s">
+        <v>72</v>
+      </c>
+      <c r="B70" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2">
+      <c r="A71" t="s">
+        <v>73</v>
+      </c>
+      <c r="B71" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2">
+      <c r="A72" t="s">
+        <v>74</v>
+      </c>
+      <c r="B72" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2">
+      <c r="A73" t="s">
+        <v>75</v>
+      </c>
+      <c r="B73" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2">
+      <c r="A74" t="s">
+        <v>76</v>
+      </c>
+      <c r="B74" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2">
+      <c r="A75" t="s">
+        <v>77</v>
+      </c>
+      <c r="B75" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2">
+      <c r="A76" t="s">
+        <v>78</v>
+      </c>
+      <c r="B76" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2">
+      <c r="A77" t="s">
+        <v>79</v>
+      </c>
+      <c r="B77" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2">
+      <c r="A78" t="s">
+        <v>80</v>
+      </c>
+      <c r="B78" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2">
+      <c r="A79" t="s">
+        <v>81</v>
+      </c>
+      <c r="B79" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2">
+      <c r="A80" t="s">
+        <v>82</v>
+      </c>
+      <c r="B80" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>83</v>
+      </c>
+      <c r="B81" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>84</v>
+      </c>
+      <c r="B82" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>85</v>
+      </c>
+      <c r="B83" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>86</v>
+      </c>
+      <c r="B84" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>87</v>
+      </c>
+      <c r="B85" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>88</v>
+      </c>
+      <c r="B86" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>89</v>
+      </c>
+      <c r="B87" t="s">
+        <v>176</v>
+      </c>
+      <c r="C87" t="s">
+        <v>180</v>
+      </c>
+      <c r="D87" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>90</v>
+      </c>
+      <c r="B88" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>