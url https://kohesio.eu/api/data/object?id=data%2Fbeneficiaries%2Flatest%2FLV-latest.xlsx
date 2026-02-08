--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -24,9504 +24,9504 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3300" uniqueCount="3156">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7431162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059129</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3058591</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3059244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4387000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4382651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431238</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7431296</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7431600</t>
-[...38 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7431118</t>
+    <t>https://linkedopendata.eu/entity/Q3059015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059115</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3058732</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7431266</t>
-[...23 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7431712</t>
+    <t>https://linkedopendata.eu/entity/Q7431127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7430992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058848</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7431022</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7431558</t>
-[...188 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7431343</t>
+    <t>https://linkedopendata.eu/entity/Q3058570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7431461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3059113</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7431281</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7431311</t>
-[...169 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q7431360</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7431577</t>
-[...4490 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3059324</t>
+    <t>AIVIS KĻAVIŅŠ</t>
+  </si>
+  <si>
+    <t>ANDIS TRUŠIŅŠ</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VANGAŽU SILDSPĒKS"</t>
+  </si>
+  <si>
+    <t>RAITIS FOGELIS</t>
+  </si>
+  <si>
+    <t>VALENTĪNS PETJKO</t>
+  </si>
+  <si>
+    <t>SIA "Jūrmalas ūdens"</t>
+  </si>
+  <si>
+    <t>Rīgas Tehniskā universitāte</t>
+  </si>
+  <si>
+    <t>Guntas Jāvaldes ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>SIGNE KREILE</t>
+  </si>
+  <si>
+    <t>INA KEIŠA</t>
+  </si>
+  <si>
+    <t>Vidzemes Augstskola</t>
+  </si>
+  <si>
+    <t>INGUNA MEĻĶE</t>
+  </si>
+  <si>
+    <t>Elmāra Avota ģimenes ārsta prakse</t>
   </si>
   <si>
     <t>SIA "Citintelly"</t>
   </si>
   <si>
+    <t>SIA "TALSU NAMSAIMNIEKS"</t>
+  </si>
+  <si>
+    <t>ANDRIS EGLĀJS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ATKRITUMU APSAIMNIEKOŠANAS DIENVIDLATGALES STARPPAŠVALDĪBU ORGANIZĀCIJA"</t>
+  </si>
+  <si>
+    <t>ANITA GRAUDUMA</t>
+  </si>
+  <si>
+    <t>ANDREJS MAŽUKS</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "OLAINES ŪDENS UN SILTUMS"</t>
+  </si>
+  <si>
+    <t>Nodarbinātības valsts aģentūra</t>
+  </si>
+  <si>
+    <t>INTS ŪDRIS</t>
+  </si>
+  <si>
+    <t>LĀSMA VILMENIETE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "SFM Latvia"</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Olainfarm"</t>
+  </si>
+  <si>
+    <t>Latvijas Teātra darbinieku savienība</t>
+  </si>
+  <si>
+    <t>Valsts akciju sabiedrība "STARPTAUTISKĀ LIDOSTA "RĪGA""</t>
+  </si>
+  <si>
+    <t>MĀRIS PUĶĪTIS</t>
+  </si>
+  <si>
+    <t>Rugāju novada dome</t>
+  </si>
+  <si>
+    <t>SIA "LIEPĀJAS ENERĢIJA"</t>
+  </si>
+  <si>
+    <t>Ventspils pilsētas pašvaldības iestāde "Ventspils muzejs"</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Attīstības finanšu institūcija Altum"</t>
+  </si>
+  <si>
+    <t>Nodrošinājuma valsts aģentūra</t>
+  </si>
+  <si>
+    <t>DAUGAVPILS UNIVERSITĀTE</t>
+  </si>
+  <si>
+    <t>TIESU ADMINISTRĀCIJA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "DIŽOZOLS PLUS"</t>
+  </si>
+  <si>
+    <t>SIA "TALSU ŪDENS"</t>
+  </si>
+  <si>
+    <t>Latvian Country Tourism Association "Lauku Celotajs"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "PALĪDZĪBAS DIENESTS"</t>
+  </si>
+  <si>
+    <t>SIA "ALAAS"</t>
+  </si>
+  <si>
+    <t>REINIS DUMPIS</t>
+  </si>
+  <si>
+    <t>MONTA APINE</t>
+  </si>
+  <si>
+    <t>SIA Lightspace Technologies</t>
+  </si>
+  <si>
+    <t>SIA "Bauskas novada komunālserviss"</t>
+  </si>
+  <si>
+    <t>Rēzeknes invalīdu biedrība</t>
+  </si>
+  <si>
+    <t>AIZPUTES NOVADA DOME</t>
+  </si>
+  <si>
+    <t>Ogres novada pašvaldības sabiedrība ar ierobežotu atbildību "MS siltums"</t>
+  </si>
+  <si>
+    <t>IMANTS KARNIŠAUSKIS</t>
+  </si>
+  <si>
+    <t>SIA "Datorzinību centrs"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Wesemann-Sigulda"</t>
+  </si>
+  <si>
+    <t>AIJA PETRUSE</t>
+  </si>
+  <si>
+    <t>Pogumirskis Jāzeps Ģimenes ārsta - neirologa prakse</t>
+  </si>
+  <si>
+    <t>Latvijas Darba devēju konfederācija</t>
+  </si>
+  <si>
+    <t>VANDA ŠTEINERTE</t>
+  </si>
+  <si>
+    <t>Valsts bērnu tiesību aizsardzības inspekcija</t>
+  </si>
+  <si>
+    <t>Latvijas Mākslas akadēmija</t>
+  </si>
+  <si>
+    <t>SIA "Jāņa Sergejenko ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Jelgava City Library</t>
+  </si>
+  <si>
+    <t>DAINA BĀRDULE</t>
+  </si>
+  <si>
+    <t>JĀNIS LIEPIŅŠ</t>
+  </si>
+  <si>
+    <t>UNA KĻAVIŅA</t>
+  </si>
+  <si>
+    <t>Vecumnieku novada dome</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KRAUJAS Z"</t>
+  </si>
+  <si>
+    <t>"Latvijas Dabas tūrisma asociācija"</t>
+  </si>
+  <si>
+    <t>VIJA MAZURE</t>
+  </si>
+  <si>
+    <t>DAINA TETERE</t>
+  </si>
+  <si>
+    <t>SIA "ETKC"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Latgales medicīnas centrs"</t>
+  </si>
+  <si>
+    <t>Aija Legzdiņa</t>
+  </si>
+  <si>
+    <t>INGUNA LAPSA</t>
+  </si>
+  <si>
+    <t>LIENE BIEZĀ</t>
+  </si>
+  <si>
+    <t>Saldus County Municipality</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "TILDE"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "TRANSPARENCE"</t>
+  </si>
+  <si>
+    <t>Vitas Trubenas ģimenes ārsta un pediatra prakse</t>
+  </si>
+  <si>
+    <t>Aija Salmgrieze - ģimenes ārsta un pediatra prakse</t>
+  </si>
+  <si>
+    <t>Gunta Kundrāte - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>NATAĻJA REŠETŅAKA</t>
+  </si>
+  <si>
+    <t>UĢIS BĀRBALS</t>
+  </si>
+  <si>
+    <t>Darjas Grundas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Pašvaldības sabiedrība ar ierobežotu atbildību "Valgums-S"</t>
+  </si>
+  <si>
+    <t>ANSIS RODERTS</t>
+  </si>
+  <si>
+    <t>Linda Zēģele ģimenes ārsts</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ludzas medicīnas centrs"</t>
+  </si>
+  <si>
+    <t>Cēsu pilsētas sabiedrība ar ierobežotu atbildību "VINDA"</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Daugavpils satiksme"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "RĒZEKNES NAMSAIMNIEKS"</t>
+  </si>
+  <si>
+    <t>MAIRA RASA</t>
+  </si>
+  <si>
+    <t>VALSTS PROBĀCIJAS DIENESTS</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Paula Stradiņa klīniskā universitātes slimnīca"</t>
+  </si>
+  <si>
+    <t>Rehabilitācijas centrs "Mēs esam līdzās"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Cēsu siltumtīkli"</t>
+  </si>
+  <si>
+    <t>Madonas novada pašvaldības SIA "Madonas slimnīca"</t>
+  </si>
+  <si>
+    <t>Ministry of Welfare Latvia</t>
+  </si>
+  <si>
+    <t>MADARA JENERTE</t>
+  </si>
+  <si>
+    <t>Zemgales plānošanas reģions</t>
+  </si>
+  <si>
+    <t>Ciblas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Pašvaldības sabiedrība ar ierobežotu atbildību "NORMA K"</t>
+  </si>
+  <si>
+    <t>Latvijas Informācijas un komunikācijas tehnoloģijas asociācija</t>
+  </si>
+  <si>
+    <t>Lilitas Stalažas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Alsungas novada dome</t>
+  </si>
+  <si>
+    <t>Anna Vilcāne-ģimenes ārstu prakse</t>
+  </si>
+  <si>
+    <t>Skrundas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>S. Saldnieces  ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>SVETLANA SPRUDZĀNE</t>
+  </si>
+  <si>
+    <t>Latvijas Poligrāfijas uzņēmumu asociācija</t>
+  </si>
+  <si>
+    <t>RĒZEKNES NOVADA PAŠVALDĪBAS IESTĀDE NAUTRĒNU PAGASTU APVIENĪBA</t>
+  </si>
+  <si>
+    <t>SIA "Aprūpes centrs "AGATE""</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Latvijas valsts meži"</t>
+  </si>
+  <si>
+    <t>Ilonas Blumbergas ģimenes ārsta un arodveselibas un arodslimību ārsta prakse</t>
+  </si>
+  <si>
+    <t>JĀNIS ARĀJS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Vidzemes slimnīca"</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Nacionālais rehabilitācijas centrs "Vaivari""</t>
+  </si>
+  <si>
+    <t>Jeļenas Požarskas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Daugavpils tehnikums</t>
+  </si>
+  <si>
+    <t>ENGURES NOVADA DOME</t>
+  </si>
+  <si>
+    <t>IEVA OZOLIŅA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Zolitūdes doktorāts"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Alūksnes enerģija"</t>
+  </si>
+  <si>
+    <t>RAITIS ABATNIEKS</t>
+  </si>
+  <si>
+    <t>SIA "AB Galdnieks"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BALOŽU KOMUNĀLĀ SAIMNIECĪBA"</t>
+  </si>
+  <si>
+    <t>SIA "MAŠĪNBŪVES KOMPETENCES CENTRS"</t>
+  </si>
+  <si>
+    <t>Ventspils pilsētas pašvaldības iestāde "Ventspils pilsētas Izglītības pārvalde"</t>
+  </si>
+  <si>
+    <t>IK "R.E.L.M."</t>
+  </si>
+  <si>
+    <t>Iecavas novada pašvaldības administrācija</t>
+  </si>
+  <si>
+    <t>LĪVĀNU NOVADA DOME</t>
+  </si>
+  <si>
+    <t>Zemnieku saimniecība "DAUGAVA"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Dr. Rukmanes ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Ornellas Smirnovas ģimenes ārsta prakse SIA</t>
+  </si>
+  <si>
+    <t>Valsts sociālās aprūpes centrs „Latgale”</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KULDĪGAS SILTUMTĪKLI"</t>
+  </si>
+  <si>
+    <t>Rīgas Tehniskās universitātes aģentūra "Rīgas Tehniskās universitātes Olaines Tehnoloģiju koledža"</t>
+  </si>
+  <si>
+    <t>Profesionālās izglītības kompetences centrs "Nacionālā Mākslu vidusskola"</t>
+  </si>
+  <si>
+    <t>Gaujas Nacionālā parka tūrisma biedrība</t>
+  </si>
+  <si>
+    <t>OZAN YUCEOL</t>
+  </si>
+  <si>
+    <t>SIA "L. ATIĶES DOKTORĀTS"</t>
+  </si>
+  <si>
+    <t>Gārša Inese - ārsta prakse pediatrijā</t>
+  </si>
+  <si>
+    <t>Profesionālās izglītības kompetences centrs "Ventspils Mūzikas vidusskola"</t>
+  </si>
+  <si>
+    <t>EDGARS ŠIFERS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "NORDIC PLAST"</t>
+  </si>
+  <si>
+    <t>SIA "Ādažu ūdens"</t>
+  </si>
+  <si>
+    <t>Latvian Environment, Geology and Meteorology Centre</t>
+  </si>
+  <si>
+    <t>ILZE SOLOVJOVA</t>
+  </si>
+  <si>
+    <t>Liepājas speciālās ekonomiskās zonas pārvalde</t>
+  </si>
+  <si>
+    <t>Muraškina Ruta - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>SIGNE BARBANIŠKA</t>
+  </si>
+  <si>
+    <t>Ikšķiles novada pašvaldības sabiedrība ar ierobežotu atbildību "Ikšķiles māja"</t>
+  </si>
+  <si>
+    <t>State Emergency Medical Service</t>
+  </si>
+  <si>
+    <t>Ludza Municipality</t>
+  </si>
+  <si>
+    <t>Anatolija Požarska ārsta prakse</t>
+  </si>
+  <si>
+    <t>JURĢIS ŠARKIS</t>
+  </si>
+  <si>
+    <t>Paula Stradiņa Medicīnas vēstures muzejs</t>
+  </si>
+  <si>
+    <t>Latvijas Valsts mežzinātnes institūts "Silava"</t>
+  </si>
+  <si>
+    <t>JĀNIS UNGURS</t>
+  </si>
+  <si>
+    <t>ARNIS AUNIŅŠ</t>
+  </si>
+  <si>
+    <t>VARIS VIĻUMSONS</t>
+  </si>
+  <si>
+    <t>ĻUDMILA SKIBO</t>
+  </si>
+  <si>
+    <t>GATIS RUDIŅŠ</t>
+  </si>
+  <si>
+    <t>Pārtikas drošības, dzīvnieku veselības un vides zinātniskais institūts "BIOR"</t>
+  </si>
+  <si>
+    <t>INĀRA INDRIKOVA</t>
+  </si>
+  <si>
+    <t>"Papardes zieds"</t>
+  </si>
+  <si>
+    <t>Brocēnu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>MONTA ANŠICA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Kuldīgas slimnīca"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Eventech"</t>
+  </si>
+  <si>
+    <t>RĪGAS BRĪVOSTAS PĀRVALDE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ETAGO network"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Daiļrade Koks"</t>
+  </si>
+  <si>
+    <t>Vidzemes Tehnoloģiju un dizaina tehnikums</t>
+  </si>
+  <si>
+    <t>Nodibinājums "Sociālo pakalpojumu aģentūra"</t>
+  </si>
+  <si>
+    <t>VIKTORS SILIŅŠ</t>
+  </si>
+  <si>
+    <t>Valsts probācijas dienests</t>
+  </si>
+  <si>
+    <t>ULDIS MOČĀNS</t>
+  </si>
+  <si>
+    <t>Rīgas Tehniskā koledža</t>
+  </si>
+  <si>
+    <t>Liepājas pilsētas pašvaldības iestāde "Liepājas pilsētas pašvaldības administrācija"</t>
+  </si>
+  <si>
+    <t>Stabingis Jānis - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Atvasināta publiska persona "Latvijas Organiskās sintēzes institūts"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VESELĪBAS CENTRS 4"</t>
+  </si>
+  <si>
+    <t>"Baltijas Sociālais Palīdzības fonds"</t>
+  </si>
+  <si>
+    <t>Elita Pļavniece</t>
+  </si>
+  <si>
+    <t>Nodibinājums "Atbalsta centrs ģimenēm un bērniem ar īpašām vajadzībām "Cimdiņš""</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "GRINDEKS"</t>
+  </si>
+  <si>
+    <t>JĀNIS BĒRZIŅŠ</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas 1. slimnīca"</t>
+  </si>
+  <si>
+    <t>"Mašīnbūves un metālapstrādes rūpniecības asociācija"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Grāmatvedības un finanšu koledža"</t>
+  </si>
+  <si>
+    <t>Aļinas Stubailovas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Nacionālais veselības dienests</t>
+  </si>
+  <si>
+    <t>Plavinas Local Municipality</t>
+  </si>
+  <si>
+    <t>AM Craft, SIA</t>
+  </si>
+  <si>
+    <t>Rujiena Municipality Council</t>
+  </si>
+  <si>
+    <t>Zemnieku saimniecība "LŪSĒNI"</t>
+  </si>
+  <si>
+    <t>ILVIJA JAKOVINA</t>
+  </si>
+  <si>
+    <t>LIGITA BURTNIECE</t>
+  </si>
+  <si>
+    <t>Ķekavas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Raita Gulbja ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Alauksta 3"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Sporta centrs "Mežaparks""</t>
+  </si>
+  <si>
+    <t>Iepirkumu uzraudzības birojs</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas 2. slimnīca"</t>
+  </si>
+  <si>
+    <t>SIA "Ziemeļkurzemes reģionālā slimnīca"</t>
+  </si>
+  <si>
+    <t>Rīgas pilsētas pašvaldība</t>
+  </si>
+  <si>
+    <t>Valsts izglītības satura centrs</t>
+  </si>
+  <si>
+    <t>IZGLĪTĪBAS KVALITĀTES VALSTS DIENESTS</t>
+  </si>
+  <si>
+    <t>Rīgas Stila un modes tehnikums</t>
+  </si>
+  <si>
+    <t>RAUNAS NOVADA DOME</t>
+  </si>
+  <si>
+    <t>AELITA PLINTA</t>
+  </si>
+  <si>
+    <t>"TĪNE"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Talsu BIO-ENERĢIJA"</t>
+  </si>
+  <si>
+    <t>AINĀRS BAUMANIS</t>
+  </si>
+  <si>
+    <t>Lyngson SIA</t>
+  </si>
+  <si>
+    <t>Mākslu izglītības kompetences centrs "Latgales Mūzikas un mākslas vidusskola"</t>
+  </si>
+  <si>
+    <t>KASPARS LIEPIŅŠ</t>
+  </si>
+  <si>
+    <t>GUNTARS NIEDOLS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "SC Koks"</t>
+  </si>
+  <si>
+    <t>ZANE AGRIŅA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Katedra"</t>
+  </si>
+  <si>
+    <t>JELENA MUHAMBERGA</t>
+  </si>
+  <si>
+    <t>Naukšēnu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>VAIŅODES NOVADA DOME</t>
+  </si>
+  <si>
+    <t>SIA "Anetes Urķes ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>MĀRTIŅŠ KRŪMIŅŠ</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "L.Ņemņasevas ģimenes ārsta un pediatra prakse"</t>
+  </si>
+  <si>
+    <t>EAPN-Latvia</t>
+  </si>
+  <si>
+    <t>SIA "PEPI RER"</t>
+  </si>
+  <si>
+    <t>Kuldīgas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>ĒVALDS VILCĀNS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Saldus medicīnas centrs"</t>
+  </si>
+  <si>
+    <t>Ievas Safranovas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Satiksmes ministrija</t>
+  </si>
+  <si>
+    <t>Atvasināta publiska persona "Latvijas Valsts koksnes ķīmijas institūts"</t>
+  </si>
+  <si>
+    <t>SIA "Kronus"</t>
+  </si>
+  <si>
+    <t>M.Jakušenokas ārstu prakse SIA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ĢIMENES ĀRSTU PRAKSE"</t>
+  </si>
+  <si>
+    <t>KRISTĪNE ANDERSONE</t>
+  </si>
+  <si>
+    <t>SANITA ORSTE</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Strenču psihoneiroloģiskā slimnīca"</t>
+  </si>
+  <si>
+    <t>Priekule county municipality</t>
+  </si>
+  <si>
+    <t>VINETA TĀRAMĒ</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "PRIEKULES NAMI"</t>
+  </si>
+  <si>
+    <t>Bauskas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SANDRA TĪDEMANE</t>
+  </si>
+  <si>
+    <t>Meņģiša Lija - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Ogres novada pašvaldība</t>
+  </si>
+  <si>
+    <t>GUNITA OZOLA-KVIESE</t>
+  </si>
+  <si>
+    <t>SIA "BELWOOD"</t>
+  </si>
+  <si>
+    <t>ARNIS LATIKS</t>
+  </si>
+  <si>
+    <t>MAKSIMS KIVLĀNS</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas Dzemdību nams"</t>
+  </si>
+  <si>
+    <t>ALISE BREGŽE</t>
+  </si>
+  <si>
+    <t>Rēzeknes Tehnoloģiju akadēmija</t>
+  </si>
+  <si>
+    <t>GINTS RIEKSTIŅŠ</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LEXEL FABRIKA"</t>
+  </si>
+  <si>
+    <t>"HansaMatrix Innovation SIA"</t>
+  </si>
+  <si>
+    <t>ZANE OZOLIŅA</t>
+  </si>
+  <si>
+    <t>SIA "SALDUS KOMUNĀLSERVISS"</t>
+  </si>
+  <si>
+    <t>KASPARS STUKULS</t>
+  </si>
+  <si>
+    <t>Liepaja Marine College</t>
+  </si>
+  <si>
+    <t>Ozolnieku novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Jāzepa Vītola Latvijas Mūzikas akadēmija</t>
+  </si>
+  <si>
+    <t>Dinas Lagzdiņas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>LATVIJAS LAUKSAIMNIECĪBAS UNIVERSITĀTE</t>
+  </si>
+  <si>
+    <t>SIA "ZAAO"</t>
+  </si>
+  <si>
+    <t>ARTURS TOMELIS</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "PATA Saldus"</t>
+  </si>
+  <si>
+    <t>SIA "Dobeles un apkārtnes slimnīca"</t>
+  </si>
+  <si>
+    <t>DZINTRA DZILNA</t>
+  </si>
+  <si>
+    <t>GINTS KOZINDA</t>
+  </si>
+  <si>
+    <t>JAUNPIEBALGAS NOVADA DOME</t>
+  </si>
+  <si>
+    <t>I.Zīle ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Rīgas  Tirdzniecības profesionālā vidusskola</t>
+  </si>
+  <si>
+    <t>VITA MEIERE</t>
+  </si>
+  <si>
+    <t>ARTŪRS PUĶE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VIMED"</t>
+  </si>
+  <si>
+    <t>KRIMULDAS NOVADA DOME</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "I. Menisa ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>AGRIS ŠTĀLS</t>
+  </si>
+  <si>
+    <t>UĢIS ČUMA-ZVIRBULIS</t>
+  </si>
+  <si>
+    <t>Latvijas Universitātes Cietvielu fizikas institūts</t>
+  </si>
+  <si>
+    <t>Daugavpils City Municipality</t>
+  </si>
+  <si>
+    <t>MĀRIS BARINOVS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Jūrmalas slimnīca"</t>
+  </si>
+  <si>
+    <t>Ministry of Transport of the Republic of Latvia</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KULDĪGAS ŪDENS"</t>
+  </si>
+  <si>
+    <t>Alūksnes novada pašvaldība</t>
+  </si>
+  <si>
+    <t>VINETA BĒRZIŅA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Preco"</t>
+  </si>
+  <si>
+    <t>National Centre for Education</t>
+  </si>
+  <si>
+    <t>SIA "LEO PĒTĪJUMU CENTRS"</t>
+  </si>
+  <si>
+    <t>Latvian Institute of Aquatic Ecology</t>
+  </si>
+  <si>
+    <t>ZIGMUNDS SINKA</t>
+  </si>
+  <si>
+    <t>KĀRLIS ŪDRIS</t>
+  </si>
+  <si>
+    <t>JĀNIS REĶIS</t>
+  </si>
+  <si>
+    <t>State Fire and Rescue Service of Latvia</t>
+  </si>
+  <si>
+    <t>ARTIS ZVIEDRIS</t>
+  </si>
+  <si>
+    <t>"Autisma centrs"</t>
+  </si>
+  <si>
+    <t>Rīgas valstspilsētas pašvaldība</t>
+  </si>
+  <si>
+    <t>RĪGAS CELTNIECĪBAS KOLEDŽA</t>
+  </si>
+  <si>
+    <t>ARTŪRS BIĻKOVS</t>
+  </si>
+  <si>
+    <t>Veselības un darbspēju ekspertīzes ārstu valsts komisija</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Tukuma slimnīca"</t>
+  </si>
+  <si>
+    <t>SIA "Juridiskā koledža"</t>
+  </si>
+  <si>
+    <t>SIA LAROMED</t>
+  </si>
+  <si>
+    <t>DAUGAVPILS UNIVERSITĀTES AĢENTŪRA  DAUGAVPILS UNIVERSITĀTES DAUGAVPILS MEDICĪNAS KOLEDŽA</t>
+  </si>
+  <si>
+    <t>Valmieras tehnikums</t>
+  </si>
+  <si>
+    <t>SIA "Biznesa augstskola Turība"</t>
+  </si>
+  <si>
+    <t>SIA "D-prakse"</t>
+  </si>
+  <si>
+    <t>KASPARS TEICĀNS</t>
+  </si>
+  <si>
+    <t>DAINA LAZDĀNE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Irlavas Sarkanā Krusta slimnīca"</t>
+  </si>
+  <si>
+    <t>"BaltLine Globe" SIA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "JELGAVAS KLĪNIKA"</t>
+  </si>
+  <si>
+    <t>ARTŪRS ŠKUTE</t>
+  </si>
+  <si>
+    <t>SIA Aizkraukles klīnika</t>
+  </si>
+  <si>
+    <t>Latvijas Universitātes Matemātikas un informātikas institūts</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Elerons SM"</t>
+  </si>
+  <si>
+    <t>INGUS LITKE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Domiņš"</t>
+  </si>
+  <si>
+    <t>IVETA BĒRZIŅA</t>
+  </si>
+  <si>
+    <t>"Čiekurs un Kalns"</t>
+  </si>
+  <si>
+    <t>GATIS BULS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LIEPĀJAS REĢIONĀLĀ SLIMNĪCA"</t>
+  </si>
+  <si>
+    <t>Jelgavas valstspilsētas pašvaldības iestāde "Pilsētsaimniecība"</t>
+  </si>
+  <si>
+    <t>Ilgas Vidajas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Vidzeme Tourism Association</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "SALTAVOTS"</t>
+  </si>
+  <si>
+    <t>Ādažu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Nodibinājums "Akadēmiskās informācijas centrs"</t>
+  </si>
+  <si>
+    <t>Balvu novada pašvaldības aģentūra "San-tex"</t>
+  </si>
+  <si>
+    <t>ANITA BĪBERE</t>
+  </si>
+  <si>
+    <t>"Latvijas Veselības Tūrisma Klasteris"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "GRANULU MOBILAIS SILTUMS"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BALTIKS EAST"</t>
+  </si>
+  <si>
+    <t>Lailas Mikules ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>ELĪNA EIDA</t>
+  </si>
+  <si>
+    <t>Saulkrastu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Vieglās rūpniecības uzņēmumu asociācija</t>
+  </si>
+  <si>
+    <t>SIA "ITERA"</t>
+  </si>
+  <si>
+    <t>"MĀRAVOTI" IK</t>
+  </si>
+  <si>
+    <t>Procevska Marina ģimenes ārste prakse</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "RĪGAS SILTUMS"</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Bērnu klīniskā universitātes slimnīca"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BROCĒNU SILTUMS"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "4 PLUS"</t>
+  </si>
+  <si>
+    <t>Nodibinājums "Mācību centrs ATBALSTS"</t>
+  </si>
+  <si>
+    <t>Profesionālās izglītības kompetences centrs "Liepājas Mūzikas, mākslas un dizaina vidusskola"</t>
+  </si>
+  <si>
+    <t>IK "VITAS NORENBERGAS ĢIMENES ĀRSTA PRAKSE"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "NORTE"</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Tukuma Piens"</t>
+  </si>
+  <si>
+    <t>SIA "Northmaps"</t>
+  </si>
+  <si>
+    <t>SIA "DGR serviss"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ogres Namsaimnieks"</t>
+  </si>
+  <si>
+    <t>IEVA DALBIŅA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "IT INTERNATIONAL"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Clean R"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "INOS"</t>
+  </si>
+  <si>
+    <t>ERNA VLASOVA</t>
+  </si>
+  <si>
+    <t>Maritas Ķirsones ģimenes ārsta prakse SIA</t>
+  </si>
+  <si>
+    <t>ARTŪRS ĀZIS</t>
+  </si>
+  <si>
+    <t>PAULA LANGINA</t>
+  </si>
+  <si>
+    <t>Ingrīdas Petraškēvičas ģimenes ārstu prakse</t>
+  </si>
+  <si>
+    <t>Ģimenes ārstes Oksanas Maļinovskas prakse</t>
+  </si>
+  <si>
+    <t>SIA "ROBO HUB"</t>
+  </si>
+  <si>
+    <t>VENTSPILS AUGSTSKOLA</t>
+  </si>
+  <si>
+    <t>ARVIS UPENIEKS</t>
+  </si>
+  <si>
+    <t>INGA KOVAĻEVSKA</t>
+  </si>
+  <si>
+    <t>Smiltenes novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Talsu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Līvānu slimnīca"</t>
+  </si>
+  <si>
+    <t>Latvijas Republikas Veselības ministrija</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VMKC"</t>
+  </si>
+  <si>
+    <t>ILZE BALODE</t>
+  </si>
+  <si>
+    <t>Salacgrīvas novada dome</t>
+  </si>
+  <si>
+    <t>Vidzeme Planning Region</t>
+  </si>
+  <si>
+    <t>GUNTIS PUCENS</t>
+  </si>
+  <si>
+    <t>Ventspils novada pašvaldība</t>
+  </si>
+  <si>
+    <t>ALEKSANDRS BOĻŠAKOVS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "CĒSU KLĪNIKA"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Artex Latvia"</t>
+  </si>
+  <si>
+    <t>LATVIJAS REPUBLIKAS ZEMKOPĪBAS MINISTRIJA</t>
+  </si>
+  <si>
+    <t>Ropažu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Grospiņš Andis - arodveselības un arodslimību ārsta un ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>"Zaigas Rones ģimenes ārsta prakse" SIA</t>
+  </si>
+  <si>
+    <t>SIA MyWisy</t>
+  </si>
+  <si>
+    <t>Latvijas Universitātes aģentūra ''Latvijas Universitātes Rīgas 1.medicīnas koledža''</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LIMBAŽU SLIMNĪCA"</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Rīgas psihiatrijas un narkoloģijas centrs"</t>
+  </si>
+  <si>
+    <t>"Latvijas Pilsoniskā alianse"</t>
+  </si>
+  <si>
+    <t>Koknese Local Municipality</t>
+  </si>
+  <si>
+    <t>JĀNIS KAMBŪTS</t>
+  </si>
+  <si>
+    <t>Neatliekamās medicīniskās palīdzības dienests</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ILSTRE"</t>
+  </si>
+  <si>
+    <t>ANDIS RUBENS</t>
+  </si>
+  <si>
+    <t>EDGARS BUŠS</t>
+  </si>
+  <si>
+    <t>ILZE ĻUTJANSKA</t>
+  </si>
+  <si>
+    <t>Fotiadu Nataļja - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>KRISTIĀNA BUDKĒVICA</t>
+  </si>
+  <si>
+    <t>Biedrība "Cerību spārni"</t>
+  </si>
+  <si>
+    <t>EDĪTE ŠVALKOVSKA</t>
+  </si>
+  <si>
+    <t>Ilzes Kuzmas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>VALSTS SOCIĀLĀS APRŪPES CENTRS "ZEMGALE"</t>
+  </si>
+  <si>
+    <t>SIA "Bauskas slimnīca"</t>
+  </si>
+  <si>
+    <t>SIA "Banga Ltd"</t>
+  </si>
+  <si>
+    <t>Viļānu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SIA "Siguldas slimnīca"</t>
+  </si>
+  <si>
+    <t>Rundāles novada dome</t>
+  </si>
+  <si>
+    <t>Ministry of Environmental Protection and Regional Development of the Republic of Latvia</t>
+  </si>
+  <si>
+    <t>Ventspils pilsētas pašvaldības iestāde "Ventspils bibliotēka"</t>
+  </si>
+  <si>
+    <t>Atvasināta publiska persona "Latvijas Biomedicīnas pētījumu un studiju centrs"</t>
+  </si>
+  <si>
+    <t>PS "Motival Development"</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas namu pārvaldnieks"</t>
+  </si>
+  <si>
+    <t>Latvijas Viesnīcu un restorānu asociācija</t>
+  </si>
+  <si>
+    <t>Viedās administrācijas un reģionālās attīstības ministrija</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "medicīnas firma "Elpa""</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Blue energy global"</t>
+  </si>
+  <si>
+    <t>Association "MARTA Centre"</t>
+  </si>
+  <si>
+    <t>Pašvaldības SIA "Ventspils poliklīnika"</t>
+  </si>
+  <si>
+    <t>ANDA ZEIDMANE</t>
+  </si>
+  <si>
+    <t>Aizkraukle local municipality</t>
+  </si>
+  <si>
+    <t>ANDRIS ZĪBARTS</t>
+  </si>
+  <si>
+    <t>Ķeguma novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Valsts aizsardzības militāro objektu un iepirkumu centrs</t>
+  </si>
+  <si>
+    <t>RITA KRASTIŅA</t>
+  </si>
+  <si>
+    <t>OĻEGS BONDARS</t>
+  </si>
+  <si>
+    <t>SOS Children's Villages Latvia</t>
+  </si>
+  <si>
+    <t>MĀRIS BUMBIERIS</t>
+  </si>
+  <si>
+    <t>HARDIJS VIŠKERS</t>
+  </si>
+  <si>
+    <t>Vidzemes plānošanas reģions</t>
+  </si>
+  <si>
+    <t>Rīgas pilsētas "Rūpju bērns"</t>
+  </si>
+  <si>
+    <t>Psiholoģiskais un juridiskais atbalsts "Dzintaru sala"</t>
+  </si>
+  <si>
+    <t>Biedrība "Skalbes"</t>
+  </si>
+  <si>
+    <t>Jelgava Local Municipality</t>
+  </si>
+  <si>
+    <t>Līgatnes novada dome</t>
+  </si>
+  <si>
+    <t>Kārsavas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SIA "EcoLead"</t>
+  </si>
+  <si>
+    <t>Daugavpils City Council</t>
+  </si>
+  <si>
+    <t>Tatjanas Valuckas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ilzes Jākobsones ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>KANDAVAS NOVADA DOME</t>
+  </si>
+  <si>
+    <t>MĀRCIS RUIĶIS</t>
+  </si>
+  <si>
+    <t>ZANE ŽIDAVA</t>
+  </si>
+  <si>
+    <t>"Latvijas Neredzīgo biedrība"</t>
+  </si>
+  <si>
+    <t>Apes novada dome</t>
+  </si>
+  <si>
+    <t>Iekšlietu ministrijas Informācijas centrs</t>
+  </si>
+  <si>
+    <t>"Pierīgas tūrisma asociācija"</t>
+  </si>
+  <si>
+    <t>SIA "LES TRANS"</t>
+  </si>
+  <si>
+    <t>Annemarijas Lormanes ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ATR"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "JELGAVAS ŪDENS"</t>
+  </si>
+  <si>
+    <t>SIA "Gaļas nams-Ādaži"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ABC software"</t>
+  </si>
+  <si>
+    <t>"BĒRNU SLIMNĪCAS FONDS"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ĶEGUMA STARS"</t>
+  </si>
+  <si>
+    <t>DAUMANTS KINDZULS</t>
+  </si>
+  <si>
+    <t>SIA "Valmieras ūdens"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LĪVĀNU SILTUMS"</t>
+  </si>
+  <si>
+    <t>LAIMA BIRZLEJA</t>
+  </si>
+  <si>
+    <t>Māras Melderes ģimenes ārstu prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Krāslavas nami"</t>
+  </si>
+  <si>
+    <t>"Latvijas kūrortpilsētu asociācija"</t>
+  </si>
+  <si>
+    <t>DAINIS MIHAILOVS</t>
+  </si>
+  <si>
+    <t>DITA ZDANOVSKA</t>
+  </si>
+  <si>
+    <t>EVITA BACULE-TREŠČILOVA</t>
+  </si>
+  <si>
+    <t>Finanšu ministrija</t>
+  </si>
+  <si>
+    <t>SIA "Viedo inženiersistēmu, transporta un enerģētikas Kompetences centrs"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Tukuma ūdens"</t>
+  </si>
+  <si>
+    <t>INETA LEITĀNE</t>
+  </si>
+  <si>
+    <t>LATVIJAS SPORTA PEDAGOĢIJAS AKADĒMIJA</t>
+  </si>
+  <si>
+    <t>SIA "VALPRO"</t>
+  </si>
+  <si>
+    <t>SANTA STREINDŽA</t>
+  </si>
+  <si>
+    <t>VALDIS PEIPIŅŠ</t>
+  </si>
+  <si>
+    <t>Ādažu novada pašvaldības aģentūra "Carnikavas komunālserviss"</t>
+  </si>
+  <si>
+    <t>SIA "ZIEMEĻKURZEME"</t>
+  </si>
+  <si>
+    <t>Pašvaldības SIA "Ventspils labiekārtošanas kombināts"</t>
+  </si>
+  <si>
+    <t>Pāvilostas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>KĀRLIS VALDMANIS</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "FERRUS"</t>
+  </si>
+  <si>
+    <t>DIDZIS KOZLOVSKIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Dzīvokļu komunālā saimniecība"</t>
+  </si>
+  <si>
+    <t>Viesītes novada pašvaldība</t>
+  </si>
+  <si>
+    <t>MĀRIS VILŠĶĒRSTS</t>
+  </si>
+  <si>
+    <t>KRISTĪNE PALACE</t>
+  </si>
+  <si>
+    <t>SIA "COMPAQPEAT"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "MEDcontrol"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Jēkabpils reģionālā slimnīca"</t>
+  </si>
+  <si>
+    <t>SIA "Nadeta"</t>
+  </si>
+  <si>
+    <t>JURIS LŪSIS</t>
+  </si>
+  <si>
+    <t>ARNIS MELBĀRDIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ASAFREJA"</t>
+  </si>
+  <si>
+    <t>GOTFRĪDS JUNGFERMANIS</t>
+  </si>
+  <si>
+    <t>Pašvaldības SIA "Ventspils reiss"</t>
+  </si>
+  <si>
+    <t>ZELTIŅU PAGASTA PĀRVALDE</t>
+  </si>
+  <si>
+    <t>SIA "KVIST"</t>
+  </si>
+  <si>
+    <t>Jēkabpils Agrobiznesa koledža</t>
+  </si>
+  <si>
+    <t>MALDA RUŅENIECE</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Latvijas Vides, ģeoloģijas un meteoroloģijas centrs"</t>
+  </si>
+  <si>
+    <t>GUNDARS MUIŽNIEKS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Jelgavas komunālie pakalpojumi"</t>
+  </si>
+  <si>
+    <t>Euregio “Pskov-Livonia” section Latvia</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Rojas DzKU"</t>
+  </si>
+  <si>
+    <t>Gulbenes novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "VALMIERAS ENERĢIJA"</t>
+  </si>
+  <si>
+    <t>Salaspils novada dome</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Daugavpils bērnu veselības centrs"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Sandras Lapsas-Ārentas ģimenes ārstes prakse"</t>
+  </si>
+  <si>
+    <t>SIA "Ligitas Vulfas ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Nataļja Gizatullina ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>SIA "Cesvaines siltums"</t>
+  </si>
+  <si>
+    <t>Latvijas Elektrotehnikas un elektronikas rūpniecības asociācija</t>
+  </si>
+  <si>
+    <t>Bulduru, Buļļuciema un Lielupes attīstības biedrība</t>
+  </si>
+  <si>
+    <t>SIA "DOBELES ŪDENS"</t>
+  </si>
+  <si>
+    <t>SIA "Liepājas ģimenes veselības centrs"</t>
+  </si>
+  <si>
+    <t>EDIJS ARDAVS</t>
+  </si>
+  <si>
+    <t>EDIJS VEGNERS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Jēkabpils ūdens"</t>
+  </si>
+  <si>
+    <t>SIA "Sarkanā Krusta Smiltenes slimnīca"</t>
+  </si>
+  <si>
+    <t>Valsts aģentūra "Civilās aviācijas aģentūra"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Vija Med"</t>
+  </si>
+  <si>
+    <t>SIA "Baltic3d.EU"</t>
+  </si>
+  <si>
+    <t>Agitas Vaivades ģimenes ārsta un pediatra prakse</t>
+  </si>
+  <si>
+    <t>ROLANDS MAZIŅŠ</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KĀRSAVAS NAMSAIMNIEKS"</t>
+  </si>
+  <si>
+    <t>Dobele county Municipality</t>
+  </si>
+  <si>
+    <t>Latvijas Autisma apvienība</t>
+  </si>
+  <si>
+    <t>SIA "Kandavas komunālie pakalpojumi"</t>
+  </si>
+  <si>
+    <t>Daugavpils Būvniecības tehnikums</t>
+  </si>
+  <si>
+    <t>SIA "Veselības centri un doktorāti"</t>
+  </si>
+  <si>
+    <t>Kurzemes plānošanas reģions</t>
+  </si>
+  <si>
+    <t>Valsts akciju sabiedrība "Valsts nekustamie īpašumi"</t>
+  </si>
+  <si>
+    <t>SANDIS BUŠS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Daugavpils reģionālā slimnīca"</t>
+  </si>
+  <si>
+    <t>SIA "MANS DOKTORĀTS"</t>
+  </si>
+  <si>
+    <t>SIA "PRIEKULES SLIMNĪCA"</t>
+  </si>
+  <si>
+    <t>Valsts sociālās aprūpes centrs „Rīga”</t>
+  </si>
+  <si>
+    <t>Latvijas Tirdzniecības un rūpniecības kamera</t>
+  </si>
+  <si>
+    <t>Rucavas novada dome</t>
+  </si>
+  <si>
+    <t>Čukura Āra ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "S. MICKEVIČAS ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Latvijas Kultūras akadēmija</t>
+  </si>
+  <si>
+    <t>Ivetas Jevtušenko ģimenes ārsta un pediatra prakse</t>
+  </si>
+  <si>
+    <t>ILZE ŠULCE</t>
+  </si>
+  <si>
+    <t>SOCIĀLĀS INTEGRĀCIJAS VALSTS AĢENTŪRA</t>
+  </si>
+  <si>
+    <t>Saldus novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SIA "RŪTAS EGLĪTES ĢIMENES ĀRSTA PRAKSE"</t>
+  </si>
+  <si>
+    <t>SIA "Bērnu un pusaudžu resursu centrs"</t>
+  </si>
+  <si>
+    <t>AGATE SPRĪVULE</t>
+  </si>
+  <si>
+    <t>VENTSPILS PILSĒTAS PAŠVALDĪBAS IESTĀDE "VENTSPILS DIGITĀLAIS CENTRS"</t>
+  </si>
+  <si>
+    <t>Natalijas Loveneckas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>JĀNIS ZUĻĶIS</t>
+  </si>
+  <si>
+    <t>Biedrība "Terēze"</t>
+  </si>
+  <si>
+    <t>Ogres tehnikums</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Latvenergo"</t>
+  </si>
+  <si>
+    <t>IGORS KEZIKS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Eko El"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ZEIFERTI"</t>
+  </si>
+  <si>
+    <t>SIA "Inas Zemtures ģimenes ārsta-pediatra prakse"</t>
+  </si>
+  <si>
+    <t>Izglītības un zinātnes ministrija</t>
+  </si>
+  <si>
+    <t>SIA "AIZPUTES KOMUNĀLAIS UZŅĒMUMS"</t>
+  </si>
+  <si>
+    <t>Neretas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība ENERGOFIRMA "JAUDA"</t>
+  </si>
+  <si>
+    <t>Fonds "Rehabilitācijas centrs Poga"</t>
+  </si>
+  <si>
+    <t>SIA "Aitomic"</t>
+  </si>
+  <si>
+    <t>DMITRIJS GANDŽUKS</t>
+  </si>
+  <si>
+    <t>Latvijas Nacionālais vēstures muzejs</t>
+  </si>
+  <si>
+    <t>ANDRIS DOBELIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Revigo"</t>
+  </si>
+  <si>
+    <t>LĪVA BOLINSKA</t>
+  </si>
+  <si>
+    <t>LĪGA DADEIKA</t>
+  </si>
+  <si>
+    <t>Ieslodzījuma vietu pārvalde</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "MOŽUMS-1"</t>
+  </si>
+  <si>
+    <t>MAREKS PITRĀNS</t>
+  </si>
+  <si>
+    <t>Ainas Rozenieces ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ilūkstes siltums"</t>
+  </si>
+  <si>
+    <t>Latvijas Datortehnoloģiju asociācija</t>
+  </si>
+  <si>
+    <t>Foundation "Institute for Environmental Solutions"</t>
+  </si>
+  <si>
+    <t>Krāslavas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Astrīdas Kalnāres ģimenes ārstes prakse"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "SANARE-KRC JAUNĶEMERI"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Sīricas ārsta prakse"</t>
+  </si>
+  <si>
+    <t>AKVĀRIJS</t>
+  </si>
+  <si>
+    <t>Salaspils novada pašvaldība</t>
+  </si>
+  <si>
+    <t>LILITA MEŽALE</t>
+  </si>
+  <si>
+    <t>MAREKS LADUSĀNS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ludzas Bio-Enerģija"</t>
+  </si>
+  <si>
+    <t>DĀVIS ANDERSONS</t>
+  </si>
+  <si>
+    <t>Administration of Vilaka municipality</t>
+  </si>
+  <si>
+    <t>ANDRIS JANSONS</t>
+  </si>
+  <si>
+    <t>ILZE PAEGLE</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Latvijas Jūras medicīnas centrs"</t>
+  </si>
+  <si>
+    <t>Rēzeknes valstspilsētas pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "POLIPAKS"</t>
+  </si>
+  <si>
+    <t>Varakļānu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Latima"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Alūksnes slimnīca"</t>
+  </si>
+  <si>
+    <t>IGORS PUTNIŅŠ</t>
+  </si>
+  <si>
+    <t>SIA "PRIVĀTKLĪNIKA "ĢIMENES VESELĪBA""</t>
+  </si>
+  <si>
+    <t>Pašvaldības SIA "RŪJIENAS SILTUMS"</t>
+  </si>
+  <si>
+    <t>DACE GLAUBICE</t>
+  </si>
+  <si>
+    <t>DAINIS JAKUBOVIČS</t>
+  </si>
+  <si>
+    <t>SOLVITA KRŪMIŅA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību Bulduru Dārzkopības vidusskola</t>
+  </si>
+  <si>
+    <t>Pašvaldības SIA "ŪDEKA"</t>
+  </si>
+  <si>
+    <t>Ventspils pilsētas Sociālais dienests</t>
+  </si>
+  <si>
+    <t>Līvānu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Ilgas Ozolas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>GINTA PŪPOLA</t>
+  </si>
+  <si>
+    <t>Latvijas Investīciju un attīstības aģentūra</t>
+  </si>
+  <si>
+    <t>Gulbene Municipality Council</t>
+  </si>
+  <si>
+    <t>DACE MISTRE</t>
+  </si>
+  <si>
+    <t>Limbažu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>JURIJS KUPLOVS-OGINSKIS</t>
+  </si>
+  <si>
+    <t>Jaunatnes starptautisko programmu aģentūra</t>
+  </si>
+  <si>
+    <t>IVETA VECTIRĀNE</t>
+  </si>
+  <si>
+    <t>AIVARS METLA-ROZENTĀLS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VIĻĀNU DOKTORĀTS I"</t>
+  </si>
+  <si>
+    <t>Liepājas Neredzīgo biedrība</t>
+  </si>
+  <si>
+    <t>The Ministry of Environmental Protection and Regional Development of the Republic of Latvia</t>
+  </si>
+  <si>
+    <t>KRISTAPS KUZŅECOVS</t>
+  </si>
+  <si>
+    <t>Zemgale Planning Region</t>
+  </si>
+  <si>
+    <t>SANITA PINUPE</t>
+  </si>
+  <si>
+    <t>VIKTORS KUDRJAVSKIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "NORTHERN SYNTHESIS"</t>
+  </si>
+  <si>
+    <t>I.Kozakēvičas Latvijas Nacionālo Kultūras Biedrību asociācija</t>
+  </si>
+  <si>
+    <t>JĀNIS VILCĀNS</t>
+  </si>
+  <si>
+    <t>Valsts zinātniskais institūts - atvasināta publiska persona "Elektronikas un datorzinātņu institūts"</t>
+  </si>
+  <si>
+    <t>VIKTORIJA BLAUA</t>
+  </si>
+  <si>
+    <t>BYKO-LAT SIA</t>
+  </si>
+  <si>
+    <t>Latvijas Republikas Labklājības ministrija</t>
+  </si>
+  <si>
+    <t>RĒZEKNES PILSĒTAS DOME</t>
+  </si>
+  <si>
+    <t>Profesionālās izglītības kompetences centrs "Rīgas Dizaina un mākslas vidusskola"</t>
+  </si>
+  <si>
+    <t>ANDA ŠMITMANE</t>
+  </si>
+  <si>
+    <t>ANETE KRASTIŅA</t>
+  </si>
+  <si>
+    <t>Dzīvokļu īpašnieku biedrība "Virkas iela 4"</t>
+  </si>
+  <si>
+    <t>INESE STEPENA</t>
+  </si>
+  <si>
+    <t>SIA "3R"</t>
+  </si>
+  <si>
+    <t>VIESTURS KĀRŠE</t>
+  </si>
+  <si>
+    <t>REINIS RASA</t>
+  </si>
+  <si>
+    <t>IRITA MAĻIKENA</t>
+  </si>
+  <si>
+    <t>KRISTĪNE BARONA</t>
+  </si>
+  <si>
+    <t>Foundation "Ventspils High technology park"</t>
+  </si>
+  <si>
+    <t>RAIVO ĶIĢELIS</t>
+  </si>
+  <si>
+    <t>SIA Grāvējs</t>
+  </si>
+  <si>
+    <t>RIMANTS JANKOVSKIS</t>
+  </si>
+  <si>
+    <t>IK INGAS ŽĪGURES ĀRSTA PRAKSE</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "RĪGAS ELEKTROMAŠĪNBŪVES RŪPNĪCA"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Rēzeknes siltumtīkli"</t>
+  </si>
+  <si>
+    <t>Madonas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "NaProMedicus"</t>
+  </si>
+  <si>
+    <t>MĀRĪTE FOKINA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Jūrmalas ūdens"</t>
+  </si>
+  <si>
+    <t>UĢIS ŠĒNBERGS</t>
+  </si>
+  <si>
+    <t>Latvijas Mazturīgo atbalsta biedrība "DACE"</t>
+  </si>
+  <si>
+    <t>LINARDS LIGERIS</t>
+  </si>
+  <si>
+    <t>Ekonomikas ministrija</t>
+  </si>
+  <si>
+    <t>Latvijas Brīvo arodbiedrību savienība</t>
+  </si>
+  <si>
+    <t>LIEPĀJAS UNIVERSITĀTE</t>
+  </si>
+  <si>
+    <t>Latgale Planning Region</t>
+  </si>
+  <si>
+    <t>JĀNIS VĪKSNE</t>
+  </si>
+  <si>
+    <t>Valsts akciju sabiedrība "Latvijas Valsts radio un televīzijas centrs"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Zn metals"</t>
+  </si>
+  <si>
+    <t>DZIDRA KRĒVICA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "GALANGAL"</t>
+  </si>
+  <si>
+    <t>Rīgas dome</t>
+  </si>
+  <si>
+    <t>Dienvidkurzemes novada pašvaldība</t>
+  </si>
+  <si>
+    <t>RIEBIŅU NOVADA DOME</t>
+  </si>
+  <si>
+    <t>Valsts tiesu medicīnas ekspertīzes centrs</t>
+  </si>
+  <si>
+    <t>SIA "DATI Group"</t>
+  </si>
+  <si>
+    <t>Astrīdas Marčenokas ģimenes ārstes prakse SIA</t>
+  </si>
+  <si>
+    <t>"LATVIJAS KOKA BŪVNIECĪBAS KLASTERIS"</t>
+  </si>
+  <si>
+    <t>Latgale Region Development Agency</t>
+  </si>
+  <si>
+    <t>Gaidas Bērziņas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Associacion BK "SALDUS"</t>
+  </si>
+  <si>
+    <t>SIA "Čiekuru Doktorāts"</t>
+  </si>
+  <si>
+    <t>IEVA VĒCIŅA</t>
+  </si>
+  <si>
+    <t>Cēsu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>ATIS DIMANTS</t>
+  </si>
+  <si>
+    <t>"Zaļās mājas"</t>
+  </si>
+  <si>
+    <t>IEVA ZEIFERTE</t>
+  </si>
+  <si>
+    <t>MĀRIS PELCS</t>
+  </si>
+  <si>
+    <t>EVIJA MAJORE</t>
+  </si>
+  <si>
+    <t>Latvian Environment, Geology and Metereology Centre</t>
+  </si>
+  <si>
+    <t>SIA "TM Recycling"</t>
+  </si>
+  <si>
+    <t>SIA "Gulbenes nami"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Balvu un Gulbenes slimnīcu apvienība"</t>
+  </si>
+  <si>
+    <t>VALSTS ADMINISTRĀCIJAS SKOLA</t>
+  </si>
+  <si>
+    <t>GUNTARS DAŅIĻEVIČS</t>
+  </si>
+  <si>
+    <t>GUNTA BĒRZA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Preiļu slimnīca"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "CEWOOD"</t>
+  </si>
+  <si>
+    <t>Aijas Tēraudes ģimenes ārsta un pediatra prakse</t>
+  </si>
+  <si>
+    <t>ZIGMĀRS KRUSTKALNS</t>
+  </si>
+  <si>
+    <t>A.Miķelsones ģimenes ārsta un arodveselības un arodslimību ārsta prakse</t>
+  </si>
+  <si>
+    <t>SIA "OC VISION"</t>
+  </si>
+  <si>
+    <t>Gundegas Meinertes ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>RAIMONDS RUTKIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LEAX Rēzekne" Rēzeknes speciālās ekonomiskās zonas</t>
+  </si>
+  <si>
+    <t>"Pulmonālās hipertensijas biedrība"</t>
+  </si>
+  <si>
+    <t>KANDAVAS LAUKSAIMNIECĪBAS TEHNIKUMS</t>
+  </si>
+  <si>
+    <t>SIA "GLĀZERI BT"</t>
+  </si>
+  <si>
+    <t>RENĀTA ROZENBLŪMA</t>
+  </si>
+  <si>
+    <t>Dr. Būmanes ģimenes ārsta prakse, SIA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "JELGAVAS POLIKLĪNIKA"</t>
+  </si>
+  <si>
+    <t>ANDRIS BOGOMOLS</t>
+  </si>
+  <si>
+    <t>Biedrība "Baltā māja"</t>
+  </si>
+  <si>
+    <t>VIKTORS KAŅEPE</t>
+  </si>
+  <si>
+    <t>JĀNIS MATISONS</t>
+  </si>
+  <si>
+    <t>Daugavpils Universitāte</t>
+  </si>
+  <si>
+    <t>LUBĀNAS NOVADA PAŠVALDĪBA</t>
+  </si>
+  <si>
+    <t>EVITA DUMBROVSKA</t>
+  </si>
+  <si>
+    <t>Līvānu novada domes pašvaldības sabiedrība ar ierobežotu atbildību "Līvānu slimnīca"</t>
+  </si>
+  <si>
+    <t>"M. GRŪSLES ĀRSTA PRAKSE" SIA</t>
+  </si>
+  <si>
+    <t>RAITIS LEIMANIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "RĒZEKNES SLIMNĪCA"</t>
+  </si>
+  <si>
+    <t>Jūrmalas pilsētas dome</t>
+  </si>
+  <si>
+    <t>EVIKA ROSOHA</t>
+  </si>
+  <si>
+    <t>GINTA MARJUTENKOVA</t>
+  </si>
+  <si>
+    <t>DACE PELŠE</t>
+  </si>
+  <si>
+    <t>RAIMONDS ŠTEINFELDS</t>
+  </si>
+  <si>
+    <t>Valsts augu aizsardzības dienests</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ES-ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>KĀRLIS REIZNIEKS</t>
+  </si>
+  <si>
+    <t>Krustpils novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SILVIJA LIPŅICKA</t>
+  </si>
+  <si>
+    <t>VITA OZOLIŅA</t>
+  </si>
+  <si>
+    <t>Jelgavas pilsētas pašvaldības iestāde "Pilsētsaimniecība"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Saulkrastu komunālserviss"</t>
+  </si>
+  <si>
+    <t>"Ūdenszīmes"</t>
+  </si>
+  <si>
+    <t>Siguldas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SIA "Medeor"</t>
+  </si>
+  <si>
+    <t>RAIVIS JEKUMS</t>
+  </si>
+  <si>
+    <t>JĀNIS MULTIŅŠ</t>
+  </si>
+  <si>
+    <t>Mālpils novada dome</t>
+  </si>
+  <si>
+    <t>VINETA LIEPIŅA</t>
+  </si>
+  <si>
+    <t>UĢIS KĀNBERGS</t>
+  </si>
+  <si>
+    <t>VALSTS REĢIONĀLĀS ATTĪSTĪBAS AĢENTŪRA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "JŪRMALAS MEŽAPARKI"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "J.Gulbes ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>SIA "GEOR"</t>
+  </si>
+  <si>
+    <t>Biedrība bērniem, jauniešiem un pieaugušajiem ar dažādiem funkcionāliem traucējumiem "Mēs saviem bērniem"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Krāslavas slimnīca"</t>
+  </si>
+  <si>
+    <t>OSKARS ZĪLE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BIOCORE Ltd"</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Zemkopības ministrijas nekustamie īpašumi"</t>
+  </si>
+  <si>
+    <t>SIA NEDEX</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Poligrāfijas grupa Mūkusala"</t>
+  </si>
+  <si>
+    <t>AIGARS RAŠMANIS</t>
+  </si>
+  <si>
+    <t>SIA "FB5"</t>
+  </si>
+  <si>
+    <t>Valsts darba inspekcija</t>
+  </si>
+  <si>
+    <t>IK "Veides ārstu prakse"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Pobeda Confectionery"</t>
+  </si>
+  <si>
+    <t>"VEREMS" Rēzeknes speciālās ekonomiskās zonas sabiedrība ar ierobežotu atbildību</t>
+  </si>
+  <si>
+    <t>LATVIJAS REPUBLIKAS VIDES AIZSARDZĪBAS UN REĢIONĀLĀS ATTĪSTĪBAS MINISTRIJA</t>
+  </si>
+  <si>
+    <t>KRISTĪNE KARLSONE</t>
+  </si>
+  <si>
+    <t>MĀRCIS BOGDANOVS</t>
+  </si>
+  <si>
+    <t>Balvu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SIA "RŪPE"</t>
+  </si>
+  <si>
+    <t>Priekules novada pašvaldība</t>
+  </si>
+  <si>
+    <t>IEVA BĒRZIŅA-KRĒPAUSE</t>
+  </si>
+  <si>
+    <t>Rezekne local government</t>
+  </si>
+  <si>
+    <t>Tilde SIA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "TENAX"</t>
+  </si>
+  <si>
+    <t>Cesvaines novada dome</t>
+  </si>
+  <si>
+    <t>T.Ribakovas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>RĪGAS DOMES ĪPAŠUMA DEPARTAMENTS</t>
+  </si>
+  <si>
+    <t>RĪGAS TEHNISKĀ UNIVERSITĀTE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KRS"</t>
+  </si>
+  <si>
+    <t>SIA "Fortum Latvia"</t>
+  </si>
+  <si>
+    <t>SIA "Gulbenes Energo Serviss"</t>
+  </si>
+  <si>
+    <t>Nodibinājums "CARITAS LATVIJA"</t>
+  </si>
+  <si>
+    <t>SIA "BALTENEKO namsaimnieks"</t>
+  </si>
+  <si>
+    <t>UNA KASPARAVIČA</t>
+  </si>
+  <si>
+    <t>JĀNIS ANDERSONS</t>
+  </si>
+  <si>
+    <t>Auces novada pašvaldība</t>
+  </si>
+  <si>
+    <t>AGRIS ERODS</t>
+  </si>
+  <si>
+    <t>Sabiedrības integrācijas fonds</t>
+  </si>
+  <si>
+    <t>Biedrība "DIŽVANAGI"</t>
+  </si>
+  <si>
+    <t>Vecpiebalgas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Atvasināta publiska persona "Agroresursu un ekonomikas institūts"</t>
+  </si>
+  <si>
+    <t>MADARA SKUDRA</t>
+  </si>
+  <si>
+    <t>SIA "Meža nozares kompetences centrs"</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Daugavpils psihoneiroloģiskā slimnīca"</t>
+  </si>
+  <si>
+    <t>Central Administration of Augšdaugava Municipality</t>
+  </si>
+  <si>
+    <t>Ventspils pilsētas pašvaldības iestāde "Komunālā pārvalde"</t>
+  </si>
+  <si>
+    <t>Valsts zemes dienests</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BIOEFEKTS"</t>
+  </si>
+  <si>
+    <t>Rēzeknes novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Jelgava local government</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "M.P. Socks"</t>
+  </si>
+  <si>
+    <t>Jelgavas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Dobeles novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LIEGRA"</t>
+  </si>
+  <si>
+    <t>Valsts kase</t>
+  </si>
+  <si>
+    <t>Burtnieku novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Preiļu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>ELĪNA JURĒVIČA</t>
+  </si>
+  <si>
+    <t>INGUS OZOLIŅŠ</t>
+  </si>
+  <si>
+    <t>Municipal authority "Ventspils Digital centre"</t>
+  </si>
+  <si>
+    <t>TAMĀRA MAŽORIŅA</t>
+  </si>
+  <si>
+    <t>LATVIJAS UNIVERSITĀTE</t>
+  </si>
+  <si>
+    <t>DAIGA MILLERE</t>
+  </si>
+  <si>
+    <t>ANATOLIJS DAĻECKIS</t>
+  </si>
+  <si>
+    <t>Latvia University of Life Sciences and Technologies</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "MĀRUPES KOMUNĀLIE PAKALPOJUMI"</t>
+  </si>
+  <si>
+    <t>ARMANDS LAIVIŅŠ</t>
+  </si>
+  <si>
+    <t>KULTŪRAS INFORMĀCIJAS SISTĒMU CENTRS</t>
+  </si>
+  <si>
+    <t>Evita Langina ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>INITA FREIBERGA</t>
+  </si>
+  <si>
+    <t>AS "STORA ENSO LATVIJA"</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "LATVIJAS FINIERIS"</t>
+  </si>
+  <si>
+    <t>Unity House</t>
+  </si>
+  <si>
+    <t>Rīgas Stradiņa universitāte Sarkanā Krusta Medicīnas koledža</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Biznesa vadības koledža"</t>
+  </si>
+  <si>
+    <t>LINARDS BARKAUSKIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ādažu Ūdens"</t>
+  </si>
+  <si>
+    <t>GUNTIS OZOLS</t>
+  </si>
+  <si>
+    <t>State Joint Stock Company “State Real Estate”</t>
+  </si>
+  <si>
+    <t>Krāslavas novada Labklājības pārvalde</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "CORVUS COMPANY"</t>
+  </si>
+  <si>
+    <t>"Latvijas Informācijas un komunikācijas tehnoloģijas asociācija"</t>
+  </si>
+  <si>
+    <t>SIA Jānis Raibarts - ārsta prakse un konsultācijas</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Fiber Optical Solution"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ausmas Balodes ģimenes ārsta doktorāts"</t>
+  </si>
+  <si>
+    <t>Latvijas Biozinātņu un tehnoloģiju universitāte</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Starptautiskā Kosmetoloģijas koledža"</t>
+  </si>
+  <si>
+    <t>SIA "Ārsts NP"</t>
+  </si>
+  <si>
+    <t>Profesionālās izglītības kompetences centrs "Kuldīgas Tehnoloģiju un tūrisma tehnikums"</t>
+  </si>
+  <si>
+    <t>JURIJS SIŅKEVIČS</t>
+  </si>
+  <si>
+    <t>Tukuma novada pašvaldība</t>
+  </si>
+  <si>
+    <t>LĪGA SKUDRA</t>
+  </si>
+  <si>
+    <t>DACE PAŠUTA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KULDĪGAS KOMUNĀLIE PAKALPOJUMI"</t>
+  </si>
+  <si>
+    <t>VIDZEMES AUGSTSKOLA</t>
+  </si>
+  <si>
+    <t>Dabas aizsardzības pārvalde</t>
+  </si>
+  <si>
+    <t>AGRITA EIDUKA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Tukuma siltums"</t>
+  </si>
+  <si>
+    <t>Egita Kļaviņa</t>
+  </si>
+  <si>
+    <t>INGRĪDA TOMAŠICKA</t>
+  </si>
+  <si>
+    <t>Kultūras ministrija</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Tiesu namu aģentūra"</t>
+  </si>
+  <si>
+    <t>Nacionālais psihiskās veselības centrs, Valsts SIA</t>
+  </si>
+  <si>
+    <t>JĀNIS CELMS</t>
+  </si>
+  <si>
+    <t>ANDREJS ŠŅORIŅŠ</t>
+  </si>
+  <si>
+    <t>GUNDEGA MASAĻSKA</t>
+  </si>
+  <si>
+    <t>SIA "LIMBAŽU SILTUMS"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "JAKUŠENOKA DOKTORĀTS"</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas ūdens"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ķekavas nami"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "GroGlass"</t>
+  </si>
+  <si>
+    <t>Profesionālās izglītības kompetences centrs "Rīgas Valsts tehnikums"</t>
+  </si>
+  <si>
+    <t>SIA ALSMED</t>
+  </si>
+  <si>
+    <t>SIA "Baltic Travel Group"</t>
+  </si>
+  <si>
+    <t>ANNA JĒKABSONE</t>
+  </si>
+  <si>
+    <t>Rēzeknes tehnikums</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "DRUKĀTAVA"</t>
+  </si>
+  <si>
+    <t>Latvian Chamber of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>Amatas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "I.Kuģes ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Jēkabpils novada pašvaldība</t>
+  </si>
+  <si>
+    <t>"Maijas Liepiņas ģimenes ārsta prakse" SIA</t>
+  </si>
+  <si>
+    <t>Foundation Ventspils High Technology Park</t>
+  </si>
+  <si>
+    <t>GUNDA ZVĪGULE-NEIDERE</t>
+  </si>
+  <si>
+    <t>Dobele Adult Education and Business Support Centre</t>
+  </si>
+  <si>
+    <t>LAURIS SILIŅŠ</t>
+  </si>
+  <si>
+    <t>SIA "VIZULO"</t>
+  </si>
+  <si>
+    <t>"B-PEAT" SIA</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas Austrumu klīniskā universitātes slimnīca"</t>
+  </si>
+  <si>
+    <t>Latvian Country Tourism Association</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Light Guide Optics International"</t>
+  </si>
+  <si>
+    <t>LIEPĀJAS JŪRNIECĪBAS KOLEDŽA</t>
+  </si>
+  <si>
+    <t>JĀNIS CERCINS</t>
+  </si>
+  <si>
+    <t>KĀRLIS BERLANDS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Daugavpils ūdens"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Madonas Siltums"</t>
+  </si>
+  <si>
+    <t>ARMANDS VILCIŅŠ</t>
+  </si>
+  <si>
+    <t>Latvijas Bērnu fonds</t>
+  </si>
+  <si>
+    <t>ANITA ROZENTĀLE</t>
+  </si>
+  <si>
+    <t>The State Employment Agency of Latvia</t>
+  </si>
+  <si>
+    <t>VOLDEMĀRS VĒVERS</t>
+  </si>
+  <si>
+    <t>SIA "TALSU VESELĪBAS CENTRS"</t>
+  </si>
+  <si>
+    <t>Augšdaugavas novada pašvaldības Centrālā pārvalde</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Latvijas Valsts ceļi"</t>
+  </si>
+  <si>
+    <t>SIA "GEMMA doktorāts"</t>
+  </si>
+  <si>
+    <t>Artūra Bogdanoviča ģimenes ārsta, internista un arodslimības un arodveselības ārsta prakse</t>
+  </si>
+  <si>
+    <t>HARIJS SĀLAVS</t>
+  </si>
+  <si>
+    <t>Ināra Oļševska ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ludmilas Skrjabinas ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Transporta un sakaru institūts"</t>
+  </si>
+  <si>
+    <t>Ogres novada pašvaldības aģentūra "Tūrisma, sporta un atpūtas kompleksa "Zilie kalni" attīstības aģentūra"</t>
+  </si>
+  <si>
+    <t>NIKOLAJS MOĻS</t>
+  </si>
+  <si>
+    <t>MĀRTIŅŠ SAUSAIS</t>
+  </si>
+  <si>
+    <t>SIA "Farmācijas, biomedicīnas un medicīnas tehnoloģiju Kompetences centrs"</t>
+  </si>
+  <si>
+    <t>LATVIJAS JŪRAS AKADĒMIJA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "PALLETERIES"</t>
+  </si>
+  <si>
+    <t>PĒTERIS ORINSKIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Cellboxlab"</t>
+  </si>
+  <si>
+    <t>CLEANTECH LATVIA</t>
+  </si>
+  <si>
+    <t>MĀRIS KONRĀDS</t>
+  </si>
+  <si>
+    <t>KĀRLIS LIEPIŅŠ</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "FOREVERS"</t>
+  </si>
+  <si>
+    <t>"ABSL Latvia"</t>
+  </si>
+  <si>
+    <t>AGNIS LIEPIŅŠ</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LIELVĀRDES REMTE"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "M &amp; M centrs"</t>
+  </si>
+  <si>
+    <t>SIA "GP TEHNOPARKI"</t>
+  </si>
+  <si>
+    <t>Atvasināta publiska persona "Latvijas Valsts mežzinātnes institūts "Silava""</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "DAKTERIS"</t>
+  </si>
+  <si>
+    <t>Pašvaldības SIA "Ventspils siltums"</t>
+  </si>
+  <si>
+    <t>Rojas novada dome</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BALOŽU SILTUMS"</t>
+  </si>
+  <si>
+    <t>Rezekne Academy of Technologies</t>
+  </si>
+  <si>
+    <t>Veide Artūrs - ģimenes ārsta un arodveselības un arodslimību ārsta prakse</t>
+  </si>
+  <si>
+    <t>SIA "A.Ādamsona ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Liepājas speciālās ekonomiskās zonas SIA "Vecās Ostmalas Biznesa Parks"</t>
+  </si>
+  <si>
+    <t>AS "Veselības centru apvienība"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Salaspils Siltums"</t>
+  </si>
+  <si>
+    <t>ALEKSEJS KALNIŅŠ</t>
+  </si>
+  <si>
+    <t>LAURA ŠETLERE</t>
+  </si>
+  <si>
+    <t>Slimību profilakses un kontroles centrs</t>
+  </si>
+  <si>
+    <t>MARKS GORSKIS</t>
+  </si>
+  <si>
+    <t>ZANE JĒKABSONE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Veselības korporācija"</t>
+  </si>
+  <si>
+    <t>ELĪNA MUCENIECE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LIEPĀJAS ŪDENS"</t>
+  </si>
+  <si>
+    <t>RENĀTE MATUSEVIČA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Beires prakse"</t>
+  </si>
+  <si>
+    <t>JĀNIS BUHOLCS</t>
+  </si>
+  <si>
+    <t>Ventspils valstspilsētas pašvaldības iestāde "Ventspils Digitālais centrs"</t>
+  </si>
+  <si>
+    <t>SIA "Ziemeles-Lācītes ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Aizkraukles slimnīca"</t>
+  </si>
+  <si>
+    <t>ILZE ZĀLĪTE</t>
+  </si>
+  <si>
+    <t>BANKU AUGSTSKOLA</t>
+  </si>
+  <si>
+    <t>ANDRIS BACULIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ZZ Dats"</t>
+  </si>
+  <si>
+    <t>SIA "M.Zakse-Grigorjana ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>VENTSPILS PILSĒTAS DOME</t>
+  </si>
+  <si>
+    <t>MĀRIS ROŽLAPA</t>
+  </si>
+  <si>
+    <t>SIA "VIZUĀLĀ DIAGNOSTIKA"</t>
+  </si>
+  <si>
+    <t>Liepājas speciālās ekonomiskās zonas SIA "PUMAC LIEPAJA"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "A-birojs"</t>
+  </si>
+  <si>
+    <t>Nodibinājums "Centrs Dardedze"</t>
+  </si>
+  <si>
+    <t>KRISTAPS FELDMANIS</t>
+  </si>
+  <si>
+    <t>SIA "KALNA NAMI"</t>
+  </si>
+  <si>
+    <t>Kraslava Municipality Council</t>
+  </si>
+  <si>
+    <t>SIA "EUROLCDS"</t>
+  </si>
+  <si>
+    <t>WeAreDots, SIA</t>
+  </si>
+  <si>
+    <t>VIESTURS KRĒVICS</t>
+  </si>
+  <si>
+    <t>SIGITA ŠMITE</t>
+  </si>
+  <si>
+    <t>"Latvijas Ķīmijas un farmācijas uzņēmēju asociācija"</t>
+  </si>
+  <si>
+    <t>Alojas novada dome</t>
+  </si>
+  <si>
+    <t>"Fonds Mammām un Tētiem"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Izglītības sistēmas"</t>
+  </si>
+  <si>
+    <t>DAILA VEINBERGA</t>
+  </si>
+  <si>
+    <t>Rīgas brīvostas pārvalde</t>
+  </si>
+  <si>
+    <t>MĀRTIŅŠ LORENCS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Stiga RM"</t>
+  </si>
+  <si>
+    <t>SIA "Madonas namsaimnieks"</t>
+  </si>
+  <si>
+    <t>Salas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>ANDRIS PIERHUROVIČS</t>
+  </si>
+  <si>
+    <t>Centrs MARTA</t>
+  </si>
+  <si>
+    <t>SIA "VESELĪBAS CENTRS "BIĶERNIEKI""</t>
+  </si>
+  <si>
+    <t>KASPARS VALDMANIS</t>
+  </si>
+  <si>
+    <t>IEVA SEBRE</t>
+  </si>
+  <si>
+    <t>SIA "TOLMETS VIDZEME"</t>
+  </si>
+  <si>
+    <t>Latvijas Pārtikas uzņēmumu federācija</t>
+  </si>
+  <si>
+    <t>ALDIS SILIŅŠ</t>
+  </si>
+  <si>
+    <t>Ludzas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>AGNESE CIMUŠKA-REKKE</t>
+  </si>
+  <si>
+    <t>SIA "UNIVERSĀLS LTD"</t>
+  </si>
+  <si>
+    <t>RĪGAS STILA UN MODES TEHNIKUMS</t>
+  </si>
+  <si>
+    <t>"Vidusdaugavas NVO centrs"</t>
+  </si>
+  <si>
+    <t>VALTERS STRADIŅŠ</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Šampētera nams"</t>
+  </si>
+  <si>
+    <t>SIA "JELGAVAS PILSĒTAS SLIMNĪCA"</t>
+  </si>
+  <si>
+    <t>SIA "IT KOMPETENCES CENTRS"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Tenisa centrs "Lielupe""</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Zemgales veselības centrs"</t>
+  </si>
+  <si>
+    <t>"Kurzemes labklājības un mentālās pilnveides aģentūra"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ORNAMENTS"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību Edītes Krūmiņas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KUREKSS"</t>
+  </si>
+  <si>
+    <t>ALŪKSNES NOVADA PAŠVALDĪBA</t>
+  </si>
+  <si>
+    <t>Tieslietu ministrija</t>
+  </si>
+  <si>
+    <t>SIA "Rīgas veselības centrs"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "AKZ"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "EKO NAMS"</t>
+  </si>
+  <si>
+    <t>KRISTS DABRA</t>
+  </si>
+  <si>
+    <t>The State Police of the Ministry of Interior of the Republic of Latvia</t>
+  </si>
+  <si>
+    <t>SIA "NORPLAST"</t>
+  </si>
+  <si>
+    <t>Bauskas novada administrācija</t>
+  </si>
+  <si>
+    <t>SIA "GREMOŠANAS SLIMĪBU CENTRS "GASTRO""</t>
+  </si>
+  <si>
+    <t>LATVIJAS UNIVERSITĀTES LITERATŪRAS, FOLKLORAS UN MĀKSLAS INSTITŪTS Latvijas Universitātes aģentūra</t>
+  </si>
+  <si>
+    <t>DIĀNA OZOLIŅA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LIEPĀJAS TRAMVAJS"</t>
+  </si>
+  <si>
+    <t>Innas Zamjatinas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>"Palīdzēsim viens otram"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību Ārstu prakse AiMed</t>
+  </si>
+  <si>
+    <t>Rezekne Municipality</t>
+  </si>
+  <si>
+    <t>LIELVĀRDES NOVADA PAŠVALDĪBA</t>
+  </si>
+  <si>
+    <t>Valsts asinsdonoru centrs</t>
+  </si>
+  <si>
+    <t>INĀRA VĪTOLA</t>
+  </si>
+  <si>
+    <t>GATIS MIČULIS</t>
+  </si>
+  <si>
+    <t>SIA "Dr. Ilzes Leimanes ģimenes ārstes prakse"</t>
+  </si>
+  <si>
+    <t>ELITA KREINBERGA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "I. Dūrējas ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Dzīvokļu īpašnieku biedrība "Ostas iela 4"</t>
+  </si>
+  <si>
+    <t>Sandis Osipovs</t>
+  </si>
+  <si>
+    <t>INESE KAMOLIŅA</t>
+  </si>
+  <si>
+    <t>SIA "VIDEMED"</t>
+  </si>
+  <si>
+    <t>LATVIJAS REPUBLIKAS PROKURATŪRA</t>
+  </si>
+  <si>
+    <t>Jelgava City Council</t>
+  </si>
+  <si>
+    <t>SIA "Fortum Jelgava"</t>
+  </si>
+  <si>
+    <t>Strenču novada dome</t>
+  </si>
+  <si>
+    <t>Ventspils City Council</t>
+  </si>
+  <si>
+    <t>RENĀRS SLESARČUKS</t>
+  </si>
+  <si>
+    <t>DAINIS OZOLIŅŠ</t>
+  </si>
+  <si>
+    <t>Ventspils Augstskola</t>
+  </si>
+  <si>
+    <t>"NEPALIEC VIENS"</t>
+  </si>
+  <si>
+    <t>TĒRVETES NOVADA DOME</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Jēkabpils siltums"</t>
+  </si>
+  <si>
+    <t>IVETA RAUBENA</t>
+  </si>
+  <si>
+    <t>Ventspils Vocational College</t>
+  </si>
+  <si>
+    <t>EVIKA PRETICE</t>
+  </si>
+  <si>
+    <t>ILONA SKUTELE</t>
+  </si>
+  <si>
+    <t>KASPARS KĻAVIŅŠ</t>
+  </si>
+  <si>
+    <t>EDGARS KARPOVSKIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Beātes Salenieces Ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "OGRES RAJONA SLIMNĪCA"</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Traumatoloģijas un ortopēdijas slimnīca"</t>
+  </si>
+  <si>
+    <t>Aizkraukles novada pašvaldība</t>
+  </si>
+  <si>
+    <t>LIENE CIRCENE</t>
+  </si>
+  <si>
+    <t>Olaines novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Balvu pilsētas Līgas Kozlovskas individuālais uzņēmums "LĪGAS KOZLOVSKAS ĢIMENES ĀRSTA PRAKSE"</t>
+  </si>
+  <si>
+    <t>Ventspils valstspilsētas pašvaldības iestāde "Ventspils domes administrācija"</t>
+  </si>
+  <si>
+    <t>"Creative Initiative Hub"</t>
+  </si>
+  <si>
+    <t>DAUGAVPILS NOVADA DOME</t>
+  </si>
+  <si>
+    <t>AIJA BRAUNA-LINIŅA</t>
+  </si>
+  <si>
+    <t>Kurbanova Daina - ģimenes ārsta un pediatra prakse</t>
+  </si>
+  <si>
+    <t>MEGIJA FRICA</t>
+  </si>
+  <si>
+    <t>SIA "BALTENEKO"</t>
+  </si>
+  <si>
+    <t>WeAreDots LLC</t>
+  </si>
+  <si>
+    <t>OLGA RUTKA</t>
+  </si>
+  <si>
+    <t>SIA "Eco Baltia vide"</t>
+  </si>
+  <si>
+    <t>SIA "Aimuno"</t>
+  </si>
+  <si>
+    <t>Ventspils valstspilsētas pašvaldības iestāde "Ventspils Komunālā pārvalde"</t>
+  </si>
+  <si>
+    <t>Ivetas Līces ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Vilitas Melbārdes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>ILŪKSTES NOVADA PAŠVALDĪBA</t>
+  </si>
+  <si>
+    <t>Latvijas Nedzirdīgo savienība</t>
+  </si>
+  <si>
+    <t>SIA "Jūrmalas autobusu satiksme"</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Rīgas Tūrisma un radošās industrijas tehnikums"</t>
+  </si>
+  <si>
+    <t>VIKTORS PARŠINOVS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "DOKTORĀTS "KALMES""</t>
+  </si>
+  <si>
+    <t>Inese Ozola - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>SOLVITA KALNIŅA-CAUNE</t>
+  </si>
+  <si>
+    <t>Latgales plānošanas reģions</t>
+  </si>
+  <si>
+    <t>ILZE LANDIŠA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ĢIMENES ĀRSTA PRAKSE"</t>
+  </si>
+  <si>
+    <t>Valsts izglītības attīstības aģentūra</t>
+  </si>
+  <si>
+    <t>ZIGMĀRS STRAUTMANIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Robotic Solutions"</t>
+  </si>
+  <si>
+    <t>ROMANS TARVIDS</t>
+  </si>
+  <si>
+    <t>City of Riga (Riga City Council)</t>
+  </si>
+  <si>
+    <t>SIA "APF Holdings"</t>
+  </si>
+  <si>
+    <t>Smiltenes tehnikums</t>
+  </si>
+  <si>
+    <t>Pašvaldības sabiedrība ar ierobežotu atbildību "Saulkrastu slimnīca"</t>
+  </si>
+  <si>
+    <t>SIA "RSU Ambulance"</t>
+  </si>
+  <si>
+    <t>Profesionālās izglītības kompetences centrs „Liepājas Valsts tehnikums”</t>
+  </si>
+  <si>
+    <t>AGRIS ŠTEINBERGS</t>
+  </si>
+  <si>
+    <t>Kokneses novada dome</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BALTIC CANDLES Ltd"</t>
+  </si>
+  <si>
+    <t>Vārkavas novada dome</t>
+  </si>
+  <si>
+    <t>Sanitas Dzenes ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>VALERIJS KOREŅIKS</t>
+  </si>
+  <si>
+    <t>Ventspils Tehnikums</t>
+  </si>
+  <si>
+    <t>AS "Hanzas maiznīcas"</t>
+  </si>
+  <si>
+    <t>I.Pokules ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>ANDRIS ŪZULIŅŠ</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Latvāņi"</t>
+  </si>
+  <si>
+    <t>"Latvijas Elektroenerģētiķu un Energobūvnieku asociācija"</t>
+  </si>
+  <si>
+    <t>LAURIS ZIEDIŅŠ</t>
+  </si>
+  <si>
+    <t>Rīgas Būvniecības koledža</t>
+  </si>
+  <si>
+    <t>SIA "Siguldas novada veselības centrs"</t>
+  </si>
+  <si>
+    <t>ANDŽS BALTIŅŠ</t>
+  </si>
+  <si>
+    <t>Pilsonības un migrācijas lietu pārvalde</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "METALEKSPO"</t>
+  </si>
+  <si>
+    <t>DAIGA KNOSTENBERGA</t>
+  </si>
+  <si>
+    <t>"Fonds "Iespēju tilts""</t>
+  </si>
+  <si>
+    <t>ALEKSANDRINA BINDUKA</t>
+  </si>
+  <si>
+    <t>ILZE STAŠA</t>
+  </si>
+  <si>
+    <t>SIA Valijas Nagņibedas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>IKŠĶILES NOVADA PAŠVALDĪBA</t>
+  </si>
+  <si>
+    <t>RĪGAS PILSĒTAS ATTĪSTĪBAS DEPARTAMENTS</t>
+  </si>
+  <si>
+    <t>Kurzeme Planning Region</t>
+  </si>
+  <si>
+    <t>Mazsalacas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SIA "Smiltenes NKUP"</t>
+  </si>
+  <si>
+    <t>SIA SILK PLASTER GROUP</t>
+  </si>
+  <si>
+    <t>Viktorija Lukstiņa</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VOLBURG"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Pļaviņu Komunālie pakalpojumi"</t>
+  </si>
+  <si>
+    <t>"Vidzemes tūrisma asociācija"</t>
+  </si>
+  <si>
+    <t>Latvijas Kongresu birojs</t>
+  </si>
+  <si>
+    <t>ROTA DREIMANE-LIPŠĀNE</t>
+  </si>
+  <si>
+    <t>SIA "Bauskas ūdens"</t>
+  </si>
+  <si>
+    <t>Baltinavas novada dome</t>
+  </si>
+  <si>
+    <t>SIA "EIROPLASTS"</t>
+  </si>
+  <si>
+    <t>REGĪNA GRIZĀNE</t>
+  </si>
+  <si>
+    <t>Culture Department of Augšdaugava County Municipality</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LINDA-1"</t>
+  </si>
+  <si>
+    <t>LĀSMA VĀVERE</t>
+  </si>
+  <si>
+    <t>LR IeM INFORMĀCIJAS CENTRS</t>
+  </si>
+  <si>
+    <t>Jelgavas Tehnikums</t>
+  </si>
+  <si>
+    <t>INDRA PIMENOVA</t>
+  </si>
+  <si>
+    <t>Alūksne Municipality</t>
+  </si>
+  <si>
+    <t>ARVIS STRODS</t>
+  </si>
+  <si>
+    <t>EVA ONTENSONE</t>
+  </si>
+  <si>
+    <t>RIHARDS SPRUKULIS</t>
+  </si>
+  <si>
+    <t>Ltd BIORGANIK5</t>
+  </si>
+  <si>
+    <t>ANITA ZVINGULE</t>
+  </si>
+  <si>
+    <t>MAREKS GŪTMANIS</t>
+  </si>
+  <si>
+    <t>Priekuļu novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Apeināne Inga - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>VALSTS TEHNISKĀS UZRAUDZĪBAS AĢENTŪRA</t>
+  </si>
+  <si>
+    <t>SIA "Ozolnieku KSDU"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ārstu privātprakse "SVĪRE PLUS""</t>
+  </si>
+  <si>
+    <t>IVO ĶUTTS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "TECNOPALI NORTH EUROPE"</t>
+  </si>
+  <si>
+    <t>SIA "KRAUSS"</t>
+  </si>
+  <si>
+    <t>Mākslu izglītības kompetences centrs "Nacionālā Mākslu vidusskola"</t>
+  </si>
+  <si>
+    <t>"Brīnummāja"</t>
+  </si>
+  <si>
+    <t>"DINEX LATVIA" SIA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Garkalnes ūdens"</t>
+  </si>
+  <si>
+    <t>Association Creative Ideas</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BŪKS"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "TRAPI"</t>
+  </si>
+  <si>
+    <t>SIA "LV Timber"</t>
+  </si>
+  <si>
+    <t>ANTRA JAKUPCEVIČA</t>
+  </si>
+  <si>
+    <t>SIA "Komfovent"</t>
+  </si>
+  <si>
+    <t>INGA ANDERSONE</t>
+  </si>
+  <si>
+    <t>SIA "DOKTORĀTS "BERĢI""</t>
+  </si>
+  <si>
+    <t>Valka Municipality Council</t>
+  </si>
+  <si>
+    <t>GUNĀRS EGLĪTIS</t>
+  </si>
+  <si>
+    <t>INTA VĪTOLA</t>
+  </si>
+  <si>
+    <t>RAIVIS MĒTRA</t>
+  </si>
+  <si>
+    <t>SIA "Vivejas Epiņas ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Latvijas Logu un durvju ražotāju asociācija</t>
+  </si>
+  <si>
+    <t>ANTONS KOĻESINS</t>
+  </si>
+  <si>
+    <t>Svetlanas Semjonovas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Mārupes novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Medicīnas sabiedrība "ARS""</t>
+  </si>
+  <si>
+    <t>VALDIS GARJĀNIS</t>
+  </si>
+  <si>
+    <t>Pāvulāns Andris - ģimenes ārsta un arodveselības un arodslimību ārsta prakse</t>
+  </si>
+  <si>
+    <t>IVARS VĀVERE</t>
+  </si>
+  <si>
+    <t>ATVARS KLODĀNS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Uzdevumi.lv"</t>
+  </si>
+  <si>
+    <t>GUNDA MELVERE</t>
+  </si>
+  <si>
+    <t>ELĪNA JERMAĻONOKA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Kronoss"</t>
+  </si>
+  <si>
+    <t>Aknīstes novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "TORGY BALTIC"</t>
+  </si>
+  <si>
+    <t>ANDRIS DERGUNOVS</t>
+  </si>
+  <si>
+    <t>Latvijas Republikas Valsts kontrole</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LĪVĀNU DZĪVOKĻU UN KOMUNĀLĀ SAIMNIECĪBA"</t>
+  </si>
+  <si>
+    <t>EDVARTS KRAKTS</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "PET Baltija"</t>
+  </si>
+  <si>
+    <t>SIA "Svetlanas Sergejenko ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>LATVIJAS REPUBLIKAS VESELĪBAS MINISTRIJA</t>
+  </si>
+  <si>
+    <t>Preili county municipality</t>
+  </si>
+  <si>
+    <t>SIA "ICS Property"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BALTIJAS DATORU AKADĒMIJA"</t>
+  </si>
+  <si>
+    <t>Jūrmalas valstspilsētas administrācija</t>
+  </si>
+  <si>
+    <t>LĪGA OVSJAŅŅIKOVA</t>
+  </si>
+  <si>
+    <t>GALLUDA BAĶE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LIVONIA PRINT"</t>
+  </si>
+  <si>
+    <t>INGŪNA ANDERSONE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VTU VALMIERA"</t>
+  </si>
+  <si>
+    <t>AS SMW Group</t>
+  </si>
+  <si>
+    <t>IVARS MOZGA</t>
+  </si>
+  <si>
+    <t>Baibas Bērziņas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>VILMĀRS VIĻUMS</t>
+  </si>
+  <si>
+    <t>Varakļānu "Dzīvokļu komunālais uzņēmums" SIA</t>
+  </si>
+  <si>
+    <t>SIA "Bērzaunes komunālais uzņēmums"</t>
+  </si>
+  <si>
+    <t>ALEKSANDRS NAGAICEVS</t>
+  </si>
+  <si>
+    <t>DĀVIS CĀBE</t>
+  </si>
+  <si>
+    <t>Kuldiga Local Municipality</t>
+  </si>
+  <si>
+    <t>Smiltene Municipality council</t>
+  </si>
+  <si>
+    <t>SIA "CareLat"</t>
+  </si>
+  <si>
+    <t>Sējas novada dome</t>
+  </si>
+  <si>
+    <t>KRISTĪNE ŠENFELDE</t>
+  </si>
+  <si>
+    <t>Valsts kanceleja</t>
+  </si>
+  <si>
+    <t>LR IeM PILSONĪBAS UN MIGRĀCIJAS LIETU PĀRVALDE</t>
+  </si>
+  <si>
+    <t>KRISTAPS PANKINS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "EB Liepāja"</t>
+  </si>
+  <si>
+    <t>Valsts akciju sabiedrība "Latvijas dzelzceļš"</t>
+  </si>
+  <si>
+    <t>MIKS LŪSIS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VILKME"</t>
+  </si>
+  <si>
+    <t>ZINA RJADOVA</t>
+  </si>
+  <si>
+    <t>Latvijas Portidžas mācībsistēmas asociācija</t>
+  </si>
+  <si>
+    <t>GERDA VAIVODE</t>
+  </si>
+  <si>
+    <t>“Jāņa sēta Map Publishers” Ltd.</t>
+  </si>
+  <si>
+    <t>LĪKSMA DREIŠKINA</t>
+  </si>
+  <si>
+    <t>Modul Ltd.</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KOCĒNU KOMUNĀLĀ SAIMNIECĪBA"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Sanare PR"</t>
+  </si>
+  <si>
+    <t>SERGEJS ČERENKOVS</t>
+  </si>
+  <si>
+    <t>EVITA SPROĢE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Dziedniecība"</t>
+  </si>
+  <si>
+    <t>ALISE GRĪNBERGA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "WWL Houses"</t>
+  </si>
+  <si>
+    <t>Atvasināta publiska persona "Dārzkopības institūts"</t>
+  </si>
+  <si>
+    <t>PĀRSLA ZAMBERGA</t>
+  </si>
+  <si>
+    <t>Dagdas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>"Svētās Ģimenes Māja"</t>
+  </si>
+  <si>
+    <t>INNA KĻIMANOVA</t>
+  </si>
+  <si>
+    <t>ZANDA LEJA</t>
+  </si>
+  <si>
+    <t>LĪGA PETROVA</t>
+  </si>
+  <si>
+    <t>Valmiera Development Agency</t>
+  </si>
+  <si>
+    <t>MALNAVAS KOLEDŽA</t>
+  </si>
+  <si>
+    <t>AUSEKLIS SARKANS</t>
+  </si>
+  <si>
+    <t>Jelgavas valstspilsētas pašvaldības iestāde "Centrālā pārvalde"</t>
+  </si>
+  <si>
+    <t>"NewFuels" Rēzeknes specialās ekonomiskās zonas SIA</t>
+  </si>
+  <si>
+    <t>MĀRIS ZVIEDRIS</t>
+  </si>
+  <si>
+    <t>DAUGAVPILS PILSĒTAS DOME</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Medicīnas centrs Saule"</t>
+  </si>
+  <si>
+    <t>RĪGAS STRADIŅA UNIVERSITĀTE</t>
+  </si>
+  <si>
+    <t>Ineses Krastiņas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>JĀNIS STĀRASTS</t>
+  </si>
+  <si>
+    <t>Nodibinājums "Palīdzēsim.lv"</t>
+  </si>
+  <si>
+    <t>Centrālā finanšu un līgumu aģentūra</t>
+  </si>
+  <si>
+    <t>Ilonas Čaupjonokas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Metal3d SIA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Bulduru Doktorāts"</t>
+  </si>
+  <si>
+    <t>LATVIJAS MĀKSLAS AKADĒMIJA</t>
+  </si>
+  <si>
+    <t>Latvijas Zinātnes padome</t>
+  </si>
+  <si>
+    <t>LATVIJAS KULTŪRAS AKADĒMIJA</t>
+  </si>
+  <si>
+    <t>Gitas Cakules ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>GATIS PĒTERSONS</t>
+  </si>
+  <si>
+    <t>Kraslava Municipality Government</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "JUGLAS JAUDA"</t>
+  </si>
+  <si>
+    <t>MAREKS NEIMANIS</t>
+  </si>
+  <si>
+    <t>KRISTĪNE DANCE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Aizkraukles KUK"</t>
+  </si>
+  <si>
+    <t>ANNA BALODE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Apes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Carnikavas novada dome</t>
+  </si>
+  <si>
+    <t>SIA "DAKTERIS IMANTS"</t>
+  </si>
+  <si>
+    <t>INDULIS LAŠKOVS</t>
+  </si>
+  <si>
+    <t>VALENTĪNA MIKLAŠOVA</t>
+  </si>
+  <si>
+    <t>NATAĻJA FEDOSEJEVA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LUDZAS APSAIMNIEKOTĀJS"</t>
+  </si>
+  <si>
+    <t>Luguža Egīla ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>ILZE ZARIŅA</t>
+  </si>
+  <si>
+    <t>Kuldīgas Tehnoloģiju un tūrisma tehnikums</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Alises Nicmanes ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "SILVIKO"</t>
+  </si>
+  <si>
+    <t>Jaunjelgavas novada dome</t>
+  </si>
+  <si>
+    <t>Jeļenas Jerofejevas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>"Latvijas Sieviešu nevalstisko organizāciju sadarbības tīkls"</t>
+  </si>
+  <si>
+    <t>KASPARS ŠMĀLS</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Hornbaek Baltic"</t>
+  </si>
+  <si>
+    <t>INESE SULOJEVA</t>
+  </si>
+  <si>
+    <t>GUNTIS KALNIŅŠ</t>
+  </si>
+  <si>
+    <t>VINETA DOMANOVA</t>
+  </si>
+  <si>
+    <t>Valkas novada dome</t>
+  </si>
+  <si>
+    <t>Valmieras novada pašvaldība</t>
+  </si>
+  <si>
+    <t>SIA "Prakse ģimenei"</t>
+  </si>
+  <si>
+    <t>Arita Prindule - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>ARVILS KRAMĒNS</t>
+  </si>
+  <si>
+    <t>Lindas Jēkules ģimenes ārstes prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "GRĪVAS POLIKLĪNIKA"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Ilgas Lācītes privātprakse"</t>
+  </si>
+  <si>
+    <t>ĢIRTS VILDE</t>
+  </si>
+  <si>
+    <t>Rīgas Stradiņa universitāte</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Pasažieru vilciens"</t>
+  </si>
+  <si>
+    <t>SIA "JELGAVAS TIPOGRĀFIJA"</t>
+  </si>
+  <si>
+    <t>MĀRTIŅŠ OZOLIŅŠ</t>
+  </si>
+  <si>
+    <t>Gerasimova Ella - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>LINDA ORELA</t>
+  </si>
+  <si>
+    <t>Jekabpils County Municipality</t>
+  </si>
+  <si>
+    <t>Zinātniskā ražošanas firma "RITEC" , SIA</t>
+  </si>
+  <si>
+    <t>KRISTĪNE JAUNZEME</t>
+  </si>
+  <si>
+    <t>INESE KĀPIŅA</t>
+  </si>
+  <si>
+    <t>AIVIS TANTSS</t>
+  </si>
+  <si>
+    <t>JEĻENA VIĻKEĻEVSKA</t>
+  </si>
+  <si>
+    <t>Bērnu aizsardzības centrs</t>
+  </si>
+  <si>
+    <t>Bulduri Horticulture school</t>
+  </si>
+  <si>
+    <t>Latvijas Universitāte</t>
+  </si>
+  <si>
+    <t>Kocēnu novada dome</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Rīgas cirks"</t>
+  </si>
+  <si>
+    <t>“Green and Smart Technology Cluster” association</t>
+  </si>
+  <si>
+    <t>VALSTS KANCELEJA</t>
+  </si>
+  <si>
+    <t>SIA "āp SANUS"</t>
+  </si>
+  <si>
+    <t>Žīgurs Jānis-ģimenes ārsta un arodveselības un arodslimību ārsta prakse</t>
+  </si>
+  <si>
+    <t>SKAIDRĪTE DEKSNE</t>
+  </si>
+  <si>
+    <t>Valsts meža dienests</t>
+  </si>
+  <si>
+    <t>CENTRĀLĀ FINANŠU UN LĪGUMU AĢENTŪRA</t>
+  </si>
+  <si>
+    <t>ALVIS BERNGARDS</t>
+  </si>
+  <si>
+    <t>"SVĒTĀ JĀŅA PALĪDZĪBA"</t>
+  </si>
+  <si>
+    <t>EDIJS LEOKE</t>
+  </si>
+  <si>
+    <t>SIA "VIEDO MATERIĀLU UN TEHNOLOĢIJU KOMPETENCES CENTRS"</t>
+  </si>
+  <si>
+    <t>Pašvaldības aģentūra "Ķekavas ambulance"</t>
+  </si>
+  <si>
+    <t>Šuhtujeva Irina - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Latvijas Republikas Iekšlietu ministrija</t>
+  </si>
+  <si>
+    <t>SIA SpirulinaNord</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Dobeles dzirnavnieks"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Salaspils veselības un sociālās aprūpes centrs"</t>
+  </si>
+  <si>
+    <t>RAIVO LISMANIS</t>
+  </si>
+  <si>
+    <t>Skrīveru novada dome</t>
+  </si>
+  <si>
+    <t>Anita Vorkale ģimenes ārsta un arodveselības un arodslimību ārsta prakse</t>
+  </si>
+  <si>
+    <t>SIA JanaMed</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "FNG invest"</t>
+  </si>
+  <si>
+    <t>State Fire and Rescue Service, State Provision Agency</t>
+  </si>
+  <si>
+    <t>ANDIS CIRSIS</t>
+  </si>
+  <si>
+    <t>"Mentor Latvia"</t>
+  </si>
+  <si>
+    <t>Eva Goba - ārsta prakse pediatrijā un fizikālā un rehabilitācijas medicīnā</t>
+  </si>
+  <si>
+    <t>VENTSPILS BRĪVOSTAS PĀRVALDE</t>
+  </si>
+  <si>
+    <t>MĀRA PITERNIECE</t>
+  </si>
+  <si>
+    <t>VALSTS SOCIĀLĀS APDROŠINĀŠANAS AĢENTŪRA</t>
+  </si>
+  <si>
+    <t>Centrālā statistikas pārvalde</t>
+  </si>
+  <si>
+    <t>SIA "KOKPĀRSTRĀDE 98"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "KŪDRINIEKS"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ZIEGLERA MAŠĪNBŪVE"</t>
+  </si>
+  <si>
+    <t>Non-profit organisation “Latvian society of blind people”</t>
+  </si>
+  <si>
+    <t>Inčukalna novada dome</t>
+  </si>
+  <si>
+    <t>ŽANIS ŽUKOVS</t>
+  </si>
+  <si>
+    <t>SIA VITA FORTA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "I.Jakubaites ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>AGRIS GILIS</t>
+  </si>
+  <si>
+    <t>Kaļinkina Galija - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>JURĢIS RASA</t>
+  </si>
+  <si>
+    <t>ANRIJS MAKLAKOVS</t>
+  </si>
+  <si>
+    <t>Labklājības ministrija</t>
+  </si>
+  <si>
+    <t>LR IZGLĪTĪBAS UN ZINĀTNES MINISTRIJA</t>
+  </si>
+  <si>
+    <t>Riga</t>
+  </si>
+  <si>
+    <t>ULDIS LUKŠEVICS</t>
+  </si>
+  <si>
+    <t>Valkas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Smārdes doktorāts"</t>
+  </si>
+  <si>
+    <t>RIČARDS LIPSTE</t>
+  </si>
+  <si>
+    <t>RASIMS BALAHAJEVS</t>
+  </si>
+  <si>
+    <t>Latvian Institute of Aquatic Ecology Agency of Daugavpils University</t>
+  </si>
+  <si>
+    <t>Latvian office of Euroregion "Country of lakes"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Eco Baltia vide"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "ĢIMENES ĀRSTA ANDRA LASMAŅA KLĪNIKA "ALMA""</t>
+  </si>
+  <si>
+    <t>"VALMIERAS VESELĪBAS CENTRS" SIA</t>
+  </si>
+  <si>
+    <t>ELĪNA FELDMANE</t>
+  </si>
+  <si>
+    <t>Jelgavas valstspilsētas pašvaldības iestāde "Jelgavas digitālais centrs"</t>
+  </si>
+  <si>
+    <t>SIA "SKRUNDAS KOMUNĀLĀ SAIMNIECĪBA"</t>
+  </si>
+  <si>
+    <t>"Latvijas Informācijas tehnoloģiju klasteris"</t>
+  </si>
+  <si>
+    <t>Jelgavas valstspilsētas pašvaldība</t>
+  </si>
+  <si>
+    <t>SIA "L.LAGZDIŅAS ĀRSTA PRAKSE"</t>
+  </si>
+  <si>
+    <t>DAINA PĒRKONE</t>
+  </si>
+  <si>
+    <t>SANDA ZIMERTE</t>
+  </si>
+  <si>
+    <t>Nodibinājums "VIDES RISINĀJUMU INSTITŪTS"</t>
+  </si>
+  <si>
+    <t>"LATVIJAS BĒRNIEM ar KUSTĪBU TRAUCĒJUMIEM"</t>
+  </si>
+  <si>
+    <t>SIA "ULTRA EXPRESS"</t>
+  </si>
+  <si>
+    <t>Nodibinājums Invalīdu un viņu draugu apvienība "APEIRONS"</t>
+  </si>
+  <si>
+    <t>ARVIS KŅAZS</t>
+  </si>
+  <si>
+    <t>SIA "ENERGOSERT"</t>
+  </si>
+  <si>
+    <t>Intas Lagzdiņas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "Mārupes Metālmeistars"</t>
+  </si>
+  <si>
+    <t>Zanes Zitmanes ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>FELIKS SOLOVJOVS</t>
+  </si>
+  <si>
+    <t>"Māksla labsajūtai"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "BOLDERĀJA SERVISS"</t>
+  </si>
+  <si>
+    <t>Jaunpils novada dome</t>
+  </si>
+  <si>
+    <t>SIA "Baltic Block"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LUC MEDICAL"</t>
+  </si>
+  <si>
+    <t>BAIBA PLĀCIŅA</t>
+  </si>
+  <si>
+    <t>Viesite local municipality</t>
+  </si>
+  <si>
+    <t>EDGARS SĒTIŅŠ</t>
+  </si>
+  <si>
+    <t>MĀRIS AVENS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Mazsalacas slimnīca"</t>
+  </si>
+  <si>
+    <t>VILNIS KĀRKLIŅŠ</t>
+  </si>
+  <si>
+    <t>SIA "ŠLOKENBEKA"</t>
+  </si>
+  <si>
+    <t>KRISTINA LEMEŠONOKA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "JĒKABPILS PMK"</t>
+  </si>
+  <si>
+    <t>Garkalnes novada dome</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Veselības centrs Ilūkste"</t>
+  </si>
+  <si>
+    <t>UĢIS BALODIS</t>
+  </si>
+  <si>
+    <t>Valsts sociālās aprūpes centrs „Kurzeme”</t>
+  </si>
+  <si>
+    <t>Zandas Zaueres ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VAIROGS-M"</t>
+  </si>
+  <si>
+    <t>Valsts sabiedrība ar ierobežotu atbildību "Kultūras un sporta centrs "Daugavas stadions""</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "MEDEXPERT PLUS"</t>
+  </si>
+  <si>
+    <t>VALDIS STUPIŅŠ</t>
+  </si>
+  <si>
+    <t>DAINA ŠĶĒLE</t>
+  </si>
+  <si>
+    <t>"Rīgas aktīvo senioru alianse"</t>
+  </si>
+  <si>
+    <t>SIA "Dobeles komunālie pakalpojumi"</t>
+  </si>
+  <si>
+    <t>AINĀRS BRĀLIS</t>
+  </si>
+  <si>
+    <t>OSKARS CIMERMANIS</t>
+  </si>
+  <si>
+    <t>SIA "LATVIJAS PĀRTIKAS KOMPETENCES CENTRS"</t>
+  </si>
+  <si>
+    <t>Saldus tehnikums</t>
+  </si>
+  <si>
+    <t>NORVALDA REINHOLCE</t>
+  </si>
+  <si>
+    <t>Ivetas Malnačes ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>"Zaļo un Viedo Tehnoloģiju Klasteris"</t>
+  </si>
+  <si>
+    <t>VAIRA ŠTOLCERE</t>
+  </si>
+  <si>
     <t>GATIS LUCJANOVS</t>
   </si>
   <si>
-    <t>Pašvaldības SIA "ŪDEKA"</t>
-[...68 lines deleted...]
-    <t>"Māksla labsajūtai"</t>
+    <t>Viļakas novada dome</t>
+  </si>
+  <si>
+    <t>Daugavpils pilsētas pašvaldības iestāde "Komunālās saimniecības pārvalde"</t>
+  </si>
+  <si>
+    <t>SIA "Getliņi EKO"</t>
+  </si>
+  <si>
+    <t>JĀNIS ROMANOVSKIS</t>
+  </si>
+  <si>
+    <t>Ventspils brīvostas pārvalde</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "VUDLANDE"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "PROSPERA AJM"</t>
+  </si>
+  <si>
+    <t>SIA "NTC investīcijas"</t>
+  </si>
+  <si>
+    <t>Rīgas Mākslas un mediju tehnikums</t>
+  </si>
+  <si>
+    <t>GITA ZARIŅA</t>
+  </si>
+  <si>
+    <t>IEVA ZEILE</t>
+  </si>
+  <si>
+    <t>SIA "ESI SPIRGTS"</t>
+  </si>
+  <si>
+    <t>Partner name in English Riga Planning Region</t>
+  </si>
+  <si>
+    <t>ILMĀRS RUTKOVSKIS</t>
+  </si>
+  <si>
+    <t>Pašvaldības SIA "Maltas dzīvokļu-komunālās saimniecības uzņēmums"</t>
+  </si>
+  <si>
+    <t>RAMILS IBRAGIMOVS</t>
+  </si>
+  <si>
+    <t>SIA Aspired</t>
+  </si>
+  <si>
+    <t>"Latvijas Restorānu biedrība"</t>
+  </si>
+  <si>
+    <t>"AUTO ASOCIĀCIJA"</t>
+  </si>
+  <si>
+    <t>"Rettenmeier Baltic Timber" SIA</t>
+  </si>
+  <si>
+    <t>Balvu novada pašvaldības aģentūra "SAN-TEX"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Jūrmalas siltums"</t>
+  </si>
+  <si>
+    <t>Sokaļska Alla-ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>SIA "Ludmilas Zeiļukas ārsta prakse"</t>
+  </si>
+  <si>
+    <t>Liepājas Centrālā administrācija</t>
+  </si>
+  <si>
+    <t>"Scan-Plast Latvia" LSEZ SIA</t>
+  </si>
+  <si>
+    <t>State Border Guard College</t>
+  </si>
+  <si>
+    <t>BALTIC NUTRITION AND HEALTH FEDERATION</t>
+  </si>
+  <si>
+    <t>JUSTĪNE SKUTĀNE</t>
+  </si>
+  <si>
+    <t>SARMIS LAURSONS</t>
+  </si>
+  <si>
+    <t>IVETA AMATNIECE-KĻUSA</t>
+  </si>
+  <si>
+    <t>Beverīnas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>INA ZAIKOVSKA</t>
+  </si>
+  <si>
+    <t>Aglonas novada dome</t>
+  </si>
+  <si>
+    <t>"Latvijas Nedzirdīgo savienība"</t>
+  </si>
+  <si>
+    <t>JĀNIS BAIKOVSKIS</t>
+  </si>
+  <si>
+    <t>SIA "Pūces ģimenes ārsta prakse"</t>
+  </si>
+  <si>
+    <t>EDĪTE ŅIKIFOROVA</t>
+  </si>
+  <si>
+    <t>GUNTA MIĶELSONE</t>
+  </si>
+  <si>
+    <t>JURIS LAPIŅŠ</t>
+  </si>
+  <si>
+    <t>ANDREJS ŠAPKINS</t>
+  </si>
+  <si>
+    <t>SIA "AB METAL"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Iecavas siltums"</t>
+  </si>
+  <si>
+    <t>Dārzkopības Institūts</t>
+  </si>
+  <si>
+    <t>Žaneta Simanoviča - ģimenes ārstu prakse</t>
+  </si>
+  <si>
+    <t>Ltd "ID Karte"</t>
+  </si>
+  <si>
+    <t>Nodibinājums: Ģimeņu un bērnu attīstības centrs "Brīnumiņš"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Jēkabpils autobusu parks"</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība BAO</t>
+  </si>
+  <si>
+    <t>Rūjienas novada pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Eye roll"</t>
+  </si>
+  <si>
+    <t>SIA "Skultes doktorāts"</t>
+  </si>
+  <si>
+    <t>VALSTS IEŅĒMUMU DIENESTS</t>
+  </si>
+  <si>
+    <t>LATVIJAS NACIONĀLĀ BIBLIOTĒKA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Skrīveru saimnieks"</t>
+  </si>
+  <si>
+    <t>AIVA BUNDZE</t>
+  </si>
+  <si>
+    <t>Laiks Jauniešiem</t>
+  </si>
+  <si>
+    <t>AGRITA MAZURE</t>
+  </si>
+  <si>
+    <t>Ritas Latkovskas ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Carnikavas novada pašvaldības aģentūra "Carnikavas Komunālserviss"</t>
+  </si>
+  <si>
+    <t>Būvniecības valsts kontroles birojs</t>
+  </si>
+  <si>
+    <t>Tiesu administrācija</t>
+  </si>
+  <si>
+    <t>ALEKSANDRS KVARTENOKS</t>
+  </si>
+  <si>
+    <t>Akciju sabiedrība "HansaMatrix"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "IKTK"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "NAUJENES PAKALPOJUMU SERVISS"</t>
+  </si>
+  <si>
+    <t>EGIJA ŽŪRIŅA</t>
+  </si>
+  <si>
+    <t>JANA HERCOVA-HERCBERGA</t>
+  </si>
+  <si>
+    <t>GUNDARS KŪLA</t>
+  </si>
+  <si>
+    <t>Atvasināta publiska persona LATVIJAS UNIVERSITĀTES CIETVIELU FIZIKAS INSTITŪTS</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "LOCITECH PRODUCTION"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "FIELD AND FOREST"</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "iCotton"</t>
+  </si>
+  <si>
+    <t>JĀNIS MEISTERS</t>
+  </si>
+  <si>
+    <t>MĀRA EGLĀJA</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Tet"</t>
+  </si>
+  <si>
+    <t>Māras Oses ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>RUDĪTE KLĀVA</t>
+  </si>
+  <si>
+    <t>Haugaard Baltic SIA</t>
+  </si>
+  <si>
+    <t>JĀNIS KĻUSS</t>
+  </si>
+  <si>
+    <t>GUNITA ZAĶE</t>
+  </si>
+  <si>
+    <t>"Latvijas Drošības un aizsardzības industriju federācija"</t>
+  </si>
+  <si>
+    <t>GUNA LOČMELE</t>
+  </si>
+  <si>
+    <t>KASPARS GRIEĶERIS</t>
+  </si>
+  <si>
+    <t>Rundale local municipality</t>
+  </si>
+  <si>
+    <t>DACE STŪRMANE</t>
+  </si>
+  <si>
+    <t>AGNETA KĪTA</t>
+  </si>
+  <si>
+    <t>Valsts sociālās apdrošināšanas aģentūra</t>
+  </si>
+  <si>
+    <t>Pļaviņu novada dome</t>
   </si>
   <si>
     <t>DAINA PULKSTENE</t>
   </si>
   <si>
-    <t>"Mašīnbūves un metālapstrādes rūpniecības asociācija"</t>
-[...185 lines deleted...]
-    <t>AGRITA MAZURE</t>
+    <t>SIA "EKJU"</t>
+  </si>
+  <si>
+    <t>LIEPĀJAS SPECIĀLĀS EKONOMISKĀS ZONAS PĀRVALDE</t>
+  </si>
+  <si>
+    <t>Pašvaldības akciju sabiedrība "Daugavpils siltumtīkli"</t>
+  </si>
+  <si>
+    <t>"Tavi draugi"</t>
+  </si>
+  <si>
+    <t>Rīgas Plānošanas reģions</t>
+  </si>
+  <si>
+    <t>Sarmīte Kalēja ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>Valsts vides dienests</t>
+  </si>
+  <si>
+    <t>JĀNIS SAKNE</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "AUCES KOMUNĀLIE PAKALPOJUMI"</t>
+  </si>
+  <si>
+    <t>Bīlāne Līga - ģimenes ārsta prakse</t>
+  </si>
+  <si>
+    <t>SIA "TechGym"</t>
+  </si>
+  <si>
+    <t>BAIBA BALANDIŅA</t>
+  </si>
+  <si>
+    <t>Baldones novada dome</t>
+  </si>
+  <si>
+    <t>Daugavpils valstspilsētas pašvaldība</t>
+  </si>
+  <si>
+    <t>Sabiedrība ar ierobežotu atbildību "Salacgrīvas ūdens"</t>
   </si>
   <si>
     <t>JOLANTA KRUSTIŅA</t>
   </si>
   <si>
-    <t>ELĪNA JURĒVIČA</t>
-[...169 lines deleted...]
-  <si>
     <t>MĀRTIŅŠ PADREVICS</t>
-  </si>
-[...4063 lines deleted...]
-    <t>SIA "Pūces ģimenes ārsta prakse"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -10240,739 +10240,739 @@
       <c r="B46" t="s">
         <v>1696</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>49</v>
       </c>
       <c r="B47" t="s">
         <v>1697</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>50</v>
       </c>
       <c r="B48" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>51</v>
       </c>
       <c r="B49" t="s">
-        <v>1665</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="51" spans="1:2">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>54</v>
       </c>
       <c r="B52" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>55</v>
       </c>
       <c r="B53" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>56</v>
       </c>
       <c r="B54" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="55" spans="1:2">
       <c r="A55" t="s">
         <v>57</v>
       </c>
       <c r="B55" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="56" spans="1:2">
       <c r="A56" t="s">
         <v>58</v>
       </c>
       <c r="B56" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="57" spans="1:2">
       <c r="A57" t="s">
         <v>59</v>
       </c>
       <c r="B57" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="58" spans="1:2">
       <c r="A58" t="s">
         <v>60</v>
       </c>
       <c r="B58" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="59" spans="1:2">
       <c r="A59" t="s">
         <v>61</v>
       </c>
       <c r="B59" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="60" spans="1:2">
       <c r="A60" t="s">
         <v>62</v>
       </c>
       <c r="B60" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="61" spans="1:2">
       <c r="A61" t="s">
         <v>63</v>
       </c>
       <c r="B61" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>64</v>
       </c>
       <c r="B62" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>68</v>
       </c>
       <c r="B66" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>69</v>
       </c>
       <c r="B67" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>70</v>
       </c>
       <c r="B68" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>71</v>
       </c>
       <c r="B69" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>73</v>
       </c>
       <c r="B71" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>74</v>
       </c>
       <c r="B72" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>75</v>
       </c>
       <c r="B73" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="74" spans="1:2">
       <c r="A74" t="s">
         <v>76</v>
       </c>
       <c r="B74" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="75" spans="1:2">
       <c r="A75" t="s">
         <v>77</v>
       </c>
       <c r="B75" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>78</v>
       </c>
       <c r="B76" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>79</v>
       </c>
       <c r="B77" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>80</v>
       </c>
       <c r="B78" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>81</v>
       </c>
       <c r="B79" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>82</v>
       </c>
       <c r="B80" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="81" spans="1:2">
       <c r="A81" t="s">
         <v>83</v>
       </c>
       <c r="B81" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="82" spans="1:2">
       <c r="A82" t="s">
         <v>84</v>
       </c>
       <c r="B82" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="83" spans="1:2">
       <c r="A83" t="s">
         <v>85</v>
       </c>
       <c r="B83" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="84" spans="1:2">
       <c r="A84" t="s">
         <v>86</v>
       </c>
       <c r="B84" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="85" spans="1:2">
       <c r="A85" t="s">
         <v>87</v>
       </c>
       <c r="B85" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="86" spans="1:2">
       <c r="A86" t="s">
         <v>88</v>
       </c>
       <c r="B86" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="87" spans="1:2">
       <c r="A87" t="s">
         <v>89</v>
       </c>
       <c r="B87" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="88" spans="1:2">
       <c r="A88" t="s">
         <v>90</v>
       </c>
       <c r="B88" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="89" spans="1:2">
       <c r="A89" t="s">
         <v>91</v>
       </c>
       <c r="B89" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="90" spans="1:2">
       <c r="A90" t="s">
         <v>92</v>
       </c>
       <c r="B90" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="91" spans="1:2">
       <c r="A91" t="s">
         <v>93</v>
       </c>
       <c r="B91" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="92" spans="1:2">
       <c r="A92" t="s">
         <v>94</v>
       </c>
       <c r="B92" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="93" spans="1:2">
       <c r="A93" t="s">
         <v>95</v>
       </c>
       <c r="B93" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="94" spans="1:2">
       <c r="A94" t="s">
         <v>96</v>
       </c>
       <c r="B94" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="95" spans="1:2">
       <c r="A95" t="s">
         <v>97</v>
       </c>
       <c r="B95" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="96" spans="1:2">
       <c r="A96" t="s">
         <v>98</v>
       </c>
       <c r="B96" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97" t="s">
         <v>99</v>
       </c>
       <c r="B97" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98" t="s">
         <v>100</v>
       </c>
       <c r="B98" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99" t="s">
         <v>101</v>
       </c>
       <c r="B99" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="100" spans="1:2">
       <c r="A100" t="s">
         <v>102</v>
       </c>
       <c r="B100" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="101" spans="1:2">
       <c r="A101" t="s">
         <v>103</v>
       </c>
       <c r="B101" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="102" spans="1:2">
       <c r="A102" t="s">
         <v>104</v>
       </c>
       <c r="B102" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="103" spans="1:2">
       <c r="A103" t="s">
         <v>105</v>
       </c>
       <c r="B103" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="104" spans="1:2">
       <c r="A104" t="s">
         <v>106</v>
       </c>
       <c r="B104" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="105" spans="1:2">
       <c r="A105" t="s">
         <v>107</v>
       </c>
       <c r="B105" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="106" spans="1:2">
       <c r="A106" t="s">
         <v>108</v>
       </c>
       <c r="B106" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="107" spans="1:2">
       <c r="A107" t="s">
         <v>109</v>
       </c>
       <c r="B107" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="108" spans="1:2">
       <c r="A108" t="s">
         <v>110</v>
       </c>
       <c r="B108" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="109" spans="1:2">
       <c r="A109" t="s">
         <v>111</v>
       </c>
       <c r="B109" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="110" spans="1:2">
       <c r="A110" t="s">
         <v>112</v>
       </c>
       <c r="B110" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="111" spans="1:2">
       <c r="A111" t="s">
         <v>113</v>
       </c>
       <c r="B111" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="112" spans="1:2">
       <c r="A112" t="s">
         <v>114</v>
       </c>
       <c r="B112" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="113" spans="1:2">
       <c r="A113" t="s">
         <v>115</v>
       </c>
       <c r="B113" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="114" spans="1:2">
       <c r="A114" t="s">
         <v>116</v>
       </c>
       <c r="B114" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="115" spans="1:2">
       <c r="A115" t="s">
         <v>117</v>
       </c>
       <c r="B115" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="116" spans="1:2">
       <c r="A116" t="s">
         <v>118</v>
       </c>
       <c r="B116" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="117" spans="1:2">
       <c r="A117" t="s">
         <v>119</v>
       </c>
       <c r="B117" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="118" spans="1:2">
       <c r="A118" t="s">
         <v>120</v>
       </c>
       <c r="B118" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="119" spans="1:2">
       <c r="A119" t="s">
         <v>121</v>
       </c>
       <c r="B119" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="120" spans="1:2">
       <c r="A120" t="s">
         <v>122</v>
       </c>
       <c r="B120" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="121" spans="1:2">
       <c r="A121" t="s">
         <v>123</v>
       </c>
       <c r="B121" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="122" spans="1:2">
       <c r="A122" t="s">
         <v>124</v>
       </c>
       <c r="B122" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="123" spans="1:2">
       <c r="A123" t="s">
         <v>125</v>
       </c>
       <c r="B123" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="124" spans="1:2">
       <c r="A124" t="s">
         <v>126</v>
       </c>
       <c r="B124" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="125" spans="1:2">
       <c r="A125" t="s">
         <v>127</v>
       </c>
       <c r="B125" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="126" spans="1:2">
       <c r="A126" t="s">
         <v>128</v>
       </c>
       <c r="B126" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="127" spans="1:2">
       <c r="A127" t="s">
         <v>129</v>
       </c>
       <c r="B127" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="128" spans="1:2">
       <c r="A128" t="s">
         <v>130</v>
       </c>
       <c r="B128" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="129" spans="1:2">
       <c r="A129" t="s">
         <v>131</v>
       </c>
       <c r="B129" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="130" spans="1:2">
       <c r="A130" t="s">
         <v>132</v>
       </c>
       <c r="B130" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="131" spans="1:2">
       <c r="A131" t="s">
         <v>133</v>
       </c>
       <c r="B131" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="132" spans="1:2">
       <c r="A132" t="s">
         <v>134</v>
       </c>
       <c r="B132" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="133" spans="1:2">
       <c r="A133" t="s">
         <v>135</v>
       </c>
       <c r="B133" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="134" spans="1:2">
       <c r="A134" t="s">
         <v>136</v>
       </c>
       <c r="B134" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="135" spans="1:2">
       <c r="A135" t="s">
         <v>137</v>
       </c>
       <c r="B135" t="s">
-        <v>1784</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="136" spans="1:2">
       <c r="A136" t="s">
         <v>138</v>
       </c>
       <c r="B136" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="137" spans="1:2">
       <c r="A137" t="s">
         <v>139</v>
       </c>
       <c r="B137" t="s">
         <v>1786</v>
       </c>
     </row>
     <row r="138" spans="1:2">
       <c r="A138" t="s">
         <v>140</v>
       </c>
       <c r="B138" t="s">
         <v>1787</v>
       </c>
@@ -11224,10827 +11224,10827 @@
       <c r="B169" t="s">
         <v>1818</v>
       </c>
     </row>
     <row r="170" spans="1:2">
       <c r="A170" t="s">
         <v>172</v>
       </c>
       <c r="B170" t="s">
         <v>1819</v>
       </c>
     </row>
     <row r="171" spans="1:2">
       <c r="A171" t="s">
         <v>173</v>
       </c>
       <c r="B171" t="s">
         <v>1820</v>
       </c>
     </row>
     <row r="172" spans="1:2">
       <c r="A172" t="s">
         <v>174</v>
       </c>
       <c r="B172" t="s">
-        <v>1657</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="173" spans="1:2">
       <c r="A173" t="s">
         <v>175</v>
       </c>
       <c r="B173" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="174" spans="1:2">
       <c r="A174" t="s">
         <v>176</v>
       </c>
       <c r="B174" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="175" spans="1:2">
       <c r="A175" t="s">
         <v>177</v>
       </c>
       <c r="B175" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="176" spans="1:2">
       <c r="A176" t="s">
         <v>178</v>
       </c>
       <c r="B176" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="177" spans="1:2">
       <c r="A177" t="s">
         <v>179</v>
       </c>
       <c r="B177" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="178" spans="1:2">
       <c r="A178" t="s">
         <v>180</v>
       </c>
       <c r="B178" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="179" spans="1:2">
       <c r="A179" t="s">
         <v>181</v>
       </c>
       <c r="B179" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="180" spans="1:2">
       <c r="A180" t="s">
         <v>182</v>
       </c>
       <c r="B180" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="181" spans="1:2">
       <c r="A181" t="s">
         <v>183</v>
       </c>
       <c r="B181" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="182" spans="1:2">
       <c r="A182" t="s">
         <v>184</v>
       </c>
       <c r="B182" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="183" spans="1:2">
       <c r="A183" t="s">
         <v>185</v>
       </c>
       <c r="B183" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="184" spans="1:2">
       <c r="A184" t="s">
         <v>186</v>
       </c>
       <c r="B184" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="185" spans="1:2">
       <c r="A185" t="s">
         <v>187</v>
       </c>
       <c r="B185" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="186" spans="1:2">
       <c r="A186" t="s">
         <v>188</v>
       </c>
       <c r="B186" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="187" spans="1:2">
       <c r="A187" t="s">
         <v>189</v>
       </c>
       <c r="B187" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="188" spans="1:2">
       <c r="A188" t="s">
         <v>190</v>
       </c>
       <c r="B188" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="189" spans="1:2">
       <c r="A189" t="s">
         <v>191</v>
       </c>
       <c r="B189" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="190" spans="1:2">
       <c r="A190" t="s">
         <v>192</v>
       </c>
       <c r="B190" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="191" spans="1:2">
       <c r="A191" t="s">
         <v>193</v>
       </c>
       <c r="B191" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="192" spans="1:2">
       <c r="A192" t="s">
         <v>194</v>
       </c>
       <c r="B192" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="193" spans="1:2">
       <c r="A193" t="s">
         <v>195</v>
       </c>
       <c r="B193" t="s">
-        <v>1841</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="194" spans="1:2">
       <c r="A194" t="s">
         <v>196</v>
       </c>
       <c r="B194" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="195" spans="1:2">
       <c r="A195" t="s">
         <v>197</v>
       </c>
       <c r="B195" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="196" spans="1:2">
       <c r="A196" t="s">
         <v>198</v>
       </c>
       <c r="B196" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="197" spans="1:2">
       <c r="A197" t="s">
         <v>199</v>
       </c>
       <c r="B197" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
     </row>
     <row r="198" spans="1:2">
       <c r="A198" t="s">
         <v>200</v>
       </c>
       <c r="B198" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="199" spans="1:2">
       <c r="A199" t="s">
         <v>201</v>
       </c>
       <c r="B199" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="200" spans="1:2">
       <c r="A200" t="s">
         <v>202</v>
       </c>
       <c r="B200" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="201" spans="1:2">
       <c r="A201" t="s">
         <v>203</v>
       </c>
       <c r="B201" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="202" spans="1:2">
       <c r="A202" t="s">
         <v>204</v>
       </c>
       <c r="B202" t="s">
-        <v>1850</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="203" spans="1:2">
       <c r="A203" t="s">
         <v>205</v>
       </c>
       <c r="B203" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="204" spans="1:2">
       <c r="A204" t="s">
         <v>206</v>
       </c>
       <c r="B204" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="205" spans="1:2">
       <c r="A205" t="s">
         <v>207</v>
       </c>
       <c r="B205" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="206" spans="1:2">
       <c r="A206" t="s">
         <v>208</v>
       </c>
       <c r="B206" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="207" spans="1:2">
       <c r="A207" t="s">
         <v>209</v>
       </c>
       <c r="B207" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="208" spans="1:2">
       <c r="A208" t="s">
         <v>210</v>
       </c>
       <c r="B208" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="209" spans="1:2">
       <c r="A209" t="s">
         <v>211</v>
       </c>
       <c r="B209" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="210" spans="1:2">
       <c r="A210" t="s">
         <v>212</v>
       </c>
       <c r="B210" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="211" spans="1:2">
       <c r="A211" t="s">
         <v>213</v>
       </c>
       <c r="B211" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="212" spans="1:2">
       <c r="A212" t="s">
         <v>214</v>
       </c>
       <c r="B212" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="213" spans="1:2">
       <c r="A213" t="s">
         <v>215</v>
       </c>
       <c r="B213" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="214" spans="1:2">
       <c r="A214" t="s">
         <v>216</v>
       </c>
       <c r="B214" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="215" spans="1:2">
       <c r="A215" t="s">
         <v>217</v>
       </c>
       <c r="B215" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="216" spans="1:2">
       <c r="A216" t="s">
         <v>218</v>
       </c>
       <c r="B216" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
     </row>
     <row r="217" spans="1:2">
       <c r="A217" t="s">
         <v>219</v>
       </c>
       <c r="B217" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="218" spans="1:2">
       <c r="A218" t="s">
         <v>220</v>
       </c>
       <c r="B218" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="219" spans="1:2">
       <c r="A219" t="s">
         <v>221</v>
       </c>
       <c r="B219" t="s">
-        <v>1867</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="220" spans="1:2">
       <c r="A220" t="s">
         <v>222</v>
       </c>
       <c r="B220" t="s">
-        <v>1868</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="221" spans="1:2">
       <c r="A221" t="s">
         <v>223</v>
       </c>
       <c r="B221" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="222" spans="1:2">
       <c r="A222" t="s">
         <v>224</v>
       </c>
       <c r="B222" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
     </row>
     <row r="223" spans="1:2">
       <c r="A223" t="s">
         <v>225</v>
       </c>
       <c r="B223" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="224" spans="1:2">
       <c r="A224" t="s">
         <v>226</v>
       </c>
       <c r="B224" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="225" spans="1:2">
       <c r="A225" t="s">
         <v>227</v>
       </c>
       <c r="B225" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="226" spans="1:2">
       <c r="A226" t="s">
         <v>228</v>
       </c>
       <c r="B226" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="227" spans="1:2">
       <c r="A227" t="s">
         <v>229</v>
       </c>
       <c r="B227" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="228" spans="1:2">
       <c r="A228" t="s">
         <v>230</v>
       </c>
       <c r="B228" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="229" spans="1:2">
       <c r="A229" t="s">
         <v>231</v>
       </c>
       <c r="B229" t="s">
-        <v>1679</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="230" spans="1:2">
       <c r="A230" t="s">
         <v>232</v>
       </c>
       <c r="B230" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="231" spans="1:2">
       <c r="A231" t="s">
         <v>233</v>
       </c>
       <c r="B231" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="232" spans="1:2">
       <c r="A232" t="s">
         <v>234</v>
       </c>
       <c r="B232" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="233" spans="1:2">
       <c r="A233" t="s">
         <v>235</v>
       </c>
       <c r="B233" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="234" spans="1:2">
       <c r="A234" t="s">
         <v>236</v>
       </c>
       <c r="B234" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="235" spans="1:2">
       <c r="A235" t="s">
         <v>237</v>
       </c>
       <c r="B235" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="236" spans="1:2">
       <c r="A236" t="s">
         <v>238</v>
       </c>
       <c r="B236" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="237" spans="1:2">
       <c r="A237" t="s">
         <v>239</v>
       </c>
       <c r="B237" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
     </row>
     <row r="238" spans="1:2">
       <c r="A238" t="s">
         <v>240</v>
       </c>
       <c r="B238" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="239" spans="1:2">
       <c r="A239" t="s">
         <v>241</v>
       </c>
       <c r="B239" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="240" spans="1:2">
       <c r="A240" t="s">
         <v>242</v>
       </c>
       <c r="B240" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="241" spans="1:2">
       <c r="A241" t="s">
         <v>243</v>
       </c>
       <c r="B241" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="242" spans="1:2">
       <c r="A242" t="s">
         <v>244</v>
       </c>
       <c r="B242" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="243" spans="1:2">
       <c r="A243" t="s">
         <v>245</v>
       </c>
       <c r="B243" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="244" spans="1:2">
       <c r="A244" t="s">
         <v>246</v>
       </c>
       <c r="B244" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="245" spans="1:2">
       <c r="A245" t="s">
         <v>247</v>
       </c>
       <c r="B245" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="246" spans="1:2">
       <c r="A246" t="s">
         <v>248</v>
       </c>
       <c r="B246" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="247" spans="1:2">
       <c r="A247" t="s">
         <v>249</v>
       </c>
       <c r="B247" t="s">
-        <v>1894</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="248" spans="1:2">
       <c r="A248" t="s">
         <v>250</v>
       </c>
       <c r="B248" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="249" spans="1:2">
       <c r="A249" t="s">
         <v>251</v>
       </c>
       <c r="B249" t="s">
-        <v>1767</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="250" spans="1:2">
       <c r="A250" t="s">
         <v>252</v>
       </c>
       <c r="B250" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="251" spans="1:2">
       <c r="A251" t="s">
         <v>253</v>
       </c>
       <c r="B251" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="252" spans="1:2">
       <c r="A252" t="s">
         <v>254</v>
       </c>
       <c r="B252" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="253" spans="1:2">
       <c r="A253" t="s">
         <v>255</v>
       </c>
       <c r="B253" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="254" spans="1:2">
       <c r="A254" t="s">
         <v>256</v>
       </c>
       <c r="B254" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="255" spans="1:2">
       <c r="A255" t="s">
         <v>257</v>
       </c>
       <c r="B255" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="256" spans="1:2">
       <c r="A256" t="s">
         <v>258</v>
       </c>
       <c r="B256" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="257" spans="1:2">
       <c r="A257" t="s">
         <v>259</v>
       </c>
       <c r="B257" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="258" spans="1:2">
       <c r="A258" t="s">
         <v>260</v>
       </c>
       <c r="B258" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="259" spans="1:2">
       <c r="A259" t="s">
         <v>261</v>
       </c>
       <c r="B259" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="260" spans="1:2">
       <c r="A260" t="s">
         <v>262</v>
       </c>
       <c r="B260" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="261" spans="1:2">
       <c r="A261" t="s">
         <v>263</v>
       </c>
       <c r="B261" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="262" spans="1:2">
       <c r="A262" t="s">
         <v>264</v>
       </c>
       <c r="B262" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="263" spans="1:2">
       <c r="A263" t="s">
         <v>265</v>
       </c>
       <c r="B263" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="264" spans="1:2">
       <c r="A264" t="s">
         <v>266</v>
       </c>
       <c r="B264" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="265" spans="1:2">
       <c r="A265" t="s">
         <v>267</v>
       </c>
       <c r="B265" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="266" spans="1:2">
       <c r="A266" t="s">
         <v>268</v>
       </c>
       <c r="B266" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="267" spans="1:2">
       <c r="A267" t="s">
         <v>269</v>
       </c>
       <c r="B267" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="268" spans="1:2">
       <c r="A268" t="s">
         <v>270</v>
       </c>
       <c r="B268" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="269" spans="1:2">
       <c r="A269" t="s">
         <v>271</v>
       </c>
       <c r="B269" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="270" spans="1:2">
       <c r="A270" t="s">
         <v>272</v>
       </c>
       <c r="B270" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="271" spans="1:2">
       <c r="A271" t="s">
         <v>273</v>
       </c>
       <c r="B271" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="272" spans="1:2">
       <c r="A272" t="s">
         <v>274</v>
       </c>
       <c r="B272" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="273" spans="1:2">
       <c r="A273" t="s">
         <v>275</v>
       </c>
       <c r="B273" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="274" spans="1:2">
       <c r="A274" t="s">
         <v>276</v>
       </c>
       <c r="B274" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="275" spans="1:2">
       <c r="A275" t="s">
         <v>277</v>
       </c>
       <c r="B275" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="276" spans="1:2">
       <c r="A276" t="s">
         <v>278</v>
       </c>
       <c r="B276" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="277" spans="1:2">
       <c r="A277" t="s">
         <v>279</v>
       </c>
       <c r="B277" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="278" spans="1:2">
       <c r="A278" t="s">
         <v>280</v>
       </c>
       <c r="B278" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="279" spans="1:2">
       <c r="A279" t="s">
         <v>281</v>
       </c>
       <c r="B279" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="280" spans="1:2">
       <c r="A280" t="s">
         <v>282</v>
       </c>
       <c r="B280" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="281" spans="1:2">
       <c r="A281" t="s">
         <v>283</v>
       </c>
       <c r="B281" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="282" spans="1:2">
       <c r="A282" t="s">
         <v>284</v>
       </c>
       <c r="B282" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="283" spans="1:2">
       <c r="A283" t="s">
         <v>285</v>
       </c>
       <c r="B283" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="284" spans="1:2">
       <c r="A284" t="s">
         <v>286</v>
       </c>
       <c r="B284" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="285" spans="1:2">
       <c r="A285" t="s">
         <v>287</v>
       </c>
       <c r="B285" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="286" spans="1:2">
       <c r="A286" t="s">
         <v>288</v>
       </c>
       <c r="B286" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="287" spans="1:2">
       <c r="A287" t="s">
         <v>289</v>
       </c>
       <c r="B287" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="288" spans="1:2">
       <c r="A288" t="s">
         <v>290</v>
       </c>
       <c r="B288" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="289" spans="1:2">
       <c r="A289" t="s">
         <v>291</v>
       </c>
       <c r="B289" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="290" spans="1:2">
       <c r="A290" t="s">
         <v>292</v>
       </c>
       <c r="B290" t="s">
-        <v>1936</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="291" spans="1:2">
       <c r="A291" t="s">
         <v>293</v>
       </c>
       <c r="B291" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="292" spans="1:2">
       <c r="A292" t="s">
         <v>294</v>
       </c>
       <c r="B292" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="293" spans="1:2">
       <c r="A293" t="s">
         <v>295</v>
       </c>
       <c r="B293" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="294" spans="1:2">
       <c r="A294" t="s">
         <v>296</v>
       </c>
       <c r="B294" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="295" spans="1:2">
       <c r="A295" t="s">
         <v>297</v>
       </c>
       <c r="B295" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="296" spans="1:2">
       <c r="A296" t="s">
         <v>298</v>
       </c>
       <c r="B296" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="297" spans="1:2">
       <c r="A297" t="s">
         <v>299</v>
       </c>
       <c r="B297" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="298" spans="1:2">
       <c r="A298" t="s">
         <v>300</v>
       </c>
       <c r="B298" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="299" spans="1:2">
       <c r="A299" t="s">
         <v>301</v>
       </c>
       <c r="B299" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="300" spans="1:2">
       <c r="A300" t="s">
         <v>302</v>
       </c>
       <c r="B300" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="301" spans="1:2">
       <c r="A301" t="s">
         <v>303</v>
       </c>
       <c r="B301" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="302" spans="1:2">
       <c r="A302" t="s">
         <v>304</v>
       </c>
       <c r="B302" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="303" spans="1:2">
       <c r="A303" t="s">
         <v>305</v>
       </c>
       <c r="B303" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="304" spans="1:2">
       <c r="A304" t="s">
         <v>306</v>
       </c>
       <c r="B304" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="305" spans="1:2">
       <c r="A305" t="s">
         <v>307</v>
       </c>
       <c r="B305" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="306" spans="1:2">
       <c r="A306" t="s">
         <v>308</v>
       </c>
       <c r="B306" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="307" spans="1:2">
       <c r="A307" t="s">
         <v>309</v>
       </c>
       <c r="B307" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="308" spans="1:2">
       <c r="A308" t="s">
         <v>310</v>
       </c>
       <c r="B308" t="s">
-        <v>1866</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="309" spans="1:2">
       <c r="A309" t="s">
         <v>311</v>
       </c>
       <c r="B309" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="310" spans="1:2">
       <c r="A310" t="s">
         <v>312</v>
       </c>
       <c r="B310" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="311" spans="1:2">
       <c r="A311" t="s">
         <v>313</v>
       </c>
       <c r="B311" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="312" spans="1:2">
       <c r="A312" t="s">
         <v>314</v>
       </c>
       <c r="B312" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="313" spans="1:2">
       <c r="A313" t="s">
         <v>315</v>
       </c>
       <c r="B313" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="314" spans="1:2">
       <c r="A314" t="s">
         <v>316</v>
       </c>
       <c r="B314" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="315" spans="1:2">
       <c r="A315" t="s">
         <v>317</v>
       </c>
       <c r="B315" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="316" spans="1:2">
       <c r="A316" t="s">
         <v>318</v>
       </c>
       <c r="B316" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="317" spans="1:2">
       <c r="A317" t="s">
         <v>319</v>
       </c>
       <c r="B317" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="318" spans="1:2">
       <c r="A318" t="s">
         <v>320</v>
       </c>
       <c r="B318" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="319" spans="1:2">
       <c r="A319" t="s">
         <v>321</v>
       </c>
       <c r="B319" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="320" spans="1:2">
       <c r="A320" t="s">
         <v>322</v>
       </c>
       <c r="B320" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="321" spans="1:2">
       <c r="A321" t="s">
         <v>323</v>
       </c>
       <c r="B321" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="322" spans="1:2">
       <c r="A322" t="s">
         <v>324</v>
       </c>
       <c r="B322" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="323" spans="1:2">
       <c r="A323" t="s">
         <v>325</v>
       </c>
       <c r="B323" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="324" spans="1:2">
       <c r="A324" t="s">
         <v>326</v>
       </c>
       <c r="B324" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="325" spans="1:2">
       <c r="A325" t="s">
         <v>327</v>
       </c>
       <c r="B325" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="326" spans="1:2">
       <c r="A326" t="s">
         <v>328</v>
       </c>
       <c r="B326" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="327" spans="1:2">
       <c r="A327" t="s">
         <v>329</v>
       </c>
       <c r="B327" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="328" spans="1:2">
       <c r="A328" t="s">
         <v>330</v>
       </c>
       <c r="B328" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="329" spans="1:2">
       <c r="A329" t="s">
         <v>331</v>
       </c>
       <c r="B329" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="330" spans="1:2">
       <c r="A330" t="s">
         <v>332</v>
       </c>
       <c r="B330" t="s">
-        <v>1975</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="331" spans="1:2">
       <c r="A331" t="s">
         <v>333</v>
       </c>
       <c r="B331" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="332" spans="1:2">
       <c r="A332" t="s">
         <v>334</v>
       </c>
       <c r="B332" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="333" spans="1:2">
       <c r="A333" t="s">
         <v>335</v>
       </c>
       <c r="B333" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="334" spans="1:2">
       <c r="A334" t="s">
         <v>336</v>
       </c>
       <c r="B334" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="335" spans="1:2">
       <c r="A335" t="s">
         <v>337</v>
       </c>
       <c r="B335" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="336" spans="1:2">
       <c r="A336" t="s">
         <v>338</v>
       </c>
       <c r="B336" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="337" spans="1:2">
       <c r="A337" t="s">
         <v>339</v>
       </c>
       <c r="B337" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="338" spans="1:2">
       <c r="A338" t="s">
         <v>340</v>
       </c>
       <c r="B338" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="339" spans="1:2">
       <c r="A339" t="s">
         <v>341</v>
       </c>
       <c r="B339" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="340" spans="1:2">
       <c r="A340" t="s">
         <v>342</v>
       </c>
       <c r="B340" t="s">
-        <v>1828</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="341" spans="1:2">
       <c r="A341" t="s">
         <v>343</v>
       </c>
       <c r="B341" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="342" spans="1:2">
       <c r="A342" t="s">
         <v>344</v>
       </c>
       <c r="B342" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="343" spans="1:2">
       <c r="A343" t="s">
         <v>345</v>
       </c>
       <c r="B343" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="344" spans="1:2">
       <c r="A344" t="s">
         <v>346</v>
       </c>
       <c r="B344" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="A345" t="s">
         <v>347</v>
       </c>
       <c r="B345" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="A346" t="s">
         <v>348</v>
       </c>
       <c r="B346" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="347" spans="1:2">
       <c r="A347" t="s">
         <v>349</v>
       </c>
       <c r="B347" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="A348" t="s">
         <v>350</v>
       </c>
       <c r="B348" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="349" spans="1:2">
       <c r="A349" t="s">
         <v>351</v>
       </c>
       <c r="B349" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="A350" t="s">
         <v>352</v>
       </c>
       <c r="B350" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="351" spans="1:2">
       <c r="A351" t="s">
         <v>353</v>
       </c>
       <c r="B351" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="352" spans="1:2">
       <c r="A352" t="s">
         <v>354</v>
       </c>
       <c r="B352" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="353" spans="1:2">
       <c r="A353" t="s">
         <v>355</v>
       </c>
       <c r="B353" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="A354" t="s">
         <v>356</v>
       </c>
       <c r="B354" t="s">
-        <v>1792</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="A355" t="s">
         <v>357</v>
       </c>
       <c r="B355" t="s">
-        <v>1998</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="356" spans="1:2">
       <c r="A356" t="s">
         <v>358</v>
       </c>
       <c r="B356" t="s">
-        <v>1999</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="A357" t="s">
         <v>359</v>
       </c>
       <c r="B357" t="s">
-        <v>2000</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="A358" t="s">
         <v>360</v>
       </c>
       <c r="B358" t="s">
-        <v>2001</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="359" spans="1:2">
       <c r="A359" t="s">
         <v>361</v>
       </c>
       <c r="B359" t="s">
-        <v>2002</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="360" spans="1:2">
       <c r="A360" t="s">
         <v>362</v>
       </c>
       <c r="B360" t="s">
-        <v>2003</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="361" spans="1:2">
       <c r="A361" t="s">
         <v>363</v>
       </c>
       <c r="B361" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="A362" t="s">
         <v>364</v>
       </c>
       <c r="B362" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="363" spans="1:2">
       <c r="A363" t="s">
         <v>365</v>
       </c>
       <c r="B363" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="A364" t="s">
         <v>366</v>
       </c>
       <c r="B364" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="365" spans="1:2">
       <c r="A365" t="s">
         <v>367</v>
       </c>
       <c r="B365" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="A366" t="s">
         <v>368</v>
       </c>
       <c r="B366" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="367" spans="1:2">
       <c r="A367" t="s">
         <v>369</v>
       </c>
       <c r="B367" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="368" spans="1:2">
       <c r="A368" t="s">
         <v>370</v>
       </c>
       <c r="B368" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="A369" t="s">
         <v>371</v>
       </c>
       <c r="B369" t="s">
-        <v>2012</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="A370" t="s">
         <v>372</v>
       </c>
       <c r="B370" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="371" spans="1:2">
       <c r="A371" t="s">
         <v>373</v>
       </c>
       <c r="B371" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="A372" t="s">
         <v>374</v>
       </c>
       <c r="B372" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="A373" t="s">
         <v>375</v>
       </c>
       <c r="B373" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="374" spans="1:2">
       <c r="A374" t="s">
         <v>376</v>
       </c>
       <c r="B374" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="A375" t="s">
         <v>377</v>
       </c>
       <c r="B375" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="376" spans="1:2">
       <c r="A376" t="s">
         <v>378</v>
       </c>
       <c r="B376" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="377" spans="1:2">
       <c r="A377" t="s">
         <v>379</v>
       </c>
       <c r="B377" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="A378" t="s">
         <v>380</v>
       </c>
       <c r="B378" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379" t="s">
         <v>381</v>
       </c>
       <c r="B379" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="A380" t="s">
         <v>382</v>
       </c>
       <c r="B380" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="A381" t="s">
         <v>383</v>
       </c>
       <c r="B381" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382" t="s">
         <v>384</v>
       </c>
       <c r="B382" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="A383" t="s">
         <v>385</v>
       </c>
       <c r="B383" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="A384" t="s">
         <v>386</v>
       </c>
       <c r="B384" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385" t="s">
         <v>387</v>
       </c>
       <c r="B385" t="s">
-        <v>1874</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386" t="s">
         <v>388</v>
       </c>
       <c r="B386" t="s">
-        <v>2028</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387" t="s">
         <v>389</v>
       </c>
       <c r="B387" t="s">
-        <v>2029</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388" t="s">
         <v>390</v>
       </c>
       <c r="B388" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389" t="s">
         <v>391</v>
       </c>
       <c r="B389" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390" t="s">
         <v>392</v>
       </c>
       <c r="B390" t="s">
-        <v>2032</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391" t="s">
         <v>393</v>
       </c>
       <c r="B391" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="392" spans="1:2">
       <c r="A392" t="s">
         <v>394</v>
       </c>
       <c r="B392" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="393" spans="1:2">
       <c r="A393" t="s">
         <v>395</v>
       </c>
       <c r="B393" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="394" spans="1:2">
       <c r="A394" t="s">
         <v>396</v>
       </c>
       <c r="B394" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="395" spans="1:2">
       <c r="A395" t="s">
         <v>397</v>
       </c>
       <c r="B395" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="396" spans="1:2">
       <c r="A396" t="s">
         <v>398</v>
       </c>
       <c r="B396" t="s">
-        <v>1914</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="397" spans="1:2">
       <c r="A397" t="s">
         <v>399</v>
       </c>
       <c r="B397" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="398" spans="1:2">
       <c r="A398" t="s">
         <v>400</v>
       </c>
       <c r="B398" t="s">
-        <v>1854</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="399" spans="1:2">
       <c r="A399" t="s">
         <v>401</v>
       </c>
       <c r="B399" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="400" spans="1:2">
       <c r="A400" t="s">
         <v>402</v>
       </c>
       <c r="B400" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="401" spans="1:2">
       <c r="A401" t="s">
         <v>403</v>
       </c>
       <c r="B401" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="402" spans="1:2">
       <c r="A402" t="s">
         <v>404</v>
       </c>
       <c r="B402" t="s">
-        <v>1847</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="403" spans="1:2">
       <c r="A403" t="s">
         <v>405</v>
       </c>
       <c r="B403" t="s">
-        <v>2042</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="404" spans="1:2">
       <c r="A404" t="s">
         <v>406</v>
       </c>
       <c r="B404" t="s">
-        <v>2043</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="405" spans="1:2">
       <c r="A405" t="s">
         <v>407</v>
       </c>
       <c r="B405" t="s">
-        <v>2044</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="406" spans="1:2">
       <c r="A406" t="s">
         <v>408</v>
       </c>
       <c r="B406" t="s">
-        <v>2045</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="407" spans="1:2">
       <c r="A407" t="s">
         <v>409</v>
       </c>
       <c r="B407" t="s">
-        <v>1785</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="408" spans="1:2">
       <c r="A408" t="s">
         <v>410</v>
       </c>
       <c r="B408" t="s">
-        <v>2046</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="409" spans="1:2">
       <c r="A409" t="s">
         <v>411</v>
       </c>
       <c r="B409" t="s">
-        <v>2047</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="410" spans="1:2">
       <c r="A410" t="s">
         <v>412</v>
       </c>
       <c r="B410" t="s">
-        <v>2048</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="411" spans="1:2">
       <c r="A411" t="s">
         <v>413</v>
       </c>
       <c r="B411" t="s">
-        <v>2049</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="412" spans="1:2">
       <c r="A412" t="s">
         <v>414</v>
       </c>
       <c r="B412" t="s">
-        <v>2050</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="413" spans="1:2">
       <c r="A413" t="s">
         <v>415</v>
       </c>
       <c r="B413" t="s">
-        <v>2051</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="414" spans="1:2">
       <c r="A414" t="s">
         <v>416</v>
       </c>
       <c r="B414" t="s">
-        <v>2052</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="415" spans="1:2">
       <c r="A415" t="s">
         <v>417</v>
       </c>
       <c r="B415" t="s">
-        <v>2053</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="416" spans="1:2">
       <c r="A416" t="s">
         <v>418</v>
       </c>
       <c r="B416" t="s">
-        <v>2054</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="417" spans="1:2">
       <c r="A417" t="s">
         <v>419</v>
       </c>
       <c r="B417" t="s">
-        <v>2055</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="418" spans="1:2">
       <c r="A418" t="s">
         <v>420</v>
       </c>
       <c r="B418" t="s">
-        <v>2056</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="419" spans="1:2">
       <c r="A419" t="s">
         <v>421</v>
       </c>
       <c r="B419" t="s">
-        <v>2057</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="420" spans="1:2">
       <c r="A420" t="s">
         <v>422</v>
       </c>
       <c r="B420" t="s">
-        <v>2058</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="421" spans="1:2">
       <c r="A421" t="s">
         <v>423</v>
       </c>
       <c r="B421" t="s">
-        <v>2059</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="422" spans="1:2">
       <c r="A422" t="s">
         <v>424</v>
       </c>
       <c r="B422" t="s">
-        <v>2060</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="423" spans="1:2">
       <c r="A423" t="s">
         <v>425</v>
       </c>
       <c r="B423" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="424" spans="1:2">
       <c r="A424" t="s">
         <v>426</v>
       </c>
       <c r="B424" t="s">
-        <v>2062</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="425" spans="1:2">
       <c r="A425" t="s">
         <v>427</v>
       </c>
       <c r="B425" t="s">
-        <v>2063</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="426" spans="1:2">
       <c r="A426" t="s">
         <v>428</v>
       </c>
       <c r="B426" t="s">
-        <v>2064</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="427" spans="1:2">
       <c r="A427" t="s">
         <v>429</v>
       </c>
       <c r="B427" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="428" spans="1:2">
       <c r="A428" t="s">
         <v>430</v>
       </c>
       <c r="B428" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="429" spans="1:2">
       <c r="A429" t="s">
         <v>431</v>
       </c>
       <c r="B429" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="430" spans="1:2">
       <c r="A430" t="s">
         <v>432</v>
       </c>
       <c r="B430" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="431" spans="1:2">
       <c r="A431" t="s">
         <v>433</v>
       </c>
       <c r="B431" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="432" spans="1:2">
       <c r="A432" t="s">
         <v>434</v>
       </c>
       <c r="B432" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="433" spans="1:2">
       <c r="A433" t="s">
         <v>435</v>
       </c>
       <c r="B433" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="434" spans="1:2">
       <c r="A434" t="s">
         <v>436</v>
       </c>
       <c r="B434" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="435" spans="1:2">
       <c r="A435" t="s">
         <v>437</v>
       </c>
       <c r="B435" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="436" spans="1:2">
       <c r="A436" t="s">
         <v>438</v>
       </c>
       <c r="B436" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="437" spans="1:2">
       <c r="A437" t="s">
         <v>439</v>
       </c>
       <c r="B437" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="438" spans="1:2">
       <c r="A438" t="s">
         <v>440</v>
       </c>
       <c r="B438" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="439" spans="1:2">
       <c r="A439" t="s">
         <v>441</v>
       </c>
       <c r="B439" t="s">
-        <v>2077</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="440" spans="1:2">
       <c r="A440" t="s">
         <v>442</v>
       </c>
       <c r="B440" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="441" spans="1:2">
       <c r="A441" t="s">
         <v>443</v>
       </c>
       <c r="B441" t="s">
-        <v>1869</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="442" spans="1:2">
       <c r="A442" t="s">
         <v>444</v>
       </c>
       <c r="B442" t="s">
-        <v>2079</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="443" spans="1:2">
       <c r="A443" t="s">
         <v>445</v>
       </c>
       <c r="B443" t="s">
-        <v>2080</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="444" spans="1:2">
       <c r="A444" t="s">
         <v>446</v>
       </c>
       <c r="B444" t="s">
-        <v>2081</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="445" spans="1:2">
       <c r="A445" t="s">
         <v>447</v>
       </c>
       <c r="B445" t="s">
-        <v>2082</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="446" spans="1:2">
       <c r="A446" t="s">
         <v>448</v>
       </c>
       <c r="B446" t="s">
-        <v>2083</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="447" spans="1:2">
       <c r="A447" t="s">
         <v>449</v>
       </c>
       <c r="B447" t="s">
-        <v>2084</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="448" spans="1:2">
       <c r="A448" t="s">
         <v>450</v>
       </c>
       <c r="B448" t="s">
-        <v>2085</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="449" spans="1:2">
       <c r="A449" t="s">
         <v>451</v>
       </c>
       <c r="B449" t="s">
-        <v>2086</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="450" spans="1:2">
       <c r="A450" t="s">
         <v>452</v>
       </c>
       <c r="B450" t="s">
-        <v>2087</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="451" spans="1:2">
       <c r="A451" t="s">
         <v>453</v>
       </c>
       <c r="B451" t="s">
-        <v>2088</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="452" spans="1:2">
       <c r="A452" t="s">
         <v>454</v>
       </c>
       <c r="B452" t="s">
-        <v>2089</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="453" spans="1:2">
       <c r="A453" t="s">
         <v>455</v>
       </c>
       <c r="B453" t="s">
-        <v>2090</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="454" spans="1:2">
       <c r="A454" t="s">
         <v>456</v>
       </c>
       <c r="B454" t="s">
-        <v>2091</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="455" spans="1:2">
       <c r="A455" t="s">
         <v>457</v>
       </c>
       <c r="B455" t="s">
-        <v>2092</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="456" spans="1:2">
       <c r="A456" t="s">
         <v>458</v>
       </c>
       <c r="B456" t="s">
-        <v>2093</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="457" spans="1:2">
       <c r="A457" t="s">
         <v>459</v>
       </c>
       <c r="B457" t="s">
-        <v>2094</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="458" spans="1:2">
       <c r="A458" t="s">
         <v>460</v>
       </c>
       <c r="B458" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="459" spans="1:2">
       <c r="A459" t="s">
         <v>461</v>
       </c>
       <c r="B459" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="460" spans="1:2">
       <c r="A460" t="s">
         <v>462</v>
       </c>
       <c r="B460" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="461" spans="1:2">
       <c r="A461" t="s">
         <v>463</v>
       </c>
       <c r="B461" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="462" spans="1:2">
       <c r="A462" t="s">
         <v>464</v>
       </c>
       <c r="B462" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="463" spans="1:2">
       <c r="A463" t="s">
         <v>465</v>
       </c>
       <c r="B463" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="464" spans="1:2">
       <c r="A464" t="s">
         <v>466</v>
       </c>
       <c r="B464" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="465" spans="1:2">
       <c r="A465" t="s">
         <v>467</v>
       </c>
       <c r="B465" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="466" spans="1:2">
       <c r="A466" t="s">
         <v>468</v>
       </c>
       <c r="B466" t="s">
-        <v>1817</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="467" spans="1:2">
       <c r="A467" t="s">
         <v>469</v>
       </c>
       <c r="B467" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="468" spans="1:2">
       <c r="A468" t="s">
         <v>470</v>
       </c>
       <c r="B468" t="s">
-        <v>2104</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="469" spans="1:2">
       <c r="A469" t="s">
         <v>471</v>
       </c>
       <c r="B469" t="s">
-        <v>2105</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="470" spans="1:2">
       <c r="A470" t="s">
         <v>472</v>
       </c>
       <c r="B470" t="s">
-        <v>2106</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="471" spans="1:2">
       <c r="A471" t="s">
         <v>473</v>
       </c>
       <c r="B471" t="s">
-        <v>2107</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="472" spans="1:2">
       <c r="A472" t="s">
         <v>474</v>
       </c>
       <c r="B472" t="s">
-        <v>2039</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="473" spans="1:2">
       <c r="A473" t="s">
         <v>475</v>
       </c>
       <c r="B473" t="s">
-        <v>1918</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="474" spans="1:2">
       <c r="A474" t="s">
         <v>476</v>
       </c>
       <c r="B474" t="s">
-        <v>2108</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="475" spans="1:2">
       <c r="A475" t="s">
         <v>477</v>
       </c>
       <c r="B475" t="s">
-        <v>2109</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="476" spans="1:2">
       <c r="A476" t="s">
         <v>478</v>
       </c>
       <c r="B476" t="s">
-        <v>2110</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="477" spans="1:2">
       <c r="A477" t="s">
         <v>479</v>
       </c>
       <c r="B477" t="s">
-        <v>2111</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="478" spans="1:2">
       <c r="A478" t="s">
         <v>480</v>
       </c>
       <c r="B478" t="s">
-        <v>2112</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="479" spans="1:2">
       <c r="A479" t="s">
         <v>481</v>
       </c>
       <c r="B479" t="s">
-        <v>2113</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="480" spans="1:2">
       <c r="A480" t="s">
         <v>482</v>
       </c>
       <c r="B480" t="s">
-        <v>2114</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="481" spans="1:2">
       <c r="A481" t="s">
         <v>483</v>
       </c>
       <c r="B481" t="s">
-        <v>2115</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="482" spans="1:2">
       <c r="A482" t="s">
         <v>484</v>
       </c>
       <c r="B482" t="s">
-        <v>2116</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="483" spans="1:2">
       <c r="A483" t="s">
         <v>485</v>
       </c>
       <c r="B483" t="s">
-        <v>1921</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="484" spans="1:2">
       <c r="A484" t="s">
         <v>486</v>
       </c>
       <c r="B484" t="s">
-        <v>2117</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="485" spans="1:2">
       <c r="A485" t="s">
         <v>487</v>
       </c>
       <c r="B485" t="s">
-        <v>2118</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="486" spans="1:2">
       <c r="A486" t="s">
         <v>488</v>
       </c>
       <c r="B486" t="s">
-        <v>1682</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="487" spans="1:2">
       <c r="A487" t="s">
         <v>489</v>
       </c>
       <c r="B487" t="s">
-        <v>2119</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="488" spans="1:2">
       <c r="A488" t="s">
         <v>490</v>
       </c>
       <c r="B488" t="s">
-        <v>2120</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="489" spans="1:2">
       <c r="A489" t="s">
         <v>491</v>
       </c>
       <c r="B489" t="s">
-        <v>2121</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="490" spans="1:2">
       <c r="A490" t="s">
         <v>492</v>
       </c>
       <c r="B490" t="s">
-        <v>2122</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="491" spans="1:2">
       <c r="A491" t="s">
         <v>493</v>
       </c>
       <c r="B491" t="s">
-        <v>2123</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="492" spans="1:2">
       <c r="A492" t="s">
         <v>494</v>
       </c>
       <c r="B492" t="s">
-        <v>2124</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="493" spans="1:2">
       <c r="A493" t="s">
         <v>495</v>
       </c>
       <c r="B493" t="s">
-        <v>2125</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="494" spans="1:2">
       <c r="A494" t="s">
         <v>496</v>
       </c>
       <c r="B494" t="s">
-        <v>2126</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="495" spans="1:2">
       <c r="A495" t="s">
         <v>497</v>
       </c>
       <c r="B495" t="s">
-        <v>2127</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="496" spans="1:2">
       <c r="A496" t="s">
         <v>498</v>
       </c>
       <c r="B496" t="s">
-        <v>2128</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="497" spans="1:2">
       <c r="A497" t="s">
         <v>499</v>
       </c>
       <c r="B497" t="s">
-        <v>2129</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="498" spans="1:2">
       <c r="A498" t="s">
         <v>500</v>
       </c>
       <c r="B498" t="s">
-        <v>2130</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="499" spans="1:2">
       <c r="A499" t="s">
         <v>501</v>
       </c>
       <c r="B499" t="s">
-        <v>2131</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="500" spans="1:2">
       <c r="A500" t="s">
         <v>502</v>
       </c>
       <c r="B500" t="s">
-        <v>2132</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="501" spans="1:2">
       <c r="A501" t="s">
         <v>503</v>
       </c>
       <c r="B501" t="s">
-        <v>2133</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="502" spans="1:2">
       <c r="A502" t="s">
         <v>504</v>
       </c>
       <c r="B502" t="s">
-        <v>2134</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="503" spans="1:2">
       <c r="A503" t="s">
         <v>505</v>
       </c>
       <c r="B503" t="s">
-        <v>2135</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="504" spans="1:2">
       <c r="A504" t="s">
         <v>506</v>
       </c>
       <c r="B504" t="s">
-        <v>2136</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="505" spans="1:2">
       <c r="A505" t="s">
         <v>507</v>
       </c>
       <c r="B505" t="s">
-        <v>2137</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="506" spans="1:2">
       <c r="A506" t="s">
         <v>508</v>
       </c>
       <c r="B506" t="s">
-        <v>2138</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="507" spans="1:2">
       <c r="A507" t="s">
         <v>509</v>
       </c>
       <c r="B507" t="s">
-        <v>2139</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="508" spans="1:2">
       <c r="A508" t="s">
         <v>510</v>
       </c>
       <c r="B508" t="s">
-        <v>2140</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="509" spans="1:2">
       <c r="A509" t="s">
         <v>511</v>
       </c>
       <c r="B509" t="s">
-        <v>2141</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="510" spans="1:2">
       <c r="A510" t="s">
         <v>512</v>
       </c>
       <c r="B510" t="s">
-        <v>2142</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="511" spans="1:2">
       <c r="A511" t="s">
         <v>513</v>
       </c>
       <c r="B511" t="s">
-        <v>2143</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="512" spans="1:2">
       <c r="A512" t="s">
         <v>514</v>
       </c>
       <c r="B512" t="s">
-        <v>2144</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="513" spans="1:2">
       <c r="A513" t="s">
         <v>515</v>
       </c>
       <c r="B513" t="s">
-        <v>2145</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="514" spans="1:2">
       <c r="A514" t="s">
         <v>516</v>
       </c>
       <c r="B514" t="s">
-        <v>2146</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="515" spans="1:2">
       <c r="A515" t="s">
         <v>517</v>
       </c>
       <c r="B515" t="s">
-        <v>2147</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="516" spans="1:2">
       <c r="A516" t="s">
         <v>518</v>
       </c>
       <c r="B516" t="s">
-        <v>2148</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="517" spans="1:2">
       <c r="A517" t="s">
         <v>519</v>
       </c>
       <c r="B517" t="s">
-        <v>2149</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="518" spans="1:2">
       <c r="A518" t="s">
         <v>520</v>
       </c>
       <c r="B518" t="s">
-        <v>2150</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="519" spans="1:2">
       <c r="A519" t="s">
         <v>521</v>
       </c>
       <c r="B519" t="s">
-        <v>2151</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="520" spans="1:2">
       <c r="A520" t="s">
         <v>522</v>
       </c>
       <c r="B520" t="s">
-        <v>2152</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="521" spans="1:2">
       <c r="A521" t="s">
         <v>523</v>
       </c>
       <c r="B521" t="s">
-        <v>2153</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="522" spans="1:2">
       <c r="A522" t="s">
         <v>524</v>
       </c>
       <c r="B522" t="s">
-        <v>2154</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="523" spans="1:2">
       <c r="A523" t="s">
         <v>525</v>
       </c>
       <c r="B523" t="s">
-        <v>2155</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="524" spans="1:2">
       <c r="A524" t="s">
         <v>526</v>
       </c>
       <c r="B524" t="s">
-        <v>2156</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="525" spans="1:2">
       <c r="A525" t="s">
         <v>527</v>
       </c>
       <c r="B525" t="s">
-        <v>2157</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="526" spans="1:2">
       <c r="A526" t="s">
         <v>528</v>
       </c>
       <c r="B526" t="s">
-        <v>2070</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="527" spans="1:2">
       <c r="A527" t="s">
         <v>529</v>
       </c>
       <c r="B527" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="528" spans="1:2">
       <c r="A528" t="s">
         <v>530</v>
       </c>
       <c r="B528" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="529" spans="1:2">
       <c r="A529" t="s">
         <v>531</v>
       </c>
       <c r="B529" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="530" spans="1:2">
       <c r="A530" t="s">
         <v>532</v>
       </c>
       <c r="B530" t="s">
-        <v>2161</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="531" spans="1:2">
       <c r="A531" t="s">
         <v>533</v>
       </c>
       <c r="B531" t="s">
-        <v>2162</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="532" spans="1:2">
       <c r="A532" t="s">
         <v>534</v>
       </c>
       <c r="B532" t="s">
-        <v>2163</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="533" spans="1:2">
       <c r="A533" t="s">
         <v>535</v>
       </c>
       <c r="B533" t="s">
-        <v>2164</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="534" spans="1:2">
       <c r="A534" t="s">
         <v>536</v>
       </c>
       <c r="B534" t="s">
-        <v>2165</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="535" spans="1:2">
       <c r="A535" t="s">
         <v>537</v>
       </c>
       <c r="B535" t="s">
-        <v>2166</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="536" spans="1:2">
       <c r="A536" t="s">
         <v>538</v>
       </c>
       <c r="B536" t="s">
-        <v>2167</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="537" spans="1:2">
       <c r="A537" t="s">
         <v>539</v>
       </c>
       <c r="B537" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="538" spans="1:2">
       <c r="A538" t="s">
         <v>540</v>
       </c>
       <c r="B538" t="s">
-        <v>2169</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="539" spans="1:2">
       <c r="A539" t="s">
         <v>541</v>
       </c>
       <c r="B539" t="s">
-        <v>2170</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="540" spans="1:2">
       <c r="A540" t="s">
         <v>542</v>
       </c>
       <c r="B540" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="541" spans="1:2">
       <c r="A541" t="s">
         <v>543</v>
       </c>
       <c r="B541" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="542" spans="1:2">
       <c r="A542" t="s">
         <v>544</v>
       </c>
       <c r="B542" t="s">
-        <v>2173</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="543" spans="1:2">
       <c r="A543" t="s">
         <v>545</v>
       </c>
       <c r="B543" t="s">
-        <v>2174</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="544" spans="1:2">
       <c r="A544" t="s">
         <v>546</v>
       </c>
       <c r="B544" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="545" spans="1:2">
       <c r="A545" t="s">
         <v>547</v>
       </c>
       <c r="B545" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="546" spans="1:2">
       <c r="A546" t="s">
         <v>548</v>
       </c>
       <c r="B546" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="547" spans="1:2">
       <c r="A547" t="s">
         <v>549</v>
       </c>
       <c r="B547" t="s">
-        <v>2178</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="548" spans="1:2">
       <c r="A548" t="s">
         <v>550</v>
       </c>
       <c r="B548" t="s">
-        <v>2179</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="549" spans="1:2">
       <c r="A549" t="s">
         <v>551</v>
       </c>
       <c r="B549" t="s">
-        <v>2180</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="550" spans="1:2">
       <c r="A550" t="s">
         <v>552</v>
       </c>
       <c r="B550" t="s">
-        <v>2181</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="551" spans="1:2">
       <c r="A551" t="s">
         <v>553</v>
       </c>
       <c r="B551" t="s">
-        <v>2182</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="552" spans="1:2">
       <c r="A552" t="s">
         <v>554</v>
       </c>
       <c r="B552" t="s">
-        <v>2183</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="553" spans="1:2">
       <c r="A553" t="s">
         <v>555</v>
       </c>
       <c r="B553" t="s">
-        <v>1996</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="554" spans="1:2">
       <c r="A554" t="s">
         <v>556</v>
       </c>
       <c r="B554" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="555" spans="1:2">
       <c r="A555" t="s">
         <v>557</v>
       </c>
       <c r="B555" t="s">
-        <v>2185</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="556" spans="1:2">
       <c r="A556" t="s">
         <v>558</v>
       </c>
       <c r="B556" t="s">
-        <v>1934</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="557" spans="1:2">
       <c r="A557" t="s">
         <v>559</v>
       </c>
       <c r="B557" t="s">
-        <v>2186</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="558" spans="1:2">
       <c r="A558" t="s">
         <v>560</v>
       </c>
       <c r="B558" t="s">
-        <v>2187</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="559" spans="1:2">
       <c r="A559" t="s">
         <v>561</v>
       </c>
       <c r="B559" t="s">
-        <v>2188</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="560" spans="1:2">
       <c r="A560" t="s">
         <v>562</v>
       </c>
       <c r="B560" t="s">
-        <v>2189</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="561" spans="1:2">
       <c r="A561" t="s">
         <v>563</v>
       </c>
       <c r="B561" t="s">
-        <v>2190</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="562" spans="1:2">
       <c r="A562" t="s">
         <v>564</v>
       </c>
       <c r="B562" t="s">
-        <v>2191</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="563" spans="1:2">
       <c r="A563" t="s">
         <v>565</v>
       </c>
       <c r="B563" t="s">
-        <v>2192</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="564" spans="1:2">
       <c r="A564" t="s">
         <v>566</v>
       </c>
       <c r="B564" t="s">
-        <v>2193</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="565" spans="1:2">
       <c r="A565" t="s">
         <v>567</v>
       </c>
       <c r="B565" t="s">
-        <v>2194</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="566" spans="1:2">
       <c r="A566" t="s">
         <v>568</v>
       </c>
       <c r="B566" t="s">
-        <v>2195</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="567" spans="1:2">
       <c r="A567" t="s">
         <v>569</v>
       </c>
       <c r="B567" t="s">
-        <v>2196</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="568" spans="1:2">
       <c r="A568" t="s">
         <v>570</v>
       </c>
       <c r="B568" t="s">
-        <v>2197</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="569" spans="1:2">
       <c r="A569" t="s">
         <v>571</v>
       </c>
       <c r="B569" t="s">
-        <v>2198</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="570" spans="1:2">
       <c r="A570" t="s">
         <v>572</v>
       </c>
       <c r="B570" t="s">
-        <v>2199</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="571" spans="1:2">
       <c r="A571" t="s">
         <v>573</v>
       </c>
       <c r="B571" t="s">
-        <v>2200</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="572" spans="1:2">
       <c r="A572" t="s">
         <v>574</v>
       </c>
       <c r="B572" t="s">
-        <v>2201</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="573" spans="1:2">
       <c r="A573" t="s">
         <v>575</v>
       </c>
       <c r="B573" t="s">
-        <v>2202</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="574" spans="1:2">
       <c r="A574" t="s">
         <v>576</v>
       </c>
       <c r="B574" t="s">
-        <v>2203</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="575" spans="1:2">
       <c r="A575" t="s">
         <v>577</v>
       </c>
       <c r="B575" t="s">
-        <v>2204</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="576" spans="1:2">
       <c r="A576" t="s">
         <v>578</v>
       </c>
       <c r="B576" t="s">
-        <v>2205</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="577" spans="1:2">
       <c r="A577" t="s">
         <v>579</v>
       </c>
       <c r="B577" t="s">
-        <v>2206</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="578" spans="1:2">
       <c r="A578" t="s">
         <v>580</v>
       </c>
       <c r="B578" t="s">
-        <v>2207</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="579" spans="1:2">
       <c r="A579" t="s">
         <v>581</v>
       </c>
       <c r="B579" t="s">
-        <v>2208</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="580" spans="1:2">
       <c r="A580" t="s">
         <v>582</v>
       </c>
       <c r="B580" t="s">
-        <v>2209</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="581" spans="1:2">
       <c r="A581" t="s">
         <v>583</v>
       </c>
       <c r="B581" t="s">
-        <v>2210</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="582" spans="1:2">
       <c r="A582" t="s">
         <v>584</v>
       </c>
       <c r="B582" t="s">
-        <v>2211</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="583" spans="1:2">
       <c r="A583" t="s">
         <v>585</v>
       </c>
       <c r="B583" t="s">
-        <v>2212</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="584" spans="1:2">
       <c r="A584" t="s">
         <v>586</v>
       </c>
       <c r="B584" t="s">
-        <v>2213</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="585" spans="1:2">
       <c r="A585" t="s">
         <v>587</v>
       </c>
       <c r="B585" t="s">
-        <v>2214</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="586" spans="1:2">
       <c r="A586" t="s">
         <v>588</v>
       </c>
       <c r="B586" t="s">
-        <v>2215</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="587" spans="1:2">
       <c r="A587" t="s">
         <v>589</v>
       </c>
       <c r="B587" t="s">
-        <v>2216</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="588" spans="1:2">
       <c r="A588" t="s">
         <v>590</v>
       </c>
       <c r="B588" t="s">
-        <v>2217</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="589" spans="1:2">
       <c r="A589" t="s">
         <v>591</v>
       </c>
       <c r="B589" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="590" spans="1:2">
       <c r="A590" t="s">
         <v>592</v>
       </c>
       <c r="B590" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="591" spans="1:2">
       <c r="A591" t="s">
         <v>593</v>
       </c>
       <c r="B591" t="s">
-        <v>2220</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="592" spans="1:2">
       <c r="A592" t="s">
         <v>594</v>
       </c>
       <c r="B592" t="s">
-        <v>2221</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="593" spans="1:2">
       <c r="A593" t="s">
         <v>595</v>
       </c>
       <c r="B593" t="s">
-        <v>2222</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="594" spans="1:2">
       <c r="A594" t="s">
         <v>596</v>
       </c>
       <c r="B594" t="s">
-        <v>2223</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="595" spans="1:2">
       <c r="A595" t="s">
         <v>597</v>
       </c>
       <c r="B595" t="s">
-        <v>2157</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="596" spans="1:2">
       <c r="A596" t="s">
         <v>598</v>
       </c>
       <c r="B596" t="s">
-        <v>2224</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="597" spans="1:2">
       <c r="A597" t="s">
         <v>599</v>
       </c>
       <c r="B597" t="s">
-        <v>2156</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="598" spans="1:2">
       <c r="A598" t="s">
         <v>600</v>
       </c>
       <c r="B598" t="s">
-        <v>2225</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="599" spans="1:2">
       <c r="A599" t="s">
         <v>601</v>
       </c>
       <c r="B599" t="s">
-        <v>2168</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="600" spans="1:2">
       <c r="A600" t="s">
         <v>602</v>
       </c>
       <c r="B600" t="s">
-        <v>2226</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="601" spans="1:2">
       <c r="A601" t="s">
         <v>603</v>
       </c>
       <c r="B601" t="s">
-        <v>2227</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="602" spans="1:2">
       <c r="A602" t="s">
         <v>604</v>
       </c>
       <c r="B602" t="s">
-        <v>2228</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="603" spans="1:2">
       <c r="A603" t="s">
         <v>605</v>
       </c>
       <c r="B603" t="s">
-        <v>1941</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="604" spans="1:2">
       <c r="A604" t="s">
         <v>606</v>
       </c>
       <c r="B604" t="s">
-        <v>2229</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="605" spans="1:2">
       <c r="A605" t="s">
         <v>607</v>
       </c>
       <c r="B605" t="s">
-        <v>2230</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="606" spans="1:2">
       <c r="A606" t="s">
         <v>608</v>
       </c>
       <c r="B606" t="s">
-        <v>2231</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="607" spans="1:2">
       <c r="A607" t="s">
         <v>609</v>
       </c>
       <c r="B607" t="s">
-        <v>2232</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="608" spans="1:2">
       <c r="A608" t="s">
         <v>610</v>
       </c>
       <c r="B608" t="s">
-        <v>2233</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="609" spans="1:2">
       <c r="A609" t="s">
         <v>611</v>
       </c>
       <c r="B609" t="s">
-        <v>2234</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="610" spans="1:2">
       <c r="A610" t="s">
         <v>612</v>
       </c>
       <c r="B610" t="s">
-        <v>2235</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="611" spans="1:2">
       <c r="A611" t="s">
         <v>613</v>
       </c>
       <c r="B611" t="s">
-        <v>2236</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="612" spans="1:2">
       <c r="A612" t="s">
         <v>614</v>
       </c>
       <c r="B612" t="s">
-        <v>2237</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="613" spans="1:2">
       <c r="A613" t="s">
         <v>615</v>
       </c>
       <c r="B613" t="s">
-        <v>2238</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="614" spans="1:2">
       <c r="A614" t="s">
         <v>616</v>
       </c>
       <c r="B614" t="s">
-        <v>2175</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="615" spans="1:2">
       <c r="A615" t="s">
         <v>617</v>
       </c>
       <c r="B615" t="s">
-        <v>2239</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="616" spans="1:2">
       <c r="A616" t="s">
         <v>618</v>
       </c>
       <c r="B616" t="s">
-        <v>2240</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="617" spans="1:2">
       <c r="A617" t="s">
         <v>619</v>
       </c>
       <c r="B617" t="s">
-        <v>2241</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="618" spans="1:2">
       <c r="A618" t="s">
         <v>620</v>
       </c>
       <c r="B618" t="s">
-        <v>2242</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="619" spans="1:2">
       <c r="A619" t="s">
         <v>621</v>
       </c>
       <c r="B619" t="s">
-        <v>2243</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="620" spans="1:2">
       <c r="A620" t="s">
         <v>622</v>
       </c>
       <c r="B620" t="s">
-        <v>2244</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="621" spans="1:2">
       <c r="A621" t="s">
         <v>623</v>
       </c>
       <c r="B621" t="s">
-        <v>2245</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="622" spans="1:2">
       <c r="A622" t="s">
         <v>624</v>
       </c>
       <c r="B622" t="s">
-        <v>2246</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="623" spans="1:2">
       <c r="A623" t="s">
         <v>625</v>
       </c>
       <c r="B623" t="s">
-        <v>2247</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="624" spans="1:2">
       <c r="A624" t="s">
         <v>626</v>
       </c>
       <c r="B624" t="s">
-        <v>2248</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="625" spans="1:2">
       <c r="A625" t="s">
         <v>627</v>
       </c>
       <c r="B625" t="s">
-        <v>2249</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="626" spans="1:2">
       <c r="A626" t="s">
         <v>628</v>
       </c>
       <c r="B626" t="s">
-        <v>2250</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="627" spans="1:2">
       <c r="A627" t="s">
         <v>629</v>
       </c>
       <c r="B627" t="s">
-        <v>2251</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="628" spans="1:2">
       <c r="A628" t="s">
         <v>630</v>
       </c>
       <c r="B628" t="s">
-        <v>2252</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="629" spans="1:2">
       <c r="A629" t="s">
         <v>631</v>
       </c>
       <c r="B629" t="s">
-        <v>2253</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="630" spans="1:2">
       <c r="A630" t="s">
         <v>632</v>
       </c>
       <c r="B630" t="s">
-        <v>2011</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="631" spans="1:2">
       <c r="A631" t="s">
         <v>633</v>
       </c>
       <c r="B631" t="s">
-        <v>2254</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="632" spans="1:2">
       <c r="A632" t="s">
         <v>634</v>
       </c>
       <c r="B632" t="s">
-        <v>2255</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="633" spans="1:2">
       <c r="A633" t="s">
         <v>635</v>
       </c>
       <c r="B633" t="s">
-        <v>2256</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="634" spans="1:2">
       <c r="A634" t="s">
         <v>636</v>
       </c>
       <c r="B634" t="s">
-        <v>2257</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="635" spans="1:2">
       <c r="A635" t="s">
         <v>637</v>
       </c>
       <c r="B635" t="s">
-        <v>2258</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="636" spans="1:2">
       <c r="A636" t="s">
         <v>638</v>
       </c>
       <c r="B636" t="s">
-        <v>2259</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="637" spans="1:2">
       <c r="A637" t="s">
         <v>639</v>
       </c>
       <c r="B637" t="s">
-        <v>1654</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="638" spans="1:2">
       <c r="A638" t="s">
         <v>640</v>
       </c>
       <c r="B638" t="s">
-        <v>2260</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="639" spans="1:2">
       <c r="A639" t="s">
         <v>641</v>
       </c>
       <c r="B639" t="s">
-        <v>2261</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="640" spans="1:2">
       <c r="A640" t="s">
         <v>642</v>
       </c>
       <c r="B640" t="s">
-        <v>2262</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="641" spans="1:2">
       <c r="A641" t="s">
         <v>643</v>
       </c>
       <c r="B641" t="s">
-        <v>2263</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="642" spans="1:2">
       <c r="A642" t="s">
         <v>644</v>
       </c>
       <c r="B642" t="s">
-        <v>2264</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="643" spans="1:2">
       <c r="A643" t="s">
         <v>645</v>
       </c>
       <c r="B643" t="s">
-        <v>2265</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="644" spans="1:2">
       <c r="A644" t="s">
         <v>646</v>
       </c>
       <c r="B644" t="s">
-        <v>1663</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="645" spans="1:2">
       <c r="A645" t="s">
         <v>647</v>
       </c>
       <c r="B645" t="s">
-        <v>2266</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="646" spans="1:2">
       <c r="A646" t="s">
         <v>648</v>
       </c>
       <c r="B646" t="s">
-        <v>2267</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="647" spans="1:2">
       <c r="A647" t="s">
         <v>649</v>
       </c>
       <c r="B647" t="s">
-        <v>2268</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="648" spans="1:2">
       <c r="A648" t="s">
         <v>650</v>
       </c>
       <c r="B648" t="s">
-        <v>2269</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="649" spans="1:2">
       <c r="A649" t="s">
         <v>651</v>
       </c>
       <c r="B649" t="s">
-        <v>2270</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="650" spans="1:2">
       <c r="A650" t="s">
         <v>652</v>
       </c>
       <c r="B650" t="s">
-        <v>2271</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="651" spans="1:2">
       <c r="A651" t="s">
         <v>653</v>
       </c>
       <c r="B651" t="s">
-        <v>2272</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="652" spans="1:2">
       <c r="A652" t="s">
         <v>654</v>
       </c>
       <c r="B652" t="s">
-        <v>2046</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="653" spans="1:2">
       <c r="A653" t="s">
         <v>655</v>
       </c>
       <c r="B653" t="s">
-        <v>2273</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="654" spans="1:2">
       <c r="A654" t="s">
         <v>656</v>
       </c>
       <c r="B654" t="s">
-        <v>2274</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="655" spans="1:2">
       <c r="A655" t="s">
         <v>657</v>
       </c>
       <c r="B655" t="s">
-        <v>2275</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="656" spans="1:2">
       <c r="A656" t="s">
         <v>658</v>
       </c>
       <c r="B656" t="s">
-        <v>2276</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="657" spans="1:2">
       <c r="A657" t="s">
         <v>659</v>
       </c>
       <c r="B657" t="s">
-        <v>2277</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="658" spans="1:2">
       <c r="A658" t="s">
         <v>660</v>
       </c>
       <c r="B658" t="s">
-        <v>2278</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="659" spans="1:2">
       <c r="A659" t="s">
         <v>661</v>
       </c>
       <c r="B659" t="s">
-        <v>2279</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="660" spans="1:2">
       <c r="A660" t="s">
         <v>662</v>
       </c>
       <c r="B660" t="s">
-        <v>2280</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="661" spans="1:2">
       <c r="A661" t="s">
         <v>663</v>
       </c>
       <c r="B661" t="s">
-        <v>2281</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="662" spans="1:2">
       <c r="A662" t="s">
         <v>664</v>
       </c>
       <c r="B662" t="s">
-        <v>2282</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="663" spans="1:2">
       <c r="A663" t="s">
         <v>665</v>
       </c>
       <c r="B663" t="s">
-        <v>2283</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="664" spans="1:2">
       <c r="A664" t="s">
         <v>666</v>
       </c>
       <c r="B664" t="s">
-        <v>2284</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="665" spans="1:2">
       <c r="A665" t="s">
         <v>667</v>
       </c>
       <c r="B665" t="s">
-        <v>2285</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="666" spans="1:2">
       <c r="A666" t="s">
         <v>668</v>
       </c>
       <c r="B666" t="s">
-        <v>2286</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="667" spans="1:2">
       <c r="A667" t="s">
         <v>669</v>
       </c>
       <c r="B667" t="s">
-        <v>2287</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="668" spans="1:2">
       <c r="A668" t="s">
         <v>670</v>
       </c>
       <c r="B668" t="s">
-        <v>2288</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="669" spans="1:2">
       <c r="A669" t="s">
         <v>671</v>
       </c>
       <c r="B669" t="s">
-        <v>2289</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="670" spans="1:2">
       <c r="A670" t="s">
         <v>672</v>
       </c>
       <c r="B670" t="s">
-        <v>2061</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="671" spans="1:2">
       <c r="A671" t="s">
         <v>673</v>
       </c>
       <c r="B671" t="s">
-        <v>2290</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="672" spans="1:2">
       <c r="A672" t="s">
         <v>674</v>
       </c>
       <c r="B672" t="s">
-        <v>1899</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="673" spans="1:2">
       <c r="A673" t="s">
         <v>675</v>
       </c>
       <c r="B673" t="s">
-        <v>2291</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="674" spans="1:2">
       <c r="A674" t="s">
         <v>676</v>
       </c>
       <c r="B674" t="s">
-        <v>2292</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="675" spans="1:2">
       <c r="A675" t="s">
         <v>677</v>
       </c>
       <c r="B675" t="s">
-        <v>2293</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="676" spans="1:2">
       <c r="A676" t="s">
         <v>678</v>
       </c>
       <c r="B676" t="s">
-        <v>2294</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="677" spans="1:2">
       <c r="A677" t="s">
         <v>679</v>
       </c>
       <c r="B677" t="s">
-        <v>2295</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="678" spans="1:2">
       <c r="A678" t="s">
         <v>680</v>
       </c>
       <c r="B678" t="s">
-        <v>2296</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="679" spans="1:2">
       <c r="A679" t="s">
         <v>681</v>
       </c>
       <c r="B679" t="s">
-        <v>2297</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="680" spans="1:2">
       <c r="A680" t="s">
         <v>682</v>
       </c>
       <c r="B680" t="s">
-        <v>2298</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="681" spans="1:2">
       <c r="A681" t="s">
         <v>683</v>
       </c>
       <c r="B681" t="s">
-        <v>2299</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="682" spans="1:2">
       <c r="A682" t="s">
         <v>684</v>
       </c>
       <c r="B682" t="s">
-        <v>2300</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="683" spans="1:2">
       <c r="A683" t="s">
         <v>685</v>
       </c>
       <c r="B683" t="s">
-        <v>2301</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="684" spans="1:2">
       <c r="A684" t="s">
         <v>686</v>
       </c>
       <c r="B684" t="s">
-        <v>2302</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="685" spans="1:2">
       <c r="A685" t="s">
         <v>687</v>
       </c>
       <c r="B685" t="s">
-        <v>2303</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="686" spans="1:2">
       <c r="A686" t="s">
         <v>688</v>
       </c>
       <c r="B686" t="s">
-        <v>2304</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="687" spans="1:2">
       <c r="A687" t="s">
         <v>689</v>
       </c>
       <c r="B687" t="s">
-        <v>2305</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="688" spans="1:2">
       <c r="A688" t="s">
         <v>690</v>
       </c>
       <c r="B688" t="s">
-        <v>2306</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="689" spans="1:2">
       <c r="A689" t="s">
         <v>691</v>
       </c>
       <c r="B689" t="s">
-        <v>2307</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="690" spans="1:2">
       <c r="A690" t="s">
         <v>692</v>
       </c>
       <c r="B690" t="s">
-        <v>2308</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="691" spans="1:2">
       <c r="A691" t="s">
         <v>693</v>
       </c>
       <c r="B691" t="s">
-        <v>2309</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="692" spans="1:2">
       <c r="A692" t="s">
         <v>694</v>
       </c>
       <c r="B692" t="s">
-        <v>2310</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="693" spans="1:2">
       <c r="A693" t="s">
         <v>695</v>
       </c>
       <c r="B693" t="s">
-        <v>2311</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="694" spans="1:2">
       <c r="A694" t="s">
         <v>696</v>
       </c>
       <c r="B694" t="s">
-        <v>2312</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="695" spans="1:2">
       <c r="A695" t="s">
         <v>697</v>
       </c>
       <c r="B695" t="s">
-        <v>2313</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="696" spans="1:2">
       <c r="A696" t="s">
         <v>698</v>
       </c>
       <c r="B696" t="s">
-        <v>2314</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="697" spans="1:2">
       <c r="A697" t="s">
         <v>699</v>
       </c>
       <c r="B697" t="s">
-        <v>2048</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="698" spans="1:2">
       <c r="A698" t="s">
         <v>700</v>
       </c>
       <c r="B698" t="s">
-        <v>2315</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="699" spans="1:2">
       <c r="A699" t="s">
         <v>701</v>
       </c>
       <c r="B699" t="s">
-        <v>2316</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="700" spans="1:2">
       <c r="A700" t="s">
         <v>702</v>
       </c>
       <c r="B700" t="s">
-        <v>2317</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="701" spans="1:2">
       <c r="A701" t="s">
         <v>703</v>
       </c>
       <c r="B701" t="s">
-        <v>2318</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="702" spans="1:2">
       <c r="A702" t="s">
         <v>704</v>
       </c>
       <c r="B702" t="s">
-        <v>2319</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="703" spans="1:2">
       <c r="A703" t="s">
         <v>705</v>
       </c>
       <c r="B703" t="s">
-        <v>2320</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="704" spans="1:2">
       <c r="A704" t="s">
         <v>706</v>
       </c>
       <c r="B704" t="s">
-        <v>2321</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="705" spans="1:2">
       <c r="A705" t="s">
         <v>707</v>
       </c>
       <c r="B705" t="s">
-        <v>2322</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="706" spans="1:2">
       <c r="A706" t="s">
         <v>708</v>
       </c>
       <c r="B706" t="s">
-        <v>2323</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="707" spans="1:2">
       <c r="A707" t="s">
         <v>709</v>
       </c>
       <c r="B707" t="s">
-        <v>2324</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="708" spans="1:2">
       <c r="A708" t="s">
         <v>710</v>
       </c>
       <c r="B708" t="s">
-        <v>2325</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="709" spans="1:2">
       <c r="A709" t="s">
         <v>711</v>
       </c>
       <c r="B709" t="s">
-        <v>2326</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="710" spans="1:2">
       <c r="A710" t="s">
         <v>712</v>
       </c>
       <c r="B710" t="s">
-        <v>2327</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="711" spans="1:2">
       <c r="A711" t="s">
         <v>713</v>
       </c>
       <c r="B711" t="s">
-        <v>2328</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="712" spans="1:2">
       <c r="A712" t="s">
         <v>714</v>
       </c>
       <c r="B712" t="s">
-        <v>2329</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="713" spans="1:2">
       <c r="A713" t="s">
         <v>715</v>
       </c>
       <c r="B713" t="s">
-        <v>2330</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="714" spans="1:2">
       <c r="A714" t="s">
         <v>716</v>
       </c>
       <c r="B714" t="s">
-        <v>2331</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="715" spans="1:2">
       <c r="A715" t="s">
         <v>717</v>
       </c>
       <c r="B715" t="s">
-        <v>2332</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="716" spans="1:2">
       <c r="A716" t="s">
         <v>718</v>
       </c>
       <c r="B716" t="s">
-        <v>2333</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="717" spans="1:2">
       <c r="A717" t="s">
         <v>719</v>
       </c>
       <c r="B717" t="s">
-        <v>2334</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="718" spans="1:2">
       <c r="A718" t="s">
         <v>720</v>
       </c>
       <c r="B718" t="s">
-        <v>2335</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="719" spans="1:2">
       <c r="A719" t="s">
         <v>721</v>
       </c>
       <c r="B719" t="s">
-        <v>2336</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="720" spans="1:2">
       <c r="A720" t="s">
         <v>722</v>
       </c>
       <c r="B720" t="s">
-        <v>2337</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="721" spans="1:2">
       <c r="A721" t="s">
         <v>723</v>
       </c>
       <c r="B721" t="s">
-        <v>2338</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="722" spans="1:2">
       <c r="A722" t="s">
         <v>724</v>
       </c>
       <c r="B722" t="s">
-        <v>2339</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="723" spans="1:2">
       <c r="A723" t="s">
         <v>725</v>
       </c>
       <c r="B723" t="s">
-        <v>2340</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="724" spans="1:2">
       <c r="A724" t="s">
         <v>726</v>
       </c>
       <c r="B724" t="s">
-        <v>2341</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="725" spans="1:2">
       <c r="A725" t="s">
         <v>727</v>
       </c>
       <c r="B725" t="s">
-        <v>2342</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="726" spans="1:2">
       <c r="A726" t="s">
         <v>728</v>
       </c>
       <c r="B726" t="s">
-        <v>2343</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="727" spans="1:2">
       <c r="A727" t="s">
         <v>729</v>
       </c>
       <c r="B727" t="s">
-        <v>2344</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="728" spans="1:2">
       <c r="A728" t="s">
         <v>730</v>
       </c>
       <c r="B728" t="s">
-        <v>2345</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="729" spans="1:2">
       <c r="A729" t="s">
         <v>731</v>
       </c>
       <c r="B729" t="s">
-        <v>2346</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="730" spans="1:2">
       <c r="A730" t="s">
         <v>732</v>
       </c>
       <c r="B730" t="s">
-        <v>2347</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="731" spans="1:2">
       <c r="A731" t="s">
         <v>733</v>
       </c>
       <c r="B731" t="s">
-        <v>2348</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="732" spans="1:2">
       <c r="A732" t="s">
         <v>734</v>
       </c>
       <c r="B732" t="s">
-        <v>2186</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="733" spans="1:2">
       <c r="A733" t="s">
         <v>735</v>
       </c>
       <c r="B733" t="s">
-        <v>2167</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="734" spans="1:2">
       <c r="A734" t="s">
         <v>736</v>
       </c>
       <c r="B734" t="s">
-        <v>2349</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="735" spans="1:2">
       <c r="A735" t="s">
         <v>737</v>
       </c>
       <c r="B735" t="s">
-        <v>2220</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="736" spans="1:2">
       <c r="A736" t="s">
         <v>738</v>
       </c>
       <c r="B736" t="s">
-        <v>2350</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="737" spans="1:2">
       <c r="A737" t="s">
         <v>739</v>
       </c>
       <c r="B737" t="s">
-        <v>2351</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="738" spans="1:2">
       <c r="A738" t="s">
         <v>740</v>
       </c>
       <c r="B738" t="s">
-        <v>2352</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="739" spans="1:2">
       <c r="A739" t="s">
         <v>741</v>
       </c>
       <c r="B739" t="s">
-        <v>2256</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="740" spans="1:2">
       <c r="A740" t="s">
         <v>742</v>
       </c>
       <c r="B740" t="s">
-        <v>2353</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="741" spans="1:2">
       <c r="A741" t="s">
         <v>743</v>
       </c>
       <c r="B741" t="s">
-        <v>2354</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="742" spans="1:2">
       <c r="A742" t="s">
         <v>744</v>
       </c>
       <c r="B742" t="s">
-        <v>2355</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="743" spans="1:2">
       <c r="A743" t="s">
         <v>745</v>
       </c>
       <c r="B743" t="s">
-        <v>2356</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="744" spans="1:2">
       <c r="A744" t="s">
         <v>746</v>
       </c>
       <c r="B744" t="s">
-        <v>2357</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="745" spans="1:2">
       <c r="A745" t="s">
         <v>747</v>
       </c>
       <c r="B745" t="s">
-        <v>2358</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="746" spans="1:2">
       <c r="A746" t="s">
         <v>748</v>
       </c>
       <c r="B746" t="s">
-        <v>2359</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="747" spans="1:2">
       <c r="A747" t="s">
         <v>749</v>
       </c>
       <c r="B747" t="s">
-        <v>2360</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="748" spans="1:2">
       <c r="A748" t="s">
         <v>750</v>
       </c>
       <c r="B748" t="s">
-        <v>2361</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="749" spans="1:2">
       <c r="A749" t="s">
         <v>751</v>
       </c>
       <c r="B749" t="s">
-        <v>2362</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="750" spans="1:2">
       <c r="A750" t="s">
         <v>752</v>
       </c>
       <c r="B750" t="s">
-        <v>2363</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="751" spans="1:2">
       <c r="A751" t="s">
         <v>753</v>
       </c>
       <c r="B751" t="s">
-        <v>2364</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="752" spans="1:2">
       <c r="A752" t="s">
         <v>754</v>
       </c>
       <c r="B752" t="s">
-        <v>2365</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="753" spans="1:2">
       <c r="A753" t="s">
         <v>755</v>
       </c>
       <c r="B753" t="s">
-        <v>2366</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="754" spans="1:2">
       <c r="A754" t="s">
         <v>756</v>
       </c>
       <c r="B754" t="s">
-        <v>2367</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="755" spans="1:2">
       <c r="A755" t="s">
         <v>757</v>
       </c>
       <c r="B755" t="s">
-        <v>2368</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="756" spans="1:2">
       <c r="A756" t="s">
         <v>758</v>
       </c>
       <c r="B756" t="s">
-        <v>2369</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="757" spans="1:2">
       <c r="A757" t="s">
         <v>759</v>
       </c>
       <c r="B757" t="s">
-        <v>2370</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="758" spans="1:2">
       <c r="A758" t="s">
         <v>760</v>
       </c>
       <c r="B758" t="s">
-        <v>2371</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="759" spans="1:2">
       <c r="A759" t="s">
         <v>761</v>
       </c>
       <c r="B759" t="s">
-        <v>2372</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="760" spans="1:2">
       <c r="A760" t="s">
         <v>762</v>
       </c>
       <c r="B760" t="s">
-        <v>2373</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="761" spans="1:2">
       <c r="A761" t="s">
         <v>763</v>
       </c>
       <c r="B761" t="s">
-        <v>2374</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="762" spans="1:2">
       <c r="A762" t="s">
         <v>764</v>
       </c>
       <c r="B762" t="s">
-        <v>2375</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="763" spans="1:2">
       <c r="A763" t="s">
         <v>765</v>
       </c>
       <c r="B763" t="s">
-        <v>2376</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="764" spans="1:2">
       <c r="A764" t="s">
         <v>766</v>
       </c>
       <c r="B764" t="s">
-        <v>2377</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="765" spans="1:2">
       <c r="A765" t="s">
         <v>767</v>
       </c>
       <c r="B765" t="s">
-        <v>2378</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="766" spans="1:2">
       <c r="A766" t="s">
         <v>768</v>
       </c>
       <c r="B766" t="s">
-        <v>2379</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="767" spans="1:2">
       <c r="A767" t="s">
         <v>769</v>
       </c>
       <c r="B767" t="s">
-        <v>2380</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="768" spans="1:2">
       <c r="A768" t="s">
         <v>770</v>
       </c>
       <c r="B768" t="s">
-        <v>2381</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="769" spans="1:2">
       <c r="A769" t="s">
         <v>771</v>
       </c>
       <c r="B769" t="s">
-        <v>2382</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="770" spans="1:2">
       <c r="A770" t="s">
         <v>772</v>
       </c>
       <c r="B770" t="s">
-        <v>2383</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="771" spans="1:2">
       <c r="A771" t="s">
         <v>773</v>
       </c>
       <c r="B771" t="s">
-        <v>2384</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="772" spans="1:2">
       <c r="A772" t="s">
         <v>774</v>
       </c>
       <c r="B772" t="s">
-        <v>2385</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="773" spans="1:2">
       <c r="A773" t="s">
         <v>775</v>
       </c>
       <c r="B773" t="s">
-        <v>2386</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="774" spans="1:2">
       <c r="A774" t="s">
         <v>776</v>
       </c>
       <c r="B774" t="s">
-        <v>2387</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="775" spans="1:2">
       <c r="A775" t="s">
         <v>777</v>
       </c>
       <c r="B775" t="s">
-        <v>2388</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="776" spans="1:2">
       <c r="A776" t="s">
         <v>778</v>
       </c>
       <c r="B776" t="s">
-        <v>2389</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="777" spans="1:2">
       <c r="A777" t="s">
         <v>779</v>
       </c>
       <c r="B777" t="s">
-        <v>2390</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="778" spans="1:2">
       <c r="A778" t="s">
         <v>780</v>
       </c>
       <c r="B778" t="s">
-        <v>2391</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="779" spans="1:2">
       <c r="A779" t="s">
         <v>781</v>
       </c>
       <c r="B779" t="s">
-        <v>2069</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="780" spans="1:2">
       <c r="A780" t="s">
         <v>782</v>
       </c>
       <c r="B780" t="s">
-        <v>2392</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="781" spans="1:2">
       <c r="A781" t="s">
         <v>783</v>
       </c>
       <c r="B781" t="s">
-        <v>2393</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="782" spans="1:2">
       <c r="A782" t="s">
         <v>784</v>
       </c>
       <c r="B782" t="s">
-        <v>2394</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="783" spans="1:2">
       <c r="A783" t="s">
         <v>785</v>
       </c>
       <c r="B783" t="s">
-        <v>2395</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="784" spans="1:2">
       <c r="A784" t="s">
         <v>786</v>
       </c>
       <c r="B784" t="s">
-        <v>2396</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="785" spans="1:2">
       <c r="A785" t="s">
         <v>787</v>
       </c>
       <c r="B785" t="s">
-        <v>2397</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="786" spans="1:2">
       <c r="A786" t="s">
         <v>788</v>
       </c>
       <c r="B786" t="s">
-        <v>2178</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="787" spans="1:2">
       <c r="A787" t="s">
         <v>789</v>
       </c>
       <c r="B787" t="s">
-        <v>2398</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="788" spans="1:2">
       <c r="A788" t="s">
         <v>790</v>
       </c>
       <c r="B788" t="s">
-        <v>2399</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="789" spans="1:2">
       <c r="A789" t="s">
         <v>791</v>
       </c>
       <c r="B789" t="s">
-        <v>2400</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="790" spans="1:2">
       <c r="A790" t="s">
         <v>792</v>
       </c>
       <c r="B790" t="s">
-        <v>2401</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="791" spans="1:2">
       <c r="A791" t="s">
         <v>793</v>
       </c>
       <c r="B791" t="s">
-        <v>2402</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="792" spans="1:2">
       <c r="A792" t="s">
         <v>794</v>
       </c>
       <c r="B792" t="s">
-        <v>2403</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="793" spans="1:2">
       <c r="A793" t="s">
         <v>795</v>
       </c>
       <c r="B793" t="s">
-        <v>2404</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="794" spans="1:2">
       <c r="A794" t="s">
         <v>796</v>
       </c>
       <c r="B794" t="s">
-        <v>2405</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="795" spans="1:2">
       <c r="A795" t="s">
         <v>797</v>
       </c>
       <c r="B795" t="s">
-        <v>2406</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="796" spans="1:2">
       <c r="A796" t="s">
         <v>798</v>
       </c>
       <c r="B796" t="s">
-        <v>2407</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="797" spans="1:2">
       <c r="A797" t="s">
         <v>799</v>
       </c>
       <c r="B797" t="s">
-        <v>2408</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="798" spans="1:2">
       <c r="A798" t="s">
         <v>800</v>
       </c>
       <c r="B798" t="s">
-        <v>2409</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="799" spans="1:2">
       <c r="A799" t="s">
         <v>801</v>
       </c>
       <c r="B799" t="s">
-        <v>2410</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="800" spans="1:2">
       <c r="A800" t="s">
         <v>802</v>
       </c>
       <c r="B800" t="s">
-        <v>2411</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="801" spans="1:2">
       <c r="A801" t="s">
         <v>803</v>
       </c>
       <c r="B801" t="s">
-        <v>2412</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="802" spans="1:2">
       <c r="A802" t="s">
         <v>804</v>
       </c>
       <c r="B802" t="s">
-        <v>2267</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="803" spans="1:2">
       <c r="A803" t="s">
         <v>805</v>
       </c>
       <c r="B803" t="s">
-        <v>2413</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="804" spans="1:2">
       <c r="A804" t="s">
         <v>806</v>
       </c>
       <c r="B804" t="s">
-        <v>2414</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="805" spans="1:2">
       <c r="A805" t="s">
         <v>807</v>
       </c>
       <c r="B805" t="s">
-        <v>2415</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="806" spans="1:2">
       <c r="A806" t="s">
         <v>808</v>
       </c>
       <c r="B806" t="s">
-        <v>2416</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="807" spans="1:2">
       <c r="A807" t="s">
         <v>809</v>
       </c>
       <c r="B807" t="s">
-        <v>2417</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="808" spans="1:2">
       <c r="A808" t="s">
         <v>810</v>
       </c>
       <c r="B808" t="s">
-        <v>2323</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="809" spans="1:2">
       <c r="A809" t="s">
         <v>811</v>
       </c>
       <c r="B809" t="s">
-        <v>2269</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="810" spans="1:2">
       <c r="A810" t="s">
         <v>812</v>
       </c>
       <c r="B810" t="s">
-        <v>2418</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="811" spans="1:2">
       <c r="A811" t="s">
         <v>813</v>
       </c>
       <c r="B811" t="s">
-        <v>2419</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="812" spans="1:2">
       <c r="A812" t="s">
         <v>814</v>
       </c>
       <c r="B812" t="s">
-        <v>2420</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="813" spans="1:2">
       <c r="A813" t="s">
         <v>815</v>
       </c>
       <c r="B813" t="s">
-        <v>2421</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="814" spans="1:2">
       <c r="A814" t="s">
         <v>816</v>
       </c>
       <c r="B814" t="s">
-        <v>2422</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="815" spans="1:2">
       <c r="A815" t="s">
         <v>817</v>
       </c>
       <c r="B815" t="s">
-        <v>2423</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="816" spans="1:2">
       <c r="A816" t="s">
         <v>818</v>
       </c>
       <c r="B816" t="s">
-        <v>2424</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="817" spans="1:2">
       <c r="A817" t="s">
         <v>819</v>
       </c>
       <c r="B817" t="s">
-        <v>2425</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="818" spans="1:2">
       <c r="A818" t="s">
         <v>820</v>
       </c>
       <c r="B818" t="s">
-        <v>2219</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="819" spans="1:2">
       <c r="A819" t="s">
         <v>821</v>
       </c>
       <c r="B819" t="s">
-        <v>2426</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="820" spans="1:2">
       <c r="A820" t="s">
         <v>822</v>
       </c>
       <c r="B820" t="s">
-        <v>2427</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="821" spans="1:2">
       <c r="A821" t="s">
         <v>823</v>
       </c>
       <c r="B821" t="s">
-        <v>2428</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="822" spans="1:2">
       <c r="A822" t="s">
         <v>824</v>
       </c>
       <c r="B822" t="s">
-        <v>2429</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="823" spans="1:2">
       <c r="A823" t="s">
         <v>825</v>
       </c>
       <c r="B823" t="s">
-        <v>2430</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="824" spans="1:2">
       <c r="A824" t="s">
         <v>826</v>
       </c>
       <c r="B824" t="s">
-        <v>2431</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="825" spans="1:2">
       <c r="A825" t="s">
         <v>827</v>
       </c>
       <c r="B825" t="s">
-        <v>2389</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="826" spans="1:2">
       <c r="A826" t="s">
         <v>828</v>
       </c>
       <c r="B826" t="s">
-        <v>2282</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="827" spans="1:2">
       <c r="A827" t="s">
         <v>829</v>
       </c>
       <c r="B827" t="s">
-        <v>2432</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="828" spans="1:2">
       <c r="A828" t="s">
         <v>830</v>
       </c>
       <c r="B828" t="s">
-        <v>2433</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="829" spans="1:2">
       <c r="A829" t="s">
         <v>831</v>
       </c>
       <c r="B829" t="s">
-        <v>2434</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="830" spans="1:2">
       <c r="A830" t="s">
         <v>832</v>
       </c>
       <c r="B830" t="s">
-        <v>2435</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="831" spans="1:2">
       <c r="A831" t="s">
         <v>833</v>
       </c>
       <c r="B831" t="s">
-        <v>2436</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="832" spans="1:2">
       <c r="A832" t="s">
         <v>834</v>
       </c>
       <c r="B832" t="s">
-        <v>2437</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="833" spans="1:2">
       <c r="A833" t="s">
         <v>835</v>
       </c>
       <c r="B833" t="s">
-        <v>2438</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="834" spans="1:2">
       <c r="A834" t="s">
         <v>836</v>
       </c>
       <c r="B834" t="s">
-        <v>2439</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="835" spans="1:2">
       <c r="A835" t="s">
         <v>837</v>
       </c>
       <c r="B835" t="s">
-        <v>2440</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="836" spans="1:2">
       <c r="A836" t="s">
         <v>838</v>
       </c>
       <c r="B836" t="s">
-        <v>2441</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="837" spans="1:2">
       <c r="A837" t="s">
         <v>839</v>
       </c>
       <c r="B837" t="s">
-        <v>2442</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="838" spans="1:2">
       <c r="A838" t="s">
         <v>840</v>
       </c>
       <c r="B838" t="s">
-        <v>2385</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="839" spans="1:2">
       <c r="A839" t="s">
         <v>841</v>
       </c>
       <c r="B839" t="s">
-        <v>2443</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="840" spans="1:2">
       <c r="A840" t="s">
         <v>842</v>
       </c>
       <c r="B840" t="s">
-        <v>2444</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="841" spans="1:2">
       <c r="A841" t="s">
         <v>843</v>
       </c>
       <c r="B841" t="s">
-        <v>2445</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="842" spans="1:2">
       <c r="A842" t="s">
         <v>844</v>
       </c>
       <c r="B842" t="s">
-        <v>2446</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="843" spans="1:2">
       <c r="A843" t="s">
         <v>845</v>
       </c>
       <c r="B843" t="s">
-        <v>2447</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="844" spans="1:2">
       <c r="A844" t="s">
         <v>846</v>
       </c>
       <c r="B844" t="s">
-        <v>2448</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="845" spans="1:2">
       <c r="A845" t="s">
         <v>847</v>
       </c>
       <c r="B845" t="s">
-        <v>2449</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="846" spans="1:2">
       <c r="A846" t="s">
         <v>848</v>
       </c>
       <c r="B846" t="s">
-        <v>2450</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="847" spans="1:2">
       <c r="A847" t="s">
         <v>849</v>
       </c>
       <c r="B847" t="s">
-        <v>2451</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="848" spans="1:2">
       <c r="A848" t="s">
         <v>850</v>
       </c>
       <c r="B848" t="s">
-        <v>2452</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="849" spans="1:2">
       <c r="A849" t="s">
         <v>851</v>
       </c>
       <c r="B849" t="s">
-        <v>2453</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="850" spans="1:2">
       <c r="A850" t="s">
         <v>852</v>
       </c>
       <c r="B850" t="s">
-        <v>2454</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="851" spans="1:2">
       <c r="A851" t="s">
         <v>853</v>
       </c>
       <c r="B851" t="s">
-        <v>2455</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="852" spans="1:2">
       <c r="A852" t="s">
         <v>854</v>
       </c>
       <c r="B852" t="s">
-        <v>2456</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="853" spans="1:2">
       <c r="A853" t="s">
         <v>855</v>
       </c>
       <c r="B853" t="s">
-        <v>2457</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="854" spans="1:2">
       <c r="A854" t="s">
         <v>856</v>
       </c>
       <c r="B854" t="s">
-        <v>2458</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="855" spans="1:2">
       <c r="A855" t="s">
         <v>857</v>
       </c>
       <c r="B855" t="s">
-        <v>2459</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="856" spans="1:2">
       <c r="A856" t="s">
         <v>858</v>
       </c>
       <c r="B856" t="s">
-        <v>2271</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="857" spans="1:2">
       <c r="A857" t="s">
         <v>859</v>
       </c>
       <c r="B857" t="s">
-        <v>2460</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="858" spans="1:2">
       <c r="A858" t="s">
         <v>860</v>
       </c>
       <c r="B858" t="s">
-        <v>2461</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="859" spans="1:2">
       <c r="A859" t="s">
         <v>861</v>
       </c>
       <c r="B859" t="s">
-        <v>2462</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="860" spans="1:2">
       <c r="A860" t="s">
         <v>862</v>
       </c>
       <c r="B860" t="s">
-        <v>2463</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="861" spans="1:2">
       <c r="A861" t="s">
         <v>863</v>
       </c>
       <c r="B861" t="s">
-        <v>2464</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="862" spans="1:2">
       <c r="A862" t="s">
         <v>864</v>
       </c>
       <c r="B862" t="s">
-        <v>2465</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="863" spans="1:2">
       <c r="A863" t="s">
         <v>865</v>
       </c>
       <c r="B863" t="s">
-        <v>2466</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="864" spans="1:2">
       <c r="A864" t="s">
         <v>866</v>
       </c>
       <c r="B864" t="s">
-        <v>2467</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="865" spans="1:2">
       <c r="A865" t="s">
         <v>867</v>
       </c>
       <c r="B865" t="s">
-        <v>2468</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="866" spans="1:2">
       <c r="A866" t="s">
         <v>868</v>
       </c>
       <c r="B866" t="s">
-        <v>2469</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="867" spans="1:2">
       <c r="A867" t="s">
         <v>869</v>
       </c>
       <c r="B867" t="s">
-        <v>2470</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="868" spans="1:2">
       <c r="A868" t="s">
         <v>870</v>
       </c>
       <c r="B868" t="s">
-        <v>2471</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="869" spans="1:2">
       <c r="A869" t="s">
         <v>871</v>
       </c>
       <c r="B869" t="s">
-        <v>2472</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="870" spans="1:2">
       <c r="A870" t="s">
         <v>872</v>
       </c>
       <c r="B870" t="s">
-        <v>2473</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="871" spans="1:2">
       <c r="A871" t="s">
         <v>873</v>
       </c>
       <c r="B871" t="s">
-        <v>2474</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="872" spans="1:2">
       <c r="A872" t="s">
         <v>874</v>
       </c>
       <c r="B872" t="s">
-        <v>2475</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="873" spans="1:2">
       <c r="A873" t="s">
         <v>875</v>
       </c>
       <c r="B873" t="s">
-        <v>2476</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="874" spans="1:2">
       <c r="A874" t="s">
         <v>876</v>
       </c>
       <c r="B874" t="s">
-        <v>2477</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="875" spans="1:2">
       <c r="A875" t="s">
         <v>877</v>
       </c>
       <c r="B875" t="s">
-        <v>2478</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="876" spans="1:2">
       <c r="A876" t="s">
         <v>878</v>
       </c>
       <c r="B876" t="s">
-        <v>2479</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="877" spans="1:2">
       <c r="A877" t="s">
         <v>879</v>
       </c>
       <c r="B877" t="s">
-        <v>2480</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="878" spans="1:2">
       <c r="A878" t="s">
         <v>880</v>
       </c>
       <c r="B878" t="s">
-        <v>2481</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="879" spans="1:2">
       <c r="A879" t="s">
         <v>881</v>
       </c>
       <c r="B879" t="s">
-        <v>2482</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="880" spans="1:2">
       <c r="A880" t="s">
         <v>882</v>
       </c>
       <c r="B880" t="s">
-        <v>2483</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="881" spans="1:2">
       <c r="A881" t="s">
         <v>883</v>
       </c>
       <c r="B881" t="s">
-        <v>2484</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="882" spans="1:2">
       <c r="A882" t="s">
         <v>884</v>
       </c>
       <c r="B882" t="s">
-        <v>2292</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="883" spans="1:2">
       <c r="A883" t="s">
         <v>885</v>
       </c>
       <c r="B883" t="s">
-        <v>2485</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="884" spans="1:2">
       <c r="A884" t="s">
         <v>886</v>
       </c>
       <c r="B884" t="s">
-        <v>2486</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="885" spans="1:2">
       <c r="A885" t="s">
         <v>887</v>
       </c>
       <c r="B885" t="s">
-        <v>2487</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="886" spans="1:2">
       <c r="A886" t="s">
         <v>888</v>
       </c>
       <c r="B886" t="s">
-        <v>2488</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="887" spans="1:2">
       <c r="A887" t="s">
         <v>889</v>
       </c>
       <c r="B887" t="s">
-        <v>2068</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="888" spans="1:2">
       <c r="A888" t="s">
         <v>890</v>
       </c>
       <c r="B888" t="s">
-        <v>2489</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="889" spans="1:2">
       <c r="A889" t="s">
         <v>891</v>
       </c>
       <c r="B889" t="s">
-        <v>2490</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="890" spans="1:2">
       <c r="A890" t="s">
         <v>892</v>
       </c>
       <c r="B890" t="s">
-        <v>2491</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="891" spans="1:2">
       <c r="A891" t="s">
         <v>893</v>
       </c>
       <c r="B891" t="s">
-        <v>2492</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="892" spans="1:2">
       <c r="A892" t="s">
         <v>894</v>
       </c>
       <c r="B892" t="s">
-        <v>2493</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="893" spans="1:2">
       <c r="A893" t="s">
         <v>895</v>
       </c>
       <c r="B893" t="s">
-        <v>2494</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="894" spans="1:2">
       <c r="A894" t="s">
         <v>896</v>
       </c>
       <c r="B894" t="s">
-        <v>2495</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="895" spans="1:2">
       <c r="A895" t="s">
         <v>897</v>
       </c>
       <c r="B895" t="s">
-        <v>2496</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="896" spans="1:2">
       <c r="A896" t="s">
         <v>898</v>
       </c>
       <c r="B896" t="s">
-        <v>2497</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="897" spans="1:2">
       <c r="A897" t="s">
         <v>899</v>
       </c>
       <c r="B897" t="s">
-        <v>2498</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="898" spans="1:2">
       <c r="A898" t="s">
         <v>900</v>
       </c>
       <c r="B898" t="s">
-        <v>2499</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="899" spans="1:2">
       <c r="A899" t="s">
         <v>901</v>
       </c>
       <c r="B899" t="s">
-        <v>2500</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="900" spans="1:2">
       <c r="A900" t="s">
         <v>902</v>
       </c>
       <c r="B900" t="s">
-        <v>2501</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="901" spans="1:2">
       <c r="A901" t="s">
         <v>903</v>
       </c>
       <c r="B901" t="s">
-        <v>2502</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="902" spans="1:2">
       <c r="A902" t="s">
         <v>904</v>
       </c>
       <c r="B902" t="s">
-        <v>2433</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="903" spans="1:2">
       <c r="A903" t="s">
         <v>905</v>
       </c>
       <c r="B903" t="s">
-        <v>2503</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="904" spans="1:2">
       <c r="A904" t="s">
         <v>906</v>
       </c>
       <c r="B904" t="s">
-        <v>2504</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="905" spans="1:2">
       <c r="A905" t="s">
         <v>907</v>
       </c>
       <c r="B905" t="s">
-        <v>2505</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="906" spans="1:2">
       <c r="A906" t="s">
         <v>908</v>
       </c>
       <c r="B906" t="s">
-        <v>2506</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="907" spans="1:2">
       <c r="A907" t="s">
         <v>909</v>
       </c>
       <c r="B907" t="s">
-        <v>2507</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="908" spans="1:2">
       <c r="A908" t="s">
         <v>910</v>
       </c>
       <c r="B908" t="s">
-        <v>2508</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="909" spans="1:2">
       <c r="A909" t="s">
         <v>911</v>
       </c>
       <c r="B909" t="s">
-        <v>2509</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="910" spans="1:2">
       <c r="A910" t="s">
         <v>912</v>
       </c>
       <c r="B910" t="s">
-        <v>2510</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="911" spans="1:2">
       <c r="A911" t="s">
         <v>913</v>
       </c>
       <c r="B911" t="s">
-        <v>2511</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="912" spans="1:2">
       <c r="A912" t="s">
         <v>914</v>
       </c>
       <c r="B912" t="s">
-        <v>2003</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="913" spans="1:2">
       <c r="A913" t="s">
         <v>915</v>
       </c>
       <c r="B913" t="s">
-        <v>2512</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="914" spans="1:2">
       <c r="A914" t="s">
         <v>916</v>
       </c>
       <c r="B914" t="s">
-        <v>2513</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="915" spans="1:2">
       <c r="A915" t="s">
         <v>917</v>
       </c>
       <c r="B915" t="s">
-        <v>2514</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="916" spans="1:2">
       <c r="A916" t="s">
         <v>918</v>
       </c>
       <c r="B916" t="s">
-        <v>2515</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="917" spans="1:2">
       <c r="A917" t="s">
         <v>919</v>
       </c>
       <c r="B917" t="s">
-        <v>2516</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="918" spans="1:2">
       <c r="A918" t="s">
         <v>920</v>
       </c>
       <c r="B918" t="s">
-        <v>2517</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="919" spans="1:2">
       <c r="A919" t="s">
         <v>921</v>
       </c>
       <c r="B919" t="s">
-        <v>2518</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="920" spans="1:2">
       <c r="A920" t="s">
         <v>922</v>
       </c>
       <c r="B920" t="s">
-        <v>2519</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="921" spans="1:2">
       <c r="A921" t="s">
         <v>923</v>
       </c>
       <c r="B921" t="s">
-        <v>2520</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="922" spans="1:2">
       <c r="A922" t="s">
         <v>924</v>
       </c>
       <c r="B922" t="s">
-        <v>2521</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="923" spans="1:2">
       <c r="A923" t="s">
         <v>925</v>
       </c>
       <c r="B923" t="s">
-        <v>2446</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="924" spans="1:2">
       <c r="A924" t="s">
         <v>926</v>
       </c>
       <c r="B924" t="s">
-        <v>1801</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="925" spans="1:2">
       <c r="A925" t="s">
         <v>927</v>
       </c>
       <c r="B925" t="s">
-        <v>1908</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="926" spans="1:2">
       <c r="A926" t="s">
         <v>928</v>
       </c>
       <c r="B926" t="s">
-        <v>2522</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="927" spans="1:2">
       <c r="A927" t="s">
         <v>929</v>
       </c>
       <c r="B927" t="s">
-        <v>2523</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="928" spans="1:2">
       <c r="A928" t="s">
         <v>930</v>
       </c>
       <c r="B928" t="s">
-        <v>2524</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="929" spans="1:2">
       <c r="A929" t="s">
         <v>931</v>
       </c>
       <c r="B929" t="s">
-        <v>2525</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="930" spans="1:2">
       <c r="A930" t="s">
         <v>932</v>
       </c>
       <c r="B930" t="s">
-        <v>2526</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="931" spans="1:2">
       <c r="A931" t="s">
         <v>933</v>
       </c>
       <c r="B931" t="s">
-        <v>2527</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="932" spans="1:2">
       <c r="A932" t="s">
         <v>934</v>
       </c>
       <c r="B932" t="s">
-        <v>2528</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="933" spans="1:2">
       <c r="A933" t="s">
         <v>935</v>
       </c>
       <c r="B933" t="s">
-        <v>2529</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="934" spans="1:2">
       <c r="A934" t="s">
         <v>936</v>
       </c>
       <c r="B934" t="s">
-        <v>2530</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="935" spans="1:2">
       <c r="A935" t="s">
         <v>937</v>
       </c>
       <c r="B935" t="s">
-        <v>2531</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="936" spans="1:2">
       <c r="A936" t="s">
         <v>938</v>
       </c>
       <c r="B936" t="s">
-        <v>2532</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="937" spans="1:2">
       <c r="A937" t="s">
         <v>939</v>
       </c>
       <c r="B937" t="s">
-        <v>2533</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="938" spans="1:2">
       <c r="A938" t="s">
         <v>940</v>
       </c>
       <c r="B938" t="s">
-        <v>2534</v>
+        <v>1953</v>
       </c>
     </row>
     <row r="939" spans="1:2">
       <c r="A939" t="s">
         <v>941</v>
       </c>
       <c r="B939" t="s">
-        <v>2535</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="940" spans="1:2">
       <c r="A940" t="s">
         <v>942</v>
       </c>
       <c r="B940" t="s">
-        <v>2536</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="941" spans="1:2">
       <c r="A941" t="s">
         <v>943</v>
       </c>
       <c r="B941" t="s">
-        <v>2537</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="942" spans="1:2">
       <c r="A942" t="s">
         <v>944</v>
       </c>
       <c r="B942" t="s">
-        <v>2538</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="943" spans="1:2">
       <c r="A943" t="s">
         <v>945</v>
       </c>
       <c r="B943" t="s">
-        <v>2539</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="944" spans="1:2">
       <c r="A944" t="s">
         <v>946</v>
       </c>
       <c r="B944" t="s">
-        <v>2540</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="945" spans="1:2">
       <c r="A945" t="s">
         <v>947</v>
       </c>
       <c r="B945" t="s">
-        <v>2541</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="946" spans="1:2">
       <c r="A946" t="s">
         <v>948</v>
       </c>
       <c r="B946" t="s">
-        <v>2471</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="947" spans="1:2">
       <c r="A947" t="s">
         <v>949</v>
       </c>
       <c r="B947" t="s">
-        <v>2542</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="948" spans="1:2">
       <c r="A948" t="s">
         <v>950</v>
       </c>
       <c r="B948" t="s">
-        <v>2543</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="949" spans="1:2">
       <c r="A949" t="s">
         <v>951</v>
       </c>
       <c r="B949" t="s">
-        <v>2544</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="950" spans="1:2">
       <c r="A950" t="s">
         <v>952</v>
       </c>
       <c r="B950" t="s">
-        <v>2545</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="951" spans="1:2">
       <c r="A951" t="s">
         <v>953</v>
       </c>
       <c r="B951" t="s">
-        <v>2546</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="952" spans="1:2">
       <c r="A952" t="s">
         <v>954</v>
       </c>
       <c r="B952" t="s">
-        <v>2547</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="953" spans="1:2">
       <c r="A953" t="s">
         <v>955</v>
       </c>
       <c r="B953" t="s">
-        <v>2548</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="954" spans="1:2">
       <c r="A954" t="s">
         <v>956</v>
       </c>
       <c r="B954" t="s">
-        <v>2549</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="955" spans="1:2">
       <c r="A955" t="s">
         <v>957</v>
       </c>
       <c r="B955" t="s">
-        <v>2550</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="956" spans="1:2">
       <c r="A956" t="s">
         <v>958</v>
       </c>
       <c r="B956" t="s">
-        <v>2551</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="957" spans="1:2">
       <c r="A957" t="s">
         <v>959</v>
       </c>
       <c r="B957" t="s">
-        <v>2552</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="958" spans="1:2">
       <c r="A958" t="s">
         <v>960</v>
       </c>
       <c r="B958" t="s">
-        <v>1705</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="959" spans="1:2">
       <c r="A959" t="s">
         <v>961</v>
       </c>
       <c r="B959" t="s">
-        <v>2553</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="960" spans="1:2">
       <c r="A960" t="s">
         <v>962</v>
       </c>
       <c r="B960" t="s">
-        <v>2554</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="961" spans="1:2">
       <c r="A961" t="s">
         <v>963</v>
       </c>
       <c r="B961" t="s">
-        <v>2555</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="962" spans="1:2">
       <c r="A962" t="s">
         <v>964</v>
       </c>
       <c r="B962" t="s">
-        <v>2556</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="963" spans="1:2">
       <c r="A963" t="s">
         <v>965</v>
       </c>
       <c r="B963" t="s">
-        <v>2557</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="964" spans="1:2">
       <c r="A964" t="s">
         <v>966</v>
       </c>
       <c r="B964" t="s">
-        <v>2558</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="965" spans="1:2">
       <c r="A965" t="s">
         <v>967</v>
       </c>
       <c r="B965" t="s">
-        <v>2436</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="966" spans="1:2">
       <c r="A966" t="s">
         <v>968</v>
       </c>
       <c r="B966" t="s">
-        <v>1834</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="967" spans="1:2">
       <c r="A967" t="s">
         <v>969</v>
       </c>
       <c r="B967" t="s">
-        <v>2559</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="968" spans="1:2">
       <c r="A968" t="s">
         <v>970</v>
       </c>
       <c r="B968" t="s">
-        <v>2560</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="969" spans="1:2">
       <c r="A969" t="s">
         <v>971</v>
       </c>
       <c r="B969" t="s">
-        <v>2288</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="970" spans="1:2">
       <c r="A970" t="s">
         <v>972</v>
       </c>
       <c r="B970" t="s">
-        <v>2561</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="971" spans="1:2">
       <c r="A971" t="s">
         <v>973</v>
       </c>
       <c r="B971" t="s">
-        <v>2562</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="972" spans="1:2">
       <c r="A972" t="s">
         <v>974</v>
       </c>
       <c r="B972" t="s">
-        <v>2551</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="973" spans="1:2">
       <c r="A973" t="s">
         <v>975</v>
       </c>
       <c r="B973" t="s">
-        <v>2563</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="974" spans="1:2">
       <c r="A974" t="s">
         <v>976</v>
       </c>
       <c r="B974" t="s">
-        <v>2564</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="975" spans="1:2">
       <c r="A975" t="s">
         <v>977</v>
       </c>
       <c r="B975" t="s">
-        <v>2565</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="976" spans="1:2">
       <c r="A976" t="s">
         <v>978</v>
       </c>
       <c r="B976" t="s">
-        <v>2566</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="977" spans="1:2">
       <c r="A977" t="s">
         <v>979</v>
       </c>
       <c r="B977" t="s">
-        <v>2567</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="978" spans="1:2">
       <c r="A978" t="s">
         <v>980</v>
       </c>
       <c r="B978" t="s">
-        <v>2568</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="979" spans="1:2">
       <c r="A979" t="s">
         <v>981</v>
       </c>
       <c r="B979" t="s">
-        <v>2569</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="980" spans="1:2">
       <c r="A980" t="s">
         <v>982</v>
       </c>
       <c r="B980" t="s">
-        <v>2570</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="981" spans="1:2">
       <c r="A981" t="s">
         <v>983</v>
       </c>
       <c r="B981" t="s">
-        <v>2571</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="982" spans="1:2">
       <c r="A982" t="s">
         <v>984</v>
       </c>
       <c r="B982" t="s">
-        <v>2572</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="983" spans="1:2">
       <c r="A983" t="s">
         <v>985</v>
       </c>
       <c r="B983" t="s">
-        <v>2573</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="984" spans="1:2">
       <c r="A984" t="s">
         <v>986</v>
       </c>
       <c r="B984" t="s">
-        <v>2574</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="985" spans="1:2">
       <c r="A985" t="s">
         <v>987</v>
       </c>
       <c r="B985" t="s">
-        <v>2575</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="986" spans="1:2">
       <c r="A986" t="s">
         <v>988</v>
       </c>
       <c r="B986" t="s">
-        <v>2375</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="987" spans="1:2">
       <c r="A987" t="s">
         <v>989</v>
       </c>
       <c r="B987" t="s">
-        <v>2576</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="988" spans="1:2">
       <c r="A988" t="s">
         <v>990</v>
       </c>
       <c r="B988" t="s">
-        <v>2577</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="989" spans="1:2">
       <c r="A989" t="s">
         <v>991</v>
       </c>
       <c r="B989" t="s">
-        <v>2578</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="990" spans="1:2">
       <c r="A990" t="s">
         <v>992</v>
       </c>
       <c r="B990" t="s">
-        <v>1875</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="991" spans="1:2">
       <c r="A991" t="s">
         <v>993</v>
       </c>
       <c r="B991" t="s">
-        <v>2579</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="992" spans="1:2">
       <c r="A992" t="s">
         <v>994</v>
       </c>
       <c r="B992" t="s">
-        <v>2580</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="993" spans="1:2">
       <c r="A993" t="s">
         <v>995</v>
       </c>
       <c r="B993" t="s">
-        <v>2581</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="994" spans="1:2">
       <c r="A994" t="s">
         <v>996</v>
       </c>
       <c r="B994" t="s">
-        <v>2582</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="995" spans="1:2">
       <c r="A995" t="s">
         <v>997</v>
       </c>
       <c r="B995" t="s">
-        <v>2583</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="996" spans="1:2">
       <c r="A996" t="s">
         <v>998</v>
       </c>
       <c r="B996" t="s">
-        <v>2584</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="997" spans="1:2">
       <c r="A997" t="s">
         <v>999</v>
       </c>
       <c r="B997" t="s">
-        <v>2585</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="998" spans="1:2">
       <c r="A998" t="s">
         <v>1000</v>
       </c>
       <c r="B998" t="s">
-        <v>2586</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="999" spans="1:2">
       <c r="A999" t="s">
         <v>1001</v>
       </c>
       <c r="B999" t="s">
-        <v>2587</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="1000" spans="1:2">
       <c r="A1000" t="s">
         <v>1002</v>
       </c>
       <c r="B1000" t="s">
-        <v>2588</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="1001" spans="1:2">
       <c r="A1001" t="s">
         <v>1003</v>
       </c>
       <c r="B1001" t="s">
-        <v>2123</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="1002" spans="1:2">
       <c r="A1002" t="s">
         <v>1004</v>
       </c>
       <c r="B1002" t="s">
-        <v>2589</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="1003" spans="1:2">
       <c r="A1003" t="s">
         <v>1005</v>
       </c>
       <c r="B1003" t="s">
-        <v>2590</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="1004" spans="1:2">
       <c r="A1004" t="s">
         <v>1006</v>
       </c>
       <c r="B1004" t="s">
-        <v>2591</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="1005" spans="1:2">
       <c r="A1005" t="s">
         <v>1007</v>
       </c>
       <c r="B1005" t="s">
-        <v>2592</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="1006" spans="1:2">
       <c r="A1006" t="s">
         <v>1008</v>
       </c>
       <c r="B1006" t="s">
-        <v>2593</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="1007" spans="1:2">
       <c r="A1007" t="s">
         <v>1009</v>
       </c>
       <c r="B1007" t="s">
-        <v>2594</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="1008" spans="1:2">
       <c r="A1008" t="s">
         <v>1010</v>
       </c>
       <c r="B1008" t="s">
-        <v>2595</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="1009" spans="1:2">
       <c r="A1009" t="s">
         <v>1011</v>
       </c>
       <c r="B1009" t="s">
-        <v>2596</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="1010" spans="1:2">
       <c r="A1010" t="s">
         <v>1012</v>
       </c>
       <c r="B1010" t="s">
-        <v>2597</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="1011" spans="1:2">
       <c r="A1011" t="s">
         <v>1013</v>
       </c>
       <c r="B1011" t="s">
-        <v>2598</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="1012" spans="1:2">
       <c r="A1012" t="s">
         <v>1014</v>
       </c>
       <c r="B1012" t="s">
-        <v>1960</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="1013" spans="1:2">
       <c r="A1013" t="s">
         <v>1015</v>
       </c>
       <c r="B1013" t="s">
-        <v>2599</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="1014" spans="1:2">
       <c r="A1014" t="s">
         <v>1016</v>
       </c>
       <c r="B1014" t="s">
-        <v>2600</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="1015" spans="1:2">
       <c r="A1015" t="s">
         <v>1017</v>
       </c>
       <c r="B1015" t="s">
-        <v>1703</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="1016" spans="1:2">
       <c r="A1016" t="s">
         <v>1018</v>
       </c>
       <c r="B1016" t="s">
-        <v>2601</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="1017" spans="1:2">
       <c r="A1017" t="s">
         <v>1019</v>
       </c>
       <c r="B1017" t="s">
-        <v>2602</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="1018" spans="1:2">
       <c r="A1018" t="s">
         <v>1020</v>
       </c>
       <c r="B1018" t="s">
-        <v>2603</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="1019" spans="1:2">
       <c r="A1019" t="s">
         <v>1021</v>
       </c>
       <c r="B1019" t="s">
-        <v>2604</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="1020" spans="1:2">
       <c r="A1020" t="s">
         <v>1022</v>
       </c>
       <c r="B1020" t="s">
-        <v>2605</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="1021" spans="1:2">
       <c r="A1021" t="s">
         <v>1023</v>
       </c>
       <c r="B1021" t="s">
-        <v>2606</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="1022" spans="1:2">
       <c r="A1022" t="s">
         <v>1024</v>
       </c>
       <c r="B1022" t="s">
-        <v>2607</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="1023" spans="1:2">
       <c r="A1023" t="s">
         <v>1025</v>
       </c>
       <c r="B1023" t="s">
-        <v>2461</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="1024" spans="1:2">
       <c r="A1024" t="s">
         <v>1026</v>
       </c>
       <c r="B1024" t="s">
-        <v>2608</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="1025" spans="1:2">
       <c r="A1025" t="s">
         <v>1027</v>
       </c>
       <c r="B1025" t="s">
-        <v>2609</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="1026" spans="1:2">
       <c r="A1026" t="s">
         <v>1028</v>
       </c>
       <c r="B1026" t="s">
-        <v>2610</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="1027" spans="1:2">
       <c r="A1027" t="s">
         <v>1029</v>
       </c>
       <c r="B1027" t="s">
-        <v>2091</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="1028" spans="1:2">
       <c r="A1028" t="s">
         <v>1030</v>
       </c>
       <c r="B1028" t="s">
-        <v>2611</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="1029" spans="1:2">
       <c r="A1029" t="s">
         <v>1031</v>
       </c>
       <c r="B1029" t="s">
-        <v>2612</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="1030" spans="1:2">
       <c r="A1030" t="s">
         <v>1032</v>
       </c>
       <c r="B1030" t="s">
-        <v>2613</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="1031" spans="1:2">
       <c r="A1031" t="s">
         <v>1033</v>
       </c>
       <c r="B1031" t="s">
-        <v>2614</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="1032" spans="1:2">
       <c r="A1032" t="s">
         <v>1034</v>
       </c>
       <c r="B1032" t="s">
-        <v>2615</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="1033" spans="1:2">
       <c r="A1033" t="s">
         <v>1035</v>
       </c>
       <c r="B1033" t="s">
-        <v>2616</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="1034" spans="1:2">
       <c r="A1034" t="s">
         <v>1036</v>
       </c>
       <c r="B1034" t="s">
-        <v>2617</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="1035" spans="1:2">
       <c r="A1035" t="s">
         <v>1037</v>
       </c>
       <c r="B1035" t="s">
-        <v>2393</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="1036" spans="1:2">
       <c r="A1036" t="s">
         <v>1038</v>
       </c>
       <c r="B1036" t="s">
-        <v>2618</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="1037" spans="1:2">
       <c r="A1037" t="s">
         <v>1039</v>
       </c>
       <c r="B1037" t="s">
-        <v>2619</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="1038" spans="1:2">
       <c r="A1038" t="s">
         <v>1040</v>
       </c>
       <c r="B1038" t="s">
-        <v>2620</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="1039" spans="1:2">
       <c r="A1039" t="s">
         <v>1041</v>
       </c>
       <c r="B1039" t="s">
-        <v>2621</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1040" spans="1:2">
       <c r="A1040" t="s">
         <v>1042</v>
       </c>
       <c r="B1040" t="s">
-        <v>2075</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="1041" spans="1:2">
       <c r="A1041" t="s">
         <v>1043</v>
       </c>
       <c r="B1041" t="s">
-        <v>2622</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="1042" spans="1:2">
       <c r="A1042" t="s">
         <v>1044</v>
       </c>
       <c r="B1042" t="s">
-        <v>2623</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="1043" spans="1:2">
       <c r="A1043" t="s">
         <v>1045</v>
       </c>
       <c r="B1043" t="s">
-        <v>2624</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="1044" spans="1:2">
       <c r="A1044" t="s">
         <v>1046</v>
       </c>
       <c r="B1044" t="s">
-        <v>2625</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="1045" spans="1:2">
       <c r="A1045" t="s">
         <v>1047</v>
       </c>
       <c r="B1045" t="s">
-        <v>2626</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="1046" spans="1:2">
       <c r="A1046" t="s">
         <v>1048</v>
       </c>
       <c r="B1046" t="s">
-        <v>2627</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="1047" spans="1:2">
       <c r="A1047" t="s">
         <v>1049</v>
       </c>
       <c r="B1047" t="s">
-        <v>2628</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="1048" spans="1:2">
       <c r="A1048" t="s">
         <v>1050</v>
       </c>
       <c r="B1048" t="s">
         <v>2629</v>
       </c>
     </row>
     <row r="1049" spans="1:2">
       <c r="A1049" t="s">
         <v>1051</v>
       </c>
       <c r="B1049" t="s">
-        <v>2630</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="1050" spans="1:2">
       <c r="A1050" t="s">
         <v>1052</v>
       </c>
       <c r="B1050" t="s">
-        <v>2631</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="1051" spans="1:2">
       <c r="A1051" t="s">
         <v>1053</v>
       </c>
       <c r="B1051" t="s">
-        <v>2632</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="1052" spans="1:2">
       <c r="A1052" t="s">
         <v>1054</v>
       </c>
       <c r="B1052" t="s">
-        <v>2080</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="1053" spans="1:2">
       <c r="A1053" t="s">
         <v>1055</v>
       </c>
       <c r="B1053" t="s">
-        <v>2633</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="1054" spans="1:2">
       <c r="A1054" t="s">
         <v>1056</v>
       </c>
       <c r="B1054" t="s">
-        <v>2634</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="1055" spans="1:2">
       <c r="A1055" t="s">
         <v>1057</v>
       </c>
       <c r="B1055" t="s">
-        <v>2635</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="1056" spans="1:2">
       <c r="A1056" t="s">
         <v>1058</v>
       </c>
       <c r="B1056" t="s">
-        <v>2636</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="1057" spans="1:2">
       <c r="A1057" t="s">
         <v>1059</v>
       </c>
       <c r="B1057" t="s">
-        <v>2637</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="1058" spans="1:2">
       <c r="A1058" t="s">
         <v>1060</v>
       </c>
       <c r="B1058" t="s">
-        <v>2638</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="1059" spans="1:2">
       <c r="A1059" t="s">
         <v>1061</v>
       </c>
       <c r="B1059" t="s">
-        <v>2639</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="1060" spans="1:2">
       <c r="A1060" t="s">
         <v>1062</v>
       </c>
       <c r="B1060" t="s">
-        <v>2640</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="1061" spans="1:2">
       <c r="A1061" t="s">
         <v>1063</v>
       </c>
       <c r="B1061" t="s">
-        <v>2641</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="1062" spans="1:2">
       <c r="A1062" t="s">
         <v>1064</v>
       </c>
       <c r="B1062" t="s">
-        <v>2642</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="1063" spans="1:2">
       <c r="A1063" t="s">
         <v>1065</v>
       </c>
       <c r="B1063" t="s">
-        <v>2643</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="1064" spans="1:2">
       <c r="A1064" t="s">
         <v>1066</v>
       </c>
       <c r="B1064" t="s">
-        <v>2644</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="1065" spans="1:2">
       <c r="A1065" t="s">
         <v>1067</v>
       </c>
       <c r="B1065" t="s">
-        <v>2645</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="1066" spans="1:2">
       <c r="A1066" t="s">
         <v>1068</v>
       </c>
       <c r="B1066" t="s">
-        <v>2646</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="1067" spans="1:2">
       <c r="A1067" t="s">
         <v>1069</v>
       </c>
       <c r="B1067" t="s">
-        <v>1992</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="1068" spans="1:2">
       <c r="A1068" t="s">
         <v>1070</v>
       </c>
       <c r="B1068" t="s">
-        <v>2085</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="1069" spans="1:2">
       <c r="A1069" t="s">
         <v>1071</v>
       </c>
       <c r="B1069" t="s">
-        <v>2647</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="1070" spans="1:2">
       <c r="A1070" t="s">
         <v>1072</v>
       </c>
       <c r="B1070" t="s">
-        <v>2648</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="1071" spans="1:2">
       <c r="A1071" t="s">
         <v>1073</v>
       </c>
       <c r="B1071" t="s">
-        <v>2649</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="1072" spans="1:2">
       <c r="A1072" t="s">
         <v>1074</v>
       </c>
       <c r="B1072" t="s">
-        <v>2650</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="1073" spans="1:2">
       <c r="A1073" t="s">
         <v>1075</v>
       </c>
       <c r="B1073" t="s">
-        <v>2374</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="1074" spans="1:2">
       <c r="A1074" t="s">
         <v>1076</v>
       </c>
       <c r="B1074" t="s">
-        <v>2651</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="1075" spans="1:2">
       <c r="A1075" t="s">
         <v>1077</v>
       </c>
       <c r="B1075" t="s">
-        <v>2652</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="1076" spans="1:2">
       <c r="A1076" t="s">
         <v>1078</v>
       </c>
       <c r="B1076" t="s">
-        <v>2653</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="1077" spans="1:2">
       <c r="A1077" t="s">
         <v>1079</v>
       </c>
       <c r="B1077" t="s">
-        <v>2654</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="1078" spans="1:2">
       <c r="A1078" t="s">
         <v>1080</v>
       </c>
       <c r="B1078" t="s">
-        <v>2655</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="1079" spans="1:2">
       <c r="A1079" t="s">
         <v>1081</v>
       </c>
       <c r="B1079" t="s">
-        <v>2656</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="1080" spans="1:2">
       <c r="A1080" t="s">
         <v>1082</v>
       </c>
       <c r="B1080" t="s">
-        <v>2203</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="1081" spans="1:2">
       <c r="A1081" t="s">
         <v>1083</v>
       </c>
       <c r="B1081" t="s">
-        <v>2657</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="1082" spans="1:2">
       <c r="A1082" t="s">
         <v>1084</v>
       </c>
       <c r="B1082" t="s">
-        <v>2658</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="1083" spans="1:2">
       <c r="A1083" t="s">
         <v>1085</v>
       </c>
       <c r="B1083" t="s">
-        <v>2659</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="1084" spans="1:2">
       <c r="A1084" t="s">
         <v>1086</v>
       </c>
       <c r="B1084" t="s">
-        <v>2660</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="1085" spans="1:2">
       <c r="A1085" t="s">
         <v>1087</v>
       </c>
       <c r="B1085" t="s">
-        <v>2661</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="1086" spans="1:2">
       <c r="A1086" t="s">
         <v>1088</v>
       </c>
       <c r="B1086" t="s">
-        <v>2662</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="1087" spans="1:2">
       <c r="A1087" t="s">
         <v>1089</v>
       </c>
       <c r="B1087" t="s">
-        <v>2663</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="1088" spans="1:2">
       <c r="A1088" t="s">
         <v>1090</v>
       </c>
       <c r="B1088" t="s">
-        <v>2664</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="1089" spans="1:2">
       <c r="A1089" t="s">
         <v>1091</v>
       </c>
       <c r="B1089" t="s">
-        <v>2665</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="1090" spans="1:2">
       <c r="A1090" t="s">
         <v>1092</v>
       </c>
       <c r="B1090" t="s">
-        <v>2666</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1091" spans="1:2">
       <c r="A1091" t="s">
         <v>1093</v>
       </c>
       <c r="B1091" t="s">
-        <v>2667</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="1092" spans="1:2">
       <c r="A1092" t="s">
         <v>1094</v>
       </c>
       <c r="B1092" t="s">
-        <v>2668</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="1093" spans="1:2">
       <c r="A1093" t="s">
         <v>1095</v>
       </c>
       <c r="B1093" t="s">
-        <v>2669</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="1094" spans="1:2">
       <c r="A1094" t="s">
         <v>1096</v>
       </c>
       <c r="B1094" t="s">
-        <v>2670</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="1095" spans="1:2">
       <c r="A1095" t="s">
         <v>1097</v>
       </c>
       <c r="B1095" t="s">
-        <v>2671</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="1096" spans="1:2">
       <c r="A1096" t="s">
         <v>1098</v>
       </c>
       <c r="B1096" t="s">
-        <v>2672</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="1097" spans="1:2">
       <c r="A1097" t="s">
         <v>1099</v>
       </c>
       <c r="B1097" t="s">
-        <v>2673</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="1098" spans="1:2">
       <c r="A1098" t="s">
         <v>1100</v>
       </c>
       <c r="B1098" t="s">
-        <v>2674</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="1099" spans="1:2">
       <c r="A1099" t="s">
         <v>1101</v>
       </c>
       <c r="B1099" t="s">
-        <v>2675</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="1100" spans="1:2">
       <c r="A1100" t="s">
         <v>1102</v>
       </c>
       <c r="B1100" t="s">
-        <v>2676</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="1101" spans="1:2">
       <c r="A1101" t="s">
         <v>1103</v>
       </c>
       <c r="B1101" t="s">
-        <v>2677</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="1102" spans="1:2">
       <c r="A1102" t="s">
         <v>1104</v>
       </c>
       <c r="B1102" t="s">
-        <v>2678</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="1103" spans="1:2">
       <c r="A1103" t="s">
         <v>1105</v>
       </c>
       <c r="B1103" t="s">
-        <v>2388</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="1104" spans="1:2">
       <c r="A1104" t="s">
         <v>1106</v>
       </c>
       <c r="B1104" t="s">
-        <v>2679</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="1105" spans="1:2">
       <c r="A1105" t="s">
         <v>1107</v>
       </c>
       <c r="B1105" t="s">
-        <v>2680</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="1106" spans="1:2">
       <c r="A1106" t="s">
         <v>1108</v>
       </c>
       <c r="B1106" t="s">
-        <v>2681</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="1107" spans="1:2">
       <c r="A1107" t="s">
         <v>1109</v>
       </c>
       <c r="B1107" t="s">
-        <v>2682</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="1108" spans="1:2">
       <c r="A1108" t="s">
         <v>1110</v>
       </c>
       <c r="B1108" t="s">
-        <v>2683</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="1109" spans="1:2">
       <c r="A1109" t="s">
         <v>1111</v>
       </c>
       <c r="B1109" t="s">
-        <v>2684</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="1110" spans="1:2">
       <c r="A1110" t="s">
         <v>1112</v>
       </c>
       <c r="B1110" t="s">
-        <v>2685</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="1111" spans="1:2">
       <c r="A1111" t="s">
         <v>1113</v>
       </c>
       <c r="B1111" t="s">
-        <v>2686</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="1112" spans="1:2">
       <c r="A1112" t="s">
         <v>1114</v>
       </c>
       <c r="B1112" t="s">
-        <v>2687</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="1113" spans="1:2">
       <c r="A1113" t="s">
         <v>1115</v>
       </c>
       <c r="B1113" t="s">
-        <v>2688</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="1114" spans="1:2">
       <c r="A1114" t="s">
         <v>1116</v>
       </c>
       <c r="B1114" t="s">
-        <v>2689</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="1115" spans="1:2">
       <c r="A1115" t="s">
         <v>1117</v>
       </c>
       <c r="B1115" t="s">
-        <v>2024</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="1116" spans="1:2">
       <c r="A1116" t="s">
         <v>1118</v>
       </c>
       <c r="B1116" t="s">
-        <v>2690</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="1117" spans="1:2">
       <c r="A1117" t="s">
         <v>1119</v>
       </c>
       <c r="B1117" t="s">
-        <v>2691</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="1118" spans="1:2">
       <c r="A1118" t="s">
         <v>1120</v>
       </c>
       <c r="B1118" t="s">
-        <v>2522</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="1119" spans="1:2">
       <c r="A1119" t="s">
         <v>1121</v>
       </c>
       <c r="B1119" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="1120" spans="1:2">
       <c r="A1120" t="s">
         <v>1122</v>
       </c>
       <c r="B1120" t="s">
-        <v>2693</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="1121" spans="1:2">
       <c r="A1121" t="s">
         <v>1123</v>
       </c>
       <c r="B1121" t="s">
-        <v>2694</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="1122" spans="1:2">
       <c r="A1122" t="s">
         <v>1124</v>
       </c>
       <c r="B1122" t="s">
-        <v>2131</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="1123" spans="1:2">
       <c r="A1123" t="s">
         <v>1125</v>
       </c>
       <c r="B1123" t="s">
-        <v>2695</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="1124" spans="1:2">
       <c r="A1124" t="s">
         <v>1126</v>
       </c>
       <c r="B1124" t="s">
-        <v>2696</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="1125" spans="1:2">
       <c r="A1125" t="s">
         <v>1127</v>
       </c>
       <c r="B1125" t="s">
-        <v>2697</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="1126" spans="1:2">
       <c r="A1126" t="s">
         <v>1128</v>
       </c>
       <c r="B1126" t="s">
-        <v>2698</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1127" spans="1:2">
       <c r="A1127" t="s">
         <v>1129</v>
       </c>
       <c r="B1127" t="s">
-        <v>2074</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="1128" spans="1:2">
       <c r="A1128" t="s">
         <v>1130</v>
       </c>
       <c r="B1128" t="s">
-        <v>2699</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="1129" spans="1:2">
       <c r="A1129" t="s">
         <v>1131</v>
       </c>
       <c r="B1129" t="s">
-        <v>2700</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="1130" spans="1:2">
       <c r="A1130" t="s">
         <v>1132</v>
       </c>
       <c r="B1130" t="s">
-        <v>2382</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="1131" spans="1:2">
       <c r="A1131" t="s">
         <v>1133</v>
       </c>
       <c r="B1131" t="s">
-        <v>1823</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="1132" spans="1:2">
       <c r="A1132" t="s">
         <v>1134</v>
       </c>
       <c r="B1132" t="s">
-        <v>2701</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="1133" spans="1:2">
       <c r="A1133" t="s">
         <v>1135</v>
       </c>
       <c r="B1133" t="s">
-        <v>2702</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="1134" spans="1:2">
       <c r="A1134" t="s">
         <v>1136</v>
       </c>
       <c r="B1134" t="s">
-        <v>2703</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="1135" spans="1:2">
       <c r="A1135" t="s">
         <v>1137</v>
       </c>
       <c r="B1135" t="s">
-        <v>2704</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="1136" spans="1:2">
       <c r="A1136" t="s">
         <v>1138</v>
       </c>
       <c r="B1136" t="s">
-        <v>2705</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="1137" spans="1:2">
       <c r="A1137" t="s">
         <v>1139</v>
       </c>
       <c r="B1137" t="s">
-        <v>2706</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="1138" spans="1:2">
       <c r="A1138" t="s">
         <v>1140</v>
       </c>
       <c r="B1138" t="s">
-        <v>1734</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="1139" spans="1:2">
       <c r="A1139" t="s">
         <v>1141</v>
       </c>
       <c r="B1139" t="s">
-        <v>2707</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="1140" spans="1:2">
       <c r="A1140" t="s">
         <v>1142</v>
       </c>
       <c r="B1140" t="s">
-        <v>2708</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="1141" spans="1:2">
       <c r="A1141" t="s">
         <v>1143</v>
       </c>
       <c r="B1141" t="s">
-        <v>2709</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="1142" spans="1:2">
       <c r="A1142" t="s">
         <v>1144</v>
       </c>
       <c r="B1142" t="s">
-        <v>2710</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="1143" spans="1:2">
       <c r="A1143" t="s">
         <v>1145</v>
       </c>
       <c r="B1143" t="s">
-        <v>2711</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="1144" spans="1:2">
       <c r="A1144" t="s">
         <v>1146</v>
       </c>
       <c r="B1144" t="s">
-        <v>2712</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="1145" spans="1:2">
       <c r="A1145" t="s">
         <v>1147</v>
       </c>
       <c r="B1145" t="s">
-        <v>2713</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="1146" spans="1:2">
       <c r="A1146" t="s">
         <v>1148</v>
       </c>
       <c r="B1146" t="s">
-        <v>2714</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="1147" spans="1:2">
       <c r="A1147" t="s">
         <v>1149</v>
       </c>
       <c r="B1147" t="s">
-        <v>2715</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="1148" spans="1:2">
       <c r="A1148" t="s">
         <v>1150</v>
       </c>
       <c r="B1148" t="s">
-        <v>2716</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="1149" spans="1:2">
       <c r="A1149" t="s">
         <v>1151</v>
       </c>
       <c r="B1149" t="s">
-        <v>2639</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="1150" spans="1:2">
       <c r="A1150" t="s">
         <v>1152</v>
       </c>
       <c r="B1150" t="s">
-        <v>2164</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="1151" spans="1:2">
       <c r="A1151" t="s">
         <v>1153</v>
       </c>
       <c r="B1151" t="s">
-        <v>1666</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="1152" spans="1:2">
       <c r="A1152" t="s">
         <v>1154</v>
       </c>
       <c r="B1152" t="s">
-        <v>2717</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="1153" spans="1:2">
       <c r="A1153" t="s">
         <v>1155</v>
       </c>
       <c r="B1153" t="s">
-        <v>2718</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="1154" spans="1:2">
       <c r="A1154" t="s">
         <v>1156</v>
       </c>
       <c r="B1154" t="s">
-        <v>2719</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="1155" spans="1:2">
       <c r="A1155" t="s">
         <v>1157</v>
       </c>
       <c r="B1155" t="s">
-        <v>2720</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="1156" spans="1:2">
       <c r="A1156" t="s">
         <v>1158</v>
       </c>
       <c r="B1156" t="s">
-        <v>2721</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="1157" spans="1:2">
       <c r="A1157" t="s">
         <v>1159</v>
       </c>
       <c r="B1157" t="s">
-        <v>2722</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="1158" spans="1:2">
       <c r="A1158" t="s">
         <v>1160</v>
       </c>
       <c r="B1158" t="s">
-        <v>2723</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="1159" spans="1:2">
       <c r="A1159" t="s">
         <v>1161</v>
       </c>
       <c r="B1159" t="s">
-        <v>2724</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="1160" spans="1:2">
       <c r="A1160" t="s">
         <v>1162</v>
       </c>
       <c r="B1160" t="s">
-        <v>2725</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="1161" spans="1:2">
       <c r="A1161" t="s">
         <v>1163</v>
       </c>
       <c r="B1161" t="s">
-        <v>2726</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="1162" spans="1:2">
       <c r="A1162" t="s">
         <v>1164</v>
       </c>
       <c r="B1162" t="s">
-        <v>2727</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="1163" spans="1:2">
       <c r="A1163" t="s">
         <v>1165</v>
       </c>
       <c r="B1163" t="s">
-        <v>2728</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="1164" spans="1:2">
       <c r="A1164" t="s">
         <v>1166</v>
       </c>
       <c r="B1164" t="s">
-        <v>2729</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="1165" spans="1:2">
       <c r="A1165" t="s">
         <v>1167</v>
       </c>
       <c r="B1165" t="s">
-        <v>2730</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="1166" spans="1:2">
       <c r="A1166" t="s">
         <v>1168</v>
       </c>
       <c r="B1166" t="s">
-        <v>1675</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="1167" spans="1:2">
       <c r="A1167" t="s">
         <v>1169</v>
       </c>
       <c r="B1167" t="s">
-        <v>2731</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="1168" spans="1:2">
       <c r="A1168" t="s">
         <v>1170</v>
       </c>
       <c r="B1168" t="s">
-        <v>2732</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="1169" spans="1:2">
       <c r="A1169" t="s">
         <v>1171</v>
       </c>
       <c r="B1169" t="s">
-        <v>2733</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="1170" spans="1:2">
       <c r="A1170" t="s">
         <v>1172</v>
       </c>
       <c r="B1170" t="s">
-        <v>2734</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="1171" spans="1:2">
       <c r="A1171" t="s">
         <v>1173</v>
       </c>
       <c r="B1171" t="s">
-        <v>2735</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="1172" spans="1:2">
       <c r="A1172" t="s">
         <v>1174</v>
       </c>
       <c r="B1172" t="s">
-        <v>2736</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="1173" spans="1:2">
       <c r="A1173" t="s">
         <v>1175</v>
       </c>
       <c r="B1173" t="s">
-        <v>2737</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="1174" spans="1:2">
       <c r="A1174" t="s">
         <v>1176</v>
       </c>
       <c r="B1174" t="s">
-        <v>2738</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="1175" spans="1:2">
       <c r="A1175" t="s">
         <v>1177</v>
       </c>
       <c r="B1175" t="s">
-        <v>2739</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="1176" spans="1:2">
       <c r="A1176" t="s">
         <v>1178</v>
       </c>
       <c r="B1176" t="s">
-        <v>2740</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="1177" spans="1:2">
       <c r="A1177" t="s">
         <v>1179</v>
       </c>
       <c r="B1177" t="s">
-        <v>2741</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="1178" spans="1:2">
       <c r="A1178" t="s">
         <v>1180</v>
       </c>
       <c r="B1178" t="s">
-        <v>2742</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="1179" spans="1:2">
       <c r="A1179" t="s">
         <v>1181</v>
       </c>
       <c r="B1179" t="s">
-        <v>2743</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="1180" spans="1:2">
       <c r="A1180" t="s">
         <v>1182</v>
       </c>
       <c r="B1180" t="s">
-        <v>2744</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="1181" spans="1:2">
       <c r="A1181" t="s">
         <v>1183</v>
       </c>
       <c r="B1181" t="s">
-        <v>2745</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="1182" spans="1:2">
       <c r="A1182" t="s">
         <v>1184</v>
       </c>
       <c r="B1182" t="s">
-        <v>2212</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="1183" spans="1:2">
       <c r="A1183" t="s">
         <v>1185</v>
       </c>
       <c r="B1183" t="s">
-        <v>2746</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="1184" spans="1:2">
       <c r="A1184" t="s">
         <v>1186</v>
       </c>
       <c r="B1184" t="s">
-        <v>2747</v>
+        <v>2752</v>
       </c>
     </row>
     <row r="1185" spans="1:2">
       <c r="A1185" t="s">
         <v>1187</v>
       </c>
       <c r="B1185" t="s">
-        <v>2748</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="1186" spans="1:2">
       <c r="A1186" t="s">
         <v>1188</v>
       </c>
       <c r="B1186" t="s">
-        <v>2749</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="1187" spans="1:2">
       <c r="A1187" t="s">
         <v>1189</v>
       </c>
       <c r="B1187" t="s">
-        <v>2750</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="1188" spans="1:2">
       <c r="A1188" t="s">
         <v>1190</v>
       </c>
       <c r="B1188" t="s">
-        <v>2751</v>
+        <v>2755</v>
       </c>
     </row>
     <row r="1189" spans="1:2">
       <c r="A1189" t="s">
         <v>1191</v>
       </c>
       <c r="B1189" t="s">
-        <v>2610</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="1190" spans="1:2">
       <c r="A1190" t="s">
         <v>1192</v>
       </c>
       <c r="B1190" t="s">
-        <v>2752</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="1191" spans="1:2">
       <c r="A1191" t="s">
         <v>1193</v>
       </c>
       <c r="B1191" t="s">
-        <v>2753</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="1192" spans="1:2">
       <c r="A1192" t="s">
         <v>1194</v>
       </c>
       <c r="B1192" t="s">
-        <v>2754</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="1193" spans="1:2">
       <c r="A1193" t="s">
         <v>1195</v>
       </c>
       <c r="B1193" t="s">
-        <v>2755</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="1194" spans="1:2">
       <c r="A1194" t="s">
         <v>1196</v>
       </c>
       <c r="B1194" t="s">
-        <v>2756</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="1195" spans="1:2">
       <c r="A1195" t="s">
         <v>1197</v>
       </c>
       <c r="B1195" t="s">
-        <v>1668</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="1196" spans="1:2">
       <c r="A1196" t="s">
         <v>1198</v>
       </c>
       <c r="B1196" t="s">
-        <v>2757</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="1197" spans="1:2">
       <c r="A1197" t="s">
         <v>1199</v>
       </c>
       <c r="B1197" t="s">
-        <v>2758</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="1198" spans="1:2">
       <c r="A1198" t="s">
         <v>1200</v>
       </c>
       <c r="B1198" t="s">
-        <v>2759</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="1199" spans="1:2">
       <c r="A1199" t="s">
         <v>1201</v>
       </c>
       <c r="B1199" t="s">
-        <v>2760</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="1200" spans="1:2">
       <c r="A1200" t="s">
         <v>1202</v>
       </c>
       <c r="B1200" t="s">
-        <v>2761</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="1201" spans="1:2">
       <c r="A1201" t="s">
         <v>1203</v>
       </c>
       <c r="B1201" t="s">
-        <v>2762</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="1202" spans="1:2">
       <c r="A1202" t="s">
         <v>1204</v>
       </c>
       <c r="B1202" t="s">
-        <v>2763</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="1203" spans="1:2">
       <c r="A1203" t="s">
         <v>1205</v>
       </c>
       <c r="B1203" t="s">
-        <v>2764</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="1204" spans="1:2">
       <c r="A1204" t="s">
         <v>1206</v>
       </c>
       <c r="B1204" t="s">
-        <v>2765</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="1205" spans="1:2">
       <c r="A1205" t="s">
         <v>1207</v>
       </c>
       <c r="B1205" t="s">
-        <v>2766</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="1206" spans="1:2">
       <c r="A1206" t="s">
         <v>1208</v>
       </c>
       <c r="B1206" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="1207" spans="1:2">
       <c r="A1207" t="s">
         <v>1209</v>
       </c>
       <c r="B1207" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="1208" spans="1:2">
       <c r="A1208" t="s">
         <v>1210</v>
       </c>
       <c r="B1208" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="1209" spans="1:2">
       <c r="A1209" t="s">
         <v>1211</v>
       </c>
       <c r="B1209" t="s">
-        <v>2770</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="1210" spans="1:2">
       <c r="A1210" t="s">
         <v>1212</v>
       </c>
       <c r="B1210" t="s">
-        <v>2148</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="1211" spans="1:2">
       <c r="A1211" t="s">
         <v>1213</v>
       </c>
       <c r="B1211" t="s">
-        <v>2771</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1212" spans="1:2">
       <c r="A1212" t="s">
         <v>1214</v>
       </c>
       <c r="B1212" t="s">
-        <v>2772</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="1213" spans="1:2">
       <c r="A1213" t="s">
         <v>1215</v>
       </c>
       <c r="B1213" t="s">
-        <v>2773</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="1214" spans="1:2">
       <c r="A1214" t="s">
         <v>1216</v>
       </c>
       <c r="B1214" t="s">
-        <v>2774</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="1215" spans="1:2">
       <c r="A1215" t="s">
         <v>1217</v>
       </c>
       <c r="B1215" t="s">
-        <v>2775</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="1216" spans="1:2">
       <c r="A1216" t="s">
         <v>1218</v>
       </c>
       <c r="B1216" t="s">
-        <v>2776</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="1217" spans="1:2">
       <c r="A1217" t="s">
         <v>1219</v>
       </c>
       <c r="B1217" t="s">
-        <v>2777</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1218" spans="1:2">
       <c r="A1218" t="s">
         <v>1220</v>
       </c>
       <c r="B1218" t="s">
-        <v>2778</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="1219" spans="1:2">
       <c r="A1219" t="s">
         <v>1221</v>
       </c>
       <c r="B1219" t="s">
-        <v>2779</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="1220" spans="1:2">
       <c r="A1220" t="s">
         <v>1222</v>
       </c>
       <c r="B1220" t="s">
-        <v>2780</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="1221" spans="1:2">
       <c r="A1221" t="s">
         <v>1223</v>
       </c>
       <c r="B1221" t="s">
-        <v>2781</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="1222" spans="1:2">
       <c r="A1222" t="s">
         <v>1224</v>
       </c>
       <c r="B1222" t="s">
-        <v>2782</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="1223" spans="1:2">
       <c r="A1223" t="s">
         <v>1225</v>
       </c>
       <c r="B1223" t="s">
-        <v>2783</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="1224" spans="1:2">
       <c r="A1224" t="s">
         <v>1226</v>
       </c>
       <c r="B1224" t="s">
-        <v>2784</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="1225" spans="1:2">
       <c r="A1225" t="s">
         <v>1227</v>
       </c>
       <c r="B1225" t="s">
-        <v>2785</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="1226" spans="1:2">
       <c r="A1226" t="s">
         <v>1228</v>
       </c>
       <c r="B1226" t="s">
-        <v>2786</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="1227" spans="1:2">
       <c r="A1227" t="s">
         <v>1229</v>
       </c>
       <c r="B1227" t="s">
-        <v>1860</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="1228" spans="1:2">
       <c r="A1228" t="s">
         <v>1230</v>
       </c>
       <c r="B1228" t="s">
-        <v>2787</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="1229" spans="1:2">
       <c r="A1229" t="s">
         <v>1231</v>
       </c>
       <c r="B1229" t="s">
-        <v>2788</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="1230" spans="1:2">
       <c r="A1230" t="s">
         <v>1232</v>
       </c>
       <c r="B1230" t="s">
-        <v>2789</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="1231" spans="1:2">
       <c r="A1231" t="s">
         <v>1233</v>
       </c>
       <c r="B1231" t="s">
-        <v>2790</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="1232" spans="1:2">
       <c r="A1232" t="s">
         <v>1234</v>
       </c>
       <c r="B1232" t="s">
-        <v>2791</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="1233" spans="1:2">
       <c r="A1233" t="s">
         <v>1235</v>
       </c>
       <c r="B1233" t="s">
-        <v>2792</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="1234" spans="1:2">
       <c r="A1234" t="s">
         <v>1236</v>
       </c>
       <c r="B1234" t="s">
-        <v>2793</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="1235" spans="1:2">
       <c r="A1235" t="s">
         <v>1237</v>
       </c>
       <c r="B1235" t="s">
-        <v>2311</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="1236" spans="1:2">
       <c r="A1236" t="s">
         <v>1238</v>
       </c>
       <c r="B1236" t="s">
-        <v>2794</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="1237" spans="1:2">
       <c r="A1237" t="s">
         <v>1239</v>
       </c>
       <c r="B1237" t="s">
-        <v>2795</v>
+        <v>2799</v>
       </c>
     </row>
     <row r="1238" spans="1:2">
       <c r="A1238" t="s">
         <v>1240</v>
       </c>
       <c r="B1238" t="s">
-        <v>2796</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="1239" spans="1:2">
       <c r="A1239" t="s">
         <v>1241</v>
       </c>
       <c r="B1239" t="s">
-        <v>2797</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="1240" spans="1:2">
       <c r="A1240" t="s">
         <v>1242</v>
       </c>
       <c r="B1240" t="s">
-        <v>2798</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="1241" spans="1:2">
       <c r="A1241" t="s">
         <v>1243</v>
       </c>
       <c r="B1241" t="s">
-        <v>2799</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="1242" spans="1:2">
       <c r="A1242" t="s">
         <v>1244</v>
       </c>
       <c r="B1242" t="s">
-        <v>1858</v>
+        <v>2804</v>
       </c>
     </row>
     <row r="1243" spans="1:2">
       <c r="A1243" t="s">
         <v>1245</v>
       </c>
       <c r="B1243" t="s">
-        <v>2800</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="1244" spans="1:2">
       <c r="A1244" t="s">
         <v>1246</v>
       </c>
       <c r="B1244" t="s">
-        <v>2801</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="1245" spans="1:2">
       <c r="A1245" t="s">
         <v>1247</v>
       </c>
       <c r="B1245" t="s">
-        <v>2802</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="1246" spans="1:2">
       <c r="A1246" t="s">
         <v>1248</v>
       </c>
       <c r="B1246" t="s">
-        <v>2803</v>
+        <v>2807</v>
       </c>
     </row>
     <row r="1247" spans="1:2">
       <c r="A1247" t="s">
         <v>1249</v>
       </c>
       <c r="B1247" t="s">
-        <v>2222</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="1248" spans="1:2">
       <c r="A1248" t="s">
         <v>1250</v>
       </c>
       <c r="B1248" t="s">
-        <v>2804</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="1249" spans="1:2">
       <c r="A1249" t="s">
         <v>1251</v>
       </c>
       <c r="B1249" t="s">
-        <v>2805</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="1250" spans="1:2">
       <c r="A1250" t="s">
         <v>1252</v>
       </c>
       <c r="B1250" t="s">
-        <v>2806</v>
+        <v>2810</v>
       </c>
     </row>
     <row r="1251" spans="1:2">
       <c r="A1251" t="s">
         <v>1253</v>
       </c>
       <c r="B1251" t="s">
-        <v>2807</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="1252" spans="1:2">
       <c r="A1252" t="s">
         <v>1254</v>
       </c>
       <c r="B1252" t="s">
-        <v>2808</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="1253" spans="1:2">
       <c r="A1253" t="s">
         <v>1255</v>
       </c>
       <c r="B1253" t="s">
-        <v>2809</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="1254" spans="1:2">
       <c r="A1254" t="s">
         <v>1256</v>
       </c>
       <c r="B1254" t="s">
-        <v>2810</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="1255" spans="1:2">
       <c r="A1255" t="s">
         <v>1257</v>
       </c>
       <c r="B1255" t="s">
-        <v>2811</v>
+        <v>2814</v>
       </c>
     </row>
     <row r="1256" spans="1:2">
       <c r="A1256" t="s">
         <v>1258</v>
       </c>
       <c r="B1256" t="s">
-        <v>2812</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="1257" spans="1:2">
       <c r="A1257" t="s">
         <v>1259</v>
       </c>
       <c r="B1257" t="s">
-        <v>2813</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="1258" spans="1:2">
       <c r="A1258" t="s">
         <v>1260</v>
       </c>
       <c r="B1258" t="s">
-        <v>2814</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="1259" spans="1:2">
       <c r="A1259" t="s">
         <v>1261</v>
       </c>
       <c r="B1259" t="s">
-        <v>2815</v>
+        <v>2816</v>
       </c>
     </row>
     <row r="1260" spans="1:2">
       <c r="A1260" t="s">
         <v>1262</v>
       </c>
       <c r="B1260" t="s">
-        <v>2816</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="1261" spans="1:2">
       <c r="A1261" t="s">
         <v>1263</v>
       </c>
       <c r="B1261" t="s">
-        <v>2817</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="1262" spans="1:2">
       <c r="A1262" t="s">
         <v>1264</v>
       </c>
       <c r="B1262" t="s">
-        <v>2818</v>
+        <v>2819</v>
       </c>
     </row>
     <row r="1263" spans="1:2">
       <c r="A1263" t="s">
         <v>1265</v>
       </c>
       <c r="B1263" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="1264" spans="1:2">
       <c r="A1264" t="s">
         <v>1266</v>
       </c>
       <c r="B1264" t="s">
-        <v>2820</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="1265" spans="1:2">
       <c r="A1265" t="s">
         <v>1267</v>
       </c>
       <c r="B1265" t="s">
         <v>2821</v>
       </c>
     </row>
     <row r="1266" spans="1:2">
       <c r="A1266" t="s">
         <v>1268</v>
       </c>
       <c r="B1266" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="1267" spans="1:2">
       <c r="A1267" t="s">
         <v>1269</v>
       </c>
       <c r="B1267" t="s">
-        <v>2293</v>
+        <v>2823</v>
       </c>
     </row>
     <row r="1268" spans="1:2">
       <c r="A1268" t="s">
         <v>1270</v>
       </c>
       <c r="B1268" t="s">
-        <v>2823</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="1269" spans="1:2">
       <c r="A1269" t="s">
         <v>1271</v>
       </c>
       <c r="B1269" t="s">
-        <v>2824</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="1270" spans="1:2">
       <c r="A1270" t="s">
         <v>1272</v>
       </c>
       <c r="B1270" t="s">
-        <v>2825</v>
+        <v>2826</v>
       </c>
     </row>
     <row r="1271" spans="1:2">
       <c r="A1271" t="s">
         <v>1273</v>
       </c>
       <c r="B1271" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="1272" spans="1:2">
       <c r="A1272" t="s">
         <v>1274</v>
       </c>
       <c r="B1272" t="s">
-        <v>2827</v>
+        <v>2828</v>
       </c>
     </row>
     <row r="1273" spans="1:2">
       <c r="A1273" t="s">
         <v>1275</v>
       </c>
       <c r="B1273" t="s">
-        <v>2828</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="1274" spans="1:2">
       <c r="A1274" t="s">
         <v>1276</v>
       </c>
       <c r="B1274" t="s">
         <v>2829</v>
       </c>
     </row>
     <row r="1275" spans="1:2">
       <c r="A1275" t="s">
         <v>1277</v>
       </c>
       <c r="B1275" t="s">
-        <v>2273</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="1276" spans="1:2">
       <c r="A1276" t="s">
         <v>1278</v>
       </c>
       <c r="B1276" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
     </row>
     <row r="1277" spans="1:2">
       <c r="A1277" t="s">
         <v>1279</v>
       </c>
       <c r="B1277" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="1278" spans="1:2">
       <c r="A1278" t="s">
         <v>1280</v>
       </c>
       <c r="B1278" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="1279" spans="1:2">
       <c r="A1279" t="s">
         <v>1281</v>
       </c>
       <c r="B1279" t="s">
-        <v>2799</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="1280" spans="1:2">
       <c r="A1280" t="s">
         <v>1282</v>
       </c>
       <c r="B1280" t="s">
-        <v>2833</v>
+        <v>2835</v>
       </c>
     </row>
     <row r="1281" spans="1:2">
       <c r="A1281" t="s">
         <v>1283</v>
       </c>
       <c r="B1281" t="s">
-        <v>2834</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="1282" spans="1:2">
       <c r="A1282" t="s">
         <v>1284</v>
       </c>
       <c r="B1282" t="s">
-        <v>2835</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="1283" spans="1:2">
       <c r="A1283" t="s">
         <v>1285</v>
       </c>
       <c r="B1283" t="s">
-        <v>2699</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="1284" spans="1:2">
       <c r="A1284" t="s">
         <v>1286</v>
       </c>
       <c r="B1284" t="s">
-        <v>2836</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="1285" spans="1:2">
       <c r="A1285" t="s">
         <v>1287</v>
       </c>
       <c r="B1285" t="s">
-        <v>2837</v>
+        <v>2840</v>
       </c>
     </row>
     <row r="1286" spans="1:2">
       <c r="A1286" t="s">
         <v>1288</v>
       </c>
       <c r="B1286" t="s">
-        <v>2838</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="1287" spans="1:2">
       <c r="A1287" t="s">
         <v>1289</v>
       </c>
       <c r="B1287" t="s">
-        <v>2839</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="1288" spans="1:2">
       <c r="A1288" t="s">
         <v>1290</v>
       </c>
       <c r="B1288" t="s">
-        <v>2840</v>
+        <v>2843</v>
       </c>
     </row>
     <row r="1289" spans="1:2">
       <c r="A1289" t="s">
         <v>1291</v>
       </c>
       <c r="B1289" t="s">
-        <v>2841</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="1290" spans="1:2">
       <c r="A1290" t="s">
         <v>1292</v>
       </c>
       <c r="B1290" t="s">
-        <v>2842</v>
+        <v>2844</v>
       </c>
     </row>
     <row r="1291" spans="1:2">
       <c r="A1291" t="s">
         <v>1293</v>
       </c>
       <c r="B1291" t="s">
-        <v>2843</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="1292" spans="1:2">
       <c r="A1292" t="s">
         <v>1294</v>
       </c>
       <c r="B1292" t="s">
-        <v>2844</v>
+        <v>2846</v>
       </c>
     </row>
     <row r="1293" spans="1:2">
       <c r="A1293" t="s">
         <v>1295</v>
       </c>
       <c r="B1293" t="s">
-        <v>2845</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="1294" spans="1:2">
       <c r="A1294" t="s">
         <v>1296</v>
       </c>
       <c r="B1294" t="s">
-        <v>2846</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="1295" spans="1:2">
       <c r="A1295" t="s">
         <v>1297</v>
       </c>
       <c r="B1295" t="s">
-        <v>2562</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="1296" spans="1:2">
       <c r="A1296" t="s">
         <v>1298</v>
       </c>
       <c r="B1296" t="s">
-        <v>2847</v>
+        <v>2850</v>
       </c>
     </row>
     <row r="1297" spans="1:2">
       <c r="A1297" t="s">
         <v>1299</v>
       </c>
       <c r="B1297" t="s">
-        <v>2848</v>
+        <v>2851</v>
       </c>
     </row>
     <row r="1298" spans="1:2">
       <c r="A1298" t="s">
         <v>1300</v>
       </c>
       <c r="B1298" t="s">
-        <v>2849</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="1299" spans="1:2">
       <c r="A1299" t="s">
         <v>1301</v>
       </c>
       <c r="B1299" t="s">
-        <v>2850</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="1300" spans="1:2">
       <c r="A1300" t="s">
         <v>1302</v>
       </c>
       <c r="B1300" t="s">
-        <v>2851</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="1301" spans="1:2">
       <c r="A1301" t="s">
         <v>1303</v>
       </c>
       <c r="B1301" t="s">
-        <v>2852</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="1302" spans="1:2">
       <c r="A1302" t="s">
         <v>1304</v>
       </c>
       <c r="B1302" t="s">
-        <v>2244</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="1303" spans="1:2">
       <c r="A1303" t="s">
         <v>1305</v>
       </c>
       <c r="B1303" t="s">
-        <v>2853</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="1304" spans="1:2">
       <c r="A1304" t="s">
         <v>1306</v>
       </c>
       <c r="B1304" t="s">
-        <v>2854</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="1305" spans="1:2">
       <c r="A1305" t="s">
         <v>1307</v>
       </c>
       <c r="B1305" t="s">
-        <v>2855</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="1306" spans="1:2">
       <c r="A1306" t="s">
         <v>1308</v>
       </c>
       <c r="B1306" t="s">
-        <v>2856</v>
+        <v>2859</v>
       </c>
     </row>
     <row r="1307" spans="1:2">
       <c r="A1307" t="s">
         <v>1309</v>
       </c>
       <c r="B1307" t="s">
-        <v>2857</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="1308" spans="1:2">
       <c r="A1308" t="s">
         <v>1310</v>
       </c>
       <c r="B1308" t="s">
-        <v>2858</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="1309" spans="1:2">
       <c r="A1309" t="s">
         <v>1311</v>
       </c>
       <c r="B1309" t="s">
-        <v>2859</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="1310" spans="1:2">
       <c r="A1310" t="s">
         <v>1312</v>
       </c>
       <c r="B1310" t="s">
-        <v>2860</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="1311" spans="1:2">
       <c r="A1311" t="s">
         <v>1313</v>
       </c>
       <c r="B1311" t="s">
-        <v>2861</v>
+        <v>2863</v>
       </c>
     </row>
     <row r="1312" spans="1:2">
       <c r="A1312" t="s">
         <v>1314</v>
       </c>
       <c r="B1312" t="s">
-        <v>2862</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1313" spans="1:2">
       <c r="A1313" t="s">
         <v>1315</v>
       </c>
       <c r="B1313" t="s">
-        <v>2863</v>
+        <v>2865</v>
       </c>
     </row>
     <row r="1314" spans="1:2">
       <c r="A1314" t="s">
         <v>1316</v>
       </c>
       <c r="B1314" t="s">
-        <v>2864</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="1315" spans="1:2">
       <c r="A1315" t="s">
         <v>1317</v>
       </c>
       <c r="B1315" t="s">
-        <v>2865</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="1316" spans="1:2">
       <c r="A1316" t="s">
         <v>1318</v>
       </c>
       <c r="B1316" t="s">
-        <v>2866</v>
+        <v>2868</v>
       </c>
     </row>
     <row r="1317" spans="1:2">
       <c r="A1317" t="s">
         <v>1319</v>
       </c>
       <c r="B1317" t="s">
-        <v>2867</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="1318" spans="1:2">
       <c r="A1318" t="s">
         <v>1320</v>
       </c>
       <c r="B1318" t="s">
-        <v>2394</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="1319" spans="1:2">
       <c r="A1319" t="s">
         <v>1321</v>
       </c>
       <c r="B1319" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="1320" spans="1:2">
       <c r="A1320" t="s">
         <v>1322</v>
       </c>
       <c r="B1320" t="s">
-        <v>2869</v>
+        <v>2872</v>
       </c>
     </row>
     <row r="1321" spans="1:2">
       <c r="A1321" t="s">
         <v>1323</v>
       </c>
       <c r="B1321" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="1322" spans="1:2">
       <c r="A1322" t="s">
         <v>1324</v>
       </c>
       <c r="B1322" t="s">
-        <v>2671</v>
+        <v>2874</v>
       </c>
     </row>
     <row r="1323" spans="1:2">
       <c r="A1323" t="s">
         <v>1325</v>
       </c>
       <c r="B1323" t="s">
-        <v>2871</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="1324" spans="1:2">
       <c r="A1324" t="s">
         <v>1326</v>
       </c>
       <c r="B1324" t="s">
-        <v>2706</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="1325" spans="1:2">
       <c r="A1325" t="s">
         <v>1327</v>
       </c>
       <c r="B1325" t="s">
-        <v>2872</v>
+        <v>2877</v>
       </c>
     </row>
     <row r="1326" spans="1:2">
       <c r="A1326" t="s">
         <v>1328</v>
       </c>
       <c r="B1326" t="s">
-        <v>2873</v>
+        <v>2878</v>
       </c>
     </row>
     <row r="1327" spans="1:2">
       <c r="A1327" t="s">
         <v>1329</v>
       </c>
       <c r="B1327" t="s">
-        <v>2874</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="1328" spans="1:2">
       <c r="A1328" t="s">
         <v>1330</v>
       </c>
       <c r="B1328" t="s">
-        <v>2875</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="1329" spans="1:2">
       <c r="A1329" t="s">
         <v>1331</v>
       </c>
       <c r="B1329" t="s">
-        <v>2876</v>
+        <v>2881</v>
       </c>
     </row>
     <row r="1330" spans="1:2">
       <c r="A1330" t="s">
         <v>1332</v>
       </c>
       <c r="B1330" t="s">
-        <v>2877</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="1331" spans="1:2">
       <c r="A1331" t="s">
         <v>1333</v>
       </c>
       <c r="B1331" t="s">
-        <v>2878</v>
+        <v>2883</v>
       </c>
     </row>
     <row r="1332" spans="1:2">
       <c r="A1332" t="s">
         <v>1334</v>
       </c>
       <c r="B1332" t="s">
-        <v>2879</v>
+        <v>2884</v>
       </c>
     </row>
     <row r="1333" spans="1:2">
       <c r="A1333" t="s">
         <v>1335</v>
       </c>
       <c r="B1333" t="s">
-        <v>2880</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="1334" spans="1:2">
       <c r="A1334" t="s">
         <v>1336</v>
       </c>
       <c r="B1334" t="s">
-        <v>2881</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="1335" spans="1:2">
       <c r="A1335" t="s">
         <v>1337</v>
       </c>
       <c r="B1335" t="s">
-        <v>2882</v>
+        <v>2887</v>
       </c>
     </row>
     <row r="1336" spans="1:2">
       <c r="A1336" t="s">
         <v>1338</v>
       </c>
       <c r="B1336" t="s">
-        <v>2883</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="1337" spans="1:2">
       <c r="A1337" t="s">
         <v>1339</v>
       </c>
       <c r="B1337" t="s">
-        <v>2884</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="1338" spans="1:2">
       <c r="A1338" t="s">
         <v>1340</v>
       </c>
       <c r="B1338" t="s">
-        <v>2885</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="1339" spans="1:2">
       <c r="A1339" t="s">
         <v>1341</v>
       </c>
       <c r="B1339" t="s">
-        <v>2886</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="1340" spans="1:2">
       <c r="A1340" t="s">
         <v>1342</v>
       </c>
       <c r="B1340" t="s">
-        <v>2887</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="1341" spans="1:2">
       <c r="A1341" t="s">
         <v>1343</v>
       </c>
       <c r="B1341" t="s">
-        <v>2888</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="1342" spans="1:2">
       <c r="A1342" t="s">
         <v>1344</v>
       </c>
       <c r="B1342" t="s">
-        <v>2889</v>
+        <v>2892</v>
       </c>
     </row>
     <row r="1343" spans="1:2">
       <c r="A1343" t="s">
         <v>1345</v>
       </c>
       <c r="B1343" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="1344" spans="1:2">
       <c r="A1344" t="s">
         <v>1346</v>
       </c>
       <c r="B1344" t="s">
-        <v>2891</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="1345" spans="1:2">
       <c r="A1345" t="s">
         <v>1347</v>
       </c>
       <c r="B1345" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="1346" spans="1:2">
       <c r="A1346" t="s">
         <v>1348</v>
       </c>
       <c r="B1346" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
     </row>
     <row r="1347" spans="1:2">
       <c r="A1347" t="s">
         <v>1349</v>
       </c>
       <c r="B1347" t="s">
-        <v>2716</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="1348" spans="1:2">
       <c r="A1348" t="s">
         <v>1350</v>
       </c>
       <c r="B1348" t="s">
-        <v>2894</v>
+        <v>2898</v>
       </c>
     </row>
     <row r="1349" spans="1:2">
       <c r="A1349" t="s">
         <v>1351</v>
       </c>
       <c r="B1349" t="s">
-        <v>2895</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="1350" spans="1:2">
       <c r="A1350" t="s">
         <v>1352</v>
       </c>
       <c r="B1350" t="s">
-        <v>2896</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1351" spans="1:2">
       <c r="A1351" t="s">
         <v>1353</v>
       </c>
       <c r="B1351" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
     </row>
     <row r="1352" spans="1:2">
       <c r="A1352" t="s">
         <v>1354</v>
       </c>
       <c r="B1352" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="1353" spans="1:2">
       <c r="A1353" t="s">
         <v>1355</v>
       </c>
       <c r="B1353" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="1354" spans="1:2">
       <c r="A1354" t="s">
         <v>1356</v>
       </c>
       <c r="B1354" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="1355" spans="1:2">
       <c r="A1355" t="s">
         <v>1357</v>
       </c>
       <c r="B1355" t="s">
-        <v>2901</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="1356" spans="1:2">
       <c r="A1356" t="s">
         <v>1358</v>
       </c>
       <c r="B1356" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
     </row>
     <row r="1357" spans="1:2">
       <c r="A1357" t="s">
         <v>1359</v>
       </c>
       <c r="B1357" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="1358" spans="1:2">
       <c r="A1358" t="s">
         <v>1360</v>
       </c>
       <c r="B1358" t="s">
-        <v>2904</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="1359" spans="1:2">
       <c r="A1359" t="s">
         <v>1361</v>
       </c>
       <c r="B1359" t="s">
-        <v>2905</v>
+        <v>2909</v>
       </c>
     </row>
     <row r="1360" spans="1:2">
       <c r="A1360" t="s">
         <v>1362</v>
       </c>
       <c r="B1360" t="s">
-        <v>2906</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="1361" spans="1:2">
       <c r="A1361" t="s">
         <v>1363</v>
       </c>
       <c r="B1361" t="s">
-        <v>2907</v>
+        <v>1883</v>
       </c>
     </row>
     <row r="1362" spans="1:2">
       <c r="A1362" t="s">
         <v>1364</v>
       </c>
       <c r="B1362" t="s">
-        <v>2497</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="1363" spans="1:2">
       <c r="A1363" t="s">
         <v>1365</v>
       </c>
       <c r="B1363" t="s">
-        <v>2908</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="1364" spans="1:2">
       <c r="A1364" t="s">
         <v>1366</v>
       </c>
       <c r="B1364" t="s">
-        <v>2745</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="1365" spans="1:2">
       <c r="A1365" t="s">
         <v>1367</v>
       </c>
       <c r="B1365" t="s">
-        <v>2909</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="1366" spans="1:2">
       <c r="A1366" t="s">
         <v>1368</v>
       </c>
       <c r="B1366" t="s">
-        <v>2910</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="1367" spans="1:2">
       <c r="A1367" t="s">
         <v>1369</v>
       </c>
       <c r="B1367" t="s">
-        <v>2911</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="1368" spans="1:2">
       <c r="A1368" t="s">
         <v>1370</v>
       </c>
       <c r="B1368" t="s">
-        <v>2496</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="1369" spans="1:2">
       <c r="A1369" t="s">
         <v>1371</v>
       </c>
       <c r="B1369" t="s">
-        <v>2912</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1370" spans="1:2">
       <c r="A1370" t="s">
         <v>1372</v>
       </c>
       <c r="B1370" t="s">
-        <v>2913</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="1371" spans="1:2">
       <c r="A1371" t="s">
         <v>1373</v>
       </c>
       <c r="B1371" t="s">
-        <v>2406</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="1372" spans="1:2">
       <c r="A1372" t="s">
         <v>1374</v>
       </c>
       <c r="B1372" t="s">
-        <v>2914</v>
+        <v>2919</v>
       </c>
     </row>
     <row r="1373" spans="1:2">
       <c r="A1373" t="s">
         <v>1375</v>
       </c>
       <c r="B1373" t="s">
-        <v>2915</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="1374" spans="1:2">
       <c r="A1374" t="s">
         <v>1376</v>
       </c>
       <c r="B1374" t="s">
-        <v>2594</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="1375" spans="1:2">
       <c r="A1375" t="s">
         <v>1377</v>
       </c>
       <c r="B1375" t="s">
-        <v>2916</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="1376" spans="1:2">
       <c r="A1376" t="s">
         <v>1378</v>
       </c>
       <c r="B1376" t="s">
-        <v>2917</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="1377" spans="1:2">
       <c r="A1377" t="s">
         <v>1379</v>
       </c>
       <c r="B1377" t="s">
-        <v>2918</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="1378" spans="1:2">
       <c r="A1378" t="s">
         <v>1380</v>
       </c>
       <c r="B1378" t="s">
-        <v>2919</v>
+        <v>2925</v>
       </c>
     </row>
     <row r="1379" spans="1:2">
       <c r="A1379" t="s">
         <v>1381</v>
       </c>
       <c r="B1379" t="s">
-        <v>2920</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="1380" spans="1:2">
       <c r="A1380" t="s">
         <v>1382</v>
       </c>
       <c r="B1380" t="s">
-        <v>2921</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="1381" spans="1:2">
       <c r="A1381" t="s">
         <v>1383</v>
       </c>
       <c r="B1381" t="s">
-        <v>2922</v>
+        <v>2927</v>
       </c>
     </row>
     <row r="1382" spans="1:2">
       <c r="A1382" t="s">
         <v>1384</v>
       </c>
       <c r="B1382" t="s">
-        <v>2923</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="1383" spans="1:2">
       <c r="A1383" t="s">
         <v>1385</v>
       </c>
       <c r="B1383" t="s">
-        <v>2924</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="1384" spans="1:2">
       <c r="A1384" t="s">
         <v>1386</v>
       </c>
       <c r="B1384" t="s">
-        <v>2925</v>
+        <v>2930</v>
       </c>
     </row>
     <row r="1385" spans="1:2">
       <c r="A1385" t="s">
         <v>1387</v>
       </c>
       <c r="B1385" t="s">
-        <v>2926</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="1386" spans="1:2">
       <c r="A1386" t="s">
         <v>1388</v>
       </c>
       <c r="B1386" t="s">
-        <v>2927</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="1387" spans="1:2">
       <c r="A1387" t="s">
         <v>1389</v>
       </c>
       <c r="B1387" t="s">
-        <v>2928</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="1388" spans="1:2">
       <c r="A1388" t="s">
         <v>1390</v>
       </c>
       <c r="B1388" t="s">
-        <v>2929</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="1389" spans="1:2">
       <c r="A1389" t="s">
         <v>1391</v>
       </c>
       <c r="B1389" t="s">
-        <v>2930</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="1390" spans="1:2">
       <c r="A1390" t="s">
         <v>1392</v>
       </c>
       <c r="B1390" t="s">
-        <v>2931</v>
+        <v>2936</v>
       </c>
     </row>
     <row r="1391" spans="1:2">
       <c r="A1391" t="s">
         <v>1393</v>
       </c>
       <c r="B1391" t="s">
-        <v>1919</v>
+        <v>2937</v>
       </c>
     </row>
     <row r="1392" spans="1:2">
       <c r="A1392" t="s">
         <v>1394</v>
       </c>
       <c r="B1392" t="s">
-        <v>2932</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="1393" spans="1:2">
       <c r="A1393" t="s">
         <v>1395</v>
       </c>
       <c r="B1393" t="s">
-        <v>2933</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="1394" spans="1:2">
       <c r="A1394" t="s">
         <v>1396</v>
       </c>
       <c r="B1394" t="s">
-        <v>2934</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="1395" spans="1:2">
       <c r="A1395" t="s">
         <v>1397</v>
       </c>
       <c r="B1395" t="s">
-        <v>2935</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="1396" spans="1:2">
       <c r="A1396" t="s">
         <v>1398</v>
       </c>
       <c r="B1396" t="s">
-        <v>2936</v>
+        <v>2940</v>
       </c>
     </row>
     <row r="1397" spans="1:2">
       <c r="A1397" t="s">
         <v>1399</v>
       </c>
       <c r="B1397" t="s">
-        <v>2937</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="1398" spans="1:2">
       <c r="A1398" t="s">
         <v>1400</v>
       </c>
       <c r="B1398" t="s">
-        <v>2938</v>
+        <v>2942</v>
       </c>
     </row>
     <row r="1399" spans="1:2">
       <c r="A1399" t="s">
         <v>1401</v>
       </c>
       <c r="B1399" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="1400" spans="1:2">
       <c r="A1400" t="s">
         <v>1402</v>
       </c>
       <c r="B1400" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="1401" spans="1:2">
       <c r="A1401" t="s">
         <v>1403</v>
       </c>
       <c r="B1401" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="1402" spans="1:2">
       <c r="A1402" t="s">
         <v>1404</v>
       </c>
       <c r="B1402" t="s">
-        <v>2942</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="1403" spans="1:2">
       <c r="A1403" t="s">
         <v>1405</v>
       </c>
       <c r="B1403" t="s">
-        <v>2943</v>
+        <v>2946</v>
       </c>
     </row>
     <row r="1404" spans="1:2">
       <c r="A1404" t="s">
         <v>1406</v>
       </c>
       <c r="B1404" t="s">
-        <v>2944</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="1405" spans="1:2">
       <c r="A1405" t="s">
         <v>1407</v>
       </c>
       <c r="B1405" t="s">
-        <v>2945</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="1406" spans="1:2">
       <c r="A1406" t="s">
         <v>1408</v>
       </c>
       <c r="B1406" t="s">
-        <v>2946</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="1407" spans="1:2">
       <c r="A1407" t="s">
         <v>1409</v>
       </c>
       <c r="B1407" t="s">
-        <v>2947</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="1408" spans="1:2">
       <c r="A1408" t="s">
         <v>1410</v>
       </c>
       <c r="B1408" t="s">
-        <v>2948</v>
+        <v>2951</v>
       </c>
     </row>
     <row r="1409" spans="1:2">
       <c r="A1409" t="s">
         <v>1411</v>
       </c>
       <c r="B1409" t="s">
-        <v>2949</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="1410" spans="1:2">
       <c r="A1410" t="s">
         <v>1412</v>
       </c>
       <c r="B1410" t="s">
-        <v>2950</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="1411" spans="1:2">
       <c r="A1411" t="s">
         <v>1413</v>
       </c>
       <c r="B1411" t="s">
-        <v>2951</v>
+        <v>2954</v>
       </c>
     </row>
     <row r="1412" spans="1:2">
       <c r="A1412" t="s">
         <v>1414</v>
       </c>
       <c r="B1412" t="s">
-        <v>2952</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="1413" spans="1:2">
       <c r="A1413" t="s">
         <v>1415</v>
       </c>
       <c r="B1413" t="s">
-        <v>2953</v>
+        <v>2956</v>
       </c>
     </row>
     <row r="1414" spans="1:2">
       <c r="A1414" t="s">
         <v>1416</v>
       </c>
       <c r="B1414" t="s">
-        <v>2954</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="1415" spans="1:2">
       <c r="A1415" t="s">
         <v>1417</v>
       </c>
       <c r="B1415" t="s">
-        <v>2955</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="1416" spans="1:2">
       <c r="A1416" t="s">
         <v>1418</v>
       </c>
       <c r="B1416" t="s">
-        <v>2956</v>
+        <v>2959</v>
       </c>
     </row>
     <row r="1417" spans="1:2">
       <c r="A1417" t="s">
         <v>1419</v>
       </c>
       <c r="B1417" t="s">
-        <v>2957</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="1418" spans="1:2">
       <c r="A1418" t="s">
         <v>1420</v>
       </c>
       <c r="B1418" t="s">
-        <v>2685</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="1419" spans="1:2">
       <c r="A1419" t="s">
         <v>1421</v>
       </c>
       <c r="B1419" t="s">
-        <v>2514</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="1420" spans="1:2">
       <c r="A1420" t="s">
         <v>1422</v>
       </c>
       <c r="B1420" t="s">
-        <v>2958</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="1421" spans="1:2">
       <c r="A1421" t="s">
         <v>1423</v>
       </c>
       <c r="B1421" t="s">
-        <v>2959</v>
+        <v>2963</v>
       </c>
     </row>
     <row r="1422" spans="1:2">
       <c r="A1422" t="s">
         <v>1424</v>
       </c>
       <c r="B1422" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="1423" spans="1:2">
       <c r="A1423" t="s">
         <v>1425</v>
       </c>
       <c r="B1423" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="1424" spans="1:2">
       <c r="A1424" t="s">
         <v>1426</v>
       </c>
       <c r="B1424" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="1425" spans="1:2">
       <c r="A1425" t="s">
         <v>1427</v>
       </c>
       <c r="B1425" t="s">
-        <v>2963</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="1426" spans="1:2">
       <c r="A1426" t="s">
         <v>1428</v>
       </c>
       <c r="B1426" t="s">
-        <v>2964</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="1427" spans="1:2">
       <c r="A1427" t="s">
         <v>1429</v>
       </c>
       <c r="B1427" t="s">
-        <v>2965</v>
+        <v>2968</v>
       </c>
     </row>
     <row r="1428" spans="1:2">
       <c r="A1428" t="s">
         <v>1430</v>
       </c>
       <c r="B1428" t="s">
-        <v>2966</v>
+        <v>2969</v>
       </c>
     </row>
     <row r="1429" spans="1:2">
       <c r="A1429" t="s">
         <v>1431</v>
       </c>
       <c r="B1429" t="s">
-        <v>2967</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="1430" spans="1:2">
       <c r="A1430" t="s">
         <v>1432</v>
       </c>
       <c r="B1430" t="s">
-        <v>2968</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="1431" spans="1:2">
       <c r="A1431" t="s">
         <v>1433</v>
       </c>
       <c r="B1431" t="s">
-        <v>2969</v>
+        <v>2972</v>
       </c>
     </row>
     <row r="1432" spans="1:2">
       <c r="A1432" t="s">
         <v>1434</v>
       </c>
       <c r="B1432" t="s">
-        <v>2970</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="1433" spans="1:2">
       <c r="A1433" t="s">
         <v>1435</v>
       </c>
       <c r="B1433" t="s">
-        <v>2971</v>
+        <v>2974</v>
       </c>
     </row>
     <row r="1434" spans="1:2">
       <c r="A1434" t="s">
         <v>1436</v>
       </c>
       <c r="B1434" t="s">
-        <v>2972</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="1435" spans="1:2">
       <c r="A1435" t="s">
         <v>1437</v>
       </c>
       <c r="B1435" t="s">
-        <v>2973</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="1436" spans="1:2">
       <c r="A1436" t="s">
         <v>1438</v>
       </c>
       <c r="B1436" t="s">
-        <v>2974</v>
+        <v>2977</v>
       </c>
     </row>
     <row r="1437" spans="1:2">
       <c r="A1437" t="s">
         <v>1439</v>
       </c>
       <c r="B1437" t="s">
-        <v>2975</v>
+        <v>2978</v>
       </c>
     </row>
     <row r="1438" spans="1:2">
       <c r="A1438" t="s">
         <v>1440</v>
       </c>
       <c r="B1438" t="s">
-        <v>2976</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="1439" spans="1:2">
       <c r="A1439" t="s">
         <v>1441</v>
       </c>
       <c r="B1439" t="s">
-        <v>2787</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="1440" spans="1:2">
       <c r="A1440" t="s">
         <v>1442</v>
       </c>
       <c r="B1440" t="s">
-        <v>2977</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="1441" spans="1:2">
       <c r="A1441" t="s">
         <v>1443</v>
       </c>
       <c r="B1441" t="s">
-        <v>2978</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="1442" spans="1:2">
       <c r="A1442" t="s">
         <v>1444</v>
       </c>
       <c r="B1442" t="s">
-        <v>2979</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="1443" spans="1:2">
       <c r="A1443" t="s">
         <v>1445</v>
       </c>
       <c r="B1443" t="s">
-        <v>2016</v>
+        <v>2984</v>
       </c>
     </row>
     <row r="1444" spans="1:2">
       <c r="A1444" t="s">
         <v>1446</v>
       </c>
       <c r="B1444" t="s">
-        <v>2980</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="1445" spans="1:2">
       <c r="A1445" t="s">
         <v>1447</v>
       </c>
       <c r="B1445" t="s">
-        <v>2981</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="1446" spans="1:2">
       <c r="A1446" t="s">
         <v>1448</v>
       </c>
       <c r="B1446" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="1447" spans="1:2">
       <c r="A1447" t="s">
         <v>1449</v>
       </c>
       <c r="B1447" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
     </row>
     <row r="1448" spans="1:2">
       <c r="A1448" t="s">
         <v>1450</v>
       </c>
       <c r="B1448" t="s">
-        <v>2424</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="1449" spans="1:2">
       <c r="A1449" t="s">
         <v>1451</v>
       </c>
       <c r="B1449" t="s">
-        <v>2984</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="1450" spans="1:2">
       <c r="A1450" t="s">
         <v>1452</v>
       </c>
       <c r="B1450" t="s">
-        <v>2985</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="1451" spans="1:2">
       <c r="A1451" t="s">
         <v>1453</v>
       </c>
       <c r="B1451" t="s">
-        <v>1725</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="1452" spans="1:2">
       <c r="A1452" t="s">
         <v>1454</v>
       </c>
       <c r="B1452" t="s">
-        <v>2743</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="1453" spans="1:2">
       <c r="A1453" t="s">
         <v>1455</v>
       </c>
       <c r="B1453" t="s">
-        <v>2986</v>
+        <v>2992</v>
       </c>
     </row>
     <row r="1454" spans="1:2">
       <c r="A1454" t="s">
         <v>1456</v>
       </c>
       <c r="B1454" t="s">
-        <v>2987</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="1455" spans="1:2">
       <c r="A1455" t="s">
         <v>1457</v>
       </c>
       <c r="B1455" t="s">
-        <v>2107</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="1456" spans="1:2">
       <c r="A1456" t="s">
         <v>1458</v>
       </c>
       <c r="B1456" t="s">
-        <v>2988</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="1457" spans="1:2">
       <c r="A1457" t="s">
         <v>1459</v>
       </c>
       <c r="B1457" t="s">
-        <v>2989</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="1458" spans="1:2">
       <c r="A1458" t="s">
         <v>1460</v>
       </c>
       <c r="B1458" t="s">
-        <v>2310</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="1459" spans="1:2">
       <c r="A1459" t="s">
         <v>1461</v>
       </c>
       <c r="B1459" t="s">
-        <v>2990</v>
+        <v>2996</v>
       </c>
     </row>
     <row r="1460" spans="1:2">
       <c r="A1460" t="s">
         <v>1462</v>
       </c>
       <c r="B1460" t="s">
-        <v>2991</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="1461" spans="1:2">
       <c r="A1461" t="s">
         <v>1463</v>
       </c>
       <c r="B1461" t="s">
-        <v>2992</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="1462" spans="1:2">
       <c r="A1462" t="s">
         <v>1464</v>
       </c>
       <c r="B1462" t="s">
-        <v>2993</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="1463" spans="1:2">
       <c r="A1463" t="s">
         <v>1465</v>
       </c>
       <c r="B1463" t="s">
-        <v>2994</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="1464" spans="1:2">
       <c r="A1464" t="s">
         <v>1466</v>
       </c>
       <c r="B1464" t="s">
-        <v>2995</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1465" spans="1:2">
       <c r="A1465" t="s">
         <v>1467</v>
       </c>
       <c r="B1465" t="s">
-        <v>2996</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1466" spans="1:2">
       <c r="A1466" t="s">
         <v>1468</v>
       </c>
       <c r="B1466" t="s">
-        <v>2997</v>
+        <v>3001</v>
       </c>
     </row>
     <row r="1467" spans="1:2">
       <c r="A1467" t="s">
         <v>1469</v>
       </c>
       <c r="B1467" t="s">
-        <v>2998</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="1468" spans="1:2">
       <c r="A1468" t="s">
         <v>1470</v>
       </c>
       <c r="B1468" t="s">
-        <v>2999</v>
+        <v>3003</v>
       </c>
     </row>
     <row r="1469" spans="1:2">
       <c r="A1469" t="s">
         <v>1471</v>
       </c>
       <c r="B1469" t="s">
-        <v>3000</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="1470" spans="1:2">
       <c r="A1470" t="s">
         <v>1472</v>
       </c>
       <c r="B1470" t="s">
-        <v>3001</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="1471" spans="1:2">
       <c r="A1471" t="s">
         <v>1473</v>
       </c>
       <c r="B1471" t="s">
-        <v>3002</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="1472" spans="1:2">
       <c r="A1472" t="s">
         <v>1474</v>
       </c>
       <c r="B1472" t="s">
-        <v>3003</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="1473" spans="1:2">
       <c r="A1473" t="s">
         <v>1475</v>
       </c>
       <c r="B1473" t="s">
-        <v>2728</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="1474" spans="1:2">
       <c r="A1474" t="s">
         <v>1476</v>
       </c>
       <c r="B1474" t="s">
-        <v>2653</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="1475" spans="1:2">
       <c r="A1475" t="s">
         <v>1477</v>
       </c>
       <c r="B1475" t="s">
-        <v>3004</v>
+        <v>3009</v>
       </c>
     </row>
     <row r="1476" spans="1:2">
       <c r="A1476" t="s">
         <v>1478</v>
       </c>
       <c r="B1476" t="s">
-        <v>3005</v>
+        <v>3010</v>
       </c>
     </row>
     <row r="1477" spans="1:2">
       <c r="A1477" t="s">
         <v>1479</v>
       </c>
       <c r="B1477" t="s">
-        <v>3006</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="1478" spans="1:2">
       <c r="A1478" t="s">
         <v>1480</v>
       </c>
       <c r="B1478" t="s">
-        <v>3007</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="1479" spans="1:2">
       <c r="A1479" t="s">
         <v>1481</v>
       </c>
       <c r="B1479" t="s">
-        <v>3008</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="1480" spans="1:2">
       <c r="A1480" t="s">
         <v>1482</v>
       </c>
       <c r="B1480" t="s">
-        <v>3009</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="1481" spans="1:2">
       <c r="A1481" t="s">
         <v>1483</v>
       </c>
       <c r="B1481" t="s">
-        <v>3010</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="1482" spans="1:2">
       <c r="A1482" t="s">
         <v>1484</v>
       </c>
       <c r="B1482" t="s">
-        <v>3011</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="1483" spans="1:2">
       <c r="A1483" t="s">
         <v>1485</v>
       </c>
       <c r="B1483" t="s">
-        <v>3012</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="1484" spans="1:2">
       <c r="A1484" t="s">
         <v>1486</v>
       </c>
       <c r="B1484" t="s">
-        <v>3013</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="1485" spans="1:2">
       <c r="A1485" t="s">
         <v>1487</v>
       </c>
       <c r="B1485" t="s">
-        <v>3014</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="1486" spans="1:2">
       <c r="A1486" t="s">
         <v>1488</v>
       </c>
       <c r="B1486" t="s">
-        <v>3015</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="1487" spans="1:2">
       <c r="A1487" t="s">
         <v>1489</v>
       </c>
       <c r="B1487" t="s">
-        <v>3016</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="1488" spans="1:2">
       <c r="A1488" t="s">
         <v>1490</v>
       </c>
       <c r="B1488" t="s">
-        <v>3017</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="1489" spans="1:2">
       <c r="A1489" t="s">
         <v>1491</v>
       </c>
       <c r="B1489" t="s">
-        <v>3018</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="1490" spans="1:2">
       <c r="A1490" t="s">
         <v>1492</v>
       </c>
       <c r="B1490" t="s">
-        <v>3019</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="1491" spans="1:2">
       <c r="A1491" t="s">
         <v>1493</v>
       </c>
       <c r="B1491" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
     </row>
     <row r="1492" spans="1:2">
       <c r="A1492" t="s">
         <v>1494</v>
       </c>
       <c r="B1492" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="1493" spans="1:2">
       <c r="A1493" t="s">
         <v>1495</v>
       </c>
       <c r="B1493" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
     </row>
     <row r="1494" spans="1:2">
       <c r="A1494" t="s">
         <v>1496</v>
       </c>
       <c r="B1494" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="1495" spans="1:2">
       <c r="A1495" t="s">
         <v>1497</v>
       </c>
       <c r="B1495" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
     </row>
     <row r="1496" spans="1:2">
       <c r="A1496" t="s">
         <v>1498</v>
       </c>
       <c r="B1496" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="1497" spans="1:2">
       <c r="A1497" t="s">
         <v>1499</v>
       </c>
       <c r="B1497" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="1498" spans="1:2">
       <c r="A1498" t="s">
         <v>1500</v>
       </c>
       <c r="B1498" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="1499" spans="1:2">
       <c r="A1499" t="s">
         <v>1501</v>
       </c>
       <c r="B1499" t="s">
-        <v>3028</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="1500" spans="1:2">
       <c r="A1500" t="s">
         <v>1502</v>
       </c>
       <c r="B1500" t="s">
         <v>3029</v>
       </c>
     </row>
     <row r="1501" spans="1:2">
       <c r="A1501" t="s">
         <v>1503</v>
       </c>
       <c r="B1501" t="s">
-        <v>2973</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="1502" spans="1:2">
       <c r="A1502" t="s">
         <v>1504</v>
       </c>
       <c r="B1502" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
     </row>
     <row r="1503" spans="1:2">
       <c r="A1503" t="s">
         <v>1505</v>
       </c>
       <c r="B1503" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="1504" spans="1:2">
       <c r="A1504" t="s">
         <v>1506</v>
       </c>
       <c r="B1504" t="s">
-        <v>3032</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="1505" spans="1:2">
       <c r="A1505" t="s">
         <v>1507</v>
       </c>
       <c r="B1505" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="1506" spans="1:2">
       <c r="A1506" t="s">
         <v>1508</v>
       </c>
       <c r="B1506" t="s">
-        <v>3034</v>
+        <v>3035</v>
       </c>
     </row>
     <row r="1507" spans="1:2">
       <c r="A1507" t="s">
         <v>1509</v>
       </c>
       <c r="B1507" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="1508" spans="1:2">
       <c r="A1508" t="s">
         <v>1510</v>
       </c>
       <c r="B1508" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="1509" spans="1:2">
       <c r="A1509" t="s">
         <v>1511</v>
       </c>
       <c r="B1509" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="1510" spans="1:2">
       <c r="A1510" t="s">
         <v>1512</v>
       </c>
       <c r="B1510" t="s">
-        <v>3038</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="1511" spans="1:2">
       <c r="A1511" t="s">
         <v>1513</v>
       </c>
       <c r="B1511" t="s">
-        <v>2967</v>
+        <v>3039</v>
       </c>
     </row>
     <row r="1512" spans="1:2">
       <c r="A1512" t="s">
         <v>1514</v>
       </c>
       <c r="B1512" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="1513" spans="1:2">
       <c r="A1513" t="s">
         <v>1515</v>
       </c>
       <c r="B1513" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="1514" spans="1:2">
       <c r="A1514" t="s">
         <v>1516</v>
       </c>
       <c r="B1514" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="1515" spans="1:2">
       <c r="A1515" t="s">
         <v>1517</v>
       </c>
       <c r="B1515" t="s">
-        <v>3042</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="1516" spans="1:2">
       <c r="A1516" t="s">
         <v>1518</v>
       </c>
       <c r="B1516" t="s">
-        <v>3043</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="1517" spans="1:2">
       <c r="A1517" t="s">
         <v>1519</v>
       </c>
       <c r="B1517" t="s">
-        <v>3044</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="1518" spans="1:2">
       <c r="A1518" t="s">
         <v>1520</v>
       </c>
       <c r="B1518" t="s">
-        <v>3045</v>
+        <v>3044</v>
       </c>
     </row>
     <row r="1519" spans="1:2">
       <c r="A1519" t="s">
         <v>1521</v>
       </c>
       <c r="B1519" t="s">
-        <v>2726</v>
+        <v>3045</v>
       </c>
     </row>
     <row r="1520" spans="1:2">
       <c r="A1520" t="s">
         <v>1522</v>
       </c>
       <c r="B1520" t="s">
         <v>3046</v>
       </c>
     </row>
     <row r="1521" spans="1:2">
       <c r="A1521" t="s">
         <v>1523</v>
       </c>
       <c r="B1521" t="s">
         <v>3047</v>
       </c>
     </row>
     <row r="1522" spans="1:2">
       <c r="A1522" t="s">
         <v>1524</v>
       </c>
       <c r="B1522" t="s">
         <v>3048</v>
       </c>
@@ -22080,219 +22080,219 @@
       <c r="B1526" t="s">
         <v>3052</v>
       </c>
     </row>
     <row r="1527" spans="1:2">
       <c r="A1527" t="s">
         <v>1529</v>
       </c>
       <c r="B1527" t="s">
         <v>3053</v>
       </c>
     </row>
     <row r="1528" spans="1:2">
       <c r="A1528" t="s">
         <v>1530</v>
       </c>
       <c r="B1528" t="s">
         <v>3054</v>
       </c>
     </row>
     <row r="1529" spans="1:2">
       <c r="A1529" t="s">
         <v>1531</v>
       </c>
       <c r="B1529" t="s">
-        <v>3055</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="1530" spans="1:2">
       <c r="A1530" t="s">
         <v>1532</v>
       </c>
       <c r="B1530" t="s">
-        <v>3056</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="1531" spans="1:2">
       <c r="A1531" t="s">
         <v>1533</v>
       </c>
       <c r="B1531" t="s">
-        <v>3057</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="1532" spans="1:2">
       <c r="A1532" t="s">
         <v>1534</v>
       </c>
       <c r="B1532" t="s">
-        <v>3058</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="1533" spans="1:2">
       <c r="A1533" t="s">
         <v>1535</v>
       </c>
       <c r="B1533" t="s">
-        <v>3059</v>
+        <v>3058</v>
       </c>
     </row>
     <row r="1534" spans="1:2">
       <c r="A1534" t="s">
         <v>1536</v>
       </c>
       <c r="B1534" t="s">
-        <v>3060</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="1535" spans="1:2">
       <c r="A1535" t="s">
         <v>1537</v>
       </c>
       <c r="B1535" t="s">
-        <v>3061</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="1536" spans="1:2">
       <c r="A1536" t="s">
         <v>1538</v>
       </c>
       <c r="B1536" t="s">
-        <v>3062</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="1537" spans="1:2">
       <c r="A1537" t="s">
         <v>1539</v>
       </c>
       <c r="B1537" t="s">
-        <v>3063</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="1538" spans="1:2">
       <c r="A1538" t="s">
         <v>1540</v>
       </c>
       <c r="B1538" t="s">
-        <v>3064</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="1539" spans="1:2">
       <c r="A1539" t="s">
         <v>1541</v>
       </c>
       <c r="B1539" t="s">
-        <v>3065</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="1540" spans="1:2">
       <c r="A1540" t="s">
         <v>1542</v>
       </c>
       <c r="B1540" t="s">
-        <v>3066</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="1541" spans="1:2">
       <c r="A1541" t="s">
         <v>1543</v>
       </c>
       <c r="B1541" t="s">
-        <v>3067</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="1542" spans="1:2">
       <c r="A1542" t="s">
         <v>1544</v>
       </c>
       <c r="B1542" t="s">
-        <v>3068</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="1543" spans="1:2">
       <c r="A1543" t="s">
         <v>1545</v>
       </c>
       <c r="B1543" t="s">
-        <v>1658</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="1544" spans="1:2">
       <c r="A1544" t="s">
         <v>1546</v>
       </c>
       <c r="B1544" t="s">
-        <v>3069</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="1545" spans="1:2">
       <c r="A1545" t="s">
         <v>1547</v>
       </c>
       <c r="B1545" t="s">
-        <v>3070</v>
+        <v>3068</v>
       </c>
     </row>
     <row r="1546" spans="1:2">
       <c r="A1546" t="s">
         <v>1548</v>
       </c>
       <c r="B1546" t="s">
-        <v>3071</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="1547" spans="1:2">
       <c r="A1547" t="s">
         <v>1549</v>
       </c>
       <c r="B1547" t="s">
-        <v>3072</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="1548" spans="1:2">
       <c r="A1548" t="s">
         <v>1550</v>
       </c>
       <c r="B1548" t="s">
-        <v>2620</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="1549" spans="1:2">
       <c r="A1549" t="s">
         <v>1551</v>
       </c>
       <c r="B1549" t="s">
-        <v>3073</v>
+        <v>3072</v>
       </c>
     </row>
     <row r="1550" spans="1:2">
       <c r="A1550" t="s">
         <v>1552</v>
       </c>
       <c r="B1550" t="s">
-        <v>2827</v>
+        <v>3073</v>
       </c>
     </row>
     <row r="1551" spans="1:2">
       <c r="A1551" t="s">
         <v>1553</v>
       </c>
       <c r="B1551" t="s">
         <v>3074</v>
       </c>
     </row>
     <row r="1552" spans="1:2">
       <c r="A1552" t="s">
         <v>1554</v>
       </c>
       <c r="B1552" t="s">
         <v>3075</v>
       </c>
     </row>
     <row r="1553" spans="1:2">
       <c r="A1553" t="s">
         <v>1555</v>
       </c>
       <c r="B1553" t="s">
         <v>3076</v>
       </c>
@@ -22408,667 +22408,667 @@
       <c r="B1567" t="s">
         <v>3090</v>
       </c>
     </row>
     <row r="1568" spans="1:2">
       <c r="A1568" t="s">
         <v>1570</v>
       </c>
       <c r="B1568" t="s">
         <v>3091</v>
       </c>
     </row>
     <row r="1569" spans="1:2">
       <c r="A1569" t="s">
         <v>1571</v>
       </c>
       <c r="B1569" t="s">
         <v>3092</v>
       </c>
     </row>
     <row r="1570" spans="1:2">
       <c r="A1570" t="s">
         <v>1572</v>
       </c>
       <c r="B1570" t="s">
-        <v>3093</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="1571" spans="1:2">
       <c r="A1571" t="s">
         <v>1573</v>
       </c>
       <c r="B1571" t="s">
-        <v>3094</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="1572" spans="1:2">
       <c r="A1572" t="s">
         <v>1574</v>
       </c>
       <c r="B1572" t="s">
-        <v>3095</v>
+        <v>3094</v>
       </c>
     </row>
     <row r="1573" spans="1:2">
       <c r="A1573" t="s">
         <v>1575</v>
       </c>
       <c r="B1573" t="s">
-        <v>3096</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="1574" spans="1:2">
       <c r="A1574" t="s">
         <v>1576</v>
       </c>
       <c r="B1574" t="s">
-        <v>3097</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="1575" spans="1:2">
       <c r="A1575" t="s">
         <v>1577</v>
       </c>
       <c r="B1575" t="s">
-        <v>3098</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="1576" spans="1:2">
       <c r="A1576" t="s">
         <v>1578</v>
       </c>
       <c r="B1576" t="s">
-        <v>3099</v>
+        <v>3097</v>
       </c>
     </row>
     <row r="1577" spans="1:2">
       <c r="A1577" t="s">
         <v>1579</v>
       </c>
       <c r="B1577" t="s">
-        <v>3100</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="1578" spans="1:2">
       <c r="A1578" t="s">
         <v>1580</v>
       </c>
       <c r="B1578" t="s">
-        <v>3101</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="1579" spans="1:2">
       <c r="A1579" t="s">
         <v>1581</v>
       </c>
       <c r="B1579" t="s">
-        <v>3102</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="1580" spans="1:2">
       <c r="A1580" t="s">
         <v>1582</v>
       </c>
       <c r="B1580" t="s">
-        <v>3103</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="1581" spans="1:2">
       <c r="A1581" t="s">
         <v>1583</v>
       </c>
       <c r="B1581" t="s">
-        <v>3104</v>
+        <v>3101</v>
       </c>
     </row>
     <row r="1582" spans="1:2">
       <c r="A1582" t="s">
         <v>1584</v>
       </c>
       <c r="B1582" t="s">
-        <v>2994</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="1583" spans="1:2">
       <c r="A1583" t="s">
         <v>1585</v>
       </c>
       <c r="B1583" t="s">
-        <v>3105</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="1584" spans="1:2">
       <c r="A1584" t="s">
         <v>1586</v>
       </c>
       <c r="B1584" t="s">
-        <v>3106</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="1585" spans="1:2">
       <c r="A1585" t="s">
         <v>1587</v>
       </c>
       <c r="B1585" t="s">
-        <v>3107</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="1586" spans="1:2">
       <c r="A1586" t="s">
         <v>1588</v>
       </c>
       <c r="B1586" t="s">
-        <v>3108</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="1587" spans="1:2">
       <c r="A1587" t="s">
         <v>1589</v>
       </c>
       <c r="B1587" t="s">
-        <v>3109</v>
+        <v>3104</v>
       </c>
     </row>
     <row r="1588" spans="1:2">
       <c r="A1588" t="s">
         <v>1590</v>
       </c>
       <c r="B1588" t="s">
-        <v>3110</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="1589" spans="1:2">
       <c r="A1589" t="s">
         <v>1591</v>
       </c>
       <c r="B1589" t="s">
-        <v>2708</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="1590" spans="1:2">
       <c r="A1590" t="s">
         <v>1592</v>
       </c>
       <c r="B1590" t="s">
-        <v>3111</v>
+        <v>3107</v>
       </c>
     </row>
     <row r="1591" spans="1:2">
       <c r="A1591" t="s">
         <v>1593</v>
       </c>
       <c r="B1591" t="s">
-        <v>3112</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="1592" spans="1:2">
       <c r="A1592" t="s">
         <v>1594</v>
       </c>
       <c r="B1592" t="s">
-        <v>2932</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="1593" spans="1:2">
       <c r="A1593" t="s">
         <v>1595</v>
       </c>
       <c r="B1593" t="s">
-        <v>2468</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="1594" spans="1:2">
       <c r="A1594" t="s">
         <v>1596</v>
       </c>
       <c r="B1594" t="s">
-        <v>2544</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="1595" spans="1:2">
       <c r="A1595" t="s">
         <v>1597</v>
       </c>
       <c r="B1595" t="s">
-        <v>3113</v>
+        <v>3111</v>
       </c>
     </row>
     <row r="1596" spans="1:2">
       <c r="A1596" t="s">
         <v>1598</v>
       </c>
       <c r="B1596" t="s">
-        <v>3114</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="1597" spans="1:2">
       <c r="A1597" t="s">
         <v>1599</v>
       </c>
       <c r="B1597" t="s">
-        <v>3115</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="1598" spans="1:2">
       <c r="A1598" t="s">
         <v>1600</v>
       </c>
       <c r="B1598" t="s">
-        <v>3116</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="1599" spans="1:2">
       <c r="A1599" t="s">
         <v>1601</v>
       </c>
       <c r="B1599" t="s">
-        <v>3117</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="1600" spans="1:2">
       <c r="A1600" t="s">
         <v>1602</v>
       </c>
       <c r="B1600" t="s">
-        <v>3070</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="1601" spans="1:2">
       <c r="A1601" t="s">
         <v>1603</v>
       </c>
       <c r="B1601" t="s">
-        <v>3118</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="1602" spans="1:2">
       <c r="A1602" t="s">
         <v>1604</v>
       </c>
       <c r="B1602" t="s">
-        <v>3119</v>
+        <v>3117</v>
       </c>
     </row>
     <row r="1603" spans="1:2">
       <c r="A1603" t="s">
         <v>1605</v>
       </c>
       <c r="B1603" t="s">
-        <v>3120</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="1604" spans="1:2">
       <c r="A1604" t="s">
         <v>1606</v>
       </c>
       <c r="B1604" t="s">
-        <v>3121</v>
+        <v>3119</v>
       </c>
     </row>
     <row r="1605" spans="1:2">
       <c r="A1605" t="s">
         <v>1607</v>
       </c>
       <c r="B1605" t="s">
-        <v>3122</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="1606" spans="1:2">
       <c r="A1606" t="s">
         <v>1608</v>
       </c>
       <c r="B1606" t="s">
-        <v>1674</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="1607" spans="1:2">
       <c r="A1607" t="s">
         <v>1609</v>
       </c>
       <c r="B1607" t="s">
-        <v>3123</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="1608" spans="1:2">
       <c r="A1608" t="s">
         <v>1610</v>
       </c>
       <c r="B1608" t="s">
-        <v>2597</v>
+        <v>3122</v>
       </c>
     </row>
     <row r="1609" spans="1:2">
       <c r="A1609" t="s">
         <v>1611</v>
       </c>
       <c r="B1609" t="s">
-        <v>2060</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="1610" spans="1:2">
       <c r="A1610" t="s">
         <v>1612</v>
       </c>
       <c r="B1610" t="s">
         <v>3124</v>
       </c>
     </row>
     <row r="1611" spans="1:2">
       <c r="A1611" t="s">
         <v>1613</v>
       </c>
       <c r="B1611" t="s">
-        <v>3040</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="1612" spans="1:2">
       <c r="A1612" t="s">
         <v>1614</v>
       </c>
       <c r="B1612" t="s">
-        <v>3125</v>
+        <v>3126</v>
       </c>
     </row>
     <row r="1613" spans="1:2">
       <c r="A1613" t="s">
         <v>1615</v>
       </c>
       <c r="B1613" t="s">
-        <v>3126</v>
+        <v>3127</v>
       </c>
     </row>
     <row r="1614" spans="1:2">
       <c r="A1614" t="s">
         <v>1616</v>
       </c>
       <c r="B1614" t="s">
-        <v>3127</v>
+        <v>3128</v>
       </c>
     </row>
     <row r="1615" spans="1:2">
       <c r="A1615" t="s">
         <v>1617</v>
       </c>
       <c r="B1615" t="s">
-        <v>3128</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="1616" spans="1:2">
       <c r="A1616" t="s">
         <v>1618</v>
       </c>
       <c r="B1616" t="s">
-        <v>3129</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="1617" spans="1:2">
       <c r="A1617" t="s">
         <v>1619</v>
       </c>
       <c r="B1617" t="s">
-        <v>3130</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="1618" spans="1:2">
       <c r="A1618" t="s">
         <v>1620</v>
       </c>
       <c r="B1618" t="s">
-        <v>1798</v>
+        <v>3132</v>
       </c>
     </row>
     <row r="1619" spans="1:2">
       <c r="A1619" t="s">
         <v>1621</v>
       </c>
       <c r="B1619" t="s">
-        <v>3131</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="1620" spans="1:2">
       <c r="A1620" t="s">
         <v>1622</v>
       </c>
       <c r="B1620" t="s">
-        <v>3132</v>
+        <v>3134</v>
       </c>
     </row>
     <row r="1621" spans="1:2">
       <c r="A1621" t="s">
         <v>1623</v>
       </c>
       <c r="B1621" t="s">
-        <v>3133</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="1622" spans="1:2">
       <c r="A1622" t="s">
         <v>1624</v>
       </c>
       <c r="B1622" t="s">
-        <v>3134</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="1623" spans="1:2">
       <c r="A1623" t="s">
         <v>1625</v>
       </c>
       <c r="B1623" t="s">
-        <v>3135</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="1624" spans="1:2">
       <c r="A1624" t="s">
         <v>1626</v>
       </c>
       <c r="B1624" t="s">
         <v>3136</v>
       </c>
     </row>
     <row r="1625" spans="1:2">
       <c r="A1625" t="s">
         <v>1627</v>
       </c>
       <c r="B1625" t="s">
         <v>3137</v>
       </c>
     </row>
     <row r="1626" spans="1:2">
       <c r="A1626" t="s">
         <v>1628</v>
       </c>
       <c r="B1626" t="s">
         <v>3138</v>
       </c>
     </row>
     <row r="1627" spans="1:2">
       <c r="A1627" t="s">
         <v>1629</v>
       </c>
       <c r="B1627" t="s">
         <v>3139</v>
       </c>
     </row>
     <row r="1628" spans="1:2">
       <c r="A1628" t="s">
         <v>1630</v>
       </c>
       <c r="B1628" t="s">
-        <v>2569</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="1629" spans="1:2">
       <c r="A1629" t="s">
         <v>1631</v>
       </c>
       <c r="B1629" t="s">
         <v>3140</v>
       </c>
     </row>
     <row r="1630" spans="1:2">
       <c r="A1630" t="s">
         <v>1632</v>
       </c>
       <c r="B1630" t="s">
         <v>3141</v>
       </c>
     </row>
     <row r="1631" spans="1:2">
       <c r="A1631" t="s">
         <v>1633</v>
       </c>
       <c r="B1631" t="s">
         <v>3142</v>
       </c>
     </row>
     <row r="1632" spans="1:2">
       <c r="A1632" t="s">
         <v>1634</v>
       </c>
       <c r="B1632" t="s">
         <v>3143</v>
       </c>
     </row>
     <row r="1633" spans="1:2">
       <c r="A1633" t="s">
         <v>1635</v>
       </c>
       <c r="B1633" t="s">
         <v>3144</v>
       </c>
     </row>
     <row r="1634" spans="1:2">
       <c r="A1634" t="s">
         <v>1636</v>
       </c>
       <c r="B1634" t="s">
-        <v>3145</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="1635" spans="1:2">
       <c r="A1635" t="s">
         <v>1637</v>
       </c>
       <c r="B1635" t="s">
-        <v>3146</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="1636" spans="1:2">
       <c r="A1636" t="s">
         <v>1638</v>
       </c>
       <c r="B1636" t="s">
-        <v>1786</v>
+        <v>3146</v>
       </c>
     </row>
     <row r="1637" spans="1:2">
       <c r="A1637" t="s">
         <v>1639</v>
       </c>
       <c r="B1637" t="s">
-        <v>3147</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="1638" spans="1:2">
       <c r="A1638" t="s">
         <v>1640</v>
       </c>
       <c r="B1638" t="s">
-        <v>2580</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="1639" spans="1:2">
       <c r="A1639" t="s">
         <v>1641</v>
       </c>
       <c r="B1639" t="s">
-        <v>3148</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="1640" spans="1:2">
       <c r="A1640" t="s">
         <v>1642</v>
       </c>
       <c r="B1640" t="s">
-        <v>3149</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="1641" spans="1:2">
       <c r="A1641" t="s">
         <v>1643</v>
       </c>
       <c r="B1641" t="s">
-        <v>3150</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="1642" spans="1:2">
       <c r="A1642" t="s">
         <v>1644</v>
       </c>
       <c r="B1642" t="s">
-        <v>3063</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="1643" spans="1:2">
       <c r="A1643" t="s">
         <v>1645</v>
       </c>
       <c r="B1643" t="s">
-        <v>3151</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="1644" spans="1:2">
       <c r="A1644" t="s">
         <v>1646</v>
       </c>
       <c r="B1644" t="s">
-        <v>3152</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="1645" spans="1:2">
       <c r="A1645" t="s">
         <v>1647</v>
       </c>
       <c r="B1645" t="s">
-        <v>2768</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="1646" spans="1:2">
       <c r="A1646" t="s">
         <v>1648</v>
       </c>
       <c r="B1646" t="s">
-        <v>3153</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="1647" spans="1:2">
       <c r="A1647" t="s">
         <v>1649</v>
       </c>
       <c r="B1647" t="s">
-        <v>1807</v>
+        <v>3153</v>
       </c>
     </row>
     <row r="1648" spans="1:2">
       <c r="A1648" t="s">
         <v>1650</v>
       </c>
       <c r="B1648" t="s">
         <v>3154</v>
       </c>
     </row>
     <row r="1649" spans="1:2">
       <c r="A1649" t="s">
         <v>1651</v>
       </c>
       <c r="B1649" t="s">
         <v>3155</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">