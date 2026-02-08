--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -24,13302 +24,13302 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4425" uniqueCount="4422">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3114106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127175</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127205</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114580</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3114809</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3114519</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3114690</t>
+    <t>https://linkedopendata.eu/entity/Q3114886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127129</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3114505</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3114608</t>
-[...11 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3114106</t>
+    <t>https://linkedopendata.eu/entity/Q3126532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127207</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126979</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3114547</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3127115</t>
-[...23 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3058521</t>
+    <t>https://linkedopendata.eu/entity/Q3114767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127368</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360148</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127132</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127064</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114462</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127180</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127189</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127190</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127051</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127198</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127154</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127052</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127173</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4317353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4317354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114799</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3114392</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3126754</t>
-[...29 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3127333</t>
+    <t>https://linkedopendata.eu/entity/Q3064528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127162</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127130</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127128</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127135</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127150</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114140</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127211</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127185</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127209</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127166</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127120</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127169</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127113</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127182</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127137</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126517</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3126698</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3114041</t>
-[...107 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3058536</t>
+    <t>https://linkedopendata.eu/entity/Q3064772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127084</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127214</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127171</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4395376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4395363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127146</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127187</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127213</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127080</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127160</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126863</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3126985</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3114550</t>
-[...209 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3114421</t>
+    <t>https://linkedopendata.eu/entity/Q3126781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114240</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3127382</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3126597</t>
-[...3266 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3126828</t>
+    <t>https://linkedopendata.eu/entity/Q3114534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114511</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3064630</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3127088</t>
-[...1286 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3127359</t>
+    <t>https://linkedopendata.eu/entity/Q3114578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127161</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3114825</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3126847</t>
-[...1475 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3126557</t>
+    <t>https://linkedopendata.eu/entity/Q3126508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064654</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3064435</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3114614</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3114888</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3114654</t>
-[...74 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3064654</t>
+    <t>https://linkedopendata.eu/entity/Q3126902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126606</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3114664</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3126997</t>
-[...19 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q3114785</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3126554</t>
-[...20 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3126656</t>
+    <t>RA AND SONS MFG LTD</t>
+  </si>
+  <si>
+    <t>QPM LIMITED</t>
+  </si>
+  <si>
+    <t>I.M. Grech Company Ltd</t>
+  </si>
+  <si>
+    <t>KURT CUSCHIERI</t>
+  </si>
+  <si>
+    <t>The Kitchen Invasion Ltd</t>
+  </si>
+  <si>
+    <t>TESTAFERRATA BONICI LTD</t>
+  </si>
+  <si>
+    <t>ERREMME BUSINESS ADVISORS LTD</t>
+  </si>
+  <si>
+    <t>MARY XICLUNA</t>
+  </si>
+  <si>
+    <t>JOSEPH VELLA</t>
+  </si>
+  <si>
+    <t>TIME INTERNATIONAL (SPORT) LTD</t>
+  </si>
+  <si>
+    <t>DAVINCI HEALTHCARE LTD</t>
+  </si>
+  <si>
+    <t>Ministry for National Heritage, the Arts and Local Government</t>
+  </si>
+  <si>
+    <t>RAISA ABELA</t>
+  </si>
+  <si>
+    <t>Din l'Art Helwa</t>
+  </si>
+  <si>
+    <t>RAPHAEL DEGABRIELE</t>
+  </si>
+  <si>
+    <t>BORG FRANCESCA</t>
+  </si>
+  <si>
+    <t>V.BIGENI CO.LTD.</t>
+  </si>
+  <si>
+    <t>KEY PROPERTY ESTATES</t>
+  </si>
+  <si>
+    <t>M &amp; R XERRI LIMITED</t>
+  </si>
+  <si>
+    <t>La Valletta Manufatcuring Ltd</t>
+  </si>
+  <si>
+    <t>MANUEL CUTAJAR</t>
+  </si>
+  <si>
+    <t>Sirens Sports Facilities Ltd</t>
+  </si>
+  <si>
+    <t>JOSETTE ZERAFA</t>
+  </si>
+  <si>
+    <t>Altern Ltd.</t>
+  </si>
+  <si>
+    <t>NEVILLE GALEA</t>
+  </si>
+  <si>
+    <t>Delimara Bay Hotel Ltd</t>
+  </si>
+  <si>
+    <t>CARABELLA COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>GOZO GLASS LTD.</t>
+  </si>
+  <si>
+    <t>JTI CO LTD</t>
+  </si>
+  <si>
+    <t>BPC INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>GERA LTD</t>
+  </si>
+  <si>
+    <t>AURIGA ASSET MANAGEMENT LTD</t>
+  </si>
+  <si>
+    <t>Ministry for Social Policy and Children’s Rights</t>
+  </si>
+  <si>
+    <t>SINCLAIR PORTELLI</t>
+  </si>
+  <si>
+    <t>THERMOPLASTICS LTD</t>
+  </si>
+  <si>
+    <t>GABRIEL LUKE ZAMMIT</t>
+  </si>
+  <si>
+    <t>CHANTELLE MUSCAT</t>
+  </si>
+  <si>
+    <t>MARY ANN ZAMMIT</t>
+  </si>
+  <si>
+    <t>K9 ENTERPRISES LIMITED</t>
+  </si>
+  <si>
+    <t>SMART EFFECTS LIMITED</t>
+  </si>
+  <si>
+    <t>CHARICHELON CO. LTD</t>
+  </si>
+  <si>
+    <t>GALEA DARREN JAMES</t>
+  </si>
+  <si>
+    <t>BORG ALUMINIUM LIMITED</t>
+  </si>
+  <si>
+    <t>SERVIZI MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>JAGUAR INDUSTRI LIMITED</t>
+  </si>
+  <si>
+    <t>ABELA MARK</t>
+  </si>
+  <si>
+    <t>CARUANA DENISE</t>
+  </si>
+  <si>
+    <t>THOMAS XERRI</t>
+  </si>
+  <si>
+    <t>SECURITY SERVICE MALTA LTD.</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER GAUCI</t>
+  </si>
+  <si>
+    <t>SASCO LTD</t>
+  </si>
+  <si>
+    <t>SHAWN BORG</t>
+  </si>
+  <si>
+    <t>FRANCIS FARRUGIA</t>
+  </si>
+  <si>
+    <t>IDEA MANAGEMENT CONSULTING SERVICES LTD</t>
+  </si>
+  <si>
+    <t>MELITA LTD.</t>
+  </si>
+  <si>
+    <t>JP PHARMA OPERATIONS</t>
+  </si>
+  <si>
+    <t>WOMEN FOR WOMEN FOUNDATION</t>
+  </si>
+  <si>
+    <t>ANNALISA DEBONO</t>
+  </si>
+  <si>
+    <t>Kelis Rayel Company Ltd</t>
+  </si>
+  <si>
+    <t>GOLD LION HOLDING CO.LTD</t>
+  </si>
+  <si>
+    <t>TJ NOVELTY</t>
+  </si>
+  <si>
+    <t>Culinary Arts Ltd</t>
+  </si>
+  <si>
+    <t>MANGION NICHOLAS</t>
   </si>
   <si>
     <t>BUHAGIAR SVETLANA</t>
   </si>
   <si>
-    <t>QPM LIMITED</t>
-[...2 lines deleted...]
-    <t>SASCO LTD</t>
+    <t>GERMAN LOUISE</t>
+  </si>
+  <si>
+    <t>EMANUEL SCICLUNA</t>
+  </si>
+  <si>
+    <t>Infrastructure Malta</t>
+  </si>
+  <si>
+    <t>356 Catering Ltd</t>
+  </si>
+  <si>
+    <t>INSPIRE-THE EDEN AND RAZZETT FOUNDATION</t>
+  </si>
+  <si>
+    <t>PV Developments Ltd</t>
+  </si>
+  <si>
+    <t>A.A.K. GRECH BROS LTD</t>
+  </si>
+  <si>
+    <t>MEZZAN BAKERY LIMITED</t>
+  </si>
+  <si>
+    <t>Sterling Designs Ltd</t>
+  </si>
+  <si>
+    <t>MAPFRE MIDDLESEA P.L.C.</t>
+  </si>
+  <si>
+    <t>NSI LTD</t>
+  </si>
+  <si>
+    <t>FXDD MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>S &amp; R (HANDAQ) LIMITED</t>
+  </si>
+  <si>
+    <t>MCONCEPTS LIMITED</t>
+  </si>
+  <si>
+    <t>IMOVO LIMITED</t>
+  </si>
+  <si>
+    <t>MGC DISTRIBUTORS LTD</t>
+  </si>
+  <si>
+    <t>MKG Ltd</t>
+  </si>
+  <si>
+    <t>DOWDALL SPN LIMITED</t>
+  </si>
+  <si>
+    <t>Housing Authority</t>
+  </si>
+  <si>
+    <t>ZAMBORG ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>J. &amp; A. BONNICI LTD.</t>
+  </si>
+  <si>
+    <t>Mark Carabott</t>
+  </si>
+  <si>
+    <t>ALLEYBE TRUSTEES MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>F (ADVERTISING) LTD.</t>
+  </si>
+  <si>
+    <t>Ministry for Transport, Infrastructure and Capital Projects</t>
+  </si>
+  <si>
+    <t>CROWD NET LTD</t>
+  </si>
+  <si>
+    <t>XG Glass Ltd.</t>
+  </si>
+  <si>
+    <t>PC OPTIONS LIMITED</t>
+  </si>
+  <si>
+    <t>The Anglican Church in Malta &amp; Gozo</t>
+  </si>
+  <si>
+    <t>Scholarships Unit - Ministry for Education, Sport, Youth, Research, and Innovation</t>
+  </si>
+  <si>
+    <t>RANGER LIMITED</t>
+  </si>
+  <si>
+    <t>MARGARET ROSE ELLUL</t>
+  </si>
+  <si>
+    <t>MAGIC STEPS CHILDCARE</t>
+  </si>
+  <si>
+    <t>MAXI-QUARTZ SPL LIMITED</t>
+  </si>
+  <si>
+    <t>FOUNDATION FOR RESPITE CARESERVICES</t>
+  </si>
+  <si>
+    <t>Executive Aviation Malta Ltd</t>
+  </si>
+  <si>
+    <t>GRECH SONIA</t>
+  </si>
+  <si>
+    <t>ADITUS</t>
+  </si>
+  <si>
+    <t>ANTONELLA CALLEJA</t>
+  </si>
+  <si>
+    <t>MANISCALCO CARMEL</t>
+  </si>
+  <si>
+    <t>The Padlock Company Ltd</t>
+  </si>
+  <si>
+    <t>PEPPI GAUCI</t>
+  </si>
+  <si>
+    <t>JOSEPH SPITERI</t>
+  </si>
+  <si>
+    <t>PIERRE BUGEJA</t>
+  </si>
+  <si>
+    <t>JAMES XUEREB</t>
+  </si>
+  <si>
+    <t>MEDIEVAL ART LTD</t>
+  </si>
+  <si>
+    <t>JESMOND FRIGGIERI</t>
+  </si>
+  <si>
+    <t>Fractures Lab Ltd</t>
+  </si>
+  <si>
+    <t>Jay Kay Investments Ltd</t>
+  </si>
+  <si>
+    <t>MARCO VERONESI</t>
+  </si>
+  <si>
+    <t>INSPECTORATE MALTA LTD</t>
+  </si>
+  <si>
+    <t>DATATECH CONSULTING LIMITED</t>
+  </si>
+  <si>
+    <t>JUSTIN CINI</t>
+  </si>
+  <si>
+    <t>WHITE NOISE GAMING LIMITED</t>
+  </si>
+  <si>
+    <t>U-STORE LTD</t>
+  </si>
+  <si>
+    <t>MATTHEW COCKS</t>
+  </si>
+  <si>
+    <t>PRM LIMITED</t>
+  </si>
+  <si>
+    <t>SMARKETS (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>CARUANA PAUL THOMAS</t>
+  </si>
+  <si>
+    <t>THE MALTA HOSPICE MOVEMENT</t>
+  </si>
+  <si>
+    <t>WDM INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>ALVOGEN MALTA OPERATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>ACTIVE ASSISTANCE SERVICES LTD</t>
   </si>
   <si>
     <t>BALZAN CLAYTON</t>
   </si>
   <si>
-    <t>KEY PROPERTY ESTATES</t>
-[...11 lines deleted...]
-    <t>RA AND SONS MFG LTD</t>
+    <t>MERIT MALTA LTD</t>
+  </si>
+  <si>
+    <t>LETTUCE BITE SERVICES LTD</t>
+  </si>
+  <si>
+    <t>M&amp;L REFALO LTD</t>
+  </si>
+  <si>
+    <t>MARIA ABDILLA PACE</t>
+  </si>
+  <si>
+    <t>EXCEL COMINO CRUISES LTD</t>
+  </si>
+  <si>
+    <t>Pro.Motion Limited</t>
+  </si>
+  <si>
+    <t>J.F. SECURITY &amp; CONSULTANCY SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>MONZON LUIS ALEJANDRO</t>
+  </si>
+  <si>
+    <t>INSPECTRA LIMITED</t>
+  </si>
+  <si>
+    <t>VIVENDO RETAIL LTD</t>
+  </si>
+  <si>
+    <t>REALCO LEASING LTD</t>
+  </si>
+  <si>
+    <t>George Farrugia  &amp; Sons Ltd</t>
+  </si>
+  <si>
+    <t>RAYMOND GRECH</t>
+  </si>
+  <si>
+    <t>ANTHONY FERRIGGI</t>
+  </si>
+  <si>
+    <t>BRIAN REFALO</t>
+  </si>
+  <si>
+    <t>B.T. COMMERCIAL LIMITED</t>
+  </si>
+  <si>
+    <t>DAR TAL-PROVIDENZA</t>
+  </si>
+  <si>
+    <t>MUSCAT JESSICA</t>
+  </si>
+  <si>
+    <t>GREEN SKIP SERVICES LTD</t>
+  </si>
+  <si>
+    <t>MEGABYTE LIMITED</t>
+  </si>
+  <si>
+    <t>SPARKASSE BANK MALTA PLC</t>
+  </si>
+  <si>
+    <t>CINI KYLIE</t>
+  </si>
+  <si>
+    <t>Class Optical Ltd</t>
+  </si>
+  <si>
+    <t>FENECH &amp; FENECH MARINE SERVICES LTD</t>
+  </si>
+  <si>
+    <t>COMFUR (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>COMPLETE MOTORS LTD.</t>
+  </si>
+  <si>
+    <t>JOSEPH THEUMA</t>
+  </si>
+  <si>
+    <t>REFALO CLAIRE HELEN</t>
+  </si>
+  <si>
+    <t>LDP LTD</t>
+  </si>
+  <si>
+    <t>ARENA LUANA</t>
+  </si>
+  <si>
+    <t>CLYDE BURLO</t>
+  </si>
+  <si>
+    <t>SUPERMARKETS (1960) LTD</t>
+  </si>
+  <si>
+    <t>PROMINENT FLUID CONTROLS LTD</t>
+  </si>
+  <si>
+    <t>SILVIO GALEA</t>
+  </si>
+  <si>
+    <t>bBrave</t>
+  </si>
+  <si>
+    <t>Caruana &amp; Cini Co. Ltd</t>
+  </si>
+  <si>
+    <t>JOSIES BATHROOM CENTRE LIMITED</t>
+  </si>
+  <si>
+    <t>OZO GROUP OF COMPANIES LTD</t>
+  </si>
+  <si>
+    <t>ANCHOVY STUDIOS PLC</t>
+  </si>
+  <si>
+    <t>MEKANIKA LIMITED</t>
+  </si>
+  <si>
+    <t>LORRAINE SPITERI</t>
+  </si>
+  <si>
+    <t>K&amp;E company Limited</t>
+  </si>
+  <si>
+    <t>KRIST-SOUTH TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>CURMI &amp; PARTNERSLTD</t>
+  </si>
+  <si>
+    <t>MERCURY CONTRACTING PROJECTS LTD</t>
+  </si>
+  <si>
+    <t>ALOISIO ALESSANDRO</t>
+  </si>
+  <si>
+    <t>WALTER MICHAEL FARRUGIA</t>
+  </si>
+  <si>
+    <t>WVB CONNECT LTD</t>
+  </si>
+  <si>
+    <t>BORG MARKETING COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>SD Group Ltd</t>
+  </si>
+  <si>
+    <t>MANAGING CONSULT SERVICES INDUSTRY LTD</t>
+  </si>
+  <si>
+    <t>SIRAP LIMITED</t>
+  </si>
+  <si>
+    <t>MARK ALAMANGO</t>
+  </si>
+  <si>
+    <t>JOE BORG</t>
+  </si>
+  <si>
+    <t>Malta Industrial Parks Ltd</t>
+  </si>
+  <si>
+    <t>JG ZAMMIT COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>FTIAS LTD</t>
+  </si>
+  <si>
+    <t>GALEA NEVILLE</t>
+  </si>
+  <si>
+    <t>RS2 SOFTWARE P.L.C.</t>
+  </si>
+  <si>
+    <t>UNIVERSAL IMPORT AND EXPORT LIMITED</t>
+  </si>
+  <si>
+    <t>JOSEPHINE MANGION</t>
+  </si>
+  <si>
+    <t>MUSCATS MOTORS LTD</t>
+  </si>
+  <si>
+    <t>VASSALLO CLAIRE</t>
+  </si>
+  <si>
+    <t>Barbara Farrugia</t>
+  </si>
+  <si>
+    <t>FARRUGIA THOMAS</t>
+  </si>
+  <si>
+    <t>PET NUTRITION HOUSE LTD.</t>
+  </si>
+  <si>
+    <t>FARRUGIA ANDREI</t>
+  </si>
+  <si>
+    <t>B.R.E. LIMITED</t>
+  </si>
+  <si>
+    <t>OWL SERVICES LTD</t>
+  </si>
+  <si>
+    <t>INTEGRATED TALENT VENTURES LIMITED</t>
+  </si>
+  <si>
+    <t>Clinica Medica Ltd</t>
+  </si>
+  <si>
+    <t>Noel Vella</t>
+  </si>
+  <si>
+    <t>FRENDO ADVISORY LIMITED</t>
+  </si>
+  <si>
+    <t>COMINOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>AP VALLETTA LIMITED</t>
+  </si>
+  <si>
+    <t>BONNICI KENNETH</t>
+  </si>
+  <si>
+    <t>F.X.BORG FURNITURE LIMITED</t>
+  </si>
+  <si>
+    <t>Signature Estates Ltd</t>
+  </si>
+  <si>
+    <t>AX CONSTRUCTION LTD</t>
+  </si>
+  <si>
+    <t>G &amp; A CONSTRUCTION LTD.</t>
+  </si>
+  <si>
+    <t>SAMMUT KEVIN</t>
+  </si>
+  <si>
+    <t>JAMES VELLA</t>
+  </si>
+  <si>
+    <t>EXECUTIVE SECURITY SERVICES LTD</t>
+  </si>
+  <si>
+    <t>HOTEL VALENTINA LTD</t>
+  </si>
+  <si>
+    <t>PHARMA.MT</t>
+  </si>
+  <si>
+    <t>MASTER ENTERPRISE COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>Malta Communication Authority</t>
+  </si>
+  <si>
+    <t>DENISE MARIE AZZOPARDI</t>
+  </si>
+  <si>
+    <t>TAL-LIRA LIMITED</t>
+  </si>
+  <si>
+    <t>CHARLES ATTARD</t>
+  </si>
+  <si>
+    <t>VELLA BENCINI ILONA</t>
+  </si>
+  <si>
+    <t>Mellieha Local Council</t>
+  </si>
+  <si>
+    <t>MOTORS INC. LTD</t>
+  </si>
+  <si>
+    <t>P. CUTAJAR &amp; CO LTD</t>
+  </si>
+  <si>
+    <t>Humanitas Foundation</t>
+  </si>
+  <si>
+    <t>Stella Rossa Fisheries Ltd</t>
+  </si>
+  <si>
+    <t>TRANSIENT LIMITED</t>
+  </si>
+  <si>
+    <t>ALCA PROPERTIES LTD.</t>
+  </si>
+  <si>
+    <t>Aromahub Limited</t>
+  </si>
+  <si>
+    <t>BRND WGN CO LTD</t>
+  </si>
+  <si>
+    <t>SICA TRADING LTD</t>
+  </si>
+  <si>
+    <t>DKV &amp; CO. LIMITED</t>
+  </si>
+  <si>
+    <t>BACCHUS CO LTD</t>
+  </si>
+  <si>
+    <t>MUSCAT LEONARD</t>
+  </si>
+  <si>
+    <t>RELINDE DOYLE</t>
+  </si>
+  <si>
+    <t>EMILIO BILOCCA</t>
+  </si>
+  <si>
+    <t>JEREMY BORG GRECH</t>
+  </si>
+  <si>
+    <t>RESTAURANTS INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>ZARATTINI INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>CHANELLE DIMECH MORAN</t>
+  </si>
+  <si>
+    <t>SPINOLA DEVELOPMENT CO. LTD</t>
+  </si>
+  <si>
+    <t>SHUBERG 'C' LIMITED</t>
+  </si>
+  <si>
+    <t>DRIFTER CAR RENTALS CO. LTD</t>
+  </si>
+  <si>
+    <t>GREENS SUPERMARKET (GOZO) LIMITED</t>
+  </si>
+  <si>
+    <t>ANGELA CLAIRE LOUISE HIGGINBOTHAM</t>
+  </si>
+  <si>
+    <t>DORMAX PRESS CO. LTD.</t>
+  </si>
+  <si>
+    <t>EBEJER ARTHUR VICTOR</t>
+  </si>
+  <si>
+    <t>SERGIO ZAMPA</t>
+  </si>
+  <si>
+    <t>Harbour Solutions Ltd</t>
+  </si>
+  <si>
+    <t>MJA Ltd</t>
+  </si>
+  <si>
+    <t>DANIEL REFALO</t>
+  </si>
+  <si>
+    <t>RAYMOND AXIAQ</t>
+  </si>
+  <si>
+    <t>ZENITH FINANCE LIMITED</t>
+  </si>
+  <si>
+    <t>IDROPLAST MANUFACTURING LTD</t>
   </si>
   <si>
     <t>GCS RECRUITMENT MALTA LIMITED</t>
   </si>
   <si>
-    <t>TESTAFERRATA BONICI LTD</t>
-[...23 lines deleted...]
-    <t>Din l'Art Helwa</t>
+    <t>QIC GLOBAL SERVICES LIMITED (MALTA BRANC</t>
+  </si>
+  <si>
+    <t>AX HOLDINGS LIMITED</t>
+  </si>
+  <si>
+    <t>BARBAROSSA EXCURSIONS LTD</t>
+  </si>
+  <si>
+    <t>BRENDAN CEFAI</t>
+  </si>
+  <si>
+    <t>MATTHEW GATT</t>
+  </si>
+  <si>
+    <t>STEPHANIE SPITERI</t>
+  </si>
+  <si>
+    <t>COLEIRO GENERAL SALES LTD</t>
+  </si>
+  <si>
+    <t>JOHN &amp; ROBERT GALEA</t>
+  </si>
+  <si>
+    <t>ELAINE BEZZINA</t>
+  </si>
+  <si>
+    <t>FREMOND LIMITED</t>
+  </si>
+  <si>
+    <t>Magnesteel Heating Systems Ltd</t>
+  </si>
+  <si>
+    <t>P &amp; A CONSTRUCTION LIMITED</t>
+  </si>
+  <si>
+    <t>TRELLEBORG SEALING SOLUTIONS MALTA LTD</t>
+  </si>
+  <si>
+    <t>SAFCO RESOURCES LTD</t>
+  </si>
+  <si>
+    <t>NECTAR LTD</t>
+  </si>
+  <si>
+    <t>RODERICK ZAMMIT PACE</t>
+  </si>
+  <si>
+    <t>MIFSUD RUTH</t>
+  </si>
+  <si>
+    <t>ANGELO GIUSEPPE DANILO D'ARRIGO</t>
+  </si>
+  <si>
+    <t>BORG KIERAN-LEE</t>
+  </si>
+  <si>
+    <t>ARGUS INSURANCE AGENCIES LTD</t>
+  </si>
+  <si>
+    <t>Josefa Manufacturing Ltd</t>
+  </si>
+  <si>
+    <t>Paul Zammit Ltd</t>
+  </si>
+  <si>
+    <t>GEORGE FARRUGIA &amp; SONS LIMITED</t>
+  </si>
+  <si>
+    <t>TA' CELEST</t>
+  </si>
+  <si>
+    <t>SBH Limited</t>
+  </si>
+  <si>
+    <t>JOHN AZZOPARDI</t>
+  </si>
+  <si>
+    <t>ELIA BORG BONACI LTD</t>
+  </si>
+  <si>
+    <t>BLUEFORT LIMITED</t>
+  </si>
+  <si>
+    <t>FREEDOR  LTD</t>
+  </si>
+  <si>
+    <t>MATHIEU GROUP LTD</t>
+  </si>
+  <si>
+    <t>UDS LIMITED</t>
+  </si>
+  <si>
+    <t>ALEXIA KING</t>
+  </si>
+  <si>
+    <t>ANGELA MALLIA DE LEONARDO</t>
+  </si>
+  <si>
+    <t>KPMG CRIMSONWING (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>CHRISTABELLE SPITERI</t>
+  </si>
+  <si>
+    <t>NOVAUTILUS LIMITED</t>
+  </si>
+  <si>
+    <t>G A SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>Mary Ann Galea Calleja</t>
+  </si>
+  <si>
+    <t>MALTA DAIRY PRODUCTS</t>
+  </si>
+  <si>
+    <t>CREMONA MARY</t>
+  </si>
+  <si>
+    <t>MR GREEN LTD</t>
+  </si>
+  <si>
+    <t>SAMMUT &amp; ASSOCIATES COMPANY LTD</t>
+  </si>
+  <si>
+    <t>KHIRON SECURITY LTD.</t>
+  </si>
+  <si>
+    <t>ILLONA ZAMMIT</t>
+  </si>
+  <si>
+    <t>SPITERI MANDY</t>
+  </si>
+  <si>
+    <t>BAS LTD</t>
+  </si>
+  <si>
+    <t>BANK OF VALLETTA PLC</t>
+  </si>
+  <si>
+    <t>JOSEPH CARUANA</t>
+  </si>
+  <si>
+    <t>VANESSA TANTI</t>
+  </si>
+  <si>
+    <t>MARIE CLAIRE LOMBARDI</t>
+  </si>
+  <si>
+    <t>IMANAGE LTD</t>
+  </si>
+  <si>
+    <t>The Catering Centre Ltd</t>
+  </si>
+  <si>
+    <t>MILLER DISTRIBUTORS LIMITED</t>
+  </si>
+  <si>
+    <t>BORG LAURAN-LYNN</t>
+  </si>
+  <si>
+    <t>BORG JAMES</t>
+  </si>
+  <si>
+    <t>P.Cutajar &amp; Co. Ltd</t>
+  </si>
+  <si>
+    <t>MATTHEW AZZOPARDI</t>
+  </si>
+  <si>
+    <t>EVOLVE LTD</t>
+  </si>
+  <si>
+    <t>MARIO ABELA</t>
+  </si>
+  <si>
+    <t>4H2O LIMITED</t>
+  </si>
+  <si>
+    <t>ST HOTELS LIMITED</t>
+  </si>
+  <si>
+    <t>ELIZABETH GALEA</t>
+  </si>
+  <si>
+    <t>SILVIO MUSCAT</t>
+  </si>
+  <si>
+    <t>Gabriella Herbert</t>
+  </si>
+  <si>
+    <t>St Andrew's Divers Cove</t>
+  </si>
+  <si>
+    <t>IK ACADEMY LTD</t>
+  </si>
+  <si>
+    <t>ALEX MERCIECA BATHROOM CENTRE LTD</t>
+  </si>
+  <si>
+    <t>Romina Grech Fenech</t>
+  </si>
+  <si>
+    <t>FAIR DEAL FURNITURE (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>JOSEPH FARRUGIA</t>
+  </si>
+  <si>
+    <t>DYNAMIC SERVICES LTD</t>
+  </si>
+  <si>
+    <t>THOMAS SMITH INSURANCE AGENCY LTD</t>
+  </si>
+  <si>
+    <t>PROPERTY F LIMITED</t>
+  </si>
+  <si>
+    <t>GASANZAMMIT MOTORS LTD</t>
+  </si>
+  <si>
+    <t>JAYELLE INT LTD</t>
+  </si>
+  <si>
+    <t>BELMONT CO. LTD</t>
+  </si>
+  <si>
+    <t>RS2 SOFTWARE PLC</t>
+  </si>
+  <si>
+    <t>DR LUDVIC CARUANA</t>
+  </si>
+  <si>
+    <t>Ministry for Education</t>
+  </si>
+  <si>
+    <t>G4S SECURITY SERVICES (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>BORG DORIANNE</t>
+  </si>
+  <si>
+    <t>MALTA INTERNATIONAL AIRPORT PLC</t>
+  </si>
+  <si>
+    <t>VALLETTA TRADING AGENCY</t>
+  </si>
+  <si>
+    <t>MANDY CASSAR</t>
+  </si>
+  <si>
+    <t>AX HOTEL OPERATIONS PLC</t>
+  </si>
+  <si>
+    <t>PC DOCTORS JZ LIMITED</t>
+  </si>
+  <si>
+    <t>Arts Council Malta</t>
+  </si>
+  <si>
+    <t>LORRAINE CAMILLERI (NEWARK KINDERGARTEN)</t>
+  </si>
+  <si>
+    <t>JANE SAID &amp; MARIA BUSUTTIL</t>
+  </si>
+  <si>
+    <t>PEPPINA LIMITED</t>
+  </si>
+  <si>
+    <t>ANTHONY FALZON &amp; SONS LTD</t>
+  </si>
+  <si>
+    <t>GALEA MOVING &amp; TRANSPORT LIMITED</t>
+  </si>
+  <si>
+    <t>DOUNIS SIMON</t>
+  </si>
+  <si>
+    <t>David Caruana</t>
+  </si>
+  <si>
+    <t>Gloria Ann Xuereb</t>
+  </si>
+  <si>
+    <t>PAYRISE LIMITED</t>
+  </si>
+  <si>
+    <t>FONDAZZJONI SURET IL-BNIEDEM</t>
+  </si>
+  <si>
+    <t>Church School Children's Fund</t>
+  </si>
+  <si>
+    <t>KHIRON SECURITY LTD</t>
+  </si>
+  <si>
+    <t>SAVIOUR SAMMUT</t>
+  </si>
+  <si>
+    <t>TRIPLE K LIMITED</t>
+  </si>
+  <si>
+    <t>J. &amp; A. Bonnici Limited</t>
+  </si>
+  <si>
+    <t>WEAVE CONSULTING LIMITED</t>
+  </si>
+  <si>
+    <t>PORTELLI CARL ALVIN</t>
+  </si>
+  <si>
+    <t>APL SWIFT SERVICES (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>SILVERCRAFT PRODUCTS LTD</t>
+  </si>
+  <si>
+    <t>VICTOR SAID</t>
+  </si>
+  <si>
+    <t>METHODE ELECTRONICS MEDITERRANEAN CO LTD</t>
+  </si>
+  <si>
+    <t>DARTTEK LTD</t>
+  </si>
+  <si>
+    <t>ZAMPA JULIAN</t>
+  </si>
+  <si>
+    <t>Sliema BH Ltd</t>
+  </si>
+  <si>
+    <t>ADI ASSOCIATES ENVIRONMENTAL CONSULTANTS LTD</t>
+  </si>
+  <si>
+    <t>ANTNICK TANTI</t>
+  </si>
+  <si>
+    <t>ALLIED CONSULTANTS LTD</t>
+  </si>
+  <si>
+    <t>The Huskie Craft Beer Company Ltd</t>
+  </si>
+  <si>
+    <t>GOZO ALUMINIUM LIMITED</t>
+  </si>
+  <si>
+    <t>JOSEPH PORTELLI</t>
+  </si>
+  <si>
+    <t>GOZO ADVENTURES LIMITED</t>
+  </si>
+  <si>
+    <t>ISB TECHNOLOGIES LIMITED</t>
+  </si>
+  <si>
+    <t>ALFRED GERA &amp; SONS LTD</t>
+  </si>
+  <si>
+    <t>SALVU PACE</t>
+  </si>
+  <si>
+    <t>Garrett Zerafa</t>
+  </si>
+  <si>
+    <t>Marie Patisserie Ltd</t>
+  </si>
+  <si>
+    <t>BEAUTY HUB (MARIA ELLUL GRAVINO AND DORIANNE CARDONA)</t>
+  </si>
+  <si>
+    <t>C&amp;M Borg Company Ltd</t>
+  </si>
+  <si>
+    <t>CAMENZULI SALLY ANN</t>
+  </si>
+  <si>
+    <t>GENEVIEVE CASSAR</t>
+  </si>
+  <si>
+    <t>SAMMUT EDWARD</t>
+  </si>
+  <si>
+    <t>A M MANGION LTD</t>
+  </si>
+  <si>
+    <t>CARMEN VELLA</t>
+  </si>
+  <si>
+    <t>Villa Anna Teresa Holdings Ltd</t>
+  </si>
+  <si>
+    <t>GOZO EXPRESS SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>Maypole (Bakery) Ltd.</t>
+  </si>
+  <si>
+    <t>LONGBOW LTD</t>
+  </si>
+  <si>
+    <t>MICRO TECHNOLOGY CONSULTANCY LIMITED</t>
+  </si>
+  <si>
+    <t>PHAROS MT LIMITED</t>
+  </si>
+  <si>
+    <t>ROXANNE PULIS</t>
+  </si>
+  <si>
+    <t>DANIELA CAUCHI MORGUELLO</t>
+  </si>
+  <si>
+    <t>KENCAR HVAC SUPPLIES LTD</t>
+  </si>
+  <si>
+    <t>MULTI PACKAGING LIMITED</t>
+  </si>
+  <si>
+    <t>NA SOLUTIONS LIMITED</t>
+  </si>
+  <si>
+    <t>SOCIETY EDUCATIONAL SERVICES LTD.</t>
+  </si>
+  <si>
+    <t>Empowerment Group Ltd</t>
+  </si>
+  <si>
+    <t>EURO SPORT LIMITED</t>
+  </si>
+  <si>
+    <t>VANNI LAURENTI</t>
+  </si>
+  <si>
+    <t>TRUST PAYMENTS (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>VELLA GARRETT</t>
+  </si>
+  <si>
+    <t>Susannah Mifsud</t>
+  </si>
+  <si>
+    <t>ADVENT LIFTS SERVICES LTD</t>
+  </si>
+  <si>
+    <t>Michael Farrugia</t>
+  </si>
+  <si>
+    <t>ZAMMIT NEE GRECH SARAH</t>
+  </si>
+  <si>
+    <t>Raffaela Zammit Tabona</t>
+  </si>
+  <si>
+    <t>MMH Malta Ltd</t>
+  </si>
+  <si>
+    <t>INSTITUTE OF CELLULAR PHARMACOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>Birkirkara Local Council</t>
+  </si>
+  <si>
+    <t>SAN ANTON SCHOOL</t>
+  </si>
+  <si>
+    <t>ROBERTA BONELLO</t>
+  </si>
+  <si>
+    <t>MARCEL MUSCAT</t>
+  </si>
+  <si>
+    <t>MIZZI MONIQUE</t>
+  </si>
+  <si>
+    <t>MARLON CURTI</t>
+  </si>
+  <si>
+    <t>Prestige Hospitality Ltd</t>
+  </si>
+  <si>
+    <t>BHARWANI RAJAN</t>
+  </si>
+  <si>
+    <t>XERRI ANIMAL FEED CO. LIMITED</t>
+  </si>
+  <si>
+    <t>PLAZA CENTRES P.L.C.</t>
+  </si>
+  <si>
+    <t>SUNLAND PRINTERS LIMITED</t>
+  </si>
+  <si>
+    <t>STUDIO 7 COMPANY LTD</t>
+  </si>
+  <si>
+    <t>RACHEL BORG</t>
+  </si>
+  <si>
+    <t>PARADISE BAY HOTEL LIMITED</t>
+  </si>
+  <si>
+    <t>MIRAGE HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>CALLEJA LTD</t>
+  </si>
+  <si>
+    <t>Roadwise Europe Ltd</t>
+  </si>
+  <si>
+    <t>University of Malta - Department of Geosciences</t>
+  </si>
+  <si>
+    <t>Khiron Security Limited</t>
+  </si>
+  <si>
+    <t>SAVIOUR GATT</t>
+  </si>
+  <si>
+    <t>ROYAL TRAVEL LTD</t>
+  </si>
+  <si>
+    <t>ROCKCUT LTD</t>
+  </si>
+  <si>
+    <t>Fiona Farrugia</t>
+  </si>
+  <si>
+    <t>ANTOINE CEFAI</t>
+  </si>
+  <si>
+    <t>GUTENBERG PRESS LTD</t>
+  </si>
+  <si>
+    <t>J &amp; C PISANI LTD</t>
+  </si>
+  <si>
+    <t>CT PARK LTD</t>
+  </si>
+  <si>
+    <t>Christine Camilleri</t>
+  </si>
+  <si>
+    <t>2I LIMITED</t>
+  </si>
+  <si>
+    <t>MLS NOTARIES &amp; ASSOCIATES</t>
+  </si>
+  <si>
+    <t>Schembri Import &amp; Export Ltd</t>
+  </si>
+  <si>
+    <t>REFALO WOODWORKS LTD.</t>
+  </si>
+  <si>
+    <t>JULIAN'S FARMHOUSES CO. LIMITED</t>
+  </si>
+  <si>
+    <t>JOSEPH AGIUS</t>
+  </si>
+  <si>
+    <t>BAXTER (MALTA) TRADING COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>LOVIN MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>BEAUTIMPORT LTD</t>
+  </si>
+  <si>
+    <t>NATASHA PULE</t>
+  </si>
+  <si>
+    <t>Christian Curmi</t>
+  </si>
+  <si>
+    <t>MARIO ATTARD</t>
+  </si>
+  <si>
+    <t>BURMARRAD COMMERCIALS LTD</t>
+  </si>
+  <si>
+    <t>GM CORPORATE &amp; FIDUCIARY SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>STIVALA SERVICES  LTD.</t>
+  </si>
+  <si>
+    <t>HOTEL SAN ANTONIO LIMITED</t>
+  </si>
+  <si>
+    <t>Bilven Ltd.</t>
+  </si>
+  <si>
+    <t>ANTOINE GALEA</t>
+  </si>
+  <si>
+    <t>CULINARY ARTS LIMITED</t>
+  </si>
+  <si>
+    <t>POWERHOUSE MANUFACTURING LTD</t>
+  </si>
+  <si>
+    <t>JRS Malta Foundation</t>
+  </si>
+  <si>
+    <t>MFF LIMITED</t>
+  </si>
+  <si>
+    <t>GROWTH GURUS LTD</t>
+  </si>
+  <si>
+    <t>RONALD FARRUGIA</t>
+  </si>
+  <si>
+    <t>MCESD</t>
+  </si>
+  <si>
+    <t>FRANK SALT (REAL ESTATE) LTD</t>
+  </si>
+  <si>
+    <t>BUHAGIAR LUCIA</t>
+  </si>
+  <si>
+    <t>TEOFILO MANGION</t>
+  </si>
+  <si>
+    <t>DARMANIN FOOTWEAR LIMITED</t>
+  </si>
+  <si>
+    <t>FENECH IAN</t>
+  </si>
+  <si>
+    <t>M.D.O. SERVICES (GOZO) LIMITED</t>
+  </si>
+  <si>
+    <t>ORTIS LIMITED</t>
+  </si>
+  <si>
+    <t>SG DISTRIBUTORS LTD</t>
+  </si>
+  <si>
+    <t>UPPER DECK LIMITED</t>
+  </si>
+  <si>
+    <t>G4S SECURITY SERVICES (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>SHAWN P SPITERI</t>
+  </si>
+  <si>
+    <t>AYUR.VEDA LIMITED</t>
+  </si>
+  <si>
+    <t>INSPECTRA LTD</t>
+  </si>
+  <si>
+    <t>TEC LTD</t>
+  </si>
+  <si>
+    <t>Parks Malta</t>
+  </si>
+  <si>
+    <t>KEY CONTRACTORS LIMITED</t>
+  </si>
+  <si>
+    <t>Free Hour Ltd</t>
+  </si>
+  <si>
+    <t>PAUL SULTANA</t>
+  </si>
+  <si>
+    <t>William Bugeja</t>
+  </si>
+  <si>
+    <t>Paul Camilleri</t>
+  </si>
+  <si>
+    <t>ZAMMIT MARK ANTHONY</t>
+  </si>
+  <si>
+    <t>HERITAGE HOMES LTD.</t>
+  </si>
+  <si>
+    <t>JOINWELL LIMITED</t>
+  </si>
+  <si>
+    <t>Malta Chamber of SMEs</t>
+  </si>
+  <si>
+    <t>JOE &amp; JERRY FURNITURE LTD</t>
+  </si>
+  <si>
+    <t>METALLFORM MALTA LTD</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER CAMILLERI &amp; KENNETH MUSCAT</t>
+  </si>
+  <si>
+    <t>BRIDGEPOINT LTD</t>
+  </si>
+  <si>
+    <t>The Warehouse Holdings Ltd</t>
+  </si>
+  <si>
+    <t>ONEY INSURANCE PCC LTD</t>
+  </si>
+  <si>
+    <t>Mary Spiteri</t>
+  </si>
+  <si>
+    <t>Mirabelle Enterprises Ltd.</t>
+  </si>
+  <si>
+    <t>THEUMA BRENDON</t>
+  </si>
+  <si>
+    <t>CHARLES GALDES</t>
+  </si>
+  <si>
+    <t>AIM ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>GAIDEC CO LTD</t>
+  </si>
+  <si>
+    <t>VINCENT SALIBA</t>
+  </si>
+  <si>
+    <t>JOSHUELLA BONNICI</t>
+  </si>
+  <si>
+    <t>J.G.S. CRUISES LTD</t>
+  </si>
+  <si>
+    <t>STEFANIA CALAFATO</t>
+  </si>
+  <si>
+    <t>AME HEALTH &amp; SAFETY SERVICES LTD</t>
+  </si>
+  <si>
+    <t>I.M. GRECH COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>MITA Data Centre</t>
+  </si>
+  <si>
+    <t>MELCHIORE DIMECH</t>
+  </si>
+  <si>
+    <t>AQUABIOTECH LTD</t>
+  </si>
+  <si>
+    <t>Kubek Pine Malta Ltd</t>
+  </si>
+  <si>
+    <t>DEBONO PROJECTS LTD</t>
+  </si>
+  <si>
+    <t>Al Sadi Fino Company Ltd.</t>
+  </si>
+  <si>
+    <t>CHARLENE CAMILLERI DUCA</t>
+  </si>
+  <si>
+    <t>JOINWELL LTD</t>
+  </si>
+  <si>
+    <t>PAUL CORTIS AND LILLIAN MUSCAT</t>
+  </si>
+  <si>
+    <t>Joanne Micallef</t>
+  </si>
+  <si>
+    <t>Reciprocal</t>
+  </si>
+  <si>
+    <t>MUSCAT JUANITA</t>
+  </si>
+  <si>
+    <t>RAMON VELLA</t>
+  </si>
+  <si>
+    <t>JANA GRECH</t>
+  </si>
+  <si>
+    <t>ESSENCE OF BEAUTY</t>
+  </si>
+  <si>
+    <t>PREMIER RESTAURANTS MALTA LTD</t>
+  </si>
+  <si>
+    <t>GORDON ATTARD</t>
+  </si>
+  <si>
+    <t>Ministry for Social Justice and Solidarity, the Family and Children's rights</t>
+  </si>
+  <si>
+    <t>CE INSTALLATIONS (PROJECTS) LIMITED</t>
+  </si>
+  <si>
+    <t>ROCS COMPANY LTD</t>
+  </si>
+  <si>
+    <t>C&amp;C Discovery Co. Ltd</t>
+  </si>
+  <si>
+    <t>CLINT &amp; CHRISTOPHER CAMILLERI - (CLINT CAMILLERI)</t>
+  </si>
+  <si>
+    <t>RDJ LTD</t>
+  </si>
+  <si>
+    <t>Clarach Ltd</t>
+  </si>
+  <si>
+    <t>Tal-Mahlut Ltd</t>
+  </si>
+  <si>
+    <t>AUDREY ANN AZZOPARDI</t>
+  </si>
+  <si>
+    <t>KAREPLUS LIMITED</t>
+  </si>
+  <si>
+    <t>JOHANN BONELLO</t>
+  </si>
+  <si>
+    <t>JAMES CATERERS LTD</t>
+  </si>
+  <si>
+    <t>Malta Development Bank</t>
+  </si>
+  <si>
+    <t>RISK ANALYTICS LTD</t>
+  </si>
+  <si>
+    <t>Sterling Holdings Co. Ltd.</t>
+  </si>
+  <si>
+    <t>MEETING POINT INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>DEBONO GROUP HOLDINGS COMPANY LTD</t>
+  </si>
+  <si>
+    <t>DEMICOLI INGRID</t>
+  </si>
+  <si>
+    <t>IGAMING ACADEMY LTD</t>
+  </si>
+  <si>
+    <t>XLENDI HOTEL COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>XUEREB INSTALLATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>Ivano Arcidiacono</t>
+  </si>
+  <si>
+    <t>PISANI WOODWORKS CO LTD.</t>
+  </si>
+  <si>
+    <t>STEFAN CACHIA</t>
+  </si>
+  <si>
+    <t>Village Hotel Ltd</t>
+  </si>
+  <si>
+    <t>Courier Express Ltd</t>
+  </si>
+  <si>
+    <t>LARRY F.S. GRIMA</t>
+  </si>
+  <si>
+    <t>ESTERA INTERNATIONAL FUND SERVICES (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>Restoration Directorate</t>
+  </si>
+  <si>
+    <t>J.B. STORES LIMITED</t>
+  </si>
+  <si>
+    <t>SPERANDEO JONATHAN &amp; SPERANDEO AMANDA</t>
+  </si>
+  <si>
+    <t>ABELA STEPHEN</t>
+  </si>
+  <si>
+    <t>360 MANUFACTURING LIMITED</t>
+  </si>
+  <si>
+    <t>RICORDINI MARCO</t>
+  </si>
+  <si>
+    <t>BRENDALINE ATTARD</t>
+  </si>
+  <si>
+    <t>SAMMUT GRAZIELA</t>
+  </si>
+  <si>
+    <t>A&amp;M Printing Ltd</t>
+  </si>
+  <si>
+    <t>ANTHONY CATANIA</t>
+  </si>
+  <si>
+    <t>Ezy Fit Ltd</t>
+  </si>
+  <si>
+    <t>THE WATERFRONT HOTEL LTD</t>
+  </si>
+  <si>
+    <t>Jobsplus</t>
+  </si>
+  <si>
+    <t>ELIZABETH PARNIS</t>
+  </si>
+  <si>
+    <t>Adventure Camping Shop Limited</t>
+  </si>
+  <si>
+    <t>JOSEPH JOHN BRIFFA</t>
+  </si>
+  <si>
+    <t>FENLEX CORPORATE SERVICES LTD</t>
+  </si>
+  <si>
+    <t>PETERS TRADING ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>SIMAR CATERING LIMITED</t>
+  </si>
+  <si>
+    <t>Malta Association of Supported Employment</t>
+  </si>
+  <si>
+    <t>TECHNOLINE LTD</t>
+  </si>
+  <si>
+    <t>FERRATUM BANK PLC</t>
+  </si>
+  <si>
+    <t>O F GOLLCHER &amp; SONS LTD</t>
+  </si>
+  <si>
+    <t>Cult Rhea Limited</t>
+  </si>
+  <si>
+    <t>RG TOWZONE LIMITED</t>
+  </si>
+  <si>
+    <t>ROMINA BARUN</t>
+  </si>
+  <si>
+    <t>PLAYTIME LIMITED</t>
+  </si>
+  <si>
+    <t>DELTA (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>ANA DALLI</t>
+  </si>
+  <si>
+    <t>CLASS HOLDING LIMITED</t>
+  </si>
+  <si>
+    <t>CATENA OPERATIONS LTD</t>
+  </si>
+  <si>
+    <t>GO PLC</t>
+  </si>
+  <si>
+    <t>GRANT THORNTON</t>
+  </si>
+  <si>
+    <t>JOHN BUSUTTIL REAL ESTATE</t>
+  </si>
+  <si>
+    <t>WHITE LION SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>D'AMATO CHRISTINE</t>
+  </si>
+  <si>
+    <t>GLOBAL VILLAGE ENGLISH CENTRE LTD</t>
+  </si>
+  <si>
+    <t>Mint Care Ltd</t>
+  </si>
+  <si>
+    <t>FABIO BONAVIA</t>
+  </si>
+  <si>
+    <t>VICTOR J BORG ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>LIZETTE GAUCI</t>
+  </si>
+  <si>
+    <t>SIEGFRIED MALTA LTD</t>
+  </si>
+  <si>
+    <t>PREMIER SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>DR SYLVANA BORG CARUANA</t>
+  </si>
+  <si>
+    <t>CARLO GAVAZZI LIMITED</t>
+  </si>
+  <si>
+    <t>Strategy and Implementation Division</t>
+  </si>
+  <si>
+    <t>P F SERVICES LTD</t>
+  </si>
+  <si>
+    <t>G. PISANI MARKETING LTD</t>
+  </si>
+  <si>
+    <t>Andrei Grech</t>
+  </si>
+  <si>
+    <t>JUPITER PROPERTIES LTD</t>
+  </si>
+  <si>
+    <t>Julian Cachia</t>
+  </si>
+  <si>
+    <t>MALTA FREEPORT TERMINALS LTD</t>
+  </si>
+  <si>
+    <t>JTI CO. LTD.</t>
+  </si>
+  <si>
+    <t>CONSOLIDATED BISCUIT COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>STEPPING STONES ELC LIMITED</t>
+  </si>
+  <si>
+    <t>BONELLO LAURA</t>
+  </si>
+  <si>
+    <t>KENCAR COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>ATLAS HEALTHCARE INSURANCE AGENCY LTD</t>
+  </si>
+  <si>
+    <t>Christian Gauci</t>
+  </si>
+  <si>
+    <t>NOBEL TECHNOLOGIES LTD</t>
+  </si>
+  <si>
+    <t>Fairbanks Luxury Ltd</t>
+  </si>
+  <si>
+    <t>Mighty Boards Ltd</t>
+  </si>
+  <si>
+    <t>MEUSAC</t>
+  </si>
+  <si>
+    <t>DEDICATED MICROS (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>YELLOW PAGES (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>E. Ferris &amp; Sons Ltd.</t>
+  </si>
+  <si>
+    <t>ALINA MUNSON</t>
+  </si>
+  <si>
+    <t>Nomadic Malta Ltd</t>
+  </si>
+  <si>
+    <t>DEBORAH OCCHIPINTI</t>
+  </si>
+  <si>
+    <t>ANDREW XUEREB</t>
+  </si>
+  <si>
+    <t>CC &amp; J LTD</t>
+  </si>
+  <si>
+    <t>FRANK SALT REAL ESTATE LIMITED</t>
+  </si>
+  <si>
+    <t>MARIO FARRUGIA</t>
+  </si>
+  <si>
+    <t>RICHMOORE AND ANDERSON LIMITED</t>
+  </si>
+  <si>
+    <t>Dr David Vella</t>
+  </si>
+  <si>
+    <t>OZO HOSPITALITY LTD</t>
+  </si>
+  <si>
+    <t>SAREX TRADING LTD</t>
+  </si>
+  <si>
+    <t>Lee Ann Mary Sammut</t>
+  </si>
+  <si>
+    <t>BERNARD CASSAR</t>
+  </si>
+  <si>
+    <t>ANDREA BRITTON</t>
+  </si>
+  <si>
+    <t>VASSALLO BUILDERS LTD</t>
+  </si>
+  <si>
+    <t>CASA ANTONIA LIMITED</t>
+  </si>
+  <si>
+    <t>JONATHAN CALLUS</t>
+  </si>
+  <si>
+    <t>MELI CAR RENTALS LIMITED</t>
+  </si>
+  <si>
+    <t>MARIA AYAD MANGION</t>
+  </si>
+  <si>
+    <t>ATTARD KURT</t>
+  </si>
+  <si>
+    <t>CELINE FALZON</t>
+  </si>
+  <si>
+    <t>GEORGE GRECH</t>
+  </si>
+  <si>
+    <t>DYLAN PIROTTA</t>
+  </si>
+  <si>
+    <t>VIVENDO PROJECTS LIMITED</t>
+  </si>
+  <si>
+    <t>MACIEJEWSKI RADOSLAW</t>
+  </si>
+  <si>
+    <t>TRAVEL SERVICES (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>Renovation Depot Ltd</t>
+  </si>
+  <si>
+    <t>GALEA JESSICA</t>
+  </si>
+  <si>
+    <t>CAREMALTA LTD</t>
+  </si>
+  <si>
+    <t>CREDORAX BANK LTD</t>
+  </si>
+  <si>
+    <t>JOSEPH CARUANA &amp; CO. LTD.</t>
+  </si>
+  <si>
+    <t>ZAMMIT ALUMINIUM LIMITED</t>
+  </si>
+  <si>
+    <t>Bukkun Limited</t>
+  </si>
+  <si>
+    <t>SALANDER GROUP COMPANY LTD</t>
+  </si>
+  <si>
+    <t>Ian Tabone</t>
+  </si>
+  <si>
+    <t>TORO CO. LTD.</t>
+  </si>
+  <si>
+    <t>EUROSPORT LTD</t>
+  </si>
+  <si>
+    <t>Edward Smith</t>
+  </si>
+  <si>
+    <t>Jean Paul Cefai</t>
+  </si>
+  <si>
+    <t>GORMADAN SOLUTIONS LIMITED</t>
+  </si>
+  <si>
+    <t>SAN LAWRENZ OPERATORS LTD</t>
+  </si>
+  <si>
+    <t>MASSIMO DEBATTISTA</t>
+  </si>
+  <si>
+    <t>PLAY'N GO MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>ARKADIA MARKETING LIMITED</t>
+  </si>
+  <si>
+    <t>MARITA CAMILLERI BEZZINA</t>
+  </si>
+  <si>
+    <t>MATTHEW ELLUL</t>
+  </si>
+  <si>
+    <t>BALZAN EMMANUEL</t>
+  </si>
+  <si>
+    <t>MELITA SAFETY TRAINING SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>FALZON GROUP HOLDINGS LIMITED</t>
+  </si>
+  <si>
+    <t>Calibre Industries Ltd</t>
+  </si>
+  <si>
+    <t>GALEA CARMEL</t>
+  </si>
+  <si>
+    <t>MIGUEL ZAMMIT TABONA</t>
+  </si>
+  <si>
+    <t>NOEL STELLINI</t>
+  </si>
+  <si>
+    <t>Nicholas Morales</t>
+  </si>
+  <si>
+    <t>CAMILLERI DAVID</t>
+  </si>
+  <si>
+    <t>ROBERTO BUONTEMPO ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>CAMILLERI MATEJA</t>
+  </si>
+  <si>
+    <t>CHRISTIANNE CHIRCOP ST. JOHN</t>
+  </si>
+  <si>
+    <t>RECRUITGIANT LTD</t>
+  </si>
+  <si>
+    <t>MARY PORTELLI</t>
+  </si>
+  <si>
+    <t>OCR Park Malta Ltd</t>
+  </si>
+  <si>
+    <t>COMPUTIME LTD.</t>
+  </si>
+  <si>
+    <t>MICHAEL DEBONO LTD</t>
+  </si>
+  <si>
+    <t>Fondazzjoni Wirt Artna</t>
+  </si>
+  <si>
+    <t>HSBC GLOBAL SERVICES (UK) LIMITED</t>
+  </si>
+  <si>
+    <t>CF TECHNOLOGIES LTD</t>
+  </si>
+  <si>
+    <t>ALEXIA FARRUGIA</t>
+  </si>
+  <si>
+    <t>REHABILITATION IN SOCIETY FOUNDATION</t>
+  </si>
+  <si>
+    <t>MEDITERRANEAN AVIATION CO LTD</t>
+  </si>
+  <si>
+    <t>Eurocem Ltd.</t>
+  </si>
+  <si>
+    <t>ISLAND INSURANCE BROKERS LTD</t>
+  </si>
+  <si>
+    <t>LO.BI. LIMITED</t>
+  </si>
+  <si>
+    <t>KYLIE CASSAR</t>
+  </si>
+  <si>
+    <t>JOSEPH RAPA &amp; LOUIS CAMENZULI</t>
+  </si>
+  <si>
+    <t>St. Cecilia's Kindergarten Ltd.</t>
+  </si>
+  <si>
+    <t>ERIKA AQUILINA</t>
+  </si>
+  <si>
+    <t>ALEXIA CARUANA</t>
+  </si>
+  <si>
+    <t>CHARLES ZAMMIT</t>
+  </si>
+  <si>
+    <t>Castillo Jewellery</t>
+  </si>
+  <si>
+    <t>UNIPLAST LTD</t>
+  </si>
+  <si>
+    <t>MIKAELA SCERRI</t>
+  </si>
+  <si>
+    <t>METALLFORM (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>J.F. SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>CARINI STORES LTD</t>
+  </si>
+  <si>
+    <t>GOLD CIRCLE DEVELOPMENTS LTD</t>
+  </si>
+  <si>
+    <t>MALTA RED CROSS SOCIETY</t>
+  </si>
+  <si>
+    <t>SIMONDS FARSONS CISK PLC</t>
+  </si>
+  <si>
+    <t>S.G. WOODWORKS LIMITED</t>
+  </si>
+  <si>
+    <t>X CLEAN LTD</t>
+  </si>
+  <si>
+    <t>MJAM CO LTD</t>
+  </si>
+  <si>
+    <t>SUPER DEAL LIMITED</t>
+  </si>
+  <si>
+    <t>RODERICK CAMENZULI</t>
+  </si>
+  <si>
+    <t>CONSTRUCT FURNITURE CO LTD</t>
+  </si>
+  <si>
+    <t>VICTOR CASSAR</t>
+  </si>
+  <si>
+    <t>Sergio Zammit</t>
+  </si>
+  <si>
+    <t>AZZOPARDI JASON</t>
+  </si>
+  <si>
+    <t>TREASURE BREAKS LIMITED</t>
+  </si>
+  <si>
+    <t>NAIM-ANGELOVA SEMIHA</t>
+  </si>
+  <si>
+    <t>DIZZ Manufacturing Ltd</t>
+  </si>
+  <si>
+    <t>Well Being Services Ltd</t>
+  </si>
+  <si>
+    <t>MALTA PROPERTIES COMPANY P.L.C</t>
+  </si>
+  <si>
+    <t>PAULINE ASSUNTA GRIMA</t>
+  </si>
+  <si>
+    <t>COLEIRO GENERAL SUPPLIES LTD</t>
+  </si>
+  <si>
+    <t>Aviation Cosmetics Malta Ltd</t>
+  </si>
+  <si>
+    <t>PERSONA LTD</t>
+  </si>
+  <si>
+    <t>THE SNOP HOUSE JV</t>
+  </si>
+  <si>
+    <t>Ryan M Camilleri</t>
+  </si>
+  <si>
+    <t>OLGA FINKEL AND JAMES SCICLUNA</t>
+  </si>
+  <si>
+    <t>Anthony Buttigieg</t>
+  </si>
+  <si>
+    <t>3VISO</t>
+  </si>
+  <si>
+    <t>JANE SPITERI</t>
+  </si>
+  <si>
+    <t>DT9 MEDIA LTD</t>
+  </si>
+  <si>
+    <t>UNPAUSED CO LTD</t>
+  </si>
+  <si>
+    <t>PRIME CARE LIMITED</t>
+  </si>
+  <si>
+    <t>Lucent Concepts Ltd</t>
+  </si>
+  <si>
+    <t>FASHION MANIA</t>
+  </si>
+  <si>
+    <t>JESABELLE CATANIA</t>
+  </si>
+  <si>
+    <t>JOHN C. BUTTIGIEG</t>
+  </si>
+  <si>
+    <t>VICTOR SULTANA</t>
+  </si>
+  <si>
+    <t>FABRIZIO BORG</t>
+  </si>
+  <si>
+    <t>PAC3 LIMITED</t>
+  </si>
+  <si>
+    <t>23 Boutique Limited</t>
+  </si>
+  <si>
+    <t>EEG Events Ltd</t>
+  </si>
+  <si>
+    <t>Julie Anne Cassar</t>
+  </si>
+  <si>
+    <t>STYLE FURNITURE LTD</t>
+  </si>
+  <si>
+    <t>KATHERINE CATANIA</t>
+  </si>
+  <si>
+    <t>METHODE ELECTRONICS MALTA LTD</t>
+  </si>
+  <si>
+    <t>MONTEBELLO ARTWORKS LTD</t>
+  </si>
+  <si>
+    <t>DGALEA CONSULT LIMITED</t>
+  </si>
+  <si>
+    <t>MICALLEF PETER</t>
+  </si>
+  <si>
+    <t>BAVARIAN TECHNOLOGY SYSTEMS</t>
+  </si>
+  <si>
+    <t>IMAGE SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>ST JOHN'S FOODSTORE LTD</t>
+  </si>
+  <si>
+    <t>The Huskie Craft Beer Company Brewery</t>
+  </si>
+  <si>
+    <t>ACCOUNTING &amp; MANAGEMENT TEAM LTD</t>
+  </si>
+  <si>
+    <t>MOVIMENT MISSJUNARJU "GESU FIL-PROXXMU"</t>
+  </si>
+  <si>
+    <t>DANIEL COPPINI</t>
+  </si>
+  <si>
+    <t>Vacations (Malta) Ltd</t>
+  </si>
+  <si>
+    <t>GREENVIEW COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>ABERTAX QUALITY LTD</t>
+  </si>
+  <si>
+    <t>FMCORE LTD</t>
+  </si>
+  <si>
+    <t>SOLID FURNITURE LIMITED</t>
+  </si>
+  <si>
+    <t>THE MODEL SHOP COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>EDMAR LTD</t>
+  </si>
+  <si>
+    <t>MICHAEL MIZZI</t>
+  </si>
+  <si>
+    <t>Michele Vella Distefano</t>
+  </si>
+  <si>
+    <t>IGNAZIO ANASTASI LTD</t>
+  </si>
+  <si>
+    <t>MARIO MIFSUD</t>
+  </si>
+  <si>
+    <t>COLLIS WILLIAMS LIMITED</t>
+  </si>
+  <si>
+    <t>NOELLE DARMANIN</t>
+  </si>
+  <si>
+    <t>Ta' Gakbu Holdings Ltd</t>
+  </si>
+  <si>
+    <t>CUTAJAR TAZIANA</t>
+  </si>
+  <si>
+    <t>LOMBARD BANK MALTA PLC</t>
+  </si>
+  <si>
+    <t>EBSONS LIMITED</t>
+  </si>
+  <si>
+    <t>EDUCENTRE LTD</t>
+  </si>
+  <si>
+    <t>PCG ENTERPRISES LIMITED</t>
+  </si>
+  <si>
+    <t>PTL LTD</t>
+  </si>
+  <si>
+    <t>Britannia Services Ltd</t>
+  </si>
+  <si>
+    <t>GEORGE BORG BARTHET LIMITED</t>
+  </si>
+  <si>
+    <t>EDEN LEISURE GROUP LTD</t>
+  </si>
+  <si>
+    <t>SMART SUPERMARKET LIMITED</t>
+  </si>
+  <si>
+    <t>Jmartans Automation Ltd</t>
+  </si>
+  <si>
+    <t>GENERAL PRECAST CONCRETE LIMITED</t>
+  </si>
+  <si>
+    <t>TRUSTMOORE CORPORATE SERVICES (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>CEFAI JOSEPH</t>
+  </si>
+  <si>
+    <t>ROSEANNE BUSUTTIL</t>
+  </si>
+  <si>
+    <t>Pitirross Co. Ltd</t>
+  </si>
+  <si>
+    <t>ASSOCIATED EQUIPMENT LTD.</t>
+  </si>
+  <si>
+    <t>FALZON FIONA</t>
+  </si>
+  <si>
+    <t>ALISON VELLA</t>
+  </si>
+  <si>
+    <t>ANDRE SANT</t>
+  </si>
+  <si>
+    <t>Oxford House</t>
+  </si>
+  <si>
+    <t>CALLEJA KAREN</t>
+  </si>
+  <si>
+    <t>FinanceStack Limited</t>
+  </si>
+  <si>
+    <t>JUSTIN CALLEJA</t>
+  </si>
+  <si>
+    <t>GAUCI MARIA CARMELA</t>
+  </si>
+  <si>
+    <t>Malta School of Flying Company Ltd</t>
+  </si>
+  <si>
+    <t>Nature Trust (Malta)</t>
+  </si>
+  <si>
+    <t>LETICIA FARRUGIA</t>
+  </si>
+  <si>
+    <t>CYKA LIMITED</t>
+  </si>
+  <si>
+    <t>B.I. PHARMA LTD</t>
+  </si>
+  <si>
+    <t>JOE CUTAJAR &amp; SONS UPHOLSTERY LIMITED</t>
+  </si>
+  <si>
+    <t>Craft Beer Malta Ltd</t>
+  </si>
+  <si>
+    <t>ZAMMIT CHARMAINE</t>
+  </si>
+  <si>
+    <t>Hadeel Altreiki</t>
+  </si>
+  <si>
+    <t>HANDSON SYSTEMS LIMITED</t>
+  </si>
+  <si>
+    <t>GRINVEST LTD</t>
+  </si>
+  <si>
+    <t>JASON GEORGE DEBRINCAT</t>
+  </si>
+  <si>
+    <t>PANTHEA BUTLER</t>
+  </si>
+  <si>
+    <t>Nidum Ltd</t>
+  </si>
+  <si>
+    <t>PANTA MARKETING &amp; SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>FS ENGINEERING &amp; PLASTICS LTD</t>
+  </si>
+  <si>
+    <t>CLINTON TONNA</t>
+  </si>
+  <si>
+    <t>INSPIRATIONS LTD</t>
+  </si>
+  <si>
+    <t>TEK-MOULDS PRECISION ENGINEERING LIMITED</t>
+  </si>
+  <si>
+    <t>SAFARI  TOTS CHILDCARE CENTRE- JACQUELINE CAUCHI</t>
+  </si>
+  <si>
+    <t>BEZZINA DENNIS</t>
+  </si>
+  <si>
+    <t>VASSALLO BUILDERS LTD.</t>
+  </si>
+  <si>
+    <t>TIZIANA SCHEMBRI</t>
+  </si>
+  <si>
+    <t>AGOSTINO AZZOPARDI &amp; SONS LTD</t>
+  </si>
+  <si>
+    <t>MELANIE LOUISA VASSALLO MANCHE'</t>
+  </si>
+  <si>
+    <t>CHARLES BUHAGIAR</t>
+  </si>
+  <si>
+    <t>FRENDO CLAUDETTE</t>
+  </si>
+  <si>
+    <t>SPITERI PARIS ROBERT</t>
+  </si>
+  <si>
+    <t>TONY MAGRO</t>
+  </si>
+  <si>
+    <t>JCC Clinic Ltd</t>
+  </si>
+  <si>
+    <t>MALLIA LUKE</t>
+  </si>
+  <si>
+    <t>WYZER LTD</t>
+  </si>
+  <si>
+    <t>LIMPO LTD</t>
+  </si>
+  <si>
+    <t>GWU</t>
+  </si>
+  <si>
+    <t>Vella Canter Ltd</t>
+  </si>
+  <si>
+    <t>MARISA MARMARA</t>
+  </si>
+  <si>
+    <t>TOY STORES LIMITED</t>
+  </si>
+  <si>
+    <t>MULTIGAS SALES LTD</t>
+  </si>
+  <si>
+    <t>JOHN VELLA</t>
+  </si>
+  <si>
+    <t>MOLINA GABRIELA</t>
+  </si>
+  <si>
+    <t>OZOMALTA LTD</t>
+  </si>
+  <si>
+    <t>STUDIO 7 COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER ATTARD &amp; CHARLES SPITERI</t>
+  </si>
+  <si>
+    <t>IZI LTD</t>
+  </si>
+  <si>
+    <t>J &amp; J ZAMMIT SUPPLIES LIMITED</t>
+  </si>
+  <si>
+    <t>XERRI'S LANDSCAPING CO.LIMITED</t>
+  </si>
+  <si>
+    <t>KRYPTON CHEMISTS LTD.</t>
+  </si>
+  <si>
+    <t>George Borg</t>
+  </si>
+  <si>
+    <t>ALAN FRANCICA</t>
+  </si>
+  <si>
+    <t>SARA GRECH LTD</t>
+  </si>
+  <si>
+    <t>ENRICO TRAVEL LTD</t>
+  </si>
+  <si>
+    <t>GOLD LION REAL ESTATE CO LTD</t>
+  </si>
+  <si>
+    <t>Stabs</t>
+  </si>
+  <si>
+    <t>STMICROELECTRONICS (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>Ian Turban</t>
+  </si>
+  <si>
+    <t>NIGEL SCERRI</t>
+  </si>
+  <si>
+    <t>CHARLES CACHIA</t>
+  </si>
+  <si>
+    <t>Clara Camilleri</t>
+  </si>
+  <si>
+    <t>KOZA LTD</t>
+  </si>
+  <si>
+    <t>QORMI RADIATORS HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>Pet Nutrition House Ltd</t>
+  </si>
+  <si>
+    <t>VICTOR VELLA</t>
+  </si>
+  <si>
+    <t>B4 BLINDS LTD</t>
+  </si>
+  <si>
+    <t>HOTSET MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>CAMILLERI ARONNE</t>
+  </si>
+  <si>
+    <t>ENZO (VINCENT) DIMECH</t>
+  </si>
+  <si>
+    <t>CASSAR BUNCE SHIRLEY</t>
+  </si>
+  <si>
+    <t>SAVINA CREATIONS LTD</t>
+  </si>
+  <si>
+    <t>CAMERON ROBERT GREGOR</t>
+  </si>
+  <si>
+    <t>CARMELO SAMMUT</t>
+  </si>
+  <si>
+    <t>SEAMLESS LTD</t>
+  </si>
+  <si>
+    <t>VITAFOAM LTD</t>
+  </si>
+  <si>
+    <t>MIFSUD MICHELLE</t>
+  </si>
+  <si>
+    <t>CLASS OPTICAL MANUFACTURING LIMITED</t>
+  </si>
+  <si>
+    <t>SOVEREIGN PENSION SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>GREENS SUPERMARKET LIMITED</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>Q.P.M. LTD</t>
+  </si>
+  <si>
+    <t>SYLVIA M. GRECH</t>
+  </si>
+  <si>
+    <t>ENTERACTIVE MALTA LTD.</t>
+  </si>
+  <si>
+    <t>C. ATTARD CONSTRUCTION CO. LTD</t>
+  </si>
+  <si>
+    <t>Joanna Delia</t>
+  </si>
+  <si>
+    <t>HSBC BANK MALTA PLC</t>
+  </si>
+  <si>
+    <t>JOSEPH CEFAI</t>
+  </si>
+  <si>
+    <t>RACA LIMITED</t>
+  </si>
+  <si>
+    <t>CARTER STANLEY</t>
+  </si>
+  <si>
+    <t>SALVO GRIMA &amp; SONS LTD</t>
+  </si>
+  <si>
+    <t>MARQUITA GRIXTI</t>
+  </si>
+  <si>
+    <t>Water Services Corporation</t>
+  </si>
+  <si>
+    <t>Procom Ltd</t>
+  </si>
+  <si>
+    <t>PHARMA-COS LIMITED</t>
+  </si>
+  <si>
+    <t>Malta Freeport Corporation</t>
+  </si>
+  <si>
+    <t>CE Installations Ltd</t>
+  </si>
+  <si>
+    <t>ALBERTA FIRE &amp; SECURITY EQUIPMENT LTD</t>
+  </si>
+  <si>
+    <t>QUALITY FOODS (MARKETING) LIMITED</t>
+  </si>
+  <si>
+    <t>S&amp;F</t>
+  </si>
+  <si>
+    <t>GALEA'S SALON</t>
+  </si>
+  <si>
+    <t>BROWN'S PHARMA LTD</t>
+  </si>
+  <si>
+    <t>EMERGENCY RESPONSE AND RESCUE CORPS</t>
+  </si>
+  <si>
+    <t>MILLER DISTRIBUTORS LTD</t>
+  </si>
+  <si>
+    <t>Fondazzjoni Socjo-Kulturali Ambjerntali Augustina FSKAA</t>
+  </si>
+  <si>
+    <t>NEVILLE SPITERI</t>
+  </si>
+  <si>
+    <t>DENIS BORG</t>
+  </si>
+  <si>
+    <t>SAREX TRADING AND OPERATIONS LTD</t>
+  </si>
+  <si>
+    <t>OZO SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>SAGATEX COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>MIFSUD CHERISE</t>
+  </si>
+  <si>
+    <t>AL SADI FINO CO.LTD</t>
+  </si>
+  <si>
+    <t>HYPERION AVIATION LTD</t>
+  </si>
+  <si>
+    <t>CARUANA AUDREY</t>
+  </si>
+  <si>
+    <t>JIGAMI LTD.</t>
+  </si>
+  <si>
+    <t>ZOMBOR ENTERPRISES LIMITED</t>
+  </si>
+  <si>
+    <t>iMovo Ltd</t>
+  </si>
+  <si>
+    <t>AIR X CHARTER LTD</t>
+  </si>
+  <si>
+    <t>CFD TEAM LTD</t>
+  </si>
+  <si>
+    <t>CUTAJAR RYAN JAMES</t>
+  </si>
+  <si>
+    <t>E-DELIY LIMITED</t>
+  </si>
+  <si>
+    <t>BORG CARDONA &amp; COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>Ta' Vella Company Ltd</t>
+  </si>
+  <si>
+    <t>WILLIAM LEWIS</t>
+  </si>
+  <si>
+    <t>ELAINE BORG</t>
+  </si>
+  <si>
+    <t>ALARM TECH LIMITED</t>
+  </si>
+  <si>
+    <t>Cyklpoint Limited</t>
+  </si>
+  <si>
+    <t>F.A.D ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>ELIA BORG BONACI LIMITED</t>
+  </si>
+  <si>
+    <t>SK CATERING SERVICES</t>
+  </si>
+  <si>
+    <t>BRAMORA SERVICES LTD</t>
+  </si>
+  <si>
+    <t>DR. SHARON FAITH FARRUGIA B.A., LL.D</t>
+  </si>
+  <si>
+    <t>Prestige Hospitality Limited</t>
+  </si>
+  <si>
+    <t>CASSAR GODWIN</t>
+  </si>
+  <si>
+    <t>JOHNNY MICHAEL PORTELLI</t>
+  </si>
+  <si>
+    <t>EUROPHARMA LTD</t>
+  </si>
+  <si>
+    <t>NADINE MUSCAT</t>
+  </si>
+  <si>
+    <t>ACADEMY OF DANCE ARTS LIMITED</t>
+  </si>
+  <si>
+    <t>KENNETH MERCIECA GALEA</t>
+  </si>
+  <si>
+    <t>Baxan Company Ltd</t>
+  </si>
+  <si>
+    <t>RACHAELLE DEMICOLI</t>
+  </si>
+  <si>
+    <t>HAPPY DAYS CHILDCARE CENTRE LTD</t>
+  </si>
+  <si>
+    <t>CAMILLERI ALFRED</t>
+  </si>
+  <si>
+    <t>4SIGHT TECHNOLOGIES LIMITED</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL SAFETY TRAINING COLLEGE LIMITED</t>
+  </si>
+  <si>
+    <t>STRAND PALACE AGENCIES LTD</t>
+  </si>
+  <si>
+    <t>CITADEL INSURANCE P.L.C.</t>
+  </si>
+  <si>
+    <t>OSWALD ARRIGO LTD</t>
+  </si>
+  <si>
+    <t>CHRISTIAN CHETCUTI</t>
+  </si>
+  <si>
+    <t>SUN ROUTE HOTELS LIMITED</t>
+  </si>
+  <si>
+    <t>PJS Trading</t>
+  </si>
+  <si>
+    <t>GIACOMO CONTRAFATTO</t>
+  </si>
+  <si>
+    <t>MAPFRE MIDDLESEA PLC</t>
+  </si>
+  <si>
+    <t>MEDSERV OPERATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>THOMAS SMITH &amp; CO. LTD</t>
+  </si>
+  <si>
+    <t>Francis Rapa</t>
+  </si>
+  <si>
+    <t>YCF Boutique Accomodation Ltd</t>
+  </si>
+  <si>
+    <t>MICHAEL GALEA</t>
+  </si>
+  <si>
+    <t>RODERICK &amp; MATTHEW CASTILLO</t>
+  </si>
+  <si>
+    <t>MEETING POINT MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>V SQUARED LIMITED</t>
+  </si>
+  <si>
+    <t>JOSEPH CHARLES AQUILINA</t>
+  </si>
+  <si>
+    <t>Da Vinci Health Care Ltd</t>
+  </si>
+  <si>
+    <t>Invent 3D Ltd</t>
+  </si>
+  <si>
+    <t>Poultons Limited</t>
+  </si>
+  <si>
+    <t>Palazzo Ignazio Ltd</t>
+  </si>
+  <si>
+    <t>BE CLEAN LTD</t>
+  </si>
+  <si>
+    <t>MELITA LTD</t>
+  </si>
+  <si>
+    <t>MARIE LUCILLE AGIUS</t>
+  </si>
+  <si>
+    <t>INFINITE FUSION TECHNOLOGIES LIMITED</t>
+  </si>
+  <si>
+    <t>Emporio Shopping Centre Ltd</t>
+  </si>
+  <si>
+    <t>REBECCA ANN BORG</t>
+  </si>
+  <si>
+    <t>CONTI SERGIO</t>
+  </si>
+  <si>
+    <t>MORARU VLADISLAV</t>
+  </si>
+  <si>
+    <t>VELLA DANIELA</t>
+  </si>
+  <si>
+    <t>JUGS@MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>RS Properties Ltd</t>
+  </si>
+  <si>
+    <t>BORG MARVIK</t>
+  </si>
+  <si>
+    <t>HORVIN ALUM LTD</t>
+  </si>
+  <si>
+    <t>Smart Studios Ltd</t>
+  </si>
+  <si>
+    <t>VERDALA INTERNATIONAL SCHOOL</t>
+  </si>
+  <si>
+    <t>GALEA WARREN</t>
+  </si>
+  <si>
+    <t>ROYAL CRUISES CO. LIMITED</t>
+  </si>
+  <si>
+    <t>MARY VELLA</t>
+  </si>
+  <si>
+    <t>S.Rausi Trading Ltd.</t>
+  </si>
+  <si>
+    <t>MELISSA MUSCAT</t>
+  </si>
+  <si>
+    <t>TA' MATTI</t>
+  </si>
+  <si>
+    <t>EUROPEAN CERTIFICATION INSTITUTE LTD</t>
+  </si>
+  <si>
+    <t>EXPRESS TRAILERS LIMITED</t>
+  </si>
+  <si>
+    <t>JONATHAN TONNA &amp; NOEL MALLIA</t>
+  </si>
+  <si>
+    <t>OASI Foundation</t>
+  </si>
+  <si>
+    <t>SCERRI TIMOTHY</t>
+  </si>
+  <si>
+    <t>PETER PORTELLI</t>
+  </si>
+  <si>
+    <t>Louis Gauci</t>
+  </si>
+  <si>
+    <t>Institute for Family Therapy Malta</t>
+  </si>
+  <si>
+    <t>LEONTI MIHAI</t>
+  </si>
+  <si>
+    <t>NATASHA HEDLEY</t>
+  </si>
+  <si>
+    <t>TUA ENGINEERING LTD.</t>
+  </si>
+  <si>
+    <t>MEDIA CONSULTA MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>PAMARGAN PRODUCTS (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>Reflex Fitness Ltd</t>
+  </si>
+  <si>
+    <t>R.Abela Co.  Ltd</t>
+  </si>
+  <si>
+    <t>CORDINA JOE</t>
+  </si>
+  <si>
+    <t>CA PLUS LTD</t>
+  </si>
+  <si>
+    <t>STARGATE STUDIOS MALTA LTD</t>
+  </si>
+  <si>
+    <t>ALISON MEDATI</t>
+  </si>
+  <si>
+    <t>AUTO SALES LIMITED</t>
+  </si>
+  <si>
+    <t>GUSTO'S FOOD &amp; PASTRY LIMITED</t>
+  </si>
+  <si>
+    <t>EURO PHARMA LIMITED</t>
+  </si>
+  <si>
+    <t>MALTA PUBLIC TRANSPORT SERVICES (OPERATIONS) LTD</t>
+  </si>
+  <si>
+    <t>MUSCAT RODERICK</t>
+  </si>
+  <si>
+    <t>FREEHOUR LTD</t>
+  </si>
+  <si>
+    <t>BELS LIMITED</t>
+  </si>
+  <si>
+    <t>EN-SURE LTD</t>
+  </si>
+  <si>
+    <t>MALTA UNIVERSITY HOLDINGS LIMITED</t>
+  </si>
+  <si>
+    <t>SOLIDBASE LABORATORY LTD</t>
+  </si>
+  <si>
+    <t>J. GRECH LTD</t>
+  </si>
+  <si>
+    <t>1999 Ltd</t>
+  </si>
+  <si>
+    <t>BNF BANK PLC</t>
+  </si>
+  <si>
+    <t>SAMMUT GIUSEPPE FRANCO LUIGI</t>
+  </si>
+  <si>
+    <t>GAETANO MIFSUD LIMITED</t>
+  </si>
+  <si>
+    <t>GALEA GENERAL SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>MARIO SANT</t>
+  </si>
+  <si>
+    <t>G STAFF SERVICES LTD</t>
+  </si>
+  <si>
+    <t>ALL IN TRANSLATIONS LTD</t>
+  </si>
+  <si>
+    <t>CLASS OPTICAL LIMITED</t>
+  </si>
+  <si>
+    <t>CYNTHIA DEMANUELE</t>
+  </si>
+  <si>
+    <t>ALLCHEM LTD</t>
+  </si>
+  <si>
+    <t>APPETITE VENDING LTD</t>
+  </si>
+  <si>
+    <t>FRANCIS BUSUTTIL &amp; SONS (MARKETING) LTD</t>
+  </si>
+  <si>
+    <t>Olive Trading Ltd</t>
+  </si>
+  <si>
+    <t>AMINO CHEMICALS LIMITED</t>
+  </si>
+  <si>
+    <t>SAN ANTON SCHOOL INSTITUTION</t>
+  </si>
+  <si>
+    <t>NAVAL ARCHITECTURAL SERVICES LTD</t>
+  </si>
+  <si>
+    <t>MARIA DOLORES AGIUS</t>
+  </si>
+  <si>
+    <t>JEAN PAUL GANADO</t>
+  </si>
+  <si>
+    <t>ROSSANA RIZZO</t>
+  </si>
+  <si>
+    <t>ROOSENDAAL HOTELS LTD</t>
+  </si>
+  <si>
+    <t>SALVO GRIMA &amp; SONS LIMITED</t>
+  </si>
+  <si>
+    <t>Polidano Press Ltd</t>
+  </si>
+  <si>
+    <t>GASANMAMO INSURANCE LTD</t>
+  </si>
+  <si>
+    <t>ADORE MORE LTD</t>
+  </si>
+  <si>
+    <t>GATT DORIANNE</t>
+  </si>
+  <si>
+    <t>MICALLEF TASHA</t>
+  </si>
+  <si>
+    <t>DECO MANUFACTURING LIMITED</t>
+  </si>
+  <si>
+    <t>Ajet Signs Ltd</t>
+  </si>
+  <si>
+    <t>FRANKIE CAUCHI SEAN CAUCHI</t>
+  </si>
+  <si>
+    <t>BABANOV PHOTOGRAPHY</t>
+  </si>
+  <si>
+    <t>SENTECH MALTA FP LTD.</t>
+  </si>
+  <si>
+    <t>STEPHEN CATANIA</t>
+  </si>
+  <si>
+    <t>ACADEMY 147 LIMITED</t>
+  </si>
+  <si>
+    <t>CHARLIE ZAHRA</t>
+  </si>
+  <si>
+    <t>JOELIN DELIA</t>
+  </si>
+  <si>
+    <t>APEX BUSINESS SERVICES LTD</t>
+  </si>
+  <si>
+    <t>OLIVER FARRUGIA</t>
+  </si>
+  <si>
+    <t>LYONS CARE LIMITED</t>
+  </si>
+  <si>
+    <t>PRO HEALTH LTD</t>
+  </si>
+  <si>
+    <t>GRTU</t>
+  </si>
+  <si>
+    <t>JOSEPH ATTARD</t>
+  </si>
+  <si>
+    <t>ERREMME HUMAN CAPITAL LTD</t>
+  </si>
+  <si>
+    <t>RICHARD HALL</t>
+  </si>
+  <si>
+    <t>JANA DEMANUELE</t>
+  </si>
+  <si>
+    <t>Cacti Ltd</t>
+  </si>
+  <si>
+    <t>DAVID AZZOPARDI</t>
+  </si>
+  <si>
+    <t>THE A PARKS LIMITED</t>
+  </si>
+  <si>
+    <t>MARK ANTHONY SANSONE</t>
+  </si>
+  <si>
+    <t>A.A.S.K. ENTERPRISES LIMITED</t>
+  </si>
+  <si>
+    <t>ESSE LTD</t>
+  </si>
+  <si>
+    <t>The St John's Co-Cathedral Foundation</t>
+  </si>
+  <si>
+    <t>LOUIS FARRUGIA</t>
+  </si>
+  <si>
+    <t>HEITE EMANUEL</t>
+  </si>
+  <si>
+    <t>518 Pharma Ltd</t>
+  </si>
+  <si>
+    <t>JFD LTD</t>
+  </si>
+  <si>
+    <t>This scheme supports thousands of individuals and companies</t>
+  </si>
+  <si>
+    <t>PJAZZA ANTIQUES LIMITED</t>
+  </si>
+  <si>
+    <t>MAMO TCV ADVOCATES</t>
+  </si>
+  <si>
+    <t>THE PADLOCK COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>THE CATERING CENTRE LIMITED</t>
+  </si>
+  <si>
+    <t>JONATHAN SALIBA</t>
+  </si>
+  <si>
+    <t>OGYGIA (GOZO) FOODS LIMITED</t>
+  </si>
+  <si>
+    <t>SOCIAL PROJECTS MANAGEMENT (S.P.M) LIMIT</t>
+  </si>
+  <si>
+    <t>Malta Statistics Authority</t>
+  </si>
+  <si>
+    <t>CELAN LTD</t>
   </si>
   <si>
     <t>SUTTERS &amp; CO LTD</t>
   </si>
   <si>
-    <t>CARABELLA COMPANY LIMITED</t>
-[...29 lines deleted...]
-    <t>JAMES XUEREB</t>
+    <t>Vernon's Food Manufacturing &amp; Trading Ltd</t>
+  </si>
+  <si>
+    <t>RODNEY CAUCHI</t>
+  </si>
+  <si>
+    <t>Sean Buttigieg</t>
+  </si>
+  <si>
+    <t>MARTINO MIRKO ABBRACCIAVENTO</t>
+  </si>
+  <si>
+    <t>DE VALIER CO. LIMITED</t>
+  </si>
+  <si>
+    <t>GRIMANA LTD</t>
+  </si>
+  <si>
+    <t>SALINA OPERATORS LIMITED</t>
+  </si>
+  <si>
+    <t>Malta Red Cross</t>
+  </si>
+  <si>
+    <t>AF Sign Studio Ltd.</t>
+  </si>
+  <si>
+    <t>ALHAMBRA TRADING LTD</t>
+  </si>
+  <si>
+    <t>STARPHARMA LTD</t>
+  </si>
+  <si>
+    <t>ISB LTD</t>
+  </si>
+  <si>
+    <t>DFAB STUDIO LIMITED</t>
+  </si>
+  <si>
+    <t>BORG FRANCOIS</t>
+  </si>
+  <si>
+    <t>PSS MARINE BUNKERING LTD</t>
+  </si>
+  <si>
+    <t>INSPIRATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>BRINCAT DIANE</t>
+  </si>
+  <si>
+    <t>GAUCI BORDA THERESE ANN</t>
+  </si>
+  <si>
+    <t>LUKE VELLA GRIMA</t>
+  </si>
+  <si>
+    <t>VIVENDO MALTA LTD</t>
+  </si>
+  <si>
+    <t>Victoria Regina Ltd</t>
+  </si>
+  <si>
+    <t>Italiani.IT Ltd</t>
+  </si>
+  <si>
+    <t>EDWARD CHATLANI</t>
+  </si>
+  <si>
+    <t>Spring Productions International Ltd.</t>
+  </si>
+  <si>
+    <t>PLANIT TRAVEL SERVICES LTD.</t>
+  </si>
+  <si>
+    <t>G DARMANIN SERVICE STATION</t>
+  </si>
+  <si>
+    <t>Abraham Supplies Co. Ltd</t>
+  </si>
+  <si>
+    <t>UNITED DEPARTMENT STORES LIMITED</t>
+  </si>
+  <si>
+    <t>Optika Ltd</t>
+  </si>
+  <si>
+    <t>BEST PRINT CO. LTD.</t>
+  </si>
+  <si>
+    <t>Silvercraft Products Limited</t>
+  </si>
+  <si>
+    <t>CEEK LTD</t>
+  </si>
+  <si>
+    <t>SimpleMalta Ltd</t>
+  </si>
+  <si>
+    <t>GEORGE AZZOPARDI</t>
+  </si>
+  <si>
+    <t>PAMARGAN PRODUCTS (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>BORG MICHAELA</t>
+  </si>
+  <si>
+    <t>CLASS MEDICAL LIMITED</t>
+  </si>
+  <si>
+    <t>DOMENIC REFALO</t>
+  </si>
+  <si>
+    <t>ABIGAIL ALOISIO</t>
+  </si>
+  <si>
+    <t>ENTERPRISE SUPPORT SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>PAULINE PORTELLI</t>
+  </si>
+  <si>
+    <t>Euro Pharma Ltd</t>
+  </si>
+  <si>
+    <t>Metour Ltd</t>
+  </si>
+  <si>
+    <t>THEORIA REALTY LTD</t>
+  </si>
+  <si>
+    <t>ALISTAIR &amp; CHARLES BEZZINA</t>
+  </si>
+  <si>
+    <t>QUINTIAN PHARMA LIMITED</t>
+  </si>
+  <si>
+    <t>CARMEL FENECH</t>
+  </si>
+  <si>
+    <t>SHIREBURN SOFTWARE LIMITED</t>
+  </si>
+  <si>
+    <t>FGP LTD</t>
+  </si>
+  <si>
+    <t>D Z SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>ROAD STRUCTURES LIMITED</t>
+  </si>
+  <si>
+    <t>SOLAR ENGINEERING LTD</t>
+  </si>
+  <si>
+    <t>National Audit Office</t>
+  </si>
+  <si>
+    <t>MARISA ZAMMIT</t>
+  </si>
+  <si>
+    <t>LEAD SERVICES TECHNOLOGIES LTD</t>
+  </si>
+  <si>
+    <t>ROUGH NATION LIMITED</t>
+  </si>
+  <si>
+    <t>AF Sign Studio Ltd</t>
+  </si>
+  <si>
+    <t>PACE PAUL</t>
+  </si>
+  <si>
+    <t>ROVIC IRONMONGERY STORES LTD</t>
+  </si>
+  <si>
+    <t>Arte Modelo Co Ltd</t>
+  </si>
+  <si>
+    <t>FOSTER CLARK PRODUCTS LTD</t>
+  </si>
+  <si>
+    <t>Petrus Hospitality Ltd</t>
+  </si>
+  <si>
+    <t>Globitell International Ltd</t>
+  </si>
+  <si>
+    <t>MICHAEL GATT</t>
+  </si>
+  <si>
+    <t>NIU LIMITED</t>
+  </si>
+  <si>
+    <t>BUDACSIK ZOLTAN LAJOS</t>
+  </si>
+  <si>
+    <t>SARE MARBLE WORKS LIMITED</t>
+  </si>
+  <si>
+    <t>Interior Outfitters Ltd</t>
+  </si>
+  <si>
+    <t>Victoria Regina</t>
+  </si>
+  <si>
+    <t>JAMES TABONE LTD</t>
+  </si>
+  <si>
+    <t>MEDITERRANEAN INSURANCE BROKERS (MALTA)</t>
+  </si>
+  <si>
+    <t>DAVID ZAMMIT</t>
+  </si>
+  <si>
+    <t>Francis Buhagiar</t>
+  </si>
+  <si>
+    <t>KRISTINA BRINCAT</t>
+  </si>
+  <si>
+    <t>EASYGAS MALTA LTD</t>
+  </si>
+  <si>
+    <t>MEDITERRANEAN CRAFTS COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>GAUCI SONYA VANESSA</t>
+  </si>
+  <si>
+    <t>Threls Ltd</t>
+  </si>
+  <si>
+    <t>DENFAR SERVICE STATION LTD</t>
+  </si>
+  <si>
+    <t>EMAN.CARLONI &amp; MICH.CAPELLI (PARTNERSHIP) - OSTERIA SCOTTADITO</t>
+  </si>
+  <si>
+    <t>FARRUGIA LUDWIG</t>
+  </si>
+  <si>
+    <t>TOYAH BAJADA</t>
+  </si>
+  <si>
+    <t>JOHN MELI</t>
+  </si>
+  <si>
+    <t>The Guard Ltd</t>
+  </si>
+  <si>
+    <t>Neriku Confectionary Ltd</t>
+  </si>
+  <si>
+    <t>DOMINIC DEPARTMENT STORES (D D S) LTD</t>
+  </si>
+  <si>
+    <t>RALPH JEREMY PULI</t>
+  </si>
+  <si>
+    <t>KIM ABDILLA</t>
+  </si>
+  <si>
+    <t>JOSEPH MERCIECA</t>
+  </si>
+  <si>
+    <t>NEW MOBILITY LIMITED</t>
+  </si>
+  <si>
+    <t>Distinct Homes Limited</t>
+  </si>
+  <si>
+    <t>AMANDA VELLA</t>
+  </si>
+  <si>
+    <t>EMANUEL K/A NOEL RAPA</t>
+  </si>
+  <si>
+    <t>Laura Swale</t>
+  </si>
+  <si>
+    <t>NICHOLAS SPITERI</t>
+  </si>
+  <si>
+    <t>CF Group Ltd</t>
+  </si>
+  <si>
+    <t>EMVIC (EMANUEL VICTOR) DEBONO</t>
+  </si>
+  <si>
+    <t>Mtarfa Local Council</t>
+  </si>
+  <si>
+    <t>Stephen Cordina</t>
+  </si>
+  <si>
+    <t>PHOENICIA HOTEL CO LTD</t>
+  </si>
+  <si>
+    <t>afe Trading Ltd</t>
+  </si>
+  <si>
+    <t>Elektra Limited</t>
+  </si>
+  <si>
+    <t>MIZZI STUDIO LTD</t>
+  </si>
+  <si>
+    <t>STREET FOOD COMPANY LTD</t>
+  </si>
+  <si>
+    <t>VIVENS BY WOODLAB LTD</t>
+  </si>
+  <si>
+    <t>JOHN AGIUS</t>
+  </si>
+  <si>
+    <t>ABRAHAM SUPPLIES CO. LIMITED</t>
+  </si>
+  <si>
+    <t>DELICATA DAVID</t>
+  </si>
+  <si>
+    <t>Elaine Genovese</t>
+  </si>
+  <si>
+    <t>Desk Catering Ltd</t>
+  </si>
+  <si>
+    <t>ELMO INSURANCE LTD</t>
+  </si>
+  <si>
+    <t>ANTHONY CAUCHI</t>
+  </si>
+  <si>
+    <t>MY INGLO LIMITED</t>
+  </si>
+  <si>
+    <t>DANIEL MALLIA</t>
+  </si>
+  <si>
+    <t>JULIAN CARUANA</t>
+  </si>
+  <si>
+    <t>INFINITELY XARA LIMITED</t>
+  </si>
+  <si>
+    <t>KERK COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>IN DESIGN (MALTA) LTD.</t>
+  </si>
+  <si>
+    <t>BUGEJA SIMON</t>
+  </si>
+  <si>
+    <t>ALEXIA AZZOPARDI</t>
+  </si>
+  <si>
+    <t>RODERICK &amp; FRANCO DEBONO</t>
+  </si>
+  <si>
+    <t>Correctional Services Agency</t>
+  </si>
+  <si>
+    <t>LLARA ABELA SCOLARO</t>
+  </si>
+  <si>
+    <t>FRANCIS BUTTIGIEG</t>
+  </si>
+  <si>
+    <t>LEGOLAS INVEST LTD.</t>
+  </si>
+  <si>
+    <t>U Collection Valletta</t>
+  </si>
+  <si>
+    <t>Ministry for Health and Active Ageing</t>
+  </si>
+  <si>
+    <t>Manuel Xerri</t>
+  </si>
+  <si>
+    <t>MALLIA ROBERT</t>
+  </si>
+  <si>
+    <t>HUDSON HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>THYNK SOFTWARE LTD</t>
+  </si>
+  <si>
+    <t>BORTEX CLOTHING INDUSTRY CO. LTD.</t>
+  </si>
+  <si>
+    <t>SECURICH CO LTD</t>
+  </si>
+  <si>
+    <t>EASTERN CONSULTANCY SERVICES LTD</t>
+  </si>
+  <si>
+    <t>APL SWIFT SERVICES (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>VERONICA MONTANARO</t>
+  </si>
+  <si>
+    <t>JONATHAN GAUCI</t>
+  </si>
+  <si>
+    <t>J.L. TOBACCO CO. LIMITED</t>
+  </si>
+  <si>
+    <t>VET MEDICAL SERVICES LTD</t>
+  </si>
+  <si>
+    <t>High End Properties Ltd</t>
+  </si>
+  <si>
+    <t>ARGUS INSURANCE AGENCIES LIMITED</t>
+  </si>
+  <si>
+    <t>D Goldline Ltd</t>
+  </si>
+  <si>
+    <t>CONSOLIDATED BISCUIT CO LTD</t>
+  </si>
+  <si>
+    <t>CHARLENE GATT</t>
+  </si>
+  <si>
+    <t>NERIKU CONFECTIONERY LTD</t>
+  </si>
+  <si>
+    <t>FRANCESCA BORG</t>
+  </si>
+  <si>
+    <t>Thomas Smith &amp; Co</t>
+  </si>
+  <si>
+    <t>GADGETS LTD</t>
+  </si>
+  <si>
+    <t>FORM LTD</t>
+  </si>
+  <si>
+    <t>PACE ASSOCIATES LTD</t>
+  </si>
+  <si>
+    <t>JANE TABONE</t>
+  </si>
+  <si>
+    <t>ADRIAN MIFSUD</t>
+  </si>
+  <si>
+    <t>KRISTINA BIANCO</t>
+  </si>
+  <si>
+    <t>PRELUNA LIMITED</t>
+  </si>
+  <si>
+    <t>Emmanuel Sacco</t>
+  </si>
+  <si>
+    <t>AFE TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>CAREFREE SOFAS &amp; MATTRESSES CO LTD</t>
+  </si>
+  <si>
+    <t>MICHAEL GRECH FINANCIAL INVESTMENT SERVICES LTD</t>
+  </si>
+  <si>
+    <t>MANOEL ISLAND SERVICES STATION LIMITED</t>
+  </si>
+  <si>
+    <t>AVANTECH LTD.</t>
+  </si>
+  <si>
+    <t>SARAH MARIE CAMILLERI</t>
+  </si>
+  <si>
+    <t>EBO LTD</t>
+  </si>
+  <si>
+    <t>WHITE BROTHERS LTD</t>
+  </si>
+  <si>
+    <t>KATIUCHA GALEA</t>
+  </si>
+  <si>
+    <t>Agency for Infrastructure Malta</t>
+  </si>
+  <si>
+    <t>SALIBA JENNIFER</t>
+  </si>
+  <si>
+    <t>GOZO RESOURCES AND SERVICES LTD</t>
+  </si>
+  <si>
+    <t>GOLD LION HOLIDAY CO LTD</t>
+  </si>
+  <si>
+    <t>DR JEAN CARL AND DR KEVIN DEGUARA</t>
+  </si>
+  <si>
+    <t>BARBARA JOHN PAUL</t>
+  </si>
+  <si>
+    <t>SCHEMBRI AND ALOISIO LIMITED</t>
+  </si>
+  <si>
+    <t>Sacha Cutajar</t>
+  </si>
+  <si>
+    <t>LAURAN DIMECH</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL MERCHANTS CO LTD</t>
+  </si>
+  <si>
+    <t>CAMILLERI MICHELLE</t>
+  </si>
+  <si>
+    <t>CLEVERBIT SOFTWARE LTD</t>
+  </si>
+  <si>
+    <t>MJE SOLUTIONS LIMITED</t>
+  </si>
+  <si>
+    <t>MUSCAT NOELLE</t>
+  </si>
+  <si>
+    <t>V.J.SALOMONE PHARMA LTD</t>
+  </si>
+  <si>
+    <t>MB Distributions</t>
+  </si>
+  <si>
+    <t>ICT SOFTWARE LTD</t>
+  </si>
+  <si>
+    <t>ELLUL ROBERTA (CONNECT TRAVEL)</t>
+  </si>
+  <si>
+    <t>BIGEXPO LIMITED</t>
+  </si>
+  <si>
+    <t>JEFFREY ATTARD</t>
+  </si>
+  <si>
+    <t>Davies Design Group Ltd</t>
+  </si>
+  <si>
+    <t>Beta Centre Ltd</t>
+  </si>
+  <si>
+    <t>LBG Company Ltd</t>
+  </si>
+  <si>
+    <t>DIANE FALZON &amp; MARTIN MERCIECA</t>
+  </si>
+  <si>
+    <t>Darren Joseph Fenech</t>
+  </si>
+  <si>
+    <t>MY COMMUNICATIONS LTD</t>
+  </si>
+  <si>
+    <t>ALBERT CAMILLERI</t>
+  </si>
+  <si>
+    <t>VISTA COOPERATIVE SOCIETY LIMITED</t>
+  </si>
+  <si>
+    <t>Marketing and Consultancy Ltd</t>
+  </si>
+  <si>
+    <t>ANAMARIA MAGRI PANTEA</t>
+  </si>
+  <si>
+    <t>IL-BUKKETT COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>ST. JOHN CHIRCOP REUBEN</t>
+  </si>
+  <si>
+    <t>Modernata Furniture Ltd</t>
+  </si>
+  <si>
+    <t>MELAR OPERATIONS LTD</t>
+  </si>
+  <si>
+    <t>ATTARD BROS OPERATIONS LTD</t>
+  </si>
+  <si>
+    <t>BUCKS VAIVADE LANA</t>
+  </si>
+  <si>
+    <t>ZAHRA EMPLOY LTD</t>
+  </si>
+  <si>
+    <t>JK SUPERMARKET LTD.</t>
+  </si>
+  <si>
+    <t>Digital Literacy and Transversal Skills Directorate</t>
+  </si>
+  <si>
+    <t>PRIMA LTD</t>
+  </si>
+  <si>
+    <t>ROOSENDAAL TRADING LIMITED</t>
+  </si>
+  <si>
+    <t>SALVINU PARNIS</t>
+  </si>
+  <si>
+    <t>VELLA KURT</t>
+  </si>
+  <si>
+    <t>C&amp;F CONSTRUCTION LTD</t>
+  </si>
+  <si>
+    <t>DAB ELECTRONICA CO LIMITED</t>
+  </si>
+  <si>
+    <t>Stephen Mintoff</t>
+  </si>
+  <si>
+    <t>Arnold Sciberras</t>
+  </si>
+  <si>
+    <t>FIMBANK PLC</t>
+  </si>
+  <si>
+    <t>WHITE HAT GAMING LIMITED</t>
+  </si>
+  <si>
+    <t>CARMELO CARUANA CO.LTD.</t>
+  </si>
+  <si>
+    <t>G&amp;P Borg Ltd</t>
+  </si>
+  <si>
+    <t>DIXCART MANAGEMENT MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>JJ SCERRI COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>ROCK INTENTION MALTA LTD</t>
+  </si>
+  <si>
+    <t>ATTARD BROS SERVICES LTD</t>
+  </si>
+  <si>
+    <t>BODESR LTD</t>
+  </si>
+  <si>
+    <t>MARKETING AND CONSULTANCY LIMITED</t>
+  </si>
+  <si>
+    <t>JANET SAMMUT</t>
+  </si>
+  <si>
+    <t>IMPORTERS &amp; DISTRIBUTORS LTD.</t>
+  </si>
+  <si>
+    <t>ARGUS INSURANCE COMPANY (EUROPE) LIMITED</t>
+  </si>
+  <si>
+    <t>EYETECH LTD.</t>
+  </si>
+  <si>
+    <t>MEETING POINT HOTEL MANAGEMENT MALTA LTD</t>
+  </si>
+  <si>
+    <t>KARLA NADINE REEVE</t>
+  </si>
+  <si>
+    <t>ROBERTA CASSAR</t>
+  </si>
+  <si>
+    <t>JONATHAN GALEA</t>
+  </si>
+  <si>
+    <t>MATTHEW SCHEMBRI</t>
+  </si>
+  <si>
+    <t>Directorate for Quality and Standards in Education</t>
+  </si>
+  <si>
+    <t>COMPUTIME SOFTWARE LTD</t>
+  </si>
+  <si>
+    <t>PB COMPANY LIMTED</t>
+  </si>
+  <si>
+    <t>G.M.M. &amp; ASSOCIATES (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>NADINE SCICLUNA</t>
+  </si>
+  <si>
+    <t>GARDENS MARINA LTD</t>
+  </si>
+  <si>
+    <t>NICHOLAS PACE</t>
+  </si>
+  <si>
+    <t>CRYSTAL CLEAN LIMITED</t>
+  </si>
+  <si>
+    <t>ETIENNE BRINCAT</t>
+  </si>
+  <si>
+    <t>A. FALZON ENERGY PROJECTS LIMITED</t>
+  </si>
+  <si>
+    <t>QUINTANO FOODS LTD</t>
+  </si>
+  <si>
+    <t>HAL MANN INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>KYLE &amp; EMANUEL BORG</t>
+  </si>
+  <si>
+    <t>Authority for Transport in Malta</t>
+  </si>
+  <si>
+    <t>BOND'S LIMITED</t>
+  </si>
+  <si>
+    <t>ANDERS KJELLOVE ERIKSSON</t>
+  </si>
+  <si>
+    <t>DRUGSALES LIMITED</t>
+  </si>
+  <si>
+    <t>DENISE AGIUS</t>
+  </si>
+  <si>
+    <t>Loop Services Ltd</t>
+  </si>
+  <si>
+    <t>ANALISE TRAPANI</t>
+  </si>
+  <si>
+    <t>BAY STREET HOTEL COMPLEX LTD</t>
+  </si>
+  <si>
+    <t>ATTARD &amp; CO. FOOD LIMITED</t>
+  </si>
+  <si>
+    <t>BENFIELD TREVOR</t>
+  </si>
+  <si>
+    <t>JOHN BRINCAT</t>
+  </si>
+  <si>
+    <t>Sunsites Ltd</t>
+  </si>
+  <si>
+    <t>ROBERT GRECH</t>
+  </si>
+  <si>
+    <t>PA HOLDINGS LTD.</t>
+  </si>
+  <si>
+    <t>AIDAN XUEREB</t>
+  </si>
+  <si>
+    <t>Atlantis Holidays Ltd</t>
+  </si>
+  <si>
+    <t>FERRIS KONRAD</t>
+  </si>
+  <si>
+    <t>Sarah Camilleri</t>
+  </si>
+  <si>
+    <t>RICHARD MICALLEF</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER ELLUL</t>
+  </si>
+  <si>
+    <t>E &amp; L ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>LUCHIA VICTORINA TEUMA ACKERMAN</t>
+  </si>
+  <si>
+    <t>G &amp; P BORG LIMITED</t>
+  </si>
+  <si>
+    <t>CONNECT SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>TA' HAQQU CONSTRUCTION LIMITED</t>
+  </si>
+  <si>
+    <t>JOSEPH GRECH</t>
+  </si>
+  <si>
+    <t>JUSTIN SCIBERRAS</t>
+  </si>
+  <si>
+    <t>MF ELECTRIX LTD</t>
+  </si>
+  <si>
+    <t>S.A.W. Ltd</t>
+  </si>
+  <si>
+    <t>D&amp;M Enterprises Ltd</t>
+  </si>
+  <si>
+    <t>LEANNE ABELA</t>
+  </si>
+  <si>
+    <t>Ninja Attard</t>
+  </si>
+  <si>
+    <t>ALL DEAL TRADING</t>
+  </si>
+  <si>
+    <t>UNIPLAST LIMITED</t>
+  </si>
+  <si>
+    <t>ICON STUDIOS LTD.</t>
+  </si>
+  <si>
+    <t>CREATEIT STUDIO</t>
+  </si>
+  <si>
+    <t>CARDINAL HEALTH MALTA 212 LIMITED</t>
+  </si>
+  <si>
+    <t>BUGEJA TERRENCE</t>
+  </si>
+  <si>
+    <t>VANESSA BONNCI &amp; CHANTELLE CORTIS</t>
+  </si>
+  <si>
+    <t>Business 2 Business Ltd</t>
+  </si>
+  <si>
+    <t>GUSTINE ATTARD</t>
+  </si>
+  <si>
+    <t>STANLEY CAMILLERI</t>
+  </si>
+  <si>
+    <t>MICHEAL ANTHONY CARUANA</t>
+  </si>
+  <si>
+    <t>BARBARO SANT REBECCA</t>
+  </si>
+  <si>
+    <t>PETER PAUL SAID</t>
+  </si>
+  <si>
+    <t>ARTE MODELO CO. LTD</t>
+  </si>
+  <si>
+    <t>BODESR LIMITED</t>
+  </si>
+  <si>
+    <t>CA FINANCIAL PARTNERS</t>
+  </si>
+  <si>
+    <t>JAMESCO TRADING LTD</t>
+  </si>
+  <si>
+    <t>CROWD SAFETY MANAGEMENT LTD</t>
+  </si>
+  <si>
+    <t>CARMEL PORTELLI</t>
+  </si>
+  <si>
+    <t>NICOLAS VELLA</t>
+  </si>
+  <si>
+    <t>ROMINA SCERRI</t>
+  </si>
+  <si>
+    <t>ef.Info Limited</t>
+  </si>
+  <si>
+    <t>INDIS Malta</t>
+  </si>
+  <si>
+    <t>GEORGE BUSUTTIL</t>
+  </si>
+  <si>
+    <t>TEDDY CEFAI</t>
+  </si>
+  <si>
+    <t>CASSAR AIRCONDITIONING SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>BARE SPORTS EUROPE , LTD</t>
+  </si>
+  <si>
+    <t>MHRA</t>
+  </si>
+  <si>
+    <t>Regulator for Energy and Water Services (REWS)</t>
+  </si>
+  <si>
+    <t>SUNSITES LIMITED - G3 HOSPITALITY LIMITED</t>
+  </si>
+  <si>
+    <t>Traveltrade Ltd</t>
+  </si>
+  <si>
+    <t>Gozo Diocese through its specifically set up KURA Association</t>
+  </si>
+  <si>
+    <t>Premium Business Solution Ltd</t>
+  </si>
+  <si>
+    <t>Ruben John Cascun</t>
+  </si>
+  <si>
+    <t>GOZO - COMINO FERRIES COOPERATIVE LIMITED</t>
+  </si>
+  <si>
+    <t>MET ROAD ASSISTANCE LTD</t>
+  </si>
+  <si>
+    <t>Maria McKenna</t>
+  </si>
+  <si>
+    <t>ARTHEA MARIA BRIFFA</t>
+  </si>
+  <si>
+    <t>L-Eremita Co. Ltd</t>
+  </si>
+  <si>
+    <t>WE MEDIA LIMITED</t>
+  </si>
+  <si>
+    <t>HID MALTA LTD</t>
+  </si>
+  <si>
+    <t>MONICA KIRKBY</t>
+  </si>
+  <si>
+    <t>BASE ARCHITECTURE LTD</t>
+  </si>
+  <si>
+    <t>PROPELLER GROUP LTD</t>
+  </si>
+  <si>
+    <t>MOSTA BACON LTD</t>
+  </si>
+  <si>
+    <t>MALLARD CO. LTD</t>
+  </si>
+  <si>
+    <t>A &amp; E MINTOFF COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>MRX Investments Ltd</t>
+  </si>
+  <si>
+    <t>HUDSON INTERNATIONAL CO LTD</t>
+  </si>
+  <si>
+    <t>Ora Treatments Ltd</t>
+  </si>
+  <si>
+    <t>HSBC GLOBAL SERVICES (UK) LTD</t>
+  </si>
+  <si>
+    <t>IZOLA BANK PLC</t>
+  </si>
+  <si>
+    <t>Adrian Deguara</t>
+  </si>
+  <si>
+    <t>CARMEL BONNICI</t>
+  </si>
+  <si>
+    <t>CORNUCOPIA LTD</t>
+  </si>
+  <si>
+    <t>PAMTRADE LTD</t>
+  </si>
+  <si>
+    <t>MATTHEW MICALLEF</t>
+  </si>
+  <si>
+    <t>MICHAEL SULTANA</t>
+  </si>
+  <si>
+    <t>ENNEBI FURNITURE LTD</t>
+  </si>
+  <si>
+    <t>BRIAN ZAMMIT</t>
+  </si>
+  <si>
+    <t>TOP DRAWER LTD</t>
+  </si>
+  <si>
+    <t>SIGMA COATINGS (MALTA) LTD.</t>
+  </si>
+  <si>
+    <t>SAPIANO AUDREYANNE</t>
+  </si>
+  <si>
+    <t>SAMMUT PHILIP</t>
+  </si>
+  <si>
+    <t>Ann Meli Attard</t>
+  </si>
+  <si>
+    <t>AM Mangion Ltd</t>
+  </si>
+  <si>
+    <t>KEVIN VASSALLO</t>
+  </si>
+  <si>
+    <t>SHELTONS MALTA LTD</t>
+  </si>
+  <si>
+    <t>WURTH LTD</t>
+  </si>
+  <si>
+    <t>EYAD ABU HISHMEH</t>
+  </si>
+  <si>
+    <t>AVIASERVE LIMITED</t>
+  </si>
+  <si>
+    <t>GRAVINA DEAN</t>
+  </si>
+  <si>
+    <t>SHIELD CONSULTANTS LIMITED</t>
+  </si>
+  <si>
+    <t>JOHN GHIGO HOLDINGS</t>
+  </si>
+  <si>
+    <t>CROSS MY HEART</t>
+  </si>
+  <si>
+    <t>FRANKY CAMILLERI</t>
+  </si>
+  <si>
+    <t>IK ACADEMY LIMITED</t>
+  </si>
+  <si>
+    <t>G4S COMMUNITY SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>PARADISE BAY HOTEL LTD</t>
+  </si>
+  <si>
+    <t>G &amp; M DEGUARA CATERING CO LTD</t>
+  </si>
+  <si>
+    <t>NC-CONSULTA LTD</t>
+  </si>
+  <si>
+    <t>MJM EUROPE LIMITED</t>
+  </si>
+  <si>
+    <t>RODERICK SCHEMBRI</t>
+  </si>
+  <si>
+    <t>Camel Brand Company Ltd.</t>
+  </si>
+  <si>
+    <t>MCM MAINTENANCE CENTRE MALTA LTD.</t>
+  </si>
+  <si>
+    <t>Registrator Software Solutions Ltd</t>
+  </si>
+  <si>
+    <t>VISION OPTICIANS LIMITED</t>
+  </si>
+  <si>
+    <t>Heritage  Malta</t>
+  </si>
+  <si>
+    <t>Naxxar Local Council</t>
+  </si>
+  <si>
+    <t>FIONA RITA FALZON-PYRAMID CHILDCARE CENTRE</t>
+  </si>
+  <si>
+    <t>DENISE SCHEMBRI</t>
+  </si>
+  <si>
+    <t>DANIEL VELLA</t>
+  </si>
+  <si>
+    <t>ANTHONY SALIBA</t>
+  </si>
+  <si>
+    <t>BM SUPPORT SERVICES LTD</t>
+  </si>
+  <si>
+    <t>Eurocem</t>
+  </si>
+  <si>
+    <t>Raymond Bonello</t>
+  </si>
+  <si>
+    <t>SECURITY FIRST SERVICES LTD</t>
+  </si>
+  <si>
+    <t>BD INTERNATIONAL (GROUP) LTD</t>
+  </si>
+  <si>
+    <t>JESMAR ABELA</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER CAMILLERI</t>
+  </si>
+  <si>
+    <t>SPITERI ANABEL(ANABEL-ROSE)</t>
+  </si>
+  <si>
+    <t>Mandy Pellicano Castagna</t>
+  </si>
+  <si>
+    <t>BANJU BOUTIQUE</t>
+  </si>
+  <si>
+    <t>MAGRI BATHROOM CENTRE LTD</t>
+  </si>
+  <si>
+    <t>CAMILLERI ROSE MARIE</t>
+  </si>
+  <si>
+    <t>CASA MARIA MONTESSORI</t>
+  </si>
+  <si>
+    <t>CINI HOLDINGS COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>Ministry for Gozo (Malta)</t>
+  </si>
+  <si>
+    <t>ASCENT SOFTWARE LTD</t>
+  </si>
+  <si>
+    <t>LEANDRO COLOMBO</t>
+  </si>
+  <si>
+    <t>MAMO TCV</t>
+  </si>
+  <si>
+    <t>AURORA ENTERPRISES LIMITED</t>
+  </si>
+  <si>
+    <t>JANE SCHEMBRI</t>
+  </si>
+  <si>
+    <t>EATON &amp; CO LIMITED</t>
+  </si>
+  <si>
+    <t>SPITERI WAYLON</t>
+  </si>
+  <si>
+    <t>ATTARD &amp; CO LTD</t>
+  </si>
+  <si>
+    <t>MINT HEALTH LTD</t>
+  </si>
+  <si>
+    <t>DISTINCT HOMES LTD.</t>
+  </si>
+  <si>
+    <t>Victim Support Malta</t>
+  </si>
+  <si>
+    <t>HOMEMATE CO. LTD.</t>
+  </si>
+  <si>
+    <t>Jonathan Zahra</t>
+  </si>
+  <si>
+    <t>MAPFRE MSV LIFE P.L.C.</t>
+  </si>
+  <si>
+    <t>MICALLEF BORG CLAUDINE</t>
+  </si>
+  <si>
+    <t>NARDU ZAMMIT</t>
+  </si>
+  <si>
+    <t>TECHNOLOGICAL INNOVATIONS LTD</t>
+  </si>
+  <si>
+    <t>M&amp;S MARKETING SOLUTIONS LTD</t>
+  </si>
+  <si>
+    <t>CASHPOINT (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>ELEKTRA LTD</t>
+  </si>
+  <si>
+    <t>360 BUILDING SERVICES CONTRACTORS LTD</t>
+  </si>
+  <si>
+    <t>JOSEPH GALEA</t>
+  </si>
+  <si>
+    <t>FLOWER SALES LIMITED</t>
+  </si>
+  <si>
+    <t>JOSEPH MUSCAT</t>
+  </si>
+  <si>
+    <t>FRANCIS MIFSUD</t>
+  </si>
+  <si>
+    <t>CORTEX LIMITED</t>
+  </si>
+  <si>
+    <t>ELAINE SCHEMBRI</t>
+  </si>
+  <si>
+    <t>XLENDI MANAGEMENT LTD</t>
+  </si>
+  <si>
+    <t>PAMA SUPERMARKET LIMITED</t>
+  </si>
+  <si>
+    <t>ROBERT TABONE</t>
+  </si>
+  <si>
+    <t>SIMON AZZOPARDI</t>
+  </si>
+  <si>
+    <t>FABIEN DEBONO</t>
+  </si>
+  <si>
+    <t>CORINNE MIFSUD</t>
+  </si>
+  <si>
+    <t>SEIFERT SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>THE PERSONAL TRAINING COMPANY LTD.</t>
+  </si>
+  <si>
+    <t>Francine Farrugia</t>
+  </si>
+  <si>
+    <t>INSTITUTE OF HEALTH &amp; SAFETY LTD</t>
+  </si>
+  <si>
+    <t>AX GROUP P.L.C.</t>
+  </si>
+  <si>
+    <t>WORLD2MEET (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>MICALLEF THERESA</t>
+  </si>
+  <si>
+    <t>A.A.S.K. Enterprises Ltd</t>
+  </si>
+  <si>
+    <t>NOEL THEUMA</t>
+  </si>
+  <si>
+    <t>SILVIO BUTTIGIEG</t>
+  </si>
+  <si>
+    <t>MARIO MUSCAT</t>
+  </si>
+  <si>
+    <t>GreenPak Coop Society Limited</t>
+  </si>
+  <si>
+    <t>MARIA DOLORES INGUANEZ</t>
+  </si>
+  <si>
+    <t>WOODS JOSEPH</t>
+  </si>
+  <si>
+    <t>BUSINESS LEADERS (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>C &amp; C EXPRESS LIMITED</t>
+  </si>
+  <si>
+    <t>AASK Enterprises Limited</t>
+  </si>
+  <si>
+    <t>MEDSERV OPERATIONS LTD</t>
+  </si>
+  <si>
+    <t>Transport Malta- Roads and Infrastructure Directorate</t>
+  </si>
+  <si>
+    <t>MALTA DAIRY PRODUCTS LTD</t>
+  </si>
+  <si>
+    <t>Interconnect Malta</t>
+  </si>
+  <si>
+    <t>MWG LIMITED</t>
+  </si>
+  <si>
+    <t>RCV HANDLING MACHINERY LTD</t>
+  </si>
+  <si>
+    <t>HEALTH SERVICES GOZO LIMITED</t>
+  </si>
+  <si>
+    <t>DAVID'S BAKERY LIMITED</t>
+  </si>
+  <si>
+    <t>PALAZZO CONSIGLIA OPERATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>JADE GRECH</t>
+  </si>
+  <si>
+    <t>MALTAPOST PLC</t>
+  </si>
+  <si>
+    <t>Modernata Furniture Malta Ltd</t>
+  </si>
+  <si>
+    <t>DONELLA AGIUS</t>
+  </si>
+  <si>
+    <t>Busy Bee Manufacturing Limited</t>
+  </si>
+  <si>
+    <t>The Window Plus Ltd</t>
+  </si>
+  <si>
+    <t>GVZH TRUSTEES LTD</t>
+  </si>
+  <si>
+    <t>INDICIA LIMITED</t>
+  </si>
+  <si>
+    <t>NICOLE CALLEJA</t>
+  </si>
+  <si>
+    <t>PREEO SOFTWARE LTD</t>
+  </si>
+  <si>
+    <t>Grixti Mobili Ltd</t>
+  </si>
+  <si>
+    <t>STEP ENTERPRISES LTD.</t>
+  </si>
+  <si>
+    <t>T4B SERVICES LTD</t>
+  </si>
+  <si>
+    <t>EXCEL HOMES REAL ESTATE LTD</t>
+  </si>
+  <si>
+    <t>SEPOY ENGINEERING LTD.</t>
+  </si>
+  <si>
+    <t>PORTELLI EMAN</t>
+  </si>
+  <si>
+    <t>Mon Lung Ltd</t>
+  </si>
+  <si>
+    <t>Unique Beverages Limited</t>
+  </si>
+  <si>
+    <t>BORG GLENN</t>
+  </si>
+  <si>
+    <t>B.A.S. LTD</t>
+  </si>
+  <si>
+    <t>BONGAL LTD</t>
+  </si>
+  <si>
+    <t>Ministry for Health - Primary Health Care Department</t>
+  </si>
+  <si>
+    <t>CV TOOLING AND PLASTICS LIMITED</t>
+  </si>
+  <si>
+    <t>RITA KA RITAN GRIMA</t>
+  </si>
+  <si>
+    <t>KREA (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>MALTALINGUA LTD</t>
+  </si>
+  <si>
+    <t>JOSEF AND MARVIC SAID</t>
+  </si>
+  <si>
+    <t>MARIO ZAMPA</t>
+  </si>
+  <si>
+    <t>DISTINCT HOMES LTD</t>
+  </si>
+  <si>
+    <t>Five88 Ltd</t>
+  </si>
+  <si>
+    <t>INSTITUTE OF ENGLISH LANGUAGE STUDIES LTD</t>
+  </si>
+  <si>
+    <t>Pisani Woodworks</t>
+  </si>
+  <si>
+    <t>L &amp; L EUROPE LTD</t>
+  </si>
+  <si>
+    <t>ALLEYBE LIMITED</t>
+  </si>
+  <si>
+    <t>ALTARO LTD</t>
+  </si>
+  <si>
+    <t>JANE ANTIDA PISANI</t>
+  </si>
+  <si>
+    <t>NM GROUP LTD</t>
+  </si>
+  <si>
+    <t>KARKANJA LTD</t>
+  </si>
+  <si>
+    <t>26TH FRAME LTD</t>
+  </si>
+  <si>
+    <t>MPS LTD</t>
+  </si>
+  <si>
+    <t>KOPERATTIVA PRODUTTURI TAL-HALIB GRP LTD</t>
+  </si>
+  <si>
+    <t>CHARLOTTE MIFSUD</t>
+  </si>
+  <si>
+    <t>MARK OSWALD ARRIGO</t>
+  </si>
+  <si>
+    <t>EMCS LTD</t>
+  </si>
+  <si>
+    <t>TOLY PRODUCTS LTD</t>
+  </si>
+  <si>
+    <t>BRIFFA KEVIN AND CAMILLERI EVAN</t>
+  </si>
+  <si>
+    <t>MI CHILD CARE LIMITED</t>
+  </si>
+  <si>
+    <t>JOI GAMING LTD</t>
+  </si>
+  <si>
+    <t>Health Plaza O.C. Limited</t>
+  </si>
+  <si>
+    <t>VELLA MARIA</t>
+  </si>
+  <si>
+    <t>THE GROOM LIMITED</t>
+  </si>
+  <si>
+    <t>A G P SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>RECOWATT COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>Responsible Gaming Foundation</t>
+  </si>
+  <si>
+    <t>Attard Local Council</t>
+  </si>
+  <si>
+    <t>RICHARD CAUCHI</t>
+  </si>
+  <si>
+    <t>DIRK SPITERI LUCAS</t>
+  </si>
+  <si>
+    <t>GUSTAV CAUCHI &amp; MARILYN CAUCHI</t>
+  </si>
+  <si>
+    <t>JASON AZZOPARDI</t>
+  </si>
+  <si>
+    <t>WasteServ Malta</t>
+  </si>
+  <si>
+    <t>EDWARDS, LOWELL COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>TMS LEISURE AND CATERING CO.LTD</t>
+  </si>
+  <si>
+    <t>FM CORE CONDOMINIUM ADMINISTRATION LIMITED</t>
+  </si>
+  <si>
+    <t>EDWARDS LOWELL CO. LTD.</t>
+  </si>
+  <si>
+    <t>MAGRO BROTHERS (FOODS) LIMITED</t>
+  </si>
+  <si>
+    <t>RIVELLO MASSIMILIANO</t>
+  </si>
+  <si>
+    <t>JOSEPHA MARIE XUEREB &amp; JONATHAN XUEREB</t>
+  </si>
+  <si>
+    <t>RAUSI CO. LTD</t>
+  </si>
+  <si>
+    <t>Daniel Petre</t>
+  </si>
+  <si>
+    <t>Mediterra Ltd.</t>
+  </si>
+  <si>
+    <t>Health and Co. Medical &amp; Wellness Clinic</t>
+  </si>
+  <si>
+    <t>MALTA SCHOOL OF FLYING CO LTD</t>
+  </si>
+  <si>
+    <t>VIGNA FLAVIO</t>
+  </si>
+  <si>
+    <t>Mark Bugeja</t>
+  </si>
+  <si>
+    <t>SEAN AQUILINA</t>
+  </si>
+  <si>
+    <t>CATS LTD</t>
+  </si>
+  <si>
+    <t>BLOCK ALBERT</t>
+  </si>
+  <si>
+    <t>Baldacchino Woodworks Ltd</t>
+  </si>
+  <si>
+    <t>BV FORMOSA CO LTD</t>
+  </si>
+  <si>
+    <t>ACTAVIS LTD</t>
+  </si>
+  <si>
+    <t>M.DEMAJO (SERVICES) LIMITED</t>
+  </si>
+  <si>
+    <t>ANTHIA A. ZAMMIT LL.B, LL.D</t>
+  </si>
+  <si>
+    <t>SAINT JEANNE ANTIDE FOUNDATION</t>
+  </si>
+  <si>
+    <t>VAULTS CO LTD</t>
+  </si>
+  <si>
+    <t>T G SERVICES LTD</t>
+  </si>
+  <si>
+    <t>BUGEJA CHRISTIAN</t>
+  </si>
+  <si>
+    <t>MAGRO CHARMAINE</t>
+  </si>
+  <si>
+    <t>DR TREVOR ZAMMIT</t>
+  </si>
+  <si>
+    <t>GOOD HEALTH FOODS LTD</t>
+  </si>
+  <si>
+    <t>Dylan Buttigieg</t>
+  </si>
+  <si>
+    <t>A &amp; J HILI TA' MIEMA LIMITED</t>
+  </si>
+  <si>
+    <t>CUTAJAR MICHAEL</t>
+  </si>
+  <si>
+    <t>PRISCILLA MIFSUD</t>
+  </si>
+  <si>
+    <t>SWATAR M&amp;B LIMITED</t>
+  </si>
+  <si>
+    <t>A.P.T.C. LTD</t>
+  </si>
+  <si>
+    <t>S S LIFTS LTD</t>
+  </si>
+  <si>
+    <t>CARMEL GATT</t>
+  </si>
+  <si>
+    <t>SALIBA ELENYA</t>
+  </si>
+  <si>
+    <t>ELEPAC LIMITED</t>
+  </si>
+  <si>
+    <t>ASCENT SOFTWARE LIMITED</t>
+  </si>
+  <si>
+    <t>BM IT LTD</t>
+  </si>
+  <si>
+    <t>GRANDS DEVELOPERS LTD</t>
+  </si>
+  <si>
+    <t>RAPA SHOWROOMS COMPANY LTD</t>
+  </si>
+  <si>
+    <t>The Other Brewery Co Ltd</t>
+  </si>
+  <si>
+    <t>WARREN MEILAK</t>
+  </si>
+  <si>
+    <t>GIACOMO K/A JACK VELLA</t>
+  </si>
+  <si>
+    <t>Carmelo Abela Manufacturing Ltd</t>
+  </si>
+  <si>
+    <t>Raymond Grima</t>
+  </si>
+  <si>
+    <t>KIDS WORLD LTD</t>
+  </si>
+  <si>
+    <t>AZZOPARDI RAYMOND</t>
+  </si>
+  <si>
+    <t>CYNTHIA ZAMMIT</t>
+  </si>
+  <si>
+    <t>PREMIUM BUSINESS SOLUTIONS LTD</t>
+  </si>
+  <si>
+    <t>GOZO LAUNDRY AND DRY CLEANING LIMITED</t>
+  </si>
+  <si>
+    <t>Materia Malta Operating Ltd</t>
+  </si>
+  <si>
+    <t>E&amp;L Enterprises Ltd</t>
+  </si>
+  <si>
+    <t>JANE MIFSUD</t>
+  </si>
+  <si>
+    <t>RICHARD DEBRINCAT</t>
+  </si>
+  <si>
+    <t>SR ENVIRONMENTAL SOLUTIONS LTD</t>
+  </si>
+  <si>
+    <t>JANE ZAMMIT</t>
+  </si>
+  <si>
+    <t>KEVIN &amp; FRANK AHAR</t>
+  </si>
+  <si>
+    <t>Fondazzjoni Caritas Malta</t>
+  </si>
+  <si>
+    <t>BOOK DISTRIBUTORS (B.D.L.) LIMITED</t>
+  </si>
+  <si>
+    <t>Istage Ltd</t>
+  </si>
+  <si>
+    <t>ALEXIA BONANNO</t>
+  </si>
+  <si>
+    <t>VINCENT GOUDER</t>
+  </si>
+  <si>
+    <t>Dormax Press Company Ltd</t>
+  </si>
+  <si>
+    <t>THE CONVENIENCE SHOP (MANAGEMENT) LIMITE</t>
+  </si>
+  <si>
+    <t>CHARLON &amp; CLIVE FARRUGIA - SIP N SNACK</t>
+  </si>
+  <si>
+    <t>ZAHRA VINCENT</t>
+  </si>
+  <si>
+    <t>KERCEM CONSTRUCTION LTD</t>
+  </si>
+  <si>
+    <t>360 FOOD IMPORTS LTD</t>
+  </si>
+  <si>
+    <t>INVICTA LIMITED</t>
+  </si>
+  <si>
+    <t>SAW Ltd</t>
+  </si>
+  <si>
+    <t>JAMES MALLIA</t>
+  </si>
+  <si>
+    <t>HAMES SENSI LIMITED</t>
+  </si>
+  <si>
+    <t>MARIANNE CAUCHI</t>
+  </si>
+  <si>
+    <t>Hub Ltd</t>
+  </si>
+  <si>
+    <t>BIT8 LTD</t>
+  </si>
+  <si>
+    <t>GVZH ADVOCATES</t>
+  </si>
+  <si>
+    <t>JASON GALEA</t>
+  </si>
+  <si>
+    <t>SARAH CACHIA</t>
+  </si>
+  <si>
+    <t>MARIA LOURDES FITENI</t>
+  </si>
+  <si>
+    <t>EMANUEL CUTAJAR</t>
+  </si>
+  <si>
+    <t>Gabriela Permetei</t>
+  </si>
+  <si>
+    <t>JONATHAN JUDE GRECH</t>
+  </si>
+  <si>
+    <t>Lara Cutajar Cassar</t>
+  </si>
+  <si>
+    <t>Gozo Distillers Ltd</t>
+  </si>
+  <si>
+    <t>TRIDENT TRUST COMPANY (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>ROSELYN BORG</t>
+  </si>
+  <si>
+    <t>MALLIA ANTOINE</t>
+  </si>
+  <si>
+    <t>Coinaxe Ltd</t>
+  </si>
+  <si>
+    <t>ROSE MARIE ABELA</t>
+  </si>
+  <si>
+    <t>VALLETTA GATEWAY TERMINALS LTD</t>
+  </si>
+  <si>
+    <t>CRISPINU PARNIS</t>
+  </si>
+  <si>
+    <t>VIRGINIA BAJADA</t>
+  </si>
+  <si>
+    <t>ANDREW GILFORD</t>
+  </si>
+  <si>
+    <t>J. &amp; A. BONNICI LTD</t>
+  </si>
+  <si>
+    <t>TOLY PRODUCTS LIMITED</t>
+  </si>
+  <si>
+    <t>ALL YACHT SERVICES LTD</t>
+  </si>
+  <si>
+    <t>The Casa Collection Ltd</t>
+  </si>
+  <si>
+    <t>NIGRET LTD</t>
+  </si>
+  <si>
+    <t>KEITH ABELA</t>
+  </si>
+  <si>
+    <t>KURT GRIMA</t>
+  </si>
+  <si>
+    <t>KSI MALTA</t>
+  </si>
+  <si>
+    <t>YARKONA XERRI</t>
+  </si>
+  <si>
+    <t>TOTCARE (PARTNERSHIP)</t>
+  </si>
+  <si>
+    <t>MEDITERRANEAN PROTECTION SOLUTIONS LTD</t>
+  </si>
+  <si>
+    <t>Five-8-Four Ltd</t>
+  </si>
+  <si>
+    <t>Team Europe Ltd</t>
+  </si>
+  <si>
+    <t>BRISKBY LTD</t>
+  </si>
+  <si>
+    <t>Five 88 Ltd Cafeteria</t>
+  </si>
+  <si>
+    <t>MEREASY LIMITED</t>
+  </si>
+  <si>
+    <t>Ministry for Health - Office of the Chief Medical Officer</t>
+  </si>
+  <si>
+    <t>ST HOTELS LTD.</t>
+  </si>
+  <si>
+    <t>EDERA BUGEJA</t>
+  </si>
+  <si>
+    <t>SHARING HOLIDAYS LIMITED</t>
+  </si>
+  <si>
+    <t>MANWEL XERRI</t>
+  </si>
+  <si>
+    <t>Giovanna Debattista</t>
+  </si>
+  <si>
+    <t>FC Projects Ltd</t>
+  </si>
+  <si>
+    <t>APPLECORE FOODS LTD</t>
+  </si>
+  <si>
+    <t>Institute for the Public Services</t>
+  </si>
+  <si>
+    <t>ARCHITECTURE XV LTD.</t>
+  </si>
+  <si>
+    <t>ATLAS INSURANCE PCC LTD</t>
+  </si>
+  <si>
+    <t>ANASTASI FRANCESCA</t>
+  </si>
+  <si>
+    <t>JEFFREY ZERAFA</t>
+  </si>
+  <si>
+    <t>GOLDEN GATE COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>PHARMACARE PREMIUM LIMITED</t>
+  </si>
+  <si>
+    <t>ARETE LTD</t>
+  </si>
+  <si>
+    <t>T.C. SMITH AGENCIES LIMITED</t>
+  </si>
+  <si>
+    <t>CP Suisse Ltd</t>
+  </si>
+  <si>
+    <t>ADD  ASSURANCE SERVICES LTD</t>
+  </si>
+  <si>
+    <t>GODWIN CARDONA</t>
+  </si>
+  <si>
+    <t>BORG (IMPORTS) LIMITED</t>
+  </si>
+  <si>
+    <t>EXPRESS TRAILERS LTD</t>
+  </si>
+  <si>
+    <t>STANLEY'S CHIPPY LIMITED</t>
+  </si>
+  <si>
+    <t>The Malta Trust Foundation</t>
+  </si>
+  <si>
+    <t>Agija Aba Nasare</t>
+  </si>
+  <si>
+    <t>JANET PORTELLI</t>
+  </si>
+  <si>
+    <t>Ruben Bartolo</t>
+  </si>
+  <si>
+    <t>MEMO INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>ANDREW VASSALLO GENERAL TRADING LTD</t>
+  </si>
+  <si>
+    <t>Villa Bologna Pottery Limited</t>
+  </si>
+  <si>
+    <t>SAN ANDREA SCHOOL</t>
+  </si>
+  <si>
+    <t>PORTUGHES DRY CLEANERS LIMITED</t>
+  </si>
+  <si>
+    <t>JESMAR XIBERRAS</t>
+  </si>
+  <si>
+    <t>RYAN CALLEJA</t>
+  </si>
+  <si>
+    <t>RAMONA GATT BONELLO</t>
+  </si>
+  <si>
+    <t>ISLANDER TOURIST SERVICES LTD</t>
+  </si>
+  <si>
+    <t>DE GIORGIO TIMOTHY</t>
+  </si>
+  <si>
+    <t>OZDEMIR ILHAN</t>
+  </si>
+  <si>
+    <t>JOLENE VELLA</t>
+  </si>
+  <si>
+    <t>Loonytainment Ltd</t>
+  </si>
+  <si>
+    <t>MANSUETO WARREN</t>
+  </si>
+  <si>
+    <t>ST. JEANNE ANTIDE FOUNDATION</t>
+  </si>
+  <si>
+    <t>PARK HOTEL LIMITED</t>
+  </si>
+  <si>
+    <t>ANNA MARIA FENECH MAGRIN</t>
+  </si>
+  <si>
+    <t>SAVINA CREATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>FRANCESCO LO MONACO</t>
+  </si>
+  <si>
+    <t>CHEF CHOICE LTD</t>
+  </si>
+  <si>
+    <t>GABRIELE VALENTINI</t>
+  </si>
+  <si>
+    <t>RAESCH QUARZ (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>Leahcim Leisure Ltd</t>
+  </si>
+  <si>
+    <t>PHILIP AGIUS &amp; SONS LTD</t>
+  </si>
+  <si>
+    <t>AGIUS SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>Tracey Mizzi</t>
+  </si>
+  <si>
+    <t>THE HOUSE SHOP LTD</t>
+  </si>
+  <si>
+    <t>ALF MIZZI &amp; SONS (HR) LTD</t>
+  </si>
+  <si>
+    <t>adtus foundation</t>
+  </si>
+  <si>
+    <t>GRIMA FUEL SUPPLIES LIMITED</t>
+  </si>
+  <si>
+    <t>PREMIUM BRANDS LTD</t>
+  </si>
+  <si>
+    <t>CasaSoft Ltd.</t>
+  </si>
+  <si>
+    <t>NMCS LTD</t>
+  </si>
+  <si>
+    <t>AP SUPPLIES LTD</t>
+  </si>
+  <si>
+    <t>RSM TALENT MANAGEMENT SERVICES LTD</t>
+  </si>
+  <si>
+    <t>ERP LIMITED</t>
+  </si>
+  <si>
+    <t>Mosta Boutique Hotel Ltd</t>
+  </si>
+  <si>
+    <t>Agenzija Sapport</t>
+  </si>
+  <si>
+    <t>COMPUTIME LIMITED</t>
+  </si>
+  <si>
+    <t>MARIA CONCETTA DEGIOVANNI</t>
+  </si>
+  <si>
+    <t>FLOCK IMAGE CO LTD</t>
+  </si>
+  <si>
+    <t>Porto Salvo and St Dominic Foundation</t>
+  </si>
+  <si>
+    <t>MAIDS IN MALTA LTD.</t>
+  </si>
+  <si>
+    <t>Davinia Mallia Pule'</t>
+  </si>
+  <si>
+    <t>EMPOWER COOPERATIVE LIMITED</t>
+  </si>
+  <si>
+    <t>AXISA DAVID</t>
+  </si>
+  <si>
+    <t>JUNIOR ACHIEVEMENT (YOUNG ENTERPRISE) MALTA FOUNDATION</t>
+  </si>
+  <si>
+    <t>Josef Awad</t>
+  </si>
+  <si>
+    <t>GLOBAL PROCUREMENT COMPANY LTD</t>
+  </si>
+  <si>
+    <t>IGNAZIO ANASTASI LIMITED</t>
+  </si>
+  <si>
+    <t>ZD ASSURANCE LTD.</t>
+  </si>
+  <si>
+    <t>GALEA CLAIRE</t>
+  </si>
+  <si>
+    <t>GALLERIA TRADING LTD (TAL-LIRA LIMITED)</t>
+  </si>
+  <si>
+    <t>JOSEPH F GALEA</t>
+  </si>
+  <si>
+    <t>POULTONS LTD</t>
+  </si>
+  <si>
+    <t>METHODE ELECTRONICS MALTA MRIEHEL LTD.</t>
+  </si>
+  <si>
+    <t>ROBERT SPITERI</t>
+  </si>
+  <si>
+    <t>GALEA MARIANNE</t>
+  </si>
+  <si>
+    <t>Malta Association of Credit Management</t>
+  </si>
+  <si>
+    <t>DELTA STEEL LIMITED</t>
+  </si>
+  <si>
+    <t>CHERI-ANNE FARRUGIA</t>
+  </si>
+  <si>
+    <t>AASK ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>MARIA ZAHRA</t>
+  </si>
+  <si>
+    <t>MEDINA ASSET MANAGEMENT LTD</t>
+  </si>
+  <si>
+    <t>FARRUGIA PHILIP</t>
+  </si>
+  <si>
+    <t>GRECH KARL</t>
+  </si>
+  <si>
+    <t>JOYCE CAMILLERI</t>
+  </si>
+  <si>
+    <t>JOSEPHINE ANNE ZAMMIT</t>
+  </si>
+  <si>
+    <t>Prisms</t>
+  </si>
+  <si>
+    <t>MELITECH DESIGN LIMITED</t>
+  </si>
+  <si>
+    <t>VANUSIA HAIR DESIGN</t>
+  </si>
+  <si>
+    <t>NEOFARMA PHARMACEUTICALS LTD.</t>
+  </si>
+  <si>
+    <t>Terracore Ltd</t>
+  </si>
+  <si>
+    <t>COMSEC LTD</t>
+  </si>
+  <si>
+    <t>TONG CLIVE</t>
+  </si>
+  <si>
+    <t>Richmond Foundation</t>
+  </si>
+  <si>
+    <t>DR. MARIO CAMILLERI</t>
+  </si>
+  <si>
+    <t>Ministry of Health (Malta)</t>
+  </si>
+  <si>
+    <t>CHARLES GRECH &amp; CO LIMITED</t>
+  </si>
+  <si>
+    <t>Autiria Samba</t>
+  </si>
+  <si>
+    <t>Tminta Ltd</t>
+  </si>
+  <si>
+    <t>KOPERATTIVA PRODUTTURI TAL-HALIB GROUP</t>
+  </si>
+  <si>
+    <t>KENNETH FENECH AND LILIANA SCICLUNA</t>
+  </si>
+  <si>
+    <t>MAYPOLE (HOLDINGS) LIMITED</t>
+  </si>
+  <si>
+    <t>Zara Cassar</t>
+  </si>
+  <si>
+    <t>GINGELL MALCOLM</t>
+  </si>
+  <si>
+    <t>DE LA RUE CURRENCY &amp; SECURITY PRINT LTD</t>
+  </si>
+  <si>
+    <t>RECOWATT CO LTD</t>
+  </si>
+  <si>
+    <t>INTERNATIONAL FASHION COMPANY LTD.</t>
+  </si>
+  <si>
+    <t>Adventure Camping Shop Ltd</t>
+  </si>
+  <si>
+    <t>AL-NIBRAS FOR SCIENCE AND TECHNOLOGY LTD</t>
+  </si>
+  <si>
+    <t>Malta College of Arts, Science and Technology (MCAST)</t>
+  </si>
+  <si>
+    <t>THE LATINO AGENT LTD</t>
+  </si>
+  <si>
+    <t>CARUANA TECH TRADING</t>
+  </si>
+  <si>
+    <t>CROSSCRAFT COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>EMPORIO SHOPPING CENTRE LTD.</t>
+  </si>
+  <si>
+    <t>KANE LPI SOLUTIONS (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>SEYCHELL TANIA</t>
+  </si>
+  <si>
+    <t>FRANCIS J. VASSALLO &amp; ASSOCIATES LIMITED</t>
+  </si>
+  <si>
+    <t>FM CORE FACILITY SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>CAPUA HOSPITAL LIMITED</t>
+  </si>
+  <si>
+    <t>MULTIGAS LTD</t>
+  </si>
+  <si>
+    <t>CONSTRUCT FURNITURE COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>Banju Boutique Ltd</t>
+  </si>
+  <si>
+    <t>Silhouette Lights LTd</t>
+  </si>
+  <si>
+    <t>HYPERION AVIATION</t>
+  </si>
+  <si>
+    <t>INTERCOMP MARKETING LIMITED</t>
   </si>
   <si>
     <t>FORT CHAMBRAY LTD</t>
   </si>
   <si>
-    <t>JTI CO LTD</t>
-[...107 lines deleted...]
-    <t>Ministry for Transport, Infrastructure and Capital Projects</t>
+    <t>Matthew Scicluna</t>
+  </si>
+  <si>
+    <t>GORDON VALENTINO</t>
+  </si>
+  <si>
+    <t>PORT LOGISTICS OPERATIONS LTD</t>
+  </si>
+  <si>
+    <t>KARKANJA DEVELOPMENTS LTD</t>
+  </si>
+  <si>
+    <t>MIHAYLOV YURI</t>
+  </si>
+  <si>
+    <t>Y&amp;P Marketing (Malta) Ltd</t>
+  </si>
+  <si>
+    <t>APEX FUND SERVICES (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>Aaron Abela</t>
+  </si>
+  <si>
+    <t>PACE JOSIANNE</t>
+  </si>
+  <si>
+    <t>BONELLO MIGUEL</t>
+  </si>
+  <si>
+    <t>B &amp; B CONSTRUCTION LIMITED</t>
+  </si>
+  <si>
+    <t>SPITERI &amp; SPITERI NOTARIES PUBLIC</t>
+  </si>
+  <si>
+    <t>DE LA RUE SERVICES LTD</t>
+  </si>
+  <si>
+    <t>LOUISE AZZOPARDI</t>
+  </si>
+  <si>
+    <t>FOSTER CLARK PRODUCTS LIMITED</t>
+  </si>
+  <si>
+    <t>Attard &amp; Co Food Ltd</t>
+  </si>
+  <si>
+    <t>MARY AUTWANTT XERRI</t>
+  </si>
+  <si>
+    <t>GTM - PROJECTS LTD</t>
+  </si>
+  <si>
+    <t>AVANTECH LTD</t>
+  </si>
+  <si>
+    <t>DAB Electronica Co. Limited</t>
+  </si>
+  <si>
+    <t>LORRAINE CARUANA</t>
+  </si>
+  <si>
+    <t>MALTA WIDE REAL ESTATE</t>
+  </si>
+  <si>
+    <t>VELLA ERNEST</t>
+  </si>
+  <si>
+    <t>MERIT MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>MIFSUD DEPASQUALE VICTORIA STEPHANIE</t>
+  </si>
+  <si>
+    <t>SPOT ON GYPSUM LIMITED</t>
+  </si>
+  <si>
+    <t>Enegry and Water Agency</t>
+  </si>
+  <si>
+    <t>LA SALITA LEISURE HOLDINGS LTD</t>
+  </si>
+  <si>
+    <t>SAVIOUR CASSAR</t>
+  </si>
+  <si>
+    <t>ST. ANDREWS FARM AND BUILDING COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>BRIIZ TECHNOLOGIES LTD</t>
+  </si>
+  <si>
+    <t>ABRAHAM FELIX PACE</t>
+  </si>
+  <si>
+    <t>DEGABRIELE GIFT SHOP LIMITED</t>
+  </si>
+  <si>
+    <t>MATTHAEUS GRASSO</t>
+  </si>
+  <si>
+    <t>BLEXR LIMITED</t>
+  </si>
+  <si>
+    <t>Cooperative of Physiotherapists Ltd</t>
+  </si>
+  <si>
+    <t>ZAMMIT WOODWORKS CO. LIMITED</t>
+  </si>
+  <si>
+    <t>FRANKY RAPA</t>
+  </si>
+  <si>
+    <t>SVETLANA MICALLEF</t>
+  </si>
+  <si>
+    <t>THE CONVENIENCE SHOP LIMITED</t>
+  </si>
+  <si>
+    <t>A&amp;S Investments Ltd</t>
+  </si>
+  <si>
+    <t>ICARE LTD</t>
+  </si>
+  <si>
+    <t>SHAWN PETE AZZOPARDI</t>
+  </si>
+  <si>
+    <t>DTX HOTELS LIMITED</t>
+  </si>
+  <si>
+    <t>STEFAN SAID</t>
+  </si>
+  <si>
+    <t>LAURIE FENECH GELATI GRANOLA (ICE CREAM MANUFACTURERS) LTD</t>
+  </si>
+  <si>
+    <t>BENNY`S CATERING LIMITED</t>
+  </si>
+  <si>
+    <t>Rimus Riley Limited</t>
+  </si>
+  <si>
+    <t>FTIAS LIMITED</t>
+  </si>
+  <si>
+    <t>GOZO VERTICALS &amp; SHADES LIMITED</t>
+  </si>
+  <si>
+    <t>VODAFONE MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>Camel Brand Company Ltd</t>
+  </si>
+  <si>
+    <t>APS BANK LTD</t>
+  </si>
+  <si>
+    <t>ALEXANDER GERMAN</t>
+  </si>
+  <si>
+    <t>DEAN GERA HAIRCARE LTD</t>
+  </si>
+  <si>
+    <t>DAVID JOHN GRECH</t>
+  </si>
+  <si>
+    <t>KONNEKT SEARCH &amp; SELECTION LTD</t>
+  </si>
+  <si>
+    <t>DR. ANNA MARIA MIZZI</t>
+  </si>
+  <si>
+    <t>DELTA MALTA LTD</t>
+  </si>
+  <si>
+    <t>Etienne Farrugia</t>
+  </si>
+  <si>
+    <t>CONTENT HOUSE LIMITED</t>
+  </si>
+  <si>
+    <t>KOMPLY LTD</t>
+  </si>
+  <si>
+    <t>SILVIO MARIELLA</t>
+  </si>
+  <si>
+    <t>The Natural Stone Workshop Limited</t>
+  </si>
+  <si>
+    <t>COMPLEET IS SERVICES LTD</t>
+  </si>
+  <si>
+    <t>FONDAZZJONI PATRIMONJU MALTI</t>
+  </si>
+  <si>
+    <t>GRECH AUDREY</t>
+  </si>
+  <si>
+    <t>LEWIS PRESS LTD.</t>
+  </si>
+  <si>
+    <t>PLAYMOBIL MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>General Workers' Union</t>
+  </si>
+  <si>
+    <t>CASSAR DORIAN</t>
+  </si>
+  <si>
+    <t>STEPHANIE PACE CARUANA</t>
+  </si>
+  <si>
+    <t>CE INSTALLATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>ANTHONY AGIUS</t>
+  </si>
+  <si>
+    <t>RODERICK GATT</t>
+  </si>
+  <si>
+    <t>The House Shop</t>
+  </si>
+  <si>
+    <t>ETISICURA MALTA</t>
+  </si>
+  <si>
+    <t>Paul Farrugia</t>
+  </si>
+  <si>
+    <t>DANIEL ATTARD</t>
+  </si>
+  <si>
+    <t>FM Theatre Productions Ltd</t>
+  </si>
+  <si>
+    <t>MJE SOLUTIONS LTD</t>
+  </si>
+  <si>
+    <t>STEVEN BORG</t>
+  </si>
+  <si>
+    <t>ZENITH (TIED INSURANCE INTERMEDIARY) LTD</t>
+  </si>
+  <si>
+    <t>People and Standards Division</t>
+  </si>
+  <si>
+    <t>AL-NIBRAS FOR SCIENCE &amp; TECHNOLOGY LIMITED</t>
+  </si>
+  <si>
+    <t>BATHROOM DESIGN LIMITED</t>
+  </si>
+  <si>
+    <t>Jessica Zammit</t>
+  </si>
+  <si>
+    <t>MERIT PRECISION TOOLS LTD</t>
+  </si>
+  <si>
+    <t>MMH MALTA LTD.</t>
+  </si>
+  <si>
+    <t>THEORIA CONTRACTORS LTD</t>
+  </si>
+  <si>
+    <t>LAUREN LEE PAVIA</t>
+  </si>
+  <si>
+    <t>FRANCIS CASSAR</t>
+  </si>
+  <si>
+    <t>FEDERATED MILLS PLC</t>
+  </si>
+  <si>
+    <t>BETH WELLNESS STUDIO</t>
+  </si>
+  <si>
+    <t>GOZO ARTS FURNISHINGS LIMITED</t>
+  </si>
+  <si>
+    <t>Ghaqda tan-Nar 23 t'April</t>
+  </si>
+  <si>
+    <t>DAB ELECTRONICA CO.LTD</t>
+  </si>
+  <si>
+    <t>ENGINEERING FOR SCIENCE AND INDUSTRY (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>PAMELA FARRUGIA WISMAYER</t>
+  </si>
+  <si>
+    <t>VOLO MEDIA LIMITED</t>
+  </si>
+  <si>
+    <t>PURE CONCEPTS LTD</t>
+  </si>
+  <si>
+    <t>DAVIES DESIGN GROUP LIMITED</t>
+  </si>
+  <si>
+    <t>MARIE ANGELIQUE SULTANA</t>
+  </si>
+  <si>
+    <t>Brittania Services Ltd.</t>
+  </si>
+  <si>
+    <t>FARRUGIA SCARLETT</t>
+  </si>
+  <si>
+    <t>SCRAM GYM LIMITED</t>
+  </si>
+  <si>
+    <t>FRANK BORDA LIMITED</t>
+  </si>
+  <si>
+    <t>SR SERVICES LTD</t>
+  </si>
+  <si>
+    <t>AMANDA SHEAD</t>
+  </si>
+  <si>
+    <t>CHARMAINE CASSAR</t>
+  </si>
+  <si>
+    <t>JMJ INVESTMENTS LIMITED</t>
+  </si>
+  <si>
+    <t>G3 HOSPITALITY LIMITED</t>
+  </si>
+  <si>
+    <t>HUDSON HOLDINGS CO LTD</t>
+  </si>
+  <si>
+    <t>Carmel Azzopardi</t>
+  </si>
+  <si>
+    <t>Halo Pictures Ltd</t>
+  </si>
+  <si>
+    <t>CASSAR SIMMONS EDMOND</t>
+  </si>
+  <si>
+    <t>AUDREY BUTTIGIEG</t>
+  </si>
+  <si>
+    <t>GRECH NATASHA RITA JEAN</t>
+  </si>
+  <si>
+    <t>JOSEPH CACHIA</t>
+  </si>
+  <si>
+    <t>MALTA PRIVATE HIRE LTD</t>
+  </si>
+  <si>
+    <t>MEDIATODAY CO LTD</t>
+  </si>
+  <si>
+    <t>EMOORE MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>INDIA LTD</t>
+  </si>
+  <si>
+    <t>GEORGE CASSAR WOODWORKS</t>
+  </si>
+  <si>
+    <t>Drugsales Ltd</t>
+  </si>
+  <si>
+    <t>JLP LTD</t>
+  </si>
+  <si>
+    <t>ESI BUILDING TECHNOLOGIES LTD</t>
+  </si>
+  <si>
+    <t>PROFESSIONAL COURIER SERVICES LIMITED</t>
+  </si>
+  <si>
+    <t>ARRIGO GROUP OF HOTELS LTD</t>
+  </si>
+  <si>
+    <t>Planning Authority</t>
+  </si>
+  <si>
+    <t>ELEPAC LTD</t>
+  </si>
+  <si>
+    <t>JASON MICALLEF</t>
+  </si>
+  <si>
+    <t>RAKETECH GROUP LIMITED</t>
+  </si>
+  <si>
+    <t>Ministry for Senior Citizens and Active Ageing</t>
+  </si>
+  <si>
+    <t>Jeffrey Briffa Cauchi</t>
+  </si>
+  <si>
+    <t>JOSEPHINE GALEA</t>
+  </si>
+  <si>
+    <t>Heritage Malta</t>
+  </si>
+  <si>
+    <t>CHMA Ltd.</t>
+  </si>
+  <si>
+    <t>Andrea Camilleri</t>
+  </si>
+  <si>
+    <t>EMELIS MUSCAT</t>
+  </si>
+  <si>
+    <t>M&amp;E INSTALLATIONS LIMITED</t>
+  </si>
+  <si>
+    <t>PRINCIPAL RELOCATION COMPANY LTD</t>
+  </si>
+  <si>
+    <t>MALTCO LOTTERIES LIMITED</t>
+  </si>
+  <si>
+    <t>Mary Testa</t>
+  </si>
+  <si>
+    <t>EDEN LEISURE GROUP LIMITED</t>
+  </si>
+  <si>
+    <t>ROMA ENTERPRISES LIMITED</t>
+  </si>
+  <si>
+    <t>GOZO VILLAGE HOLIDAYS LTD</t>
+  </si>
+  <si>
+    <t>Krypton Chemists Ltd</t>
+  </si>
+  <si>
+    <t>LITTLE LEARNERS LTD</t>
+  </si>
+  <si>
+    <t>PACE NOEL</t>
+  </si>
+  <si>
+    <t>NEAL CARL EBEJER</t>
+  </si>
+  <si>
+    <t>CHANTELLE VELLA</t>
+  </si>
+  <si>
+    <t>FOCAL MARITIME SERVICES CO LTD</t>
+  </si>
+  <si>
+    <t>FRANKIE XUEREB</t>
+  </si>
+  <si>
+    <t>BAXTER LIMITED</t>
+  </si>
+  <si>
+    <t>VITO SCUDERI</t>
+  </si>
+  <si>
+    <t>Nibe Beverages Ltd</t>
+  </si>
+  <si>
+    <t>Mario Formosa</t>
+  </si>
+  <si>
+    <t>JOSEF AZZOPARDI</t>
+  </si>
+  <si>
+    <t>Seeds Catering &amp; Co</t>
+  </si>
+  <si>
+    <t>FRANK BORG</t>
+  </si>
+  <si>
+    <t>MIZZI ANNA</t>
+  </si>
+  <si>
+    <t>PEEKABOO EARLY LEARNING CHILD CARE CENTR</t>
+  </si>
+  <si>
+    <t>CREEK DEVELOPMENTS PLC</t>
+  </si>
+  <si>
+    <t>COSMA &amp; SIMON SUPPLIES LTD</t>
+  </si>
+  <si>
+    <t>JOSEPH BORG LTD</t>
+  </si>
+  <si>
+    <t>VISAGE GOZO LTD</t>
+  </si>
+  <si>
+    <t>CHILLISCHILLI LIMITED</t>
+  </si>
+  <si>
+    <t>Trade Malta</t>
+  </si>
+  <si>
+    <t>INSTITUTE OF CELLULAR PHARMACOLOGY LTD</t>
+  </si>
+  <si>
+    <t>ANTHONY ROBINSON</t>
+  </si>
+  <si>
+    <t>JAMES BRINCAT</t>
+  </si>
+  <si>
+    <t>Giorgina Vella Xerri</t>
+  </si>
+  <si>
+    <t>Fondazzjoni Sebħ</t>
+  </si>
+  <si>
+    <t>Centru Animazzjoni u Komunikazzjoni (CAK) Ltd.</t>
+  </si>
+  <si>
+    <t>LARA VELLA</t>
+  </si>
+  <si>
+    <t>Hydro Rocks Contractors Co. Ltd.</t>
+  </si>
+  <si>
+    <t>CHARLES DE GIORGIO LTD</t>
+  </si>
+  <si>
+    <t>GCM Limited</t>
+  </si>
+  <si>
+    <t>EUCHARIST CASSAR</t>
+  </si>
+  <si>
+    <t>MITA</t>
+  </si>
+  <si>
+    <t>RUTH ATTARD &amp; BERNARD GAUCI</t>
+  </si>
+  <si>
+    <t>JOSEPHINE SALIBA</t>
+  </si>
+  <si>
+    <t>Festivals Malta</t>
+  </si>
+  <si>
+    <t>CROSSCRAFT CO LTD</t>
+  </si>
+  <si>
+    <t>ARON MIFSUD BONNICI</t>
+  </si>
+  <si>
+    <t>Hive Hospitality Ltd</t>
+  </si>
+  <si>
+    <t>SCHRANZ LIMITED</t>
+  </si>
+  <si>
+    <t>Katiucha Gatt Galea</t>
+  </si>
+  <si>
+    <t>Measures and Support Division</t>
+  </si>
+  <si>
+    <t>JOHN HABER</t>
+  </si>
+  <si>
+    <t>Delta Steel Ltd</t>
+  </si>
+  <si>
+    <t>KENNETH BORG</t>
+  </si>
+  <si>
+    <t>DIANE CURMI</t>
+  </si>
+  <si>
+    <t>RYAN CHARLES ZAMMIT</t>
+  </si>
+  <si>
+    <t>MANOEL ISLAND YACHT YARD LTD</t>
+  </si>
+  <si>
+    <t>SUPREME WATERSPORTS LTD</t>
+  </si>
+  <si>
+    <t>ALTERN LIMITED</t>
+  </si>
+  <si>
+    <t>VELLA JOHN</t>
+  </si>
+  <si>
+    <t>BESTEAM AUDIO LTD</t>
+  </si>
+  <si>
+    <t>TIZIANA ZAHRA</t>
+  </si>
+  <si>
+    <t>J. DEBRINCAT LIMITED</t>
+  </si>
+  <si>
+    <t>Transport Malta</t>
+  </si>
+  <si>
+    <t>Impressions Ltd</t>
+  </si>
+  <si>
+    <t>FRANCESCA FENECH CONTI</t>
+  </si>
+  <si>
+    <t>VELLA LETIZIA</t>
+  </si>
+  <si>
+    <t>InterTek Laboratories Ltd</t>
+  </si>
+  <si>
+    <t>PAULIANA SAID ACCA MIA B.COM</t>
+  </si>
+  <si>
+    <t>LEADERSHIP CONSULTANCY &amp; TRAINING SERVICES LTD</t>
+  </si>
+  <si>
+    <t>Quintian Pharma Ltd</t>
+  </si>
+  <si>
+    <t>AGILIS LTD</t>
+  </si>
+  <si>
+    <t>MDINA INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>Ivan Delia</t>
+  </si>
+  <si>
+    <t>SEVEN WORKS LIMITED</t>
+  </si>
+  <si>
+    <t>BORG MYATT RUDOLPH</t>
+  </si>
+  <si>
+    <t>MGARR IX-XINI WATERSPORTS LIMITED</t>
+  </si>
+  <si>
+    <t>CORDINA CHARLOTTE</t>
+  </si>
+  <si>
+    <t>AMCA LTD</t>
+  </si>
+  <si>
+    <t>ALAN CAUCHI</t>
+  </si>
+  <si>
+    <t>Energy and Water Agency</t>
+  </si>
+  <si>
+    <t>Fondazzjoni ghall-Patrimonju Kulturali ta' l-Arcidiocesi ta' Malta</t>
+  </si>
+  <si>
+    <t>CURTI MARLON</t>
+  </si>
+  <si>
+    <t>MICROTEK MEDICAL MALTA LIMITED</t>
+  </si>
+  <si>
+    <t>The Energy and Water Agency</t>
+  </si>
+  <si>
+    <t>X ZONE LIMITED</t>
+  </si>
+  <si>
+    <t>JOHN CHARLES BUTTIGIEG</t>
+  </si>
+  <si>
+    <t>SIGNAL 8 SECURITY SERVICES MALTA LTD</t>
+  </si>
+  <si>
+    <t>SHARON ZAMMIT</t>
+  </si>
+  <si>
+    <t>ALTERNATIVE TECHNOLOGIES LIMITED</t>
+  </si>
+  <si>
+    <t>RUSSELL FARRUGIA</t>
+  </si>
+  <si>
+    <t>SHAKIRA BARTOLO</t>
+  </si>
+  <si>
+    <t>NATIONAL CAT SOCIETY</t>
+  </si>
+  <si>
+    <t>ZAHRA DAVID JOSEPH</t>
+  </si>
+  <si>
+    <t>KEVIN BARTOLO LTD</t>
+  </si>
+  <si>
+    <t>JASON VELLA</t>
+  </si>
+  <si>
+    <t>ACCOUNTING &amp; MANAGEMENT TEAM LIMITED</t>
+  </si>
+  <si>
+    <t>Church School Association</t>
+  </si>
+  <si>
+    <t>BARRAKKA COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>Office of the Prime Minister</t>
+  </si>
+  <si>
+    <t>GMM &amp; ASSOCIATES (MALTA) LIMITED</t>
+  </si>
+  <si>
+    <t>DFK MALTA TAX &amp; CONSULTANCY LIMITED</t>
+  </si>
+  <si>
+    <t>VELLA GRAZIELLA</t>
+  </si>
+  <si>
+    <t>Ministry for Tourism and Consumer Protection</t>
+  </si>
+  <si>
+    <t>RCE Design Company Ltd</t>
+  </si>
+  <si>
+    <t>ICT LTD</t>
+  </si>
+  <si>
+    <t>OXFORD HOUSE LIMITED</t>
+  </si>
+  <si>
+    <t>HAIR EXELLENCE UNISEX SALON</t>
+  </si>
+  <si>
+    <t>AXIAK BROS. (STONE DECORATORS) LTD.</t>
+  </si>
+  <si>
+    <t>CAR SHARING SERVICES MALTA LTD</t>
+  </si>
+  <si>
+    <t>University of Malta</t>
+  </si>
+  <si>
+    <t>ASTERIA MANAGEMENT LTD</t>
+  </si>
+  <si>
+    <t>DEGUARA ELTON</t>
+  </si>
+  <si>
+    <t>STORAGE SYSTEMS LTD</t>
+  </si>
+  <si>
+    <t>NEW TEX MEX CO. LTD</t>
+  </si>
+  <si>
+    <t>COMMERCIAL CLEANERS LIMITED</t>
+  </si>
+  <si>
+    <t>RAVELLI DAVIDE</t>
+  </si>
+  <si>
+    <t>3-SPOT LTD</t>
+  </si>
+  <si>
+    <t>NEW ENERGY LIMITED</t>
+  </si>
+  <si>
+    <t>CHARLOT AZZOPARDI</t>
+  </si>
+  <si>
+    <t>LEWIS PRESS LIMITED</t>
+  </si>
+  <si>
+    <t>B 4 TEXTILES COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>ANFIELD CATERING LIMITED</t>
+  </si>
+  <si>
+    <t>MIRELLE CASSAR</t>
+  </si>
+  <si>
+    <t>SANTA LUCIA PRODUCTS LTD</t>
+  </si>
+  <si>
+    <t>CALLUS JOSEPH</t>
+  </si>
+  <si>
+    <t>Mediacoop Ltd.</t>
+  </si>
+  <si>
+    <t>ORIANA SEGUNA</t>
+  </si>
+  <si>
+    <t>CFA Ltd</t>
+  </si>
+  <si>
+    <t>MUSCAT JOSEPHINE</t>
+  </si>
+  <si>
+    <t>G4S SECURITY SERVICES LTD</t>
+  </si>
+  <si>
+    <t>RAYMAX LTD</t>
+  </si>
+  <si>
+    <t>BIZFRONT LIMITED</t>
+  </si>
+  <si>
+    <t>DEBONO MANAGEMENT SERVICES LTD</t>
+  </si>
+  <si>
+    <t>Medical Portals Ltd</t>
+  </si>
+  <si>
+    <t>JOSETTE ZAMMIT</t>
+  </si>
+  <si>
+    <t>COMPASS TRAVEL LTD</t>
+  </si>
+  <si>
+    <t>THE HAIR TUITION CO. LTD</t>
+  </si>
+  <si>
+    <t>JB STORES LIMITED</t>
+  </si>
+  <si>
+    <t>ON POINT LIMITED</t>
+  </si>
+  <si>
+    <t>ALESSIO GRAVINA</t>
+  </si>
+  <si>
+    <t>Ilona Vella Bencini</t>
+  </si>
+  <si>
+    <t>YELLOW MOVE LIMITED</t>
+  </si>
+  <si>
+    <t>ABERTAX QUALITY LIMITED</t>
+  </si>
+  <si>
+    <t>GORDON &amp; JONATHAN CAMILLERI</t>
+  </si>
+  <si>
+    <t>Munxar Local Council</t>
+  </si>
+  <si>
+    <t>BONAKURA LTD</t>
+  </si>
+  <si>
+    <t>VELLA FALZON BUILDING SUPPLIES LIMITED</t>
+  </si>
+  <si>
+    <t>AGIUS INDUSTRIAL SUPPLIES LTD</t>
+  </si>
+  <si>
+    <t>BRUNO L'ECUYER</t>
+  </si>
+  <si>
+    <t>ROBERT SAID</t>
+  </si>
+  <si>
+    <t>Gaulitana Limited</t>
+  </si>
+  <si>
+    <t>EOS Projects Ltd</t>
+  </si>
+  <si>
+    <t>Eleven 27 Living Ltd</t>
+  </si>
+  <si>
+    <t>RAMONA BONELLO</t>
+  </si>
+  <si>
+    <t>CARM &amp; CO LTD</t>
+  </si>
+  <si>
+    <t>WILLIS TOWERS WATSON MANAGEMENT (MALTA) LTD</t>
+  </si>
+  <si>
+    <t>DOLMEN COMPLEX LTD</t>
+  </si>
+  <si>
+    <t>CUTAJAR ANDREW</t>
+  </si>
+  <si>
+    <t>FENECH &amp; FENECH ADVOCATES</t>
+  </si>
+  <si>
+    <t>RODERICKS FISH SHOP</t>
+  </si>
+  <si>
+    <t>ELLUL OLIVER</t>
+  </si>
+  <si>
+    <t>DORIANNE TANTI</t>
+  </si>
+  <si>
+    <t>MALCOLM BUGEJA</t>
+  </si>
+  <si>
+    <t>NM Fashion Ltd</t>
+  </si>
+  <si>
+    <t>SLOANE LIMITED</t>
+  </si>
+  <si>
+    <t>University of Malta (UOM)</t>
+  </si>
+  <si>
+    <t>SEASIDE CATERERS COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>MSC MALTA LTD</t>
+  </si>
+  <si>
+    <t>GOLDEN HARVEST MANUFACTURING COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>ARETI PARTNERS LIMITED</t>
+  </si>
+  <si>
+    <t>VICTOR AGIUS</t>
+  </si>
+  <si>
+    <t>Transforma Ltd</t>
+  </si>
+  <si>
+    <t>CHETCUTI MARIO</t>
+  </si>
+  <si>
+    <t>E.T.V. LIMITED</t>
+  </si>
+  <si>
+    <t>CARMEL CAMILLERI</t>
+  </si>
+  <si>
+    <t>JOSEPH &amp; CHRISTOF BIGENI</t>
   </si>
   <si>
     <t>JOSEPH CASSAR</t>
   </si>
   <si>
-    <t>MAPFRE MIDDLESEA P.L.C.</t>
-[...209 lines deleted...]
-    <t>MUSCAT JESSICA</t>
+    <t>JOHN CORDINA</t>
+  </si>
+  <si>
+    <t>JOSEFA CORDINA</t>
+  </si>
+  <si>
+    <t>CHRISTIAN MIFSUD</t>
+  </si>
+  <si>
+    <t>VIVIAN CORPORATION LTD.</t>
+  </si>
+  <si>
+    <t>ZENITH TIED INSURANCE INTERMEDIARY LTD</t>
+  </si>
+  <si>
+    <t>DR. JEAN PAUL GRECH</t>
+  </si>
+  <si>
+    <t>CARMEL DESIRA</t>
+  </si>
+  <si>
+    <t>MICHAEL CINI</t>
+  </si>
+  <si>
+    <t>NOEL MUSCAT</t>
+  </si>
+  <si>
+    <t>L&amp;A Camilleri Ltd.</t>
+  </si>
+  <si>
+    <t>VIKING PC HEALTH LTD</t>
+  </si>
+  <si>
+    <t>STM MALTA TRUST &amp; COMPANY MANAGEMENT LTD</t>
+  </si>
+  <si>
+    <t>Fondazzjoni ghall-Opri Socjali fl-Arcidjocesi ta’ Malta</t>
+  </si>
+  <si>
+    <t>Patrick Schembri</t>
+  </si>
+  <si>
+    <t>ISLAND RESORT CO. LTD.</t>
+  </si>
+  <si>
+    <t>ZAMPA DEBATTISTA CIVIL PARTNERSHIP</t>
+  </si>
+  <si>
+    <t>ECABS OPERATORS COMPANY LIMITED</t>
+  </si>
+  <si>
+    <t>VELPRINT LTD</t>
+  </si>
+  <si>
+    <t>OZOGOZO LTD</t>
+  </si>
+  <si>
+    <t>VINCENT ZAMMIT &amp; SONS</t>
+  </si>
+  <si>
+    <t>ARNOLD MEDIA LTD</t>
+  </si>
+  <si>
+    <t>Emma Beck</t>
+  </si>
+  <si>
+    <t>ZP SERVICES LTD</t>
+  </si>
+  <si>
+    <t>BUGEJA JOSEPH</t>
+  </si>
+  <si>
+    <t>CRISTIANA AZZOPARDI</t>
+  </si>
+  <si>
+    <t>Pjazza Merkanti Ltd</t>
+  </si>
+  <si>
+    <t>ARPAD HOSSZU</t>
   </si>
   <si>
     <t>JUSTLIN LTD</t>
   </si>
   <si>
-    <t>RAYMOND GRECH</t>
-[...3263 lines deleted...]
-    <t>CONNECT SERVICES LIMITED</t>
+    <t>ELECTRO FIX LTD</t>
+  </si>
+  <si>
+    <t>REUBEN ZAMMIT / MUTURI MALTA LTD</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER CACHIA</t>
+  </si>
+  <si>
+    <t>FMCORE CONDOMINIUM ADMINISTRATION LTD</t>
   </si>
   <si>
     <t>Unpaused Company Ltd</t>
   </si>
   <si>
-    <t>KRISTINA BIANCO</t>
-[...1286 lines deleted...]
-    <t>ANDREW GILFORD</t>
+    <t>SCICLUNA ANDRE'</t>
+  </si>
+  <si>
+    <t>NICHOLAS MANGION</t>
+  </si>
+  <si>
+    <t>GRUPP GWARDJOLA</t>
+  </si>
+  <si>
+    <t>BRIAN MAGRI</t>
+  </si>
+  <si>
+    <t>PREMIUM TOOLS</t>
+  </si>
+  <si>
+    <t>AQUILINA NICOLAI</t>
+  </si>
+  <si>
+    <t>Nira Ltd</t>
+  </si>
+  <si>
+    <t>CARMELO MELI LTD</t>
+  </si>
+  <si>
+    <t>BBF Ltd</t>
+  </si>
+  <si>
+    <t>FALCON PROPERTIES LIMITED</t>
+  </si>
+  <si>
+    <t>BENJAMIN CHIRCOP</t>
+  </si>
+  <si>
+    <t>Xfive Group Ltd</t>
+  </si>
+  <si>
+    <t>CIELOMED ENTERPRISES LTD</t>
+  </si>
+  <si>
+    <t>EDWARD ENGERER &amp; RICHARD FALZON</t>
+  </si>
+  <si>
+    <t>GEORGE SAID</t>
+  </si>
+  <si>
+    <t>MEDIRECT BANK (MALTA) PLC</t>
+  </si>
+  <si>
+    <t>GIUSEPPE BARONE</t>
+  </si>
+  <si>
+    <t>Wiggles and Wriggles Childcare Ltd</t>
+  </si>
+  <si>
+    <t>ALKA CERAMICS LTD</t>
+  </si>
+  <si>
+    <t>DIMECH ENTERPRISES LTD</t>
   </si>
   <si>
     <t>ATTARD ROBERT</t>
   </si>
   <si>
-    <t>STANLEY'S CHIPPY LIMITED</t>
-[...1469 lines deleted...]
-    <t>VELPRINT LTD</t>
+    <t>MARIO BUGEJA</t>
+  </si>
+  <si>
+    <t>Trilogy Ltd</t>
   </si>
   <si>
     <t>Brian Bonavia</t>
   </si>
   <si>
+    <t>EDWARD SAMMUT</t>
+  </si>
+  <si>
     <t>CUSENS NEIL ANDREW</t>
   </si>
   <si>
-    <t>AQUILINA NICOLAI</t>
-[...74 lines deleted...]
-    <t>Trilogy Ltd</t>
+    <t>NICHOLAS CINI</t>
+  </si>
+  <si>
+    <t>Luke Borg</t>
+  </si>
+  <si>
+    <t>GEORGE ZAMMIT</t>
   </si>
   <si>
     <t>BUSUTTIL MARIA</t>
   </si>
   <si>
-    <t>ZAMMIT WOODWORKS CO. LIMITED</t>
-[...19 lines deleted...]
-  <si>
     <t>VELLA ETIENNE</t>
   </si>
   <si>
-    <t>CARMELO MELI LTD</t>
-[...22 lines deleted...]
-  <si>
     <t>https://mtip.gov.mt</t>
   </si>
   <si>
     <t>http://www.redcross.org.mt/</t>
   </si>
   <si>
+    <t>https://gozo.gov.mt/</t>
+  </si>
+  <si>
     <t>https://deputyprimeminister.gov.mt/en/Pages/health.aspx|https://health.gov.mt/|https://sahha.gov.mt/</t>
   </si>
   <si>
-    <t>https://gozo.gov.mt/</t>
-[...1 lines deleted...]
-  <si>
     <t>http://gwu.org.mt/</t>
   </si>
   <si>
+    <t>https://www.pa.org.mt/</t>
+  </si>
+  <si>
+    <t>http://www.heritagemalta.org</t>
+  </si>
+  <si>
     <t>https://www.um.edu.mt/</t>
   </si>
   <si>
-    <t>http://www.heritagemalta.org</t>
-[...4 lines deleted...]
-  <si>
     <t>Q52844493</t>
   </si>
   <si>
     <t>Q55571871</t>
   </si>
   <si>
     <t>Q104779057</t>
   </si>
   <si>
+    <t>Q60771868</t>
+  </si>
+  <si>
     <t>Q52842737</t>
   </si>
   <si>
-    <t>Q60771868</t>
-[...1 lines deleted...]
-  <si>
     <t>Q3550296</t>
   </si>
   <si>
+    <t>Q39487278</t>
+  </si>
+  <si>
+    <t>Q3785211</t>
+  </si>
+  <si>
     <t>Q426045</t>
-  </si>
-[...4 lines deleted...]
-    <t>Q39487278</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -14161,305 +14161,305 @@
     </row>
     <row r="62" spans="1:2">
       <c r="A62" t="s">
         <v>64</v>
       </c>
       <c r="B62" t="s">
         <v>2266</v>
       </c>
     </row>
     <row r="63" spans="1:2">
       <c r="A63" t="s">
         <v>65</v>
       </c>
       <c r="B63" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="64" spans="1:2">
       <c r="A64" t="s">
         <v>66</v>
       </c>
       <c r="B64" t="s">
         <v>2268</v>
       </c>
     </row>
-    <row r="65" spans="1:4">
+    <row r="65" spans="1:2">
       <c r="A65" t="s">
         <v>67</v>
       </c>
       <c r="B65" t="s">
         <v>2269</v>
       </c>
     </row>
-    <row r="66" spans="1:4">
+    <row r="66" spans="1:2">
       <c r="A66" t="s">
         <v>68</v>
       </c>
       <c r="B66" t="s">
         <v>2270</v>
       </c>
     </row>
-    <row r="67" spans="1:4">
+    <row r="67" spans="1:2">
       <c r="A67" t="s">
         <v>69</v>
       </c>
       <c r="B67" t="s">
         <v>2271</v>
       </c>
     </row>
-    <row r="68" spans="1:4">
+    <row r="68" spans="1:2">
       <c r="A68" t="s">
         <v>70</v>
       </c>
       <c r="B68" t="s">
         <v>2272</v>
       </c>
     </row>
-    <row r="69" spans="1:4">
+    <row r="69" spans="1:2">
       <c r="A69" t="s">
         <v>71</v>
       </c>
       <c r="B69" t="s">
         <v>2273</v>
       </c>
     </row>
-    <row r="70" spans="1:4">
+    <row r="70" spans="1:2">
       <c r="A70" t="s">
         <v>72</v>
       </c>
       <c r="B70" t="s">
         <v>2274</v>
       </c>
-      <c r="C70" t="s">
-[...6 lines deleted...]
-    <row r="71" spans="1:4">
+    </row>
+    <row r="71" spans="1:2">
       <c r="A71" t="s">
         <v>73</v>
       </c>
       <c r="B71" t="s">
         <v>2275</v>
       </c>
     </row>
-    <row r="72" spans="1:4">
+    <row r="72" spans="1:2">
       <c r="A72" t="s">
         <v>74</v>
       </c>
       <c r="B72" t="s">
         <v>2276</v>
       </c>
     </row>
-    <row r="73" spans="1:4">
+    <row r="73" spans="1:2">
       <c r="A73" t="s">
         <v>75</v>
       </c>
       <c r="B73" t="s">
         <v>2277</v>
       </c>
     </row>
-    <row r="74" spans="1:4">
+    <row r="74" spans="1:2">
       <c r="A74" t="s">
         <v>76</v>
       </c>
       <c r="B74" t="s">
         <v>2278</v>
       </c>
     </row>
-    <row r="75" spans="1:4">
+    <row r="75" spans="1:2">
       <c r="A75" t="s">
         <v>77</v>
       </c>
       <c r="B75" t="s">
         <v>2279</v>
       </c>
     </row>
-    <row r="76" spans="1:4">
+    <row r="76" spans="1:2">
       <c r="A76" t="s">
         <v>78</v>
       </c>
       <c r="B76" t="s">
         <v>2280</v>
       </c>
     </row>
-    <row r="77" spans="1:4">
+    <row r="77" spans="1:2">
       <c r="A77" t="s">
         <v>79</v>
       </c>
       <c r="B77" t="s">
         <v>2281</v>
       </c>
     </row>
-    <row r="78" spans="1:4">
+    <row r="78" spans="1:2">
       <c r="A78" t="s">
         <v>80</v>
       </c>
       <c r="B78" t="s">
         <v>2282</v>
       </c>
     </row>
-    <row r="79" spans="1:4">
+    <row r="79" spans="1:2">
       <c r="A79" t="s">
         <v>81</v>
       </c>
       <c r="B79" t="s">
         <v>2283</v>
       </c>
     </row>
-    <row r="80" spans="1:4">
+    <row r="80" spans="1:2">
       <c r="A80" t="s">
         <v>82</v>
       </c>
       <c r="B80" t="s">
         <v>2284</v>
       </c>
     </row>
-    <row r="81" spans="1:2">
+    <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>83</v>
       </c>
       <c r="B81" t="s">
         <v>2285</v>
       </c>
     </row>
-    <row r="82" spans="1:2">
+    <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>84</v>
       </c>
       <c r="B82" t="s">
         <v>2286</v>
       </c>
     </row>
-    <row r="83" spans="1:2">
+    <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>85</v>
       </c>
       <c r="B83" t="s">
         <v>2287</v>
       </c>
     </row>
-    <row r="84" spans="1:2">
+    <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>86</v>
       </c>
       <c r="B84" t="s">
         <v>2288</v>
       </c>
     </row>
-    <row r="85" spans="1:2">
+    <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>87</v>
       </c>
       <c r="B85" t="s">
         <v>2289</v>
       </c>
     </row>
-    <row r="86" spans="1:2">
+    <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>88</v>
       </c>
       <c r="B86" t="s">
         <v>2290</v>
       </c>
     </row>
-    <row r="87" spans="1:2">
+    <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>89</v>
       </c>
       <c r="B87" t="s">
         <v>2291</v>
       </c>
     </row>
-    <row r="88" spans="1:2">
+    <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>90</v>
       </c>
       <c r="B88" t="s">
         <v>2292</v>
       </c>
     </row>
-    <row r="89" spans="1:2">
+    <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>91</v>
       </c>
       <c r="B89" t="s">
         <v>2293</v>
       </c>
     </row>
-    <row r="90" spans="1:2">
+    <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>92</v>
       </c>
       <c r="B90" t="s">
         <v>2294</v>
       </c>
-    </row>
-    <row r="91" spans="1:2">
+      <c r="C90" t="s">
+        <v>4405</v>
+      </c>
+      <c r="D90" t="s">
+        <v>4413</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>93</v>
       </c>
       <c r="B91" t="s">
         <v>2295</v>
       </c>
     </row>
-    <row r="92" spans="1:2">
+    <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>94</v>
       </c>
       <c r="B92" t="s">
         <v>2296</v>
       </c>
     </row>
-    <row r="93" spans="1:2">
+    <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>95</v>
       </c>
       <c r="B93" t="s">
         <v>2297</v>
       </c>
     </row>
-    <row r="94" spans="1:2">
+    <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>96</v>
       </c>
       <c r="B94" t="s">
         <v>2298</v>
       </c>
     </row>
-    <row r="95" spans="1:2">
+    <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>97</v>
       </c>
       <c r="B95" t="s">
         <v>2299</v>
       </c>
     </row>
-    <row r="96" spans="1:2">
+    <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>98</v>
       </c>
       <c r="B96" t="s">
         <v>2300</v>
       </c>
     </row>
     <row r="97" spans="1:2">
       <c r="A97" t="s">
         <v>99</v>
       </c>
       <c r="B97" t="s">
         <v>2301</v>
       </c>
     </row>
     <row r="98" spans="1:2">
       <c r="A98" t="s">
         <v>100</v>
       </c>
       <c r="B98" t="s">
         <v>2302</v>
       </c>
     </row>
     <row r="99" spans="1:2">
       <c r="A99" t="s">
@@ -22103,176 +22103,179 @@
     </row>
     <row r="1054" spans="1:2">
       <c r="A1054" t="s">
         <v>1056</v>
       </c>
       <c r="B1054" t="s">
         <v>3258</v>
       </c>
     </row>
     <row r="1055" spans="1:2">
       <c r="A1055" t="s">
         <v>1057</v>
       </c>
       <c r="B1055" t="s">
         <v>3259</v>
       </c>
     </row>
     <row r="1056" spans="1:2">
       <c r="A1056" t="s">
         <v>1058</v>
       </c>
       <c r="B1056" t="s">
         <v>3260</v>
       </c>
     </row>
-    <row r="1057" spans="1:2">
+    <row r="1057" spans="1:4">
       <c r="A1057" t="s">
         <v>1059</v>
       </c>
       <c r="B1057" t="s">
         <v>3261</v>
       </c>
     </row>
-    <row r="1058" spans="1:2">
+    <row r="1058" spans="1:4">
       <c r="A1058" t="s">
         <v>1060</v>
       </c>
       <c r="B1058" t="s">
         <v>3262</v>
       </c>
     </row>
-    <row r="1059" spans="1:2">
+    <row r="1059" spans="1:4">
       <c r="A1059" t="s">
         <v>1061</v>
       </c>
       <c r="B1059" t="s">
         <v>3263</v>
       </c>
     </row>
-    <row r="1060" spans="1:2">
+    <row r="1060" spans="1:4">
       <c r="A1060" t="s">
         <v>1062</v>
       </c>
       <c r="B1060" t="s">
         <v>3264</v>
       </c>
     </row>
-    <row r="1061" spans="1:2">
+    <row r="1061" spans="1:4">
       <c r="A1061" t="s">
         <v>1063</v>
       </c>
       <c r="B1061" t="s">
-        <v>3265</v>
-[...2 lines deleted...]
-    <row r="1062" spans="1:2">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:4">
       <c r="A1062" t="s">
         <v>1064</v>
       </c>
       <c r="B1062" t="s">
-        <v>3266</v>
-[...2 lines deleted...]
-    <row r="1063" spans="1:2">
+        <v>3265</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:4">
       <c r="A1063" t="s">
         <v>1065</v>
       </c>
       <c r="B1063" t="s">
-        <v>3267</v>
-[...2 lines deleted...]
-    <row r="1064" spans="1:2">
+        <v>3266</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:4">
       <c r="A1064" t="s">
         <v>1066</v>
       </c>
       <c r="B1064" t="s">
-        <v>3268</v>
-[...2 lines deleted...]
-    <row r="1065" spans="1:2">
+        <v>3267</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:4">
       <c r="A1065" t="s">
         <v>1067</v>
       </c>
       <c r="B1065" t="s">
-        <v>3269</v>
-[...2 lines deleted...]
-    <row r="1066" spans="1:2">
+        <v>3268</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:4">
       <c r="A1066" t="s">
         <v>1068</v>
       </c>
       <c r="B1066" t="s">
-        <v>3270</v>
-[...2 lines deleted...]
-    <row r="1067" spans="1:2">
+        <v>3269</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:4">
       <c r="A1067" t="s">
         <v>1069</v>
       </c>
       <c r="B1067" t="s">
-        <v>3271</v>
-[...2 lines deleted...]
-    <row r="1068" spans="1:2">
+        <v>3270</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:4">
       <c r="A1068" t="s">
         <v>1070</v>
       </c>
       <c r="B1068" t="s">
-        <v>3272</v>
-[...2 lines deleted...]
-    <row r="1069" spans="1:2">
+        <v>3271</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:4">
       <c r="A1069" t="s">
         <v>1071</v>
       </c>
       <c r="B1069" t="s">
-        <v>3273</v>
-[...2 lines deleted...]
-    <row r="1070" spans="1:2">
+        <v>3272</v>
+      </c>
+      <c r="D1069" t="s">
+        <v>4414</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:4">
       <c r="A1070" t="s">
         <v>1072</v>
       </c>
       <c r="B1070" t="s">
-        <v>3274</v>
-[...2 lines deleted...]
-    <row r="1071" spans="1:2">
+        <v>3273</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:4">
       <c r="A1071" t="s">
         <v>1073</v>
       </c>
       <c r="B1071" t="s">
-        <v>3275</v>
-[...2 lines deleted...]
-    <row r="1072" spans="1:2">
+        <v>3274</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:4">
       <c r="A1072" t="s">
         <v>1074</v>
       </c>
       <c r="B1072" t="s">
-        <v>3276</v>
+        <v>3275</v>
       </c>
     </row>
     <row r="1073" spans="1:4">
       <c r="A1073" t="s">
         <v>1075</v>
       </c>
       <c r="B1073" t="s">
         <v>3276</v>
       </c>
     </row>
     <row r="1074" spans="1:4">
       <c r="A1074" t="s">
         <v>1076</v>
       </c>
       <c r="B1074" t="s">
         <v>3277</v>
       </c>
     </row>
     <row r="1075" spans="1:4">
       <c r="A1075" t="s">
         <v>1077</v>
       </c>
       <c r="B1075" t="s">
         <v>3278</v>
       </c>
@@ -22286,50 +22289,56 @@
       </c>
     </row>
     <row r="1077" spans="1:4">
       <c r="A1077" t="s">
         <v>1079</v>
       </c>
       <c r="B1077" t="s">
         <v>3280</v>
       </c>
     </row>
     <row r="1078" spans="1:4">
       <c r="A1078" t="s">
         <v>1080</v>
       </c>
       <c r="B1078" t="s">
         <v>3281</v>
       </c>
     </row>
     <row r="1079" spans="1:4">
       <c r="A1079" t="s">
         <v>1081</v>
       </c>
       <c r="B1079" t="s">
         <v>3282</v>
       </c>
+      <c r="C1079" t="s">
+        <v>4406</v>
+      </c>
+      <c r="D1079" t="s">
+        <v>4415</v>
+      </c>
     </row>
     <row r="1080" spans="1:4">
       <c r="A1080" t="s">
         <v>1082</v>
       </c>
       <c r="B1080" t="s">
         <v>3283</v>
       </c>
     </row>
     <row r="1081" spans="1:4">
       <c r="A1081" t="s">
         <v>1083</v>
       </c>
       <c r="B1081" t="s">
         <v>3284</v>
       </c>
     </row>
     <row r="1082" spans="1:4">
       <c r="A1082" t="s">
         <v>1084</v>
       </c>
       <c r="B1082" t="s">
         <v>3285</v>
       </c>
     </row>
@@ -22342,53 +22351,50 @@
       </c>
     </row>
     <row r="1084" spans="1:4">
       <c r="A1084" t="s">
         <v>1086</v>
       </c>
       <c r="B1084" t="s">
         <v>3287</v>
       </c>
     </row>
     <row r="1085" spans="1:4">
       <c r="A1085" t="s">
         <v>1087</v>
       </c>
       <c r="B1085" t="s">
         <v>3288</v>
       </c>
     </row>
     <row r="1086" spans="1:4">
       <c r="A1086" t="s">
         <v>1088</v>
       </c>
       <c r="B1086" t="s">
         <v>3289</v>
       </c>
-      <c r="D1086" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="1087" spans="1:4">
       <c r="A1087" t="s">
         <v>1089</v>
       </c>
       <c r="B1087" t="s">
         <v>3290</v>
       </c>
     </row>
     <row r="1088" spans="1:4">
       <c r="A1088" t="s">
         <v>1090</v>
       </c>
       <c r="B1088" t="s">
         <v>3291</v>
       </c>
     </row>
     <row r="1089" spans="1:2">
       <c r="A1089" t="s">
         <v>1091</v>
       </c>
       <c r="B1089" t="s">
         <v>3292</v>
       </c>
     </row>
@@ -22490,177 +22496,171 @@
     </row>
     <row r="1102" spans="1:2">
       <c r="A1102" t="s">
         <v>1104</v>
       </c>
       <c r="B1102" t="s">
         <v>3305</v>
       </c>
     </row>
     <row r="1103" spans="1:2">
       <c r="A1103" t="s">
         <v>1105</v>
       </c>
       <c r="B1103" t="s">
         <v>3306</v>
       </c>
     </row>
     <row r="1104" spans="1:2">
       <c r="A1104" t="s">
         <v>1106</v>
       </c>
       <c r="B1104" t="s">
         <v>3307</v>
       </c>
     </row>
-    <row r="1105" spans="1:4">
+    <row r="1105" spans="1:2">
       <c r="A1105" t="s">
         <v>1107</v>
       </c>
       <c r="B1105" t="s">
         <v>3308</v>
       </c>
     </row>
-    <row r="1106" spans="1:4">
+    <row r="1106" spans="1:2">
       <c r="A1106" t="s">
         <v>1108</v>
       </c>
       <c r="B1106" t="s">
         <v>3309</v>
       </c>
     </row>
-    <row r="1107" spans="1:4">
+    <row r="1107" spans="1:2">
       <c r="A1107" t="s">
         <v>1109</v>
       </c>
       <c r="B1107" t="s">
         <v>3310</v>
       </c>
     </row>
-    <row r="1108" spans="1:4">
+    <row r="1108" spans="1:2">
       <c r="A1108" t="s">
         <v>1110</v>
       </c>
       <c r="B1108" t="s">
         <v>3311</v>
       </c>
     </row>
-    <row r="1109" spans="1:4">
+    <row r="1109" spans="1:2">
       <c r="A1109" t="s">
         <v>1111</v>
       </c>
       <c r="B1109" t="s">
         <v>3312</v>
       </c>
     </row>
-    <row r="1110" spans="1:4">
+    <row r="1110" spans="1:2">
       <c r="A1110" t="s">
         <v>1112</v>
       </c>
       <c r="B1110" t="s">
         <v>3313</v>
       </c>
     </row>
-    <row r="1111" spans="1:4">
+    <row r="1111" spans="1:2">
       <c r="A1111" t="s">
         <v>1113</v>
       </c>
       <c r="B1111" t="s">
         <v>3314</v>
       </c>
     </row>
-    <row r="1112" spans="1:4">
+    <row r="1112" spans="1:2">
       <c r="A1112" t="s">
         <v>1114</v>
       </c>
       <c r="B1112" t="s">
         <v>3315</v>
       </c>
     </row>
-    <row r="1113" spans="1:4">
+    <row r="1113" spans="1:2">
       <c r="A1113" t="s">
         <v>1115</v>
       </c>
       <c r="B1113" t="s">
         <v>3316</v>
       </c>
-      <c r="C1113" t="s">
-[...6 lines deleted...]
-    <row r="1114" spans="1:4">
+    </row>
+    <row r="1114" spans="1:2">
       <c r="A1114" t="s">
         <v>1116</v>
       </c>
       <c r="B1114" t="s">
         <v>3317</v>
       </c>
     </row>
-    <row r="1115" spans="1:4">
+    <row r="1115" spans="1:2">
       <c r="A1115" t="s">
         <v>1117</v>
       </c>
       <c r="B1115" t="s">
         <v>3318</v>
       </c>
     </row>
-    <row r="1116" spans="1:4">
+    <row r="1116" spans="1:2">
       <c r="A1116" t="s">
         <v>1118</v>
       </c>
       <c r="B1116" t="s">
         <v>3319</v>
       </c>
     </row>
-    <row r="1117" spans="1:4">
+    <row r="1117" spans="1:2">
       <c r="A1117" t="s">
         <v>1119</v>
       </c>
       <c r="B1117" t="s">
         <v>3320</v>
       </c>
     </row>
-    <row r="1118" spans="1:4">
+    <row r="1118" spans="1:2">
       <c r="A1118" t="s">
         <v>1120</v>
       </c>
       <c r="B1118" t="s">
         <v>3321</v>
       </c>
     </row>
-    <row r="1119" spans="1:4">
+    <row r="1119" spans="1:2">
       <c r="A1119" t="s">
         <v>1121</v>
       </c>
       <c r="B1119" t="s">
         <v>3322</v>
       </c>
     </row>
-    <row r="1120" spans="1:4">
+    <row r="1120" spans="1:2">
       <c r="A1120" t="s">
         <v>1122</v>
       </c>
       <c r="B1120" t="s">
         <v>3323</v>
       </c>
     </row>
     <row r="1121" spans="1:2">
       <c r="A1121" t="s">
         <v>1123</v>
       </c>
       <c r="B1121" t="s">
         <v>3324</v>
       </c>
     </row>
     <row r="1122" spans="1:2">
       <c r="A1122" t="s">
         <v>1124</v>
       </c>
       <c r="B1122" t="s">
         <v>3325</v>
       </c>
     </row>
     <row r="1123" spans="1:2">
       <c r="A1123" t="s">
@@ -25184,171 +25184,177 @@
     </row>
     <row r="1438" spans="1:2">
       <c r="A1438" t="s">
         <v>1440</v>
       </c>
       <c r="B1438" t="s">
         <v>3641</v>
       </c>
     </row>
     <row r="1439" spans="1:2">
       <c r="A1439" t="s">
         <v>1441</v>
       </c>
       <c r="B1439" t="s">
         <v>3642</v>
       </c>
     </row>
     <row r="1440" spans="1:2">
       <c r="A1440" t="s">
         <v>1442</v>
       </c>
       <c r="B1440" t="s">
         <v>3643</v>
       </c>
     </row>
-    <row r="1441" spans="1:2">
+    <row r="1441" spans="1:4">
       <c r="A1441" t="s">
         <v>1443</v>
       </c>
       <c r="B1441" t="s">
         <v>3644</v>
       </c>
     </row>
-    <row r="1442" spans="1:2">
+    <row r="1442" spans="1:4">
       <c r="A1442" t="s">
         <v>1444</v>
       </c>
       <c r="B1442" t="s">
         <v>3645</v>
       </c>
     </row>
-    <row r="1443" spans="1:2">
+    <row r="1443" spans="1:4">
       <c r="A1443" t="s">
         <v>1445</v>
       </c>
       <c r="B1443" t="s">
         <v>3646</v>
       </c>
     </row>
-    <row r="1444" spans="1:2">
+    <row r="1444" spans="1:4">
       <c r="A1444" t="s">
         <v>1446</v>
       </c>
       <c r="B1444" t="s">
         <v>3647</v>
       </c>
     </row>
-    <row r="1445" spans="1:2">
+    <row r="1445" spans="1:4">
       <c r="A1445" t="s">
         <v>1447</v>
       </c>
       <c r="B1445" t="s">
         <v>3648</v>
       </c>
     </row>
-    <row r="1446" spans="1:2">
+    <row r="1446" spans="1:4">
       <c r="A1446" t="s">
         <v>1448</v>
       </c>
       <c r="B1446" t="s">
         <v>3649</v>
       </c>
     </row>
-    <row r="1447" spans="1:2">
+    <row r="1447" spans="1:4">
       <c r="A1447" t="s">
         <v>1449</v>
       </c>
       <c r="B1447" t="s">
         <v>3650</v>
       </c>
     </row>
-    <row r="1448" spans="1:2">
+    <row r="1448" spans="1:4">
       <c r="A1448" t="s">
         <v>1450</v>
       </c>
       <c r="B1448" t="s">
         <v>3651</v>
       </c>
     </row>
-    <row r="1449" spans="1:2">
+    <row r="1449" spans="1:4">
       <c r="A1449" t="s">
         <v>1451</v>
       </c>
       <c r="B1449" t="s">
         <v>3652</v>
       </c>
     </row>
-    <row r="1450" spans="1:2">
+    <row r="1450" spans="1:4">
       <c r="A1450" t="s">
         <v>1452</v>
       </c>
       <c r="B1450" t="s">
         <v>3653</v>
       </c>
     </row>
-    <row r="1451" spans="1:2">
+    <row r="1451" spans="1:4">
       <c r="A1451" t="s">
         <v>1453</v>
       </c>
       <c r="B1451" t="s">
         <v>3654</v>
       </c>
     </row>
-    <row r="1452" spans="1:2">
+    <row r="1452" spans="1:4">
       <c r="A1452" t="s">
         <v>1454</v>
       </c>
       <c r="B1452" t="s">
         <v>3655</v>
       </c>
     </row>
-    <row r="1453" spans="1:2">
+    <row r="1453" spans="1:4">
       <c r="A1453" t="s">
         <v>1455</v>
       </c>
       <c r="B1453" t="s">
         <v>3656</v>
       </c>
     </row>
-    <row r="1454" spans="1:2">
+    <row r="1454" spans="1:4">
       <c r="A1454" t="s">
         <v>1456</v>
       </c>
       <c r="B1454" t="s">
         <v>3657</v>
       </c>
-    </row>
-    <row r="1455" spans="1:2">
+      <c r="C1454" t="s">
+        <v>4407</v>
+      </c>
+      <c r="D1454" t="s">
+        <v>4416</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:4">
       <c r="A1455" t="s">
         <v>1457</v>
       </c>
       <c r="B1455" t="s">
         <v>3658</v>
       </c>
     </row>
-    <row r="1456" spans="1:2">
+    <row r="1456" spans="1:4">
       <c r="A1456" t="s">
         <v>1458</v>
       </c>
       <c r="B1456" t="s">
         <v>3659</v>
       </c>
     </row>
     <row r="1457" spans="1:2">
       <c r="A1457" t="s">
         <v>1459</v>
       </c>
       <c r="B1457" t="s">
         <v>3660</v>
       </c>
     </row>
     <row r="1458" spans="1:2">
       <c r="A1458" t="s">
         <v>1460</v>
       </c>
       <c r="B1458" t="s">
         <v>3661</v>
       </c>
     </row>
     <row r="1459" spans="1:2">
       <c r="A1459" t="s">
@@ -25440,183 +25446,171 @@
     </row>
     <row r="1470" spans="1:2">
       <c r="A1470" t="s">
         <v>1472</v>
       </c>
       <c r="B1470" t="s">
         <v>3673</v>
       </c>
     </row>
     <row r="1471" spans="1:2">
       <c r="A1471" t="s">
         <v>1473</v>
       </c>
       <c r="B1471" t="s">
         <v>3674</v>
       </c>
     </row>
     <row r="1472" spans="1:2">
       <c r="A1472" t="s">
         <v>1474</v>
       </c>
       <c r="B1472" t="s">
         <v>3675</v>
       </c>
     </row>
-    <row r="1473" spans="1:4">
+    <row r="1473" spans="1:2">
       <c r="A1473" t="s">
         <v>1475</v>
       </c>
       <c r="B1473" t="s">
         <v>3676</v>
       </c>
     </row>
-    <row r="1474" spans="1:4">
+    <row r="1474" spans="1:2">
       <c r="A1474" t="s">
         <v>1476</v>
       </c>
       <c r="B1474" t="s">
         <v>3677</v>
       </c>
     </row>
-    <row r="1475" spans="1:4">
+    <row r="1475" spans="1:2">
       <c r="A1475" t="s">
         <v>1477</v>
       </c>
       <c r="B1475" t="s">
         <v>3678</v>
       </c>
     </row>
-    <row r="1476" spans="1:4">
+    <row r="1476" spans="1:2">
       <c r="A1476" t="s">
         <v>1478</v>
       </c>
       <c r="B1476" t="s">
         <v>3679</v>
       </c>
     </row>
-    <row r="1477" spans="1:4">
+    <row r="1477" spans="1:2">
       <c r="A1477" t="s">
         <v>1479</v>
       </c>
       <c r="B1477" t="s">
         <v>3680</v>
       </c>
-      <c r="C1477" t="s">
-[...6 lines deleted...]
-    <row r="1478" spans="1:4">
+    </row>
+    <row r="1478" spans="1:2">
       <c r="A1478" t="s">
         <v>1480</v>
       </c>
       <c r="B1478" t="s">
         <v>3681</v>
       </c>
     </row>
-    <row r="1479" spans="1:4">
+    <row r="1479" spans="1:2">
       <c r="A1479" t="s">
         <v>1481</v>
       </c>
       <c r="B1479" t="s">
         <v>3682</v>
       </c>
     </row>
-    <row r="1480" spans="1:4">
+    <row r="1480" spans="1:2">
       <c r="A1480" t="s">
         <v>1482</v>
       </c>
       <c r="B1480" t="s">
         <v>3683</v>
       </c>
-      <c r="C1480" t="s">
-[...6 lines deleted...]
-    <row r="1481" spans="1:4">
+    </row>
+    <row r="1481" spans="1:2">
       <c r="A1481" t="s">
         <v>1483</v>
       </c>
       <c r="B1481" t="s">
         <v>3684</v>
       </c>
     </row>
-    <row r="1482" spans="1:4">
+    <row r="1482" spans="1:2">
       <c r="A1482" t="s">
         <v>1484</v>
       </c>
       <c r="B1482" t="s">
         <v>3685</v>
       </c>
     </row>
-    <row r="1483" spans="1:4">
+    <row r="1483" spans="1:2">
       <c r="A1483" t="s">
         <v>1485</v>
       </c>
       <c r="B1483" t="s">
         <v>3686</v>
       </c>
     </row>
-    <row r="1484" spans="1:4">
+    <row r="1484" spans="1:2">
       <c r="A1484" t="s">
         <v>1486</v>
       </c>
       <c r="B1484" t="s">
         <v>3687</v>
       </c>
     </row>
-    <row r="1485" spans="1:4">
+    <row r="1485" spans="1:2">
       <c r="A1485" t="s">
         <v>1487</v>
       </c>
       <c r="B1485" t="s">
         <v>3688</v>
       </c>
     </row>
-    <row r="1486" spans="1:4">
+    <row r="1486" spans="1:2">
       <c r="A1486" t="s">
         <v>1488</v>
       </c>
       <c r="B1486" t="s">
         <v>3689</v>
       </c>
     </row>
-    <row r="1487" spans="1:4">
+    <row r="1487" spans="1:2">
       <c r="A1487" t="s">
         <v>1489</v>
       </c>
       <c r="B1487" t="s">
         <v>3690</v>
       </c>
     </row>
-    <row r="1488" spans="1:4">
+    <row r="1488" spans="1:2">
       <c r="A1488" t="s">
         <v>1490</v>
       </c>
       <c r="B1488" t="s">
         <v>3691</v>
       </c>
     </row>
     <row r="1489" spans="1:2">
       <c r="A1489" t="s">
         <v>1491</v>
       </c>
       <c r="B1489" t="s">
         <v>3692</v>
       </c>
     </row>
     <row r="1490" spans="1:2">
       <c r="A1490" t="s">
         <v>1492</v>
       </c>
       <c r="B1490" t="s">
         <v>3693</v>
       </c>
     </row>
     <row r="1491" spans="1:2">
       <c r="A1491" t="s">
@@ -27884,171 +27878,177 @@
     </row>
     <row r="1774" spans="1:2">
       <c r="A1774" t="s">
         <v>1776</v>
       </c>
       <c r="B1774" t="s">
         <v>3977</v>
       </c>
     </row>
     <row r="1775" spans="1:2">
       <c r="A1775" t="s">
         <v>1777</v>
       </c>
       <c r="B1775" t="s">
         <v>3978</v>
       </c>
     </row>
     <row r="1776" spans="1:2">
       <c r="A1776" t="s">
         <v>1778</v>
       </c>
       <c r="B1776" t="s">
         <v>3979</v>
       </c>
     </row>
-    <row r="1777" spans="1:2">
+    <row r="1777" spans="1:4">
       <c r="A1777" t="s">
         <v>1779</v>
       </c>
       <c r="B1777" t="s">
         <v>3980</v>
       </c>
     </row>
-    <row r="1778" spans="1:2">
+    <row r="1778" spans="1:4">
       <c r="A1778" t="s">
         <v>1780</v>
       </c>
       <c r="B1778" t="s">
         <v>3981</v>
       </c>
     </row>
-    <row r="1779" spans="1:2">
+    <row r="1779" spans="1:4">
       <c r="A1779" t="s">
         <v>1781</v>
       </c>
       <c r="B1779" t="s">
         <v>3982</v>
       </c>
     </row>
-    <row r="1780" spans="1:2">
+    <row r="1780" spans="1:4">
       <c r="A1780" t="s">
         <v>1782</v>
       </c>
       <c r="B1780" t="s">
         <v>3983</v>
       </c>
     </row>
-    <row r="1781" spans="1:2">
+    <row r="1781" spans="1:4">
       <c r="A1781" t="s">
         <v>1783</v>
       </c>
       <c r="B1781" t="s">
         <v>3984</v>
       </c>
     </row>
-    <row r="1782" spans="1:2">
+    <row r="1782" spans="1:4">
       <c r="A1782" t="s">
         <v>1784</v>
       </c>
       <c r="B1782" t="s">
         <v>3985</v>
       </c>
     </row>
-    <row r="1783" spans="1:2">
+    <row r="1783" spans="1:4">
       <c r="A1783" t="s">
         <v>1785</v>
       </c>
       <c r="B1783" t="s">
         <v>3986</v>
       </c>
     </row>
-    <row r="1784" spans="1:2">
+    <row r="1784" spans="1:4">
       <c r="A1784" t="s">
         <v>1786</v>
       </c>
       <c r="B1784" t="s">
         <v>3987</v>
       </c>
     </row>
-    <row r="1785" spans="1:2">
+    <row r="1785" spans="1:4">
       <c r="A1785" t="s">
         <v>1787</v>
       </c>
       <c r="B1785" t="s">
         <v>3988</v>
       </c>
     </row>
-    <row r="1786" spans="1:2">
+    <row r="1786" spans="1:4">
       <c r="A1786" t="s">
         <v>1788</v>
       </c>
       <c r="B1786" t="s">
         <v>3989</v>
       </c>
     </row>
-    <row r="1787" spans="1:2">
+    <row r="1787" spans="1:4">
       <c r="A1787" t="s">
         <v>1789</v>
       </c>
       <c r="B1787" t="s">
         <v>3990</v>
       </c>
     </row>
-    <row r="1788" spans="1:2">
+    <row r="1788" spans="1:4">
       <c r="A1788" t="s">
         <v>1790</v>
       </c>
       <c r="B1788" t="s">
         <v>3991</v>
       </c>
     </row>
-    <row r="1789" spans="1:2">
+    <row r="1789" spans="1:4">
       <c r="A1789" t="s">
         <v>1791</v>
       </c>
       <c r="B1789" t="s">
         <v>3992</v>
       </c>
     </row>
-    <row r="1790" spans="1:2">
+    <row r="1790" spans="1:4">
       <c r="A1790" t="s">
         <v>1792</v>
       </c>
       <c r="B1790" t="s">
         <v>3993</v>
       </c>
-    </row>
-    <row r="1791" spans="1:2">
+      <c r="C1790" t="s">
+        <v>4408</v>
+      </c>
+      <c r="D1790" t="s">
+        <v>4417</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:4">
       <c r="A1791" t="s">
         <v>1793</v>
       </c>
       <c r="B1791" t="s">
         <v>3994</v>
       </c>
     </row>
-    <row r="1792" spans="1:2">
+    <row r="1792" spans="1:4">
       <c r="A1792" t="s">
         <v>1794</v>
       </c>
       <c r="B1792" t="s">
         <v>3995</v>
       </c>
     </row>
     <row r="1793" spans="1:2">
       <c r="A1793" t="s">
         <v>1795</v>
       </c>
       <c r="B1793" t="s">
         <v>3996</v>
       </c>
     </row>
     <row r="1794" spans="1:2">
       <c r="A1794" t="s">
         <v>1796</v>
       </c>
       <c r="B1794" t="s">
         <v>3997</v>
       </c>
     </row>
     <row r="1795" spans="1:2">
       <c r="A1795" t="s">
@@ -28561,1117 +28561,1117 @@
       <c r="B1858" t="s">
         <v>4061</v>
       </c>
     </row>
     <row r="1859" spans="1:2">
       <c r="A1859" t="s">
         <v>1861</v>
       </c>
       <c r="B1859" t="s">
         <v>4062</v>
       </c>
     </row>
     <row r="1860" spans="1:2">
       <c r="A1860" t="s">
         <v>1862</v>
       </c>
       <c r="B1860" t="s">
         <v>4063</v>
       </c>
     </row>
     <row r="1861" spans="1:2">
       <c r="A1861" t="s">
         <v>1863</v>
       </c>
       <c r="B1861" t="s">
-        <v>4064</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="1862" spans="1:2">
       <c r="A1862" t="s">
         <v>1864</v>
       </c>
       <c r="B1862" t="s">
-        <v>4065</v>
+        <v>4064</v>
       </c>
     </row>
     <row r="1863" spans="1:2">
       <c r="A1863" t="s">
         <v>1865</v>
       </c>
       <c r="B1863" t="s">
-        <v>4066</v>
+        <v>4065</v>
       </c>
     </row>
     <row r="1864" spans="1:2">
       <c r="A1864" t="s">
         <v>1866</v>
       </c>
       <c r="B1864" t="s">
-        <v>4067</v>
+        <v>4066</v>
       </c>
     </row>
     <row r="1865" spans="1:2">
       <c r="A1865" t="s">
         <v>1867</v>
       </c>
       <c r="B1865" t="s">
-        <v>4068</v>
+        <v>4067</v>
       </c>
     </row>
     <row r="1866" spans="1:2">
       <c r="A1866" t="s">
         <v>1868</v>
       </c>
       <c r="B1866" t="s">
-        <v>4069</v>
+        <v>4068</v>
       </c>
     </row>
     <row r="1867" spans="1:2">
       <c r="A1867" t="s">
         <v>1869</v>
       </c>
       <c r="B1867" t="s">
-        <v>4070</v>
+        <v>4069</v>
       </c>
     </row>
     <row r="1868" spans="1:2">
       <c r="A1868" t="s">
         <v>1870</v>
       </c>
       <c r="B1868" t="s">
-        <v>4071</v>
+        <v>4070</v>
       </c>
     </row>
     <row r="1869" spans="1:2">
       <c r="A1869" t="s">
         <v>1871</v>
       </c>
       <c r="B1869" t="s">
-        <v>4072</v>
+        <v>4071</v>
       </c>
     </row>
     <row r="1870" spans="1:2">
       <c r="A1870" t="s">
         <v>1872</v>
       </c>
       <c r="B1870" t="s">
-        <v>4073</v>
+        <v>4072</v>
       </c>
     </row>
     <row r="1871" spans="1:2">
       <c r="A1871" t="s">
         <v>1873</v>
       </c>
       <c r="B1871" t="s">
-        <v>4074</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="1872" spans="1:2">
       <c r="A1872" t="s">
         <v>1874</v>
       </c>
       <c r="B1872" t="s">
-        <v>4075</v>
-[...2 lines deleted...]
-    <row r="1873" spans="1:4">
+        <v>4074</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:2">
       <c r="A1873" t="s">
         <v>1875</v>
       </c>
       <c r="B1873" t="s">
-        <v>4076</v>
-[...2 lines deleted...]
-    <row r="1874" spans="1:4">
+        <v>4075</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:2">
       <c r="A1874" t="s">
         <v>1876</v>
       </c>
       <c r="B1874" t="s">
-        <v>4077</v>
-[...2 lines deleted...]
-    <row r="1875" spans="1:4">
+        <v>4076</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:2">
       <c r="A1875" t="s">
         <v>1877</v>
       </c>
       <c r="B1875" t="s">
-        <v>4078</v>
-[...2 lines deleted...]
-    <row r="1876" spans="1:4">
+        <v>4077</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:2">
       <c r="A1876" t="s">
         <v>1878</v>
       </c>
       <c r="B1876" t="s">
-        <v>4079</v>
-[...8 lines deleted...]
-    <row r="1877" spans="1:4">
+        <v>4078</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:2">
       <c r="A1877" t="s">
         <v>1879</v>
       </c>
       <c r="B1877" t="s">
-        <v>4080</v>
-[...2 lines deleted...]
-    <row r="1878" spans="1:4">
+        <v>4079</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:2">
       <c r="A1878" t="s">
         <v>1880</v>
       </c>
       <c r="B1878" t="s">
-        <v>4081</v>
-[...2 lines deleted...]
-    <row r="1879" spans="1:4">
+        <v>4080</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:2">
       <c r="A1879" t="s">
         <v>1881</v>
       </c>
       <c r="B1879" t="s">
-        <v>4082</v>
-[...2 lines deleted...]
-    <row r="1880" spans="1:4">
+        <v>4081</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:2">
       <c r="A1880" t="s">
         <v>1882</v>
       </c>
       <c r="B1880" t="s">
-        <v>4083</v>
-[...2 lines deleted...]
-    <row r="1881" spans="1:4">
+        <v>4082</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:2">
       <c r="A1881" t="s">
         <v>1883</v>
       </c>
       <c r="B1881" t="s">
-        <v>4084</v>
-[...2 lines deleted...]
-    <row r="1882" spans="1:4">
+        <v>4083</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:2">
       <c r="A1882" t="s">
         <v>1884</v>
       </c>
       <c r="B1882" t="s">
-        <v>4085</v>
-[...2 lines deleted...]
-    <row r="1883" spans="1:4">
+        <v>4084</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:2">
       <c r="A1883" t="s">
         <v>1885</v>
       </c>
       <c r="B1883" t="s">
-        <v>4086</v>
-[...2 lines deleted...]
-    <row r="1884" spans="1:4">
+        <v>3264</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:2">
       <c r="A1884" t="s">
         <v>1886</v>
       </c>
       <c r="B1884" t="s">
-        <v>4087</v>
-[...2 lines deleted...]
-    <row r="1885" spans="1:4">
+        <v>4085</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:2">
       <c r="A1885" t="s">
         <v>1887</v>
       </c>
       <c r="B1885" t="s">
-        <v>3276</v>
-[...2 lines deleted...]
-    <row r="1886" spans="1:4">
+        <v>4086</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:2">
       <c r="A1886" t="s">
         <v>1888</v>
       </c>
       <c r="B1886" t="s">
-        <v>4088</v>
-[...2 lines deleted...]
-    <row r="1887" spans="1:4">
+        <v>4087</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:2">
       <c r="A1887" t="s">
         <v>1889</v>
       </c>
       <c r="B1887" t="s">
-        <v>4089</v>
-[...2 lines deleted...]
-    <row r="1888" spans="1:4">
+        <v>4088</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:2">
       <c r="A1888" t="s">
         <v>1890</v>
       </c>
       <c r="B1888" t="s">
-        <v>4090</v>
-[...2 lines deleted...]
-    <row r="1889" spans="1:2">
+        <v>4089</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:4">
       <c r="A1889" t="s">
         <v>1891</v>
       </c>
       <c r="B1889" t="s">
-        <v>4091</v>
-[...2 lines deleted...]
-    <row r="1890" spans="1:2">
+        <v>4090</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:4">
       <c r="A1890" t="s">
         <v>1892</v>
       </c>
       <c r="B1890" t="s">
-        <v>4092</v>
-[...2 lines deleted...]
-    <row r="1891" spans="1:2">
+        <v>4091</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:4">
       <c r="A1891" t="s">
         <v>1893</v>
       </c>
       <c r="B1891" t="s">
-        <v>4093</v>
-[...2 lines deleted...]
-    <row r="1892" spans="1:2">
+        <v>4092</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:4">
       <c r="A1892" t="s">
         <v>1894</v>
       </c>
       <c r="B1892" t="s">
-        <v>4094</v>
-[...2 lines deleted...]
-    <row r="1893" spans="1:2">
+        <v>4093</v>
+      </c>
+      <c r="C1892" t="s">
+        <v>4409</v>
+      </c>
+      <c r="D1892" t="s">
+        <v>4418</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:4">
       <c r="A1893" t="s">
         <v>1895</v>
       </c>
       <c r="B1893" t="s">
-        <v>4095</v>
-[...2 lines deleted...]
-    <row r="1894" spans="1:2">
+        <v>4094</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:4">
       <c r="A1894" t="s">
         <v>1896</v>
       </c>
       <c r="B1894" t="s">
-        <v>4096</v>
-[...2 lines deleted...]
-    <row r="1895" spans="1:2">
+        <v>4095</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:4">
       <c r="A1895" t="s">
         <v>1897</v>
       </c>
       <c r="B1895" t="s">
-        <v>4097</v>
-[...2 lines deleted...]
-    <row r="1896" spans="1:2">
+        <v>4096</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:4">
       <c r="A1896" t="s">
         <v>1898</v>
       </c>
       <c r="B1896" t="s">
-        <v>4098</v>
-[...2 lines deleted...]
-    <row r="1897" spans="1:2">
+        <v>4097</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:4">
       <c r="A1897" t="s">
         <v>1899</v>
       </c>
       <c r="B1897" t="s">
-        <v>4099</v>
-[...2 lines deleted...]
-    <row r="1898" spans="1:2">
+        <v>4098</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:4">
       <c r="A1898" t="s">
         <v>1900</v>
       </c>
       <c r="B1898" t="s">
-        <v>4100</v>
-[...2 lines deleted...]
-    <row r="1899" spans="1:2">
+        <v>4099</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:4">
       <c r="A1899" t="s">
         <v>1901</v>
       </c>
       <c r="B1899" t="s">
-        <v>4101</v>
-[...2 lines deleted...]
-    <row r="1900" spans="1:2">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:4">
       <c r="A1900" t="s">
         <v>1902</v>
       </c>
       <c r="B1900" t="s">
-        <v>4102</v>
-[...2 lines deleted...]
-    <row r="1901" spans="1:2">
+        <v>4101</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:4">
       <c r="A1901" t="s">
         <v>1903</v>
       </c>
       <c r="B1901" t="s">
-        <v>4103</v>
-[...2 lines deleted...]
-    <row r="1902" spans="1:2">
+        <v>4102</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:4">
       <c r="A1902" t="s">
         <v>1904</v>
       </c>
       <c r="B1902" t="s">
-        <v>4104</v>
-[...2 lines deleted...]
-    <row r="1903" spans="1:2">
+        <v>4103</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:4">
       <c r="A1903" t="s">
         <v>1905</v>
       </c>
       <c r="B1903" t="s">
-        <v>4105</v>
-[...2 lines deleted...]
-    <row r="1904" spans="1:2">
+        <v>4104</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:4">
       <c r="A1904" t="s">
         <v>1906</v>
       </c>
       <c r="B1904" t="s">
-        <v>4106</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="1905" spans="1:2">
       <c r="A1905" t="s">
         <v>1907</v>
       </c>
       <c r="B1905" t="s">
-        <v>4107</v>
+        <v>4106</v>
       </c>
     </row>
     <row r="1906" spans="1:2">
       <c r="A1906" t="s">
         <v>1908</v>
       </c>
       <c r="B1906" t="s">
-        <v>4108</v>
+        <v>4107</v>
       </c>
     </row>
     <row r="1907" spans="1:2">
       <c r="A1907" t="s">
         <v>1909</v>
       </c>
       <c r="B1907" t="s">
-        <v>4109</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="1908" spans="1:2">
       <c r="A1908" t="s">
         <v>1910</v>
       </c>
       <c r="B1908" t="s">
-        <v>4110</v>
+        <v>4109</v>
       </c>
     </row>
     <row r="1909" spans="1:2">
       <c r="A1909" t="s">
         <v>1911</v>
       </c>
       <c r="B1909" t="s">
-        <v>4111</v>
+        <v>4110</v>
       </c>
     </row>
     <row r="1910" spans="1:2">
       <c r="A1910" t="s">
         <v>1912</v>
       </c>
       <c r="B1910" t="s">
-        <v>4112</v>
+        <v>4111</v>
       </c>
     </row>
     <row r="1911" spans="1:2">
       <c r="A1911" t="s">
         <v>1913</v>
       </c>
       <c r="B1911" t="s">
-        <v>4113</v>
+        <v>4112</v>
       </c>
     </row>
     <row r="1912" spans="1:2">
       <c r="A1912" t="s">
         <v>1914</v>
       </c>
       <c r="B1912" t="s">
-        <v>4114</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="1913" spans="1:2">
       <c r="A1913" t="s">
         <v>1915</v>
       </c>
       <c r="B1913" t="s">
-        <v>4115</v>
+        <v>4114</v>
       </c>
     </row>
     <row r="1914" spans="1:2">
       <c r="A1914" t="s">
         <v>1916</v>
       </c>
       <c r="B1914" t="s">
-        <v>4116</v>
+        <v>4115</v>
       </c>
     </row>
     <row r="1915" spans="1:2">
       <c r="A1915" t="s">
         <v>1917</v>
       </c>
       <c r="B1915" t="s">
-        <v>4117</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="1916" spans="1:2">
       <c r="A1916" t="s">
         <v>1918</v>
       </c>
       <c r="B1916" t="s">
-        <v>4118</v>
+        <v>4117</v>
       </c>
     </row>
     <row r="1917" spans="1:2">
       <c r="A1917" t="s">
         <v>1919</v>
       </c>
       <c r="B1917" t="s">
-        <v>4119</v>
+        <v>4118</v>
       </c>
     </row>
     <row r="1918" spans="1:2">
       <c r="A1918" t="s">
         <v>1920</v>
       </c>
       <c r="B1918" t="s">
-        <v>4120</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="1919" spans="1:2">
       <c r="A1919" t="s">
         <v>1921</v>
       </c>
       <c r="B1919" t="s">
-        <v>4121</v>
+        <v>4120</v>
       </c>
     </row>
     <row r="1920" spans="1:2">
       <c r="A1920" t="s">
         <v>1922</v>
       </c>
       <c r="B1920" t="s">
-        <v>4122</v>
-[...2 lines deleted...]
-    <row r="1921" spans="1:4">
+        <v>4121</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:2">
       <c r="A1921" t="s">
         <v>1923</v>
       </c>
       <c r="B1921" t="s">
-        <v>4123</v>
-[...2 lines deleted...]
-    <row r="1922" spans="1:4">
+        <v>4122</v>
+      </c>
+    </row>
+    <row r="1922" spans="1:2">
       <c r="A1922" t="s">
         <v>1924</v>
       </c>
       <c r="B1922" t="s">
-        <v>4124</v>
-[...2 lines deleted...]
-    <row r="1923" spans="1:4">
+        <v>4123</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:2">
       <c r="A1923" t="s">
         <v>1925</v>
       </c>
       <c r="B1923" t="s">
-        <v>4125</v>
-[...2 lines deleted...]
-    <row r="1924" spans="1:4">
+        <v>4124</v>
+      </c>
+    </row>
+    <row r="1924" spans="1:2">
       <c r="A1924" t="s">
         <v>1926</v>
       </c>
       <c r="B1924" t="s">
-        <v>4126</v>
-[...2 lines deleted...]
-    <row r="1925" spans="1:4">
+        <v>4125</v>
+      </c>
+    </row>
+    <row r="1925" spans="1:2">
       <c r="A1925" t="s">
         <v>1927</v>
       </c>
       <c r="B1925" t="s">
-        <v>4127</v>
-[...2 lines deleted...]
-    <row r="1926" spans="1:4">
+        <v>4126</v>
+      </c>
+    </row>
+    <row r="1926" spans="1:2">
       <c r="A1926" t="s">
         <v>1928</v>
       </c>
       <c r="B1926" t="s">
-        <v>4128</v>
-[...2 lines deleted...]
-    <row r="1927" spans="1:4">
+        <v>4127</v>
+      </c>
+    </row>
+    <row r="1927" spans="1:2">
       <c r="A1927" t="s">
         <v>1929</v>
       </c>
       <c r="B1927" t="s">
-        <v>4129</v>
-[...2 lines deleted...]
-    <row r="1928" spans="1:4">
+        <v>4128</v>
+      </c>
+    </row>
+    <row r="1928" spans="1:2">
       <c r="A1928" t="s">
         <v>1930</v>
       </c>
       <c r="B1928" t="s">
-        <v>4130</v>
-[...2 lines deleted...]
-    <row r="1929" spans="1:4">
+        <v>4129</v>
+      </c>
+    </row>
+    <row r="1929" spans="1:2">
       <c r="A1929" t="s">
         <v>1931</v>
       </c>
       <c r="B1929" t="s">
-        <v>4131</v>
-[...2 lines deleted...]
-    <row r="1930" spans="1:4">
+        <v>4130</v>
+      </c>
+    </row>
+    <row r="1930" spans="1:2">
       <c r="A1930" t="s">
         <v>1932</v>
       </c>
       <c r="B1930" t="s">
-        <v>4132</v>
-[...2 lines deleted...]
-    <row r="1931" spans="1:4">
+        <v>4131</v>
+      </c>
+    </row>
+    <row r="1931" spans="1:2">
       <c r="A1931" t="s">
         <v>1933</v>
       </c>
       <c r="B1931" t="s">
-        <v>4133</v>
-[...2 lines deleted...]
-    <row r="1932" spans="1:4">
+        <v>4132</v>
+      </c>
+    </row>
+    <row r="1932" spans="1:2">
       <c r="A1932" t="s">
         <v>1934</v>
       </c>
       <c r="B1932" t="s">
-        <v>4134</v>
-[...8 lines deleted...]
-    <row r="1933" spans="1:4">
+        <v>4133</v>
+      </c>
+    </row>
+    <row r="1933" spans="1:2">
       <c r="A1933" t="s">
         <v>1935</v>
       </c>
       <c r="B1933" t="s">
-        <v>4135</v>
-[...2 lines deleted...]
-    <row r="1934" spans="1:4">
+        <v>4134</v>
+      </c>
+    </row>
+    <row r="1934" spans="1:2">
       <c r="A1934" t="s">
         <v>1936</v>
       </c>
       <c r="B1934" t="s">
-        <v>4136</v>
-[...2 lines deleted...]
-    <row r="1935" spans="1:4">
+        <v>4135</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:2">
       <c r="A1935" t="s">
         <v>1937</v>
       </c>
       <c r="B1935" t="s">
-        <v>4137</v>
-[...2 lines deleted...]
-    <row r="1936" spans="1:4">
+        <v>4136</v>
+      </c>
+    </row>
+    <row r="1936" spans="1:2">
       <c r="A1936" t="s">
         <v>1938</v>
       </c>
       <c r="B1936" t="s">
-        <v>4138</v>
+        <v>4137</v>
       </c>
     </row>
     <row r="1937" spans="1:4">
       <c r="A1937" t="s">
         <v>1939</v>
       </c>
       <c r="B1937" t="s">
-        <v>4139</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="1938" spans="1:4">
       <c r="A1938" t="s">
         <v>1940</v>
       </c>
       <c r="B1938" t="s">
-        <v>4140</v>
-[...5 lines deleted...]
-        <v>4420</v>
+        <v>4139</v>
       </c>
     </row>
     <row r="1939" spans="1:4">
       <c r="A1939" t="s">
         <v>1941</v>
       </c>
       <c r="B1939" t="s">
-        <v>4141</v>
+        <v>4140</v>
       </c>
     </row>
     <row r="1940" spans="1:4">
       <c r="A1940" t="s">
         <v>1942</v>
       </c>
       <c r="B1940" t="s">
-        <v>4142</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="1941" spans="1:4">
       <c r="A1941" t="s">
         <v>1943</v>
       </c>
       <c r="B1941" t="s">
-        <v>4143</v>
+        <v>4142</v>
       </c>
     </row>
     <row r="1942" spans="1:4">
       <c r="A1942" t="s">
         <v>1944</v>
       </c>
       <c r="B1942" t="s">
-        <v>4144</v>
+        <v>4143</v>
       </c>
     </row>
     <row r="1943" spans="1:4">
       <c r="A1943" t="s">
         <v>1945</v>
       </c>
       <c r="B1943" t="s">
-        <v>4145</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="1944" spans="1:4">
       <c r="A1944" t="s">
         <v>1946</v>
       </c>
       <c r="B1944" t="s">
-        <v>4146</v>
+        <v>4145</v>
       </c>
     </row>
     <row r="1945" spans="1:4">
       <c r="A1945" t="s">
         <v>1947</v>
       </c>
       <c r="B1945" t="s">
-        <v>4147</v>
+        <v>4146</v>
       </c>
     </row>
     <row r="1946" spans="1:4">
       <c r="A1946" t="s">
         <v>1948</v>
       </c>
       <c r="B1946" t="s">
-        <v>4148</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="1947" spans="1:4">
       <c r="A1947" t="s">
         <v>1949</v>
       </c>
       <c r="B1947" t="s">
-        <v>4149</v>
+        <v>4148</v>
       </c>
     </row>
     <row r="1948" spans="1:4">
       <c r="A1948" t="s">
         <v>1950</v>
       </c>
       <c r="B1948" t="s">
-        <v>4150</v>
+        <v>4149</v>
       </c>
     </row>
     <row r="1949" spans="1:4">
       <c r="A1949" t="s">
         <v>1951</v>
       </c>
       <c r="B1949" t="s">
-        <v>4151</v>
+        <v>4150</v>
       </c>
     </row>
     <row r="1950" spans="1:4">
       <c r="A1950" t="s">
         <v>1952</v>
       </c>
       <c r="B1950" t="s">
-        <v>4152</v>
+        <v>4151</v>
       </c>
     </row>
     <row r="1951" spans="1:4">
       <c r="A1951" t="s">
         <v>1953</v>
       </c>
       <c r="B1951" t="s">
-        <v>4153</v>
+        <v>4152</v>
       </c>
     </row>
     <row r="1952" spans="1:4">
       <c r="A1952" t="s">
         <v>1954</v>
       </c>
       <c r="B1952" t="s">
-        <v>4154</v>
-[...2 lines deleted...]
-    <row r="1953" spans="1:2">
+        <v>4153</v>
+      </c>
+      <c r="C1952" t="s">
+        <v>4410</v>
+      </c>
+      <c r="D1952" t="s">
+        <v>4419</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:4">
       <c r="A1953" t="s">
         <v>1955</v>
       </c>
       <c r="B1953" t="s">
-        <v>4155</v>
-[...2 lines deleted...]
-    <row r="1954" spans="1:2">
+        <v>4154</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:4">
       <c r="A1954" t="s">
         <v>1956</v>
       </c>
       <c r="B1954" t="s">
-        <v>4156</v>
-[...2 lines deleted...]
-    <row r="1955" spans="1:2">
+        <v>4155</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:4">
       <c r="A1955" t="s">
         <v>1957</v>
       </c>
       <c r="B1955" t="s">
-        <v>4157</v>
-[...2 lines deleted...]
-    <row r="1956" spans="1:2">
+        <v>4156</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:4">
       <c r="A1956" t="s">
         <v>1958</v>
       </c>
       <c r="B1956" t="s">
-        <v>4158</v>
-[...2 lines deleted...]
-    <row r="1957" spans="1:2">
+        <v>4157</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:4">
       <c r="A1957" t="s">
         <v>1959</v>
       </c>
       <c r="B1957" t="s">
-        <v>4159</v>
-[...2 lines deleted...]
-    <row r="1958" spans="1:2">
+        <v>4158</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:4">
       <c r="A1958" t="s">
         <v>1960</v>
       </c>
       <c r="B1958" t="s">
-        <v>4160</v>
-[...2 lines deleted...]
-    <row r="1959" spans="1:2">
+        <v>4159</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:4">
       <c r="A1959" t="s">
         <v>1961</v>
       </c>
       <c r="B1959" t="s">
-        <v>4161</v>
-[...2 lines deleted...]
-    <row r="1960" spans="1:2">
+        <v>4160</v>
+      </c>
+      <c r="C1959" t="s">
+        <v>4411</v>
+      </c>
+      <c r="D1959" t="s">
+        <v>4420</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:4">
       <c r="A1960" t="s">
         <v>1962</v>
       </c>
       <c r="B1960" t="s">
-        <v>4162</v>
-[...2 lines deleted...]
-    <row r="1961" spans="1:2">
+        <v>4161</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:4">
       <c r="A1961" t="s">
         <v>1963</v>
       </c>
       <c r="B1961" t="s">
-        <v>4163</v>
-[...2 lines deleted...]
-    <row r="1962" spans="1:2">
+        <v>4162</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:4">
       <c r="A1962" t="s">
         <v>1964</v>
       </c>
       <c r="B1962" t="s">
-        <v>4164</v>
-[...2 lines deleted...]
-    <row r="1963" spans="1:2">
+        <v>4163</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:4">
       <c r="A1963" t="s">
         <v>1965</v>
       </c>
       <c r="B1963" t="s">
-        <v>4165</v>
-[...2 lines deleted...]
-    <row r="1964" spans="1:2">
+        <v>4164</v>
+      </c>
+    </row>
+    <row r="1964" spans="1:4">
       <c r="A1964" t="s">
         <v>1966</v>
       </c>
       <c r="B1964" t="s">
-        <v>4166</v>
-[...2 lines deleted...]
-    <row r="1965" spans="1:2">
+        <v>4165</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:4">
       <c r="A1965" t="s">
         <v>1967</v>
       </c>
       <c r="B1965" t="s">
-        <v>4167</v>
-[...2 lines deleted...]
-    <row r="1966" spans="1:2">
+        <v>4166</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:4">
       <c r="A1966" t="s">
         <v>1968</v>
       </c>
       <c r="B1966" t="s">
-        <v>4168</v>
-[...2 lines deleted...]
-    <row r="1967" spans="1:2">
+        <v>4167</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:4">
       <c r="A1967" t="s">
         <v>1969</v>
       </c>
       <c r="B1967" t="s">
-        <v>4169</v>
-[...2 lines deleted...]
-    <row r="1968" spans="1:2">
+        <v>4168</v>
+      </c>
+    </row>
+    <row r="1968" spans="1:4">
       <c r="A1968" t="s">
         <v>1970</v>
       </c>
       <c r="B1968" t="s">
-        <v>4170</v>
+        <v>4169</v>
       </c>
     </row>
     <row r="1969" spans="1:2">
       <c r="A1969" t="s">
         <v>1971</v>
       </c>
       <c r="B1969" t="s">
-        <v>4171</v>
+        <v>4170</v>
       </c>
     </row>
     <row r="1970" spans="1:2">
       <c r="A1970" t="s">
         <v>1972</v>
       </c>
       <c r="B1970" t="s">
-        <v>4172</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="1971" spans="1:2">
       <c r="A1971" t="s">
         <v>1973</v>
       </c>
       <c r="B1971" t="s">
-        <v>4173</v>
+        <v>4172</v>
       </c>
     </row>
     <row r="1972" spans="1:2">
       <c r="A1972" t="s">
         <v>1974</v>
       </c>
       <c r="B1972" t="s">
-        <v>4174</v>
+        <v>4173</v>
       </c>
     </row>
     <row r="1973" spans="1:2">
       <c r="A1973" t="s">
         <v>1975</v>
       </c>
       <c r="B1973" t="s">
-        <v>4175</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="1974" spans="1:2">
       <c r="A1974" t="s">
         <v>1976</v>
       </c>
       <c r="B1974" t="s">
-        <v>4176</v>
+        <v>4175</v>
       </c>
     </row>
     <row r="1975" spans="1:2">
       <c r="A1975" t="s">
         <v>1977</v>
       </c>
       <c r="B1975" t="s">
-        <v>4177</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="1976" spans="1:2">
       <c r="A1976" t="s">
         <v>1978</v>
       </c>
       <c r="B1976" t="s">
-        <v>4178</v>
+        <v>4177</v>
       </c>
     </row>
     <row r="1977" spans="1:2">
       <c r="A1977" t="s">
         <v>1979</v>
       </c>
       <c r="B1977" t="s">
-        <v>4179</v>
+        <v>4178</v>
       </c>
     </row>
     <row r="1978" spans="1:2">
       <c r="A1978" t="s">
         <v>1980</v>
       </c>
       <c r="B1978" t="s">
-        <v>4180</v>
+        <v>4179</v>
       </c>
     </row>
     <row r="1979" spans="1:2">
       <c r="A1979" t="s">
         <v>1981</v>
       </c>
       <c r="B1979" t="s">
-        <v>4181</v>
+        <v>4180</v>
       </c>
     </row>
     <row r="1980" spans="1:2">
       <c r="A1980" t="s">
         <v>1982</v>
       </c>
       <c r="B1980" t="s">
-        <v>4182</v>
+        <v>4181</v>
       </c>
     </row>
     <row r="1981" spans="1:2">
       <c r="A1981" t="s">
         <v>1983</v>
       </c>
       <c r="B1981" t="s">
-        <v>4183</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="1982" spans="1:2">
       <c r="A1982" t="s">
         <v>1984</v>
       </c>
       <c r="B1982" t="s">
-        <v>4184</v>
+        <v>4183</v>
       </c>
     </row>
     <row r="1983" spans="1:2">
       <c r="A1983" t="s">
         <v>1985</v>
       </c>
       <c r="B1983" t="s">
-        <v>4185</v>
+        <v>4184</v>
       </c>
     </row>
     <row r="1984" spans="1:2">
       <c r="A1984" t="s">
         <v>1986</v>
       </c>
       <c r="B1984" t="s">
-        <v>4186</v>
+        <v>4185</v>
       </c>
     </row>
     <row r="1985" spans="1:2">
       <c r="A1985" t="s">
         <v>1987</v>
       </c>
       <c r="B1985" t="s">
-        <v>4187</v>
+        <v>4186</v>
       </c>
     </row>
     <row r="1986" spans="1:2">
       <c r="A1986" t="s">
         <v>1988</v>
       </c>
       <c r="B1986" t="s">
-        <v>4188</v>
+        <v>4187</v>
       </c>
     </row>
     <row r="1987" spans="1:2">
       <c r="A1987" t="s">
         <v>1989</v>
       </c>
       <c r="B1987" t="s">
-        <v>4189</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="1988" spans="1:2">
       <c r="A1988" t="s">
         <v>1990</v>
       </c>
       <c r="B1988" t="s">
-        <v>4190</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="1989" spans="1:2">
       <c r="A1989" t="s">
         <v>1991</v>
       </c>
       <c r="B1989" t="s">
-        <v>4191</v>
+        <v>4190</v>
       </c>
     </row>
     <row r="1990" spans="1:2">
       <c r="A1990" t="s">
         <v>1992</v>
       </c>
       <c r="B1990" t="s">
-        <v>4192</v>
+        <v>4191</v>
       </c>
     </row>
     <row r="1991" spans="1:2">
       <c r="A1991" t="s">
         <v>1993</v>
       </c>
       <c r="B1991" t="s">
-        <v>4193</v>
+        <v>4192</v>
       </c>
     </row>
     <row r="1992" spans="1:2">
       <c r="A1992" t="s">
         <v>1994</v>
       </c>
       <c r="B1992" t="s">
-        <v>3276</v>
+        <v>4193</v>
       </c>
     </row>
     <row r="1993" spans="1:2">
       <c r="A1993" t="s">
         <v>1995</v>
       </c>
       <c r="B1993" t="s">
         <v>4194</v>
       </c>
     </row>
     <row r="1994" spans="1:2">
       <c r="A1994" t="s">
         <v>1996</v>
       </c>
       <c r="B1994" t="s">
         <v>4195</v>
       </c>
     </row>
     <row r="1995" spans="1:2">
       <c r="A1995" t="s">
         <v>1997</v>
       </c>
       <c r="B1995" t="s">
         <v>4196</v>
       </c>
@@ -30237,87 +30237,87 @@
       </c>
     </row>
     <row r="2066" spans="1:4">
       <c r="A2066" t="s">
         <v>2068</v>
       </c>
       <c r="B2066" t="s">
         <v>4267</v>
       </c>
     </row>
     <row r="2067" spans="1:4">
       <c r="A2067" t="s">
         <v>2069</v>
       </c>
       <c r="B2067" t="s">
         <v>4268</v>
       </c>
     </row>
     <row r="2068" spans="1:4">
       <c r="A2068" t="s">
         <v>2070</v>
       </c>
       <c r="B2068" t="s">
         <v>4269</v>
       </c>
-      <c r="C2068" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2069" spans="1:4">
       <c r="A2069" t="s">
         <v>2071</v>
       </c>
       <c r="B2069" t="s">
         <v>4270</v>
       </c>
     </row>
     <row r="2070" spans="1:4">
       <c r="A2070" t="s">
         <v>2072</v>
       </c>
       <c r="B2070" t="s">
         <v>4271</v>
       </c>
     </row>
     <row r="2071" spans="1:4">
       <c r="A2071" t="s">
         <v>2073</v>
       </c>
       <c r="B2071" t="s">
         <v>4272</v>
       </c>
     </row>
     <row r="2072" spans="1:4">
       <c r="A2072" t="s">
         <v>2074</v>
       </c>
       <c r="B2072" t="s">
         <v>4273</v>
+      </c>
+      <c r="C2072" t="s">
+        <v>4412</v>
+      </c>
+      <c r="D2072" t="s">
+        <v>4421</v>
       </c>
     </row>
     <row r="2073" spans="1:4">
       <c r="A2073" t="s">
         <v>2075</v>
       </c>
       <c r="B2073" t="s">
         <v>4274</v>
       </c>
     </row>
     <row r="2074" spans="1:4">
       <c r="A2074" t="s">
         <v>2076</v>
       </c>
       <c r="B2074" t="s">
         <v>4275</v>
       </c>
     </row>
     <row r="2075" spans="1:4">
       <c r="A2075" t="s">
         <v>2077</v>
       </c>
       <c r="B2075" t="s">
         <v>4276</v>
       </c>