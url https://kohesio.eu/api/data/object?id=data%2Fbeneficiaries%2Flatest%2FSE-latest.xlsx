--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -24,8436 +24,8436 @@
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2810" uniqueCount="2802">
   <si>
     <t>Beneficiary</t>
   </si>
   <si>
     <t>BeneficiaryLabel</t>
   </si>
   <si>
     <t>Website</t>
   </si>
   <si>
     <t>WikidataID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q4039997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361533</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q4039702</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2757987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4402580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362119</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039944</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q4368124</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q4039071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039133</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040215</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758095</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039203</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4383531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361677</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2758011</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2757789</t>
+    <t>https://linkedopendata.eu/entity/Q2758027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758067</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758050</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757792</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040194</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361594</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757870</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361544</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4382026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7499938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039122</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758062</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361575</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040202</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757788</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361557</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757863</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757815</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039605</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757925</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038982</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040200</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039124</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361538</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040153</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040123</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361646</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757943</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039151</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039184</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758029</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039157</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040111</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040181</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040204</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7339878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361555</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7339956</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757883</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377164</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039017</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040179</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040177</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758097</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758094</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361547</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758106</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7339961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039212</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371152</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758089</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039218</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039652</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040221</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039889</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039114</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758076</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758085</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361551</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758056</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q212069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039147</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039178</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361545</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758098</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757715</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361589</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361616</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7339873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359201</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039126</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758105</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361694</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2757754</t>
+    <t>https://linkedopendata.eu/entity/Q7361522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040121</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7319761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039917</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361667</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4362119</t>
-[...8 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4040208</t>
+    <t>https://linkedopendata.eu/entity/Q3990756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040101</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361617</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039206</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361651</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039143</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040125</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757657</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361172</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757971</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758102</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370142</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039197</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039165</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040134</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040127</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039063</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361600</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039188</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361643</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758110</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758104</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758078</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039756</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039116</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039112</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4358869</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4369520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361546</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040141</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361613</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361608</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039176</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757602</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758054</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039306</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990549</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4366196</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757614</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039618</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040219</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039161</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039136</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040107</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4361277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038967</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4360797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040083</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039973</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040210</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039541</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758074</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758100</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361553</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990569</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039603</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361649</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758087</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757674</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039057</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361615</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757814</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381138</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039302</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040155</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7500118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758055</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758090</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040099</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040105</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364117</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040115</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039220</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758088</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758103</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038952</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4371156</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040144</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361552</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039195</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039077</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758082</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362086</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361642</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758059</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4370186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758096</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4374654</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040081</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758060</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758108</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757640</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361585</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757632</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4381243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757626</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4356523</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4357000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757743</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039535</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758075</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361718</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4368672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040158</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039601</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7322358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758058</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758072</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040183</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361596</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039767</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039167</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4376244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040109</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361655</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4355671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4378319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757669</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758020</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4377386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040149</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758061</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039093</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039199</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4372823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039163</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4379021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361630</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4367479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040192</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4363037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039145</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039053</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758092</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040168</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361604</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4375139</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4373696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040299</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039193</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040131</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361656</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039174</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039170</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039159</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7319762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758079</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361652</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7420624</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361542</t>
-[...113 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4371556</t>
+    <t>https://linkedopendata.eu/entity/Q2758030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039129</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361653</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757633</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039216</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4380474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990619</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4362531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361658</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039015</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757997</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039191</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361680</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039083</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2757619</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4039045</t>
-[...254 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4039731</t>
+    <t>https://linkedopendata.eu/entity/Q2757645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758070</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039118</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039559</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039073</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040071</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4359683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361590</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4386508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4364684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039032</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361529</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4039898</t>
+    <t>https://linkedopendata.eu/entity/Q7361605</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361708</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4040270</t>
-[...1694 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2757971</t>
+    <t>https://linkedopendata.eu/entity/Q2757607</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4385355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990760</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758091</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757621</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990636</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361648</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757628</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990577</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040229</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757753</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4038986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758039</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039208</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757610</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2758068</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4040046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4039950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757791</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2757802</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2757819</t>
-[...1850 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q4039588</t>
+    <t>https://linkedopendata.eu/entity/Q2757853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2757888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3990611</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4039607</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2757645</t>
-[...221 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361725</t>
+    <t>Göteborgsregionen GR Utbildning</t>
+  </si>
+  <si>
+    <t>Transportföretagen TF AB/Stockholmskontoret</t>
+  </si>
+  <si>
+    <t>Arbete och välfärdsförvaltningen</t>
+  </si>
+  <si>
+    <t>Göteborgs Tekniska College Aktiebolag</t>
+  </si>
+  <si>
+    <t>FAMNA - RIKSORGANISATIONEN FÖR IDÉBUREN VÄLFÄR</t>
+  </si>
+  <si>
+    <t>Sydsvenska Industri- och Handelskammarens Service AB</t>
   </si>
   <si>
     <t>Samordningsförbundet</t>
   </si>
   <si>
+    <t>Länsstyrelsen i Västmanlands län</t>
+  </si>
+  <si>
+    <t>Maria Nova Vuxenstöd</t>
+  </si>
+  <si>
+    <t>Swedish Forest Agency</t>
+  </si>
+  <si>
+    <t>Swerea SICOMP AB</t>
+  </si>
+  <si>
+    <t>Akademi Norr</t>
+  </si>
+  <si>
+    <t>Göteborgs Stad Intraservice</t>
+  </si>
+  <si>
+    <t>TRELLEBORGS KOMMUN</t>
+  </si>
+  <si>
+    <t>Swedish Transport Administration</t>
+  </si>
+  <si>
+    <t>Storuman Municipality</t>
+  </si>
+  <si>
+    <t>Torsby kommun|Åsnes kommune</t>
+  </si>
+  <si>
+    <t>Stift Jamtli</t>
+  </si>
+  <si>
+    <t>Film Capital Stockholm AB</t>
+  </si>
+  <si>
+    <t>EU-fonder</t>
+  </si>
+  <si>
+    <t>Råd och service, socialförvaltningen, Ljungby kommun</t>
+  </si>
+  <si>
     <t>RISE - Research Institutes of Sweden</t>
   </si>
   <si>
+    <t>Forum, huvudkontoret</t>
+  </si>
+  <si>
+    <t>HelloLilly AB</t>
+  </si>
+  <si>
+    <t>Företagarnas regionkontor i Västerbotten</t>
+  </si>
+  <si>
+    <t>Individ- och arbetsmarknadsförvaltningen (IAF)</t>
+  </si>
+  <si>
+    <t>ABF Distriktet i Stockholmsregionen</t>
+  </si>
+  <si>
+    <t>ALINGSÅS HANDBOLLKLUBB</t>
+  </si>
+  <si>
+    <t>Coompanion Jönköpings län Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>NATURTURISMFÖRETAGEN</t>
+  </si>
+  <si>
+    <t>Kalmar kommun/kommunledningskontoret/Arbete &amp; Välfärd/Flykting &amp; Integration/Ljungnäsvillan</t>
+  </si>
+  <si>
+    <t>Stadshus</t>
+  </si>
+  <si>
+    <t>Örebro läns idrottsförbund</t>
+  </si>
+  <si>
+    <t>Fryshuset Region Stockholm</t>
+  </si>
+  <si>
+    <t>Arbets- och Beteendemedicinskt Centrum</t>
+  </si>
+  <si>
+    <t>Energikontor Sydost AB</t>
+  </si>
+  <si>
+    <t>Förvaltningen för arbetsmarknad, vuxenutbildning och integration (Favi)</t>
+  </si>
+  <si>
+    <t>Sigtuna kommun</t>
+  </si>
+  <si>
+    <t>Sundsvalls kommun</t>
+  </si>
+  <si>
+    <t>SOS Barnbyar Programutveckling</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Sundbybergs stad</t>
+  </si>
+  <si>
+    <t>Partnerinvest Övre Norrland AB</t>
+  </si>
+  <si>
+    <t>Karlstad kommun Arbetsmarknads och socialförvaltningen Staben</t>
+  </si>
+  <si>
+    <t>Skövde</t>
+  </si>
+  <si>
+    <t>MatVärden ek. för.</t>
+  </si>
+  <si>
+    <t>Dalarna Science Park</t>
+  </si>
+  <si>
+    <t>Industriellt UtvecklingsCentrum i Kalmar Län AB</t>
+  </si>
+  <si>
+    <t>Kalmar kommun</t>
+  </si>
+  <si>
+    <t>Lapin liitto</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Östergötlands län</t>
+  </si>
+  <si>
+    <t>Piteå Hamn AB</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Dalarnas län</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Västra Götalands län|Riksantikvaren</t>
+  </si>
+  <si>
+    <t>Stockholm University, Sweden</t>
+  </si>
+  <si>
+    <t>FÖRETAGAREFÖRENINGEN I VEMDALENS SOCKEN</t>
+  </si>
+  <si>
+    <t>Oskarshamns kommun</t>
+  </si>
+  <si>
+    <t>Energikontoret i Mälardalen AB</t>
+  </si>
+  <si>
+    <t>Vård och Omsorg</t>
+  </si>
+  <si>
+    <t>Nifa - branschfören för värmländska matföretag E</t>
+  </si>
+  <si>
+    <t>Vård &amp; Omsorg</t>
+  </si>
+  <si>
+    <t>Havass skog SA|Dalslands Turist AB</t>
+  </si>
+  <si>
+    <t>Dalarnas idrottsförbund</t>
+  </si>
+  <si>
+    <t>Tillväxtavdelningen</t>
+  </si>
+  <si>
+    <t>Jakobsbergs folkhögskola</t>
+  </si>
+  <si>
+    <t>Reveljen</t>
+  </si>
+  <si>
+    <t>Nordupplands Kompetenscenter ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Föreningen Vård- och omsorgscollege</t>
+  </si>
+  <si>
+    <t>Enheten Nationell Samordning Eures</t>
+  </si>
+  <si>
+    <t>Region väst, staben VO Arbetssökande och VO Arbetsgivare</t>
+  </si>
+  <si>
+    <t>Regionkontor Väst</t>
+  </si>
+  <si>
+    <t>Kulturförvaltningen</t>
+  </si>
+  <si>
+    <t>Vuxenutbildningen/gymnasieskolan  Kumla</t>
+  </si>
+  <si>
+    <t>Iuc Väst AB</t>
+  </si>
+  <si>
+    <t>Värmlandskooperativen Ek. För.</t>
+  </si>
+  <si>
+    <t>Hydrogen Sweden</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Östra Södertörn</t>
+  </si>
+  <si>
+    <t>MYNDIGHETEN FÖR YRKESHÖGSKOLAN</t>
+  </si>
+  <si>
+    <t>Linköping Science Park</t>
+  </si>
+  <si>
+    <t>OSBY KOMMUN</t>
+  </si>
+  <si>
+    <t>Höga Kusten destinationsutveckling AB</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsförvaltningen</t>
+  </si>
+  <si>
+    <t>County Administrative Board fo Norrbotten</t>
+  </si>
+  <si>
+    <t>GU Ventures AB</t>
+  </si>
+  <si>
+    <t>Funkibator Ideell förening</t>
+  </si>
+  <si>
+    <t>Mälardalen Industrial Technology Center AB</t>
+  </si>
+  <si>
+    <t>ÖSTERGÖTLANDS STADSMISSION</t>
+  </si>
+  <si>
     <t>Connect Östra Sverige Ideell Fören</t>
   </si>
   <si>
-    <t>Energikontor Sydost AB</t>
+    <t>Coompanion - Kooperativ Utveckling Jämtlands län</t>
+  </si>
+  <si>
+    <t>Hallands Läns Landsting</t>
+  </si>
+  <si>
+    <t>Nordiskt Genresurscenter</t>
+  </si>
+  <si>
+    <t>Förvaltningen för utbildning,försörjning och arbete (FUFA)</t>
+  </si>
+  <si>
+    <t>REGION JÖNKÖPINGS LÄN</t>
+  </si>
+  <si>
+    <t>Upplev Botkyrka AB</t>
+  </si>
+  <si>
+    <t>Utbildnings -och arbetsmarknadsförvaltning</t>
+  </si>
+  <si>
+    <t>STIFTELSEN REACH FOR CHANGE</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET RAR I SÖRMLAND</t>
+  </si>
+  <si>
+    <t>Biogas Öst AB</t>
+  </si>
+  <si>
+    <t>Bruksvallarna &amp; Ramundberget Fjäll AB</t>
+  </si>
+  <si>
+    <t>Tibro Trätekniska Centrum</t>
+  </si>
+  <si>
+    <t>Gävle Hamn AB</t>
+  </si>
+  <si>
+    <t>Coompanion Örebro län Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Gotland Grönt Centrum AB (svb)</t>
+  </si>
+  <si>
+    <t>Forum</t>
+  </si>
+  <si>
+    <t>Svensk Handel Gotland</t>
+  </si>
+  <si>
+    <t>Stångåstaden/LinkStep</t>
+  </si>
+  <si>
+    <t>ABF Örebro</t>
+  </si>
+  <si>
+    <t>Företagsutbildarna</t>
+  </si>
+  <si>
+    <t>Digitaliseringsavdelningen</t>
+  </si>
+  <si>
+    <t>Municipality of Karlskrona</t>
+  </si>
+  <si>
+    <t>Norrbottens Handelskammares Service AB</t>
+  </si>
+  <si>
+    <t>FÖRENINGEN NORDEN SVERIGE</t>
+  </si>
+  <si>
+    <t>SVENSKA FOTBOLLFÖRBUNDET</t>
+  </si>
+  <si>
+    <t>Statens Energimyndighet</t>
+  </si>
+  <si>
+    <t>SENSUS NORRLAND</t>
+  </si>
+  <si>
+    <t>Landstinget Dalarna</t>
+  </si>
+  <si>
+    <t>Stockholm Bird Association</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Jönköping AB</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads-, integrations- och kompetensförvaltningen, AIK</t>
+  </si>
+  <si>
+    <t>Vägen ut-Kooperativen Ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Umeå Hamn AB</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen Västerbotten</t>
+  </si>
+  <si>
+    <t>SÖSK</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Stockholms län</t>
+  </si>
+  <si>
+    <t>Åre Kommun/kommunledningsförvaltningen</t>
+  </si>
+  <si>
+    <t>Svenska rymdaktiebolaget</t>
+  </si>
+  <si>
+    <t>KUNGSHAGA 4H</t>
+  </si>
+  <si>
+    <t>IUC Z-GROUP</t>
+  </si>
+  <si>
+    <t>Skärteknikcentrum Sverige AB</t>
+  </si>
+  <si>
+    <t>Olofströms Näringsliv AB</t>
+  </si>
+  <si>
+    <t>Vårsta diakonigård</t>
+  </si>
+  <si>
+    <t>STARTcentrum Social Impact Economic association</t>
+  </si>
+  <si>
+    <t>Civilisationen</t>
+  </si>
+  <si>
+    <t>Nordregio</t>
+  </si>
+  <si>
+    <t>Stift Drivhuset</t>
+  </si>
+  <si>
+    <t>Sensus Skåne-Blekinge</t>
+  </si>
+  <si>
+    <t>FOLKUNIVERSITETET STIFTELSEN KURS- VERKSAMHETEN VI</t>
+  </si>
+  <si>
+    <t>STIFTELSEN ACTIVA I ÖREBRO LÄN</t>
+  </si>
+  <si>
+    <t>Folkbildningsrådet</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Uppsala län</t>
+  </si>
+  <si>
+    <t>Social- och äldreförvaltningen</t>
+  </si>
+  <si>
+    <t>ABF Malmö</t>
+  </si>
+  <si>
+    <t>Landstingets kansli</t>
+  </si>
+  <si>
+    <t>Välfärdsförvaltningen, Arbetsmarknadsenheten</t>
+  </si>
+  <si>
+    <t>VÄNNÄS KOMMUN</t>
+  </si>
+  <si>
+    <t>Naturvårdsverket</t>
+  </si>
+  <si>
+    <t>Ungt Entreprenörskap Hedmark|Ung Företagsamhet Dalarna</t>
+  </si>
+  <si>
+    <t>Karlskoga folkhögskola</t>
+  </si>
+  <si>
+    <t>ÄNGELHOLMS KOMMUN</t>
+  </si>
+  <si>
+    <t>Skellefteå kommun</t>
+  </si>
+  <si>
+    <t>Örebro kommun</t>
+  </si>
+  <si>
+    <t>Klarabergsviadukten 70</t>
+  </si>
+  <si>
+    <t>Uddevalla kommuns gymnasiekontor</t>
+  </si>
+  <si>
+    <t>Jämtland/Härjedalens Idrottsförbund</t>
+  </si>
+  <si>
+    <t>Umeå Energi AB</t>
+  </si>
+  <si>
+    <t>Enheten för vuxenutbildning</t>
+  </si>
+  <si>
+    <t>Coompanion Sverige Ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Future Eco North Sweden AB</t>
+  </si>
+  <si>
+    <t>Kommunledningsförvaltningen, HR-avdelningen</t>
+  </si>
+  <si>
+    <t>Sandvik Aktiebolag</t>
+  </si>
+  <si>
+    <t>Hedemora Näringsliv AB</t>
+  </si>
+  <si>
+    <t>Avdelningen för Ekonomi &amp; Styrning</t>
+  </si>
+  <si>
+    <t>Hela Människan Huddinge-Botkyrka-Salem</t>
+  </si>
+  <si>
+    <t>RISE Research Institutes of Sweden AB</t>
+  </si>
+  <si>
+    <t>REGION KALMAR LÄN</t>
+  </si>
+  <si>
+    <t>Lunds universitet</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Älv och Kust</t>
+  </si>
+  <si>
+    <t>Helsingborgs stad, arbetsmarknadsförvaltningen</t>
+  </si>
+  <si>
+    <t>EDCS</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Göteborg</t>
+  </si>
+  <si>
+    <t>Förvaltningen regional utveckling</t>
+  </si>
+  <si>
+    <t>Centrum för informationslogistik i Ljungby</t>
+  </si>
+  <si>
+    <t>Kommunledningskontor</t>
+  </si>
+  <si>
+    <t>Campus Ängelholm AB</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Arbetsgivarcenter Regiongemensamma uppdrag</t>
+  </si>
+  <si>
+    <t>Haparanda kommun</t>
+  </si>
+  <si>
+    <t>Blekinge kompetenscentrum</t>
+  </si>
+  <si>
+    <t>Volvo Technology AB</t>
+  </si>
+  <si>
+    <t>Videum AB</t>
+  </si>
+  <si>
+    <t>GÖTEBORGSREGIONENS KOMMUNALFÖRBUND</t>
+  </si>
+  <si>
+    <t>Integration in Sweden AB</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET KARLSKOGA/DEGERFORS I ÖREBRO LÄN</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsförvatlningen</t>
+  </si>
+  <si>
+    <t>Glava Energy Center Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Utbildningsförvaltningen, START Stockholm</t>
+  </si>
+  <si>
+    <t>Företagsfabriken i Kronoberg AB</t>
+  </si>
+  <si>
+    <t>Cit Energy Management AB</t>
+  </si>
+  <si>
+    <t>Stadshuset</t>
+  </si>
+  <si>
+    <t>Nyköpings kommun, division social omsorg</t>
+  </si>
+  <si>
+    <t>KOMMUNALFÖRBUNDET PARTNERSKAP INLAND-AKADEMI N</t>
+  </si>
+  <si>
+    <t>SKARABORGS KOMMUNALFÖRBUND</t>
+  </si>
+  <si>
+    <t>Coompanion - Kooperativ Utveckling Västernorrland</t>
+  </si>
+  <si>
+    <t>Nationella samordningskontoret EURES</t>
+  </si>
+  <si>
+    <t>Linnaeus University</t>
+  </si>
+  <si>
+    <t>KBT- Kompetansesenter for brukererfaring og tjensteutvikling|Braive AB</t>
+  </si>
+  <si>
+    <t>Bräcke kommun</t>
+  </si>
+  <si>
+    <t>Karlstads kommun, Arbetsmarknad och socialförvaltningen, Staben</t>
+  </si>
+  <si>
+    <t>Innovatum AB</t>
+  </si>
+  <si>
+    <t>Äldreförvaltningen, Avdelningen för stadsövergripande äldreomsorgsfrågor</t>
+  </si>
+  <si>
+    <t>Hässleholm Miljö AB</t>
+  </si>
+  <si>
+    <t>Pohjois-Pohjanmaan liitto</t>
+  </si>
+  <si>
+    <t>Sveriges Fontänhus Riksförbund</t>
+  </si>
+  <si>
+    <t>Lycksele kommun, Kommunstyrelsens förvaltning</t>
+  </si>
+  <si>
+    <t>Landskrona stad, Utbildningsförvaltningen</t>
+  </si>
+  <si>
+    <t>LINKÖPINGS KOMMUN</t>
+  </si>
+  <si>
+    <t>Municipality of Stockholm</t>
+  </si>
+  <si>
+    <t>Coompanion Sverige ek</t>
+  </si>
+  <si>
+    <t>Stift Compare Karlstad Competence Area</t>
+  </si>
+  <si>
+    <t>Motorbranschcollege</t>
+  </si>
+  <si>
+    <t>Skellefteå</t>
+  </si>
+  <si>
+    <t>Regionhuset/Regional utveckling/Kompetens och lärande</t>
+  </si>
+  <si>
+    <t>Sjöbo kommun</t>
+  </si>
+  <si>
+    <t>SSAB EMEA AB</t>
+  </si>
+  <si>
+    <t>BERGS KOMMUN</t>
+  </si>
+  <si>
+    <t>SvIFF ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Kommunlednings förvaltning - KLF</t>
+  </si>
+  <si>
+    <t>ALMI Invest Norra Mellansverige AB</t>
+  </si>
+  <si>
+    <t>Hamarregionen Utvikling|Falun Borlänge-regionen AB</t>
+  </si>
+  <si>
+    <t>ABF Sydvästra Götaland, (Partille och Mölndal)</t>
+  </si>
+  <si>
+    <t>Handelskammaren Värmland Service AB</t>
+  </si>
+  <si>
+    <t>Region Blekinge</t>
+  </si>
+  <si>
+    <t>Kommunstyrelsekontor</t>
+  </si>
+  <si>
+    <t>Stiftelsen Skåne Stadsmission</t>
+  </si>
+  <si>
+    <t>Näringsliv och Samhällsbyggnad</t>
+  </si>
+  <si>
+    <t>Region Mitt</t>
+  </si>
+  <si>
+    <t>Tillväxtverket</t>
+  </si>
+  <si>
+    <t>Kommunförbundet Kalmar län</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Gävledala AB</t>
+  </si>
+  <si>
+    <t>Astazero AB</t>
+  </si>
+  <si>
+    <t>Falun Borlänge-regionen AB</t>
+  </si>
+  <si>
+    <t>Skåne Nordost</t>
+  </si>
+  <si>
+    <t>Coompanion Norrbotten ek för</t>
+  </si>
+  <si>
+    <t>Fiber Optic Valley AB</t>
+  </si>
+  <si>
+    <t>JTI - Swedish Institute of Agricultural and Environmental Engineering</t>
+  </si>
+  <si>
+    <t>STENUNGSUNDS KOMMUN</t>
+  </si>
+  <si>
+    <t>Argentis AB</t>
+  </si>
+  <si>
+    <t>19227222</t>
+  </si>
+  <si>
+    <t>Lycksele Avfall och Vatten AB</t>
+  </si>
+  <si>
+    <t>Bodens Stadsnät AB</t>
+  </si>
+  <si>
+    <t>Aneby kommun - Kommunledningen</t>
+  </si>
+  <si>
+    <t>Swedish Lapland Visitors Board Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Industriellt utvecklingscentrum Norrbotten AB Luleå</t>
+  </si>
+  <si>
+    <t>Kalix kommun</t>
+  </si>
+  <si>
+    <t>TIMRÅ KOMMUN</t>
+  </si>
+  <si>
+    <t>ESLÖVS KOMMUN</t>
+  </si>
+  <si>
+    <t>Södertälje Kommun, Arbetslivskontoret</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Arbetsgivarcenter</t>
+  </si>
+  <si>
+    <t>Tekniska Högskolan i Jönköping Aktiebolag</t>
+  </si>
+  <si>
+    <t>MINE - etnisk mångfald i näringslivet</t>
+  </si>
+  <si>
+    <t>Medborgarskolan Region Väst</t>
+  </si>
+  <si>
+    <t>Piteå kommun</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Västmanland</t>
+  </si>
+  <si>
+    <t>Coompanion Roslagen</t>
+  </si>
+  <si>
+    <t>Avdelningen för regional utveckling</t>
+  </si>
+  <si>
+    <t>Grästorps kommun</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsförvaltningen, Projekt och utvecklingsavdelningen</t>
+  </si>
+  <si>
+    <t>Sustainable Innovation i Sverige AB</t>
+  </si>
+  <si>
+    <t>Skåne Stadsmission</t>
+  </si>
+  <si>
+    <t>Företagarna Sverige</t>
+  </si>
+  <si>
+    <t>HELP IN CHANGE</t>
+  </si>
+  <si>
+    <t>REGION GOTLAND</t>
+  </si>
+  <si>
+    <t>Østfold Fylkeskommune|Svinesundskommittén</t>
+  </si>
+  <si>
+    <t>Movexum AB</t>
+  </si>
+  <si>
+    <t>Göteborg</t>
+  </si>
+  <si>
+    <t>IUC Syd AB</t>
+  </si>
+  <si>
+    <t>Gävleborgs Läns Landsting</t>
+  </si>
+  <si>
+    <t>Coompanion Norrbotten</t>
+  </si>
+  <si>
+    <t>HSB Riksförbund ekonomisk förening</t>
+  </si>
+  <si>
+    <t>REGION DALARNA</t>
+  </si>
+  <si>
+    <t>Västerbotten County Council – Rural Medicine Centre</t>
+  </si>
+  <si>
+    <t>Ungt Entreprenörskap Östfold|Ung Företagsamhet Fyrbodal</t>
+  </si>
+  <si>
+    <t>STIFTELSEN CHALMERS INDUSTRITEKNIK</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsenehten</t>
+  </si>
+  <si>
+    <t>Furuboda MYK</t>
+  </si>
+  <si>
+    <t>Vaggeryds Näringlivsråd KB</t>
+  </si>
+  <si>
+    <t>IVL Svenska Miljöinstitutet AB</t>
+  </si>
+  <si>
+    <t>Världsarv Ragundadalen AB</t>
+  </si>
+  <si>
+    <t>EDCS - resurscentrum för jämställdhetsutveckling</t>
+  </si>
+  <si>
+    <t>Flyktingsamordningen</t>
+  </si>
+  <si>
+    <t>Administrativa staben</t>
+  </si>
+  <si>
+    <t>FÖRENINGEN HASSELA SOLIDARITET</t>
+  </si>
+  <si>
+    <t>STUDIEFÖRBUNDET BILDA SVEALAND</t>
+  </si>
+  <si>
+    <t>Sörmlands Matkluster Ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Sörmlands Turismutveckling AB</t>
+  </si>
+  <si>
+    <t>Nordmalings kommun</t>
+  </si>
+  <si>
+    <t>Coompanion Fyrbodal Ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Uppsala Universitet</t>
+  </si>
+  <si>
+    <t>Industrial Development Center West Sweden AB</t>
+  </si>
+  <si>
+    <t>Yalla Sofielund, ASF - Arbetsmarknadsavdelningen, Insatsenheten</t>
+  </si>
+  <si>
+    <t>Rädda Barnen Region Väst</t>
+  </si>
+  <si>
+    <t>Arbete och välfärdsförvaltningen, Matchningsgruppen</t>
+  </si>
+  <si>
+    <t>Folkhögskoleförvaltningen</t>
+  </si>
+  <si>
+    <t>Boverket</t>
+  </si>
+  <si>
+    <t>STIFTELSEN GAALTIJE</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads- och socialförvaltningen, Staben</t>
+  </si>
+  <si>
+    <t>Kompetensförsörjning</t>
+  </si>
+  <si>
+    <t>SVENSKA MED BABY</t>
+  </si>
+  <si>
+    <t>Stiftelsen Teknikdalen</t>
+  </si>
+  <si>
+    <t>Förvaltningen för Utbilding, Försörjning och Arbete</t>
+  </si>
+  <si>
+    <t>SVER SPORTFISKE- O FISKEV.FÖRB - SPORTFISKARNA</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsförvaltningen, Stockholm Stad</t>
+  </si>
+  <si>
+    <t>Arbete och välfärd, avd arbetsmarknad och integration</t>
+  </si>
+  <si>
+    <t>Lund Business Incubator AB</t>
+  </si>
+  <si>
+    <t>Nordregio – Nordic Centre for Spatial Development</t>
+  </si>
+  <si>
+    <t>Stockholm Business Region Development AB</t>
+  </si>
+  <si>
+    <t>Kramfors Mediateknik AB</t>
+  </si>
+  <si>
+    <t>Gaaltije</t>
+  </si>
+  <si>
+    <t>IV - Idéburen välfärd ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Eskilstuna Fabriksförening Service Aktiebolag</t>
+  </si>
+  <si>
+    <t>Sätt färg på Göteborg ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Sveriges Fordonsverkstäders Förening</t>
+  </si>
+  <si>
+    <t>Tillväxt Landskrona AB</t>
+  </si>
+  <si>
+    <t>Jernkontoret</t>
+  </si>
+  <si>
+    <t>Uppsala kommun</t>
+  </si>
+  <si>
+    <t>Träbransch Norr AB</t>
+  </si>
+  <si>
+    <t>Umeå Kommunföretag AB</t>
+  </si>
+  <si>
+    <t>huvudkontoret/ekonomi</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Värmland</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Uppsala län</t>
+  </si>
+  <si>
+    <t>Invest In Skåne AB</t>
+  </si>
+  <si>
+    <t>Socialförvaltningen Stockholms stad</t>
+  </si>
+  <si>
+    <t>Aerospace Cluster Sweden (ACS) ekonomisk fören</t>
+  </si>
+  <si>
+    <t>Jönköpings Läns Landsting</t>
+  </si>
+  <si>
+    <t>Karlstads kommun, Arbetsmarknad och socialförvaltningen</t>
+  </si>
+  <si>
+    <t>FÖRENINGEN FRAMTIDSTÅGET</t>
+  </si>
+  <si>
+    <t>Competence</t>
+  </si>
+  <si>
+    <t>KOMMUNFÖRBUNDET KALMAR LÄN</t>
+  </si>
+  <si>
+    <t>Göteborgs Universitet</t>
+  </si>
+  <si>
+    <t>Almega Tjänsteföretagen</t>
+  </si>
+  <si>
+    <t>WSP Sverige AB</t>
+  </si>
+  <si>
+    <t>Höga Kusten Industri Grupp ekonomisk fören</t>
+  </si>
+  <si>
+    <t>Honesta Skolutveckling AB</t>
+  </si>
+  <si>
+    <t>Göteborgsregionens kommunalförbund</t>
+  </si>
+  <si>
+    <t>Kiruna kommun</t>
+  </si>
+  <si>
+    <t>Norrtälje Naturcentrum/ Färsna gård</t>
+  </si>
+  <si>
+    <t>Needsdrive AB</t>
+  </si>
+  <si>
+    <t>Gällivare kommun</t>
+  </si>
+  <si>
+    <t>Mölndals stad</t>
+  </si>
+  <si>
+    <t>Gold Of Lappland Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Västerbottens museum</t>
+  </si>
+  <si>
+    <t>Circle Center Lund</t>
+  </si>
+  <si>
+    <t>Nya Kompisbyrån</t>
+  </si>
+  <si>
+    <t>Utbildningsförvaltningen</t>
+  </si>
+  <si>
+    <t>Avdelningen för utbildning och arbetsmarknad, Arbetsmarknadssektionen</t>
+  </si>
+  <si>
+    <t>Vuxenavdelningen</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Stockholms stad</t>
+  </si>
+  <si>
+    <t>Utveckling Nordost</t>
+  </si>
+  <si>
+    <t>Centrum för regional utveckling</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET I JÄMTLANDS LÄN</t>
+  </si>
+  <si>
+    <t>Örnsköldsviks Industrigrupp Aktiebolag</t>
+  </si>
+  <si>
+    <t>Allévux, Sydnärkes Utbildningsförbund</t>
+  </si>
+  <si>
+    <t>Apel</t>
+  </si>
+  <si>
+    <t>Nyföretagarcentrum Södra Värmland</t>
+  </si>
+  <si>
+    <t>Skåne Läns Landsting</t>
+  </si>
+  <si>
+    <t>Ambulanssjukvården Skaraborgs Sjukhus</t>
+  </si>
+  <si>
+    <t>Centrum för Digital Hälsa</t>
+  </si>
+  <si>
+    <t>Regionmuseet Kristianstad/Landsantikvar i Skåne</t>
+  </si>
+  <si>
+    <t>Nynäshamns kommun</t>
+  </si>
+  <si>
+    <t>Region Värmlands Kansli, Utvecklingsavdelningen</t>
+  </si>
+  <si>
+    <t>Stockholm County Administrative Board</t>
+  </si>
+  <si>
+    <t>SKELLEFTEBOSTADER AKTIEBOLAG</t>
+  </si>
+  <si>
+    <t>RISE Processum AB</t>
+  </si>
+  <si>
+    <t>Fastighetsägare i Gamlestaden,Ideellfören</t>
+  </si>
+  <si>
+    <t>Kungliga Tekniska Högskolan</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Värmland AB</t>
+  </si>
+  <si>
+    <t>Social- och omsorgsförvaltningen</t>
+  </si>
+  <si>
+    <t>INTERKULTUR I LUND</t>
+  </si>
+  <si>
+    <t>Utbildnings- och arbetslivsförvaltningen</t>
+  </si>
+  <si>
+    <t>Coompanion Göteborgsregionen Ek. För.</t>
+  </si>
+  <si>
+    <t>Hylte Kommunkontor</t>
+  </si>
+  <si>
+    <t>Kommunalförbundet Partnerskap Inland - Akademi Norr</t>
+  </si>
+  <si>
+    <t>Naboer AB</t>
+  </si>
+  <si>
+    <t>Stockholm International Water Institute (SIWI)</t>
+  </si>
+  <si>
+    <t>HANINGE KOMMUN</t>
+  </si>
+  <si>
+    <t>RIKSFÖRBUNDET FÖR SOCIAL OCH MENTAL HÄLSA /RSMH</t>
+  </si>
+  <si>
+    <t>Utbildning Nord</t>
+  </si>
+  <si>
+    <t>Stål &amp; Verkstad</t>
+  </si>
+  <si>
+    <t>Åre kommun</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Nordöstra Göteborg</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Södra Vänern</t>
+  </si>
+  <si>
+    <t>5238-9210</t>
+  </si>
+  <si>
+    <t>Örebro Läns Landsting</t>
+  </si>
+  <si>
+    <t>REGION VÄSTMANLAND</t>
+  </si>
+  <si>
+    <t>Sydsvensk Entreprenörfond AB</t>
+  </si>
+  <si>
+    <t>Kronobergs Läns Landsting</t>
+  </si>
+  <si>
+    <t>Tillväxtavdelningen, Uddevalla kommun</t>
+  </si>
+  <si>
+    <t>Nuvab Näringslivsutveckling i Vetlanda AB</t>
+  </si>
+  <si>
+    <t>Kompetensförösrjningsenheten</t>
+  </si>
+  <si>
+    <t>Arvika Kommun|Kunnskapsbyen Lillestrøm</t>
+  </si>
+  <si>
+    <t>Härnösands kommun</t>
+  </si>
+  <si>
+    <t>Iris Hadar HK Sveavägen</t>
+  </si>
+  <si>
+    <t>Västerbottens Idrottsförbund</t>
+  </si>
+  <si>
+    <t>Maskinentreprenörerna</t>
+  </si>
+  <si>
+    <t>Integration- och arbetsmarknadsenheten</t>
+  </si>
+  <si>
+    <t>Heidelberg Materials Cement Sverige AB</t>
+  </si>
+  <si>
+    <t>Coompanion Skåne</t>
+  </si>
+  <si>
+    <t>ÅSELE KOMMUN</t>
+  </si>
+  <si>
+    <t>Älvsbyns kommun</t>
+  </si>
+  <si>
+    <t>Urkraft ASF AB</t>
+  </si>
+  <si>
+    <t>Ideella Fören Coompanion-Kooperativ Utveckling S</t>
+  </si>
+  <si>
+    <t>Kollektivavtalsstiftelsen Handelsrådet</t>
+  </si>
+  <si>
+    <t>Strategirådet AB</t>
+  </si>
+  <si>
+    <t>Swedish Provingground Association Ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Skellefteå Science City</t>
+  </si>
+  <si>
+    <t>Sollefteå kommun</t>
+  </si>
+  <si>
+    <t>Kallbygdens Fibernät Ekonomisk fören</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadscentrum</t>
+  </si>
+  <si>
+    <t>REGION ÖREBRO LÄN</t>
+  </si>
+  <si>
+    <t>Handelsrådet (Kollektivavtalsstiftelsen Utvecklingrådet)</t>
+  </si>
+  <si>
+    <t>Ideella föreningen Gotlands Fornvänner med firma Gotlands Museum</t>
+  </si>
+  <si>
+    <t>Centria-ammattikorkeakoulu Oy</t>
+  </si>
+  <si>
+    <t>Arbetsmarknad och Kompetens</t>
+  </si>
+  <si>
+    <t>Solna stad, Stadsledningsförvaltningen</t>
+  </si>
+  <si>
+    <t>Byggutbildning Star</t>
+  </si>
+  <si>
+    <t>Sustainable Steel Region</t>
+  </si>
+  <si>
+    <t>INSPIRIA Science Center AS|Innovatum Science Center AB</t>
+  </si>
+  <si>
+    <t>Hästnäringens Nationella Stiftelse</t>
+  </si>
+  <si>
+    <t>STIFT PINGSTFÖRSAML SKOL- O KURSVERKSAMHET</t>
+  </si>
+  <si>
+    <t>Mönsterås kommun</t>
+  </si>
+  <si>
+    <t>Landstinget Blekinge, Blekinge kompetenscentrum</t>
+  </si>
+  <si>
+    <t>County Administrative Board of Västerbotten</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen Västernorrland</t>
+  </si>
+  <si>
+    <t>RF-SISU GOTLAND</t>
+  </si>
+  <si>
+    <t>LÄNSSTYRELSEN I SKÅNE LÄN</t>
+  </si>
+  <si>
+    <t>Storsthlm</t>
+  </si>
+  <si>
+    <t>SJÖFARTSVERKET</t>
+  </si>
+  <si>
+    <t>MILJÖBRON</t>
+  </si>
+  <si>
+    <t>Growth Hub, Rädda Barnen</t>
+  </si>
+  <si>
+    <t>Västerås Science Park AB</t>
+  </si>
+  <si>
+    <t>Olofströms kommun, Kommunledningsförvaltningen</t>
+  </si>
+  <si>
+    <t>IUC Industrihubb AB</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Värmlands län</t>
+  </si>
+  <si>
+    <t>Västsvenska Handelskammaren Service AB</t>
+  </si>
+  <si>
+    <t>Famna</t>
+  </si>
+  <si>
+    <t>Industriellt Utvecklings Centrum i Skåne AB</t>
+  </si>
+  <si>
+    <t>Torsta AB</t>
+  </si>
+  <si>
+    <t>Gotland</t>
+  </si>
+  <si>
+    <t>LÄNSSTYRELSEN I JÄMTLANDS LÄN</t>
+  </si>
+  <si>
+    <t>Kultur- och folkhälsokontoret</t>
+  </si>
+  <si>
+    <t>Enheten för Skolutveckling, Avdelningen Skola &amp; Arbetsliv</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Malmö</t>
+  </si>
+  <si>
+    <t>Karlshamns kommun</t>
+  </si>
+  <si>
+    <t>Stiftelsen Activa i Örebro län</t>
+  </si>
+  <si>
+    <t>Helse Nord-Trøndelag|Östersunds kommun</t>
+  </si>
+  <si>
+    <t>Norrbottensteatern</t>
+  </si>
+  <si>
+    <t>Säffle kommun</t>
+  </si>
+  <si>
+    <t>Arbetarnas Bildningsförbund</t>
+  </si>
+  <si>
+    <t>Engarden AB</t>
+  </si>
+  <si>
+    <t>Kommunförbundet Västernorrland</t>
+  </si>
+  <si>
+    <t>Eskilstuna kommun</t>
+  </si>
+  <si>
+    <t>Regionala utvecklingsförvaltningen</t>
+  </si>
+  <si>
+    <t>Västernorrlands Läns Landsting</t>
+  </si>
+  <si>
+    <t>Socialnämnden/Arbetsmarknadsenheten</t>
+  </si>
+  <si>
+    <t>MINE</t>
+  </si>
+  <si>
+    <t>ALVESTA KOMMUN</t>
+  </si>
+  <si>
+    <t>Svensk Industriförening</t>
+  </si>
+  <si>
+    <t>Tranås kommun</t>
+  </si>
+  <si>
+    <t>Strömsunds kommun</t>
+  </si>
+  <si>
+    <t>SKELLEFTEA KOMMUN</t>
+  </si>
+  <si>
+    <t>University of Gävle</t>
+  </si>
+  <si>
+    <t>Filipstads kommun</t>
+  </si>
+  <si>
+    <t>Medlefors folkhögskola</t>
+  </si>
+  <si>
+    <t>East Sweden Energy Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsavdelningen</t>
+  </si>
+  <si>
+    <t>CARL JOHANS PASTORAT</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingens länskontor för Södermanland och Östergötland</t>
+  </si>
+  <si>
+    <t>Stockholm</t>
+  </si>
+  <si>
+    <t>Swedish Coast Guard</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Nord AB</t>
+  </si>
+  <si>
+    <t>STUDIEFÖRBUNDET BILDA SYDÖST</t>
+  </si>
+  <si>
+    <t>Visit Stockholm AB</t>
+  </si>
+  <si>
+    <t>Trøndelag Forskning og Utvikling AS|Stiftelsen Jamtli</t>
+  </si>
+  <si>
+    <t>Arbete och försörjning</t>
+  </si>
+  <si>
+    <t>Vimmerby kommun</t>
+  </si>
+  <si>
+    <t>Visit Värmland Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Nybro Företagsgrupp Ek För</t>
+  </si>
+  <si>
+    <t>Connect Norr Service AB</t>
+  </si>
+  <si>
+    <t>Scania Academy</t>
+  </si>
+  <si>
+    <t>Brg, Business Region Göteborg AB</t>
+  </si>
+  <si>
+    <t>Regionförbundet Västerbottens län</t>
+  </si>
+  <si>
+    <t>Kristianstads kommun</t>
+  </si>
+  <si>
+    <t>Nyköpings kommun</t>
+  </si>
+  <si>
+    <t>Sveriges Kommuner och Landsting</t>
+  </si>
+  <si>
+    <t>Lantbrukarnas Ekonomi- AB</t>
+  </si>
+  <si>
+    <t>GlobalConnect AB</t>
+  </si>
+  <si>
+    <t>Malmö stad Stadskontoret, Näringslivsavdelningen, Arbetsmarknadsenheten</t>
+  </si>
+  <si>
+    <t>HÄRJEDALENS KOMMUN</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Västernorrlands län</t>
+  </si>
+  <si>
+    <t>Örebro Universitet</t>
+  </si>
+  <si>
+    <t>Skogstekniska klustret</t>
+  </si>
+  <si>
+    <t>TÖREBODA KOMMUN</t>
+  </si>
+  <si>
+    <t>0323</t>
+  </si>
+  <si>
+    <t>NKC, Nynäshamns KompetensCentrum</t>
+  </si>
+  <si>
+    <t>ABF HALLAND</t>
+  </si>
+  <si>
+    <t>Visit Skåne AB</t>
+  </si>
+  <si>
+    <t>Kommunförbundet Skåne</t>
+  </si>
+  <si>
+    <t>Samordningsordningsförbundet Östra Östergötland</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Mälardalen AB</t>
+  </si>
+  <si>
+    <t>Sveriges Lantbruksuniversitet (SLU)</t>
+  </si>
+  <si>
+    <t>Service- och Teknikförvaltningen</t>
+  </si>
+  <si>
+    <t>Trøndelag Reiseliv|Jämtland-Härjedalen Turism Jht Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Stiftelsen Botildenborg</t>
+  </si>
+  <si>
+    <t>Destination Läckö-Kinnekulle AB</t>
+  </si>
+  <si>
+    <t>KROKOMS KOMMUN</t>
+  </si>
+  <si>
+    <t>Municipality of Växjö</t>
+  </si>
+  <si>
+    <t>IT Plattform Småland &amp; Öland AB</t>
+  </si>
+  <si>
+    <t>Nässjö Lärcenter</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Gotland AB</t>
+  </si>
+  <si>
+    <t>Regional utveckling Region Kronoberg</t>
+  </si>
+  <si>
+    <t>Trä och teknikcollege i Skellefteå AB</t>
+  </si>
+  <si>
+    <t>Södertälje Kommun Omsorgskontoret</t>
+  </si>
+  <si>
+    <t>Näringslivsavdelningen</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads- &amp; Integrationsenheten</t>
+  </si>
+  <si>
+    <t>GLOKALA FOLKBILDNINGSFÖRENINGEN</t>
+  </si>
+  <si>
+    <t>VÄRNAMO KOMMUN</t>
+  </si>
+  <si>
+    <t>Katrineholms kommun</t>
+  </si>
+  <si>
+    <t>Kyrkokansliet, Uppsala</t>
+  </si>
+  <si>
+    <t>Högskolan i Gävle. Akademin för utbildning och ekonomi</t>
+  </si>
+  <si>
+    <t>Riksförbundet för Social och Mental Hälsa</t>
+  </si>
+  <si>
+    <t>Lysekils kommun</t>
+  </si>
+  <si>
+    <t>Kommunledningskontoret</t>
+  </si>
+  <si>
+    <t>Ordinärt boende</t>
+  </si>
+  <si>
+    <t>SOS Barnbyar programutvecklingsenheten</t>
+  </si>
+  <si>
+    <t>Nationella sekretariatet för genusforskning</t>
+  </si>
+  <si>
+    <t>Umeå Universitet</t>
+  </si>
+  <si>
+    <t>Kommunledningsförvaltningen</t>
+  </si>
+  <si>
+    <t>Eda kommun|Eidskog kommune</t>
+  </si>
+  <si>
+    <t>Jämtland-Härjedalens IF|Nord-Trøndelag Idrettskrets</t>
+  </si>
+  <si>
+    <t>Vuxnas lärande</t>
+  </si>
+  <si>
+    <t>ARBIO Aktiebolag</t>
+  </si>
+  <si>
+    <t>Luleå kommun</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsenhet</t>
+  </si>
+  <si>
+    <t>IF Metall Stockholms län</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen Dalarna</t>
+  </si>
+  <si>
+    <t>Handelskammarens i Jönköpings län Service</t>
+  </si>
+  <si>
+    <t>Lopme Naestie</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Gotlands län</t>
+  </si>
+  <si>
+    <t>SKOOPI, de arbetsintegrerande sociala företagens intresseorganisation</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen Jämtlands län|Miljødirektoratet</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen /Utbildning</t>
+  </si>
+  <si>
+    <t>Borlänge kommun</t>
+  </si>
+  <si>
+    <t>Perstorps kommun</t>
+  </si>
+  <si>
+    <t>AB Glasriket En Aktör För Regionens Utveckling</t>
+  </si>
+  <si>
+    <t>RISE LignoDemo AB</t>
+  </si>
+  <si>
+    <t>GÄLLIVARE ENERGI Aktiebolag</t>
+  </si>
+  <si>
+    <t>InformationsTeknik i Norrbotten AB</t>
+  </si>
+  <si>
+    <t>Nätverk Westum (Högskolecentrum Bohuslän i Uddevalla)</t>
+  </si>
+  <si>
+    <t>KINDA KOMMUN</t>
+  </si>
+  <si>
+    <t>Kultur och Bildning/Regional utveckling</t>
+  </si>
+  <si>
+    <t>Övertorneå kommun</t>
+  </si>
+  <si>
+    <t>SÖDERTÖRNS HÖGSKOLA</t>
+  </si>
+  <si>
+    <t>Vilhelmina kommun</t>
+  </si>
+  <si>
+    <t>Arbetsmarknad och integrationsenheten</t>
+  </si>
+  <si>
+    <t>Fingerprint Cards</t>
+  </si>
+  <si>
+    <t>Visby domkyrkoförsamling</t>
+  </si>
+  <si>
+    <t>Voxkedjan Ek. för.</t>
+  </si>
+  <si>
+    <t>Municipality of Hässleholm - EU office Skåne Nordost</t>
+  </si>
+  <si>
+    <t>Näringslivsenheten</t>
+  </si>
+  <si>
+    <t>Vägen In, 176 ASF Ungdomsenheten</t>
+  </si>
+  <si>
+    <t>Jönköpings kommun</t>
+  </si>
+  <si>
+    <t>Hälsinglands Utbildningsförbund</t>
+  </si>
+  <si>
+    <t>Fyrbodals Kommunalförbund</t>
+  </si>
+  <si>
+    <t>Falun Borlänge Regionen AB</t>
+  </si>
+  <si>
+    <t>Nätverk Westum</t>
+  </si>
+  <si>
+    <t>Kommunal Sydväst</t>
+  </si>
+  <si>
+    <t>Västeråskontoret</t>
+  </si>
+  <si>
+    <t>Socialförvaltningen</t>
+  </si>
+  <si>
+    <t>Malmö kommun</t>
+  </si>
+  <si>
+    <t>Mobile Heights AB (Svb)</t>
+  </si>
+  <si>
+    <t>Karlstads kommun, Arbetsmarknads- och socialförvaltningen, Staben</t>
+  </si>
+  <si>
+    <t>LO-DISTRIKTET I VÄSTSVERIGE</t>
+  </si>
+  <si>
+    <t>Socialkontoret</t>
+  </si>
+  <si>
+    <t>Region Sörmland</t>
+  </si>
+  <si>
+    <t>Coompanion - Blekinge Utvecklingscentrum Ekonomi</t>
+  </si>
+  <si>
+    <t>ITM</t>
+  </si>
+  <si>
+    <t>GISLAVEDS KOMMUN</t>
+  </si>
+  <si>
+    <t>Sjuhärads samordningsförbund</t>
+  </si>
+  <si>
+    <t>Almi Företagspartner Blekinge Aktiebolag</t>
+  </si>
+  <si>
+    <t>Norrbottens handelskammare</t>
+  </si>
+  <si>
+    <t>Nobina Sverige AB</t>
+  </si>
+  <si>
+    <t>Internationella Handelshögskolan i Jönköping AB</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen / GR Utbildning</t>
+  </si>
+  <si>
+    <t>Region Dalarna</t>
+  </si>
+  <si>
+    <t>Lunds samordningsförbund</t>
+  </si>
+  <si>
+    <t>Wången</t>
+  </si>
+  <si>
+    <t>Teknikföretagen</t>
+  </si>
+  <si>
+    <t>Stockholms läns sjukvårdsområde</t>
+  </si>
+  <si>
+    <t>Stiftelsen Institutet För Tillämpad Hydraulik</t>
+  </si>
+  <si>
+    <t>Kommunförvaltningen</t>
+  </si>
+  <si>
+    <t>Funktionsrätt Västmanland</t>
+  </si>
+  <si>
+    <t>Servanet AB</t>
+  </si>
+  <si>
+    <t>T4vux</t>
+  </si>
+  <si>
+    <t>Järfälla kommun</t>
+  </si>
+  <si>
+    <t>Barn-och utbildningsförvaltningen</t>
+  </si>
+  <si>
+    <t>NÄSSJÖ KOMMUN</t>
+  </si>
+  <si>
+    <t>Energikontor Norr AB</t>
+  </si>
+  <si>
+    <t>Destination Östersund AB</t>
+  </si>
+  <si>
+    <t>Energy Agency for Southeast Sweden Ltd. (ESS)</t>
+  </si>
+  <si>
+    <t>Stöckebygdens utveckling ekonomisk fören</t>
+  </si>
+  <si>
+    <t>Landskrona stad</t>
+  </si>
+  <si>
+    <t>Älvdalens kommun</t>
+  </si>
+  <si>
+    <t>Mariestads kommun</t>
+  </si>
+  <si>
+    <t>Xenofilia</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadssektionen</t>
+  </si>
+  <si>
+    <t>Tomelilla kommun</t>
+  </si>
+  <si>
+    <t>Siin AB (Svb)</t>
+  </si>
+  <si>
+    <t>Utbildningsförvaltningen i Stockholms stad</t>
+  </si>
+  <si>
+    <t>Kramfors kommun</t>
+  </si>
+  <si>
+    <t>FALKENBERGS KOMMUN</t>
+  </si>
+  <si>
+    <t>Skaraborgs Kommunalförbund</t>
+  </si>
+  <si>
+    <t>Högskolan Väst|Sunnaas Sykehus HF</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Internationella Staben</t>
+  </si>
+  <si>
+    <t>Osby kommun Kompetensa</t>
+  </si>
+  <si>
+    <t>REGION GÄVLEBORG</t>
+  </si>
+  <si>
+    <t>Division Service</t>
+  </si>
+  <si>
+    <t>KFUM DISTRIKT ÖST</t>
+  </si>
+  <si>
+    <t>FRÄLSNINGSARMÉN</t>
+  </si>
+  <si>
+    <t>Intraservice/ enheten för utbildning och välfärd</t>
+  </si>
+  <si>
+    <t>Chalmers Tekniska Högskola Aktiebolag</t>
+  </si>
+  <si>
+    <t>KARLSKOGA KOMMUN</t>
+  </si>
+  <si>
+    <t>Akademin för hälsa och välfärd</t>
+  </si>
+  <si>
+    <t>STIFTELSEN GÖTEBORGS KYRKLIGA STADSMISSION</t>
+  </si>
+  <si>
+    <t>Hässleholms kommun</t>
+  </si>
+  <si>
+    <t>HÖRBY KOMMUN</t>
+  </si>
+  <si>
+    <t>RSMH, Riksförbundet för Social och Mental Hälsa</t>
+  </si>
+  <si>
+    <t>Stockholms Läns Landsting</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet i Halland</t>
+  </si>
+  <si>
+    <t>Trygghetsrådet TRS</t>
+  </si>
+  <si>
+    <t>Mittuniversitetet</t>
+  </si>
+  <si>
+    <t>Välfärd klimat och kompetens</t>
+  </si>
+  <si>
+    <t>Tåsjöbergets Fritidsanläggningar Ek. För.</t>
+  </si>
+  <si>
+    <t>Skyttorp skogsträdgård</t>
+  </si>
+  <si>
+    <t>Malmö stad</t>
+  </si>
+  <si>
+    <t>Kommunledningskontoret/ Tillväxtavdelningen</t>
+  </si>
+  <si>
+    <t>Solna vuxenutbildning</t>
+  </si>
+  <si>
+    <t>Göteborgs Tekniska Cllege</t>
+  </si>
+  <si>
+    <t>Karlstads-Hammarö gymnasieförvaltning</t>
+  </si>
+  <si>
+    <t>Visit Värmland ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsenheten Vaggeryds kommun</t>
+  </si>
+  <si>
+    <t>Stockholms Universitet</t>
+  </si>
+  <si>
+    <t>KFE, Socialförvaltningen</t>
+  </si>
+  <si>
+    <t>Jyväskylän yliopisto</t>
+  </si>
+  <si>
+    <t>Män för Jämställdhet</t>
+  </si>
+  <si>
+    <t>Stift Gaaltije</t>
+  </si>
+  <si>
+    <t>Härnösand Energi &amp; Miljö AB</t>
   </si>
   <si>
     <t>At Work Nordic AB</t>
   </si>
   <si>
-    <t>Hedemora Näringsliv AB</t>
+    <t>Innovation Örnsköldsvik AB</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET ÖSTRA SÖDERTÖRN</t>
+  </si>
+  <si>
+    <t>GÖTEBORGS STIFT</t>
+  </si>
+  <si>
+    <t>Tornion kaupunki</t>
+  </si>
+  <si>
+    <t>Kompetens- och arbetslivsförvaltningen - Arbetsmarknadscenter</t>
+  </si>
+  <si>
+    <t>Rädda Barnen Region Syd</t>
+  </si>
+  <si>
+    <t>Lidköpings kommun</t>
+  </si>
+  <si>
+    <t>Sollentuna kommun</t>
+  </si>
+  <si>
+    <t>AB Destination Småland</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads- och utbildningsförvaltningen, JobbCenter</t>
+  </si>
+  <si>
+    <t>Norrbottens Handelskammares Service Aktiebolag</t>
+  </si>
+  <si>
+    <t>Jobbcenter</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Dalarnas län|Nasjonalparkstyret for Fulufjellet</t>
+  </si>
+  <si>
+    <t>Storumans Kommunföretag AB</t>
+  </si>
+  <si>
+    <t>0001</t>
+  </si>
+  <si>
+    <t>Skånes Livsmedelsakdemi</t>
+  </si>
+  <si>
+    <t>Coompanion Norrbotten ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Ecoclime Solutions AB</t>
+  </si>
+  <si>
+    <t>Miroi Nässjö</t>
+  </si>
+  <si>
+    <t>Uddevalla Kommun - Kommunledningskontoret - Arbetsmarknadsavdelningen</t>
   </si>
   <si>
     <t>NYA KOMPISBYRÅN</t>
   </si>
   <si>
-    <t>Swedish Transport Administration</t>
-[...8 lines deleted...]
-    <t>ABF Distriktet i Stockholmsregionen</t>
+    <t>Open Infra Core AB</t>
+  </si>
+  <si>
+    <t>Marknadsområdena Norra och Södra Mäladralen samt Östergötland</t>
+  </si>
+  <si>
+    <t>HUSHÅLLNINGSSÄLLSKAPET I VÄSTERNORRLANDS LÄN</t>
+  </si>
+  <si>
+    <t>Volvo Powertrain AB</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET KARLSKOGA/DEGERFORS I ÖREBR</t>
+  </si>
+  <si>
+    <t>SynerLeap powered by ABB AB</t>
+  </si>
+  <si>
+    <t>Expandum AB</t>
+  </si>
+  <si>
+    <t>Samhällsbyggnad Kompetensförsörjning</t>
+  </si>
+  <si>
+    <t>Pajala kommun</t>
+  </si>
+  <si>
+    <t>Södra Bohuslän Turism AB</t>
+  </si>
+  <si>
+    <t>HÖGSKOLAN I BORÅS</t>
+  </si>
+  <si>
+    <t>Kollektivavtalsstiftelsen Trygghet i samverkan TRS</t>
+  </si>
+  <si>
+    <t>Halmstad Business Incubator AB</t>
+  </si>
+  <si>
+    <t>VÄSTERÅS STIFT</t>
+  </si>
+  <si>
+    <t>Hedemora-Garpenbergs församling</t>
+  </si>
+  <si>
+    <t>IFO/FH Individ och familjeomsorg Funktionhindersverksameten</t>
+  </si>
+  <si>
+    <t>Riksföreningen Teknikcollege Sverige</t>
+  </si>
+  <si>
+    <t>Uminova Expression AB</t>
+  </si>
+  <si>
+    <t>Byggdialog Dalarna</t>
+  </si>
+  <si>
+    <t>BURLÖVS KOMMUN</t>
+  </si>
+  <si>
+    <t>Region Västerbotten</t>
+  </si>
+  <si>
+    <t>SKOOPI, DE ARBETSINTEGRERADE SOCIALA FÖRETAGENS I</t>
+  </si>
+  <si>
+    <t>Arbete- och välfärdsförvaltningen</t>
+  </si>
+  <si>
+    <t>Socialtjänsten</t>
+  </si>
+  <si>
+    <t>Nordic Association for Social Innovation</t>
+  </si>
+  <si>
+    <t>Kommunstyrelseförvaltningen, Sektor ledning</t>
+  </si>
+  <si>
+    <t>Campus Värnamo</t>
+  </si>
+  <si>
+    <t>FÖRENINGEN FURUBODA</t>
+  </si>
+  <si>
+    <t>LTU Business</t>
+  </si>
+  <si>
+    <t>ARBETSFÖRMEDLINGEN</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Analysavdelning</t>
+  </si>
+  <si>
+    <t>Rädda Barnen, Regionkontor Norrköping</t>
+  </si>
+  <si>
+    <t>Stadsmissionens arbetsintegration</t>
+  </si>
+  <si>
+    <t>Region Kronoberg, Regional utveckling, Hållbar Tillväxt</t>
+  </si>
+  <si>
+    <t>Fiber Optic Valley|Leiv Eiriksson Nyskaping</t>
+  </si>
+  <si>
+    <t>huvudkontor</t>
+  </si>
+  <si>
+    <t>Sveriges Annonsörer AB</t>
+  </si>
+  <si>
+    <t>REGIONKONTORET</t>
+  </si>
+  <si>
+    <t>Fryshuset Skåne och Blekinge</t>
+  </si>
+  <si>
+    <t>RÄTTVIKS KOMMUN</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads- och integrationsenheten</t>
+  </si>
+  <si>
+    <t>Socialförvaltningen/Resurshuset</t>
+  </si>
+  <si>
+    <t>Skogstekniska Klustret Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Stifelsen Activa i Örebro län</t>
+  </si>
+  <si>
+    <t>Rädda Barnens Riksförbund AB Gustavslundsvägen 141 Bromma</t>
+  </si>
+  <si>
+    <t>Handelskammaren Mittsveriges Service AB</t>
+  </si>
+  <si>
+    <t>Industriellt Utvecklingscenter Dalarna AB</t>
+  </si>
+  <si>
+    <t>Fjällsjö Bioenergi AB</t>
+  </si>
+  <si>
+    <t>REGION NORRBOTTEN</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads- och socialförvaltningen i Malmö Stad.</t>
+  </si>
+  <si>
+    <t>Sotenäs kommun</t>
+  </si>
+  <si>
+    <t>Visit Hemavan Tärnaby AB</t>
+  </si>
+  <si>
+    <t>Smålands Turism AB</t>
+  </si>
+  <si>
+    <t>Actíva</t>
+  </si>
+  <si>
+    <t>Länsbygderådet Blekinge</t>
+  </si>
+  <si>
+    <t>Ung Företagsamhet i Fyrbodal</t>
+  </si>
+  <si>
+    <t>Föreningen Norden</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet VärNa</t>
+  </si>
+  <si>
+    <t>Vattenfall AB</t>
+  </si>
+  <si>
+    <t>Iin Micropolis Oy</t>
+  </si>
+  <si>
+    <t>Fredrikstad kommune|Lysekils kommun</t>
+  </si>
+  <si>
+    <t>Ideella Fören Småföretagarnas Riksförbund Medfir</t>
+  </si>
+  <si>
+    <t>Verdandi Stockholms Distrikt</t>
+  </si>
+  <si>
+    <t>Kommunhuset</t>
+  </si>
+  <si>
+    <t>Avdelning för regional utveckling</t>
+  </si>
+  <si>
+    <t>Norges Birøkterlag|Stift Nordens Ark</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Sörmland</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Norra Sörmland</t>
+  </si>
+  <si>
+    <t>Malmö Ideella föreningars Paraplyorganisation</t>
+  </si>
+  <si>
+    <t>Visit Østfold|Svinesundskommittén</t>
+  </si>
+  <si>
+    <t>Region Västernorrland</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Region Mitt</t>
+  </si>
+  <si>
+    <t>Ajtte, Svenskt Fjäll- &amp; Samemuseum</t>
+  </si>
+  <si>
+    <t>Netport Science Park AB (Svb)</t>
+  </si>
+  <si>
+    <t>RISE Energy Technology Center AB</t>
+  </si>
+  <si>
+    <t>Energi- och Miljöcentrum i Varberg</t>
+  </si>
+  <si>
+    <t>Destination Vemdalen AB</t>
+  </si>
+  <si>
+    <t>Komvux Malmö Sfi</t>
+  </si>
+  <si>
+    <t>Botkyrka kommun, Arbetsmarknads- och vuxenutbildningsförvaltningen</t>
+  </si>
+  <si>
+    <t>Ölands folkhögskola</t>
+  </si>
+  <si>
+    <t>Södertälje kommun</t>
+  </si>
+  <si>
+    <t>Jämtlands Gymnasium|Thora Storm videregående skole</t>
+  </si>
+  <si>
+    <t>Högskolan i Halmstad</t>
+  </si>
+  <si>
+    <t>Avdelningen Hälsa och social välfärd på Kommunförbundet Skåne</t>
+  </si>
+  <si>
+    <t>Socialförvaltningen Region Gotland</t>
+  </si>
+  <si>
+    <t>Dåva Terminal AB</t>
+  </si>
+  <si>
+    <t>Arvika Näringslivscentrum Ek. för.</t>
+  </si>
+  <si>
+    <t>Inlandsbanan (Ibab) AB</t>
+  </si>
+  <si>
+    <t>Uminova Innovation AB</t>
+  </si>
+  <si>
+    <t>Äldreförvaltningen, Uppsala kommun</t>
+  </si>
+  <si>
+    <t>Evertech Energy Solutions AB</t>
+  </si>
+  <si>
+    <t>Omsorg om personer med funktionsnedsättning</t>
+  </si>
+  <si>
+    <t>Göteborgs Tekniska College AB</t>
+  </si>
+  <si>
+    <t>Gotlands Besöksnäring AB (svb)</t>
+  </si>
+  <si>
+    <t>Riksantikvarieämbetet</t>
+  </si>
+  <si>
+    <t>Lyktan</t>
+  </si>
+  <si>
+    <t>Region Jönköping County</t>
+  </si>
+  <si>
+    <t>Yrgo Molinsgatan</t>
+  </si>
+  <si>
+    <t>WorldSkills Sweden AB</t>
+  </si>
+  <si>
+    <t>Sommargatan 101 A, 65637 Karlstad</t>
+  </si>
+  <si>
+    <t>The Paper Province Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Ölands Kommunalförbund för Översiktlig Planering</t>
+  </si>
+  <si>
+    <t>Drivhuset/ välfärds- och arbetsmarknadsförvaltningen</t>
+  </si>
+  <si>
+    <t>Agroöst Ideell Fören</t>
+  </si>
+  <si>
+    <t>Regionförbundet i Kalmar län</t>
+  </si>
+  <si>
+    <t>Innovation Skåne AB</t>
+  </si>
+  <si>
+    <t>Destination Funäsfjällen AB</t>
+  </si>
+  <si>
+    <t>Brew House Göteborg</t>
+  </si>
+  <si>
+    <t>Vård- och omsorgsförvaltningen</t>
+  </si>
+  <si>
+    <t>Kontigo AB</t>
+  </si>
+  <si>
+    <t>EDIT ( ETT DALSLAND I TILLVÄXT)</t>
+  </si>
+  <si>
+    <t>Ung vägledning/Kompetensförvaltningen</t>
+  </si>
+  <si>
+    <t>Media Evolution Southern Sweden AB (svb)</t>
+  </si>
+  <si>
+    <t>Sustainable Business Hub Scandinavia AB</t>
+  </si>
+  <si>
+    <t>Mid Sweden University</t>
+  </si>
+  <si>
+    <t>Industriellt Utvecklings Centrum Norrbotten AB</t>
+  </si>
+  <si>
+    <t>UPPLANDS VÄSBY KOMMUN</t>
+  </si>
+  <si>
+    <t>CBSS Secretariat</t>
+  </si>
+  <si>
+    <t>Sverige</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen Skåne</t>
+  </si>
+  <si>
+    <t>RISE Processum AB|RISE Pfi AS</t>
+  </si>
+  <si>
+    <t>Region Uppsala, Regionkontoret, Avdelning för regional utveckling</t>
+  </si>
+  <si>
+    <t>Stift Högskolan i Jönköping</t>
+  </si>
+  <si>
+    <t>Enrival AB</t>
+  </si>
+  <si>
+    <t>FUNKIBATOR ÖST IDEELL FÖRENING</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen Gävleborg</t>
+  </si>
+  <si>
+    <t>Daglig sysselsättning, omsorgssektionen</t>
+  </si>
+  <si>
+    <t>Akershus Rejselivsråd/Visit Oslo Regionen|Visit Värmland Ek. för.</t>
+  </si>
+  <si>
+    <t>Chalmers Tekniska Högskola AB</t>
+  </si>
+  <si>
+    <t>MJÖLBY KOMMUN</t>
+  </si>
+  <si>
+    <t>SSPA Sweden AB</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Kronoberg AB</t>
+  </si>
+  <si>
+    <t>Regional utveckling, EU och internationella relationer</t>
+  </si>
+  <si>
+    <t>Högskolan Väst</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Östergötland AB</t>
+  </si>
+  <si>
+    <t>Kungliga Djurgårdens Intressenter AB</t>
+  </si>
+  <si>
+    <t>NETPORT SCIENCE PARK LTD</t>
+  </si>
+  <si>
+    <t>HUDIKSVALLS KOMMUN</t>
+  </si>
+  <si>
+    <t>Karlstads Kommun|Kunnskapsbyen Lillestrøm</t>
+  </si>
+  <si>
+    <t>Science Village Scandinavia AB</t>
+  </si>
+  <si>
+    <t>Skogsstyrelsen</t>
+  </si>
+  <si>
+    <t>Barn- och Utbildningsförvaltningen</t>
+  </si>
+  <si>
+    <t>AB Företagsutveckling i Lund</t>
+  </si>
+  <si>
+    <t>SKÖVDE KOMMUN</t>
+  </si>
+  <si>
+    <t>Kemin Digipolis Oy</t>
+  </si>
+  <si>
+    <t>Individ och Familjeomsorgen</t>
+  </si>
+  <si>
+    <t>Fyrbodals kommunalförbund|Østfold Fylkeskommune</t>
+  </si>
+  <si>
+    <t>Galaxen Bygg AB</t>
+  </si>
+  <si>
+    <t>LTU Business AB</t>
+  </si>
+  <si>
+    <t>AC-Net Externservice AB</t>
+  </si>
+  <si>
+    <t>Industriellt Utvecklingscentrum i Halland AB</t>
+  </si>
+  <si>
+    <t>Skåne Energy Agency</t>
+  </si>
+  <si>
+    <t>HÃ¥llbar utveckling SkÃ¥ne /Sustainable development  SkÃ¥ne</t>
+  </si>
+  <si>
+    <t>Sankt Kors Fastighetsab</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Skåne AB</t>
+  </si>
+  <si>
+    <t>The Nordic Centre Of Heritage Learning And Creat</t>
+  </si>
+  <si>
+    <t>BD Pop AB</t>
+  </si>
+  <si>
+    <t>Stuns Stift F Samv Mel Univ i U-A Näringsl O Sam</t>
+  </si>
+  <si>
+    <t>Södra Vägen</t>
+  </si>
+  <si>
+    <t>VÄSTERBERGSLAGENS UTBILDNINGSFÖRBUND,VBU</t>
+  </si>
+  <si>
+    <t>Kompetensspridning i Umeå</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET SKARABORG</t>
+  </si>
+  <si>
+    <t>Science Park Skövde AB</t>
+  </si>
+  <si>
+    <t>Kinda Kommun, Arbetsmarknadsenheten</t>
+  </si>
+  <si>
+    <t>Bromölla kommun</t>
+  </si>
+  <si>
+    <t>Region Sörmland, Tillväxt och folkhälsa</t>
+  </si>
+  <si>
+    <t>Tillväxt- och utvecklingssektorn</t>
+  </si>
+  <si>
+    <t>STIFTELSEN TILLVÄXT HELSINGBORG</t>
+  </si>
+  <si>
+    <t>Tranquist Utvärdering</t>
+  </si>
+  <si>
+    <t>LUNDS SAMORDNINGSFÖRBUND</t>
+  </si>
+  <si>
+    <t>Swedish Migration Agency</t>
+  </si>
+  <si>
+    <t>Viva komvux/sfi</t>
+  </si>
+  <si>
+    <t>Företagarna Västerbotten Service AB</t>
+  </si>
+  <si>
+    <t>Oulun kaupunki</t>
+  </si>
+  <si>
+    <t>Sweden Water Research (SWR)</t>
+  </si>
+  <si>
+    <t>Kommunal utveckling</t>
+  </si>
+  <si>
+    <t>Norsk Institutt for Kulturminneforskning, NIKU|Karlstads universitet, Centrum för forskning om hållbar samhällsförändring, CRS</t>
+  </si>
+  <si>
+    <t>BRON Innovation AB</t>
+  </si>
+  <si>
+    <t>Campus Nynäshamn</t>
+  </si>
+  <si>
+    <t>Urkraft Service AB</t>
+  </si>
+  <si>
+    <t>VÄSTRA GÖTALANDSREGIONEN</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet centrala östergötland</t>
+  </si>
+  <si>
+    <t>The County Administrative Board of Östergötland</t>
+  </si>
+  <si>
+    <t>Boost by FC Rosengård</t>
+  </si>
+  <si>
+    <t>REGION HALLAND</t>
+  </si>
+  <si>
+    <t>Kommunledningsförvaltningen, personalenheten</t>
+  </si>
+  <si>
+    <t>Jönköpings län och Gotland</t>
+  </si>
+  <si>
+    <t>Minc i Sverige AB</t>
+  </si>
+  <si>
+    <t>LAPPLANDS KOMMUNALFÖRBUND</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen HK</t>
+  </si>
+  <si>
+    <t>Ronneby kommun</t>
+  </si>
+  <si>
+    <t>Lunet AB</t>
+  </si>
+  <si>
+    <t>Företagsutbildarna i Hälsingland Ek. För.</t>
+  </si>
+  <si>
+    <t>Karlstads Universitet</t>
+  </si>
+  <si>
+    <t>Lycksele kommun</t>
+  </si>
+  <si>
+    <t>SP Processum Ab</t>
+  </si>
+  <si>
+    <t>Municipality of Trelleborg</t>
+  </si>
+  <si>
+    <t>Malung-Sälens kommun</t>
+  </si>
+  <si>
+    <t>Boliden Mineral AB</t>
+  </si>
+  <si>
+    <t>NTNU, Institutt for maskinteknikk og produksjon|Mittuniversitetet</t>
+  </si>
+  <si>
+    <t>Växjö kommun</t>
+  </si>
+  <si>
+    <t>BRUNNSVIKS FOLKHÖGSKOLA</t>
+  </si>
+  <si>
+    <t>Avdelningen för regional utveckling, enheten social hållbarhet</t>
+  </si>
+  <si>
+    <t>Upphandlingsmyndigheten/The National Agency for Public Procurement</t>
+  </si>
+  <si>
+    <t>Örnsköldsviks kommun</t>
+  </si>
+  <si>
+    <t>Skogsmuséet i Lycksele AB</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen Stockholm</t>
+  </si>
+  <si>
+    <t>STIFTELSEN SUNDERBY FOLKHÖGSKOLA</t>
+  </si>
+  <si>
+    <t>STOCKHOLMS UNIVERSITET</t>
+  </si>
+  <si>
+    <t>Kista Science City AB</t>
+  </si>
+  <si>
+    <t>HÖÖRS KOMMUN</t>
+  </si>
+  <si>
+    <t>SOPHIAHEMMET IDEELL FÖRENING</t>
+  </si>
+  <si>
+    <t>HELSINGBORGS KOMMUN</t>
+  </si>
+  <si>
+    <t>Kriminalvårdens huvudkontor och NTE</t>
+  </si>
+  <si>
+    <t>Coompanion Dalarna, Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Lärcenter/Vuxenutbildning</t>
+  </si>
+  <si>
+    <t>Coompanion Kooperativ Utveckling Skåne Ek. För.</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsförvaltningen Stockholm stad</t>
+  </si>
+  <si>
+    <t>LANDSTINGETS DIREKTION OCH STAB/ Regional utveckling. Område näringsliv</t>
+  </si>
+  <si>
+    <t>Atrinova Affärsutveckling AB</t>
+  </si>
+  <si>
+    <t>Nätverk Westum/ Högskolecentrum Bohuslän i Uddevalla</t>
+  </si>
+  <si>
+    <t>Hälsa och Social Välfärd</t>
+  </si>
+  <si>
+    <t>Social- och arbetsmarknadsförvaltningen</t>
+  </si>
+  <si>
+    <t>Region Stockholm</t>
+  </si>
+  <si>
+    <t>ABF GÄSTRIKEBYGDEN</t>
+  </si>
+  <si>
+    <t>Utvecklingsenheten</t>
+  </si>
+  <si>
+    <t>Wargön Innovation AB</t>
+  </si>
+  <si>
+    <t>Högskolan Väst|Høgskolen i Østfold</t>
+  </si>
+  <si>
+    <t>STIFTELSEN SKÅNE STADSMISSION</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Västra Skaraborg</t>
+  </si>
+  <si>
+    <t>Johanneberg Science Park AB</t>
+  </si>
+  <si>
+    <t>Sandvikens kommun / Lärcentrum</t>
+  </si>
+  <si>
+    <t>Lunds stift</t>
+  </si>
+  <si>
+    <t>Right To Play Sverige</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET ÄLV &amp; KUST</t>
+  </si>
+  <si>
+    <t>Jämlik stad, stadsområde välfärd och fritid</t>
+  </si>
+  <si>
+    <t>Aktivitetshus Väster, Funktionsstöd</t>
+  </si>
+  <si>
+    <t>Regionens kansli</t>
+  </si>
+  <si>
+    <t>Luleå Tekniska Universitet</t>
+  </si>
+  <si>
+    <t>Lev Stort - Projekt AB</t>
+  </si>
+  <si>
+    <t>Jämtlands gymnasium</t>
+  </si>
+  <si>
+    <t>Resursverkstaden</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Kalmar län AB</t>
+  </si>
+  <si>
+    <t>Kommunal Stockholms län</t>
+  </si>
+  <si>
+    <t>Ideella Fören Energieffektiviseringsföretage Fir</t>
+  </si>
+  <si>
+    <t>Campus Ljungby</t>
+  </si>
+  <si>
+    <t>Malmö Högskola</t>
+  </si>
+  <si>
+    <t>Kristianstad University</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsenheten</t>
+  </si>
+  <si>
+    <t>PersonalPartner Sverige AB</t>
+  </si>
+  <si>
+    <t>Nässjö Näringsliv AB</t>
+  </si>
+  <si>
+    <t>Helsingborgs stad</t>
+  </si>
+  <si>
+    <t>Södertälje Science Park AB</t>
+  </si>
+  <si>
+    <t>BEREDSKAPSLYFTET IDEELL FÖRENING</t>
+  </si>
+  <si>
+    <t>Skanova AB</t>
+  </si>
+  <si>
+    <t>Gotlands kulturrum Ek. för.</t>
+  </si>
+  <si>
+    <t>Högskolan i Gävle</t>
+  </si>
+  <si>
+    <t>Östergötlands Läns Landsting</t>
+  </si>
+  <si>
+    <t>Medicon Valley Alliance</t>
+  </si>
+  <si>
+    <t>Science City Skellefteå AB</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen Arbetsmarknad och Social välfärd</t>
+  </si>
+  <si>
+    <t>Handelskammarens Service, AC län AB</t>
+  </si>
+  <si>
+    <t>Coompanion Västerbottens län Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Avdelning vuxna och försörjningsstöd</t>
+  </si>
+  <si>
+    <t>Omsorgskontoret</t>
+  </si>
+  <si>
+    <t>Växjö kommun, Arbete och välfärd</t>
+  </si>
+  <si>
+    <t>Affärskompetens</t>
+  </si>
+  <si>
+    <t>Samordningsförbundets kansli c/o Huddinge kommun</t>
+  </si>
+  <si>
+    <t>Tranquist Utvärdering AB</t>
+  </si>
+  <si>
+    <t>Stift Adopticum</t>
+  </si>
+  <si>
+    <t>Biofuel Region Bfr AB</t>
+  </si>
+  <si>
+    <t>CirEko AB (svb)</t>
+  </si>
+  <si>
+    <t>Coompanion Sverige</t>
+  </si>
+  <si>
+    <t>Almi Invest Mitt AB</t>
+  </si>
+  <si>
+    <t>Högskolan i Kristianstad</t>
+  </si>
+  <si>
+    <t>Swedish Maritime Administration</t>
+  </si>
+  <si>
+    <t>Kompetensförsörjningsenheten</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET CENTRALA ÖSTERGÖTLAND</t>
+  </si>
+  <si>
+    <t>Cintoc AB</t>
+  </si>
+  <si>
+    <t>smiLe INCUBATOR AB</t>
+  </si>
+  <si>
+    <t>Stockholm Innovation &amp; Growth AB</t>
+  </si>
+  <si>
+    <t>Kontor Kalmar</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Västerbottens län</t>
+  </si>
+  <si>
+    <t>Iuc Z-Group AB</t>
+  </si>
+  <si>
+    <t>Utbildningsförvaltningen/Område stadsgemensamt/Vägledningscentrum</t>
+  </si>
+  <si>
+    <t>Stiftelsen Activa</t>
+  </si>
+  <si>
+    <t>Ideella Fören Tillväxt Gotland Med Firma Tillväx</t>
+  </si>
+  <si>
+    <t>Bjuvs kommun</t>
+  </si>
+  <si>
+    <t>Karolinska Inst Innovations AB</t>
+  </si>
+  <si>
+    <t>NORRKÖPING TILLSAMMANS</t>
+  </si>
+  <si>
+    <t>Malmö Universitet</t>
+  </si>
+  <si>
+    <t>POLISMYNDIGHETEN</t>
+  </si>
+  <si>
+    <t>OVANÅKERS KOMMUN</t>
+  </si>
+  <si>
+    <t>REGION BLEKINGE</t>
+  </si>
+  <si>
+    <t>Science Park Gotland</t>
+  </si>
+  <si>
+    <t>FOLKUNIVERSITETET STIFTELSEN KURSVER KSAMHETEN VID</t>
+  </si>
+  <si>
+    <t>Metsähallitus</t>
+  </si>
+  <si>
+    <t>EQUMENIAKYRKAN ALINGSÅS</t>
+  </si>
+  <si>
+    <t>Stift Nyföretagarcenter Syd</t>
+  </si>
+  <si>
+    <t>Mikroinvest Sverige AB</t>
+  </si>
+  <si>
+    <t>Stift Eken i Alingsås</t>
+  </si>
+  <si>
+    <t>Research and Development Centre, Municipality of Linkoping</t>
+  </si>
+  <si>
+    <t>Lapin ammattikorkeakoulu Oy</t>
+  </si>
+  <si>
+    <t>NORRBOTTENS KOMMUNER</t>
+  </si>
+  <si>
+    <t>YOUTH 2030 MOVEMENT</t>
+  </si>
+  <si>
+    <t>Huvudkontoret</t>
+  </si>
+  <si>
+    <t>Stiftskansliet Luleå Stift</t>
+  </si>
+  <si>
+    <t>Innanförskapsakademin Jämtland AB</t>
+  </si>
+  <si>
+    <t>Funktionsstödsförvaltningen</t>
+  </si>
+  <si>
+    <t>GYMNASTIK- OCH IDROTTSHÖGSKOLAN (GIH)</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Trollhättan, Lilla Edet och Grästorp</t>
+  </si>
+  <si>
+    <t>Solkraft</t>
+  </si>
+  <si>
+    <t>KARLSKRONA KOMMUN</t>
+  </si>
+  <si>
+    <t>ALMI Invest Småland &amp; Öarna AB</t>
+  </si>
+  <si>
+    <t>Föreningen Matvärden</t>
+  </si>
+  <si>
+    <t>SVETSKOMMISSIONEN</t>
+  </si>
+  <si>
+    <t>Träcentrum Nässjö Kompetensutveckling AB</t>
+  </si>
+  <si>
+    <t>Mittuniversitetet (MoRe Research)|RISE Pfi AS</t>
+  </si>
+  <si>
+    <t>Signerat Halland Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>SOS-BARNBYAR SVERIGE</t>
+  </si>
+  <si>
+    <t>Future Position X</t>
+  </si>
+  <si>
+    <t>Mitthem AB</t>
+  </si>
+  <si>
+    <t>Furuboda Kristianstad och Malmö</t>
+  </si>
+  <si>
+    <t>Svenska Byggnadsarbetareförbundet</t>
+  </si>
+  <si>
+    <t>ARVIDSJAURS KOMMUN</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Stockholm</t>
+  </si>
+  <si>
+    <t>MO Skåne</t>
+  </si>
+  <si>
+    <t>Uvåns Näringslivscenter AB</t>
+  </si>
+  <si>
+    <t>SORSELE KOMMUN</t>
+  </si>
+  <si>
+    <t>Region Jämtland Härjedalen|Sør-Trøndelag Fylkeskommune</t>
+  </si>
+  <si>
+    <t>Storumans kommun</t>
+  </si>
+  <si>
+    <t>Zitius Service Delivery AB</t>
+  </si>
+  <si>
+    <t>Business Gnosjöregion AB</t>
+  </si>
+  <si>
+    <t>STIFTELSEN PROTEKO</t>
+  </si>
+  <si>
+    <t>Stockholms stad Äldreförvaltningen</t>
+  </si>
+  <si>
+    <t>Turun yliopisto</t>
+  </si>
+  <si>
+    <t>HALMSTADS KOMMUN</t>
+  </si>
+  <si>
+    <t>Jämtland-Härjedalen Turism Jht Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>IP-Only Networks AB</t>
+  </si>
+  <si>
+    <t>Värmdö Municipality</t>
+  </si>
+  <si>
+    <t>LÃ¤nsstyrelsen i VÃ¤rmlands lÃ¤n</t>
+  </si>
+  <si>
+    <t>KÖPINGS KOMMUN</t>
+  </si>
+  <si>
+    <t>Göteborgs kommun</t>
+  </si>
+  <si>
+    <t>Strategirådet</t>
+  </si>
+  <si>
+    <t>Lofsdalsfjällens Turistnäring Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Coompanion Kronoberg Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen Växjö</t>
+  </si>
+  <si>
+    <t>MO Södra Götaland Stab</t>
+  </si>
+  <si>
+    <t>Östersunds kommun</t>
+  </si>
+  <si>
+    <t>Sisp Service &amp; Development AB</t>
+  </si>
+  <si>
+    <t>Västra Göteborgs stadsdelsförvaltning</t>
+  </si>
+  <si>
+    <t>Vuxenutbildningen Kumla</t>
+  </si>
+  <si>
+    <t>Södra Stockholms Folkhögskola</t>
+  </si>
+  <si>
+    <t>Överkalix kommun</t>
+  </si>
+  <si>
+    <t>Hållbar utveckling Skåne /Sustainable development  Skåne</t>
+  </si>
+  <si>
+    <t>Kultur arbete och folkhälsa</t>
+  </si>
+  <si>
+    <t>Nätverk Westum (Museigatan 2 3tr, Uddevalla)</t>
+  </si>
+  <si>
+    <t>Hotell- och restaurangfacket förbundskontor</t>
+  </si>
+  <si>
+    <t>STUDIEFÖRBUNDET VUXENSKOLAN UPPSALA LÄN</t>
+  </si>
+  <si>
+    <t>Volvo Powertrain Aktiebolag</t>
+  </si>
+  <si>
+    <t>Sahlgrenska Science Park AB</t>
+  </si>
+  <si>
+    <t>Piteå Science Park AB</t>
+  </si>
+  <si>
+    <t>Högskolan i Skövde</t>
+  </si>
+  <si>
+    <t>BOTKYRKA KOMMUN</t>
+  </si>
+  <si>
+    <t>ELVIRA Kunskapsutveckling AB</t>
+  </si>
+  <si>
+    <t>Gotlands kommun</t>
+  </si>
+  <si>
+    <t>Peak Region AB</t>
+  </si>
+  <si>
+    <t>Returhuset</t>
+  </si>
+  <si>
+    <t>TalangAkademin Ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Sandvikens kommun</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Ånge kommun</t>
+  </si>
+  <si>
+    <t>Västerviks kommun</t>
+  </si>
+  <si>
+    <t>Region Östergötland</t>
+  </si>
+  <si>
+    <t>Tjallingen Sijte</t>
+  </si>
+  <si>
+    <t>SKOGSSTYRELSEN</t>
+  </si>
+  <si>
+    <t>Föreningscenter</t>
+  </si>
+  <si>
+    <t>SF Småland Sydost</t>
+  </si>
+  <si>
+    <t>VELLINGE KOMMUN</t>
+  </si>
+  <si>
+    <t>Kompetensspridning i Umeå AB</t>
+  </si>
+  <si>
+    <t>Socia´l- och omsorgsförvaltningen</t>
+  </si>
+  <si>
+    <t>SVENLJUNGA KOMMUN</t>
+  </si>
+  <si>
+    <t>Research and Development Centre Municipality of Linkoping</t>
+  </si>
+  <si>
+    <t>Nova Utbildning, FoU &amp; Affärsutveckling</t>
+  </si>
+  <si>
+    <t>Östra Göinge kommun</t>
+  </si>
+  <si>
+    <t>Värmland County Administrative Board</t>
+  </si>
+  <si>
+    <t>SJUHÄRADS SAMORDNINGSFÖRBUND</t>
+  </si>
+  <si>
+    <t>Utbildning</t>
+  </si>
+  <si>
+    <t>Svenska Regionala Flygplatser AB</t>
+  </si>
+  <si>
+    <t>Stockholm läns sjukvårdsområde</t>
+  </si>
+  <si>
+    <t>Hammarby Sjöstad</t>
+  </si>
+  <si>
+    <t>Föreningen Nordens Norrbottenskrets</t>
+  </si>
+  <si>
+    <t>Nynäshamn kommun</t>
+  </si>
+  <si>
+    <t>Tourism In Skåne AB</t>
+  </si>
+  <si>
+    <t>Investeringar i Norrbotten AB</t>
+  </si>
+  <si>
+    <t>Högskolan Dalarna</t>
+  </si>
+  <si>
+    <t>LUNDS KOMMUN</t>
+  </si>
+  <si>
+    <t>SDF Norra Hisingen</t>
+  </si>
+  <si>
+    <t>Malmö mot Diskriminering</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet RAR</t>
+  </si>
+  <si>
+    <t>Kommunledningskontorst</t>
+  </si>
+  <si>
+    <t>FOLKBILDNINGSRÅDET</t>
+  </si>
+  <si>
+    <t>Hushållningssällskapet i Jämtlands län</t>
+  </si>
+  <si>
+    <t>NATIONELLA NÄTVERKET FÖR SAMORDNINGSFÖRBUND, NN</t>
+  </si>
+  <si>
+    <t>Karolinska Inst</t>
+  </si>
+  <si>
+    <t>Furuboda Arbetsmarknad Malmö</t>
+  </si>
+  <si>
+    <t>Öhrlings Pricewaterhouse Coopers AB</t>
+  </si>
+  <si>
+    <t>Hållbar Utveckling Skåne</t>
+  </si>
+  <si>
+    <t>Stadsledningskontoret</t>
+  </si>
+  <si>
+    <t>Högsby</t>
+  </si>
+  <si>
+    <t>SISP Swedish Incubators &amp; Science Parks</t>
+  </si>
+  <si>
+    <t>Regional Utveckling</t>
+  </si>
+  <si>
+    <t>Luleå MiljöResurs Aktiebolag</t>
+  </si>
+  <si>
+    <t>Handelskammaren Mälardalens Serviceaktiebolag</t>
+  </si>
+  <si>
+    <t>Skol &amp; Utbildningsförvaltningen</t>
+  </si>
+  <si>
+    <t>Trygghetsfonden TSL</t>
+  </si>
+  <si>
+    <t>Svenska Samernas Riksförbund</t>
+  </si>
+  <si>
+    <t>Verksamhetsområde Arbetssökande</t>
+  </si>
+  <si>
+    <t>SKÅNES KOMMUNER</t>
+  </si>
+  <si>
+    <t>Entreprenörsarenan Bohuslän Ideell Fören Med Fir</t>
+  </si>
+  <si>
+    <t>ArbetsCentralen Sverige AB</t>
+  </si>
+  <si>
+    <t>Göteborgsregionen</t>
+  </si>
+  <si>
+    <t>Luleå University of Technology</t>
+  </si>
+  <si>
+    <t>NEMA PROBLEMA</t>
+  </si>
+  <si>
+    <t>STIFTELSEN VÅRSTA DIAKONIGÅRD</t>
+  </si>
+  <si>
+    <t>Gotlands Elnät Aktiebolag</t>
+  </si>
+  <si>
+    <t>Sveriges Lantbruksuniversitet</t>
+  </si>
+  <si>
+    <t>Luleå Energi Aktiebolag</t>
+  </si>
+  <si>
+    <t>Arbetsmarknadsförvaltningen, Stockholms stad</t>
+  </si>
+  <si>
+    <t>Region Värmland</t>
+  </si>
+  <si>
+    <t>Träcentrum</t>
+  </si>
+  <si>
+    <t>Film- och TV-producenterna i Sverige ek för</t>
+  </si>
+  <si>
+    <t>County Board of Dalarna</t>
+  </si>
+  <si>
+    <t>BORÅS KOMMUN</t>
+  </si>
+  <si>
+    <t>Hushållningssällskapet i Norrbotten-Västerbotten</t>
+  </si>
+  <si>
+    <t>Inspiration Gotland</t>
+  </si>
+  <si>
+    <t>Swedish Provingground Association Ekonomisk Före</t>
+  </si>
+  <si>
+    <t>Urkraft</t>
+  </si>
+  <si>
+    <t>Keep Sweden Tidy</t>
+  </si>
+  <si>
+    <t>Regional utveckling Landstingets Kansli</t>
+  </si>
+  <si>
+    <t>Karlstads Universitet|OsloMet</t>
+  </si>
+  <si>
+    <t>Connect Väst</t>
+  </si>
+  <si>
+    <t>Myndigheten för ungdoms- och civilsamhällesfrågor</t>
+  </si>
+  <si>
+    <t>SV BLEKINGE</t>
+  </si>
+  <si>
+    <t>Invandrarindex Sverige AB</t>
+  </si>
+  <si>
+    <t>Kristinehamns kommun</t>
+  </si>
+  <si>
+    <t>Scenkonst Västernorrland AB</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Uppsala AB</t>
+  </si>
+  <si>
+    <t>Västerbottens Läns Landsting</t>
+  </si>
+  <si>
+    <t>Regionrådet for Fjellregionen|Länsstyrelsen Dalarna</t>
+  </si>
+  <si>
+    <t>Innovatum Science Center|Inspiria</t>
+  </si>
+  <si>
+    <t>REGION KRONOBERG</t>
+  </si>
+  <si>
+    <t>Jordbruk och Livsmedel</t>
+  </si>
+  <si>
+    <t>Socialhögskolan</t>
+  </si>
+  <si>
+    <t>Socialtjänsten, Stöd och omsorg</t>
+  </si>
+  <si>
+    <t>HantVerket</t>
+  </si>
+  <si>
+    <t>MEDBORGARSKOLAN VÄRMLAND-ÖREBRO LÄN</t>
+  </si>
+  <si>
+    <t>Visit Roslagen AB</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads- och socialförvaltningen, Avdelningen för nyanlända</t>
+  </si>
+  <si>
+    <t>Blekinge Business Incubator AB</t>
+  </si>
+  <si>
+    <t>Västerås kommun</t>
+  </si>
+  <si>
+    <t>Inclusive Business Sweden Ideell Fören</t>
+  </si>
+  <si>
+    <t>Umeå Biotech Incubator AB</t>
+  </si>
+  <si>
+    <t>STOCKHOLMS STADSMISSION</t>
+  </si>
+  <si>
+    <t>Scandic Hotels Aktiebolag</t>
+  </si>
+  <si>
+    <t>OLOFSTRÖMS KOMMUN</t>
+  </si>
+  <si>
+    <t>Kommunalförbundet Partnerkskap Inland - Akademi Norr</t>
+  </si>
+  <si>
+    <t>Svenska Skidanläggningars Organisation</t>
+  </si>
+  <si>
+    <t>ABF:S MALMÖAVDELNING</t>
+  </si>
+  <si>
+    <t>Svegs Företags- och Utvecklingsfören</t>
+  </si>
+  <si>
+    <t>Swerea Mefos AB</t>
+  </si>
+  <si>
+    <t>Norsk Institutt for Bioøkonomi|Centrum för biologisk mångfald, SLU</t>
+  </si>
+  <si>
+    <t>LÄNSSTYRELSEN I ÖREBRO LÄN</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Norrbottens län</t>
+  </si>
+  <si>
+    <t>Jämtlands Läns Landsting</t>
+  </si>
+  <si>
+    <t>Competence Sverige ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Lapplands kommunalförbund</t>
+  </si>
+  <si>
+    <t>Robertsfors kommun</t>
+  </si>
+  <si>
+    <t>BLUE SCIENCE PARK</t>
+  </si>
+  <si>
+    <t>Af Blekinge</t>
+  </si>
+  <si>
+    <t>Karlstads kommun</t>
+  </si>
+  <si>
+    <t>Linnéuniversitetet</t>
+  </si>
+  <si>
+    <t>Sverigefinska folkhögskolan</t>
+  </si>
+  <si>
+    <t>Arvidsjaur Flygplats AB</t>
+  </si>
+  <si>
+    <t>Smp Svensk Maskinprovning AB</t>
+  </si>
+  <si>
+    <t>Arbetsförmedlingen</t>
+  </si>
+  <si>
+    <t>Räddningstjänsten i Halmstad</t>
+  </si>
+  <si>
+    <t>Agroväst Livsmedel AB</t>
+  </si>
+  <si>
+    <t>Linköpings Universitet</t>
+  </si>
+  <si>
+    <t>Åre Destination AB</t>
+  </si>
+  <si>
+    <t>Inst. för hälsa och lärande, Högskolan Skövde</t>
+  </si>
+  <si>
+    <t>ALMI Invest Stockholm AB</t>
+  </si>
+  <si>
+    <t>Avdelningen för vård och omsorg, Uppdrag Psykisk hälsa</t>
+  </si>
+  <si>
+    <t>Internationella enheten</t>
+  </si>
+  <si>
+    <t>FOLKUNIVERSITETET STIFT KURSVERKSAMHETEN VID STOCK</t>
+  </si>
+  <si>
+    <t>Verksamhetsområde Utbildning och arbete</t>
+  </si>
+  <si>
+    <t>Åkroken Science Park AB</t>
+  </si>
+  <si>
+    <t>REGION SKÅNE</t>
+  </si>
+  <si>
+    <t>Coompanion Östergötland, Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>TRANEMO KOMMUN</t>
+  </si>
+  <si>
+    <t>Innventia AB</t>
+  </si>
+  <si>
+    <t>Socialtjänsten, Äldreomsorgen</t>
+  </si>
+  <si>
+    <t>Acreo Swedish Ict AB</t>
+  </si>
+  <si>
+    <t>Hassela Helpline</t>
+  </si>
+  <si>
+    <t>Coompanion Jönköpings län</t>
+  </si>
+  <si>
+    <t>Svenska Jägareförbundet</t>
+  </si>
+  <si>
+    <t>Karlstad Innovation Park Ek. För.</t>
+  </si>
+  <si>
+    <t>Kommunkansliet</t>
+  </si>
+  <si>
+    <t>Uppsala Läns Landsting</t>
+  </si>
+  <si>
+    <t>Utsjoen kunta</t>
+  </si>
+  <si>
+    <t>Vätgas Sverige Ideell Fören</t>
+  </si>
+  <si>
+    <t>Coompanion Östergötland</t>
+  </si>
+  <si>
+    <t>LRF/Utveckling&amp;analys</t>
+  </si>
+  <si>
+    <t>Alfred Nobel Science Park AB</t>
+  </si>
+  <si>
+    <t>Industriellt UtvecklingsCentrum Syd AB</t>
+  </si>
+  <si>
+    <t>Arctic Business Incubator AB</t>
+  </si>
+  <si>
+    <t>Västmanlands Läns Landsting</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen Skåne Samhällsbyggnadsavdelningen Enheten för samhällsetabler</t>
+  </si>
+  <si>
+    <t>Arbetslivsförvaltningen/Arbetslivsinriktad rehabilitering</t>
+  </si>
+  <si>
+    <t>Länsstyrelsen i Jönköpings län</t>
+  </si>
+  <si>
+    <t>Enheten för arbetsmarknad och integration</t>
+  </si>
+  <si>
+    <t>Linköping Science Park AB</t>
+  </si>
+  <si>
+    <t>Region Västerbotten Näringsliv och Samhällsbyggnad</t>
+  </si>
+  <si>
+    <t>RISE SWECAST AB</t>
+  </si>
+  <si>
+    <t>Trygghetsfondens kansli</t>
+  </si>
+  <si>
+    <t>Göteborgs stad, Grundskoleförvaltningen</t>
+  </si>
+  <si>
+    <t>Växjö kommun, arbete och välfärd</t>
+  </si>
+  <si>
+    <t>Bodens kommun</t>
+  </si>
+  <si>
+    <t>Möjligheternas Hus AB</t>
+  </si>
+  <si>
+    <t>Kullbergska huset, staben</t>
+  </si>
+  <si>
+    <t>Intressefören Bergslaget</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads- och vuxenutbildningsförvaltningen</t>
+  </si>
+  <si>
+    <t>STIFTELSEN BOTILDENBORG</t>
+  </si>
+  <si>
+    <t>Axfoundation- ÖppnaDörren</t>
+  </si>
+  <si>
+    <t>Arbete och välfärdsförvaltningen, VLC</t>
+  </si>
+  <si>
+    <t>Ängelholms kommun</t>
+  </si>
+  <si>
+    <t>Nord universitet (tidl. Høgskolen i Nord-Trøndelag|Mittuniversitetet</t>
+  </si>
+  <si>
+    <t>Landskrona stad, arbetsmarknadsavdelningen</t>
+  </si>
+  <si>
+    <t>FREMIA</t>
+  </si>
+  <si>
+    <t>Stift Dalarna Science Park</t>
+  </si>
+  <si>
+    <t>Swedish University of Agricultural Sciences</t>
+  </si>
+  <si>
+    <t>RISE IVF AB</t>
+  </si>
+  <si>
+    <t>Industrial Development Centre South</t>
+  </si>
+  <si>
+    <t>Science Park Jönköping AB</t>
+  </si>
+  <si>
+    <t>Swedish Lapland Visitors Board ekonomisk förening</t>
+  </si>
+  <si>
+    <t>SDF Östra Göteborg</t>
+  </si>
+  <si>
+    <t>Kommunledningsförvaltningen Kristinehamn</t>
+  </si>
+  <si>
+    <t>Norrköpings kommun</t>
+  </si>
+  <si>
+    <t>Fören Automationsföretagen Sverige</t>
+  </si>
+  <si>
+    <t>REDI SCHOOL OF DIDGITAL INTEGRATION</t>
+  </si>
+  <si>
+    <t>ALMEGA TJÄNSTEFÖRETAGEN</t>
+  </si>
+  <si>
+    <t>TILLVÄXT GOTLAND</t>
+  </si>
+  <si>
+    <t>Vetlanda kommun</t>
+  </si>
+  <si>
+    <t>Sjuhärads Samordningsförbund</t>
+  </si>
+  <si>
+    <t>Sävsjö Näringslivs AB</t>
+  </si>
+  <si>
+    <t>SOULIDARITY &amp; HUMAN RIGHTS</t>
+  </si>
+  <si>
+    <t>Luleå Hamn AB</t>
+  </si>
+  <si>
+    <t>Stockholms kommun</t>
+  </si>
+  <si>
+    <t>Regionalt Pilegrimssenter Stiklestad|Selångers församling</t>
+  </si>
+  <si>
+    <t>ALMI Invest Västsverige AB</t>
+  </si>
+  <si>
+    <t>Visit Dalarna AB</t>
+  </si>
+  <si>
+    <t>Industriellt Utvecklingscentrum i Kalmar AB</t>
+  </si>
+  <si>
+    <t>Coompanion Västmanland</t>
+  </si>
+  <si>
+    <t>BLEKINGE TEKNISKA HÖGSKOLA</t>
+  </si>
+  <si>
+    <t>Luleå Business Region AB</t>
+  </si>
+  <si>
+    <t>Gotlands Idrottsförbund</t>
+  </si>
+  <si>
+    <t>Arbetsmarknads- och socialförvaltningen, staben</t>
+  </si>
+  <si>
+    <t>Coompanion Kronoberg</t>
+  </si>
+  <si>
+    <t>Region Stockholm-Development and Regional Planning</t>
+  </si>
+  <si>
+    <t>Stift Inova i Wermland</t>
+  </si>
+  <si>
+    <t>Järnvägskluster i Västerås ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Krinova Incubator and Science Park</t>
+  </si>
+  <si>
+    <t>Bildningsförvaltningen</t>
+  </si>
+  <si>
+    <t>Slow Food Sápmi</t>
+  </si>
+  <si>
+    <t>Kompetenscentrum Gotland</t>
+  </si>
+  <si>
+    <t>Umeå</t>
+  </si>
+  <si>
+    <t>FOLKHÖGSKOLORNAS SERVICEORGANISATION</t>
+  </si>
+  <si>
+    <t>Mittskandia</t>
+  </si>
+  <si>
+    <t>AgroÖst</t>
+  </si>
+  <si>
+    <t>Näringspolitisk avdelning, TNP</t>
+  </si>
+  <si>
+    <t>Hyllie Park Talentbyrån AB</t>
+  </si>
+  <si>
+    <t>ALMI Företagspartner Stockholm Sörmland AB</t>
+  </si>
+  <si>
+    <t>Folkuniversitetet Lund</t>
+  </si>
+  <si>
+    <t>European Spallation Source Eric</t>
+  </si>
+  <si>
+    <t>Sveriges Kommuner och Regioner</t>
+  </si>
+  <si>
+    <t>Etnografiska museet</t>
+  </si>
+  <si>
+    <t>Coompanion Stockholms län (i Södertälje)</t>
+  </si>
+  <si>
+    <t>Nasjonalparkstyret for Fulufjellet|Länsstyrelsen Dalarna</t>
+  </si>
+  <si>
+    <t>Innovatum Progress AB</t>
+  </si>
+  <si>
+    <t>GR Utbildning</t>
+  </si>
+  <si>
+    <t>Interior Cluster Sweden AB</t>
+  </si>
+  <si>
+    <t>LOK-Center</t>
+  </si>
+  <si>
+    <t>Arbetsmarknad och socialförvaltningen</t>
+  </si>
+  <si>
+    <t>Blå Vägen Skogängsvägen 59</t>
+  </si>
+  <si>
+    <t>Coompanion Sörmland Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Wiks Folkhögskola</t>
+  </si>
+  <si>
+    <t>SVALÖVS KOMMUN</t>
+  </si>
+  <si>
+    <t>Franzéngatan 1B</t>
+  </si>
+  <si>
+    <t>Trondheim Kommune|Stiftelsen Jamtli</t>
+  </si>
+  <si>
+    <t>Nord universitet|Mittuniversitetet</t>
+  </si>
+  <si>
+    <t>City of Växjö</t>
+  </si>
+  <si>
+    <t>VALLENTUNA KOMMUN</t>
+  </si>
+  <si>
+    <t>Härjeåns Nät AB</t>
+  </si>
+  <si>
+    <t>Enheten för arbete &amp; studier Unga, Arbetsmarknadsavdelningen</t>
+  </si>
+  <si>
+    <t>Svenska Fotbollförbundet</t>
+  </si>
+  <si>
+    <t>LANDSKRONA KOMMUN</t>
+  </si>
+  <si>
+    <t>ALMI Invest Östra Mellansverige AB</t>
+  </si>
+  <si>
+    <t>TAMU Malmö, ASF JobbMalmö</t>
+  </si>
+  <si>
+    <t>Alingsås kommun</t>
+  </si>
+  <si>
+    <t>Skolförvaltningen Karlskoga Kommun</t>
+  </si>
+  <si>
+    <t>Coompanion Göteborgsregionen</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET SÖDRA NORRBOTTEN</t>
+  </si>
+  <si>
+    <t>Hudiksvalls Hydralikkluster</t>
+  </si>
+  <si>
+    <t>Furuboda Arbetsmarknad</t>
+  </si>
+  <si>
+    <t>Vägledningscentrum</t>
+  </si>
+  <si>
+    <t>Nynäshamns kommun/ Tillväxtavdelningen, KSF</t>
+  </si>
+  <si>
+    <t>Almåsa Fritid i Offerdal AB</t>
+  </si>
+  <si>
+    <t>HR kontoret</t>
+  </si>
+  <si>
+    <t>Haganässkolan, Kommunal vuxenutbildning</t>
+  </si>
+  <si>
+    <t>Royal Institute of Technology (Kungliga Tekniska Högskolan)</t>
+  </si>
+  <si>
+    <t>Coompanion - Kooperativ Utveckling i Halland, Ek</t>
+  </si>
+  <si>
+    <t>STIFTELSEN FRYSHUSET</t>
   </si>
   <si>
     <t>Gothenburg City Council</t>
   </si>
   <si>
-    <t>STOCKHOLMS UNIVERSITET</t>
-[...113 lines deleted...]
-    <t>Stockholm University, Sweden</t>
+    <t>Företagarnas Service i Gävleborg AB</t>
+  </si>
+  <si>
+    <t>Investera Mittsverige AB</t>
+  </si>
+  <si>
+    <t>KTH Royal Institute of Technology</t>
+  </si>
+  <si>
+    <t>Sveriges Kvinnolobbys kansli, Karlbergsvägen 86A, 113 35 Stockholm</t>
+  </si>
+  <si>
+    <t>CVL Olsbacka</t>
+  </si>
+  <si>
+    <t>FÖRSÄKRINGSKASSAN</t>
+  </si>
+  <si>
+    <t>Kalmar Läns Landsting</t>
+  </si>
+  <si>
+    <t>KTH, Royal Institute of Technology</t>
+  </si>
+  <si>
+    <t>RÄDDA BARNENS RIKSFÖRBUND</t>
+  </si>
+  <si>
+    <t>KALMAR COUNTY MUSEUM</t>
+  </si>
+  <si>
+    <t>Torsby kommun</t>
+  </si>
+  <si>
+    <t>Kreditgarantifören Norr Ekonomisk Fören</t>
+  </si>
+  <si>
+    <t>Eskilstuna Jernmanufaktur AB</t>
+  </si>
+  <si>
+    <t>Umeå kommun</t>
+  </si>
+  <si>
+    <t>sjuhärads samordningsförbund</t>
+  </si>
+  <si>
+    <t>Nationella samordningskontoret för Eures</t>
+  </si>
+  <si>
+    <t>Nordiskt Valideringsforum AB</t>
+  </si>
+  <si>
+    <t>Varbergs kommun</t>
+  </si>
+  <si>
+    <t>BizMaker AB</t>
+  </si>
+  <si>
+    <t>Nordiska Samerådet</t>
+  </si>
+  <si>
+    <t>SAMETINGET</t>
+  </si>
+  <si>
+    <t>Arbetsmiljöenheten</t>
+  </si>
+  <si>
+    <t>Arctic Business Incubator</t>
+  </si>
+  <si>
+    <t>Sunderby folkhögskola</t>
+  </si>
+  <si>
+    <t>Arjeplogs kommun</t>
+  </si>
+  <si>
+    <t>Lindholmen Science Park AB</t>
+  </si>
+  <si>
+    <t>Västra Götalands Läns Landsting</t>
+  </si>
+  <si>
+    <t>NÄTVERK WESTUM</t>
+  </si>
+  <si>
+    <t>Resursenheten 2/UngÖst</t>
+  </si>
+  <si>
+    <t>Affärskompetens Sverige</t>
+  </si>
+  <si>
+    <t>Norsjö kommun</t>
+  </si>
+  <si>
+    <t>Socialförvaltningen Kiruna</t>
+  </si>
+  <si>
+    <t>Regional utvecklingsförvaltning</t>
+  </si>
+  <si>
+    <t>Team Botnia Oy</t>
+  </si>
+  <si>
+    <t>IDC West Sweden</t>
+  </si>
+  <si>
+    <t>Bjurholms kommun</t>
+  </si>
+  <si>
+    <t>Kommunledning</t>
+  </si>
+  <si>
+    <t>STORFORS KOMMUN</t>
+  </si>
+  <si>
+    <t>Lokalproducerat i Väst AB</t>
+  </si>
+  <si>
+    <t>Forte</t>
+  </si>
+  <si>
+    <t>SKARA KOMMUN</t>
+  </si>
+  <si>
+    <t>Merit utbildning Malmö AB</t>
+  </si>
+  <si>
+    <t>Centrum för Informationslogistik i Ljungby AB</t>
+  </si>
+  <si>
+    <t>Tornedalens Folkhögskola</t>
   </si>
   <si>
     <t>Värmlands Läns Landsting</t>
   </si>
   <si>
-    <t>Arbets- och Beteendemedicinskt Centrum</t>
-[...254 lines deleted...]
-    <t>Folkbildningsrådet</t>
+    <t>AB Samarkand 2015</t>
+  </si>
+  <si>
+    <t>Vreta Kluster AB</t>
+  </si>
+  <si>
+    <t>SV Värmland Karlstad</t>
+  </si>
+  <si>
+    <t>Stadsledningskansliet /Näringsliv</t>
+  </si>
+  <si>
+    <t>Ratio - näringslivets forskningsinstitut</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Skaraborg</t>
+  </si>
+  <si>
+    <t>Norrbottens Läns Landsting</t>
+  </si>
+  <si>
+    <t>FOLKUNIVERSITETET STIFTELSEN KURSVERKSAMHETEN VID</t>
+  </si>
+  <si>
+    <t>REGION JÄMTLAND HÄRJEDALEN</t>
+  </si>
+  <si>
+    <t>Mälardalens Högskola</t>
+  </si>
+  <si>
+    <t>Avdelningen Hälsa och social välfärd</t>
+  </si>
+  <si>
+    <t>Socialförvaltningen, Integrationsenheten</t>
+  </si>
+  <si>
+    <t>Lund University</t>
+  </si>
+  <si>
+    <t>Akademikerförbundet SSR</t>
+  </si>
+  <si>
+    <t>Ekonomistyrningsverket</t>
+  </si>
+  <si>
+    <t>T2 College</t>
+  </si>
+  <si>
+    <t>Kommunkontoret</t>
+  </si>
+  <si>
+    <t>Oskarshamns kommun/Arbetsmarknadsenheten</t>
+  </si>
+  <si>
+    <t>Simrishamns kommun</t>
+  </si>
+  <si>
+    <t>ABF ÖREBRO LÄN</t>
+  </si>
+  <si>
+    <t>Association of Municipalities in Kalmar County</t>
+  </si>
+  <si>
+    <t>Utbildningsförvaltningen/Gymnasieavdelningen/Gymnasiestaben</t>
   </si>
   <si>
     <t>Kramfors Mediateknik Aktiebolag</t>
   </si>
   <si>
-    <t>Karlskoga folkhögskola</t>
+    <t>SALA KOMMUN</t>
   </si>
   <si>
     <t>SUNDBYBERGS KOMMUN</t>
   </si>
   <si>
-    <t>IUC Z-GROUP</t>
-[...1688 lines deleted...]
-    <t>Smålands Turism AB</t>
+    <t>Krinova AB</t>
+  </si>
+  <si>
+    <t>Individ- och familjeenheten</t>
+  </si>
+  <si>
+    <t>Industriellt Utvecklingscentrum Norr AB</t>
+  </si>
+  <si>
+    <t>Campus Västervik</t>
+  </si>
+  <si>
+    <t>Västerbottens Museum AB</t>
+  </si>
+  <si>
+    <t>Gävleborgs Idrottsförbund</t>
+  </si>
+  <si>
+    <t>Oulun Yliopisto</t>
+  </si>
+  <si>
+    <t>Luleå Näringsliv AB</t>
+  </si>
+  <si>
+    <t>Gröna Klustret Nuntorp ekonomisk förening</t>
+  </si>
+  <si>
+    <t>Norrköping Science Park AB</t>
+  </si>
+  <si>
+    <t>Furuboda Malmö</t>
+  </si>
+  <si>
+    <t>Avki AB</t>
+  </si>
+  <si>
+    <t>Stiftelsen Svensk Industridesign</t>
+  </si>
+  <si>
+    <t>Fören Matvärden</t>
+  </si>
+  <si>
+    <t>SAMORDNINGSFÖRBUNDET SKELLEFTEÅ</t>
+  </si>
+  <si>
+    <t>Destination Järvsö AB</t>
+  </si>
+  <si>
+    <t>Ragunda kommun</t>
+  </si>
+  <si>
+    <t>Almi Företagspartner Jönköping Aktiebolag</t>
+  </si>
+  <si>
+    <t>LO-distriktet i Stockholms län</t>
+  </si>
+  <si>
+    <t>Saamelaisalueen koulutuskeskus</t>
+  </si>
+  <si>
+    <t>Samordningsförbundet Göteborg Hisingen DELTA</t>
+  </si>
+  <si>
+    <t>Stiftelsen Bergsskolan i Filipstad</t>
+  </si>
+  <si>
+    <t>Försäkringskassans huvudkontor</t>
+  </si>
+  <si>
+    <t>Blue Science Park ( svb ) AB</t>
+  </si>
+  <si>
+    <t>Malmö Ideella</t>
+  </si>
+  <si>
+    <t>REGION UPPSALA</t>
+  </si>
+  <si>
+    <t>Stift Life International Foundation For Eco</t>
+  </si>
+  <si>
+    <t>Socialförvaltningen  Centrum</t>
+  </si>
+  <si>
+    <t>Intressebevakning inom branschorganisation</t>
+  </si>
+  <si>
+    <t>Affärsverken Karlskrona AB</t>
   </si>
   <si>
     <t>Västervik Framåt AB</t>
   </si>
   <si>
-    <t>Destination Funäsfjällen AB</t>
-[...1841 lines deleted...]
-    <t>Socialtjänsten, Stöd och omsorg</t>
+    <t>Almi Invest GreenTech AB</t>
+  </si>
+  <si>
+    <t>Kalmar Science Park AB</t>
+  </si>
+  <si>
+    <t>Övik Energi Aktiebolag</t>
   </si>
   <si>
     <t>Stiftelsen Stockholms NyföretagarCentrum/Start-Up Stockholm</t>
-  </si>
-[...214 lines deleted...]
-    <t>KUNGSHAGA 4H</t>
   </si>
   <si>
     <t>http://www.fingerprints.com/|https://www.fingerprints.com/</t>
   </si>
   <si>
     <t>Q28492296</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -11514,427 +11514,427 @@
       <c r="B338" t="s">
         <v>1742</v>
       </c>
     </row>
     <row r="339" spans="1:2">
       <c r="A339" t="s">
         <v>341</v>
       </c>
       <c r="B339" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="340" spans="1:2">
       <c r="A340" t="s">
         <v>342</v>
       </c>
       <c r="B340" t="s">
         <v>1744</v>
       </c>
     </row>
     <row r="341" spans="1:2">
       <c r="A341" t="s">
         <v>343</v>
       </c>
       <c r="B341" t="s">
-        <v>1668</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="342" spans="1:2">
       <c r="A342" t="s">
         <v>344</v>
       </c>
       <c r="B342" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="343" spans="1:2">
       <c r="A343" t="s">
         <v>345</v>
       </c>
       <c r="B343" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="344" spans="1:2">
       <c r="A344" t="s">
         <v>346</v>
       </c>
       <c r="B344" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="345" spans="1:2">
       <c r="A345" t="s">
         <v>347</v>
       </c>
       <c r="B345" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="346" spans="1:2">
       <c r="A346" t="s">
         <v>348</v>
       </c>
       <c r="B346" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="347" spans="1:2">
       <c r="A347" t="s">
         <v>349</v>
       </c>
       <c r="B347" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="348" spans="1:2">
       <c r="A348" t="s">
         <v>350</v>
       </c>
       <c r="B348" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="349" spans="1:2">
       <c r="A349" t="s">
         <v>351</v>
       </c>
       <c r="B349" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="350" spans="1:2">
       <c r="A350" t="s">
         <v>352</v>
       </c>
       <c r="B350" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="351" spans="1:2">
       <c r="A351" t="s">
         <v>353</v>
       </c>
       <c r="B351" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="352" spans="1:2">
       <c r="A352" t="s">
         <v>354</v>
       </c>
       <c r="B352" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="353" spans="1:2">
       <c r="A353" t="s">
         <v>355</v>
       </c>
       <c r="B353" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="354" spans="1:2">
       <c r="A354" t="s">
         <v>356</v>
       </c>
       <c r="B354" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="355" spans="1:2">
       <c r="A355" t="s">
         <v>357</v>
       </c>
       <c r="B355" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="356" spans="1:2">
       <c r="A356" t="s">
         <v>358</v>
       </c>
       <c r="B356" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="357" spans="1:2">
       <c r="A357" t="s">
         <v>359</v>
       </c>
       <c r="B357" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="358" spans="1:2">
       <c r="A358" t="s">
         <v>360</v>
       </c>
       <c r="B358" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="359" spans="1:2">
       <c r="A359" t="s">
         <v>361</v>
       </c>
       <c r="B359" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="360" spans="1:2">
       <c r="A360" t="s">
         <v>362</v>
       </c>
       <c r="B360" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="361" spans="1:2">
       <c r="A361" t="s">
         <v>363</v>
       </c>
       <c r="B361" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="362" spans="1:2">
       <c r="A362" t="s">
         <v>364</v>
       </c>
       <c r="B362" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="363" spans="1:2">
       <c r="A363" t="s">
         <v>365</v>
       </c>
       <c r="B363" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="364" spans="1:2">
       <c r="A364" t="s">
         <v>366</v>
       </c>
       <c r="B364" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="365" spans="1:2">
       <c r="A365" t="s">
         <v>367</v>
       </c>
       <c r="B365" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="366" spans="1:2">
       <c r="A366" t="s">
         <v>368</v>
       </c>
       <c r="B366" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="367" spans="1:2">
       <c r="A367" t="s">
         <v>369</v>
       </c>
       <c r="B367" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="368" spans="1:2">
       <c r="A368" t="s">
         <v>370</v>
       </c>
       <c r="B368" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="369" spans="1:2">
       <c r="A369" t="s">
         <v>371</v>
       </c>
       <c r="B369" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="370" spans="1:2">
       <c r="A370" t="s">
         <v>372</v>
       </c>
       <c r="B370" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="371" spans="1:2">
       <c r="A371" t="s">
         <v>373</v>
       </c>
       <c r="B371" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="372" spans="1:2">
       <c r="A372" t="s">
         <v>374</v>
       </c>
       <c r="B372" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="373" spans="1:2">
       <c r="A373" t="s">
         <v>375</v>
       </c>
       <c r="B373" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="374" spans="1:2">
       <c r="A374" t="s">
         <v>376</v>
       </c>
       <c r="B374" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="375" spans="1:2">
       <c r="A375" t="s">
         <v>377</v>
       </c>
       <c r="B375" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="376" spans="1:2">
       <c r="A376" t="s">
         <v>378</v>
       </c>
       <c r="B376" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="377" spans="1:2">
       <c r="A377" t="s">
         <v>379</v>
       </c>
       <c r="B377" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="378" spans="1:2">
       <c r="A378" t="s">
         <v>380</v>
       </c>
       <c r="B378" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="379" spans="1:2">
       <c r="A379" t="s">
         <v>381</v>
       </c>
       <c r="B379" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="380" spans="1:2">
       <c r="A380" t="s">
         <v>382</v>
       </c>
       <c r="B380" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="381" spans="1:2">
       <c r="A381" t="s">
         <v>383</v>
       </c>
       <c r="B381" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="382" spans="1:2">
       <c r="A382" t="s">
         <v>384</v>
       </c>
       <c r="B382" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="383" spans="1:2">
       <c r="A383" t="s">
         <v>385</v>
       </c>
       <c r="B383" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="384" spans="1:2">
       <c r="A384" t="s">
         <v>386</v>
       </c>
       <c r="B384" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="385" spans="1:2">
       <c r="A385" t="s">
         <v>387</v>
       </c>
       <c r="B385" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="386" spans="1:2">
       <c r="A386" t="s">
         <v>388</v>
       </c>
       <c r="B386" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="387" spans="1:2">
       <c r="A387" t="s">
         <v>389</v>
       </c>
       <c r="B387" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="388" spans="1:2">
       <c r="A388" t="s">
         <v>390</v>
       </c>
       <c r="B388" t="s">
-        <v>1791</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="389" spans="1:2">
       <c r="A389" t="s">
         <v>391</v>
       </c>
       <c r="B389" t="s">
         <v>1792</v>
       </c>
     </row>
     <row r="390" spans="1:2">
       <c r="A390" t="s">
         <v>392</v>
       </c>
       <c r="B390" t="s">
         <v>1793</v>
       </c>
     </row>
     <row r="391" spans="1:2">
       <c r="A391" t="s">
         <v>393</v>
       </c>
       <c r="B391" t="s">
         <v>1794</v>
       </c>
@@ -12786,6809 +12786,6809 @@
       <c r="B497" t="s">
         <v>1900</v>
       </c>
     </row>
     <row r="498" spans="1:2">
       <c r="A498" t="s">
         <v>500</v>
       </c>
       <c r="B498" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="499" spans="1:2">
       <c r="A499" t="s">
         <v>501</v>
       </c>
       <c r="B499" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="500" spans="1:2">
       <c r="A500" t="s">
         <v>502</v>
       </c>
       <c r="B500" t="s">
-        <v>1903</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="501" spans="1:2">
       <c r="A501" t="s">
         <v>503</v>
       </c>
       <c r="B501" t="s">
-        <v>1904</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="502" spans="1:2">
       <c r="A502" t="s">
         <v>504</v>
       </c>
       <c r="B502" t="s">
-        <v>1905</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="503" spans="1:2">
       <c r="A503" t="s">
         <v>505</v>
       </c>
       <c r="B503" t="s">
-        <v>1906</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="504" spans="1:2">
       <c r="A504" t="s">
         <v>506</v>
       </c>
       <c r="B504" t="s">
-        <v>1907</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="505" spans="1:2">
       <c r="A505" t="s">
         <v>507</v>
       </c>
       <c r="B505" t="s">
-        <v>1908</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="506" spans="1:2">
       <c r="A506" t="s">
         <v>508</v>
       </c>
       <c r="B506" t="s">
-        <v>1909</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="507" spans="1:2">
       <c r="A507" t="s">
         <v>509</v>
       </c>
       <c r="B507" t="s">
-        <v>1910</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="508" spans="1:2">
       <c r="A508" t="s">
         <v>510</v>
       </c>
       <c r="B508" t="s">
-        <v>1911</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="509" spans="1:2">
       <c r="A509" t="s">
         <v>511</v>
       </c>
       <c r="B509" t="s">
-        <v>1912</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="510" spans="1:2">
       <c r="A510" t="s">
         <v>512</v>
       </c>
       <c r="B510" t="s">
-        <v>1913</v>
+        <v>1912</v>
       </c>
     </row>
     <row r="511" spans="1:2">
       <c r="A511" t="s">
         <v>513</v>
       </c>
       <c r="B511" t="s">
-        <v>1914</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="512" spans="1:2">
       <c r="A512" t="s">
         <v>514</v>
       </c>
       <c r="B512" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="513" spans="1:2">
       <c r="A513" t="s">
         <v>515</v>
       </c>
       <c r="B513" t="s">
-        <v>1916</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="514" spans="1:2">
       <c r="A514" t="s">
         <v>516</v>
       </c>
       <c r="B514" t="s">
-        <v>1917</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="515" spans="1:2">
       <c r="A515" t="s">
         <v>517</v>
       </c>
       <c r="B515" t="s">
-        <v>1918</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="516" spans="1:2">
       <c r="A516" t="s">
         <v>518</v>
       </c>
       <c r="B516" t="s">
-        <v>1919</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="517" spans="1:2">
       <c r="A517" t="s">
         <v>519</v>
       </c>
       <c r="B517" t="s">
-        <v>1920</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="518" spans="1:2">
       <c r="A518" t="s">
         <v>520</v>
       </c>
       <c r="B518" t="s">
-        <v>1921</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="519" spans="1:2">
       <c r="A519" t="s">
         <v>521</v>
       </c>
       <c r="B519" t="s">
-        <v>1922</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="520" spans="1:2">
       <c r="A520" t="s">
         <v>522</v>
       </c>
       <c r="B520" t="s">
-        <v>1923</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="521" spans="1:2">
       <c r="A521" t="s">
         <v>523</v>
       </c>
       <c r="B521" t="s">
-        <v>1924</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="522" spans="1:2">
       <c r="A522" t="s">
         <v>524</v>
       </c>
       <c r="B522" t="s">
-        <v>1925</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="523" spans="1:2">
       <c r="A523" t="s">
         <v>525</v>
       </c>
       <c r="B523" t="s">
-        <v>1926</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="524" spans="1:2">
       <c r="A524" t="s">
         <v>526</v>
       </c>
       <c r="B524" t="s">
-        <v>1927</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="525" spans="1:2">
       <c r="A525" t="s">
         <v>527</v>
       </c>
       <c r="B525" t="s">
-        <v>1928</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="526" spans="1:2">
       <c r="A526" t="s">
         <v>528</v>
       </c>
       <c r="B526" t="s">
-        <v>1929</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="527" spans="1:2">
       <c r="A527" t="s">
         <v>529</v>
       </c>
       <c r="B527" t="s">
-        <v>1930</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="528" spans="1:2">
       <c r="A528" t="s">
         <v>530</v>
       </c>
       <c r="B528" t="s">
-        <v>1931</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="529" spans="1:2">
       <c r="A529" t="s">
         <v>531</v>
       </c>
       <c r="B529" t="s">
-        <v>1932</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="530" spans="1:2">
       <c r="A530" t="s">
         <v>532</v>
       </c>
       <c r="B530" t="s">
-        <v>1933</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="531" spans="1:2">
       <c r="A531" t="s">
         <v>533</v>
       </c>
       <c r="B531" t="s">
-        <v>1934</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="532" spans="1:2">
       <c r="A532" t="s">
         <v>534</v>
       </c>
       <c r="B532" t="s">
-        <v>1935</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="533" spans="1:2">
       <c r="A533" t="s">
         <v>535</v>
       </c>
       <c r="B533" t="s">
-        <v>1936</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="534" spans="1:2">
       <c r="A534" t="s">
         <v>536</v>
       </c>
       <c r="B534" t="s">
-        <v>1937</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="535" spans="1:2">
       <c r="A535" t="s">
         <v>537</v>
       </c>
       <c r="B535" t="s">
-        <v>1938</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="536" spans="1:2">
       <c r="A536" t="s">
         <v>538</v>
       </c>
       <c r="B536" t="s">
-        <v>1939</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="537" spans="1:2">
       <c r="A537" t="s">
         <v>539</v>
       </c>
       <c r="B537" t="s">
-        <v>1940</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="538" spans="1:2">
       <c r="A538" t="s">
         <v>540</v>
       </c>
       <c r="B538" t="s">
-        <v>1941</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="539" spans="1:2">
       <c r="A539" t="s">
         <v>541</v>
       </c>
       <c r="B539" t="s">
-        <v>1942</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="540" spans="1:2">
       <c r="A540" t="s">
         <v>542</v>
       </c>
       <c r="B540" t="s">
-        <v>1943</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="541" spans="1:2">
       <c r="A541" t="s">
         <v>543</v>
       </c>
       <c r="B541" t="s">
-        <v>1944</v>
+        <v>1943</v>
       </c>
     </row>
     <row r="542" spans="1:2">
       <c r="A542" t="s">
         <v>544</v>
       </c>
       <c r="B542" t="s">
-        <v>1945</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="543" spans="1:2">
       <c r="A543" t="s">
         <v>545</v>
       </c>
       <c r="B543" t="s">
-        <v>1946</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="544" spans="1:2">
       <c r="A544" t="s">
         <v>546</v>
       </c>
       <c r="B544" t="s">
-        <v>1947</v>
-[...2 lines deleted...]
-    <row r="545" spans="1:2">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
       <c r="A545" t="s">
         <v>547</v>
       </c>
       <c r="B545" t="s">
-        <v>1948</v>
-[...2 lines deleted...]
-    <row r="546" spans="1:2">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
       <c r="A546" t="s">
         <v>548</v>
       </c>
       <c r="B546" t="s">
-        <v>1949</v>
-[...2 lines deleted...]
-    <row r="547" spans="1:2">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
       <c r="A547" t="s">
         <v>549</v>
       </c>
       <c r="B547" t="s">
-        <v>1950</v>
-[...2 lines deleted...]
-    <row r="548" spans="1:2">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
       <c r="A548" t="s">
         <v>550</v>
       </c>
       <c r="B548" t="s">
-        <v>1951</v>
-[...2 lines deleted...]
-    <row r="549" spans="1:2">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
       <c r="A549" t="s">
         <v>551</v>
       </c>
       <c r="B549" t="s">
-        <v>1952</v>
-[...2 lines deleted...]
-    <row r="550" spans="1:2">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
       <c r="A550" t="s">
         <v>552</v>
       </c>
       <c r="B550" t="s">
-        <v>1953</v>
-[...2 lines deleted...]
-    <row r="551" spans="1:2">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
       <c r="A551" t="s">
         <v>553</v>
       </c>
       <c r="B551" t="s">
-        <v>1954</v>
-[...2 lines deleted...]
-    <row r="552" spans="1:2">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
       <c r="A552" t="s">
         <v>554</v>
       </c>
       <c r="B552" t="s">
-        <v>1955</v>
-[...2 lines deleted...]
-    <row r="553" spans="1:2">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
       <c r="A553" t="s">
         <v>555</v>
       </c>
       <c r="B553" t="s">
-        <v>1956</v>
-[...2 lines deleted...]
-    <row r="554" spans="1:2">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
       <c r="A554" t="s">
         <v>556</v>
       </c>
       <c r="B554" t="s">
-        <v>1957</v>
-[...2 lines deleted...]
-    <row r="555" spans="1:2">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
       <c r="A555" t="s">
         <v>557</v>
       </c>
       <c r="B555" t="s">
-        <v>1958</v>
-[...2 lines deleted...]
-    <row r="556" spans="1:2">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
       <c r="A556" t="s">
         <v>558</v>
       </c>
       <c r="B556" t="s">
-        <v>1959</v>
-[...2 lines deleted...]
-    <row r="557" spans="1:2">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
       <c r="A557" t="s">
         <v>559</v>
       </c>
       <c r="B557" t="s">
-        <v>1960</v>
-[...2 lines deleted...]
-    <row r="558" spans="1:2">
+        <v>1958</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2800</v>
+      </c>
+      <c r="D557" t="s">
+        <v>2801</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
       <c r="A558" t="s">
         <v>560</v>
       </c>
       <c r="B558" t="s">
-        <v>1961</v>
-[...2 lines deleted...]
-    <row r="559" spans="1:2">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
       <c r="A559" t="s">
         <v>561</v>
       </c>
       <c r="B559" t="s">
-        <v>1962</v>
-[...2 lines deleted...]
-    <row r="560" spans="1:2">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
       <c r="A560" t="s">
         <v>562</v>
       </c>
       <c r="B560" t="s">
-        <v>1963</v>
-[...2 lines deleted...]
-    <row r="561" spans="1:4">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="561" spans="1:2">
       <c r="A561" t="s">
         <v>563</v>
       </c>
       <c r="B561" t="s">
-        <v>1964</v>
-[...2 lines deleted...]
-    <row r="562" spans="1:4">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="562" spans="1:2">
       <c r="A562" t="s">
         <v>564</v>
       </c>
       <c r="B562" t="s">
-        <v>1965</v>
-[...2 lines deleted...]
-    <row r="563" spans="1:4">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="563" spans="1:2">
       <c r="A563" t="s">
         <v>565</v>
       </c>
       <c r="B563" t="s">
-        <v>1966</v>
-[...2 lines deleted...]
-    <row r="564" spans="1:4">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="564" spans="1:2">
       <c r="A564" t="s">
         <v>566</v>
       </c>
       <c r="B564" t="s">
-        <v>1967</v>
-[...8 lines deleted...]
-    <row r="565" spans="1:4">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="565" spans="1:2">
       <c r="A565" t="s">
         <v>567</v>
       </c>
       <c r="B565" t="s">
-        <v>1968</v>
-[...2 lines deleted...]
-    <row r="566" spans="1:4">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="566" spans="1:2">
       <c r="A566" t="s">
         <v>568</v>
       </c>
       <c r="B566" t="s">
-        <v>1969</v>
-[...2 lines deleted...]
-    <row r="567" spans="1:4">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="567" spans="1:2">
       <c r="A567" t="s">
         <v>569</v>
       </c>
       <c r="B567" t="s">
-        <v>1970</v>
-[...2 lines deleted...]
-    <row r="568" spans="1:4">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="568" spans="1:2">
       <c r="A568" t="s">
         <v>570</v>
       </c>
       <c r="B568" t="s">
-        <v>1971</v>
-[...2 lines deleted...]
-    <row r="569" spans="1:4">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="569" spans="1:2">
       <c r="A569" t="s">
         <v>571</v>
       </c>
       <c r="B569" t="s">
-        <v>1972</v>
-[...2 lines deleted...]
-    <row r="570" spans="1:4">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="570" spans="1:2">
       <c r="A570" t="s">
         <v>572</v>
       </c>
       <c r="B570" t="s">
-        <v>1973</v>
-[...2 lines deleted...]
-    <row r="571" spans="1:4">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="571" spans="1:2">
       <c r="A571" t="s">
         <v>573</v>
       </c>
       <c r="B571" t="s">
-        <v>1974</v>
-[...2 lines deleted...]
-    <row r="572" spans="1:4">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="572" spans="1:2">
       <c r="A572" t="s">
         <v>574</v>
       </c>
       <c r="B572" t="s">
-        <v>1975</v>
-[...2 lines deleted...]
-    <row r="573" spans="1:4">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="573" spans="1:2">
       <c r="A573" t="s">
         <v>575</v>
       </c>
       <c r="B573" t="s">
-        <v>1976</v>
-[...2 lines deleted...]
-    <row r="574" spans="1:4">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="574" spans="1:2">
       <c r="A574" t="s">
         <v>576</v>
       </c>
       <c r="B574" t="s">
-        <v>1977</v>
-[...2 lines deleted...]
-    <row r="575" spans="1:4">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="575" spans="1:2">
       <c r="A575" t="s">
         <v>577</v>
       </c>
       <c r="B575" t="s">
-        <v>1978</v>
-[...2 lines deleted...]
-    <row r="576" spans="1:4">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="576" spans="1:2">
       <c r="A576" t="s">
         <v>578</v>
       </c>
       <c r="B576" t="s">
-        <v>1979</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="577" spans="1:2">
       <c r="A577" t="s">
         <v>579</v>
       </c>
       <c r="B577" t="s">
-        <v>1980</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="578" spans="1:2">
       <c r="A578" t="s">
         <v>580</v>
       </c>
       <c r="B578" t="s">
-        <v>1981</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="579" spans="1:2">
       <c r="A579" t="s">
         <v>581</v>
       </c>
       <c r="B579" t="s">
-        <v>1982</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="580" spans="1:2">
       <c r="A580" t="s">
         <v>582</v>
       </c>
       <c r="B580" t="s">
-        <v>1983</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="581" spans="1:2">
       <c r="A581" t="s">
         <v>583</v>
       </c>
       <c r="B581" t="s">
-        <v>1984</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="582" spans="1:2">
       <c r="A582" t="s">
         <v>584</v>
       </c>
       <c r="B582" t="s">
-        <v>1985</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="583" spans="1:2">
       <c r="A583" t="s">
         <v>585</v>
       </c>
       <c r="B583" t="s">
-        <v>1986</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="584" spans="1:2">
       <c r="A584" t="s">
         <v>586</v>
       </c>
       <c r="B584" t="s">
-        <v>1987</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="585" spans="1:2">
       <c r="A585" t="s">
         <v>587</v>
       </c>
       <c r="B585" t="s">
-        <v>1988</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="586" spans="1:2">
       <c r="A586" t="s">
         <v>588</v>
       </c>
       <c r="B586" t="s">
-        <v>1989</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="587" spans="1:2">
       <c r="A587" t="s">
         <v>589</v>
       </c>
       <c r="B587" t="s">
-        <v>1990</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="588" spans="1:2">
       <c r="A588" t="s">
         <v>590</v>
       </c>
       <c r="B588" t="s">
-        <v>1991</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="589" spans="1:2">
       <c r="A589" t="s">
         <v>591</v>
       </c>
       <c r="B589" t="s">
-        <v>1992</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="590" spans="1:2">
       <c r="A590" t="s">
         <v>592</v>
       </c>
       <c r="B590" t="s">
-        <v>1993</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="591" spans="1:2">
       <c r="A591" t="s">
         <v>593</v>
       </c>
       <c r="B591" t="s">
-        <v>1994</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="592" spans="1:2">
       <c r="A592" t="s">
         <v>594</v>
       </c>
       <c r="B592" t="s">
-        <v>1995</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="593" spans="1:2">
       <c r="A593" t="s">
         <v>595</v>
       </c>
       <c r="B593" t="s">
-        <v>1996</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="594" spans="1:2">
       <c r="A594" t="s">
         <v>596</v>
       </c>
       <c r="B594" t="s">
-        <v>1997</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="595" spans="1:2">
       <c r="A595" t="s">
         <v>597</v>
       </c>
       <c r="B595" t="s">
-        <v>1998</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="596" spans="1:2">
       <c r="A596" t="s">
         <v>598</v>
       </c>
       <c r="B596" t="s">
-        <v>1999</v>
+        <v>1997</v>
       </c>
     </row>
     <row r="597" spans="1:2">
       <c r="A597" t="s">
         <v>599</v>
       </c>
       <c r="B597" t="s">
-        <v>2000</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="598" spans="1:2">
       <c r="A598" t="s">
         <v>600</v>
       </c>
       <c r="B598" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="599" spans="1:2">
       <c r="A599" t="s">
         <v>601</v>
       </c>
       <c r="B599" t="s">
-        <v>2002</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="600" spans="1:2">
       <c r="A600" t="s">
         <v>602</v>
       </c>
       <c r="B600" t="s">
-        <v>2003</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="601" spans="1:2">
       <c r="A601" t="s">
         <v>603</v>
       </c>
       <c r="B601" t="s">
-        <v>2004</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="602" spans="1:2">
       <c r="A602" t="s">
         <v>604</v>
       </c>
       <c r="B602" t="s">
-        <v>2005</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="603" spans="1:2">
       <c r="A603" t="s">
         <v>605</v>
       </c>
       <c r="B603" t="s">
-        <v>2006</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="604" spans="1:2">
       <c r="A604" t="s">
         <v>606</v>
       </c>
       <c r="B604" t="s">
-        <v>2007</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="605" spans="1:2">
       <c r="A605" t="s">
         <v>607</v>
       </c>
       <c r="B605" t="s">
-        <v>2008</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="606" spans="1:2">
       <c r="A606" t="s">
         <v>608</v>
       </c>
       <c r="B606" t="s">
-        <v>1562</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="607" spans="1:2">
       <c r="A607" t="s">
         <v>609</v>
       </c>
       <c r="B607" t="s">
-        <v>2009</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="608" spans="1:2">
       <c r="A608" t="s">
         <v>610</v>
       </c>
       <c r="B608" t="s">
-        <v>2010</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="609" spans="1:2">
       <c r="A609" t="s">
         <v>611</v>
       </c>
       <c r="B609" t="s">
-        <v>2011</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="610" spans="1:2">
       <c r="A610" t="s">
         <v>612</v>
       </c>
       <c r="B610" t="s">
-        <v>2012</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="611" spans="1:2">
       <c r="A611" t="s">
         <v>613</v>
       </c>
       <c r="B611" t="s">
-        <v>2013</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="612" spans="1:2">
       <c r="A612" t="s">
         <v>614</v>
       </c>
       <c r="B612" t="s">
-        <v>2014</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="613" spans="1:2">
       <c r="A613" t="s">
         <v>615</v>
       </c>
       <c r="B613" t="s">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="614" spans="1:2">
       <c r="A614" t="s">
         <v>616</v>
       </c>
       <c r="B614" t="s">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="615" spans="1:2">
       <c r="A615" t="s">
         <v>617</v>
       </c>
       <c r="B615" t="s">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="616" spans="1:2">
       <c r="A616" t="s">
         <v>618</v>
       </c>
       <c r="B616" t="s">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="617" spans="1:2">
       <c r="A617" t="s">
         <v>619</v>
       </c>
       <c r="B617" t="s">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="618" spans="1:2">
       <c r="A618" t="s">
         <v>620</v>
       </c>
       <c r="B618" t="s">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="619" spans="1:2">
       <c r="A619" t="s">
         <v>621</v>
       </c>
       <c r="B619" t="s">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="620" spans="1:2">
       <c r="A620" t="s">
         <v>622</v>
       </c>
       <c r="B620" t="s">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="621" spans="1:2">
       <c r="A621" t="s">
         <v>623</v>
       </c>
       <c r="B621" t="s">
-        <v>2023</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="622" spans="1:2">
       <c r="A622" t="s">
         <v>624</v>
       </c>
       <c r="B622" t="s">
-        <v>2024</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="623" spans="1:2">
       <c r="A623" t="s">
         <v>625</v>
       </c>
       <c r="B623" t="s">
-        <v>2025</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="624" spans="1:2">
       <c r="A624" t="s">
         <v>626</v>
       </c>
       <c r="B624" t="s">
-        <v>2026</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="625" spans="1:2">
       <c r="A625" t="s">
         <v>627</v>
       </c>
       <c r="B625" t="s">
-        <v>2027</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="626" spans="1:2">
       <c r="A626" t="s">
         <v>628</v>
       </c>
       <c r="B626" t="s">
-        <v>2028</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="627" spans="1:2">
       <c r="A627" t="s">
         <v>629</v>
       </c>
       <c r="B627" t="s">
-        <v>2029</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="628" spans="1:2">
       <c r="A628" t="s">
         <v>630</v>
       </c>
       <c r="B628" t="s">
-        <v>2030</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="629" spans="1:2">
       <c r="A629" t="s">
         <v>631</v>
       </c>
       <c r="B629" t="s">
-        <v>2031</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="630" spans="1:2">
       <c r="A630" t="s">
         <v>632</v>
       </c>
       <c r="B630" t="s">
-        <v>2032</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="631" spans="1:2">
       <c r="A631" t="s">
         <v>633</v>
       </c>
       <c r="B631" t="s">
-        <v>2033</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="632" spans="1:2">
       <c r="A632" t="s">
         <v>634</v>
       </c>
       <c r="B632" t="s">
-        <v>2034</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="633" spans="1:2">
       <c r="A633" t="s">
         <v>635</v>
       </c>
       <c r="B633" t="s">
-        <v>2035</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="634" spans="1:2">
       <c r="A634" t="s">
         <v>636</v>
       </c>
       <c r="B634" t="s">
-        <v>2036</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="635" spans="1:2">
       <c r="A635" t="s">
         <v>637</v>
       </c>
       <c r="B635" t="s">
-        <v>2037</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="636" spans="1:2">
       <c r="A636" t="s">
         <v>638</v>
       </c>
       <c r="B636" t="s">
-        <v>2038</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="637" spans="1:2">
       <c r="A637" t="s">
         <v>639</v>
       </c>
       <c r="B637" t="s">
-        <v>2039</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="638" spans="1:2">
       <c r="A638" t="s">
         <v>640</v>
       </c>
       <c r="B638" t="s">
-        <v>2040</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="639" spans="1:2">
       <c r="A639" t="s">
         <v>641</v>
       </c>
       <c r="B639" t="s">
-        <v>2041</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="640" spans="1:2">
       <c r="A640" t="s">
         <v>642</v>
       </c>
       <c r="B640" t="s">
-        <v>2042</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="641" spans="1:2">
       <c r="A641" t="s">
         <v>643</v>
       </c>
       <c r="B641" t="s">
-        <v>2043</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="642" spans="1:2">
       <c r="A642" t="s">
         <v>644</v>
       </c>
       <c r="B642" t="s">
-        <v>2044</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="643" spans="1:2">
       <c r="A643" t="s">
         <v>645</v>
       </c>
       <c r="B643" t="s">
-        <v>2045</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="644" spans="1:2">
       <c r="A644" t="s">
         <v>646</v>
       </c>
       <c r="B644" t="s">
-        <v>2046</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="645" spans="1:2">
       <c r="A645" t="s">
         <v>647</v>
       </c>
       <c r="B645" t="s">
-        <v>2047</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="646" spans="1:2">
       <c r="A646" t="s">
         <v>648</v>
       </c>
       <c r="B646" t="s">
-        <v>2048</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="647" spans="1:2">
       <c r="A647" t="s">
         <v>649</v>
       </c>
       <c r="B647" t="s">
-        <v>2049</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="648" spans="1:2">
       <c r="A648" t="s">
         <v>650</v>
       </c>
       <c r="B648" t="s">
-        <v>2050</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="649" spans="1:2">
       <c r="A649" t="s">
         <v>651</v>
       </c>
       <c r="B649" t="s">
-        <v>2051</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="650" spans="1:2">
       <c r="A650" t="s">
         <v>652</v>
       </c>
       <c r="B650" t="s">
-        <v>2052</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="651" spans="1:2">
       <c r="A651" t="s">
         <v>653</v>
       </c>
       <c r="B651" t="s">
-        <v>2053</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="652" spans="1:2">
       <c r="A652" t="s">
         <v>654</v>
       </c>
       <c r="B652" t="s">
-        <v>2054</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="653" spans="1:2">
       <c r="A653" t="s">
         <v>655</v>
       </c>
       <c r="B653" t="s">
-        <v>2055</v>
+        <v>2054</v>
       </c>
     </row>
     <row r="654" spans="1:2">
       <c r="A654" t="s">
         <v>656</v>
       </c>
       <c r="B654" t="s">
-        <v>2056</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="655" spans="1:2">
       <c r="A655" t="s">
         <v>657</v>
       </c>
       <c r="B655" t="s">
-        <v>2057</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="656" spans="1:2">
       <c r="A656" t="s">
         <v>658</v>
       </c>
       <c r="B656" t="s">
-        <v>2058</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="657" spans="1:2">
       <c r="A657" t="s">
         <v>659</v>
       </c>
       <c r="B657" t="s">
-        <v>2059</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="658" spans="1:2">
       <c r="A658" t="s">
         <v>660</v>
       </c>
       <c r="B658" t="s">
-        <v>2060</v>
+        <v>2059</v>
       </c>
     </row>
     <row r="659" spans="1:2">
       <c r="A659" t="s">
         <v>661</v>
       </c>
       <c r="B659" t="s">
-        <v>2061</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="660" spans="1:2">
       <c r="A660" t="s">
         <v>662</v>
       </c>
       <c r="B660" t="s">
-        <v>2062</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="661" spans="1:2">
       <c r="A661" t="s">
         <v>663</v>
       </c>
       <c r="B661" t="s">
-        <v>2063</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="662" spans="1:2">
       <c r="A662" t="s">
         <v>664</v>
       </c>
       <c r="B662" t="s">
-        <v>2064</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="663" spans="1:2">
       <c r="A663" t="s">
         <v>665</v>
       </c>
       <c r="B663" t="s">
-        <v>2065</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="664" spans="1:2">
       <c r="A664" t="s">
         <v>666</v>
       </c>
       <c r="B664" t="s">
-        <v>2066</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="665" spans="1:2">
       <c r="A665" t="s">
         <v>667</v>
       </c>
       <c r="B665" t="s">
-        <v>2067</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="666" spans="1:2">
       <c r="A666" t="s">
         <v>668</v>
       </c>
       <c r="B666" t="s">
-        <v>2068</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="667" spans="1:2">
       <c r="A667" t="s">
         <v>669</v>
       </c>
       <c r="B667" t="s">
-        <v>2069</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="668" spans="1:2">
       <c r="A668" t="s">
         <v>670</v>
       </c>
       <c r="B668" t="s">
-        <v>2070</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="669" spans="1:2">
       <c r="A669" t="s">
         <v>671</v>
       </c>
       <c r="B669" t="s">
-        <v>2071</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="670" spans="1:2">
       <c r="A670" t="s">
         <v>672</v>
       </c>
       <c r="B670" t="s">
-        <v>2072</v>
+        <v>2070</v>
       </c>
     </row>
     <row r="671" spans="1:2">
       <c r="A671" t="s">
         <v>673</v>
       </c>
       <c r="B671" t="s">
-        <v>2073</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="672" spans="1:2">
       <c r="A672" t="s">
         <v>674</v>
       </c>
       <c r="B672" t="s">
-        <v>2074</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="673" spans="1:2">
       <c r="A673" t="s">
         <v>675</v>
       </c>
       <c r="B673" t="s">
-        <v>2075</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="674" spans="1:2">
       <c r="A674" t="s">
         <v>676</v>
       </c>
       <c r="B674" t="s">
-        <v>2076</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="675" spans="1:2">
       <c r="A675" t="s">
         <v>677</v>
       </c>
       <c r="B675" t="s">
-        <v>2077</v>
+        <v>2075</v>
       </c>
     </row>
     <row r="676" spans="1:2">
       <c r="A676" t="s">
         <v>678</v>
       </c>
       <c r="B676" t="s">
-        <v>2078</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="677" spans="1:2">
       <c r="A677" t="s">
         <v>679</v>
       </c>
       <c r="B677" t="s">
-        <v>2079</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="678" spans="1:2">
       <c r="A678" t="s">
         <v>680</v>
       </c>
       <c r="B678" t="s">
-        <v>2080</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="679" spans="1:2">
       <c r="A679" t="s">
         <v>681</v>
       </c>
       <c r="B679" t="s">
-        <v>2081</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="680" spans="1:2">
       <c r="A680" t="s">
         <v>682</v>
       </c>
       <c r="B680" t="s">
-        <v>2082</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="681" spans="1:2">
       <c r="A681" t="s">
         <v>683</v>
       </c>
       <c r="B681" t="s">
-        <v>2083</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="682" spans="1:2">
       <c r="A682" t="s">
         <v>684</v>
       </c>
       <c r="B682" t="s">
-        <v>2084</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="683" spans="1:2">
       <c r="A683" t="s">
         <v>685</v>
       </c>
       <c r="B683" t="s">
-        <v>2085</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="684" spans="1:2">
       <c r="A684" t="s">
         <v>686</v>
       </c>
       <c r="B684" t="s">
-        <v>2086</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="685" spans="1:2">
       <c r="A685" t="s">
         <v>687</v>
       </c>
       <c r="B685" t="s">
-        <v>2087</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="686" spans="1:2">
       <c r="A686" t="s">
         <v>688</v>
       </c>
       <c r="B686" t="s">
-        <v>2088</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="687" spans="1:2">
       <c r="A687" t="s">
         <v>689</v>
       </c>
       <c r="B687" t="s">
-        <v>2089</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="688" spans="1:2">
       <c r="A688" t="s">
         <v>690</v>
       </c>
       <c r="B688" t="s">
-        <v>2090</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="689" spans="1:2">
       <c r="A689" t="s">
         <v>691</v>
       </c>
       <c r="B689" t="s">
-        <v>2091</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="690" spans="1:2">
       <c r="A690" t="s">
         <v>692</v>
       </c>
       <c r="B690" t="s">
-        <v>2092</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="691" spans="1:2">
       <c r="A691" t="s">
         <v>693</v>
       </c>
       <c r="B691" t="s">
-        <v>2093</v>
+        <v>2091</v>
       </c>
     </row>
     <row r="692" spans="1:2">
       <c r="A692" t="s">
         <v>694</v>
       </c>
       <c r="B692" t="s">
-        <v>2094</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="693" spans="1:2">
       <c r="A693" t="s">
         <v>695</v>
       </c>
       <c r="B693" t="s">
-        <v>2095</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="694" spans="1:2">
       <c r="A694" t="s">
         <v>696</v>
       </c>
       <c r="B694" t="s">
-        <v>2096</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="695" spans="1:2">
       <c r="A695" t="s">
         <v>697</v>
       </c>
       <c r="B695" t="s">
-        <v>2097</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="696" spans="1:2">
       <c r="A696" t="s">
         <v>698</v>
       </c>
       <c r="B696" t="s">
-        <v>2098</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="697" spans="1:2">
       <c r="A697" t="s">
         <v>699</v>
       </c>
       <c r="B697" t="s">
-        <v>2099</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="698" spans="1:2">
       <c r="A698" t="s">
         <v>700</v>
       </c>
       <c r="B698" t="s">
-        <v>2100</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="699" spans="1:2">
       <c r="A699" t="s">
         <v>701</v>
       </c>
       <c r="B699" t="s">
-        <v>2101</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="700" spans="1:2">
       <c r="A700" t="s">
         <v>702</v>
       </c>
       <c r="B700" t="s">
-        <v>2102</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="701" spans="1:2">
       <c r="A701" t="s">
         <v>703</v>
       </c>
       <c r="B701" t="s">
-        <v>2103</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="702" spans="1:2">
       <c r="A702" t="s">
         <v>704</v>
       </c>
       <c r="B702" t="s">
-        <v>2104</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="703" spans="1:2">
       <c r="A703" t="s">
         <v>705</v>
       </c>
       <c r="B703" t="s">
-        <v>2105</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="704" spans="1:2">
       <c r="A704" t="s">
         <v>706</v>
       </c>
       <c r="B704" t="s">
-        <v>2106</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="705" spans="1:2">
       <c r="A705" t="s">
         <v>707</v>
       </c>
       <c r="B705" t="s">
-        <v>2107</v>
+        <v>2105</v>
       </c>
     </row>
     <row r="706" spans="1:2">
       <c r="A706" t="s">
         <v>708</v>
       </c>
       <c r="B706" t="s">
-        <v>2108</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="707" spans="1:2">
       <c r="A707" t="s">
         <v>709</v>
       </c>
       <c r="B707" t="s">
-        <v>2109</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="708" spans="1:2">
       <c r="A708" t="s">
         <v>710</v>
       </c>
       <c r="B708" t="s">
-        <v>2110</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="709" spans="1:2">
       <c r="A709" t="s">
         <v>711</v>
       </c>
       <c r="B709" t="s">
-        <v>2111</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="710" spans="1:2">
       <c r="A710" t="s">
         <v>712</v>
       </c>
       <c r="B710" t="s">
-        <v>2112</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="711" spans="1:2">
       <c r="A711" t="s">
         <v>713</v>
       </c>
       <c r="B711" t="s">
-        <v>2113</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="712" spans="1:2">
       <c r="A712" t="s">
         <v>714</v>
       </c>
       <c r="B712" t="s">
-        <v>2114</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="713" spans="1:2">
       <c r="A713" t="s">
         <v>715</v>
       </c>
       <c r="B713" t="s">
-        <v>2115</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="714" spans="1:2">
       <c r="A714" t="s">
         <v>716</v>
       </c>
       <c r="B714" t="s">
-        <v>2116</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="715" spans="1:2">
       <c r="A715" t="s">
         <v>717</v>
       </c>
       <c r="B715" t="s">
-        <v>2117</v>
+        <v>2115</v>
       </c>
     </row>
     <row r="716" spans="1:2">
       <c r="A716" t="s">
         <v>718</v>
       </c>
       <c r="B716" t="s">
-        <v>2118</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="717" spans="1:2">
       <c r="A717" t="s">
         <v>719</v>
       </c>
       <c r="B717" t="s">
-        <v>2119</v>
+        <v>2117</v>
       </c>
     </row>
     <row r="718" spans="1:2">
       <c r="A718" t="s">
         <v>720</v>
       </c>
       <c r="B718" t="s">
-        <v>2120</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="719" spans="1:2">
       <c r="A719" t="s">
         <v>721</v>
       </c>
       <c r="B719" t="s">
-        <v>2121</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="720" spans="1:2">
       <c r="A720" t="s">
         <v>722</v>
       </c>
       <c r="B720" t="s">
-        <v>2122</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="721" spans="1:2">
       <c r="A721" t="s">
         <v>723</v>
       </c>
       <c r="B721" t="s">
-        <v>2123</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="722" spans="1:2">
       <c r="A722" t="s">
         <v>724</v>
       </c>
       <c r="B722" t="s">
-        <v>2124</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="723" spans="1:2">
       <c r="A723" t="s">
         <v>725</v>
       </c>
       <c r="B723" t="s">
-        <v>2125</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="724" spans="1:2">
       <c r="A724" t="s">
         <v>726</v>
       </c>
       <c r="B724" t="s">
-        <v>2126</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="725" spans="1:2">
       <c r="A725" t="s">
         <v>727</v>
       </c>
       <c r="B725" t="s">
-        <v>2127</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="726" spans="1:2">
       <c r="A726" t="s">
         <v>728</v>
       </c>
       <c r="B726" t="s">
-        <v>2128</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="727" spans="1:2">
       <c r="A727" t="s">
         <v>729</v>
       </c>
       <c r="B727" t="s">
-        <v>2129</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="728" spans="1:2">
       <c r="A728" t="s">
         <v>730</v>
       </c>
       <c r="B728" t="s">
-        <v>2130</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="729" spans="1:2">
       <c r="A729" t="s">
         <v>731</v>
       </c>
       <c r="B729" t="s">
-        <v>2131</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="730" spans="1:2">
       <c r="A730" t="s">
         <v>732</v>
       </c>
       <c r="B730" t="s">
-        <v>2132</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="731" spans="1:2">
       <c r="A731" t="s">
         <v>733</v>
       </c>
       <c r="B731" t="s">
-        <v>2133</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="732" spans="1:2">
       <c r="A732" t="s">
         <v>734</v>
       </c>
       <c r="B732" t="s">
-        <v>2134</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="733" spans="1:2">
       <c r="A733" t="s">
         <v>735</v>
       </c>
       <c r="B733" t="s">
-        <v>2135</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="734" spans="1:2">
       <c r="A734" t="s">
         <v>736</v>
       </c>
       <c r="B734" t="s">
-        <v>2136</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="735" spans="1:2">
       <c r="A735" t="s">
         <v>737</v>
       </c>
       <c r="B735" t="s">
-        <v>2137</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="736" spans="1:2">
       <c r="A736" t="s">
         <v>738</v>
       </c>
       <c r="B736" t="s">
-        <v>2138</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="737" spans="1:2">
       <c r="A737" t="s">
         <v>739</v>
       </c>
       <c r="B737" t="s">
-        <v>2139</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="738" spans="1:2">
       <c r="A738" t="s">
         <v>740</v>
       </c>
       <c r="B738" t="s">
-        <v>2140</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="739" spans="1:2">
       <c r="A739" t="s">
         <v>741</v>
       </c>
       <c r="B739" t="s">
-        <v>2141</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="740" spans="1:2">
       <c r="A740" t="s">
         <v>742</v>
       </c>
       <c r="B740" t="s">
-        <v>2142</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="741" spans="1:2">
       <c r="A741" t="s">
         <v>743</v>
       </c>
       <c r="B741" t="s">
-        <v>2143</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="742" spans="1:2">
       <c r="A742" t="s">
         <v>744</v>
       </c>
       <c r="B742" t="s">
-        <v>2144</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="743" spans="1:2">
       <c r="A743" t="s">
         <v>745</v>
       </c>
       <c r="B743" t="s">
-        <v>2145</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="744" spans="1:2">
       <c r="A744" t="s">
         <v>746</v>
       </c>
       <c r="B744" t="s">
-        <v>2146</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="745" spans="1:2">
       <c r="A745" t="s">
         <v>747</v>
       </c>
       <c r="B745" t="s">
-        <v>2147</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="746" spans="1:2">
       <c r="A746" t="s">
         <v>748</v>
       </c>
       <c r="B746" t="s">
-        <v>2148</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="747" spans="1:2">
       <c r="A747" t="s">
         <v>749</v>
       </c>
       <c r="B747" t="s">
-        <v>2149</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="748" spans="1:2">
       <c r="A748" t="s">
         <v>750</v>
       </c>
       <c r="B748" t="s">
-        <v>2150</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="749" spans="1:2">
       <c r="A749" t="s">
         <v>751</v>
       </c>
       <c r="B749" t="s">
-        <v>2151</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="750" spans="1:2">
       <c r="A750" t="s">
         <v>752</v>
       </c>
       <c r="B750" t="s">
-        <v>2152</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="751" spans="1:2">
       <c r="A751" t="s">
         <v>753</v>
       </c>
       <c r="B751" t="s">
-        <v>2153</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="752" spans="1:2">
       <c r="A752" t="s">
         <v>754</v>
       </c>
       <c r="B752" t="s">
-        <v>2154</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="753" spans="1:2">
       <c r="A753" t="s">
         <v>755</v>
       </c>
       <c r="B753" t="s">
-        <v>2155</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="754" spans="1:2">
       <c r="A754" t="s">
         <v>756</v>
       </c>
       <c r="B754" t="s">
-        <v>2156</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="755" spans="1:2">
       <c r="A755" t="s">
         <v>757</v>
       </c>
       <c r="B755" t="s">
-        <v>2157</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="756" spans="1:2">
       <c r="A756" t="s">
         <v>758</v>
       </c>
       <c r="B756" t="s">
-        <v>2158</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="757" spans="1:2">
       <c r="A757" t="s">
         <v>759</v>
       </c>
       <c r="B757" t="s">
-        <v>2159</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="758" spans="1:2">
       <c r="A758" t="s">
         <v>760</v>
       </c>
       <c r="B758" t="s">
-        <v>2160</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="759" spans="1:2">
       <c r="A759" t="s">
         <v>761</v>
       </c>
       <c r="B759" t="s">
-        <v>2161</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="760" spans="1:2">
       <c r="A760" t="s">
         <v>762</v>
       </c>
       <c r="B760" t="s">
-        <v>2162</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="761" spans="1:2">
       <c r="A761" t="s">
         <v>763</v>
       </c>
       <c r="B761" t="s">
-        <v>2163</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="762" spans="1:2">
       <c r="A762" t="s">
         <v>764</v>
       </c>
       <c r="B762" t="s">
-        <v>2164</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="763" spans="1:2">
       <c r="A763" t="s">
         <v>765</v>
       </c>
       <c r="B763" t="s">
-        <v>2165</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="764" spans="1:2">
       <c r="A764" t="s">
         <v>766</v>
       </c>
       <c r="B764" t="s">
-        <v>2166</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="765" spans="1:2">
       <c r="A765" t="s">
         <v>767</v>
       </c>
       <c r="B765" t="s">
-        <v>2167</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="766" spans="1:2">
       <c r="A766" t="s">
         <v>768</v>
       </c>
       <c r="B766" t="s">
-        <v>2168</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="767" spans="1:2">
       <c r="A767" t="s">
         <v>769</v>
       </c>
       <c r="B767" t="s">
-        <v>2169</v>
+        <v>2167</v>
       </c>
     </row>
     <row r="768" spans="1:2">
       <c r="A768" t="s">
         <v>770</v>
       </c>
       <c r="B768" t="s">
-        <v>2170</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="769" spans="1:2">
       <c r="A769" t="s">
         <v>771</v>
       </c>
       <c r="B769" t="s">
-        <v>2171</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="770" spans="1:2">
       <c r="A770" t="s">
         <v>772</v>
       </c>
       <c r="B770" t="s">
-        <v>2172</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="771" spans="1:2">
       <c r="A771" t="s">
         <v>773</v>
       </c>
       <c r="B771" t="s">
-        <v>2173</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="772" spans="1:2">
       <c r="A772" t="s">
         <v>774</v>
       </c>
       <c r="B772" t="s">
-        <v>2174</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="773" spans="1:2">
       <c r="A773" t="s">
         <v>775</v>
       </c>
       <c r="B773" t="s">
-        <v>2175</v>
+        <v>1561</v>
       </c>
     </row>
     <row r="774" spans="1:2">
       <c r="A774" t="s">
         <v>776</v>
       </c>
       <c r="B774" t="s">
-        <v>2176</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="775" spans="1:2">
       <c r="A775" t="s">
         <v>777</v>
       </c>
       <c r="B775" t="s">
-        <v>2177</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="776" spans="1:2">
       <c r="A776" t="s">
         <v>778</v>
       </c>
       <c r="B776" t="s">
-        <v>2178</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="777" spans="1:2">
       <c r="A777" t="s">
         <v>779</v>
       </c>
       <c r="B777" t="s">
-        <v>2179</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="778" spans="1:2">
       <c r="A778" t="s">
         <v>780</v>
       </c>
       <c r="B778" t="s">
-        <v>2180</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="779" spans="1:2">
       <c r="A779" t="s">
         <v>781</v>
       </c>
       <c r="B779" t="s">
-        <v>2181</v>
+        <v>2178</v>
       </c>
     </row>
     <row r="780" spans="1:2">
       <c r="A780" t="s">
         <v>782</v>
       </c>
       <c r="B780" t="s">
-        <v>2182</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="781" spans="1:2">
       <c r="A781" t="s">
         <v>783</v>
       </c>
       <c r="B781" t="s">
-        <v>2183</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="782" spans="1:2">
       <c r="A782" t="s">
         <v>784</v>
       </c>
       <c r="B782" t="s">
-        <v>2184</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="783" spans="1:2">
       <c r="A783" t="s">
         <v>785</v>
       </c>
       <c r="B783" t="s">
-        <v>2185</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="784" spans="1:2">
       <c r="A784" t="s">
         <v>786</v>
       </c>
       <c r="B784" t="s">
-        <v>2186</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="785" spans="1:2">
       <c r="A785" t="s">
         <v>787</v>
       </c>
       <c r="B785" t="s">
-        <v>2187</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="786" spans="1:2">
       <c r="A786" t="s">
         <v>788</v>
       </c>
       <c r="B786" t="s">
-        <v>2188</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="787" spans="1:2">
       <c r="A787" t="s">
         <v>789</v>
       </c>
       <c r="B787" t="s">
-        <v>2189</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="788" spans="1:2">
       <c r="A788" t="s">
         <v>790</v>
       </c>
       <c r="B788" t="s">
-        <v>2190</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="789" spans="1:2">
       <c r="A789" t="s">
         <v>791</v>
       </c>
       <c r="B789" t="s">
-        <v>2191</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="790" spans="1:2">
       <c r="A790" t="s">
         <v>792</v>
       </c>
       <c r="B790" t="s">
-        <v>2192</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="791" spans="1:2">
       <c r="A791" t="s">
         <v>793</v>
       </c>
       <c r="B791" t="s">
-        <v>2193</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="792" spans="1:2">
       <c r="A792" t="s">
         <v>794</v>
       </c>
       <c r="B792" t="s">
-        <v>2194</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="793" spans="1:2">
       <c r="A793" t="s">
         <v>795</v>
       </c>
       <c r="B793" t="s">
-        <v>2195</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="794" spans="1:2">
       <c r="A794" t="s">
         <v>796</v>
       </c>
       <c r="B794" t="s">
-        <v>2196</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="795" spans="1:2">
       <c r="A795" t="s">
         <v>797</v>
       </c>
       <c r="B795" t="s">
-        <v>2197</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="796" spans="1:2">
       <c r="A796" t="s">
         <v>798</v>
       </c>
       <c r="B796" t="s">
-        <v>2198</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="797" spans="1:2">
       <c r="A797" t="s">
         <v>799</v>
       </c>
       <c r="B797" t="s">
-        <v>2199</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="798" spans="1:2">
       <c r="A798" t="s">
         <v>800</v>
       </c>
       <c r="B798" t="s">
-        <v>2200</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="799" spans="1:2">
       <c r="A799" t="s">
         <v>801</v>
       </c>
       <c r="B799" t="s">
-        <v>2201</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="800" spans="1:2">
       <c r="A800" t="s">
         <v>802</v>
       </c>
       <c r="B800" t="s">
-        <v>2202</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="801" spans="1:2">
       <c r="A801" t="s">
         <v>803</v>
       </c>
       <c r="B801" t="s">
-        <v>2203</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="802" spans="1:2">
       <c r="A802" t="s">
         <v>804</v>
       </c>
       <c r="B802" t="s">
-        <v>2204</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="803" spans="1:2">
       <c r="A803" t="s">
         <v>805</v>
       </c>
       <c r="B803" t="s">
-        <v>2205</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="804" spans="1:2">
       <c r="A804" t="s">
         <v>806</v>
       </c>
       <c r="B804" t="s">
-        <v>2206</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="805" spans="1:2">
       <c r="A805" t="s">
         <v>807</v>
       </c>
       <c r="B805" t="s">
-        <v>2207</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="806" spans="1:2">
       <c r="A806" t="s">
         <v>808</v>
       </c>
       <c r="B806" t="s">
-        <v>2208</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="807" spans="1:2">
       <c r="A807" t="s">
         <v>809</v>
       </c>
       <c r="B807" t="s">
-        <v>2209</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="808" spans="1:2">
       <c r="A808" t="s">
         <v>810</v>
       </c>
       <c r="B808" t="s">
-        <v>2210</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="809" spans="1:2">
       <c r="A809" t="s">
         <v>811</v>
       </c>
       <c r="B809" t="s">
-        <v>2211</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="810" spans="1:2">
       <c r="A810" t="s">
         <v>812</v>
       </c>
       <c r="B810" t="s">
-        <v>2212</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="811" spans="1:2">
       <c r="A811" t="s">
         <v>813</v>
       </c>
       <c r="B811" t="s">
-        <v>2213</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="812" spans="1:2">
       <c r="A812" t="s">
         <v>814</v>
       </c>
       <c r="B812" t="s">
-        <v>2214</v>
+        <v>2211</v>
       </c>
     </row>
     <row r="813" spans="1:2">
       <c r="A813" t="s">
         <v>815</v>
       </c>
       <c r="B813" t="s">
-        <v>2215</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="814" spans="1:2">
       <c r="A814" t="s">
         <v>816</v>
       </c>
       <c r="B814" t="s">
-        <v>2216</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="815" spans="1:2">
       <c r="A815" t="s">
         <v>817</v>
       </c>
       <c r="B815" t="s">
-        <v>2217</v>
+        <v>2214</v>
       </c>
     </row>
     <row r="816" spans="1:2">
       <c r="A816" t="s">
         <v>818</v>
       </c>
       <c r="B816" t="s">
-        <v>2218</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="817" spans="1:2">
       <c r="A817" t="s">
         <v>819</v>
       </c>
       <c r="B817" t="s">
-        <v>2219</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="818" spans="1:2">
       <c r="A818" t="s">
         <v>820</v>
       </c>
       <c r="B818" t="s">
-        <v>2220</v>
+        <v>2217</v>
       </c>
     </row>
     <row r="819" spans="1:2">
       <c r="A819" t="s">
         <v>821</v>
       </c>
       <c r="B819" t="s">
-        <v>2221</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="820" spans="1:2">
       <c r="A820" t="s">
         <v>822</v>
       </c>
       <c r="B820" t="s">
-        <v>2222</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="821" spans="1:2">
       <c r="A821" t="s">
         <v>823</v>
       </c>
       <c r="B821" t="s">
-        <v>2223</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="822" spans="1:2">
       <c r="A822" t="s">
         <v>824</v>
       </c>
       <c r="B822" t="s">
-        <v>2224</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="823" spans="1:2">
       <c r="A823" t="s">
         <v>825</v>
       </c>
       <c r="B823" t="s">
-        <v>2225</v>
+        <v>2222</v>
       </c>
     </row>
     <row r="824" spans="1:2">
       <c r="A824" t="s">
         <v>826</v>
       </c>
       <c r="B824" t="s">
-        <v>2226</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="825" spans="1:2">
       <c r="A825" t="s">
         <v>827</v>
       </c>
       <c r="B825" t="s">
-        <v>2227</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="826" spans="1:2">
       <c r="A826" t="s">
         <v>828</v>
       </c>
       <c r="B826" t="s">
-        <v>2228</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="827" spans="1:2">
       <c r="A827" t="s">
         <v>829</v>
       </c>
       <c r="B827" t="s">
-        <v>2229</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="828" spans="1:2">
       <c r="A828" t="s">
         <v>830</v>
       </c>
       <c r="B828" t="s">
-        <v>2230</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="829" spans="1:2">
       <c r="A829" t="s">
         <v>831</v>
       </c>
       <c r="B829" t="s">
-        <v>2231</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="830" spans="1:2">
       <c r="A830" t="s">
         <v>832</v>
       </c>
       <c r="B830" t="s">
-        <v>2232</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="831" spans="1:2">
       <c r="A831" t="s">
         <v>833</v>
       </c>
       <c r="B831" t="s">
-        <v>2233</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="832" spans="1:2">
       <c r="A832" t="s">
         <v>834</v>
       </c>
       <c r="B832" t="s">
-        <v>2234</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="833" spans="1:2">
       <c r="A833" t="s">
         <v>835</v>
       </c>
       <c r="B833" t="s">
-        <v>2235</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="834" spans="1:2">
       <c r="A834" t="s">
         <v>836</v>
       </c>
       <c r="B834" t="s">
-        <v>2236</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="835" spans="1:2">
       <c r="A835" t="s">
         <v>837</v>
       </c>
       <c r="B835" t="s">
-        <v>2237</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="836" spans="1:2">
       <c r="A836" t="s">
         <v>838</v>
       </c>
       <c r="B836" t="s">
-        <v>2238</v>
+        <v>2235</v>
       </c>
     </row>
     <row r="837" spans="1:2">
       <c r="A837" t="s">
         <v>839</v>
       </c>
       <c r="B837" t="s">
-        <v>2239</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="838" spans="1:2">
       <c r="A838" t="s">
         <v>840</v>
       </c>
       <c r="B838" t="s">
-        <v>2240</v>
+        <v>2237</v>
       </c>
     </row>
     <row r="839" spans="1:2">
       <c r="A839" t="s">
         <v>841</v>
       </c>
       <c r="B839" t="s">
-        <v>2241</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="840" spans="1:2">
       <c r="A840" t="s">
         <v>842</v>
       </c>
       <c r="B840" t="s">
-        <v>2242</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="841" spans="1:2">
       <c r="A841" t="s">
         <v>843</v>
       </c>
       <c r="B841" t="s">
-        <v>2243</v>
+        <v>2240</v>
       </c>
     </row>
     <row r="842" spans="1:2">
       <c r="A842" t="s">
         <v>844</v>
       </c>
       <c r="B842" t="s">
-        <v>2244</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="843" spans="1:2">
       <c r="A843" t="s">
         <v>845</v>
       </c>
       <c r="B843" t="s">
-        <v>2245</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="844" spans="1:2">
       <c r="A844" t="s">
         <v>846</v>
       </c>
       <c r="B844" t="s">
-        <v>2246</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="845" spans="1:2">
       <c r="A845" t="s">
         <v>847</v>
       </c>
       <c r="B845" t="s">
-        <v>2247</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="846" spans="1:2">
       <c r="A846" t="s">
         <v>848</v>
       </c>
       <c r="B846" t="s">
-        <v>2248</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="847" spans="1:2">
       <c r="A847" t="s">
         <v>849</v>
       </c>
       <c r="B847" t="s">
-        <v>2249</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="848" spans="1:2">
       <c r="A848" t="s">
         <v>850</v>
       </c>
       <c r="B848" t="s">
-        <v>2250</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="849" spans="1:2">
       <c r="A849" t="s">
         <v>851</v>
       </c>
       <c r="B849" t="s">
-        <v>2251</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="850" spans="1:2">
       <c r="A850" t="s">
         <v>852</v>
       </c>
       <c r="B850" t="s">
-        <v>2252</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="851" spans="1:2">
       <c r="A851" t="s">
         <v>853</v>
       </c>
       <c r="B851" t="s">
-        <v>2253</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="852" spans="1:2">
       <c r="A852" t="s">
         <v>854</v>
       </c>
       <c r="B852" t="s">
-        <v>2254</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="853" spans="1:2">
       <c r="A853" t="s">
         <v>855</v>
       </c>
       <c r="B853" t="s">
-        <v>2255</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="854" spans="1:2">
       <c r="A854" t="s">
         <v>856</v>
       </c>
       <c r="B854" t="s">
-        <v>2256</v>
+        <v>2253</v>
       </c>
     </row>
     <row r="855" spans="1:2">
       <c r="A855" t="s">
         <v>857</v>
       </c>
       <c r="B855" t="s">
-        <v>2257</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="856" spans="1:2">
       <c r="A856" t="s">
         <v>858</v>
       </c>
       <c r="B856" t="s">
-        <v>2258</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="857" spans="1:2">
       <c r="A857" t="s">
         <v>859</v>
       </c>
       <c r="B857" t="s">
-        <v>2259</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="858" spans="1:2">
       <c r="A858" t="s">
         <v>860</v>
       </c>
       <c r="B858" t="s">
-        <v>2260</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="859" spans="1:2">
       <c r="A859" t="s">
         <v>861</v>
       </c>
       <c r="B859" t="s">
-        <v>2261</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="860" spans="1:2">
       <c r="A860" t="s">
         <v>862</v>
       </c>
       <c r="B860" t="s">
-        <v>2262</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="861" spans="1:2">
       <c r="A861" t="s">
         <v>863</v>
       </c>
       <c r="B861" t="s">
-        <v>2263</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="862" spans="1:2">
       <c r="A862" t="s">
         <v>864</v>
       </c>
       <c r="B862" t="s">
-        <v>2264</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="863" spans="1:2">
       <c r="A863" t="s">
         <v>865</v>
       </c>
       <c r="B863" t="s">
-        <v>2265</v>
+        <v>2262</v>
       </c>
     </row>
     <row r="864" spans="1:2">
       <c r="A864" t="s">
         <v>866</v>
       </c>
       <c r="B864" t="s">
-        <v>2266</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="865" spans="1:2">
       <c r="A865" t="s">
         <v>867</v>
       </c>
       <c r="B865" t="s">
-        <v>2267</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="866" spans="1:2">
       <c r="A866" t="s">
         <v>868</v>
       </c>
       <c r="B866" t="s">
-        <v>2268</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="867" spans="1:2">
       <c r="A867" t="s">
         <v>869</v>
       </c>
       <c r="B867" t="s">
-        <v>2269</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="868" spans="1:2">
       <c r="A868" t="s">
         <v>870</v>
       </c>
       <c r="B868" t="s">
-        <v>2270</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="869" spans="1:2">
       <c r="A869" t="s">
         <v>871</v>
       </c>
       <c r="B869" t="s">
-        <v>2271</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="870" spans="1:2">
       <c r="A870" t="s">
         <v>872</v>
       </c>
       <c r="B870" t="s">
-        <v>2272</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="871" spans="1:2">
       <c r="A871" t="s">
         <v>873</v>
       </c>
       <c r="B871" t="s">
-        <v>2273</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="872" spans="1:2">
       <c r="A872" t="s">
         <v>874</v>
       </c>
       <c r="B872" t="s">
-        <v>2274</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="873" spans="1:2">
       <c r="A873" t="s">
         <v>875</v>
       </c>
       <c r="B873" t="s">
-        <v>2275</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="874" spans="1:2">
       <c r="A874" t="s">
         <v>876</v>
       </c>
       <c r="B874" t="s">
-        <v>2276</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="875" spans="1:2">
       <c r="A875" t="s">
         <v>877</v>
       </c>
       <c r="B875" t="s">
-        <v>2277</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="876" spans="1:2">
       <c r="A876" t="s">
         <v>878</v>
       </c>
       <c r="B876" t="s">
-        <v>2278</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="877" spans="1:2">
       <c r="A877" t="s">
         <v>879</v>
       </c>
       <c r="B877" t="s">
-        <v>2279</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="878" spans="1:2">
       <c r="A878" t="s">
         <v>880</v>
       </c>
       <c r="B878" t="s">
-        <v>2280</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="879" spans="1:2">
       <c r="A879" t="s">
         <v>881</v>
       </c>
       <c r="B879" t="s">
-        <v>2281</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="880" spans="1:2">
       <c r="A880" t="s">
         <v>882</v>
       </c>
       <c r="B880" t="s">
-        <v>2282</v>
+        <v>2279</v>
       </c>
     </row>
     <row r="881" spans="1:2">
       <c r="A881" t="s">
         <v>883</v>
       </c>
       <c r="B881" t="s">
-        <v>2283</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="882" spans="1:2">
       <c r="A882" t="s">
         <v>884</v>
       </c>
       <c r="B882" t="s">
-        <v>2284</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="883" spans="1:2">
       <c r="A883" t="s">
         <v>885</v>
       </c>
       <c r="B883" t="s">
-        <v>2285</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="884" spans="1:2">
       <c r="A884" t="s">
         <v>886</v>
       </c>
       <c r="B884" t="s">
-        <v>2286</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="885" spans="1:2">
       <c r="A885" t="s">
         <v>887</v>
       </c>
       <c r="B885" t="s">
-        <v>2287</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="886" spans="1:2">
       <c r="A886" t="s">
         <v>888</v>
       </c>
       <c r="B886" t="s">
-        <v>2288</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="887" spans="1:2">
       <c r="A887" t="s">
         <v>889</v>
       </c>
       <c r="B887" t="s">
-        <v>2289</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="888" spans="1:2">
       <c r="A888" t="s">
         <v>890</v>
       </c>
       <c r="B888" t="s">
-        <v>2290</v>
+        <v>2287</v>
       </c>
     </row>
     <row r="889" spans="1:2">
       <c r="A889" t="s">
         <v>891</v>
       </c>
       <c r="B889" t="s">
-        <v>2291</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="890" spans="1:2">
       <c r="A890" t="s">
         <v>892</v>
       </c>
       <c r="B890" t="s">
-        <v>2292</v>
+        <v>2289</v>
       </c>
     </row>
     <row r="891" spans="1:2">
       <c r="A891" t="s">
         <v>893</v>
       </c>
       <c r="B891" t="s">
-        <v>2293</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="892" spans="1:2">
       <c r="A892" t="s">
         <v>894</v>
       </c>
       <c r="B892" t="s">
-        <v>2294</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="893" spans="1:2">
       <c r="A893" t="s">
         <v>895</v>
       </c>
       <c r="B893" t="s">
-        <v>2295</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="894" spans="1:2">
       <c r="A894" t="s">
         <v>896</v>
       </c>
       <c r="B894" t="s">
-        <v>2296</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="895" spans="1:2">
       <c r="A895" t="s">
         <v>897</v>
       </c>
       <c r="B895" t="s">
-        <v>2297</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="896" spans="1:2">
       <c r="A896" t="s">
         <v>898</v>
       </c>
       <c r="B896" t="s">
-        <v>2298</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="897" spans="1:2">
       <c r="A897" t="s">
         <v>899</v>
       </c>
       <c r="B897" t="s">
-        <v>2299</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="898" spans="1:2">
       <c r="A898" t="s">
         <v>900</v>
       </c>
       <c r="B898" t="s">
-        <v>2300</v>
+        <v>2297</v>
       </c>
     </row>
     <row r="899" spans="1:2">
       <c r="A899" t="s">
         <v>901</v>
       </c>
       <c r="B899" t="s">
-        <v>2301</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="900" spans="1:2">
       <c r="A900" t="s">
         <v>902</v>
       </c>
       <c r="B900" t="s">
-        <v>2302</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="901" spans="1:2">
       <c r="A901" t="s">
         <v>903</v>
       </c>
       <c r="B901" t="s">
-        <v>2303</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="902" spans="1:2">
       <c r="A902" t="s">
         <v>904</v>
       </c>
       <c r="B902" t="s">
-        <v>2304</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="903" spans="1:2">
       <c r="A903" t="s">
         <v>905</v>
       </c>
       <c r="B903" t="s">
-        <v>2305</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="904" spans="1:2">
       <c r="A904" t="s">
         <v>906</v>
       </c>
       <c r="B904" t="s">
-        <v>2306</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="905" spans="1:2">
       <c r="A905" t="s">
         <v>907</v>
       </c>
       <c r="B905" t="s">
-        <v>2307</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="906" spans="1:2">
       <c r="A906" t="s">
         <v>908</v>
       </c>
       <c r="B906" t="s">
-        <v>2308</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="907" spans="1:2">
       <c r="A907" t="s">
         <v>909</v>
       </c>
       <c r="B907" t="s">
-        <v>2309</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="908" spans="1:2">
       <c r="A908" t="s">
         <v>910</v>
       </c>
       <c r="B908" t="s">
-        <v>2310</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="909" spans="1:2">
       <c r="A909" t="s">
         <v>911</v>
       </c>
       <c r="B909" t="s">
-        <v>2311</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="910" spans="1:2">
       <c r="A910" t="s">
         <v>912</v>
       </c>
       <c r="B910" t="s">
-        <v>2312</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="911" spans="1:2">
       <c r="A911" t="s">
         <v>913</v>
       </c>
       <c r="B911" t="s">
-        <v>2313</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="912" spans="1:2">
       <c r="A912" t="s">
         <v>914</v>
       </c>
       <c r="B912" t="s">
-        <v>2314</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="913" spans="1:2">
       <c r="A913" t="s">
         <v>915</v>
       </c>
       <c r="B913" t="s">
-        <v>2315</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="914" spans="1:2">
       <c r="A914" t="s">
         <v>916</v>
       </c>
       <c r="B914" t="s">
-        <v>2316</v>
+        <v>2313</v>
       </c>
     </row>
     <row r="915" spans="1:2">
       <c r="A915" t="s">
         <v>917</v>
       </c>
       <c r="B915" t="s">
-        <v>2317</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="916" spans="1:2">
       <c r="A916" t="s">
         <v>918</v>
       </c>
       <c r="B916" t="s">
-        <v>2318</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="917" spans="1:2">
       <c r="A917" t="s">
         <v>919</v>
       </c>
       <c r="B917" t="s">
-        <v>2319</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="918" spans="1:2">
       <c r="A918" t="s">
         <v>920</v>
       </c>
       <c r="B918" t="s">
-        <v>2320</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="919" spans="1:2">
       <c r="A919" t="s">
         <v>921</v>
       </c>
       <c r="B919" t="s">
-        <v>2321</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="920" spans="1:2">
       <c r="A920" t="s">
         <v>922</v>
       </c>
       <c r="B920" t="s">
-        <v>2322</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="921" spans="1:2">
       <c r="A921" t="s">
         <v>923</v>
       </c>
       <c r="B921" t="s">
-        <v>2323</v>
+        <v>2320</v>
       </c>
     </row>
     <row r="922" spans="1:2">
       <c r="A922" t="s">
         <v>924</v>
       </c>
       <c r="B922" t="s">
-        <v>2324</v>
+        <v>2321</v>
       </c>
     </row>
     <row r="923" spans="1:2">
       <c r="A923" t="s">
         <v>925</v>
       </c>
       <c r="B923" t="s">
-        <v>2325</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="924" spans="1:2">
       <c r="A924" t="s">
         <v>926</v>
       </c>
       <c r="B924" t="s">
-        <v>2326</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="925" spans="1:2">
       <c r="A925" t="s">
         <v>927</v>
       </c>
       <c r="B925" t="s">
-        <v>2327</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="926" spans="1:2">
       <c r="A926" t="s">
         <v>928</v>
       </c>
       <c r="B926" t="s">
-        <v>2328</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="927" spans="1:2">
       <c r="A927" t="s">
         <v>929</v>
       </c>
       <c r="B927" t="s">
-        <v>2329</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="928" spans="1:2">
       <c r="A928" t="s">
         <v>930</v>
       </c>
       <c r="B928" t="s">
-        <v>2330</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="929" spans="1:2">
       <c r="A929" t="s">
         <v>931</v>
       </c>
       <c r="B929" t="s">
-        <v>2331</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="930" spans="1:2">
       <c r="A930" t="s">
         <v>932</v>
       </c>
       <c r="B930" t="s">
-        <v>2332</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="931" spans="1:2">
       <c r="A931" t="s">
         <v>933</v>
       </c>
       <c r="B931" t="s">
-        <v>2333</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="932" spans="1:2">
       <c r="A932" t="s">
         <v>934</v>
       </c>
       <c r="B932" t="s">
-        <v>2334</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="933" spans="1:2">
       <c r="A933" t="s">
         <v>935</v>
       </c>
       <c r="B933" t="s">
-        <v>2335</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="934" spans="1:2">
       <c r="A934" t="s">
         <v>936</v>
       </c>
       <c r="B934" t="s">
-        <v>2336</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="935" spans="1:2">
       <c r="A935" t="s">
         <v>937</v>
       </c>
       <c r="B935" t="s">
-        <v>2337</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="936" spans="1:2">
       <c r="A936" t="s">
         <v>938</v>
       </c>
       <c r="B936" t="s">
-        <v>2338</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="937" spans="1:2">
       <c r="A937" t="s">
         <v>939</v>
       </c>
       <c r="B937" t="s">
-        <v>2339</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="938" spans="1:2">
       <c r="A938" t="s">
         <v>940</v>
       </c>
       <c r="B938" t="s">
-        <v>2340</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="939" spans="1:2">
       <c r="A939" t="s">
         <v>941</v>
       </c>
       <c r="B939" t="s">
-        <v>2341</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="940" spans="1:2">
       <c r="A940" t="s">
         <v>942</v>
       </c>
       <c r="B940" t="s">
-        <v>2342</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="941" spans="1:2">
       <c r="A941" t="s">
         <v>943</v>
       </c>
       <c r="B941" t="s">
-        <v>2343</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="942" spans="1:2">
       <c r="A942" t="s">
         <v>944</v>
       </c>
       <c r="B942" t="s">
-        <v>2344</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="943" spans="1:2">
       <c r="A943" t="s">
         <v>945</v>
       </c>
       <c r="B943" t="s">
-        <v>2345</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="944" spans="1:2">
       <c r="A944" t="s">
         <v>946</v>
       </c>
       <c r="B944" t="s">
-        <v>2346</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="945" spans="1:2">
       <c r="A945" t="s">
         <v>947</v>
       </c>
       <c r="B945" t="s">
-        <v>2347</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="946" spans="1:2">
       <c r="A946" t="s">
         <v>948</v>
       </c>
       <c r="B946" t="s">
-        <v>2348</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="947" spans="1:2">
       <c r="A947" t="s">
         <v>949</v>
       </c>
       <c r="B947" t="s">
-        <v>2349</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="948" spans="1:2">
       <c r="A948" t="s">
         <v>950</v>
       </c>
       <c r="B948" t="s">
-        <v>2350</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="949" spans="1:2">
       <c r="A949" t="s">
         <v>951</v>
       </c>
       <c r="B949" t="s">
-        <v>2351</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="950" spans="1:2">
       <c r="A950" t="s">
         <v>952</v>
       </c>
       <c r="B950" t="s">
-        <v>2352</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="951" spans="1:2">
       <c r="A951" t="s">
         <v>953</v>
       </c>
       <c r="B951" t="s">
-        <v>2353</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="952" spans="1:2">
       <c r="A952" t="s">
         <v>954</v>
       </c>
       <c r="B952" t="s">
-        <v>2354</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="953" spans="1:2">
       <c r="A953" t="s">
         <v>955</v>
       </c>
       <c r="B953" t="s">
-        <v>2355</v>
+        <v>2352</v>
       </c>
     </row>
     <row r="954" spans="1:2">
       <c r="A954" t="s">
         <v>956</v>
       </c>
       <c r="B954" t="s">
-        <v>2356</v>
+        <v>2353</v>
       </c>
     </row>
     <row r="955" spans="1:2">
       <c r="A955" t="s">
         <v>957</v>
       </c>
       <c r="B955" t="s">
-        <v>2357</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="956" spans="1:2">
       <c r="A956" t="s">
         <v>958</v>
       </c>
       <c r="B956" t="s">
-        <v>2358</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="957" spans="1:2">
       <c r="A957" t="s">
         <v>959</v>
       </c>
       <c r="B957" t="s">
-        <v>2359</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="958" spans="1:2">
       <c r="A958" t="s">
         <v>960</v>
       </c>
       <c r="B958" t="s">
-        <v>2360</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="959" spans="1:2">
       <c r="A959" t="s">
         <v>961</v>
       </c>
       <c r="B959" t="s">
-        <v>2361</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="960" spans="1:2">
       <c r="A960" t="s">
         <v>962</v>
       </c>
       <c r="B960" t="s">
-        <v>2362</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="961" spans="1:2">
       <c r="A961" t="s">
         <v>963</v>
       </c>
       <c r="B961" t="s">
-        <v>2363</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="962" spans="1:2">
       <c r="A962" t="s">
         <v>964</v>
       </c>
       <c r="B962" t="s">
-        <v>2364</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="963" spans="1:2">
       <c r="A963" t="s">
         <v>965</v>
       </c>
       <c r="B963" t="s">
-        <v>2365</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="964" spans="1:2">
       <c r="A964" t="s">
         <v>966</v>
       </c>
       <c r="B964" t="s">
-        <v>2366</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="965" spans="1:2">
       <c r="A965" t="s">
         <v>967</v>
       </c>
       <c r="B965" t="s">
-        <v>2367</v>
+        <v>2364</v>
       </c>
     </row>
     <row r="966" spans="1:2">
       <c r="A966" t="s">
         <v>968</v>
       </c>
       <c r="B966" t="s">
-        <v>2368</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="967" spans="1:2">
       <c r="A967" t="s">
         <v>969</v>
       </c>
       <c r="B967" t="s">
-        <v>2369</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="968" spans="1:2">
       <c r="A968" t="s">
         <v>970</v>
       </c>
       <c r="B968" t="s">
-        <v>2370</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="969" spans="1:2">
       <c r="A969" t="s">
         <v>971</v>
       </c>
       <c r="B969" t="s">
-        <v>2371</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="970" spans="1:2">
       <c r="A970" t="s">
         <v>972</v>
       </c>
       <c r="B970" t="s">
-        <v>2372</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="971" spans="1:2">
       <c r="A971" t="s">
         <v>973</v>
       </c>
       <c r="B971" t="s">
-        <v>2373</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="972" spans="1:2">
       <c r="A972" t="s">
         <v>974</v>
       </c>
       <c r="B972" t="s">
-        <v>2374</v>
+        <v>2371</v>
       </c>
     </row>
     <row r="973" spans="1:2">
       <c r="A973" t="s">
         <v>975</v>
       </c>
       <c r="B973" t="s">
-        <v>2375</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="974" spans="1:2">
       <c r="A974" t="s">
         <v>976</v>
       </c>
       <c r="B974" t="s">
-        <v>2376</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="975" spans="1:2">
       <c r="A975" t="s">
         <v>977</v>
       </c>
       <c r="B975" t="s">
-        <v>2377</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="976" spans="1:2">
       <c r="A976" t="s">
         <v>978</v>
       </c>
       <c r="B976" t="s">
-        <v>2378</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="977" spans="1:2">
       <c r="A977" t="s">
         <v>979</v>
       </c>
       <c r="B977" t="s">
-        <v>2379</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="978" spans="1:2">
       <c r="A978" t="s">
         <v>980</v>
       </c>
       <c r="B978" t="s">
-        <v>2380</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="979" spans="1:2">
       <c r="A979" t="s">
         <v>981</v>
       </c>
       <c r="B979" t="s">
-        <v>2381</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="980" spans="1:2">
       <c r="A980" t="s">
         <v>982</v>
       </c>
       <c r="B980" t="s">
-        <v>2382</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="981" spans="1:2">
       <c r="A981" t="s">
         <v>983</v>
       </c>
       <c r="B981" t="s">
-        <v>2383</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="982" spans="1:2">
       <c r="A982" t="s">
         <v>984</v>
       </c>
       <c r="B982" t="s">
-        <v>2384</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="983" spans="1:2">
       <c r="A983" t="s">
         <v>985</v>
       </c>
       <c r="B983" t="s">
-        <v>2385</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="984" spans="1:2">
       <c r="A984" t="s">
         <v>986</v>
       </c>
       <c r="B984" t="s">
-        <v>2386</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="985" spans="1:2">
       <c r="A985" t="s">
         <v>987</v>
       </c>
       <c r="B985" t="s">
-        <v>2387</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="986" spans="1:2">
       <c r="A986" t="s">
         <v>988</v>
       </c>
       <c r="B986" t="s">
-        <v>2388</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="987" spans="1:2">
       <c r="A987" t="s">
         <v>989</v>
       </c>
       <c r="B987" t="s">
-        <v>2389</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="988" spans="1:2">
       <c r="A988" t="s">
         <v>990</v>
       </c>
       <c r="B988" t="s">
-        <v>2390</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="989" spans="1:2">
       <c r="A989" t="s">
         <v>991</v>
       </c>
       <c r="B989" t="s">
-        <v>2391</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="990" spans="1:2">
       <c r="A990" t="s">
         <v>992</v>
       </c>
       <c r="B990" t="s">
-        <v>2392</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="991" spans="1:2">
       <c r="A991" t="s">
         <v>993</v>
       </c>
       <c r="B991" t="s">
-        <v>2393</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="992" spans="1:2">
       <c r="A992" t="s">
         <v>994</v>
       </c>
       <c r="B992" t="s">
-        <v>2394</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="993" spans="1:2">
       <c r="A993" t="s">
         <v>995</v>
       </c>
       <c r="B993" t="s">
-        <v>2395</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="994" spans="1:2">
       <c r="A994" t="s">
         <v>996</v>
       </c>
       <c r="B994" t="s">
-        <v>2396</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="995" spans="1:2">
       <c r="A995" t="s">
         <v>997</v>
       </c>
       <c r="B995" t="s">
-        <v>2397</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="996" spans="1:2">
       <c r="A996" t="s">
         <v>998</v>
       </c>
       <c r="B996" t="s">
-        <v>2398</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="997" spans="1:2">
       <c r="A997" t="s">
         <v>999</v>
       </c>
       <c r="B997" t="s">
-        <v>2399</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="998" spans="1:2">
       <c r="A998" t="s">
         <v>1000</v>
       </c>
       <c r="B998" t="s">
-        <v>2400</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="999" spans="1:2">
       <c r="A999" t="s">
         <v>1001</v>
       </c>
       <c r="B999" t="s">
-        <v>2401</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="1000" spans="1:2">
       <c r="A1000" t="s">
         <v>1002</v>
       </c>
       <c r="B1000" t="s">
-        <v>1556</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="1001" spans="1:2">
       <c r="A1001" t="s">
         <v>1003</v>
       </c>
       <c r="B1001" t="s">
-        <v>2402</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="1002" spans="1:2">
       <c r="A1002" t="s">
         <v>1004</v>
       </c>
       <c r="B1002" t="s">
-        <v>2403</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="1003" spans="1:2">
       <c r="A1003" t="s">
         <v>1005</v>
       </c>
       <c r="B1003" t="s">
-        <v>2404</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="1004" spans="1:2">
       <c r="A1004" t="s">
         <v>1006</v>
       </c>
       <c r="B1004" t="s">
-        <v>2405</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="1005" spans="1:2">
       <c r="A1005" t="s">
         <v>1007</v>
       </c>
       <c r="B1005" t="s">
-        <v>2406</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="1006" spans="1:2">
       <c r="A1006" t="s">
         <v>1008</v>
       </c>
       <c r="B1006" t="s">
-        <v>2407</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="1007" spans="1:2">
       <c r="A1007" t="s">
         <v>1009</v>
       </c>
       <c r="B1007" t="s">
-        <v>2408</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="1008" spans="1:2">
       <c r="A1008" t="s">
         <v>1010</v>
       </c>
       <c r="B1008" t="s">
-        <v>2409</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="1009" spans="1:2">
       <c r="A1009" t="s">
         <v>1011</v>
       </c>
       <c r="B1009" t="s">
-        <v>2410</v>
+        <v>2408</v>
       </c>
     </row>
     <row r="1010" spans="1:2">
       <c r="A1010" t="s">
         <v>1012</v>
       </c>
       <c r="B1010" t="s">
-        <v>2411</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="1011" spans="1:2">
       <c r="A1011" t="s">
         <v>1013</v>
       </c>
       <c r="B1011" t="s">
-        <v>2412</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="1012" spans="1:2">
       <c r="A1012" t="s">
         <v>1014</v>
       </c>
       <c r="B1012" t="s">
-        <v>2413</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="1013" spans="1:2">
       <c r="A1013" t="s">
         <v>1015</v>
       </c>
       <c r="B1013" t="s">
-        <v>2414</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="1014" spans="1:2">
       <c r="A1014" t="s">
         <v>1016</v>
       </c>
       <c r="B1014" t="s">
-        <v>2415</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="1015" spans="1:2">
       <c r="A1015" t="s">
         <v>1017</v>
       </c>
       <c r="B1015" t="s">
-        <v>2416</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="1016" spans="1:2">
       <c r="A1016" t="s">
         <v>1018</v>
       </c>
       <c r="B1016" t="s">
-        <v>2417</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="1017" spans="1:2">
       <c r="A1017" t="s">
         <v>1019</v>
       </c>
       <c r="B1017" t="s">
-        <v>2418</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="1018" spans="1:2">
       <c r="A1018" t="s">
         <v>1020</v>
       </c>
       <c r="B1018" t="s">
-        <v>2419</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="1019" spans="1:2">
       <c r="A1019" t="s">
         <v>1021</v>
       </c>
       <c r="B1019" t="s">
-        <v>2420</v>
+        <v>2418</v>
       </c>
     </row>
     <row r="1020" spans="1:2">
       <c r="A1020" t="s">
         <v>1022</v>
       </c>
       <c r="B1020" t="s">
-        <v>2421</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="1021" spans="1:2">
       <c r="A1021" t="s">
         <v>1023</v>
       </c>
       <c r="B1021" t="s">
-        <v>2422</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="1022" spans="1:2">
       <c r="A1022" t="s">
         <v>1024</v>
       </c>
       <c r="B1022" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="1023" spans="1:2">
       <c r="A1023" t="s">
         <v>1025</v>
       </c>
       <c r="B1023" t="s">
-        <v>2424</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="1024" spans="1:2">
       <c r="A1024" t="s">
         <v>1026</v>
       </c>
       <c r="B1024" t="s">
-        <v>2425</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="1025" spans="1:2">
       <c r="A1025" t="s">
         <v>1027</v>
       </c>
       <c r="B1025" t="s">
-        <v>2426</v>
+        <v>2424</v>
       </c>
     </row>
     <row r="1026" spans="1:2">
       <c r="A1026" t="s">
         <v>1028</v>
       </c>
       <c r="B1026" t="s">
-        <v>2427</v>
+        <v>2425</v>
       </c>
     </row>
     <row r="1027" spans="1:2">
       <c r="A1027" t="s">
         <v>1029</v>
       </c>
       <c r="B1027" t="s">
-        <v>2428</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="1028" spans="1:2">
       <c r="A1028" t="s">
         <v>1030</v>
       </c>
       <c r="B1028" t="s">
-        <v>2429</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="1029" spans="1:2">
       <c r="A1029" t="s">
         <v>1031</v>
       </c>
       <c r="B1029" t="s">
-        <v>2430</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="1030" spans="1:2">
       <c r="A1030" t="s">
         <v>1032</v>
       </c>
       <c r="B1030" t="s">
-        <v>2431</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="1031" spans="1:2">
       <c r="A1031" t="s">
         <v>1033</v>
       </c>
       <c r="B1031" t="s">
-        <v>2432</v>
+        <v>2430</v>
       </c>
     </row>
     <row r="1032" spans="1:2">
       <c r="A1032" t="s">
         <v>1034</v>
       </c>
       <c r="B1032" t="s">
-        <v>2433</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="1033" spans="1:2">
       <c r="A1033" t="s">
         <v>1035</v>
       </c>
       <c r="B1033" t="s">
-        <v>2434</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="1034" spans="1:2">
       <c r="A1034" t="s">
         <v>1036</v>
       </c>
       <c r="B1034" t="s">
-        <v>2435</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="1035" spans="1:2">
       <c r="A1035" t="s">
         <v>1037</v>
       </c>
       <c r="B1035" t="s">
-        <v>2436</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="1036" spans="1:2">
       <c r="A1036" t="s">
         <v>1038</v>
       </c>
       <c r="B1036" t="s">
-        <v>2437</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="1037" spans="1:2">
       <c r="A1037" t="s">
         <v>1039</v>
       </c>
       <c r="B1037" t="s">
-        <v>2438</v>
+        <v>2436</v>
       </c>
     </row>
     <row r="1038" spans="1:2">
       <c r="A1038" t="s">
         <v>1040</v>
       </c>
       <c r="B1038" t="s">
-        <v>2439</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="1039" spans="1:2">
       <c r="A1039" t="s">
         <v>1041</v>
       </c>
       <c r="B1039" t="s">
-        <v>2440</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="1040" spans="1:2">
       <c r="A1040" t="s">
         <v>1042</v>
       </c>
       <c r="B1040" t="s">
-        <v>2441</v>
+        <v>2439</v>
       </c>
     </row>
     <row r="1041" spans="1:2">
       <c r="A1041" t="s">
         <v>1043</v>
       </c>
       <c r="B1041" t="s">
-        <v>2442</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="1042" spans="1:2">
       <c r="A1042" t="s">
         <v>1044</v>
       </c>
       <c r="B1042" t="s">
-        <v>2443</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="1043" spans="1:2">
       <c r="A1043" t="s">
         <v>1045</v>
       </c>
       <c r="B1043" t="s">
-        <v>2444</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="1044" spans="1:2">
       <c r="A1044" t="s">
         <v>1046</v>
       </c>
       <c r="B1044" t="s">
-        <v>2445</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="1045" spans="1:2">
       <c r="A1045" t="s">
         <v>1047</v>
       </c>
       <c r="B1045" t="s">
-        <v>2446</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="1046" spans="1:2">
       <c r="A1046" t="s">
         <v>1048</v>
       </c>
       <c r="B1046" t="s">
-        <v>2447</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="1047" spans="1:2">
       <c r="A1047" t="s">
         <v>1049</v>
       </c>
       <c r="B1047" t="s">
-        <v>2448</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="1048" spans="1:2">
       <c r="A1048" t="s">
         <v>1050</v>
       </c>
       <c r="B1048" t="s">
-        <v>2449</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="1049" spans="1:2">
       <c r="A1049" t="s">
         <v>1051</v>
       </c>
       <c r="B1049" t="s">
-        <v>2450</v>
+        <v>2448</v>
       </c>
     </row>
     <row r="1050" spans="1:2">
       <c r="A1050" t="s">
         <v>1052</v>
       </c>
       <c r="B1050" t="s">
-        <v>2451</v>
+        <v>2449</v>
       </c>
     </row>
     <row r="1051" spans="1:2">
       <c r="A1051" t="s">
         <v>1053</v>
       </c>
       <c r="B1051" t="s">
-        <v>2452</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="1052" spans="1:2">
       <c r="A1052" t="s">
         <v>1054</v>
       </c>
       <c r="B1052" t="s">
-        <v>2453</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="1053" spans="1:2">
       <c r="A1053" t="s">
         <v>1055</v>
       </c>
       <c r="B1053" t="s">
-        <v>2454</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="1054" spans="1:2">
       <c r="A1054" t="s">
         <v>1056</v>
       </c>
       <c r="B1054" t="s">
-        <v>2455</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="1055" spans="1:2">
       <c r="A1055" t="s">
         <v>1057</v>
       </c>
       <c r="B1055" t="s">
-        <v>2456</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="1056" spans="1:2">
       <c r="A1056" t="s">
         <v>1058</v>
       </c>
       <c r="B1056" t="s">
-        <v>2457</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="1057" spans="1:2">
       <c r="A1057" t="s">
         <v>1059</v>
       </c>
       <c r="B1057" t="s">
-        <v>2068</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="1058" spans="1:2">
       <c r="A1058" t="s">
         <v>1060</v>
       </c>
       <c r="B1058" t="s">
-        <v>2458</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="1059" spans="1:2">
       <c r="A1059" t="s">
         <v>1061</v>
       </c>
       <c r="B1059" t="s">
-        <v>2459</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="1060" spans="1:2">
       <c r="A1060" t="s">
         <v>1062</v>
       </c>
       <c r="B1060" t="s">
-        <v>2460</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="1061" spans="1:2">
       <c r="A1061" t="s">
         <v>1063</v>
       </c>
       <c r="B1061" t="s">
-        <v>2461</v>
+        <v>2460</v>
       </c>
     </row>
     <row r="1062" spans="1:2">
       <c r="A1062" t="s">
         <v>1064</v>
       </c>
       <c r="B1062" t="s">
-        <v>2462</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="1063" spans="1:2">
       <c r="A1063" t="s">
         <v>1065</v>
       </c>
       <c r="B1063" t="s">
-        <v>2463</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="1064" spans="1:2">
       <c r="A1064" t="s">
         <v>1066</v>
       </c>
       <c r="B1064" t="s">
-        <v>2464</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="1065" spans="1:2">
       <c r="A1065" t="s">
         <v>1067</v>
       </c>
       <c r="B1065" t="s">
-        <v>2465</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="1066" spans="1:2">
       <c r="A1066" t="s">
         <v>1068</v>
       </c>
       <c r="B1066" t="s">
-        <v>2466</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="1067" spans="1:2">
       <c r="A1067" t="s">
         <v>1069</v>
       </c>
       <c r="B1067" t="s">
-        <v>2467</v>
+        <v>2466</v>
       </c>
     </row>
     <row r="1068" spans="1:2">
       <c r="A1068" t="s">
         <v>1070</v>
       </c>
       <c r="B1068" t="s">
-        <v>2468</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="1069" spans="1:2">
       <c r="A1069" t="s">
         <v>1071</v>
       </c>
       <c r="B1069" t="s">
-        <v>2469</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="1070" spans="1:2">
       <c r="A1070" t="s">
         <v>1072</v>
       </c>
       <c r="B1070" t="s">
-        <v>2470</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="1071" spans="1:2">
       <c r="A1071" t="s">
         <v>1073</v>
       </c>
       <c r="B1071" t="s">
-        <v>2471</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="1072" spans="1:2">
       <c r="A1072" t="s">
         <v>1074</v>
       </c>
       <c r="B1072" t="s">
-        <v>2472</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="1073" spans="1:2">
       <c r="A1073" t="s">
         <v>1075</v>
       </c>
       <c r="B1073" t="s">
-        <v>2473</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="1074" spans="1:2">
       <c r="A1074" t="s">
         <v>1076</v>
       </c>
       <c r="B1074" t="s">
-        <v>2474</v>
+        <v>2473</v>
       </c>
     </row>
     <row r="1075" spans="1:2">
       <c r="A1075" t="s">
         <v>1077</v>
       </c>
       <c r="B1075" t="s">
-        <v>2475</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="1076" spans="1:2">
       <c r="A1076" t="s">
         <v>1078</v>
       </c>
       <c r="B1076" t="s">
-        <v>2476</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="1077" spans="1:2">
       <c r="A1077" t="s">
         <v>1079</v>
       </c>
       <c r="B1077" t="s">
-        <v>2477</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="1078" spans="1:2">
       <c r="A1078" t="s">
         <v>1080</v>
       </c>
       <c r="B1078" t="s">
-        <v>2478</v>
+        <v>2477</v>
       </c>
     </row>
     <row r="1079" spans="1:2">
       <c r="A1079" t="s">
         <v>1081</v>
       </c>
       <c r="B1079" t="s">
-        <v>2479</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="1080" spans="1:2">
       <c r="A1080" t="s">
         <v>1082</v>
       </c>
       <c r="B1080" t="s">
-        <v>2480</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="1081" spans="1:2">
       <c r="A1081" t="s">
         <v>1083</v>
       </c>
       <c r="B1081" t="s">
-        <v>2481</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="1082" spans="1:2">
       <c r="A1082" t="s">
         <v>1084</v>
       </c>
       <c r="B1082" t="s">
-        <v>2482</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="1083" spans="1:2">
       <c r="A1083" t="s">
         <v>1085</v>
       </c>
       <c r="B1083" t="s">
-        <v>2483</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="1084" spans="1:2">
       <c r="A1084" t="s">
         <v>1086</v>
       </c>
       <c r="B1084" t="s">
-        <v>2484</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="1085" spans="1:2">
       <c r="A1085" t="s">
         <v>1087</v>
       </c>
       <c r="B1085" t="s">
-        <v>2485</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="1086" spans="1:2">
       <c r="A1086" t="s">
         <v>1088</v>
       </c>
       <c r="B1086" t="s">
-        <v>2486</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="1087" spans="1:2">
       <c r="A1087" t="s">
         <v>1089</v>
       </c>
       <c r="B1087" t="s">
-        <v>2487</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="1088" spans="1:2">
       <c r="A1088" t="s">
         <v>1090</v>
       </c>
       <c r="B1088" t="s">
-        <v>2488</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="1089" spans="1:2">
       <c r="A1089" t="s">
         <v>1091</v>
       </c>
       <c r="B1089" t="s">
-        <v>2489</v>
+        <v>2488</v>
       </c>
     </row>
     <row r="1090" spans="1:2">
       <c r="A1090" t="s">
         <v>1092</v>
       </c>
       <c r="B1090" t="s">
-        <v>2490</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="1091" spans="1:2">
       <c r="A1091" t="s">
         <v>1093</v>
       </c>
       <c r="B1091" t="s">
-        <v>2491</v>
+        <v>2490</v>
       </c>
     </row>
     <row r="1092" spans="1:2">
       <c r="A1092" t="s">
         <v>1094</v>
       </c>
       <c r="B1092" t="s">
-        <v>2492</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="1093" spans="1:2">
       <c r="A1093" t="s">
         <v>1095</v>
       </c>
       <c r="B1093" t="s">
-        <v>2493</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="1094" spans="1:2">
       <c r="A1094" t="s">
         <v>1096</v>
       </c>
       <c r="B1094" t="s">
-        <v>2494</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="1095" spans="1:2">
       <c r="A1095" t="s">
         <v>1097</v>
       </c>
       <c r="B1095" t="s">
-        <v>2495</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="1096" spans="1:2">
       <c r="A1096" t="s">
         <v>1098</v>
       </c>
       <c r="B1096" t="s">
-        <v>2496</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="1097" spans="1:2">
       <c r="A1097" t="s">
         <v>1099</v>
       </c>
       <c r="B1097" t="s">
-        <v>2497</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="1098" spans="1:2">
       <c r="A1098" t="s">
         <v>1100</v>
       </c>
       <c r="B1098" t="s">
-        <v>2498</v>
+        <v>2497</v>
       </c>
     </row>
     <row r="1099" spans="1:2">
       <c r="A1099" t="s">
         <v>1101</v>
       </c>
       <c r="B1099" t="s">
-        <v>2499</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="1100" spans="1:2">
       <c r="A1100" t="s">
         <v>1102</v>
       </c>
       <c r="B1100" t="s">
-        <v>2500</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="1101" spans="1:2">
       <c r="A1101" t="s">
         <v>1103</v>
       </c>
       <c r="B1101" t="s">
-        <v>2501</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1102" spans="1:2">
       <c r="A1102" t="s">
         <v>1104</v>
       </c>
       <c r="B1102" t="s">
-        <v>2502</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="1103" spans="1:2">
       <c r="A1103" t="s">
         <v>1105</v>
       </c>
       <c r="B1103" t="s">
-        <v>2503</v>
+        <v>2502</v>
       </c>
     </row>
     <row r="1104" spans="1:2">
       <c r="A1104" t="s">
         <v>1106</v>
       </c>
       <c r="B1104" t="s">
-        <v>2504</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="1105" spans="1:2">
       <c r="A1105" t="s">
         <v>1107</v>
       </c>
       <c r="B1105" t="s">
-        <v>2505</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="1106" spans="1:2">
       <c r="A1106" t="s">
         <v>1108</v>
       </c>
       <c r="B1106" t="s">
-        <v>2506</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="1107" spans="1:2">
       <c r="A1107" t="s">
         <v>1109</v>
       </c>
       <c r="B1107" t="s">
-        <v>2507</v>
+        <v>2506</v>
       </c>
     </row>
     <row r="1108" spans="1:2">
       <c r="A1108" t="s">
         <v>1110</v>
       </c>
       <c r="B1108" t="s">
-        <v>2508</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="1109" spans="1:2">
       <c r="A1109" t="s">
         <v>1111</v>
       </c>
       <c r="B1109" t="s">
-        <v>2509</v>
+        <v>2508</v>
       </c>
     </row>
     <row r="1110" spans="1:2">
       <c r="A1110" t="s">
         <v>1112</v>
       </c>
       <c r="B1110" t="s">
-        <v>2510</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="1111" spans="1:2">
       <c r="A1111" t="s">
         <v>1113</v>
       </c>
       <c r="B1111" t="s">
-        <v>2511</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="1112" spans="1:2">
       <c r="A1112" t="s">
         <v>1114</v>
       </c>
       <c r="B1112" t="s">
-        <v>2512</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="1113" spans="1:2">
       <c r="A1113" t="s">
         <v>1115</v>
       </c>
       <c r="B1113" t="s">
-        <v>2513</v>
+        <v>2512</v>
       </c>
     </row>
     <row r="1114" spans="1:2">
       <c r="A1114" t="s">
         <v>1116</v>
       </c>
       <c r="B1114" t="s">
-        <v>2514</v>
+        <v>2513</v>
       </c>
     </row>
     <row r="1115" spans="1:2">
       <c r="A1115" t="s">
         <v>1117</v>
       </c>
       <c r="B1115" t="s">
-        <v>2515</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="1116" spans="1:2">
       <c r="A1116" t="s">
         <v>1118</v>
       </c>
       <c r="B1116" t="s">
-        <v>2516</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="1117" spans="1:2">
       <c r="A1117" t="s">
         <v>1119</v>
       </c>
       <c r="B1117" t="s">
-        <v>2517</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="1118" spans="1:2">
       <c r="A1118" t="s">
         <v>1120</v>
       </c>
       <c r="B1118" t="s">
-        <v>2518</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="1119" spans="1:2">
       <c r="A1119" t="s">
         <v>1121</v>
       </c>
       <c r="B1119" t="s">
-        <v>2519</v>
+        <v>2518</v>
       </c>
     </row>
     <row r="1120" spans="1:2">
       <c r="A1120" t="s">
         <v>1122</v>
       </c>
       <c r="B1120" t="s">
-        <v>2520</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="1121" spans="1:2">
       <c r="A1121" t="s">
         <v>1123</v>
       </c>
       <c r="B1121" t="s">
-        <v>2521</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="1122" spans="1:2">
       <c r="A1122" t="s">
         <v>1124</v>
       </c>
       <c r="B1122" t="s">
-        <v>2522</v>
+        <v>2521</v>
       </c>
     </row>
     <row r="1123" spans="1:2">
       <c r="A1123" t="s">
         <v>1125</v>
       </c>
       <c r="B1123" t="s">
-        <v>2523</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="1124" spans="1:2">
       <c r="A1124" t="s">
         <v>1126</v>
       </c>
       <c r="B1124" t="s">
-        <v>2524</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="1125" spans="1:2">
       <c r="A1125" t="s">
         <v>1127</v>
       </c>
       <c r="B1125" t="s">
-        <v>2525</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="1126" spans="1:2">
       <c r="A1126" t="s">
         <v>1128</v>
       </c>
       <c r="B1126" t="s">
-        <v>2526</v>
+        <v>2525</v>
       </c>
     </row>
     <row r="1127" spans="1:2">
       <c r="A1127" t="s">
         <v>1129</v>
       </c>
       <c r="B1127" t="s">
-        <v>2527</v>
+        <v>2526</v>
       </c>
     </row>
     <row r="1128" spans="1:2">
       <c r="A1128" t="s">
         <v>1130</v>
       </c>
       <c r="B1128" t="s">
-        <v>2528</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="1129" spans="1:2">
       <c r="A1129" t="s">
         <v>1131</v>
       </c>
       <c r="B1129" t="s">
-        <v>2529</v>
+        <v>2528</v>
       </c>
     </row>
     <row r="1130" spans="1:2">
       <c r="A1130" t="s">
         <v>1132</v>
       </c>
       <c r="B1130" t="s">
-        <v>2530</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="1131" spans="1:2">
       <c r="A1131" t="s">
         <v>1133</v>
       </c>
       <c r="B1131" t="s">
-        <v>2531</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="1132" spans="1:2">
       <c r="A1132" t="s">
         <v>1134</v>
       </c>
       <c r="B1132" t="s">
-        <v>2532</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="1133" spans="1:2">
       <c r="A1133" t="s">
         <v>1135</v>
       </c>
       <c r="B1133" t="s">
-        <v>2533</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="1134" spans="1:2">
       <c r="A1134" t="s">
         <v>1136</v>
       </c>
       <c r="B1134" t="s">
-        <v>2534</v>
+        <v>2533</v>
       </c>
     </row>
     <row r="1135" spans="1:2">
       <c r="A1135" t="s">
         <v>1137</v>
       </c>
       <c r="B1135" t="s">
-        <v>2535</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="1136" spans="1:2">
       <c r="A1136" t="s">
         <v>1138</v>
       </c>
       <c r="B1136" t="s">
-        <v>2536</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="1137" spans="1:2">
       <c r="A1137" t="s">
         <v>1139</v>
       </c>
       <c r="B1137" t="s">
-        <v>2537</v>
+        <v>2536</v>
       </c>
     </row>
     <row r="1138" spans="1:2">
       <c r="A1138" t="s">
         <v>1140</v>
       </c>
       <c r="B1138" t="s">
-        <v>2538</v>
+        <v>2537</v>
       </c>
     </row>
     <row r="1139" spans="1:2">
       <c r="A1139" t="s">
         <v>1141</v>
       </c>
       <c r="B1139" t="s">
-        <v>2539</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="1140" spans="1:2">
       <c r="A1140" t="s">
         <v>1142</v>
       </c>
       <c r="B1140" t="s">
-        <v>2540</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="1141" spans="1:2">
       <c r="A1141" t="s">
         <v>1143</v>
       </c>
       <c r="B1141" t="s">
-        <v>2541</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="1142" spans="1:2">
       <c r="A1142" t="s">
         <v>1144</v>
       </c>
       <c r="B1142" t="s">
-        <v>2542</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="1143" spans="1:2">
       <c r="A1143" t="s">
         <v>1145</v>
       </c>
       <c r="B1143" t="s">
-        <v>2543</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="1144" spans="1:2">
       <c r="A1144" t="s">
         <v>1146</v>
       </c>
       <c r="B1144" t="s">
-        <v>2544</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="1145" spans="1:2">
       <c r="A1145" t="s">
         <v>1147</v>
       </c>
       <c r="B1145" t="s">
-        <v>2545</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="1146" spans="1:2">
       <c r="A1146" t="s">
         <v>1148</v>
       </c>
       <c r="B1146" t="s">
-        <v>2546</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="1147" spans="1:2">
       <c r="A1147" t="s">
         <v>1149</v>
       </c>
       <c r="B1147" t="s">
-        <v>2547</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="1148" spans="1:2">
       <c r="A1148" t="s">
         <v>1150</v>
       </c>
       <c r="B1148" t="s">
-        <v>2548</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="1149" spans="1:2">
       <c r="A1149" t="s">
         <v>1151</v>
       </c>
       <c r="B1149" t="s">
-        <v>2549</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="1150" spans="1:2">
       <c r="A1150" t="s">
         <v>1152</v>
       </c>
       <c r="B1150" t="s">
-        <v>2550</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="1151" spans="1:2">
       <c r="A1151" t="s">
         <v>1153</v>
       </c>
       <c r="B1151" t="s">
-        <v>2551</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="1152" spans="1:2">
       <c r="A1152" t="s">
         <v>1154</v>
       </c>
       <c r="B1152" t="s">
-        <v>2552</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="1153" spans="1:2">
       <c r="A1153" t="s">
         <v>1155</v>
       </c>
       <c r="B1153" t="s">
-        <v>2553</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="1154" spans="1:2">
       <c r="A1154" t="s">
         <v>1156</v>
       </c>
       <c r="B1154" t="s">
-        <v>2554</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="1155" spans="1:2">
       <c r="A1155" t="s">
         <v>1157</v>
       </c>
       <c r="B1155" t="s">
-        <v>2555</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="1156" spans="1:2">
       <c r="A1156" t="s">
         <v>1158</v>
       </c>
       <c r="B1156" t="s">
-        <v>2556</v>
+        <v>2555</v>
       </c>
     </row>
     <row r="1157" spans="1:2">
       <c r="A1157" t="s">
         <v>1159</v>
       </c>
       <c r="B1157" t="s">
-        <v>2557</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="1158" spans="1:2">
       <c r="A1158" t="s">
         <v>1160</v>
       </c>
       <c r="B1158" t="s">
-        <v>2558</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="1159" spans="1:2">
       <c r="A1159" t="s">
         <v>1161</v>
       </c>
       <c r="B1159" t="s">
-        <v>2559</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="1160" spans="1:2">
       <c r="A1160" t="s">
         <v>1162</v>
       </c>
       <c r="B1160" t="s">
-        <v>2560</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="1161" spans="1:2">
       <c r="A1161" t="s">
         <v>1163</v>
       </c>
       <c r="B1161" t="s">
-        <v>2561</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="1162" spans="1:2">
       <c r="A1162" t="s">
         <v>1164</v>
       </c>
       <c r="B1162" t="s">
-        <v>2562</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="1163" spans="1:2">
       <c r="A1163" t="s">
         <v>1165</v>
       </c>
       <c r="B1163" t="s">
-        <v>2563</v>
+        <v>2562</v>
       </c>
     </row>
     <row r="1164" spans="1:2">
       <c r="A1164" t="s">
         <v>1166</v>
       </c>
       <c r="B1164" t="s">
-        <v>2564</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="1165" spans="1:2">
       <c r="A1165" t="s">
         <v>1167</v>
       </c>
       <c r="B1165" t="s">
-        <v>2565</v>
+        <v>2564</v>
       </c>
     </row>
     <row r="1166" spans="1:2">
       <c r="A1166" t="s">
         <v>1168</v>
       </c>
       <c r="B1166" t="s">
-        <v>2566</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="1167" spans="1:2">
       <c r="A1167" t="s">
         <v>1169</v>
       </c>
       <c r="B1167" t="s">
-        <v>2567</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="1168" spans="1:2">
       <c r="A1168" t="s">
         <v>1170</v>
       </c>
       <c r="B1168" t="s">
-        <v>2568</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="1169" spans="1:2">
       <c r="A1169" t="s">
         <v>1171</v>
       </c>
       <c r="B1169" t="s">
-        <v>2569</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="1170" spans="1:2">
       <c r="A1170" t="s">
         <v>1172</v>
       </c>
       <c r="B1170" t="s">
-        <v>2570</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="1171" spans="1:2">
       <c r="A1171" t="s">
         <v>1173</v>
       </c>
       <c r="B1171" t="s">
-        <v>2571</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="1172" spans="1:2">
       <c r="A1172" t="s">
         <v>1174</v>
       </c>
       <c r="B1172" t="s">
-        <v>2572</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="1173" spans="1:2">
       <c r="A1173" t="s">
         <v>1175</v>
       </c>
       <c r="B1173" t="s">
-        <v>2573</v>
+        <v>2572</v>
       </c>
     </row>
     <row r="1174" spans="1:2">
       <c r="A1174" t="s">
         <v>1176</v>
       </c>
       <c r="B1174" t="s">
-        <v>2574</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="1175" spans="1:2">
       <c r="A1175" t="s">
         <v>1177</v>
       </c>
       <c r="B1175" t="s">
-        <v>2575</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="1176" spans="1:2">
       <c r="A1176" t="s">
         <v>1178</v>
       </c>
       <c r="B1176" t="s">
-        <v>2576</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="1177" spans="1:2">
       <c r="A1177" t="s">
         <v>1179</v>
       </c>
       <c r="B1177" t="s">
-        <v>2577</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="1178" spans="1:2">
       <c r="A1178" t="s">
         <v>1180</v>
       </c>
       <c r="B1178" t="s">
-        <v>2578</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="1179" spans="1:2">
       <c r="A1179" t="s">
         <v>1181</v>
       </c>
       <c r="B1179" t="s">
-        <v>2579</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="1180" spans="1:2">
       <c r="A1180" t="s">
         <v>1182</v>
       </c>
       <c r="B1180" t="s">
-        <v>2580</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="1181" spans="1:2">
       <c r="A1181" t="s">
         <v>1183</v>
       </c>
       <c r="B1181" t="s">
-        <v>2581</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="1182" spans="1:2">
       <c r="A1182" t="s">
         <v>1184</v>
       </c>
       <c r="B1182" t="s">
-        <v>2582</v>
+        <v>2581</v>
       </c>
     </row>
     <row r="1183" spans="1:2">
       <c r="A1183" t="s">
         <v>1185</v>
       </c>
       <c r="B1183" t="s">
-        <v>2583</v>
+        <v>2582</v>
       </c>
     </row>
     <row r="1184" spans="1:2">
       <c r="A1184" t="s">
         <v>1186</v>
       </c>
       <c r="B1184" t="s">
-        <v>2584</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="1185" spans="1:2">
       <c r="A1185" t="s">
         <v>1187</v>
       </c>
       <c r="B1185" t="s">
-        <v>2585</v>
+        <v>2584</v>
       </c>
     </row>
     <row r="1186" spans="1:2">
       <c r="A1186" t="s">
         <v>1188</v>
       </c>
       <c r="B1186" t="s">
-        <v>2586</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="1187" spans="1:2">
       <c r="A1187" t="s">
         <v>1189</v>
       </c>
       <c r="B1187" t="s">
-        <v>2587</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="1188" spans="1:2">
       <c r="A1188" t="s">
         <v>1190</v>
       </c>
       <c r="B1188" t="s">
-        <v>2588</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="1189" spans="1:2">
       <c r="A1189" t="s">
         <v>1191</v>
       </c>
       <c r="B1189" t="s">
-        <v>2589</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="1190" spans="1:2">
       <c r="A1190" t="s">
         <v>1192</v>
       </c>
       <c r="B1190" t="s">
-        <v>2590</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="1191" spans="1:2">
       <c r="A1191" t="s">
         <v>1193</v>
       </c>
       <c r="B1191" t="s">
-        <v>2591</v>
+        <v>2589</v>
       </c>
     </row>
     <row r="1192" spans="1:2">
       <c r="A1192" t="s">
         <v>1194</v>
       </c>
       <c r="B1192" t="s">
-        <v>2592</v>
+        <v>2590</v>
       </c>
     </row>
     <row r="1193" spans="1:2">
       <c r="A1193" t="s">
         <v>1195</v>
       </c>
       <c r="B1193" t="s">
-        <v>2593</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="1194" spans="1:2">
       <c r="A1194" t="s">
         <v>1196</v>
       </c>
       <c r="B1194" t="s">
-        <v>2594</v>
+        <v>2592</v>
       </c>
     </row>
     <row r="1195" spans="1:2">
       <c r="A1195" t="s">
         <v>1197</v>
       </c>
       <c r="B1195" t="s">
-        <v>2595</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="1196" spans="1:2">
       <c r="A1196" t="s">
         <v>1198</v>
       </c>
       <c r="B1196" t="s">
-        <v>2596</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="1197" spans="1:2">
       <c r="A1197" t="s">
         <v>1199</v>
       </c>
       <c r="B1197" t="s">
-        <v>2597</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="1198" spans="1:2">
       <c r="A1198" t="s">
         <v>1200</v>
       </c>
       <c r="B1198" t="s">
-        <v>2598</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="1199" spans="1:2">
       <c r="A1199" t="s">
         <v>1201</v>
       </c>
       <c r="B1199" t="s">
-        <v>2599</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="1200" spans="1:2">
       <c r="A1200" t="s">
         <v>1202</v>
       </c>
       <c r="B1200" t="s">
-        <v>2600</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="1201" spans="1:2">
       <c r="A1201" t="s">
         <v>1203</v>
       </c>
       <c r="B1201" t="s">
-        <v>2601</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="1202" spans="1:2">
       <c r="A1202" t="s">
         <v>1204</v>
       </c>
       <c r="B1202" t="s">
-        <v>2602</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="1203" spans="1:2">
       <c r="A1203" t="s">
         <v>1205</v>
       </c>
       <c r="B1203" t="s">
-        <v>2603</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="1204" spans="1:2">
       <c r="A1204" t="s">
         <v>1206</v>
       </c>
       <c r="B1204" t="s">
-        <v>2604</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="1205" spans="1:2">
       <c r="A1205" t="s">
         <v>1207</v>
       </c>
       <c r="B1205" t="s">
-        <v>2605</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="1206" spans="1:2">
       <c r="A1206" t="s">
         <v>1208</v>
       </c>
       <c r="B1206" t="s">
-        <v>2606</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="1207" spans="1:2">
       <c r="A1207" t="s">
         <v>1209</v>
       </c>
       <c r="B1207" t="s">
-        <v>2607</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="1208" spans="1:2">
       <c r="A1208" t="s">
         <v>1210</v>
       </c>
       <c r="B1208" t="s">
-        <v>2608</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="1209" spans="1:2">
       <c r="A1209" t="s">
         <v>1211</v>
       </c>
       <c r="B1209" t="s">
-        <v>2609</v>
+        <v>2607</v>
       </c>
     </row>
     <row r="1210" spans="1:2">
       <c r="A1210" t="s">
         <v>1212</v>
       </c>
       <c r="B1210" t="s">
-        <v>2610</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="1211" spans="1:2">
       <c r="A1211" t="s">
         <v>1213</v>
       </c>
       <c r="B1211" t="s">
-        <v>2611</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="1212" spans="1:2">
       <c r="A1212" t="s">
         <v>1214</v>
       </c>
       <c r="B1212" t="s">
-        <v>2612</v>
+        <v>2610</v>
       </c>
     </row>
     <row r="1213" spans="1:2">
       <c r="A1213" t="s">
         <v>1215</v>
       </c>
       <c r="B1213" t="s">
-        <v>2613</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="1214" spans="1:2">
       <c r="A1214" t="s">
         <v>1216</v>
       </c>
       <c r="B1214" t="s">
-        <v>2614</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="1215" spans="1:2">
       <c r="A1215" t="s">
         <v>1217</v>
       </c>
       <c r="B1215" t="s">
-        <v>2615</v>
+        <v>2613</v>
       </c>
     </row>
     <row r="1216" spans="1:2">
       <c r="A1216" t="s">
         <v>1218</v>
       </c>
       <c r="B1216" t="s">
-        <v>2616</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="1217" spans="1:2">
       <c r="A1217" t="s">
         <v>1219</v>
       </c>
       <c r="B1217" t="s">
-        <v>2617</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="1218" spans="1:2">
       <c r="A1218" t="s">
         <v>1220</v>
       </c>
       <c r="B1218" t="s">
-        <v>2618</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="1219" spans="1:2">
       <c r="A1219" t="s">
         <v>1221</v>
       </c>
       <c r="B1219" t="s">
-        <v>2619</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="1220" spans="1:2">
       <c r="A1220" t="s">
         <v>1222</v>
       </c>
       <c r="B1220" t="s">
-        <v>2620</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="1221" spans="1:2">
       <c r="A1221" t="s">
         <v>1223</v>
       </c>
       <c r="B1221" t="s">
-        <v>2621</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="1222" spans="1:2">
       <c r="A1222" t="s">
         <v>1224</v>
       </c>
       <c r="B1222" t="s">
-        <v>2622</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="1223" spans="1:2">
       <c r="A1223" t="s">
         <v>1225</v>
       </c>
       <c r="B1223" t="s">
-        <v>2623</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="1224" spans="1:2">
       <c r="A1224" t="s">
         <v>1226</v>
       </c>
       <c r="B1224" t="s">
-        <v>2624</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="1225" spans="1:2">
       <c r="A1225" t="s">
         <v>1227</v>
       </c>
       <c r="B1225" t="s">
-        <v>2625</v>
+        <v>2623</v>
       </c>
     </row>
     <row r="1226" spans="1:2">
       <c r="A1226" t="s">
         <v>1228</v>
       </c>
       <c r="B1226" t="s">
-        <v>2626</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="1227" spans="1:2">
       <c r="A1227" t="s">
         <v>1229</v>
       </c>
       <c r="B1227" t="s">
-        <v>2627</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="1228" spans="1:2">
       <c r="A1228" t="s">
         <v>1230</v>
       </c>
       <c r="B1228" t="s">
-        <v>2628</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="1229" spans="1:2">
       <c r="A1229" t="s">
         <v>1231</v>
       </c>
       <c r="B1229" t="s">
-        <v>2629</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="1230" spans="1:2">
       <c r="A1230" t="s">
         <v>1232</v>
       </c>
       <c r="B1230" t="s">
-        <v>2630</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="1231" spans="1:2">
       <c r="A1231" t="s">
         <v>1233</v>
       </c>
       <c r="B1231" t="s">
-        <v>2631</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="1232" spans="1:2">
       <c r="A1232" t="s">
         <v>1234</v>
       </c>
       <c r="B1232" t="s">
-        <v>2632</v>
+        <v>2630</v>
       </c>
     </row>
     <row r="1233" spans="1:2">
       <c r="A1233" t="s">
         <v>1235</v>
       </c>
       <c r="B1233" t="s">
-        <v>2633</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="1234" spans="1:2">
       <c r="A1234" t="s">
         <v>1236</v>
       </c>
       <c r="B1234" t="s">
-        <v>2634</v>
+        <v>2632</v>
       </c>
     </row>
     <row r="1235" spans="1:2">
       <c r="A1235" t="s">
         <v>1237</v>
       </c>
       <c r="B1235" t="s">
-        <v>2635</v>
+        <v>2633</v>
       </c>
     </row>
     <row r="1236" spans="1:2">
       <c r="A1236" t="s">
         <v>1238</v>
       </c>
       <c r="B1236" t="s">
-        <v>2636</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="1237" spans="1:2">
       <c r="A1237" t="s">
         <v>1239</v>
       </c>
       <c r="B1237" t="s">
-        <v>2637</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="1238" spans="1:2">
       <c r="A1238" t="s">
         <v>1240</v>
       </c>
       <c r="B1238" t="s">
-        <v>2638</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="1239" spans="1:2">
       <c r="A1239" t="s">
         <v>1241</v>
       </c>
       <c r="B1239" t="s">
-        <v>2639</v>
+        <v>2637</v>
       </c>
     </row>
     <row r="1240" spans="1:2">
       <c r="A1240" t="s">
         <v>1242</v>
       </c>
       <c r="B1240" t="s">
-        <v>2640</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="1241" spans="1:2">
       <c r="A1241" t="s">
         <v>1243</v>
       </c>
       <c r="B1241" t="s">
-        <v>2641</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="1242" spans="1:2">
       <c r="A1242" t="s">
         <v>1244</v>
       </c>
       <c r="B1242" t="s">
-        <v>2642</v>
+        <v>2640</v>
       </c>
     </row>
     <row r="1243" spans="1:2">
       <c r="A1243" t="s">
         <v>1245</v>
       </c>
       <c r="B1243" t="s">
-        <v>2643</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="1244" spans="1:2">
       <c r="A1244" t="s">
         <v>1246</v>
       </c>
       <c r="B1244" t="s">
-        <v>2644</v>
+        <v>2642</v>
       </c>
     </row>
     <row r="1245" spans="1:2">
       <c r="A1245" t="s">
         <v>1247</v>
       </c>
       <c r="B1245" t="s">
-        <v>2645</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="1246" spans="1:2">
       <c r="A1246" t="s">
         <v>1248</v>
       </c>
       <c r="B1246" t="s">
-        <v>2646</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="1247" spans="1:2">
       <c r="A1247" t="s">
         <v>1249</v>
       </c>
       <c r="B1247" t="s">
-        <v>2647</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="1248" spans="1:2">
       <c r="A1248" t="s">
         <v>1250</v>
       </c>
       <c r="B1248" t="s">
-        <v>2648</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="1249" spans="1:2">
       <c r="A1249" t="s">
         <v>1251</v>
       </c>
       <c r="B1249" t="s">
-        <v>2649</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="1250" spans="1:2">
       <c r="A1250" t="s">
         <v>1252</v>
       </c>
       <c r="B1250" t="s">
-        <v>2650</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="1251" spans="1:2">
       <c r="A1251" t="s">
         <v>1253</v>
       </c>
       <c r="B1251" t="s">
-        <v>2651</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="1252" spans="1:2">
       <c r="A1252" t="s">
         <v>1254</v>
       </c>
       <c r="B1252" t="s">
-        <v>2652</v>
+        <v>2650</v>
       </c>
     </row>
     <row r="1253" spans="1:2">
       <c r="A1253" t="s">
         <v>1255</v>
       </c>
       <c r="B1253" t="s">
-        <v>2653</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="1254" spans="1:2">
       <c r="A1254" t="s">
         <v>1256</v>
       </c>
       <c r="B1254" t="s">
-        <v>2654</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="1255" spans="1:2">
       <c r="A1255" t="s">
         <v>1257</v>
       </c>
       <c r="B1255" t="s">
-        <v>2655</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="1256" spans="1:2">
       <c r="A1256" t="s">
         <v>1258</v>
       </c>
       <c r="B1256" t="s">
-        <v>2656</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="1257" spans="1:2">
       <c r="A1257" t="s">
         <v>1259</v>
       </c>
       <c r="B1257" t="s">
-        <v>2657</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="1258" spans="1:2">
       <c r="A1258" t="s">
         <v>1260</v>
       </c>
       <c r="B1258" t="s">
-        <v>2658</v>
+        <v>2656</v>
       </c>
     </row>
     <row r="1259" spans="1:2">
       <c r="A1259" t="s">
         <v>1261</v>
       </c>
       <c r="B1259" t="s">
-        <v>2659</v>
+        <v>2657</v>
       </c>
     </row>
     <row r="1260" spans="1:2">
       <c r="A1260" t="s">
         <v>1262</v>
       </c>
       <c r="B1260" t="s">
-        <v>2660</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="1261" spans="1:2">
       <c r="A1261" t="s">
         <v>1263</v>
       </c>
       <c r="B1261" t="s">
-        <v>2661</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="1262" spans="1:2">
       <c r="A1262" t="s">
         <v>1264</v>
       </c>
       <c r="B1262" t="s">
-        <v>2662</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="1263" spans="1:2">
       <c r="A1263" t="s">
         <v>1265</v>
       </c>
       <c r="B1263" t="s">
-        <v>2663</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="1264" spans="1:2">
       <c r="A1264" t="s">
         <v>1266</v>
       </c>
       <c r="B1264" t="s">
-        <v>2664</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="1265" spans="1:2">
       <c r="A1265" t="s">
         <v>1267</v>
       </c>
       <c r="B1265" t="s">
-        <v>2665</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="1266" spans="1:2">
       <c r="A1266" t="s">
         <v>1268</v>
       </c>
       <c r="B1266" t="s">
-        <v>2666</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="1267" spans="1:2">
       <c r="A1267" t="s">
         <v>1269</v>
       </c>
       <c r="B1267" t="s">
-        <v>2667</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="1268" spans="1:2">
       <c r="A1268" t="s">
         <v>1270</v>
       </c>
       <c r="B1268" t="s">
-        <v>2668</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="1269" spans="1:2">
       <c r="A1269" t="s">
         <v>1271</v>
       </c>
       <c r="B1269" t="s">
-        <v>2669</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="1270" spans="1:2">
       <c r="A1270" t="s">
         <v>1272</v>
       </c>
       <c r="B1270" t="s">
-        <v>2670</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="1271" spans="1:2">
       <c r="A1271" t="s">
         <v>1273</v>
       </c>
       <c r="B1271" t="s">
-        <v>2671</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="1272" spans="1:2">
       <c r="A1272" t="s">
         <v>1274</v>
       </c>
       <c r="B1272" t="s">
-        <v>2504</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="1273" spans="1:2">
       <c r="A1273" t="s">
         <v>1275</v>
       </c>
       <c r="B1273" t="s">
-        <v>2672</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="1274" spans="1:2">
       <c r="A1274" t="s">
         <v>1276</v>
       </c>
       <c r="B1274" t="s">
-        <v>2673</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="1275" spans="1:2">
       <c r="A1275" t="s">
         <v>1277</v>
       </c>
       <c r="B1275" t="s">
-        <v>2674</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="1276" spans="1:2">
       <c r="A1276" t="s">
         <v>1278</v>
       </c>
       <c r="B1276" t="s">
-        <v>2675</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="1277" spans="1:2">
       <c r="A1277" t="s">
         <v>1279</v>
       </c>
       <c r="B1277" t="s">
-        <v>2676</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="1278" spans="1:2">
       <c r="A1278" t="s">
         <v>1280</v>
       </c>
       <c r="B1278" t="s">
-        <v>2677</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="1279" spans="1:2">
       <c r="A1279" t="s">
         <v>1281</v>
       </c>
       <c r="B1279" t="s">
-        <v>2678</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="1280" spans="1:2">
       <c r="A1280" t="s">
         <v>1282</v>
       </c>
       <c r="B1280" t="s">
-        <v>2679</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="1281" spans="1:2">
       <c r="A1281" t="s">
         <v>1283</v>
       </c>
       <c r="B1281" t="s">
-        <v>2680</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="1282" spans="1:2">
       <c r="A1282" t="s">
         <v>1284</v>
       </c>
       <c r="B1282" t="s">
-        <v>2681</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="1283" spans="1:2">
       <c r="A1283" t="s">
         <v>1285</v>
       </c>
       <c r="B1283" t="s">
-        <v>2682</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="1284" spans="1:2">
       <c r="A1284" t="s">
         <v>1286</v>
       </c>
       <c r="B1284" t="s">
-        <v>2683</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="1285" spans="1:2">
       <c r="A1285" t="s">
         <v>1287</v>
       </c>
       <c r="B1285" t="s">
-        <v>2684</v>
+        <v>2683</v>
       </c>
     </row>
     <row r="1286" spans="1:2">
       <c r="A1286" t="s">
         <v>1288</v>
       </c>
       <c r="B1286" t="s">
-        <v>2685</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="1287" spans="1:2">
       <c r="A1287" t="s">
         <v>1289</v>
       </c>
       <c r="B1287" t="s">
-        <v>2686</v>
+        <v>2685</v>
       </c>
     </row>
     <row r="1288" spans="1:2">
       <c r="A1288" t="s">
         <v>1290</v>
       </c>
       <c r="B1288" t="s">
-        <v>2687</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="1289" spans="1:2">
       <c r="A1289" t="s">
         <v>1291</v>
       </c>
       <c r="B1289" t="s">
-        <v>2688</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="1290" spans="1:2">
       <c r="A1290" t="s">
         <v>1292</v>
       </c>
       <c r="B1290" t="s">
-        <v>2689</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="1291" spans="1:2">
       <c r="A1291" t="s">
         <v>1293</v>
       </c>
       <c r="B1291" t="s">
-        <v>2690</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="1292" spans="1:2">
       <c r="A1292" t="s">
         <v>1294</v>
       </c>
       <c r="B1292" t="s">
-        <v>2691</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="1293" spans="1:2">
       <c r="A1293" t="s">
         <v>1295</v>
       </c>
       <c r="B1293" t="s">
-        <v>2692</v>
+        <v>2691</v>
       </c>
     </row>
     <row r="1294" spans="1:2">
       <c r="A1294" t="s">
         <v>1296</v>
       </c>
       <c r="B1294" t="s">
-        <v>2693</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="1295" spans="1:2">
       <c r="A1295" t="s">
         <v>1297</v>
       </c>
       <c r="B1295" t="s">
-        <v>2694</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="1296" spans="1:2">
       <c r="A1296" t="s">
         <v>1298</v>
       </c>
       <c r="B1296" t="s">
-        <v>2695</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="1297" spans="1:2">
       <c r="A1297" t="s">
         <v>1299</v>
       </c>
       <c r="B1297" t="s">
-        <v>2696</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="1298" spans="1:2">
       <c r="A1298" t="s">
         <v>1300</v>
       </c>
       <c r="B1298" t="s">
-        <v>2697</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="1299" spans="1:2">
       <c r="A1299" t="s">
         <v>1301</v>
       </c>
       <c r="B1299" t="s">
-        <v>2698</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="1300" spans="1:2">
       <c r="A1300" t="s">
         <v>1302</v>
       </c>
       <c r="B1300" t="s">
-        <v>2699</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="1301" spans="1:2">
       <c r="A1301" t="s">
         <v>1303</v>
       </c>
       <c r="B1301" t="s">
-        <v>2700</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="1302" spans="1:2">
       <c r="A1302" t="s">
         <v>1304</v>
       </c>
       <c r="B1302" t="s">
-        <v>2701</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="1303" spans="1:2">
       <c r="A1303" t="s">
         <v>1305</v>
       </c>
       <c r="B1303" t="s">
-        <v>2702</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="1304" spans="1:2">
       <c r="A1304" t="s">
         <v>1306</v>
       </c>
       <c r="B1304" t="s">
-        <v>2703</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="1305" spans="1:2">
       <c r="A1305" t="s">
         <v>1307</v>
       </c>
       <c r="B1305" t="s">
-        <v>2704</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="1306" spans="1:2">
       <c r="A1306" t="s">
         <v>1308</v>
       </c>
       <c r="B1306" t="s">
-        <v>2705</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="1307" spans="1:2">
       <c r="A1307" t="s">
         <v>1309</v>
       </c>
       <c r="B1307" t="s">
-        <v>2706</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="1308" spans="1:2">
       <c r="A1308" t="s">
         <v>1310</v>
       </c>
       <c r="B1308" t="s">
-        <v>2707</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="1309" spans="1:2">
       <c r="A1309" t="s">
         <v>1311</v>
       </c>
       <c r="B1309" t="s">
-        <v>2708</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="1310" spans="1:2">
       <c r="A1310" t="s">
         <v>1312</v>
       </c>
       <c r="B1310" t="s">
-        <v>2709</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="1311" spans="1:2">
       <c r="A1311" t="s">
         <v>1313</v>
       </c>
       <c r="B1311" t="s">
-        <v>2710</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="1312" spans="1:2">
       <c r="A1312" t="s">
         <v>1314</v>
       </c>
       <c r="B1312" t="s">
-        <v>2711</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="1313" spans="1:2">
       <c r="A1313" t="s">
         <v>1315</v>
       </c>
       <c r="B1313" t="s">
-        <v>2712</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="1314" spans="1:2">
       <c r="A1314" t="s">
         <v>1316</v>
       </c>
       <c r="B1314" t="s">
-        <v>2713</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="1315" spans="1:2">
       <c r="A1315" t="s">
         <v>1317</v>
       </c>
       <c r="B1315" t="s">
-        <v>2714</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="1316" spans="1:2">
       <c r="A1316" t="s">
         <v>1318</v>
       </c>
       <c r="B1316" t="s">
-        <v>2715</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="1317" spans="1:2">
       <c r="A1317" t="s">
         <v>1319</v>
       </c>
       <c r="B1317" t="s">
-        <v>2716</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="1318" spans="1:2">
       <c r="A1318" t="s">
         <v>1320</v>
       </c>
       <c r="B1318" t="s">
-        <v>2717</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="1319" spans="1:2">
       <c r="A1319" t="s">
         <v>1321</v>
       </c>
       <c r="B1319" t="s">
-        <v>2718</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="1320" spans="1:2">
       <c r="A1320" t="s">
         <v>1322</v>
       </c>
       <c r="B1320" t="s">
-        <v>2719</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="1321" spans="1:2">
       <c r="A1321" t="s">
         <v>1323</v>
       </c>
       <c r="B1321" t="s">
-        <v>2720</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="1322" spans="1:2">
       <c r="A1322" t="s">
         <v>1324</v>
       </c>
       <c r="B1322" t="s">
-        <v>2721</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="1323" spans="1:2">
       <c r="A1323" t="s">
         <v>1325</v>
       </c>
       <c r="B1323" t="s">
-        <v>2722</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="1324" spans="1:2">
       <c r="A1324" t="s">
         <v>1326</v>
       </c>
       <c r="B1324" t="s">
-        <v>2723</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="1325" spans="1:2">
       <c r="A1325" t="s">
         <v>1327</v>
       </c>
       <c r="B1325" t="s">
-        <v>2724</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="1326" spans="1:2">
       <c r="A1326" t="s">
         <v>1328</v>
       </c>
       <c r="B1326" t="s">
-        <v>2725</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="1327" spans="1:2">
       <c r="A1327" t="s">
         <v>1329</v>
       </c>
       <c r="B1327" t="s">
-        <v>2726</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="1328" spans="1:2">
       <c r="A1328" t="s">
         <v>1330</v>
       </c>
       <c r="B1328" t="s">
-        <v>2727</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="1329" spans="1:2">
       <c r="A1329" t="s">
         <v>1331</v>
       </c>
       <c r="B1329" t="s">
-        <v>2728</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="1330" spans="1:2">
       <c r="A1330" t="s">
         <v>1332</v>
       </c>
       <c r="B1330" t="s">
-        <v>2729</v>
+        <v>2728</v>
       </c>
     </row>
     <row r="1331" spans="1:2">
       <c r="A1331" t="s">
         <v>1333</v>
       </c>
       <c r="B1331" t="s">
-        <v>2730</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="1332" spans="1:2">
       <c r="A1332" t="s">
         <v>1334</v>
       </c>
       <c r="B1332" t="s">
-        <v>2731</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="1333" spans="1:2">
       <c r="A1333" t="s">
         <v>1335</v>
       </c>
       <c r="B1333" t="s">
-        <v>2732</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="1334" spans="1:2">
       <c r="A1334" t="s">
         <v>1336</v>
       </c>
       <c r="B1334" t="s">
-        <v>2733</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="1335" spans="1:2">
       <c r="A1335" t="s">
         <v>1337</v>
       </c>
       <c r="B1335" t="s">
-        <v>2734</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="1336" spans="1:2">
       <c r="A1336" t="s">
         <v>1338</v>
       </c>
       <c r="B1336" t="s">
-        <v>2735</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="1337" spans="1:2">
       <c r="A1337" t="s">
         <v>1339</v>
       </c>
       <c r="B1337" t="s">
-        <v>2736</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="1338" spans="1:2">
       <c r="A1338" t="s">
         <v>1340</v>
       </c>
       <c r="B1338" t="s">
-        <v>2737</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="1339" spans="1:2">
       <c r="A1339" t="s">
         <v>1341</v>
       </c>
       <c r="B1339" t="s">
-        <v>2738</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="1340" spans="1:2">
       <c r="A1340" t="s">
         <v>1342</v>
       </c>
       <c r="B1340" t="s">
-        <v>2739</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="1341" spans="1:2">
       <c r="A1341" t="s">
         <v>1343</v>
       </c>
       <c r="B1341" t="s">
-        <v>2740</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="1342" spans="1:2">
       <c r="A1342" t="s">
         <v>1344</v>
       </c>
       <c r="B1342" t="s">
-        <v>2741</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="1343" spans="1:2">
       <c r="A1343" t="s">
         <v>1345</v>
       </c>
       <c r="B1343" t="s">
-        <v>2742</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="1344" spans="1:2">
       <c r="A1344" t="s">
         <v>1346</v>
       </c>
       <c r="B1344" t="s">
-        <v>1900</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="1345" spans="1:2">
       <c r="A1345" t="s">
         <v>1347</v>
       </c>
       <c r="B1345" t="s">
         <v>2743</v>
       </c>
     </row>
     <row r="1346" spans="1:2">
       <c r="A1346" t="s">
         <v>1348</v>
       </c>
       <c r="B1346" t="s">
         <v>2744</v>
       </c>
     </row>
     <row r="1347" spans="1:2">
       <c r="A1347" t="s">
         <v>1349</v>
       </c>
       <c r="B1347" t="s">
         <v>2745</v>
       </c>
@@ -19632,59 +19632,59 @@
       <c r="B1352" t="s">
         <v>2750</v>
       </c>
     </row>
     <row r="1353" spans="1:2">
       <c r="A1353" t="s">
         <v>1355</v>
       </c>
       <c r="B1353" t="s">
         <v>2751</v>
       </c>
     </row>
     <row r="1354" spans="1:2">
       <c r="A1354" t="s">
         <v>1356</v>
       </c>
       <c r="B1354" t="s">
         <v>2752</v>
       </c>
     </row>
     <row r="1355" spans="1:2">
       <c r="A1355" t="s">
         <v>1357</v>
       </c>
       <c r="B1355" t="s">
-        <v>1498</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="1356" spans="1:2">
       <c r="A1356" t="s">
         <v>1358</v>
       </c>
       <c r="B1356" t="s">
-        <v>2753</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="1357" spans="1:2">
       <c r="A1357" t="s">
         <v>1359</v>
       </c>
       <c r="B1357" t="s">
         <v>2754</v>
       </c>
     </row>
     <row r="1358" spans="1:2">
       <c r="A1358" t="s">
         <v>1360</v>
       </c>
       <c r="B1358" t="s">
         <v>2755</v>
       </c>
     </row>
     <row r="1359" spans="1:2">
       <c r="A1359" t="s">
         <v>1361</v>
       </c>
       <c r="B1359" t="s">
         <v>2756</v>
       </c>
@@ -19752,259 +19752,259 @@
       <c r="B1367" t="s">
         <v>2764</v>
       </c>
     </row>
     <row r="1368" spans="1:2">
       <c r="A1368" t="s">
         <v>1370</v>
       </c>
       <c r="B1368" t="s">
         <v>2765</v>
       </c>
     </row>
     <row r="1369" spans="1:2">
       <c r="A1369" t="s">
         <v>1371</v>
       </c>
       <c r="B1369" t="s">
         <v>2766</v>
       </c>
     </row>
     <row r="1370" spans="1:2">
       <c r="A1370" t="s">
         <v>1372</v>
       </c>
       <c r="B1370" t="s">
-        <v>2767</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="1371" spans="1:2">
       <c r="A1371" t="s">
         <v>1373</v>
       </c>
       <c r="B1371" t="s">
-        <v>2768</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="1372" spans="1:2">
       <c r="A1372" t="s">
         <v>1374</v>
       </c>
       <c r="B1372" t="s">
-        <v>2769</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="1373" spans="1:2">
       <c r="A1373" t="s">
         <v>1375</v>
       </c>
       <c r="B1373" t="s">
-        <v>2770</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="1374" spans="1:2">
       <c r="A1374" t="s">
         <v>1376</v>
       </c>
       <c r="B1374" t="s">
-        <v>2771</v>
+        <v>2770</v>
       </c>
     </row>
     <row r="1375" spans="1:2">
       <c r="A1375" t="s">
         <v>1377</v>
       </c>
       <c r="B1375" t="s">
-        <v>2772</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="1376" spans="1:2">
       <c r="A1376" t="s">
         <v>1378</v>
       </c>
       <c r="B1376" t="s">
-        <v>2773</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="1377" spans="1:2">
       <c r="A1377" t="s">
         <v>1379</v>
       </c>
       <c r="B1377" t="s">
-        <v>2774</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="1378" spans="1:2">
       <c r="A1378" t="s">
         <v>1380</v>
       </c>
       <c r="B1378" t="s">
-        <v>2775</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="1379" spans="1:2">
       <c r="A1379" t="s">
         <v>1381</v>
       </c>
       <c r="B1379" t="s">
-        <v>2776</v>
+        <v>2775</v>
       </c>
     </row>
     <row r="1380" spans="1:2">
       <c r="A1380" t="s">
         <v>1382</v>
       </c>
       <c r="B1380" t="s">
-        <v>2777</v>
+        <v>2776</v>
       </c>
     </row>
     <row r="1381" spans="1:2">
       <c r="A1381" t="s">
         <v>1383</v>
       </c>
       <c r="B1381" t="s">
-        <v>2778</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="1382" spans="1:2">
       <c r="A1382" t="s">
         <v>1384</v>
       </c>
       <c r="B1382" t="s">
-        <v>2779</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="1383" spans="1:2">
       <c r="A1383" t="s">
         <v>1385</v>
       </c>
       <c r="B1383" t="s">
-        <v>2780</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="1384" spans="1:2">
       <c r="A1384" t="s">
         <v>1386</v>
       </c>
       <c r="B1384" t="s">
-        <v>2781</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="1385" spans="1:2">
       <c r="A1385" t="s">
         <v>1387</v>
       </c>
       <c r="B1385" t="s">
-        <v>2782</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="1386" spans="1:2">
       <c r="A1386" t="s">
         <v>1388</v>
       </c>
       <c r="B1386" t="s">
-        <v>2783</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="1387" spans="1:2">
       <c r="A1387" t="s">
         <v>1389</v>
       </c>
       <c r="B1387" t="s">
-        <v>2784</v>
+        <v>2783</v>
       </c>
     </row>
     <row r="1388" spans="1:2">
       <c r="A1388" t="s">
         <v>1390</v>
       </c>
       <c r="B1388" t="s">
-        <v>2785</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="1389" spans="1:2">
       <c r="A1389" t="s">
         <v>1391</v>
       </c>
       <c r="B1389" t="s">
-        <v>2786</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="1390" spans="1:2">
       <c r="A1390" t="s">
         <v>1392</v>
       </c>
       <c r="B1390" t="s">
-        <v>2787</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="1391" spans="1:2">
       <c r="A1391" t="s">
         <v>1393</v>
       </c>
       <c r="B1391" t="s">
-        <v>2788</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="1392" spans="1:2">
       <c r="A1392" t="s">
         <v>1394</v>
       </c>
       <c r="B1392" t="s">
-        <v>2789</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="1393" spans="1:2">
       <c r="A1393" t="s">
         <v>1395</v>
       </c>
       <c r="B1393" t="s">
-        <v>2790</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="1394" spans="1:2">
       <c r="A1394" t="s">
         <v>1396</v>
       </c>
       <c r="B1394" t="s">
-        <v>2791</v>
+        <v>2790</v>
       </c>
     </row>
     <row r="1395" spans="1:2">
       <c r="A1395" t="s">
         <v>1397</v>
       </c>
       <c r="B1395" t="s">
-        <v>2792</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="1396" spans="1:2">
       <c r="A1396" t="s">
         <v>1398</v>
       </c>
       <c r="B1396" t="s">
-        <v>2592</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="1397" spans="1:2">
       <c r="A1397" t="s">
         <v>1399</v>
       </c>
       <c r="B1397" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="1398" spans="1:2">
       <c r="A1398" t="s">
         <v>1400</v>
       </c>
       <c r="B1398" t="s">
         <v>2794</v>
       </c>
     </row>
     <row r="1399" spans="1:2">
       <c r="A1399" t="s">
         <v>1401</v>
       </c>
       <c r="B1399" t="s">
         <v>2795</v>
       </c>