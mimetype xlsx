--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -126,6672 +126,6672 @@
   <si>
     <t>NUTS1_Code</t>
   </si>
   <si>
     <t>NUTS2_Code</t>
   </si>
   <si>
     <t>NUTS3_Code</t>
   </si>
   <si>
     <t>Programming_Period</t>
   </si>
   <si>
     <t>Operation_Summary_English</t>
   </si>
   <si>
     <t>Operation_Summary_Programme_Language</t>
   </si>
   <si>
     <t>ManagingAuthority</t>
   </si>
   <si>
     <t>InfoRegio_ID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2100909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100928</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101025</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100831</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100991</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100837</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100938</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100852</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100975</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101024</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100897</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100968</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101038</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100976</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100935</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100979</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100927</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100910</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100961</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101003</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100822</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100915</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100913</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100874</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100965</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100820</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100948</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100834</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100856</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100984</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101034</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100922</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100987</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100824</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100885</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100782</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100850</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101049</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101012</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101042</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100887</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100970</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100892</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100865</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100899</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100942</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100795</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100836</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100894</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100985</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100838</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101032</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100986</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100924</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100957</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100778</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100841</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100828</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100978</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100954</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100875</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100904</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101014</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100847</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101007</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100802</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100890</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100859</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100793</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101018</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100966</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100995</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101002</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100891</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101035</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101041</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100977</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100990</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100988</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100900</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100946</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101011</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100761</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101047</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100871</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100755</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100888</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100784</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100950</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101028</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100923</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100867</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100757</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100907</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100800</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100940</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627734</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100849</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100853</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100981</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100839</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101016</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101048</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100908</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101013</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101036</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100955</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100791</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100919</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100860</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100810</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100770</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100845</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100819</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100902</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100876</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100825</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101031</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100969</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100863</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2100967</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2101027</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100752</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100862</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100866</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100937</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100776</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100767</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2100925</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2100811</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2100827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101030</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100884</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100895</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100818</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100911</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100873</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101022</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100931</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100851</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100779</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100823</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100918</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100974</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100846</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100848</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100877</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100953</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100829</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100932</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100944</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100759</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100826</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101040</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100999</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100840</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100843</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101046</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100785</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100806</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100789</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100805</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100958</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100798</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2100973</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2100750</t>
-[...11 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2100767</t>
+    <t>https://linkedopendata.eu/entity/Q2101001</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100830</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100934</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100861</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100901</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2100753</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2101037</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101043</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101006</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2100972</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2627740</t>
-[...20 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2101030</t>
+    <t>https://linkedopendata.eu/entity/Q2100807</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100996</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100844</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100762</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100854</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100886</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100992</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101023</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100914</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100787</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100916</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100962</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100763</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100833</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101044</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100903</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100804</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100880</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100947</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100921</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100994</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100857</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100786</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101033</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101026</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100758</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100769</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100777</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100812</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100796</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100878</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100864</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100765</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100930</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101021</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100893</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100989</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100794</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100835</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100881</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100936</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100760</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2100906</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2100851</t>
-[...38 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2627730</t>
+    <t>https://linkedopendata.eu/entity/Q2100943</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2101029</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2100901</t>
-[...46 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q2100814</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2101026</t>
-[...32 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2101046</t>
+    <t>https://linkedopendata.eu/entity/Q2101045</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100905</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2101019</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100869</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2100815</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2100861</t>
-[...29 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2100818</t>
+    <t>https://linkedopendata.eu/entity/Q2100998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2100964</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2100756</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2100787</t>
-[...653 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7420675</t>
+    <t>153</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>111</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
     <t>169</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
     <t>213</t>
   </si>
   <si>
-    <t>1</t>
-[...11 lines deleted...]
-    <t>18</t>
+    <t>238</t>
+  </si>
+  <si>
+    <t>2014EUIXXXXXXXX_UIA02-227</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>145</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
     <t>212</t>
   </si>
   <si>
-    <t>295</t>
-[...20 lines deleted...]
-    <t>264</t>
+    <t>55</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>11</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>99</t>
-[...38 lines deleted...]
-    <t>285</t>
+    <t>187</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>145</t>
-[...46 lines deleted...]
-  <si>
     <t>62</t>
   </si>
   <si>
-    <t>260</t>
-[...32 lines deleted...]
-    <t>279</t>
+    <t>278</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>116</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>109</t>
-[...29 lines deleted...]
-    <t>66</t>
+    <t>236</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>205</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>38</t>
-[...653 lines deleted...]
-    <t>2014EUIXXXXXXXX_UIA02-227</t>
+    <t>Development of traineeship schemes in SMEs in the Region of Zealand</t>
+  </si>
+  <si>
+    <t>Acubit Otiom</t>
+  </si>
+  <si>
+    <t>Smart Trolley</t>
+  </si>
+  <si>
+    <t>Growth-oriented skills development</t>
+  </si>
+  <si>
+    <t>Digitised Optimal Path to Growth</t>
+  </si>
+  <si>
+    <t>Growth-oriented skills development in SMEs</t>
+  </si>
+  <si>
+    <t>Competence adaptation process</t>
+  </si>
+  <si>
+    <t>Smart data</t>
+  </si>
+  <si>
+    <t>The creative and competent food scene – Growth through creativity and knowledge in Greater Copenhagen’s food industry</t>
+  </si>
+  <si>
+    <t>CPH Food</t>
+  </si>
+  <si>
+    <t>Business models for SMEs</t>
+  </si>
+  <si>
+    <t>Entrepreneurship in education</t>
+  </si>
+  <si>
+    <t>Design Innovation</t>
+  </si>
+  <si>
+    <t>e-Patient</t>
+  </si>
+  <si>
+    <t>Quality of vocational education and training through an interdisciplinary focus</t>
+  </si>
+  <si>
+    <t>Future Talent Denmark</t>
+  </si>
+  <si>
+    <t>OPI LDL</t>
+  </si>
+  <si>
+    <t>Creativity &amp; Entrepreneurship</t>
+  </si>
+  <si>
+    <t>SMEs technological innovation for biotechnology production</t>
+  </si>
+  <si>
+    <t>Competence Growth</t>
+  </si>
+  <si>
+    <t>Circular innovation in partnerships</t>
+  </si>
+  <si>
+    <t>The path of education to growth</t>
+  </si>
+  <si>
+    <t>Green career paths – Jylland-Fyn</t>
+  </si>
+  <si>
+    <t>Bornholm Out in the World</t>
+  </si>
+  <si>
+    <t>Inclusion via the Glass Works</t>
+  </si>
+  <si>
+    <t>Startup Masterclass – for growth-ready entrepreneurs</t>
+  </si>
+  <si>
+    <t>Municipal and educational interactions – “Komm Udd”</t>
+  </si>
+  <si>
+    <t>Vote – The road to professional competence and employment</t>
+  </si>
+  <si>
+    <t>Startup Viborg – Development and strengthening of entrepreneurship</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>Growth path for more tourists to Zealand and the islands</t>
+  </si>
+  <si>
+    <t>Copenhagen Health Innovation – Knowledge-based Entrepreneurship for Healthier Growth (VEST)</t>
+  </si>
+  <si>
+    <t>Entrepreneurship programme 2018-2021</t>
+  </si>
+  <si>
+    <t>Feel Næstved – Sustainable green urban development with innovative SMEs</t>
+  </si>
+  <si>
+    <t>Pre Scale Up</t>
+  </si>
+  <si>
+    <t>Growth of offshore enterprises (VIO)</t>
+  </si>
+  <si>
+    <t>Bornholm’s food cluster</t>
+  </si>
+  <si>
+    <t>Skilled with Advantage</t>
+  </si>
+  <si>
+    <t>Wastewater treatment plants of the future 2.0</t>
+  </si>
+  <si>
+    <t>Moving Global Talent</t>
+  </si>
+  <si>
+    <t>Project Selection of Training (Vau)</t>
+  </si>
+  <si>
+    <t>Energy efficiency and CO2 savings in enterprises in the Central Jutland Region</t>
+  </si>
+  <si>
+    <t>Spacious centre</t>
+  </si>
+  <si>
+    <t>South Danish OPI pool 2019-2021</t>
+  </si>
+  <si>
+    <t>Vision Denmark</t>
+  </si>
+  <si>
+    <t>Innovation collaborations in the offshore cluster</t>
+  </si>
+  <si>
+    <t>Ready for Tourism, Experiences and Gastronomy</t>
+  </si>
+  <si>
+    <t>Innovative Growth</t>
+  </si>
+  <si>
+    <t>♪ When the lust drives the work ♪</t>
+  </si>
+  <si>
+    <t>The Vocational Road to Success</t>
+  </si>
+  <si>
+    <t>Europe’s Green Region – Innovative solutions in the water sector</t>
+  </si>
+  <si>
+    <t>Vote – Road to occupational competence and employment Zealand</t>
+  </si>
+  <si>
+    <t>Hold Fast</t>
+  </si>
+  <si>
+    <t>Technology cooperation in the Region of Zealand</t>
+  </si>
+  <si>
+    <t>Growth 2.0</t>
+  </si>
+  <si>
+    <t>Growing Food CPH</t>
+  </si>
+  <si>
+    <t>SOCIO-ECONOMIC ENTREPRENEURSHIP</t>
+  </si>
+  <si>
+    <t>Feel Næstved – Sustainable green urban development with Innovative waste solutions and reduction of energy consumption in Næstved</t>
+  </si>
+  <si>
+    <t>Greater Copenhagen Food Startup</t>
+  </si>
+  <si>
+    <t>Knowledge and Innovation Laboratories</t>
+  </si>
+  <si>
+    <t>Acceleration of sustainable and digital growth entrepreneurs in Region Zealand</t>
+  </si>
+  <si>
+    <t>Better Use of Building Waste in Vejle City</t>
+  </si>
+  <si>
+    <t>Green (Green Energy-Efficient North Jutland)</t>
+  </si>
+  <si>
+    <t>The path to vocational training and growth</t>
+  </si>
+  <si>
+    <t>Circular construction solutions</t>
+  </si>
+  <si>
+    <t>Smart Greater Copenhagen</t>
+  </si>
+  <si>
+    <t>Odense Robotics Startup Programme</t>
+  </si>
+  <si>
+    <t>Global Growth Competencies</t>
+  </si>
+  <si>
+    <t>EUX – part of the answer</t>
+  </si>
+  <si>
+    <t>Bornholm Entrepreneurship Programme</t>
+  </si>
+  <si>
+    <t>North Jutland NewBizz</t>
+  </si>
+  <si>
+    <t>Game-based Entrepreneurship Training Zealand</t>
+  </si>
+  <si>
+    <t>Denmark’s maritime cluster</t>
+  </si>
+  <si>
+    <t>IncubatorMid</t>
+  </si>
+  <si>
+    <t>Sustainable Bund Line Bornholm</t>
+  </si>
+  <si>
+    <t>Defend ARKTIS</t>
+  </si>
+  <si>
+    <t>Will to Growth</t>
+  </si>
+  <si>
+    <t>Laundry Water Recycling</t>
+  </si>
+  <si>
+    <t>Compress Sjælland</t>
+  </si>
+  <si>
+    <t>Increased growth through circular business models in SMEs</t>
+  </si>
+  <si>
+    <t>Green Circular Change in Denmark (Plast)</t>
+  </si>
+  <si>
+    <t>Go West</t>
+  </si>
+  <si>
+    <t>Energy optimisation and waste management- Source sorted organic waste and garden and park waste for biogas</t>
+  </si>
+  <si>
+    <t>Business Training</t>
+  </si>
+  <si>
+    <t>Operator on the Bornholm food cluster effort</t>
+  </si>
+  <si>
+    <t>Innovation cooperation for industrial and service enterprises in the Region of Zealand</t>
+  </si>
+  <si>
+    <t>Value creation through continuing training</t>
+  </si>
+  <si>
+    <t>Growth and Knowledge</t>
+  </si>
+  <si>
+    <t>TechINnovation Denmark</t>
+  </si>
+  <si>
+    <t>AutomationsBoost</t>
+  </si>
+  <si>
+    <t>Welfare technology Growth boost</t>
+  </si>
+  <si>
+    <t>Health Works – for Students</t>
+  </si>
+  <si>
+    <t>Flex rubbish</t>
+  </si>
+  <si>
+    <t>Enterprise Development Programme 2018-2021 – Investment for Growth</t>
+  </si>
+  <si>
+    <t>Strengthened internship in Region Sjælland</t>
+  </si>
+  <si>
+    <t>Smart Wastewater</t>
+  </si>
+  <si>
+    <t>Upper secondary school – an alternative way to vocational training</t>
+  </si>
+  <si>
+    <t>Sustainable growth through energy and resource-efficient SMEs</t>
+  </si>
+  <si>
+    <t>Innovation district Sjælland</t>
+  </si>
+  <si>
+    <t>Consolidation of Innovation Cluster for Water Technology</t>
+  </si>
+  <si>
+    <t>Future Food Innovation</t>
+  </si>
+  <si>
+    <t>Digital Conversion: Growth plans (digital business models)</t>
+  </si>
+  <si>
+    <t>Export and Internationalisation Programme 2015</t>
+  </si>
+  <si>
+    <t>Start Up in Practice</t>
+  </si>
+  <si>
+    <t>Partnership-driven innovation for growth markets in East Africa</t>
+  </si>
+  <si>
+    <t>Rethink Business 4: Circular business development</t>
+  </si>
+  <si>
+    <t>More growth companies – Healthy Growth</t>
+  </si>
+  <si>
+    <t>Growth through Knowledge – supply of highly skilled labour</t>
+  </si>
+  <si>
+    <t>Industry 4.0: DigitisationBoost</t>
+  </si>
+  <si>
+    <t>Youth Guide (Previous Youth on the Road and Social Helpdesk)</t>
+  </si>
+  <si>
+    <t>Growth Catalyst</t>
+  </si>
+  <si>
+    <t>Competences for growth</t>
+  </si>
+  <si>
+    <t>Digital Trade</t>
+  </si>
+  <si>
+    <t>Dream Steps</t>
+  </si>
+  <si>
+    <t>Digital growth culture in SMEs</t>
+  </si>
+  <si>
+    <t>INNO-NORTH</t>
+  </si>
+  <si>
+    <t>Courage for education</t>
+  </si>
+  <si>
+    <t>CPH-FOOD 2</t>
+  </si>
+  <si>
+    <t>VOCATIONAL AUTHORITY</t>
+  </si>
+  <si>
+    <t>Will to Grow</t>
+  </si>
+  <si>
+    <t>Data- and design-driven health innovation</t>
+  </si>
+  <si>
+    <t>The path to lasting jobs through skills pledge</t>
+  </si>
+  <si>
+    <t>Cooperation on attraction and retention in the EUD</t>
+  </si>
+  <si>
+    <t>Centre of COMPETENCE</t>
+  </si>
+  <si>
+    <t>COMPETENCE Supplification Centre 2.0 – Vocational competences</t>
+  </si>
+  <si>
+    <t>Slagelse builds with green reason</t>
+  </si>
+  <si>
+    <t>Restart – Supply of competences to enterprises in the capital city</t>
+  </si>
+  <si>
+    <t>Green and Circular Conversion in SMEs (GCO)</t>
+  </si>
+  <si>
+    <t>Welfare innovation for health promotion – VISE</t>
+  </si>
+  <si>
+    <t>Strategy, Objectives and Growth (SMEs)</t>
+  </si>
+  <si>
+    <t>Cluster consolidation in the food sector</t>
+  </si>
+  <si>
+    <t>CLEAN GREEN PLAN</t>
+  </si>
+  <si>
+    <t>Increased readiness for exports in SMEs</t>
+  </si>
+  <si>
+    <t>Growth through internationalisation</t>
+  </si>
+  <si>
+    <t>Boost Bornholm</t>
+  </si>
+  <si>
+    <t>TOURISMX</t>
+  </si>
+  <si>
+    <t>Zealand International</t>
+  </si>
+  <si>
+    <t>All young people in the middle</t>
+  </si>
+  <si>
+    <t>SMEs Strategy</t>
+  </si>
+  <si>
+    <t>Growth programme for small and medium-sized productive enterprises in the Region of Zealand</t>
+  </si>
+  <si>
+    <t>Digital growth culture in SMEs Zealand</t>
+  </si>
+  <si>
+    <t>Growth Entrepreneurship Project at Accelerace, Erhvervshusene, and DDC</t>
+  </si>
+  <si>
+    <t>The workforce of the future – Strengthening the real level of education</t>
+  </si>
+  <si>
+    <t>Development programme for subcontractors in the wind turbine industry: Innovation through knowledge cooperation (WP2)</t>
+  </si>
+  <si>
+    <t>COMPASS</t>
+  </si>
+  <si>
+    <t>Strengthened professions in street level</t>
+  </si>
+  <si>
+    <t>Green career paths – Zealand</t>
+  </si>
+  <si>
+    <t>High school as a shortcut to education</t>
+  </si>
+  <si>
+    <t>Forward readiness for well-being</t>
+  </si>
+  <si>
+    <t>Smart Energy for the Market</t>
+  </si>
+  <si>
+    <t>The Inspiratory – the joint boost</t>
+  </si>
+  <si>
+    <t>Social inclusion through growth partnerships – Region of Zealand</t>
   </si>
   <si>
     <t>Talent for Denmark (TalenTDK)</t>
   </si>
   <si>
+    <t>Growth by Design</t>
+  </si>
+  <si>
+    <t>Green growth through green business models</t>
+  </si>
+  <si>
+    <t>Compress</t>
+  </si>
+  <si>
+    <t>Resource Residue – Green Business Models for SMEs</t>
+  </si>
+  <si>
+    <t>Smart Industry RM</t>
+  </si>
+  <si>
+    <t>FFI Development</t>
+  </si>
+  <si>
     <t>SmartLog Plus</t>
   </si>
   <si>
     <t>Companies Take Social Responsibility</t>
   </si>
   <si>
+    <t>Training of civil engineers in the triangular production companies</t>
+  </si>
+  <si>
+    <t>We Know How You Grow – with less Energy</t>
+  </si>
+  <si>
+    <t>Digitally supported vocational training in North Jutland</t>
+  </si>
+  <si>
+    <t>Co-Create Sydfyn II</t>
+  </si>
+  <si>
+    <t>Smart Innovation – Market Near Protype Development</t>
+  </si>
+  <si>
+    <t>Sume – Special Youth Initiative with Effect</t>
+  </si>
+  <si>
+    <t>Digital leadership culture</t>
+  </si>
+  <si>
+    <t>Young people in the centre Aalborg – Strengthened guidance efforts for young people at risk in relation to the choice of, start and implementation of youth education</t>
+  </si>
+  <si>
+    <t>Future FOOD &amp; BIORESSOURCE INNOVATION DK</t>
+  </si>
+  <si>
+    <t>Consolidation of Innovation Cluster for Water Technology – Zealand</t>
+  </si>
+  <si>
+    <t>Innovative SMEs</t>
+  </si>
+  <si>
+    <t>More young people in vocational training</t>
+  </si>
+  <si>
+    <t>GLOBALmide 2.0</t>
+  </si>
+  <si>
+    <t>Jeps Job Engagement Personal Development and Social Inclusion</t>
+  </si>
+  <si>
+    <t>Digital Paths to Growth – SME Competence</t>
+  </si>
+  <si>
+    <t>From Exposed to Employee  – Reality Counts</t>
+  </si>
+  <si>
+    <t>Design Business Boot Camp</t>
+  </si>
+  <si>
+    <t>Programme for Entrepreneurs 2015</t>
+  </si>
+  <si>
+    <t>FFI POP</t>
+  </si>
+  <si>
+    <t>COMPETENCE Supplification Center (axis 1)</t>
+  </si>
+  <si>
+    <t>Symbiosis platform Aarhus</t>
+  </si>
+  <si>
+    <t>Youth Initiative Aalborg</t>
+  </si>
+  <si>
+    <t>Improving vocational training</t>
+  </si>
+  <si>
+    <t>Acting Competent Young People</t>
+  </si>
+  <si>
+    <t>Digital roads to growth – SME growth plan</t>
+  </si>
+  <si>
+    <t>Sustainable Bund Line 2.0.</t>
+  </si>
+  <si>
+    <t>Digitisation I Faget – development of a digital mindset in vocational education and training</t>
+  </si>
+  <si>
+    <t>Scale-up Denmark</t>
+  </si>
+  <si>
+    <t>Increased cross-border mobility (EURES)</t>
+  </si>
+  <si>
+    <t>PreCure Back</t>
+  </si>
+  <si>
+    <t>FUEL</t>
+  </si>
+  <si>
+    <t>Adolescents with edge</t>
+  </si>
+  <si>
+    <t>Digital Conversion: Innovation cooperation</t>
+  </si>
+  <si>
+    <t>Northwest Smart Production</t>
+  </si>
+  <si>
+    <t>Health technology service programme</t>
+  </si>
+  <si>
+    <t>Science II</t>
+  </si>
+  <si>
+    <t>Intelligent energy and resource optimisation with green business models</t>
+  </si>
+  <si>
     <t>Strategic Competence Development</t>
   </si>
   <si>
-    <t>Smart Innovation – Market Near Protype Development</t>
-[...11 lines deleted...]
-    <t>FFI Development</t>
+    <t>LINC-TUPPAC</t>
+  </si>
+  <si>
+    <t>The Food of the Future</t>
+  </si>
+  <si>
+    <t>Maritime Craftsmen of the Future</t>
+  </si>
+  <si>
+    <t>SMEs:professionalisation</t>
+  </si>
+  <si>
+    <t>EUD Student</t>
+  </si>
+  <si>
+    <t>Training in Entrepreneurship</t>
+  </si>
+  <si>
+    <t>Maritime entrepreneurship pilot programme – Maritime Stars</t>
   </si>
   <si>
     <t>Sustainable Boundary Line</t>
   </si>
   <si>
-    <t>COMPASS</t>
-[...20 lines deleted...]
-    <t>We Know How You Grow – with less Energy</t>
+    <t>IoTS Steering</t>
+  </si>
+  <si>
+    <t>D2i – The Design Cluster</t>
+  </si>
+  <si>
+    <t>Signature experience Outdoor Bornholm</t>
+  </si>
+  <si>
+    <t>Sustainable synergies. Facilitated Industrial Symbiosis for Energy and Resource Efficiency</t>
+  </si>
+  <si>
+    <t>Future IT competencies</t>
+  </si>
+  <si>
+    <t>Increased cross-border mobility (EURES), Region of Zealand</t>
+  </si>
+  <si>
+    <t>Business Gate – Labour Market Gate in Southern Denmark Region</t>
+  </si>
+  <si>
+    <t>Step Up</t>
+  </si>
+  <si>
+    <t>Social inclusion through growth partnerships</t>
+  </si>
+  <si>
+    <t>Enterprise development programme 1 2015 L</t>
+  </si>
+  <si>
+    <t>COMPETENCE Supplification Centre 2.0 – growth-oriented skills development</t>
+  </si>
+  <si>
+    <t>Next STEP version 2</t>
+  </si>
+  <si>
+    <t>MTIC circular co-creation</t>
+  </si>
+  <si>
+    <t>Innovative use of Big Data</t>
+  </si>
+  <si>
+    <t>Odense Model – Climate adaptation in Odense</t>
+  </si>
+  <si>
+    <t>Middle-net China</t>
+  </si>
+  <si>
+    <t>Innovation laboratories Build 4.0</t>
+  </si>
+  <si>
+    <t>Hip – Capital Entrepreneurship Program</t>
+  </si>
+  <si>
+    <t>Reference architecture for the automation of hospital logistics</t>
+  </si>
+  <si>
+    <t>Energy, Technology, Innovation – ETI</t>
+  </si>
+  <si>
+    <t>Growth through international highly educated (Via project)</t>
+  </si>
+  <si>
+    <t>Specialised Business Service for Green Tech Enterprises (GT Program)</t>
+  </si>
+  <si>
+    <t>Growth programme for small and medium-sized productive enterprises</t>
+  </si>
+  <si>
+    <t>From primary school to vocational training – bridge building through Region Sjælland</t>
+  </si>
+  <si>
+    <t>Mercantile formation in a STEM perspective</t>
+  </si>
+  <si>
+    <t>Industrial Business Models of the Future II</t>
+  </si>
+  <si>
+    <t>Growth through foreign highly educated people</t>
+  </si>
+  <si>
+    <t>Energy jump Aarhus</t>
+  </si>
+  <si>
+    <t>Industrial Electronics Innovation</t>
+  </si>
+  <si>
+    <t>The road to vocational training and growth</t>
+  </si>
+  <si>
+    <t>Modular Fishing Vessel of the Future</t>
+  </si>
+  <si>
+    <t>Against All Odds</t>
+  </si>
+  <si>
+    <t>FFI Growth</t>
+  </si>
+  <si>
+    <t>CTI – cleantech Innovation</t>
+  </si>
+  <si>
+    <t>Startup Business</t>
+  </si>
+  <si>
+    <t>Attraction of talent</t>
+  </si>
+  <si>
+    <t>Entrepreneur Danmark – IvDK</t>
+  </si>
+  <si>
+    <t>Development of innovative waste solutions to support circular economy</t>
+  </si>
+  <si>
+    <t>Academics in business</t>
+  </si>
+  <si>
+    <t>AutoTurf: Energy efficient autonomous robot for grass care on golf courses</t>
+  </si>
+  <si>
+    <t>Emerging food experiences</t>
+  </si>
+  <si>
+    <t>Time – TechnologyInnovation, Environment and Energy</t>
+  </si>
+  <si>
+    <t>Focused value chain collaboration – design for optimal use of resources</t>
+  </si>
+  <si>
+    <t>Denmark’s New Consolidated Energy Cluster</t>
+  </si>
+  <si>
+    <t>Development programme for subcontractors in the wind turbine industry: Business development through consultancy (WP3).</t>
+  </si>
+  <si>
+    <t>Innovation cooperation on the exploitation of green biomass</t>
+  </si>
+  <si>
+    <t>Young in Education</t>
+  </si>
+  <si>
+    <t>Danish tourism competencies</t>
+  </si>
+  <si>
+    <t>Take in the green growth market in Africa</t>
+  </si>
+  <si>
+    <t>Youth intervention Himmerland</t>
+  </si>
+  <si>
+    <t>Digital management culture Sjælland</t>
+  </si>
+  <si>
+    <t>Promoting innovation in green energy technology</t>
+  </si>
+  <si>
+    <t>Rethink Business – Design for disassembly</t>
+  </si>
+  <si>
+    <t>Innovation Factory North</t>
+  </si>
+  <si>
+    <t>Entrepreneurship &amp; job creation</t>
+  </si>
+  <si>
+    <t>Better use of building waste</t>
+  </si>
+  <si>
+    <t>Pilot maritime development programme</t>
+  </si>
+  <si>
+    <t>HF-IN</t>
+  </si>
+  <si>
+    <t>Logos</t>
+  </si>
+  <si>
+    <t>Zealand Global – Several international growth companies in Region Zealand</t>
+  </si>
+  <si>
+    <t>Scaling through Digitalisation and Internationalisation</t>
   </si>
   <si>
     <t>Growth-promoting Incubation for SMEs</t>
   </si>
   <si>
-    <t>More young people in vocational training</t>
-[...38 lines deleted...]
-    <t>The Food of the Future</t>
+    <t>Clean GREEN PLAN Region Sjælland</t>
   </si>
   <si>
     <t>South Danish OPI pool</t>
   </si>
   <si>
-    <t>Maritime entrepreneurship pilot programme – Maritime Stars</t>
-[...43 lines deleted...]
-  <si>
     <t>Business Training – Social inclusion of vulnerable refugees</t>
   </si>
   <si>
-    <t>Emerging food experiences</t>
-[...32 lines deleted...]
-    <t>Digital Conversion: Innovation cooperation</t>
+    <t>Wind – welfare innovation with Useful Data</t>
+  </si>
+  <si>
+    <t>Inclusion of dropout students</t>
+  </si>
+  <si>
+    <t>Sustainable solutions and sustainable transitions</t>
+  </si>
+  <si>
+    <t>Cluster organisation for better health</t>
+  </si>
+  <si>
+    <t>Slagelse builds around with green reason</t>
   </si>
   <si>
     <t>Co-Create Sydfyn I</t>
   </si>
   <si>
-    <t>Training in Entrepreneurship</t>
-[...29 lines deleted...]
-    <t>Co-Create Sydfyn II</t>
+    <t>Increased cross-border mobility (EURES), Region Zealand</t>
+  </si>
+  <si>
+    <t>On the way to the labour market</t>
+  </si>
+  <si>
+    <t>Game-based entrepreneurship training</t>
   </si>
   <si>
     <t>Copenhagen Healthtech Solutions</t>
   </si>
   <si>
-    <t>Growth programme for small and medium-sized productive enterprises</t>
-[...617 lines deleted...]
-    <t>LINC-TUPPAC</t>
+    <t>Udvikling af praktikpladsordninger i SMV'er i Region Sjælland</t>
+  </si>
+  <si>
+    <t>Vækstrettet kompetenceudvikling</t>
+  </si>
+  <si>
+    <t>Digitaliseret Optimal Path to Growth</t>
+  </si>
+  <si>
+    <t>Vækstrettet kompetenceudvikling i SMV'er</t>
+  </si>
+  <si>
+    <t>Kompetencetilpasningsforløb</t>
+  </si>
+  <si>
+    <t>SMARTe data</t>
+  </si>
+  <si>
+    <t>Den kreative og kompetente madscene - Vækst gennem kreativitet og viden i Greater Copenhagens madbranche</t>
+  </si>
+  <si>
+    <t>Forretningsmodeller for SMV'er</t>
+  </si>
+  <si>
+    <t>Entreprenørskab i uddannelserne</t>
+  </si>
+  <si>
+    <t>Kvalitet i erhvervsuddannelser via et tværfaglig fokus</t>
+  </si>
+  <si>
+    <t>Kreativitet &amp; Iværksætteri</t>
+  </si>
+  <si>
+    <t>SMV teknologisk innovation til bioteknologisk produktion</t>
+  </si>
+  <si>
+    <t>KompetenceVækst</t>
+  </si>
+  <si>
+    <t>Cirkulær innovation i partnerskaber</t>
+  </si>
+  <si>
+    <t>Uddannelsesvejen til vækst</t>
+  </si>
+  <si>
+    <t>Grønne Karriereveje - Jylland-Fyn</t>
+  </si>
+  <si>
+    <t>Bornholm ud i verden</t>
+  </si>
+  <si>
+    <t>Inklusion via Glasværket</t>
+  </si>
+  <si>
+    <t>Startup Masterclass - for vækstparate iværksættere</t>
+  </si>
+  <si>
+    <t>Kommune- og uddannelsessamspil - "Komm Udd"</t>
+  </si>
+  <si>
+    <t>STEM - Vejen til erhvervskompetence og beskæftigelse</t>
+  </si>
+  <si>
+    <t>StartUp Viborg - Udvikling og styrkelse af iværksætterkultur</t>
+  </si>
+  <si>
+    <t>Vækstforløb for flere turister til Sjælland og øerne</t>
+  </si>
+  <si>
+    <t>Copenhagen Health Innovation - Vidensbaseret Entreprenørskab for Sundere Vækst (VEST)</t>
+  </si>
+  <si>
+    <t>Iværksætterprogram 2018-2021</t>
+  </si>
+  <si>
+    <t>Mærk Næstved - Bæredygtig grøn byudvikling med innovative SMV'ere</t>
+  </si>
+  <si>
+    <t>Vækst i offshorevirksomheder (VIO)</t>
+  </si>
+  <si>
+    <t>Bornholms fødevareklynge</t>
+  </si>
+  <si>
+    <t>Faglært med Fordel</t>
+  </si>
+  <si>
+    <t>Fremtidens spildevandsanlæg 2.0</t>
+  </si>
+  <si>
+    <t>Projekt Valg af uddannelse (VAU)</t>
+  </si>
+  <si>
+    <t>Energieffektivitet og CO2 besparelser i virksomheder i Region Midtjylland</t>
+  </si>
+  <si>
+    <t>Rummelig imidt</t>
+  </si>
+  <si>
+    <t>Syddansk OPI-pulje 2019-2021</t>
+  </si>
+  <si>
+    <t>Innovationssamarbejder i offshore klyngen</t>
+  </si>
+  <si>
+    <t>Parat til Turisme, Oplevelser og Gastronomi</t>
+  </si>
+  <si>
+    <t>Innovativ Vækst</t>
+  </si>
+  <si>
+    <t>Når lysten driver værket</t>
+  </si>
+  <si>
+    <t>Den erhvervsfaglige vej til succes</t>
+  </si>
+  <si>
+    <t>Europas Grønne Region - Innovative løsninger på vandområdet</t>
+  </si>
+  <si>
+    <t>STEM -Vejen til erhvervskompetence og beskæftigelse Sjælland</t>
+  </si>
+  <si>
+    <t>Teknologisamarbejde i Region Sjælland</t>
+  </si>
+  <si>
+    <t>Vækst 2.0</t>
+  </si>
+  <si>
+    <t>SOCIALØKONOMISK IVÆRKSÆTTERI</t>
+  </si>
+  <si>
+    <t>Mærk Næstved - Bæredygtig grøn byudvikling med Innovative affaldsløsninger og reduktion af energiforbruget i Næstved</t>
+  </si>
+  <si>
+    <t>Viden og Innovationslaboratorier</t>
+  </si>
+  <si>
+    <t>Acceleration af bæredygtige og digitale vækstiværksættere i Region Sjælland</t>
+  </si>
+  <si>
+    <t>Bedre Brug af Byggeaffald i Vejle By</t>
+  </si>
+  <si>
+    <t>GREEN (GRønt Energi-Effektivt Nordjylland)</t>
+  </si>
+  <si>
+    <t>Vejen til erhvervsfaglig uddannelse og vækst</t>
+  </si>
+  <si>
+    <t>Cirkulære Byggeløsninger</t>
+  </si>
+  <si>
+    <t>SMART Greater Copenhagen</t>
+  </si>
+  <si>
+    <t>Globale VækstKompetencer</t>
+  </si>
+  <si>
+    <t>EUX - en del af svaret</t>
+  </si>
+  <si>
+    <t>Bornholms Iværksætterprogram</t>
+  </si>
+  <si>
+    <t>Nordjysk NewBizz</t>
+  </si>
+  <si>
+    <t>Spilbaseret Iværksætteriundervisning Sjælland</t>
+  </si>
+  <si>
+    <t>Danmarks maritime klynge</t>
+  </si>
+  <si>
+    <t>InkubatorMidt</t>
+  </si>
+  <si>
+    <t>Bæredygtig Bundlinje Bornholm</t>
+  </si>
+  <si>
+    <t>Vilje til Vækst</t>
+  </si>
+  <si>
+    <t>Øget vækst gennem cirkulære forretningsmodeller i SMV</t>
+  </si>
+  <si>
+    <t>Grøn Cirkulær omstilling i Danmark (Plast)</t>
+  </si>
+  <si>
+    <t>Go Vest</t>
+  </si>
+  <si>
+    <t>Energioptimering og affaldshåndtering- Kildesorteret organisk affald og have-og park affald til biogas</t>
+  </si>
+  <si>
+    <t>Operatør på den bornholmske fødevare-klyngeindsats</t>
+  </si>
+  <si>
+    <t>Innovationssamarbejder for industri- og servicevirksomheder i Region Sjælland</t>
+  </si>
+  <si>
+    <t>Værdiskabelse via videreuddannelse</t>
+  </si>
+  <si>
+    <t>Vækst og Viden</t>
+  </si>
+  <si>
+    <t>Velfærdsteknologisk Vækstløft</t>
+  </si>
+  <si>
+    <t>SUNDiværk - for studerende</t>
+  </si>
+  <si>
+    <t>FleXskrald</t>
+  </si>
+  <si>
+    <t>Program for virksomhedsudvikling 2018-2021 - investering i vækst</t>
+  </si>
+  <si>
+    <t>Styrket praktik i Region Sjælland</t>
+  </si>
+  <si>
+    <t>Smart Spildevand</t>
+  </si>
+  <si>
+    <t>Højskolen - en alternativ vej til erhvervsuddannelse</t>
+  </si>
+  <si>
+    <t>Bæredygtig vækst gennem energi- og ressourceeffektive SMV'er</t>
+  </si>
+  <si>
+    <t>Innovationsdistrikt Sjælland</t>
+  </si>
+  <si>
+    <t>Nordjyske NewBizz</t>
+  </si>
+  <si>
+    <t>Konsolidering af Innovationsklynge for Vandteknologi</t>
+  </si>
+  <si>
+    <t>Digital Omstilling: Vækstplaner (digitale forretningsmodeller)</t>
+  </si>
+  <si>
+    <t>Program for eksport og internationalisering 2015</t>
+  </si>
+  <si>
+    <t>Start Up i Praksis</t>
+  </si>
+  <si>
+    <t>Partnerskabsdreven innovation til Vækstmarkederne i Østafrika</t>
+  </si>
+  <si>
+    <t>Rethink Business 4: Cirkulær forretningsudvikling</t>
+  </si>
+  <si>
+    <t>Flere Vækstvirksomheder - Sund Vækst</t>
+  </si>
+  <si>
+    <t>Vækst via Viden - tilførsel af højtuddannet arbejdskraft</t>
+  </si>
+  <si>
+    <t>Industri 4.0: DigitaliseringsBoost</t>
+  </si>
+  <si>
+    <t>Ungeguide (Tidligere Ung på vej og Social Helpdesk)</t>
+  </si>
+  <si>
+    <t>Kompetencer til vækst</t>
+  </si>
+  <si>
+    <t>Digital Handel</t>
+  </si>
+  <si>
+    <t>Digital Vækstkultur i SMV</t>
+  </si>
+  <si>
+    <t>INNO-NORD</t>
+  </si>
+  <si>
+    <t>Mod til uddannelse</t>
+  </si>
+  <si>
+    <t>ERHVERVSINKUBATOR</t>
+  </si>
+  <si>
+    <t>Data- og designdreven sundhedsinnovation</t>
+  </si>
+  <si>
+    <t>Vejen til varige job gennem kompetenceløft</t>
+  </si>
+  <si>
+    <t>Samarbejde om tiltrækning til og fastholdelse på EUD</t>
+  </si>
+  <si>
+    <t>KOMPETENCEFORSYNiNGmidt</t>
+  </si>
+  <si>
+    <t>KOMPETENCEFORSYNINGmidt 2.0 - Erhvervsfaglige kompetencer</t>
+  </si>
+  <si>
+    <t>Slagelse bygger om med grøn fornuft</t>
+  </si>
+  <si>
+    <t>Restart - kompetenceforsyning til virksomheder i Hovedstaden</t>
+  </si>
+  <si>
+    <t>Grøn og Cirkulær Omstilling i SMVer (GCO)</t>
+  </si>
+  <si>
+    <t>VelfærdsInnovation for Sundt Erhvervsfremme - VISE</t>
+  </si>
+  <si>
+    <t>Strategi, mål og vækst (SMV)</t>
+  </si>
+  <si>
+    <t>Klyngekonsolidering på fødevareområdet</t>
+  </si>
+  <si>
+    <t>Øget eksportparathed i SMV</t>
+  </si>
+  <si>
+    <t>Vækst gennem internationalisering</t>
+  </si>
+  <si>
+    <t>Alle unge med imidt</t>
+  </si>
+  <si>
+    <t>SMV Strategi</t>
+  </si>
+  <si>
+    <t>Vækstprogram for små og mellemstore produktionsvirksomheder i Region Sjælland</t>
+  </si>
+  <si>
+    <t>Digital Vækstkultur i SMV Sjælland</t>
+  </si>
+  <si>
+    <t>Vækstiværksætterprojekt ved Accelerace, Erhvervshusene, og DDC</t>
+  </si>
+  <si>
+    <t>Fremtidens arbejdskraft - En styrkelse af det reelle uddannelsesniveau</t>
+  </si>
+  <si>
+    <t>Udviklingsprogram for underleverandører i vindmølleindustrien: Innovation via videnssamarbejde (WP2)</t>
+  </si>
+  <si>
+    <t>KOMPAS</t>
+  </si>
+  <si>
+    <t>Styrket erhverv i gadeplan</t>
+  </si>
+  <si>
+    <t>Grønne Karriereveje - Sjælland</t>
+  </si>
+  <si>
+    <t>Højskolen som genvej til uddannelse</t>
+  </si>
+  <si>
+    <t>Fremskudt trivselsberedskab</t>
+  </si>
+  <si>
+    <t>Smart Energy til markedet</t>
+  </si>
+  <si>
+    <t>Inspiratoriet - det fælles løft</t>
+  </si>
+  <si>
+    <t>Social inklusion gennem vækstpartnerskaber - Region Sjælland</t>
   </si>
   <si>
     <t>Talent til Danmark (TalenTDK)</t>
   </si>
   <si>
+    <t>Grøn vækst via grønne forretningsmodeller</t>
+  </si>
+  <si>
+    <t>Rest til Ressource - Grønne forretningsmodeller for SMV'er</t>
+  </si>
+  <si>
     <t>Virksomheder tager socialt ansvar</t>
   </si>
   <si>
+    <t>Uddannelse af civilingeniører i Trekantområdets produktionsvirksomheder</t>
+  </si>
+  <si>
+    <t>We Know How You Grow - with less Energy</t>
+  </si>
+  <si>
+    <t>Digitalt understøttede erhvervsuddannelser i Nordjylland</t>
+  </si>
+  <si>
+    <t>Smart Innovation - markedsnær protypeudvikling</t>
+  </si>
+  <si>
+    <t>SUME - Særlig Ungeindsats Med Effekt</t>
+  </si>
+  <si>
+    <t>Digital ledelseskultur</t>
+  </si>
+  <si>
+    <t>Unge i centrum Aalborg - Styrket vejledningsindsats for unge udsatte i forhold til valg af, start på og gennemførelse af ungdomsuddannelse</t>
+  </si>
+  <si>
+    <t>FUTURE FOOD &amp; BIORESSOURCE INNOVATION DK</t>
+  </si>
+  <si>
+    <t>Konsolidering af Innovationsklynge for Vandteknologi - Sjælland</t>
+  </si>
+  <si>
+    <t>Innovative SMV'er</t>
+  </si>
+  <si>
+    <t>Flere unge i erhvervsuddannelse</t>
+  </si>
+  <si>
+    <t>GLOBALmidt 2.0</t>
+  </si>
+  <si>
+    <t>JEPS Job Engagement Personlig udvikling og Social inklusion</t>
+  </si>
+  <si>
+    <t>Digitale veje til vækst - SMV kompetence</t>
+  </si>
+  <si>
+    <t>Fra udsat til ansat - virkeligheden tæller</t>
+  </si>
+  <si>
+    <t>Program for iværksættere 2015</t>
+  </si>
+  <si>
+    <t>KOMPETENCEFORSYNINGmidt (akse 1)</t>
+  </si>
+  <si>
+    <t>Symbioseplatform Aarhus</t>
+  </si>
+  <si>
+    <t>Ungeindsats Aalborg</t>
+  </si>
+  <si>
+    <t>Bedre erhvervsuddannelser</t>
+  </si>
+  <si>
+    <t>Handlekompetente Unge</t>
+  </si>
+  <si>
+    <t>Digitale veje til vækst - SMV vækstplan</t>
+  </si>
+  <si>
+    <t>Bæredygtig Bundlinje 2.0.</t>
+  </si>
+  <si>
+    <t>Digitalisering I Faget - udvikling af et digitalt mindset i erhvervsuddannelserne</t>
+  </si>
+  <si>
+    <t>Øget mobilitet på tværs af landegrænser (EURES)</t>
+  </si>
+  <si>
+    <t>Unge med kant</t>
+  </si>
+  <si>
+    <t>Digital Omstilling: Innovationssamarbejder</t>
+  </si>
+  <si>
+    <t>NordVest Smart Production</t>
+  </si>
+  <si>
+    <t>Sundhedsteknologisk serviceprogram</t>
+  </si>
+  <si>
+    <t>Intelligent energi- og ressourceoptimering med grønne forretningsmodeller</t>
+  </si>
+  <si>
     <t>Strategisk Kompetenceudvikling</t>
   </si>
   <si>
-    <t>Smart Innovation - markedsnær protypeudvikling</t>
-[...8 lines deleted...]
-    <t>Digitalt understøttede erhvervsuddannelser i Nordjylland</t>
+    <t>Fremtidens Fødevarer</t>
+  </si>
+  <si>
+    <t>Fremtidens Maritime Håndværker</t>
+  </si>
+  <si>
+    <t>SMV:Professionalisering</t>
+  </si>
+  <si>
+    <t>Undervisning i iværksætteri</t>
+  </si>
+  <si>
+    <t>Pilotprogram for maritimt iværksætteri - Maritime Stars</t>
   </si>
   <si>
     <t>Bæredygtig Bundlinje</t>
   </si>
   <si>
-    <t>KOMPAS</t>
-[...17 lines deleted...]
-    <t>We Know How You Grow - with less Energy</t>
+    <t>IoTStyring</t>
+  </si>
+  <si>
+    <t>D2i - Designklyngen</t>
+  </si>
+  <si>
+    <t>Signaturoplevelse Outdoor Bornholm</t>
+  </si>
+  <si>
+    <t>Bæredygtige synergier. Faciliteret Industriel Symbiose for Energi- og Ressourceeffektivitet</t>
+  </si>
+  <si>
+    <t>Fremtidens IT kompetencer</t>
+  </si>
+  <si>
+    <t>Øget mobilitet på tværs af landegrænser (EURES), Region Sjælland</t>
+  </si>
+  <si>
+    <t>VirksomhedsPorten - Porten til Arbejdsmarkedet i Region Syddanmark</t>
+  </si>
+  <si>
+    <t>Social inklusion gennem vækstpartnerskaber</t>
+  </si>
+  <si>
+    <t>Program for virksomhedsudvikling 1 2015   L</t>
+  </si>
+  <si>
+    <t>KOMPETENCEFORSYNINGmidt 2.0 - Vækstrettet kompetenceudvikling</t>
+  </si>
+  <si>
+    <t>NEXT STEP version 2</t>
+  </si>
+  <si>
+    <t>Innovativ brug af Big Data</t>
+  </si>
+  <si>
+    <t>Odense Modellen - Klimatilpasning i Odense</t>
+  </si>
+  <si>
+    <t>Midtnet Kina</t>
+  </si>
+  <si>
+    <t>Innovationslaboratorier Build 4.0</t>
+  </si>
+  <si>
+    <t>HIP - Hovedstadens Iværksætterprogram</t>
+  </si>
+  <si>
+    <t>Referencearkitektur for automatisering af hospitalslogistik</t>
+  </si>
+  <si>
+    <t>Energi, Teknologi, Innovation - ETI</t>
+  </si>
+  <si>
+    <t>Vækst via internationale højtuddannede (Via-projektet)</t>
+  </si>
+  <si>
+    <t>Specialiseret Erhvervsservice for Green Tech Virksomheder (GT Program)</t>
+  </si>
+  <si>
+    <t>Vækstprogram for små og mellemstore produktionsvirksomheder</t>
+  </si>
+  <si>
+    <t>Fra folkeskole til erhvervsuddannelse - brobygning gennem Region Sjælland</t>
+  </si>
+  <si>
+    <t>Merkantil dannelse i et STEM perspektiv</t>
+  </si>
+  <si>
+    <t>Fremtidens Industrielle Forretningsmodeller II</t>
+  </si>
+  <si>
+    <t>Vækst gennem udenlandske højtuddannede</t>
+  </si>
+  <si>
+    <t>Energispring Aarhus</t>
+  </si>
+  <si>
+    <t>Industriel Elektronik Innovation</t>
+  </si>
+  <si>
+    <t>Fremtidens Modulære Fiskefartøj</t>
+  </si>
+  <si>
+    <t>Mod Alle Odds</t>
+  </si>
+  <si>
+    <t>CTI - CleanTech Innovation</t>
+  </si>
+  <si>
+    <t>Talenttiltrækning</t>
+  </si>
+  <si>
+    <t>IværksætterDanmark - IvDK</t>
+  </si>
+  <si>
+    <t>Udvikling af innovative affaldsløsninger til understøttelse af cirkulær økonomi</t>
+  </si>
+  <si>
+    <t>Akademiker i erhvervslivet</t>
+  </si>
+  <si>
+    <t>AutoTurf: Energieffektiv autonom robot til græspleje på golfbaner</t>
+  </si>
+  <si>
+    <t>Spirende fødevareoplevelser</t>
+  </si>
+  <si>
+    <t>TIME - TeknologiInnovation, Miljø og Energi</t>
+  </si>
+  <si>
+    <t>Fokuseret værdikædesamarbejde - design for optimal ressourceanvendelse</t>
+  </si>
+  <si>
+    <t>Danmarks Nye Konsoliderede Energiklynge</t>
+  </si>
+  <si>
+    <t>Udviklingsprogram for underleverandører i vindmølleindustrien: Forretningsudvikling via rådgivning (WP3).</t>
+  </si>
+  <si>
+    <t>Innovationssamarbejder om udnyttelse af grøn biomasse</t>
+  </si>
+  <si>
+    <t>Ung i Uddannelse</t>
+  </si>
+  <si>
+    <t>Danske Turismekompetencer</t>
+  </si>
+  <si>
+    <t>Indtag det grønne vækstmarked i Afrika</t>
+  </si>
+  <si>
+    <t>Ungeindsats Himmerland</t>
+  </si>
+  <si>
+    <t>Digital Ledelseskultur Sjælland</t>
+  </si>
+  <si>
+    <t>Fremme af innovation indenfor grøn energiteknologi</t>
+  </si>
+  <si>
+    <t>Rethink Business - Design for disassembly</t>
+  </si>
+  <si>
+    <t>Iværksætteri &amp; jobskabelse</t>
+  </si>
+  <si>
+    <t>Bedre brug af byggeaffald</t>
+  </si>
+  <si>
+    <t>Pilotprogram for maritim udvikling</t>
+  </si>
+  <si>
+    <t>Zealand Global - Flere internationale vækstvirksomheder i Region Sjælland</t>
+  </si>
+  <si>
+    <t>Skalering gennem Digitalisering og Internationalisering</t>
   </si>
   <si>
     <t>Vækstfremmende Inkubationsforløb for SMV</t>
   </si>
   <si>
-    <t>Flere unge i erhvervsuddannelse</t>
-[...35 lines deleted...]
-    <t>Fremtidens Fødevarer</t>
+    <t>CLEAN GREEN PLAN Region Sjælland</t>
   </si>
   <si>
     <t>Syddansk OPI-pulje</t>
   </si>
   <si>
-    <t>Pilotprogram for maritimt iværksætteri - Maritime Stars</t>
-[...34 lines deleted...]
-  <si>
     <t>Business Training - Social inklusion af udsatte flygtninge</t>
   </si>
   <si>
-    <t>Spirende fødevareoplevelser</t>
-[...124 lines deleted...]
-  <si>
     <t>VIND - VelfærdsInnovation med Nyttige Data</t>
   </si>
   <si>
-    <t>Iværksætteri &amp; jobskabelse</t>
-[...11 lines deleted...]
-    <t>JEPS Job Engagement Personlig udvikling og Social inklusion</t>
+    <t>Inklusion af frafaldstruede elever</t>
+  </si>
+  <si>
+    <t>Bæredygtige løsninger og bæredygtige overgange</t>
+  </si>
+  <si>
+    <t>Klyngeorganisation for bedre sundhed</t>
+  </si>
+  <si>
+    <t>På vej til arbejdsmarkedet</t>
   </si>
   <si>
     <t>Spilbaseret iværksætteriundervisning</t>
   </si>
   <si>
-    <t>TIME - TeknologiInnovation, Miljø og Energi</t>
-[...403 lines deleted...]
-  <si>
     <t>Denmark</t>
   </si>
   <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>22/08/2014</t>
+  </si>
+  <si>
+    <t>07/06/2017</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>01/03/2015</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>06/01/2017</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>02/05/2016</t>
+  </si>
+  <si>
+    <t>30/11/2018</t>
+  </si>
+  <si>
+    <t>27/05/2016</t>
+  </si>
+  <si>
+    <t>02/12/2014</t>
+  </si>
+  <si>
+    <t>21/08/2014</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
+    <t>02/12/2015</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>11/06/2018</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>24/06/2019</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>22/08/2017</t>
+  </si>
+  <si>
+    <t>07/12/2017</t>
+  </si>
+  <si>
+    <t>07/08/2017</t>
+  </si>
+  <si>
+    <t>30/08/2018</t>
+  </si>
+  <si>
+    <t>29/08/2019</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>17/12/2018</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>18/09/2017</t>
+  </si>
+  <si>
+    <t>02/12/2016</t>
+  </si>
+  <si>
+    <t>12/05/2015</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>27/11/2018</t>
+  </si>
+  <si>
+    <t>20/04/2015</t>
+  </si>
+  <si>
+    <t>05/12/2017</t>
+  </si>
+  <si>
+    <t>31/03/2016</t>
+  </si>
+  <si>
+    <t>05/09/2018</t>
+  </si>
+  <si>
+    <t>18/09/2015</t>
+  </si>
+  <si>
+    <t>16/11/2018</t>
+  </si>
+  <si>
+    <t>20/05/2019</t>
+  </si>
+  <si>
+    <t>23/08/2016</t>
+  </si>
+  <si>
+    <t>01/05/2016</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>15/05/2017</t>
+  </si>
+  <si>
+    <t>01/08/2015</t>
+  </si>
+  <si>
+    <t>19/06/2017</t>
+  </si>
+  <si>
+    <t>08/11/2017</t>
+  </si>
+  <si>
+    <t>24/04/2014</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>25/04/2017</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>30/09/2016</t>
+  </si>
+  <si>
+    <t>01/11/2017</t>
+  </si>
+  <si>
+    <t>04/09/2018</t>
+  </si>
+  <si>
+    <t>03/03/2015</t>
+  </si>
+  <si>
+    <t>02/03/2016</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>30/08/2019</t>
+  </si>
+  <si>
+    <t>21/10/2014</t>
+  </si>
+  <si>
+    <t>28/06/2016</t>
+  </si>
+  <si>
+    <t>11/03/2015</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>01/10/2019</t>
+  </si>
+  <si>
     <t>09/09/2019</t>
   </si>
   <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>26/10/2017</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
+  </si>
+  <si>
+    <t>19/09/2016</t>
+  </si>
+  <si>
     <t>04/04/2018</t>
   </si>
   <si>
-    <t>12/05/2015</t>
-[...2 lines deleted...]
-    <t>22/08/2014</t>
+    <t>07/12/2018</t>
+  </si>
+  <si>
+    <t>29/06/2015</t>
+  </si>
+  <si>
+    <t>15/09/2014</t>
+  </si>
+  <si>
+    <t>17/09/2014</t>
+  </si>
+  <si>
+    <t>06/10/2017</t>
+  </si>
+  <si>
+    <t>01/11/2016</t>
+  </si>
+  <si>
+    <t>18/06/2018</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>08/01/2016</t>
+  </si>
+  <si>
+    <t>14/03/2017</t>
+  </si>
+  <si>
+    <t>23/11/2018</t>
+  </si>
+  <si>
+    <t>21/06/2017</t>
+  </si>
+  <si>
+    <t>13/06/2016</t>
+  </si>
+  <si>
+    <t>22/10/2018</t>
+  </si>
+  <si>
+    <t>28/08/2018</t>
+  </si>
+  <si>
+    <t>02/03/2015</t>
+  </si>
+  <si>
+    <t>24/10/2017</t>
+  </si>
+  <si>
+    <t>07/09/2015</t>
+  </si>
+  <si>
+    <t>18/09/2014</t>
+  </si>
+  <si>
+    <t>16/09/2016</t>
+  </si>
+  <si>
+    <t>27/06/2019</t>
+  </si>
+  <si>
+    <t>03/02/2015</t>
   </si>
   <si>
     <t>01/04/2015</t>
   </si>
   <si>
-    <t>06/10/2017</t>
-[...5 lines deleted...]
-    <t>01/01/2018</t>
+    <t>13/03/2017</t>
+  </si>
+  <si>
+    <t>01/06/2018</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>02/10/2018</t>
+  </si>
+  <si>
+    <t>07/01/2016</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>02/03/2017</t>
+  </si>
+  <si>
+    <t>25/08/2014</t>
+  </si>
+  <si>
+    <t>02/03/2018</t>
+  </si>
+  <si>
+    <t>06/02/2018</t>
+  </si>
+  <si>
+    <t>29/11/2016</t>
   </si>
   <si>
     <t>15/09/2015</t>
   </si>
   <si>
-    <t>01/10/2015</t>
-[...20 lines deleted...]
-    <t>02/12/2014</t>
+    <t>10/01/2017</t>
+  </si>
+  <si>
+    <t>09/08/2016</t>
+  </si>
+  <si>
+    <t>16/05/2018</t>
+  </si>
+  <si>
+    <t>15/06/2017</t>
+  </si>
+  <si>
+    <t>12/11/2019</t>
+  </si>
+  <si>
+    <t>04/02/2016</t>
+  </si>
+  <si>
+    <t>15/05/2018</t>
+  </si>
+  <si>
+    <t>16/09/2014</t>
+  </si>
+  <si>
+    <t>11/07/2018</t>
+  </si>
+  <si>
+    <t>18/04/2018</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>12/12/2014</t>
+  </si>
+  <si>
+    <t>06/12/2018</t>
+  </si>
+  <si>
+    <t>15/03/2017</t>
+  </si>
+  <si>
+    <t>01/05/2017</t>
+  </si>
+  <si>
+    <t>28/08/2019</t>
+  </si>
+  <si>
+    <t>05/10/2017</t>
+  </si>
+  <si>
+    <t>09/12/2014</t>
+  </si>
+  <si>
+    <t>01/11/2015</t>
+  </si>
+  <si>
+    <t>14/03/2016</t>
+  </si>
+  <si>
+    <t>21/01/2016</t>
+  </si>
+  <si>
+    <t>12/10/2017</t>
+  </si>
+  <si>
+    <t>19/08/2019</t>
+  </si>
+  <si>
+    <t>29/11/2018</t>
+  </si>
+  <si>
+    <t>22/11/2018</t>
+  </si>
+  <si>
+    <t>31/10/2018</t>
+  </si>
+  <si>
+    <t>06/11/2018</t>
+  </si>
+  <si>
+    <t>26/01/2016</t>
+  </si>
+  <si>
+    <t>21/09/2016</t>
+  </si>
+  <si>
+    <t>13/08/2015</t>
+  </si>
+  <si>
+    <t>11/01/2018</t>
+  </si>
+  <si>
+    <t>31/08/2017</t>
+  </si>
+  <si>
+    <t>13/10/2014</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
-    <t>04/02/2016</t>
-[...35 lines deleted...]
-    <t>30/11/2018</t>
+    <t>29/11/2017</t>
   </si>
   <si>
     <t>19/12/2014</t>
   </si>
   <si>
-    <t>12/12/2014</t>
-[...37 lines deleted...]
-  <si>
     <t>07/04/2016</t>
   </si>
   <si>
-    <t>01/08/2015</t>
-[...103 lines deleted...]
-  <si>
     <t>21/06/2019</t>
   </si>
   <si>
-    <t>21/09/2016</t>
-[...4 lines deleted...]
-  <si>
     <t>29/08/2016</t>
   </si>
   <si>
-    <t>13/08/2015</t>
-[...179 lines deleted...]
-    <t>21/06/2017</t>
+    <t>30/09/2018</t>
+  </si>
+  <si>
+    <t>31/05/2019</t>
+  </si>
+  <si>
+    <t>31/08/2021</t>
+  </si>
+  <si>
+    <t>28/02/2019</t>
+  </si>
+  <si>
+    <t>31/05/2020</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>30/04/2020</t>
+  </si>
+  <si>
+    <t>30/11/2021</t>
+  </si>
+  <si>
+    <t>30/09/2020</t>
+  </si>
+  <si>
+    <t>31/12/2020</t>
+  </si>
+  <si>
+    <t>31/12/2017</t>
+  </si>
+  <si>
+    <t>30/06/2021</t>
+  </si>
+  <si>
+    <t>31/07/2022</t>
+  </si>
+  <si>
+    <t>31/08/2019</t>
+  </si>
+  <si>
+    <t>31/08/2020</t>
+  </si>
+  <si>
+    <t>31/03/2021</t>
+  </si>
+  <si>
+    <t>30/11/2019</t>
   </si>
   <si>
     <t>30/09/2022</t>
   </si>
   <si>
+    <t>29/02/2020</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>30/09/2021</t>
+  </si>
+  <si>
+    <t>30/04/2021</t>
+  </si>
+  <si>
+    <t>31/05/2021</t>
+  </si>
+  <si>
+    <t>31/10/2017</t>
+  </si>
+  <si>
+    <t>30/06/2020</t>
+  </si>
+  <si>
     <t>31/08/2018</t>
   </si>
   <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>28/02/2021</t>
+  </si>
+  <si>
+    <t>30/11/2020</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>30/04/2017</t>
+  </si>
+  <si>
+    <t>01/03/2020</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
+  </si>
+  <si>
+    <t>31/10/2016</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>30/06/2016</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>01/11/2019</t>
+  </si>
+  <si>
+    <t>31/07/2021</t>
+  </si>
+  <si>
+    <t>30/06/2022</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>31/03/2019</t>
+  </si>
+  <si>
+    <t>13/08/2021</t>
+  </si>
+  <si>
+    <t>30/04/2016</t>
+  </si>
+  <si>
+    <t>28/01/2021</t>
+  </si>
+  <si>
+    <t>31/10/2021</t>
+  </si>
+  <si>
+    <t>31/07/2019</t>
+  </si>
+  <si>
+    <t>30/04/2018</t>
+  </si>
+  <si>
+    <t>31/05/2022</t>
+  </si>
+  <si>
+    <t>19/04/2016</t>
+  </si>
+  <si>
+    <t>01/11/2020</t>
+  </si>
+  <si>
+    <t>31/01/2020</t>
+  </si>
+  <si>
+    <t>28/02/2017</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>30/09/2019</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
+  </si>
+  <si>
+    <t>31/12/2018</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>30/06/2018</t>
+  </si>
+  <si>
+    <t>10/08/2020</t>
+  </si>
+  <si>
+    <t>14/05/2021</t>
+  </si>
+  <si>
+    <t>30/06/2019</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
+  </si>
+  <si>
     <t>31/05/2018</t>
   </si>
   <si>
-    <t>29/02/2020</t>
-[...10 lines deleted...]
-  <si>
     <t>30/04/2019</t>
   </si>
   <si>
-    <t>31/12/2019</t>
-[...62 lines deleted...]
-    <t>30/09/2019</t>
+    <t>22/06/2016</t>
+  </si>
+  <si>
+    <t>31/10/2019</t>
   </si>
   <si>
     <t>21/02/2021</t>
   </si>
   <si>
-    <t>31/05/2020</t>
-[...37 lines deleted...]
-  <si>
     <t>29/02/2016</t>
   </si>
   <si>
-    <t>31/10/2019</t>
-[...76 lines deleted...]
-  <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2529813</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529842</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529980</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529659</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529949</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529631</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529827</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7775</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529635</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529983</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529644</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529912</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q1960</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529801</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529766</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529781</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529817</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529821</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529754</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529898</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529872</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q236241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529641</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529650</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529832</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529926</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529790</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500637</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529751</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529972</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529964</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529909</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529803</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529798</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529764</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529809</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529638</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529882</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529811</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529639</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529634</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q236240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529951</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529647</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529901</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500548</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529699</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529797</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529917</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500550</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529868</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529768</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529799</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500573</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529816</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529858</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q1963</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529879</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529808</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529896</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529906</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529770</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2529637</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q236240</t>
+    <t>https://linkedopendata.eu/entity/Q2500574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q9224</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529693</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2529720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529629</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529772</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529783</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500645</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529855</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529939</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529959</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2500611</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529683</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2529910</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529629</t>
-[...83 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2529683</t>
+    <t>https://linkedopendata.eu/entity/Q7420586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529998</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529954</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2500537</t>
-[...17 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2529783</t>
+    <t>https://linkedopendata.eu/entity/Q2529920</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529792</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529652</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529659</t>
-[...22 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q2529651</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q2529933</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529844</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q2529894</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529681</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529770</t>
-[...1 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q2500607</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529644</t>
-[...26 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2529972</t>
+    <t>https://linkedopendata.eu/entity/Q2529993</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2627741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529733</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529787</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529790</t>
-[...14 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q2500550</t>
+    <t>https://linkedopendata.eu/entity/Q2529848</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q2529889</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q2529813</t>
-[...143 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7420586</t>
+    <t>54.772254565565,11.884094406391</t>
+  </si>
+  <si>
+    <t>57.029484683512,9.9941980161313</t>
+  </si>
+  <si>
+    <t>55.033192884288,9.7879750515077</t>
+  </si>
+  <si>
+    <t>55.381081367731,10.40117950666</t>
+  </si>
+  <si>
+    <t>55.0426475232,15.107307796066</t>
+  </si>
+  <si>
+    <t>55.707165141467,12.57198356289</t>
+  </si>
+  <si>
+    <t>55.688255651207,11.084799322291</t>
+  </si>
+  <si>
+    <t>57.066667,9.916667</t>
+  </si>
+  <si>
+    <t>55.660982333997,12.500673179265</t>
+  </si>
+  <si>
+    <t>55.775659195857,12.505924698384</t>
+  </si>
+  <si>
+    <t>55.242763260876,9.2999057826271</t>
+  </si>
+  <si>
+    <t>55.862264773845,9.84576091472</t>
+  </si>
+  <si>
+    <t>55.492940586821,9.4798363311801</t>
+  </si>
+  <si>
+    <t>55.402868057876,10.392100662334</t>
+  </si>
+  <si>
+    <t>57.039425047819,9.9135233933917</t>
+  </si>
+  <si>
+    <t>55.707453705448,9.525973414423</t>
+  </si>
+  <si>
+    <t>55.052815921039,10.609668129377</t>
+  </si>
+  <si>
+    <t>55.650052106178,12.086533043529</t>
+  </si>
+  <si>
+    <t>55.443998266054,11.812908576181</t>
+  </si>
+  <si>
+    <t>57.107365799613,9.5186436001934</t>
+  </si>
+  <si>
+    <t>55.018397983374,11.915054709404</t>
+  </si>
+  <si>
+    <t>55.407914594038,11.329482600867</t>
+  </si>
+  <si>
+    <t>56.445249794983,9.3908154651743</t>
+  </si>
+  <si>
+    <t>54.921292949764,9.7763570514307</t>
+  </si>
+  <si>
+    <t>54.773846381162,11.497927009683</t>
+  </si>
+  <si>
+    <t>55.694898918929,12.550162499319</t>
+  </si>
+  <si>
+    <t>56.187640710282,10.190903613024</t>
+  </si>
+  <si>
+    <t>55.223566731024,11.762911865778</t>
+  </si>
+  <si>
+    <t>55.473159110869,8.4591945501115</t>
+  </si>
+  <si>
+    <t>55.053174196406,14.92579475276</t>
+  </si>
+  <si>
+    <t>55.718753741111,11.707305298598</t>
+  </si>
+  <si>
+    <t>56.972724471843,8.6266508693943</t>
+  </si>
+  <si>
+    <t>56.103055575608,8.2147683582124</t>
+  </si>
+  <si>
+    <t>56.153294855489,10.203116453638</t>
+  </si>
+  <si>
+    <t>55.683460816107,12.577735137584</t>
+  </si>
+  <si>
+    <t>55.675745135,12.57225773</t>
+  </si>
+  <si>
+    <t>56.80597215875,9.4974010625284</t>
+  </si>
+  <si>
+    <t>57.145272616235,9.7417065798152</t>
+  </si>
+  <si>
+    <t>57.44001733566,10.502682355276</t>
+  </si>
+  <si>
+    <t>55.650070903898,12.08661713947</t>
+  </si>
+  <si>
+    <t>56.361416632235,8.6281434192293</t>
+  </si>
+  <si>
+    <t>55.106544515389,14.724806325771</t>
+  </si>
+  <si>
+    <t>55.453825949094,12.181204316387</t>
+  </si>
+  <si>
+    <t>56.50200313909,9.6123704456522</t>
+  </si>
+  <si>
+    <t>55.667086099094,12.348959562043</t>
+  </si>
+  <si>
+    <t>56.133033415474,8.9737396933533</t>
+  </si>
+  <si>
+    <t>55.5641247811,9.709772997245</t>
+  </si>
+  <si>
+    <t>55.708615366609,12.526299452549</t>
+  </si>
+  <si>
+    <t>55.733294593825,12.356298773783</t>
+  </si>
+  <si>
+    <t>55.242783775184,9.2999090166949</t>
+  </si>
+  <si>
+    <t>55.243083207999,9.5242739102619</t>
+  </si>
+  <si>
+    <t>54.772232877288,11.884057266004</t>
+  </si>
+  <si>
+    <t>57.358175796296,9.9479921502446</t>
+  </si>
+  <si>
+    <t>55.676108592593,12.569535444444</t>
+  </si>
+  <si>
+    <t>55.436109316018,11.563032555727</t>
+  </si>
+  <si>
+    <t>55.736066403158,12.483072927328</t>
+  </si>
+  <si>
+    <t>56.445165469224,9.3907947472872</t>
+  </si>
+  <si>
+    <t>55.341513183671,11.154880160652</t>
+  </si>
+  <si>
+    <t>55.498611,9.744444</t>
+  </si>
+  <si>
+    <t>56.187890487115,10.190490842394</t>
+  </si>
+  <si>
+    <t>55.70716419071,12.572013208035</t>
+  </si>
+  <si>
+    <t>55.68480276124,12.593619731008</t>
+  </si>
+  <si>
+    <t>55.674998454545,12.572346151515</t>
   </si>
   <si>
     <t>55.680905026316,12.571267092105</t>
   </si>
   <si>
-    <t>57.029484683512,9.9941980161313</t>
-[...44 lines deleted...]
-    <t>55.492940586821,9.4798363311801</t>
+    <t>56.157768760608,10.10959854407</t>
+  </si>
+  <si>
+    <t>54.923051061598,10.740248675137</t>
+  </si>
+  <si>
+    <t>55.651113906643,12.602938221335</t>
+  </si>
+  <si>
+    <t>55.265486805318,14.80492664675</t>
+  </si>
+  <si>
+    <t>55.838649723283,12.073872967196</t>
   </si>
   <si>
     <t>55.672187981579,12.55073283655</t>
   </si>
   <si>
-    <t>57.358175796296,9.9479921502446</t>
-[...59 lines deleted...]
-    <t>55.5641247811,9.709772997245</t>
+    <t>55.679374153312,12.351125814399</t>
+  </si>
+  <si>
+    <t>55.677256318519,12.562293444444</t>
+  </si>
+  <si>
+    <t>55.682445648387,12.576942570968</t>
+  </si>
+  <si>
+    <t>56.7507680198,10.206631019449</t>
   </si>
   <si>
     <t>56.421245625532,10.874292852134</t>
   </si>
   <si>
+    <t>56.157768760609,10.10959854407</t>
+  </si>
+  <si>
     <t>57.49558418622,10.489349646803</t>
   </si>
   <si>
-    <t>55.674998454545,12.572346151515</t>
-[...1 lines deleted...]
-  <si>
     <t>56.64520700392,9.7787618121822</t>
   </si>
   <si>
-    <t>55.862264773845,9.84576091472</t>
-[...29 lines deleted...]
-    <t>55.473159110869,8.4591945501115</t>
+    <t>57.029504235352,9.9943459957746</t>
+  </si>
+  <si>
+    <t>55.935843425921,12.292691689955</t>
   </si>
   <si>
     <t>57.465441716227,9.9684175629637</t>
   </si>
   <si>
-    <t>54.772254565565,11.884094406391</t>
-[...74 lines deleted...]
-    <t>55.679374153312,12.351125814399</t>
+    <t>Improving the labour market relevance of education and training systems, facilitating the transition from education to work, and strengthening vocational education and training systems and their quality, including through mechanisms for skills anticipation, adaptation of curricula and the establishment and development of work-based learning systems, including dual learning systems and apprenticesh</t>
+  </si>
+  <si>
+    <t>Technology transfer and university-enterprise cooperation primarily benefiting SMEs</t>
   </si>
   <si>
     <t>Enhancing equal access to lifelong learning for all age groups in formal, non-formal and informal settings, upgrading the knowledge, skills and competences of the workforce, and promoting flexible learning pathways including through career guidance and validation of acquired competences</t>
   </si>
   <si>
+    <t>Adaptation of workers, enterprises and entrepreneurs to change</t>
+  </si>
+  <si>
+    <t>Energy efficiency and demonstration projects in SMEs and supporting measures</t>
+  </si>
+  <si>
     <t>SME business development, support to entrepreneurship and incubation (including support to spin offs and spin outs)</t>
   </si>
   <si>
+    <t>Self-employment, entrepreneurship and business creation including innovative micro, small and medium sized enterprises</t>
+  </si>
+  <si>
     <t>Active inclusion, including with a view to promoting equal opportunities and active participation, and improving employability</t>
   </si>
   <si>
-    <t>Adaptation of workers, enterprises and entrepreneurs to change</t>
-[...13 lines deleted...]
-  <si>
     <t>Cluster support and business networks primarily benefiting SMEs</t>
   </si>
   <si>
+    <t>Research and innovation infrastructure, processes, technology transfer and cooperation in enterprises focusing on the low carbon economy and on resilience to climate change</t>
+  </si>
+  <si>
     <t>Modernisation of labour market institutions, such as public and private employment services, and improving the matching of labour market needs, including throughactions that enhance transnational labour mobility as well as through mobility schemes and better cooperation between institutions and relevant stakeholders</t>
   </si>
   <si>
-    <t>Research and innovation infrastructure, processes, technology transfer and cooperation in enterprises focusing on the low carbon economy and on resilience to climate change</t>
-[...1 lines deleted...]
-  <si>
     <t>TO10</t>
   </si>
   <si>
+    <t>TO01</t>
+  </si>
+  <si>
+    <t>TO08</t>
+  </si>
+  <si>
+    <t>TO04</t>
+  </si>
+  <si>
     <t>TO03</t>
   </si>
   <si>
     <t>TO09</t>
   </si>
   <si>
-    <t>TO08</t>
-[...7 lines deleted...]
-  <si>
     <t>Educational and vocational training</t>
   </si>
   <si>
+    <t>Research and innovation</t>
+  </si>
+  <si>
+    <t>Sustainable and quality employment</t>
+  </si>
+  <si>
+    <t>Low-carbon economy</t>
+  </si>
+  <si>
     <t>Competitiveness of SMEs</t>
   </si>
   <si>
     <t>Social inclusion</t>
   </si>
   <si>
-    <t>Sustainable and quality employment</t>
-[...7 lines deleted...]
-  <si>
     <t>PO04</t>
   </si>
   <si>
     <t>PO01</t>
   </si>
   <si>
     <t>PO02</t>
   </si>
   <si>
     <t>Social Europe</t>
   </si>
   <si>
     <t>Smarter Europe</t>
   </si>
   <si>
     <t>Greener, carbon-free Europe</t>
   </si>
   <si>
     <t>ESF</t>
   </si>
   <si>
     <t>ERDF</t>
   </si>
   <si>
     <t>European Social Fund</t>
   </si>
   <si>
     <t>European Regional Development Fund</t>
   </si>
   <si>
     <t>2014DK05SFOP001</t>
   </si>
   <si>
     <t>2014DK16RFOP001</t>
   </si>
   <si>
     <t>2014EUIXXXXXXXX</t>
   </si>
   <si>
     <t>Educational and Entrepreneurial Growth - DK - ESF</t>
   </si>
   <si>
     <t>Innovation and Sustainable Growth in Businesses - DK - ERDF</t>
   </si>
   <si>
     <t>European Urban Initiative 2014-2020</t>
   </si>
   <si>
+    <t>DK_376</t>
+  </si>
+  <si>
+    <t>DK_851</t>
+  </si>
+  <si>
+    <t>DK_540</t>
+  </si>
+  <si>
+    <t>DK_461</t>
+  </si>
+  <si>
+    <t>DK_400</t>
+  </si>
+  <si>
     <t>DK_101</t>
   </si>
   <si>
-    <t>DK_851</t>
+    <t>DK_326</t>
+  </si>
+  <si>
+    <t>DK_173</t>
+  </si>
+  <si>
+    <t>DK_510</t>
+  </si>
+  <si>
+    <t>DK_615</t>
+  </si>
+  <si>
+    <t>DK_621</t>
   </si>
   <si>
     <t>DK_630</t>
   </si>
   <si>
-    <t>DK_461</t>
-[...2 lines deleted...]
-    <t>DK_173</t>
+    <t>DK_265</t>
+  </si>
+  <si>
+    <t>DK_329</t>
+  </si>
+  <si>
+    <t>DK_849</t>
+  </si>
+  <si>
+    <t>DK_390</t>
+  </si>
+  <si>
+    <t>DK_330</t>
   </si>
   <si>
     <t>DK_791</t>
   </si>
   <si>
+    <t>DK_360</t>
+  </si>
+  <si>
+    <t>DK_751</t>
+  </si>
+  <si>
+    <t>DK_370</t>
+  </si>
+  <si>
+    <t>DK_561</t>
+  </si>
+  <si>
+    <t>DK_316</t>
+  </si>
+  <si>
+    <t>DK_787</t>
+  </si>
+  <si>
+    <t>DK_760</t>
+  </si>
+  <si>
+    <t>DK_820</t>
+  </si>
+  <si>
+    <t>DK_813</t>
+  </si>
+  <si>
+    <t>DK_661</t>
+  </si>
+  <si>
+    <t>DK_259</t>
+  </si>
+  <si>
     <t>DK_165</t>
   </si>
   <si>
-    <t>DK_751</t>
+    <t>DK_657</t>
+  </si>
+  <si>
+    <t>DK_607</t>
+  </si>
+  <si>
+    <t>DK_151</t>
+  </si>
+  <si>
+    <t>DK_860</t>
+  </si>
+  <si>
+    <t>DK_340</t>
+  </si>
+  <si>
+    <t>DK_159</t>
   </si>
   <si>
     <t>DK_410</t>
   </si>
   <si>
-    <t>DK_265</t>
-[...26 lines deleted...]
-    <t>DK_820</t>
+    <t>DK_482</t>
   </si>
   <si>
     <t>DK_250</t>
   </si>
   <si>
-    <t>DK_340</t>
-[...17 lines deleted...]
-    <t>DK_607</t>
+    <t>DK_846</t>
   </si>
   <si>
     <t>DK_707</t>
   </si>
   <si>
-    <t>DK_846</t>
-[...22 lines deleted...]
-  <si>
     <t>DK_219</t>
   </si>
   <si>
-    <t>DK_760</t>
-[...11 lines deleted...]
-    <t>DK_360</t>
+    <t>Guldborgsund</t>
+  </si>
+  <si>
+    <t>Aalborg</t>
+  </si>
+  <si>
+    <t>Sønderborg</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Bornholm</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
-    <t>Aalborg</t>
+    <t>Kalundborg</t>
+  </si>
+  <si>
+    <t>Lyngby-Taarbæk</t>
+  </si>
+  <si>
+    <t>Haderslev</t>
+  </si>
+  <si>
+    <t>Horsens</t>
+  </si>
+  <si>
+    <t>Kolding</t>
   </si>
   <si>
     <t>Vejle</t>
   </si>
   <si>
-    <t>Odense</t>
-[...2 lines deleted...]
-    <t>Lyngby-Taarbæk</t>
+    <t>Roskilde</t>
+  </si>
+  <si>
+    <t>Ringsted</t>
+  </si>
+  <si>
+    <t>Jammerbugt</t>
+  </si>
+  <si>
+    <t>Vordingborg</t>
+  </si>
+  <si>
+    <t>Slagelse</t>
   </si>
   <si>
     <t>Viborg</t>
   </si>
   <si>
+    <t>Lolland</t>
+  </si>
+  <si>
+    <t>Aarhus</t>
+  </si>
+  <si>
+    <t>Næstved</t>
+  </si>
+  <si>
+    <t>Esbjerg</t>
+  </si>
+  <si>
+    <t>Holbæk</t>
+  </si>
+  <si>
+    <t>Thisted</t>
+  </si>
+  <si>
+    <t>Ringkøbing-Skjern</t>
+  </si>
+  <si>
+    <t>Vesthimmerlands</t>
+  </si>
+  <si>
+    <t>Frederikshavn</t>
+  </si>
+  <si>
+    <t>Holstebro</t>
+  </si>
+  <si>
+    <t>Køge</t>
+  </si>
+  <si>
     <t>Albertslund</t>
   </si>
   <si>
-    <t>Aarhus</t>
+    <t>Herning</t>
+  </si>
+  <si>
+    <t>Fredericia</t>
+  </si>
+  <si>
+    <t>Ballerup</t>
+  </si>
+  <si>
+    <t>Hjørring</t>
+  </si>
+  <si>
+    <t>Sorø</t>
+  </si>
+  <si>
+    <t>Gladsaxe</t>
   </si>
   <si>
     <t>Middelfart</t>
   </si>
   <si>
-    <t>Roskilde</t>
-[...26 lines deleted...]
-    <t>Vesthimmerlands</t>
+    <t>Langeland</t>
   </si>
   <si>
     <t>Frederikssund</t>
   </si>
   <si>
-    <t>Sorø</t>
-[...17 lines deleted...]
-    <t>Fredericia</t>
+    <t>Mariagerfjord</t>
   </si>
   <si>
     <t>Norddjurs</t>
   </si>
   <si>
-    <t>Mariagerfjord</t>
-[...22 lines deleted...]
-  <si>
     <t>Hillerød</t>
   </si>
   <si>
-    <t>Ringkøbing-Skjern</t>
-[...11 lines deleted...]
-    <t>Lolland</t>
+    <t>Vest- og Sydsjælland</t>
+  </si>
+  <si>
+    <t>Nordjylland</t>
+  </si>
+  <si>
+    <t>Southern Jutland</t>
+  </si>
+  <si>
+    <t>Funen</t>
   </si>
   <si>
     <t>Byen København</t>
   </si>
   <si>
-    <t>Nordjylland</t>
-[...7 lines deleted...]
-  <si>
     <t>Københavns omegn</t>
   </si>
   <si>
+    <t>East Jutland</t>
+  </si>
+  <si>
+    <t>Østsjælland</t>
+  </si>
+  <si>
     <t>Vestjylland</t>
   </si>
   <si>
-    <t>East Jutland</t>
-[...7 lines deleted...]
-  <si>
     <t>North Zealand</t>
   </si>
   <si>
+    <t>DK022</t>
+  </si>
+  <si>
+    <t>DK050</t>
+  </si>
+  <si>
+    <t>DK032</t>
+  </si>
+  <si>
+    <t>DK031</t>
+  </si>
+  <si>
+    <t>DK014</t>
+  </si>
+  <si>
     <t>DK011</t>
   </si>
   <si>
-    <t>DK050</t>
-[...7 lines deleted...]
-  <si>
     <t>DK012</t>
   </si>
   <si>
+    <t>DK042</t>
+  </si>
+  <si>
+    <t>DK021</t>
+  </si>
+  <si>
     <t>DK041</t>
   </si>
   <si>
-    <t>DK042</t>
-[...10 lines deleted...]
-  <si>
     <t>DK013</t>
   </si>
   <si>
     <t>2014-2020</t>
   </si>
   <si>
+    <t>Development of internship schemes in SMEs in the Region of Zealand.The purpose of the project is for more young people to complete vocational training. This will be done through outreach work, creating an increased number of active internships and creating a breeding ground for more people to complete a qualification training. In the long term, more skilled labour will strengthen the development potential of companies and the economy of the region. In the coming years, there will be a number of opportunities for the creation of more internships in small and medium-sized enterprises, in the light of the companies’ awareness of the shortage of skilled workers. This will arise, among other things, in the absence of labour caused by the absorption of labour in other sectors of the large capital investment. The cyclical fluctuations which will arise in the various sectors will affect the availability of traineeships. There will be a need for increased coordination between training centres during periods in order to optimise the composition of the training courses. In this context, the training centres and schools should focus on the geographical mobility of pupils. In order to ensure that administrative work is not an obstacle to businesses, efforts to advise (Hot-line and guidance) will be strengthened by the creation of new traineeships. With the introduction of new procedures and schedules as of 1 August 2015, this effort will be updated further.To achieve this objective, the project will:- Contact SMEs which are expected to have an increasing demand for labour, either derived from the increased level of activity or because of the loss of labour for large capital investment, in order to provide new traineeships. This applies not only to new companies, but also to companies which have not activated their approval to employ apprentices. — provide advice to firms for administrative work in connection with the establishment of the new agreements. — Ensure coordination of the possibilities for composing short contracts and subcontracts for sensible training courses for pupil and enterprise. This must be done in close cooperation with the project</t>
+  </si>
+  <si>
+    <t>Otiom</t>
+  </si>
+  <si>
+    <t>Smart Trolley – work-friendly and energy-efficient multifunctional bag trolley for the dstribution of goods.The vision for the project is that semi-manual handling of goods in connection with distribution in e.g. the brewery industry takes place work-friendly and energy-efficient. Accordingly, the aim of the project is to acquire new knowledge and skills that can be used to develop, test and document the effects of the application of an innovative concept for a multifunctional battery electric bag wagon. Smart Trolley is used as an aid in the distribution of goods, where it relieves and prevents heavy and repetitive lifting, often to places with difficult access due to stairway conditions. It is based on an energy-efficient electric concept and creates a green product for the market for ergonomically correct auxiliary equipment for the logistics sector with resulting perspectives for increased growth and employment.The multifunctional battery electric bag wagon, which is developed and tested in the Smart Trolley project, consists of a platform unit and various tools that can be fitted to it. This gives a concept where it is possible with the same help tool to carry out several tasks in connection with the distribution of brewery products.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to ensure that private companies qualified labour through the skills development of management and employees with precisely the competencies that the companies demand. The actors in the project consist of Væksthus Syddanmark, Development Funen, the Triangle Region of Denmark, Development Vejen and Vejle Erhverv.The project will contribute to providing qualified labour to three industries in South Denmark, which currently lack qualified labour with specific competences. With the acquisition of the new competencies, companies will be able to realise their growth strategy and employ new employees. The project is targeted at small and medium-sized enterprises in the robot, steel-producing and food industries. In these industries there is a particular need for skilled labour, and in addition, the lack of employees with the right skills is an obstacle to exploiting the great growth potential of the industries. The strength of the project is that the competency activities will be organised on the basis of the specific needs of the companies, and thus demand-driven.The project will establish three industry academies; a robotic academy, a steel academy and a food academy. Through these, the project will carry out growth-oriented skills development for 200 companies, and it is expected that at least 738 people will have their level of competence increased. The expected effects are that 2 years after the end of the project, 285 new jobs and a premium of DKK 260 million have been created for the companies, of which the additional exports amount to DKK 104 million. The project has three phases: Establishment of inter-branch partnerships (recruitment), competence coverage in enterprises, and the allocation of competences; and</t>
+  </si>
+  <si>
+    <t>Innovative digital strategy development tool.The aim is to develop the prototype of an innovative digital strategy development tool that can help more SMEs gain access to state-of-the-art management and decision-making tools. A digital management tool that can support managers in strategy development as well as effective implementation of decisions and implementation of the strategy. This without leaving the management of the company to a board of directors or having to allocate DKK 250.000-500.000 to management advice. The project’s expected effects are:- A new innovative company – 1 prototype of Digital Optimal Path to Growth – 10 test runs at Bornholm growth companies – Increased revenue of a total of DKK 15 million after the project period – Generating two jobs in the life of the project and 10 jobs after the project period.DecideAct Management lives today by assisting organisations to define the optimal potential. We are specialists in the development of intelligent solutions for management and consultants, and the goal is to become the leading state of the art provider of intelligent strategy and decision-making solutions for organisations’ management.</t>
+  </si>
+  <si>
+    <t>Manager and employee training in 180 SMEs.The purpose of the programme</t>
+  </si>
+  <si>
+    <t>Purpose and objectives Project</t>
+  </si>
+  <si>
+    <t>Aalborg has a major challenge with increased amounts of waste in the city as population growth increases. To a greater extent than now to recover waste in a circular economy, where waste is seen as a resource, it requires an increased sorting of waste. In addition, collection systems must be improved and made visible especially in the densely urban areas, where buried waste containers will be established in the coming years to replace containers in backyards etc. In order to ensure greater sorting among citizens, new solutions are needed. One of the solutions is sensors in waste containers, which can report filling levels to the operator who has to empty the container, but also information to citizens on how to sort the waste in the best possible way. The aim of the project is to reduce waste volumes and lead to better sorting of waste in cities. Through clusters and close collaboration with Aalborg University (AAU), the project will invite companies to enter into innovation partnerships with Aalborg Municipality and the university to develop and/or test technology that can contribute to additional solutions to the waste problem.The companies will contribute to solutions to specific challenges addressed in Aalborg Municipality’s holistic urban strategy.</t>
+  </si>
+  <si>
+    <t>Growth through creativity and knowledge The purpose of this project is to create increased growth and new jobs. In concrete terms, a number of targeted programmes are being implemented that strengthen the relevant competencies of companies that want to create growth and jobs. The target group is the food industry’s small and medium-sized enterprises, which form part of the entire value chain from farm to fork except the primary industries.The project starts with the establishment of a database of potentially relevant participants. Based on the partners’ extensive knowledge of the industries concerned and experience from similar projects, the first visitation will be made in order to find the companies that will benefit most from participation. At this stage, a concrete plan for growth will be drawn up for the companies to be included in the future. The growth plans include concrete objectives and the identification of areas where a skills boost can strengthen the company’s growth. On this basis, the actual development of competences starts within the following areas: Main activity (HA) 1 includes the recruitment of approx. 200 companies and the creation of a single database.HA 2, Development Driver, is a comprehensive programme that gives companies knowledge and competencies that can be used to develop the company and develop new products, concepts, etc.HA 3, The marketing licence aims to provide companies with knowledge and competences that can help them increase sales and thus the growth of the individual company. HA 4</t>
+  </si>
+  <si>
+    <t>Greater Copenhagen Food innovation is a lighthouse project that aims to create growth, raise the share of innovative companies and develop the food sector in Greater Copenhagen with a focus on Region Zealand by drawing on the experience, methods and competences of leading players from the capital region and the rest of the country. The starting point is the specific needs of companies, including market, technology challenges and barriers. The method is a coordinated effort that puts an end to the past tradition of small and limited individual promotional initiatives. Across the strong partnership, the right team is set up to implement 52 innovation programmes that help companies either in partnership with others or individually through a development process with a knowledge institution that overall results in 25 new innovative companies, new products and processes or concrete solutions that are either new to the company or new on the market.The project expects to create 250 new jobs 5 years after the project ends. This objective is based on the expectation that innovation projects with high potential for scaling can be identified and on the expectation that the project contributes to a long-term, enhanced cooperation between the knowledge institutions and the region’s businesses in the food cluster. Behind the project is a strong partnership of actors</t>
+  </si>
+  <si>
+    <t>The aim of the project Entrepreneurship in education is to contribute to increased growth and employment by creating more successful entrepreneurs and growth companies. Therefore, the project will activate the role of the education sector in stimulating innovation and entrepreneurship, by giving students better competences within entrepreneurship/entrepreneurship so that an increasing proportion of graduates from the consortium’s higher educations establish their own business and, not least, companies based on the knowledge they have gained through the programme:Concretely, the project will create the following effects:- 6000 participants improve their entrepreneurial competencies- 4550 participants acquire formal skills- 350 participants have started a new companyExperience in terms of our own entrepreneurial tuition, that the students will be more likely to get their entrepreneurial skills. Therefore, the project will carry out the following three main activities:1)Teaching programmeThe project will develop and implement teaching programmes targeted at setting up business and building entrepreneurial skills.2)Establishment and further development of student greenhousesStudy incubators will allow more students to test and develop a business page and thus get more ideas commercialised. The student greenhouses will carry out both local activities, close to the individual educational environments, as well as cross-disciplinary activities.3) Competence development programmesCompetence development programmes will focus particularly on start-up problems and guidance in connection with business development and business start-up. The courses will be targeted at teachers and employees in the student greenhouses The consortium consists of VIA University College, Aarhus University, Aarhus School of Engineering and business academies Dania, Midtvest and AarhusIft. student growth house activities have been established collaborating with a number of municipalities (Herning, Holstebro, Horsens, Randers, Silkeborg, Viborg, Aarhus). Cooperation shall ensure that local business councils and other relevant actors are involved in the activities. In addition, a cooperation with FFE has been established.The activities of the projects are being developed so that they can be anchored in the individual institutions after the project period. The cross-cutting initiatives for ambitious student entrepreneurs are being pursued as a joint activity.</t>
+  </si>
+  <si>
+    <t>Design Innovation.The project aims to provide strategic competence development to managers, development managers and other employees in growth-oriented companies. The activities in the application focus on creating growth and innovation in the participating companies as well as strengthening the employees’ ability to change through company-oriented competence development within design. Experience from Design2innovate clearly shows that competence detection and empowerment by both employees and managers is a fundamental prerequisite for transforming new insights and learning about design as an innovation method and growth driver into successful results in their own companies.The three main activities of the project each have its own target audience. Each target group corresponds to a “maturity stage” for strategic design competences on the Design staircase. Design Network: Empowerment for managers and employees of an innovative nature, which aims to strengthen corporate growth through increased design use by providing managers and employees with new knowledge and insight into design and design methods that drive growth and innovation. The activity is carried out through thematic networking events.Design driven Innovation: Empowerment for managers ensures new competencies in strategic design and design-driven innovation that enables the manager to develop new strategies and business plans, thereby prioritising innovative initiatives and creating desirable future scenarios for his business.Design Thinking: Empowerment for employees ensures concrete and practical methods in design and enables employees to translate new skills into their own business and develop new ways of acting, thereby creating new solutions for the benefit of their business. The resulting skills increase helps companies to improve their adaptability, motivate the day-to-day development of processes and ensure innovation by using design methods.</t>
+  </si>
+  <si>
+    <t>The e-patient project develops new, innovative and scalable concepts for digital patient preparation and patient communication. A total of 6-8 concepts will be developed, including 25 specific development and testing processes and varying solutions during a 2-year project period.At national level, it has been decided that all patient calls in the Danish healthcare system will take place digitally by the end of 2014. However, no solutions have been developed to lift the opportunities for patient information and</t>
+  </si>
+  <si>
+    <t>The project aims to address some of the challenges SOSU is experiencing in continuation of the EUD reform, where SOSU schools have experienced a decrease in the number of students admitted, making it difficult to meet KL’s sizing. The lack of pupils is expected to deteriorate as a result of the changes in education towards 2020, which is why it is important to ensure greater implementation for pupils admitted to the courses. The project will strengthen the quality of teaching through development work to develop simulation training from a vocational pedagogical perspective. Simulation training will support learners’ learning outcomes and help to create an even clearer link between theory and practice, including strengthening their interdisciplinary focus. The project develops a vocational pedagogical facilitator role in which 140 teachers are upgraded through the project. We want to involve more partners in the upgrading process, e.g. UCN and other UC</t>
+  </si>
+  <si>
+    <t>The Future Talent Denmark project aims to ensure the attraction of international students to Danish workplaces after graduation. The project aims to create a larger inflow of international graduates to Danish companies than is experienced in these years, where less than a third of international graduates find employment in Denmark after graduation. The aim of the programme is for at least half of the participating students to find employment in Danish companies after completion of the course and their studies. In addition, through workshops, networks, onboarding packages, etc., the aim is to increase internationalisation among the participating companies, so that they will, in future, be able to attract and retain international graduates and international labour as a whole. In addition to focusing on raising companies‘competencies within internationalisation, the focus will be on raising the students’ competencies within corporate understanding, workplace culture, employability, knowledge about career opportunities, languages, etc. The student’s competencies must be raised through a structured business programme, specific task learning at the companies, workshops on workplace culture, language packages, etc. In addition, the focus will be on creating a better talent pipeline between educational institutions and companies. The project will work with companies within the SME segment, which will be matched with relevant groups of international students who possess the skills required among the companies. The results are anchored through the companies, where it is expected that the project will equip them to continue working with international students in the future. In addition, the project’s knowledge will be anchored through a concrete method development, where the developed methods and tools will be freely available through WLS, for the wide benefit of the Danish companies that want to work with a segment like the international students. The educational institutions’ learning through the project will also help ensure a better transition for their international students to the Danish labour market – also in the future.</t>
+  </si>
+  <si>
+    <t>Public-Privat Innovation (OPI) is increasingly being disseminated in Denmark, but new research results indicate that OPI partners are challenged on the collaboration and the innovation process they are conducting (Council for Public Private Cooperation, 2015). The values, working methods and aspirations of heterogeneous partners make it difficult to understand and make it more difficult to develop solutions that satisfy the user needs of the public sector. Innovation collaborations between public and private sectors are often carried out in order to rethink and develop public welfare solutions. The value of bringing together public and private actors is precisely to make use of the diversity of knowledge and competences that the various partners possess. The Opi LDL project will professionalise OPI projects through a Living Design Lab (LDL), where project management will be supported by design thinking (consekevnt facilitation and use of design methods) partly to help address the partners’ silent knowledge and to create common understanding partly to generate user insights through several test environments that are translated into valuable solutions for the benefit of both private and public partners. Living Design Lab will serve as a test site for 4 OPI projects, where 36 managers and employees from 12 SMEs will receive knowledge support and will receive sparring tailored to each project. Specifically, the OPI LDL project will result in 4 refined innovative welfare prototypes that will subsequently be brought into the OPI pool or other similar initiatives focusing on commercialisation. This achieves a full OPI value chain, where the process is supported from mock up idea to commercialised product. The results of the LDL project will provide a valuable basis for OPI projects nationally, regionally and municipally, with its special focus on co-creating and facilitating silent knowledge and reconciliation of expectations between partners.</t>
+  </si>
+  <si>
+    <t>The project Creativity &amp; Entrepreneurship/Project costream aims to create increased entrepreneurship and growth in creative industries in the Region of Southern Denmark – and to promote a business- and growth-oriented culture around creative companies with sales and market orientation high on the agenda. The project is based on cross-cutting cooperation between partners in the triangular area and in South Funen, each of which has different experiences in promoting entrepreneurship and growth in the creative industries. The project’s coordinated growth efforts aim to:</t>
+  </si>
+  <si>
+    <t>The project will transfer research results from cooperation between major regional biotechnological production companies and KU and DTU to innovative SMEs and create new products and business opportunities. Products create greater sustainability and competitiveness in biotechnological production. The project results in 12 new products from 12 SMEs, eight of which will be new spin-outs, with their product and business plan qualifying for investment. The project will create 100-200 jobs. The project is based on the problem-solving needs of large production companies. This ensures that solutions are both market-oriented and have research height. Outputs and results are generated in innovation collaborations between researchers from DTU and the KU, the major biotechnological producers, as innovation locomotives and SME technology suppliers. Capnova, who has extensive knowledge of the skills of SMEs’ business and development potential, ensures progress and performance creation, which translates research into new products and jobs in the region and Denmark.The project supports the exploitation of the growth potential of SMEs, based on demand and a real market among global biotechnological production companies.The focus is the development of technology products in SMEs. This is done through the main activities of the project, which outline an innovation process with one purpose: To create products with a defined market. The project has five main activities: 1. Market identification 2. Identification of relevant SMEs with technological development and production potential.3. Feasibility study for technology clarification and project implementation among SMEs.4. Product development between SMEs, universities and biotechnological enterprises5. Information and communication, as well as knowledge sharing to relevant actors.The activities are crucial for the success of the project.It is through the above process that innovation and the development of new products take place: — New design of equipment and products- New methods for transferring process knowledge from research to full-scale- Strengthened knowledge building and knowledge transfer.</t>
+  </si>
+  <si>
+    <t>Competence GrowthProject CompetenceGrowth will ensure that companies in the Region of Southern Denmark qualified labour by providing the existing employees with a formal training boost from unskilled to skilled or from skilled to higher education. Training for 277 selected employees in small and medium-sized enterprises is initiated over 4 years in specific sectors of the industry, where recruitment difficulties and/or shortages of skilled labour are currently seen, and where special needs for upskilling of existing labour are envisaged in the light of future growth expectations. The focus is on short vocational training. The approach is industry- and subject-specific and based on the specific needs of the companies and the employees appointed by the companies. In addition, action will be coordinated with the regional industrial, employment and educational power centres for development and growth. There will be a special focus on ensuring competent and qualified labour for the regional strength positions through cooperation with e.g. Dima, Building for Growth, Industry for Growth, Denmark’s production centre, Technology Denmark, BygOvenOn the initiatives etc. Together with the organisations and business services, the primary industries of each VEU centre are selected and primary competence needs defined. Primary industries: Industrial production, Construction and plant, Transport, logistics and warehouse, IT, knowledge reservoir and other service. The skills requirements will, for example, be within: Industrial technician, operator, Automatics technician, electrician, Murer, Building constructor, business assistant, data technician, office training with specialisations etc.The company groupings meet a professionally qualified project consultant with high expertise within the relevant sector specific area and competence needs. The VEU centres shall ensure this selection through the industry knowledge and guidance expertise of their partner schools in the field of work concerned. The companies thus meet in the effort of a qualified dialogue partner who can identify, guide and translate skills needs into professional boost in the area where the company lacks skilled labour. The entire training course is planned and implemented for selected employees in the companies.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to create innovative solutions in SMEs</t>
+  </si>
+  <si>
+    <t>The primary objective of the project “Training path to growth” is to upgrade a group of unskilled to skilled status. These will be both employed and unemployed, but all participants in the project will have a clear labour market-specific suspension in order to ensure a clear link between demand in the labour market and those industries receiving professional training through vocational training. The result of the project will be to upgrade 420 people from unskilled to skilled status. As a special focus area in the project, there is a specific focus on testing EUV models compared to 25-30 year olds. An increased proportion of skilled workers will support a regional objective of maintaining the expected growth, including the major construction tasks of the coming years. The project has a broad focus on industry; however, with a certain focus on the construction sector. 1600 participants are searched to the project, partly employed via regional companies and partly unemployed via the regional job centres. Before starting a vocational training programme, the participants complete a process of clarification and search which equips them in relation to the following training course. During the vocational training programme, the participants are offered support through a personal mentor as required.The project is carried out through cooperation between a number of educational institutions and 12 municipalities in Region Zealand (Slagelse, Sorø, Næstved, Kalundborg, Odsherred, Ringsted, Lejre, Roskilde, Faxe, Stevns, Guldborgsund, Lolland).</t>
+  </si>
+  <si>
+    <t>PROJECTRESUMÉThe primary purpose of the project Green career pathways is to ensure companies access to qualified labour through increased recruitment to vocational training. The project seeks to increase the supply of skilled labour in the green area by encouraging more young people to start vocational training through targeted bridge-building courses between schools and businesses. It is the project’s expected impact that:</t>
+  </si>
+  <si>
+    <t>Many small and medium-sized enterprises have growth on the agenda, but are reluctant to launch growth activities. Experience shows that there are particular challenges when international work is launched. This is typically a lack of knowledge of supply/demand conditions, competition and price parameter – in a given market. These can be issues such as distribution, import rules, public regulation and cultural barriers, and what should the international market strategy be! The clarification of these issues is necessary in order to develop and qualify and launch the company’s international growth plan. Over the next 5 years, the growth house will find 30 Bornholm companies, which are offered support to develop an international growth plan, which in the long term will make them growth companies. The companies are based on the current business development strategy from the Bornholm Growth Forum and in particular food and tourism. At the end of the process, the participating companies have an international growth plan, with a special focus on action and scaling of the company’s opportunities in one to two markets.The knowledge gained through the project will be used by other companies, as the wish is that the participating companies will also be role models for other Bornholm companies. But it is also part of the development of Væksthuset’s basic offer, and will be used in dialogue with the Danish Trade Council on adapting their services.Another wish is that this process and project can form the basis for further cooperation between Bornholm/Danish companies and, for example, form the basis for the establishment of a Bornholm export network, thereby strengthening international market access across industries on Bornholm.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to address both social and employment challenges for socially vulnerable citizens outside the labour market. The project develops a process of integration into the social economy company Glasværket. The aim of the project is to develop courses that ensure that the participants obtain training and performance of work functions in the socio-economic company, which is combined with differentiated skill and competence development in the workplace based on the individual’s prerequisites and needs. During the course, the participants must not only be prepared for the demands of the labour market, but they also achieve a strong strengthening of self-esteem and self-confidence, enabling them to cope with the other demands and challenges of life. The process will be supported by a focused and continuous follow-up for the individual participants and the processes developed in the project are also focused on bringing the participants closer to the private labour market through the project’s great interaction with the local business community, which will form an important focal point of the project.The project, with the people who are behind it, possesses entrepreneurial skills, social skills and business skills that enable them to run a business, and have a desire to make a difference for a group of vulnerable citizens in society. The project will consist of several parts:1.The right framework must be established for cooperation with the municipalities on the reception of the unemployed for a programme. 2.The content of courses, as well as partners and business models for these must be described and the collaborations started. 3.A network of volunteers with different competencies must be established and can contribute to the efforts.4.For the establishment of these things there is a need to work with the glassworks’ business plan as well as establishing procedures and setting up cooperation models with the municipalities, educational institutions and companies.</t>
+  </si>
+  <si>
+    <t>The overall objective of the project is to equip growth entrepreneurs with tools to further develop their business model and business, thereby contributing to unlocking their growth potential and creating a more viable and fast growing company. This is done in practice by developing and implementing guidance programmes for growth entrepreneurs consisting of four group-based modules and ongoing individual follow-up meetings. The main themes of the advisory process are the commercialisation of the product or business page and the scaling of the product or business page, and the individual modules will include:</t>
+  </si>
+  <si>
+    <t>With the help of cross-sectoral cooperation and increased focus on the individual’s needs, Slagelse Municipality’s Youth Hall will provide them with a training programme and thereby retain young people in the education system so that they can pass an approved youth education programme.This is done by developing a combination of special courses and training activities created by educational institutions and the municipality in a case team that must be supported by a strong underlying network. A</t>
+  </si>
+  <si>
+    <t>Project STEM</t>
+  </si>
+  <si>
+    <t>Startup Viborg – Development and strengthening of entrepreneurshipMany new businesses start every year. Unfortunately, some of them are shut down relatively quickly after start-up – without creating the success they had hoped for – and without creating growth that can contribute to the creation of value in society. We'd like to change that. Therefore, the VIBORG area’s Business Council will lead an ambitious project to improve the chances of survival and growth potential of a broad circle of entrepreneurs. The project will help to build a strong ecosystem in which the established business community, educational institutions, business promoters and incubation environments jointly take responsibility for providing the best possible framework for new entrepreneurs.The aim of the project is to get more entrepreneurs started – and more of them to create a growth company. This is done by offering new and ongoing entrepreneurs to become part of the ecosystem, which provides, among other things, access to:cooperation and community with like-minded business professionals who make themselves available as Business Coaching specialists in key business areasThe main effects are expected to be the following: a boost in the level of competence of entrepreneurs and professionalism increasing turnover during and after the project increased the number of year-ends of the participating entrepreneurs – in addition to the entrepreneur himselfThe project is built on three main elements, which constantly place a layer on the entrepreneur’s own responsibility for progress. Startup Basis (8 weeks) – where it’s all about creating the basic knowledge and skills that strengthen idea and business basisStartUp Professional (4 weeks) – where it’s about working focused on the business base, having dialogue with (potential) customers and building/building the professional networkStartUp Business Coach (12 weeks) – where you and three other entrepreneurs are joined together with an experienced business coach from the local/regional business community. The personal commitment and the involvement of the consultant in the entrepreneur’s situation is a very important ingredient for success.Entermination after the end of the project period takes place in a new Entrepreneurship Network, which will become the focal point of the overall ecosystem.</t>
+  </si>
+  <si>
+    <t>The aim of the Industrial Electronics (IE) project is to meet the need for increased electronic knowledge and competencies of the regional sector/cluster of companies involved in the development and production of energy-efficient solutions. This is done through the establishment and construction of a powerful international educational and research environment at SDU in Sønderborg in the field of applied industrial electronics (SDU-EE). The project addresses, in the medium and longer term, a shortage of skilled labour that acts as a barrier to growth and employment in a region of regional strength, and the ecosystem of enterprises strengthens their innovation processes and competitiveness. To meet the needs of companies for highly skilled electronics labour, new research-based courses are being established and built at all university levels (B.Sc., B.Eng., M.Sc., Ph.D.). An effort is made to attract students with prior professional and technical competences or short work experience. It helps to meet the labour needs of the future in relation to the composition of competences as well as the number of people available in the workforce.As a prerequisite for the training effort, a strong application-oriented research capacity will be built that supports the teaching. In this context, a training team with research qualifications at a high international level will be established. In specially selected areas, training-supporting research activities are carried out. In addition, access will be established to functioning state-of-the-art laboratory facilities necessary for teaching and research activities.Resources from the IE project are necessary to develop a strong and self-sustaining international educational and research environment for applied industrial electronics. This is planned as three phases of establishment, growth and consolidation in the period 2017-2030, where large contributions from SDU and project investors also ensure overall funding. The results of the IE project are thus the establishment of new electronic training courses and the building of supporting research capacities and laboratory facilities. As a result, many from the target group, who are people with professional and technical competences, and those with short work experience, participate in higher education.</t>
+  </si>
+  <si>
+    <t>Global and national tourism is growing. However, tourism in the Region of Zealand is lagging behind in relation to both an international and national benchmark. This initiative addresses three of the main challenges; A low degree of digitisation and lack of growth among enterprises, as well as a lack of coherence among the companies and the overall supply of products. This project introduces a 2-year programme targeted priority segments (mainly German holidaymakers outside the season; secondary guests from the capital in the form of international tourists on an excursion from the capital, as well as Danish holiday and business tourists). Project</t>
+  </si>
+  <si>
+    <t>Copenhagen Health Innovation – Knowledge-based Entrepreneurship for Sundere Growth. The world is challenged by a larger proportion of older people, more chronicians and, not least, rapid technological development. In Denmark, estimates by the Economic Council show that health expenditure is expected to increase significantly. This means opportunities for companies that are able to develop innovative health solutions that solve parts of a future socio-economic challenge in Denmark and the world. There is a need for undergraduate and graduate students with a deep health knowledge and an entrepreneurial mindset. Denmark has not been skilled enough to get students with a health education to set up their own business. Therefore, CHI VEST has been established as an ambitious initiative across educational institutions and buyers with a focus on strengthening Greater Copenhagen as a global player within Sund Growth and programmes that can secure both competences. The effort broadens the understanding of educational institutions and teachers of the challenges facing the healthcare sector, while taking students’ learning from theory, analysis and reflection to the development of concrete health solutions based on their research-based knowledge. Chi VEST strengthens students’ competencies and qualifies them to better and faster understand, develop and implement health services, services and products.CHI VEST delivers:Over 1150 students with new skills in entrepreneurship.60 talented students who have completed a talent programme for entrepreneurial students.130 teachers with new competences in entrepreneurship teaching in health innovation, which ensures course elements implemented in 10 programmes.This is done through the upgrading of teachers in entrepreneurship and health innovation; and by improving the skills of teachers in entrepreneurship and health innovation. implementation of socially relevant health challenges in existing programmes by the knowledge partners in innovation and entrepreneurship and development and support for students’ entrepreneurial mindset through the development of a talent programme targeted at the most talented young students.CHI VEST ensures a large population of bachelors and graduates who have deep academic knowledge and an entrepreneurial mindset as well as the development of entrepreneurial education in the initiative and in the future.</t>
+  </si>
+  <si>
+    <t>The purpose of entrepreneurship programme 2018-2019 is to support the Growth Forum for the Central Jutland Region’s ambition to create good conditions for the establishment, development and growth of growth entrepreneurs, thereby contributing to job creation, increased competition and productivity in the region. The aim is to increase the number of growth entrepreneurs who can develop into growth companies, thereby contributing significantly to the creation of new jobs, new products and technologies with a significant level of innovation.The target group for entrepreneurship programme 2018-2019 consists of very different growth entrepreneurs who are at different stages of the start-up phase and have very different competencies and experiences from the past. The content of the programme is therefore organised in such a way that activities aimed at growth entrepreneurs at different stages of the start-up phase will be offered and addressing the different types of growth entrepreneurs’ needs at a given time. The goals of developing growth entrepreneurs into growth enterprises, creating new jobs and new products are achieved by offering a range of intense activities, each focusing on some of the challenges of moving from good idea to successful growth business. Growth entrepreneurs can challenge themselves and acquire new competencies through the following activities:</t>
+  </si>
+  <si>
+    <t>The project</t>
+  </si>
+  <si>
+    <t>The project aims to create growth in the Region of Southern Denmark by preparing young companies and entrepreneurs for participation in Scale-Up Denmark. The project has direct effects when companies are referred to Scale Up verticals, but also a number of important indirect effects, as the companies/entrepreneurs are far better equipped for survival, capital attraction and to use other offers after the project’s implementation.Renset for derived effects and subsequently Scale-Up course, the project itself delivers 120 new jobs, DKK 84 million in mérturn and DKK 7.2 million in mérexport. 30 companies are expected to be referred to Scale Up.In the project, a fine meshed network is thrown over the Region of Southern Denmark to identify potential candidates for Scale Up Denmark. The project coordinates already existing initiatives and brings together the threads of existing initiatives in the municipalities, clusters, vocational schools, universities, entrepreneurial environments, co-working spaces, subregional units, private actors and others involved in entrepreneurship. The project identifies 250 entrepreneurs/new companies that lead to screening of 90 companies/entrepreneurs with 135 people for growth potential, fit with Scale-Up verticals and technical and commercial maturity, with a view to a development process that will enable the company/entity to meet the requirements of Scale Up Denmark. A plan is drawn up for the individual company and the company can receive training through:- Joint courses anchored in SDU or in the Academy of Management (too very young companies). There are at least 90 participants in at least 60 companies.- Common vertical-specific courses (for slightly more mature companies). At least 75 participants are participating in at least 50 companies in 3-5 verticals.- Personal sparring and coaching from an advisor with close follow-up (for companies that require a lot of help). There are at least 40 companies involved, or- Mentoring with minor follow-up (for companies that need to be managed on the right track, but otherwise they can themselves). At least 50 companies participate here.The project has a great focus on collecting companies that initially cannot achieve progress in Scale Up Denmark, but also send companies to other offers when this is the right thing for them.There is also work on recruitment throughout the country when it is known that there are companies ready to move to Southern Denmark.</t>
+  </si>
+  <si>
+    <t>The offshore industry is growing – both nationally and internationally.There is therefore a great potential for SMEs to offer new or existing products and services. However, there are a number of barriers preventing companies from exploiting these growth opportunities. The aim of the project is to select 7 small and medium-sized offshore companies that are geared to growth, then identify their competencies and opportunities to exploit their potential, after which the companies themselves select a consultant who draws up a growth plan. When the project is completed, an evaluation of the effect will be carried out.The project is expected to create DKK 3 per invested crown.</t>
+  </si>
+  <si>
+    <t>The purpose of the project is to maintain and further develop a strengthened food cluster organisation on Bornholm, including within (Det Blå Bornholm). The foundation of the Food Cluster is based on the partnership between Gourmet Bornholm, part of regional food culture, the municipality of Bornholm and Bornholm Agriculture. Based on a strong network between the industry, the public and the research environment for cluster development of the food area both locally and nationally, the project will further develop the local ecosystem for food development on Bornholm. This is done by strengthening the value chain from sea to mouth as well as the innovation power between companies, knowledge institutions and the market, which together can realise new products or services based on companies‘potential and needs.The purpose of the food cluster is to further develop the momentum created through the past years’ efforts and, not least, create the framework that can follow up the food strategy, 2017-2025 for Bornholm. In addition, Cowi has pointed out in the mid-term evaluation of the existing food cluster project that the project tower holder must contribute to raising the level of innovation for the participating companies as well as strengthening the follow-up efforts.Innovation height is raised in this project through collaborations with national knowledge institutions.Of key initiatives include:* Increase the innovation power between the food landscape actors, including fish processing companies and the interaction with outdoor/experience tourism. Innovation power includes both product, process, marketing and organisational innovation.* Product development based on the special Bornholm Terroir* Strengthening business support system in the food sector By means, action learning activities, workshops, product development forums and innovation agents are used.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to increase the number of persons trained in the vocational training courses which have been appointed as Advantage Education. The benefit courses have good opportunities for internships and there are incipient labour shortages. The project has two lines of action, each with 2 main activities, since it can increase the number of skilled workers through increased admissions or through better retention of pupils in order to reduce the dropout. The increased recruitment for the benefit courses is to be achieved partly through increased communication and guidance/learning on benefit courses and partly through a more flexible opportunity to start training. The developed presentation and teaching programmes are for use at Grundforløb 1, AVU, GVU, HF and the Preparatory Basic Education, FGU. At the same time, the programmes should help to support the subjects (e.g. mathematics), present the benefit courses via realistic types of tasks and topics. An important effort will be to develop and test concepts for bridge building programmes for the new FGU schools starting in August 2019. In addition, the project will create more flexible access to the training through the development of digital training programmes. The retention is partly through the safeguarding of internships early in the training and partly through systematic monitoring of pupil privilege and pedagogical follow-up. From experience we know that a large number of pupils fall away in the transition between the basic programme and the main course. Part of this is due to the fact that the student finds it difficult to apply for an internship and is unsure whether it will succeed. Once the internship has been found, a great uncertainty factor for the learner is removed and thus a cause of apostasy. The ongoing monitoring of pupil privileges must build on the mandatory annual measurement of student satisfaction by all schools. By developing a tool that can continuously measure pupil privileges and support it with pedagogical methods for prevention, with benefit will increase implementation. The target groups of the project are young people who are in the process of training: Basic course 1, General Adult Education, Preparatory Adult Education, Higher Preparatory Examination and Preparatory Basic Education. In addition, young people with a baccalaureate, for example, need a flexible start-up of education. The target group of efforts to increase implementation is the students in progress.</t>
+  </si>
+  <si>
+    <t>Future wastewater plants 2.0 The project implements parts of Vejle’s holistic urban strategy: The project is a development project whose overall objective is to support and develop a sustainable circular economy in Vejle City by making better use of the resources the city produces – for the benefit of the environment, social cohesion, business and the city’s ability to withstand demographic development and climate conditions.The demonstration and development project</t>
+  </si>
+  <si>
+    <t>Attraction and retention of highly qualified global talents</t>
+  </si>
+  <si>
+    <t>Project Selection of Education (Vau) project concept is coordinated by EUC Northwest in Thisted and developed in a collaboration and partnership between the following municipalities, professional associations and educational institutions in Thisted, Jammerbugt and Mors. Based on developments in the labour market with an increasing focus on general and personal qualifications, the project concept is based on interinstitutional cooperation. The background is, on the one hand, a specific desire to upgrade the unemployed both professionally and in general and, on the other hand, a general need in the labour market to qualify employees more broadly, also in general and personally. This need is a consequence of developments in the labour market, with a softening of professional boundaries, new forms of production, changes in work organisation, etc. The project thus wants to develop, through the inter-institutional partnership, a new model that can bridge the gap between the unemployed and the education system, so that overall it is approached in a well-functioning and reassuring way, to the benefit of both citizens and the organisations involved who will carry out this task.The main activities of the project concept, divided into phases 1-5:Phase 1. Introduction and review of project activities (project holders)Phase 2. Project visas and process interviews (Kandidates)Phase 3. Muss course of 22 days included phase 4 (candidates)Phase 4. Bridge building for training of 2x2 daysPhase 5. Evaluation and design of the project concept’s medodes (projectholders)The primary target group consists of approx. 220 candidates/citizens. The target group is insured unemployed and consists of both men and women aged 25+. The target group is close to losing the right to unemployment benefit and has no qualification/unskilled and/or needs job change due to outdated training. The individual project cycles have a total duration of 22 days and the project concept is built up by testing the muss tool, Duka as process interview method and bridge building as a motivation mechanism, which will help to give the unemployed the opportunity and desire to choose and complete an education and to develop the unemployed person’s professional and personal competence, including election competence. In addition, help to minimise drop-outs and re-election. Overall, it is the project’s intention that 220 citizens should complete the process. It is estimated that during the project period of 35 months, 147 will start up in training.</t>
+  </si>
+  <si>
+    <t>In the programme</t>
+  </si>
+  <si>
+    <t>Purpose: The objective of Spacious in the Centre is to ensure an adequate supply of labour by reducing the number of people on the edge of the labour market or outside the labour market. The project will expand the workforce and include citizens on the edge of the labour market or outside the labour market in a working community. This will be done by strengthening the involvement of the social partners, companies and municipalities in social inclusion from an employment-oriented perspective. By combining cross-sectoral competences, resources and knowledge, job openings are created for the target group. It is expected that 550 participants will complete a course of integration, of which 40 are expected to be employed in socio-economic enterprises immediately after participation, 50 are expected to be in employment immediately after participation, 50 are expected to be looking for work immediately after participation and 37 is expected to be in employment 6 months after participation. Activities: The project has three paths of activity to achieve the objective: 1. Activities to ensure that more companies become active in including the target audience, as well as untraditional strategies for recruiting employees to the companies. 2. Inclusion efforts to facilitate the target group’s entry into the labour market3. Efforts to support the creation of more socio-economic enterprises that promote employment and often manage to recruit citizens who cannot work under ordinary conditions. Other information: The Project Secretariat ApS is contractual partner and consists of LO Nordvestjylland, LO Herning-Ikast, LO Århus, LO Silkeborg-Favrskov, LO Viborg, LO Djursland, LO Horsens-Hedensted, LO Ringkøbingfjord, LO Skiveegnen and LO Randers. The Code of Care is an economic partner in the project.</t>
+  </si>
+  <si>
+    <t>The purpose of the South Danish OPI pool 2019-2021 is to support South Danish companies in the area of health and welfare innovation in order to get more products across the road from prototype to market</t>
+  </si>
+  <si>
+    <t>The Vision Denmark project is cluster consolidation within the digital visual industry. Vision Denmark is newly founded in order to bring together the industries within film, television, animation, games and new technologies (XR) into a cluster. The creative industries, cf. the Government’s new growth plan, are important export industries for Denmark, which puts a significant impact on the economy. Of this, the audiovisual industry is the second largest, and the digital visual industry is an important part of it. In a world that is rapidly moving from the written word to images, especially the digital visual experiences, products and competencies, which are characterised by creativity, originality, digitalisation and innovation, will be sought after. Digital visual companies experiment with new technology and they focus on people when they develop stories and experiences that engage consumers and create better services. The industry has huge profitability and growth potential, both on the international market and on the Danish market; in the entertainment industry and in the rest of the economy. Vision Denmark is the first national business alliance and cluster in Denmark for the digital visual industry (film, games, TV, animation and the new technologies, XR). Vision Denmarks is demand-driven and is therefore founded by the largest private players in the industry, Unity Technologies, SYBO and Nordisk Film together with Interactive Denmark, The Animation Workshop, Via University College, Filmby Aarhus, FilmFyn, the Manufacturers’ Association and Copenhagen Film Fund. Vision Denmark will be consolidated in 2019/20 with industry gathering all over the country. Vision Denmark will in 2019/20 embrace 90 members from industry, of which 22 are expected to market a new product. Approximately 20 different types of activities are organised with more than 1000 participants. Activities span the dissemination of knowledge, matchmaking, attracting investment, strengthening entrepreneurship, talent development, empowerment, increased demand for innovative products, internationalisation, etc. After consolidation, the objective towards the end of 2025 is to ensure growth in industry, including 6400 jobs directly in industry, of which 2500 are new jobs; almost double the revenue from today DKK 5.7 billion to DKK 10 billion in revenue; develop at least 3000 talents and establish Denmark as a test country for new stories and technologies.</t>
+  </si>
+  <si>
+    <t>The offshore industry has a high growth potential, but struggles with a high cost structure that can help keep growth down. If solutions can be created to reduce costs, there will be a growth potential and increased level of activity for SMEs;</t>
+  </si>
+  <si>
+    <t>Vocational training</t>
+  </si>
+  <si>
+    <t>Project</t>
+  </si>
+  <si>
+    <t>There is still a group of young people who do not receive training and thus do not qualify for the labour market. Many young people come from home without a tradition of education and regular work. Many of the families of young people have not had the resources and mental resources to give young people what young people in resourceful families regard as a matter of course: personal hygiene, a push to get to school, homework, Christmas fun, summer holidays, opportunities for sport, healthy diet, positive relationships, and many other facets of a human life. The new FGU schools have been set up to provide young people who are not well-known educationally ready-to-educated knowledge, skills and resources to enter a qualifying education. FGU Himmerland is developing a new FGU pedagogy and didactics that embrace support for professional skills and knowledge, but also the well-being and life of young people. However, the training still includes formal requirements, examinations, demands for sociality and independence, which some vulnerable young people find it difficult to cope with. Even now, both the municipality’s youth initiatives and FGU Himmerland must recognise that there are a group of young people who are not prepared to follow an FGU education or to enter unskilled work.The vocational schools experience similar problems, where about 15-40 % of pupils on basic courses fall away – not because of lack of professional competences, but because of inadequate personal competencies and challenges. We also know that students who are in danger of leaving have difficulties with transitions – transitions between courses and transitions between courses. A further problem for maintaining both FGU and EUD trainees in education is free time with</t>
+  </si>
+  <si>
+    <t>Europe’s Green Region – Innovative solutions in the water sector The overall objective of the project is to increase the number of innovative SMEs in the water sector, thereby contributing to the growth of the industry and the sustainable development of the water sector. This is achieved by supporting SMEs’ development of new concepts and technologies for innovative solutions in the water sector through targeted innovation processes with researchers and other actors in the water sector. The project is expected to result in 24 innovation processes, of which 20 of the companies are expected to introduce new products.The project will, through screening, follow-up interviews and networking activities, identify overall innovation needs and innovation potential of the Capital Region’s SMEs, and thereby SMEs with interest and potential to participate in concrete innovation processes with researchers. Water DTU is the center of water activities at DTU. The centre brings together subject areas widely within the topic of water, thereby providing a unique opportunity for a match with researchers across DTU institutes and across the usual disciplines. Water DTU will organise matchmaking activities where SMEs are brought together with relevant researchers and other stakeholders in the water sector, and project groups are formed that define objectives and content for specific innovation processes.Matched SMEs and researchers work together in innovation processes. This gives SMEs access to knowledge and current research related to the water sector in order to develop new technologies or concepts capable of creating innovative solutions that are new to the market and to the SMEs of the project. The innovation programmes will be able to involve other players from the water sector (e.g. supplies, larger companies, municipalities) and include testing and testing of technologies and concepts in the intended application environment.The project’s activities will further lead to innovative collaborations outside the project framework. Participating SMEs in the project will gain networking and experience with research collaboration and innovation processes and will be better equipped to subsequently participate in innovation collaborations.DTU, CLEAN, Scion DTU and Symbion are responsible for the project’s execution with DTU as the contractual partner.</t>
+  </si>
+  <si>
+    <t>The Team FAST project concerns the retention of vulnerable young people in the General Adult Training at VUC&amp;hf Nordjylland, department Jammer Bay. The project’s activities are primarily related to AVU but also in the transition and the first 6 months in upper secondary education.AimThe overall objective of the project is to prepare the vulnerable pupils to start and complete an upper secondary education. The activities of the project are carried out as complementary and supporting activities in relation to the AVU and for the first 6 months in upper secondary education. Participants attend VUC&amp;hf 9./10. class while the support is given or has just started in upper secondary education.The main activities of the projectVisit participants. This is done through the AVU guidance. Maintenance activities. The necessary support will be implemented and the participants will be given practical and hand-held help to overcome the problems which impede participation in educational provision. The aim is to prepare the participants for upper secondary education and to ensure that they can handle the requirements they meet here. The participants are supported hand-held and concretely in the transition to youth education and during the first 6 months of upper secondary education.Strengthened efforts in relation to inclusion, communities and friendships. An additional effort is being made for social inclusion and training to enter into communities. This is a prerequisite for being able to thrive in youth education and working communities.Execution of the projectTo carry out the project, a team of supervisors is set up, which must be accessible and able to react at short notice. The participants are linked to one of the contact person in the team. As a basis for the guidance, a relevant and usable method is used for the guidance team – e.g. The Motivating Conversation, and regular written agreements are made with the participants in relation to the activities being carried out.ApplicationIt is assumed that the relational, concrete and handheld contact and the use of a relevant method as well as the conclusion of written agreements will create a progression that can be documented and applied in the future.</t>
+  </si>
+  <si>
+    <t>In technology cooperation in Region Zealand, 42 small companies collaborate over a 3-year period with researchers from knowledge institutions in Region Zealand, including DTU Risø, in up to 21 knowledge consortia, on the development of new products or services, in order to create growth in the form of increased market shares and more than 250 new jobs. 24 new innovative companies are expected to have been created 2-5 years after the project period. Initially, research skills and facilities are uncovered at DTU Risø. In parallel, the innovation capacity and readiness of the region’s technological SMEs are being examined;</t>
+  </si>
+  <si>
+    <t>The aim is to create growth in 92 companies based on strategy/development work, through skills development of managers/employees, and by retaining existing and attracting new employees based on a well-worked strategic decision base. Growth 2.0 also serves as method development project (new instruments, new methodology, etc.) where learning is implemented and anchored to form the basis for future development projects. The project is phased out: — Method development, – Implementation – PerspectivenessBy developing the right methods for implementation and simultaneously collecting results, a project model is created that ensures optimal growth conditions for companies, and that the period-differentiated impact targets are achieved.The enterprise-oriented activities are based on the main activities Business, Management, Export, Process, Product and Sales Development Based on the company’s growth paths, 3 specific action areas have been selected (see Annex 2):- Growth needs to be used for growth, growth and growth. In this way, new learning and best practice is obtained from like-minded people.In order to create maximum growth, new methodology is sought in the approach to the growth companies. Growth 2.0 is built around:1:Differentiation: A screening model shall be developed to identify and differentiate the growth potential of each company: A=high, B=medium, and C=low.A new customer is screened, a growth mapping is prepared and the growth potential is assessed from a number of liquid factors.2: Application process: On the basis of the differentiated growth potentials, there will be corresponding differentiated resources to seek.Growth potential assessment is carried out by an independent sparring group.3: Anchorage: Based on Transfer Learning, a closer pairing with the companies is ensured. Anchor the effort so as to prioritise the weighting of execution/anchorage;</t>
+  </si>
+  <si>
+    <t>Food entrepreneurs will be strengthened through a new projectGrowing Food CPH will help and guide food entrepreneurs in the Capital Region of Denmark to commercialise and professionalise their business idea. The focus is on the start-up entrepreneurs and the goal is for entrepreneurs to develop specific business models based on the latest knowledge.Through training programmes (bootcamps), entrepreneurs will have the tools to come from idea to commercialisation independently. The entrepreneurs will get direct sparring with researchers from KU, AAU, DTU, business developers from Capnova, external experts, business actors such as DFC, Kitchen Collective and companies such as Danish Crown, Chr. Hansen, Pack Design etc., while they work through, mature and test their business concept. The process alternates between teaching general competences (e.g. capitalisation, strategy and business development) and specialised knowledge (e.g. certifications, storytelling, hygiene, taste theory, laws and rules) and prioritising network creation with external actors.The aim is that at least 140 potential entrepreneurs are screened, that at least 60 potential food entrepreneurs participate in two large bootcamps and six thematic bootcamps. It is expected that 50 entrepreneurs will start major individual programmes with sparring and guidance from resources, universities and business developers and 40 entrepreneurs will be affiliated to a student who will be able to help them in the process.At the end of the year, the 20 best entrepreneurs will be able to pitch their business in front of a panel of investors, industry and major companies with an interest in their solution.</t>
+  </si>
+  <si>
+    <t>The overall objective of the project is to create the basis for the creation of more socio-economic enterprises in North Jutland.The impact of the project is expected to be the creation of 11 new social economic enterprises and up to 130 vulnerable unemployed people to have a stronger link with the labour market. Overall, the activities of the project lead to the creation of a better basis for setting up socio-economic enterprises in North Jutland.The project’s activities can be divided into two:Part 1 works with concrete entrepreneurs/enterprises wishing to establish a socio-economic enterprise. The actors hold screening meetings until 15 strong business ideas are found that are suitable for becoming a socio-economic company. Through information and guidance for the participants, the basis for setting up 11 new, sustainable socio-economic enterprises is created. The activities in this part of the project lead to a great deal of knowledge among the project actors. This knowledge is collected and transmitted to others through Part 2 of the project.Part 2 works with dissemination activities to the other municipalities in North Jutland, including knowledge sharing and the upgrading of the actors who are to guide entrepreneurs/enterprises wishing to start up a new socio-economic enterprise. The activities of this part of the project help to ensure the future of the method developed through the work of the actors in Part 1. Actors from other North Jutland municipalities are involved, knowledge is shared, and more actors are upgraded to provide information and guidance on social economy. A virtual centre of knowledge on social economy (NVS) is created, which will be the focal point of knowledge. An ERFA networking group is set up across municipalities so that the actors can learn from each other on an ongoing basis.</t>
+  </si>
+  <si>
+    <t>The project is testing Greater Copenhagen’s potential as the centre for several growth entrepreneurs in the production of high-quality food and food experiences. Greater Copenhagen Food Startup offers food entrepreneurs in Greater Copenhagen a targeted guidance and accelerator programme that combines business development with the development of high-quality food and</t>
+  </si>
+  <si>
+    <t>In close collaboration between private companies, public institutions and knowledge and research institutions, project Knowledge and Innovation Laboratories (VIL) want to support the development of new products, technologies and methods by small and medium-sized private enterprises. The innovation collaboration in the project will be established specifically in four knowledge and innovation laboratories in the areas of health and welfare innovation/health and welfare solutions as well as experiences, including business tourism and creative industries and based on different types of innovation: new products, new production processes and new forms of organisation. This contributes to the growth and innovation capacity of the companies involved, with a view to strengthening business growth and job creation. The project is built around the four knowledge and innovation laboratories, which consist of at least three private companies, at least two knowledge and research institutions and at least one other public partner. Each knowledge and innovation laboratory shall work on the following organisational form: A laboratory is established in a private company and the company makes premises available for the work of the laboratory. The laboratory is designed with props and technology that contributes to strengthening product/concept development, maturation and strategy work. In the laboratory work, employees from educational institutions are responsible for innovation processes in close cooperation with the companies’ employees and public partners, and work in co-creating processes with the company’s issues. This can be in the form of product development, optimisation of internal processes, services, sidestepping, etc. The research institutions work on the company’s growth challenges together with the company’s employees.The expectation is that a total of 26 companies will participate in the project with the possibility to introduce products new to the market/company and of these, 23 companies will have developed concepts for new products/solutions and, there will be 22 new innovative companies at the end of the project.</t>
+  </si>
+  <si>
+    <t>Acceleration of sustainable and digital growth entrepreneurs in Region ZealandAim and target groupDTU Link and Spring Nordic wants to contribute to the creation of more growth entrepreneurs in Region Zealand by offering targeted acceleration programmes to potential growth entrepreneurs working within the themes of sustainable industry and digitisation. The project is aimed at entrepreneurs in the region where both actors have good experience with the target group: young, motivated and competent entrepreneurs, some of whom have established CVR No.The parties behind the offerDTU Link and Spring Nordic have long experience in advising and guiding specialist and knowledge-intensive entrepreneurs with the development of scalable business models. DTU is especially good at matching entrepreneurs with technological and academic competences within the university’s broad research catalogue. Incubator DTU Link at Campus Risø has in 1 years established more than 30 technological innovation collaborations with Zealand companies. Spring Nordic has good experience with acceleration programmes for specialised start-ups. Spring Nordic also has considerable experience in equipping entrepreneurs to obtain funding from both private actors and public funds.Content in the acceleration processThe project involves the establishment of a compressed acceleration course of 6 months, which is carried out 3 times. Each programme is conducted for 10 participants who have been pre-screened on the basis of 7 criteria, including ambitions, scalability/growth potential and competencies. The Acceleration Programme contains both an individual part and a common part and is composed for each company in collaboration with a permanent supervisor. The main activities of the programme are: Joint training camps Individual counselling programmes free purchase of external advisors, access to prototype workshop, etc.Mentor program with experienced business peopleExit pitch for investors and advisorsSpecial intensive counselling programmes ParticipantsRecruitment and selection for the programme will be via DTU, among others.</t>
+  </si>
+  <si>
+    <t>Better USE OF Building Waste In the Vejle urban project, parts of Vejle’s holistic urban strategy are implemented: “Welcome to Sustainable City”. The aim of the project is to promote sustainable resource optimisation and circular economy in waste management, construction, architecture and design through new forms of cooperation between private SMEs</t>
+  </si>
+  <si>
+    <t>The GREEN project will provide the basis for better and more energy-efficient North Jutland companies. This is achieved by offering companies financial and knowledge-based support for the development and implementation of green business models that can help make an existing process or product greener and more energy efficient, thereby leading to energy and economic savings for the company at local level and society as a whole.Via the project, in collaboration with external consultants, will develop green business models in order to implement energy-efficient solutions in relation to companies, whether their business is concentrated on the production, processing and/or delivery of materials or equipment.</t>
+  </si>
+  <si>
+    <t>The companies in the Central Jutland Region, the Nordjylland Region and Region Zealand, which participate in this project through an independent application, are increasingly facing challenges in recruiting skilled labour. This is particularly prominent in industries where employees with STEM competencies are leading. Against this background, a partner circle consisting of educational institutions, business houses and labour market offices has developed this project with the aim of more unskilled people starting and completing vocational training for adults, so that companies have greater access to qualified labour and thereby increase the opportunities to realise their growth potential.To meet the objective of more adults starting and completing vocational training for adults (EUV), the project will develop and test a handheld and motivating effort for employees and the unemployed, where the effort will be brought into play through the phases of initial training for adults (EUV), the project will develop and test a handheld and motivating effort for employees and the unemployed, where the efforts will be brought into play through the phases of initial training for adults (EUV).</t>
+  </si>
+  <si>
+    <t>The overall objective of the project is to increase the number of innovative SMEs</t>
+  </si>
+  <si>
+    <t>Smart Greater Copenhagen includes two coupled projects: SGC 1: development of competence formats for digital boosting in industries with special needs and SGC 2: use of competence formats for digital boosting in the region’s SMEs</t>
+  </si>
+  <si>
+    <t>The project increases the number of self-employed in robotics by offering advice to entrepreneurs and providing access to facilities where robotic technology can be developed. As a starting point, the effort around the individual company lasts approx. 6-16 months, after which the companies must stand on their own feet and be commercially sustainable. Throughout the project’s lifetime, entrepreneurs will also have received advice on how a company is made ready to meet investors, scaled and made commercially sustainable. The participants have also completed training and skills development or received robot-oriented training in entrepreneurship at the educational institutions. The goal is to create 16 new, viable commercial robot companies, which in their first year of life have 2.5 employees per company and then 50 % growth in their workforce.In the longer term, the goal is that the new companies contribute to increased growth and employment in Denmark.The aim of the Startup programme is to find and attract the best suitable entrepreneurs with start-up/spin-outs, to ensure a strong early facilitation of entrepreneurial development, including a day-to-day life in a robotic innovation environment, and to create the best possible entrepreneurs with start-up/spin-outs, to ensure a strong early facilitation of entrepreneurs’ development, including a day-to-day life in a robotic innovation environment.</t>
+  </si>
+  <si>
+    <t>The project Global GrowthCompetences work with internationalisation in South Danish companies. Over 4 years, 150 small and medium-sized enterprises grow on global competencies. The focus is on internationalisation and business development to ensure increased growth creation, revenue and export in companies. Skills development activities are carried out on the basis of the company’s growth and training plan and well-trained resources are matched with companies based on specific internationalisation tasks.The project is aimed at small and medium-sized enterprises across the region’s priority business areas, new start-ups as well as export accustoms. The companies are offered the following:- Uncovering the company’s needs for development within internationalisation and business development.The starting point is its own existing growth plan and internationalisation ambition. Continuous and hand-held follow-up on quality and performance.- Organisation of company-specific competence-building activities with an internationalisation perspective for management and employees.- Possibility of longer-term inputs of highly trained resources for specific development tasks in the companies.- networking and facilitated courses for export accustoms and start-ups.Internationalisation and global growth competencies are the focal point of the effort. Competent employees and globally oriented managers create increased growth and export in companies. Strengthened competencies generate increased revenue. Well-trained resource supply boosts the company’s growth potential and leads to increased revenue and job creation. It is these effects project Global Growth Competences realise.The companies are closely followed by project consultants to ensure maximum result and power creation and ensure planning that is linked to the company’s operational focus.</t>
+  </si>
+  <si>
+    <t>EUX</t>
+  </si>
+  <si>
+    <t>Bornholm’s entrepreneurship programme Bornholm’s Entrepreneurship Programme aims to strengthen entrepreneurs and start-ups on Bornholm. The project aims to help more innovative and knowledge-intensive entrepreneurs start up on the island, to increase the survival rate and to support start-up potentials for growth and job creation. It is expected that 30 entrepreneurs will participate in the programmes and that 5 people will start business during or immediately following participation in the programme. Activities: The Entrepreneurship Programme is structured as a long-term development process consisting of a combination of individual counselling, joint workshops and online-based sparring to speed up the entrepreneurs’ development process. The Entrepreneurship Programme will focus on activating the specific local resources available for entrepreneurs on Bornholm and are expected to address innovative entrepreneurs in the fields of food, manufacturing and tourism entrepreneurs who need physical space and access machinery for the production of prototypes.The participants in the Entrepreneurship Programme will, for example, have the opportunity to work with:</t>
+  </si>
+  <si>
+    <t>Nordjysk Newbizz – Advice to Entrepreneurs and Growth EntrepreneursNordjysk NewBizz is a collaborative project between many different actors combining the traditional long-standing individual counselling of Nordjyske Entrepreneurs with a new focus on Growth Entrepreneurs. The target group is initially entrepreneurs who have recently established or are about to set up their own business. The main activities will be entrepreneurship with the result of a local business consultant and offers advice, Growth Entrepreneur Light is a camp for entrepreneurs who gather a clear market and growth potential, screeeening of potential growth entrepreneurs, growth entrepreneurs, growth entrepreneurs plus those who meet their milestone plans in the entrepreneurial process and who meet the requirements to be described as growth entrepreneurs. This is going to be an annual pilot project, which will lead to the major innovation of a truly 5-year entrepreneurship programme. The pilot project period is thus to be used to assemble</t>
+  </si>
+  <si>
+    <t>It has been proven that game elements in entrepreneurship training have a positive impact on the participants’ intention to start a new company positively. The project will provide experts and advisors to 10 teachers to develop five game-based entrepreneurship training courses for a total of 250 students. The students will subsequently start twelve new companies.The project has an affiliated panel of experts consisting of researchers and practitioners in the field of game-based diadactics and entrepreneurship training as well as entrepreneurs. Together with a number of advisors, they will help teachers develop and run the best possible courses.The project will organise three workshops along the way.The project will be carried out in Region Zealand together with the identical sister project aimed at the rest of Denmark.</t>
+  </si>
+  <si>
+    <t>The main objective of this one-year project is to create the foundation for merging the three current maritime cluster organisations, Fyns Maritime Cluster, MARCOD (North Jutland) and Maritime Development Center (Copenhagen), into one national cluster organisation.</t>
+  </si>
+  <si>
+    <t>Denmark has too few growth entrepreneurs, i.e. companies that have at least 10 employees in the first two years and which in the following three years have an average annual growth rate of at least 20 per cent. According to the Central Denmark Region, less than half per cent of new Danish companies develop into growth companies. A consortium of 12 established and emerging Middle Jutland development and science parks has joined together in a Midtjysk incubator programme to accelerate the development and growth of incubator companies through the implementation of an extended guidance programme with a special focus on the attachment of external resources in the form of contacts and capital. The aim of the programme is to strengthen opportunities for the creation of new businesses and for the commercialisation of knowledge, to increase the number of growth companies, to increase growth in these enterprises and to increase the survival rate of incubators.The effects of the programme are expected to be:</t>
+  </si>
+  <si>
+    <t>Energy- and materials-efficient companies on BornholmThe aim is to support small and medium-sized enterprises on Bornholm in green business development with a focus on energy and material efficiency improvements and opportunities to gain competitive advantages by including products or services in a circular economy. The project contributes to the realisation of Bornholm’s Bright Green Island strategy and goal of CO2 neutral society in 2025. The goal is for 30-40 companies to develop a green business model that can lead to energy and material efficiency improvements. Of these, 15-20 companies will, through an intensive, individual consultancy process, develop a holistic green business model to implement a new green business idea, and 15-20 companies will through networked processes develop a green business model focusing on optimising the company’s existing business model. The project aims and effects are ensured through 6 main activities:1. Project start-up, concept development and recruitment of enterprises: The project’s framework and offers are set up for enterprises, and 30-40 SMEs</t>
+  </si>
+  <si>
+    <t>The aim of the project is to apply for support for innovation, testing and thereby strengthening the existing industrial cluster Defend with a view to establishing a stronger and more strategically important Nordjysk industrial cluster Defend ARKTIS.</t>
+  </si>
+  <si>
+    <t>The aim of Vilje til Growth is to address the growth challenges of North Jutland, by 1) to promote international orientation and 2) to get more North Jutland companies into solid growth paths (several growth companies).The target group for the programme is established companies (over 3 years old) which contain both the motivation for growth and significant growth potential. In order to identify and recruit the North Jutland companies with the highest growth potential, screening is carried out on the basis of their growth potential, the ability to meet it quickly and definitively their motivation for doing so. The final approval will be made by a core group.In collaboration with Væksthuset and a local business consultant, approved companies will draw up an individual action plan that maps out the process that will enable the company to meet its growth potential afterwards.The action plan will include, among other things, Skitsing of the company’s challenges and potentials- Competence development as an instrument- Referral to other regional and national programmes and initiativesThe companies that will be approved for the programme will be awarded a local contact office respectively. Based on the Social Fund’s part of Vilje til Growth, the following output is expected:840 people will participate in competence development processes.The above output is expected to result in the following effects:714 people with increased competence levels immediately after participating in the programme.52 new jobs in the participating companies 2 years after participation.65 new jobs in the participating companies 5 years after participation.48.300.000 DKK in created collaboration with the participating companies 2 years after participation in the programme.</t>
+  </si>
+  <si>
+    <t>Victor Vask A/S wants to develop and test a prototype of a plant that can recycle the laundry water in laundries and can be sold to water-consuming companies worldwide.A full-scale system concept will be developed and tested to ensure and document a large-scale recycling of water without compromising the company’s products.The project is expected to lead to greater profitability, greater turnover and job creation at Victor Vask A/S. In addition, the project is expected to lead to a reduction in water consumption and to reduce water consumption.</t>
+  </si>
+  <si>
+    <t>Project Compress aims to help up to 30 SMEs in the manufacturing sector become more resource efficient. The instruments are primarily knowledge and competence development, which must enable employees to translate their knowledge of production processes, raw materials and semi-finished products into efficient use of resources, which also includes the company’s consumption of energy and water. Knowledge and competence development is primarily carried out by the participating vocational schools and academies in collaboration with the participating companies and the other partners in the project, which is nationwide with a broad group of partners consisting of schools, business promotion, advisers, knowledge institutions and the social partners (branch organisations). The regions are also part of the cooperation.Competence development spans a wide range of content from LEAN to project management and from material knowledge to innovation. Training activities can be carried out in different ways from learning directly in production to traditional school courses with intermediate training with or without e-learning. In order to participate, a company must be assessed as ready to benefit from the resource efficiency effort, which is organised as a specific company project. Similarly, a significant part of the employee group will participate in the development of competences, which also focuses on active employee involvement.The project is in conjunction with SFNP-15-0001</t>
+  </si>
+  <si>
+    <t>In the project, Lifestyle &amp; Design Cluster and the rest of the partner group together with external advisors will help SMEs develop and implement circular business models. In the project, the companies are assisted through some main activities that support the companies and are based on the company’s own DNA and strategy. Activity 1: Outreach work and project maturation. Here, the partner group, the operator and external consultants identify and contact a total of 400 potential SMEs;</t>
+  </si>
+  <si>
+    <t>Several companies in the municipality of Vesthimmerland are experiencing difficulties in recruiting highly skilled labour. This is largely due to the fact that business requires new types of jobs, as a direct consequence of the transformation that companies are undergoing today, in relation to greater innovation and market requirements. It costs revenue and growth. Part of the changed conditions for business therefore means that much more than in the past, highly skilled labour is needed to meet the development of the skills requirements of the coming years. There is therefore an urgent need to activate graduates in the area’s companies.At the same time, the large university cities in Denmark are experiencing a strong growth in unemployed graduates. In Aalborg alone, they experience an increase in unemployed graduates of no less than 112 per cent this year. Of the pool, it is mainly graduates with foreign backgrounds who find it difficult to find jobs. We are therefore in a situation where the companies in the municipality of Vesthimmerland, on the one hand, are so lacking in highly skilled labour, and on the other hand there is a larger pool of unemployed, international graduates and candidates living in the big cities who lack jobs. It is a paradox or challenge that this project highlights. It is about reaching a qualified match between company and candidate. There will be prejudices that need to be broken down, companies must be matured to employ international labour, and candidates must be prepared to become an employee on an equal footing with Danish colleagues. In this perspective, the project will launch a number of handheld activities for the companies, which receive ongoing support from experienced forces in the form of a mentor group and the local business service throughout the project cycle. In parallel, the candidates will undergo a competence programme with intensive Danish and learning about the Danish labour market and Danish company culture.When a qualified match has been made, a plan for ordinary employment between company and candidate is drawn up. The plan will be launched during the project. The project extends over 30 months and will involve 15 companies in the municipality of Vesthimmerland and 30 candidates with a foreign background. The project has the stated goal that it will lead to 12 ordinary jobs in the companies for highly trained international graduates on the day the project ends.</t>
+  </si>
+  <si>
+    <t>Based on Fredericia Municipality’s urban strategy</t>
+  </si>
+  <si>
+    <t>Project Business Training aims to include vulnerable refugees and family reunification in the labour market. The initiative takes place in a strong partnership between Integration Networks, the companies in the Capital Region of Denmark and the municipalities of Hillerød, Rudersdal, Gentofte and Allerød. The target group in the project is vulnerable refugees and family reunification, far from the labour market. The target group has in common that their relationship has so far been an obstacle to their inclusion in the Danish labour market. The project creates a</t>
+  </si>
+  <si>
+    <t>A partnership is being established between Gourmet Bornholm – part of the regional food culture, Bornholm Agriculture and Bornholm’s Regional Municipality, which forms the core of a newly strengthened and formalised food cluster. A cluster that together will have a wide range of competencies for the benefit of those companies where the aim is to create innovation, development, growth and employment. The Food Cluster will establish an innovation platform that can strengthen knowledge sharing, process and product development and reap the synergies thereby.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to support and accelerate growth in the Region of Zealand through the establishment of 12 mini-consortia consisting of 2-3 SMEs each</t>
+  </si>
+  <si>
+    <t>In new ways, the project focuses on skilled professionals from an organisational perspective. In many small and medium-sized crafts and manufacturing enterprises, there is no education culture that offers skilled workers incentives to embark on higher education. It is therefore essential to work with the organisation and management to find the key to education becomes attractive both personally, professionally and organizationally.  50 employees are raised from skilled to higher level (60 ETCS) within one of the following courses: The academy training in Automation and Operations, the academy education in Innovation, production and product development or the academy training in building technology. A total of 300 academy modules are implemented. The project contains the following:</t>
+  </si>
+  <si>
+    <t>Externally, the project focuses on providing skills development (courses, seminars, advice, etc.) based on the stated wishes and needs of the companies. This is a process where we want to follow a group of companies over a longer period of time, with the aim of supporting that new competencies are also implemented in the company’s operations. Internally, the focus of the project is to improve coordination between enterprise-oriented efforts in the business promotion, employment and training systems. The activities of the project are coordinated with the activities to be carried out by the parties to the project in connection with their general operational tasks/performance contracts (seeking company visits, drawing up growth plans, competence clarifications, competence development plans, etc.) so that the activities of the project complement the general activities. Among the project’s specific business-oriented offers are:</t>
+  </si>
+  <si>
+    <t>National ICT cluster Purpose: Consolidation – to create a single national ICT cluster that can bring together all Danish players in the field and thereby create a united strong unit that can draw Denmark as a digital pioneer, both nationally and internationally, as well as support the ICT environment and ensure enhanced competitiveness, recognition and an attractive business environment with several innovative companies. To support the Danish ICT industry by creating relationships between companies across the country, building bridges to the strong knowledge environment in the educational institutions and supporting business development in the many smaller companies found in the industry (cluster activities)To contribute to digitisation in other industries by disseminating knowledge about the latest technologies to other types of companies, create new ICT-driven innovation among the companies and, not least, connect the companies with the many strong IT companies that exist in Denmark The national cluster can be created pba. a strong national organisation, which offers a strong local organisation. The new cluster (provisional BrainsBusiness, IT Forum and Infinit) – will represent the ICT industry across Denmark and at the same time act as a driver for digitisation in other industries. With its strong anchoring in the ICT industry, the cluster has the best conditions to service companies in all professional areas. The ICT cluster will work primarily for the ICT industry, but must also be able to support other clusters with professional knowledge about IT and digitisation, and which can go across sectors and industries. This ensures that the cluster activities initiated will be based on the needs of ICT companies and support their innovation, competitiveness and growth, while taking into account the needs of the industries and sectors that will utilise the technologies and services of the ICT companies in their products and work processes. Specifically, the cluster activities in the project will address the focus areas of Digital Transformation, Design Thinking and Business Models, which are considered important tools for ensuring still competitive products/services and innovationable and changeable companies capable of acting in both the national and international markets. It is important to work in parallel on both objectives to ensure the future of Denmark’s ICT environment on two fronts</t>
+  </si>
+  <si>
+    <t>The project’s objective and expected impact is to create growth in South Danish small and medium-sized enterprises by addressing the topic of automation. The aim of the project is to bring at least 9 products to TRL6 or TRL7, thereby ensuring that concepts are developed from the drawing board stage to a prototype test in a test stand (TRL6) or in a natural environment in a company (TRL7) with a view to commercialising a generic solution.By bringing 9 generic new, scalable products or solutions to this stage, the products can subsequently be commercialised and scaled. This means that the products can be individualised and sold to many customers in their existing form and that a scaling of production is possible without further ado. As a consequence, the goal is to create at least DKK 200 million in new annual turnover, DKK 80 million in mér-exports and at least 80 new jobs.</t>
+  </si>
+  <si>
+    <t>The project offers a unique opportunity for companies that already work within the welfare technology business area or that have the potential and ambition to offer products or services within the area. In the project, the companies will have the opportunity to cooperate with an external consultant on drawing up a specific strategic growth plan to ensure the company’s increased growth. A total of at least 60 companies are expected to be screnneted through the project and of them at least 20 will have a growth plan drawn up. The project will create a total of 7 new growth companies that meet the Danish Business Authority’s definition of a growth company.Welfare Tech is a national cluster that operates the national Innovation Network for Health and Welfare Technology. The project is assessed to significantly strengthen Welfare Tech’s position as a strong national cluster. The project will provide an opportunity to offer companies a very attractive offer in order to ensure increased growth. It is therefore estimated that the project will also strengthen the Region of Southern Denmark’s position as a region that invests in the welfare technology business area and makes an active and attractive effort to strengthen companies’ growth opportunities.The project will be carried out in collaboration with Væksthus Syddanmark and it is the ambition to involve the Growth Houses in the Region of North Jutland and the Central Denmark Region in order to allow more companies to participate and to consolidate the position of the Western Danish Region as a cross-region.</t>
+  </si>
+  <si>
+    <t>Purpose of project</t>
+  </si>
+  <si>
+    <t>The aim of the project is to increase recycling of waste from Aalborg’s shops and offices, combined with employment of employees with special challenges. Many shops today face challenges in handling and sorting their waste, and they indicate the need for new arrangements. The collection of waste from shops and offices in Aalborg is carried out in collaboration with the social economic company Huset Venture Nordjylland (who) will be responsible for collecting waste, including the mapping of the individual stores’ wishes for new schemes, their waste amounts and types, as well as current management and disposal of waste. With this mapping, the project can develop the most environmentally-efficient collection methods. At the same time, each method of retrieval should be tested. Waste collection using electric vehicles is expected to significantly reduce energy consumption and CO2 emissions in the centre of Aalborg. Noise nuisances and particulate pollution from diesel-powered trucks and vans will also be significantly reduced. By electricity-based collection of recyclable packaging, it is estimated that a minimum of 500 litres of diesel will be saved per week.Aalborg Municipality and hvn enter into a collaboration with the Salling and Føtex department stores, and thus have the opportunity to create 2 reloading centres at each end of the pedestrian street system in Aalborg city. To order the collection of recyclable waste from the stores, a digital solution provided by the company Rezycl will be developed, where the stores can report that they would like to collect waste from hvn. The digital solution makes it possible to record waste arisings and waste types for optimisation.</t>
+  </si>
+  <si>
+    <t>The overall aim of the programme for business development 2018-2021 is to create more growth companies in the Central Jutland Region. The Growth Forum wants a significant focus to be placed on internationally competing companies, especially among manufacturing and trading companies, because they are the growth engine of the Mid Jutland economy. The aim of the programme is to improve regional competitiveness by focusing on creating more internationally oriented companies that realise an indirect and direct international marketing potential. At the same time, the programme will support the region’s strengths by focusing on the areas of food, energy and climate, creative industries, ICT and digital growth and tourism, which account for 55 % of total growth in the Central Jutland Region. The aim is to increase the number of growth companies and innovative companies. The goal is achieved by offering companies advice, mentoring services, strategic networks and knowledge collaboration. The goal is that the companies that have been involved in the development experience significantly increased turnover and increased employment. The programme contains the following activities: Company spitch, individual consultancy programmes, growth savings programmes and business networks. The project expects the 444 participating SMEs to develop to create 45 new growth companies and 150 jobs.</t>
+  </si>
+  <si>
+    <t>The project builds on the experience gained with the project</t>
+  </si>
+  <si>
+    <t>The Smart Waste Water project – also called Climate Water – consists of combining smart alternative solutions for water runoff with urban development and recreational initiatives. The project is a collaboration between Kolding Municipality and BlueKolding. The project will work with a high level of citizen involvement/communication of climate protection in urban areas. This will be done in a new way within the framework of the urban development strategy. Smart solutions can be created that combine terrain-based run-off of surface water with recreational purposes, such as skater track, water experimentation or pedestrian passages, which also include the dissemination of climate protection, and the dissemination of energy saving by avoiding traditional pumping of surface water. The effort includes 3 bets: Kolding Slotsø/Vifdam area, Fuelkær Area and an integrated communication effortThe focus for the Kolding Slotsø/Vifdam area is to relieve the drainage system and thus the pumping station for as much surface water as possible. In addition, the aim is to reduce the impact on the aquatic environment and to provide greater security against flood risk. The surface water in the inner city, Kolding Slotsø/Vifdam and Kolding Bypark, must be controlled completely bypassing the traditional drainage system and diverted via terrain-based solutions. This is achieved after the declared climate protection, as flood frequency/risk from the sewage system will be reduced. Surface water shall be diverted from using 2 automatic damper systems connected to Blue Kolding’s overall control system. The effort wants to add an intelligent control option after the weather radar system from DMI. This must be done by developing and developing a computerised model. The goal of the Fuel Cutting Area is to establish a small stream, so that the surface water is directed from a built-in area down to the nature area, which has drains to Kolding Fjord. This will relieve the central pumping station, which directs the water to the central cleaning plant. The surface water must be separated from the other waste water. The effort will test this idea using a computerised model before the watercourse is realised. It will be a socio-economic benefit to think in alternative and low-cost terrain-based solutions in connection with climate protection and energy savings in relation to having to perform traditional separation of the sewer system.The integrated dissemination effort includes annual events to link sustainability activities together. The events are primarily targeted at citizens and other municipalities. The aim is to make visible to other municipalities how citizens can be involved in how their city can become more sustainable, how citizens can contribute to this. The municipality will also contribute with the sustainability element that it is passionate about.</t>
+  </si>
+  <si>
+    <t>Vrå Højskole – an alternative way to vocational trainingTowards and expected impact.The overall objective of the project “High School – an alternative way to vocational training” is to get more young people between the ages of 17 and 25 to start and complete vocational training. In concrete terms, the project offers to admit 150 pupils in a 20-week intensive learning programme within 3 years, which points towards admission to a vocational school.This should be seen in the light of the fact that the North Jutland Region, together with the rest of Denmark in the next few years, will lack skilled labour, and in this connection the first step is that more people complete vocational training, so that the companies’ future access to the skilled workforce is increased. In North Jutland, vocational training is also declining. The figure for 2017 was 22.2 % in North Jutland – whereas the figure at national level was as low as 18.5 %. However, there is a slight increase for 2018, with the search figures at lan level of 14.9 and for North Jutland 24.2 %. The project expects that out of the 150 students who all complete the programme, 90 students will apply for admission to vocational training and the remaining students will move on in another way, either in another education or in a job.The project activities:The 1st activity of the project: Project organisation and kick-off for project actorsThe project’s 2nd activity: New knowledge and competence for project trainers.The activity of the project: Visitation, introduction to the project and to the learning environment at Vrå HøjskoleProject’s 4th activity: Group guide by WATCH – model Project 5. Activity: Focus on vocational training and types of skilled work.The activity of the project: Tailor-made holistic effort for the individual based in high school lifeThe 7th activity of the project: Transition to vocational training/continuation ativity"The activity of the project: Follow-up research and perspective/documentation of the results of the projectHow the above activities lead to the desired result.The project consists overall of two important initiatives::1. A tailor-made overall effort in relation to the individual young person, where they meet where they are. This is based on high school life.2. A massive information campaign on the professional and social universe of vocational schools and on possible workplaces.</t>
+  </si>
+  <si>
+    <t>The project aims to identify energy and resource potential in 100 SMEs</t>
+  </si>
+  <si>
+    <t>Innovation District Sjælland strengthens innovation in SMEs</t>
+  </si>
+  <si>
+    <t>The aim of this project is to provide entrepreneurs with a basis for developing their businesses and thereby strengthening their ability to survive and create new jobs. Furthermore, the project aims to maintain and strengthen coordinated efforts in North Jutland, as well as to supplement the efforts with additional measures to ensure that there is a uniform offer throughout North Jutland independent of local boundaries and, on the other hand, to ensure that more potential growth entrepreneurs develop their business in this direction. Overall, this will lead to more entrepreneurs being able to meet their growth potential and develop into growth companies.The project’s target group consists of entrepreneurs who have recently established their own business. In order to participate in the project, the company must demonstrate that at least one full-time employee besides itself has a clear and scalable potential to grow and have realised approx. DKK 1 million in turnover per year.The project is part of the total NewBizz project in the Nordjylland Region.Projects have a total main activity: The expansion phase.In the expansion phase, the companies receive up to 25 hours of sparring and guidance from their personal growth guide and external advice for up to DKK 50,000. Finally, they have the opportunity to participate in one or more of the professional camps offered from Væksthuset. Output and effects:165 entrepreneurs are recruited for the project32 new growth companies413 new jobs, of which 182 can be attributed to participation in the NewBizz project DKK875,000 in increased turnover</t>
+  </si>
+  <si>
+    <t>The project’s purpose and expected impact Water is more important to the world than ever before, and there is huge growth potential in developing sustainable water solutions. A strong group of partners, consisting of the main cluster organisations and initiatives within water as well as the strongest knowledge partners, implements in an inclusive process a consolidation of the innovation cluster for Water Technology, which boosts the innovation power of the entire water industry and thus creates more than 400 new innovative companies.The companies have difficulty oriented towards the many offerings and entrances, and the individual cluster actors operate on an uncertain basis with varying business models and funding base. The consolidation includes the development of new, ambitious innovation initiatives that enhance the ability of the entire cluster to create new innovative SMEs;</t>
+  </si>
+  <si>
+    <t>The overall objective is to strengthen innovation-based growth and increase companies’ innovation skills in order to ensure a sustainable and internationally competitive food industry, with growth and jobs as a result. The FFI will ensure efficient and coordinated innovation collaborations for Danish food companies. This will help to increase the number of innovative SMEs;</t>
+  </si>
+  <si>
+    <t>The project aims to create growth in the Region of Southern Denmark through Industry 4.0 compatible solutions.The project works with a segment of companies that have the potential to generate growth through new digital business models. They seek this through the Digital Conversion, Data and Intelligent Production.Behind the project are Growthhus Syddanmark, Development Funen, Triangle Area Denmark, Sønderborg Growth Thread, Development Council South Jutland, and Design2Innovate.  The project is aimed at 30 companies over the age of 2 and 8 months. The effect creation is 60 new jobs, 15 new growth companies, a permanent turnover of DKK 60,000,000, and a permanent export of DKK 36,000,000. + 300 companies must be identified, of which 120 will be screened in order to identify if the company can, will and ability to take advantage of the project’s offer. Of the 120 companies screened, they participate 30. Of the 30 companies, the project contributes to the 15 growth companies.The companies receive co-financing to purchase consultancy services for an average of DKK 220,000 on the private consulting market in order to establish a growth plan based on digital business models and intelligent production. The private consultancy market for this type of service is highly specialised, which is why the project will continuously build up a database of qualified consultants from which companies can choose. Companies that bring new consultants to the table must document practical experience with the solutions in question via consultant CV to ensure that the competencies are present to solve the tasks. Due to the complexity, the programmes will typically last 6-18 months, during which the company and the consultant will work with the growth plan.Continuingly, the project’s partners in Development Fyn, the Triangle Area Denmark, Sønderborg Growth Wire, Development Council South Jutland and Design2Innovate follow the companies on the basis of a proximity principle, where the competences the units possess and give the companies value are used to ensure the companies’ progress and a good course. The partners also participate in the recruitment process.</t>
+  </si>
+  <si>
+    <t>The purpose of the internationalisation programme is to support the Growth Forum for the Central Jutland Region’s ambition to make greater use of its export and internationalisation potential in Central Jutland in order to contribute to growth, job creation and increased productivity in the Central Jutland Region.  By continuing to invest in increased exports and internationalisation, small and medium-sized enterprises in the Central Denmark Region will be given opportunities for follow-up on activities initiated under GLOBALmidt and other regional and national initiatives carried out over the past 3 to 4 years, just as Midjysk companies that have not yet begun a process of exploiting their potential for internationalisation will be offered a chance to participate in specific activities. The content of the programme will be organised in such a way that activities will be offered to small and medium-sized enterprises at growth potential levels A, B and C. Focus will be on new emerging markets as well as in existing local markets and other Danish so-called volume markets. The aim of the programme is for more companies to initiate exports or other international activities and for more already exporting companies to increase their exports, thereby increasing the turnover of the participating companies, increasing the employment of the participating companies and increasing the number of growth companies. The growth plan will include:- Concrete instructions on how the participating company can concretely strengthen its growth- Overview of the investments needed to trigger the growth potential. — Solidly substantiated and realistic estimates of the extent to which the company’s employment and turnover will grow between 2 and 5 years after joining the project and how export turnover is expected to develop. The aim of the growth plan is thus to provide the company with a plan for how they can develop further with a view to increased growth. The plan shall be drawn up immediately after the company’s participation in the activities. It is assumed that several of these companies will participate in other activities and thus launch concrete export measures which then yield concrete results. For example, knowledge about foreign market, business strategy, etc.</t>
+  </si>
+  <si>
+    <t>This project focuses on increasing the number of university students in ECTS-leading project-oriented courses (practices) in student start-ups at the Danish universities. The project ensures sustainable activities that can be anchored in the long term and thus implemented and scaled.Through a strong project partnership, sought-after activities are created that have not been solved so far.Partnership: The entrepreneurship fundContact: Jesper Risom,  jesper@ffe-ye.dkKøbenhavn University Anna Vestergård Jacobsen,  anna.v.jacobsen@sund.ku.dkCopenhage Business School : Sophie Birkelund Bech,  sbb.edu@cbs.dkAalborg University Jesper Vestergaard,  jv@adm.aau.dkAarhus University Marie Kjølhede,  makj@au.dkSyddansk University Anne Evelina Larsen,  ael@sdu.dk can read more about the entire project at : https://www.ffe-ye.dk/undervisning/projekt-startup-i-praksis</t>
+  </si>
+  <si>
+    <t>The aim of the project Partnership-driven Innovation for growth markets in East Africa is to create jobs and increase business turnover in Denmark by promoting innovation partnerships between companies and knowledge institutions to develop concrete solutions and products for the growing markets, especially in East Africa. The project is based on a radical innovation approach where three or more companies and a knowledge institution in a facilitated iterative process couple knowledge, resources and competencies to develop, test and validate new solutions and services to a market where customer needs are unclear and existing technologies and products are not directly applicable or developed. User involvement will therefore be a continuous part of development activities.The aim is to establish and implement six innovation partnerships for which the association access2innovation will facilitate the innovation process of partnerships.</t>
+  </si>
+  <si>
+    <t>In the project, Lifestyle &amp; Design Cluster (LD Cluster) and Erhvervshus Midtjylland (EHM) together with external advisors will help entrepreneurs, networks and small and medium-sized enterprises develop and implement circular business models with a focus on design.LD Cluster and EHM have worked closely together in the former Rethink Business projects with great success for companies in the Central Denmark Region, which is why we continue the cooperation. Outreach work and screening of companiesThecreening work is based on a gross list drawn up in collaboration with the follow-up group, EHM and LD Cluster, after which they are informed about the possibility of participation. The interested companies submit a pre-qualification application, the aim of which is to involve 30 SMEs</t>
+  </si>
+  <si>
+    <t>More growth companies within Healthy Growth Through this project, 21 companies working with health and welfare solutions will undergo an intensive seven-month development programme. This will result in detailed growth plans which, in continuation of the project, will be implemented in the companies and turn them into growth companies within a five-year horizon. Overall, the impact for the companies is expected to be an increase of more than 140 million in turnover and 148 new full-time jobs.The project has been developed and managed by the Væksthus Capital Region, and includes a detailed screening and recruitment of companies in the region with the highest growth potential. The participating companies will undergo an intensive development programme over a seven-month period in teams of 7 companies. This development programme includes:- In-depth analysis of the individual company’s challenges and opportunities in terms of generating additional growth. The analysis looks at market and customer segments, business concept and product portfolio, organisation and business partners as well as the company’s operations and financing opportunities, – developing and optimising the business model that is qualified through market dialogue and meetings with experts and advisors – Development and optimisation of a detailed strategy in the years 1 to 5 after the company’s participation in the development programme – Access and injecting expert competencies. E.g. from experts and consultants in procurement legislation- Guidance and sparring from Væksthuset’s Sund Growth Task Force, which is tuvholders through the process and facilitates the company’s preparation of strategy and growth planThe development programme builds on the Væksthus Hovedstadsregion for many years of experience in creating growth in companies. The greenhouse has extensive experience and network specifically within healthy growth through national and regional initiatives such as Copenhagen Healthtech Cluster, Welfaretech – Innovation Network for Health and Welfare Technology and completed projects such as Public-Private Alliances (OPALL), TekBoost, Lev Vel, and OPI-Lab. Through these projects, Væksthuset has gained a thorough knowledge of the challenges and opportunities for growth that companies within health and welfare solutions are particularly experiencing.</t>
+  </si>
+  <si>
+    <t>The aim of this project is to ensure growth and employment in North Jutland companies. This will be done through matching graduates who have completed a higher education programme and who may contribute to redeeming the growth potential of a company with a set in a growth strategy.Activities: Linking 98 growth pilots. The 98 graduates will be so-called growth pilots, who will be recruited for 8 weeks of internship followed by 4 months with wage subsidies financed by the project. Outside the project is: Match between North Jutland companies and highly educated. The delivery of the growth potential of 402 companies can be achieved through a match with a highly educated person. The match is carried out as a starting point by the local business office in collaboration with a job centre.On the basis of the 402 matches between highly educated and companies, 400 will find employment via InnoBooster, private wage subsidies or on ordinary terms.Output:The project is expected to lead to the following output: 402 companies are affiliated to a highly educated person on ordinary terms, such as private wage subsidies or InooBooster. 98 North Jutland companies will be associated with a highly educated graduate as a growth pilot for wage subsidies. Effects: The project also expects to lead to the following effects: 98 people (growth pilots) will have their level of competence increased and 175 new jobs will be created in the participating companies 2 years after their participation</t>
+  </si>
+  <si>
+    <t>The aim of the project is to support and accelerate product, concept and solution development and thereby create growth in Danish small and medium-sized enterprises. The project aims to recruit 18 SMEs</t>
+  </si>
+  <si>
+    <t>Youth GuideProject Youth Guide aims to bridge youth education for vulnerable young people and support them in implementing. The project focuses on the preparation and acquisition of social and professional competences for entering Youth Education and form a backup for the young people who have started youth education. Over a period of 4 years, the project will be developed and implemented in a Bornholm context.The target group is young Bornholmers who experience barriers to school, education and/or work or young Bornholmers in youth education, who are at risk of falling out of education.The project is phased into preparatory programmes to help the young person to form a bridge to Youth Education. Indicators (KPI) in relation to project impact:1. Number of young people starting upper secondary education2. Number of young people completing youth education</t>
+  </si>
+  <si>
+    <t>The purpose of the Growth Catalyst project is to identify and develop regional enterprises (SMEs) with commercial potential for growth companies. Design can be seen as a growth-promoting hormone for the development of companies and organisations. Companies that use design strategically and as an innovation driver perform significantly better than companies that do not. The project will assess small and medium-sized enterprises around the D2i cluster and utilise the close relationships with Væksthus Syddanmark and the local business promoters to identify screening candidates. D2i screens companies for growth potential and qualifies selected companies for growth paths where they can receive financial support for drawing up a strategic growth plan. The growth plan will address and provide the company with concrete strategic input and direction in relation to one or more of these topics:- Focus on developing new products and/or services- Using opportunities in new technology – Potential in export and new markets – Insight on existing and new customer segments – Realising the business potential in new ideas, – Improving the use of resources, energy and materials.On the basis of the concrete growth plan, the company will have defined a strategic direction for future innovation and development work. The project is carried out in conjunction with a number of other Regional and Social Fund projects, including Growth by Design, Design Innovation and Design Business Bootcamp. The Growth Catalyst project does not support the implementation of the growth plan.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to provide highly skilled labour for small and medium-sized enterprises in the Region of Zealand. The participating companies have a potential for growth that can be redeemed by the supply of highly skilled labour. The project thus contributes to increasing the level of knowledge in companies in the Region of Zealand, and it will increase innovation, productivity and competitiveness in the region’s business community.The project addresses a market error that arises as a result of imperfect information. SMES</t>
+  </si>
+  <si>
+    <t>The Internet has completely changed the way we act, as the following figures show. The Danes thus traded in 2018 for 142 billion. DKK online out of a total consumption of DKK 416 billion. Denmark is thus at the top of the EU when it comes to buying and selling online. Danes in all age groups e-shop, and the online store has become a sales channel next to the physical store. This also means that when information is sought, it happens online</t>
+  </si>
+  <si>
+    <t>Dream Steps is a coherent entrepreneurial programme for short and medium degree students at University College North Jutland – centered on the individual student’s ideas, potentials and development needs throughout the student’s period of study and in the transition to being an entrepreneur/labour market. Dream Steps builds on initiatives from the end of youth/vocational training and takes place in close collaboration with local business offices in North Jutland, Væksthus Nordjylland, the Foundation for Entreprenørskab – North Jutland and business mentors from private companies in northern Jutland.The purpose of the project is to create coherence between entrepreneurship services and initiatives aimed at students before, during and after completion of a shorter or medium-term higher education. A better coherence, the students’ interaction with the project’s business promoters/mentors and long maturation time throughout the course will create more and more robust North Jutland entrepreneurs as well as develop stronger business ideas and growth potentials. In addition to setting up new companies, the project is expected to contribute with entrepreneurial skills among students who will help to modernise/create successful generational shifts in the North Jutland companies. The core of the project is the opportunity for students to use their 10 weeks internship in their own company or to work with the establishment of it, which is done in close sparring with UCN teachers, local business offices, Væksthus Nordjylland and mentors from private North Jutland companies. The intensive course has matured before the internship programme and is followed by continued maturation and sparring that can extend until 3 months after study.The project will specifically provide new entrepreneurial skills to more than 1,600 students, at least 175 students will use their 10 weeks internship in their own company or work with the establishment of this and it is expected that at least 40 new companies will see the project period.</t>
+  </si>
+  <si>
+    <t>Behind this national project (case No. SFNP-16-0006 and SFNPO-16-0007), business academies, University College of Professionals, UCN, innovation networks and business organisations are working together to develop the digital competencies of small and medium-sized enterprises in order to create growth. During the project period, the partners will assist at least 150 SMEs</t>
+  </si>
+  <si>
+    <t>Greenhouse Nordjylland, Aalborg University, University College Nordjylland and the cluster and network secretariats for Censec, Marcod, Nordjysk Food Industries and the Tourism Development Fund Nordjylland have come together in a consortium on a joint framework programme to strengthen innovation between companies, knowledge institutions and customers, who together can realise new products or services based on the needs of the companies and new market opportunities.The framework programme is based on the following critical assumption: If at least 3 companies with a common need, through a facilitated process, use knowledge from a knowledge institution, this can lead to more innovative products or services and hence more innovative companies in North Jutland.The framework programme is built around 3 phases:Phase 1: identification and recruitment will lead to my 1,000 companies being informed about partnership-driven innovation and that at least 120 companies are recruited into the programme.Phase 2: Idea and matchmaking, which aims to establish at least 40 innovation groups of at least 3 companies and 1 knowledge institutions. The Innovation Groups prepare their individual project via a start-up workshop, which will end with a description of their expected innovation processes, which are subsequently presented and discussed by a sparring panel.Phase 3: Execution where the innovation groups in close cooperation develop the planned products or services with a targeted inclusion of knowledge from the knowledge institution, use of laboratories, testing solutions in collaboration with end-users to identify market potential, etc. Phase 3 is tailored and assembled individually for each innovation group.This leads to the development of at least 40 new products or services by the 40 innovation groups. Phase 3 concludes with an action plan to ensure the final market roll-out for the product or service in question. Finally, it is expected that min. 90 % corresponding to 36 of the 40 new products or services will be placed on the market within 2 years of the completion of the project, leading to 140 new jobs and DKK 130 million increased turnover 5 years after the project’s completion.</t>
+  </si>
+  <si>
+    <t>Objective of the project: To increase the number of young people with vocational training and to increase the number of young people receiving higher education by ensuring that more of mentally vulnerable young people and those with mental disorders receive an upper secondary education and will be equipped to participate in the labour force in the coming years. This increases the workforce in the Region of Zealand, and they become self-sustaining and achieve significantly higher quality of life. The four main activities of the project:1. a retrieval phase that results in screening of 120 young people and recruitment after the visitation of 96 young people2. a cross-disciplinary mentoring programme that supports 96 recruited young people’s development through the course and in the transition to youth education.3. a social skills training programme, where young people train in small and large groups according to individual needs, and strengthen their professional development in Danish and mathematics in an environment that takes into account their mental challenges and vulnerability. 96 young people will start and 83 will complete this programme.4. a test programme in upper secondary education or in an internship that ensures young people’s adaptation and successful transition to upper secondary education. 81 young people will be tested, of which 55 will start an education or FGU, and 15 a profession in e.g. wage subsidies or master training during the project period.Education for All Young people will draw on previously tried and tested methods in an overall process designed to meet young people’s psychological challenges and to support the development of their social and personal skills. They must achieve a level that enables them to start and complete an FGU, an upper secondary education or an internship programme that prepares them to get to work and become self-supporting.The project’s target group120 mentally vulnerable young people or young people with mental disorders between 18 and 30 years, who cannot be admitted and maintained without the specific support of the project on a youth education. Cooperation agreements are concluded with the two educational institutions on transition and that young people can as far as possible be admitted when they are ready for training and that young people receive mentor support during the transition phase to youth education.The results of the project55 will start an upper secondary education or FGU 15 young people will be in some form of employment, e.g. salary grants or master training45 have completed an upper secondary education two years after the end of the project.</t>
+  </si>
+  <si>
+    <t>CPH-FOOD2 is a lighthouse project that builds on CPH-FOOD and aims to create growth, raise the share of innovative companies and develop the food sector in the Capital Region of Denmark. This will be achieved by drawing on the experience, methods and competences of leading actors from the capital region.The starting point is the companies’ concrete needs, including market, technology challenges and barriers. The method is a coordinated effort that puts an end to the past tradition of small and limited individual promotional initiatives. Across the strong partnership, the right team will be set up to complete 20 innovation programmes that help companies either in partnership or individually through a development process with knowledge institutions that will overall result in 13 new innovative companies, new products and processes or concrete solutions that are either new to the company or new in the market.The project expects to create 5 new jobs five years after the project ends. This objective is based on the expectation that innovation projects with great potential for scaling can be identified and the expectation that the project contributes to a long-term cooperation between the knowledge institutions and the region’s food cluster companies.Behind the project is a strong partnership of actors – DTU, KU, Capnova and Agro Business Park with DTU as project manager. The overall partnership represents a high level of professionalism in the field of food and innovation and has a strong network within the sector both in Denmark and internationally. Together, the team can meet the specific needs that will be identified among food companies located in the Capital Region of Denmark.CPH-FOOD2 will create networks between the companies and their partners both inside and outside the region, and a nuisance for the Sjællan cluster following the strong CPH-FOOD brand. CPH-FOOD covers all over Zealand, and the present project will build a bridge to already existing initiatives.</t>
+  </si>
+  <si>
+    <t>The project: The business incubator has been designed to support the national 2020 targets in the EU programme period and to support the regional growth and development strategy with the objectives of: strengthening employment, competent labour force provides growth and prosperity as well as growth and development throughout the region. The business incubator expects an outcome/profit of 140 in employment out of the 160 starting participants immediately after the completion of the project, a derived employment effect of 298 persons year 2 and a total employment year 2 of a total of 445 persons (Annex 5). Business incubator is an entrepreneurial project where the target group is unemployed citizens, who are searched to the project via the participating job centres and subsequent hardcore screening/visitation in the project within the industry-specific focus areas: food, construction and transport and logistics. In these sector-specific areas the focus will be on the cross-cutting growth potentials through skills development and entrepreneurship (Annexes 1 and 2).</t>
+  </si>
+  <si>
+    <t>The aim of Vilje til Growth is to address the growth challenges of North Jutland, by 1) to promote international orientation and 2) to get more North Jutland companies into solid growth paths (several growth companies).The target group for the programme is established companies (over 3 years old) which contain both the motivation for growth and significant growth potential. In order to identify and recruit the North Jutland companies with the highest growth potential, screening is carried out on the basis of their growth potential, the ability to meet it quickly and definitively their motivation for doing so. The final approval shall be carried out by a core group. Approved companies will have an individual action plan drawn up to map out the progress that will enable the company to meet its growth potential afterwards.The action plan will include, among other things, – Skitsing of the company’s challenges and potentials- Consultancy/Camps as an instrument- Referral to other regional and national programmes and initiativesCompanies approved for the programme will be assigned a permanent contact person at the local business office and Væksthus Nordjylland, which together will follow the company closely together. As a final part of the programme in Vilje to Growth, each company ends up with an individual growth plan that maps out how it can subsequently fulfil its growth potential partly through the new knowledge and competencies it has gained and partly by implementing other initiatives and investments that may be reflected in the growth plan. The company-specific growth plans are expected to lead, among other things, to:- 70 new growth companies – 360 jobs – DKK 319.148.936 million in increased turnover – 300 companies introduce new products, concepts or solutions – 180 companies enter new markets.The project is anchored at Væksthus Nordjylland and will be carried out in close cooperation with the local business offices in particular, but also other relevant actors in the area.</t>
+  </si>
+  <si>
+    <t>Through innovation collaborations, the project will support SMEs in creating innovative commercial solutions to globally experienced health and welfare challenges. The goal is the development of several innovative companies with new mainly digital business potentials within health and healthcare, such as telemedicine, health apps, etc., in order to create growth and increased exports for companies in Region Zealand and Greater Copenhagen. The project results in 12 companies developing innovative concepts that achieve proven impact through testing processes in practice. 8 new innovative companies will be created to market their concepts. The project is based on the needs of SMEs for increased innovation. The method of creating results and effects is focused on three coherent measures: Collaboration with knowledge institutions, including technological knowledge input, research-based knowledge and closeness to practice, exploiting the potential of Region Zealand’s large amounts of health data, and design thinking motivating and immersive methods with user perspective, involvement and interdisciplinary. The project has 6 main activities: 1. Identification of challenges and market needs 2. Identification of establishments 3. Interdisciplinary idea development and matchmaking 4. Qualification and establishment of innovation cooperation 5. Development and testing of products, services, etc. 6. Communication and dissemination of results. The project’s partner group consists of the Foundation for Innovation and Business Promotion in Region Zealand, Production, Research and Innovation in Region Zealand, CUMULI Design Lab, University College Sjælland, Technical University of Denmark and Væksthus Sjælland.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to increase the number of adult unskilled adults who obtain skilled training in North Jutland within industry and private and public services. The effect of the project is that 600 unskilled people will be raised to a skilled level, of which 225 participants will have completed vocational training, while 375 will be in the process of completing vocational training by the end of the project. The skills pledge must be closely linked to the demand for skilled labour and ensure that the participants achieve lasting jobs and thereby contribute to increased employment, value creation and productivity in North Jutland companies.The project will optimise and streamline workflows, increase knowledge, coordinate efforts and develop experience with solid cooperation structures between employment, vocational and training areas that can continue beyond the project period. In the long term, this cooperation will pave the way for increasing the number of unskilled adults who start and complete vocational training on an annual basis. There are two recruitment routes for the project: one for unskilled unemployed persons and one for unskilled employeesEmployees are sought out according to the potential for educational uplift and searched for clarification in the mobile adult guidance unit. A special offer is being developed, pre-phase courses, which ensure focused adult guidance for the RKV and an individually organised training plan (EUV). The training courses for the unemployed will be financed by the job centres. Action for employees: for those employed, the way to the EUV is via enterprises. There will therefore be a massive effort to build cross-cutting, coordinated business cooperation between the employment, training and business sectors. Cross-cutting teams must ensure information and guidance to companies about the potential for training of unskilled employees. For the employees, an RKV will also be compulsory for the organisation of an individual training plan which can be carried out in interaction with jobs in the company in question.</t>
+  </si>
+  <si>
+    <t>Purpose of the project The aim of the project is to qualify the knowledge of the EUD and the foundation for young people’s choice of youth education. The aim is to facilitate the transition and to encourage more young and young adults to choose and implement vocational training, partly through strengthening existing initiatives and cooperation, and partly through the search for and establishment of new collaborations and the development of new initiatives. Expected impact The project’s expected impact in the short term is that more people are seeking to join the EUD and, in the long term, to implement an EU-wide approach.ActivitiesThe main activities of the project are: to strengthen the transition from primary and post-school to the EUD to qualify for cooperation and content in bridge-building, to develop targeted information materials and events in order to increase the number of trainees seeking to join the EUD- to strengthen recruitment/tract and retention on the EUD, and to develop, as well as through, and beyond, and through the EUD. Activities and results are anchored by partners and partners involved. Knowledge sharing and dissemination will also take place via a digital platform, a project website. In addition, two conferences are expected to be held during the project period.Project will be carried out over three years from 1 October 2019 to 30 September 2022.</t>
+  </si>
+  <si>
+    <t>COMPETENCE Supplification Centre will focus on companies’ needs for competencies and will stimulate the initiation of continuing training activities to increase productivity and job creation. The focus of the project is to establish close cooperation between the areas of training, business and employment in the outreach contact with the companies and their employees. This is to ensure that the partners receive exactly the service they need in relation to the opportunities to receive vocational and higher education. The cooperation is called</t>
+  </si>
+  <si>
+    <t>COMPETENCE Supplification Centre 2.0 is to continue the work begun by the one-year project COMPETENCE Supplification Centre. Work was started on the one hand, which consisted, on the one hand, of solving the skills supply needs of SMEs and, on the other, of starting development work in the form of combining the three policy areas (business, employment and training) in local coordinating cooperation (LKS).The work in the COMPETENCE Supplification Centre has been followed by CARMA, which produced the ‘Partnerships’ report, May 2016. This report provides a wide range of recommendations for the continuation of the project.The application is based on the Regional Competence Development Programme 2017-2019 and describes three (four) areas of action for the future COMPETENCEF SUPPLY centre project.The focus areas are:1. Strengthening the skills strategies of enterprises2. Attraction and retention of talents3. Continuing training In addition, there is a special effort for COMPETENCE support for the development of the partnership.There are four main activities:Activity 1: Outreach WorkActivity 2: Strategy development (enterprises receiving benefits)Activity 3: Skills development of employees (vocational training of employees)Activity 4: Skills development of demanded labour (training for the unemployed)The expected quantitative results of the four main activities of 3 years are:1. Development of partnerships and recruitment of enterprises (Activity 1: 900 companies are contacted)2. Strategy development (Activity 2: 60 companies work with competence strategies)3. Skills development (Activity 3: 90 employee is given a formal competence pledge and Activity 4: 30 The partnership of the project (in CARMA’s words) is moving from being in Canteen to being in the Club and a number of partnerships (LKS) moving towards the Company, as the project hypothesis is that enhanced cooperation between the systems gives it the best supply of competence to companies.</t>
+  </si>
+  <si>
+    <t>Slagelse builds around with green reasonIt is the project’s thesis that reducing energy consumption through increased recycling and the development of new innovative products must be created through demand for products and services (rather than focus on product development at SMEs</t>
+  </si>
+  <si>
+    <t>PurposeThe overall objective of the project</t>
+  </si>
+  <si>
+    <t>The partnership behind Green Circular Conversion in Denmark (hereinafter GCO) will bring Denmark up into a higher green and circular gear. With this project, we want to put Denmark on the map as a nation that not only talks about green transition and circular economy, but broadly and across industries develops and implements business models that make the transition happen. It is not a question of whether we should be sustainable and circular, but about how we get everyone involved in the green and circular transformation.The positive impact of green transition is great. However, there are also major challenges for the individual company that wants to start the transition or start a new company based on a green/circular business model. The GCO project, in collaboration with partners, consultants, Danish and international experts, will try to find the best solutions to help Danish companies identify good circular business opportunities.The partnership behind the project GCO will work with different ways in which SMEs will work with different ways in which SMEs</t>
+  </si>
+  <si>
+    <t>Over the last 10 years, health and welfare innovation has matured. This means that customers have become better at describing needs and demand solutions that support increased efficiency and quality of life for citizens. At the same time, companies have found new ways to meet customer demand. However, knowledge-based innovation is still needed in order to increase the competitiveness of enterprises. The purpose of this project is to strengthen Danish companies in the area of health and welfare. This is done through 5 innovation partnerships focusing on one or more tracks: Welfare technology service models; Rapid access to customers through digital ecosystems; Competitive advantages from data analysis. Welfare Tech puts together innovation partnership on the basis of proven criteria and based on the NABC (Need, Approach, Benefit, Competition) and the Innovation Partnership’s commercial (product/service) approach. All project ideas are evaluated through the Smart Innovation Management Tool (SIM) tool. Smart Innovation Management was developed by Kevin Dean, who has more than 25 years of experience with innovation in health care. Each of the 5 innovation partnerships, in cooperation with Welfare Tech as an operator and the other core partners, will plan tailor-made development and testing processes to maximise the commercial output of the innovation partnership, and increase the success rate to implement the planned activities. It is expected that these innovation partnerships will increase turnover for the participating companies and create new concepts or services that increase or streamline the health and welfare of Danish citizens.</t>
+  </si>
+  <si>
+    <t>Strategy, Goals and Growth (SME).The project aims to strengthen the strategic competencies in 100 of Region Zealand’s companies through strategy workshops, individual company follow-up, theme modules, as well as organisational and competence development of managers and employees. According to the regional growth and development strategy, the project has a special focus on the Revus industries, which are the core target group. 410 participants in the project will review activities that increase their ambitions and adaptability. In the long term, the project will lead to the recruitment of an additional 250 full-time employees in the participating companies two years after their participation. The project will lead to a new overall method of working with strategy in the Region of Zealand’s SMEs.</t>
+  </si>
+  <si>
+    <t>The project is being sought to ensure that the North Jutland Food Cluster can participate in the consolidation process in 2020 on an equal footing with the other food clusters and players. The Nordjysk Food Agency has a solid corporate anchorage in North Jutland, but is due to the new business support structure without public funding in 2020. In addition, the project contributes significantly to the desired consolidation of the cluster landscape in Denmark by merging existing cluster organisations, as well as initiating a process for coordinating and developing binding collaborations with a number of other business promoters focusing on food. As the official cluster catalogue from Cluster Excellence Denmark, in addition to the 3 national cluster actors who carry the secretariat in the innovation network for food – DFI (Agro Business Park A/S, VIFU and DFC), there is one additional well-functioning and regionally demarcated cluster in North Jutland, namely Nordjysk Food Industry. In addition, there are a number of other important players in the food landscape with whom it will be necessary to coordinate a comprehensive national effort in the future. This project will address both of these consolidation challenges through two main activities: 1. Continuation and integration of the North Jutland food cluster2. Cluster consolidation towards 2021 It is expected that these activities will ensure a continuation of the positive results for the companies created by NJFE over a number of years. In addition, members will be integrated into the national cluster set-up and a separate focus area will be developed on fisheries for the North Jutland food hub. It is further expected that the project</t>
+  </si>
+  <si>
+    <t>The CLEAN GREEN PLAN project aims to improve energy and resource efficiency in SMEs in the Southern Denmark Region by promoting innovation by small and medium-sized enterprises and the introduction of low-carbon technologies. This objective is achieved through the implementation of a number of activities which together create the desired output in the form of a green business model for each undertaking concerned.The target group for the project is limited to the manufacturing sectors: food and beverages, metallurgy, electronics and electronic components, machinery and motor vehicles, rubber, plastics and non-metallic mineral products, furniture and retail sectors: small supermarkets, hotels restaurants and amusement parks. The delimitation has been made so that the project includes the sectors with the highest energy intensity (share of energy purchases in terms of gross value added), as it is likely that the most energy-intensive sectors have the greatest incentive to invest in ressoruce and especially energy efficiency</t>
+  </si>
+  <si>
+    <t>The aim of the programme is to help SMEs to increase their focus and readiness for export through advisory processes; the programme’s activities will result in the development of growth plans for the participating SMEs, which will include instructions on the potential for internationalisation of the individual enterprise and a description of the challenges/barriers to which the representative enterprise must be addressed in order to strengthen the company’s competitiveness through increased internationalisation.The aim of the present programme will be achieved through a number of focused activities:BasecampsWorkshopsIndividual growth paths/subsidisation volumes</t>
+  </si>
+  <si>
+    <t>Many small and medium-sized enterprises have growth on the agenda, but are reluctant to launch growth activities. Experience shows that there are particular challenges when international work is launched. This is typically a lack of knowledge of supply and demand conditions in a given market. These can be questions of price formation and competition, distribution, public regulation and cultural barriers. The clarification of these conditions is necessary in order to develop and qualify and launch the company’s international growth plan. Over the next 3 years, the Growth House will find 80 companies and offer them support to develop an international growth plan that will eventually turn them into growth companies. The companies are based on the clusters from the current strategy and within the SUND, GREEN, KREATIV and SMART sectors. Companies must be well placed and able internationalisation at an ambitious level.Companies are offered participation in programmes aimed at developing and qualifying growth plans as a basis for launching international growth initiatives. The offer to companies is based on an international growth plan that compares, objectives, activities and the economy. The growth plan is developed with a special focus on new and effective methods for rapid internationalisation, e.g. through professional introduction to a new export market or increased ability to optimise and scale.These will be 3 workshops that stepwise aim to develop and qualify an international growth plan. The best qualified companies are offered a superstructure programme that strengthens the desired effect, namely 40 growth companies.The knowledge gained through the project will be part of the development of the Growth House’s basic offer, and will be used in dialogue with the Trade Council on adapting their services. The Greenhouse will work to ensure that the companies that benefit from the project will make their knowledge available to new companies by committing themselves to being mentors.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to provide training for skilled workers in SMEs and to provide training for unskilled adults who are ready for work and training and can form part of an enterprise’s overall plan for the development of the level of training for their employees, thereby helping to realise the overall growth of enterprises. Agreements will be made with the individual employee on a training plan that ensures a competence increase for the individual employee to the Academy level.In addition, the project will search a number of unskilled people. The goal is for 140 unskilled people to receive a qualification. The unskilled are linked to the participating SMEs – for example, in a job rotation scheme. This means that companies have the opportunity to invest in training and thus have the right competences and thereby be strengthened in terms of competition.The project will screen 120 SMEs throughout the project period.A model of cooperation will be developed with the partners of the project, which will help to increase the actual level of competences of 40 SMEs and thereby increase enterprises’ opportunities for growth and profitability through targeted skills development. In future, the model will be continued by the project partners.Overall activities: Selection and agreement with 40 SMEs which wish to further train their skilled employees. The choice of specific AU education for the individual employee and the initiation of training courses. Identifying the enterprises’ needs for unskilled adults who are ready for work, so that these new employees, by means of a search and clarification of skills and wishes, can provide a training course for the companies.Continuous dialogue with managers of the company and employees to ensure retention in the training process</t>
+  </si>
+  <si>
+    <t>TOURISMX X-FELTET FOR INNOVATION AND NEW TOURISMX TOURISMX is designed to strengthen the innovative power of small and medium-sized enterprises in the tourism industry. The project is focused and experimental with innovation creation in the intersection between companies and knowledge partners. The work is carried out in teams consisting of a minimum of 3 SMEs</t>
+  </si>
+  <si>
+    <t>The purpose of Zealand International action is to increase productivity and employment in companies in the Region of Zealand. This is done through an effort that focuses on creating new growth companies through internationalisation. The region of Zealand is lagging behind the other regions in terms of both the number of export companies and the export value. This needs to be rectified, partly because the internationally competing companies are typically more productive than domestic-oriented companies, and partly because the increase in employment in Denmark is supported by growth in the export companies. Zealand International efforts are based on careful screening of SMEs</t>
+  </si>
+  <si>
+    <t>Objective and expected impact of the project: The aim of the project is to increase admission to upper secondary education, so that more people complete an upper secondary education. This will increase the target population’s employment rate and improve their living income. This will also lead to an increase in labour supply in the region and an increase in the workforce. This will be done by creating new collaborations and methods across stakeholders who can work together to facilitate young people’s paths and everyday lives towards and through youth education.  The overall activities of the project and how they are expected to lead to the desired results: 1.Main activities targeted at creating clusters of collaborators, which together will help to create a more holistic approach in the area of young people with special challenges. Here it is expected that three main clusters will be created, with relevant actors with expert knowledge in the field and the opportunity and courage to enter into new bridge-building collaborations. 2.Main activities around the creation of young focus groups that can see the challenges of the project from the target group’s point of view. Here, it is expected that three young focus groups will be created, with young people from the target group who can offer important elements from the target group’s standpoint. A young focus group is attached to each cluster. 3.Main activities targeted at inclusion are aimed at moving young people from their current situation to a situation where they start, are maintained in or complete an upper secondary education. The content of these programmes is created in collaboration with the relevant public and private actors in each cluster, with the relevant target groups of young people. Here it is expected that new methods and collaborations will be created across actors that can be disseminated and used by other municipalities and educational institutions. 4.The main activities at youth events are aimed at motivating and engaging young people in the project. These intend to bring the young people around the project and help motivate them to continue. A closing conference is held with the aim of disseminating the results achieved by the project. It is planned that the new methods and bridge-building collaborations will be published and reference can be made to the material on the results of the project, which will be available to all actors in the field afterwards.</t>
+  </si>
+  <si>
+    <t>The project aims to strengthen the strategic competencies and organisational capacity of 150 Zealand SMEs</t>
+  </si>
+  <si>
+    <t>The nationwide growth programme for small and medium-sized production enterprises is to be implemented over a three-year period. The project aims to strengthen the productivity and competitiveness of the participating production companies. The activities of the present application; the appropriate region of Zealand and Central Jutland will be:Growth check: 110 growth checks will be carried out.The growth check will focus on making the company’s growth ambition concrete and explicit, as well as identifying which areas the company should focus on. This gives the company, through a growth check, a qualified dialogue that focuses on development needs and growth barriers. The growth check is a dialogue-based analysis with the company’s management, which must result in the company drawing up an action plan that addresses a strategic prioritisation of various initiatives to improve the company’s competitiveness, productivity and increase opportunities to realise the growth potential.Output of growth check will be an action plan describing growth potentials and challenges as essential elements of the company’s development and growth strategy. The professional benefits of the growth check will differ from one company to another, but it is common to develop an action plan that includes a strategic prioritisation of future initiatives that can strengthen the company’s productivity and competitiveness and support development and growth over the next 3-5 years. Growth promise is an individual programme that aims to help the company realise the action plan prepared by the growth check consultant.Output of the growth promise will be that, over a period of time, individual advice is given on how the company realises its growth potential. Here, advice focuses on the topics or parts thereof contained in the Growth Check action plan. A number of specific activities will be carried out in the Region of Zealand; region Zealand has special challenges in relation to production companies with growth ambitions/potentials. Special efforts are therefore required in the region, in order to achieve ambitious targets and to meet the challenges of the region. The</t>
+  </si>
+  <si>
+    <t>Accelerace, Dansk Design Center and Business Houses have jointly designed a unique programme focusing on increasing the learning rate of a total of 200 potential growth entrepreneurs across Denmark to give them faster, cheaper and more efficient access to critical resources and insights, i.e. access to potential customers, partners, investors, already successful start-ups etc.  The programme is based on the consortium’s experience that speed in learning is one of the main advantages a small start-up has compared to larger companies with more resources. The programme’s starting point is therefore that the best way to increase the number of growth entrepreneurs in Denmark is to focus on how we can increase the learning speed of start-ups by providing insights, resources, networks and learning. The program offers start-up targeted learning programmes, where through 1:1 sparring with a dedicated Business Mentor, camps, access to a network of resources, knowledge professionals and experts – including experts with international networks and vision – can increase their learning speed and thereby accelerate their growth to become real growth entrepreneurs.  The programme is delivered in a strong partnership between private and public actors – Accelerace, the six business houses and the Danish Design Center</t>
+  </si>
+  <si>
+    <t>The aim of the project is to provide training for skilled workers in SMEs and to provide training for unskilled adults who are ready for work and training and which can form part of a company’s overall plan for the development of the level of training for their employees, thereby helping to realise the overall growth of enterprises. Agreements will be made with the individual employee on a training plan that ensures a competence increase for the individual employee to the Academy level.In addition, the project will search a number of unskilled people. The goal is for 85 unskilled people to receive a qualification. The unskilled are linked to the participating SMEs – for example, in a job rotation scheme. This means that companies have the opportunity to invest in training and thus have the right competences at their disposal and thereby strengthen competition.The project will screen 280-350 SMEs throughout the project period. Together with the partners in the project, an activity model will be developed which, through its specific competences, will help to increase the real level of competence of 145 SMEs and thereby increase enterprises’ opportunities for growth and profit through targeted skills development. In future, the model will be continued by the partners in the project. Activities of the project: Selection and agreement with 145 SMEs that wish to further train their skilled employees.Discovering companies’ needs for skills development of employees with skilled staff. Selecting specific AU training for the individual employee and launching training courses. Identifying enterprises’ needs for unskilled adults who are ready for work, so that these new employees, through a search and clarification of competences and wishes, can provide a training course for companies to acquire capacity.Continuous dialogue with managers of the company and employees to ensure retention in the training process.</t>
+  </si>
+  <si>
+    <t>The purpose of the project Development programme for subcontractors in the wind turbine industry – Innovation through knowledge collaboration is that several small and medium-sized subcontractors for the wind turbine industry develop new product and process innovations through collaborations with knowledge institutions.The overall rationale is that companies increase their innovation power and thus the opportunity to develop new products and solutions when entering into collaborations with knowledge institutions. By means of targeted input of inspiration and knowledge, awareness can be created about unprecedented innovation areas. It is expected that the project will result in 15 new innovative companies 70 new jobs, DKK 120 million in premium and DKK 40 million in additional exports. The project’s objectives and effects will be realised by carrying out the following activities: project approval and knowledge cooperation, facilitation of knowledge collaborations and product and process development processes in collaboration between companies and knowledge institutions.Test programmes with focus on usability, security, market potential etc.The wind turbine industry is in collaboration with Aarhus University, Aalborg University, DTU, DAMRC and Hub North operators on the project, which runs from June 2016 to December 2018 and is nationally comprehensive. Project is part of a larger and coherent development programme for subcontractors in the wind turbine industry. The overall programme consists of three work packages, of which the activities of this project relate to work package 2 Innovation through knowledge collaborations. The other two work packages on the establishment of an Innovation Network for Wind Energy and Business Development via consultancy. To ensure maximum synergy, coherence and coordination, Energy Innovation Cluster lead partner on all three work packages.</t>
+  </si>
+  <si>
+    <t>Compass works to raise the level of training among employees in maritime companies in the Capital Region of Denmark. Companies involved in the project will be associated with a contact person who provides clarity in the courses and combinations of courses offered. At the same time, workshops are held with participants from relevant maritime companies that create new knowledge about the competences that are sought after by the maritime companies. The educational institutions KEA, MSK, SIMAC and DTU Diplom are partners in the project. Based on workshops, competence plans and assessments from MDC and Danish Maritime, the courses develop and adapt the qualifying part-time courses so that they are relevant to the maritime sector. Compass works with the training of employees at all levels of competence. Expected impact during COMPAS is screened 500 companies, 50 companies visited, 6 information events and 4 skill gaps are held. On the basis of this, 150 competence development plans are being developed. The aim of the project is for 100 people to start a qualification training, primarily in the technical field.</t>
+  </si>
+  <si>
+    <t>The aim is to strengthen the local retail trade so that they support the strength of the municipalities of South Funen in relation to industry and tourism, as described in the joint holistic effort. 100 SMEs participate. The vast majority of SMEs are small, owner-managed, specialised retailers (professionals at street level) and with fewer than three employees. SMEs have their own business concept and/or product range. The company’s owner will typically also act as an employee. A small part of the enterprises may also be other SMEs in street level (max. 20 per cent). For a part of the companies (approximately 30 per cent) there will also be employees either a daily manager or a key employee. The total number of participants is expected to be 120. The output and aim of the project is to ensure that all retailers and participants become the competence boost. The effects of the project are that 20 per cent of the companies will experience job creation as a result of the efforts. The SMEs that have other strategies and/or needs/desires for other types of skills, resources, etc. are referred to other options, partners outside this project. The main activities are:1. Individual action plans and competences – my smart shop (clarifying). Constitute dynamic action plans in relation to the companies’ own growth strategies with embedded success criteria. 2. Skills development process: Digitisation of the business3. Skills development process: E-commerce4. Collective development of competencies: Builds on top of 2 and 3 and identifies the most central topics5. Mentoring schemes: Strengthens skills development by translating into action and results in practice.6. Networks – Geographic: Relevant themes are identified along the way. Economic partners are Faaborg Midtfyn, Langeland, Svendborg and Ærø municipalities. The trade associations Dansk Erhverv, as well as the relevant local business and tourism associations, are part of the steering committee. All economic partners are part of the steering committee. In addition, the municipalities as economic partners contribute to cross-cutting coordination in the form of a coordination group. An advisory forum will also be established. There will be three employees who partly run a project secretariat and partly run activities. Local and targeted skills development programmes are being developed, organised by specialised trainers. In addition, assistance is offered for change management and processes.</t>
+  </si>
+  <si>
+    <t>PROJECTRESUMÉThe primary purpose of the project</t>
+  </si>
+  <si>
+    <t>The High School as a shortcut to EducationThe project will try to use the high school as a shortcut to education and occupation throughout the Region of North Jutland. The project will provide a new opportunity for young people to be helped into the education system through a high school course with a special focus on motivating and clarifying the young person. There is a lack of skilled labour in North Jutland within construction and health, and therefore the project is guiding not only towards youth education, but also against</t>
+  </si>
+  <si>
+    <t>The project establishes an advanced level of well-being at youth education institutions in six medium-sized towns in the region (Esbjerg, Kolding, Fredericia, Sønderborg, Haderslev and Svendborg).The Trivsel preparation is a collaboration between municipalities and youth education, primarily vocational schools, and will help to maintain more students/vulnerable young people in (professional) education. This is done through participation in PsykInfo courses, where a common language and a common perception of the diversity of the target group are created, and how young people can be included in education and fellowshipThis is a very vulnerable group of young people who, in addition to diagnoses, typically also have difficult social and economic problems, partly with abuses of varying proportions, many as well as their own perception of learning difficulties. This will also be the case for some, while others have not received the necessary support from the start in Folkeskole, and therefore have quickly fallen behind the classmates in terms of learning, which has also contributed to the feeling of being excluded. This has become the case to an increasing extent as almost all highly skilled young people are seeking high school. The schools have established an emergency response to the extent required by the notices. However, it is difficult for schools to do more than this, as drop-out gives a reduced taximeter, which in turn has an impact on the schools’ finances, which is also strongly influenced by annual savings of 2 % re prioritisation.The project allows municipalities and youth education to establish a close collaboration that can help reverse the negative spiral and gain experience with how partners can jointly fulfil the task of maintaining this difficult target group. A task that should also be a shared responsibility.The project is a prospective one, since it covers most medium-sized towns in the region. There are therefore good opportunities to obtain different experiences that can inspire the mutual exchange of experiences across the cities.In the youth educations involved, there is an expected drop-out of 1552 young people during the duration of the project. The effort is expected to maintain around 20 % of these young people.</t>
+  </si>
+  <si>
+    <t>Strengthening innovation in SMEs</t>
+  </si>
+  <si>
+    <t>Social inclusion through growth partnerships The aim is to integrate people with limited or no links with the labour market into the working community through activities promoting employment. The project is carried out throughout Denmark. The aim is to demonstrate an effective and scalable method of getting vulnerable unemployed into employment. The target group is vulnerable people far from the labour market and small and medium-sized socio-economic enterprises. Main activities of the project The project builds a bridge between those who have the vacancies and the people who, through upskilling and training, can compete the jobs. Bridge construction takes place through partnerships in the municipality, 2nd actor and social economy business.The project is built on four coherent main activities. 1. Qualification of the exposed 2. Social accelerator programmes of enterprises 3. Partnership in the municipality, 2nd actor and socio-economic activities 4. New performance-dependent and sustainable payment model The programme simulates profit and loss and payment flows so that we can assess whether the overall initiative has been an economic gain at the end of the project. The municipalities can therefore decide whether the municipal savings can finance</t>
+  </si>
+  <si>
+    <t>Many small and medium-sized enterprises have growth on the agenda, but are reluctant to launch growth activities. Experience shows that there are particular challenges when looking for new markets and developing and adapting business models. This is typically a lack of knowledge of supply and demand conditions in a given market. These can be questions of price formation and competition, distribution conditions, public regulation such as green taxes and subsidies and cultural barriers.The clarification of these issues is necessary to develop and qualify and launch the company’s growth plan. Over the next 3 years, the greenhouse will select potential growth companies and, together with the companies, develop 24 green growth plans that can be implemented in the companies and turn them into growth companies within 5 years. A very comprehensive screening and recruitment programme, as well as an intense development programme with the strongest individual elements from similar projects and programmes, will ensure that companies reach their growth targets.The companies will be screened to ensure that they can contribute to the green transition of their customers. The environment and growth potential are equal and mutually dependent targets, which must be incorporated on an equal footing in the green growth plans.</t>
+  </si>
+  <si>
+    <t>This project focuses on the problem of increasing the number of university students in ECTS-leading project-oriented courses in student start-ups at the Danish universities. The project ensures sustainable activities that can be anchored in the long term and thus implemented and scaled.Through a strong project partnership, sought-after activities are created that have not been solved so far.Partnership: The entrepreneurship fundContact: Jesper Risom,  jesper@ffe-ye.dkKøbenhavn University Anna Vestergård Jacobsen,  anna.v.jacobsen@sund.ku.dkCopenhage Business School : Sophie Birkelund Bech,  sbb.edu@cbs.dkSyddansk University Anne Evelina Larsen,  ael@sdu.dkProjektet is part of a national project and you can read more about the entire project at : https://www.ffe-ye.dk/undervisning/projekt-startup-i-praksis</t>
+  </si>
+  <si>
+    <t>Project Compress aims to help up to 84 SMEs in the manufacturing sector become more resource efficient. The instruments are primarily knowledge and competence development, which must enable employees to translate their knowledge of production processes, raw materials and semi-finished products into efficient use of resources, which also includes the company’s consumption of energy and water. Knowledge and competence development is primarily carried out by the participating vocational schools and academies in collaboration with the participating companies and the other partners in the project, which is nationwide with a broad group of partners consisting of schools, business promotion, advisers, knowledge institutions and the social partners (branch organisations). The regions are also part of the cooperation.Competence development spans a wide range of content from LEAN to project management and from material knowledge to innovation. Training activities are carried out in different ways from learning directly in production to traditional courses with intermediate training with or without e-learning. In order to participate, a company must be assessed as ready to benefit from the resource efficiency effort, which is organised as a specific company project. Similarly, a significant part of the employee group will participate in the development of competences, which also focuses on active employee involvement.The project is in conjunction with SFNP-15-0001</t>
+  </si>
+  <si>
+    <t>Rest for ressoruce – development plans and industrial symbiosis The aim of the project is for 50 production companies to have an individual development plan and to 30 SMEs</t>
+  </si>
+  <si>
+    <t>The project presents a model for collaboration between companies, possibly their customers and knowledge institutions that in synergy create innovation and opportunities for commercial growth through the latest technological and business opportunities within Industry 4.0. The project’s activities thus create overall synergies, links and partnerships between companies, knowledge environments and other relevant specialists in the field. At the moment, there are unique global growth opportunities for companies that are able to take advantage of the opportunities offered by Industry 4.0. The aim of this project is to facilitate innovation cooperation by recruiting SMEs</t>
+  </si>
+  <si>
+    <t>FFI Development will focus on commercially developing and mature new business ideas, models and new products/processes from SMEs</t>
+  </si>
+  <si>
     <t>The aim of this project is to focus on growth through the development of a specific and individual growth strategy and</t>
   </si>
   <si>
     <t>Project companies take social responsibility working with the main activities: Development and implementation of joint programmes for companies and screening of unemployed, recruitment and integration programmes. Among other things, the project will carry out joint programmes for a number of companies that will:</t>
   </si>
   <si>
+    <t>The project will provide more engineers for the Triangle-area companies – specifically Operations Management engineers. A study carried out by the Triangle Area Denmark in 2017 showed that in the last 3 years it has not been possible to fill about 20 % of all advertised engineering positions in private companies in the Triangle area. At the same time, on the basis of the company’s information, it can be estimated that some 5000 engineering posts will be advertised in the Triangle area over the next 5 years. If the development of vacant posts is not changed, in 5 years’ time companies in the triangular area will be able to stand up to 1000 unoccupied engineering positions. For the Triangle area, it is therefore crucial that efforts are made to secure more engineers for the area’s companies.The project applied for will help to upgrade and attract bachelors/professions bachelors working in companies in the Triangle area. The project consists of a combination of the creation of a 4-year Master’s degree programme in Operations Management, where students are also employed part-time in a company, with a binding corporate collaboration. The SDU and the Triangle Area together offer bachelors an attractive package consisting of part-time jobs and part-time Master’s degree in Operations Management. The Business Candidate Scheme is a new 4-year variant of the Master’s degree. In terms of content, the programme corresponds entirely to a normal 2-year master’s degree, but, as mentioned above, it is combined with a part-time employment in a company.The project comprises 5 elements:Education planning: SDU organises part-time graduate training in Operations Management so that the curriculum is distributed in 4 years instead of the normal 2 years.Recruitment of companies: The Triangle Area Denmark screens, identifies and recruits relevant companies to join the scheme.Recruitment of students: SDU assists with recruitment of its own bachelor and alumni, while the Triangle Area Denmark ensures a wider marketing and recruitment of students from other universities and engineering colleges in Denmark and abroad.Matchmaking: SDU and/or the Triangle Area Denmark, through a handheld effort, matches relevant companies’ offers of part-time jobs and interested/suitable bachelors. SDU offers</t>
+  </si>
+  <si>
+    <t>Growth plans for SMEs</t>
+  </si>
+  <si>
+    <t>The aim of this project is to provide entrepreneurs with a basis for developing their businesses and thereby strengthening their ability to survive and create new jobs. Furthermore, the project aims to maintain and strengthen coordinated efforts in North Jutland and to supplement the efforts with additional measures to ensure that there is a uniform offer throughout North Jutland independent of local boundaries and, on the other hand, to ensure that more potential growth entrepreneurs develop their business in this direction. Overall, this will lead to more entrepreneurs being able to meet their growth potential and develop into growth entrepreneurs. The project’s target group consists of entrepreneurs who have recently established or are about to set up their own business. They are mainly identified through their local business office. Prior to approval for the NewBizz project, special attention will be paid to the entrepreneur’s existing starting point as well as the forward-looking growth potential and its scalability as well as the entrepreneur’s ability to trigger this. If a company is approved to participate in the NewBizz programme, the programme’s offer to the individual company will vary proportionally to its growth potential.The project has three main activities divided into three phases and a camp light:The start-up phase, where the entrepreneur’s growth potential is identified.The phase of establishment, where the entrepreneur has a justified objective and motivation to realise one employee beyond himself and a million DKK a year in turn, where entrepreneurs with a clear market and growth potential will be able to bring together the growth potential. The entrepreneur then receives a commitment of up to DKK 15,000 to purchase external advice to reach the goal of the milestone plan. Expected output and effects:2.400 improves their entrepreneurial skills80 % survival 6 months after participation70 % survival rate 2 years after participation</t>
+  </si>
+  <si>
+    <t>The vocational schools have acquired different experiences over the years with the use of digital support for pedagogical practice. This has taken place on the basis of a central framework from the Ministry of Education, the offer of education and student groups by the individual schools, as well as priorities, culture and competencies. This has given schools some general and specific experience in relation to the potentials and challenges posed by the use of digital technologies. Experience with the use of digital technologies shows that it allows students to benefit from the teaching through increased motivation, among other things. The challenges of introducing the use of digital technologies are many, including creating a virtual and digital learning space, gearing schools’ organisation to teaching methods, and developing the skills of teachers to make use of digital technologies.Reflected digital support for pedagogical practice at vocational schools will mean significant changes for the organisation of schools and the competences of teachers. This is a paradigm shift, and the overall changes must therefore be managed as a real change project.The project will focus further on:</t>
+  </si>
+  <si>
+    <t>Co-CREATE Sydfyn II – growth in peripheral areas through innovation and development in maritime and IT industriesThe maritime industries and IT industries in South Funen are established, internationally oriented industries with growth opportunities and potential (EVP). The four municipalities of Svendborg, Ærø, Langeland and Faaborg-Midtfyn want to facilitate innovation and growth in the two EVPs and their value chains through skills development and increased cooperation. Co-Create Sydfyn aims to create growth and thereby more jobs through a coherent, holistic effort in private companies in EVP in the four municipalities, of which three are outlying municipalities. The project contributes to lifting the region’s ambition for the outermost regions to create at least 1 % annual growth in the number of employees.The project also has a national objective. With Funen’s Maritime Cluster’s establishment of Denmark’s Maritime Startup Hub in the future’s IT and maritime entrepreneurial house, an epicenter for the development of maritime startup will be established</t>
+  </si>
+  <si>
+    <t>SMART INNOVATION</t>
+  </si>
+  <si>
+    <t>The project prioritises a group of “exposed young people”. This group includes two main categories of young people. Overall, these young people are characterised by being “on the edge of the labour market”.</t>
+  </si>
+  <si>
+    <t>Many Danish SMEs</t>
+  </si>
+  <si>
+    <t>In the project Young people in Centrum Aalborg, the overall objective is to revitalise the area of youth counselling in UU-Aalborg, in order to develop, test and implement strengthened guidance initiatives that increase the basis for choice, start and implementation of youth education. Efforts are expected to be anchored in the hands of the actors afterwards. It is expected that at least 1,100 young people will participate in the project and that 682 young people will be in training immediately after taking part in the project. It is also expected that 240 young people will have the skills to seek guidance themselves immediately after participating in the project. The project subscribes to a differentiated approach to the target group of vulnerable young people. Therefore, a number of main activities have been set up to support the purpose through the output and effects of the project. A: Establishment of a resource centre for youth counselling in the Educational House</t>
+  </si>
+  <si>
+    <t>The FFBI builds on the experience and results of previous projects and aims to develop an innovation programme for food and bioresources to create new innovative products/services in Danish SMEs</t>
+  </si>
+  <si>
+    <t>Consolidation of Innovation Cluster for Water Technology – Region ZealandThe project’s purpose and expected impactWater is more important to the world than ever before, and there is huge growth potential in developing sustainable water solutions. A strong group of partners, consisting of the main cluster organisations and initiatives within water as well as the strongest knowledge partners, implements in an inclusive process a consolidation of the innovation cluster for Water Technology, which boosts the innovation power of the entire water industry and thus creates more than 71 new innovative companies in the Region of Zealand.The companies find it difficult to familiarise themselves with the many offers and entrances, and the individual cluster actors operate on an uncertain basis with varying business models and funding bases. The consolidation includes the development of new, ambitious innovation initiatives that enhance the ability of the entire cluster to create new innovative SMEs;</t>
+  </si>
+  <si>
+    <t>The project will map resources in Fredericia, where it presents attractive opportunities to develop solutions and concepts for SMEs in waste management. This means that solutions and concepts for waste management must focus both on environmental benefits (including reductions in CO2 equivalents, decreases in GJ and upcycling of materials) and on economic sustainability, so that business concepts can bring economic, green growth to companies.The mapping must be a knowledge base in a number of innovation processes for local SMEs, and companies must, based on innovation workshops in, among other things, design thinking and collaboration between companies and knowledge institutions, create ideas to motivate new ideas. The project will also facilitate the establishment of at least one socio-economic enterprise. Main objective of the project:- Map waste resources with optimisation potential in Fredericia- Develop circular solutions in waste management – Support concept development at local SMEs- Create sustainable growth in Fredericia- To work in continuation of Fredericia’s urban strategy Sustainable Green Urban Development</t>
+  </si>
+  <si>
+    <t>The overall objective of the action is to strengthen the implementation of the EDF reform (with the entry into force of August 2015) in the Central Jutland Region. The project is therefore intended to intensify, strengthen and expand action in the 2 main areas:</t>
+  </si>
+  <si>
+    <t>Export and Internationalisation Programme 2017-2019 in Central Denmark Region – GLOBALmidt 2.0Programme for exports and internationalisation 2017-2019 in Central Denmark Region has the overall aim of creating more growth companies in the Central Denmark Region with a focus on exports. Because these internationally oriented companies are an important factor in the Central Jutland economy. The aim of the programme is to improve regional competitiveness through an intensive focus on companies that can realise international potential. With direct effects on total turnover and employment in the region’s businesses. Companies must experience a success in orientating more internationally.The objective is:</t>
+  </si>
+  <si>
+    <t>Project JEPS’s objective and expected impact:The aim of the project is to document that the most vulnerable citizens can become part of the labour market through a targeted, hand-held effort.- In the project structure, two reports from the BIP (Employment indicator project) have been taken into account.</t>
+  </si>
+  <si>
+    <t>The Social Fund project Digital roads to growth – SME competence will take advantage of the opportunities offered by the European Regional Development Fund and the European Social Fund in order to increase productivity and digitisation in the Region of Zealand. The aim of the project is to meet the growth potential of small and medium-sized enterprises through digitisation, automation and innovation ability with a focus on Region Sjællands Revu’s industries. The project involves 90 of the region’s companies and involves 370 participants in skills development. It is estimated that 333 participants (corresponding to 90 %) achieve a skills boost and higher adaptability leading to higher productivity and innovation capacity. The project supports the Region of Zealand’s Regional Growth and Development Strategy and targets SMEs in the Revus industries (food, construction, logistics, transport, bioeconomy) as a target group. The project will contribute to increased employment in the Region of Zealand by developing and continuing training SMEs in the fields of digitisation, automation and improved innovation skills. The project will also help the participating companies, through their skills and strategic development, to increase productivity and leverage for further growth and employment.</t>
+  </si>
+  <si>
+    <t>Entrepreneurship – Design Business Boot Camp Purpose: The project aims to establish a Boot Camp where national and international design students with entrepreneurial dreams are invited to address the themes of the design venture: Welfare design, sustainable design and play and design. Finally, there will be a boot camp, which will only be themed in 2016 based on the trends shown by the other development of the cluster. An estimated annual turnover of DKK 10.8 million is expected, including DKK 5.4 million in the project period and DKK 5.4 million after the completion of the project. Activities: The Boot Camp will include students in the first year of their Master’s degree programme, and the goal is to find a minimum of twelve design students who certainly have the talent to develop a successful company. These will be invited to be part of</t>
+  </si>
+  <si>
+    <t>Programme for Entrepreneurs 2015The aim of the Entrepreneurship Programme is to increase the start-up and survival rate of entrepreneurs and to increase the number of growth entrepreneurs in the Central Denmark Region as measured by turnover and employment. The project is based on the idea that it is possible to train and motivate entrepreneurs to more trigger their companies’ growth potential. The aim of the Entrepreneurship Programme is to strengthen entrepreneurial skills in terms of running and developing their businesses – including identifying and supporting their businesses.</t>
+  </si>
+  <si>
+    <t>The overall objective of the FFI POP is to contribute to strengthening the competitiveness of Danish SMEs</t>
+  </si>
+  <si>
+    <t>The COMPETENCE Supplification Centre (axis 1) aims to implement growth-oriented skills development for enterprises (SMEs)</t>
+  </si>
+  <si>
+    <t>Symbiosis platform AarhusSymbiosis platform Aarhus is a project that seeks to promote the circular economy of the industry by systematically recycling and saving resources through industrial symbioses. Among other things, the project will create new partnerships and symbiosis between the city’s companies by collecting and structuring data from companies from company surveys and public databases. This project aims to structure the existing sporadic work with circular economy and symbiosis with which the municipality already has interfaces, in order to ensure that more symbiosis potentials are realised, made corrosionable and that the collected data is used smartly and efficiently. Innovative solutions and collaborationThe project focuses on supporting innovation processes to make companies more circular. It may be, for example, new business models or innovative cooperation between two or more companies. Through innovative collaborations, technologies, business models and symbiosis, the project will ensure a reduction in greenhouse gas emissions and energy consumption for the participating companies, thus contributing to Aarhus Municipality’s goal of CO2 neutrality in 2030.The project is a collaboration between Aarhus Municipality’s Climate Secretariat and AffaldVarme Aarhus as well as external consultants. Overall activitiesThe project is implemented through three main activities and related sub-activities.1. Identification of industrial symbiosis2. Realisation of the potentials of symbioses and start-up of innovative development processes3. Dissemination and communication to end-users and enterprises</t>
+  </si>
+  <si>
+    <t>The purpose of the projectYouth initiatives Aalborg will make more young people ready for training and maintained in an upper secondary education by having an increased focus on support in transitions through increased flexibility and collaboration and with an intensive, coordinated effort from the Education House’s case managers and advisors in UU Aalborg. The idea is based on the fact that the municipality has a wide and well-comprehensive range of preparatory offers, which can, however, be made even better by increased flexibility and cooperation between the actors. The cooperation between the actors and the coordinated intensive efforts of the Education House are mutually dependent and will support each other through the project. Activities of the project A flexible mobile coordinating team is created with Jobcenter case managers and UU counsellors. In this team, caseworkers have a limited number of cases and will therefore be able to establish a better relationship with the individual youngsters and be able to make a handheld individual effort. In addition, there will be resources for knowledge sharing and relationship building with the training actors and the preparatory services, so that services can be tailored according to the individual young person’s needs. The intention is that each young person receives the support and continuity of the effort he/she needs and thereby becomes ready for training and maintained in training.A cooperation agreement is developed between the actors, which ensures that financial and administrative barriers do not stand in the way of different bridge-building paths. This ensures the flexible, individual approach beyond the lifetime of the project and will also in future be able to help more young people in the difficult transitions with choice, retention and implementation of education. The project’s financial partners are AMU Nordjylland Aalborg, Job Centre Young and UU Aalborg.The project is a broad collaboration consisting of AMU Nordjylland, Aalborg Municipality’s educational centre (Jobcenter Ung, UU-Aalborg, Social Centre Ung), Training College, TAMU, Aalborg Youth School, VUC North Jutland, several day colleges (AOF, Fokus, Sind, Women’s Day School), Aalborg Youth School, Lille Vildmose School of Aalborg. Project results The project’s performance targets are set at 80 % of participants in training immediately after participation. The project’s experience and results will be closely followed by the Youth Strategy Management Group, which is responsible for the preparation of Aalborg Municipality’s Youth Strategy.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to motivate more young people to opt for vocational training (directly after 9th or 10th grade and from the language centre), to retain more in education and to ensure that more pupils complete the initial training. This will be done through the development of a strong and dynamic educational environment with a general focus on: Targeted counselling – before the programmeMeasured guidance – in the programmeTo increase the students’ innovation competenciesTo strengthen and further develop talent development programmesTo rethink internships. The combined efforts will strengthen vocational training, increase attractiveness, facilitate the transition from primary school to vocational training, raise the level of vocational training and increase cooperation with industry. It also helps to create more internships and there is an increased focus on ensuring that future skilled workers meet the industry’s needs for labour with increased competencies at a high level, including innovation. The physical framework for the project is the Innovation Centre, which will be established on Campus Bornholm in connection with the physical merger of Campus Bornholm’s degree programmes. The Innovation Centre is inspired by Aalto Design Factory, FabLab and Makerspaces – environments where innovation, entrepreneurship, research, digitalisation, technology and entrepreneurship are the focal points. The Innovation Centre will be a creative workshop where students, teachers and companies meet, where new ideas are thought, developed, experimented, tested and realised. The Innovation Centre will both serve as a teaching facility during the school day and play an important post-school role as Open Workshop. The centre will be accessible to anyone who wants to build, create, play, develop and construct together with others. The island’s businesses play a very central role in the project. There is therefore an increased focus on ensuring better and broader cooperation with enterprises, as their participation in the project helps to ensure that the quality of vocational education and training is increased. A more efficient collaboration between business, school and pupils will help to create more internships, a good network and, in the long term, more skilled people, who will benefit both students and the business community.</t>
+  </si>
+  <si>
+    <t>Purpose: To ensure future growth and well-being by helping young people with serious challenges to start and complete education through social inclusion.The project consists of 5 overarching activities: A club offer, abuse advice, the offer “Become trade competent”, the offer “Transition to education” and the establishment of cooperation with psychiatry. The overall offer must include and collect young people so that they become part of healthy networks through the club, which at the same time becomes the young people’s way into the offer section “Become Handle Competent”, where the young people work together with competence pilots to solve their individual challenges. Some of these challenges can be psychological and young people can be treated in local psychiatry. They may also be abused (known or unrecognised). In these cases, special attention will be paid to this through special efforts and cooperation between the job centre, local psychiatry and the treatment of abuse, so that the young person constantly receives the optimal effort from all parties. When the first challenges have come down to a level where the young person begins to be ready for training, they pass to the “Transition to Education” section, where special attention can be paid to their start-up training, so that they do not always meet with pressure to pass an exam from day one. In addition, there will also be a special cooperation with retention staff at training sites to ensure that young people are not released by an agency until good contact has been established with the next and it is ensured that the young person has been included in a new network.In relation to other municipalities in the region, Langeland has a large proportion of young people who are not expected to start training within a year. This is due, among other things, to a large influx of young people to the municipality. The offer is intended to ensure that these young people, who have often suffered more defeats, move on in life with education and that they are able to become active citizens with experience, education and employment, thereby helping to ensure continued growth in the region. The overall offer is based, among other things, on experience from the project U-Turn in Copenhagen as well as past and existing projects in Langeland Municipality.</t>
+  </si>
+  <si>
+    <t>This Regional Fund project</t>
+  </si>
+  <si>
+    <t>The aim of the project is to help small and medium-sized enterprises with green and circular business development. The goal is for approx. 100 companies to have a circular potential assessment, of which 70-90 companies develop green and circular business models that can lead to energy and resource efficiency, improved competitiveness and growth potential. Small and medium-sized enterprises with potential and motivation for energy and resource efficiency and circular economy can participate, but special tracks have been developed for companies in the construction and experience industry with the participation of strong industry actors. The project offers two possible business processes that depend on potentials and motivation for business development. Through intensive consultancy, 40 % of companies will develop a new business model based on circular principles focusing on value chain cooperation (circular business model). 60 % of the companies will optimise their business model (theme-specific business model) through networked processes within specific themes such as food waste, green logistics, environmentally-optimised packaging. All companies will be offered an energy check and a potential assessment. The development of the business models takes place with the assistance of consultants and is supported by the project’s partners, among other things through development workshops and theme-specific workshops and initiatives. Companies have the opportunity to seek investment support for implementing the green business model. Gate 21 is carrying out the project together with municipalities, industry organisations, knowledge partners and energy actors. The project partners have a high level of contact and knowledge of the companies and are partly professionally strong in specific areas of the green business model. There will be continuous and structured learning collection in the project with a focus on spreading and anchoring the efforts of the companies and project partners after the project period. The project also receives broad support from SME organisations, industry actors, value chain actors, additional municipalities and large companies that can support the diversification and anchoring of the project. The effects are quantified in relation to CO2, energy and resource efficiency improvements as well as qualitatively through learning and anchoring analysis at companies and partners.</t>
+  </si>
+  <si>
+    <t>Digitisation I FagetDeveloping a digital mindset in vocational education and trainingThe project raises the professional level and increases the prestige of vocational education and training, making them more attractive to skilled learners, while getting more skilled skilled with relevant and up-to-date competencies.The project complements the efforts of the two centres of knowledge located at vocational schools in Southern Denmark in the commercial and sosu areas. The work starts with identifying companies‘needs for digital competences.The digital mindset is created through four activitiesThe students’ digital mindset starts with updating the teachers at the digital and technological level of today and the future within their subjects with subsequent further development of their teaching material to match the reality the students meet in the companies. The effort affects all pupils taught by the teachers concerned.The students participate in interdisciplinary technology days across schools and programmes. They test professional-oriented technology with professional relevance, and get a better understanding of their own and others’ subjects, a broader holistic understanding and a better background for collaboration across subjects.The students make projects about the technological present/future organised as workshops with practical, case-based tasks that provide a better overview of the digital and technological development within their own subjects.The students communicate their knowledge in the technological/digital area and thereby achieve both a deeper understanding of the region and the opportunity to explore the complex issues of collaboration. A minimum of 140 teachers will update their digital mindset and review and further develop their existing teaching materials. The effort is anchored in schools and continues with the activities for pupils and updating of teachers’ knowledge. Participants in the project are Campus Vejle, BC Syd, Tønder Commercial School, Haderslev Business School, IBC, Hansenberg, Dalum</t>
+  </si>
+  <si>
+    <t>Scale-up Denmark The objective of Scale-up Denmark is to create more high-growth companies by strengthening regional specialisation within the business sector, so that the regions’ strength positions are supported. The initiative is inspired by Team Denmark’s work to develop top athletes by training the best intensively, so that some of them become elite athletes. In the same way, Scale-up Denmark is about the best growth companies taking part in an elite training programme where they are trained to become the elite of the future within their area. The plan is that 298 growth companies will participate in the process from the Central Denmark Region, the Capital Region of Denmark, the North Jutland Region and the Region of Southern Denmark. The expected effect of Scale-up Denmark in the four regions is that 75 % of participating growth companies continue to achieve an annual growth rate of 20 % after the project period has ended. This is achieved through an interregional deployment where ten acceleration environments are established in the regions, where growth companies in each of the regional specialisation areas can participate in the elite training programmes. Initially, the operators recruit and select growth companies both nationally and internationally. This broad recruitment effort is important to ensure that the best growth companies with the highest growth potential are identified and activated. The training programmes are targeted at the individual company’s needs to ensure that they get the most out of the training, where operators and growth companies identify how best to organise a training programme for them so that they can scale up the company as much as possible. Relevant activities in the training programme may include the purchase of external advice, assistance in obtaining external financing, involvement of existing companies or maturation for exit. Involvement of existing companies is central here, as the success of Scale-up Denmark depends to a large extent on how well the ecosystem is activated. In addition, during the training programme, a growth plan is drawn up that maps out how the company is to be scaled up after the training has ended. It also identifies how the scale-up is expected to be reflected in turnover, job creation and exports. It is also fundamental in Scale-up Denmark that it is a sustainable initiative, which is why the focus is on the establishment of a sustainable business model that will continue even after the project period expires.</t>
+  </si>
+  <si>
+    <t>Cross-border mobility The project is linked to the European Employment Service Network EURES, thereby contributing to the reform of the network launched by the European Commission in 2012. The aim of the reform is to support the EU</t>
+  </si>
+  <si>
+    <t>Back injuries are an increasing problem in Denmark. At a given time, about 12 %, corresponding to 250,000 working people, are affected. The number of back pains is much greater. The consequences are often reduced efficiency, sick reporting and, in the worst case, loss of ability to work. PreCure wants to develop the product PreCure Back, which helps to prevent this by warning the user when muscle activity and joint placement are potentially harmful. The product will consist of a shirt with sensors, an application and an algorithm in a cloud-based solution. PreCure back assesses the load and provides the user with feedback via application on phone, computer or feedback directly in the sleeve if the load is assessed potentially harmful. In this way, the user is expected to change inappropriate behavior over time and thus prevent damage. In addition, PreCure Back can also be used to improve rehabilitation efficiency. The algorithm will contain pattern recognition to predict inappropriate movement patterns. Finally, data from users will fine-tune the algorithm so that feedback becomes more accurate over time. The Structural Fund project will ensure a user-driven innovation process in which the prototype of the entire product containing shirt, algorithm, application and data collection is completed. In addition, the project will provide an impact study demonstrating PreCure Back’s relevant behavioural and harm prevention effects.PreCure expects 40 new jobs on Bornholm 5 years after market introduction to production, administration, sales and product development.</t>
+  </si>
+  <si>
+    <t>Fuel is a 3-year project carried out by the six partners: Frederikssund Municipality, Frederikssund Occupation (FE) and four vocational schools: TEC, SOPU, Esnord and KNORD. The idea behind FUEL is that we need to work across traditional organisational divides if we are to succeed in overcoming one of the major challenges of the Capital Region: companies lack skilled labour, while fewer and fewer pupils are applying for – and do – vocational training. Falling searches for vocational training, low completion rates and imbalances between supply and demand in pupils’ searches, and the availability of training places by companies require innovative and holistic efforts if the target of 30 % of young people to apply for the 2025 ED is to be met and if companies are to have access to skilled workers now and in the future. That is the agenda that FUEL addresses. The framework for the project’s efforts is that all activities stem from a cross-disciplinary, coordinated and binding cooperation between the municipality, companies/business and vocational schools, focusing on the expanded campus around Frederikssund. Fuel takes into account the breadth of stakeholders’ interest, competences, knowledge and demand – a prerequisite for creating change together. In concrete terms, FUEL launches a number of activities that together support pupils‘choice and learning processes that take place in the three phases of the students’ life: Before the selection of education, during the ED training and after completion of the basic course. And not least in the transitions from time to time. The L in FUEL stands for the Learning Environment. Learning for the students participating in the project</t>
+  </si>
+  <si>
+    <t>From YOUNG ON THE edge to YOUNG WITH KANTThe target group for Young People with Edge is the residual group, which is the most vulnerable young people and makes up about 6 % of a Danish youth age. The project will work with 320 of the most vulnerable young people in 8 municipalities in the Capital Region of Denmark; out of a total of around 2 150 young people of the region’s almost 21 000 young people between the ages of 15 and 29 who are without education, outside the labour market and are not self-supporting. It is expected that 70 % of the 320 young people in the project will achieve readiness for training and (partially) labour market readiness, and 50 % of the 320 young people will start vocational training with indicators for completing the training. At the same time, the young people on the edge are also YOUNG WITH KANT. Young people carry a high complexity in their problems, but they also come up with experiences, abilities and dreams that can be the driving force for achieving a sustainable way of life. It is the task of professionals to promote the personal and professional development of each young person towards self-sufficiency. The path for young people is individually organised, supported by strengthened counselling. Individual DEVELOPMENTS, Link Responsibility FOR YOUNG &amp; DEVIDED WAYSThe individual programmes are designed together with the individual young people and are coordinated between the relevant professional professionals. During the course, especially during difficult transitions, young people’s mastering strategies, motivation and capacity for relations are worked on. Thanks to the extended individual guidance, some 50 % of young people will be able to follow the path through preparatory initial training (FGU) into vocational training (EDD). The remaining 50 % are expected to need prior and parallel support in the form of the municipalities’ services.The project will establish a chain responsibility for this extended guidance from training, via the FGU to the start of the EUD. The various professionals are brought together to develop common approaches and methods in the context of the new Municipal Youth Initiatives (kui). Key people will be the new ‘contacts’ in Kui. The function of the contact persons will be extended from organising the interventions exclusively for the individual to guide young people, designing meaningful individual programmes with them, and following the individual youngsters closely through the different stations in their lives.PARTNERS and PROCESThe project takes place in 8 local consortia, each consisting of professional professionals from counselling, employment, social affairs, FGU, EUD and other actors as required. Young people with edges provide a framework for continuous exchange of experience between consortia.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to support and accelerate product, concept and solution development within Industry 4.0, Data and Digitalisation, thereby creating growth in Danish small and medium-sized enterprises.In order to succeed, the sub-projects must go through four phases: H1; which is the qualification and establishment of cooperation; H2; which are the development of new products/solutions and concepts; H3; which are test and user involvement and H4; which are tests of usability, security and market potential before final commercialisation. The project is anchored at Væksthus Syddanmark, and has been developed in collaboration with Sønderborg Growth Thread, Danish Technological Institute, Business Academy Lillebælt, Design2Innovate, Odense Robotics, Triangle Area Denmark, University of Southern Denmark, CLEAN and RoboCluster, and the project is open to further relevant participants, such as ITD. The project is designed in such a way that it is the competencies that the companies need to succeed with their development projects that will be made available. Companies get guidance from the project to complete an application template of max. 10 A4 pages, inspired by the requirements of the Horizon 2020 SME Instrument. An independent committee with relevant competencies assesses which projects will be able to deliver the best results cost-effectively and grants accordingly.The project’s expected effects are that at least 12 products/solutions/concepts must be brought to a stage where they can be commercialised. The potential for growth is great, and the project will therefore deliver an annual Mér-turn of DKK 360 million, an annual increase in exports of DKK 180 million, and 120 new jobs based on 12 new products, solutions or concepts.</t>
+  </si>
+  <si>
+    <t>Based on the Industry 4.0 strategy, the aim of this project is to maintain and create more jobs through targeted innovation processes that are based on the participating companies’ specific technological needs and competencies. Once an inventory of the company’s technological level has been carried out, a technology agreement is concluded which provides general instructions for innovative upgrades under the Industry 4.0 concept. Innovation is being redeemed in close partnerships between companies and knowledge institutions with a view to developing new innovative solutions and products. This is the starting point for this initiative, which Jammerbugt and Vesthimmerland municipalities will launch in collaboration with 30 potential growth companies from the local business community, the local business offices and Aalborg University (AAU). AAU is home to groundbreaking research in Smart Production. Northwest Smart Production is not a research project, but will actively translate the latest research into practice for the project’s companies. The focal point of this recovery is legitimate entry into both enterprise and research communities. The methodological approach to this project differs, above all, from other similar innovation projects in that companies are guided throughout the innovation process, from the very beginning where they mapped their potentials for innovation until they have a solution to implement new innovation processes and products close to the market. Throughout the course, the focus will be on ongoing orientation, exchange of experience and knowledge dissemination through targeted workshops and information meetings. In addition, the major public events will contribute to the Industry 4.0 concept being settled among the region’s companies and other interested parties. It is also important to highlight the idea behind the recruitment of the special Technology Liaison Officers (tLOs), which, if any, must act as catalysts for boosting companies’ innovation processes and, above all, be competent bridge builders between companies and knowledge institutions, together with the local business service. The companies will be composed in 9 partnerships that will identify a corresponding number of innovation concepts for specific tests at the AAU. The impact is expected to result in 25 upgraded innovative companies, 20 new jobs, 80 new employees in existing functions and 8 new companies.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to support and accelerate product, concept and solution development and thereby create growth in Danish small and medium-sized enterprises. The project aims to recruit 72 SMEs</t>
+  </si>
+  <si>
+    <t>The aim of the project is to develop new solutions within health and welfare innovation in North Jutland. The project will ensure the implementation of at least 15 public-private innovation projects in the field of health technology, with the participation of the North Jutland knowledge institutions.The main activities of the project include a matchmaking between public – private and knowledge institutions, screening of project ideas and implementing projects that develop new solutions for health and welfare.The projects are affected by open workshops where needs, ideas and results are shared.</t>
+  </si>
+  <si>
+    <t>Project Science II aims to ensure quality of social and health education through the dissemination and testing of study-based educational/didactical teaching practices in science subjects. The quality boost will be implemented for 100 science teachers at 8 vocational schools in Jutland, which together create the framework for a new teaching practice in which the active learner is at the centre. Teaching practice is tested with 2000 pupils divided into the 8 vocational schools in Jutland. Through pedagogical/didactical development and sparring on pedagogical days and networking activities for the 100 teachers, a common digitally supported learning material is developed to make science more accessible to our students. The students will experiment more in the class and they will work with current issues from the industry they will then go out and work with.But an increased quality in science teaching we expect to be able to reduce the drop-out on social and health education. Through 18 role models, distributed geographically at the vocational schools, the project will create new student narratives, so that the scientific focus of the programme becomes clearer, both for pupils and other players in the industry.In this way, the project contributes to ensuring qualified labour for the area, which is currently characterised by a shortage at national level.The project has 3 main activities:</t>
+  </si>
+  <si>
+    <t>The project aims to implement energy and resource optimisation in a network of three North Jutland process companies and at the same time introduce new systems and tools in the companies, which will be a new tool in the companies’ work to implement energy and resource optimisation. For many years there has been focus on optimisations in process companies (e.g. LEAN) including energy savings, environmental impacts and so on. However, the potentials for implementing resource efficiency improvement that can be felt on both the environmental account and bottom line have been met only to a limited extent. Virtually all companies have large amounts of information and data on processes and consumption available, but hardly anyone manages to use this data in a forward-looking improvement work.The project’s partners want to introduce new intelligent models, systems and methods that can integrate the work on resource optimisation into planning. We want to introduce in the three participating companies a solution and a concept that will become the daily tool of the production manager or planner to optimise the use of resources before production is started – that is, before resources are used. This will be completely innovative in companies, but at the same time the necessary steps to get resource optimisation on the agenda in the environment where decisions on production are taken. Previously implemented projects have shown that the integration of resource use in the planning phase can have an improvement potential of up to 15 %. The project is carried out in close collaboration between Aalborg University, Integrate and three process companies Aage Vestergaard Larsen from Mariager, Nordisk Parfumerivarfabrik from Hobro and the window factory PT Windows from Aabybro. Together, the partner community will represent both the knowledge-based, technical and application-oriented background to make the project a success that delivers the set objectives of resource-efficient SMEs and the project’s objectives of achieving resource savings and improving competitiveness.</t>
+  </si>
+  <si>
     <t>The project Strategic Competence Development educates and upgrades at least 190 owners, managers and employees in min. 50 companies in min. 72 courses to choose better boards, perform better management, execute strategies, and ensure excellent professionalism among employees. The project is aimed at Southern Danish small</t>
   </si>
   <si>
-    <t>SMART INNOVATION</t>
-[...11 lines deleted...]
-    <t>FFI Development will focus on commercially developing and mature new business ideas, models and new products/processes from SMEs</t>
+    <t>Cross-border mobilityThe challengeIn some cases, Danish companies may find it difficult to find qualified labour in the Danish labour market. This applies in particular to specialists in industry, IT, health and biotechnologies. The global competition for the best employees is tough, and the lack of qualified labour can be a brake on the Danish economy.The primary objective of the project is therefore to strengthen and renew efforts to recruit and retain highly qualified labour from abroad, as a contribution to growth and welfare. This takes place in the three Workindenmark centres in Copenhagen, Aarhus and Odense. However, the Danish unemployed who are interested in working abroad are also in the focus of the project. At the same time, there is a renewal of organisation, with the focal point of the Labour Market and Recruitment Agency, with a view to supporting JOBCENTRENES efforts on international recruitment.The project is linked to the European Employment Service Network EURES and contributes to the reform of the network launched by the European Commission in 2012. The aim of the reform is to support the EU</t>
+  </si>
+  <si>
+    <t>The project tests self-driving electric shuttles to connect people to new light rail stations in LOOP City. It aims to make public transport more convenient and sustainable. The shuttles complete thousands of test kilometers, providing valuable insights for future use in Greater Copenhagen.</t>
+  </si>
+  <si>
+    <t>The MARITIME of the future The project aims to increase the number and level of competence of maritime craftsmen, so that the companies in Blue Denmark will also ensure good growth opportunities in the future. This will be done through three areas of action: Target and tone vocational education and training in this way they address the maritime companies’ skills needsIncreasing more and more skilled pupils for the vocational training courses relevant to the maritime sectorCreate more internships at the maritime companies The project aims to support the implementation of the vocational school form and solve the problem of future shortages of vocational training in the Capital Region of Denmark. This will be done with an effort in relation to the maritime industry, which is one of Denmark’s strongest and most value-creating industries. More than 40 % of the employees in Denmark have a vocational education.The Maritime Crafts of the Future support the vocational school form’s objective that more pupils should choose vocational training, that the retention of pupils should be increased, that more company placements should be created and that all pupils should be challenged. In this way, the project will work to maintain the level of competence and thus the strength of the maritime cluster in the Capital Region of Denmark and at the same time contribute to the completion of vocational training by more young people.</t>
+  </si>
+  <si>
+    <t>SMEs:ProfessionalisationThe aim of the action is to increase the competitiveness of enterprises through professionalisation. A professional and growthable SME has a transparent organisational structure where potentials and resources are utilised at all levels to develop business and increase enterprise productivity with a view to scaling. Of the large group of established owner- and family-led SMEs</t>
+  </si>
+  <si>
+    <t>The project contributes to meeting the region’s and Growth Forum’s objective of more young people completing technical vocational training. The 600 participants have a secondary school background, but either have not applied for a higher education or have dropped out. Studies show that the target group accounts for about 10 % of a student year – over-represented by HF and HHX. Companies/organisations and schools select 8 technical vocational training courses in industries with particular demand for skilled workers. They are selected mainly from industrial technicians, blacksmiths, automatics, plumbing, automatics and process, process operator, industrial operator, electrician, automatic technician, carpenter, mechanic, toolmaker and plastic maker. Education is coordinated between schools so that each education is carried out somewhere in the region. The basic programme and the main course are described in cooperation with the academic committees, so that the students get a temporal shortening of the school periods. The effort is based in 3-4 local networks with a local ropeholder. The project carries out the following activities:Young people from the target group and supervisors who know them well take part in workshops where they find messages that can bring young people to reflect on the perspectives of choosing vocational training as a career path. The messages are translated into words and images and are sent through the channels that the target group themselves designates, including social media.Work groups with counsellors from Student Choices, Job Centres, Higher Education, Higher Education and Business Schools plan the recruitment process and inform widely about the possibilities.The vocational schools develop teaching material and form so that learning is done through case- and problem-oriented material that incorporates digital media and new learning technology. Teachers produce 2 video lectures per week of instruction per training course, a total of about 800 videos. The videos are used for partly self-study with teacher availability. Teachers organise the teaching to reflect everyday life in the companies, where teachers facilitate the learning process based on situational management.The developed courses start every six months at times when the students have to start something from experience.</t>
+  </si>
+  <si>
+    <t>The project will result in pupils in vocational schools, the EUD and vocational upper secondary education, through training courses, acquiring entrepreneurial skills and getting more courage to start up their own business. In other words, the aim of the project is to strengthen the proportion of young people in vocational schools who have the courage and competencies to start up their own business, based on their vocational training. The prerequisite for this is considered to be a targeted development of training courses in entrepreneurship and an associated upgrading of selected trainers and supervisors. The project’s main activities consist of:- Development and implementation of teaching courses that lead towards real entrepreneurship in pupils after completion of education – Upgrading of trainers in relation to day-to-day entrepreneurship- Implementation of entrepreneurship based on the project’s skills and knowledge objectives. O Product and concept development, which aims to enable the learner to implement value-creating processes on Customer and Competitor Clearing, as well as clarification of customer relationship, which aims to enable the learner to develop a relevant marketing strategy for a relevant customer segmento Resources and networks that aim to enable the learner to analyse the needs for resources towards a viable business organisation Establishment and career clarification that aim to enable the learner to relate to their own training and career opportunities in order to establish local business experiences. — Spreading knowledge and experience to youth education institutions at national level, which are not initially involved in the project’s development work.- Evaluation and dissemination of the project’s results and experience.Out of a minimum of 1,000 young people who are upgraded in entrepreneurship through the project, it is expected that 800 young people estimate to have strengthened their entrepreneurial skills. It is expected that at least 160 of the participating young people choose to start up their own businesses immediately following their participation in the project.</t>
+  </si>
+  <si>
+    <t>Maritime industries are among the most important for exports, job creation and growth. Denmark, despite its modest size in the Superliga, is the world’s largest maritime nation.In North Jutland, maritime industries are among the most important based on the same parameters, and in North Jutland alone there are about 400 maritime companies and around 15,000 jobs.In addition, the industry has been acquired in growth, as underlined by massive expansion projects in Frederikshavn, Skagen, Hirtshals and Hanstholm. The RN and Growth Forum support the continued development of the maritime cluster and have entered into a growth partnership agreement with the government. It is about growth in job creation, the level of competence and the economy. But in spite of the fact that maritime power is a position of regional strength, which to a large extent accommodates growth opportunities in the outermost regions of the region, there is no provision for maritime entrepreneurs in Jutland.At the same time, we hear from established companies in the industry that you would like to get in touch with entrepreneurs in order to focus on the themes and challenges in the industry – but you don't know how.We want to do something about this with this programme. We want to find and develop 15 of the most prospective maritime entrepreneurs with the greatest growth potential.At the same time, we want to engage in mentor/co-create collaboration with 10-15 maritime lighthouse companies, which will be part of the individual development cycles unpaid. We expect that this constellation will be win/win for all parties – that it will contribute to critical mass for the program, so that we can find the best possible startup candidates. Both are backed up by the recommendations of the Government’s Blue Growth Team, which point to innovation and a special effort for maritime entrepreneurship as key areas to meet the industry’s growth potential.The project is expected to run for 3 years with a team of 5 start-ups each year – a total of 15.The first 3 months of each year will attract/select this year’s 5 best maritime start-up candidates. The programme then runs April-Dec in a 9-month development programme, where the candidates are run through an intensive individual and collective development programme with business development, financing and ad hoc specialist assistance. After that, they are ready for marketlaunch and ready to contribute to innovation, growth and job creation in the maritime industry.The project is run by the maritime cluster organisation, MARCOD.</t>
+  </si>
+  <si>
+    <t>Based on the Internet of Things (IoT) and associated digitisation technologies, the IoTS project aims to develop and test an innovative concept for energy-efficient and overall management of floor heating, ventilation and lighting. The concept makes it possible to connect, integrate and control systems of different types of devices through the Internet. The objective is to provide a more energy efficient and user-optimised operation through a flexible and easy integration of several appliances and different subsystems’ control and regulation. IoTStyring creates the possibility of a user-friendly automation system located in the cloud, which provides significant energy savings through automatic customised regulation.The concept is developed in an innovation collaboration between five private companies, University of Southern Denmark and business promoters CLEAN and Sønderborg Growth Thread. As a basis for the IoTS typing concept, the first step is to analyse the possibilities for automation systems using IoT digitisation technologies. Against this background, an innovative concept is being developed for automatic user-adapted regulation of energy-using appliance systems. In parallel, there will be intensive work on technical innovation efforts in the fields of connectivity, interoperability, customised control, and automation systems located in the cloud. This generates new knowledge and skills targeted at key elements that are a prerequisite for the development of the IoTS concept. In this context, the concept is tested under operational conditions.With the IoTStyring concept, it is largely an automation system where components/subsystems can be integrated immediately, and automatic user adaptation leads to new energy savings. The IoTS-tying concept is linked to and exploits the explosive growth in demand for Internet-linked products and solutions.</t>
+  </si>
+  <si>
+    <t>Purpose of D2i</t>
+  </si>
+  <si>
+    <t>Development of outdoor tourism on Bornholm: Destination Bornholm establishes a cluster collaboration with public and private partners, which includes private companies, public authorities, representatives of associations, and knowledge and advisory institutions.The cluster project aims to create innovative companies. The strategy work and a common vision of outdoors on Bornholm, together with company and product development and value chain collaboration, will provide a sustainable development of outdoor tourism and make it a signature for Bornholm. .Organisation of the projectThe activities in the project take place in three different forums, the Strategy Group, the Outdoor Cluster and the group of companies in the special process of value chain collaboration.Each forum has its own meetings, however, there is a partial coincidence between the meetings in the outdoor cluster where the companies in the special value chain collaboration also participate. The long-term effects of the project will be: Season extension through increased number of events, courses and miniferies in pre- and postseason. New jobs based on increased demand for outdoor products and increased tourism outside the high season.Strengthened branding of Bornholm as an outdoor island, by having a clear strategy with selected target groups and a clear promise to outdoor tourists Bornholm wants to attract.15 new innovative companies that have introduced new products to the market.As expressed through the organisation in the three forums, the results of the project at several levels, the strategic, in the extended outdoor cluster and in the companies that choose to invest in strategic development are anchored.</t>
   </si>
   <si>
     <t>IT’S A COMPASS.    The aim of the project is to create jobs. The project aims to create growth, productivity gains and employment in South Danish SMEs through a range of skills-generating activities for the participating companies. 200 company screenings and 145 SMEs are carried out</t>
   </si>
   <si>
-    <t>The aim of the programme is to help SMEs to increase their focus and readiness for export through advisory processes; the programme’s activities will result in the development of growth plans for the participating SMEs, which will include instructions on the potential for internationalisation of the individual enterprise and a description of the challenges/barriers to which the representative enterprise must be addressed in order to strengthen the company’s competitiveness through increased internationalisation.The aim of the present programme will be achieved through a number of focused activities:BasecampsWorkshopsIndividual growth paths/subsidisation volumes</t>
-[...17 lines deleted...]
-    <t>Growth plans for SMEs</t>
+    <t>The project aims to improve the competitiveness of small and medium-sized enterprises by developing green business models to increase energy and resource efficiency in companies through facilitated industrial symbiosis. The project area covers the postcode 9220 Aalborg Øst, which contains large industrial and industrial areas. The project has three main strengths in achieving its objectives: 1) The project is an innovative systemic approach to industrial symbiosis that highlights significant potentials that have not previously been in focus. 2) The project is driven by a strong local commitment to improve resource and energy efficiency among enterprises, where among other things the local business network plays a central role.3) The project builds on existing initiatives to use environmental conditions to improve the competitiveness of the area’s businesses, among other things focusing on improving framework conditions. It is expected to support the development of business opportunities and subsequent implementation. The project identifies the potential for energy and resource savings on a</t>
+  </si>
+  <si>
+    <t>Future IT skills.ICT companies working in the region’s business area</t>
+  </si>
+  <si>
+    <t>The socio-economic company Enterprise Sport A/S and the vocational training institution Tietgen’s competence centre are part of this project of innovative cooperation. The project aims to test and disseminate an integration model which, through socio-economic enterprises, improves and increases employment for people on the edge of the labour market. The parties to the project complement and complement each other on crucial parameters such as private enterprise and vocational training institution.</t>
+  </si>
+  <si>
+    <t>The purpose of Step Up is to contribute to a formal empowerment for small SMEs in the Capital Region, especially in the tourism, trade, transport, installation, energy and environmental technologies sectors. The project will screen 600 SMEs</t>
+  </si>
+  <si>
+    <t>Social inclusion through growth partnerships: The aim is to integrate people with limited or no links with the labour market into the working community through employment-enhancing activities. The project is carried out throughout Denmark. The aim is to demonstrate an effective and scalable method of getting vulnerable unemployed into employment. The target group is vulnerable people far from the labour market and small and medium-sized socio-economic enterprises.  The project builds a bridge between those who have the vacancies and the people who, through upskilling and training, can compete the jobs. Bridge construction takes place through partnerships in the municipality, 2nd actor and social economy business.The project is built on four coherent main activities. 1. Qualification of the exposed 2. Social accelerator programmes of enterprises 3. Partnership in the municipality, 2nd actor and socio-economic activities 4. New performance-dependent and sustainable payment model The programme simulates profit and loss and payment flows so that we can assess whether the overall initiative has been an economic gain at the end of the project. The municipalities can therefore decide whether the municipal savings can finance</t>
+  </si>
+  <si>
+    <t>The purpose of the Business Development Programme is to create more Central Jutland companies that realise international growth potential and support companies in:- Develop clear market and growth strategies-Build international networks- accelerating international growth and competitiveness- Increasing exports, earnings and employmentThe overall rationale is that companies perform better when setting clear goals for development and growth through a focused business strategy, and when it is possible to draw on relevant external knowledge resources. By means of targeted inputs of inspiration and knowledge, awareness can be created about previously unrecognised growth potentials. The aim of the Central Jutland enterprise development programme is to improve regional competitiveness by increasing the number of growth enterprises- to increase the number of innovative small and medium-sized enterprises- that the target group sees the business promotion system as coherent and competentThis is fleshed out through the activity objectives, so that in 2015-25 collective training programmes- basic module with 270 participating companies- 12 collective training programmes, training camps with 120 participating companies- 65 individual counselling programmes- 8 growth pairing programmes- 4 growth groups with 24 participating companies- 36 partnerships with 24 participating companies.</t>
+  </si>
+  <si>
+    <t>COMPETENCE Supplification Centre 2.0 is to continue the work begun by the one-year project COMPETENCE Supplification Centre. Here a job was started which consisted, on the one hand, of solving the skills supply needs of small and medium-sized enterprises and, on the other, of starting development work in the form of combining the three policy areas (business, employment and training) in local coordinating cooperation (LCS). Work in the centre of COMPETENCE has been followed by CARMA, which produced the ‘Partnerships’ report, May 2016. This report provides a wide range of recommendations for the continuation of the project. The application is based on the Regional Competence Development Programme 2017-2019 and sets out three (four) areas of action for the future COMPETENCEF Supplification Centre project. The priority areas shall be:1. Strengthening the skills strategies of enterprises2. Attraction and retention of talents3. Continuing training In addition to COMPETENCE, there is a special effort to develop the partnership.There are 5 main activities:Activity 1: Recruitment of SMEs, Activity 2: Working on competence strategies in enterprises with declarations of intentActivity 3: Implementation of competence development of employeesActivity 4: Implementation of competence development of managersActivity 5: Implementation of the allocation of labour to SMEs The expected quantitative results of the five main activities in 3 years are:1. Development of partnerships and recruitment of enterprises (Activity 1: 600 growth companies are contacted)2. Strategy development (Activity 2: 150 growth companies work with competence strategies and skills development) 3. Skills development (Activity 3: 500 staff member in continuing training and activity 4: 50 managers in continuing training) 4. Attraction and retention of talents (Activity 5: 15 interventions for highly educated and others</t>
+  </si>
+  <si>
+    <t>Project description: The NEXT STEP framework and its implementation are based, inter alia, on a number of critical assumptions, which are at the same time fundamental assumptions to be taken into account in reconciliation with target audiences and stakeholders in order to achieve the programme’s performance objectives:</t>
+  </si>
+  <si>
+    <t>MTIC circular co-creationMTIC circular co-creation establishes 15 innovation collaborations between companies (providing health and welfare services), research and education institutions (AU and VIA) and hospitals and municipalities in the Central Jutland Region. After the end of the project period, 15 new concepts, prototypes or solutions have been developed, which companies can continue to commercialise and market. Up to 45 small and medium-sized enterprises participate in the innovation collaborations. The companies will undergo a structured and facilitated process in which their joint business page for a new product for the health and welfare sector is screened, assessed and tested in relation to operational needs, development of concept and check of technology, market research and assessment of the possibility of the final product actually being bought and operational in the public health and welfare sector. The product’s global potential and potential for further funding will also be assessed along the way.The project gives companies optimal opportunities to test their ideas and develop new products for the health and welfare sector in close collaboration. The companies are to be found in the intersection of health technology companies and companies working in food, ICT or creative industries.MTIC circular co-creation is a collaboration between Region Central Denmark, Aarhus University, VIA University College and 14 municipalities in Central Denmark Region. The project focuses on involving the knowledge and competences of all relevant parties at the right time in order to develop the best possible new concepts, prototypes, solutions or business models, which can at the same time make operations in the public health and welfare sector more efficient.</t>
+  </si>
+  <si>
+    <t>The project deals with collaborations between companies, their customers and knowledge institutions to exploit the use of Big Data for new products and solutions.The project has 3 main activities:- Innovation collaborations- Dialogue with potential users- Recruitment of companiesInnovation collaborations are the primary purpose of the project, where the other areas support and a prerequisite for the successful implementation of these collaborations. The aim of innovation collaborations is to explore concrete innovation projects in a small number of companies, thereby creating new innovative products/enterprises. Dialogue with potential users ensures focus on the specific needs of companies and the market/customers, which guide innovative efforts. Recruitment of companies ensures that companies participating in innovation collaborations are motivated and have an innovation potential. The dialogue with potential users and recruitment addresses a large number of companies who, through participation in events and online groups, become acquainted with the Big Data area and can therefore assess whether it will be interesting for the company to exploit Big Data either now or in the future. The dialogue will focus heavily on the gains that can be achieved through the use of Big Data. The effect will be to create new innovative products in the IT industry as well as in other industries through cooperation between SMEs and knowledge institutions and GTS institutes. There will thus be a number of the companies involved who, through the use of Big Data, receive new and growth-generating products as a result of the project.</t>
+  </si>
+  <si>
+    <t>Odense Municipality has a vision of being Denmark’s greenest metropolis.Odense Municipality and Water Centre South have a common goal for the project to reduce energy consumption and thus reduce CO2 emissions. The foundation for energy savings is the decoupling of rainwater from the wastewater system. At the same time, the city’s recreational elements must be promoted. The project develops analyses and methods that together will result in sustainable climate adaptation. Finally, working procedures and forms of cooperation in planning must be optimised. Smart CityOdense Municipality will focus on Smart City development and wants Smart City to support the transition to big city. It is therefore obvious to also use a Smart City approach as one of several elements of climate adaptation. Climate-Tech-Lab is being formed to help develop smart solutions. A significant part of the project is about getting citizens and businesses to handle rainwater themselves and thereby contribute to energy savings. Therefore, communication is an important part of the project. The green transformation of Odense will thus be supported through dialogue-based citizen meetings and by the initiative: Imagine Climate Adapt Odense, which will be a beautiful visual 3d tool that shows the effect of climate adaptation in relation to rain. Here, citizens can see the green initiatives in future Odense visualised at street level. The project is being carried out in collaboration with Vandcenter Syd, University of Southern Denmark and Business Academy Lillebælt.</t>
+  </si>
+  <si>
+    <t>The overall objective of Midnet China is to strengthen the competitiveness of Central Jutland (and Western Danish) companies in China by supporting and accelerating the development of innovative products and solutions based on identified needs and market conditions in the Chinese market. Through these innovative products and solutions, it is intended that in the long term companies will be able to exploit their full export potential on the Chinese market Midnet China will initiate innovation collaborations based on Mid Jutland (West Danish) SMEs</t>
+  </si>
+  <si>
+    <t>The project aims to support the efforts of small and medium-sized enterprises to develop new solutions within sustainable construction via digital tools and opportunities.The project works in accordance with the principles of Build 4.0, which describe technologies in this context. e.g. the following digital technologies are brought into play:- BlockChain- Machine Learning and Artificial Intelligence- Trackability in materials- Virtual and augmented reality- Big Data- Industrial Internet of things- Intelligent energy solutions- 3-d print robots. Through the use of bachelor students’ work, ensure that the latest knowledge from the knowledge institutions is brought into play.The project will ensure that at least 8 new concepts are developed in the field of stock exchange through digitisation in the construction industry.</t>
+  </si>
+  <si>
+    <t>Hip – Hovedstadens Entrepreneurship ProgrammeThe goal of HIP is to create a focused skills boost among entrepreneurs across the Capital Region and thus contribute to the survival and growth of entrepreneurs. The skills pledge must be achieved through targeted programmes that include tailor-made offers for entrepreneurs.Effects:517 people complete a targeted programme504 improve their entrepreneurial skills246 people start up business just after participating in a programme488, who have participated in a targeted programme, are self-employed 6 months after the participation185 companies established during or immediately after the targeted course are survivors 2 years after participation.HIP will also contribute to standardisation and synergy between the different actors in the local business service. 24 municipalities are thus included as partners in the HIP. The alignment will mean a quality boost in the offer to the region’s entrepreneurs, and HIP helps to support the development of a one-tier business support system, the focused growth agenda and Greater Copenhagen.HIP builds on experienceThe design of HIP builds on solid experiences from a pre-project (2014/2015), which has clearly shown that there is a need in the Hip services market, and it is the activities of the pre-project that will be built on with focus on the impact of the impact of the Hips services. Targeted course HIP will offer entrepreneurs targeted courses in two versions. One is based on the individual needs of the individual entrepreneur through an initial screening. The second process is based on an industry or segment of enterprises’ needs, e.g. fashion or ICT companies. The organisation of these processes must be carried out in conjunction with interbranch organisations and industry experts.A targeted process consists of the following elements: Workshops, webinars or web-TV with subject-specific themes that enhance the entrepreneur’s professional competences</t>
+  </si>
+  <si>
+    <t>The aim of the project is to define the reference architecture and the future open standards for managing automated and intelligent logistics in hospitals, in order to solve known problems/challenges. Integration solutions (horizontal and vertical) are not linked as a coherent intelligent and integrated system. Uncertainty about architecture and choice of standards is a new area for the regions’ IT people who are in the intersection of IT and machines because automated logistics management does not apply standards to the same degree or at the same level as in other areas. There is a lack of solutions for automation of the last 50 metres to the place of consumption. The effect of the project is the connection between complex IT, automated systems, user interfaces and hardware. This allows you to have multiple suppliers so that components and sub-solutions can</t>
+  </si>
+  <si>
+    <t>The project implements innovation cooperation between applicant SMEs</t>
+  </si>
+  <si>
+    <t>The aim of the project is to ensure that companies in the region have access to highly skilled labour, which helps to ensure their growth and international competitiveness.The companies in the Region of Zealand, and in particular the small and medium-sized enterprises (SMEs)</t>
+  </si>
+  <si>
+    <t>The project wants to offer help to entrepreneurs to get their product/service out onto the market. We will do this by offering entrepreneurs in the green tech area a specific programme consisting of a number of steps that lead them throughout the process comprehensive help and advice in business and product development, scaling and internationalisation. The focal point is the Green Tech Centers Incubator with its ecosystem consisting of approximately 50 dedicated green companies with 400 knowledge employees, authorities and research and education institutions and nearly 700 members networking, innovating and collaborating on the development and marketing of new solutions and products. Green Tech Centers Inkubator has associated a number of experts who have the necessary skills and interest in supporting the area, where the goal is more entrepreneurs and increased growth and survival. Green Tech Center is privately owned, has 8,000 m² under roof and 16,000 m² of energy park. The Green Tech Center has also affiliated with a Microfond that invests in the early companies as well as Invester in the Triangle area with a number of mentors investors. Investing in the Triangle area is a non-profit association that wants to create growth and development in the Triangle area by matching growth companies with professional mentors, partners and investors.In the programme we screen 50 companies and expect 26 entrepreneurs to move forward in a business process, of which we expect 23 to pass a scaling programme and 12 in an internationalisation process.The business programme includes: Business and team establishment, Business Model Canvas, Market, Customer Travel, Business Model, Forecast</t>
+  </si>
+  <si>
+    <t>The nationwide growth programme for small and medium-sized enterprises must be implemented over a three-year period. The project aims to strengthen the productivity and competitiveness of the participating production companies.The activities of the present application; covering North Jutland, Southern Denmark, the Main City Region and Central Jutland will be:Growth check: 890 growth checks will be carried out.The growth check will focus on making the company’s growth ambition concrete and explicit, as well as identifying which areas the company should focus on. The growth check is a dialogue-based analysis with the company’s management, which will result in the company drawing up an action plan that addresses a strategic prioritisation of various initiatives to improve the company’s competitiveness, productivity and the opportunities to realise growth potential.Output of growth check will be an action plan describing growth potential and challenges, as essential elements of the company’s development and growth strategy. The professional benefit of the growth check will differ from one company to another, but it is common that an action plan is developed which includes a strategic prioritisation of future initiatives that can strengthen the company’s productivity and competitiveness and support development and growth for the next 3-5 years. Growth promise is an individual programme designed to help the company realise the action plan prepared by the growth check consultant.Output of the growth promise will be that, over a period of time, individual advice is given to how the company realises its growth potential. Here, advice focuses on the topics or parts thereof contained in the Growth Check action plan.No new growth companies are expected to be created during the programme period. In the period 2 to 5 years after the programme period, 32 growth companies are expected to be created.</t>
+  </si>
+  <si>
+    <t>In close cooperation between vocational schools, primary and private schools, special courses for the training classes will be developed. These courses may be either adaptations to existing bridge-building programmes or entirely newly developed courses which strengthen the transition from the training classes to vocational training. In the course of the project, a number of courses will be developed and tested to assess which courses have the best effect, and thus which courses will be continued after the completion of the project.In order to strengthen the attractiveness of vocational education and training, it is essential that there is still a wide range of vocational training courses, which at the same time have a high level of professionalism. Initiatives will be implemented through the project which will help to ensure that there will continue to be a geographically wide range of vocational training courses.In order to ensure the greatest impact, the initiatives must be followed up by a dissemination of the objectives and impact of the initiatives, so that future potential vocational school pupils are familiar with the new initiatives and can take this into account in their reflections when implementing their choice of training. The project is carried out by all vocational schools in Region Zealand and in close cooperation with the local primary schools, private schools and UU. The initiatives will therefore cover the entire Region of Zealand.</t>
+  </si>
+  <si>
+    <t>Mercantil education in a STEM perspective The impact of the project in the short term is that more pupils apply to the main course and complete vocational training. In the longer term, the project will help to increase the number of applicants for vocational training. Purposes and activitiesThrough the four years from the EUX students start on the basic course until they have passed their vocational examinations, far less than half receive a skilled education. The majority drop from after the EUX year and therefore efforts are needed to increase the transition rate to the main course. The aim of the project is to help the companies acquire more skilled skilled workers with the right skills, because more young and young adults complete the mercantile basic courses and the academic year at EUX (EUX year) and then continue on the main course in the companies. The Ministry has just granted a derogation so that the companies can take apprenticeships up to 2023. Schools will use the time to increase the attractiveness of the main programme and address the EUX training as a four-year training, so that companies can still recruit the required number of pupils after 2023.The project addresses the two major challenges in the mercantile area, namely the lack of transition rate to the main course and the increased digitisation of the subject, which creates the need to strengthen the work on STEM competences in the commercial areas of work. In addition, the project is working with internal and external branding in order to strengthen the mercantile formation and self-perception. The project develops new relevant electives where the students both acquire the requested STEM competencies and at the same time increase their ability to act in relation to sustainability through linking to relevant world goals. The project complements the efforts of the knowledge centres and contributes to an even greater dissemination and implementation of their work. Scope and anchoringThe project includes 2,200 pupils, all of whom participate in at least one activity. The project will be implemented by Viden Djurs in collaboration with Tietgen, IBC, Campus Vejle and Tradium with the support of the Education Board, the professional committees, the Danish Enterprise and the companies in the school network.The project will be implemented from 1 October 2019</t>
+  </si>
+  <si>
+    <t>Future industrial business models II increase the number of growth companies The overall objective of the project is to qualify and increase the number of manufacturing companies in the Central Jutland Region. This includes strategic sparring and skills development with the aim of strengthening the productivity and competitiveness of enterprises in the global market. Efforts must ensure that production companies increase their capacity for long-term and strategic business development. The expected effects of the project are; to increase the number of growth companies, to increase business turnover, productivity and employment and to increase the number of companies cooperating with private consultants. The main activities of the project are targeted at the manufacturing industry in the region: Growth mapping carried out in order to map the company’s development needs, growth potentials and barriers to growth. Company Spitch, which ensures that focus is placed on the company’s most important challenge and that they clarify their growth potentials from several professional perspectives. The company will be matched with the right private consultant. The company presents its own growth ambitions and challenges to a professional and impartial panel. Growth check, which identifies the company’s key challenges and prioritises the company’s forward-looking efforts. As part of the growth check, minutes and action plans (growth plans) are being developed which involve a strategic prioritisation of future initiatives in order to remain competitive and grow and develop over the next 3-5 years. Growth increases are offered to ensure the implementation of the growth plan and possible further professional development. The growth promise provides concrete advice over a period of time on how the company can realise its growth potential. Growth groups are offered to support the implementation of the growth plan. In addition, the growth groups will also offer competence development within a professionally relevant area as well as introduction to management tools. The project is carried out by a consortium consisting of VIA University College, Væksthus Midtjylland, Aarhus University, Innovation Network for Production and Manufacturing Industry, part of the Danish Industry. Via University College is lead partner and operator on the assignment. The project builds on and develops on the basis that was created in the project from 2014 Future Industrial Business Models.</t>
+  </si>
+  <si>
+    <t>The Region of Southern Denmark has a global strength in energy-efficient technologies and houses a large corporate specialisation, especially in the South Jutland area around Sønderborg. This is underlined by the fact that in 2014 there were almost 6,000 employees in Sønderborg Municipality alone in the electronics, electrical and engineering industries. It accounts for 27 % of the municipality’s private employment. The project implements innovation collaborations between SMEs and SDU’s industrial electronics research units with the aim of innovative companies developing new products and solutions. Common to innovation cooperation is that they concentrate on industrial electronics. Knowledge and competencies about electronics are increasingly important for the Region of Southern Denmark’s company specialisation in order to maintain competitiveness, innovation capacity and further positioning in markets with high growth rates.As a direct result of the innovation collaborations, it is a goal to create 6 innovative companies that develop new products and solutions with the likelihood of large sales potential through value chain collaborations. In total, the project will help to increase companies’ turnover by DKK 23 million, increase exports by DKK 9.2 million and create 13 new permanent jobs during the project period.5 years after the project it is expected that turnover will amount to DKK 30 million, exports by DKr 12 million and 17 new permanent jobs will be created.</t>
+  </si>
+  <si>
+    <t>The main objective of the project is to upgrade a group of unskilled workers to skilled status. The SME segment is targeted at recruiting participants from 50 companies in the SME segment.The SME segment is a priority growth driver and can help drive the Region of Zealand’s development forward. At the same time, the project will follow the individual participants all the way from counselling to actual start-up on the EUV through an individual handheld effort, thereby helping to minimise those who experience lost between the different phases and between actors. This will mean, all other things being equal, that more real start-ups on the EUV will take place. This is the main thread of the project. At the same time, continuous knowledge sharing and exchange of experience will ensure that best practice is available to everyone in the national project, and that previous experience with onsite conceptualised and ensured application as a solution for recruitment of employed EUVs.The project is expected to result in the upgrading of a total of 20 participants to skilled status. 12 participants are expected to be up-qualified at the end of the project and 8 after the completion of the project. Before start-up on the EUV, the participants implement a guide that ensures that motivation factors are put in place that equip them in relation to the subsequent training course. This is ensured in a process plan involving both the company, the training provider and the participant. At the same time, the project will follow the individual participant all the way from counselling to actual start-up on the EUV through an individual handheld effort, thereby helping to minimise those who are lost in experience between the different phases and between actors. This will mean, all other things being equal, that more real start-ups on the EUV will take place. This is the main thread of the project.</t>
+  </si>
+  <si>
+    <t>Fishing vessels currently used in coastal and coastal fishing are not optimised in relation to the engineering and technological achievements of other fishing vessels in recent years. Moreover, vessels are generally poorly adapted to the conditions that exist, including fisheries legislation, quota systems, working environment, etc. Many of this type of fishing vessel use different systems that are not developed to communicate and cooperate with one another, and very few are energy and operationally optimised. Moreover, vessels are not suitable for rapid conversion to different types of fishing. In most cases, vessels are not designed to meet present-day health and safety requirements. In collaboration with its project partners and other participants, Jobi VÆRFT A/S wishes to develop the innovative, multifunctional and operational and energy-optimised fishing vessels of the future for coastal and coastal fishing. It is also intended to involve relevant knowledge institutions, as well as the fisheries industry’s interest organisations, etc. in the design, organisation and implementation of the project. The project is carried out in the form of a needs analysis to be translated into a conceptual description of how needs and requirements can be met in a new type of modular vessel. A design of 2 to 3 different sizes of vessel will then be developed to meet the market needs of coastal and coastal fisheries. The development of such a vessel will meet an existing need for an operationally optimal and up-to-date vessel that can be switched efficiently and quickly to different types of fishing and which is both energy-optimised and up-to-date in terms of working conditions. It is the project partners’ assessment that the demand for the Danish, Norwegian, Swedish and other neighbouring markets will be high due to the need for technological renewal and the replacement of the obsolete fleet of this size fishing vessels. The implementation of the project will therefore be of great strategic importance to both project partners and other maritime equipment suppliers, provided that market needs can be met. The project is therefore expected to have a very significant impact on both the economic and employment growth of project participants.</t>
+  </si>
+  <si>
+    <t>Through the project activities and together with Hobro IK and a number of sponsors, the project aims to increase employment for people at the edge of the labour market in Mariagerfjord Municipality. The concept of specially designed integration programmes followed by training programmes must be able to reuse and inspire other private and public companies in order to promote employment for the target audience in the future.  The main activities of the project are specially designed integration and training programmes, where the participants are associated with the project for 6 months. Integration and training programmes are targeted flexi-job viewers with little work capacity who have weak links with the labour market.The focus of the integration programmes is that the participants obtain the necessary competencies (e.g. quality awareness, willingness to cooperate, responsibility, stability, etc.) and social skills (e.g. solution, presentation, etc.) to the extent that the participants will be able to carry out work immediately after or during the project itself. The training sessions focus on the participants translating the integration process instructions and elements in the companies where they have to work with the right tasks and in order to master them in the longer term. The project will test</t>
+  </si>
+  <si>
+    <t>The overall objective of the FFI Growth project is to contribute to a strengthened competitiveness for Danish SMEs</t>
+  </si>
+  <si>
+    <t>The Region of Zealand’s company specialisation is well placed to capitalise on the green transition, but there is a need for companies to accelerate innovation and the development of new cleantech products and solutions so that they can remain competitive in the global markets with high growth rates. Zealand companies are less innovative than the national average and CTI aims to realise the innovation potential of cleantech companies in Region Zealand. The CTI implements 6 innovation collaborations between 15 SMEs and DTU’s cleantech research institutions with the aim of innovative companies developing new products and solutions. Common to innovation collaborations is that they focus on new cleantech products and solutions. The project pays 25 % support to enterprises for work done in innovation cooperation. As a direct result of the innovation collaborations, it is an objective to create 6 innovative companies that develop new products and solutions with the likelihood of large sales potential through value chain collaborations. In total, the project will help to increase companies’ turnover by DKK 14.85 million, increase exports by DKK 5.94 million and create 8 new permanent jobs during the project period. 5 years after the project, revenue is expected to amount to DKK 40 million, exports of DKK 16 million and 22 new permanent jobs are created each year.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to give growth entrepreneurs a stronger starting point in order to establish and develop viable entrepreneurship. The target group for the project is entrepreneurs, both with and without a CVR number, including student entrepreneurs, in Region Zealand.The project offers 160 entrepreneurs a concentrated acceleration process that supports entrepreneurs in developing a business model that can be scaled and growing afterwards. This is done through a market-driven approach that ensures that entrepreneurs</t>
+  </si>
+  <si>
+    <t>The project aims to attract well-qualified labour to companies throughout the Central Jutland Region, in order to ensure the area’s continued development and growth. The activities of the project together will contribute to the achievement of the objective: The mapping and analysis part will ensure that the project has a solid and current knowledge base to support, so that all activities are based on the companies’ current needs and so that campaigns and activities have the greatest possible impact. The purpose of establishing an IT platform is to have one single place where well-qualified candidates can orient themselves and be inspired by the many career opportunities that are in Central Jutland and the good life here. It must gather the stakes in the field and link to other relevant offers to the target group. The networks set up in the project will each contribute to the purpose. Among other things, they must provide inputs to the process, sparring to programme management, anchoring the project strategically in the companies, enabling resident employees, coordinating with other activities and helping to spread the messages about Central Jutland as an attractive career destination. The branding of Central Jutland as a career destination has two sub-elements; creating and disseminating a positive story about the region and conducting digital attraction campaigns. Both for the purpose of attracting well-qualified labour. Communication and communication about the project and its experiences and results are an integral part of the project. This is in order to build ongoing engagement among all actors as well as knowledge sharing across the board. The collection and coordination with previously implemented activities targeted reception and retention is prioritised in order to create synergies between the project and other initiatives and to contribute with added value in this area. The operator would like to avoid inappropriate overlaps and would therefore have an ongoing dialogue and cooperation with other actors. It will also contribute to knowledge sharing across and ensure that the project builds on existing knowledge and experience The establishment of programme, project and network management is indispensable to the project, as it is these functions that must operate and/or be the operator of the activities. The project’s partnership circle consists of Business Region Aarhus, Business Region MidtVest and Copenhagen Capacity, which together have the geographical spread, political support and professional knowledge needed to succeed in creating effective and visible results.</t>
+  </si>
+  <si>
+    <t>Entrepreneur Danmark (IvDK) is the initiative of Business Houses for a unified national effort for all entrepreneurs. The overall objective of the project is to support a broad skills boost among entrepreneurs in order to increase the number of new entrepreneurs and increase their survival rate. The project’s offer complements the guidance that entrepreneurs today meet in the municipalities, local actors and business houses. The project will allow entrepreneurs across the country to participate in skills courses in the most important areas where entrepreneurs typically experience a need. The project is based on three types of courses: Programmes to strengthen entrepreneurs’ professional competences in the most important general areas, e.g. in economics, sales, marketing, etc. In addition, industry- and theme-oriented courses are offered that are adapted to local conditions. E.g. courses for craftsmen or women entrepreneurs or green conversion. In addition, superstructure programmes are offered which are targeted at the more efficient entrepreneurs. All courses are based on the needs and wishes identified by the entrepreneurs, e.g. by local business counsellors, local actors and in the Business Houses. The content of the programmes will be continuously adjusted in collaboration with an advisory board with the participation of established entrepreneurs, industry organisations, local actors and others with insight into Danish entrepreneurship. The target group is entrepreneurs who, in the last 3 years, have registered a company and potential entrepreneurs wishing to start up a business. The project is aimed at all industries. In close cooperation with municipalities, local and professional actors in the respective geographies, the Business Houses will ensure that knowledge of the project and the many decentralised programmes reach all over Denmark.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to create growth in SMEs</t>
+  </si>
+  <si>
+    <t>The project will develop methods/models that can contribute to new knowledge, development and growth of participating SMEs</t>
+  </si>
+  <si>
+    <t>The purpose of the AutoTurf project is to develop, test and document a solution for energy-efficient and automated grass care on golf courses.Based on an innovative prototype of an autonomous robot that can be fitted with various tools for grass care (cutting, mowing and vertical cutting), a comprehensive innovation effort has created the basis for a finished concept for a fully functional autonomous robot for grass care. This establishes the possibility to market a new product for automated and multifunctional grass care on larger contiguous areas. There are not currently approved autonomous robots covering the requirements for professional high-end machines.AutoTurf is made up of the following elements:(1) Basic machine with a hybrid electric driveline that delivers energy to wheel-mounted propulsion engines as well as electrically powered grass care tools mounted in a suspension so that they can be easily replaced,(2) Autonomous control unit with a GPS-controlled user-friendly control unit that provides precise heading management, optimal frequency, pattern and driving behaviour for pasture care, and(3) Safety control unit for automotive maintenance. safety shielding, hybrid electric driveline, course and positioning system, energy-optimised route planning, and user management.The project is based on the Region of Southern Denmark’s knowledge and competencies in energy efficiency, mechatronic systems and autonomic robotics.The innovative AutoTurf concept of an energy efficient autonomic robot for grass care on larger contiguous grassland is particularly innovative in creating the possibility of full automation of a comprehensive and highly routine grass care task. This introduces classic automation benefits, which reduces operating costs for staff, fuel and machine depreciation. At the same time, the use of pesticides and fertilisers is reduced as a result of optimised grass care. The autonomous robotic solution goes under the megatrend for the development of self-propelled vehicles. AutoTurf is expected to experience high demand in the market for professional grass care. The value creation will be located in an outlying region of Southern Denmark.</t>
+  </si>
+  <si>
+    <t>Growth plans</t>
+  </si>
+  <si>
+    <t>The Capital Region’s company specialisation is well placed to capitalise on the green transition, but there is a need for companies to accelerate innovation and the development of new digital cleantech products and solutions so that they can remain competitive in global markets with high growth rates. The project implements 11 innovation collaborations between 30 SMEs and DTU’s cleantech-related research units with the aim of innovative companies developing new products and solutions. Common to innovation collaborations is that they focus on new cleantech products and solutions. The project pays 25 % support to enterprises for work done in innovation cooperation. As a direct result of the innovation collaborations, it is an objective to create 11 innovative companies that develop new products and solutions with the likelihood of large sales potential through value chain collaborations. In total, the project will help to increase companies’ turnover by DKK 23.4 million, increase exports by DKK 9.3 million and create 13 new permanent jobs during the project period. 5 years after the project, revenue is expected to amount to DKK 50 million, exports of DKK 20 million and 28 new permanent jobs are created each year.</t>
+  </si>
+  <si>
+    <t>In the project, the Innovation Network Lifestyle – Housing &amp; Clothing and Væksthus Midtjylland together with external advisors will help small and medium-sized enterprises to develop green business models and incorporate other companies in the value chain of the new business model. The effects will be less energy and material consumption. The project assists companies through an edifying process in 4 phases, where circular economy is made available in a practical manner, based on the company’s own DNA and strategy. Phase 1. Screening of companies for the process: The screening work identifies a total of 80 ready-to-use SMEs</t>
+  </si>
+  <si>
+    <t>In the ongoing strategy work, energy technology is identified as a position of industrial strength, and it is expected that this will be ratified in the future business promotion strategy. However, in the existing cluster landscape there are several different cluster organisations within energy technology in Denmark. With this application, House of Energy, Energy Innovation Cluster, CLEAN, GATE 21 and NBE (the participating organisations) will therefore explore the possibilities of embracing energy technology in a single cluster with a strong and business-oriented governance structure. The partners are open to organisational outcomes and are willing to put their own organisation into play. Starting from this, this will be done from a broad energy value chain view; i.e. solutions within the entire energy value chain (resource extraction, production, distribution, conversion, storage and consumption) in a wide range of applications and applications.This project aims to ensure the optimal transition to one powerful, company-friendly and innovative energy cluster in Denmark. The project initiates a consolidation process between House of Energy, Energy Innovation Cluster, CLEAN, GATE 21 and NBE’s Energy Cluster, which together with the energy industry, relevant industry organisations, knowledge partners, etc. will facilitate the overall movement of all relevant organisations towards a unified supercluster in the field of energy technology. See Appendix 4 for a graphical presentation of this.The means for this are partly a targeted and simultaneously inclusive consolidation process towards one efficient energy cluster and, on the other hand, ensuring geographical coverage and development of the cluster activities that the consortium excels in. The consolidation process will involve all relevant actors in relation to the creation of a single Danish supercluster in the energy field. House of Energy will develop and disseminate its services through the activities 1-5 to strengthen energy companies and actors through targeted support in the areas of innovation and business promotion and to give energy companies and actors better opportunities for – and ability – to obtain external co-financing for business development, research and development projects and attracting investment to Denmark.</t>
+  </si>
+  <si>
+    <t>Purpose of the project</t>
+  </si>
+  <si>
+    <t>The aim of the project is to create bioeconomic product development within green biomass through innovation collaborations between 3 SMEs and 1 knowledge institutions. During the 2016-2020 programme period, the aim is to develop innovative products and solutions through partnerships that can help to realise the potential for refining green biomass. The project is part of the “Development Programme for Bioeconomy in the Central Denmark Region”, which, based on the regional Growth and Development Strategy and the goal of sustainable business growth, will support the government in redeeming Denmark’s bioeconomic growth potential, as well as creating regional jobs for SMEs with activities in this area. Innovation collaborations will be based on companies’ wishes and opportunities to develop new products and services, processes or technologies to utilise green biomass for value substances. The project will carry out a minimum of 4 concrete innovation collaborations, each involving a minimum of 3 SMEs and a knowledge institution. Based on the existing experience and ongoing projects with biorefining, it will be openly invited to form and apply for support for innovation collaborations that can solve challenges across value chains from harvest, storage and conversion to use of the products. For example, it may be within the following themes, but may also be other relevant topics within the thematic framework defined in the project: Development of system for pressing for green biomass, protein products from raw concentrates, high value products from residues and value creation of the cake</t>
+  </si>
+  <si>
+    <t>The project will ensure adequate support for pupils with special needs in their transition from primary to FGU, from primary to secondary education and from FGU to upper secondary education. The project will support the pupils in which the municipality considers that the ordinary municipal effort will not be sufficient or that a strengthened effort will benefit the learner. The support will be specially organised hand-held courses for the individual pupil, where the students’ needs and interests are in focus. The student gets a confidential adult as part of the process. The confidential adult must ensure close and personal contact with the learner, ensure that the content of the course is right for the particular student and that the student participates and benefits from the activities. During the courses, new methods can be experimented with to strengthen the individual pupil, e.g. through cultural events, the use of new technologies to strengthen professionalism and the learner’s mastering skills. The project will also work on experiments to strengthen the realism of young people’s and young adults’ educational choices through the establishment of study and leisure jobs.</t>
+  </si>
+  <si>
+    <t>The purpose of the project Danish tourism competences is to establish an interregional development project that will further develop, coordinate and strengthen competence development efforts for the tourism industry. The project will work across the three business areas of Danish tourism – Urban Tourism, Business and Meeting Tourism and Coastal and Natural Tourism – as well as training providers, destinations and organisations on the common goal of strengthening the competitiveness of Danish tourism. A number of ambitious skills development processes will be carried out that meet some of the most important challenges facing Danish tourism, including the guests‘experience of a lack of coherence between quality and price, the ability of the tourism industry to innovate and the companies’ securing of market shares. Danish tourism competencies upgrade both managers and employees in companies that have growth strategies and potential, as well as working to ensure that more employees acquire formal competencies – this will be done through collaboration with business and industry organisations and the education sector. The broad cooperation behind the project will result in the development of competences targeted at the tourism industry becoming an integrated and prioritised part of the educational institutions’ training provision in the future. The project will also constitute a learning project in relation to the work of the training committees as well as the task of the training institutions to compose, test and qualify the type of training offered by the tourism industry. The objective of the project is the following: 1) clarify competences in relation to existing growth strategies in 887 enterprises in the tourism industry and 2) implement growth-oriented skills development of a total of 6,523 employees in these companies. This will contribute to increased competencies in the tourism industry, which, after the project’s completion, will contribute to 111 new jobs in the sector.The aim is to increase the competitiveness of companies through the upgrading of existing employees and, in the long term, create an improved recruitment base for new graduates who have competencies corresponding to the requirements of the labour market.</t>
+  </si>
+  <si>
+    <t>Enter the green growth market in Africa.The project aims to create green growth jobs for North Jutland business and promote access to growing markets, especially in East Africa, in renewable energy, agri-business and water and sanitation. Based on the specific business situation of companies, they will have access to build up cooperation with NGOs.</t>
+  </si>
+  <si>
+    <t>Training ready through empowerment and 360-degree handheld effort. A project in which Rebild, Mariagerfjord and the municipalities of Vesthimmerland, through several initiatives towards the individual youth, initiate ownership and insight into their own capacities and through various activities try to open up opportunities for the individual to move closer to education and self-support.  The project volume is 130 participants over 23 months with ready-to-training young people. The project expects that 70 % of young people will start upper secondary education as a result of their participation in the project. The “Basen” will be the focal point with the young coordinator for the progress to be made with the young person. There will be various offers for the participant such as psychoeducation, psychological conversations, mentor support, G2 enterprise centres and an identity-creating and educational approach around the young person who wants to end up in the application of mastering strategies and empowerment.Other players are youth education institutions, internship centres, psychologist and municipalities’ companies and institutions. Companies and institutions create a training course and content that ensures the structure of the everyday life of the individual. This helps to create job identity and strengthen the individual in job and educational choices. The mentors must focus on agreements and direction in the young person’s life outside the base. The project will use both voluntary and employee mentors. Through the project, educational institutions will contribute with experience from their world so that the project will be able to create a framework in the young person’s life that ensures a greater degree of enrolment for the courses. At the same time, they must be involved in discussing the content of after-care and retention in the education system, so as to minimise drop-outs. The psychologist needs to work in several areas. Among other things, he or she must work with mastering strategies with the individual. He/she shall also engage in dialogue with the psychoeducation group. Coaching on your own opportunities and empowerment can also be in this role. The youth coordinator must be the focal point of the young person’s activity. This is where things are coordinated and addressed. It is here that coherence is ensured and that the young person is supported 360 degrees.The placement centres are to increase the individual young person’s insight and curiosity about programmes across the board. They must form the basis for choice of education in the future.</t>
+  </si>
+  <si>
+    <t>The project presents a model for collaboration between companies, their suppliers, customers and knowledge institutions, which in synergy create innovation and opportunities for commercial growth through the latest technological and business opportunities within smart and integrated energy technology. The project’s activities thus create overall synergies, links and partnerships between companies, knowledge environments and other relevant specialists in the field. At the moment, there are unique global growth opportunities for companies that are able to exploit the opportunities of smart energy technology. The aim of the development programme is to strengthen the innovation and competitiveness of SMEs in energy technology in order to create more innovative enterprises. The project has a special focus on system integration and system flexibility. The overall objective of the project is to initiate and implement 5 innovation collaborations. Each innovation cooperation shall consist of a minimum of 3 SMEs and one or more knowledge partners. With the project, Aarhus University (as the region’s heavy knowledge institution) and CLEAN (the national energy technology cluster) will be centrally involved in supporting the growth of the region’s businesses. Furthermore, there is a goal that the project’s efforts ensure the dissemination and promotion of the use of smart energy technology in as many SMEs as possible in the region. Through the project, conferences/events will be held to disseminate knowledge and inspire.</t>
+  </si>
+  <si>
+    <t>Rethink Business – Design for disassembly – Circular economy and green business modelsThe project aims to increase companies’ resource productivity and management to minimise the influence of resource scarcity and price fluctuations in a growing material world. Companies must gain a competitive advantage by developing circular business models according to the design parameters:</t>
+  </si>
+  <si>
+    <t>Innovation Factory North aims to create an ecosystem for industry 4.0-driven innovation consisting of the region’s technology suppliers, technology buyers, knowledge institutions and students. It is a physical gathering point where competencies are developed to create new and innovative solutions through an experimental and iterative approach to learning. The activities of Innovation Factory North are organised around three main types of development programmes. 1) Awareness programmes aimed at identifying companies’ potential for working with specific i4.0 technologies, and pointing to specific solutions. At least 60 of these programmes will be carried out and the potential for at least DKK 30,000,000 will be clarified.2) Demonstrator-programmes are thematic experiments with concrete development of innovative solutions. The experiments will take place in Innovation Factory North in collaboration between technology suppliers, technology buyers (industrial SMEs) and researchers/students. This creates prototypes of innovative solutions. At least 25 of these programmes will be carried out and 25 innovative prototypes will be created.3) anchoring programmes where specific efforts are being made to transfer prototypes from demonstrator courses to the companies’ own context. Here the focus will be on supporting the companies in putting the new solutions into operation. It will also involve training the company’s employees in working effectively with the new solutions. At least 20 of these programmes will be completed and 20 innovative prototypes implemented. Through the three types of courses, companies’ knowledge gradually increases from understanding the potential of Industry4.0 technologies to actively implementing new i4.0 solutions in their own company.</t>
+  </si>
+  <si>
+    <t>The project concept is based on the following 3 focus areas and 2 main activities. The 3 areas of action: 1. Developing and implementing measures to accelerate entrepreneurship and entrepreneurship in the education system and better equip teachers and counsellors to ensure that students’ knowledge is useful for setting up their own business and building entrepreneurship skills. 2. Upgrading of teachers and follow-up in the form of completed courses in which the qualified teachers teach. 3. Development and facilitation of training and training courses in cooperation with companies. The 2 main activities: 1. The creation of the Entrepreneurship School. 2. The partnership has developed the project concept based on a recognition that schools do not have the necessary knowledge to create and develop entrepreneurship and entrepreneurship in the education system. In addition, there is a recognition that schools do not have the resources that can necessarily be released for participation in entrepreneurship courses. In addition, teachers are often left alone to implement what has been learned in their own teaching. The schools therefore see it necessary to get help out in the schools, where everyday life takes place with the pupils, to develop the teaching to suit the individual school and education direction. This will be done with the help of project employees, so-called entrepreneurial coordinators, who will have office hours in schools. The function of entrepreneurship coordinators will be to support schools/teachers in developing, facilitating and implementing measures to accelerate entrepreneurship and entrepreneurship in all subjects and thus throughout the education system. The coordinators will be charged with assisting schools with a number of activities divided into the 2 main activities of the project: Each entrepreneurship coordinator will be assigned either geographical or educational responsibilities. This will help the coordinators to have good relations with pupils, teachers and managers at each school. Furthermore, it will provide a better understanding of the different needs of schools and the activities which, as a result, must be initiated in order to create the desired output and achieve the overall expected impact.</t>
+  </si>
+  <si>
+    <t>The aim is to promote sustainable resource optimisation and circular economy in waste management, construction, architecture and design through new forms of collaboration between private SMEs</t>
+  </si>
+  <si>
+    <t>North Jutland has a long and strong tradition within the maritime area and is today Denmark’s strongest cluster in terms of maritime service and repair. In order to exploit this potential, the Maritimt Centre for Optimisation and Operations (MARCOD) wants to establish a small framework programme to lead motivated maritime companies into development processes with a focus on growth in market development, technology development, networking and competence development. The pilot programme shall include a mix of relevant services from MARCOD as well as external consultancy services to the participating companies. The programme can help to motivate growth through the visibility of the development potential of the individual company and launch strategy development projects, e.g. professionalisation of sales efforts. Another challenge is the readiness of companies to develop further in the maritime and offshore markets, where the requirements for documentation, certification and quality management are high. The programme is intended to help maritime SMEs</t>
+  </si>
+  <si>
+    <t>HF-INBackground and purpose: The upper secondary system requires a lot of young people today. When one enters the door, one has already made a choice as to which shelf or direction one professes to be purely professional, one must have taken a position on subjects and levels and be ready to relate to many new subjects and methods at the same time. As a result, many different teachers, methods, exam forms, annual grades, project courses, working forms, etc. All of which means that the young person is expected to know himself, his own strengths and weaknesses, could structure and dispose of his own time and reflect on his own ability and acting. On top of this, you also step into a youth culture that you have to deal with.</t>
+  </si>
+  <si>
+    <t>Logos – Increased vigilance for one’s own life creates lasting ordinary employmentThe aim of the project is to help marginalised people at the edge of the labour market return to ordinary employment. At the same time, targeted and intensive cooperation with local and regional industry is being pursued. People with sporadic links with the labour market and with longer periods of unemployment often get an experience of being left out of responsibility for their own life. They say they experience that others are in charge of their lives and that their lives become less important. This feeling affects their social life and privacy significantly during longer periods of unemployment. The individuals feel incapacitated, and it affects self-esteem as well as self-confidence. We will give these people the sense of responsibility for their own lives and thereby be meaningful. Participants are helped to see a context and meaning in life and are thus motivated to take responsibility for their own life.We use different approaches to facilitate this process. An intensive conversation with weekly conversations with alternating guidance and coaching approach ensures progression in development. A well-thought-out, ambitiously organised 13-week educational programme with work on personal development, company close collaboration and job search training develops and supports conversations. A company close collaboration that matches the company’s participation early in the process, so that the participant as well as the company is prepared for the cooperation through teaching, interviews, point-practices and active cooperation, ensures the right match and success in the company practices and thus helps to open up subsequent ordinary employment.There are 3 integration programmes with an average of 14 participants. There are continuous recordings every 14 days. The company’s close cooperation is with local as well as regional enterprises. 8 participants are expected to be in employment and 32 active participants are looking for work immediately after participation.</t>
+  </si>
+  <si>
+    <t>Zealand Global – Several international growth companies in Region Zealand.The project aims to help 80 small and medium-sized enterprises in Region Zealand to professionalise their internationalisation efforts to such an extent that at least half of the companies move up into the league of growth companies in OECD terminology. The project will achieve the objective by strengthening the companies’ internationalisation potential through the development of an individual detailed international growth and execution plan in close cooperation between the company, Væksthus Sjælland, DTU and private advisors. The project will support companies’ ability to execute quickly and effectively on the right activities abroad. The project is close to Væksthus Hovedstaden’s internationalisation project</t>
+  </si>
+  <si>
+    <t>The aim of the project is to support companies in the Capital Region of Denmark in their development and growth. This is done by strengthening the companies’ strategic work in the fields of internationalisation, digitisation and automation, thereby improving the conditions for developing new business models and increasing their productivity.The project is carried out for 40 companies. It is expected that half of the companies will develop growth plans with the goal of increasing their turnover so that they become growth companies. The other half of the participants will also develop growth plans with an ambition for growth. Thus, the project is expected to contribute to significant production and employment. SMES</t>
   </si>
   <si>
     <t>Purpose and impact of the project: xx The aim of the project is to offer incubation courses for potential entrepreneurs and entrepreneurial enterprises less than three years in the Region of Zealand. All participants must have an ambitious business site with potential for growth. An incubation course is a compressed and intensive competency course of a maximum of 1.5 years, and is offered to groups of participants who gather in the region’s Growth Plants, and this is part of joint training and guidance. Throughout the process, the participants identify and overcome individual growth barriers by means of strategy planning and skills enhancement. This brings the participating entrepreneurs out on the other side, and are in full swing with the implementation of a well thought out and market-tested strategy and growth plan that can trigger the growth potential of the business side within parameters such as internationalisation, product innovation, additional sales and recruitment. During the project period, 160 companies are expected to undergo an incubation process, of which 127 are expected to experience improved entrepreneurial skills and 30 to start a new company as a result of the project.In the longer term, the project is expected to contribute to the survival of the companies, through a survival rate of 85 % six months after project participation, and 80 % two years after project participation.</t>
   </si>
   <si>
-    <t>The overall objective of the action is to strengthen the implementation of the EDF reform (with the entry into force of August 2015) in the Central Jutland Region. The project is therefore intended to intensify, strengthen and expand action in the 2 main areas:</t>
-[...35 lines deleted...]
-    <t>Behind this national project (case No. SFNP-16-0006 and SFNPO-16-0007), business academies, University College of Professionals, UCN, innovation networks and business organisations are working together to develop the digital competencies of small and medium-sized enterprises in order to create growth. During the project period, the partners will assist at least 150 SMEs</t>
+    <t>The project aims to improve energy and resource efficiency in 130 Zealand SMEs</t>
   </si>
   <si>
     <t>The purpose of the OPI pool is to support South Danish companies in getting more products across the way from prototype to market, as many products do not reach from the development stage to the market.  In this way, the pool will contribute to increased growth, employment and exports for Southern Denmark’s companies. The OPI funds are distributed to smaller collaborative projects where at least three private companies and one public knowledge institution cooperate in the individual projects on testing, adaptation and further development of products and service concepts in the areas of Health and Welfare Innovation, Sustainable Energy and Experience. These co-operations will take place through inter-company cooperation activities. The projects are part of guidance/cooperation with SDU – Department of Entrepreneurship and Relations Management (IER), which contributes with knowledge of the challenges of OPI collaborations, business development, etc. Based on tests on the products, the products are adapted to the needs of customers and users, so that the products can be commercialised and the company can eventually achieve growth in turnover and in number of employees.</t>
   </si>
   <si>
-    <t>Maritime industries are among the most important for exports, job creation and growth. Denmark, despite its modest size in the Superliga, is the world’s largest maritime nation.In North Jutland, maritime industries are among the most important based on the same parameters, and in North Jutland alone there are about 400 maritime companies and around 15,000 jobs.In addition, the industry has been acquired in growth, as underlined by massive expansion projects in Frederikshavn, Skagen, Hirtshals and Hanstholm. The RN and Growth Forum support the continued development of the maritime cluster and have entered into a growth partnership agreement with the government. It is about growth in job creation, the level of competence and the economy. But in spite of the fact that maritime power is a position of regional strength, which to a large extent accommodates growth opportunities in the outermost regions of the region, there is no provision for maritime entrepreneurs in Jutland.At the same time, we hear from established companies in the industry that you would like to get in touch with entrepreneurs in order to focus on the themes and challenges in the industry – but you don't know how.We want to do something about this with this programme. We want to find and develop 15 of the most prospective maritime entrepreneurs with the greatest growth potential.At the same time, we want to engage in mentor/co-create collaboration with 10-15 maritime lighthouse companies, which will be part of the individual development cycles unpaid. We expect that this constellation will be win/win for all parties – that it will contribute to critical mass for the program, so that we can find the best possible startup candidates. Both are backed up by the recommendations of the Government’s Blue Growth Team, which point to innovation and a special effort for maritime entrepreneurship as key areas to meet the industry’s growth potential.The project is expected to run for 3 years with a team of 5 start-ups each year – a total of 15.The first 3 months of each year will attract/select this year’s 5 best maritime start-up candidates. The programme then runs April-Dec in a 9-month development programme, where the candidates are run through an intensive individual and collective development programme with business development, financing and ad hoc specialist assistance. After that, they are ready for marketlaunch and ready to contribute to innovation, growth and job creation in the maritime industry.The project is run by the maritime cluster organisation, MARCOD.</t>
-[...80 lines deleted...]
-    <t>The aim of the project is to support and accelerate product, concept and solution development within Industry 4.0, Data and Digitalisation, thereby creating growth in Danish small and medium-sized enterprises.In order to succeed, the sub-projects must go through four phases: H1; which is the qualification and establishment of cooperation; H2; which are the development of new products/solutions and concepts; H3; which are test and user involvement and H4; which are tests of usability, security and market potential before final commercialisation. The project is anchored at Væksthus Syddanmark, and has been developed in collaboration with Sønderborg Growth Thread, Danish Technological Institute, Business Academy Lillebælt, Design2Innovate, Odense Robotics, Triangle Area Denmark, University of Southern Denmark, CLEAN and RoboCluster, and the project is open to further relevant participants, such as ITD. The project is designed in such a way that it is the competencies that the companies need to succeed with their development projects that will be made available. Companies get guidance from the project to complete an application template of max. 10 A4 pages, inspired by the requirements of the Horizon 2020 SME Instrument. An independent committee with relevant competencies assesses which projects will be able to deliver the best results cost-effectively and grants accordingly.The project’s expected effects are that at least 12 products/solutions/concepts must be brought to a stage where they can be commercialised. The potential for growth is great, and the project will therefore deliver an annual Mér-turn of DKK 360 million, an annual increase in exports of DKK 180 million, and 120 new jobs based on 12 new products, solutions or concepts.</t>
+    <t>Vind – Welfare innovation with Useful DataThe purpose of this project is to strengthen Danish companies with data-driven business development within health and welfare. This is done through two innovation partnerships that focus on different data sets and different user needs. Together, they will show how the major business opportunities in the use of data can be turned into commercial success. It is expected to generate increased turnover for the participating companies and useful data for the public users so that they can make the health and welfare of Danish citizens more efficient. Five years after the project, the effect is expected to be DKK 22 million in annual turnover and 14 new jobs in the companies. The project consists of three development projects that will lead to new products and services based on data. The activities focus on user involvement, development of solutions and testing of solutions. This development process is expected to create 2 new products services and concepts.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to reduce the dropout of mentally vulnerable and/or young people with awareness disorders in vocational training and VUC</t>
+  </si>
+  <si>
+    <t>Copenhagen Healthtech Cluster, Life Science Innovation North Denmark, MTIC, Welfare Tech and Erhvervshus Funen have joined forces to create a unified health cluster organisation in Denmark.</t>
+  </si>
+  <si>
+    <t>The purpose of Scale-up Denmark is to create more growth companies by strengthening regional specialisation within the business sector, so that the regions’ strength positions are supported. The initiative is inspired by Team Denmark’s work to develop top-patlets by training the best intensively, so that some of them become tupatlers. In the same way, Scale-up Denmark is about the best potential growth companies taking part in a training programme where they are trained to become the elite of the future within their area. Here is the plan for 57 companies to participate in the programme in Region Sjælland. The expected effect of Scale-up Denmark in Region Zealand is that the participating potential growth companies will all continue to achieve an annual growth rate of 20 % after the project period has ended. This is achieved through interregional action, in which two acceleration environments are established in the region. In the first year of the project period, an acceleration environment is established within bio-economy and industrial symbiosis. Next, it is expected that an additional environment will be established in the year 2 of the project period in either smart energy, logistics and transport or the construction industry. Initially, the operator recruits and selects potential growth companies both nationally and internationally. This broad recruitment effort is important to ensure that the best companies with the highest growth potential are identified and activated. The training programmes are targeted at the individual company’s needs to ensure that they get the most out of the training. Then the operator and the company identify how best to organise a training programme for them so that they can scale up the company. Relevant activities in the training programme may include the purchase of external advice, assistance in obtaining external financing, involvement of existing companies or maturation for exit. Involvement of existing companies is central here, as the success of Scale-up Denmark depends to a large extent on how well the ecosystem is activated. In addition, during the training programme, a growth plan is drawn up that maps out how the company is to be scaled up after the training has ended. It also identifies how the scale-up is expected to be reflected in turnover, job creation and exports. It is also fundamental in Scale-up Denmark that it is a sustainable initiative, which is why the focus is on the establishment of a sustainable business model that will continue even after the project period expires.</t>
+  </si>
+  <si>
+    <t>The activity is based on the survey within Slagelse Municipality and mapping material and processes. Cooperation between the participants in the IDP process, i.e. the municipality, SMEs</t>
   </si>
   <si>
     <t>Co-CREATE Sydfyn I – growth in peripheral areas through innovation and development in maritime and IT industries. The maritime industries and the IT industry in South Funen are established, internationally oriented industries with growth potential and potential (EVP). The four municipalities of Svendborg, Ærø, Langeland and Faaborg-Midtfyn want to facilitate innovation and growth in the two EVPs and their value chains through skills development and increased cooperation. Co-Create Sydfyn aims to create growth and thereby more jobs through a coherent, holistic effort in private companies in EVP in the four municipalities, of which three are outlying municipalities. The project contributes to lifting the region’s ambition for the outermost regions to create at least 1 % annual growth in the number of employees. The project also has a national objective. With Funen’s Maritime Cluster’s establishment of Denmark’s Maritime Startup Hub in the future’s IT and maritime entrepreneurial house, an epicenter for the development of maritime startup will be established</t>
   </si>
   <si>
-    <t>The project will result in pupils in vocational schools, the EUD and vocational upper secondary education, through training courses, acquiring entrepreneurial skills and getting more courage to start up their own business. In other words, the aim of the project is to strengthen the proportion of young people in vocational schools who have the courage and competencies to start up their own business, based on their vocational training. The prerequisite for this is considered to be a targeted development of training courses in entrepreneurship and an associated upgrading of selected trainers and supervisors. The project’s main activities consist of:- Development and implementation of teaching courses that lead towards real entrepreneurship in pupils after completion of education – Upgrading of trainers in relation to day-to-day entrepreneurship- Implementation of entrepreneurship based on the project’s skills and knowledge objectives. O Product and concept development, which aims to enable the learner to implement value-creating processes on Customer and Competitor Clearing, as well as clarification of customer relationship, which aims to enable the learner to develop a relevant marketing strategy for a relevant customer segmento Resources and networks that aim to enable the learner to analyse the needs for resources towards a viable business organisation Establishment and career clarification that aim to enable the learner to relate to their own training and career opportunities in order to establish local business experiences. — Spreading knowledge and experience to youth education institutions at national level, which are not initially involved in the project’s development work.- Evaluation and dissemination of the project’s results and experience.Out of a minimum of 1,000 young people who are upgraded in entrepreneurship through the project, it is expected that 800 young people estimate to have strengthened their entrepreneurial skills. It is expected that at least 160 of the participating young people choose to start up their own businesses immediately following their participation in the project.</t>
-[...26 lines deleted...]
-    <t>Co-CREATE Sydfyn II – growth in peripheral areas through innovation and development in maritime and IT industriesThe maritime industries and IT industries in South Funen are established, internationally oriented industries with growth opportunities and potential (EVP). The four municipalities of Svendborg, Ærø, Langeland and Faaborg-Midtfyn want to facilitate innovation and growth in the two EVPs and their value chains through skills development and increased cooperation. Co-Create Sydfyn aims to create growth and thereby more jobs through a coherent, holistic effort in private companies in EVP in the four municipalities, of which three are outlying municipalities. The project contributes to lifting the region’s ambition for the outermost regions to create at least 1 % annual growth in the number of employees.The project also has a national objective. With Funen’s Maritime Cluster’s establishment of Denmark’s Maritime Startup Hub in the future’s IT and maritime entrepreneurial house, an epicenter for the development of maritime startup will be established</t>
+    <t>Cross-border MobilityThe challengeThe challengeIn some cases, Danish companies may find it difficult to find qualified labour in the Danish labour market. This applies in particular to industrial, IT, health and biotechnology specialists. The global competition for the best employees is tough, and the lack of qualified labour can be a brake on the Danish economy.The primary objective of the project is therefore to strengthen and renew efforts to recruit and maintain highly qualified labour from abroad, as a contribution to growth and welfare. This takes place with a centre of gravity inWorkindenmark East in collaboration with the other Workindenmark centres. However, Danish unemployed people who are interested in working abroad are also in the focus of the project. At the same time, there is a renewal of organisation, with the focal point of the Labour Market and Recruitment Agency, with a view to supporting JOBCENTRENES’s efforts on international recruitment.The project is linked to the European Employment Service Network EURES and contributes to the reform of the network launched by the European Commission in 2012. The aim of the reform is to support the EU</t>
+  </si>
+  <si>
+    <t>On the way to the labour market. The aim of the project is to qualify immigrants/long-term unemployed people to be able to carry out limited tasks and thus have the opportunity for ordinary work. The activities of the project will be: Find companies that will implement learning programmes for immigrants/long-term unemployed far from the labour market. Develop learning programmes in companies. Search and competence identify immigrants/long-term unemployed persons for the project. Implement specially designed skills to prepare participants to complete learning programmes. Through ongoing dialogue with enterprises, the need for additional training is identified in order for the participant to be able to carry out longer learning pathways and later to have the opportunity for ordinary work. The training course is carried out at the vocational school, practice-oriented in workshops. Completion of short and longer learning programmes in enterprises. It is expected that 52 companies in 5 selected industries will complete longer learning programmes. 275 immigrants/long-term unemployed people will be searched to the project and 106 of them will complete longer learning courses. Of these, 68 will be in ordinary work 6 months after completion of the project.The project partners are:Jobcenter Lolland, Jobcenter Guldborgsund, Provi Management Aps and CELF. There will be a permanent staff working exclusively with the activities of the project. It is expected that through the project, initiatives will be developed and tested that are so effective that they can be implemented with individual adaptations in the ordinary operation of the organisations.</t>
+  </si>
+  <si>
+    <t>It has been demonstrated in the international and national context that game elements in entrepreneurship training affect participants’ entrepreneurship skills and the intention to start a new business positively. This insight will exploit the project to create a broad anchoring of game-based education in the entrepreneurship sector in the Danish business academy sector. The project will provide experts and advisors to 20 business academy teachers who will develop 10 game-based entrepreneurship training courses for a total of at least 500 students. Students will subsequently start a minimum of 25 new companies and 80 % of students will improve their entrepreneurship skills, measured through start and final forms via OctoSkills and OctoDash.The project has an affiliated panel of experts consisting of researchers and practitioners in game-based teaching and entrepreneurship training as well as entrepreneurs. Together with a number of advisors, they will help teachers to develop and implement the best possible courses.The 10 courses will subsequently be made available in a directly applicable form to the general public in Denmark, specifically with a view to other business academies</t>
   </si>
   <si>
     <t>Copenhagen Healthtech Solutions (CHS) develops 22 new innovative SMEs</t>
   </si>
   <si>
-    <t>The nationwide growth programme for small and medium-sized enterprises must be implemented over a three-year period. The project aims to strengthen the productivity and competitiveness of the participating production companies.The activities of the present application; covering North Jutland, Southern Denmark, the Main City Region and Central Jutland will be:Growth check: 890 growth checks will be carried out.The growth check will focus on making the company’s growth ambition concrete and explicit, as well as identifying which areas the company should focus on. The growth check is a dialogue-based analysis with the company’s management, which will result in the company drawing up an action plan that addresses a strategic prioritisation of various initiatives to improve the company’s competitiveness, productivity and the opportunities to realise growth potential.Output of growth check will be an action plan describing growth potential and challenges, as essential elements of the company’s development and growth strategy. The professional benefit of the growth check will differ from one company to another, but it is common that an action plan is developed which includes a strategic prioritisation of future initiatives that can strengthen the company’s productivity and competitiveness and support development and growth for the next 3-5 years. Growth promise is an individual programme designed to help the company realise the action plan prepared by the growth check consultant.Output of the growth promise will be that, over a period of time, individual advice is given to how the company realises its growth potential. Here, advice focuses on the topics or parts thereof contained in the Growth Check action plan.No new growth companies are expected to be created during the programme period. In the period 2 to 5 years after the programme period, 32 growth companies are expected to be created.</t>
-[...596 lines deleted...]
-    <t>The project tests self-driving electric shuttles to connect people to new light rail stations in LOOP City. It aims to make public transport more convenient and sustainable. The shuttles complete thousands of test kilometers, providing valuable insights for future use in Greater Copenhagen.</t>
+    <t>Udvikling af praktikpladsordninger i SMV'er i Region Sjælland.Formålet med projektet er, at flere unge gennemfører en erhvervsuddannelse. Dette vil ske gennem et opsøgende arbejde, hvor der etableres et øget antal aktive praktikpladser og hermed skabes grobund for, at flere gennemfører en kompetencegivende uddannelse. Mere faglært arbejdskraft vil på sigt styrke virksomhedernes udviklingsmuligheder og regionens økonomi. Der vil de kommende år opstå en række muligheder for at der kan skabes flere praktikpladser hos små og mellemstore virksomheder, på baggrund af virksomhedernes bevidsthed om mangel på faglært arbejdskraft. Dette vil bl.a. opstå i forbidelse med mangel på arbejdskraft opstået i forbindelse med de store anlægsinvesteringers op sugen af arbejdskraft i øvrige brancher. De konjunkturudsving som vil opstå inden for de forskellige brancher, vil påvirke udbuddet af praktikpladser en del. Der vil i perioder være behov for en øget koordinering mellem praktikcentrene for at sammensætte uddannelsesforløbene mest optimalt. I denne forbindelse skal der på praktikcentrene og skolerne være fokus på at eleverne er geografisk mobile. For at sikre, at det administrative arbejde ikke bliver en hindring for at virksomhederne, styrkes indsatsen for at rådgive (Hot-line og vejledning) virksomhederne ved oprettelse af de nye praktikpladser. Med indførelse af ny procedurer og skemaer pr. 1. august 2015 bliver denne indsats aktualiseret yderligere.For at opnå formålet vil projektet:- Kontakte SMV som forventes at få stigende behov for arbejdskraft, enten afledt af det øgede aktivitetsniveau eller på grund af mistet arbejdskraft til de store anlægsinvesteringer, med henblik på at skaffe nye praktikpladser. Det gælder ikke kun nye virksomheder, men også virksomheder som ikke har aktiveret deres godkendelse til at ansætte lærlinge. - Foranstalte rådgivning til virksomhederne med henblik på det administrative arbejde i forbindelse med oprettelse af de nye aftaler. - Sikre en koordinering af mulighederne for at sammensætte korte aftaler og delaftaler til fornuftige uddannelsesforløb for elev og virksomhed. Dette skal ske i tæt samarbejde med projektet</t>
+  </si>
+  <si>
+    <t>Smart Trolley - arbejdsvenlig og energieffektiv multifunktionel sækkevogn til dstribution af varer.Visionen for projektet er, at semi-manuel håndtering af varer i forbindelse med distribution i bl.a. bryggeribranchen foregår arbejdsvenligt og energieffektivt. I overensstemmelse hermed er det projektets formål at erhverve ny viden og nye færdigheder, der kan bruges til at udvikle, afprøve og dokumentere effekterne af anvendelsen af et innovativt koncept for en multifunktionel batterielektrisk sækkevogn. Smart Trolley anvendes som hjælperedskab ved distribution af varer, hvor den afhjælper og forebygger mod tunge og gentagne løft, ofte til steder med vanskelig adgang på grund af trappeforhold. Den baseres på et energieffektivt elektrisk koncept, og der skabes et grønt produkt til markedet for ergonomisk korrekt hjælpeudstyr til logistiksektoren med deraf følgende perspektiver for øget vækst og beskæftigelse.Den multifunktionelle batterielektriske sækkevogn, som bliver udviklet og testet i Smart Trolley projektet består af en platformsenhed samt forskellige værktøjer, der kan monteres på denne. Dette giver et koncept, hvor det er muligt med samme hjælperedskab at udføre flere arbejdsopgaver i forbindelse med distribution af bl.a. bryggeriprodukter..</t>
+  </si>
+  <si>
+    <t>Projektets formål er at sikre private virksomheder kvalificeret arbejdskraft gennem kompetenceudvikling af ledelse og medarbejdere med netop de kompetencer, som virksomhederne efterspørger. Aktørerne i projektet består af Væksthus Syddanmark, Udvikling Fyn, Trekantsområdet Danmark, Udvikling Vejen samt Vejle Erhverv.Projektet vil bidrage til at give kvalificeret arbejdskraft til tre brancher i Syddanmark, der aktuelt mangler kvalificeret arbejdskraft med specifikke kompetencer. Med erhvervelsen af de nye kompetencer vil virksomhederne kunne realisere deres vækststrategi og ansætte nye medarbejdere. Projektet er målrettet små- og mellemstore virksomheder indenfor robot-, den stålproducerende- samt fødevarebranchen. I disse brancher er der et særligt behov for kvalificeret arbejdskraft, og derudover er manglen på medarbejdere med de rette kompetencer en hindring for, at udnytte det store vækstpotentiale, der er i brancherne. Projektets styrke er, at de kompetencegivende aktiviteter vil blive tilrettelagt med udgangspunkt i virksomhedernes konkrete behov, og det er således efterspørgselsdrevet.Projektet vil etablere tre brancheakademier; et robotakademi, et stålakademi og et fødevareakademi. Igennem disse vil projektet gennemføre vækstrettet kompetenceudvikling for 200 virksomheder, og det er forventningen, at mindst 738 personer vil få øget deres kompetenceniveau. De forventede effekter er, at der 2 år efter projektets afslutning er skabt 285 nye jobs og en meromsætning for virksomhederne på 260 mio. kr. hvoraf mereksporten udgør 104 mio. kr. Projektet har tre faser: Etablering af branchepartnerskaber (Rekruttering), kompetenceafdækning i virksomheder, samt kompetencetilførsel og</t>
+  </si>
+  <si>
+    <t>Innovativt digitalt strategiudviklingsværktøj.Formålet er, at udvikle prototypen på et innovativt digitalt strategiudviklingsværktøj, der kan bidrage til at flere SMVer får adgang til state-of-the-art ledelses- og beslutningsværktøj. Et digitalt ledelsesværktøj, der kan understøtte ledere i strategiudvikling samt effektiv gennemførsel af beslutninger og implementering af strategien. Dette uden at overlade styringen af virksomheden til en bestyrelse eller skulle afsætte 250.000-500.000 kr. til ledelsesrådgivning. Håbet er, at vi med prototypen vil kunne udvikle os til en innovativ virksomhed med fokus på salg af digitale og intelligent ledelsesværktøj.Projektets forventede effekter er:- En ny innovativ virksomhed- 1 prototype på Digital Optimal Path to Growth- 10 testforløb på bornholmske vækstvirksomheder- Øget omsætning på i alt 15 mio kr efter projektperioden- Generering af to jobs i projektets levetid samt 10 jobs efter projektperioden.DecideAct Management lever i dag af at bistå organisationer med at definere den optimale vej til vækst og optimere deres potentiale. Vi er specialister i udvikling af intelligente løsninger til ledelse og konsulenter, og målet er at blive den førende state of the art leverandør af intelligente strategi- og beslutningsløsninger til organisationers ledelse.</t>
+  </si>
+  <si>
+    <t>Leder- og medarbejderopkvalificering i 180 SMV'er.Formålet med programmet</t>
+  </si>
+  <si>
+    <t>Formål og målProjektet</t>
+  </si>
+  <si>
+    <t>Aalborg har en stor udfordring med øgede mængder affald i byen i takt med stigende befolkningstilvækst. For i højere grad end nu at nyttiggøre affaldet i en cirkulær økonomi, hvor affald ses som en ressource, kræver det en øget sortering af affaldet. Dertil skal indsamlingssystmerne forbedres og synliggøres specielt i tætby områderne, hvor der i de kommende år etableres nedgravede affaldscontainere til erstatning for containere i baggårde mv. For at sikre en øget sortering hos borgerne er der brug for nye løsninger. En af løsningerne er sensorer i affaldscontainere, der dels kan melde fyldegrad til vognmanden der skal tømme containeren men også information til borgerne om hvordan de sorterer affaldet bedst muligt. Projektet har til formål at mindske affaldsmængder og medføre bedre affaldssortering i byerne. Gennem klynger og tæt samarbejde med Aalborg Universitet (AAU) vil projektet invitere virksomheder til at indgå i innovations partnerskaber med Aalborg Kommune og universitetet for at udvikle og/eller afprøve teknologi, der kan bidrage til additionelle løsninger på affaldsproblematikken.Virksomhederne skal bidrage til løsninger på konkrete udfordringer, der er adresseret i Aalborg Kommunes helhedsorienterede bystrategi.</t>
+  </si>
+  <si>
+    <t>Vækst gennem kreativitet og viden Formålet med nærværende projekt er at skabe øget vækst og nye jobs. Konkret gennemføres en række målrettede forløb, der styrker relevante kompetencer hos de virksomheder, der ønsker at skabe vækst og beskæftigelse. Målgruppen er fødevarebranchens små- og mellemstore virksomheder, der indgår i hele værdikæden fra jord til bord undtagen de primære erhverv.Projektet starter med, at der etableres en database med potentielt relevante deltagere. Med udgangspunkt i partnernes omfattende viden om de berørte brancher og erfaringer fra lignende projekter foretages den første visitation med henblik på at finde de virksomheder, der vil have størst glæde af deltagelse. I denne fase formuleres en konkret vækstplan for de virksomheder, der skal indgå i det videre forløb. Vækstplanerne omfatter konkrete mål samt identifikation af områder, hvor et kompetenceløft kan styrke virksomhedens vækst. På denne baggrund starter selve kompetenceudviklingen indenfor følgende områder:Hovedaktivitet (HA) 1 omfatter rekruttering af ca. 200 virksomheder og opbygning af en samlet database.HA 2, Udviklingskørekortet, er et samlet forløb, der giver virksomhederne viden og kompetencer, der kan bruges til at udvikle virksomheden og udvikle nye produkter, koncepter mv.HA 3, Afsætningskørekortet, har til formål at give virksomhederne viden og kompetencer, der kan hjælpe dem med at øge afsætningen og dermed væksten i den enkelte virksomhed. HA 4</t>
+  </si>
+  <si>
+    <t>Greater Copenhagen Food innovation er et fyrtårnsprojekt, der i sit udgangspunkt har til formål at skabe vækst, løfte andelen af innovative virksomheder og udvikle fødevaresektoren i Greater Copenhagen med hovedvægt på Region Sjælland ved at trække på erfaringer, metoder og kompetencer fra førende aktører fra hovedstadsregionen og resten af landet. Udgangspunktet er virksomhedernes konkrete behov herunder marked, teknologiudfordringer og barrierer. Metoden er en koordineret indsats, der gør op med den hidtidige tradition for mindre og afgrænsede erhvervsfremmende enkeltindsatser. På tværs af det stærke partnerskab sættes det rette hold til at gennemføre 52 innovationsforløb, der hjælper virksomhederne enten i partnerskab med andre eller enkeltvis gennem et udviklingsforløb med en videninstitution, som overordnet resulterer i 25 nye innovative virksomheder, nye produkter og processer eller konkrete løsninger, der enten er nye for virksomheden eller nye på markedet.Projektet forventer at skabe 250 nye jobs 5 år efter projektafslutning. Dette mål er baseret på forventningen om, at der kan identificeres innovationsprojekter med stort potentiale for skalering samt på forventningen om, at projektet bidrager til et langsigtet, uddybet samarbejde mellem videninstitionerne og regionens virksomheder i fødevareklyngen. Bag projektet står et stærkt partnerskab af aktører</t>
+  </si>
+  <si>
+    <t>Formålet med projektet Entreprenørskab i uddannelserne er at bidrage til øget vækst og beskæftigelse, ved at skabe flere succesfulde iværksættere og vækstvirksomheder. Derfor vil projektet aktivere uddannelsessektorens rolle i forhold til at stimulere innovation og entreprenørskab, ved at give de studerende bedre kompetencer inden for entreprenørskab/iværksætteri så en stigende andel af dimittender fra konsortiets videregående uddannelser etablerer egen virksomhed og ikke mindst virksomheder baseret på den viden, de har opnået gennem uddannelsen:Konkret vil projektet skabe følgende effekter:- 6000 deltagere forbedrer deres iværksætterkompetencer- 4550 deltagere opnår formelle færdigheder- 350 deltagere har startet en ny virksomhedErfaringsmæssigt ved vi at studerende, der modtager entreprenørskabsundervisning er mere tilbøjelige til at etablere egen virksomhed, og at kvalificeret vejledning øger sandsynligheden for at de bliver succesfulde. Derfor vil projektet gennemføre nedenstående tre hovedaktiviteter:1)UndervisningsforløbProjektet vil udvikle og gennemføre undervisningsforløb målrettet etablering af virksomhed og opbygning af iværksætterkompetencer.2)Etablering og videreudvikling af studentervæksthuseStudentervæksthuse skal give flere studerende mulighed for at afprøve og udvikle en forretningside og dermed få flere ideer kommercialiseret. Studentervæksthusene vil gennemføre såvel lokale aktiviteter, tæt på de enkelte uddannelsesmiljøer, samt tværgående aktiviteter.3)KompetenceudviklingsforløbKompetenceudviklingsforløbene vil have særligt fokus på startupproblematikker og vejledning i forbindelse med forretningsudvikling og virksomhedsetablering. Forløbene vil være målrettet undervisere og medarbejdere i studentervæksthuseneKonsortiet består af VIA University College, Aarhus Universitet, Aarhus Maskinmesterskole samt Erhvervsakademierne Dania, MidtVest og AarhusIft. studentervæksthusaktiviteter er der etableret samarbejder med en række kommuner (Herning, Holstebro, Horsens, Randers, Silkeborg, Viborg, Aarhus). Samarbejdet skal sikre at lokale erhvervsråd og øvrige relevante aktører bliver inddraget i aktiviteterne. Desuden er der etableret et samarbejde med FFE.Aktiviteterne i projekterne udvikles med øje for at de efter projektperioden kan forankres på de enkelte institutioner. De tværgående initiativer for de ambitiøse studenteriværksættere søges videreført som fælles aktivitet.</t>
+  </si>
+  <si>
+    <t>Design Innovation.Projektets formål er at tilføre strategisk kompetenceudvikling til ledere, udviklingsansvarlige og øvrige medarbejdere i vækstorienterede virksomheder. Aktiviteterne i ansøgningen har fokus på at skabe vækst og innovation i de deltagende virksomheder samt at styrke de ansattes evne til forandring via virksomhedsrettet kompetenceudvikling inden for design. Erfaringer fra Design2innovate viser med al tydelighed at kompetenceafdækning og -løft hos både medarbejdere og ledere, er en grundlæggende forudsætning for at de kan omsætte nye indsigter og læring om design som innovationsmetode og vækstdriver til succesfulde resultater i egne virksomheder.Projektets tre hovedaktiviteter har hver sin målgruppe. Hver målgruppe modsvarer et "modenhedsstadie" for strategiske designkompetencer på Designtrappen. Design Network: Kompetenceløft for ledere og medarbejdere af introducerende karakter, der har til formål at styrke virksomhedernes vækst gennem øget designanvendelse ved, at ledere og medarbejdere får ny viden og indsigt i design og designmetoder, som driver for vækst og innovation. Aktiviteten gennemføres via tematiserede netværksarrangementer.Design driven Innovation: Kompetenceløft for ledere sikrer nye kompetencer indenfor strategisk design og designdreven innovation, der sætter lederen i stand til at udvikle nye strategier og forretningsplaner, og dermed målrettet prioritere innovative indsatser og skabte ønskelige fremtidsscenarier for sin virksomhed.Design Thinking: Kompetenceløft for medarbejdere sikrer konkrete og praktiske metoder i design og gør medarbejderne i stand til at omsætte nye færdigheder i egen virksomhed og udvikle nye måder at agere på og derved skabe nye løsninger til gavn for deres virksomhed. Det resulterende kompetenceløft bidrager til at virksomhederne kan forbedre deres omstillingsparathed, motivere til daglig udvikling af processer og sikre innovation ved at anvende designmetoder.</t>
+  </si>
+  <si>
+    <t>I e-patient projektet udvikles nye, innovative og skalerbare koncepter for digital patientforberedelse og patientkommunikation. I alt 6-8 koncepter vil blive udviklet og herunder 25 specifikke udviklings- og testforløb og varierende løsninger i løbet af en 2-årig projektperiode.På landsplan er det blevet besluttet, at alle patientindkaldelser i det danske sundhedsvæsen skal foregå digitalt inden udgangen af 2014. Der er dog ikke udviklet løsninger til at løfte de muligheder for patientinformation og</t>
+  </si>
+  <si>
+    <t>Projektet ønsker at adressere nogle af de udfordringer SOSU uddannelserne oplever i forlængelse af EUD reformen, hvor SOSU skolerne har oplevet et fald i antal elever der optages, hvilket gør det problematisk at opfylde KL's dimensionering. Manglen på elever forventes forværret som følge af ændringerne i uddannelsen frem mod 2020, hvorfor det er vigtigt at sikre øget gennemførelse for de elever der er optaget på uddannelserne. Projektet skal styrke kvaliteten af undervisning gennem et udviklingsarbejde, der skal udvikle simulationstræning i et erhvervspædagogisk perspektiv. Simulationstræningen skal understøtte eleverne læringsudbytte og bidrage til at skabe en endnu tydeligere kobling af teori og praksis, herunder styrke deres tværfaglige fokus. Projektet udvikler en erhvervspædagogisk facilitatorrolle, som 140 underviserne opkvalificeres i gennem projektet. Vi ønsker at inddrage flere samarbejdspartner i opkvalificeringen, f.eks. UCN og andre UC</t>
+  </si>
+  <si>
+    <t>Projektet Future Talent Denmark har til formål at sikre tiltrækningen af internationale studerende til danske arbejdspladser efter endt uddannelse. Det ønskes med projektet at skabe en større tilgang af internationale dimittender til danske virksomheder, end hvad der opleves i disse år, hvor mindre end en tredjedel af internationale dimittender finder beskæftigelse i Danmark efter endt studie. Målet med forløbet er, at minimum halvdelen af de deltagende studerende finder beskæftigelse på danske virksomheder efter afslutningen af forløbet og deres studie. Det ønskes herudover, igennem workshops, netværk, onboardingpakker, mv., at øge internationaliseringen blandt de deltagende virksomheder, således at disse fremadrettet vil have lettere ved at tiltrække og fastholde internationale dimittender og international arbejdskraft som helhed. Udover at fokusere på at løfte virksomhedernes kompetencer indenfor internationalisering vil der være fokus på at løfte de studerendes kompetencer indenfor virksomhedsforståelse, arbejdspladskultur, employability, viden om karrieremuligheder, sprog, mv. Løftet af de studerendes kompetencer skal bl.a. ske gennem et tilrettelagt virksomhedsforløb, konkret opgavelæring på virksomhederne, workshops omkring arbejdspladskultur, sprogpakker, mv. Der vil herudover være fokus på at skabe en bedre talent-pipeline mellem uddannelsesinstitutioner og virksomheder. Der vil i projektet blive arbejdet med virksomheder indenfor SMV-segmentet, som skal matches med relevante grupper af internationale studerende, som besidder de kompetencer, som efterspørges blandt virksomhederne. Resultaterne forankres bl.a. gennem virksomhederne, hvor det forventes, at de gennem projektet bliver klædt på til at fortsætte arbejdet med de internationale studerende i fremtiden. Derudover vil projektets viden blive forankret gennem en konkret metodeudvikling, hvor de udviklede metoder og værktøjer vil være frit tilgængelige gennem WLS, til bred gavn for de danske virksomheder, som ønsker at arbejde med et segment som de internationale studerende. Uddannelsesinstitutionernes læring gennem projektet skal ligeledes være med til at sikre en bedre overgang for deres internationale studerende til det danske arbejdsmarked - også i fremtiden.</t>
+  </si>
+  <si>
+    <t>Offentlig-Privat Innovation (OPI) udbredes i stigende grad i Danmark, men nye forskningsresultater peger på, at OPI-partnerne er udfordret på samarbejdet og den innovationsproces, de gennemfører (Rådet for Offentlig Privat Samarbejde, 2015). De heterogene partneres værdier, arbejdsmåder og ønsker for samarbejdet vanskeliggør en fælles forståelse og vanskeliggør udviklingen af løsninger, der tilfredsstiller de brugerbehov, der findes i den offentlige sektor. Innovationssamarbejder mellem offentlige og private gennemføres ofte med henblik på at nytænke og udvikle offentlige velfærdsløsninger. Værdien i at sammenbringe offentlige og private aktører er netop at gøre brug af den diversitet af viden og kompetencer, som de forskellige partnere besidder. OPI LDL-projektet vil professionalisere OPI-projekter gennem et Living Design Lab (LDL), hvor projektledelse vil blive understøttet af design thinking (konsekevnt facilitering og brug af design metoder) dels for at hjælpe med at italesætte partnernes tavse viden og skabe fælles forståelse dels for at generere brugerindsigter via flere testmiljøer, der omsættes til værdifulde løsninger til gavn for både private og offentlige partnere. Living Design Lab vil fungere som test-site for 4 OPI projekter, hvor 36 ledelser og medarbejdere fra 12 SMV-virksomheder vil blive videnunderstøttet og vil modtage sparring der er tilpasset hver projekt. Konkret vil OPI LDL-projektet resultere i 4 raffinerede innovative velfærdsprototyper, der efterfølgende vil kunne bringes ind i OPI-puljen eller andre lignende initiativer med fokus på kommercialisering. Derved opnås en fuld OPI værdikæde, hvor processen understøttes fra mock up idé til kommercialiseret produkt. OPI LDL-projektets resultater vil kunne danne værdifuldt grundlag for OPI projekter nationalt, regionalt og kommunalt med dets særlige fokus på samskabelse og facilitering af tavs viden og forventningsafstemning partnerne imellem.</t>
+  </si>
+  <si>
+    <t>Projektet Kreativitet &amp; Iværksætteri/Projekt Medstrøm har til formål at skabe øget iværksætteri og vækst inden for kreative erhverv i Region Syddanmark - og at fremme en forretnings- og vækstorienteret kultur omkring kreative virksomheder med salg og markedsorientering højt på dagsordenen. Projektet er baseret på et tværgående samarbejde mellem partnere i trekantsområdet og på Sydfyn, som hver især har forskellige erfaringer med at fremme iværksætteri og vækst inden for de kreative erhverv. Projektets koordinerede vækstindsats har til formål at:</t>
+  </si>
+  <si>
+    <t>Projektet vil overføre forskningsresultater fra samarbejdet mellem store regionale bioteknologiske produktionsvirksomheder og KU og DTU til innovative SMVer og skabe nye produkter og forretningsmuligheder. Produkterne skaber øget bæredygtighed og konkurrenceevne i bioteknologisk produktion. Projektet resulterer i 12 nye produkter hos 12 SMVere, hvoraf otte vil være nye spin-outs, der med deres produkt og forretningsplan vil kvalificere sig til at være investeringsegnede. Projektet vil skabe 100-200 arbejdspladser. Projektet tager afsæt i store produktionsvirksomheders behov for problemløsning. Dette sikrer, at løsninger er både markedsorienteret og har forskningshøjde. Output og resultater skabes i innovationssamarbejder mellem forskere fra DTU og KU, de store bioteknologiske producenter, som innovationslokomotiver og SMV teknologileverandører. CAPNOVA, der har indgående viden om kvalificering af SMVers forretnings- og udviklingspotentiale, sikrer fremdrift og resultatskabelse, der omsætter forskning til nye produkter og arbejdspladser i regionen og Danmark.Projektet går ind og støtter udnyttelsen af vækstmulighederne hos SMVer, baseret på efterspørgsel og et reelt marked blandt globale bioteknologiske produktionsvirksomheder.Fokus er udvikling af teknologiprodukter i SMVer. Dette sker gennem projektets hovedaktiviteter, der skitserer en innovationsproces med ét formål: At skabe produkter med et defineret marked. Projektet har fem hovedaktiviteter: 1. Markedsidentifikation 2. Identifikation af relevante SMVer med teknologisk udviklings- og produktionspotentiale.3. Feasibility studie for teknologiafklaring og projektgennemførelse blandt SMVer.4. Produktudvikling imellem smv, universitet og bioteknologiske virksomheder5. Information og kommunikation, samt vidensdeling til relevante aktører.Aktiviteterne er afgørende for projektets succes.Det er gennem ovenstående proces, at innovation og udvikling af nye produkter sker: - Nye udformninger af udstyr og produkter- Nye metoder til overførsel af procesviden fra forskning til fuldskala- Styrket videnopbygning og videnoverførsel.</t>
+  </si>
+  <si>
+    <t>KompetenceVækstProjekt KompetenceVækst vil sikre virksomhederne i Region Syddanmark kvalificeret arbejdskraft ved at give de eksisterende medarbejdere et formelt uddannelsesløft fra ufaglært til faglært eller fra faglært til videregående niveau. Gennem 4 år igangsættes uddannelsesløft for 277 udvalgte medarbejdere i små og mellemstore virksomheder inden for specifikke brancheområder, hvor der pt. ses rekrutterings-vanskeligheder og/eller mangel på kvalificeret arbejdskraft, og hvor der på baggrund af fremtidige vækstforventninger påregnes særligt behov for opkvalificering af eksisterende arbejdskraft. Fokus er på de korte erhvervsuddannelser. Tilgangen er branche- og fagspecifik og tager udgangspunkt i virksomhedernes konkrete behov og de af virksomhederne udpegede medarbejdere. Endvidere koordineres indsatsen med de regionale erhvervs-, beskæftigelses-, og uddannelsesmæssige kraftcentre for udvikling og vækst. Der vil være et særligt fokus på at sikre kompetent og kvalificeret arbejdskraft til de regionale styrkepositioner gennem samarbejde med eksempelvis DIMA, Byg til Vækst, Industri til Vækst, Danmarks Produktionscentrum, Technology Denmark, BygOvenPå initiativerne mv. Sammen med organisationerne og erhvervsservices udvælges i hvert VEU-centers dækningsområde primære brancher, og primære kompetencebehov defineres. Primære brancher: Industriel produktion, Bygge og anlæg, Transport, logistik og lager, It, vidensservise og øvrig service. Kompetencebehovene vil eksempelvis være inden for: Industritekniker, -operatør, Automatiktekniker, Elektriker, Murer, Bygningskonstruktør, Handelsassistent, Datatekniker, Kontoruddannelse med specialer m.v.Virksomhedsgrupperingerne mødes af en faglig kvalificeret projektkonsulent med spidskompetence inden for det pågældende branchespecifikke område og kompetencebehov. VEU-centrene sikrer denne udvælgelse gennem deres partsskolers branchekendskab og vejledningsekspertise inden for det pågældende arbejdsfelt. Virksomhederne mødes således i indsatsen af en kvalificeret dialogpartner, der kan afdække, vejlede og oversætte kompetencebehov til faglige løft inden for det område, hvor virksomheden mangler kvalificeret arbejdskraft. Der planlægges og gennemføres hele uddannelsesløft for udvalgte medarbejdere i virksomhederne.</t>
+  </si>
+  <si>
+    <t>Projektets formål er at skabe innovative løsninger i SMV</t>
+  </si>
+  <si>
+    <t>Det primære mål med projektet "Uddannelsesvejen til Vækst" er at opkvalificere en gruppe af ufaglærte til faglært status. Der vil her være tale om såvel beskæftigede som ledige, men alle deltagere i projektet vil branchemæssigt have et klart arbejdsmarkedsbestemt ophæng, for at sikre en klar kobling mellem efterspørgslen på arbejdsmarkedet og de brancher som modtager fagligt opkvalificering via erhvervsfaglige uddannelsesløft. Projektets resultat vil være, at der opkvalificeres 420 personer fra ufaglært til faglært status. Som et særligt indsatsområde i projektet er der specifikt fokus på at afprøve EUV-modeller i forhold til 25-30 årige. En øget andel af faglærte skal understøtte en regional målsætning om at fastholde den vækst, der forventes at ske, herunder de kommende års store anlægsopgaver. Der satses branchemæssigt bredt i projektet; dog med et vist fokus på bygge- og anlægssektoren. Der visiteres 1600 deltagere til projektet, dels beskæftigede via regionale virksomheder, og dels ledige via de regionale jobcentre. Inden opstart på et erhvervsuddannelsesforløb gennemfører deltagerne et afklarings- og visiteringsforløb, som ruster dem i forhold til det efterfølgende uddannelsesforløb. Under erhvervsuddannelsesforløbet tilbydes deltagerne støtte efter behov via en personlig mentor.Projektet gennemføres via et samarbejde mellem en række uddannelsesinstitutioner og 12 kommuner i Region Sjælland (Slagelse, Sorø, Næstved, Kalundborg, Odsherred, Ringsted, Lejre, Roskilde, Faxe, Stevns, Guldborgsund, Lolland).</t>
+  </si>
+  <si>
+    <t>PROJEKTRESUMÉDet primære formål med projektet Grønne karriereveje er at sikre virksomheder adgang til kvalificeret arbejdskraft gennem øget rekruttering til erhvervsuddannelserne. Projektet søger at øge udbuddet af kvalificeret arbejdskraft inden for det grønne område ved, gennem målrettede brobygningsforløb mellem skoler og virksomheder, at få flere unge til at begynde på en erhvervsuddannelse. Det er projektets forventede effekt, at:</t>
+  </si>
+  <si>
+    <t>Mange små og mellemstore virksomheder har vækst på dagsordenen, men er tilbageholdende med at igangsætte vækstaktiviteter. Erfaringerne viser, at der er særlige udfordringer, når det internationale arbejde igangsættes. Det er typisk manglende viden om udbuds- / efterspørgselsforhold, konkurrence og prisparameter - på et givent marked. Det kan oså være spørgsmål som distributionsforhold, importregler, offentlig regulering og kulturelle barrierer mv, og hvad skal den internationale markedsstrategi så være! Afklaringen af bl.a. disse forhold er nødvendige for, at kunne udvikle og kvalificere samt igangsætte virksomhedens internationale vækstplan.Væksthuset vil over de kommende 5 år finde 30 bornholmske virksomheder, som tilbydes støtte til at udvikle en international vækstplan, som på sigt skal gøre dem til vækstvirksomheder. Virksomhederne findes med udgangspunkt i den aktuelle erhvervsudviklingsstrategi fra Bornholms Vækstforum og inden for især fødevarer og turisme. Virksomhederne skal have gode forudsætninger og magte internationalisering på et ambitiøst niveau.De deltagende virksomheder har ved forløbets slutning en international vækstplan, med særligt fokus på handling og skalering af virksomhedens muligheder på et til to markeder.Den viden som opnås gennem projektet vil, dels kunne anvendes af andre virksomheder, idet ønsket bla også er, at de deltagende virksomheder vil være rollemodeller for andre bornholmske virksomheder. Men også indgå i udvikling af Væksthusets grundlæggende tilbud, og vil blive anvendt i dialog med Eksportrådet om tilpasning af deres ydelser.Et andet ønske er, at denne proces og projekt kan danne grundlag for yderligere samarbejder mellem bornholmske / danske virksomheder samt fx danne grundlag for etableringen af et bornholmsk eksportnetværk, og dermed styrke den internationale markedsadgang på tværs af brancher på Bornholm.</t>
+  </si>
+  <si>
+    <t>Projektets formål at løse såvel sociale som beskæftigelsesudfordringer for socialt udsatte borgere, der befinder sig uden for arbejdsmarkedet. Projektet udvikler et indslusningsforløb i den socialøkonomiske virksomhed Glasværket. Det er målet med projektet at der udvikles forløb, der sikrer at deltagerne opnår træning i og udførelse af arbejdsfunktioner i den socialøkonomiske virksomhed, der samtidig kombineres med differentieret færdigheds- og kompetenceudvikling på arbejdspladsen ud fra den enkeltes forudsætninger og behov. Gennem forløbene skal deltagerne ikke alene kompetencemæssigt blive forberedt til arbejdsmarkedets krav, men de opnår også en kraftig styrkelse af selvværd og selvtillid, der gør dem i stand til at håndtere tilværelsens øvrige krav og udfordringer. Forløbet vil være understøttet af en fokuseret og løbende opfølgning for de enkelte deltagere og de forløb, der udvikles i projektet er samtidig fokuseret på, at deltagerne bringes tættere på det private arbejdsmarked igennem projektets store samspil med det lokale erhvervsliv, der vil udgøre et vigtigt omdrejningspunkt i projektet.Glasværket, med de folk der står bag, besidder iværksætterevner, sociale kompetencer og forretningsevner, der gør dem i stand til at drive en virksomhed, samt har et ønske om, at gøre forskel for en gruppe udsatte borgere i samfundet. Projektet vil bestå i flere dele:1.Der skal etableres de rette rammer for samarbejde med kommunerne om modtagelse af ledige til et forløb. 2.Indholdet af forløb, samt samarbejdspartnere og forretningsmodel for disse skal beskrives og samarbejderne skal sættes i gang. 3.Der skal etableres et netværk af frivillige som med forskellige kompetencer kan bidrage til indsatsen.4.Til etablering af disse ting er der behov for at arbejde med Glasværkets forretningsplan samt med etablering af procedurer og opsætning af samarbejdsmodeller med kommunerne, uddannelsesinstitutioner og virksomheder.</t>
+  </si>
+  <si>
+    <t>Projektets overordnede formål er at udstyre vækstiværksættere med værktøjer til at videreudvikle deres forretningsmodel og forretningside, og dermed bidrage til at udløse deres vækstpotentiale samt skabe en mere levedygtig og hurtigt voksende virksomhed. Dette gøres i praksis ved at udvikle og gennemføre rådgivningsforløb for vækstiværksættere bestående af fire gruppebaserede moduler og løbende individuelle opfølgningsmøder. Rådgivningsforløbets hovedtemaer er kommercialisering af produkt eller forretningside og skalering af produkt eller forretningside, og de enkelte moduler vil bl.a. omhandle:</t>
+  </si>
+  <si>
+    <t>Slagelse Kommunes Ungehus vil ved hjælp af tværsektorielt samarbejde og øget fokus på individets behov, uddannelsesafklare unge med særlige udfordringer og give dem et uddannelsesprogram og dermed fastholde unge i uddannelsessystemet, så de kan bestå en godkendt ungdomsuddannelse.Det sker ved at udvikle en kombinationspallette med særlige forløb og uddannelsesaktiviteter skabt af uddannelsesinstitutioner og kommunen i et sagsteam, der skal bæres af et stærkt bagvedliggende netværk. En</t>
+  </si>
+  <si>
+    <t>Projekt STEM</t>
+  </si>
+  <si>
+    <t>StartUp Viborg - Udvikling og styrkelse af iværksætterkulturMange nye virksomheder starter op hvert eneste år. Desværre lukkes en del af dem ned relativt hurtigt efter opstart - uden at skabe den succes, de havde håbet på - og uden at skabe en vækst, der kan bidrage til værdiskabelsen i samfundet. Det vil vi gerne lave om på. Derfor vil VIBORGegnens Erhvervsråd sætte sig i spidsen for et ambitiøst projekt, der skal forbedre overlevelseschancer og vækstpotentiale hos en bred kreds af iværksættere. Projektet skal medvirke til at opbygge et stærkt økosystem, hvor det etablerede erhvervsliv, uddannelsesinstitutioner, erhvervsfremme-aktører og inkubationsmiljøer i fællesskab tager ansvar for at give de bedst mulige rammer for nye iværksættere.Formålet med projektet er kort fortalt, at få flere iværksættere godt i gang - og få flere af dem til at skabe en vækstvirksomhed. Dette gøres ved at tilbyde nye og igangværende iværksættere at blive en del af økosystemet, der bl.a. giver adgang til:samarbejde og fællesskab med ligesindedeerfarne erhvervsfolk, der stiller sig til rådighed som Business Coachesdygtige specialister inden for centrale, forretningsmæssige områderDe væsentligste effekter forventes at være følgende: et løft i iværksætternes kompetenceniveau og professionalismeen stigende omsætning under og efter projektetet øget antalt årsværk hos de deltagende iværksættere - udover iværksætteren selvProjektet er bygget op om tre hovedelementer, hvor der hele tiden lægges et lag på iværksætterens eget ansvar for fremdrift. StartUp Basis (8 uger) - hvor det handler om at skabe den grundlæggende viden og færdigheder, der styrker idé og forretningsgrundlagStartUp Professionel (4 uger) - hvor det handler om at arbejde fokuseret med forretningsgrundlaget, have dialog med (potentielle) kunder og opbygge/udbygge det professionelle netværkStartUp Business Coach (12 uger) - hvor du sammen med tre andre iværksættere sættes sammen med en erfaren business coach fra det lokale/regionale erhvervslivDeltagerne har gennem ovenstående tre forløb tilknyttet en fast iværksætter-konsulent fra VIBORGegnens Erhvervsråd, der står til rådighed med personlig sparring og brobygning til samarbejdspartnere. Det personlige engagement og konsulentens indlevelse i iværksætterens situation er en meget vigtig ingrediens for at få succes.Forankring efter udløb af projektperioden sker i et nyt Iværksætter-netværk, der bliver omdrejningspunkt for det samlede økosystem.</t>
+  </si>
+  <si>
+    <t>Formålet med Industriel Elektronik (IE) projektet er at imødekomme behovet for øget elektronikviden og kompetencer hos den regionale branche/klynge af virksomheder, der beskæftiger sig med udvikling og produktion af energieffektive løsninger. Det sker gennem etablering og opbygning af et slagkraftigt internationalt uddannelses- og forskningsmiljø hos SDU i Sønderborg inden for anvendt industriel elektronik (SDU-EE). Projektet imødegår på mellemlangt og længere sigt mangel på kvalificeret arbejdskraft, der virker som en barriere for vækst og beskæftigelse i et regionalt styrkepositionsområde, og økosystemet af virksomheder får styrket deres innovationsprocesser og konkurrenceevne. For at dække virksomhedernes behov for højt kvalificeret arbejdskraft på elektronikområdet bliver der etableret og opbygget nye forskningsbaserede uddannelser på alle universitetsniveauer (B.Sc., B.Eng., M.Sc., Ph.D.). En indsats bliver gennemført for at tiltrække studerende, der har forudgående erhvervsmæssige og tekniske kompetencer, eller kort erhvervserfaring. Det medvirker til at opfylde fremtidens arbejdskraftbehov i forhold til kompetencesammensætning såvel som antal personer til rådighed i arbejdsstyrken.Som forudsætning for uddannelsesindsatsen bliver der opbygget en stærk anvendelsesorienteret forskningskapacitet, der understøtter undervisningen. I den forbindelse etableres et undervisningsteam med forskerkvalifikationer på højt internationalt niveau. På særligt udvalgte områder bliver der således gennemført undervisningsunderstøttende forskningsaktiviteter. Desuden bliver der etableret adgang til fungerende state-of-the-art laboratoriefaciliteter, som er nødvendige for undervisnings- og forskningsaktiviteterne.Ressourcer fra IE projektet er nødvendige for at udvikle et stærkt og selvbærende internationalt uddannelses- og forskningsmiljø for anvendt industriel elektronik. Dette er planlagt som tre faser med etablering, vækst og konsolidering i perioden 2017-2030, hvor også store bidrag af midler fra SDU og projektinvestorer sikrer den samlede finansiering. Resultaterne af IE projektet er således etablering af nye elektronikuddannelser samt opbygning af understøttende forskningskapacitet og laboratoriefaciliteter. Dette munder ud i, at mange fra målgruppen, der er personer med erhvervsmæssige og tekniske kompetencer, samt beskæftigede med kort erhvervserfaring, deltager i kompetencegivende videregående uddannelse.</t>
+  </si>
+  <si>
+    <t>Den globale og nationale turisme er i vækst. Turismen i Region Sjælland halter dog bagefter i forhold til både et internationalt og nationalt benchmark. Dette initiativ adresserer tre af de væsentligste udfordringer; En lav digitaliseringsgrad og manglende vækst blandt virksomhederne samt manglende sammenhængskraft blandt virksomhederne og det samlede produktudbud. Med nærværende projekt iværksættes et 2-årigt forløb målrettet prioriterede segmenter (primært tyske feriegæster uden for sæsonen; sekundært gæster fra hovedstaden i form af internationale turister på udflugt fra hovedstaden, samt danske ferie- og erhvervsturister). Projekt</t>
+  </si>
+  <si>
+    <t>Copenhagen Health Innovation - Vidensbaseret Entreprenørskab for Sundere Vækst. Verden udfordres af en større andel af ældre, flere kronikere og ikke mindst en hastig teknologisk udvikling. I Danmark viser Økonomisk Råds beregninger, at sundhedsudgifterne forventes at vokse betydeligt. Det betyder muligheder for virksomheder, der er i stand til at udvikle innovative sundhedsløsninger, som løser dele af en fremtidig samfundsøkonomisk udfordring i Danmark og i verden. Der er brug for bachelor- og kandidatstuderende med en dyb sundhedsfaglig viden og et entreprenant mindset. Danmark har ikke været dygtige nok til at få de studerende med en sundhedsfaglig uddannelse til at etablere egen virksomhed. Derfor er CHI VEST etableret som et ambitiøst initiativ på tværs af uddannelsesinstitutioner og aftagere med fokus på at styrke Greater Copenhagen som en global spiller inden for Sund Vækst og uddannelser, der kan sikre begge kompetencer. Indsatsen udvider uddannelsesinstitutioners og underviseres forståelse for de udfordringer sundhedssektoren står over for samtidig med, at de studerendes læring tages  fra teori, analyse og refleksion til udvikling af konkrete sundhedsløsninger med udgangspunkt i deres forskningsbaserede viden. CHI VEST styrker studerendes kompetencer og kvalificerer dem til bedre og hurtigere at forstå, udvikle og implementere ydelser, tjenester og produkter på sundhedsområdet.CHI VEST leverer:Over 1150  studerende med nye kompetencer i iværksætteri.60 talentfulde studerende, der har gennemført et talentprogram for entreprenante studerende.130 undervisere med nye kompetencer inden for undervisning i entreprenørskab i sundhedsinnovation, som sikrer kursuselementer implementeret i 10 uddannelser.Dette sker ved opkvalificering af undervisere inden for entreprenørskab og sundhedsinnovation, så de bedre kan understøtte og udvikle de innovative studerende; implementering af samfundsrelevante sundhedsudfordringer i eksisterende uddannelser hos videnspartnerne inden for innovation og entreprenørskab og udvikling og understøttelse af de studerendes entreprenante mindset gennem udvikling af et talentforløb målrettet de mest talentfulde unge studerende.CHI VEST sikrer en stor population af bachelorer og kandidater, der har dyb faglig viden og et entreprenant mindset samt udviklingen af entreprenant uddannelse i initiativet og fremadrettet.</t>
+  </si>
+  <si>
+    <t>Formålet med Iværksætterprogram 2018-2019 er at understøtte Vækstforum for Region Midtjyllands ambition om at skabe gode betingelser for vækstiværksætteres etablering, udvikling og vækst for derved at bidrage til jobskabelse, øget konkurrence og produktivitet i regionen. Målet er at øge antallet af vækstiværksættere, der kan udvikle sig til vækstvirksomheder, hvorved de bidrager markant til skabelse af nye jobs, nye produkter og teknologier med væsentlig innovationshøjde.Målgruppen for Iværksætterprogram 2018-2019 består af meget forskellige vækstiværksættere, der befinder sig i forskellige stadier af opstartsfasen og som besidder meget forskellige kompetencer og erfaringer fra tidligere. Programmets indhold tilrettelægges derfor således, at der vil blive tilbudt aktiviteter rettet mod vækstiværksættere på forskellige stadier i opstartsfasen, og som adresserer de forskellige typer af vækstiværksætteres behov på et givet tidspunkt. Målene om, at vækstiværksætterne udvikler sig til vækstvirksommheder, skaber nye jobs og nye produkter nåes ved at tilbyde en række intense aktiviteter, der hver især sætte fokus på nogle af udfordringerne ved at gå fra god idé til succerig vækstvirksomhed. Vækstiværksætterne kan udfordre sig selv og tilegne sig nye kompetencer via følgende aktiviteter:</t>
+  </si>
+  <si>
+    <t>Projektet</t>
+  </si>
+  <si>
+    <t>Projektets formål er at skabe vækst i Region Syddanmark ved at forberede unge virksomheder og iværksættere på deltagelse i Scale-Up Denmark. Projektet har både direkte effekter, når der henvises virksomheder til Scale Up vertikaler, men også en række vigtige indirekte effekter, idet virksomhederne/iværksætterne er langt bedre rustet til overlevelse, kapitaltiltrækning og til at bruge andre tilbud efter projektets gennemførsel.Renset for afledte effekter og efterfølgende evt. Scale-Up forløb, leverer projektet i sig selv 120 nye jobs, 84 mio. kr. i méromsætning og 7,2 mio. kr. i méreksport. 30 virksomheder forventes at blive henvist til Scale Up.I projektet kastes et fintmasket net ud over Region Syddanmark for at identificere potentielle kandidater til Scale Up Denmark. Projektet koordinerer allerede eksisterende tiltag og samler trådene fra eksisterende indsatser i kommunerne, klynger, erhvervsskoler, universiteter, iværksættermiljøer, co-working spaces, subregionale enheder, private aktører og andre, der beskæftiger sig med iværksætteri. Projektet identificerer 250 iværksættere/nye virksomheder, som leder til, at 90 virksomheder/iværksættere med 135 personer screenes for bl.a. vækstpotentiale, fit med Scale-Up vertikaler og teknisk samt kommerciel modenhed med henblik på et udviklingsforløb, som kan sætte virksomheden/iværksætteren bedre i stand til at imødekomme kravene fra Scale Up Denmark. Der udarbejdes en plan for den enkelte virksomhed, og virksomheden kan modtage opkvalificering via:- Fælles forløb forankret på SDU eller i LedelsesAkademiet (for meget unge virksomheder). Her deltager mindst 90 deltagere fordelt på min. 60 virksomheder.- Fælles vertikalspecifikke forløb (for lidt mere modne virksomheder). Her deltager mindst 75 deltagere fordelt på mindst 50 virksomheder i 3-5 vertikaler.- Personlig sparring og coaching fra en rådgiver med tæt opfølgning (for virksomheder, som kræver megen hjælp). Her deltager mindst 40 virksomheder, eller- Mentoring med mindre opfølgning (for virksomheder, som skal ledes på rette vej, men ellers kan selv). Her deltager mindst 50 virksomheder.Projektet har stor fokus på at opsamle virksomheder, der i første omgang ikke kan opnå forløb i Scale Up Denmark, men også at sende virksomheder videre til andre tilbud, når dette er det rigtige for dem.Der arbejdes endvidere med rekruttering i hele landet, når det vides, at der findes virksomheder, der er klar til at flytte til Syddanmark.</t>
+  </si>
+  <si>
+    <t>Offshoreindustrien er i vækst - det gælder såvel nationalt som internationalt.Der er derfor et stort potentiale for SMV'er i at byde ind med nye eller eksisterende produkter og services. Der er imidlertid en række barrierer, der står i vejen for, at virksomhederne får udnyttet disse vækstmuligheder. Projektets formål er at udvælge 7 små og mellemstore offshorevirksomheder, der er gearet til vækst, herefter afdække deres kompetencer og muligheder for at udnytte deres potentiale, hvorefter virksomhederne selv udvælger en konsulent, som udarbejder en vækstplan. Når projektet er afsluttet, foretages en evaluering af effekten.Projektet forventes at skabe 3 kroner per investeret krone.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er, at fastholde og videreudvikle en styrket fødevareklyngeorganisation på Bornholm, herunder også indenfor (Det Blå Bornholm). Fødevareklyngens fundament bygger på partnerskabet mellem Gourmet Bornholm, en del af regional madkultur, Bornholms Regionskommune og Bornholms Landbrug. Med afsæt i et stærkt netværk mellem erhvervet, det offentlige og forskningsmiljøet til klyngeudvikling af fødevareområdet både lokalt og nationalt, skal projektet videreudvikle det lokal økosystem for fødevareudvikling på Bornholm. Dette sker ved at styrke værdikæden fra hav/ager til mund samt innovationskraften mellem virksomheder, vidensinstitutioner og markedet, der samlet set kan realisere nye produkter eller services med afsæt i virksomhedernes potentiale og behov.Det er fødevareklyngens formål, at videreudvikle det momentum, som er skabt gennem de forgangne års indsatser og ikke mindst skabe rammen, der kan følge op på fødevarestrategien, 2017-2025 for Bornholm. Desuden har Cowi påpeget ved midtvejsevaluering af det eksisterende fødevareklyngeprojekt, at projekttovholderen skal bidrage til at løfte innovationshøjden for de deltagende virksomheder samt styrke den opfølgende indsats.Innovationshøjden løftes i dette projekt gennem samarbejder med nationale vidensinstitutioner.Af centrale indsatser kan nævnes;* Øge innovationskraften mellem fødevarelandskabets aktører, herunder også fiskeforarbejdende virksomheder samt samspillet med outdoor/oplevelsesturismen. Innovationskraft omfatter både produkt-, proces-, markedsførings- samt organisatorisk innovation.* Produktudvikling med afsæt i den særlige bornholmske terroir* Styrke erhvervsfremmesystemet indenfor fødevareområdetAf virkemidler anvendes aktionlærings-aktiviteter, workshops, produktudviklingsfora samt innovationsagenter.</t>
+  </si>
+  <si>
+    <t>Projektets mål er at øge antallet af uddannede inden for de fag på erhvervsuddannelserne, der er udnævnt til Fordelsuddannelser. Fordelsuddannelserne har gode muligheder for praktikpladser og der er begyndende arbejdskraftmangel. Projektet har to indsatsspor med hver 2 hovedaktiviteter, idet man kan øge antallet af faglærte via øget optag eller via bedre fastholdelse af elever for dermed at begrænse frafaldet. Den øgede rekruttering til fordelsuddannelserne skal dels ske via øget kommunikation og vejledning/undervisning om fordelsuddannelser og dels via en mere fleksibel mulighed for at starte på uddannelserne. De udviklede præsentations- og undervisningsforløb er til brug på Grundforløb 1, AVU, GVU, HF og den Forberedende GrundUddannelse, FGU. Forløbene skal samtidig hjælpe med at understøtte fagene (f.eks. matematik), præsentere fordelsuddannelserne via realistiske opgavetyper og -emner. En vigtig indsats bliver at udvikle og afprøve koncepter for brobygningsforløb for de nye FGU-skoler, der starter i august 2019. Herudover vil projektet via udvikling af digitale uddannelsesforløb skabe mere fleksibel adgang til uddannelsen. Fastholdelsen sker dels via en sikring af praktikpladser tidligt i uddannelsen og dels gennem en systematisk monitorering af elevtrivslen og pædagogisk opfølgning. Erfaringsmæssigt ved vi, at en stor del elever falder fra i overgangen mellem grundforløb og hovedforløbet. En del skyldes, at eleven synes, det er svært at skulle søge praktikplads og er usikre på, om det vil lykkes. Når praktikpladsen er fundet, fjernes en stor usikkerhedsfaktor for eleven, og dermed en årsag til frafald. Den løbende monitering af elevtrivslen, skal bygge videre på den obligatoriske, årlige måling af elevtrivsel alle skoler foretager. Ved at udvikle et værktøj, der løbende kan måle elevtrivslen og understøtte det med pædagogiske metoder til forebyggelse, vil Faglært med Fordel øge gennemførslen. Målgrupperne for projektet er unge, der er i gang med uddannelse: Grundforløb 1, Almen VoksenUddannelse, Forberedende VoksenUddanelse, Højere Forberedelseseksamen samt Forberedende GrundUddannelse. Dertil unge med f.eks. en studentereksamen, der har brug for en fleksibel opstart af uddannelse. Målgruppen for indsatsen for at øge gennemførelsen er de igangværende elever.</t>
+  </si>
+  <si>
+    <t>FREMTIDENS SPILDEVANDSANLÆG 2.0 Projektet implementerer dele af Vejles helhedsorienterede by-strategi: "Viljen til bæredygtig by".Projektet er et udviklingsprojekt, der har som overordnet formål at understøtte og udvikle en bæredygtig cirkulære økonomi i Vejle by ved i højere grad bedre at udnytte de ressourcer, byen producerer - til gavn for miljøet, den sociale sammenhængskraft, erhvervslivet og byens evne til at modstå den demografiske udvikling og klimaforholdene.Demonstrations- og udviklingsprojektet</t>
+  </si>
+  <si>
+    <t>Tiltrækning og fastholdelse af højtkvalificerede globale talenter</t>
+  </si>
+  <si>
+    <t>Projekt Valg af uddannelse (VAU)Projektkonceptet er koordineret af EUC Nordvest i Thisted og udviklet i et samarbejde og partnerskab mellem følgende kommuner, faglige forbund og uddannelsesinstitutioner i Thisted, Jammerbugt og Mors. På baggrund af udviklingen på arbejdsmarkedet med stadig mere fokus på almene og personlige kvalifikationer, bygger projektkonceptet på et tværinstitutionelt samarbejde. Baggrunden er dels et specifikt ønske om at opkvalificere ledige såvel fagligt som alment, dels et generelt behov på arbejdsmarkedet for at kvalificere medarbejdere mere bredt, også alment og personligt. Dette behov er en følge af udviklingen på arbejdsmarkedet med opblødning af faggrænser, nye produktionsformer, ændret arbejdsorganisering m.m. Projektet ønsker dermed via det tværinstitutionelle partnerskab at udvikle en ny model, der kan bygge bro mellem ledige og uddannelsessystemet, så det overordnet set bliver grebet an på en velfungerende og betryggende måde til glæde for både borgere og de involverede organisationer, der skal varetage denne opgave.Projektkonceptets hovedaktiviteter opdelt i faser 1-5:Fase 1. Introduktion og gennemgang af projektets aktiviteter (Projektholdere)Fase 2. Projektvisitation og processamtaler (Kandidater)Fase 3. MUSS-forløb af 22 dage iberegnet fase 4 (kandidater)Fase 4. Brobygning til uddannelse af 2x2 dageFase 5. Evaluering og design af projektkonceptets medtoder (Projektholdere)Den primære målgruppe består af ca. 220 kandidater/borger. Målgruppen er forsikret ledige og består af både mænd og kvinder, der aldersmæssigt er 25+. Målgruppen er tæt på at miste dagpengeretten og har ingen kompetencegivende uddannelse/ufaglært og/eller har behov for jobskifte evt. grundet forældet uddannelse. De enkelte projektforløb har en varighed af i alt 22 dage og projektkonceptet er bygget op med afprøvning af MUSS-værktøjet, DUKA som processamtale metode og brobygning som motivationsmekanisme, der skal medvirke til at give den ledige bedre mulighed for og lyst til at vælge og gennemføre en uddannelse og at udvikle den lediges faglige og personlige kompetence, herunder valgkompetence. Endvidere bidrage til at frafald og omvalg begrænses mest muligt. Samlet er det projektets intention at 220 borgere skal gennemføre forløbet. Hertil skønnes der, at der gennem projektperioden på 35 måneder, vil opstarte 147 i uddannelse.</t>
+  </si>
+  <si>
+    <t>I programmet</t>
+  </si>
+  <si>
+    <t>Formål: Formålet med Rummelig i Midt er at sikre et tilstrækkeligt arbejdsudbud ved at mindske antallet af personer på kanten af eller uden for arbejdsmarkedet. Projektet vil udvide arbejdsstyrken og få borgere på kanten af eller uden for arbejdsmarkedet inkluderet i et arbejdsfællesskab. Dette skal ske ved at styrke arbejdsmarkedets parters, virksomhedernes og kommunernes involvering i social inklusion ud fra et beskæftigelsesrettet perspektiv. Ved at forene tværsektorielle kompetencer, ressourcer og viden, skabes jobåbninger for målgruppen.Forventede effekter: Det forventes, at 550 deltagere gennemfører et indslusningsforløb, hvoraf 40 forventes at være beskæftiget i socialøkonomiske virksomheder umiddelbart efter deltagelsen, 50 forventes at være i beskæftigelse umiddelbart efter deltagelsen, 50 forventes at være i gang med at søge arbejde umiddelbart efter deltagelsen og 37 forventes at være i beskæftigelse 6 måneder efter deltagelsen. Aktiviteter: Projektet har tre aktivitetsspor til opnåelse af målet: 1. Aktiviteter, der skal sikre, at flere virksomheder bliver aktive med at inkludere målgruppen, samt utraditionelle strategier for rekruttering af medarbejdere til virksomhederne. 2. Inklusionsindsatser, der skal facilitere målgruppens vej ind på arbejdsmarkedet3. Indsatser, der skal understøtte etableringen af flere socialøkonomiske virksomheder, der arbejder beskæftigelsesfremmende, og som ofte formår at ansætte borgere, der ikke kan arbejde på ordinære vilkår. Øvrige oplysninger: Projektsekretariatet ApS er kontraktansvarlig partner og består af LO Nordvestjylland, LO Herning-Ikast, LO Århus, LO Silkeborg-Favrskov, LO Viborg, LO Djursland, LO Horsens-Hedensted, LO Ringkøbingfjord, LO Skiveegnen og LO Randers. Code of Care er økonomisk partner i projektet.</t>
+  </si>
+  <si>
+    <t>Formålet med Syddansk OPI-pulje 2019-2021 er at understøtte syddanske virksomheder indenfor forretningsområdet sundheds- og velfærdsinnovation i at få flere produkter over vejen fra prototype til markedet</t>
+  </si>
+  <si>
+    <t>Projektet Vision Denmark er klyngekonsolidering inden for den digitale visuelle industri. Vision Denmark er nystiftet med henblik på at samle brancherne inden for film, tv, animation, spil og nye teknologier (XR) i en samlet klynge. De kreative erhverv er jf. Regeringens nye vækstplan vigtige eksporterhverv for Danmark, som sætter et betydeligt aftryk i samfundsøkonomien. Heraf udgør den audiovisuelle industri den anden største, og den digitale visuelle industri er en vigtig del af denne. I en verden, der hastigt bevæger sig fra det skrevne ord til billeder, vil særligt de digitale visuelle oplevelser, produkter og kompetencer, som er kendetegnet ved kreativitet, originalitet, digitalisering og innovation, blive efterspurgt. Digitale visuelle virksomheder eksperimentere med ny teknologi og de har mennesket i centrum, når de udvikler fortællinger og oplevelser, der engagerer forbrugere og skabe bedre serviceydelser. Industrien har et enormt indtjenings- og vækstpotentiale, både på det internationale marked og på det danske marked; i underholdningsindustrien og i det øvrige erhvervsliv. Det potentiale skal Vision Denmark forløse.Vision Denmark er den første nationale erhvervsalliance og -klynge i Danmark for den digitale visuelle industri (film, spil, tv, animation og de nye teknologier, XR). Vision Denmarks er efterspørgselsdrevet og er derfor stiftet af de største private aktører indenfor industrien, Unity Technologies, SYBO og Nordisk Film sammen med Interactive Denmark, The Animation Workshop, Via University College, Filmby Aarhus, FilmFyn, Producentforeningen samt Copenhagen Film Fund. Vision Denmark konsolideres i 2019/20, hvor industrien i hele landet samles. Vision Denmark vil i 2019/20 omfavne 90 medlemmer fra industrien, hvoraf 22 forventes at markedsintroducerer et nyt produkt. Der afholdes ca. 20 forskellige typer aktiviteter med over 1000 deltagere. Aktiviteter spænder over videnspredning, matchmaking, tiltrækning af investering, styrkelse af entreprenørskab, talentudvikling, kompetencesikring, øget efterspørgsel af innovative produkter, internationalisering mv. Efter konsolideringsfase er målsætningen frem mod udgangen af 2025 at sikre vækst i industrien, herunder 6400 jobs direkte i industrien, hvoraf 2500 er nye jobs; næsten fordoble omsætningen fra i dag 5,7 mia. kr. til 10 mia. kr. i omsætning; udvikle min. 3000 talenter og etablere Danmark som testland for nye fortællinger og teknologier.</t>
+  </si>
+  <si>
+    <t>Offshoreindustrien har et stort vækstpotentiale, men kæmper med en høj omkostningsstruktur, der kan medvirke til at holde væksten nede. Hvis der kan skabes løsninger til at nedbringe omkostningerne, vil der ligge et vækstpotentiale for og øget aktivitetsniveau for SMV</t>
+  </si>
+  <si>
+    <t>Erhvervsuddannelser</t>
+  </si>
+  <si>
+    <t>Projekt</t>
+  </si>
+  <si>
+    <t>Der er stadig en gruppe af unge, som ikke får en uddannelse, og dermed heller ikke kvalificerer sig til arbejdsmarkedet. Mange af de unge kommer fra hjem uden tradition for uddannelse og regelmæssigt arbejde. Mange af de unges familier har helle ikke haft ressourcer og mentalt overskud til at give de unge dét, som unge i ressourcestærke familier betragter som en selvfølge: personlig hygiejne, et skub til at komme i skole, lektiehjælp, julehygge, sommerferier, mulighed for sport, sund kost, positive relationer, og mange andre facetter af et menneskeliv. De nye FGU-skoler er sat i verden for at give unge, der ikke er kendt uddannelsesparate kundskaber, færdigheder og ressourcer til at kunne komme ind på en kompetencegivende uddannelse. FGU Himmerland er netop i gang med at udvikle en ny FGU-pædagogik og didaktik, der favner understøttelse af faglige færdigheder og kundskaber, men også de unges trivsel og livsmestring. Uddannelsen omfatter imidlertid stadig formelle krav, eksaminer, krav om socialitet og selvstændighed, som nogle udsatte unge har vanskeligt ved at håndtere. Allerede nu må såvel kommunens ungeindsats som FGU Himmerland erkende, at der er en gruppe unge, som ikke er parate til at følge en FGU-uddannelse eller komme i ufaglært arbejde.Erhvervsskolerne oplever lignende problemer, hvor ca. 15-40% af eleverne på grundforløb falder fra - ikke på grund af mangel på faglige kompetencer, men der imod utilstrækkelige personlige kompetencer og -udfordringer. Vi ved også, at de frafaldstruede elever har det vanskeligt med overgange - overgange mellem uddannelser og overgange mellem forløbene. Et yderligere problem for at fastholde såvel FGU som EUD-eleverne i uddannelserne er fritiden med</t>
+  </si>
+  <si>
+    <t>Europas Grønne Region - Innovative løsninger på vandområdetProjektets overordnede formål er at øge antallet af innovative SMVer inden for vandområdet og hermed bidrage til vækst i erhvervet og en bæredygtig udvikling af vandsektoren. Dette opnås ved at støtte SMVers udvikling af nye koncepter og teknologier til innovative løsninger på vandområdet gennem målrettede innovationsforløb med forskere og øvrige af vandsektorens aktører. Projektet forventes at resultere i 24 innovationsforløb, hvoraf det forventes at 20 af virksomhederne introducerer nye produkter.Projektet vil igennem screenings, opfølgende interviews og netværksaktiviteter identificere overordnet innovationsbehov og innovationspotentiale hos Region Hovedstadens SMVer, og derved SMVer med interesse og potentiale til at indgå i konkret innovationsforløb med forskere. Water DTU er center for vandaktiviteter på DTU. Centeret samler fagområder bredt inden for emnet vand og giver derved en unik mulighed for match med forskere på tværs af DTU institutter og på tværs af sædvanlige faggrænser. Water DTU vil arrangere matchmaking aktiviteter, hvor SMVer sammenføres med relevante forskere og øvrige af vandsektorens aktører, og der formes projektgrupper som definerer mål og indhold til konkrete innovationsforløb.Matchede SMVer og forskere samarbejder i innovationsforløb. Herigennem får SMVerne adgang til viden og aktuel forskning relateret til vandområdet med henblik på at udvikle nye teknologier eller koncepter, der kan skabe innovative løsninger, som både er nye for markedet og for projektets SMVer. Innovationsforløbene vil kunne involvere øvrige aktører fra vandsektoren (fx forsyninger, større virksomheder, kommuner) og indeholde test og afprøvning af teknologier og koncepter i det tiltænkte anvendelsesmiljø.Projektets aktiviteter vil yderligere kunne lede til innovative samarbejder uden for projektets rammer. Deltagende SMVer i projektet vil opnå netværk og erfaring med forskersamarbejde og innovationsforløb og vil derved stå bedre rustet til efterfølgende at deltage i innovationssamarbejde.DTU, CLEAN, Scion DTU og Symbion er ansvarlige for projektets udførelse med DTU som den kontraktansvarlige partner.</t>
+  </si>
+  <si>
+    <t>Hold FastProjektet drejer sig om fastholdelse af udsatte unge i den Almene Voksen Uddannelse på VUC&amp;hf Nordjylland, afdeling Jammerbugt. Projektets aktiviteter foregår primært i tilknytning til AVU men også i overgangen og de første 6 måneder i ungdomsuddannelse.FormålDet overordnede formål med projektet er at klargøre de udsatte elever til at påbegynde og gennemføre en ungdomsuddannelse. Projektets aktiviteter udføres som supplerende og understøttende aktiviteter i relation til AVU og i de første 6 måneder i ungdomsuddannelse. Deltagerne går på VUC&amp;hf 9./10. klasse imens støtten gives eller er netop opstartet på ungdomsuddannelse.Projektets hovedaktiviteterVisitering af deltagere. Dette sker gennem AVU vejledningen.Fastholdelsesaktiviteter. Der iværksættes den nødvendige støtte og deltagerne hjælpes konkret og håndholdt til af afhjælpe de problematikker, der vanskeliggør deltagelse i et undervisningstilbud. Målet er, at klargøre deltagerne til ungdomsuddannelse og sikre, at de kan håndtere, de krav de møder her.Efterværn. Deltagerne støttes håndholdt og konkret i overgangen til ungdomsuddannelse og i de første 6 måneder af ungdomsuddannelsen.Styrket indsats i forhold til inklusion, fællesskaber og venskaber. Der gøres en ekstra indsats for social inklusion samt træning i at indgå i fællesskaber. Dette er en forudsætning for at kunne trives i ungdomsuddannelse og arbejdsmæssige fællesskaber.Udførelse af projektetTil udførelse af projektet nedsættes et vejlederteam, som skal være tilgængeligt og som skal kunne reagere med kort varsel. Deltagerne knyttes til en af kontaktperson i teamet. Som grundlag for vejledningen anvendes en for vejledningsteamet relevant og brugbar metode - eksempelvis Den Motiverende Samtale, og der laves løbende skriftlige aftaler med deltagerne i forhold til de aktiviteter, der udføres.ForankringDet antages, at den relationelle, konkrete og håndholdte kontakt og brugen af en relevant metode samt indgåelse af skriftlige aftaler vil skabe en progression, som kan dokumenteres og anvendes fremover.</t>
+  </si>
+  <si>
+    <t>I Teknologisamarbejde i Region Sjælland samarbejder 42 mindre virksomheder over en 3 årig periode med forskere fra videninstitutioner i Region Sjælland, blandt andet DTU Risø, i op til 21 videnkonsortier, om udvikling af nye produkter eller services, med henblik på at skabe vækst i form af øgede markedsandele og over 250 nye arbejdspladser. Der forventes, at være skabt 24 nye innovative virksomheder 2-5 år efter projektperioden. Indledningsvist afdækkes forskerkompetencer og faciliteter på DTU Risø. Parallelt hermed undersøges innovationskapacitet og parathed i regionens teknologiske SMV</t>
+  </si>
+  <si>
+    <t>Formålet er at skabe vækst i 92 virksomheder med afsæt i strategi-/udviklingsarbejde, gennem kompetenceudvikling af ledere/medarbejdere, samt ved at fastholde eksisterende og tiltrække nye medarbejdere baseret på et gennemarbejdet strategisk beslutningsgrundlag. Vækst 2.0 tjener samtidig som metodeudviklingsprojekt (nye virkemidler, nye metodikker mv.) hvor læringen implementeres og forankres, så den danner grundlag for fremtidige udviklingsprojekter. Projektet er faseopdelt: - Metodeudvikling, - Gennemførelse - PerspektiveringVed at udvikle de rette metoder for gennemførelse, og sideløbende opsamle på resultaterne, skabes en projektmodel, der sikrer optimale vækstbetingelser for virksomhederne, samt at de periodeopdelte effektmål nås.De virksomhedsrettede aktiviteter tager udgangspunkt i hovedaktiviteterne Forretnings-, Ledelses-, Eksport-, Proces-, Produkt- og Salgsudvikling (fase 2).Der er valgt 3 specifikke indsatsområder (jf. Bilag 2):- Vækst via Rådgivning - bruges når virksomheden står over for forandringer, der kræver en særlig indsats, for at vækstpotentialet udforskes og udnyttes.- Vækst via Kompetenceudvikling - skal med afsæt i virksomhedens strategi igangsætte de rette kompetenceudviklingsforløb for ledere og medarbejdere.- Vækst via Camps - baseres på synergien, der opstår, når egen virksomhed spejles i andres. Derved opnår ny læring og best practice fra ligesindede.For at skabe størst mulig vækst, ønskes nye metodikker i tilgangen til vækstvirksomhederne afprøvet. Vækst 2.0 er bygget op omkring:1:Differentiering: En screeningsmodel udarbejdes, for at kunne identificere og differentiere den enkelte virksomheds vækstpotentiale: A=højt, B=middel, og C=lavt.En ny kunde screenes, en vækstkortlægning udarbejdes, og vækstpotentialet vurderes ud fra en række væsktfaktorer.2: Ansøgningsproces: På baggrund af de differentierede vækstpotentialer vil der være tilsvarende differentierede ressourcer at søge.Vækstpotentialevurdering foretages af en uvildig sparringsgruppe.3: Forankring: Med afsæt i Transfer Learning sikres et tættere parløb med virksomhederne. Indsatsen forankres, så vægtningen af eksekvering/forankring opprioriteres</t>
+  </si>
+  <si>
+    <t>Fødevareiværksættere styrkes gennem nyt projektGrowing Food CPH skal hjælpe og vejlede fødevareiværksættere i Region Hovedstaden med at kommercialisere og professionalisere deres forretningsidé. Fokus er på de helt nystartede iværksættere og målet er, at iværksætterne udvikler konkrete forretningsmodeller, der er baseret på den nyeste viden.Gennem træningsforløb (bootcamps) vil iværksætterne få værktøjer til selvstændigt at komme fra idé til kommercialisering. Iværksætterne vil få direkte sparring med forskere fra KU, AAU, DTU, forretningsudviklere fra CAPNOVA, eksterne eksperter, erhvervsaktører som f.eks. DFC, Kitchen Collective og virksomheder som f.eks. Danish Crown, Chr. Hansen, Pack Design m.fl., mens de gennemarbejder, modner og afprøver deres forretningskoncept. Forløbet veksler mellem undervisning i generelle kompetencer (f.eks. kapitalrejsning, strategi og forretningsudvikling) og specialiseret viden (f.eks. certificeringer, storytelling, hygiejne, smagsteori, love og regler) og prioritere netværksskabelse med eksterne aktører.Målet er, at mindst 140 potentielle iværksættervirksomheder bliver screenet, at mindst 60 potentielle fødevareiværksættervirksomheder deltager på to store bootcamps og seks tematiserede bootcamps. Det forventes:at 50 iværksættervirksomheder indleder større individuelle forløb med sparring og vejledning fra resursepersoner, universiteter og forretningsudviklereat 40 iværksættervirksomheder får tilknyttet en studerende, der vil kunne hjælpe dem i processenat 30 iværksættervirksomheder tilkøber yderligere specialistvidenSom afslutning får de 20 bedste iværksættervirksomheder mulighed for at pitche deres virksomhed foran et panel af investorer, branchefolk og større virksomheder med interesse i deres løsning.Resultat:at andelen af CVR-registrerede deltagere stiger fra 50 % til 90 % i løbet af projektetat 80 ud af 90 projektdeltagere gennemfører forløbetat 10-15 iværksættervirksomheder opnår ekstern investering, indsender ansøgning om softfunding eller opnår samarbejdsaftale med kommercielle partnere undervejs eller umiddelbart efterEffekt:at 90% af de der gennemføre, er CVR-registrerede 6 mdr. efter forløbetat 20 af de deltagende virksomheder stadig er aktive efter 2 årat antallet af nye arbejdspladser efter 2 år, er minimum 70 8 netværksmøder vil samtidigt sikre en fast tilknytning og udvikling i projektet og samtidigt støtte iværksætteren i optagelse og udnyttelse af det samlede økosystem.</t>
+  </si>
+  <si>
+    <t>SOCIALØKONOMISK IVÆRKSÆTTERIProjektets overordnede formål er at skabe grundlag for, at der kan etableres flere socialøkonomiske virksomheder i Nordjylland.Effekten af projektet forventes at være, at der er etableret 11 nye socialøkonomiske virksomheder, og at op mod 130 udsatte ledige har fået en stærkere tilknytning til arbejdsmarkedet. Samlet fører aktiviteterne i projektet til, at der skabes et bedre grundlag for etablering af socialøkonomiske virksomheder i Nordjylland.Projektets aktiviteter kan overordnet deles i to:Del 1 arbejder med konkrete iværksættere/virksomheder, der ønsker at etablere en socialøkonomisk virksomhed. Aktørerne afholder screeningsmøder, indtil der er fundet 15 stærke forretningsidéer, der er egnet til at blive en socialøkonomisk virksomhed. Gennem information til og vejledning af deltagerne, skabes der grundlag for at starte 11 nye, bæredygtige socialøkonomiske virksomheder. Aktiviteterne i denne del af projektet medfører en stor viden blandt projektets aktører. Denne viden samles og videreføres til andre via projektets del 2.Del 2 arbejder med spredningsaktiviteter til de øvrige nordjyske kommuner herunder videndeling og opkvalificering af de aktører, der skal vejlede iværksættere/virksomheder, der ønsker at starte en ny socialøkonomisk virksomhed. Aktiviteterne i denne del af projektet er med til at fremtidssikre den metode, som er udviklet via aktørernes arbejde i del 1. Aktører fra andre nordjyske kommuner inddrages, viden deles, og flere aktører opkvalificeres, så de kan give information og vejledning om socialøkonomi. Der oprettes et virtuelt videnscenter om socialøkonomi (NVS), som bliver samlingspunkt for viden. Der oprettes en ERFA-netværksgruppe på tværs af kommunerne, så aktørerne løbende kan lære af hinanden.</t>
+  </si>
+  <si>
+    <t>Projektet afprøver Greater Copenhagens potentiale som centrum for flere vækstiværksættere inden for produktion af højkvalitetsfødevarer og -madoplevelser. Greater Copenhagen Food Startup tilbyder fødevare-iværksættere i Greater Copenhagen et målrettet vejlednings- og acceleratorprogram, som kombinerer forretningsudvikling med udvikling af af højkvalitetsfødevarer og</t>
+  </si>
+  <si>
+    <t>Projekt Viden og innovationslaboratorier (VIL) ønsker i et tæt samarbejde mellem private virksomheder, offentlige institutioner og viden- og forskningsinstitutioner at understøtte små og mellemstore private virksomheders udvikling af nye produkter, teknologier og metoder. Innovationssamarbejdet i projektet etableres helt specifikt i fire viden- og innovationslaboratorier inden for områderne sundheds-og velfærdsinnovation/sundheds- og velfærdsløsninger samt oplevelseserhverv, herunder blandt andet erhvervsturisme og kreative erhverv og med udgangspunkt i forskellige typer af innovation: nye produkter, nye produktionsprocesser og nye organisationsformer. Herigennem bidrages til de involverede virksomheders vækst og innovationskraft med henblik på at styrke virksomhedernes videre vækst og jobskabelse. Projektet er bygget op omkring de fire viden- og innovationslaboratorier, som består af minimum tre private virksomheder, minimum to videns- og forskningsinstitutioner og minimum én øvrig offentlig partner. Hvert videns- og innovationslaboratorium arbejder ud fra følgende organisationsform: Et laboratorium etableres i en privat virksomhed og virksomheden stiller lokaler til rådighed for laboratoriets arbejde. Laboratoriet indrettes med rekvisitter og teknologi, som bidrager til at styrke produkt/konceptudvikling, -modning og strategiarbejde. I laboratoriearbejdet har medarbejdere fra uddannelsesinstitutioner ansvaret for innovationsprocesser i tæt samarbejde med virksomhedernes medarbejdere og offentlige partnere, og der arbejdes i samskabende processer med virksomhedens problemstillinger. Dette kan være i form af produktudvikling, optimering af interne processer, serviceydelser, sidestepping m.v. Forskningsinstitutionerne arbejder på virksomhedens vækstudfordringer sammen med virksomhedens medarbejdere.Forventningen er, at i alt 26 virksomheder vil deltage i projektet med mulighed for at introducere produkter der er nye for markedet/virksomheden og af disse, vil 23 virksomheder have udviklet koncepter til nye produkter/løsninger samt, der vil være 22 nye innovative virksomheder ved projektets afslutning.</t>
+  </si>
+  <si>
+    <t>Acceleration af bæredygtige og digitale vækstiværksættere i Region SjællandFormål og målgruppeDTU Link og Spring Nordic ønsker med projektet at bidrage til at skabe flere vækstiværksættere i Region Sjælland ved at tilbyde målrettede accelerationforløb til potentielle vækstiværksættere, der arbejder inden for temaerne bæredygtig industri og digitalisering. Projektet henvender sig til iværksættere i regionen hvor begge aktører har gode erfaringer med målgruppen: unge, motiverede og kompetente iværksættere, hvoraf nogle har etableret CVR-nr.Parterne bag tilbuddetDTU Link og Spring Nordic har lang erfaring med at rådgive og vejlede specialiserede og videnstunge iværksættere med udvikling af skalerbare forretningsmodeller. DTU er specielt god til at matche iværksætterne med teknologiske og faglige kompetencer inden for universitets brede forskningskatalog. Inkubatoren DTU Link på Campus Risø har på 1 år etableret mere end 30 teknologiske innovationssamarbejder med sjællandske virksomheder. Spring Nordic har god erfaring med accelerationsforløb for specialiserede start-ups. Spring Nordic har herudover væsentlig erfaring i at klæde iværksætterne på til at kunne opnå funding fra såvel private aktører, som offentlige fonde.Indhold i accelerationsforløbetProjektet indebærer etableringen af et komprimeret accelerationsforløb på 6 måneder, som gennemføres 3 gange. Hvert forløb gennemføres for 10 deltagere, der på forhånd er screenet på baggrund af 7 kriterier, som bl.a. inkluderer ambitioner, skalerbarhed/vækstpotentiale og kompetencer. Accelerationsprogrammet indeholder både en individuel del og en fælles del og sammensættes for hver virksomhed i samarbejde med en fast vejleder. Hovedaktiviteter i forløbet er: Fælles træningscamps Individuelle rådgivningsforløb Frikøb af eksterne rådgivere, adgang til prototypeværksted mm.Mentorprogram med erfarne erhvervsfolkExit pitch for investorer og rådgivereSærligt intensive rådgivningsforløbDeltagereRekruttering og udvælgelse til programmet vil bl.a.ske via DTU</t>
+  </si>
+  <si>
+    <t>BEDRE BRUG AF BYGGEAFFALD I VEJLE BYProjektet implementerer dele af Vejles helhedsorienterede by-strategi: "Viljen til bæredygtig by". Formålet med projektet er, at fremme bæredygtig ressourceoptimering og cirkulær økonomi inden for affaldshåndtering, byggeri, arkitektur og design gennem nye samarbejdsformer mellem private SMV</t>
+  </si>
+  <si>
+    <t>Projektet GREEN vil skabe basis for bedre og mere energieffektive nordjyske virksomheder. Dette opnås ved at tilbyde virksomhederne finansiel og videnbaseret støtte til udarbejdelse og implementering af grønne forretningsmodeller, der kan være med til at gøre en eksisterende proces eller et eksisterende produkt grønnere og mere energieffektivt, for derved at lede til energimæssige og økonomiske besparelser for virksomheden på lokalt plan og samfundet som helhed.Via projektet vil 85 deltagende virksomheder, i samarbejde med eksterne rådgivere, udvikle grønne forretningsmodeller, med henblik på at implementere energieffektive løsninger i forbindelse med virksomhederne, uanset om deres forretning er koncentreret omkring produktion, bearbejdning og/eller anvendelse af materialer og udstyr eller levering af services.</t>
+  </si>
+  <si>
+    <t>Virksomhederne i Region Midtjylland, Region Nordjylland og Region Sjælland, der deltager i dette projekt gennem en selvstændig ansøgning, oplever i stigende grad udfordringer med at rekruttere kvalificeret arbejdskraft. Dette er særligt fremtrædende inden for brancher, hvor medarbejdere med STEM-kompetencer er bærende. På denne baggrund har en partnerkreds bestående af uddannelsesinstitutioner samt erhvervshuse og arbejdsmarkedskontorer udviklet nærværende projekt med det formål at flere ufaglærte påbegynder og afslutter en erhvervsuddannelse for voksne, så virksomhederne i højere grad får adgang til kvalificeret arbejdskraft og dermed øger mulighederne for at realisere deres vækstpotentialer.For at opfylde målsætningen om at flere voksne påbegynder og afslutter en erhvervsuddannelse for voksne (EUV) vil projektet udvikle og afprøve en håndholdt og motiverende indsats for ansatte og ledige, hvor indsatsen bringes i spil i alle faser fra indledende afsøgning af potentielle kandidater til en erhvervsuddannelse for voksne til at den enkelte faktisk gennemfører uddannelsen.Konkret vil projektet gennem udviklingen af en ny og motiverende grundfortælling om erhvervsuddannelse for voksne gennem en håndholdt indsats arbejde med at:</t>
+  </si>
+  <si>
+    <t>Projektets overordnede formål er at øge antallet af innovative SMV</t>
+  </si>
+  <si>
+    <t>SMART Greater Copenhagen indeholder to koblede projekter: SGC 1: udvikling af kompetenceformater til digitalt løft i brancher med særligt behov samt SGC 2: anvendelse af kompetenceformaterne til digitalt løft i regionens SMV</t>
+  </si>
+  <si>
+    <t>Projektet øger antallet af selvstændige inden for robotteknologi ved at tilbyde rådgivning til iværksættere og give adgang til faciliteter, hvor robotteknologien kan udvikles. Som udgangspunkt varer indsatsen omkring den enkelte virksomhed ca. 6-16 mdr., hvorefter virksomhederne skal stå på egne ben og være kommercielt bæredygtige. Igennem projektets levetid vil iværksætterne også have modtaget rådgivning i forhold til, hvordan en virksomhed gøres klar til at mødes investorer, skaleres og gøres kommercielt bæredygtig. Deltagerne har endvidere gennemført undervisning og kompetenceudvikling eller modtaget robot-målrettet undervisning i iværksætteri på uddannelsesinstitutionerne. Målet er bl.a. at skabe 16 nye levedygtige kommercielle robotvirksomheder, der i deres første leveår har 2,5 medarbejder per virksomhed og derefter 50% vækst i medarbejderstaben.På længere sigt er målet med indsatsen, at de nye virksomheder bidrager til øget vækst og beskæftigelse i Danmark.Startup-programmet har således til formål at finde og tiltrække de bedste egnede iværksættere med startup/spin out-virksomheder, at sikre en stærk tidlig facilitering af iværksætternes udvikling, herunder en hverdag i et robotfagligt innovationsmiljø, prototypeudvikling og etablering af partnerskaber og endeligt skabe adgang til funding på et tidligt tidspunkt.Projektets succeskriterier er at have screenet omkring 168 iværksættere og blandt disse udvælge de 20 robotvirksomheder med størst udviklings- og markedspotentiale, føre dem igennem undervisnings- og kompetenceforløb.</t>
+  </si>
+  <si>
+    <t>Projektet Globale VækstKompetencer arbejder med internationalisering i syddanske virksomheder. Gennem 4 år vækster 150 små og mellemstore virksomheder på globale kompetencer. Fokus er på internationalisering og forretningsudvikling for at sikre øget vækstskabelse, omsætning og eksport i virksomhederne. Kompetenceudviklende aktiviteter gennemføres med udgangspunkt i virksomhedens vækst- og uddannelsesplan og veluddannede ressourcer matches med virksomhederne ud fra konkrete internationaliseringsopgaver.Projektet henvender sig til små og mellemstore virksomheder på tværs af regionens prioriterede forretningsområder nystartere såvel som eksportvante. Virksomhederne tilbydes følgende:- Afdækning af virksomhedens behov for udvikling indenfor internationalisering og forretningsudvikling.Udgangspunktet er egen eksisterende vækstplan og internationaliseringsambition. Løbende og håndholdt opfølgning på kvalitet og udbytte.- Tilrettelæggelse af virksomhedsspecifikke kompetenceudviklende aktiviteter med internationaliseringsperspektiv for ledelse og medarbejdere.- Mulighed for længerevarende tilførsel af højtuddannede ressourcer til konkrete udviklingsopgaver i virksomhederne.- Netværksopbygning og faciliterede forløb for eksportvante og nystartede virksomheder.Internationalisering og globale vækstkompetencer er omdrejningspunktet i indsatsen. Kompetente medarbejder og globalt orienterede ledere skaber øget vækst og eksport i virksomhederne. Styrkede kompetencer genererer øget omsætning. Veluddannede ressourcetilførsel booster virksomhedens vækstpotentiale og medfører øget omsætning og jobskabelse. Det er disse effekter projekt Globale VækstKompetencer realiserer.Virksomhederne følges tæt af projektkonsulenter for at sikre maksimal resultat og effektskabelse og sikre en planlægning, der hænger sammen med virksomhedens driftsfokus.</t>
+  </si>
+  <si>
+    <t>Bornholms Iværksætterprogram Bornholms Iværksætterprogram har til formål at styrke iværksættere og opstartsvirksomheder på Bornholm. Projektet skal bidrage til at flere innovative og vidensintensive iværksættere starter op på øen, at overlevelsesraten øges og at opstartsvirksomhedernes potentialer for vækst og jobskabelse understøttes. Det forventes at 30 iværksættere deltager i forløbene og at 5 personer starter virksomhed under eller umiddelbart efter deltagelse i programmet. Aktiviteter: Iværksætterprogrammet er struktureret som længerevarende udviklingsforløb bestående af en kombination af individuel rådgivning, fælles workshops samt onlinebaseret sparring, der skal sætte fart på iværksætternes udviklingsproces. Iværksætterprogrammet vil have fokus på at aktivere de særlige stedbundne ressourcer der findes for iværksættere på Bornholm og forventes bl.a. at henvende sig til innovative iværksættere indenfor fødevarer, fremstillingserhvervene samt turismeiværksættere, som har behov for fysisk plads og adgang maskineri til fremstilling af prototyper.Deltagerne i iværksætterprogrammet vil eksempelvis få mulighed at arbejde med:</t>
+  </si>
+  <si>
+    <t>Nordjysk Newbizz - rådgivning af iværksættere og vækstiværksættereNordjysk NewBizz er et samarbejdsprojekt mellem mange forskellige aktører, som kombinerer den traditionelle mangeårige individuelle rådgivning af Nordjyske Iværksættere sammen med et nyt fokus på Vækst Iværksættere. Målgruppen er i første omgang iværksættere der fornyligt har etableret eller står overfor at etablere egen virksomhed. Hovedaktiviteterne vil være iværksætterforløb med med følge af en lokal erhvervskonsulent og tilbud om rådgivning, Vækstiværksætter Light er en camp for iværksættere der samles et klart markeds og vækstpotentiale, screeening af potentielle vækstiværksættere, vækstiværksætterforløb, vækstiværksætter plus for dem der indfrier deres milepælsplaner i værksiværksætterforløbet og som opfylder kravene til at blive betegnet som vækstiværksættere. Der bliver tale om et årigt pilotprojekt, der skal lægge op til den store fornyelse i et egentligt 5 årigt iværksætterprogram. Pilotprojektperioden skal således benyttes til at samle</t>
+  </si>
+  <si>
+    <t>Det er bevist at spilelementer i iværksætteriundervisning påvirker deltagernes intention om at starte en ny virksomhed positivt.Projektet vil stille eksperter og rådgivere til rådighed for 10 undervisere der skal udvikle fem spilbaserede iværksætteriundervisningsforløb for tlsammen 250 studerende. De studerende vil efterfølgende starte tolv nye virksomheder.Projektet har et tilknyttet ekspertpanel bestående af forskere og praktikere inden for spilbaseret diadaktik og iværksætteriundervisning samt iværksættere. De skal sammen med en række rådgivere hjælpe underviserne med at udvikle og afvikle de bedst mulige forløb.Projektet afholder tre workshop undervejs.Projektet gennemføres i Region Sjælland sammen med identisk søsterprojektet rettet mod det øvrige Danmark.</t>
+  </si>
+  <si>
+    <t>Dette étårige projekt har som vigtigste formål at skabe fundamentet til at kunne fusionere de tre nuværende maritime klyngeorganisationer, Fyns Maritime Klynge, MARCOD (Nordjylland) og Maritime Development Center (København), til én national klyngeorganisation</t>
+  </si>
+  <si>
+    <t>Danmark har for få vækstiværksættere, dvs. virksomheder, der inden for de første to år har mindst 10 ansatte, og som i de efterfølgende tre år har en årlig gennemsnitlig vækst på mindst 20 pct. Ifølge Region Midtjylland udvikler mindre end ½ procent af nye danske virksomheder sig til vækstvirksomheder. Et konsortium bestående af 12 etablerede og spirende midtjyske udviklings- og forskerparker er gået sammen i et midtjysk inkubatorprogram om at accelerere udvikling og vækst i inkubatorvirksomheder via gennemførelse af et udvidet vejledningsforløb med særlig fokus på tilknytning af eksterne ressourcer i form af kontakter og kapital. Målet med programmet er at styrke mulighederne for etablering af nye virksomheder og for kommercialisering af viden, at øge antallet af vækstvirksomheder, at øge væksten i disse virksomheder samt at øge overlevelsesraten for inkubatorvirksomheder.Effekterne af programmet forventes at være:</t>
+  </si>
+  <si>
+    <t>Energi- og materialeeffektive virksomheder på BornholmFormålet er at støtte små og mellemstore virksomheder på Bornholm i grøn forretningsudvikling med fokus på energi- og materialeeffektiviseringer og muligheder for at opnå konkurrencefordele ved at indtænke produkter eller services i en cirkulær økonomi. Projektet bidrager til realisering af Bornholms Bright Green Island strategi og mål om CO2 neutralt samfund i 2025. Målet er, at 30-40 virksomheder får udviklet en grøn forretningsmodel, som kan lede til energi- og materialeeffektiviseringer. Heraf vil 15-20 virksomheder via et intensivt, individuelt konsulentforløb udvikle en helhedsorienteret grøn forretningsmodel til udmøntning af en ny grøn forretningsidé, og 15-20 virksomheder vil via netværksbaserede forløb udvikle en grøn forretningsmodel med fokus på optimering af virksomhedens eksisterende forretningsmodel. Projektet formål og effekter sikres gennem 6 hovedaktiviteter:1. Projektopstart, konceptudvikling og rekruttering af virksomheder: Her etableres projektets rammer og tilbud til virksomhederne, og 30-40 SMV</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at søge om støtte til innovation, test og derved styrkelse af den eksisterende erhvervsklynge Defend med henblik på etablering af en stærkere og mere strategisk vigtig Nordjysk erhvervsklynge Defend ARKTIS.Defend</t>
+  </si>
+  <si>
+    <t>Formålet med Vilje til Vækst er at adressere de nordjyske vækstudfordringer, ved 1) at fremme den internationale orientering samt 2) at få flere nordjyske virksomheder ind i solide vækstforløb (flere vækstvirksomheder).Målgruppen for programmet er etablerede virksomheder (over 3 år gamle), der rummer såvel motivationen for at vækste samt et betydeligt vækstpotentiale. For at identificere og rekruttere de nordjyske virksomheder med det største vækstpotentiale foretages en screening på baggrund af deres vækstpotentiale, evne til at indfri det hurtigt og endeligt deres motivation herfor. Den endelige godkendelse foretages af en kernegruppe.Godkendte virksomheder vil i samarbejde med Væksthuset samt en lokal erhvervskonsulent udarbejde en individuel handlingsplan, der kortlægger det forløb, der skal gøre virksomheden i stand til at indfri sit vækstpotentiale efterfølgende.Handlingsplanen vil bl.a. omfatte- Skitsering af virksomhedens udfordringer og potentialer- Kompetenceudvikling som et virkemiddel- Henvisning til øvrige regionale og nationale programmer og initiativerVirksomheder, der bliver godkendt til programmet vil få tildelt en fast kontaktperson hos henholdsvis det lokale erhvervskontor og Væksthus Nordjylland, der sammen vil følge virksomheden tæt i forløbet samt være en uvildig sparringspartnere. På baggrund af Socialfondsfondsdelen af Vilje til Vækst forventes følgende output:840 personer deltager kompetenceudviklingsforløb.Ovenstående output forventes at medføre følgende effekter:714 personer med forøget kompetenceniveau umiddelbart efter deltagelse i programmet.52 nye jobs i de deltagende virksomheder 2 år efter deltagelse.65 nye jobs i de deltagende virksomheder 5 år efter deltagelse.48.300.000 kr. i skabt meromsætning hos de deltagende virksomheder 2 år efter deltagelse i programmet.55.650.000 kr. i skabt meromsætning hos de deltagende virksomheder 5 år efter deltagelse i programmet.Projektet er forankret hos Væksthus Nordjylland og vil blive udført i tæt samarbejde med særligt de lokale erhvervskontorer men også øvrige relevante aktører på området.</t>
+  </si>
+  <si>
+    <t>Victor Vask A/S ønsker at udvikle og teste en prototype på et anlæg, der kan genbruge vaskerivandet i vaskerier, og som kan sælges til vandforbrugende virksomheder worldwide.Der skal udvikles og testes et fuldskala systemkoncept, der skal sikre og dokumentere en stor genanvendelse af vand, uden at det går ud over virksomhedens produkter.Projektet forventes at føre til større lønsomhed, større omsætning og jobskabelse hos Victor Vask A/S. Derudover forventes projektet at føre til en vandbesparelse på 50%, mindre spildevandsudledning samt besparelser på forbrug af el og kemikalier.</t>
+  </si>
+  <si>
+    <t>Projekt Compress har til formål at hjælpe op til 30 SMV´er indenfor fremstillingssektoren med at blive mere ressourceeffektive. Virkemidlerne er primært viden- og kompetenceudvikling, der skal sætte medarbejderne i stand til at omsætte deres kendskab til produktionsprocesser, råstoffer og halvfabrikata til effektiv anvendelse af ressourcerne, der også omfatter virksomhedens forbrug af energi og vand. Viden- og kompetenceudviklingen varetages primært af de medvirkende erhvervsskoler og erhvervsakademier i samarbejde med de deltagende virksomheder og de øvrige partnere i projektet, der er landsdækkende med en bred partnerkreds bestående af skoler, erhvervsfremme, rådgivere, vidensinstitutioner og arbejdsmarkedets parter (brancheorganisationer). Regionerne indgår også i samarbejdet.Kompetenceudviklingen spænder over et bredt indhold fra LEAN til projektledelse og fra materialekendskab til innovation. Uddannelsesaktiviteterne kan gennemføres på forskellig vis fra læring direkte i produktionen til traditionelle skolekurser med mellemliggende træning med eller uden e-læring. Hvad og hvordan kompetenceudviklingen sker fastlægges i det konkrete virksomhedsprojekt ud fra virksomheden konkrete behov og muligheder.For at deltage skal en virksomhed vurderes som parat til at få udbytte af ressourceeffektivitetsindsatsen, der tilrettelægges som et konkret virksomhedsprojekt. Ligeledes skal en betydelig del af medarbejdergruppen deltage i kompetenceudviklingen, der også har fokus på aktiv medarbejderinddragelse.Projektet er samvist med SFNP-15-0001</t>
+  </si>
+  <si>
+    <t>I projektet vil Lifestyle &amp; Design Cluster og resten af partnergruppen sammen med eksterne rådgivere hjælpe små og mellemstore virksomheder med at udvikle og implementere cirkulære forretningsmodeller. I projektet assisteres virksomhederne igennem nogle hovedaktiviteter, som understøtter virksomhederne, og der tages udgangspunkt i virksomhedens eget dna og strategi. Aktivitet 1: Opsøgende arbejde og projektmodning. Her identificerer og kontakter partnergruppen, operatøren og eksterne konsulenter i alt 400 potentielle SMV</t>
+  </si>
+  <si>
+    <t>Flere virksomheder i Vesthimmerlands Kommune oplever i dag, at de har vanskeligheder ved at rekruttere højtuddannet arbejdskraft. Det skyldes i høj grad, at forretningen kræver nye typer af arbejdspladser, som en direkte konsekvens af den omstilling, virksomhederne i dag er inde i, i forhold til større innovations- og markedskrav. Det koster omsætning og vækst. En del af de ændrede vilkår for forretning betyder derfor, at der i langt højere grad end tidligere er behov for højtuddannet arbejdskraft til at imødegå udviklingen i de kommende års kompetencekrav. Der er således et akut behov for at aktivere kandidater i områdets virksomheder.Samtidigt oplever de store universitetsbyer i Danmark en kraftig vækst i ledige dimittender. Alene i Aalborg oplever de i år en stigning af ledige dimittender på ikke mindre end 112 procent. Af den pulje er det især dimittender med udenlandsk baggrund, der har svært ved at finde jobs. Vi står derfor i en situation, hvor virksomhederne i Vesthimmerlands Kommune, på den ene side i den grad mangler højtuddannet arbejdskraft, og på den anden side er der en større pulje af ledige, internationale dimittender og kandidater bosat i storbyerne, der mangler jobs. Det er et paradoks eller udfordring, som dette projekt sætter fokus på. Det handler om at nå til et kvalificeret match mellem virksomhed og kandidat. Der vil være nogle fordomme, der skal nedbrydes, virksomhederne skal modnes til at ansætte international arbejdskraft, og kandidaterne skal gøres parate til at blive en medarbejder på lige fod med danske kolleger. I det perspektiv vil projektet igangsætte en række håndholdte aktiviteter for virksomhederne, der løbende får støtte af erfarne kræfter i form af en mentorgruppe og det lokale erhvervsservice gennem hele projektforløbet. Parallelt med det vil kandidaterne gennemgå et kompetenceforløb med intensivt dansk og læring om det danske arbejdsmarked og dansk virksomhedskultur.Når der er lavet et kvalificeret match bliver der udarbejdet en plan for ordinær beskæftigelse mellem virksomhed og kandidat. Planen sættes i gang under projektforløbet. Projektet strækker sig over 30 måneder, og vil involvere 15 virksomheder i Vesthimmerlands Kommune og 30 kandidater med udenlandsk baggrund. Projektet har det erklærede mål, at det vil føre til 12 ordinære jobs ude i virksomhederne for højtuddannede internationale kandidater, den dag projektet afsluttes.</t>
+  </si>
+  <si>
+    <t>Med afsæt i Fredericia Kommunes bystrategi</t>
+  </si>
+  <si>
+    <t>Projekt Business Training har til formål at inkludere udsatte flygtninge og familiesammenførte på arbejdsmarkedet. Indsatsen foregår i et stærkt partnerskab mellem Integrationsnet, virksomhederne i Region Hovedstaden samt kommunerne Hillerød, Rudersdal, Gentofte og Allerød. Målgruppe i projektet er udsatte flygtninge og familiesammenførte, langt fra arbejdsmarkedet. Målgruppen har til fælles, at deres forhold indtil videre har været en hindring for, at de har kunne inkluderes på det danske arbejdsmarked. Projektet skaber et</t>
+  </si>
+  <si>
+    <t>Der etableres et partnerskab mellem Gourmet Bornholm - en del af den regionale madkultur, Bornholms Landbrug samt Bornholms Regionskommune, der udgør kernen i en ny styrket og formaliseret fødevareklynge. En klynge, der tilsammen vil råde over en bred vifte af kompetencer, til gavn for de virksomheder, hvor det er formålet at skabe innovation, udvikling, vækst og beskæftigelse. Fødevareklyngen skal etablere en innovationsplatform, som kan styrke videndeling, proces- og produktudvikling samt høste synergigevinsterne herved.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at understøtte og accelerere væksten i Region Sjælland gennem etablering af 12 minikonsortier bestående af hver 2-3 SMV</t>
+  </si>
+  <si>
+    <t>Projektet sætter på nye måder fokus faglærtes opkvalificering fra et organisatorisk perspektiv. Der findes i mange små og mellemstore håndværks- og produktionsvirksomhed ikke en uddannelseskultur, der giver de faglærte incitamenter til at gå i gang med en videregående uddannelse. Det er derfor centralt at arbejde sammen med organisationen og ledelse for at finde nøglen til uddannelse bliver attraktivt både personlig, fagligt og organisatorisk.  50 medarbejdere løftes fra faglært til videregående niveau (60 ETCS) inden for en af følgende uddannelser: Akademiuddannelsen i Automation og drift, akademiuddannelsen i Innovation, produktion og produktudvikling eller Akademiuddannelsen i byggeteknologi. Der gennemføres i alt 300 akademimoduler. Projektet indeholder følgende</t>
+  </si>
+  <si>
+    <t>Projektet har udadtil fokus på at tilbyde kompetenceudvikling (kurser, seminar, rådgivning etc.) med udgangspunkt i virksomhedernes erklærede ønsker og behov. Der er tale om en proces, hvor vi ønsker at følge en gruppe virksomheder over en længere periode, med det formål at understøtte at nye kompetencer også implementeres i virksomhedens drift. Indadtil er projektets fokus at forbedre koordineringen mellem den virksomhedsrettede indsats i hhv. erhvervsfremme-, beskæftigelses- og uddannelsessystemet. Projektets aktiviteter koordineres med de aktiviteter projektets parter skal udføre i forbindelse med deres almindelige driftsopgaver/resultatkontrakter (opsøgende virksomhedsbesøg, udarbejdelse af vækstplaner, kompetenceafklaringer, kompetenceudviklingsplaner etc.) således at projektets aktiviteter supplerer de generelle aktiviteter. Blandt projektets konkrete virksomhedsrettede tilbud er bl.a.:</t>
+  </si>
+  <si>
+    <t>National IKT klyngeFormål: Konsolidering - at skabe én national IKT-klynge der kan samle alle danske aktører på området og derved skabe en forenet stærk enhed, der kan tegne Danmark som digitalt foregangsland såvel nationalt som internationalt samt understøtte IKT-miljøet og sikre styrket konkurrencedygtighed, anerkendelse og et attraktivt erhvervsmiljø med flere innovative virksomheder. At understøtte det danske IKT-erhverv ved at skabe relationer mellem virksomheder på tværs af landet, bygge bro til det stærke vidensmiljø på uddannelsesinstitutionerne og understøtte forretningsudvikling i de rigtig mange mindre virksomheder, der findes i erhvervet (klyngeaktiviteter)At medvirke til digitalisering i andre brancher ved at udbrede viden om de nyeste teknologier til andre typer virksomheder, skabe ny IKT drevet innovation hos virksomhederne og ikke mindst forbinde virksomhederne med de mange stærke it-virksomheder der findes i Danmark  Den nationale klynge skabes pba. en stærk national organisation med lokale hotspots, som kan adressere de udfordringer, som en digital verden byder på. Den nye klynge (foreløbig BrainsBusiness, it-forum og Infinit) - skal repræsentere IKT-erhvervet i hele Danmark og samtidig fungere som en driver for digitalisering i andre brancher. Med sin stærke forankring i IKT-erhvervet har klyngen de bedste forudsætninger for at servicere virksomheder inden for samtlige faglige områder. IKT-klyngen skal fungere primært for ikt-erhvervet, men skal også kunne supportere øvrige klynger med faglig viden om it og digitalisering, og som kan gå på tværs af sektorer og brancher. Herved sikres det, at de igangsatte klyngeaktiviteter vil tage udgangspunkt i IKT-virksomhedernes behov og underbygge deres innovationskraft, konkurrencedygtighed og vækst, samtidig med at de tager udgangspunkt i behovene hos de brancher og sektorer, der skal udnytte IKT-virksomhedernes teknologier og services i deres produkter og arbejdsprocesser. Specifikt vil klyngeaktiviteterne i projektet omhandle indsatsområderne Digital Transformation, Design Thinking og Business models, som anses for vigtige værktøjer for at sikre fortsat konkurrencedygtige produkter/services og innovationsdygtige og forandringsparate virksomheder, der er i stand til at agere på såvel det nationale som det internationale marked. Det er vigtigt at arbejde sideløbende på begge formål for at fremtidssikre Danmarks IKT-miljø på to fronter</t>
+  </si>
+  <si>
+    <t>Projektets formål og forventede effekt er at skabe vækst i Syddanske små - og mellemstore virksomheder ved at adressere emnet automation. Formålet med projektet er at bringe mindst 9 produkter frem til TRL6 eller TRL7 og herved sikre, at koncepter udvikles fra tegnebræt-stadiet og frem til en prototypetest i en teststand (TRL6) eller i et naturligt miljø i en virksomhed (TRL7) med henblik på kommercialisering af en generisk løsning.Ved at bringe 9 generiske, nye, skalerbare produkter eller løsninger frem til dette stadie, kan produkterne efterfølgende kommercialiseres og skaleres. Det betyder, at produkterne kan individualiseres og sælges til mange kunder i deres eksisterende form, og at en skalering af produktionen er mulig uden videre. Det giver et stort potentiale for vækst.Som konsekvens heraf er målet at skabe mindst 200 mio. kr. i ny årlig omsætning, 80 mio. kr. i mér-eksport og mindst 80 nye jobs.</t>
+  </si>
+  <si>
+    <t>Projektet giver en unik mulighed til virksomheder som allerede arbejder indenfor det velfærdsteknolgiske forretningsområde eller som har potentiale og ambitioner om at tilbyde produkter eller services inden for området. Virksomhederne får i projektet mulighed for at i samarbejde med en ekstern konsulent om udarbejdelse af en specifik strategisk vækstplan der skal sikre virksomheden øget vækst. I alt forventes mindst 60 virksomheder at blive scrennet via projektet og af dem vil mindst 20 få udarbejdet en vækstplan. Projektet vil i alt skabe 7 nye vækstvirksomheder som opfylder Erhvervsstyrelsens definition af en vækstvirksomhed.Welfare Tech er en national klynge, der driver det nationale Innovationsnetværk for Sundheds- og Velfærdsteknologi. Projektet vurderes markant at styrke Welfare Techs position som en stærk national klynge. Projektet vil give mulighed for at tilbyde virksomheder et meget attraktivt tilbud i forhold til at sikre øget vækst. Det vurderes derfor at projektet også vil styrke Region Syddanmarks position som en region der satser på det velfærdsteknologiske forretningsområde og som gør en aktiv og attraktiv indsats for at styrke virksomheders vækstmuligheder.Projektet vil blive gennemført i samarbejde med Væksthus Syddanmark og det er ambitionen at inddrage Væksthusene i Region Nordjylland og Region Midtjylland for at give mulighed for at flere virksomheder kan deltage og for at stykre det vestdanske samarbejde på tværs af regionerne og dermed konsolidere Region Syddanmarks position som førende på det velfærdsteknolgiske forretningsområde.</t>
+  </si>
+  <si>
+    <t>Formålet med projekt</t>
+  </si>
+  <si>
+    <t>Projektets har til formål at øge genanvendelsen af affald fra Aalborgs butikker og kontorer, kombineret med beskæftigelse af medarbejdere med særlige udfordringer. Mange butikker har i dag udfordringer med at håndtere og sortere deres affald, og de tilkendegiver, at der er behov for nye ordninger. Affaldsindsamlingen fra butikker og kontorer i Aalborg midtby gennemføres bl.a. i samarbejde med den social økonomiske virksomhed Huset Venture Nordjylland (HVN), der bliver ansvarlig for afhentning af affaldet, herunder kortlægningen af de enkelte butikkers ønsker til nye ordninger, deres affaldsmængder og -typer, samt nuværende håndtering og bortskaffelse af affald. Med denne kortlægning kan projektet udvikle de mest miljøeffektive afhentningsmetoder. Samtidig skal HVN teste afhentningsmåderne. Affaldsafhentning ved hjælp af el-køretøjer, forventes at ville reducere energiforbrug og CO2 udledning væsentligt i Aalborg midtby. Hertil vil støjgener og partikelforureningen fra dieseldrevne last- og varebiler ligeledes blive reduceret væsentligt. Ved el-baseret afhentning af genanvendeligt emballage, skønnes det at der spares minimum 500 liter diesel om ugen.Aalborg Kommune og HVN indgår et samarbejde med varehusene Salling og Føtex, og får på den måde mulighed for at lave 2 omlastningscentre i hver ende af gågadesystemet i Aalborg midtby. Til bestilling af afhentning af genanvendeligt affald fra butikkerne, vil der blive udviklet en digital løsning leveret af firmaet Rezycl, hvor butikkerne kan melde ind at de gerne vil have afhentet affald af HVN. Med den digitale løsning bliver det muligt at registrere affaldsmængder og affaldstyper for optimering.</t>
+  </si>
+  <si>
+    <t>Program for virksomhedsudviklings 2018-2021 har det overordnede formål at skabe flere vækstvirksomheder i Region Midtjylland. Vækstforum ønsker, at der rettes et betydeligt fokus mod de internationalt konkurrerende virksomheder, der især findes blandt produktions- og handelsvirksomheder, fordi de er vækstmotoren i den midtjyske økonomi. Formålet med programmet er at forbedre den regionale konkurrenceevne gennem fokus på at skabe flere internationalt orienterede virksomheder, der realiserer et indirekte og direkte internationalt afsætningspotentiale. Programmet skal samtidig understøtte regionens styrker ved fokus på områderne fødevarer, energi og klima, kreative erhverv, ikt og digital vækst og turisme, som udgør 55% af den samlede vækst i Region Midtjylland. Målet er at øge antallet af vækstvirksomheder og innovative virksomheder. Målet nås ved at tilbyde virksomheder rådgivning, mentorydelser, strategiske netværk og vidensamarbejde. Målet er at de virksomheder, som har været med i udviklingen, oplever markant øget omsætning og øget beskæftigelse. Programmet indeholder følgende aktiviteter: Virksomhedspitch, individuelle rådgivningsforløb, vækstsparringsforløb og virksomhedsnetværk. Projektet forventer de 444 deltagende smv'er vil udvikle sig til at skabe 45 nye vækstvirksomheder og 150 arbejdspladser.</t>
+  </si>
+  <si>
+    <t>Projektet bygger videre på de erfaringer, som er opnået med projekt</t>
+  </si>
+  <si>
+    <t>Projektet Smart Spildevand - også kaldet Klimavand -  består i at kombinere smarte alternative løsninger for vandafstrømning med byudvikling og rekreative tiltag. Projektet er et samarbejde mellem Kolding Kommune og BlueKolding. Projektet vil arbejde med en høj grad af borgerinvolvering/formidling af klimasikring i bymæssige områder. Dette vil man gøre på en ny måde inden for rammen af by-udviklingsstrategien. Der kan skabes smarte løsninger som kombinerer anlæg for terrænbaseret afstrømning af overfladevand med rekreative formål, som fx skaterbane, vandeksperimentarium eller gangpassager, der samtidig indeholder formidling af klimasikring, og formidling af energibesparelse ved at undgå traditionel pumpning af overfladevandet. Indsatsen omfatter 3 indsatser: Kolding Slotsø/Vifdam området, Brændkærområdet og en integreret formidlingsindsatsIndsatsen for Kolding Slotsø/Vifdam området har som mål at aflaste kloaksystemet og dermed pumpestationen for så meget overfladevand som muligt. Herudover er målet at mindske påvirkning af vandmiljøet og skabe en højere sikkerhed mod oversvømmelsesrisiko. Overfladevandet i den indre by, Kolding Slotsø/Vifdam og Kolding Bypark, skal styres helt uden om det traditionelle afløbssystem og afledes via terrænbaserede løsninger. Herved opnås efter det oplyste en klimasikring, da oversvømmelseshyppigheden/-risikoen fra kloaksystemet vil mindskes. Overfladevandet skal ledes fra ved hjælp af 2 automatiske spjældsystemer, som kobles op på Blue Koldings overordnede styringssystem. Indsatsen ønsker at tilføje en intelligent styringsmulighed efter vejrradarsystemet fra DMI. Dette skal gøres ved at udvikle og opstille en edb-model. Indsatsen for Brændkærområdet har som mål at etablere et lille vandløb, sådan at overfladevandet ledes fra et bebygget område og ned til naturområdet, der har afløb til Kolding Fjord. Dette vil aflaste den centrale pumpestation, der leder vandet videre til centralrenseanlægget. Overfladevandet skal adskilles fra det øvrige spildevand. Indsatsen vil teste denne idé ved hjælp af en opstillet edb-model, inden vandløbet realiseres. Det vil være en samfundsøkonomisk gevinst at tænke i alternative og billige terrænbaserede løsninger i forbindelse med klimasikring og energibesparelser i forhold til at skulle udføre traditionel separering af kloaksystemet.Den integrerede formidlingsindsats indeholder årlige arrangementer, der skal forbinde bæredygtighedsaktiviteter sammen. Arrangementerne er primært målrettet borgere og andre kommuner. Formålet et at synliggøre for andre kommuner hvordan borgere kan involveres i hvordan deres by kan blive mere bæredygtig, hvordan borgerne kan bidrage til dette. Kommunen vil også bidrage med det bæredygtighedselement som den selv brænder for.</t>
+  </si>
+  <si>
+    <t>Vrå Højskole - en alternativ vej til erhvervsuddannelseFormål og forventet effekt.Det overordnede formål med projekt "Højskolen - en alternativ vej til erhvervsuddannelse" er at få flere unge mellem 17 og 25 år til at påbegynde - og gennemføre en erhvervsuddannelse. Helt konkret tilbyder projektet i løbet af 3 år at optage 150 elever på et 20 ugers intensivt læringsforløb, der peger mod optagelse på en erhvervsskole.Dette skal ses i lyset af, at at den Nordjyske Region sammen med resten af Danmark om føje år vil komme til at mangle kvalificeret arbejdskraft og i den forbindelse er det første skridt at flere gennemfører en erhvervsuddannelse, så virksomhedernes fremtidige adgang til den faglærte arbejdskraft øges.Ifølge Erhvervsskolereformen er målet at mindst 25% af en ungdomsårgang skal vælge en er erhvervsuddannelse i 2020 og 30% i 2025. I Nordjylland er optaget på erhvervsuddannelserne også faldende. Tallet for 2017 var i Nordjylland på 22,2 % - hvorimod tallet på landsplan l helt nede på 18,5%. dog viser der sig en mindre stigning for 2018, idet søgetallet på lansplan er på 14,9 og for Nordjylland på 24,2%.Til sammenligning var søgetallet i 2001 på landsplan 32%. Projektet forventer at ud af de 150 elever, der alle gennemfører forløbet, vil 90 elever søge optagelse på erhvervsuddannlese og de resterende vil komme videre ad anden vej, enten i en anden uddannelse eller i job.Projektets aktiviteter:Projektets 1. aktivitet: Projektorganisering og kick-off for projektets aktørerProjektets 2. aktivitet: Ny viden og kompetence til projektets undervisere.Projektets 3. aktivitet: Visitation, introduktion til projektet og til læringsmiljøet på Vrå HøjskoleProjektets 4. aktivitet: Gruppevejledning efter WATCH - modellen Projektets 5. Aktivitet: Fokus på erhvervsuddannelse og typer af faglært arbejde.Projektets 6. aktivitet: Skræddersyet helhedsindsats for den enkelte med base i højskolelivetProjektets 7. aktivitet: Overgang til erhvervsuddannelse/ videre ativitet"Projektets 8. aktivitet: Følgeforskning og perspektivering/dokumentation af projektets resultaterHvorledes leder ovenstående aktiviteter frem til det ønskede resultat.Projektet består overordnet af to vigtige indsatser nemlig:1. En skræddersyet helhedsindsats i forhold til den enkelte unge, hvor de mødes der, hvor de er. Dette sker med udgangspunkt i højskolelivet.2. En massiv oplysningskampagne om erhverskolernes faglige og sociale univers og om mulige arbejdspladser.</t>
+  </si>
+  <si>
+    <t>Projektet har til formål at identificere energi- og ressourcepotentialer i 100 SMV</t>
+  </si>
+  <si>
+    <t>Innovationsdistrikt Sjælland styrker innovationen hos SMV</t>
+  </si>
+  <si>
+    <t>Formålet med dette projekt er at give iværksætterne et grundlag for at udvikle deres virksomheder og dermed styrke deres evne til at overleve og skabe nye jobs.Projektet har endvidere til formål at fastholde og styrke den koordinerede indsats i Nordjylland, samt supplere indsatsen med yderligere tiltag dels for at sikre, at der er et ensartet tilbud i hele Nordjylland uafhængig af kommunegrænser og dels for at sikre, at flere potentielle vækstiværksættere får udviklet deres virksomhed i denne retning. Samlet set skal dette lede frem til, at flere iværksættere er i stand til at indfri sit vækstpotentiale og udvikle sig til vækstvirksomheder.Projektets målgruppe består af iværksættere, der for nyligt har etableret egen virksomhed. For at kunne deltage i projektet skal virksomheden påvise, at have mindst én fuldtidsansat udover sig selv, have et tydeligt og skalerbart potentiale til at vokse og have realiseret ca. 1 mio. kr. i omsætning pr. år.Projektet er en del af det samlede NewBizz projekt i Region NordjyllandProjekter har en samlet hovedaktivitet: Ekspansionsfasen.I Ekspansionsfasen modtager virksomhederne op til 25 timers sparring og vejledning hos deres personlige vækstguide samt ekstern rådgivning for op til 50.000 kr. Endelig har de mulighed for at deltage i en eller flere af de faglige camps, der udbydes fra Væksthuset. Output og effekter:165 iværksættere rekrutteres i alt til projektet32 nye vækstvirksomheder413 nye jobs, hvoraf 182 kan tilskrives deltagelse i NewBizz projektet 226.875.000  kr. i øget omsætning</t>
+  </si>
+  <si>
+    <t>Projektets formål og forventede effektVand er vigtigere for verden end nogensinde før, og der er et enormt vækstpotentiale i at udvikle bæredygtige vandløsninger. En stærk partnerkreds bestående af de væsentligste klyngeorganisationer og -initiativer inden for vand samt de stærkeste videnpartnere gennemfører i en inddragende proces en konsolidering af Innovationsklyngen for Vandteknologi som løfter innovationskraften i den samlede vandbranche og dermed skaber mere end 400 nye innovative virksomheder.Virksomhederne har svært ved at orientere sig i de mange tilbud og indgange, og de enkelte klynge-aktører opererer på usikkert grundlag med varierende forretningsmodeller og finansieringsgrundlag.Projektet har til formål at skabe én konsolideret Innovationsklynge for Vandteknologi under særligt hensyn til virksomhedernes behov og øvrige aktørers ønsker til, hvad klyngen skal kunne. Konsolideringen indbefatter udvikling af nye, ambitiøse innovationsindsatser som løfter den samlede klynges evne til at skabe nye innovative SMV</t>
+  </si>
+  <si>
+    <t>Det overordnede formål er at styrke den innovationsbaserede vækst og øge virksomhedernes innovationskompetencer for at sikre et bæredygtigt og internationalt konkurrencedygtigt fødevareerhverv, med vækst og arbejdspladser til følge. FFI vil sikre effektive og koordinerede innovationssamarbejder for danske fødevarevirksomheder. Det vil bidrage til at øge antallet af innovative SMV</t>
+  </si>
+  <si>
+    <t>Projektet har til formål at skabe vækst i Region Syddanmark igennem Industri 4.0 kompatible løsninger.I projektet arbejdes der med et segment af virksomheder, som har potentiale til at skabe vækst via nye, digitale forretningsmodeller. Dette søger de løst igennem Den Digitale Omstilling, Data og Intelligent Produktion.Bag projektet står Væksthus Syddanmark, Udvikling Fyn, Trekantomraadet Danmark, Sønderborg Vækstråd, Udviklingsråd Sønderjylland, og Design2Innovate.  Projektet henvender sig til i 30 virksomheder over 2 år og 8 mdr. Effektskabelsen er 60 nye jobs, 15 nye vækstvirksomheder, en blivende mér-omsætning på 60.000.000 kr., og en blivende méreksport på 36.000.000 kr.Der skal identificeres +300 virksomheder, af hvilke 120 bliver screenet med henblik på at afdække om virksomheden kan, vil og evner at drage fordel af projektets tilbud. Af de 120 screenede virksomheder deltager de 30. Af de 30 virksomheder medvirker projektet til, at de 15 bliver vækstvirksomheder.Virksomhederne modtager medfinansiering til at indkøbe konsulentydelser for i gennemsnit 220.000 kr. på det private konsulentmarked med henblik på at få lagt en vækstplan med afsæt i digitale forretningsmodeller og intelligent produktion. Det private konsulentmarked for denne type ydelser er særdeles specialiseret, hvorfor projektet løbende vil opbygge en database med kvalificerede rådgivere, virksomhederne kan vælge imellem. Virksomheder, som selv bringer nye rådgivere til bordet, skal dokumentere praktisk erfaring med de pågældende løsninger via rådgiver CV for at sikre, at kompetencerne er til stede for at løse opgaverne. Forløbene vil pga. kompleksiteten typisk vare 6-18 måneder, hvor virksomheden sammen med konsulenten vil arbejde med vækstplanen.Sideløbende følger projektets partnere i Udvikling Fyn, Trekantomraadet Danmark, Sønderborg Vækstråd, Udviklingsråd Sønderjylland og Design2Innovate virksomhederne ud fra et nærhedsprincip, hvor de kompetencer, enhederne besidder og giver virksomhederne værdi, benyttes til at sikre virksomhederne fremdrift og et godt forløb. Partnerne deltager også i virksomhedsrekrutteringen.</t>
+  </si>
+  <si>
+    <t>Formålet med internationaliseringsprogrammet, er at understøtte Vækstforum for Region Midtjyllands ambition om, at midtjyske små- og mellemstore virksomheder i større omfang skal være i stand til at udnytte sine eksport- og internationaliseringspotentialer, for derved at bidrage til vækst, jobskabelse og øget produktivitet i Region Midtjylland.  Ved at fortsætte investeringen i øget eksport og internationalisering gives de små og mellemstore virksomheder i Region Midtjylland bl.a. muligheder for opfølgning på aktiviteter påbegyndt under GLOBALmidt og andre regionale og nationale tiltag gennemført de seneste 3-4 år, ligesom midtjyske virksomheder, der endnu ikke har påbegyndt en proces med sigte på at udnytte sit internationaliseringspotentiale, vil blive tilbudt en chance for at deltage i konkrete aktiviteter. Programmets indhold tilrettelægges således, at der vil blive tilbudt aktiviteter rettet mod små og mellemstore virksomheder på vækstpotentialeniveau A, B og C. Fokus vil være på nye vækstmarkeder såvel som på eksisterende nærmarkeder og andre danske såkaldte volumen markeder. Målet med programmet er således, at flere virksomheder igangsætter eksport eller anden internationalt aktivitet og at flere allerede eksporterende virksomheder øger deres eksport hvorved omsætningen hos de deltagende virksomheder øges, beskæftigelsen hos de deltagende virksomheder øges og antallet af vækstvirksomheder øges.Virksomhederne vil på baggrund af de i projektet gennemførte aktiviteter få udarbejdet en vækstplan. Vækstplanen vil indeholde:- Konkrete anvisninger på, hvordan deltagervirksomheden konkret kan styrke sin vækst- Overblik over hvilke investeringer, der skal til for at udløse vækstpotentialet. - Solidt underbyggede og realistiske skøn for, hvor kraftigt virksomhedens beskæftigelse og omsætning vil vokse mellem 2 og 5 år efter endt deltagelse i projektet, samt hvordan eksportomsætningen forventes at udvikle sig. Formålet med vækstplanen er således, at give virksomheden en plan for, hvordan de kan videreudvikle sig med henblik på øget vækst. Planen udarbejdes umiddelbart efter virksomhedens deltagelse i aktiviteterne. Det antages af flere af disse virksomheder vil deltage i øvrige aktiviteter og dermed igangsætte konkrete eksporttiltag som herefter giver konkrete resultater. Det kan f.eks. være viden om udenlandsk marked, forretningsstrategi mv.</t>
+  </si>
+  <si>
+    <t>Dette projekt fokuserer på at øge antallet af universitetsstuderende i ECTS-givende projektorienterede forløb (praktik) i student startups på de danske universiteter. Projektet sikrer bæredygtige aktiviteter, der kan forankres langsigtede og således implementeres og skaleres.Gennem et stærkt projekt partnerskab skabes efterspurgte aktiviteter, der ikke hidtil er løst.Partnerkredsen:Fonden for entreprenørskabKontakt: Jesper Risom, jesper@ffe-ye.dkKøbenhavns UniversitetKontakt: Anna Vestergård Jacobsen, anna.v.jacobsen@sund.ku.dkCopenhagen Business SchoolKontakt: Sophie Birkelund Bech, sbb.edu@cbs.dkAalborg UniversitetKontakt: Jesper Vestergaard, jv@adm.aau.dkAarhus UniversitetKontakt: Marie Kjølhede, makj@au.dkSyddansk UniversitetKontakt: Anne Evelina Larsen, ael@sdu.dkDu kan læse mere om hele projektet på: https://www.ffe-ye.dk/undervisning/projekt-startup-i-praksis</t>
+  </si>
+  <si>
+    <t>Formålet med projektet Partnerskabsdreven Innovation til Vækstmarkeder i Østafrika er at skabe arbejdspladser og øget omsætning for erhvervslivet herhjemme ved fremme af innovationspartnerskaber mellem virksomheder og videninstitutioner til udvikling af konkrete løsninger og produkter til de voksende markeder særligt i Østafrika. Dette skal ske inden for vedvarende energi, agro-business, sundhed og medico, vand, byggeri og IKT..Projektet er baseret på en radikal innovationstilgang, hvor tre eller flere virksomheder og en videninstitution i en faciliteret iterativ proces kobler viden, ressourcer og kompetencer for at udvikle, teste og validere nye løsninger og services til et marked, hvor kundebehov er uklart og eksisterende teknologier og produkter ikke er direkte anvendelige eller udviklet. Brugerinddragelse vil derfor være en gennemgående del af udviklingsaktiviteterne.Målet er på den baggrund at etablere og gennemføre seks innovationspartnerskaber, hvortil Foreningen access2innovation vil facilitere partnerskabernes innovationsproces.</t>
+  </si>
+  <si>
+    <t>I projektet vil Lifestyle &amp; Design Cluster (LD Cluster) og Erhvervshus Midtjylland (EHM) sammen med eksterne rådgivere hjælpe iværksættere, netværk og små og mellemstore virksomheder med at udvikle og implementere cirkulære forretningsmodeller med fokus på design.LD Cluster og EHM har arbejdet tæt sammen i de tidligere Rethink Business projekter med stor succes for virksomheder i Region Midtjylland, hvorfor vi i dette projekt fortsætter samarbejdet.I projektet assisteres virksomhederne igennem hovedaktiviteterne, som understøtter deres viden om cirkulær økonomi (og hvordan design er en central del af dette) samt anvendelsen af FNs 17 verdensmål, idet der tages udgangspunkt i virksomhedens egen dna og strategier.Hovedaktivitet 1: Opsøgende arbejde og screening af virksomhederScreeningsarbejdet tager udgangspunkt i en bruttoliste udarbejdet i samarbejde med følgegruppen, EHM og LD Cluster, hvorefter de informeres om mulighed for deltagelse. De interesserede virksomheder indsender en prækvalifikationsansøgning, hvor målet er at der inddrages 30 SMV</t>
+  </si>
+  <si>
+    <t>Flere vækstvirksomheder inden for Sund VækstGennem dette projekt vil 21 virksomheder, som arbejder med sundheds- og velfærdsløsninger, gennemgå et intensivt udviklingsprogram på syv måneder. Dette vil resultere i detaljerede vækstplaner, som i forlængelse af projektet implementeres i virksomhederne og gøre dem til vækstvirksomheder inden for en fem års horisont. Effekten for virksomhederne forventes sammenlagt, at være en forøgelse på mere end 140 millioner i omsætning og 148 nye fuldtidsjob.Projektet er udviklet og ledes af Væksthus Hovedstadsregionen, og omfatter en detaljeret screening og rekruttering af virksomheder i regionen med det største vækstpotentiale. De deltagende virksomheder vil i hold af 7 virksomheder gennemgå et intensivt udviklingsprogram over en syv måneders periode. Dette udviklingsprogram omfatter bl.a.:- Dybdegående analyse af den enkelte virksomheds udfordringer og muligheder i forhold til at skabe mervækst. Analysen kigger bl.a. på markeds- og kundesegmenter, forretningskoncept og produktportefølje, organisation og samarbejdspartnere samt virksomhedens drift og finansieringsmuligheder, - udvikling og optimering af forretningsmodel som kvalificeres via markedsdialog og møder med eksperter og rådgivere - Udvikling og optimering af en detaljeret strategi år 1 til 5 efter virksomhedens deltagelse i udviklingsprogrammet - Adgang og tilførsel af ekspertkompetencer. F.eks. fra eksperter og konsulenter i udbudslovgivning- Vejledning og sparring fra Væksthusets Sund Vækst taskforce, som er tovholdere igennem processen og faciliterer virksomhedens udarbejdelse af strategi og vækstplanUdviklingsprogrammet bygger på Væksthus Hovedstadsregionen mange års erfaringer med at skabe vækst i virksomheder. Væksthuset har en omfattende erfaring og netværk specifikt inden for sund vækst bl.a. gennem nationale og regionale initiativer som Copenhagen Healthtech Cluster, Welfaretech - Innovationsnetværk for Sundheds- og Velfærdsteknologi og afsluttede projekter såsom Offentlige-Private Alliancer (OPALL), TekBoost, Lev Vel, og OPI-Lab. Gennem disse projekter har Væksthuset opnået et indgående kendskab til udfordringerne og mulighederne for vækst, som virksomhederne inden for sundheds- og velfærdsløsninger i særlig grad oplever.</t>
+  </si>
+  <si>
+    <t>Formålet med dette projekt er at sikre vækst og beskæftigelse i de nordjyske virksomheder. Dette vil ske gennem matchning af dimittender, der har afsluttet en videregående uddannelse,  og som kan være medvirkende til at forløse vækstpotentiale hos en virksomhed med et fastsat i en vækststrategi.Aktiviteter: Tilknytning af 98 Vækstpiloter. De 98 dimittender vil blive såkaldte Vækstpiloter, der ansættes i 8 ugers praktik efterfulgt af 4 måneder med løntilskud finansieret af projektet. Uden for projektet ligger: Matchning mellem nordjyske virksomheder og højtuddannede. Forløsningen af vækstpotentialerne hos 402 virksomheder kan ske via et match med en højtuddannet. Matchningen varetages som udgangspunkt af det lokale erhvervskontor i samarbejde med et jobcenter.På baggrund af de 402 match mellem højtuddannede og virksomheder, vil de 400 finde ansættelse via InnoBooster, privat løntilskud eller på ordinære vilkår.Output:Projektet forventes at lede frem til følgende output: 402 virksomheder tilknyttes en højtuddannet på ordinære vilkår, som privat løntilskud eller InooBooster. 98 nordjyske virksomheder vil få tilknyttet en højtuddannet dimittend som vækstpilot på løntilskud.Effekter: Projektet forventer endvidere at lede frem til følgende effekter: 98 personer (vækstpiloter) vil få forøget deres kompetenceniveau og 175 nye jobs vil blive skabt i de deltagende virksomheder 2 år efter deres deltagelse</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at understøtte og accelerere produkt, koncept og løsningsudviklingen og dermed skabe vækst, i danske små - og mellemstore virksomheder. Projektets mål er at rekruttere 18 SMV</t>
+  </si>
+  <si>
+    <t>UngeguideProjekt Ungeguide har til formål at bygge bro til Ungdomsuddannelse for udsatte unge OG støtte dem i at gennemføre. Projektet har fokus på klargøring og tilegnelse af sociale og faglige kompetencer til indtrædelse i Ungdomssuddannelse og danne backup for de unge, der har startet ungdomsuddannelse. Projektet skal gennem en periode på 4 år udvikles og implementeres i en bornholmsk kontekst.Målgruppen er unge bornholmere, der oplever barriererer ift skole, uddannelse og/eller arbejde eller unge bornholmere i ungdomsuddannelse, der er i risiko for at falde ud af uddannelse.Projektet er faseinddelt i forberedelsesforløb der skal hjælpe den unge til at danne bro inde til Ungdomsuddannelse.Ungeguide er et tilgængeligt tilbud på ungdomsuddannelserne, hvor den unge kan finde vejledning, støtte og overblik over muligheder. Indikatorer (KPI) i forhold til projektets effekt:1. Antal unge der starter ungdomsuddannelse2. Antal unge der gennemfører ungdomsuddannelse</t>
+  </si>
+  <si>
+    <t>Formålet med Growth Catalyst-projektet er at identificere og udvikle regionale virksomheder (SMV'er) med erhvervsmæssigt potentiale til vækstvirksomheder. Design kan ses som et vækstfremmende hormon for udviklingen i virksomheder og organisationer. Virksomheder der anvender design strategisk og som innovationsdriver klarer sig markant bedre end virksomheder der ikke gør. Projektet vil vurdere små og mellemstore virksomheder omkring D2i-klyngen og udnytte de tætte relationer til Væksthus Syddanmark og de lokale erhvervsfremmeaktører til at identificere screenings-kandidater. D2i screener virksomheder for vækstpotentiale og kvalificerer udvalgte virksomheder til vækstforløb, hvor de kan få økonomisk støtte til udarbejdelse af en strategisk vækstplan. Vækstplanen skal adressere og give virksomheden konkret strategisk input og retning i forhold til et eller flere af disse emner:- Fokus for udvikling af nye produkter og/eller services- Udnyttelse af muligheder i ny teknologi - Potentiale i eksport og nye markeder- Indsigt i eksisterende og nye kundesegmenter - Realisering af forretningspotentialet i nye ideer, - Bedre udnyttelse af ressourcer, energi og materialer.På baggrund af den konkrete vækstplan, vil virksomheden have defineret en strategisk retning på det fremtidige innovations- og udviklingsarbejde. Virksomheden vurderes indledningsvis på organisatorisk motivation og tilgængelighed.Projektet gennemføres i sammenhæng med en række andre Regional- og Socialfondsprojekter, herunder Growth by Design, Design Innovation og Design Business Bootcamp. Growth Catalyst-projektet støtter ikke implementering af vækstplanen.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at tilføre højtuddannet arbejdskraft til små og mellemstore virksomheder i Region Sjælland. De deltagende virksomheder har et vækstpotentiale, der kan forløses ved tilførsel af højtuddannet arbejdskraft. Projektet bidrager dermed til at øge vidensniveauet i virksomhederne i Region Sjælland, og det vil skabe øget innovation, produktivitet og konkurrenceevne i regionens erhvervsliv.Projektet adresserer en markedsfejl, der opstår som følge af imperfekt information. SMV</t>
+  </si>
+  <si>
+    <t>Internettet har fuldstændig ændret den måde, vi handler på, hvilket de følgende tal viser. Danskerne handlede således i 2018 for 142 mia. kr. online ud af et samlet forbrug på 416 mia. kr. Danmark ligger dermed i top i EU, når det gælder om at købe og sælge online. Danskere i alle aldersgrupper e-handler, og netbutikken er blevet en salgskanal ved siden af den fysiske butik. Dette betyder også, at når der søges information, sker det online</t>
+  </si>
+  <si>
+    <t>Dream Steps er et sammenhængende iværksætterforløb for studerende på korte og mellemlange uddannelser på professionshøjskolen University College Nordjylland - centreret om den enkelte studerendes ideer, potentialer og udviklingsbehov gennem hele den studerendes studietid og i overgangen til at være iværksætter/arbejdsmarked. Dream Steps bygger videre på indsatser fra endt ungdoms-/erhvervsuddannelse og sker i tæt samspil med lokale nordjyske erhvervskontorer, Væksthus Nordjylland, Fonden for Entreprenørskab - Nordjylland og erhvervsmentorer fra private nordjyske virksomheder.Formålet med projektet er skabe sammenhæng mellem iværksættertilbud og -indsatser rettet mod studerende før, under og efter gennemførelse af en kortere- eller mellemlang videregående uddannelse. En bedre sammenhæng, de studerendes samspil med projektets erhvervsfremmeaktører/mentorer og lang modningstid igennem hele studieforløbet, vil skabe flere og mere robuste nordjyske iværksættere samt udvikle stærkere forretningsideer og vækstpotentialer. Ud over etablering af nye virksomheder, forventes projektet at bidrage med iværksætterkompetencer hos de studerende, som vil medvirke til at modernisere/skabe succesfulde generationsskifter i de nordjyske virksomheder. Kernen i projektet er de studerendes mulighed for at anvende deres 10 ugers praktikforløb til  at være i praktik i deres egen virksomhed eller arbejde med etableringen af denne, hvilket sker i tæt sparring med UCN-undervisere, lokale erhvervskontorer, Væksthus Nordjylland og mentorer fra private nordjyske virksomheder. Det intensive forløb er modnet inden praktikforløbet og efterfølges af fortsat modning og sparring som kan strække sig helt til 3 måneder efter end studie.Projektet vil konkret give nye iværksætterkompetencer til mere end 1.600 studerende, mindst 175 studerende vil anvende deres 10 ugers praktikforløb til at være i praktik i deres egen virksomhed eller arbejde med etableringen af denne og det forventes at mindst 40 nye virksomheder vil se dagens lys projektperioden.</t>
+  </si>
+  <si>
+    <t>Bag dette nationale projekt (sag nr. SFNP-16-0006 og SFNPO-16-0007)  står erhvervsakademier, Professionshøjskolen UCN, innovationsnetværk og erhvervsorganisationer sammen om at udvikle små og mellemstore virksomheders digitale kompetencer for herigennem at skabe vækst. I løbet af projektperioden vil partnerne hjælpe mindst 150 SMV</t>
+  </si>
+  <si>
+    <t>Væksthus Nordjylland, Aalborg Universitet, University College Nordjylland samt klynge- og netværkssekretariaterne for CenSec, Marcod, Nordjysk Fødevareerhverv samt Turistudviklingsfonden Nordjylland er gået sammen i et konsortie om et fælles rammeprogram med henblik på at styrke innovation mellem virksomheder, vidensinstitutioner og kunder, der samlet set kan realisere nye produkter eller services med afsæt i virksomhedernes behov og nye markedsmuligheder.Rammeprogrammet bygger på følgende kritiske antagelse: Hvis min. 3 virksomheder med et fælles behov, via en faciliteret proces, finder anvendelse af viden fra en vidensinstitution, kan dette lede frem til flere innovative produkter eller serviceydelser og deraf flere innovative virksomheder i Nordjylland.Rammeprogrammet er bygget op omkring 3 faser:Fase 1: identifikation- og rekruttering vil lede frem til, at min. 1.000 virksomheder informeres om partnerskabsdreven innovation samt at min. 120 virksomheder rekrutteres ind i programmet.Fase 2: Idé og matchmaking, der har til målsætning at etablere min. 40 innovationsgrupper á min. 3 virksomheder og 1 vidensinstitution. Innovationsgrupperne forbereder deres individuelle projekt via en opstartsworkshop, der sluttes af med en beskrivelse af deres forventende innovationsforløb, der efterfølgende præsenteres og drøftes af et sparringspanel.Fase 3: Eksekvering, hvor innovationsgrupperne i tæt samarbejde udvikler de planlagte produkter eller serviceydelser med en målrettet inddragelse af viden fra vidensinstitutionen, brug af laboratorier, test af løsninger i samarbejde med slutbrugere for at afdække markedspotentialet mv. Fase 3 skræddersyes og sammensættes individuelt til hver innovationsgruppe.Dette leder frem til, at de 40 innovationsgrupper i gns. udvikler min. 40 nye produkter eller services. Fase 3 afsluttes med en handlingsplan, der skal sikre den endelige markedsudrulning for det pågældende produkt eller serviceydelse. Endelig forventes det, at min. 90% svarende til 36 ud af de 40 nye produkter eller services kommer på markedet inden for 2 år efter projektets afslutning, hvilket leder frem til 140 nye jobs og 130 mio. kr. øget omsætning 5 år efter projektets gennemførelse.</t>
+  </si>
+  <si>
+    <t>Projektets formål: At øge antallet af unge med erhvervsuddannelse og øge antallet af unge, der får en videregående uddannelse ved at sikre, at flere af psykisk sårbare unge og unge med psykiske lidelser får en ungdomsuddannelse, og bliver rustet til at indgå i arbejdsstyrken i de kommende år. Derved øges arbejdsstyrken i Region Sjælland, og de bliver selvforsørgende og opnår markant højere livskvalitet. Projektets fire hovedaktiviteter:1. en afsøgende fase, der munder ud i screening af 120 unge og rekruttering efter visitation af 96 unge2. et tværgående mentorforløb, der understøtter 96 rekrutterede unges udvikling gennem forløbet og i overgangen til ungdomsuddannelse.3. et socialt færdighedstræningsforløb, hvor de unge ud fra individuelle behov træner i små og store grupper, og styrker deres faglige udvikling i dansk og matematik i et miljø, der tager hensyn til deres psykiske udfordringer og sårbarhed. 96 unge vil påbegynde og 83 gennemføre dette forløb.4. et afprøvningsforløb på ungdomsuddannelser eller i praktik, der sikrer de unges tilvænning og succesfulde overgang til ungdomsuddannelse. 81 unge vil blive afprøvet, hvoraf 55 vil påbegynde en uddannelse eller FGU, og 15 et erhverv i fx løntilskud eller mesterlære i projektperioden.Uddannelse til Alle Unge vil trække på tidligere afprøvede virkningsfulde metoder i et samlet forløb, der skal imødekomme de unges psykiske udfordringer og understøtte, at de udvikler deres sociale og personlige kompetencer. De skal opnå et niveau, der gør dem i stand til at kunne påbegynde og gennemføre en FGU, en ungdomsuddannelse eller et praktikforløb, der klargør dem til at komme i arbejde og blive selvforsørgende.Projektets målgruppe120 psykisk sårbare unge eller unge med psykiske lidelser mellem 18 og 30 år, der ikke uden projektforløbets særlige støtte vil kunne optages og fastholdes på en ungdomsuddannelse.Projektets økonomiske partnereUddannelse til Alle Unge, Holbæk Kommune, Forberedende GrundUddannelse (FGU) og EUC Nordvestsjælland. Der indgås samarbejdsaftaler med de to uddannelsesinstitutioner om overgange, og om at de unge så vidt muligt kan optages, når de er uddannelsesparate, og at de unge modtager mentorstøtte i overgangsfasen til ungdomsuddannelserne.Projektets resultater55 vil påbegynde en ungdomsuddannelse eller FGU 15 unge vil være i en form for beskæftigelse fx løntilskud eller mesterlære45 har gennemført en ungdomsuddannelse to år efter projektafslutning</t>
+  </si>
+  <si>
+    <t>CPH-FOOD2 er et fyrtårnsprojekt, der bygger videre på CPH-FOOD, og har til formål at skabe vækst, løfte andelen af innovative virksomheder og udvikle fødevaresektoren i Region Hovedstaden. Dette vil opnås ved at trække på erfaringer, metoder og kompetencer fra førende aktører fra hovedstadsregionen.Udgangspunktet er virksomhedernes konkrete behov, herunder marked, teknologiudfordringer og barrierer. Metoden er en koordineret indsats, der gør op med den hidtidige tradition for mindre og afgrænsede erhvervsfremmende enkeltindsatser. På tværs af det stærke partnerskab sættes det rette hold for at kunne gennemføre 20 innovationsforløb, der hjælper virksomhederne enten i partnerskab eller enkeltvis gennem et udviklingsforløb med videninstitutioner, som overordnet set vil resultere i 13 nye innovative virksomheder, nye produkter og processer eller konkrete løsninger, der enten er nye for virksomheden eller nye på markedet.Projektet forventer at skabe 5 nye jobs fem år efter projektafslutning. Dette mål er baseret på forventningen om, at der kan identificeres innovationsprojekter med stort potentiale for skalering samt forventningen om, at projektet bidrager til et langvaigt samarbejde mellem videninstitutionerne og regionens virksomheder i fødevareklyngen.Bag projektet står et stærkt partnerskab af aktører - DTU, KU, CAPNOVA og Agro Business Park med DTU som projektleder. Det samlede partnerskab repræsenterer en høj faglighed inden for fødevare- og innovationsområdet og har et stærkt netværk inden for sektoren både i Danmark og internationalt. Tilsammen kan holdet imødekomme de konkrete behov, der vil blive identificeret blandt fødevarevirksomheder beliggende i Region Hovedstaden.CPH-FOOD2 vil skabe netværk mellem virksomhederne og deres partnere både i og uden for regionen og genere synlighed for den sjællanske klynge i forlængelse af det stærke CPH-FOOD brand. CPH-FOOD dækker over hele Sjælland, og med nærværende projekt vil der bygges bro til allerede eksisterende initiativer.</t>
+  </si>
+  <si>
+    <t>Projektet: Erhvervsinkubator er udarbejdet for at understøtte de nationale 2020 mål i EU programperioden samt understøtte den regionale vækst- og udviklingsstrategi med målopfyldelse af: styrkelse af beskæftigelsen, kompetent arbejdsstyrke giver vækst og velstand samt vækst og udvikling i hele regionen.Projektet: Erhvervsinkubator forventer et outcome/resultat med 140 i beskæftigelse ud af de 160 startende deltagere umiddelbart efter projektafslutning, en afledet beskæftigelseseffekt på 298 personer år 2 og en samlet beskæftigelse år 2 på i alt 445 personer (Bilag 5).Projektet: Erhvervsinkubator er et iværksætterprojekt hvor målgruppen er ledige borgere, som visiteres til projektet via de deltagende jobcentre og efterfølgende hardcore-screening/visitation i projektet inden for de branchespecifikke fokusområder: fødevarer, bygge og anlæg samt transport og logistik. Inden for disse branchespecifikke områder vil der være fokus på de tværgående vækstpotentialer via kompetenceudvikling samt iværksætteri (Bilag 1 og 2).Projektet gennemføres for 160 personer</t>
+  </si>
+  <si>
+    <t>Formålet med Vilje til Vækst er at adressere de nordjyske vækstudfordringer, ved 1) at fremme den internationale orientering samt 2) at få flere nordjyske virksomheder ind i solide vækstforløb (flere vækstvirksomheder).Målgruppen for programmet er etablerede virksomheder (over 3 år gamle), der rummer såvel motivationen for at vækste samt et betydeligt vækstpotentiale. For at identificere og rekruttere de nordjyske virksomheder med det største vækstpotentiale foretages en screening på baggrund af deres vækstpotentiale, evne til at indfri det hurtigt og endeligt deres motivation herfor. Den endelige godkendelse foretages af en kernegruppe. Godkendte virksomheder vil få udarbejdet en individuel handlingsplan, der kortlægger det forløb, der skal gøre virksomheden i stand til at indfri sit vækstpotentiale efterfølgende.Handlingsplanen vil bl.a. omfatte- Skitsering af virksomhedens udfordringer og potentialer- Rådgivning / Camps som virkemiddel- Henvisning til øvrige regionale og nationale programmer og initiativerVirksomheder, der bliver godkendt til programmet vil få tildelt en fast kontaktperson hos henholdsvis det lokale erhvervskontor og Væksthus Nordjylland, der sammen vil følge virksomheden tæt i forløbet samt være en uvildig sparringspartner under forløbet, mv. Som en afsluttende del af forløbet i Vilje til Vækst ender hver virksomhed ud med en individuel vækstplan, der kortlægger, hvordan denne efterfølgende kan indfri sit vækstpotentiale dels via den nye viden og de kompetencer, den har fået tilført og dels ved at implementere øvrige tiltag og investeringer, der måtte fremgå af vækstplanen. De virksomhedsspecifikke Vækstplaner forventes bl.a. at medføre at:- 70 nye vækstvirksomheder - 360 jobs - 319.148.936 mio. kr. i øget omsætning - 300 virksomheder indfører nye produkter, koncepter eller løsninger - 180 virksomheder træder ind på nye markeder.Projektet er forankret hos Væksthus Nordjylland og vil blive udført i tæt samarbejde med særligt de lokale erhvervskontorer men også øvrige relevante aktører på området.</t>
+  </si>
+  <si>
+    <t>Projektet vil gennem innovationssamarbejder understøtte SMVer i at skabe innovative kommercielle løsninger på globalt oplevede udfordringer på sundheds- og velfærdsområdet. Målet er udvikling af flere innovative virksomheder med nye hovedsageligt digitale forretningspotentialer inden for sundhed og healthcare som fx telemedicin, sundhedsapps m.v. med henblik på at skabe vækst og øget eksport for virksomheder i Region Sjælland og Greater Copenhagen. Projektet resulterer i, at 12 virksomheder udvikler innovative koncepter, der via testforløb i praksissammenhænge opnår dokumenteret effekt. Der vil blive skabt 8 nye innovative virksomheder, der markedsintroducerer deres koncepter. Projektet tager udgangspunkt i SMVernes behov for øget innovation. Metoden til at skabe resultater og effekter er fokuseret omkring tre sammenhængende virkemidler: Samarbejde med vidensinstitutioner, herunder teknologisk videntilførsel, forskningsbaseret viden og praksisnærhed, udnyttelse af potentialet i Region Sjællands store mængder af sundhedsdata samt designtænkningens motiverende og ideskabende metoder med brugerperspektiv, involvering og tværfaglighed. Projektet har 6 hovedaktiviteter: 1. Identifikation af udfordringer og markedsbehov 2. Identifikation af virksomheder 3. Tværfaglig ideudvikling og matchmaking 4. Kvalificering og etablering af innovationssamarbejder 5. Udvikling og test af produkter, services m.v. 6. Kommunikation og formidling af resultater. Projektets partnerkreds består af Fonden til Innovation og Erhvervsfremme i Region Sjælland, Produktion, Forskning og Innovation i Region Sjælland, CUMULI Design Lab, University College Sjælland, Danmarks Tekniske Universitet og Væksthus Sjælland.</t>
+  </si>
+  <si>
+    <t>Målet med projektet er at øge antallet af voksne ufaglærte, der opnår en faglært uddannelse i region Nordjylland indenfor industrien samt privat og offentlig service. Effekten af projektet er, at 600 ufaglærte løftes til faglært niveau, heraf vil 225 deltagere have gennemført en erhvervsuddannelse, mens 375 vil være i gang med at færdiggøre en erhvervsuddannelse, når projektet slutter. Kompetenceløftet skal kobles tæt med efterspørgslen efter arbejdskraft på det faglærte område og sikre, at deltagerne opnår varige job og dermed medvirke til øget beskæftigelse, værdiskabelse og produktivitet i de nordjyske virksomheder.Projektet vil optimere og effektivisere arbejdsgange, øge viden, koordinere indsatser samt udvikle erfaringer med solide samarbejdsstrukturer mellem beskæftigelses-, erhvervs- og uddannelsesområdet, som kan fortsætte ud over projektperioden. Dette samarbejde vil på sigt bane vejen for at øge antallet af voksne, ufaglærte, der på årsbasis påbegynder og afslutter en erhvervsuddannelse. Der er to rekrutteringsveje til projektet: en for ufaglærte ledige og en for ufaglærte beskæftigedeIndsats for ledige:Ledige udsøges ift. potentiale for uddannelsesløft og visiteres til afklaring i mobil voksenvejledningsenhed. Der udvikles et særligt tilbud, Før-fase forløb, som sikrer fokuseret voksenvejledning med henblik på RKV og en individuelt tilrettelagt uddannelsesplan (EUV). Uddannelsesforløbene for de ledige vil blive finansieret af jobcentrene. Indsats for beskæftigede:For de beskæftigede går vejen til EUV via virksomhederne. Der vil derfor blive en massiv satsning på at opbygge et tværgående, koordineret virksomhedssamarbejde mellem beskæftigelses-, uddannelses- og erhvervsområdet. Tværgående teams skal sikre information og vejledning til virksomhederne om potentialet i uddannelsesløft af ufaglærte medarbejdere. For de beskæftigede vil en RKV også være obligatorisk for tilrettelæggelsen af en individuel uddannelsesplan, der kan afvikles i vekselvirkning med job på den pågældende virksomhed.</t>
+  </si>
+  <si>
+    <t>Projektets formålProjektets formål er at kvalificere kendskabet til EUD og fundamentet for unges valg af ungdomsuddannelse. Målet er at lette overgangen og at få flere unge og unge voksne til at vælge og gennemføre en erhvervsuddannelse, dels gennem styrkelse af eksisterende indsatser og samarbejder, dels gennem opsøg og etablering af nye samarbejder og udvikling af nye indsatser. Forventede effektProjektets forventede effekt på kort sigt er, at flere søger ind på EUD og på lang sigt at flere gennemfører en EUD.AktiviteterDe primære aktiviteter i projektet er, - at styrke overgangen fra grundskole og efterskole til EUD for at kvalificere samarbejdet om og indholdet i brobygningsforløb, udvikle målrettede informationsmaterialer og -arrangementer med henblik på at øge antallet af elever, som søger ind på EUD- at styrke rekruttering/tiltrækning til og fastholdelse på EUD for at få flere unge og unge voksne, som ikke er i uddannelse eller job, til at interessere sig for og se mulighederne i en EUD, udvikle brobygningen mellem forberedende uddannelser og EUD samt udvikle fastholdelsesaktiviteter med henblik på at øge antallet af elever, som søger ind på og gennemfører en EUD- at styrke undervisningens indhold på EUD gennem udvikling af metoder, former og pædagogik med særligt fokus på FNs verdensmål som ramme for EUDs arbejde med bæredygtighed, globalisering og dannelse, såvel i undervisningen som i alle dele af uddannelsesinstitutionerne med henblik på at kvalificere fortællingen om EUD og derigennem øge antallet af elever, som søger ind på og gennemfører en EUD- at skabe attraktive lærings- og studiemiljøer ved at igangsætte aktiviteter, som understøtter demokratisk dannelse på EUD og udvikle nye indsatser, som imødekommer elevernes behov for attraktive miljøer, kvalificerede lærer/elev-samtaler og åbne og indbydende faciliteter for at tiltrække flere elever til EUD og fastholde flere på EUDForankring af projektets resultaterDet tværgående samarbejde mellem projektets partnere og løbende videndeling med relevante samarbejdspartnere i styregruppen vil sikre spredning af projektets aktiviteter og resultater. Aktiviteter og resultater forankres hos partnere og involverede samarbejdspartnere. Videndeling og -spredning vil ligeledes foregå via en digital platform, en projekt hjemmeside. Dertil forventes afholdt to konferencer i projektperioden.ProjektperiodeProjektet gennemføres over tre år i perioden 1. oktober 2019 til 30. september 2022.</t>
+  </si>
+  <si>
+    <t>KOMPETENCEFORSYNINGmidt vil have fokus på virksomheders behov for kompetencer og vil stimulere igangsættelse af efteruddannelsesaktiviteter mhp. at øge produktivitet og jobskabelse. Omdrejningspunktet i projektet er at skabe et tæt samarbejde mellem hhv. uddannelses-, erhvervs- og beskæftigelsesområderne om den opsøgende kontakt over for virksomhederne og deres ansatte. Dette for at sikre, at partnerne får lige nøjagtig den service, de har behov for ift. mulighederne for at modtage erhvervsfaglig og videregående uddannelse. Samarbejdet kaldes</t>
+  </si>
+  <si>
+    <t>KOMPETENCEFORSYNINGmidt 2.0 skal fortsætte det påbegyndte arbejde fra det etårige projekt KOMPETENCEFORSYNINGmidt. Her blev der startet et arbejde, der dels bestod af at løse et kompetenceforsyningsbehov hos de små og mellemstore virksomheder dels at påbegynde et udviklingsarbejde i form af at sammentænke de tre politikområder (erhverv, beskæftigelse og uddannelse) i lokale koordinerende samarbejder (LKS).Arbejdet i KOMPETENCEFORSYNINGmidt er blevet fulgt af CARMA, der har udarbejdet rapporten Partnerskaber i støbeskeen, maj 2016. Denne rapport giver en lang række anbefalinger til fortsættelsen af projektet.Ansøgningen bygger på Regionalt kompetenceudviklingsprogram 2017-2019 og her beskrives tre (fire) indsatsområder for det kommende KOMPETENCEFFORSYNINGmidt projekt.Indsatsområderne er:1. Styrkelse af virksomhedernes kompetencestrategier2. Tiltrækning og fastholdelse af talenter3. Efter- og videreuddannelseDesuden er der for KOMPETENCEFORSYNINGmidt en særlig indsats vedr. udvikling af partnerskabet.Der er fire hovedaktiviteter:Aktivitet 1: Opsøgende arbejdeAktivitet 2: Strategiudvikling (virksomheder, der modtager ydelser)Aktivitet 3: Kompetenceudvikling af medarbejdere (erhvervskompetencegivende uddannelse af beskæftigede)Aktivitet 4: Kompetenceudvikling af efterspurgt arbejdskraft (erhvervskompetencegivende uddannelse af ledige)De forventede kvantitative resultater af de fire hovedaktiviteter på 3 år er:1. Udvikling af partnerskaber og rekruttering af virksomheder (Aktivitet 1: 900 virksomheder opsøges)2. Strategiudvikling (Aktivitet 2: 60 virksomheder arbejder med kompetencestrategier)3. Kompetenceudvikling (Aktivitet 3: 90 medarbejder gives et formelt kompetenceløft og Aktivitet 4: 30 Højtuddannede rekrutteres og/eller ledige videreuddannelseProjektets partnerskab bevæger sig (med CARMAs ord) fra at være i Kantinen til at være i Klubben og en del partnerskaber (LKS) er på vej mod Kompagniet, da projektets hypotese er, at et styrket samarbejde mellem systemerne giver den den bedste kompetenceforsyning overfor virksomhederne.</t>
+  </si>
+  <si>
+    <t>Slagelse bygger om med grøn fornuftDet er projektets tese at reduktion af energiforbruget ved øget genanvendelse samt udviklingen af nye innovative produkter skal skabes via efterspørgsel af produkter og ydelser (frem for fokus på produktudvikling hos SMV</t>
+  </si>
+  <si>
+    <t>FormålDet overordnede formål med projekt</t>
+  </si>
+  <si>
+    <t>Partnerskabet bag Grøn Cirkulær Omstilling i Danmark (herefter GCO) vil bringe Danmark op i et højere grønt og cirkulært gear. Med dette projekt ønsker vi at sætte Danmark på verdenskortet som en nation, der ikke kun taler om grøn omstilling og cirkulær økonomi, men bredt og på tværs af industrier udvikler og implementerer forretningsmodeller, som får omstillingen til at ske. Det er ikke et spørgsmål, om vi skal være bæredygtige og cirkulære, men om hvordan vi får alle med i den grønne og cirkulære transformation.Den positive indvirkning ved grøn omstilling er stor. Der er dog også store udfordringer for den enkelte virksomhed, som ønsker at tage hul på omstillingen eller starte en ny virksomhed op baseret på en grøn / cirkulær forretningsmodel. GCO projektet vil i samspil med partnere, konsulenter, danske og internationale eksperter forsøge at få fundet de bedste løsninger til at hjælpe de danske virksomheder til at få identificeret gode cirkulære forretningsmuligheder.Partnerskabet bag projektet GCO vil arbejde med forskellige måder, hvorpå SMV</t>
+  </si>
+  <si>
+    <t>I løbet af de seneste 10 år er forretningsområdet sundheds- og velfærdsinnovation modnet. Det betyder, at kunderne er blevet bedre til at beskrive behov og efterspørge løsninger, der understøtter øget effektivitet og bedre livskvalitet for borgere. Samtidig har virksomhederne fundet nye veje til at møde kundernes efterspørgsel. Der er dog fortsat behov for vidensbaseret innovation for at øge virksomhedernes konkurrencekraft. Formålet med dette projekt er at styrke danske virksomheder inden for sundheds- og velfærdsområdet. Det gøres gennem 5 innovationspartnerskaber, der har fokus på et eller flere spor: Servicemodeller for velfærdsteknologi; Hurtig adgang til kunder gennem digitale økosystemer; Konkurrencefordele fra dataanalyse. Welfare Tech sammensætter innovationspartnerskab på basis af velafprøvede kriterier og med udgangspunkt i NABC-metoden (Need, Approach, Benefit, Competition) og Innovationspartnerskabets kommercielle sigte (produkt/service) vurderes herudfra. Alle projektideerne evalueres via værktøjet Smart Innovation Management Tool (SIM). Smart Innovation Management er udviklet af Kevin Dean, som har mere 25 års erfaring med innovation inden for sundhedsområdet. Hvert af de 5 innovationspartnerskaber vil i samarbejde med Welfare Tech som operatør og de andre kernepartnere, planlægge skræddersyede udviklings- og testforløb som skal maksimere det kommercielle output af innovationspartnerskabet samt øge succesraten for at gennemføre de planlagte aktiviteter. Det forventes at disse innovationspartnerskaber vil øge omsætning for de deltagende virksomheder og skabe nye koncepter eller services, der øger eller effektiviserer sundhed og velfærd for danske borgere.</t>
+  </si>
+  <si>
+    <t>Strategi, Mål og Vækst (SMV).Projektet har til formål at styrke de strategiske kompetencer i 100 af Region Sjællands virksomheder via strategiworkshops, individuel virksomhedsopfølgning, temamoduler, samt organisations- og kompetenceudvikling af ledere og medarbejdere. Projektet har i henhold til den regionale Vækst- og Udviklingsstrategi et særligt fokus på Revus-brancherne, der er kernemålgruppen. 410 deltagere vil i projektet gennemgå aktiviteter, der øger deres ambitioner og omstillingsparathed. Projektet vil på sigt føre til ansættelsen af ekstra 250 fuldtidsbeskæftigede i de deltagende virksomheder to år efter deres deltagelse.Projektet vil føre til en ny samlet metode til at arbejde med strategi i Region Sjællands SMV</t>
+  </si>
+  <si>
+    <t>Projektet søges for at sikre, at den nordjyske fødevareklynge Nordjysk FødevareErhverv kan deltage i konsolideringsprocessen i 2020 på lige fod med de øvrige fødevareklynger og aktører. Nordjysk FødevareErhverv har en solid virksomhedsforankring i Nordjylland, men står grundet den nye erhvervsfremmestruktur uden offentlig finansiering i 2020. Desuden bidrager projektet markant til den ønskede konsolidering af klyngelandskabet i Danmark ved at fusionere eksisterende klyngeorganisationer, samt initiere en proces for koordinering og udvikling af forpligtende samarbejder med en række andre erhvervsfremmeaktører med fokus på fødevarer. Idet officielle klyngekatalog fra Cluster Excellence Denmark er der, udover de 3 nationale klyngeaktører, som bærer sekretatariatet i innovationsnetværket for fødevarer - DFI (Agro Business Park A/S, VIFU og DFC), én yderligere velfungerende og regionalt afgrænset klynge i Nordjylland, nemlig Nordjysk Fødevareerhverv. Derudover er der en række andre betydende aktører i fødevarelandskabet, som det er nødvendigt at koordinere en fremtidig samlet national indsats med. Dette projekt vil adressere begge disse konsolideringsudfordringer gennem to hovedaktiviteter: 1. Videreførelse og integration af den nordjyske fødevareklynge2. Klyngekonsolidering frem mod 2021 Det forventes, at der med disse aktiviteter sikres en videreførelse af de positive resultater for virksomhederne, som er skabt af NJFE gennem en årrække. Yderligere integreres medlemmerne i det nationale klyngeset-up og der udvikles et særskilt fokusområde på fiskeri for den nordjyske fødevarehub. Det forventes yderligere , at projektet</t>
+  </si>
+  <si>
+    <t>Projektet CLEAN GREEN PLAN har som mål at forbedre energi- og ressourceeffektivitet i SMVer i Region Syddanmark ved at fremme små og mellemstore virksomheders innovation og indførelse af lavemissionsteknologier. Dette mål opnås igennem gennemførelse af en række aktiviteter, der tilsammen skal skabe det ønskede output i form af en grøn forretningsmodel for hver enkelt deltagende virksomhed.Målgruppen for projektet er afgrænset til fremstillingssektorerne: føde- og drikkevarer, metal og metalvareindustri, elektronik og elektroniske komponenter, maskiner og motorkøretøjer, gummi, plast og ikke-metalholdige mineralske produkter, møbler samt detailsektorerne: mindre supermarkeder, hoteller restauranter og forlystelsesparker. Afgrænsningen er sket så projektet inkluderer de sektorer med størst energiintensitet (andel af energikøb ift. bruttoværditilvækst), da det må formodes at de mest energiintensive sektorer har det største incitament for at investerer i ressoruce- og særligt energieffektivitet</t>
+  </si>
+  <si>
+    <t>Formålet med programmet er at hjælpe SMV'er med at øge deres fokus på og parathed til eksport gennem rådgivningsforløb; programmets aktiviteter skal munde ud i, at de deltagende SMV'er får udarbejdet vækstplaner, der bl.a. vil indeholde anvisninger på den enkelte virksomheds internationaliseringsmuligheder samt en beskrivelse af de udfordringer/barrierer, som den repsektive virksomhed skal adresseres for at styrke virksomhedens konkurrencekraftgennem øget internationalisering.Formålet vil i nærværende program nås gennem en række fokuserede aktiviteter som er:BasecampsWorkshopsIndividuelle vækstforløb/tilskudsvouchersKompetenceforløb for SMV</t>
+  </si>
+  <si>
+    <t>Mange små og mellemstore virksomheder har vækst på dagsordenen, men er tilbageholdende med at igangsætte vækstaktiviteter. Erfaringerne viser, at der er særlige udfordringer, når det internationale arbejde igangsættes. Det er typisk manglende viden om udbuds- og efterspørgselsforhold på et givent marked. Det kan være spørgsmål til prisdannelse og konkurrence, distributionsforhold, offentlig regulering og kulturelle barrierer. Afklaringen af disse forhold er nødvendige for at kunne udvikle og kvalificere samt igangsætte virksomhedens internationale vækstplan.Væksthuset vil over de kommende 3 år finde 80 virksomheder og tilbyde dem støtte til at udvikle en international vækstplan, som på sigt skal gøre dem til vækstvirksomheder. Virksomhederne findes med udgangspunkt i klyngerne fra den aktuelle strategi og inden for REVUS sektorerne SUND-, GRØN-, KREATIV- og SMART VÆKST. Virksomhederne skal have gode forudsætninger og magte internationalisering på et ambitiøst niveau.Virksomhederne tilbydes deltagelse i forløb, der sigter mod at udvikle og kvalificere vækstplaner, som grundlag for at igangsætte internationale vækstinitiativer. Tilbuddet til virksomhederne er baseret på en international vækstplan, som sammenholder, mål, aktiviteter og økonomi. Vækstplanen udvikles med særligt fokus på nye og effektive metoder til at hurtig internationalisering fx ved professionel introduktion til et nyt eksportmarked eller skærpet evne til at optimere og skalere.Der vil være tale om 3 workshops som stepvis sigter mod at udvikle og kvalificere en international vækstplan. De bedste kvalificerede af virksomhederne tilbydes et overbygningsforløb, som styrker den ønskede effekt, nemlig 40 vækstvirksomheder.Den viden som opnås gennem projektet vil indgå i udvikling af Væksthusets grundlæggende tilbud, og vil blive anvendt i dialog med Eksportrådet om tilpasning af deres ydelser. Væksthuset vil arbejde for, at de virksomheder som drager nytte af projektet, vil stille deres viden til rådighed for nye virksomheder, ved at forpligte sig til at være mentorer.</t>
+  </si>
+  <si>
+    <t>Projektets formål er at sikre kompetencegivende uddannelse for faglærte medarbejdere i SMV virksomheder samt tilbyde kompetencegivende uddannelse af ufaglærte voksne, der er arbejds- og uddannelsesparate og som kan indgå i en virksomheds samlede plan for udvikling af uddannelsesniveauet for virksomhedernes medarbejdere, og dermed medvirke til at realisere virksomhedernes samlede vækst.Projektet vil således videreuddanne 40 faglærte medarbejdere i udvalgte SMV virksomheder. Der vil blive lavet aftaler med den enkelte medarbejder om en uddannelsesplan, der sikrer et kompetence løft for den enkelte medarbejder til Akademiniveau.Derudover vil projektet visitere en række ufaglærte. Målet er at 140 ufaglærte får en kompetencegivende uddannelse. De ufaglærte knyttes til de deltagende SMV virksomheder - eksempelvis i en jobrotationsordning. Dette betyder, at virksomhederne har mulighed for at investere i uddannelse og dermed råder over de rette kompetencer og derved styrkes konkurrencemæssigt.Projektet vil screene 120 SMV virksomheder gennem hele projektperioden.Der vil sammen med projektets partnere blive udviklet en samarbejdsmodel, der via de konkrete kompetence forløb skal være med til at øge 40 SMV virksomheders reelle kompetenceniveau og dermed øge virksomhedernes mulighed for vækst og indtjening gennem målrettet kompetenceudvikling. Modellen vil fremover blive videreført af projektets partnere.Overordnede aktiviteter:Udvælgelse og aftale med 40 SMV virksomheder, der ønsker at videreuddanne deres faglærte medarbejdere.Afdækning af virksomhedernes behov for kompetenceudvikling af ansatte faglærte medarbejdere. Valg af konkret AU-uddannelse for den enkelte medarbejder og igangsættelse af uddannelsesforløb. Afdækning af virksomhedernes behov for ufaglærte voksne, der er arbejdsparate, således at disse nye medarbejdere, via en visitering og afklaring af kompetencer og ønsker får et uddannelsesforløb, kan tilføre virksomhederne kapabilitet.Løbende dialog med ledere af virksomheden og medarbejderne for at sikre fastholdelse i uddannelsesforløbet</t>
+  </si>
+  <si>
+    <t>TOURISMX X-FELTET FOR INNOVATION OG NY TURISMEVÆKST TOURISMX har til formål at styrke innovationskraften i turismeerhvervets små og mellemstore virksomheder. I projektet arbejdes der fokuseret og eksperimenterende med innovationsskabelse i krydsfeltet mellem virksomheder og videnspartnere. Arbejdet sker i teams, der består af minimum 3 SMV</t>
+  </si>
+  <si>
+    <t>Formålet med Zealand International indsatsen er at øge produktiviteten og beskæftigelsen i virksomhederne i Region Sjælland. Det sker gennem en indsats, der fokuserer på at skabe nye vækstvirksomheder gennem internationalisering. Region Sjælland halter efter de øvrige regioner både hvad angår antallet af eksportvirksomheder og eksportværdi. Det skal der rettes op på, dels fordi de internationalt konkurrerende virksomheder typisk er mere produktive end hjemmemarkedsorienterede virksomheder, og dels fordi beskæftigelsesfremgangen i Danmark bæres af vækst i eksportvirksomhederne. Zealand International indsatsen tager udgangspunkt i en omhyggelig screening af smv</t>
+  </si>
+  <si>
+    <t>Projektets formål og forventede effekt: Projektets formål er at øge optaget på ungdomsuddannelserne, så flere gennemfører en ungdomsuddannelse. Dette vil betyde, at målgruppens beskæftigelsesgrad øges og at deres livsindkomst forbedres. Dette vil desuden medføre en øgning i arbejdsudbuddet i regionen samt en opkvalificering i arbejdsstyrken. Dette vil ske ved at skabe nye samarbejder og metoder på tværs af aktører, som kan samarbejde om at lette de unges vej og hverdag mod og gennem en ungdomsuddannelse.  Projektets overordnede aktiviteter og hvordan de forventes at lede til de ønskede resultater: 1.Hovedaktiviteter målrettet at skabe klynger af samarbejdspartnere, som sammen skal være med til at skabe en mere helhedsorienteret indsats på området omkring unge med særlige udfordringer. Her forventes det, at der skabes tre overordnede klynger, med relevante aktører, som har ekspertviden på området og muligheden for og mod på at indgå i nye brobyggende samarbejder. 2.Hovedaktiviteter omkring oprettelsen af ungefokusgrupper, som kan se udfordringerne i projektet fra målgruppen synspunkt. Her forventes det, at der oprettes tre ungefokusgrupper, med unge fra målgruppen, som kan byde ind med vigtige elementer set fra målgruppens ståsted. Der tilknyttes en ungefokusgruppe i hver klynge. 3.Hovedaktiviteter målrettet inklusionsforløb har til formål at flytte de unge fra deres nuværende situation til en situation, hvor de påbegynder, fastholdes i eller gennemfører en ungdomsuddannelse. Indholdet i disse forløb skabes i et samarbejde med de relevante offentlige og private aktører i hver klynge, med de relevante målgrupper af unge. Her forventes det, at der skabes nye metoder og samarbejder på tværs af aktører, som kan videreformidles og bruges af andre kommuner og uddannelsesinstitutioner. 4.Hovedaktiviteter ved ungeevents har til formål at motivere og engagere de unge i projektet. Disse har til hensigt skal samle de unge omkring projektet og være med til at motivere dem til at fortsætte. Der afholdes en afslutningskonference som har som formål at videreformidle de opnåede resultater, som projektet har opnået. Det er planen at de nye metoder og brobyggende samarbejder skal offentliggøres og der kan henvises til det gennemarbejdede materiale vedr. projektets resultater, som vil være tilgængeligt for alle aktører på området efterfølgende.</t>
+  </si>
+  <si>
+    <t>Projektet har til formål at styrke de strategiske kompetencer og den organisatoriske kapacitet i 150 sjællandske SMV</t>
+  </si>
+  <si>
+    <t>Det landsdækkende vækstprogram for små og mellemstore produktionsvirksomheder skal gennemføres i en treårig periode. Projektet sigter mod, at styrke produktiviteten og konkurrenceevnen i de deltagende produktionsvirksomheder. Aktiviteterne i nærværende ansøgning; dækkende region Sjælland og Midtjylland, vil være:Væksttjek: Der skal gennemføres 110 væksttjek.Væksttjekket vil have fokus på at gøre virksomhedens vækstambition konkret og eksplicit, samt identificere hvilke områder virksomheden skal fokusere på. Herved får virksomheden gennem et væksttjek en kvalificeret dialog, som sætter fokus på udviklingsbehov og vækstbarrierer. Væksttjekket er en dialogbaseret analyse med virksomhedens ledelse, som skal resultere i at virksomheden får udarbejdet en handlingsplan, som adressere en strategisk prioritering af forskellige initiativer for at forbedre virksomhedens konkurrenceevne, produktivitet og øge mulighederne for at realisere vækstpotentialet.Output af væksttjek vil være en handlingsplan der beskriver vækstpotentialer og udfordringer, som væsentlige elementer i virksomhedens udviklings- og vækststrategi. Det faglige udbytte af væksttjekket vil være forskelligt fra virksomhed til virksomhed, men fælles er, at der udvikles en handlingsplan, som indeholder en strategisk prioritering af fremtidige initiativer som kan styrke virksomhedens produktivitet og konkurrenceevne og understøtte udvikling og vækst de næste 3- 5 år.Vækstløft: Der skal gennemføres 55 vækstløft.Vækstløft er et individuel forløb, som har til formål at hjælpe virksomheden med at realisere handlingsplanen udarbejdet af væksttjek konsulenten.Output af vøkstløftetvil være at der over en periode gives konkret individuel rådgivning til, hvordan virksomheden realiserer sit vækstpotentiale. Her fokuserer rådgivningen på de emner eller dele heraf, som handlingsplanen fra Væksttjekket indeholder. Der vil region Sjælland blive gennemført en række særlige aktiviteter; region Sjælland har særlige udfordringer i forhold til produktionsvirksomheder med vækstambitioner/-potentiale. En særlig indsats er derfor påkrævet i regionen, for at opnå de ambitiøse mål og for at imødekomme regionens udfordringer. Den</t>
+  </si>
+  <si>
+    <t>Accelerace, Dansk Design Center og Erhvervshusene har i fællesskab designet et unikt program med fokus på at øge læringshastigheden hos i alt 200 potentielle vækstiværksættere på tværs af Danmark for at give dem hurtigere, billigere og mere effektiv adgang til kritiske ressourcer og indsigter, dvs. adgang til potentielle kunder, samarbejdspartnere, investorer, allerede succesfulde start-ups mv.  Programmet er baseret på konsortiets erfaringer om, at hastighed i læring er en af de væsentligste fordele en lille start-up har sammenlignet med større virksomheder med flere ressourcer. Programmets udgangspunktet er derfor, at den bedste måde at øge antallet af vækstiværksættere i Danmark, er at fokusere på, hvordan vi kan øge læringshastigheden i start-ups ved at tilføre dem indsigter, ressourcer, netværk og læring. Programmet tilbyder start-ups målrettede læringsforløb, hvor de gennem 1:1 sparring med en dedikeret Business Mentor, camps, adgang til et netværk af ressourcer, videnspersoner og eksperter - herunder eksperter med internationalt netværk og udsyn - kan øge deres læringshastighed og derigennem accelerere deres vækst og blive til egentlige vækstiværksættere.  Programmet leveres i et stærkt partnerskab mellem private og offentlige aktører - Accelerace, de seks Erhvervshuse og Dansk Design Center</t>
+  </si>
+  <si>
+    <t>Projektets formål er at sikre kompetencegivende uddannelse for faglærte medarbejdere i SMV virksomheder samt tilbyde kompetencegivende uddannelse af ufaglærte voksne, der er arbejds- og uddannelsesparate og som kan indgå i en virksomheds samlede plan for udvikling af uddannelsesniveauet for virksomhedernes medarbejdere, og dermed medvirke til at realisere virksomhedernes samlede vækst.Projektet vil således videreuddanne 120 faglærte medarbejdere i udvalgte SMV virksomheder. Der vil blive lavet aftaler med den enkelte medarbejder om en uddannelsesplan, der sikrer et kompetenceløft for den enkelte medarbejder til Akademiniveau.Derudover vil projektet visitere en række ufaglærte. Målet er at 85 ufaglærte får en kompetencegivende uddannelse. De ufaglærte knyttes til de deltagende SMV virksomheder - eksempelvis i en jobrotationsordning. Dette betyder, at virksomhederne har mulighed for at investere i uddannelse og dermed råder over de rette kompetencer og derved styrkes konkurrencemæssigt.Projektet vil screene 280 - 350 SMV virksomheder gennem hele projektperioden. Der vil sammen med projektets partnere blive udviklet en aktivitetsmodel, der via de konkrete kompetence forløb skal være med til at øge 145 SMV virksomheders reelle kompetenceniveau og dermed øge virksomhedernes mulighed for vækst og indtjening gennem målrettet kompetenceudvikling. Modellen vil fremover blive videreført af projektets partnere. Projektets aktiviteter:Udvælgelse og aftale med 145 SMV virksomheder, der ønsker at videreuddanne deres faglærte medarbejdere.Afdækning af virksomhedernes behov for kompetenceudvikling af ansatte faglærte medarbejdere.Valg af konkret AU-uddannelse for den enkelte medarbejder og igangsættelse af uddannelsesforløb. Afdækning af virksomhedernes behov for ufaglærte voksne, der er arbejdsparate, således at disse nye medarbejdere, via en visitering og afklaring af kompetencer og ønsker får et uddannelsesforløb, kan tilføre virksomhederne kapabilitet.Løbende dialog med ledere af virksomheden og medarbejderne for at sikre fastholdelse i uddannelsesforløbet.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet Udviklingsprogram for underleverandører i vindmølleindustrien - Innovation via videnssamarbejde er, at flere små- og mellemstore underleverandører til vindmølleindustrien udvikler nye produkt- og procesinnovationer ved hjælp af samarbejder med vidensinstitutioner.Det overordnede rationale er, at virksomheder øger deres innovationskraft og dermed mulighed for at udvikle nye produkter og løsninger når de indgår i samarbejder med vidensinstitutioner. Ved målrettet tilførsel af inspiration og viden kan der skabes opmærksomhed/bevidsthed om hidtil usete innovationsområder. Det forventes, at projektet vil resultere i 15 nye innovative virksomheder 70 nye jobs, 120 mio. kr. i meromsætning og 40 mio. kr. i mereksport. Realiseringen af projektets formål og effekter skal ske ved at gennemføre følgende aktiviteter:Projektgodkendelse og videnssamarbejdsaftaler, facilitering af videnssamarbejde og produkt- og procesudviklingsforløb i samarbejde mellem virksomheder og videninstitutioner.Testforløb m. fokus på anvendelighed, sikkerhed, markedspotentiale osv.Vindmølleindustrien er i samarbejde med Aarhus Universitet, Aalborg Universitet, DTU, DAMRC og Hub North operatører på projektet, der løber fra juni 2016 til december 2018 og er nationalt dækkende. Projekt er en del af et større og sammenhængende udviklingsprogram for underleverandører i vindmølleindustrien. Det samlede program består af tre arbejdspakker, hvoraf aktiviteterne i dette projekt vedrører arbejdspakke 2 Innovation via vidensamarbejder. De to andre arbejdspakker vedr. hhv. etablering af et Innovationsnetværk for vindenergi og Forretningsudvikling via rådgivning. For at sikre størst mulig synergi, sammenhæng og koordinering er Energi Innovation Cluster lead partner på alle tre arbejdspakker.</t>
+  </si>
+  <si>
+    <t>KOMPAS arbejder med at løfte uddannelsesniveauet blandt beskæftigede i maritime virksomheder i Region Hovedstaden. Virksomheder, der medvirker i projektet, bliver tilknyttet en kontaktperson, som skaber klarhed i de uddannelser og kombinationer af kurser der tilbydes. Samtidigt afholdes workshops med deltagere fra relevante maritime virksomheder, der skaber ny viden om, hvilke kompetencer der er efterspurgte af de maritime virksomheder. Uddannelsesinstitutionerne KEA, MSK, SIMAC og DTU Diplom er partnere i projektet. På baggrund af workshops, kompetenceplaner og vurderinger fra MDC og Danske Maritime udvikler og tilpasses uddannelserne de kompetencegivende deltidsuddannelser, så de er relevante for den maritime sektor. KOMPAS arbejder med uddannelse af beskæftigede på alle kompetencegivende niveauer. Forventet effekt i løbet af KOMPAS screenes 500 virksomheder, 50 virksomheder besøges, der afholdes 6 informationsarrangementer og 4 kompetencegab workshops. På baggrund af dette udvikles 150 kompetenceudviklingsplaner. Projektets mål er, at 100 personer påbegynder en kompetencegivende uddannelse, primært indenfor det tekniske område.</t>
+  </si>
+  <si>
+    <t>Formålet er at styrke den lokale detailhandel, således at de understøtter de sydfynske kommunernes styrkeposition forhold til Oplevelseserhverv og turisme, som beskrevet i den fælles helhedsorienterede indsats. 100 SMVere deltager. Langt overvejende er SMVerne små, ejerledede, special-detailhandlende (erhverv i gadeplan) og med under tre ansatte. SMV har eget forretningskoncept og/eller varesortiment. Virksomhedens ejer vil typisk også fungere som medarbejder. En mindre del af virksomhederne kan også være andre SMV erhverv i gadeplan (max. 20 pct). For en del af virksomhederne (ca. 30 pct) vil der også være ansat enten en daglig leder eller en nøglemedarbejder. Det samlede antal deltagere forventes at være 120. Projektets output og mål er, at samtlige detailhandlende virksomheder og deltagere bliver kompetenceløftet. Projektets effekter er, at 20 pct. af virksomhederne vil opleve jobskabelse som konsekvens af indsatsen. De SMVer som har andre strategier og/eller behov/ønsker til andre former for kompetencer, ressourcer mv. henvises til andre muligheder, samarbejdspartnere uden for dette projekt. Hovedaktiviteter er:1. Individuelle handleplaner og kompetenceforløb - my smart shop (afklarende). Udgør dynamiske handlingsplaner i forhold til virksomhedernes egne vækststrategier med indlagte succeskriterier. 2. Kompetenceudviklingsforløb: Digitalisering af forretningen3. Kompetenceudviklingsforløb: E-handel4. Kollektive kompenceudviklingsforløb: Bygger ovenpå 2 og 3 og udpeger de mest centrale emner5. Mentorordninger: Styrker kompetenceudviklingen ved at omsætte til handling og resultater i praksis.6. Netværk - geografiske: Relevante temaer udpeges undervejs. Økonomiske partnere er Faaborg Midtfyn, Langeland, Svendborg og Ærø kommuner. Erhvervsforeningerne Dansk Erhverv samt de relevante lokale erhvervs- og turistforeninger indgår i styregruppen. Alle økonomiske partnere indgår i styregruppen. Desuden bidrager kommunerne som økonomiske partnere til tværgående koordinering i form af en koordineringsgruppe. Der etableres også et rådgivende Forum. Der vil være tre medarbejdere som dels driver et projektsekretariat og dels afvikler aktiviteter. Der udvikles lokale og målrettede kompetenceudviklingsforløb, som afvikles af specialiserede undervisere. Desuden tilkøbes bistand til forandringsledelse og processer.</t>
+  </si>
+  <si>
+    <t>PROJEKTRESUMÉDet primære formål med projektet</t>
+  </si>
+  <si>
+    <t>Højskolen som genvej til UddannelseProjektet skal forsøge at bruge højskolen som genvej til uddannelse og erhverv i hele Region Nordjylland. Projektet skal gennem højskolekursus med særligt fokus på at motivere og afklare den unge, skabe en ny chance til unge, der skal hjælpes ind i uddannelsessystemet. Der mangler faglært arbejdskraft i Nordjylland indenfor bygge og anlæg og sundhedsområdet, og derfor vejleder projektet ikke kun mod ungdomsuddannelse, men også mod</t>
+  </si>
+  <si>
+    <t>Projektet etablerer et fremskudt trivselsberedskab på ungdomsuddannelsesinstitutioner i seks mellemstore byer i regionen (Esbjerg, Kolding, Fredericia, Sønderborg, Haderslev og Svendborg.Trivselsberedskabet er et samarbejde mellem kommuner og ungdomsuddannelser, primært erhvervsskoler, og det skal medvirke til at fastholde flere frafaldstruede elever/ sårbare unge i (erhvervs)uddannelse.Trivselsberedskabet involverer alle relevante personalegrupper, og skaber et tæt samarbejde mellem dem. Det sker bl.a. gennem deltagelse i PsykInfo kurser, hvor der skabes et fælles sprog og en fælles opfattelse af målgruppens mangfoldighed, og hvordan de unge kan inkluderes i undervisning og fællesskabDer er tale om en meget sårbar gruppe af unge, som ud over diagnoser typisk også har svære sociale og økonomiske problemer, en del også med et misbrug af varierende omfang, mange tillige med en egenopfattelse af, at de har indlæringsvanskeligheder. Dette vil også være tilfældet for nogen, mens andre blot ikke har fået den fornødne støtte fra starten i Folkeskolen, og derfor hurtigt er kommet bagefter klassekammeraterne indlæringsmæssigt, hvilket også har bidraget til følelsen af at være ekskluderet.Frafald på ungdomsuddannelserne er især et problem på erhvervsuddannelserne. Dette er blevet tilfældet i stigende grad, i takt med at næsten alle fagligt stærke unge søger gymnasiet. Skolerne har etableret et frafaldsberedskab i det omfang, dette er krævet i bekendtgørelserne. Det er imidlertid vanskeligt for skolerne at gøre mere end dette, da frafald giver reduceret taxameter, som igen har betydning for skolernes økonomi, der samtidig er stærkt påvirket af årlige besparelser på 2 % omprioriteringsbidragProjektet giver kommuner og ungdomsuddannelser mulighed for at etablere et tæt samarbejde, der kan bidrage til at vende den negative spiral og høste erfaringer med, hvordan partnerne i fællesskab kan løfte opgaven med at fastholde denne svære målgruppe. En opgave som også bør være et fælles ansvar.Projektet er perspektivrigt, idet det omfatter de fleste mellemstore købstæder i regionen. Der er derfor gode muligheder for at indhente forskellige erfaringer, der kan inspirere i den gensidige erfaringsudveksling på tværs af byerne.På de involverede ungdomsuddannelser er der et forventet frafald på 1552 unge i projektets løbetid. Med indsatsen forventes det, at ca. 20 % af disse unge fastholdes.</t>
+  </si>
+  <si>
+    <t>Styrket innovation i SMV</t>
+  </si>
+  <si>
+    <t>Social inklusion gennem vækstpartnerskaberFormål er at få personer med begrænset eller ingen tilknytning til arbejdsmarkedet integreret i arbejdsfællesskabet via beskæftigelsesfremmende aktiviteter. Projektet gennemføres i hele Danmark. Målet er at demonstrere en effektfuld og skalerbar metode til at få udsatte ledige i beskæftigelse. Målgruppen er udsatte personer langt fra arbejdsmarkedet og små og mellemstore socialøkonomiske virksomheder. Projektets hovedaktiviteter Projektet bygger bro mellem dem, der har de ledige jobs og de mennesker, der via opkvalificering og uddannelse, kan bestride jobbene. Brobygning sker via partnerskaber ml. kommune, 2.aktør og socialøkonomisk virksomhed.Projektet er bygget op om fire sammenhængende hovedaktiviteter. 1. Udsattes kvalificering 2. Virksomheders sociale acceleratorforløb 3. Partnerskab ml kommune, 2.aktør og socialøkonomisk virksomhed 4. Ny resultatafhængig og bæredygtig betalingsmodel I programmet simuleres resultatopgørelse- og betalingsstrømme så vi ved projektafslutning kan vurdere, hvorvidt det samlede initiativ har været en økonomiske gevinst. Kommunerne kan derfor tage stilling til, om de kommunale besparelser kan finansiere</t>
+  </si>
+  <si>
+    <t>Mange små og mellemstore virksomheder har vækst på dagsordenen, men er tilbageholdende med at igangsætte vækstaktiviteter. Erfaringerne viser, at der er særlige udfordringer, når nye markeder skal opsøges og forretningsmodeller skal udvikles og tilpasses. Det er typisk manglende viden om udbuds- og efterspørgselsforhold på et givent marked. Det kan være spørgsmål til prisdannelse og konkurrence, distributionsforhold, offentlig regulering som grønne afgifter og tilskud og kulturelle barrierer.Afklaringen af disse forhold er nødvendige for at kunne udvikle og kvalificere samt igangsætte virksomhedens vækstplan. Væksthuset vil over de kommende 3 år udvælge potentielle vækstvirksomhederog sammen med virksomhederne udvikle 24 grønne vækstplaner, som i forlængelse af projektet kan implementeres i virksomhederne og gøre dem til vækstvirksomheder inden for 5 år. En meget omfattende screening og rekruttering, samt et intenst udviklingsprogram med de stærkeste enkeltelementer fra tilsvarende projekter og programmer skal sikre at virksomhederne når deres vækstmål.Virksomhederne vil blive screenet for om de kan bidrage til Grøn omstilling hos deres kunder. Miljø og vækstpotentialet er ligeværdige og gensidigt afhængige mål, som skal indarbejdes på lige fod i de grønne vækstplaner.</t>
+  </si>
+  <si>
+    <t>Dette projekt fokuserer på problemstillingen om at øge antallet af universitetsstuderende i ECTS-givende projektorienterede forløb (praktik) i student startups på de danske universiteter. Projektet sikrer bæredygtige aktiviteter, der kan forankres langsigtede og således implementeres og skaleres.Gennem et stærkt projekt partnerskab skabes efterspurgte aktiviteter, der ikke hidtil er løst.Partnerkredsen:Fonden for entreprenørskabKontakt: Jesper Risom, jesper@ffe-ye.dkKøbenhavns UniversitetKontakt: Anna Vestergård Jacobsen, anna.v.jacobsen@sund.ku.dkCopenhagen Business SchoolKontakt: Sophie Birkelund Bech, sbb.edu@cbs.dkSyddansk UniversitetKontakt: Anne Evelina Larsen, ael@sdu.dkProjektet er en del af et nationalt projekt og du kan læse mere om hele projektet på: https://www.ffe-ye.dk/undervisning/projekt-startup-i-praksis</t>
+  </si>
+  <si>
+    <t>Projekt Compress har til formål at hjælpe op til 84 SMV´er indenfor fremstillingssektoren med at blive mere ressourceeffektive. Virkemidlerne er primært viden- og kompetenceudvikling, der skal sætte medarbejderne i stand til at omsætte deres kendskab til produktionsprocesser, råstoffer og halvfabrikata til effektiv anvendelse af ressourcerne, der også omfatter virksomhedens forbrug af energi og vand. Viden- og kompetenceudviklingen varetages primært af de medvirkende erhvervsskoler og erhvervsakademier i samarbejde med de deltagende virksomheder og de øvrige partnere i projektet, der er landsdækkende med en bred partnerkreds bestående af skoler, erhvervsfremme, rådgivere, vidensinstitutioner og arbejdsmarkedets parter (brancheorganisationer). Regionerne indgår også i samarbejdet.Kompetenceudviklingen spænder over et bredt indhold fra LEAN til projektledelse og fra materialekendskab til innovation. Uddannelsesaktiviteterne gennemføres på forskellig vis fra læring direkte i produktionen til traditionelle kurser med mellemliggende træning med eller uden e-læring. Hvad og hvordan kompetenceudviklingen sker fastlægges i det konkrete virksomhedsprojekt ud fra virksomhedens konkrete behov og muligheder.For at deltage skal en virksomhed vurderes som parat til at få udbytte af ressourceeffektivitetsindsatsen, der tilrettelægges som et konkret virksomhedsprojekt. Ligeledes skal en betydelig del af medarbejdergruppen deltage i kompetenceudviklingen, der også har fokus på aktiv medarbejderinddragelse.Projektet er samvist med SFNP-15-0001</t>
+  </si>
+  <si>
+    <t>Rest til ressoruce - udviklingsplaner og industriel symbioseProjektets målsætning er, at 50 produktionsvirksomheder skal stå med en individuel udviklingsplan samt at 30 SMV</t>
+  </si>
+  <si>
+    <t>Projektet præsenterer en model for samarbejde mellem virksomheder, evt. deres kunder og videninstitutioner der i synergi skaber innovation og mulighed for kommerciel vækst via de nyeste teknologiske og forretningsmæssige muligheder indenfor Industri 4.0. Projektets aktiviteter skaber således overordnet synergier, forbindelser og partnerskaber mellem virksomheder, videnmiljøer og andre relevante specialister indenfor området. I øjeblikket er der helt enestående globale vækstmuligheder for virksomheder der formår at udnytte mulighederne i Industri 4.0. Formålet med dette projekt er at facilitere innovationssamarbejder ved at rekruttere de SMV</t>
+  </si>
+  <si>
+    <t>FFI Development vil fokusere på at kommercielt udvikle og modne nye forretningsidéer, -modeller og nye produkter/processer fra SMV</t>
   </si>
   <si>
     <t>Formålet med dette projekt er at sætte fokus på vækst gennem udvikling af en specifik og individuel vækststrategi og</t>
   </si>
   <si>
     <t>Projekt virksomheder tager socialt ansvar arbejder med hovedaktiviteterne: Udvikling og gennemførelse af fællesforløb for virksomheder og screening af ledige, ansættelse og indslusningsforløb. Projektet vil bl.a. gennemføre fællesforløb for en række virksomheder som skal:</t>
   </si>
   <si>
+    <t>Projektet skal sikre flere ingeniører til Trekantområdets virksomheder - konkret Operations Management ingeniører (produktionsingeniører). En undersøgelse gennemført af Trekantområdet Danmark i 2017 viste, at det de sidste 3 år ikke har været muligt at besætte omkring 20% af alle opslåede ingeniørstillinger i private virksomheder i Trekantområdet. Samtidig kan det ud fra virksomhedernes oplysninger anslås, at der de næste 5 år vil blive opslået omkring 5000 ingeniørstillinger i Trekantområdet. Hvis udviklingen i ubesatte stillinger ikke ændres kan Trekantområdets virksomheder om 5 år stå med op mod 1000 ubesatte ingeniørstillinger. For Trekantområdet er det derfor afgørende at der gøres en indsats for at sikre flere ingeniører til områdets virksomheder.Det ansøgte projekt skal medvirke til at opkvalificere og tiltrække bachelorer/professionsbachelorer, der arbejder i virksomheder i Trekantområdet. Projektet består af en kombination af oprettelse af en 4-årig erhvervskandidatuddannelse i Operations Management, hvor studerende samtidig er ansat deltid i en virksomhed, med et forpligtende virksomhedssamarbejde. SDU og Trekantområdet kan samlet tilbyde bachelorer en attraktiv pakke bestående af deltidsjob og deltids-kandidatuddannelse i Operations Management. Erhvervskandidatordningen er en ny 4-årig variant af kandidateksamenen. Uddannelsen svarer med hensyn til indhold fuldstændig til en gængs 2-årig kandidateksamen, men er som nævnt kombineret med en deltidsansættelse i en virksomhed.Projektet omfatter 5 elementer:Uddannelsesplanlægning: SDU tilrettelægger en deltidskandidatuddannelse i Operations Management, så pensum fordeles ud på 4 år i stedet for de normale 2 år.Rekruttering af virksomheder: Trekantområdet Danmark screener, identificerer og rekrutterer relevante virksomheder til at indgå i ordningen.Rekruttering af studerende: SDU bistår med rekruttering af egne bachelorer og alumner, mens Trekantområdet Danmark sikrer en bredere markedsføring og rekruttering af studerende fra andre universiteter og ingeniørhøjskoler i ind- og udland.Matchmaking: SDU og/eller Trekantområdet Danmark matcher gennem en håndholdt indsats relevante virksomheders tilbud om deltidsjobs og interesserede/egnede bachelorer.Opfølgning/mentorordning: SDU tilbyder</t>
+  </si>
+  <si>
+    <t>Vækstplaner i SMV</t>
+  </si>
+  <si>
+    <t>Formålet med dette projekt er at give iværksætterne et grundlag for at udvikle deres virksomheder og dermed styrke deres evne til at overleve og skabe nye jobs.Projektet har endvidere til formål at fastholde og styrke den koordinerede indsats i Nordjylland samt supplere indsatsen med yderligere tiltag dels for at sikre, at der er et ensartet tilbud i hele Nordjylland uafhængig af kommunegrænser og dels for at sikre, at flere potentielle vækstiværksættere får udviklet deres virksomhed i denne retning. Samlet set skal dette lede frem til, at flere iværksættere er i stand til at indfri sit vækstpotentiale og udvikle sig til vækstiværksættere. Projektets målgruppe består af iværksættere, der for nyligt har etableret eller står overfor at etablere egen virksomhed. De identificeres hovedsageligt via deres lokale erhvervskontor. Inden godkendelse til NewBizz projektet vil der blive lagt særligt vægt på iværksætterens eksisterende udgangspunkt samt det fremadrettede vækstpotentiale og dets skalerbarhed samt iværksætterens evne til at udløse dette. Godkendes en virksomhed til deltagelse i NewBizz programmet, vil programmets tilbud til den enkelte virksomhed variere proportionalt med dennes vækstpotentiale.Projektet har tre hovedaktiviteter fordelt på tre faser og en camp light:Opstartsfasen, hvor iværksætterens vækstpotentiale identificeres.Etableringsfasen, hvor iværksætteren har en begrundet målsætning og motivation til at realisere én ansat ud over sig selv samt en mio. kr. om året i omsætning.Camp Light, hvor iværksættere med et klart markeds- og vækstpotentiale samles med henblik på at afklare og modne iværksætterens egne vækstambitioner.Skaleringsfasen, hvor iværksættere med et klart markeds- og vækstpotentiale får mulighed for at få tilknyttet en vækstguide, således iværksætteren kommer tættere på sit vækstpotentiale. Herefter modtager iværksætteren et tilsagn på op til kr. 15.000 til indkøb af ekstern rådgivning til at nå målet på milepælsplanen.Forventede output og effekter:2.400 forbedrer deres iværksætterkompetencer80 % overlevelsesgrad 6 måneder efter deltagelse70 % overlevelsesgrad 2 år efter deltagelse</t>
+  </si>
+  <si>
+    <t>På erhvervsskolerne er der gennem årene gjort forskellige erfaringer med brug af digital understøttelse af den pædagogiske praksis. Det har foregået ud fra bl.a. centralt udstukne rammer fra Undervisningsministeriet, de enkelte skolers udbud af uddannelser og elevgrupper samt prioriteringer, kultur og kompetencer. Det har givet skolerne nogle generelle og specifikke erfaringer i forhold til de potentialer og udfordringer, som brug af digitale teknologier indebærer. Erfaringerne med brug af digitale teknologier viser, at det giver mulighed for, at eleverne bl.a. gennem øget motivation får større udbytte af undervisningen. Udfordringerne ved at indføre brug af digitale teknologier er mange, og består bl.a. i at skabe et virtuelt og digitalt læringsrum, at geare skolernes organisation til undervisningsmetoderne samt at kompetenceudvikle underviserne til at gøre brug af digitale teknologier.En reflekteret digital understøttelse af den pædagogiske praksis på erhvervsskolerne vil betyde væsentlige forandringer for skolernes organisation og undervisernes kompetencer. Der er tale om et paradigmeskifte, og de samlede forandringer skal derfor styres som et egentligt forandringsprojekt.Der vil gennem projektet blive sat yderligere fokus på at:</t>
+  </si>
+  <si>
+    <t>CO-CREATE SYDFYN II - vækst i yderområder gennem innovation og udvikling i maritime og IT erhvervDe maritime erhverv og IT-erhvervet på Sydfyn er etablerede, internationalt orienterede erhverv med vækstmuligheder og potentiale (EVP). De fire kommuner Svendborg, Ærø, Langeland og Faaborg-Midtfyn ønsker at facilitere innovation og vækst i de to EVP og deres værdikæder via kompetenceudvikling og øget samarbejde. Co-Create Sydfyns formål er at skabe vækst og hermed flere arbejdspladser gennem en sammenhængende, helhedsorienteret indsats i private virksomheder i EVP i de fire kommuner, hvoraf de tre er yderkommuner. Projektet bidrager til at løfte regionens ambition for yderområderne om at skabe mindst 1% årlig vækst i antal medarbejdere.Projektet har også en national målsætning. Med Fyns Maritime Klynges etablering af Danmarks Maritime Startup Hub i Fremtidsfabrikkens IT og maritime iværksætterhus etableres et epicenter for udvikling af maritime startup</t>
+  </si>
+  <si>
+    <t>Projektet prioritere overordnet en gruppe af "udsatte unge". Denne gruppe omfatter to hovedkataegorier af unge. Samlet er disse unge karaktereiseret ved at befinde sig "på kanten af arbejdsmarkedet".</t>
+  </si>
+  <si>
+    <t>Mange danske SMV</t>
+  </si>
+  <si>
+    <t>I projekt Unge i Centrum Aalborg er det overordnede mål at revitalisere området for ungevejledning i UU-Aalborg, for herved at udvikle, afprøve og implementere styrkede vejledningsindsatser, der øger udsatte unges grundlag for valg, påbegyndelse og gennemførelse af en ungdomsuddannelse. Indsatser der forventes at blive forankret hos aktørerne efterfølgende. Det forventes, at minimum 1.100 unge deltager i projektet, og at 682 unge er i uddannelse umiddelbart efter deltagelse i projektet. Det forventes ydermere, at 240 unge får kompetencer til selv at opsøge vejledning umiddelbart efter deltagelse i projektet. Projektet abonnerer på en differentieret tilgang til målgruppen af udsatte unge. Derfor er der opsat en række af hovedaktiviteter, der skal understøtte formålet gennem projektets output og effekter. A: Etablering af ressourcecenter for ungevejledning i Uddannelseshuset</t>
+  </si>
+  <si>
+    <t>FFBI bygger ovenpå på de erfaringer og resultater, fra tidligere projekter, og har til formål at udvikle et innovationsprogram for fødevarer og bioressourcer, som skal skabe nye innovative produkter/services i danske SMV</t>
+  </si>
+  <si>
+    <t>Konsolidering af Innovationsklynge for Vandteknologi - Region SjællandProjektets formål og forventede effektVand er vigtigere for verden end nogensinde før, og der er et enormt vækstpotentiale i at udvikle bæredygtige vandløsninger. En stærk partnerkreds bestående af de væsentligste klyngeorganisationer og -initiativer inden for vand samt de stærkeste videnpartnere gennemfører i en inddragende proces en konsolidering af Innovationsklyngen for Vandteknologi som løfter innovationskraften i den samlede vandbranche og dermed skaber mere end 71 nye innovative virksomheder i Region Sjælland.Virksomhederne har svært ved at orientere sig i de mange tilbud og indgange, og de enkelte klynge-aktører opererer på usikkert grundlag med varierende forretningsmodeller og finansieringsgrundlag.Projektet har til formål at skabe én konsolideret Innovationsklynge for Vandteknologi under særligt hensyn til virksomhedernes behov og øvrige aktørers ønsker til, hvad klyngen skal kunne. Konsolideringen indbefatter udvikling af nye, ambitiøse innovationsindsatser som løfter den samlede klynges evne til at skabe nye innovative SMV</t>
+  </si>
+  <si>
+    <t>Projektet skal kortlægge ressourcer i Fredericia, hvor der forelægger attraktive muligheder til at udarbejde løsninger og koncepter for SMV'er inden for affaldshåndtering. Det betyder, at løsninger og koncepter for affaldshåndtering både skal have fokus på miljøgevinster (herunder fald i CO2-Ækvivalenter, fald i GJ og upcycling af materialer) og på økonomisk bæredygtighed, således at forretningskoncepterne kan tilføre virksomhederne økonomisk, grøn vækst.Kortlægningen skal indgå som vidensgrundlag i en række innovationsforløb for lokale SMV'er, og virksomhederne skal på baggrund af innovationsworkshops i bl.a. Design Thinking samt samarbejde imellem virksomheder og vidensinstituationer motiveres og rustes til at idéudvikle, skabe nye forretningkoncepter og iværksætteri. Projektet skal ligeledes facilitere, at minimum én socialøkonomisk virksomhed etableres. Hovedformål med projektet:- Kortlægge affaldsressourcer med optimeringspotentiale i Fredericia- Udvikle cirkulære løsningsmodeller indenfor affaldshåndtering - Understøtte konceptudvikling hos lokale SMV'er- Skabe bæredygtig vækst i Fredericia- At arbejde i forlængelse af Fredericias bystrategi Bæredygtig Grøn Byudvikling</t>
+  </si>
+  <si>
+    <t>Det overordnede formål med indsatsen er at styrke gennemførelsen af EUD-reformen (med ikrafttræden august 2015) i Region Midtjylland. Projektet skal derfor at intensivere, styrke og udbygge indsatsen på de 2 primære områder:</t>
+  </si>
+  <si>
+    <t>Program for eksport og Internationalisering 2017-2019 i Region Midtjylland - GLOBALmidt 2.0Program for eksport og internationalisering 2017-2019 i Region Midtjylland har det overordnede formål at skabe flere vækstvirksomheder i Region Midtjylland, der har fokus på eksport. Fordi disse internationalt orienterede virksomheder er en vigtig faktor i den midtjyske økonomi. Formålet med programmet er at forbedre den regionale konkurrenceevne via et intensivt fokus på virksomheder, der kan realisere et internationalt potentiale. Med direkte effekter på den samlede omsætning og beskæftigelse i regionens virksomheder. Virksomhederne skal opleve en succes med at orientere sig mere internationalt.Målet er:</t>
+  </si>
+  <si>
+    <t>Projekt JEPS´ formål og forventede effekt:Formålet med projektet er at dokumentere, at de mest udsatte borgere kan blive en del af arbejdsmarkedet ved en målrettet, håndholdt indsats,- I projektets opbygning er der bl.a. taget udgangspunkt i to rapporter fra BIP (Beskæftigelses indikator projektet</t>
+  </si>
+  <si>
+    <t>Socialfondsprojektet Digitale veje til vækst - SMV kompetence vil udnytter de muligheder, som Den Europæiske Fond for Regional Udvikling og Den Europæiske Socialfond giver, med henblik på at styrke produktivitet og digitalisering i Region Sjælland. Formålet med projektet er at indfri små- og mellemstore virksomheders vækstpotentiale gennem digitalisering, automatisering og innovationsevne med fokus på Region Sjællands ReVUS brancher. Projektet inddrager 90 af regionens virksomheder og inddrager 370 deltagere i kompetenceudvikling. Det estimeres at 333 deltagere (svarende til 90%) opnår et kompetenceløft og højere omstillingsparathed, der fører til højere produktivitet og innovationsevne. Virksomhederne vil forventes at få en øget beskæftigelse på i alt 40 medarbejdere 2 år efter deltagelsen i projektet.Projektet understøtter Region Sjællands Regionale Vækst- og Udviklingsstrategi og har SMVer inden for ReVUS brancherne (fødevareerhvervet, bygge- og anlægsbranchen, logistik- og transportbranchen, bioøkonomi) som målgruppe. Projektet vil bidrage til øget beskæftigelse i Region Sjælland ved at kompetenceudvikle og efteruddanne SMVer inden for digitalisering, automatisering og bedre innovationskompetencer. Projektet vil desuden bidrage til at de deltagende virksomheder, gennem deres kompetencemæssige og strategiske udvikling, øger produktiviteten og geares til at skabe yderligere vækst og beskæftigelse.</t>
+  </si>
+  <si>
+    <t>Social inklusion</t>
+  </si>
+  <si>
+    <t>Iværksætteri - Design Business Boot CampFormål: Projektets formål er at etablere en Boot Camp, hvor nationale og internationale designstuderende med iværksætterdrømme inviteres til at adressere designsatsningens temaer: Velfærdsdesign, bæredygtigt design samt leg og design. Endelig vil der blive en boot camp, som først tematiseres i 2016 med udgangspunkt i de tendenser, som klyngens øvrige udvikling har påvist.Forventede effekter: Der forventes en anslået skabt årlig omsætning på 10, 8 mio. kr., heraf 5,4 mio. kr. i projektperioden og 5,4 mio. kr. efter projektets afslutning. Aktiviteter: Boot Campen vil omfatte studerende på første år af deres kandidatuddannelse, og målet er bl.a. at finde minimum tolv designstuderende, som med sikkerhed har talentet til at udvikle en succesfuld virksomhed. Disse vil blive inviteret til at blive en del af</t>
+  </si>
+  <si>
+    <t>Program for iværksættere 2015Formålet med Iværksætterprogrammet er at øge iværksætteres etablerings- og overlevelsesrate samt at øge antallet af vækstiværksættere i Region Midtjylland målt på omsætning og beskæftigelse. Projektet tager udgangspunkt i en idé om, at det er muligt at træne og motivere iværksættere til i højere grad at udløse deres virksomheders vækstpotentiale. Målet med Iværksætterprogrammet er, at styrke iværksætternes kompetencer i forhold til at drive og udvikle deres virksomheder - herunder at identificere og understøtte deres</t>
+  </si>
+  <si>
+    <t>Det overordnede formål for FFI POP er at bidrage til en styrket konkurrenceevne for danske SMV</t>
+  </si>
+  <si>
+    <t>KOMPETENCEFORSYNINGmidt (akse 1) har til formål at gennemføre vækstrettet kompetenceudvikling for virksomheder (SMV</t>
+  </si>
+  <si>
+    <t>Symbioseplatform AarhusSymbioseplatform Aarhus er et projekt, som søger at fremme den cirkulære økonomi i industrien, ved systematisk at genanvende og spare ressourcer gennem industrielle symbioser. Projektet vil blandt andet skabe nye partnerskaber og symbioser mellem byens virksomheder ved at indsamle og strukturere data fra virksomheder fra virksomhedsundersøgelser og offentlige databaser. Med dette projektet ønskes det at strukture det eksisterende sporadiske arbejde med cirkulær økonomi og symbioser, som kommunen allerede har kontaktflader med, for at sikre at flere symbiosepotentialer bliver realiseret, gjort skarlerbare og at den indsamlede data udnyttes smart og effektivt. Innovative løsninger og samarbejderProjektet har fokus på at understøtte innovationsforløb for at gøre virksomheder mere cirkulære. Det kan f.eks. være nye forretningsmodeller eller et innovativt samarbejde mellem to eller flere virksomheder. Gennem innovative samarbejder, teknologier, forretningsmodeller og symbioser vil projektet sikre et fald i drivhusgasemissioner og energiforbrug for de deltagende virksomheder, og således bidrage til Aarhus Kommunes mål om CO2 neutralitet i 2030.Projektet er et samarbejde mellem Aarhus Kommunes Klimasekretariat og AffaldVarme Aarhus samt eksterne konsulenter. Overordnede aktiviteterProjektet gennemføres via tre hovedaktiviter og dertilhørende underaktiviteter.1. Identificering af industrielle symbioser2. Realisering af symbiosernes potentialer og opstart af innovative udviklingsprocesser3. Formidling og kommunikation til slutbrugere og virksomheder</t>
+  </si>
+  <si>
+    <t>Projektets formålUngeindsats Aalborg vil ved hjælp af øget fleksibilitet og samarbejde og med en intensiv, koordineret indsats fra Uddannelseshusets sagsbehandlere og rådgivere i UU Aalborg få flere unge gjort uddannelsesparate og fastholdt i en ungdomsuddannelse ved at have et øget fokus på støtte i overgange. Ideen tager udgangspunkt i, at kommunen har en bred og godt dækkende vifte af forberedende tilbud, som dog vil kunne gøres endnu bedre ved en øget fleksibilitet og samarbejde mellem aktørerne. Samarbejdet mellem aktørerne og den koordinerede intensive indsats fra Uddannelseshuset er gensidigt afhængige og vil understøtte hinanden gennem projektet. Projektets aktiviteterDer oprettes et fleksibelt mobilt koordinerende team med Jobcenter-sagsbehandlere og UU-vejledere. I dette team har sagsbehandlerne et begrænset antal sager og vil derfor kunne oprette en bedre relation til den enkelte unge og kunne lave en håndholdt individuel indsats. Derudover vil der være ressourcer til vidensdeling og relationsopbygning med uddannelsesaktørerne og de forberedende tilbud, så der kan skræddersys tilbud alt efter den enkelte unges behov. Hensigten er, at hver enkelt ung får den støtte og kontinuitet i indsatsen han/hun har behov for og derved bliver uddannelsesparat og fastholdt i uddannelse.Der udvikles en samarbejdsaftale mellem aktørerne, som sikrer, at økonomiske og administrative barrierer ikke står i vejen for forskellige brobygningsforløb. Herved sikres den fleksible, individuelle tilgang udover projektets levetid og vil også i fremtiden kunne hjælpe flere unge i de svære overgange med valg, fastholdelse og gennemførelse af uddannelse. Projektets økonomiske partnere er AMU Nordjylland Aalborg, Jobcenter Ung og UU Aalborg.Projektets er et bredt samarbejde bestående af AMU Nordjylland, Aalborg Kommunes Uddannelseshus (Jobcenter Ung, UU-Aalborg, Socialcenter Ung), Træningshøjskolen, TAMU, Aalborg Ungdomsskole, VUC Nordjylland, flere daghøjskoler (AOF, Fokus, Sind, Kvindedaghøjskolen), Lille Vildmose Produktionsskole og Aalborg Produktionsskole, Tech College, SOSU Nord, Aalborg Handelsskole og LO Aalborg. Projektets resultaterProjektets resultatmål er fastsat til, at 80 % af deltagerne vil være i uddannelse umiddelbart efter deltagelsen. Projektets erfaringer og resultater vil blive fulgt nøje af Ungestrategiens Ledergruppe, som blandt andet står for udarbejdelsen af Aalborg Kommunes Ungestrategi.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at motivere flere unge til at vælge en erhvervsuddannelse (direkte efter 9. eller 10. klasse samt fra Sprogcenteret), fastholde flere i uddannelse og sikre at flere elever gennemfører den påbegyndte uddannelse. Det vil ske gennem udvikling af et fagligt stærkt og dynamisk uddannelsesmiljø, med overordnet fokus på: Målrettet vejledning - før uddannelsenMålrettet vejledning - i uddannelsenAt øge elevernes innovationskompetencerAt styrke og videreudvikle talentudviklingsforløbAt gentænke praktikforløb. Indsatserne vil tilsammen styrke erhvervsuddannelserne, øge attraktiviteten, lette overgangen fra grundskole til erhvervsuddannelse, højne det faglige niveau og øge samarbejdet med erhvervslivet. Det er desuden med til at skabe flere praktikpladser og der er øget fokus på at sikre, at fremtidens faglærte imødekommer erhvervslivets behov for arbejdskraft med øgede kompetencer på højt niveau, bl.a. inden for innovation. Den fysiske ramme for projektet er Innovationscenteret, som etableres på Campus Bornholm i forbindelse med den fysiske sammenlægning af Campus Bornholms uddannelser. Innovationscenteret er inspireret af bl.a. Aalto Design Factory, FabLab og Makerspaces - miljøer hvor innovation, entreprenørskab, research, digitalisering, teknologi og iværksætteri er omdrejningspunkter. Innovationscenteret skal være et kreativt værksted, hvor elever, lærere og virksomheder mødes, hvor der bliver tænkt, udviklet, eksperimenteret, afprøvet og realiseret nye ideer. Innovationscenteret vil både fungere som undervisningsfacilitet i løbet af skoledagen, og spille en vigtig rolle efter skoletid, som Åbent Værksted. Centeret vil være tilgængeligt for alle, som har lyst til at bygge, skabe, lege, udvikle og konstruere i fællesskab med andre. Øens virksomheder spiller en meget central rolle i projektet. Der er derfor et øget fokus på at sikre et bedre og bredere samarbejde med virksomhederne, da deres deltagelse i projektet er medvirkende til at sikre, at kvaliteten af erhvervsuddannelserne øges. Et mere velfungerende samarbejde i mellem erhvervsliv, skole og elever vil være medvirkende til at skabe flere praktikpladser, et godt netværk og på sigt flere faglærte, som både vil komme elever og erhvervsliv tilgode.</t>
+  </si>
+  <si>
+    <t>Formål: At sikre kommende vækst og trivsel ved - gennem social inklusion - at hjælpe unge med alvorlige udfordringer til at påbegynde og gennemføre en uddannelse.Projektet er sammensat af 5 overordnede aktiviteter: Et klubtilbud, misbrugsrådgivning, tilbuddet "Bliv handlekompetent", tilbuddet "Overgang til uddannelse" og etablering af samarbejde med psykiatrien. Det samlede tilbud skal inkludere og opsamle unge, så de bliver en del af sunde netværk igennem klubben, der samtidig bliver de unges vej ind i tilbudsdelen "Bliv Handlekompetent", hvor de unge arbejder sammen med kompetencepiloter om at løse deres individuelle udfordringer. En del af disse udfordringer kan være psykiske og de unge ekan være i behandling i lokalpsykiatrien. der kan også være tale om misbrug (erkendt eller uerkendt). I disse tilfælde vil der blive taget særlig hånd om dette gennem særlige indsatser og samarbejder mellem jobcentret, lokalpsykiatrien og misbrugsbehandlingen, således at den unge hele tiden får den optimale indsats fra alle parter. Når de første udfordringer er kommet ned på et niveau, hvor den unge begynder at være klar til uddannelse, overgår de til tilbudsdelen "Overgang til Uddannelse", hvor der kan tages særlige hensyun i forhold til deres opstart på uddannelser, således at de ikke altid mødes med et pres om at skulle bestå en eksamen fra dag ét. Der vil desuden også være et særligt samarbejde med fastholdelsesmedarbejdere på uddannelsesstederne, så det sikres, at de unge ikke slippes af en instans, før der er etableret en god kontakt med den næste og det er sikret, at den unge er blevet inkluderet i et nyt netværk.I forhold til øvrige kommuner i regionen har Langeland en stor andel unge, der ikke vurderes at kunne påbegynde en uddannelse inden for et år. Dette skyldes blandt andet en stor tilflytning af unge til kommunen. Tilbuddet skal sikre at disse unge, der ofte har lidt flere nederlag kommer videre i livet med en uddannelse og at de bliver i stand til at blive aktive medborgere med erfaringer, uddannelse og beskæftigelse hvorved de er med til at sikre fortsat vækst i regionen. Det samlede tilbud er blandt andet baseret på erfaringer fra projektet U-Turn i København samt tidligere og eksisterende projekter i Langeland Kommune.</t>
+  </si>
+  <si>
+    <t>Dette Regionalfondsprojekt</t>
+  </si>
+  <si>
+    <t>Projektets formål er at hjælpe små og mellemstore virksomheder med grøn og cirkulær forretningsudvikling. Målet er, at ca. 100 virksomheder får en cirkulær potentialevurdering og heraf får 70-90 virksomheder udviklet grønne og cirkulære forretningsmodeller, som kan lede til energi- og ressourceeffektiviseringer, forbedret konkurrenceevne og vækstpotentiale. Små og mellemstore virksomheder med potentiale og motivation for energi- og ressourceeffektiviseringer og cirkulær økonomi kan deltage, men der er udviklet særlige spor for virksomheder i byggebranchen og oplevelsesbranchen med deltagelse af stærke brancheaktører. Projektet tilbyder to mulige virksomhedsforløb, som afhænger af potentialer og motivation for forretningsudvikling. 40% af virksomhederne vil via intensivt rådgivningsforløb udvikle en ny forretningsmodel baseret på cirkulære principper med fokus på værdikædesamarbejde (cirkulær forretningsmodel). 60% af virksomhederne vil via netværksbaserede forløb optimere deres forretningsmodel (temaspecifik forretningsmodel) indenfor særlige temaer som eksempelvis madspild, grøn logistik, miljøoptimeret emballage. Alle virksomhederne vil blive tilbudt energitjek og en potentialevurdering. Udviklingen af forretningsmodellerne foregår med assistance fra rådgiver og understøttes af projektets partnere blandt andet via udviklingsworkshops og temaspecifikke workshops og indsatser. Virksomhederne har mulighed for at søge investeringsstøtte til implementering af den grønne forretningsmodel. Gate 21 gennemfører projektet sammen med kommuner, brancheorganisationer, videnspartnere og energiaktører. Projektpartnerne har dels stor kontaktflade og kendskab til virksomhederne, er dels fagligt stærke inden for specifikke områder af den grønne forretningsmodel. Der vil være løbende og struktureret læringsopsamling i projektet med fokus på at sprede og forankre indsatserne hos virksomhederne og projektpartnerne efter projektperioden. Projektet får desuden bred opbakning fra SMV organisationer, brancheaktører, værdikædeaktører, yderligere kommuner samt store virksomheder, som kan understøtte spredningen og forankringen af projektet. Effekterne bliver opgjort kvantitativt i forhold til CO2, energi- og ressourceeffektiviseringer samt kvalitativt via lærings- og forankringsanalyse hos virksomhederne og partnerne.</t>
+  </si>
+  <si>
+    <t>Digitalisering I FagetUdvikling af et digitalt mindset i erhvervsuddannelserneProjektets løfter det faglige niveau og øger erhvervsuddannelsernes prestige, så de bliver mere attraktive for dygtige elever, samtidig med at virksomhederne får dygtigere faglærte med relevante og tidssvarende kompetencer.Projektet supplerer indsatsen i de to videncentre beliggende på erhvervsskoler i Syddanmark på det merkantile og sosu områderne. Arbejdet starter med afdækning af virksomhedernes behov for digitale kompetencer.Det digitale mindset skabes gennem fire aktiviteterElevernes digitale mindset starter med opdatering af lærerne på nutidens og fremtidens digitale og teknologiske niveau inden for deres fag med efterfølgende videreudvikling af deres undervisningsmateriale, så det matcher den virkelighed, eleverne møder i virksomhederne. Indsatsen rammer samtlige elever, som de pågældende lærere underviser.Eleverne deltager i tværfaglige teknologidage på tværs af skoler og uddannelser. De afprøver professionsrettet teknologi med professionsrettet relevans, og får større forståelse for eget og andres fag,en bredere helhedsforståelse og bedre baggrund for at samarbejde på tværs af fag.Eleverne laver projekter om den teknologiske nutid/fremtid tilrettelagt som workshops med praksisnære, casebaserede opgaver, som giver et bedre overblik over den digitale og teknologiske udvikling inden for eget fag.Eleverne formidler deres viden på det teknologiske/digitale område og opnår dermed både en dybere forståelse, mulighed for at udforske komplekse problemstillinger i samarbejde og digital dannelse.Projektet inviterer til to konferencer, alle fire videncentre og erhvervsskoler i regionen inviteres til udveksling af viden og erfaringer.Omfang og forankringProjektet har 3700 deltagere, som hver deltager i minimum en aktivitet. Minimum 140 lærere får opdateret deres digitale mindset og reviderer og videreudvikler deres eksisterende undervisningsmateriale. Indsatsen forankres på skolerne og fortsætter med aktiviteterne for eleverne og ajourføring af lærernes viden.Deltagere i projektet er Campus Vejle, BC Syd, Tønder Handelsskole, Haderslev Handelsskole, IBC, Hansenberg, Dalum</t>
+  </si>
+  <si>
+    <t>Scale-up Denmark Formålet med Scale-up Denmark er at skabe flere højvækstvirksomheder ved at styrke den regionale specialisering inden for erhvervsområdet, så regionernes styrkepositioner understøttes. Initiativet er inspireret af Team Danmarks arbejde med at udvikle topatleter ved at træne de bedste intensivt, så nogle af dem bliver eliteatler. På samme måde handler Scale-up Denmark om, at de bedste vækstvirksomheder skal deltage i et elitetræningsforløb, hvor de bliver trænet, så de bliver fremtidens elite indenfor deres område. Her er planen, at 298 vækstvirksomheder deltager i forløbet fra Region Midtjylland, Region Hovedstaden, Region Nordjylland og Region Syddanmark. Den forventede effekt af Scale-up Denmark er i de fire regioner, at 75% af de deltagende vækstvirksomheder fortsat opnår en årlig vækst på 20% efter projektperioden er endt. Dette opnås gennem en tværregional indsat, hvor der i regionerne etableres ti accelerationsmiljøer, hvor vækstvirksomheder inden for hver af de regionale specialiseringsområder kan deltage i elitetræningsforløbene. Indledningsvist rekrutterer og udvælger operatørerne vækstvirksomheder både nationalt og internationalt. Denne brede rekrutteringsindsats er vigtig for at sikre, at de bedste vækstvirksomheder med størst vækstpotentiale identificeres og aktiveres. Træningsforløbene bliver målrettet den enkelte virksomheds behov for at sikre, at de får mest muligt ud af træningen, hvor operatørererne og vækstvirksomhederne identificerer, hvordan et træningsforløb bedst tilrettelægges for dem, så de kan opskalere virksomheden mest muligt. Relevante aktiviteter i træningsforløbet kan være køb af ekstern rådgivning, medvirken til at skaffe ekstern finansiering, involvering af eksisterende virksomheder eller modning til exit. Involvering af eksisterende virksomheder er her central, da succesen af Scale-up Denmark i høj grad afhænger af, hvor godt økosystemet aktiveres. I løbet af træningsforløbet udarbejdes der endvidere en vækstplan, der kortlægger, hvordan virksomheden skal opskaleres, efter træningsforløbet er endt. Heri kortlægges endvidere, hvordan opskaleringen forventes at komme til udtryk i omsætning, jobskabelse og eksport. Det er ligeledes grundlæggende i Scale-up Denmark, at det er et bæredygtigt initiativ, hvorfor der er fokus på etableringen af en holdbar forretningsmodel, der fortsætter selv efter projektperioden udløber.</t>
+  </si>
+  <si>
+    <t>Mobilitet over landegrænser Projektet er tilknyttet det europæiske arbejdsformidlingsnetværk EURES, og bidrager dermed til en reform af netværket, som EU-Kommissionen igangsatte i 2012. Formålet med reformen er at understøtte EU</t>
+  </si>
+  <si>
+    <t>Rygskader er et stigende problem i Danmark. På et givent tidspunkt er omkring 12% svarende til 250.000 arbejdende personer ramt. Antallet med rygsmerter er langt større. Konsekvenserne er ofte nedsat effektivitet, sygemelding og i værste tilfælde tab af arbejdsevne. PreCure ønsker at udvikle produktet PreCure Back, der bidrager til at forbygge dette ved at advare brugeren når muskelaktivitet og ledplacering er potentiel skadelig. Produktet vil bestå af en trøje med sensorer, en applikation og en algoritme i en cloud-baseret løsning. PreCure back vurderer belastningen, og giver brugeren feedback via applikation på telefon, computer eller feedback direkte i ærmet, hvis belastningen vurderes potentielt skadelig. På denne måde forventes brugeren over tid at ændre uhensigtsmæssig adfærd og dermed forebygge skader. Derudover vil PreCure Back også kunne bruges til effektivisering af rehabilitering. Algoritmen vil indeholde mønstergenkendelse til at forudsige uhensigtsmæssige bevægelsesmønstre. Endeligt vil data fra brugerne finjusterer algoritmen, så feedbacket bliver mere præcis over tid. Strukturfondsprojektet skal sikre et brugerdrevet innovationsforløb hvor prototypen af det samlede produkt indeholdende trøje, algoritme, applikation og dataopsamling bliver færdigudviklet. Desuden skal projektet levere et effektstudie, der påviser PreCure Backs relevante, adfærdsændrende og skadesforebyggende effekt.PreCure forventer 40 nye arbejdspladser på Bornholm 5 år efter markedsintroduktion til produktion, administration, salg og produktudvikling.</t>
+  </si>
+  <si>
+    <t>FUEL er et 3-årigt projekt, som gennemføres af de seks partnere: Frederikssund Kommune, Frederikssund Erhverv (FE) og fire erhvervsskoler: TEC, SOPU, Esnord og Knord. Kongstanken bag FUEL er, at der skal arbejdes på tværs af traditionelle organisatoriske skel, hvis det skal lykkes at få bugt med en af Hovedstadsregionens helt store udfordringer: at virksomheder mangler faglært arbejdskraft, samtidig med at stadigt færre elever søger optagelse på - og gennemfører - en erhvervsuddannelse. Faldende søgning til erhvervsuddannelserne, lav fuldførelsesprocent og ubalance mellem udbud og efterspørgsel i elevernes søgning, og virksomhedernes udbud af uddannelsespladser nødvendiggør nytænkende og helhedsorienterede indsatser, hvis målet om at få 30 % unge til at søge EUD i 2025 skal imødekommes, og hvis virksomhedernes adgang til faglært arbejdskraft skal sikres nu og fremover. Det er den dagsorden FUEL adresserer. Rammen for projektets indsatser er, at alle aktiviteter udspringer af et tværgående, koordineret og forpligtende samarbejde mellem kommune, virksomheder / erhvervsliv og erhvervsskoler, med fokus omkring det udvidede campus omkring Frederikssund. FUEL tilgodeser bredden af interessenternes interesse, kompetencer, viden og efterspørgsel - en forudsætning for at skabe forandring i fællesskab. Konkret iværksætter FUEL en række aktiviteter, der tilsammen støtter op om elevernes valg- og læringsprocesser der finder sted i de tre faser i elevernes liv: Før valg af uddannelse, Under EUD-uddannelse og Efter gennemførelse af grundforløbet. Og ikke mindst i overgangene ind imellem. L´et i FUEL står for Læringsmiljø. Læring for de elever, som deltager i projektet</t>
+  </si>
+  <si>
+    <t>Fra UNGE PÅ KANTEN til UNGE MED KANTMålgruppen for Unge med kant er restgruppen, som er de mest udsatte unge og udgør ca. 6% af en dansk ungdomsårgang. Projektet vil arbejde med 320 af de mest udsatte unge i 8 kommuner i Region Hovedstaden; af i alt ca. 2.150 unge af regionens knap 21.000 unge mellem 15-29 år, som står uden uddannelse, uden for arbejdsmarked og ikke er selvforsørgende. Det forventes, at 70% af projektets 320 unge opnår uddannelsesparathed og (delvis) arbejdsmarkedsparathed, samt at 50% af de 320 unge påbegynder en erhvervsuddannelse med indikatorer på at gennemføre uddannelsen. De unge på kanten er samtidig også UNGE MED KANT. De unge bærer på en høj kompleksitet i deres problematikker, men kommer også med erfaringer, evner og drømme, som netop kan blive drivkraft til at opnå en bæredygtig livsform. Det er de professionelles opgave at fremme den personlige og faglige udvikling hos hver enkelt ung hen imod selvforsørgelse. Vejen for de unge er individuelt tilrettelagte forløb, understøttet af styrket vejledning. INDIVIDUELLE UNGEFORLØB, KÆDEANSVAR FOR DE UNGE &amp; UDVIDET VEJLEDNINGDe individuelle forløb designes sammen med den enkelte unge og koordineres imellem de relevante fagprofessionelle. I forløbene, især ved de vanskelige overgange, arbejdes med de unges mestringsstrategier, motivering og evner til relationsdannelse. I kraft af den udvidede individuelle vejledning vil ca. 50% af de unge kunne følge vejen via forberedende grunduddannelse (FGU) ind i en erhvervsuddannelse (EUD). De resterende 50% forventes at have brug for forudgående og sideløbende støtte i form af kommunernes tilbud.Projektet vil etablere et kædeansvar for denne udvidede vejledning fra udskolingen, via FGU til påbegyndt EUD. De forskellige fagprofessionelle bringes sammen for at oparbejde fælles tilgange og metoder i konteksten af de nye Kommunale Ungeindsatser (KUI). Nøglepersoner bliver de nye ´kontaktpersoner´ i KUI. Kontaktpersonernes funktion vil blive udvidet fra udelukkende at organisere indsatserne for de enkelte, til også at kunne guide de unge, designe meningsfulde individuelle forløb sammen med dem, og følge den enkelte unge tæt igennem de forskellige stationer i deres liv.PARTNERE og PROCESProjektet foregår i 8 lokale konsortier, der hvert især består af fagprofessionelle fra vejledning, beskæftigelse, socialområdet, FGU, EUD og andre aktører efter behov. Unge med kant danner ramme om løbende erfaringsudveksling imellem konsortierne.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at understøtte og accelerere produkt-, koncept- og løsningsudviklingen indenfor Industri 4.0, Data og Digitalisering, og dermed skabe vækst i danske små - og mellemstore virksomheder .For at lykkes, skal del-projekterne gennemgå fire faser: H1; som er kvalificering og etablering af samarbejder; H2; som er udvikling af nye produkter/løsninger og koncepter; H3; som er test og brugerinddragelse samt H4; som er test af anvendelighed, sikkerhed og markedspotentiale før endelig kommercialisering. Projektet er forankret hos Væksthus Syddanmark, og er blevet til i samarbejde med Sønderborg Vækstråd, Teknologisk Institut, Erhvervsakademi Lillebælt, Design2Innovate, Odense Robotics, Trekantomraadet Danmark, Syddansk Universitet, CLEAN og RoboCluster, ligesom projektet er åbent for yderligere relevante deltagere, som eks. ITD. Projektet er designet således, at det er de kompetencer virksomhederne har brug for, for at lykkes med deres udviklingsprojekter, der vil blive stillet til rådighed. Virksomhederne får vejledning af projektet til at udfylde en ansøgningsskabelon på max. 10 A4-sider, inspireret af kravene i Horizon 2020 SMV-Instrumentet. Et uvildigt udvalg med relevante kompetencer vurderer, hvilke projekter der kost-effektivt vil kunne levere de bedste resultater, og giver bevilling i overensstemmelse hermed.Projektets forventede effekter er, at mindst 12 produkter/løsninger/koncepter skal bringes til et stadie, hvor de kan kommercialiseres. Potentialet for vækst er stort, og projektet skal derfor levere en årlig mér-omsætning på 360 mio. kr., en årlig øget eksport på 180 mio. kr., og 120 nye jobs på baggrund af 12 nye produkter, løsninger eller koncepter.</t>
+  </si>
+  <si>
+    <t>Med udgangspunkt i strategien Industry 4.0 er formålet med dette projekt at fastholde og skabe flere arbejdspladser gennem målrettede innovationsforløb, der tager afsæt i de deltagende virksomheders konkrete teknologiske behov og kompetencer. Når der er foretaget en status over virksomhedens teknologiske niveau, indgås der en teknologiaftale, som bl.a. giver generelle anvisninger til innovative opgraderinger i henhold til Industry 4.0 konceptet. Innovationen forløses i tætte partnerskaber mellem virksomheder og vidensinstitutionerne med henblik på at udvikle nye innovative løsninger og produkter. Det er udgangspunktet for dette initiativ, som Jammerbugt og Vesthimmerland kommuner vil søsætte i samarbejde med 30 potentielle vækstvirksomheder fra det lokale erhvervsliv, de lokale erhvervskontorer og Aalborg Universitet (AAU). AAU er hjemsted for banebrydende forskning indenfor Smart Production. Nordvest Smart Production er ikke et forskningsprojekt, men vil aktivt omsætte den nyeste forskning i praksis for projektets virksomheder. Omdrejningspunktet for den nyttiggørelse er legitime indgange i både virksomheds- og forskermiljøer. Den metodiske tilgang til dette projekt adskiller sig først og fremmest fra andre lignende innovationsprojekter ved at virksomhederne bliver guidet igennem hele innovationsprocessen, lige fra starten hvor de kortlagt deres potentialer for innovation, til de har en løsning til at implementere nye innovationsprocesser og produkter tæt på markedet. Gennem hele forløbet bliver der sat fokus på løbende orientering, erfaringsudveksling og vidensformidling gennem målrettede workshops og informationsmøder. Derudover vil de større offentlige events bidrage til at Industry 4.0 konceptet bundfælder sig blandt regionens virksomheder og andre interesserede. Det er ligeledes vigtigt at fremhæve ideen bag ansættelsen af de særlige Technology Liaison Officers (TLO), der om nogen skal være katalysatorer for at bringe fremdrift i virksomhedernes innovationsproces, og ikke mindst være kompetente brobyggere mellem virksomhederne og vidensinstitutionerne, sammen med den lokale erhvervsservice. Virksomhederne vil blive sammensat i 9 partnerskaber, som vil identificere et tilsvarende antal innovationskoncepter til konkrete tests på AAU. Det forventes at effekten vil medføre 25 opgraderede innovative virksomheder, 20 nye arbejdspladser, 80 nye medarbejdere i eksisterende funktioner og 8 nye virksomheder.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at understøtte og accelerere produkt, koncept og løsningsudviklingen og dermed skabe vækst, i danske små - og mellemstore virksomheder. Projektets mål er at rekruttere 72 SMV</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at udvikle nye løsninger inden for sundheds- og velfærdsinnovation i Nordjylland. Projektet vil sikre gennemførelse af mindst 15 offentlig-private innovationsprojekter inden for sundhedsteknologi, med deltagelse af de nordjyske vidensinstitutioner.Hovedaktiviteterne i projektet omfatter en matchmaking mellem offentlige - private og vidensinstitutioner, screening af projektidéer og gennemførelse af projekter, som udvikler nye løsninger til sundhed og velfærd.Projekterne rammes ind af åbne workshops, hvor behov, idéer og resultater deles.Derigennem forventes en øget aktivitet og vækst i de nordjyske virksomheder, samt et udvidet marked for optag af nye løsninger i de offentlige sundheds- og velfærdsservices.</t>
+  </si>
+  <si>
+    <t>Projekt Science II skal kvalitetssikre social- og sundhedsuddannelserne gennem udbredelse og afprøvning af en undersøgelsesbaseret pædagogisk/didaktisk undervisningspraksis i naturfag. Kvalitetsløftet skal gennemføres for 100 naturfagsundervisere på 8 erhvervsskoler i Jylland, der sammen skaber rammerne for en ny undervisningspraksis, hvor den aktivt lærende elev er i centrum. Undervisningspraksis afprøves med 2000 elever fordelt på de 8 erhvervsskoler i Jylland. Gennem pædagogisk/didaktisk udvikling og sparring på pædagogiske dage og netværksaktiviteter for de 100 undervisere udvikles et fælles digitalt understøttet læringsmateriale, der skal gøre naturvidenskab mere tilgængelig for vores elever. Eleverne skal eksperimentere mere i klassen og de skal arbejde med aktuelle problemstillinger fra den branche, de efterfølgende skal ud og arbejde med.Men en øget kvalitet i naturfagsundervisningen forventer vi at kunne reducere frafaldet på social- og sundhedsuddannelserne. Projektet vil gennem 18 rollemodeller, fordelt geografisk på erhvervsskolerne skabe nye elevfortællinger, så det naturvidenskabelige fokus i uddannelsen træder tydeligere frem, både for elever og andre aktører i branchen.På den måde bidrager projektet til at sikre kvalificeret arbejdskraft til området, der i dag er kendetegnet af en mangelsituation på landsplan.Projektet har 3 hovedaktiviteter:</t>
+  </si>
+  <si>
+    <t>Projektet har til formål at gennemføre energi- og ressourceoptimering i et netværk af tre nordjyske procesvirksomheder og samtidig indføre nye systemer og værktøjer i virksomhederne, der bliver et nyt virkemiddel i virksomhedernes arbejde med at gennemføre energi- og ressourceoptimering. Der har igennem mange år været fokus på optimeringer i procesvirksomheder (bl.a. LEAN) herunder også energibesparelser, miljøbelastning med videre. Potentialerne for at gennemføre ressourceeffektivisering, der kan mærkes på både miljøkonto og bundlinje er dog kun i begrænset omfang indfriet. Stort set alle virksomheder har store mængder information og data om processer og forbrug tilgængelig, men stort set ingen formår at bruge disse data i et fremadrettet forbedringsarbejde.Projektets partnere ønsker at indføre nye intelligente modeller, systemer og metoder, der kan integrere arbejdet med ressourceoptimering i planlægningsarbejdet. Vi ønsker i de tre deltagervirksomheder at indføre en løsning og et koncept, der bliver produktionslederens eller planlæggerens daglige værktøj til at optimere på ressourceanvendelsen, før produktionen igangsættes - dvs. før ressourcerne anvendes. Dette vil være helt nyskabende i virksomhederne, men samtidig det nødvendige skridt til at få ressourceoptimering på dagsordenen i det miljø, hvor beslutningerne om produktionen tages. Tidligere gennemførte projekter har vist, at en integration af ressourceanvendelsen i planlægningsfasen kan rumme et forbedringspotentiale på op til 15 %. Projektet gennemføres i et tæt samarbejde mellem Aalborg Universitet, Integrate og tre procesvirksomheder Aage Vestergaard Larsen fra Mariager, Nordisk Parfumerivarfabrik fra Hobro og vinduesfabrikken PT Vinduer fra Aabybro. Partnerkredsen vil tilsammen repræsentere både den videnmæssige, tekniske og anvendelsesorienterede baggrund for at gøre projektet til en succes, der leverer de opsatte målsætninger omkring ressourceeffektive SMV´ere og projektets mål om at gennemføre ressourcebesparelser og forbedret konkurrenceevne.</t>
+  </si>
+  <si>
     <t>Projektet Strategisk Kompetenceudvikling uddanner og opkvalificerer min. 190 ejere, ledere og medarbejdere i min. 50 virksomheder i min. 72 forløb til at vælge bedre bestyrelser, udføre bedre ledelse, eksekvere strategier, og sikre fremragende faglighed blandt medarbejdere. Projektet henvender sig til Syddanske små</t>
   </si>
   <si>
-    <t>Dette projekt fokuserer på problemstillingen om at øge antallet af universitetsstuderende i ECTS-givende projektorienterede forløb (praktik) i student startups på de danske universiteter. Projektet sikrer bæredygtige aktiviteter, der kan forankres langsigtede og således implementeres og skaleres.Gennem et stærkt projekt partnerskab skabes efterspurgte aktiviteter, der ikke hidtil er løst.Partnerkredsen:Fonden for entreprenørskabKontakt: Jesper Risom, jesper@ffe-ye.dkKøbenhavns UniversitetKontakt: Anna Vestergård Jacobsen, anna.v.jacobsen@sund.ku.dkCopenhagen Business SchoolKontakt: Sophie Birkelund Bech, sbb.edu@cbs.dkSyddansk UniversitetKontakt: Anne Evelina Larsen, ael@sdu.dkProjektet er en del af et nationalt projekt og du kan læse mere om hele projektet på: https://www.ffe-ye.dk/undervisning/projekt-startup-i-praksis</t>
-[...8 lines deleted...]
-    <t>FFI Development vil fokusere på at kommercielt udvikle og modne nye forretningsidéer, -modeller og nye produkter/processer fra SMV</t>
+    <t>Mobilitet over landegrænserUdfordringenDanske virksomheder kan i nogle tilfælde have svært ved at finde kvalificeret arbejdskraftpå det danske arbejdsmarked. Det gælder især specialister inden for industri, IT, sundhed ogbioteknologi. Den globale konkurrence om de bedste medarbejdere er hård, og manglen påkvalificeret arbejdskraft kan blive en bremse på dansk økonomi.FormåletProjektets primære formål er derfor at styrke og forny indsatsen for rekruttering og fastholdelseaf højt kvalificeret arbejdskraft fra udlandet, som bidrag til vækst og velfærd. Det sker medtyngdepunkt i de tre Workindenmark-centre i København, Aarhus og Odense. Også danskeledige, der er interesseret i at arbejde i udlandet, er dog i fokus for projektet. Samtidig skerder en fornyelse af organiseringen, med omdrejningspunkt i Styrelsen for Arbejdsmarkedog Rekruttering, bl.a. med henblik på at understøtte jobcentrenes indsats for internationalrekruttering.Projektet er tilknyttet det europæiske arbejdsformidlingsnetværk EURES, og bidrager til enreform af netværket, som EU-Kommissionen igangsatte i 2012. Formålet med reformen erat understøtte EU</t>
+  </si>
+  <si>
+    <t>Projektet tester selvkørende elektriske shuttles for at forbinde folk til nye letbanestationer i LOOP City. Det har til formål at gøre den offentlige transport mere bekvem og bæredygtig. Rumfærgerne gennemfører tusindvis af testkilometer, hvilket giver værdifuld indsigt til fremtidig brug i Storkøbenhavn.</t>
+  </si>
+  <si>
+    <t>FREMTIDENS MARITIME HÅNDVÆRKER Projektet har til formål at øge antallet af og kompetenceniveauet hos de maritime håndværkere, så virksomhederne i Det Blå Danmark også i fremtiden sikres gode vækstmuligheder. Dette vil ske igennem tre indsatsområder: Målrette og tone erhvervsuddannelser således de i højere grad adresserer de maritime virksomheder kompetencebehovTiltrække flere og dygtigere elever til de erhvervsuddannelser, som er relevante for den maritime sektorOprette flere praktikpladser hos de maritime virksomheder Projektet har til hensigt at understøtte implementeringen af erhvervsskolereformen samt løse problematikken med fremtidig mangel på erhvervsuddannede i Region Hovedstaden. Dette vil ske med en indsats i forhold til det maritime erhverv, der er en af Danmarks absolutte stærkeste og mest værdiskabende brancher. Over 40 % af de beskæftigede i Det Blå Danmark har en erhvervsfaglig uddannelse.Fremtidens Maritime Håndværker understøtter erhvervsskolereformens målsætning om, at flere elever skal vælge en erhvervsuddannelse, at fastholdelsen af elever skal øges, at flere virksomhedspraktikpladser skal skabes samt at alle elever skal udfordres. På den måde vil projektet arbejde på at fastholde kompetenceniveauet og dermed den styrkeposition den maritime klynge i Region Hovedstaden har og samtidig bidrage til at flere unge fuldfører en erhvervsuddannelse.</t>
+  </si>
+  <si>
+    <t>SMV:ProfessionaliseringFormålet med indsatsen er at øge virksomhedernes konkurrencekraft gennem professionalisering. En professionel og vækstparat SMV har en transparent organisationsstruktur, hvor potentialer og ressourcer udnyttes på alle niveauer til at udvikle forretningen og øge virksomhedens produktivitet med henblik på skalering. Ud af den store gruppe af etablerede ejer- og familieledede SMV</t>
+  </si>
+  <si>
+    <t>Projektet bidrager til at opfylde regionens og Vækstforums målsætning om at flere unge gennemfører en teknisk erhvervsuddannelse. De 600 deltagere har en gymnasial baggrund, men har enten ikke søgt en videregående uddannelse eller er faldet fra. Undersøgelser viser, at målgruppen udgør ca. 10 % af en studenterårgang - overrepræsenteret blandt HF og HHX. Virksomheder/ organisationer og skoler udvælger 8 tekniske erhvervsuddannelser indenfor brancher med særlig efterspørgsel efter faglærte. De udvælges især blandt industritekniker, smed/kleinsmed, automatik, VVS, automatik og proces, procesoperatør, industrioperatør, elektriker, automatiktekniker, tømrer, mekaniker, værktøjsmager og plastmager. Uddannelserne koordineres mellem skolerne, så hver uddannelse gennemføres et sted i regionen. Grundforløb og hovedforløb beskrives i samarbejde med de faglige udvalg, så studenterne får tidsmæssig afkortning af skoleperioderne. Indsatsen er funderet i 3-4 lokale netværk med en lokal tovholder. Projektet gennemfører følgende aktiviteter:Unge fra målgruppen og vejledere, der kender dem godt, deltager i workshops, hvor de finder budskaber, der kan bringe de unge til at reflektere over perspektiverne i at vælge en erhvervsuddannelse som karrierevej. Budskaberne omsættes til ord og billeder og afsendes gennem de kanaler, som målgruppen selv udpeger, herunder sociale medier.Arbejdsgrupper med vejledere fra Studievalg, Jobcentre, gymnasiale uddannelser, videregående uddannelser og erhvervsskoler planlægger rekrutteringen og informerer bredt om muligheden.Erhvervsskolerne udvikler undervisningsmateriale og -form, så læringen sker gennem case- og problemorienteret materiale, som inddrager digitale medier og ny læringsteknologi. Underviserne fremstiller 2 videoforelæsninger pr. undervisningsuge pr. uddannelse, i alt ca. 800 videoer. Videoerne anvendes til delvist selvstudium med lærertilgængelighed. Lærerne tilrettelægger undervisningen, så den afspejler dagligdagen i virksomhederne, hvor lærerne faciliterer læringsprocessen med afsæt i situationsbestemt ledelse.De udviklede forløb starter hvert halve år på tidspunkter, hvor studenterne erfaringsmæssigt skal i gang med noget.</t>
+  </si>
+  <si>
+    <t>Projektet skal resultere i, at elever på erhvervsskoler, EUD og Erhvervsgymnasiale uddannelser, gennem undervisningsforløb tilegner sig iværksætterkompetencer og i højere grad får mod på at stifte egen virksomhed. Projektets formål er med andre ord at styrke andelen af unge på erhvervsskoleområdet, der efter gennemført uddannelse har mod og kompetencer til at starte egen virksomhed, med afsæt i deres faglige uddannelse. Forudsætningen for dette vurderes at være en målrettet udvikling af undervisningsforløb i iværksætteri og en tilhørende opkvalificering af udvalgte undervisere og vejledere. Projektet ønsker at udvikle undervisningsforløb og materialer, som målrettet understøtter undervisningen i iværksætteri inden for erhvervsskoleområdet.Projektets primære aktiviteter består af:- Udvikling og implementering af undervisningsforløb, der leder frem mod reelt iværksætteri hos elever efter endt uddannelse - Opkvalificering af undervisere i forhold til at forestå og gennemføre den daglige iværksætterundervisning- Gennemførelse af iværksætterundervisning ud fra projektets færdigheds- og vidensmål.Iværksætterundervisningen tager afsæt i de 4 kompetenceområder: o Produkt- og konceptudvikling, der har som mål, at eleven kan gennemføre værdiskabende processero Kunde- og konkurrentafklaring samt præcisering af kunderelation, der har som mål, at eleven kan udvikle en relevant markedsføringsstrategi til et relevant kundesegmento Ressourcer og netværk, der har som mål, at eleven kan analysere behov for ressourcer frem mod en levedygtig virksomhedo Etablering og karriereafklaring, der har som mål at eleven kan forholde sig til egne uddannelses- og karrieremuligheder og ønsker i forbindelse med virksomhedsopstart.Herunder skal der lokalt etableres samarbejde med virksomheder og erhvervsfremmesystem med henblik på at give de unge praksiserfaringer. - Spredning af viden og erfaring til ungdomsuddannelsesinstitutioner på nationalt plan, der ikke i første omgang er med i projektets udviklingsarbejde.- Evaluering og formidling af projektets resultater og erfaringer.Ud af minimum 1.000 unge, som opkvalificeres i iværksætteri via projektet, forventes det, at 800 unge vurderer at have styrket deres iværksætterkompetencer. Det forventes hertil, at minimum 160 af de deltagende unge vælger at starte egen virksomhed i umiddelbar forlængelse af deres deltagelse i projektet.</t>
+  </si>
+  <si>
+    <t>De maritime erhverv er blandt de vigtigste for såvel eksport, jobskabelse og vækst. Danmark er trods sin beskedne størrelse i superligaen, når det gælder verdens største søfartsnationer.I Nordjylland er de maritime erhverv blandt de vigtigste ud fra de samme parametre, og der findes alene i Nordjylland ca. 400 maritime virksomheder og ca. 15.000 arbejdspladser.Tilmed er erhvervet i vækst, hvilket understreges af massive havneudvidelsesprojekter i bl.a. Frederikshavn, Skagen, Hirtshals og Hanstholm. RN og Vækstforum bakker op om den fortsatte udvikling af den maritime klynge, og har indgået vækstpartnerskabsaftale med regeringen herom. Det handler om vækst i jobskabelsen, kompetenceniveauet og økonomi. Men til trods for at det maritime er en regional styrkeposition, som i høj grad tilgodeser vækstmulighederne også i regionens yderområder - så findes der ikke noget tilbud til maritime iværksættere i Jylland.Samtidig hører vi fra etablerede virksomheder i branchen, at man gerne vil i kontakt med iværksættere for at få sat fokus på temaer og udfordringer i branchen - men man ved ikke hvordan.Det ønsker vi med dette program at gøre noget ved. Vi ønsker at finde og udvikle 15 af de mest perspektivrige maritime iværksættere med størst vækstpotentiale.Samtidig ønsker vi at indgå i mentor/co-create samarbejde med 10-15 maritime fyrtårnsvirksomheder, der ulønnet skal indgå i de individuelle udviklingsforløb. Vi forventer at denne konstellation vil være win/win for alle parter - at det vil medvirke til kritisk masse til programmet, således at vi kan finde de bedst mulige startup kandidater. Og samtidig medvirke til at skabe innovation i den maritime branche.Begge dele bakkes op af anbefalingerne fra Regeringens Blå Vækstteam, der netop peger på innovation og en særlig indsats for maritimt iværksætteri som nøgleområder for at kunne indfri branchens vækstpotentiale.Projektet forventes at køre i 3 år med et hold på 5 startups hvert år - i alt 15.De første 3 måneder i hvert år går med at tiltrække/udvælge årets 5 bedste maritime startup kandidater. Herefter kører programmet april-dec i et 9-måneders udviklingsforløb, hvor kandidaterne køres gennem et intensivt individuelt og kollektivt udviklingsforløb med forretningsudvikling, finansiering og ad hoc specialistbistand. Herefter er de klar til markedslaunch og klar til at medvirke til innovation, vækst og jobskabelse i den maritime industri.Projektet køres af den maritime klyngeorganisation, MARCOD.</t>
+  </si>
+  <si>
+    <t>Formålet med IoTStyring-projektet er, på grundlag af Internet of Things (IoT) og dertil knyttede digitaliseringsteknologier, at udvikle og teste et innovativt koncept til energieffektiv og samlet styring af bl.a. gulvvarme, ventilation og belysning. Konceptet gør det muligt gennem internettet at tilslutte, integrere og kontrollere systemer af forskellige typer apparater. Målet er gennem en fleksibel og let integration af flere apparater og forskellige subsystemers styring og regulering at tilvejebringe en mere energieffektiv og brugeroptimeret drift. Med IoTStyring skabes der mulighed for et brugervenligt automationssystem, der er placeret i skyen, som giver markante energibesparelser gennem automatisk brugertilpasset regulering.Konceptet udvikles i et innovationssamarbejde mellem fem private virksomheder, Syddansk Universitet og erhvervsfremmeaktører CLEAN og Sønderborg Vækstråd. Som grundlag for IoTStyring-konceptet er første skridt at analysere muligheder for automationssystemer, der anvender IoT digitaliseringsteknologier. På baggrund heraf designudvikles et innovativt koncept til automatisk brugertilpasset regulering af energiforbrugende apparatsystemer. Sideløbende vil der blive arbejdet intensivt med en teknisk innovationsindsats inden for felterne connectivity, interoperabilitet, brugertilpasset styring, og automationssystemer placeret i skyen. Dette frembringer ny viden og færdigheder målrettet centrale elementer, der er en forudsætning for IoTStyring konceptets udvikling. I sammenhæng hertil bliver konceptet testet under operationelle forhold.Med IoTStyring-konceptet er der i vid udstrækning tale om et automationssystem, hvor komponenter/delsystemer kan integreres umiddelbart, og automatisk brugertilpasning giver nye energibesparelser. IoTStyring konceptet knytter sig til og udnytter den eksplosive vækst i efterspørgslen efter internetforbundne produkter og løsninger.</t>
+  </si>
+  <si>
+    <t>Formålet med D2i</t>
+  </si>
+  <si>
+    <t>Udvikling af outdoor turisme på Bornholm: Destination Bornholm etablerer et klyngesamarbejde med offentlige og private partnere, som omfatter private virksomheder, offentlige myndigheder, repræsentanter for foreningslivet, samt videns- og rådgivningsinstitutioner.Klyngeprojektets formål er at skabe innovative virksomheder. Strategiarbejdet og en fælles vision om outdoor på Bornholm, vil sammen med, virksomheds- og produktudvikling og værdikædesamarbejde give en bæredygtig udvikling af outdoorturismen og gøre denne til en signatur for Bornholm. .Organiseringen af projektetAktiviteterne i projektet sker i tre forskellige fora, Strategigruppen, Outdoorklyngen og gruppen af virksomheder i det særlige forløb for værdikædesamarbejde.Hvert forum har egne mødeforløb, dog er der et delvist sammenfald mellem møderne i Outdoorklyngen hvor også virksomhederne i det særlige værdikædesamarbejde deltager.Strategigruppen er ansvarlige for udvikling af outdoorstrategien for Bornholm og fastsætter igennem strategien målgrupper og temaer for den ønskede udvikling af outdoor på Bornholm.Outdoorklyngen samler virksomheder, der gennem oplæg, diskussioner og networking, ønsker at udvikle nye outdoorprodukter alene eller i samarbejde med andre virksomheder.Endelig etableres der et særligt forløb for virksomheder, som med et stort engagement og et større tidsforbrug, gerne vil samarbejde med andre virksomheder og sparringspartnere om at bive bedre til at nå målgrupperne og udvikle attraktive produkter til dem.Bornholms natur som platform for outdoor vil i projektforløbet udvikles i en takt og med en retning, som udpspringer af stragegien og den koordinering som finder sted i Strategigruppen. De langsigtede effekter af projektet vil være: Sæsonforlængelse gennem øget antal events, kurser og miniferier i for- og eftersæson. Nye jobs baseret på øget efterspørgsel efter oplevelsesprodukter inden for outdoor og øget turisme uden for højsæsonen.Styrket branding af Bornholm som outdoorø, ved at have en en klar strategi med udvalgte målgrupper og et klart løfte overfor de outdoorturister Bornholm ønsker at tiltrække.15 nye innovative virksomheder der har introduceret nye produkter på markedet.Som udtrykt gennem organisationen i de tre fora, så forankres resultaterne af projektet på flere niveauer, det strategiske, i den udvidede Outdoorklynge og i de virksomheder der vælger at investere at lave strategisk produktudvikling.</t>
   </si>
   <si>
     <t>KOMPAS.    Formålet med projektet er jobskabelse. Projektet skal skabe vækst, produktivitetsforøgelse og beskæftigelse i syddanske SMV´er via en række kompetenceudviklende aktiviteter for de deltagende virksomheder. Der gennemføres 200 virksomhedsscreeninger, og 145 SMV</t>
   </si>
   <si>
-    <t>Formålet med programmet er at hjælpe SMV'er med at øge deres fokus på og parathed til eksport gennem rådgivningsforløb; programmets aktiviteter skal munde ud i, at de deltagende SMV'er får udarbejdet vækstplaner, der bl.a. vil indeholde anvisninger på den enkelte virksomheds internationaliseringsmuligheder samt en beskrivelse af de udfordringer/barrierer, som den repsektive virksomhed skal adresseres for at styrke virksomhedens konkurrencekraftgennem øget internationalisering.Formålet vil i nærværende program nås gennem en række fokuserede aktiviteter som er:BasecampsWorkshopsIndividuelle vækstforløb/tilskudsvouchersKompetenceforløb for SMV</t>
-[...17 lines deleted...]
-    <t>Vækstplaner i SMV</t>
+    <t>Projektet har til formål at forbedre konkurrenceevnen blandt små og mellemstore virksomheder ved at udvikle grønne forretningsmodeller til at øge energi- og ressourceeffektiviteten i virksomhederne gennem facilitieret industriel symbiose. Projektområdet dækker postnummeret 9220 Aalborg Øst, der indeholder store industri- og erhvervsområder. Projektet har tre primære styrker i forhold til at nå målsætningerne: 1) Projektet er en nytænkende systemisk tilgang til industrielle symbioser, som tydeliggør væsentlige potentialer, der ikke tidligere har været i fokus. 2) Projektet er drevet af et stærkt lokalt engagement for at forbedre ressource- og energieffektivitet blandt virksomhederne, hvor blandt andet det lokale erhvervsnetværk spiller en central rolle.3) Projektet bygger videre på eksisterende initiativer om at bruge miljømæssige forhold til at forbedre konkurrenceevnen hos områdets virksomheder blandt andet med fokus på forbedring af rammevilkår. Det forventes at understøtte udviklingen af forretningsmuligheder og efterfølgende implementering. I projektet kortlægges potentialet for energi- og ressourcebesparelser på et</t>
+  </si>
+  <si>
+    <t>Fremtidens IT kompetencer.IKT-virksomheder der arbejder inden for regionens forretningsområde</t>
+  </si>
+  <si>
+    <t>Den socialøkonomiske virksomhed Virksomhedsporten A/S og den erhvervsrettede uddannelsesinstitution Tietgen KompetenceCenter indgår i dette projekt et nyskabende samarbejde. Projektet ønsker at afprøve og udbrede en indslusningsmodel, der via socialøkonomiske virksomheder forbedrer og øger beskæftigelsen for personer på kanten af arbejdsmarkedet. Parterne i projektet supplerer og komplementerer hinanden på afgørende parametre som henholdsvis privat virksomhed og erhvervsuddannelsesinstitution.I projekt VirksomhedsPorten</t>
+  </si>
+  <si>
+    <t>Formålet med Step Up er at bidrage til et formelt kompetenceløft for mindre SMV´ere i Region Hovedstaden, især indenfor brancherne turisme, handel, transport, installation samt energi- og miljøteknologi. Projektet vil screene 600 SMV</t>
+  </si>
+  <si>
+    <t>Social inklusion gennem vækstpartnerskaber: Formålet er at få personer med begrænset eller ingen tilknytning til arbejdsmarkedet integreret i arbejdsfællesskabet via beskæftigelsesfremmende aktiviteter. Projektet gennemføres i hele Danmark. Målet er at demonstrere en effektfuld og skalerbar metode til at få udsatte ledige i beskæftigelse. Målgruppen er udsatte personer langt fra arbejdsmarkedet og små og mellemstore socialøkonomiske virksomheder.  Projektet bygger bro mellem dem, der har de ledige jobs og de mennesker, der via opkvalificering og uddannelse, kan bestride jobbene. Brobygning sker via partnerskaber ml. kommune, 2.aktør og socialøkonomisk virksomhed.Projektet er bygget op om fire sammenhængende hovedaktiviteter. 1. Udsattes kvalificering 2. Virksomheders sociale acceleratorforløb 3. Partnerskab ml kommune, 2.aktør og socialøkonomisk virksomhed 4. Ny resultatafhængig og bæredygtig betalingsmodel I programmet simuleres resultatopgørelse- og betalingsstrømme så vi ved projektafslutning kan vurdere, hvorvidt det samlede initiativ har været en økonomiske gevinst. Kommunerne kan derfor tage stilling til, om de kommunale besparelser kan finansiere</t>
+  </si>
+  <si>
+    <t>Formålet med virksomhedsudviklingsprogrammet er at skabe flere midtjyske virksomheder, der realiserer et internationalt vækstpotentiale og støtter virksomhederne i at:- Udvikle klare markeds- og vækststrategier- Opbygge internationale netværk- Accelerere international vækst og konkurrenceevne- Øge eksporten, indtjeningen og beskæftigelsenDet overordnede rationale er, at virksomheder præsterer bedre, når der opsættes klare mål for udvikling og vækst via en fokuseret forretningsstrategi, og når der samtidig er mulighed for at trække på relevante eksterne videnressourcer. Ved målrettet tilførsel af inspiration og viden kan der skabes opmærksomhed/bevidsthed om hidtil uerkendte vækstpotentialer. Formålet med det midtjyske virksomhedsudviklingsprogram er således at forbedre den regionale konkurrenceevne ved- at øge antallet af vækstvirksomheder- at øge antallet af innovative små og mellemstore virksomheder- at målgruppen oplever erhvervsfremmesystemet som sammenhængende og kompetentDette konkretiseres via aktivitetsmålene, således at der i 2015 gennemføres- 25 kollektive træningsforløb- basismodul med 270 deltagervirksomheder- 12 kollektive træningsforløb, træningscamps med 120 deltagervirksomheder- 65 individuelle rådgivningsforløb- 8 vækstsparringsforløb- 4 vækstgrupper med 24 deltagervirksomheder- 12 strategiske netværk fase 1 med 36 deltagervirksomheder- 9 strategiske netværk fase 2 med 27 deltagervirksomheder</t>
+  </si>
+  <si>
+    <t>KOMPETENCEFORSYNINGmidt 2.0 skal fortsætte det påbegyndte arbejde fra det etårige projekt KOMPETENCEFORSYNINGmidt. Her blev der startet et arbejde, der dels bestod af at løse et kompetenceforsyningsbehov hos de små og mellemstore virksomheder dels at påbegynde et udviklingsarbejde i form af at sammentænke de tre politikområder (erhverv, beskæftigelse og uddannelse) i lokale koordinerende samarbejder (LKS). Arbejdet i KOMPETENCEFORSYNINGmidt er blevet fulgt af CARMA, der har udarbejdet rapporten Partnerskaber i støbeskeen, maj 2016. Denne rapport giver en lang række anbefalinger til fortsættelsen af projektet. Ansøgningen bygger på Regionalt kompetenceudviklingsprogram 2017-2019 og her beskrives tre (fire) indsatsområder for det kommende KOMPETENCEFFORSYNINGmidt projekt. Indsatsområderne er:1. Styrkelse af virksomhedernes kompetencestrategier2. Tiltrækning og fastholdelse af talenter3. Efter- og videreuddannelseDesuden er der for KOMPETENCEFORSYNINGmidt en særlig indsats vedr. udvikling af partnerskabet.Der er 5 hovedaktiviteter:Aktivitet 1: Rekruttering af SMV'er, Aktivitet 2: Arbejde med kompetencestrategier i virksomheder med hensigtserklæringerAktivitet 3: Gennemførelse af kompetenceudvikling af medarbejdereAktivitet 4: Gennemførelse af kompetenceudvikling af ledereAktivitet 5: Gennemførelse af allokering af arbejdskraft til SMV'erDe forventede kvantitative resultater af de fem hovedaktiviteter på 3 år er:1. Udvikling af partnerskaber og rekruttering af virksomheder  (Aktivitet 1: 600 vækstvirksomheder kontaktes)2. Strategiudvikling (Aktivitet 2: 150 vækstvirksomheder arbejder med kompetencestrategier og kompetenceudvikling) 3. Kompetenceudvikling (Aktivitet 3: 500 medarbejder i efteruddannes og Aktivitet 4: 50 ledere i efteruddannes) 4. Tiltrækning og fastholdelse af talenter (Aktivitet 5: 15 indsatser for højtuddannede og andre</t>
+  </si>
+  <si>
+    <t>Projektbeskrivelse: Rammen for Udviklingsprogram NEXT STEP og dets gennemførelse bygger bl.a. på en række kritiske antagelser, der samtidig er grundlæggende forudsætninger, som skal tages i betragtning ved afstemning med målgruppe og aktører for at opnå indfrielse af programmets resultatmål:</t>
+  </si>
+  <si>
+    <t>MTIC circular co-creationMTIC circular co-creation etablerer 15 innovationssamarbejder mellem virksomheder (der leverer til sundheds- og velfærdssektoren), forsknings- og uddannelsesinstitutioner (AU og VIA) samt hospitalerne og kommunerne i Region Midtjylland. Efter endt projektperiode er der udviklet 15 nye koncepter, prototyper eller løsninger, som virksomhederne kan gå videre med at kommercialisere og markedsintroducere.Op til 45 små- og mellemstore virksomheder deltager i innovationssamarbejderne. Virksomhederne vil undervejs gennemgå en struktureret og faciliteret proces, hvor deres fælles forretningside til et nyt produkt til sundheds- og velfærdssektoren screenes, vurderes og testes i forhold til behovet i driften, udvikling af koncept og check af teknologi, markedsresearch og vurdering af det endelige produkts mulighed for rent faktisk at blive købt og komme i drift i den offentlige sundheds- og velfærdssektor. Produktets globale potentiale og mulighed for videre finansiering vurderes også undervejs.Projektet giver virksomhederne optimale muligheder for at teste deres ideer og udvikle nye produkter til sundheds- og velfærdssektoren i et tæt samarbejde. Virksomhederne skal findes i krydsfeltet mellem sundhedsteknologiske virksomheder og virksomheder, der arbejder inden for fødevarer, IKT eller kreative erhverv.MTIC circular co-creation er et samarbejde mellem Region Midtjylland, Aarhus Universitet, VIA University College og 14 kommuner i Region Midtjylland. Projektet fokuserer på at inddrage alle relevante parters viden og kompetencer på det rigtige tidspunkt i forhold til at udvikle de bedst mulige nye koncepter, prototyper, løsninger eller forretningsmodeller, som samtidig kan effektivisere driften i den offentlige sundheds- og velfærdssektor.</t>
+  </si>
+  <si>
+    <t>Projektet omhandler samarbejder mellem virksomheder, deres kunder og videninstitutioner til udnyttelse af brugen af Big Data til nye produkter og løsninger.Projektet har 3 hovedaktiviteter:- Innovationssamarbejder- Dialog med potentielle brugere- Rekruttering af virksomhederInnovationssamarbejder er det primære formål med projektet, hvor de andre områder støtter op og en forudsætning for en succesfuld gennemførsel af disse samarbejder. Innovationssamarbejdernes formål er at gå i dybden med konkrete innovationsprojekter hos et mindre antal virksomheder, hvorved der skabes nye innovative produkter/virksomheder. Dialog med potentielle brugere sikrer fokus på virksomhedernes og markedets/kundernes konkrete behov, som er styrende for den innovative indsats. Rekruttering af virksomheder sikrer, at de virksomheder, som deltager i innovationssamarbejder er motiverede og har et innovationspotentiale. Dialogen med potentielle brugere og rekrutteringen adresserer et større antal virksomheder, som gennem deltagelse i events og online grupper stifter bekendtskab med Big Data området og derfor kan vurdere om det vil være interessant for virksomheden at udnytte Big Data enten nu eller i fremtiden. Dialogen vil i høj grad fokusere på de gevinster der kan opnås gennem anvendelse af Big data. Effekten vil være at der skabes nye innovative produkter såvel i IT branchen som i andre brancher gennem samarbejde mellem SMVer og vidensinstitutioner og GTS institutter. Der vil således være et antal af de involverede virksomheder som gennem anvendelse af Big Data får nye og vækstskabende produkter som et resultat af projektet.</t>
+  </si>
+  <si>
+    <t>Odense Kommune har en vision om at være Danmarks grønneste storby.Odense Kommune og VandCenter Syd har en fælles målsætningen for projektet om at reducere energiforbruget og dermed mindske CO2-udledningen. Fundamentet for energibesparelser er afkobling af regnvand fra spildevandssystemet. Samtidig skal byens rekreative elementer fremmes. I projektet udvikles analyser og metoder, som samlet skal resultere i en bæredygtig klimatilpasning. Endelig skal arbejdsprocedurer og samarbejdsformer i planlægningen optimeres. Smart CityOdense Kommune vil fokusere på en Smart City-udvikling og ønsker, at Smart City understøtter omstillingen til storby. Det er derfor oplagt også at bruge en Smart City tilgang, som et af flere elementer i klimatilpasning. Der dannes Klima-Tech-Lab, der skal hjælpe med til at udvikle smarte løsninger. En væsentlig del af projektet handler om at få borgere og virksomheder til selv at håndtere regnvand og derved bidrage til energibesparelser. Derfor er kommunikation en vigtig del af projektet. Grøn omdannelsen af Odense vil således blive støttet igennem dialogbaserede borgermøder og ved initiativet: Imagine Climate Adapt Odense, som bliver et flot visuelt 3d-værktøj, der viser effekten af klimatilpasning ift. regn. Her kan borgerne se de grønne tiltag i fremtidens Odense visualiseret på gadeniveau. Projektet gennemføres i samarbejder med VandCenter Syd, Syddansk Universitet og Erhvervsakademi Lillebælt.</t>
+  </si>
+  <si>
+    <t>Det overordnede formål for MidtNet Kina er at styrke midtjyske (og vestdanske) virksomheders konkurrenceevne i Kina ved at støtte og accelerere udviklingen af innovative produkter og løsninger, der har afsæt i identificerede behov og markedsforhold på det kinesiske marked. Gennem disse innovative produkter og løsninger er det hensigten, at virksomhederne på sigt bliver i stand til at udnytte deres fulde eksportpotentiale på det kinesiske marked MidtNet Kina vil igangsætte innovationssamarbejder med afsæt i midtjyske (vestdanske) SMV</t>
+  </si>
+  <si>
+    <t>Projeket har til formål at understøtte små og mellemstore virksomheders arbejde med, at udvikle nye løsninger indenfor bæredygtigt byggeri via digitale redskaber og muligheder.Projektet arbejder efter principperne i Build 4.0, som beskriver teknologier i denne kontekst. f.eks. følgende digitale teknologier bringes i spil:- BlockChain- Machine Learning og kunstig intelligens- Sporbarhed i materialer- Virtual og augmented reality- Big Data- Industrial Internet of things- Intelligente energi løsninger- 3-d print- robotterProjektes udgangspunkt er fælles laboratorie og test aktiviteter hvor virksomheder og videninstitutioner, interagerer for at finde frem til nye innovative løsninger. Gennem anvendelse af bachelorstuderendes arbejde, sikres at den nyeste viden fra videninsitutionerne bringes i spil.Projektet skal sikre at der udvikles mindst 8 nye koncepter indenfor børefygtighed gennem digitalisering i byggeriet</t>
+  </si>
+  <si>
+    <t>HIP - Hovedstadens IværksætterprogramMålet med HIP er at skabe et fokuseret kompetenceløft blandt iværksættere på tværs af Region Hovedstaden og på den måde bidrage til iværksætternes overlevelse og vækst. Kompetenceløftet skal ske gennem målrettede forløb, der rummer skræddersyede tilbud til iværksætterne.Effekter:517 personer fuldfører et målrettet forløb504 forbedrer deres iværksætterkompetencer246 personer starter virksomhed lige efter deltagelse i forløb488, som har deltaget i et målrettet forløb, er selvstændige 6 måneder efter deltagelsen185 virksomheder, som blev etableret under eller umiddelbart efter det målrettede forløb, er overlevende 2 år efter deltagelsen.HIP vil også bidrage til ensretning og synergi mellem de forskellige aktører i den lokale erhvervsservice. 24 kommuner er således med som partnere i HIP. Ensretningen vil betyde et kvalitetsløft i tilbuddet til regionens iværksættere, og HIP er med til at understøtte udviklingen af et enstrenget erhvervsfremmesystem, den fokuserede vækstdagsorden og Greater Copenhagen.HIP bygger på erfaringerDesignet af HIP bygger på solide erfaringer fra et forprojekt (2014/2015), der med al tydelighed har vist, at der er et behov i markedet for HIPs ydelser, og det er aktiviteterne fra forprojektet, der skal bygges videre på med fokus på effekten af deltagelse i de målrettede forløb. Målrettede forløb HIP vil tilbyde iværksætterne målrettede forløb i to versioner. Det ene forløb tager afsæt i den enkelt iværksætters individuelle behov via en indledende screening. Det andet forløb tager afsæt i en branche eller segment af virksomheders behov fx virksomheder inden for mode eller IKT. Tilrettelæggelsen af disse forløb skal ske sammen med brancheorganisationer og brancheeksperter.Et målrettet forløb består af følgende elementer:Kollektive aktiviteter: Workshops, webinars eller web-tv med fagspecifikke temaer, som højner iværksætterens faglige kompetencer</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at definere referencearkitektur og fremtidens åbne standarder for styring af automatiseret og intelligent logistik på hospitaler, for at løse kendte problemer/udfordringer. Integrationsløsninger (horisontalt og vertikalt) hænger ikke sammen som et sammenhængende intelligent og integreret system. Usikkerhed omkring arkitektur og valg af standarder er et nyt område for regionernes IT-folk, der befinder sig i krydsfeltet imellem IT og maskiner fordi styring af automatiseret logistik ikke anvender standarder i samme grad eller på samme niveau, som inden for andre områder. Der mangler løsninger for automatisering af de sidste 50 meter til forbrugsstedet. Effekten af projektet er sammenhængen mellem kompleks IT, automatiserede systemer, brugergrænseflader og maskinel. Det giver mulighed for at have flere leverandører, så komponenter og delløsninger kan</t>
+  </si>
+  <si>
+    <t>Projektet gennemfører innovationssamarbejder mellem ansøgende SMV</t>
+  </si>
+  <si>
+    <t>Projektet har til formål at sikre regionens virksomheder adgang til højtkvalificeret arbejdskraft, der er med til at sikre deres vækst og internationale konkurrenceevne.Virksomhederne i Region Sjælland, og især de små- og mellemstore (SMV</t>
+  </si>
+  <si>
+    <t>Projektet ønsker at tilbyde hjælp til iværksættere med at få deres produkt/service ud på markedet. Det vil vi gøre ved at tilbyde iværksætter indenfor green tech området et specifikt program som består at en række trin, der fører dem igennem hele forløbet omfattende hjælp og rådgivning indenfor forretnings- og produktudvikling, skalering og internationalisering. Omdrejningspunktet er Green Tech Centers Inkubator med tilhørende økosystem bestående af ca. 50 dedikerede grønne virksomheder med 400 vidensmedarbejdere, myndigheder og forsknings- og uddannelsesinstitutioner og knap 700 medlemmer der netværker, innoverer og samarbejder om udvikling og markedsføring af nye løsninger og produkter. Green Tech Centers Inkubator har tilknyttet en række eksperter, som netop har de fornødne kompetencer og interesse i at understøtte området, hvor målet er flere iværksættere og forøget vækst og overlevelse. Green Tech Center er privat ejet, har 8.000 m2 under tag samt 16.000 m2 energipark. Green Tech Center har desuden tilknyttet en Microfond der investerer i de tidlige virksomheder samt Invester i Trekantområdet med en række mentorer investorer. Invester i Trekantområdet er en non-profit forening, der ønsker at skabe vækst og udvikling i Trekantområdet ved at matche vækstvirksomheder med professionelle mentorer, partnere og investorer.I programmet screener vi 50 virksomheder og forventer, at 26 iværksættere kommer videre i et forretningsforløb, heraf forventer vi at 23 kommer igennem et skaleringsforløb og 12 i et internationaliseringsforløb.Forretningsforløbet indeholder: Forretnings- og teametablering, Business Model Canvas, Marked, Kunderejse, Forretningsmodel, Forecast</t>
+  </si>
+  <si>
+    <t>Det landsdækkende vækstprogram for små og mellemstore produktionsvirksomhederskal gennemføres i en treårig periode. Projektet sigter mod, at styrke produktiviteten ogkonkurrenceevnen i de deltagende produktionsvirksomheder.Aktiviteterne i nærværende ansøgning; dækkende region Nordjylland, Syddanmark,Hovedstadsregionen og Midtjylland, vil være:Væksttjek: Der skal gennemføres 890 væksttjek.Væksttjekket vil have fokus på at gøre virksomhedens vækstambition konkret og eksplicit, samtidentificere hvilke områder virksomheden skal fokusere på. Herved får virksomheden gennemet væksttjek en kvalificeret dialog, som sætter fokus på udviklingsbehov og vækstbarrierer.Væksttjekket er en dialogbaseret analyse med virksomhedens ledelse, som skal resultere iat virksomheden får udarbejdet en handlingsplan, som adressere en strategisk prioritering afforskellige initiativer for at forbedre virksomhedens konkurrenceevne, produktivitet og øgemulighederne for at realisere vækstpotentialet.Output af væksttjek vil være en handlingsplan der beskriver vækstpotentialer og udfordringer,som væsentlige elementer i virksomhedens udviklings- og vækststrategi. Det faglige udbytte afvæksttjekket vil være forskelligt fra virksomhed til virksomhed, men fælles er, at der udvikles enhandlingsplan, som indeholder en strategisk prioritering af fremtidige initiativer som kan styrkevirksomhedens produktivitet og konkurrenceevne og understøtte udvikling og vækst de næste 3-5 år.Vækstløft: Der skal gennemføres 445 vækstløft.Vækstløft er et individuel forløb, som har til formål at hjælpe virksomheden med at realiserehandlingsplanen udarbejdet af væksttjek konsulenten.Output af vøkstløftetvil være at der over en periode gives konkret individuel rådgivning til,hvordan virksomheden realiserer sit vækstpotentiale. Her fokuserer rådgivningen på de emnereller dele heraf, som handlingsplanen fra Væksttjekket indeholder.Der forventes ikke skabt nye vækstvirksomheder i programperioden. I perioden 2 til 5 år efterefter programperioden forventes skabt 32 vækstvirksomheder.</t>
+  </si>
+  <si>
+    <t>I et tæt samarbejde mellem erhvervsskoler, folkeskoler og privatskoler vil der udvikles særlige forløb for udskolingsklasserne. Disse forløb kan enten være tilpasninger af eksisterende brobygningsforløb eller helt nyudviklede forløb, som styrker overgangen fra udskolingsklasserne til erhvervsuddannelse. Der vil i løbet af projektet blive udviklet og afprøvet en række forløb, for at vurdere hvilke forløb har den bedste effekt, og dermed hvilke forløb som skal videreføres efter projektafslutning.For at styrke erhvervsuddannelsernes attraktivitet er det væsentligt, at der fortsat er et bredt udbud af erhvervsuddannelser, som samtidig har en høj faglighed. Der vil gennem projektet gennemføres initiativer, som vil være med til at sikre, at der fortsat vil kunne være et geografisk bredt udbud af erhvervsuddannelser.For at sikre den største effekt skal initiativerne følges op med en udbredelse af initiativernes mål og effekt, således fremtidige potentielle erhvervsskoleelever er bekendt med de nye initiativer og kan tage dette med i deres overvejelser, når de gennemfører deres valg af uddannelse. Projektet gennemføres af alle erhvervsskoler i Region Sjælland og i tæt samarbejde med de lokale folkeskoler, privatskoler og UU. Initiativerne vil derfor dække hele Region Sjælland.</t>
+  </si>
+  <si>
+    <t>Merkantil dannelse i et STEM perspektivProjektets effekt er på kort sigt, at flere elever søger på hovedforløbet og gennemfører en erhvervsuddannelse. På længere sigt vil projektet bidrage til at flere søger ind på erhvervsuddannelserne.Formål og aktiviteterGennem de fire år fra EUX-eleverne starter på grundforløbet til de har bestået deres fagprøve er frafaldet så stort, at langt under halvdelen får en faglært uddannelse. Størstedelen falder fra efter EUX-året, og derfor er der brug for en indsats for at øge overgangsfrekvensen til hovedforløbet. Projektets formål er at bidrage til, at virksomhederne får flere dygtige faglærte med de rette kompetencer, fordi flere unge og unge voksne gennemfører de merkantile grundforløb og det studiekompetencegivende år på EUX (EUX-året) og derefter fortsætter på hovedforløbet ude i virksomhederne. Ministeriet har netop meddelt dispensation, så virksomhederne frem til 2023 kan tage studenter i lære. Skolerne skal bruge tiden til at øge hovedforløbets attraktivitet og italesætte EUX-uddannelsen som en fireårig uddannelse, så virksomhederne stadig kan rekruttere det fornødne antal elever efter 2023.Projektet adresserer således de to store udfordringer på det merkantile område, nemlig den manglende overgangsfrekvens til hovedforløbet og den øgede digitalisering i faget, som skaber behov for at styrke arbejdet med STEM kompetencer på de merkantile arbejdsområder. Desuden arbejder projektet med intern og ekstern branding med henblik på at styrke den merkantile dannelse og selvopfattelse. Projektet udvikler nye relevante valgfag, hvor eleverne både tilegner sig de efterspurgte STEM kompetencer og samtidig øger deres handlekompetence i forhold til bæredygtighed gennem kobling til relevante verdensmål. Desuden arbejdes der med at brande uddannelserne bedre ved mere spændende konkurrencer under DM i Skills.Projektet supplerer Videncentrenes indsats og bidrager til at deres arbejde får endnu større udbredelse og implementering. Omfang og forankringProjektet omfatter 2.200 elever, som alle deltager i minimum en aktivitet. Indsatsen forankres i et tæt samarbejde mellem virksomheder og skoler og videreudvikles efter projektets afslutning.Projektet gennemføres af Viden Djurs i samarbejde med Tietgen, IBC, Campus Vejle og Tradium med opbakning fra Uddannelsesnævnet, de faglige udvalg, Dansk Erhverv og virksomheder i skolernes netværk.Projektet gennemføres i perioden 1. oktober 2019</t>
+  </si>
+  <si>
+    <t>Fremtidens industrielle forretningsmodeller II øger antallet af vækstvirksomheder Projektets overordnede formål er, at kvalificere og øge antallet af vækstvirksomheder indenfor fremstillingsindustrien i Region Midtjylland. Det indbefatter strategisk sparring og kompetenceudvikling med det formål, at styrke virksomhedernes produktivitet og konkurrenceevne på det globale marked. Indsatsen skal sikre, at produktionsvirksomhederne øger deres evne til langsigtet og strategisk forretningsudvikling. Projektets forventede effekter er; at øge antallet af vækstvirksomheder, at øge virksomhedernes omsætning, produktivitet og beskæftigelse og at øge antallet af virksomheder, som samarbejder med private rådgivere. Projektets hovedaktiviteter er målrettet regionens virksomheder indenfor fremstillingsindustrien: Vækstkortlægning som gennemføres med henblik på at kortlægge virksomheden udviklingsbehov, vækstpotentialer og barrierer for vækst. Virksomhedspitch, som sikrer at der sættes fokus på virksomhedens væsentligste udfordring, og at de får afklaret deres vækstpotentialer fra flere faglige perspektiver. Virksomheden bliver matchet med den rigtige private konsulent. Virksomheden præsenterer deres egne vækstambitioner og udfordringer over for et professionelt og uvildigt panel. Væksttjek, som identificerer virksomhedens centrale udfordringer og prioriterer virksomhedens fremadrettede indsats. Som led i væksttjekket udvikles der referater og handleplaner (vækstplaner), som involverer en strategisk prioritering af fremtidige initiativer for at kunne forblive konkurrencedygtig samt vokse og udvikle sig de næste 3-5 år. Vækstløft tilbydes for at sikre vækstplanens implementering og eventuelt yderligere faglig udvikling. I vækstløftet gives der over en periode konkret rådgivning til, hvordan virksomheden kan realisere sit vækstpotentiale. Der tilbydes Vækstgrupper for at understøtte implementeringen af vækstplanen. Dertil kommer, at vækstgrupperne også vil tilbyde kompetenceudvikling indenfor et fagligt relevant område samt introduktion til ledelsesværktøjer. Projektet gennemføres af et konsortium bestående af VIA University College, Væksthus Midtjylland, Aarhus Universitet, Innovationsnetværket for Produktion og Fremstillingsindustrien, en del af Dansk Industri. VIA University College er lead-partner og operatør på opgaven. Projektet bygger videre og udvikle på det grundlag, som blev skabt i projektet fra 2014 Fremtidens Industrielle Forretningsmodeller.</t>
+  </si>
+  <si>
+    <t>Region Syddanmark har en global styrkeposition inden for energieffektive teknologier og huser en stor virksomhedsspecialisering, særligt i det sønderjyske område omkring Sønderborg. Det understreges af at der i 2014 var knap 6.000 beskæftigede alene i Sønderborg Kommune inden for elektronikindustri, elektrisk udstyr og maskinindustri. Det udgør 27 % af kommunens private beskæftigelse. Projektet gennemfører innovationssamarbejder mellem SMVer og SDUs forskningsenheder inden for industriel elektronik med det formål at innovative virksomheder udvikler nye produkter og løsninger. Fælles for innovationssamarbejderne er, at de centrerer sig om industriel elektronik. Viden og kompetencer om elektronik er i stigende grad og omfang vigtigt for Region Syddanmarks virksomhedsspecialisering for at bibeholde konkurrenceevne, innovationskapacitet og yderligere positionering i markeder med høje vækstrater.Som direkte resultat af innovationssamarbejderne er det et mål at skabe 6 innovative virksomheder, der udvikler nye produkter og løsninger med sandsynliggørelse af stort afsætningspotentiale gennem værdikædesamarbejder. I alt vil projektet bidrage til at øge virksomhedernes omsætning med 23 mio. dkr., øge eksporten med 9,2 mio. dkr. samt skabe 13 nye vedblivende job i projektperioden.5 år efter projektet forventes det at omsætningen beløber sig til 30 mio. dkr, eksporten med 12 mio. dkr. og at 17 nye, blivende arbejdspladser skabes.</t>
+  </si>
+  <si>
+    <t>Projektets primære mål er at opkvalificerere en gruppe af ufaglærte beskæftigede til faglært status. Der satses på rekruttering af deltagere fra 50 virksomheder i SMV-segmentet.SMV-segmentet er særligt prioriterede vækstdrivere og som kan medvirke til at drive Region Sjællands udvikling fremad. Projektet vil samtidig følge den enkelte deltager hele vejen fra vejledning til faktisk opstart på EUV gennem en individuel håndholdt indsats og dermed medvirke til, at de personer, der erfaringsmæssigt tabes mellem de forskellige faser og mellem aktører, minimeres. Dette vil alt andet lige betyde at flere reelt opstarter på EUV. Dette er projektets røde tråd. Samtidig vil løbende videndeling og erfaringsudveksling sikre, at best practice tilgår alle i det nationale projekt samt at tidligere erfaring med ONSITE konceptualiceres og sikres anvendelse som løsningsmodel i forhold til rekruttering af beskæftigede EUV'ere.Projektet forventes at resultere i opkvalificering af i alt 20 deltagere til faglært status. 12 deltagere forventes at være opkvalificeret ved projektafslutning og 8 efter projektets afslutning. Inden opstart på EUV gennemfører deltagerne en vejledning, der sikrer at der igangsættes motivationsfaktorer, som ruster dem i forhold til det efterfølgende uddannelsesforløb. Dette sikres i en procesplan, som dels virksomhed, uddannelsesinstitution samt deltager involveres i. Projektet vil samtidig følge den enkelte deltager hele vejen fra vejledning til faktisk opstart på EUV gennem en individuel håndholdt indsats og dermed medvirke til, at de personer, der erfaringsmæssigt tabes mellem de forskellige faser og mellem aktører, minimeres. Dette vil alt andet lige betyde at flere reelt opstarter på EUV. Dette er projektets røde tråd.</t>
+  </si>
+  <si>
+    <t>Fiskefartøjer der idag anvendes i kyst- og kystnært fiskeri er ikke optimerede i forhold til de konstruktionsmæssige og teknologiske landvindinger som er set indenfor andre fiskeskibe i de senere år. Fartøjerne er desuden generelt dårligt tilpasset de vilkår som eksisterer, herunder lovgivning på fiskeriområdet, kvotesystemer, arbejdsmiljø m.m. Mange af denne type fiskefartøjer anvender forskellige systemer, som ikke er udviklet til at kommunikere og samarbejde indbyrdes, og meget få er energi- og driftoptimerede. Fartøjerne er desuden ikke velegnede til hurtig omstilling til forskellige typer fiskeri. Som oftest er fartøjerne ikke indrettet til at opfylde nutidige krav til arbejdsmiljø. JOBI VÆRFT A/S ønsker, i samarbejde med sine projektpartnere og øvrige deltagere, at udvikle fremtidens innovative, multifunktionelle og drifts- og energioptimerede fiskefartøjer til kyst- og kystnært fiskeri. Det er desuden hensigten at inddrage relevante viden institutioner, samt fiskerierhvervets interesseorganisationer m.v. i projektets udformning, organisering og gennemførelse. Projektet gennemføres i form af en behovsanalyse som skal omsættes til en konceptuel beskrivelse af hvorledes behov og krav kan opfyldes i en ny type modulært fartøj. Derefter skal der udvikles et design af 2-3 forskellige størrelser af fartøjet, som kan dække markedsbehovet ved kyst- og kystnært fiskeri. Udviklingen af et sådant fartøj vil opfylde et eksisterende behov for et driftsmæssigt optimalt og tidssvarende fartøj, som effektivt og hurtigt kan omstilles til forskellige typer af fiskeri, og som er såvel energimæssigt optimeret som arbejdsmiljømæssigt tidssvarende. Det er projektpartnernes vurdering, at efterspørgslen på det danske, norske, svenske og andre nærliggende markeder vil være højt, som følge af behovet for teknologisk fornyelse og udskiftning af den forældede flåde af denne størrelse fiskefartøjer. Gennemførelsen af projektet vil derfor have stor strategisk betydning for såvel projektpartnerne som andre maritime udstyrsleverandører, såfremt man kan opfylde markedets behov. Projektet vil derfor forventeligt have en meget stor effekt på såvel den økonomiske som den beskæftigelsesmæssige vækst hos projektdeltagerne.</t>
+  </si>
+  <si>
+    <t>Projektet skal via projektaktiviteterne og sammen med Hobro IK og en række sponsorer øge beskæftigelsen for personer på kanten af arbejdsmarkedet i Mariagerfjord Kommune. Konceptet med specialtilrettelagt indslusningsforløb efterfulgt med træningsforløb skal kunne genbruges og inspirere andre private og offentlige virksomheder for at fremme beskæftigelse for målgruppen i fremtiden.  Overordnende aktiviteter i projektet er specialtilrettelagte indslusnings- og træningsforløb, hvor deltagerne er tilknyttet projektet i 6 måneder. Indslusnings- og træningsforløb er målrettet fleksjobvisiterede med lille arbejdsevne som har svag tilknytning til arbejdsmarkedet.Fokus i indslusningsforløbene er at deltagerne opnår nødvendige kompetencer (eks. kvalitetsbevidsthed, samarbejdsvillighed, ansvarsbevidsthed, stabilitet osv.) og sociale færdigheder (eks.konfilktløsning, præsentation osv.) i så høj grad, at deltagerne vil kunne varetage et arbejde umiddelbart efter eller under selve projektet. Træningsforløbene har fokus på  at deltagerne omsætter indslusningsforløbets instruktioner og elementer i virksomhederne hvor de skal arbejde med rigtige opgaver og med henblik på at mestre dem på længere sigt. Projektet vil afprøve</t>
+  </si>
+  <si>
+    <t>Det overordnede formål for projekt FFI Growth er at bidrage til en styrket konkurrenceevne for danske SMV</t>
+  </si>
+  <si>
+    <t>Region Sjællands virksomhedsspecialisering har gode forudsætninger for at kapitalisere på den grønne omstilling, men der er behov for at virksomhederne accelerer innovation og udvikling af nye cleantech produkter og løsninger, så de kan forblive konkurrencedygtige på de globale markeder med høje vækstrater. Sjællandske virksomheder er mindre innovative end landsgennemsnittet og CTI har til mål at realisere cleantech virksomheders innovationspotentiale i Region Sjælland. CTI gennemfører 6 innovationssamarbejder mellem 15 SMVer og DTUs cleantech-relaterede forskningsinstittuter med det formål at innovative virksomheder udvikler nye produkter og løsninger. Fælles for innovationssamarbejderne er, at de centrerer sig om nye cleantech produkter og løsninger. Projektet udbetaler 25% støtte til virksomhederne for erlagt arbejde i innovationssamarbejderne. Som direkte resultat af innovationssamarbejderne er det et mål at skabe 6 innovative virksomheder, der udvikler nye produkter og løsninger med sandsynliggørelse af stort afsætningspotentiale gennem værdikædesamarbejder. I alt vil projektet bidrage til at øge virksomhedernes omsætning med 14,85 mio. kr., øge eksporten med 5,94 mio. kr. samt skabe 8 nye vedblivende job i projektperioden. 5 år efter projektet forventes det at omsætningen beløber sig til 40 mio. kr, eksporten med 16 mio. kr. og at 22 nye, blivende arbejdspladser skabes hvert år.</t>
+  </si>
+  <si>
+    <t>Projektets formål er at give vækstiværksættere et stærkere afsæt for at kunne etablere og udvikle levedygtige iværksættervirksomheder. Målgruppen for projektet er iværksættere både med og uden CVR-nummer, herunder studenteriværksættere, i Region Sjælland.Projektet tilbyder 160 iværksættere et koncentreret accelerationsforløb, der støtter iværksætterne i at udvikle en forretningsmodel, der efterfølgende kan skaleres og vækstes. Dette gøres via en markedsdrevet metode, der sikrer, at iværksætterne</t>
+  </si>
+  <si>
+    <t>Projektet har til formål at tiltrække velkvalificeret arbejdskraft til virksomhederne i hele Region Midtjylland, for at sikre områdets fortsatte udvikling og vækst. Projektets aktiviteter tilsammen vil bidrage til at formålet opnås: Kortlægningen og analysedelen vil sikre, at projektet får et solidt og aktuelt videngrundlag at stå på, så alle aktiviteter tager udgangspunkt i virksomhedernes aktuelle behov, og så kampagner og aktiviteter får størst muligt effekt. Formålet med at etablere en IT platform er at have ét samlet sted, hvor velkvalificerede kandidater kan orientere sig og blive inspireret af de mange karrieremuligheder, der er i Midtjylland samt det gode liv her. Den skal samle de indsatser, der er på området og linke over til andre relevante tilbud til målgruppen. De netværk, der etableres i projektet vil på hver sin måde bidrage til formålet. De skal bl.a. give inputs til processen, sparring til programledelsen, forankre projektet strategisk i virksomhederne, aktivere herboende medarbejdere, koordinere med andre aktiviteter og hjælpe med at sprede budskaberne om Midtjylland som en attraktiv karrieredestination. Branding af Midtjylland som karrieredestination har to delelementer; at skabe og udbrede en positiv fortælling om regionen samt gennemføre digitale tiltrækningskampagner. Begge med det formål at tiltrække velkvalificeret arbejdskraft. Kommunikation og formidling om projektet og dets erfaringer og resultater er en integreret del af projektet. Dette for at der løbende opbygges engagement hos alle aktører samt videndeles på tværs. Opsamlingen og koordineringen med tidligere gennemførte aktiviteter målrettet modtagelse og fastholdelse er prioriteret ud fra et ønske om at skabe synergier mellem projektet og andre initiativer samt bidrage med merværdi på området. Operatøren vil gerne undgå uhensigtsmæssige overlap og vil derfor have en løbende dialog og samarbejde med andre aktører. Det vil også bidrage til videndeling på tværs og sikre, at projektet bygger på eksisterende viden og erfaringer Etableringen af program-, projekt og netværksledelsen er uundværligt for projektet, da det er disse funktioner, der skal drive og/eller være tovholder på aktiviteterne. Projektets partnerskabskreds består af Business Region Aarhus, Business Region MidtVest og Copenhagen Capacity, der tilsammen har den geografiske spredning, politiske opbakning og faglige viden, der skal til, for at lykkedes med at skabe effektfulde og synlige resultater.</t>
+  </si>
+  <si>
+    <t>IværksætterDanmark (IvDK) er Erhvervshusenes initiativ til en samlende national indsats for alle iværksættere. Projektets overordnede mål er at understøtte et bredt kompetenceløft blandt iværksættere for at øge antallet af nye iværksættere og øge deres overlevelsesrate. Projektets tilbud supplerer den vejledning, som iværksættere i dag møder i kommunerne, hos lokale aktører og i Erhvervshusene. Projektet vil give iværksættere over hele landet mulighed for at deltage i kompetenceforløb på de væsentligste områder, hvor iværksættere typisk oplever et behov. Projektet er bygget op om tre typer af forløb: Forløb der skal styrke iværksætteres faglige kompetencer på de vigtigste generelle områder fx inden for økonomi, salg, markedsføring o.lign. Derudover tilbydes branche- og temaorienterede forløb, som er tilpasset lokale forhold. F.eks. forløb for håndværkere eller kvindelige iværksættere eller grøn omstilling. Derudover tilbydes overbygningsforløb, som er målrettet de mere eksekveringsdygtige iværksættere. Alle forløb tager udgangspunkt i de behov og ønsker, som er konstateret hos iværksætterne af bl.a. kommunale erhvervsvejledere, lokale aktører samt i Erhvervshusene. Indholdet i forløbene vil løbende blive justeret i samarbejde med et advisory board med deltagelse af etablerede iværksættere, brancheorganisationer, lokale aktører og andre med indsigt i dansk iværksætteri. Målgruppen er iværksættere, som inden for de seneste 3 år har CVR-registreret en virksomhed og potentielle iværksættere, der ønsker at opstarte virksomhed. Projektet retter sig mod alle brancher. Erhvervshusene vil i tæt samarbejde med kommuner, lokale og faglige aktører i de respektive geografier sikrer, at kendskabet til projektet og de mange decentrale forløb når rundt i hele Danmark.</t>
+  </si>
+  <si>
+    <t>Projektets formål er at skabe vækst i SMV</t>
+  </si>
+  <si>
+    <t>Projektet skal udvikle metoder/modeller, der kan bidrage til ny viden, udvikling og vækst hos deltagende SMV</t>
+  </si>
+  <si>
+    <t>Formålet med AutoTurf projektet er at udvikle, afprøve og dokumentere en løsning til energieffektiv og automatiseret græspleje på golfbaner.Baseret på en innovativ prototype af en autonom robot, som kan monteres med forskellige værktøjer til græspleje (klipning, slåning og vertikalskæring), bliver der gennem en omfattende innovationsindsats skabt grundlag for et færdigt koncept til en fuldt funktionsdygtig autonom robot til græspleje. Derved etableres mulighed for at markedsintroducere et nyt produkt til automatiseret og multifunktionel græspleje på større sammenhængende arealer. Hér findes ikke for øjeblikket godkendte autonome robotter, som dækker kravene til professionelle high-end maskiner.AutoTurf er opbygget af følgende elementer:(1) Grundmaskine med en hybridelektrisk drivlinje som leverer energi til hjulmonterede fremdriftsmotorer såvel som elektrisk drevne græsplejeværktøjer monteret i et ophæng så de på en enkel måde kan udskiftes,(2) Autonom styringsenhed med en GPS-styret brugervenlig kontrolenhed der giver præcis kursstyring, optimal frekvens, mønster og køreadfærd for græspleje, og(3) Sikkerhedssystem bestående af patentanmeldt og godkendt maskinafskærmning med indbygget laserscannersystem og nødstop kontaktflade.Innovationsindsatsen i AutoTurf projektet frembringer ny viden og færdigheder målrettet centrale elementer, der er en forudsætning for energieffektive autonome robotter: sikkerhedsafskærmning, hybridelektrisk drivlinje, kurs- og positioneringssystem, energioptimeret ruteplanlægning, og brugerstyring.Projektet hviler på Region Syddanmarks viden og kompetencer inden for energieffektivisering, mekatroniske systemer og autonom robotteknologi.Det innovative AutoTurf koncept med en energieffektiv autonom robot til græspleje på større sammenhængende græsarealer er især nyskabende ved, at der skabes mulighed for fuld automatisering af en omfangsrig og stærkt rutinepræget græsplejeopgave. Derved bliver klassiske automatiseringsfordele introduceret, hvilket reducerer driftsomkostninger til personale, brændstof og maskinafskrivninger. Samtidigt mindskes forbruget af pesticider og gødning som følge af optimeret græspleje. Den autonome robotløsning lægger sig ind under megatrenden for udvikling af selvkørende køretøjer. AutoTurf forventes at opleve stor efterspørgsel i markedet for professionel græspleje. Værdiskabelsen vil være lokaliseret i et af Region Syddanmark yderområder.</t>
+  </si>
+  <si>
+    <t>Vækstplaner</t>
+  </si>
+  <si>
+    <t>Region Hovedstadens virksomhedsspecialisering har gode forudsætninger for at kapitalisere på den grønne omstilling, men der er behov for at virksomhederne accelerer innovation og udvikling af nye, digitale cleantech produkter og løsninger, så de kan forblive konkurrencedygtige på de globale markeder med høje vækstrater. Projektet gennemfører 11 innovationssamarbejder mellem 30 SMVer og DTUs cleantech-relaterede forskningsenheder med det formål at innovative virksomheder udvikler nye produkter og løsninger. Fælles for innovationssamarbejderne er, at de centrerer sig om nye cleantech produkter og løsninger. Projektet udbetaler 25% støtte til virksomhederne for erlagt arbejde i innovationssamarbejderne. Som direkte resultat af innovationssamarbejderne er det et mål at skabe 11 innovative virksomheder, der udvikler nye produkter og løsninger med sandsynliggørelse af stort afsætningspotentiale gennem værdikædesamarbejder. I alt vil projektet bidrage til at øge virksomhedernes omsætning med 23,4 mio. kr., øge eksporten med 9,3 mio. kr. samt skabe 13 nye vedblivende job i projektperioden. 5 år efter projektet forventes det at omsætningen beløber sig til 50 mio. kr, eksporten med 20 mio. kr. og at 28 nye, blivende arbejdspladser skabes hvert år.</t>
+  </si>
+  <si>
+    <t>I projektet vil Innovationsnetværket Livsstil - Bolig &amp; Beklædning og Væksthus Midtjylland sammen med eksterne rådgivere hjælpe små og mellemstore virksomheder med at udvikle grønne forretningsmodeller og indtænke øvrige virksomheder i den nye forretningsmodels værdikæde. Effekterne bliver mindre energi- og materialeforbrug. I projektet assisteres virksomhederne igennem en opbyggelig proces i 4 faser, hvor cirkulær økonomi gøres tilgængelig på en praksisnær måde, idet der tages udgangspunkt i virksomhedens egen DNA og strategi. Fase 1. Screening af virksomheder til forløbet: I screeningsarbejdet udpeges i alt 80 omstillingsmodne SMV</t>
+  </si>
+  <si>
+    <t>Energiteknologi er i det igangværende strategiarbejde identificeret som en erhvervsmæssig styrkeposition, og det forventes, at dette ratificeres i den kommende strategi om erhvervsfremme. I det eksisterende klyngelandskab er der imidlertid flere forskellige klyngeorganisationer inden for energiteknologi i Danmark. Med denne ansøgning vil House of Energy, Energy Innovation Cluster, CLEAN, GATE 21 og NBE (de deltagende organisationer) derfor afsøge mulighederne for at favne energiteknologi i én klynge med en stærk og erhvervsrettet governance struktur. Partnerne er åbne for organisatoriske udfaldsrum, og er villige til at sætte egen organisation i spil. I udgangspunktet vil dette ske ud fra en bred energiværdikæde-betragtning; dvs. løsninger indenfor hele værdikæden for energi (råstofindvinding, produktion, distribution, konvertering, lagring og forbrug) i et bredt spektrum af applikationer og anvendelsesformer.Dette projekt har til formål at sikre den optimale overgang til én slagkraftig, virksomhedsnær og innovativ energiklynge i Danmark. Projektet indleder en konsolideringsproces mellem House of Energy, Energy Innovation Cluster, CLEAN, GATE 21 og NBEs Energiklynge, som sammen med energi-industrien, relevante brancheorganisationer, videnspartnere m.fl. vil facilitere alle relevante organisationers samlede bevægelse hen imod en samlet superklynge på energiteknologiområdet. Se Bilag 4 for en grafisk fremstilling heraf.Midlerne til dette er dels en målrettet og samtidig inkluderende konsolideringsproces hen imod én effektiv energi-klynge, dels en sikring af geografisk dækning og udvikling af de klyngeaktiviteter, som konsortiet excellerer i. Konsolideringsprocessen vil involvere alle relevante aktører i forhold til skabelsen af én dansk superklynge på energiområdet. House of Energy vil via aktivteterne 1-5 videreudvikle og udbrede sine ydelser mht. at styrke energivirksomheder og -aktører gennem målrettet understøttelse på innovations- og erhvervsfremmeområdet og at give energivirksomheder og -aktører bedre muligheder for - og evne til - at opnå ekstern medfinansiering til forretningsudvikling, forsknings- og udviklingsprojekter samt tiltrækning af investeringer til Danmark.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet</t>
+  </si>
+  <si>
+    <t>Målet med projektet er at skabe bioøkonomisk produktudvikling inden for grøn biomasse gennem innovationssamarbejder mellem 3 SMVer og 1 vidensinstitution. Indenfor programperioden 2016-2020 er formålet blandt andet, at der via partnerskaber bliver udviklet innovative produkter og løsninger, der kan være med til at realisere potentialet indenfor raffinering af grønne biomasser. Projektet er en del af "Udviklingsprogram for bioøkonomi i Region Midtjylland", der, med udgangspunkt i den regionale Vækst- og udviklingsstrategi og målet om bæredygtig erhvervsvækst, vil understøtte regeringen i at forløse Danmarks bioøkonomiske vækstpotentiale, samt at skabe regionale arbejdspladser hos SMVer med aktiviteter på området. Innovationssamarbejderne vil tage udgangspunkt i virksomhedernes ønsker og muligheder for at udvikle nye produkter og services, processer eller teknologier til at udnytte grøn biomasse til værdistoffer. I projektet vil der blive gennemført minimum 4 konkrete innovationssamarbejder, der hver især involverer minimum 3 SMVere og en vidensinstitution. På baggrund af de eksisterende erfaringer og igangværende projekter med bioraffinering, vil der blive åbent inviteret til at danne og ansøge om støtte til innovationssamarbejder, der kan løse udfordringer i hele værdikæder fra høst, lagring og konvertering til anvendelse af produkterne. Det kan f.eks. være indenfor nedenstående temaer, men kan også være andre, relevante emner indenfor den tematiske ramme fastlagt i projektet: Udvikling af system til presning til grøn biomasse, proteinprodukter fra rå-koncentrater, højværdiprodukter fra restprodukter og værdiskabelse af pressekagen</t>
+  </si>
+  <si>
+    <t>Projektet skal sikre tilstrækkelig støtte til elever med særlige behov i deres overgang fra grundskole til FGU, fra grundskole til ungdomsuddannelse og fra FGU til ungdomsuddannelse. Projektet skal støtte de elever, hvor kommunen vurderer, at den ordinære kommunale indsats ikke vil være tilstrækkelig, eller at en styrket indsats vil gavne eleven. Støtten vil være særlig tilrettelagte håndholdte forløb for den enkelte elev, hvor elevens behov og interesser er i fokus. Eleven får en fortrolig voksen som del af forløbet. Den fortrolige voksne skal sikre en tæt og personlig kontakt med eleven, sikre, at indholdet i forløbet er det rigtige for netop den elev samt at eleven deltager og får udbytte af aktiviteterne. Der kan i forløbene eksperimenteres med nye metoder til at styrke den enkelte elev fx gennem kultur arrangementer, brug af nye teknologier til at styrke fagligheden og elevens mestringskompetencer. Der skal også i projektet arbejdes med forsøg, der kan styrke realismen i unges og unge voksnes uddannelsesvalg gennem etablering af studie- og fritidsjob.</t>
+  </si>
+  <si>
+    <t>Formålet med projektet Danske Turismekompetencer er, at etablere et tværregionalt udviklingsprojekt, der vil videreudvikle, koordinere og styrke kompetenceudviklingsindsatsen for turismeerhvervet. Projektet vil arbejde på tværs af de tre forretningsområder i dansk turisme - Storbyturisme, Erhvervs- og Mødeturisme og Kyst- og Naturturisme - samt uddannelsesudbydere, destinationer og organisationer om det fælles mål at styrke dansk turismes konkurrenceevne. Der vil gennemføres en række ambitiøse kompetenceudviklingsforløb, der imødekommer nogle af de væsentligste udfordringer, som dansk turisme står overfor, herunder gæsternes oplevelse af manglende sammenhæng mellem kvalitet og pris, turismeerhvervets innovationsevne og virksomhedernes sikring af markedsandele. Danske Turismekompetencer opkvalificerer både ledere og medarbejdere i de virksomheder, der har vækststrategier og -potentiale, samt arbejder for, at flere medarbejdere opnår formelle kompetencer - dette vil ske via samarbejde med erhvervs- og brancheorganisationer og uddannelsessektoren. Det brede samarbejde bag projektet skal resultere i, at kompetenceudvikling målrettet turismeerhvervet bliver en integreret og prioriteret del af uddannelsesinstitutionernes uddannelsestilbud fremadrettet. Projektet vil endvidere udgøre det som læringsprojekt i forhold til uddannelsesudvalgenes arbejde samt uddannelsesinstitutionernes opgave med at sammensætte, afprøve og kvalificere, hvilken type uddannelsestilbud, turismeerhvervet efterspørger. Projektet har konkret følgende mål: 1) foretage en kompetenceafklaring ift. eksisterende vækststrategier i 887 virksomheder indenfor turismeerhvervet og 2) gennemføre vækstrettet kompetenceudvikling af i alt 6.523 medarbejdere i disse virksomheder. Dette skal bidrage til forøgede kompetencer indenfor turismeerhvervet, som efter projektets gennemførelse vil bidrage til 111 ny jobs i sektoren.Formålet er således at øge virksomhedernes konkurrenceevne via opkvalificering af allerede ansatte og på sigt skabe et forbedret rekrutteringsgrundlag blandt nyuddannede, som har kompetencer svarende til arbejdsmarkedets krav.</t>
+  </si>
+  <si>
+    <t>Indtag det grønne vækstmarked i Afrika.Projektet har til formål at skabe grøn vækst arbejdspladser for nordjysk erhvervsliv og fremme adgangen til de voksende markeder særligt i Østafrika indenfor vedvarende energi, agri-business samt vand og sanitet. Med udgangspunkt i virksomhedernes specifikke forretningsmæssige situation vil de få adgang til at opbygge samarbejde med NGO</t>
+  </si>
+  <si>
+    <t>Uddannelsesklar gennem empowerment og 360 graders håndholdt indsats. Et projekt hvor Rebild, Mariagerfjord og Vesthimmerlands kommuner gennem flere tiltag overfor den enkelte unge, initierer ejerskab og indsigt i egen formåen samt gennem forskellige aktiviteter forsøger at åbne muligheder for den enkelte til at nå tættere på uddannelse og selvforsørgelse.  Projektvolumen er 130 deltagere over 23 måneder med uddannelsesparate unge. Projektet forventer, at 70 % af de unge vil starte på en ungdomsuddannelse som følge af deltagelsen i projektet. "Basen" vil være omdrejningspunkt sammen med ungekoordinatoren for den fremdrift der skal ske med den unge. Der vil være forskellige tilbud til deltageren som Psykoeducation, psykologsamtaler, mentorstøtte, G2 virksomhedcentre samt en identitetsskabende og dannelsesmæssig tilgang omkring den unge, der gerne skal ende ud i anvendelse af mestringsstrategier og empowerment.Andre aktører er ungdomsuddannelsesinstitutioner, praktikpladscentre, psykolog og kommunernes virksomheder og institutioner. Virksomheder og institutioner skaber en træningsbane og et indhold der sikrer struktur i hverdagen hos den enkelte. Det er med til at skabe jobidentitet og styrke den enkelte i job- og uddannelsesvalg. Mentorerne skal i det daglige holde fokus på aftaler og retning i den unges liv udenfor basen. Projektet vil anvende både frivillige og ansatte mentorer. Uddannelsesinstitutioner skal gennem projektet bidrage med erfaringer fra deres verden, således at projektet bliver i stand til at skabe rammer i den unges liv der sikrer større grad af tilmelding til uddannelserne. De skal samtidig være med til at diskutere indhold af efterværn og fastholdelse i uddannelsessystemet, så frafald minimeres. Psykologen skal arbejde med flere områder. Blandt andet skal vedkommende arbejde med mestringsstrategier med den enkelte. Vedkommende skal ligeledes i dialog med gruppen om psykoeducation. Coaching på egne muligheder og empowerment kan også ligge i denne rolle. Ungekoordinatoren skal være omdrejningspunktet i den unges aktivitet. Det er her tingene koordineres og italesættes. Det er her der sikres sammenhængskraft og at der støttes op om den unge 360 grader.Praktikpladscentrene skal øge den enkelte unges indsigt og nysgerrighed overfor uddannelser bredt. De skal være med til at danne grundlag for uddannelsesvalg fremadrettet.</t>
+  </si>
+  <si>
+    <t>Projektet præsenterer en model for samarbejde mellem virksomheder, deres leverandører, kunder og videninstitutioner, der i synergi skaber innovation og mulighed for kommerciel vækst via de nyeste teknologiske og forretningsmæssige muligheder indenfor smart og integreret energiteknologi. Projektets aktiviteter skaber således overordnet synergier, forbindelser og partnerskaber mellem virksomheder, videnmiljøer og andre relevante specialister indenfor området. I øjeblikket er der helt enestående globale vækstmuligheder for virksomheder, der formår at udnytte mulighederne i smart energiteknologi. Formålet med udviklingsprogrammet er at styrke SMVernes innovationskraft og konkurrenceevne indenfor energiteknologi med henblik på at skabe flere innovative virksomheder. Der er i projektet et særligt fokus på systemintegration og systemfleksibilitet. Det overordnede mål med projektet er at igangsætte og gennemføre 5 innovationssamarbejder. Hvert innovationssamarbejde skal bestå af minimum 3 SMVere og en eller flere videnpartnere. Med projektet bliver Aarhus Universitet (som regionens tunge videninstitution), og CLEAN (den nationale energiteknologiklynge), centralt involveret i understøttelsen af væksten i regionens virksomheder. Der er ydermere et mål om at projektets indsatser sikrer en spredning af viden om og fremme anvendelsen af smart energiteknologi i flest mulige SMVere i regionen. Gennem projektet afholdes konferencer/events for at udbrede viden og inspirere.</t>
+  </si>
+  <si>
+    <t>Rethink Business - Design for disassembly - Cirkulær økonomi og grønne forretningsmodellerProjektet skal øge virksomhedernes ressourceproduktivitet og -styring for at minimere indflydelse fra ressourceknaphed og prissvingninger i en voksende materiel verden. Virksomhederne skal opnå en konkurrencefordel ved at udarbejde cirkulære forretningsmodeller efter designparametrene:</t>
+  </si>
+  <si>
+    <t>Innovation Factory North har til formål at skabe et økosystem for industri 4.0-drevet innovation bestående af regionens teknologileverandører, teknologiaftagere, vidensinstitutioner og studerende. Det er et fysisk samlingspunkt, hvor der udvikles kompetencer til at skabe nye og innovative løsninger gennem en eksperimenterede og iterativ tilgang til læring. Aktiviteterne i Innovation Factory North er organiseret omkring tre overordnede typer af udviklingsforløb. 1) Awareness-forløb der har til formål at afdække virksomhedernes potentiale for at arbejde med specifikke i4.0 teknologier, og pege på specifikke løsningsrum. Der vil blive gennemført mindst 60 af disse forløb og afklaret potentiale for mindst 30.000.000 DKK.2) Demonstrator-forløb der er tematiserede eksperimenter med konkret udvikling af innovative løsninger. Eksperimenterne vil finde sted i Innovation Factory North i samarbejde mellem teknologileverandører, teknologiaftagere (industrielle SMVer) og forskere/studerende. Der skabes herigennem prototyper af innovative løsninger. Der vil blive gennemført mindst 25 af disse forløb og skabt 25 innovative prototyper.3) Forankrings-forløb hvor der arbejdes konkret med at overføre prototyper fra demonstratorforløb til virksomhedernes egen kontekst. Her vil fokus være på at støtte virksomhederne i at sætte de nye løsninger i drift. Det vil også involvere at træne virksomhedens ansatte i at arbejde effektivt med de nye løsninger. Der vil blive gennemført mindst 20 af disse forløb og implementeret 20 innovative prototyper. Gennem de tre typer af forløb øges virksomhedernes viden gradvist fra at forstå potentialet i Industri4.0 teknologier til aktivt at arbejde med at implementere nye i4.0 løsninger i egen virksomhed.</t>
+  </si>
+  <si>
+    <t>Projektkonceptet er bygget op omkring nedenstående 3 indsatsområder og 2 hovedaktiviteter. De 3 indsatsområder: 1. Udvikling og implementering af tiltag, der fremskynder iværksætteri og entreprenørskab i uddannelsessystemet og klæder undervisere og vejledere bedre på for at sikre, at elevernes viden er brugbar til etablering af egen virksomhed, og opbygning af iværksætterkompetencer. 2. Opkvalificering af lærere og opfølgning i form af gennemførte forløb, hvor de opkvalificerede lærere underviser. 3. Udvikling og facilitering af uddannelses- og undervisningsforløb i samarbejde med virksomheder. De 2 hovedaktiviteter: 1. Skabelsen af den entreprenørielle skole. 2. Undervisning i entreprenørskab.Partnerskabet har udviklet projektkonceptet ud fra en erkendelse af, at skolerne ikke har den nødvendige viden til selv at skabe og udvikle iværksætteri og entreprenørskab i uddannelsessystemet. Dertil er der en erkendelse af, at skolerne ikke har de ressourcer, der nødvendigvis kan frigøres til deltagelse i kurser i iværksætteri. Endvidere står undervisere efterfølgende ofte alene med at få implementeret det tillærte i egen undervisning. Skolerne ser det derfor nødvendigt at få hjælp ude på skolerne, hvor hverdagen foregår med eleverne, med at få udviklet undervisningen, så den passer til den enkelte skole og uddannelsesretning. Dette vil ske med hjælp fra projektansatte såkaldte iværksætterkoordinatorer, som vil have kontortid på skolerne.Skolerne vil være primus motor på projektet. Iværksætterkoordinatorernes funktion vil være at understøtte skolerne/underviserne i at udvikle, facilitere og implementere tiltag, der kan fremskynde iværksætteri og entreprenørskab i alle fag og dermed i hele uddannelsessystemet. Koordinatorerne vil få til opgave at assistere skolerne med en række aktiviteter opdelt på projektets 2 hovedaktiviteter: Hver iværksætterkoordinator vil få tildelt enten et geografisk eller uddannelsesmæssigt ansvarsområde. Dette vil medvirke til, at koordinatorerne får gode relationer til både elever, undervisere og ledere på hver skole. Endvidere vil det give en bedre forståelse af de forskellige behov skolerne har og de aktiviteter der, som følge heraf, skal igangsættes for at skabe det ønskede output og opnå den overordnede forventede effekt.</t>
+  </si>
+  <si>
+    <t>Formålet er at fremme bæredygtig ressourceoptimering og cirkulær økonomi inden for affaldshåndtering, byggeri, arkitektur og design gennem nye samarbejdsformer mellem private smv</t>
+  </si>
+  <si>
+    <t>Nordjylland har en lang og stærk tradition inden for det maritime område og er i dag Danmarks stærkeste klynge med hensyn til maritim service og reparation. For at udnytte dette potentiale ønsker Maritimt Center for Optimering og Drift (MARCOD) at etablere et mindre rammeprogram, der skal føre motiverede maritime virksomheder ind i udviklingsforløb med fokus på vækst inden for markedsudvikling, teknologiudvikling, netværks- og kompetenceudvikling. Pilotprogrammet skal indeholde et mix af relevante ydelser fra MARCOD samt eksterne konsulentydelser til de deltagende virksomheder. Programmet kan bidrage til at motivere til vækst ved synliggørelse af udviklingspotentialer hos den enkelte virksomhed og igangsætte strategiudviklingsprojekter, fx professionalisering af salgsindsatsen. En anden udfordring er virksomhedernes parathed til at videreudvikle sig i det maritime marked og offshore markedet, hvor der stilles høje krav til dokumentation, certifikater og kvalitetsstyring. Programmet skal bidrage til at hjælpe de maritime SMV</t>
+  </si>
+  <si>
+    <t>HF-INBaggrund og formål: Det gymnasiale system kræver meget af de unge i dag. Når man træder ind af døren har man allerede truffet et valg om, hvilken hylde eller retning man rent faglig bekender sig til, man skal have taget stilling til fag og niveauer og være klar på at kunne forholde sige til mange nye fag og metoder på samme tid. Deraf følger mange forskellige lærere, metoder, eksamensformer, årskarakterer, projektforløb, arbejdsformer etc. Alt sammen noget som betyder, at den unge forventes at kende sig selv, egne styrker og svagheder, kunne strukturere og disponere over egen tid og reflektere i forhold til egen formåen og ageren. Oven i dette træder man samtidig ind i en ungdomskultur, som man skal forholde sig til</t>
+  </si>
+  <si>
+    <t>LOGOS - Øget anvarlighedsfølelse for eget liv skaber varig ordinær beskæftigelseFormålet med projektet er at hjælpe marginaliserede personer på kanten af arbejdsmarkedet tilbage til ordinær beskæftigelse.Indsatsen sker gennem et intensivt indslusningsforløb med parallelt undervisnings- og samtaleforløb. Sideløbende hermed løber et målrettet og intensivt samarbejde med det lokale og regionale erhvervsliv. Personer med sporadisk tilknytning til arbejdsmarkedet og med længere ledighedsperioder bag sig får ofte en oplevelse af at være sat uden for ansvar for sit eget liv. De fortæller, de oplever at, andre bestemmer over deres liv, og at deres liv får mindre betydning. Denne følelse påvirker deres sociale liv og privatlivet påvirkes markant i en længere ledighedsperioder. Personerne føler sig umyndiggjort, og det påvirker selvværd såvel som selvtillid. Vi vil give disse mennesker følelsen af ansvarlighed for eget liv tilbage og herigennem være meningsskabende. Deltager hjælpes til at se en sammenhæng og mening med livet og motiveres dermed til at tage ansvar for eget liv.Vi bruger forskellige tilgange til at facilitere denne proces. Et intensivt samtaleforløb med ugentlige samtaler med vekslende vejledende og coachende tilgang sikrer progression i udviklingen. Et gennemtænkt, ambitiøst tilrettelagt undervisningsprogram på 13 uger med arbejde med personlig udvikling, virksomhedsnært samarbejde og jobsøgningsundervisning udvikler deltager og underbygger samtalerne. Et virksomhedsnært samarbejde, som matcher deltager med virksomhed allerede tidligt i forløbet, således at deltager såvel som virksomhed forberedes til samarbejdet gennem undervisning, samtaler, punktpraktikker og aktivt samarbejde, sikrer det rette match samt succes i virksomhedspraktikkerne og er herigennem med til at åbne op for efterfølgende ordinær beskæftigelse.Der er 3 indslusningsforløb med i gennemsnit 14 deltagere. Der er løbende optag hver 14. dag. Det virksomhedsnære samarbejde er med lokale såvel som regionale virksomheder.Det forventes, at 8 deltagere er i beskæftigelse, og at 32 erhvervsaktive deltagere er i gang med at søge arbejde umiddelbart efter deltagelsen.</t>
+  </si>
+  <si>
+    <t>Zealand Global - Flere internationale vækstvirksomheder i Region Sjælland.Projektets formål er at hjælpe 80 små og mellemstore virksomheder i Region Sjælland med at professionalisere deres internationaliseringsindsats i en sådan grad, at mindst halvdelen af virksomhederne rykker op i ligaen af vækstvirksomheder i OECD-terminologi. Målsætningen vil projektet opnå ved at styrke virksomhedernes internationaliseringspotentiale gennem udvikling af en individuel detaljeret international vækst- og eksekveringsplan i tæt samarbejde mellem virksomheden, Væksthus Sjælland, DTU og private rådgivere. Projektet skal understøtte virksomhedernes evne til at eksekvere hurtigt og effektivt på de rette aktiviteter i udlandet. Projektet lægger tæt op ad Væksthus Hovedstadens internationaliseringsprojekt</t>
+  </si>
+  <si>
+    <t>Projektets formål er, at støtte virksomheder i Region Hovedstaden i deres udvikling og vækst. Det sker ved at styrke virksomhedernes strategiske arbejde inden for internationalisering, digitalisering og automatisering og derigennem forbedre virksomhederne forudsætninger for at udvikle nye forretningsmodeller og øge deres produktivitet.Projektet gennemføres for 40 virksomheder. Det forventes, at halvdelen af virksomhederne udvikler vækstplaner med en målsætning om at øge deres omsætning, så de bliver til vækstvirksomheder. Den anden halvdel af deltagerne vil ligeledes udvikle vækstplaner med ambition om vækst. Projektet forventes således at bidrage til en betydelig meromsætning og beskæftigelse. SMV</t>
   </si>
   <si>
     <t>Projektets formål og effekt: xxProjektet har til formål at tilbyde  inkubationsforløb for potentielle iværksættere og iværksættervirksomheder på under tre år i Region Sjælland. Alle deltagere skal være i besiddelse af en ambitiøs forretningside med potentiale for vækst. Et inkubationsforløb er et komprimeret og intensivt kompetencegivende forløb på højst 1,5 år, og udbydes til grupper af deltagere som samles på regionens Vækstfabrikker, og her indgår i fælles uddannelse og vejledning. Igennem forløbet kortlægger og overkommer deltagerne individuelle vækstbarrierer ved hjælp af strategiplanlægning og kompetenceløft. Dermed kommer de deltagende iværksættervirksomheder ud på den anden side, og er i fuld gang med implementeringen af en velgennemtænkt og markedsafprøvet strategi- og vækstplan, som kan udløse vækstpotentialet i forretningsideen indenfor parametre som f.eks. internationalisering, produktinnovation, mersalg og rekruttering. I projektperioden forventes det, at 160 virksomheder gennemgår et inkubationsforløb, og heraf forventes 127 at opleve forbedrede iværksætterkompetencer og 30 at starte en ny virksomhed som resultat af projektet.På længere sigt forventes projektet at medvirke til virksomhedernes overlevelse, ved at deltagende virksomheder oplever en overlevelsesprocent på 85 % seks måneder efter projektdeltagelse, og 80 % to år efter projektdeltagelse.Projektets aktiviteter:Projektet vil udvikle og udbyde fire kompetencegivende tilbud, som tilsammen udgør inkubationsforløbet, og tilrettelægges individuelt fra deltager til deltager:</t>
   </si>
   <si>
-    <t>Det overordnede formål med indsatsen er at styrke gennemførelsen af EUD-reformen (med ikrafttræden august 2015) i Region Midtjylland. Projektet skal derfor at intensivere, styrke og udbygge indsatsen på de 2 primære områder:</t>
-[...35 lines deleted...]
-    <t>Bag dette nationale projekt (sag nr. SFNP-16-0006 og SFNPO-16-0007)  står erhvervsakademier, Professionshøjskolen UCN, innovationsnetværk og erhvervsorganisationer sammen om at udvikle små og mellemstore virksomheders digitale kompetencer for herigennem at skabe vækst. I løbet af projektperioden vil partnerne hjælpe mindst 150 SMV</t>
+    <t>Projektet har til formål at forbedre energi- og ressourceeffektiviteten i  130 sjællandske SMV</t>
   </si>
   <si>
     <t>Formålet med OPI-puljen er at understøtte syddanske virksomheder i at få flere produkter over vejen fra prototype til markedet, da mange produkter ikke når fra udviklingsstadiet til markedet.  Derigennem skal puljen bidrage til øget vækst, beskæftigelse og eksport for syddanske virksomheder. OPI-puljens midler fordeles til mindre samarbejdsprojekter, hvor minimum tre private virksomheder og én offentlig videninstitution samarbejder i de enkelte projekter om test, tilpasning og videreudvikling af produkter og servicekoncepter inden for forretningsområderne Sundheds- og Velfærdsinnovation, Bæredygtig Energi og Oplevelseserhverv. Disse samarbejder vil bl.a. foregå igennem samarbejdsaktiviteter på tværs af virksomhederne. Projekterne indgår i vejlednings- / samarbejdsforløb med SDU - Institut for Entreprenørskab og Relationsledelse (IER), som bidrager med viden om udfordringerne i OPI-samarbejder, forretningsudvikling mv. På baggrund af test af produkterne, tilpasses produkterne til kundernes og brugernes behov, således at produkterne kan kommercialiseres og virksomheden på sigt kan opnå vækst i omsætningen og i antal ansatte.</t>
   </si>
   <si>
-    <t>De maritime erhverv er blandt de vigtigste for såvel eksport, jobskabelse og vækst. Danmark er trods sin beskedne størrelse i superligaen, når det gælder verdens største søfartsnationer.I Nordjylland er de maritime erhverv blandt de vigtigste ud fra de samme parametre, og der findes alene i Nordjylland ca. 400 maritime virksomheder og ca. 15.000 arbejdspladser.Tilmed er erhvervet i vækst, hvilket understreges af massive havneudvidelsesprojekter i bl.a. Frederikshavn, Skagen, Hirtshals og Hanstholm. RN og Vækstforum bakker op om den fortsatte udvikling af den maritime klynge, og har indgået vækstpartnerskabsaftale med regeringen herom. Det handler om vækst i jobskabelsen, kompetenceniveauet og økonomi. Men til trods for at det maritime er en regional styrkeposition, som i høj grad tilgodeser vækstmulighederne også i regionens yderområder - så findes der ikke noget tilbud til maritime iværksættere i Jylland.Samtidig hører vi fra etablerede virksomheder i branchen, at man gerne vil i kontakt med iværksættere for at få sat fokus på temaer og udfordringer i branchen - men man ved ikke hvordan.Det ønsker vi med dette program at gøre noget ved. Vi ønsker at finde og udvikle 15 af de mest perspektivrige maritime iværksættere med størst vækstpotentiale.Samtidig ønsker vi at indgå i mentor/co-create samarbejde med 10-15 maritime fyrtårnsvirksomheder, der ulønnet skal indgå i de individuelle udviklingsforløb. Vi forventer at denne konstellation vil være win/win for alle parter - at det vil medvirke til kritisk masse til programmet, således at vi kan finde de bedst mulige startup kandidater. Og samtidig medvirke til at skabe innovation i den maritime branche.Begge dele bakkes op af anbefalingerne fra Regeringens Blå Vækstteam, der netop peger på innovation og en særlig indsats for maritimt iværksætteri som nøgleområder for at kunne indfri branchens vækstpotentiale.Projektet forventes at køre i 3 år med et hold på 5 startups hvert år - i alt 15.De første 3 måneder i hvert år går med at tiltrække/udvælge årets 5 bedste maritime startup kandidater. Herefter kører programmet april-dec i et 9-måneders udviklingsforløb, hvor kandidaterne køres gennem et intensivt individuelt og kollektivt udviklingsforløb med forretningsudvikling, finansiering og ad hoc specialistbistand. Herefter er de klar til markedslaunch og klar til at medvirke til innovation, vækst og jobskabelse i den maritime industri.Projektet køres af den maritime klyngeorganisation, MARCOD.</t>
-[...83 lines deleted...]
-    <t>Formålet med projektet er at understøtte og accelerere produkt-, koncept- og løsningsudviklingen indenfor Industri 4.0, Data og Digitalisering, og dermed skabe vækst i danske små - og mellemstore virksomheder .For at lykkes, skal del-projekterne gennemgå fire faser: H1; som er kvalificering og etablering af samarbejder; H2; som er udvikling af nye produkter/løsninger og koncepter; H3; som er test og brugerinddragelse samt H4; som er test af anvendelighed, sikkerhed og markedspotentiale før endelig kommercialisering. Projektet er forankret hos Væksthus Syddanmark, og er blevet til i samarbejde med Sønderborg Vækstråd, Teknologisk Institut, Erhvervsakademi Lillebælt, Design2Innovate, Odense Robotics, Trekantomraadet Danmark, Syddansk Universitet, CLEAN og RoboCluster, ligesom projektet er åbent for yderligere relevante deltagere, som eks. ITD. Projektet er designet således, at det er de kompetencer virksomhederne har brug for, for at lykkes med deres udviklingsprojekter, der vil blive stillet til rådighed. Virksomhederne får vejledning af projektet til at udfylde en ansøgningsskabelon på max. 10 A4-sider, inspireret af kravene i Horizon 2020 SMV-Instrumentet. Et uvildigt udvalg med relevante kompetencer vurderer, hvilke projekter der kost-effektivt vil kunne levere de bedste resultater, og giver bevilling i overensstemmelse hermed.Projektets forventede effekter er, at mindst 12 produkter/løsninger/koncepter skal bringes til et stadie, hvor de kan kommercialiseres. Potentialet for vækst er stort, og projektet skal derfor levere en årlig mér-omsætning på 360 mio. kr., en årlig øget eksport på 180 mio. kr., og 120 nye jobs på baggrund af 12 nye produkter, løsninger eller koncepter.</t>
+    <t>VIND - VelfærdsInnovation med Nyttige DataFormålet med dette projekt er at styrke danske virksomheder med datadrevet forretningsudvikling inden for sundhed og velfærd. Det gøres gennem to innovationspartnerskaber, der har fokus på forskellige datasæt og forskellige brugerbehov. Samlet vil de vise hvordan de store forretningsmuligheder i brug af data kan omsættes til kommerciel succes. Det forventes at skabe øget omsætning for de deltagende virksomheder og nyttige data til de offentlige bruger så de kan effektivisere sundhed og velfærd for danske borgere. Fem år efter projektet forventes effekten at være 22 mio. kr. i årlig omsætning og 14 nye jobs i virksomhederne. Projektet består af tre udviklingsprojekter, der skal lede frem til nye produkter og services baseret på data. Aktiviteterne fokuserer på brugerinvolvering, udvikling af løsninger og test af løsninger. Dette udviklingsforløb forventes at skabe 2 nye produkter services og koncepter..</t>
+  </si>
+  <si>
+    <t>Formålet med projektet er at mindske frafaldet af psykisk sårbare og/eller unge med opmærksomhedsforstyrrelser på erhvervsuddannelser og VUC</t>
+  </si>
+  <si>
+    <t>Copenhagen Healthtech Cluster, Life Science Innovation North Denmark, MTIC, Welfare Tech og Erhvervshus Fyn er gået sammen for at skabe en samlet klyngeorganisation på sundhedsområdet i Danmark.</t>
+  </si>
+  <si>
+    <t>Formålet med Scale-up Denmark er at skabe flere vækstvirksomheder ved at styrke den regionale specialisering inden for erhvervsområdet, så regionernes styrkepositioner understøttes. Initiativet er inspireret af Team Danmarks arbejde med at udvikle topatleter ved at træne de bedste intensivt, så nogle af dem bliver topatler. På samme måde handler Scale-up Denmark om, at de bedste potentielle vækstvirksomheder skal deltage i et træningsforløb, hvor de bliver trænet, så de bliver fremtidens elite indenfor deres område. Her er planen, at 57 virksomheder deltager i forløbet i Region Sjælland. Den forventede effekt af Scale-up Denmark er i Region Sjælland, at de deltagende potentielle vækstvirksomheder alle fortsat opnår en årlig vækst på 20%, efter projektperioden er endt. Dette opnås gennem en tværregional indsats, hvor der i regionen etableres to accelerationsmiljøer. I det første år i projektperioden etableres et accelerationsmiljø inden for bio-økonomi og industriel symbiose. Dernæst ventes det, at der etableres et miljø mere i år 2 af projektperioden inden for enten smart energi, logistik og transport eller bygge- og anlægsbranchen. Indledningsvist rekrutterer og udvælger operatøren potentielle vækstvirksomheder både nationalt og internationalt. Denne brede rekrutteringsindsats er vigtig for at sikre, at de bedste virksomheder med størst vækstpotentiale identificeres og aktiveres. Træningsforløbene bliver målrettet den enkelte virksomheds behov for at sikre, at de får mest muligt ud af træningen. Derefter identificerer operatøren og virksomheden, hvordan et træningsforløb bedst tilrettelægges for dem, så de kan opskalere virksomheden. Relevante aktiviteter i træningsforløbet kan være køb af ekstern rådgivning, medvirken til at skaffe ekstern finansiering, involvering af eksisterende virksomheder eller modning til exit. Involvering af eksisterende virksomheder er her central, da succesen af Scale-up Denmark i høj grad afhænger af, hvor godt økosystemet aktiveres. I løbet af træningsforløbet udarbejdes der endvidere en vækstplan, der kortlægger, hvordan virksomheden skal opskaleres, efter træningsforløbet er endt. Heri kortlægges endvidere, hvordan opskaleringen forventes at komme til udtryk i omsætning, jobskabelse og eksport. Det er ligeledes grundlæggende i Scale-up Denmark, at det er et bæredygtigt initiativ, hvorfor der er fokus på etableringen af en holdbar forretningsmodel, der fortsætter selv efter projektperioden udløber.</t>
+  </si>
+  <si>
+    <t>Aktiviteten tager udgangspunkt i kortlægningen internt i Slagelse Kommune og kortlægning af materiale og processer. Der indgås et samarbejde mellem deltagerne i IDP processen, altså kommune, SMV</t>
   </si>
   <si>
     <t>CO-CREATE SYDFYN I - vækst i yderområder gennem innovation og udvikling i maritime og IT erhverv. De maritime erhverv og IT-erhvervet på Sydfyn er etablerede, internationalt orienterede erhverv med vækstmuligheder og potentiale (EVP). De fire kommuner Svendborg, Ærø, Langeland og Faaborg-Midtfyn ønsker at facilitere innovation og vækst i de to EVP og deres værdikæder via kompetenceudvikling og øget samarbejde. Co-Create Sydfyns formål er at skabe vækst og hermed flere arbejdspladser gennem en sammenhængende, helhedsorienteret indsats i private virksomheder i EVP i de fire kommuner, hvoraf de tre er yderkommuner. Projektet bidrager til at løfte regionens ambition for yderområderne om at skabe mindst 1% årlig vækst i antal medarbejdere. Projektet har også en national målsætning. Med Fyns Maritime Klynges etablering af Danmarks Maritime Startup Hub i Fremtidsfabrikkens IT og maritime iværksætterhus etableres et epicenter for udvikling af maritime startup</t>
   </si>
   <si>
-    <t>Projektet skal resultere i, at elever på erhvervsskoler, EUD og Erhvervsgymnasiale uddannelser, gennem undervisningsforløb tilegner sig iværksætterkompetencer og i højere grad får mod på at stifte egen virksomhed. Projektets formål er med andre ord at styrke andelen af unge på erhvervsskoleområdet, der efter gennemført uddannelse har mod og kompetencer til at starte egen virksomhed, med afsæt i deres faglige uddannelse. Forudsætningen for dette vurderes at være en målrettet udvikling af undervisningsforløb i iværksætteri og en tilhørende opkvalificering af udvalgte undervisere og vejledere. Projektet ønsker at udvikle undervisningsforløb og materialer, som målrettet understøtter undervisningen i iværksætteri inden for erhvervsskoleområdet.Projektets primære aktiviteter består af:- Udvikling og implementering af undervisningsforløb, der leder frem mod reelt iværksætteri hos elever efter endt uddannelse - Opkvalificering af undervisere i forhold til at forestå og gennemføre den daglige iværksætterundervisning- Gennemførelse af iværksætterundervisning ud fra projektets færdigheds- og vidensmål.Iværksætterundervisningen tager afsæt i de 4 kompetenceområder: o Produkt- og konceptudvikling, der har som mål, at eleven kan gennemføre værdiskabende processero Kunde- og konkurrentafklaring samt præcisering af kunderelation, der har som mål, at eleven kan udvikle en relevant markedsføringsstrategi til et relevant kundesegmento Ressourcer og netværk, der har som mål, at eleven kan analysere behov for ressourcer frem mod en levedygtig virksomhedo Etablering og karriereafklaring, der har som mål at eleven kan forholde sig til egne uddannelses- og karrieremuligheder og ønsker i forbindelse med virksomhedsopstart.Herunder skal der lokalt etableres samarbejde med virksomheder og erhvervsfremmesystem med henblik på at give de unge praksiserfaringer. - Spredning af viden og erfaring til ungdomsuddannelsesinstitutioner på nationalt plan, der ikke i første omgang er med i projektets udviklingsarbejde.- Evaluering og formidling af projektets resultater og erfaringer.Ud af minimum 1.000 unge, som opkvalificeres i iværksætteri via projektet, forventes det, at 800 unge vurderer at have styrket deres iværksætterkompetencer. Det forventes hertil, at minimum 160 af de deltagende unge vælger at starte egen virksomhed i umiddelbar forlængelse af deres deltagelse i projektet.</t>
-[...26 lines deleted...]
-    <t>CO-CREATE SYDFYN II - vækst i yderområder gennem innovation og udvikling i maritime og IT erhvervDe maritime erhverv og IT-erhvervet på Sydfyn er etablerede, internationalt orienterede erhverv med vækstmuligheder og potentiale (EVP). De fire kommuner Svendborg, Ærø, Langeland og Faaborg-Midtfyn ønsker at facilitere innovation og vækst i de to EVP og deres værdikæder via kompetenceudvikling og øget samarbejde. Co-Create Sydfyns formål er at skabe vækst og hermed flere arbejdspladser gennem en sammenhængende, helhedsorienteret indsats i private virksomheder i EVP i de fire kommuner, hvoraf de tre er yderkommuner. Projektet bidrager til at løfte regionens ambition for yderområderne om at skabe mindst 1% årlig vækst i antal medarbejdere.Projektet har også en national målsætning. Med Fyns Maritime Klynges etablering af Danmarks Maritime Startup Hub i Fremtidsfabrikkens IT og maritime iværksætterhus etableres et epicenter for udvikling af maritime startup</t>
+    <t>Mobilitet over landegrænserUdfordringenDanske virksomheder kan i nogle tilfælde have vanskeligt ved at finde kvalificeret arbejdskraft på detdanske arbejdsmarked. Det gælder især specialister inden for industri, IT, sundhed og bioteknologi. Denglobale konkurrence om de bedste medarbejdere er hård, og manglen på kvalificeret arbejdskraft kanblive en bremse for dansk økonomi.FormåletProjektets primære formål er derfor at styrke og forny indsatsen for rekruttering og fastholdelse af højtkvalificeret arbejdskraft fra udlandet, som bidrag til vækst og velfærd. Det sker med tyngdepunkt iWorkindenmark East i samarbejde med de øvrige Workindenmark centre. Også danske ledige, derer interesseret i at arbejde i udlandet, er dog i fokus for projektet. Samtidig sker der en fornyelse aforganiseringen, med omdrejningspunkt i Styrelsen for Arbejdsmarked og Rekruttering, bl.a. med henblikpå at understøtte jobcentrenes indsats for international rekruttering.Projektet er tilknyttet det europæiske arbejdsformidlingsnetværk EURES, og bidrager til en reform afnetværket, som EU-Kommissionen igangsatte i 2012. Formålet med reformen er at understøtte EU</t>
+  </si>
+  <si>
+    <t>På vej til arbejdsmarkedet. Projektets mål er at gennem læringsforløb i virksomheder og opkvalificering på erhvervsskolen, at kvalificere indvandrer/langtidsledige, til at kunne varetage begrænsede arbejdsopgaver og dermed få muligheden for et ordinært arbejde. Aktiviteterne i projektet vil være: Finde virksomheder som vil gennemføre læringsforløb for indvandrer/langtidsledige langt fra arbejdsmarkedet. Udvikle læringsforløb i virksomhederne. Visitere og kompetenceafdække indvandrer/langtidsledige til projektet. Gennemføre specialtilrettelagte opkvalificering som gør deltagerne klar til at gennemføre læringsforløb. Gennem løbende dialog med virksomhederne klarlægges om der er behov for supplerende opkvalificering, for at deltageren vil være i stand til at gennemføre længere læringsforløb og senere have mulighed for ordinært arbejde. Læringsforløbende gennemføres på erhvervsskolen, praksisorienteret på værksteder. Gennemførelse af korte og længere læringsforløb i virksomhederne. Det forventes at 52 virksomheder, inden for 5 udvalgte brancher, gennemfører længere læringsforløb. 275 indvandrer/langtidsledige vil blive visiteret til projektet og heraf vil 106 gennemfører længere læringsforløb. Af disse vil 68 være i ordinært arbejde 6 måneder efter projektafslutning.Projektets partnere er:Jobcenter Lolland, Jobcenter Guldborgsund, Provi Management Aps og CELF. Der vil være en fast stab som udelukkende arbejder med projektets aktiviteter. Det forventes, at der gennem projektet vil blive udviklet og afprøvet tiltag der er så effektfulde, at de med enkelte tilpasninger vil kunne implementeres i organisationernes ordinære drift.</t>
+  </si>
+  <si>
+    <t>Det er påvist i international og national kontekst at spilelementer i iværksætteriundervisning påvirker deltagernes iværksætterikompetencer og intention om at starte en ny virksomhed positivt. Denne indsigt vil projektet udnytte til at skabe en bred forankring af spilbaseret undervisning på iværksætteriområdet i den danske erhvervsakademisektor. Projektet vil stille eksperter og rådgivere til rådighed for 20 erhvervsakademiundervisere der skal udvikle 10 spilbaserede iværksætteriundervisningsforløb for tilsammen minimum 500 studerende. De studerende vil efterfølgende starte minimum 25 nye virksomheder og 80% af de studerende vil forbedre deres iværksætterikompetencer, målt via start- og slutskemaer via OctoSkills og OctoDash.Projektet har et tilknyttet ekspertpanel bestående af forskere og praktikere inden for spilbaseret undervisning og iværksætteriundervisning samt iværksættere. De skal sammen med en række rådgivere hjælpe underviserne med at udvikle og gennemføre de bedst mulige forløb.De 10 forløb vil efterfølgende gøres tilgængelige i umiddelbart anvendelig form for den brede offentlighed i Danmark, specifikt med henblik på, at andre erhvervsakademier</t>
   </si>
   <si>
     <t>Copenhagen Healthtech Solutions (CHS) udvikler 22 nye innovative SMV</t>
-  </si>
-[...592 lines deleted...]
-    <t>Projektet tester selvkørende elektriske shuttles for at forbinde folk til nye letbanestationer i LOOP City. Det har til formål at gøre den offentlige transport mere bekvem og bæredygtig. Rumfærgerne gennemfører tusindvis af testkilometer, hvilket giver værdifuld indsigt til fremtidig brug i Storkøbenhavn.</t>
   </si>
   <si>
     <t>Erhvervsstyrelsen, Afdeling for erhvervsudvikling og internationale forhold, Område for regional erhvervsudvikling</t>
   </si>
   <si>
     <t>Erhvervsstyrelsen, Afdeling for erhvervsudvikling, Område for regional udvikling</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -7263,29006 +7263,29006 @@
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
         <v>334</v>
       </c>
       <c r="C2" t="s">
         <v>630</v>
       </c>
       <c r="D2" t="s">
         <v>912</v>
       </c>
       <c r="E2" t="s">
         <v>1139</v>
       </c>
       <c r="F2" t="s">
         <v>1140</v>
       </c>
       <c r="G2" t="s">
         <v>1286</v>
       </c>
       <c r="H2">
         <v>50</v>
       </c>
       <c r="I2">
-        <v>6876790.7</v>
+        <v>3430253.58</v>
       </c>
       <c r="J2" t="s">
         <v>1357</v>
       </c>
       <c r="K2">
-        <v>3438395.35</v>
+        <v>1713478</v>
       </c>
       <c r="L2" t="s">
         <v>1358</v>
       </c>
       <c r="M2" t="s">
         <v>1480</v>
       </c>
       <c r="N2">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O2" t="s">
         <v>1561</v>
       </c>
       <c r="P2" t="s">
         <v>1572</v>
       </c>
       <c r="Q2" t="s">
         <v>1578</v>
       </c>
       <c r="R2" t="s">
         <v>1584</v>
       </c>
       <c r="S2" t="s">
         <v>1587</v>
       </c>
       <c r="T2" t="s">
         <v>1590</v>
       </c>
       <c r="U2" t="s">
         <v>1592</v>
       </c>
       <c r="V2" t="s">
         <v>1594</v>
       </c>
       <c r="W2" t="s">
         <v>1597</v>
       </c>
       <c r="Y2">
-        <v>1165</v>
+        <v>4800</v>
       </c>
       <c r="Z2" t="s">
         <v>1600</v>
       </c>
       <c r="AA2" t="s">
         <v>1642</v>
       </c>
       <c r="AD2" t="s">
         <v>1684</v>
       </c>
       <c r="AG2" t="s">
         <v>1694</v>
       </c>
       <c r="AH2" t="s">
         <v>1705</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>1706</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>1977</v>
       </c>
       <c r="AK2" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="3" spans="1:38">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" t="s">
         <v>335</v>
       </c>
       <c r="C3" t="s">
         <v>631</v>
       </c>
       <c r="D3" t="s">
         <v>631</v>
       </c>
       <c r="E3" t="s">
         <v>1139</v>
       </c>
       <c r="F3" t="s">
         <v>1141</v>
       </c>
       <c r="G3" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="H3">
         <v>50</v>
       </c>
       <c r="I3">
-        <v>1573000</v>
+        <v>764699</v>
       </c>
       <c r="J3" t="s">
         <v>1357</v>
       </c>
       <c r="K3">
-        <v>786500</v>
+        <v>382349.5</v>
       </c>
       <c r="L3" t="s">
         <v>1359</v>
       </c>
       <c r="M3" t="s">
         <v>1481</v>
       </c>
       <c r="N3">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O3" t="s">
         <v>1562</v>
       </c>
       <c r="P3" t="s">
         <v>1573</v>
       </c>
       <c r="Q3" t="s">
         <v>1579</v>
       </c>
       <c r="R3" t="s">
         <v>1585</v>
       </c>
       <c r="S3" t="s">
         <v>1588</v>
       </c>
       <c r="T3" t="s">
         <v>1591</v>
       </c>
       <c r="U3" t="s">
         <v>1593</v>
       </c>
       <c r="V3" t="s">
         <v>1595</v>
       </c>
       <c r="W3" t="s">
         <v>1598</v>
       </c>
       <c r="Y3">
         <v>9220</v>
       </c>
       <c r="Z3" t="s">
         <v>1601</v>
       </c>
       <c r="AA3" t="s">
         <v>1643</v>
       </c>
       <c r="AD3" t="s">
         <v>1685</v>
       </c>
       <c r="AG3" t="s">
         <v>1695</v>
       </c>
       <c r="AH3" t="s">
         <v>1705</v>
       </c>
       <c r="AI3" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="AJ3" t="s">
-        <v>1977</v>
+        <v>1707</v>
       </c>
       <c r="AK3" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="4" spans="1:38">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>336</v>
       </c>
       <c r="C4" t="s">
         <v>632</v>
       </c>
       <c r="D4" t="s">
-        <v>913</v>
+        <v>632</v>
       </c>
       <c r="E4" t="s">
         <v>1139</v>
       </c>
       <c r="F4" t="s">
         <v>1142</v>
       </c>
       <c r="G4" t="s">
-        <v>1287</v>
+        <v>1278</v>
       </c>
       <c r="H4">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I4">
-        <v>612913.6</v>
+        <v>561067.91</v>
       </c>
       <c r="J4" t="s">
         <v>1357</v>
       </c>
       <c r="K4">
-        <v>252199.48</v>
+        <v>280533.89</v>
       </c>
       <c r="L4" t="s">
         <v>1360</v>
       </c>
       <c r="M4" t="s">
         <v>1482</v>
       </c>
       <c r="N4">
-        <v>109</v>
+        <v>62</v>
       </c>
       <c r="O4" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="P4" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="Q4" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="R4" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S4" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T4" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U4" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V4" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W4" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y4">
-        <v>7100</v>
+        <v>6430</v>
       </c>
       <c r="Z4" t="s">
         <v>1602</v>
       </c>
       <c r="AA4" t="s">
         <v>1644</v>
       </c>
       <c r="AD4" t="s">
         <v>1686</v>
       </c>
       <c r="AG4" t="s">
         <v>1696</v>
       </c>
       <c r="AH4" t="s">
         <v>1705</v>
       </c>
       <c r="AI4" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="AJ4" t="s">
         <v>1978</v>
       </c>
       <c r="AK4" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="5" spans="1:38">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5" t="s">
         <v>337</v>
       </c>
       <c r="C5" t="s">
         <v>633</v>
       </c>
       <c r="D5" t="s">
-        <v>914</v>
+        <v>913</v>
       </c>
       <c r="E5" t="s">
         <v>1139</v>
       </c>
       <c r="F5" t="s">
         <v>1143</v>
       </c>
       <c r="G5" t="s">
         <v>1288</v>
       </c>
       <c r="H5">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I5">
-        <v>3792880</v>
+        <v>6535892.48</v>
       </c>
       <c r="J5" t="s">
         <v>1357</v>
       </c>
       <c r="K5">
-        <v>1863062.63</v>
+        <v>3267946.24</v>
       </c>
       <c r="L5" t="s">
         <v>1361</v>
       </c>
       <c r="M5" t="s">
         <v>1483</v>
       </c>
       <c r="N5">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O5" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="P5" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q5" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R5" t="s">
         <v>1584</v>
       </c>
       <c r="S5" t="s">
         <v>1587</v>
       </c>
       <c r="T5" t="s">
         <v>1590</v>
       </c>
       <c r="U5" t="s">
         <v>1592</v>
       </c>
       <c r="V5" t="s">
         <v>1594</v>
       </c>
       <c r="W5" t="s">
         <v>1597</v>
       </c>
       <c r="Y5">
         <v>5230</v>
       </c>
       <c r="Z5" t="s">
         <v>1603</v>
       </c>
       <c r="AA5" t="s">
         <v>1645</v>
       </c>
       <c r="AD5" t="s">
         <v>1687</v>
       </c>
       <c r="AG5" t="s">
         <v>1697</v>
       </c>
       <c r="AH5" t="s">
         <v>1705</v>
       </c>
       <c r="AI5" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="AJ5" t="s">
         <v>1979</v>
       </c>
       <c r="AK5" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="6" spans="1:38">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>338</v>
       </c>
       <c r="C6" t="s">
         <v>634</v>
       </c>
       <c r="D6" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="E6" t="s">
         <v>1139</v>
       </c>
       <c r="F6" t="s">
         <v>1144</v>
       </c>
       <c r="G6" t="s">
         <v>1289</v>
       </c>
       <c r="H6">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="I6">
-        <v>6457282</v>
+        <v>728984.36</v>
       </c>
       <c r="J6" t="s">
         <v>1357</v>
       </c>
       <c r="K6">
-        <v>3228641</v>
+        <v>328043.04</v>
       </c>
       <c r="L6" t="s">
         <v>1362</v>
       </c>
       <c r="M6" t="s">
         <v>1484</v>
       </c>
       <c r="N6">
         <v>62</v>
       </c>
       <c r="O6" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="P6" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q6" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R6" t="s">
         <v>1585</v>
       </c>
       <c r="S6" t="s">
         <v>1588</v>
       </c>
       <c r="T6" t="s">
         <v>1591</v>
       </c>
       <c r="U6" t="s">
         <v>1593</v>
       </c>
       <c r="V6" t="s">
         <v>1595</v>
       </c>
       <c r="W6" t="s">
         <v>1598</v>
       </c>
       <c r="Y6">
-        <v>2800</v>
+        <v>3730</v>
       </c>
       <c r="Z6" t="s">
         <v>1604</v>
       </c>
       <c r="AA6" t="s">
         <v>1646</v>
       </c>
       <c r="AD6" t="s">
-        <v>1688</v>
+        <v>1646</v>
       </c>
       <c r="AG6" t="s">
         <v>1698</v>
       </c>
       <c r="AH6" t="s">
         <v>1705</v>
       </c>
       <c r="AI6" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="AJ6" t="s">
-        <v>1709</v>
+        <v>1980</v>
       </c>
       <c r="AK6" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>4241</v>
       </c>
     </row>
     <row r="7" spans="1:38">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7" t="s">
         <v>339</v>
       </c>
       <c r="C7" t="s">
         <v>635</v>
       </c>
       <c r="D7" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="E7" t="s">
         <v>1139</v>
       </c>
       <c r="F7" t="s">
         <v>1145</v>
       </c>
       <c r="G7" t="s">
         <v>1290</v>
       </c>
       <c r="H7">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I7">
-        <v>493644.71</v>
+        <v>6148642.5</v>
       </c>
       <c r="J7" t="s">
         <v>1357</v>
       </c>
       <c r="K7">
-        <v>240980.48</v>
+        <v>3074091.15</v>
       </c>
       <c r="L7" t="s">
         <v>1363</v>
       </c>
       <c r="M7" t="s">
         <v>1485</v>
       </c>
       <c r="N7">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O7" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="P7" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q7" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R7" t="s">
         <v>1584</v>
       </c>
       <c r="S7" t="s">
         <v>1587</v>
       </c>
       <c r="T7" t="s">
         <v>1590</v>
       </c>
       <c r="U7" t="s">
         <v>1592</v>
       </c>
       <c r="V7" t="s">
         <v>1594</v>
       </c>
       <c r="W7" t="s">
         <v>1597</v>
       </c>
       <c r="Y7">
-        <v>5000</v>
+        <v>2100</v>
       </c>
       <c r="Z7" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="AA7" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="AD7" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="AG7" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="AH7" t="s">
         <v>1705</v>
       </c>
       <c r="AI7" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="AJ7" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="AK7" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="8" spans="1:38">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>340</v>
       </c>
       <c r="C8" t="s">
         <v>636</v>
       </c>
       <c r="D8" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="E8" t="s">
         <v>1139</v>
       </c>
       <c r="F8" t="s">
         <v>1146</v>
       </c>
       <c r="G8" t="s">
         <v>1291</v>
       </c>
       <c r="H8">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I8">
-        <v>5847810.28</v>
+        <v>3214813.16</v>
       </c>
       <c r="J8" t="s">
         <v>1357</v>
       </c>
       <c r="K8">
-        <v>2923905.14</v>
+        <v>1928886.57</v>
       </c>
       <c r="L8" t="s">
         <v>1364</v>
       </c>
       <c r="M8" t="s">
-        <v>1481</v>
+        <v>1486</v>
       </c>
       <c r="N8">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="O8" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="P8" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q8" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R8" t="s">
         <v>1584</v>
       </c>
       <c r="S8" t="s">
         <v>1587</v>
       </c>
       <c r="T8" t="s">
         <v>1590</v>
       </c>
       <c r="U8" t="s">
         <v>1592</v>
       </c>
       <c r="V8" t="s">
         <v>1594</v>
       </c>
       <c r="W8" t="s">
         <v>1597</v>
       </c>
       <c r="Y8">
-        <v>9220</v>
+        <v>4400</v>
       </c>
       <c r="Z8" t="s">
-        <v>1601</v>
+        <v>1606</v>
       </c>
       <c r="AA8" t="s">
-        <v>1643</v>
+        <v>1648</v>
       </c>
       <c r="AD8" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG8" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH8" t="s">
         <v>1705</v>
       </c>
       <c r="AI8" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="AJ8" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="AK8" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="9" spans="1:38">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>341</v>
       </c>
       <c r="C9" t="s">
         <v>637</v>
       </c>
       <c r="D9" t="s">
-        <v>918</v>
+        <v>917</v>
       </c>
       <c r="E9" t="s">
         <v>1139</v>
       </c>
       <c r="F9" t="s">
         <v>1147</v>
       </c>
       <c r="G9" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="H9">
         <v>50</v>
       </c>
       <c r="I9">
-        <v>3757574.21</v>
+        <v>157505.01</v>
       </c>
       <c r="J9" t="s">
         <v>1357</v>
       </c>
       <c r="K9">
-        <v>1878787.04</v>
+        <v>78752.44</v>
       </c>
       <c r="L9" t="s">
         <v>1365</v>
       </c>
       <c r="M9" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="N9">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="O9" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="P9" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="Q9" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="R9" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S9" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T9" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U9" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V9" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W9" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y9">
-        <v>9000</v>
+        <v>9400</v>
       </c>
       <c r="Z9" t="s">
         <v>1601</v>
       </c>
       <c r="AA9" t="s">
         <v>1643</v>
       </c>
       <c r="AD9" t="s">
         <v>1685</v>
       </c>
       <c r="AG9" t="s">
         <v>1695</v>
       </c>
       <c r="AH9" t="s">
         <v>1705</v>
       </c>
       <c r="AI9" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="AJ9" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="AK9" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="10" spans="1:38">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>342</v>
       </c>
       <c r="C10" t="s">
         <v>638</v>
       </c>
       <c r="D10" t="s">
-        <v>638</v>
+        <v>918</v>
       </c>
       <c r="E10" t="s">
         <v>1139</v>
       </c>
       <c r="F10" t="s">
         <v>1148</v>
       </c>
       <c r="G10" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="H10">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I10">
-        <v>5369000</v>
+        <v>2308057.05</v>
       </c>
       <c r="J10" t="s">
         <v>1357</v>
       </c>
       <c r="K10">
-        <v>2260973</v>
+        <v>1154028.46</v>
       </c>
       <c r="L10" t="s">
         <v>1366</v>
       </c>
       <c r="M10" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="N10">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="O10" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="P10" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q10" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R10" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S10" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T10" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U10" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V10" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W10" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y10">
-        <v>8830</v>
+        <v>2500</v>
       </c>
       <c r="Z10" t="s">
         <v>1605</v>
       </c>
       <c r="AA10" t="s">
         <v>1647</v>
       </c>
       <c r="AD10" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="AG10" t="s">
         <v>1699</v>
       </c>
       <c r="AH10" t="s">
         <v>1705</v>
       </c>
       <c r="AI10" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="AJ10" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="AK10" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="11" spans="1:38">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>343</v>
       </c>
       <c r="C11" t="s">
         <v>639</v>
       </c>
       <c r="D11" t="s">
-        <v>919</v>
+        <v>639</v>
       </c>
       <c r="E11" t="s">
         <v>1139</v>
       </c>
       <c r="F11" t="s">
         <v>1149</v>
       </c>
       <c r="G11" t="s">
-        <v>1293</v>
+        <v>1288</v>
       </c>
       <c r="H11">
         <v>50</v>
       </c>
       <c r="I11">
-        <v>3430058.45</v>
+        <v>3900000</v>
       </c>
       <c r="J11" t="s">
         <v>1357</v>
       </c>
       <c r="K11">
-        <v>1715029.29</v>
+        <v>1950000</v>
       </c>
       <c r="L11" t="s">
         <v>1367</v>
       </c>
       <c r="M11" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="N11">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O11" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="P11" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="Q11" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="R11" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S11" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T11" t="s">
         <v>1591</v>
       </c>
       <c r="U11" t="s">
         <v>1593</v>
       </c>
       <c r="V11" t="s">
         <v>1595</v>
       </c>
       <c r="W11" t="s">
         <v>1598</v>
       </c>
       <c r="Y11">
-        <v>2620</v>
+        <v>2800</v>
       </c>
       <c r="Z11" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="AA11" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="AD11" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="AG11" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="AH11" t="s">
         <v>1705</v>
       </c>
       <c r="AI11" t="s">
-        <v>639</v>
+        <v>1715</v>
       </c>
       <c r="AJ11" t="s">
-        <v>919</v>
+        <v>1985</v>
       </c>
       <c r="AK11" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>4855</v>
       </c>
     </row>
     <row r="12" spans="1:38">
       <c r="A12" t="s">
         <v>48</v>
       </c>
       <c r="B12" t="s">
         <v>344</v>
       </c>
       <c r="C12" t="s">
         <v>640</v>
       </c>
       <c r="D12" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="E12" t="s">
         <v>1139</v>
       </c>
       <c r="F12" t="s">
-        <v>1143</v>
+        <v>1150</v>
       </c>
       <c r="G12" t="s">
-        <v>1294</v>
+        <v>1293</v>
       </c>
       <c r="H12">
         <v>50</v>
       </c>
       <c r="I12">
-        <v>2159738.36</v>
+        <v>1820000</v>
       </c>
       <c r="J12" t="s">
         <v>1357</v>
       </c>
       <c r="K12">
-        <v>1079869.18</v>
+        <v>910000</v>
       </c>
       <c r="L12" t="s">
         <v>1368</v>
       </c>
       <c r="M12" t="s">
-        <v>1483</v>
+        <v>1490</v>
       </c>
       <c r="N12">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O12" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P12" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q12" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R12" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S12" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T12" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U12" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V12" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W12" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y12">
-        <v>5230</v>
+        <v>6500</v>
       </c>
       <c r="Z12" t="s">
-        <v>1603</v>
+        <v>1608</v>
       </c>
       <c r="AA12" t="s">
-        <v>1645</v>
+        <v>1650</v>
       </c>
       <c r="AD12" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="AG12" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="AH12" t="s">
         <v>1705</v>
       </c>
-      <c r="AI12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AK12" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="13" spans="1:38">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>345</v>
       </c>
       <c r="C13" t="s">
         <v>641</v>
       </c>
       <c r="D13" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="E13" t="s">
         <v>1139</v>
       </c>
       <c r="F13" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="G13" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
       <c r="H13">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="I13">
-        <v>627406</v>
+        <v>5362500</v>
       </c>
       <c r="J13" t="s">
         <v>1357</v>
       </c>
       <c r="K13">
-        <v>194997.79</v>
+        <v>2681250</v>
       </c>
       <c r="L13" t="s">
         <v>1369</v>
       </c>
       <c r="M13" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="N13">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="O13" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="P13" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q13" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R13" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S13" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T13" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U13" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V13" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W13" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y13">
-        <v>8200</v>
+        <v>8700</v>
       </c>
       <c r="Z13" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="AA13" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="AD13" t="s">
         <v>1690</v>
       </c>
       <c r="AG13" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="AH13" t="s">
         <v>1705</v>
       </c>
       <c r="AI13" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="AJ13" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="AK13" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="14" spans="1:38">
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>346</v>
       </c>
       <c r="C14" t="s">
         <v>642</v>
       </c>
       <c r="D14" t="s">
-        <v>922</v>
+        <v>642</v>
       </c>
       <c r="E14" t="s">
         <v>1139</v>
       </c>
       <c r="F14" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="G14" t="s">
         <v>1295</v>
       </c>
       <c r="H14">
         <v>50</v>
       </c>
       <c r="I14">
-        <v>2883884.77</v>
+        <v>2085088.85</v>
       </c>
       <c r="J14" t="s">
         <v>1357</v>
       </c>
       <c r="K14">
-        <v>1441942.32</v>
+        <v>1042544.49</v>
       </c>
       <c r="L14" t="s">
         <v>1370</v>
       </c>
       <c r="M14" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="N14">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="O14" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="P14" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q14" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R14" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S14" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T14" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U14" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V14" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W14" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y14">
-        <v>7100</v>
+        <v>6000</v>
       </c>
       <c r="Z14" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="AA14" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="AD14" t="s">
         <v>1686</v>
       </c>
       <c r="AG14" t="s">
         <v>1696</v>
       </c>
       <c r="AH14" t="s">
         <v>1705</v>
       </c>
       <c r="AI14" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="AJ14" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="AK14" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5583</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="15" spans="1:38">
       <c r="A15" t="s">
         <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>347</v>
       </c>
       <c r="C15" t="s">
         <v>643</v>
       </c>
       <c r="D15" t="s">
-        <v>923</v>
+        <v>643</v>
       </c>
       <c r="E15" t="s">
         <v>1139</v>
       </c>
       <c r="F15" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="G15" t="s">
-        <v>1286</v>
+        <v>1296</v>
       </c>
       <c r="H15">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="I15">
-        <v>1878384.3</v>
+        <v>1011282.22</v>
       </c>
       <c r="J15" t="s">
         <v>1357</v>
       </c>
       <c r="K15">
-        <v>1083264.26</v>
+        <v>505641.11</v>
       </c>
       <c r="L15" t="s">
         <v>1371</v>
       </c>
       <c r="M15" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="N15">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O15" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="P15" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="Q15" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="R15" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S15" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T15" t="s">
         <v>1591</v>
       </c>
       <c r="U15" t="s">
         <v>1593</v>
       </c>
       <c r="V15" t="s">
         <v>1595</v>
       </c>
       <c r="W15" t="s">
         <v>1598</v>
       </c>
       <c r="Y15">
-        <v>8000</v>
+        <v>5000</v>
       </c>
       <c r="Z15" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="AA15" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="AD15" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AG15" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AH15" t="s">
         <v>1705</v>
       </c>
       <c r="AI15" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="AJ15" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="AK15" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="16" spans="1:38">
       <c r="A16" t="s">
         <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>348</v>
       </c>
       <c r="C16" t="s">
         <v>644</v>
       </c>
       <c r="D16" t="s">
-        <v>644</v>
+        <v>921</v>
       </c>
       <c r="E16" t="s">
         <v>1139</v>
       </c>
       <c r="F16" t="s">
-        <v>1153</v>
+        <v>1146</v>
       </c>
       <c r="G16" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="H16">
         <v>50</v>
       </c>
       <c r="I16">
-        <v>4648883.98</v>
+        <v>1013539.02</v>
       </c>
       <c r="J16" t="s">
         <v>1357</v>
       </c>
       <c r="K16">
-        <v>2324441.99</v>
+        <v>506769.51</v>
       </c>
       <c r="L16" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="M16" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="N16">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="O16" t="s">
-        <v>1568</v>
+        <v>1561</v>
       </c>
       <c r="P16" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="Q16" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="R16" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S16" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T16" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U16" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V16" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W16" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y16">
-        <v>5500</v>
+        <v>9000</v>
       </c>
       <c r="Z16" t="s">
-        <v>1608</v>
+        <v>1601</v>
       </c>
       <c r="AA16" t="s">
-        <v>1650</v>
+        <v>1643</v>
       </c>
       <c r="AD16" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="AG16" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="AH16" t="s">
         <v>1705</v>
       </c>
       <c r="AI16" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="AJ16" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="AK16" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5579</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="17" spans="1:38">
+    <row r="17" spans="1:37">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" t="s">
         <v>349</v>
       </c>
       <c r="C17" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D17" t="s">
-        <v>921</v>
+        <v>645</v>
       </c>
       <c r="E17" t="s">
         <v>1139</v>
       </c>
       <c r="F17" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="G17" t="s">
-        <v>1286</v>
+        <v>1298</v>
       </c>
       <c r="H17">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I17">
-        <v>5885750</v>
+        <v>786656.78</v>
       </c>
       <c r="J17" t="s">
         <v>1357</v>
       </c>
       <c r="K17">
-        <v>1755000</v>
+        <v>393328.39</v>
       </c>
       <c r="L17" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="M17" t="s">
-        <v>1489</v>
+        <v>1495</v>
       </c>
       <c r="N17">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="O17" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P17" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q17" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R17" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S17" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T17" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U17" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V17" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W17" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y17">
-        <v>8200</v>
+        <v>7100</v>
       </c>
       <c r="Z17" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="AA17" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="AD17" t="s">
-        <v>1690</v>
+        <v>1686</v>
       </c>
       <c r="AG17" t="s">
-        <v>1700</v>
+        <v>1696</v>
       </c>
       <c r="AH17" t="s">
         <v>1705</v>
       </c>
       <c r="AI17" t="s">
-        <v>1715</v>
+        <v>1720</v>
       </c>
       <c r="AJ17" t="s">
-        <v>1985</v>
+        <v>1990</v>
       </c>
       <c r="AK17" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="18" spans="1:38">
+    <row r="18" spans="1:37">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>350</v>
       </c>
       <c r="C18" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D18" t="s">
-        <v>924</v>
+        <v>646</v>
       </c>
       <c r="E18" t="s">
         <v>1139</v>
       </c>
       <c r="F18" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="G18" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="H18">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I18">
-        <v>262626</v>
+        <v>1467428.56</v>
       </c>
       <c r="J18" t="s">
         <v>1357</v>
       </c>
       <c r="K18">
-        <v>157575.6</v>
+        <v>733714.28</v>
       </c>
       <c r="L18" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="M18" t="s">
         <v>1492</v>
       </c>
       <c r="N18">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="O18" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="P18" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q18" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R18" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S18" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T18" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U18" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V18" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W18" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y18">
-        <v>4000</v>
+        <v>6000</v>
       </c>
       <c r="Z18" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="AA18" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="AD18" t="s">
-        <v>1691</v>
+        <v>1686</v>
       </c>
       <c r="AG18" t="s">
-        <v>1701</v>
+        <v>1696</v>
       </c>
       <c r="AH18" t="s">
         <v>1705</v>
       </c>
       <c r="AI18" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="AJ18" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="AK18" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="19" spans="1:38">
+    <row r="19" spans="1:37">
       <c r="A19" t="s">
         <v>55</v>
       </c>
       <c r="B19" t="s">
         <v>351</v>
       </c>
       <c r="C19" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D19" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="E19" t="s">
         <v>1139</v>
       </c>
       <c r="F19" t="s">
-        <v>1155</v>
+        <v>1152</v>
       </c>
       <c r="G19" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="H19">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="I19">
-        <v>924678.04</v>
+        <v>7138536.21</v>
       </c>
       <c r="J19" t="s">
         <v>1357</v>
       </c>
       <c r="K19">
-        <v>461925.75</v>
+        <v>3266851.9</v>
       </c>
       <c r="L19" t="s">
-        <v>1359</v>
+        <v>1375</v>
       </c>
       <c r="M19" t="s">
-        <v>1481</v>
+        <v>1496</v>
       </c>
       <c r="N19">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="O19" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="P19" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q19" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R19" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S19" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T19" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U19" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V19" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W19" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y19">
-        <v>9220</v>
-[...5 lines deleted...]
-        <v>1643</v>
+        <v>5700</v>
       </c>
       <c r="AD19" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="AG19" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="AH19" t="s">
         <v>1705</v>
       </c>
       <c r="AI19" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="AJ19" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="AK19" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>4856</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="20" spans="1:38">
+    <row r="20" spans="1:37">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>352</v>
       </c>
       <c r="C20" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D20" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="E20" t="s">
         <v>1139</v>
       </c>
       <c r="F20" t="s">
         <v>1156</v>
       </c>
       <c r="G20" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="H20">
         <v>50</v>
       </c>
       <c r="I20">
-        <v>1568893.43</v>
+        <v>5290688.13</v>
       </c>
       <c r="J20" t="s">
         <v>1357</v>
       </c>
       <c r="K20">
-        <v>784446.65</v>
+        <v>2645344</v>
       </c>
       <c r="L20" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="M20" t="s">
-        <v>1491</v>
+        <v>1497</v>
       </c>
       <c r="N20">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O20" t="s">
         <v>1562</v>
       </c>
       <c r="P20" t="s">
         <v>1573</v>
       </c>
       <c r="Q20" t="s">
         <v>1579</v>
       </c>
       <c r="R20" t="s">
         <v>1585</v>
       </c>
       <c r="S20" t="s">
         <v>1588</v>
       </c>
       <c r="T20" t="s">
         <v>1591</v>
       </c>
       <c r="U20" t="s">
         <v>1593</v>
       </c>
       <c r="V20" t="s">
         <v>1595</v>
       </c>
       <c r="W20" t="s">
         <v>1598</v>
       </c>
       <c r="Y20">
-        <v>5500</v>
+        <v>4000</v>
       </c>
       <c r="Z20" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="AA20" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="AD20" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="AG20" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="AH20" t="s">
         <v>1705</v>
       </c>
       <c r="AI20" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="AJ20" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="AK20" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="21" spans="1:38">
+    <row r="21" spans="1:37">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>353</v>
       </c>
       <c r="C21" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D21" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="E21" t="s">
         <v>1139</v>
       </c>
       <c r="F21" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="G21" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="H21">
         <v>50</v>
       </c>
       <c r="I21">
-        <v>2405650</v>
+        <v>2117577.8</v>
       </c>
       <c r="J21" t="s">
         <v>1357</v>
       </c>
       <c r="K21">
-        <v>1202825</v>
+        <v>1058788.9</v>
       </c>
       <c r="L21" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="M21" t="s">
         <v>1493</v>
       </c>
       <c r="N21">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="O21" t="s">
-        <v>1566</v>
+        <v>1563</v>
       </c>
       <c r="P21" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q21" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R21" t="s">
         <v>1584</v>
       </c>
       <c r="S21" t="s">
         <v>1587</v>
       </c>
       <c r="T21" t="s">
         <v>1590</v>
       </c>
       <c r="U21" t="s">
         <v>1592</v>
       </c>
       <c r="V21" t="s">
         <v>1594</v>
       </c>
       <c r="W21" t="s">
         <v>1597</v>
       </c>
       <c r="Y21">
-        <v>4760</v>
+        <v>5000</v>
       </c>
       <c r="Z21" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="AA21" t="s">
-        <v>1652</v>
+        <v>1645</v>
       </c>
       <c r="AD21" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="AG21" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="AH21" t="s">
         <v>1705</v>
       </c>
       <c r="AI21" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="AJ21" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="AK21" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="22" spans="1:38">
+    <row r="22" spans="1:37">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
         <v>354</v>
       </c>
       <c r="C22" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D22" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="E22" t="s">
         <v>1139</v>
       </c>
       <c r="F22" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="G22" t="s">
-        <v>1289</v>
+        <v>1301</v>
       </c>
       <c r="H22">
         <v>50</v>
       </c>
       <c r="I22">
-        <v>2599746.5</v>
+        <v>2692170</v>
       </c>
       <c r="J22" t="s">
         <v>1357</v>
       </c>
       <c r="K22">
-        <v>1299873.25</v>
+        <v>1346085</v>
       </c>
       <c r="L22" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
       <c r="M22" t="s">
-        <v>1494</v>
+        <v>1487</v>
       </c>
       <c r="N22">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="O22" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="P22" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q22" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R22" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S22" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T22" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U22" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V22" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W22" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y22">
-        <v>8800</v>
+        <v>9400</v>
       </c>
       <c r="Z22" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="AA22" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
       <c r="AD22" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG22" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH22" t="s">
         <v>1705</v>
       </c>
       <c r="AI22" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="AJ22" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="AK22" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="23" spans="1:38">
+    <row r="23" spans="1:37">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>355</v>
       </c>
       <c r="C23" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D23" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="E23" t="s">
         <v>1139</v>
       </c>
       <c r="F23" t="s">
-        <v>1159</v>
+        <v>1158</v>
       </c>
       <c r="G23" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="H23">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="I23">
-        <v>730145.39</v>
+        <v>4462417.83</v>
       </c>
       <c r="J23" t="s">
         <v>1357</v>
       </c>
       <c r="K23">
-        <v>346346.39</v>
+        <v>2231208.98</v>
       </c>
       <c r="L23" t="s">
-        <v>1369</v>
+        <v>1379</v>
       </c>
       <c r="M23" t="s">
-        <v>1495</v>
+        <v>1498</v>
       </c>
       <c r="N23">
-        <v>106</v>
+        <v>117</v>
       </c>
       <c r="O23" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="P23" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q23" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R23" t="s">
         <v>1584</v>
       </c>
       <c r="S23" t="s">
         <v>1587</v>
       </c>
       <c r="T23" t="s">
         <v>1590</v>
       </c>
       <c r="U23" t="s">
         <v>1592</v>
       </c>
       <c r="V23" t="s">
         <v>1594</v>
       </c>
       <c r="W23" t="s">
         <v>1597</v>
       </c>
       <c r="Y23">
-        <v>8200</v>
+        <v>4100</v>
       </c>
       <c r="Z23" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="AA23" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="AD23" t="s">
-        <v>1690</v>
+        <v>1684</v>
       </c>
       <c r="AG23" t="s">
-        <v>1700</v>
+        <v>1694</v>
       </c>
       <c r="AH23" t="s">
         <v>1705</v>
       </c>
       <c r="AI23" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="AJ23" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="AK23" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="24" spans="1:38">
+    <row r="24" spans="1:37">
       <c r="A24" t="s">
         <v>60</v>
       </c>
       <c r="B24" t="s">
         <v>356</v>
       </c>
       <c r="C24" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D24" t="s">
-        <v>651</v>
+        <v>927</v>
       </c>
       <c r="E24" t="s">
         <v>1139</v>
       </c>
       <c r="F24" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="G24" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
       <c r="H24">
         <v>50</v>
       </c>
       <c r="I24">
-        <v>784373.98</v>
+        <v>669973.85</v>
       </c>
       <c r="J24" t="s">
         <v>1357</v>
       </c>
       <c r="K24">
-        <v>392186.99</v>
+        <v>334986.99</v>
       </c>
       <c r="L24" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="M24" t="s">
-        <v>1496</v>
+        <v>1499</v>
       </c>
       <c r="N24">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="O24" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="P24" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q24" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R24" t="s">
         <v>1584</v>
       </c>
       <c r="S24" t="s">
         <v>1587</v>
       </c>
       <c r="T24" t="s">
         <v>1590</v>
       </c>
       <c r="U24" t="s">
         <v>1592</v>
       </c>
       <c r="V24" t="s">
         <v>1594</v>
       </c>
       <c r="W24" t="s">
         <v>1597</v>
       </c>
       <c r="Y24">
-        <v>6000</v>
+        <v>9460</v>
       </c>
       <c r="Z24" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="AA24" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="AD24" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG24" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH24" t="s">
         <v>1705</v>
       </c>
       <c r="AI24" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="AJ24" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="AK24" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="25" spans="1:38">
+    <row r="25" spans="1:37">
       <c r="A25" t="s">
         <v>61</v>
       </c>
       <c r="B25" t="s">
         <v>357</v>
       </c>
       <c r="C25" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D25" t="s">
-        <v>930</v>
+        <v>928</v>
       </c>
       <c r="E25" t="s">
         <v>1139</v>
       </c>
       <c r="F25" t="s">
         <v>1160</v>
       </c>
       <c r="G25" t="s">
-        <v>1301</v>
+        <v>1295</v>
       </c>
       <c r="H25">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="I25">
-        <v>4682155.79</v>
+        <v>3130870.21</v>
       </c>
       <c r="J25" t="s">
         <v>1357</v>
       </c>
       <c r="K25">
-        <v>2341077.96</v>
+        <v>1175435.04</v>
       </c>
       <c r="L25" t="s">
-        <v>1376</v>
+        <v>1363</v>
       </c>
       <c r="M25" t="s">
         <v>1485</v>
       </c>
       <c r="N25">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O25" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P25" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q25" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R25" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S25" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T25" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U25" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V25" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W25" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y25">
-        <v>5000</v>
+        <v>2100</v>
       </c>
       <c r="Z25" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="AA25" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="AD25" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="AG25" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="AH25" t="s">
         <v>1705</v>
       </c>
       <c r="AI25" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="AJ25" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="AK25" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="26" spans="1:38">
+    <row r="26" spans="1:37">
       <c r="A26" t="s">
         <v>62</v>
       </c>
       <c r="B26" t="s">
         <v>358</v>
       </c>
       <c r="C26" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D26" t="s">
-        <v>931</v>
+        <v>929</v>
       </c>
       <c r="E26" t="s">
         <v>1139</v>
       </c>
       <c r="F26" t="s">
         <v>1161</v>
       </c>
       <c r="G26" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="H26">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="I26">
-        <v>4230610.8</v>
+        <v>381810</v>
       </c>
       <c r="J26" t="s">
         <v>1357</v>
       </c>
       <c r="K26">
-        <v>1416884.69</v>
+        <v>190905</v>
       </c>
       <c r="L26" t="s">
-        <v>1369</v>
+        <v>1381</v>
       </c>
       <c r="M26" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="N26">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="O26" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="P26" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="Q26" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="R26" t="s">
         <v>1584</v>
       </c>
       <c r="S26" t="s">
         <v>1587</v>
       </c>
       <c r="T26" t="s">
         <v>1590</v>
       </c>
       <c r="U26" t="s">
         <v>1592</v>
       </c>
       <c r="V26" t="s">
         <v>1594</v>
       </c>
       <c r="W26" t="s">
         <v>1597</v>
       </c>
       <c r="Y26">
-        <v>8200</v>
+        <v>5000</v>
       </c>
       <c r="Z26" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="AA26" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="AD26" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AG26" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AH26" t="s">
         <v>1705</v>
       </c>
       <c r="AI26" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="AJ26" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="AK26" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="27" spans="1:38">
+    <row r="27" spans="1:37">
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>359</v>
       </c>
       <c r="C27" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D27" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="E27" t="s">
         <v>1139</v>
       </c>
       <c r="F27" t="s">
         <v>1162</v>
       </c>
       <c r="G27" t="s">
-        <v>1292</v>
+        <v>1301</v>
       </c>
       <c r="H27">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I27">
-        <v>4701851.7</v>
+        <v>2045377.36</v>
       </c>
       <c r="J27" t="s">
         <v>1357</v>
       </c>
       <c r="K27">
-        <v>2350925.85</v>
+        <v>1227226.39</v>
       </c>
       <c r="L27" t="s">
-        <v>1377</v>
+        <v>1382</v>
       </c>
       <c r="M27" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="N27">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="O27" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="P27" t="s">
         <v>1574</v>
       </c>
       <c r="Q27" t="s">
         <v>1580</v>
       </c>
       <c r="R27" t="s">
         <v>1584</v>
       </c>
       <c r="S27" t="s">
         <v>1587</v>
       </c>
       <c r="T27" t="s">
         <v>1590</v>
       </c>
       <c r="U27" t="s">
         <v>1592</v>
       </c>
       <c r="V27" t="s">
         <v>1594</v>
       </c>
       <c r="W27" t="s">
         <v>1597</v>
       </c>
       <c r="Y27">
-        <v>1620</v>
+        <v>4760</v>
       </c>
       <c r="Z27" t="s">
-        <v>1600</v>
+        <v>1615</v>
       </c>
       <c r="AA27" t="s">
-        <v>1642</v>
+        <v>1657</v>
       </c>
       <c r="AD27" t="s">
         <v>1684</v>
       </c>
       <c r="AG27" t="s">
         <v>1694</v>
       </c>
       <c r="AH27" t="s">
         <v>1705</v>
       </c>
       <c r="AI27" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="AJ27" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="AK27" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="28" spans="1:38">
+    <row r="28" spans="1:37">
       <c r="A28" t="s">
         <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>360</v>
       </c>
       <c r="C28" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D28" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="E28" t="s">
         <v>1139</v>
       </c>
       <c r="F28" t="s">
         <v>1163</v>
       </c>
       <c r="G28" t="s">
-        <v>1303</v>
+        <v>1295</v>
       </c>
       <c r="H28">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I28">
-        <v>2123802.2</v>
+        <v>5349363.37</v>
       </c>
       <c r="J28" t="s">
         <v>1357</v>
       </c>
       <c r="K28">
-        <v>837616.65</v>
+        <v>2463902.74</v>
       </c>
       <c r="L28" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="M28" t="s">
-        <v>1498</v>
+        <v>1501</v>
       </c>
       <c r="N28">
         <v>109</v>
       </c>
       <c r="O28" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="P28" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="Q28" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="R28" t="s">
         <v>1584</v>
       </c>
       <c r="S28" t="s">
         <v>1587</v>
       </c>
       <c r="T28" t="s">
         <v>1590</v>
       </c>
       <c r="U28" t="s">
         <v>1592</v>
       </c>
       <c r="V28" t="s">
         <v>1594</v>
       </c>
       <c r="W28" t="s">
         <v>1597</v>
       </c>
       <c r="Y28">
-        <v>9760</v>
+        <v>4200</v>
       </c>
       <c r="Z28" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="AA28" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="AD28" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG28" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH28" t="s">
         <v>1705</v>
       </c>
       <c r="AI28" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="AJ28" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="AK28" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="29" spans="1:38">
+    <row r="29" spans="1:37">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29" t="s">
         <v>361</v>
       </c>
       <c r="C29" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D29" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="E29" t="s">
         <v>1139</v>
       </c>
       <c r="F29" t="s">
         <v>1164</v>
       </c>
       <c r="G29" t="s">
-        <v>1304</v>
+        <v>1291</v>
       </c>
       <c r="H29">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="I29">
-        <v>4133766</v>
+        <v>8995931.75</v>
       </c>
       <c r="J29" t="s">
         <v>1357</v>
       </c>
       <c r="K29">
-        <v>1286824.11</v>
+        <v>4497965.94</v>
       </c>
       <c r="L29" t="s">
-        <v>1369</v>
+        <v>1384</v>
       </c>
       <c r="M29" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="N29">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="O29" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P29" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q29" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R29" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S29" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T29" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U29" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V29" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W29" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y29">
-        <v>8200</v>
+        <v>8800</v>
       </c>
       <c r="Z29" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="AA29" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
       <c r="AD29" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="AG29" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="AH29" t="s">
         <v>1705</v>
       </c>
       <c r="AI29" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="AJ29" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="AK29" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="30" spans="1:38">
+    <row r="30" spans="1:37">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>362</v>
       </c>
       <c r="C30" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D30" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="E30" t="s">
         <v>1139</v>
       </c>
       <c r="F30" t="s">
         <v>1165</v>
       </c>
       <c r="G30" t="s">
-        <v>1295</v>
+        <v>1305</v>
       </c>
       <c r="H30">
         <v>50</v>
       </c>
       <c r="I30">
-        <v>1152537.88</v>
+        <v>401185.46</v>
       </c>
       <c r="J30" t="s">
         <v>1357</v>
       </c>
       <c r="K30">
-        <v>576268.9399999999</v>
+        <v>200592.73</v>
       </c>
       <c r="L30" t="s">
-        <v>1379</v>
+        <v>1385</v>
       </c>
       <c r="M30" t="s">
-        <v>1486</v>
+        <v>1502</v>
       </c>
       <c r="N30">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="O30" t="s">
         <v>1563</v>
       </c>
       <c r="P30" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="Q30" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="R30" t="s">
         <v>1584</v>
       </c>
       <c r="S30" t="s">
         <v>1587</v>
       </c>
       <c r="T30" t="s">
         <v>1590</v>
       </c>
       <c r="U30" t="s">
         <v>1592</v>
       </c>
       <c r="V30" t="s">
         <v>1594</v>
       </c>
       <c r="W30" t="s">
         <v>1597</v>
       </c>
       <c r="Y30">
-        <v>9000</v>
+        <v>8800</v>
       </c>
       <c r="Z30" t="s">
-        <v>1601</v>
+        <v>1617</v>
       </c>
       <c r="AA30" t="s">
-        <v>1643</v>
+        <v>1659</v>
       </c>
       <c r="AD30" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="AG30" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="AH30" t="s">
         <v>1705</v>
       </c>
       <c r="AI30" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="AJ30" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="AK30" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="31" spans="1:38">
+    <row r="31" spans="1:37">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>363</v>
       </c>
       <c r="C31" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D31" t="s">
-        <v>936</v>
+        <v>659</v>
       </c>
       <c r="E31" t="s">
         <v>1139</v>
       </c>
       <c r="F31" t="s">
         <v>1166</v>
       </c>
       <c r="G31" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="H31">
         <v>50</v>
       </c>
       <c r="I31">
-        <v>975000</v>
+        <v>6240000</v>
       </c>
       <c r="J31" t="s">
         <v>1357</v>
       </c>
       <c r="K31">
-        <v>487500</v>
+        <v>3120000</v>
       </c>
       <c r="L31" t="s">
-        <v>1380</v>
+        <v>1374</v>
       </c>
       <c r="M31" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="N31">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="O31" t="s">
-        <v>1568</v>
+        <v>1561</v>
       </c>
       <c r="P31" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="Q31" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="R31" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S31" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T31" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U31" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V31" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W31" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y31">
-        <v>7400</v>
+        <v>6400</v>
       </c>
       <c r="Z31" t="s">
-        <v>1613</v>
+        <v>1602</v>
       </c>
       <c r="AA31" t="s">
-        <v>1655</v>
+        <v>1644</v>
       </c>
       <c r="AD31" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="AG31" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
       <c r="AH31" t="s">
         <v>1705</v>
       </c>
       <c r="AI31" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="AJ31" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="AK31" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5581</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="32" spans="1:38">
+    <row r="32" spans="1:37">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>364</v>
       </c>
       <c r="C32" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="D32" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="E32" t="s">
         <v>1139</v>
       </c>
       <c r="F32" t="s">
         <v>1167</v>
       </c>
       <c r="G32" t="s">
-        <v>1303</v>
+        <v>1291</v>
       </c>
       <c r="H32">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I32">
-        <v>1500932.81</v>
+        <v>1798875</v>
       </c>
       <c r="J32" t="s">
         <v>1357</v>
       </c>
       <c r="K32">
-        <v>750466.34</v>
+        <v>1079325</v>
       </c>
       <c r="L32" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="M32" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="N32">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="O32" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="P32" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="Q32" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="R32" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S32" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T32" t="s">
         <v>1591</v>
       </c>
       <c r="U32" t="s">
         <v>1593</v>
       </c>
       <c r="V32" t="s">
         <v>1595</v>
       </c>
       <c r="W32" t="s">
         <v>1598</v>
       </c>
       <c r="Y32">
-        <v>4400</v>
+        <v>4930</v>
       </c>
       <c r="Z32" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="AA32" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="AD32" t="s">
-        <v>1692</v>
+        <v>1684</v>
       </c>
       <c r="AG32" t="s">
-        <v>1702</v>
+        <v>1694</v>
       </c>
       <c r="AH32" t="s">
         <v>1705</v>
       </c>
       <c r="AI32" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="AJ32" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="AK32" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="33" spans="1:38">
+    <row r="33" spans="1:37">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>365</v>
       </c>
       <c r="C33" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D33" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="E33" t="s">
         <v>1139</v>
       </c>
       <c r="F33" t="s">
         <v>1168</v>
       </c>
       <c r="G33" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="H33">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I33">
-        <v>5281863.99</v>
+        <v>2199683.2</v>
       </c>
       <c r="J33" t="s">
         <v>1357</v>
       </c>
       <c r="K33">
-        <v>1297489.83</v>
+        <v>1099841.6</v>
       </c>
       <c r="L33" t="s">
-        <v>1366</v>
+        <v>1387</v>
       </c>
       <c r="M33" t="s">
-        <v>1487</v>
+        <v>1505</v>
       </c>
       <c r="N33">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="O33" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="P33" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q33" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R33" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S33" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T33" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U33" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V33" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W33" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y33">
-        <v>8830</v>
+        <v>2200</v>
       </c>
       <c r="Z33" t="s">
         <v>1605</v>
       </c>
       <c r="AA33" t="s">
         <v>1647</v>
       </c>
       <c r="AD33" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="AG33" t="s">
         <v>1699</v>
       </c>
       <c r="AH33" t="s">
         <v>1705</v>
       </c>
       <c r="AI33" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="AJ33" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="AK33" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="34" spans="1:38">
+    <row r="34" spans="1:37">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>366</v>
       </c>
       <c r="C34" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D34" t="s">
-        <v>939</v>
+        <v>936</v>
       </c>
       <c r="E34" t="s">
         <v>1139</v>
       </c>
       <c r="F34" t="s">
         <v>1169</v>
       </c>
       <c r="G34" t="s">
-        <v>1289</v>
+        <v>1307</v>
       </c>
       <c r="H34">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I34">
-        <v>2049409.18</v>
+        <v>6773000</v>
       </c>
       <c r="J34" t="s">
         <v>1357</v>
       </c>
       <c r="K34">
-        <v>1024704.59</v>
+        <v>2329912</v>
       </c>
       <c r="L34" t="s">
-        <v>1382</v>
+        <v>1388</v>
       </c>
       <c r="M34" t="s">
-        <v>1485</v>
+        <v>1506</v>
       </c>
       <c r="N34">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="O34" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="P34" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q34" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R34" t="s">
         <v>1584</v>
       </c>
       <c r="S34" t="s">
         <v>1587</v>
       </c>
       <c r="T34" t="s">
         <v>1590</v>
       </c>
       <c r="U34" t="s">
         <v>1592</v>
       </c>
       <c r="V34" t="s">
         <v>1594</v>
       </c>
       <c r="W34" t="s">
         <v>1597</v>
       </c>
       <c r="Y34">
-        <v>5000</v>
+        <v>8200</v>
       </c>
       <c r="Z34" t="s">
-        <v>1603</v>
+        <v>1619</v>
       </c>
       <c r="AA34" t="s">
-        <v>1645</v>
+        <v>1661</v>
       </c>
       <c r="AD34" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="AG34" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="AH34" t="s">
         <v>1705</v>
       </c>
       <c r="AI34" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="AJ34" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="AK34" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="35" spans="1:38">
+    <row r="35" spans="1:37">
       <c r="A35" t="s">
         <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>367</v>
       </c>
       <c r="C35" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D35" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="E35" t="s">
         <v>1139</v>
       </c>
       <c r="F35" t="s">
-        <v>1170</v>
+        <v>1147</v>
       </c>
       <c r="G35" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="H35">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I35">
-        <v>1820000</v>
+        <v>338238.29</v>
       </c>
       <c r="J35" t="s">
         <v>1357</v>
       </c>
       <c r="K35">
-        <v>910000</v>
+        <v>202943</v>
       </c>
       <c r="L35" t="s">
-        <v>1383</v>
+        <v>1389</v>
       </c>
       <c r="M35" t="s">
-        <v>1501</v>
+        <v>1507</v>
       </c>
       <c r="N35">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O35" t="s">
         <v>1565</v>
       </c>
       <c r="P35" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="Q35" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="R35" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S35" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T35" t="s">
         <v>1591</v>
       </c>
       <c r="U35" t="s">
         <v>1593</v>
       </c>
       <c r="V35" t="s">
         <v>1595</v>
       </c>
       <c r="W35" t="s">
         <v>1598</v>
       </c>
       <c r="Y35">
-        <v>6500</v>
+        <v>4700</v>
       </c>
       <c r="Z35" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="AA35" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="AD35" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="AG35" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="AH35" t="s">
         <v>1705</v>
       </c>
+      <c r="AI35" t="s">
+        <v>1738</v>
+      </c>
+      <c r="AJ35" t="s">
+        <v>2008</v>
+      </c>
       <c r="AK35" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="36" spans="1:38">
+    <row r="36" spans="1:37">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>368</v>
       </c>
       <c r="C36" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D36" t="s">
-        <v>941</v>
+        <v>664</v>
       </c>
       <c r="E36" t="s">
         <v>1139</v>
       </c>
       <c r="F36" t="s">
-        <v>1171</v>
+        <v>1170</v>
       </c>
       <c r="G36" t="s">
-        <v>1294</v>
+        <v>1150</v>
       </c>
       <c r="H36">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="I36">
-        <v>5190559.14</v>
+        <v>261789.32</v>
       </c>
       <c r="J36" t="s">
         <v>1357</v>
       </c>
       <c r="K36">
-        <v>259515.36</v>
+        <v>33841.21</v>
       </c>
       <c r="L36" t="s">
-        <v>1384</v>
+        <v>1361</v>
       </c>
       <c r="M36" t="s">
-        <v>1502</v>
+        <v>1483</v>
       </c>
       <c r="N36">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O36" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P36" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q36" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R36" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S36" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T36" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U36" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V36" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W36" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y36">
-        <v>2100</v>
+        <v>5230</v>
       </c>
       <c r="Z36" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="AA36" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="AD36" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="AG36" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="AH36" t="s">
         <v>1705</v>
       </c>
       <c r="AI36" t="s">
-        <v>1736</v>
+        <v>1739</v>
       </c>
       <c r="AJ36" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="AK36" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="37" spans="1:38">
+    <row r="37" spans="1:37">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>369</v>
       </c>
       <c r="C37" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D37" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="E37" t="s">
         <v>1139</v>
       </c>
       <c r="F37" t="s">
-        <v>1141</v>
+        <v>1171</v>
       </c>
       <c r="G37" t="s">
-        <v>1292</v>
+        <v>1309</v>
       </c>
       <c r="H37">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I37">
-        <v>943306</v>
+        <v>72682.74000000001</v>
       </c>
       <c r="J37" t="s">
         <v>1357</v>
       </c>
       <c r="K37">
-        <v>471653</v>
+        <v>34716.24</v>
       </c>
       <c r="L37" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="M37" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="N37">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="O37" t="s">
         <v>1566</v>
       </c>
       <c r="P37" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q37" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R37" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S37" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T37" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U37" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V37" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W37" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y37">
-        <v>9900</v>
+        <v>6700</v>
       </c>
       <c r="Z37" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="AA37" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="AD37" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AG37" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AH37" t="s">
         <v>1705</v>
       </c>
       <c r="AI37" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="AJ37" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="AK37" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="38" spans="1:38">
+    <row r="38" spans="1:37">
       <c r="A38" t="s">
         <v>74</v>
       </c>
       <c r="B38" t="s">
         <v>370</v>
       </c>
       <c r="C38" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D38" t="s">
-        <v>943</v>
+        <v>939</v>
       </c>
       <c r="E38" t="s">
         <v>1139</v>
       </c>
       <c r="F38" t="s">
         <v>1172</v>
       </c>
       <c r="G38" t="s">
-        <v>1298</v>
+        <v>1310</v>
       </c>
       <c r="H38">
         <v>50</v>
       </c>
       <c r="I38">
-        <v>1763095.1</v>
+        <v>363558</v>
       </c>
       <c r="J38" t="s">
         <v>1357</v>
       </c>
       <c r="K38">
-        <v>881547.55</v>
+        <v>181779</v>
       </c>
       <c r="L38" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="M38" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="N38">
-        <v>108</v>
+        <v>63</v>
       </c>
       <c r="O38" t="s">
-        <v>1570</v>
+        <v>1569</v>
       </c>
       <c r="P38" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q38" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R38" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S38" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T38" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U38" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V38" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W38" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y38">
-        <v>2300</v>
+        <v>3720</v>
       </c>
       <c r="Z38" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="AA38" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="AD38" t="s">
-        <v>1684</v>
+        <v>1646</v>
       </c>
       <c r="AG38" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="AH38" t="s">
         <v>1705</v>
       </c>
       <c r="AI38" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="AJ38" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="AK38" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="39" spans="1:38">
+    <row r="39" spans="1:37">
       <c r="A39" t="s">
         <v>75</v>
       </c>
       <c r="B39" t="s">
         <v>371</v>
       </c>
       <c r="C39" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D39" t="s">
-        <v>666</v>
+        <v>940</v>
       </c>
       <c r="E39" t="s">
         <v>1139</v>
       </c>
       <c r="F39" t="s">
         <v>1173</v>
       </c>
       <c r="G39" t="s">
-        <v>1308</v>
+        <v>1291</v>
       </c>
       <c r="H39">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="I39">
-        <v>775549.84</v>
+        <v>2699232.25</v>
       </c>
       <c r="J39" t="s">
         <v>1357</v>
       </c>
       <c r="K39">
-        <v>348997.48</v>
+        <v>1619539.35</v>
       </c>
       <c r="L39" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="M39" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="N39">
-        <v>62</v>
+        <v>118</v>
       </c>
       <c r="O39" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="P39" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q39" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R39" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S39" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T39" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U39" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V39" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W39" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y39">
-        <v>3770</v>
+        <v>4300</v>
       </c>
       <c r="Z39" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="AA39" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="AD39" t="s">
-        <v>1659</v>
+        <v>1684</v>
       </c>
       <c r="AG39" t="s">
-        <v>1703</v>
+        <v>1694</v>
       </c>
       <c r="AH39" t="s">
         <v>1705</v>
       </c>
       <c r="AI39" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="AJ39" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="AK39" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="40" spans="1:38">
+    <row r="40" spans="1:37">
       <c r="A40" t="s">
         <v>76</v>
       </c>
       <c r="B40" t="s">
         <v>372</v>
       </c>
       <c r="C40" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D40" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="E40" t="s">
         <v>1139</v>
       </c>
       <c r="F40" t="s">
         <v>1174</v>
       </c>
       <c r="G40" t="s">
-        <v>1309</v>
+        <v>1299</v>
       </c>
       <c r="H40">
         <v>50</v>
       </c>
       <c r="I40">
-        <v>3524055.6</v>
+        <v>1168767.73</v>
       </c>
       <c r="J40" t="s">
         <v>1357</v>
       </c>
       <c r="K40">
-        <v>1762027.8</v>
+        <v>584383.9300000001</v>
       </c>
       <c r="L40" t="s">
-        <v>1367</v>
+        <v>1393</v>
       </c>
       <c r="M40" t="s">
-        <v>1488</v>
+        <v>1495</v>
       </c>
       <c r="N40">
         <v>68</v>
       </c>
       <c r="O40" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
       <c r="P40" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="Q40" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
       <c r="R40" t="s">
         <v>1586</v>
       </c>
       <c r="S40" t="s">
         <v>1589</v>
       </c>
       <c r="T40" t="s">
         <v>1591</v>
       </c>
       <c r="U40" t="s">
         <v>1593</v>
       </c>
       <c r="V40" t="s">
         <v>1595</v>
       </c>
       <c r="W40" t="s">
         <v>1598</v>
       </c>
       <c r="Y40">
-        <v>2620</v>
+        <v>7100</v>
       </c>
       <c r="Z40" t="s">
-        <v>1606</v>
+        <v>1611</v>
       </c>
       <c r="AA40" t="s">
-        <v>1648</v>
+        <v>1653</v>
       </c>
       <c r="AD40" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="AG40" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
       <c r="AH40" t="s">
         <v>1705</v>
       </c>
       <c r="AI40" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="AJ40" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="AK40" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="41" spans="1:38">
+    <row r="41" spans="1:37">
       <c r="A41" t="s">
         <v>77</v>
       </c>
       <c r="B41" t="s">
         <v>373</v>
       </c>
       <c r="C41" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="D41" t="s">
-        <v>943</v>
+        <v>669</v>
       </c>
       <c r="E41" t="s">
         <v>1139</v>
       </c>
       <c r="F41" t="s">
-        <v>1147</v>
+        <v>1175</v>
       </c>
       <c r="G41" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="H41">
         <v>50</v>
       </c>
       <c r="I41">
-        <v>2419513.98</v>
+        <v>3112524.09</v>
       </c>
       <c r="J41" t="s">
         <v>1357</v>
       </c>
       <c r="K41">
-        <v>1209756.99</v>
+        <v>1556261.98</v>
       </c>
       <c r="L41" t="s">
-        <v>1386</v>
+        <v>1373</v>
       </c>
       <c r="M41" t="s">
-        <v>1504</v>
+        <v>1495</v>
       </c>
       <c r="N41">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="O41" t="s">
-        <v>1570</v>
+        <v>1561</v>
       </c>
       <c r="P41" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q41" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R41" t="s">
         <v>1584</v>
       </c>
       <c r="S41" t="s">
         <v>1587</v>
       </c>
       <c r="T41" t="s">
         <v>1590</v>
       </c>
       <c r="U41" t="s">
         <v>1592</v>
       </c>
       <c r="V41" t="s">
         <v>1594</v>
       </c>
       <c r="W41" t="s">
         <v>1597</v>
       </c>
       <c r="Y41">
-        <v>2300</v>
+        <v>7100</v>
       </c>
       <c r="Z41" t="s">
-        <v>1600</v>
+        <v>1611</v>
       </c>
       <c r="AA41" t="s">
-        <v>1642</v>
+        <v>1653</v>
       </c>
       <c r="AD41" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="AG41" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="AH41" t="s">
         <v>1705</v>
       </c>
       <c r="AI41" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="AJ41" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="AK41" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="42" spans="1:38">
+    <row r="42" spans="1:37">
       <c r="A42" t="s">
         <v>78</v>
       </c>
       <c r="B42" t="s">
         <v>374</v>
       </c>
       <c r="C42" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="D42" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="E42" t="s">
         <v>1139</v>
       </c>
       <c r="F42" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="G42" t="s">
-        <v>1291</v>
+        <v>1311</v>
       </c>
       <c r="H42">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="I42">
-        <v>2706938</v>
+        <v>795298.4</v>
       </c>
       <c r="J42" t="s">
         <v>1357</v>
       </c>
       <c r="K42">
-        <v>909801.88</v>
+        <v>397649.2</v>
       </c>
       <c r="L42" t="s">
-        <v>1388</v>
+        <v>1394</v>
       </c>
       <c r="M42" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="N42">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="O42" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="P42" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q42" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R42" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S42" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T42" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U42" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V42" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W42" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y42">
-        <v>9600</v>
+        <v>7700</v>
       </c>
       <c r="Z42" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="AA42" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
       <c r="AD42" t="s">
         <v>1685</v>
       </c>
       <c r="AG42" t="s">
         <v>1695</v>
       </c>
       <c r="AH42" t="s">
         <v>1705</v>
       </c>
       <c r="AI42" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="AJ42" t="s">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="AK42" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5949</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="43" spans="1:38">
+    <row r="43" spans="1:37">
       <c r="A43" t="s">
         <v>79</v>
       </c>
       <c r="B43" t="s">
         <v>375</v>
       </c>
       <c r="C43" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D43" t="s">
-        <v>669</v>
+        <v>943</v>
       </c>
       <c r="E43" t="s">
         <v>1139</v>
       </c>
       <c r="F43" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="G43" t="s">
-        <v>1310</v>
+        <v>1291</v>
       </c>
       <c r="H43">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="I43">
-        <v>2438049.38</v>
+        <v>5200000</v>
       </c>
       <c r="J43" t="s">
         <v>1357</v>
       </c>
       <c r="K43">
-        <v>1219024.69</v>
+        <v>1950000</v>
       </c>
       <c r="L43" t="s">
-        <v>1389</v>
+        <v>1395</v>
       </c>
       <c r="M43" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="N43">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="O43" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="P43" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="Q43" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="R43" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S43" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T43" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U43" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V43" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W43" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y43">
-        <v>3600</v>
+        <v>6950</v>
       </c>
       <c r="Z43" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="AA43" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="AD43" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
       <c r="AG43" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
       <c r="AH43" t="s">
         <v>1705</v>
       </c>
       <c r="AI43" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="AJ43" t="s">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="AK43" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="44" spans="1:38">
+    <row r="44" spans="1:37">
       <c r="A44" t="s">
         <v>80</v>
       </c>
       <c r="B44" t="s">
         <v>376</v>
       </c>
       <c r="C44" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D44" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="E44" t="s">
         <v>1139</v>
       </c>
       <c r="F44" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="G44" t="s">
         <v>1291</v>
       </c>
       <c r="H44">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I44">
-        <v>145795</v>
+        <v>7149839.32</v>
       </c>
       <c r="J44" t="s">
         <v>1357</v>
       </c>
       <c r="K44">
-        <v>874.77</v>
+        <v>3574919.66</v>
       </c>
       <c r="L44" t="s">
-        <v>1371</v>
+        <v>1396</v>
       </c>
       <c r="M44" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="N44">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="O44" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="P44" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q44" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R44" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S44" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T44" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U44" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V44" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W44" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y44">
-        <v>4180</v>
+        <v>8000</v>
       </c>
       <c r="Z44" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="AA44" t="s">
-        <v>1662</v>
+        <v>1661</v>
       </c>
       <c r="AD44" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="AG44" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="AH44" t="s">
         <v>1705</v>
       </c>
       <c r="AI44" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="AJ44" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="AK44" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="45" spans="1:38">
+    <row r="45" spans="1:37">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>377</v>
       </c>
       <c r="C45" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="D45" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="E45" t="s">
         <v>1139</v>
       </c>
       <c r="F45" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="G45" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="H45">
-        <v>60</v>
+        <v>7</v>
       </c>
       <c r="I45">
-        <v>2158988</v>
+        <v>2414285.77</v>
       </c>
       <c r="J45" t="s">
         <v>1357</v>
       </c>
       <c r="K45">
-        <v>1295392.8</v>
+        <v>169000</v>
       </c>
       <c r="L45" t="s">
-        <v>1371</v>
+        <v>1397</v>
       </c>
       <c r="M45" t="s">
-        <v>1508</v>
+        <v>1483</v>
       </c>
       <c r="N45">
         <v>62</v>
       </c>
       <c r="O45" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="P45" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q45" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R45" t="s">
         <v>1585</v>
       </c>
       <c r="S45" t="s">
         <v>1588</v>
       </c>
       <c r="T45" t="s">
         <v>1591</v>
       </c>
       <c r="U45" t="s">
         <v>1593</v>
       </c>
       <c r="V45" t="s">
         <v>1595</v>
       </c>
       <c r="W45" t="s">
         <v>1598</v>
       </c>
       <c r="Y45">
-        <v>4180</v>
+        <v>5230</v>
       </c>
       <c r="Z45" t="s">
-        <v>1620</v>
+        <v>1603</v>
       </c>
       <c r="AA45" t="s">
-        <v>1662</v>
+        <v>1645</v>
       </c>
       <c r="AD45" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="AG45" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="AH45" t="s">
         <v>1705</v>
       </c>
       <c r="AI45" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="AJ45" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="AK45" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="46" spans="1:38">
+    <row r="46" spans="1:37">
       <c r="A46" t="s">
         <v>82</v>
       </c>
       <c r="B46" t="s">
         <v>378</v>
       </c>
       <c r="C46" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="D46" t="s">
-        <v>948</v>
+        <v>674</v>
       </c>
       <c r="E46" t="s">
         <v>1139</v>
       </c>
       <c r="F46" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="G46" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H46">
         <v>50</v>
       </c>
       <c r="I46">
-        <v>4680000</v>
+        <v>1448113.29</v>
       </c>
       <c r="J46" t="s">
         <v>1357</v>
       </c>
       <c r="K46">
-        <v>2340000</v>
+        <v>724056.58</v>
       </c>
       <c r="L46" t="s">
-        <v>1390</v>
+        <v>1398</v>
       </c>
       <c r="M46" t="s">
-        <v>1486</v>
+        <v>1514</v>
       </c>
       <c r="N46">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O46" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="P46" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q46" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R46" t="s">
         <v>1585</v>
       </c>
       <c r="S46" t="s">
         <v>1588</v>
       </c>
       <c r="T46" t="s">
         <v>1591</v>
       </c>
       <c r="U46" t="s">
         <v>1593</v>
       </c>
       <c r="V46" t="s">
         <v>1595</v>
       </c>
       <c r="W46" t="s">
         <v>1598</v>
       </c>
       <c r="Y46">
-        <v>9000</v>
+        <v>1123</v>
       </c>
       <c r="Z46" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="AA46" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="AD46" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="AG46" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="AH46" t="s">
         <v>1705</v>
       </c>
       <c r="AI46" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="AJ46" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="AK46" t="s">
         <v>2247</v>
       </c>
-      <c r="AL46">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="47" spans="1:38">
+    <row r="47" spans="1:37">
       <c r="A47" t="s">
         <v>83</v>
       </c>
       <c r="B47" t="s">
         <v>379</v>
       </c>
       <c r="C47" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D47" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="E47" t="s">
         <v>1139</v>
       </c>
       <c r="F47" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="G47" t="s">
-        <v>1311</v>
+        <v>1295</v>
       </c>
       <c r="H47">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I47">
-        <v>81916.50999999999</v>
+        <v>4815639.53</v>
       </c>
       <c r="J47" t="s">
         <v>1357</v>
       </c>
       <c r="K47">
-        <v>40958.19</v>
+        <v>1739083.84</v>
       </c>
       <c r="L47" t="s">
-        <v>1391</v>
+        <v>1390</v>
       </c>
       <c r="M47" t="s">
-        <v>1509</v>
+        <v>1508</v>
       </c>
       <c r="N47">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="O47" t="s">
-        <v>1569</v>
+        <v>1562</v>
       </c>
       <c r="P47" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q47" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R47" t="s">
         <v>1585</v>
       </c>
       <c r="S47" t="s">
         <v>1588</v>
       </c>
       <c r="T47" t="s">
         <v>1591</v>
       </c>
       <c r="U47" t="s">
         <v>1593</v>
       </c>
       <c r="V47" t="s">
         <v>1595</v>
       </c>
       <c r="W47" t="s">
         <v>1598</v>
       </c>
       <c r="Y47">
-        <v>3700</v>
+        <v>6700</v>
       </c>
       <c r="Z47" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="AA47" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="AD47" t="s">
-        <v>1659</v>
+        <v>1686</v>
       </c>
       <c r="AG47" t="s">
-        <v>1703</v>
+        <v>1696</v>
       </c>
       <c r="AH47" t="s">
         <v>1705</v>
       </c>
       <c r="AI47" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="AJ47" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="AK47" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="48" spans="1:38">
+    <row r="48" spans="1:37">
       <c r="A48" t="s">
         <v>84</v>
       </c>
       <c r="B48" t="s">
         <v>380</v>
       </c>
       <c r="C48" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D48" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="E48" t="s">
         <v>1139</v>
       </c>
       <c r="F48" t="s">
-        <v>1180</v>
+        <v>1171</v>
       </c>
       <c r="G48" t="s">
         <v>1312</v>
       </c>
       <c r="H48">
         <v>50</v>
       </c>
       <c r="I48">
-        <v>1066538.2</v>
+        <v>431644.59</v>
       </c>
       <c r="J48" t="s">
         <v>1357</v>
       </c>
       <c r="K48">
-        <v>533269.1</v>
+        <v>215822.36</v>
       </c>
       <c r="L48" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="M48" t="s">
-        <v>1510</v>
+        <v>1515</v>
       </c>
       <c r="N48">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="O48" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="P48" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="Q48" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="R48" t="s">
         <v>1584</v>
       </c>
       <c r="S48" t="s">
         <v>1587</v>
       </c>
       <c r="T48" t="s">
         <v>1590</v>
       </c>
       <c r="U48" t="s">
         <v>1592</v>
       </c>
       <c r="V48" t="s">
         <v>1594</v>
       </c>
       <c r="W48" t="s">
         <v>1597</v>
       </c>
       <c r="Y48">
-        <v>5900</v>
+        <v>1463</v>
       </c>
       <c r="Z48" t="s">
-        <v>1621</v>
+        <v>1605</v>
       </c>
       <c r="AA48" t="s">
-        <v>1663</v>
+        <v>1647</v>
       </c>
       <c r="AD48" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="AG48" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="AH48" t="s">
         <v>1705</v>
       </c>
       <c r="AI48" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="AJ48" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="AK48" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="49" spans="1:38">
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>381</v>
       </c>
       <c r="C49" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D49" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="E49" t="s">
         <v>1139</v>
       </c>
       <c r="F49" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="G49" t="s">
-        <v>1306</v>
+        <v>1291</v>
       </c>
       <c r="H49">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I49">
-        <v>2789189.91</v>
+        <v>2960033.44</v>
       </c>
       <c r="J49" t="s">
         <v>1357</v>
       </c>
       <c r="K49">
-        <v>1672735.74</v>
+        <v>1480016.72</v>
       </c>
       <c r="L49" t="s">
-        <v>1380</v>
+        <v>1400</v>
       </c>
       <c r="M49" t="s">
-        <v>1499</v>
+        <v>1481</v>
       </c>
       <c r="N49">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="O49" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="P49" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q49" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R49" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S49" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T49" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U49" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V49" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W49" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y49">
-        <v>7400</v>
+        <v>9220</v>
       </c>
       <c r="Z49" t="s">
-        <v>1613</v>
+        <v>1601</v>
       </c>
       <c r="AA49" t="s">
-        <v>1655</v>
+        <v>1643</v>
       </c>
       <c r="AD49" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG49" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH49" t="s">
         <v>1705</v>
       </c>
       <c r="AI49" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="AJ49" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="AK49" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="50" spans="1:38">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>382</v>
       </c>
       <c r="C50" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D50" t="s">
-        <v>676</v>
+        <v>949</v>
       </c>
       <c r="E50" t="s">
         <v>1139</v>
       </c>
       <c r="F50" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="G50" t="s">
-        <v>1294</v>
+        <v>1303</v>
       </c>
       <c r="H50">
         <v>50</v>
       </c>
       <c r="I50">
-        <v>529199.3199999999</v>
+        <v>784868.24</v>
       </c>
       <c r="J50" t="s">
         <v>1357</v>
       </c>
       <c r="K50">
-        <v>264379.83</v>
+        <v>392434.12</v>
       </c>
       <c r="L50" t="s">
-        <v>1393</v>
+        <v>1401</v>
       </c>
       <c r="M50" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="N50">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O50" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="P50" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q50" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R50" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S50" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T50" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U50" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V50" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W50" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y50">
-        <v>9440</v>
+        <v>9600</v>
       </c>
       <c r="Z50" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="AA50" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="AD50" t="s">
         <v>1685</v>
       </c>
       <c r="AG50" t="s">
         <v>1695</v>
       </c>
       <c r="AH50" t="s">
         <v>1705</v>
       </c>
       <c r="AI50" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="AJ50" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="AK50" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="51" spans="1:38">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>383</v>
       </c>
       <c r="C51" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D51" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="E51" t="s">
         <v>1139</v>
       </c>
       <c r="F51" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="G51" t="s">
-        <v>1304</v>
+        <v>1313</v>
       </c>
       <c r="H51">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I51">
-        <v>1602462.42</v>
+        <v>9100000</v>
       </c>
       <c r="J51" t="s">
         <v>1357</v>
       </c>
       <c r="K51">
-        <v>961206.22</v>
+        <v>4550000</v>
       </c>
       <c r="L51" t="s">
         <v>1394</v>
       </c>
       <c r="M51" t="s">
-        <v>1512</v>
+        <v>1511</v>
       </c>
       <c r="N51">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="O51" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="P51" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q51" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R51" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S51" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T51" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U51" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V51" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W51" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y51">
-        <v>4600</v>
+        <v>7700</v>
       </c>
       <c r="Z51" t="s">
         <v>1623</v>
       </c>
       <c r="AA51" t="s">
         <v>1665</v>
       </c>
       <c r="AD51" t="s">
-        <v>1691</v>
+        <v>1685</v>
       </c>
       <c r="AG51" t="s">
-        <v>1701</v>
+        <v>1695</v>
       </c>
       <c r="AH51" t="s">
         <v>1705</v>
       </c>
       <c r="AI51" t="s">
-        <v>1751</v>
+        <v>1738</v>
       </c>
       <c r="AJ51" t="s">
-        <v>2021</v>
+        <v>2008</v>
       </c>
       <c r="AK51" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5805</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="52" spans="1:38">
       <c r="A52" t="s">
         <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>384</v>
       </c>
       <c r="C52" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="D52" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="E52" t="s">
         <v>1139</v>
       </c>
       <c r="F52" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="G52" t="s">
-        <v>1292</v>
+        <v>1314</v>
       </c>
       <c r="H52">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="I52">
-        <v>5656920.36</v>
+        <v>3273275.98</v>
       </c>
       <c r="J52" t="s">
         <v>1357</v>
       </c>
       <c r="K52">
-        <v>3337582.95</v>
+        <v>1635467.99</v>
       </c>
       <c r="L52" t="s">
-        <v>1373</v>
+        <v>1367</v>
       </c>
       <c r="M52" t="s">
-        <v>1508</v>
+        <v>1489</v>
       </c>
       <c r="N52">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="O52" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="P52" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q52" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R52" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S52" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T52" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U52" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V52" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W52" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y52">
-        <v>4180</v>
+        <v>2800</v>
       </c>
       <c r="Z52" t="s">
-        <v>1620</v>
+        <v>1607</v>
       </c>
       <c r="AA52" t="s">
-        <v>1662</v>
+        <v>1649</v>
       </c>
       <c r="AD52" t="s">
-        <v>1692</v>
+        <v>1689</v>
       </c>
       <c r="AG52" t="s">
-        <v>1702</v>
+        <v>1700</v>
       </c>
       <c r="AH52" t="s">
         <v>1705</v>
       </c>
       <c r="AI52" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="AJ52" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="AK52" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="53" spans="1:38">
       <c r="A53" t="s">
         <v>89</v>
       </c>
       <c r="B53" t="s">
         <v>385</v>
       </c>
       <c r="C53" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D53" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="E53" t="s">
         <v>1139</v>
       </c>
       <c r="F53" t="s">
-        <v>1185</v>
+        <v>1164</v>
       </c>
       <c r="G53" t="s">
         <v>1291</v>
       </c>
       <c r="H53">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I53">
-        <v>3474748.94</v>
+        <v>1906616.53</v>
       </c>
       <c r="J53" t="s">
         <v>1357</v>
       </c>
       <c r="K53">
-        <v>1737374.47</v>
+        <v>1143969.97</v>
       </c>
       <c r="L53" t="s">
-        <v>1395</v>
+        <v>1384</v>
       </c>
       <c r="M53" t="s">
-        <v>1496</v>
+        <v>1502</v>
       </c>
       <c r="N53">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="O53" t="s">
         <v>1563</v>
       </c>
       <c r="P53" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="Q53" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="R53" t="s">
         <v>1584</v>
       </c>
       <c r="S53" t="s">
         <v>1587</v>
       </c>
       <c r="T53" t="s">
         <v>1590</v>
       </c>
       <c r="U53" t="s">
         <v>1592</v>
       </c>
       <c r="V53" t="s">
         <v>1594</v>
       </c>
       <c r="W53" t="s">
         <v>1597</v>
       </c>
       <c r="Y53">
-        <v>6000</v>
+        <v>8800</v>
       </c>
       <c r="Z53" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="AA53" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="AD53" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="AG53" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="AH53" t="s">
         <v>1705</v>
       </c>
       <c r="AI53" t="s">
-        <v>1753</v>
+        <v>1732</v>
       </c>
       <c r="AJ53" t="s">
-        <v>2023</v>
+        <v>2002</v>
       </c>
       <c r="AK53" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="54" spans="1:38">
       <c r="A54" t="s">
         <v>90</v>
       </c>
       <c r="B54" t="s">
         <v>386</v>
       </c>
       <c r="C54" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D54" t="s">
-        <v>955</v>
+        <v>682</v>
       </c>
       <c r="E54" t="s">
         <v>1139</v>
       </c>
       <c r="F54" t="s">
         <v>1186</v>
       </c>
       <c r="G54" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="H54">
         <v>50</v>
       </c>
       <c r="I54">
-        <v>3827483.4</v>
+        <v>223145</v>
       </c>
       <c r="J54" t="s">
         <v>1357</v>
       </c>
       <c r="K54">
-        <v>1913741.7</v>
+        <v>11157.25</v>
       </c>
       <c r="L54" t="s">
-        <v>1383</v>
+        <v>1402</v>
       </c>
       <c r="M54" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="N54">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="O54" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="P54" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="Q54" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="R54" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S54" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T54" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U54" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V54" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W54" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y54">
-        <v>6500</v>
+        <v>9440</v>
       </c>
       <c r="Z54" t="s">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="AA54" t="s">
-        <v>1657</v>
+        <v>1656</v>
       </c>
       <c r="AD54" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG54" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH54" t="s">
         <v>1705</v>
       </c>
       <c r="AI54" t="s">
-        <v>1754</v>
+        <v>1755</v>
       </c>
       <c r="AJ54" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="AK54" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>4436</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="55" spans="1:38">
       <c r="A55" t="s">
         <v>91</v>
       </c>
       <c r="B55" t="s">
         <v>387</v>
       </c>
       <c r="C55" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D55" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="E55" t="s">
         <v>1139</v>
       </c>
       <c r="F55" t="s">
         <v>1187</v>
       </c>
       <c r="G55" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="H55">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I55">
-        <v>3009994</v>
+        <v>2951093.86</v>
       </c>
       <c r="J55" t="s">
         <v>1357</v>
       </c>
       <c r="K55">
-        <v>1503705.58</v>
+        <v>1770656.29</v>
       </c>
       <c r="L55" t="s">
-        <v>1396</v>
+        <v>1367</v>
       </c>
       <c r="M55" t="s">
-        <v>1514</v>
+        <v>1497</v>
       </c>
       <c r="N55">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="O55" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="P55" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q55" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R55" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S55" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T55" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U55" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V55" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W55" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y55">
-        <v>1256</v>
+        <v>4000</v>
       </c>
       <c r="Z55" t="s">
-        <v>1600</v>
+        <v>1612</v>
       </c>
       <c r="AA55" t="s">
-        <v>1642</v>
+        <v>1654</v>
       </c>
       <c r="AD55" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
       <c r="AG55" t="s">
-        <v>1694</v>
+        <v>1702</v>
       </c>
       <c r="AH55" t="s">
         <v>1705</v>
       </c>
       <c r="AI55" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="AJ55" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="AK55" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL55">
+        <v>5709</v>
       </c>
     </row>
     <row r="56" spans="1:38">
       <c r="A56" t="s">
         <v>92</v>
       </c>
       <c r="B56" t="s">
         <v>388</v>
       </c>
       <c r="C56" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="D56" t="s">
-        <v>682</v>
+        <v>954</v>
       </c>
       <c r="E56" t="s">
         <v>1139</v>
       </c>
       <c r="F56" t="s">
-        <v>1154</v>
+        <v>1188</v>
       </c>
       <c r="G56" t="s">
-        <v>1286</v>
+        <v>1316</v>
       </c>
       <c r="H56">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="I56">
-        <v>1432818.27</v>
+        <v>2012526.36</v>
       </c>
       <c r="J56" t="s">
         <v>1357</v>
       </c>
       <c r="K56">
-        <v>643594.51</v>
+        <v>991764.02</v>
       </c>
       <c r="L56" t="s">
-        <v>1397</v>
+        <v>1400</v>
       </c>
       <c r="M56" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="N56">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="O56" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="P56" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="Q56" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="R56" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S56" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T56" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U56" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V56" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W56" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y56">
-        <v>9000</v>
+        <v>9220</v>
       </c>
       <c r="Z56" t="s">
         <v>1601</v>
       </c>
       <c r="AA56" t="s">
         <v>1643</v>
       </c>
       <c r="AD56" t="s">
         <v>1685</v>
       </c>
       <c r="AG56" t="s">
         <v>1695</v>
       </c>
       <c r="AH56" t="s">
         <v>1705</v>
       </c>
       <c r="AI56" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="AJ56" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="AK56" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="57" spans="1:38">
       <c r="A57" t="s">
         <v>93</v>
       </c>
       <c r="B57" t="s">
         <v>389</v>
       </c>
       <c r="C57" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D57" t="s">
-        <v>957</v>
+        <v>685</v>
       </c>
       <c r="E57" t="s">
         <v>1139</v>
       </c>
       <c r="F57" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="G57" t="s">
-        <v>1289</v>
+        <v>1317</v>
       </c>
       <c r="H57">
         <v>50</v>
       </c>
       <c r="I57">
-        <v>546000</v>
+        <v>1241439.16</v>
       </c>
       <c r="J57" t="s">
         <v>1357</v>
       </c>
       <c r="K57">
-        <v>273000</v>
+        <v>620719.58</v>
       </c>
       <c r="L57" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="M57" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="N57">
-        <v>63</v>
+        <v>104</v>
       </c>
       <c r="O57" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="P57" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q57" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R57" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S57" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T57" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U57" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V57" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W57" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y57">
-        <v>6000</v>
+        <v>4000</v>
       </c>
       <c r="Z57" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="AA57" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="AD57" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="AG57" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="AH57" t="s">
         <v>1705</v>
       </c>
       <c r="AI57" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="AJ57" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="AK57" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="58" spans="1:38">
       <c r="A58" t="s">
         <v>94</v>
       </c>
       <c r="B58" t="s">
         <v>390</v>
       </c>
       <c r="C58" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D58" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="E58" t="s">
         <v>1139</v>
       </c>
       <c r="F58" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="G58" t="s">
-        <v>1314</v>
+        <v>1310</v>
       </c>
       <c r="H58">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="I58">
-        <v>1249149.98</v>
+        <v>763932</v>
       </c>
       <c r="J58" t="s">
         <v>1357</v>
       </c>
       <c r="K58">
-        <v>534523.47</v>
+        <v>381966</v>
       </c>
       <c r="L58" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="M58" t="s">
-        <v>1503</v>
+        <v>1518</v>
       </c>
       <c r="N58">
         <v>109</v>
       </c>
       <c r="O58" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="P58" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="Q58" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="R58" t="s">
         <v>1584</v>
       </c>
       <c r="S58" t="s">
         <v>1587</v>
       </c>
       <c r="T58" t="s">
         <v>1590</v>
       </c>
       <c r="U58" t="s">
         <v>1592</v>
       </c>
       <c r="V58" t="s">
         <v>1594</v>
       </c>
       <c r="W58" t="s">
         <v>1597</v>
       </c>
       <c r="Y58">
         <v>9900</v>
       </c>
       <c r="Z58" t="s">
-        <v>1616</v>
+        <v>1626</v>
       </c>
       <c r="AA58" t="s">
-        <v>1658</v>
+        <v>1668</v>
       </c>
       <c r="AD58" t="s">
         <v>1685</v>
       </c>
       <c r="AG58" t="s">
         <v>1695</v>
       </c>
       <c r="AH58" t="s">
         <v>1705</v>
       </c>
       <c r="AI58" t="s">
-        <v>1580</v>
+        <v>1759</v>
       </c>
       <c r="AJ58" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="AK58" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="59" spans="1:38">
       <c r="A59" t="s">
         <v>95</v>
       </c>
       <c r="B59" t="s">
         <v>391</v>
       </c>
       <c r="C59" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D59" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="E59" t="s">
         <v>1139</v>
       </c>
       <c r="F59" t="s">
-        <v>1190</v>
+        <v>1147</v>
       </c>
       <c r="G59" t="s">
-        <v>1315</v>
+        <v>1308</v>
       </c>
       <c r="H59">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="I59">
-        <v>2216899.1</v>
+        <v>1472559.66</v>
       </c>
       <c r="J59" t="s">
         <v>1357</v>
       </c>
       <c r="K59">
-        <v>715071.63</v>
+        <v>812617.26</v>
       </c>
       <c r="L59" t="s">
-        <v>1366</v>
+        <v>1389</v>
       </c>
       <c r="M59" t="s">
-        <v>1487</v>
+        <v>1507</v>
       </c>
       <c r="N59">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="O59" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="P59" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q59" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R59" t="s">
         <v>1585</v>
       </c>
       <c r="S59" t="s">
         <v>1588</v>
       </c>
       <c r="T59" t="s">
         <v>1591</v>
       </c>
       <c r="U59" t="s">
         <v>1593</v>
       </c>
       <c r="V59" t="s">
         <v>1595</v>
       </c>
       <c r="W59" t="s">
         <v>1598</v>
       </c>
       <c r="Y59">
-        <v>8830</v>
+        <v>4700</v>
       </c>
       <c r="Z59" t="s">
-        <v>1605</v>
+        <v>1620</v>
       </c>
       <c r="AA59" t="s">
-        <v>1647</v>
+        <v>1662</v>
       </c>
       <c r="AD59" t="s">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="AG59" t="s">
-        <v>1699</v>
+        <v>1694</v>
       </c>
       <c r="AH59" t="s">
         <v>1705</v>
       </c>
       <c r="AI59" t="s">
-        <v>1758</v>
+        <v>1738</v>
       </c>
       <c r="AJ59" t="s">
-        <v>2029</v>
+        <v>2008</v>
       </c>
       <c r="AK59" t="s">
         <v>2247</v>
+      </c>
+      <c r="AL59">
+        <v>5582</v>
       </c>
     </row>
     <row r="60" spans="1:38">
       <c r="A60" t="s">
         <v>96</v>
       </c>
       <c r="B60" t="s">
         <v>392</v>
       </c>
       <c r="C60" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="D60" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="E60" t="s">
         <v>1139</v>
       </c>
       <c r="F60" t="s">
         <v>1191</v>
       </c>
       <c r="G60" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="H60">
         <v>50</v>
       </c>
       <c r="I60">
-        <v>3801200</v>
+        <v>928200</v>
       </c>
       <c r="J60" t="s">
         <v>1357</v>
       </c>
       <c r="K60">
-        <v>1900600</v>
+        <v>464100</v>
       </c>
       <c r="L60" t="s">
-        <v>1399</v>
+        <v>1363</v>
       </c>
       <c r="M60" t="s">
-        <v>1495</v>
+        <v>1485</v>
       </c>
       <c r="N60">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O60" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P60" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q60" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R60" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S60" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T60" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U60" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V60" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W60" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y60">
-        <v>8200</v>
+        <v>2100</v>
       </c>
       <c r="Z60" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="AA60" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
       <c r="AD60" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="AG60" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="AH60" t="s">
         <v>1705</v>
       </c>
       <c r="AI60" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="AJ60" t="s">
         <v>2030</v>
       </c>
       <c r="AK60" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5708</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="61" spans="1:38">
       <c r="A61" t="s">
         <v>97</v>
       </c>
       <c r="B61" t="s">
         <v>393</v>
       </c>
       <c r="C61" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D61" t="s">
-        <v>687</v>
+        <v>957</v>
       </c>
       <c r="E61" t="s">
         <v>1139</v>
       </c>
       <c r="F61" t="s">
         <v>1192</v>
       </c>
       <c r="G61" t="s">
-        <v>1289</v>
+        <v>1319</v>
       </c>
       <c r="H61">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I61">
-        <v>4957703.92</v>
+        <v>269728.16</v>
       </c>
       <c r="J61" t="s">
         <v>1357</v>
       </c>
       <c r="K61">
-        <v>974684.62</v>
+        <v>67432.03999999999</v>
       </c>
       <c r="L61" t="s">
-        <v>1383</v>
+        <v>1404</v>
       </c>
       <c r="M61" t="s">
-        <v>1513</v>
+        <v>1493</v>
       </c>
       <c r="N61">
         <v>62</v>
       </c>
       <c r="O61" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="P61" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q61" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R61" t="s">
         <v>1585</v>
       </c>
       <c r="S61" t="s">
         <v>1588</v>
       </c>
       <c r="T61" t="s">
         <v>1591</v>
       </c>
       <c r="U61" t="s">
         <v>1593</v>
       </c>
       <c r="V61" t="s">
         <v>1595</v>
       </c>
       <c r="W61" t="s">
         <v>1598</v>
       </c>
       <c r="Y61">
-        <v>6500</v>
+        <v>5000</v>
       </c>
       <c r="Z61" t="s">
-        <v>1615</v>
+        <v>1603</v>
       </c>
       <c r="AA61" t="s">
-        <v>1657</v>
+        <v>1645</v>
       </c>
       <c r="AD61" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="AG61" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="AH61" t="s">
         <v>1705</v>
       </c>
       <c r="AI61" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="AJ61" t="s">
         <v>2031</v>
       </c>
       <c r="AK61" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="62" spans="1:38">
       <c r="A62" t="s">
         <v>98</v>
       </c>
       <c r="B62" t="s">
         <v>394</v>
       </c>
       <c r="C62" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="D62" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="E62" t="s">
         <v>1139</v>
       </c>
       <c r="F62" t="s">
-        <v>1193</v>
+        <v>1165</v>
       </c>
       <c r="G62" t="s">
-        <v>1308</v>
+        <v>1320</v>
       </c>
       <c r="H62">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I62">
-        <v>8285017.65</v>
+        <v>775734.5700000001</v>
       </c>
       <c r="J62" t="s">
         <v>1357</v>
       </c>
       <c r="K62">
-        <v>4111025.75</v>
+        <v>364000</v>
       </c>
       <c r="L62" t="s">
-        <v>1400</v>
+        <v>1367</v>
       </c>
       <c r="M62" t="s">
-        <v>1483</v>
+        <v>1519</v>
       </c>
       <c r="N62">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O62" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P62" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q62" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R62" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S62" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T62" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U62" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V62" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W62" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y62">
-        <v>5230</v>
+        <v>4000</v>
       </c>
       <c r="Z62" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="AA62" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="AD62" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="AG62" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="AH62" t="s">
         <v>1705</v>
       </c>
       <c r="AI62" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="AJ62" t="s">
         <v>2032</v>
       </c>
       <c r="AK62" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="63" spans="1:38">
       <c r="A63" t="s">
         <v>99</v>
       </c>
       <c r="B63" t="s">
         <v>395</v>
       </c>
       <c r="C63" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D63" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="E63" t="s">
         <v>1139</v>
       </c>
       <c r="F63" t="s">
-        <v>1167</v>
+        <v>1174</v>
       </c>
       <c r="G63" t="s">
-        <v>1317</v>
+        <v>1299</v>
       </c>
       <c r="H63">
         <v>50</v>
       </c>
       <c r="I63">
-        <v>3052572.77</v>
+        <v>181589.46</v>
       </c>
       <c r="J63" t="s">
         <v>1357</v>
       </c>
       <c r="K63">
-        <v>1526286.45</v>
+        <v>90794.73</v>
       </c>
       <c r="L63" t="s">
-        <v>1401</v>
+        <v>1393</v>
       </c>
       <c r="M63" t="s">
-        <v>1502</v>
+        <v>1495</v>
       </c>
       <c r="N63">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="O63" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="P63" t="s">
         <v>1573</v>
       </c>
       <c r="Q63" t="s">
         <v>1579</v>
       </c>
       <c r="R63" t="s">
         <v>1585</v>
       </c>
       <c r="S63" t="s">
         <v>1588</v>
       </c>
       <c r="T63" t="s">
         <v>1591</v>
       </c>
       <c r="U63" t="s">
         <v>1593</v>
       </c>
       <c r="V63" t="s">
         <v>1595</v>
       </c>
       <c r="W63" t="s">
         <v>1598</v>
       </c>
       <c r="Y63">
-        <v>2100</v>
+        <v>7100</v>
       </c>
       <c r="Z63" t="s">
-        <v>1600</v>
+        <v>1611</v>
       </c>
       <c r="AA63" t="s">
-        <v>1642</v>
+        <v>1653</v>
       </c>
       <c r="AD63" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="AG63" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="AH63" t="s">
         <v>1705</v>
       </c>
       <c r="AI63" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="AJ63" t="s">
         <v>2033</v>
       </c>
       <c r="AK63" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="64" spans="1:38">
       <c r="A64" t="s">
         <v>100</v>
       </c>
       <c r="B64" t="s">
         <v>396</v>
       </c>
       <c r="C64" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D64" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
       <c r="E64" t="s">
         <v>1139</v>
       </c>
       <c r="F64" t="s">
-        <v>1194</v>
+        <v>1146</v>
       </c>
       <c r="G64" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="H64">
         <v>50</v>
       </c>
       <c r="I64">
-        <v>1639137.5</v>
+        <v>2678000</v>
       </c>
       <c r="J64" t="s">
         <v>1357</v>
       </c>
       <c r="K64">
-        <v>819568.75</v>
+        <v>1339000</v>
       </c>
       <c r="L64" t="s">
-        <v>1402</v>
+        <v>1365</v>
       </c>
       <c r="M64" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="N64">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="O64" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="P64" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="Q64" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="R64" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S64" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T64" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U64" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V64" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W64" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y64">
-        <v>8000</v>
+        <v>9000</v>
       </c>
       <c r="Z64" t="s">
-        <v>1607</v>
+        <v>1601</v>
       </c>
       <c r="AA64" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="AD64" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="AG64" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
       <c r="AH64" t="s">
         <v>1705</v>
       </c>
       <c r="AI64" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="AJ64" t="s">
         <v>2034</v>
       </c>
       <c r="AK64" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="65" spans="1:38">
       <c r="A65" t="s">
         <v>101</v>
       </c>
       <c r="B65" t="s">
         <v>397</v>
       </c>
       <c r="C65" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="D65" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="E65" t="s">
         <v>1139</v>
       </c>
       <c r="F65" t="s">
-        <v>1195</v>
+        <v>1159</v>
       </c>
       <c r="G65" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="H65">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I65">
-        <v>7634614</v>
+        <v>2546545.95</v>
       </c>
       <c r="J65" t="s">
         <v>1357</v>
       </c>
       <c r="K65">
-        <v>3196856.91</v>
+        <v>1273273.04</v>
       </c>
       <c r="L65" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
       <c r="M65" t="s">
-        <v>1483</v>
+        <v>1520</v>
       </c>
       <c r="N65">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="O65" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="P65" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q65" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R65" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S65" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T65" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U65" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V65" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W65" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y65">
-        <v>5230</v>
+        <v>7500</v>
       </c>
       <c r="Z65" t="s">
-        <v>1603</v>
+        <v>1627</v>
       </c>
       <c r="AA65" t="s">
-        <v>1645</v>
+        <v>1669</v>
       </c>
       <c r="AD65" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="AG65" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="AH65" t="s">
         <v>1705</v>
       </c>
       <c r="AI65" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="AJ65" t="s">
         <v>2035</v>
       </c>
       <c r="AK65" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="66" spans="1:38">
       <c r="A66" t="s">
         <v>102</v>
       </c>
       <c r="B66" t="s">
         <v>398</v>
       </c>
       <c r="C66" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D66" t="s">
-        <v>692</v>
+        <v>962</v>
       </c>
       <c r="E66" t="s">
         <v>1139</v>
       </c>
       <c r="F66" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="G66" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
       <c r="H66">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I66">
-        <v>1502099.56</v>
+        <v>1170000</v>
       </c>
       <c r="J66" t="s">
         <v>1357</v>
       </c>
       <c r="K66">
-        <v>741299.78</v>
+        <v>585000</v>
       </c>
       <c r="L66" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="M66" t="s">
-        <v>1515</v>
+        <v>1513</v>
       </c>
       <c r="N66">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="O66" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="P66" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q66" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R66" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S66" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T66" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U66" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V66" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W66" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y66">
-        <v>5700</v>
+        <v>8000</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>1619</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>1661</v>
       </c>
       <c r="AD66" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="AG66" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="AH66" t="s">
         <v>1705</v>
       </c>
       <c r="AI66" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="AJ66" t="s">
         <v>2036</v>
       </c>
       <c r="AK66" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="67" spans="1:38">
       <c r="A67" t="s">
         <v>103</v>
       </c>
       <c r="B67" t="s">
         <v>399</v>
       </c>
       <c r="C67" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D67" t="s">
-        <v>964</v>
+        <v>963</v>
       </c>
       <c r="E67" t="s">
         <v>1139</v>
       </c>
       <c r="F67" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="G67" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="H67">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="I67">
-        <v>1114973.08</v>
+        <v>1259124.88</v>
       </c>
       <c r="J67" t="s">
         <v>1357</v>
       </c>
       <c r="K67">
-        <v>290121.13</v>
+        <v>629562.4399999999</v>
       </c>
       <c r="L67" t="s">
-        <v>1404</v>
+        <v>1367</v>
       </c>
       <c r="M67" t="s">
-        <v>1516</v>
+        <v>1489</v>
       </c>
       <c r="N67">
         <v>106</v>
       </c>
       <c r="O67" t="s">
         <v>1564</v>
       </c>
       <c r="P67" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q67" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R67" t="s">
         <v>1584</v>
       </c>
       <c r="S67" t="s">
         <v>1587</v>
       </c>
       <c r="T67" t="s">
         <v>1590</v>
       </c>
       <c r="U67" t="s">
         <v>1592</v>
       </c>
       <c r="V67" t="s">
         <v>1594</v>
       </c>
       <c r="W67" t="s">
         <v>1597</v>
       </c>
       <c r="Y67">
-        <v>4100</v>
+        <v>2800</v>
       </c>
       <c r="Z67" t="s">
-        <v>1624</v>
+        <v>1607</v>
       </c>
       <c r="AA67" t="s">
-        <v>1666</v>
+        <v>1649</v>
       </c>
       <c r="AD67" t="s">
-        <v>1692</v>
+        <v>1689</v>
       </c>
       <c r="AG67" t="s">
-        <v>1702</v>
+        <v>1700</v>
       </c>
       <c r="AH67" t="s">
         <v>1705</v>
       </c>
       <c r="AI67" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="AJ67" t="s">
         <v>2037</v>
       </c>
       <c r="AK67" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="68" spans="1:38">
       <c r="A68" t="s">
         <v>104</v>
       </c>
       <c r="B68" t="s">
         <v>400</v>
       </c>
       <c r="C68" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="D68" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="E68" t="s">
         <v>1139</v>
       </c>
       <c r="F68" t="s">
-        <v>1148</v>
+        <v>1195</v>
       </c>
       <c r="G68" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="H68">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="I68">
-        <v>2214989.27</v>
+        <v>3451038.76</v>
       </c>
       <c r="J68" t="s">
         <v>1357</v>
       </c>
       <c r="K68">
-        <v>707744.7</v>
+        <v>1242373.99</v>
       </c>
       <c r="L68" t="s">
-        <v>1366</v>
+        <v>1407</v>
       </c>
       <c r="M68" t="s">
-        <v>1487</v>
+        <v>1483</v>
       </c>
       <c r="N68">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O68" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P68" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q68" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R68" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S68" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T68" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U68" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V68" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W68" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y68">
-        <v>8830</v>
+        <v>5230</v>
       </c>
       <c r="Z68" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="AA68" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
       <c r="AD68" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="AG68" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="AH68" t="s">
         <v>1705</v>
       </c>
       <c r="AI68" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="AJ68" t="s">
         <v>2038</v>
       </c>
       <c r="AK68" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="69" spans="1:38">
       <c r="A69" t="s">
         <v>105</v>
       </c>
       <c r="B69" t="s">
         <v>401</v>
       </c>
       <c r="C69" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D69" t="s">
-        <v>965</v>
+        <v>964</v>
       </c>
       <c r="E69" t="s">
         <v>1139</v>
       </c>
       <c r="F69" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="G69" t="s">
-        <v>1318</v>
+        <v>1294</v>
       </c>
       <c r="H69">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I69">
-        <v>1703034.71</v>
+        <v>3007909.45</v>
       </c>
       <c r="J69" t="s">
         <v>1357</v>
       </c>
       <c r="K69">
-        <v>1021807.67</v>
+        <v>1503954.66</v>
       </c>
       <c r="L69" t="s">
-        <v>1405</v>
+        <v>1377</v>
       </c>
       <c r="M69" t="s">
-        <v>1517</v>
+        <v>1493</v>
       </c>
       <c r="N69">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="O69" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="P69" t="s">
         <v>1574</v>
       </c>
       <c r="Q69" t="s">
         <v>1580</v>
       </c>
       <c r="R69" t="s">
         <v>1584</v>
       </c>
       <c r="S69" t="s">
         <v>1587</v>
       </c>
       <c r="T69" t="s">
         <v>1590</v>
       </c>
       <c r="U69" t="s">
         <v>1592</v>
       </c>
       <c r="V69" t="s">
         <v>1594</v>
       </c>
       <c r="W69" t="s">
         <v>1597</v>
       </c>
       <c r="Y69">
-        <v>4300</v>
+        <v>5000</v>
       </c>
       <c r="Z69" t="s">
-        <v>1625</v>
+        <v>1603</v>
       </c>
       <c r="AA69" t="s">
-        <v>1667</v>
+        <v>1645</v>
       </c>
       <c r="AD69" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="AG69" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="AH69" t="s">
         <v>1705</v>
       </c>
       <c r="AI69" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="AJ69" t="s">
         <v>2039</v>
       </c>
       <c r="AK69" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="70" spans="1:38">
       <c r="A70" t="s">
         <v>106</v>
       </c>
       <c r="B70" t="s">
         <v>402</v>
       </c>
       <c r="C70" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D70" t="s">
-        <v>966</v>
+        <v>965</v>
       </c>
       <c r="E70" t="s">
         <v>1139</v>
       </c>
       <c r="F70" t="s">
-        <v>1155</v>
+        <v>1197</v>
       </c>
       <c r="G70" t="s">
-        <v>1319</v>
+        <v>1295</v>
       </c>
       <c r="H70">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="I70">
-        <v>1811383.21</v>
+        <v>1898562.77</v>
       </c>
       <c r="J70" t="s">
         <v>1357</v>
       </c>
       <c r="K70">
-        <v>779893.27</v>
+        <v>949281.45</v>
       </c>
       <c r="L70" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="M70" t="s">
-        <v>1486</v>
+        <v>1495</v>
       </c>
       <c r="N70">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="O70" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="P70" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="Q70" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="R70" t="s">
         <v>1584</v>
       </c>
       <c r="S70" t="s">
         <v>1587</v>
       </c>
       <c r="T70" t="s">
         <v>1590</v>
       </c>
       <c r="U70" t="s">
         <v>1592</v>
       </c>
       <c r="V70" t="s">
         <v>1594</v>
       </c>
       <c r="W70" t="s">
         <v>1597</v>
       </c>
       <c r="Y70">
-        <v>9000</v>
+        <v>7100</v>
       </c>
       <c r="Z70" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="AA70" t="s">
-        <v>1643</v>
+        <v>1653</v>
       </c>
       <c r="AD70" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AG70" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AH70" t="s">
         <v>1705</v>
       </c>
       <c r="AI70" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="AJ70" t="s">
-        <v>2040</v>
+        <v>1770</v>
       </c>
       <c r="AK70" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="71" spans="1:38">
       <c r="A71" t="s">
         <v>107</v>
       </c>
       <c r="B71" t="s">
         <v>403</v>
       </c>
       <c r="C71" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D71" t="s">
-        <v>967</v>
+        <v>966</v>
       </c>
       <c r="E71" t="s">
         <v>1139</v>
       </c>
       <c r="F71" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="G71" t="s">
-        <v>1286</v>
+        <v>1304</v>
       </c>
       <c r="H71">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I71">
-        <v>3827943.6</v>
+        <v>392313.74</v>
       </c>
       <c r="J71" t="s">
         <v>1357</v>
       </c>
       <c r="K71">
-        <v>1624962.04</v>
+        <v>196156.87</v>
       </c>
       <c r="L71" t="s">
-        <v>1373</v>
+        <v>1409</v>
       </c>
       <c r="M71" t="s">
-        <v>1493</v>
+        <v>1521</v>
       </c>
       <c r="N71">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="O71" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="P71" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q71" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R71" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S71" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T71" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U71" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V71" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W71" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y71">
-        <v>4760</v>
+        <v>3700</v>
       </c>
       <c r="Z71" t="s">
-        <v>1610</v>
+        <v>1604</v>
       </c>
       <c r="AA71" t="s">
-        <v>1652</v>
+        <v>1646</v>
       </c>
       <c r="AD71" t="s">
-        <v>1692</v>
+        <v>1646</v>
       </c>
       <c r="AG71" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
       <c r="AH71" t="s">
         <v>1705</v>
       </c>
       <c r="AI71" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="AJ71" t="s">
-        <v>2041</v>
+        <v>2040</v>
       </c>
       <c r="AK71" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="72" spans="1:38">
       <c r="A72" t="s">
         <v>108</v>
       </c>
       <c r="B72" t="s">
         <v>404</v>
       </c>
       <c r="C72" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D72" t="s">
-        <v>968</v>
+        <v>967</v>
       </c>
       <c r="E72" t="s">
         <v>1139</v>
       </c>
       <c r="F72" t="s">
-        <v>1200</v>
+        <v>1188</v>
       </c>
       <c r="G72" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="H72">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I72">
-        <v>3113225.44</v>
+        <v>2479792.38</v>
       </c>
       <c r="J72" t="s">
         <v>1357</v>
       </c>
       <c r="K72">
-        <v>1556612.72</v>
+        <v>846281.15</v>
       </c>
       <c r="L72" t="s">
-        <v>1407</v>
+        <v>1400</v>
       </c>
       <c r="M72" t="s">
-        <v>1518</v>
+        <v>1481</v>
       </c>
       <c r="N72">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="O72" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="P72" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q72" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R72" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S72" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T72" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U72" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V72" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W72" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y72">
-        <v>7000</v>
+        <v>9220</v>
       </c>
       <c r="Z72" t="s">
-        <v>1626</v>
+        <v>1601</v>
       </c>
       <c r="AA72" t="s">
-        <v>1668</v>
+        <v>1643</v>
       </c>
       <c r="AD72" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG72" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH72" t="s">
         <v>1705</v>
       </c>
       <c r="AI72" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="AJ72" t="s">
-        <v>2042</v>
+        <v>2041</v>
       </c>
       <c r="AK72" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="73" spans="1:38">
       <c r="A73" t="s">
         <v>109</v>
       </c>
       <c r="B73" t="s">
         <v>405</v>
       </c>
       <c r="C73" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="D73" t="s">
-        <v>969</v>
+        <v>968</v>
       </c>
       <c r="E73" t="s">
         <v>1139</v>
       </c>
       <c r="F73" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="G73" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="H73">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="I73">
-        <v>1755000</v>
+        <v>303212</v>
       </c>
       <c r="J73" t="s">
         <v>1357</v>
       </c>
       <c r="K73">
-        <v>584941.5</v>
+        <v>181927.2</v>
       </c>
       <c r="L73" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="M73" t="s">
-        <v>1495</v>
+        <v>1522</v>
       </c>
       <c r="N73">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O73" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P73" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q73" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R73" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S73" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T73" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U73" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V73" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W73" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y73">
-        <v>8200</v>
+        <v>4600</v>
       </c>
       <c r="Z73" t="s">
-        <v>1607</v>
+        <v>1628</v>
       </c>
       <c r="AA73" t="s">
-        <v>1649</v>
+        <v>1670</v>
       </c>
       <c r="AD73" t="s">
-        <v>1690</v>
+        <v>1691</v>
       </c>
       <c r="AG73" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="AH73" t="s">
         <v>1705</v>
       </c>
       <c r="AI73" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="AJ73" t="s">
-        <v>2043</v>
+        <v>2042</v>
       </c>
       <c r="AK73" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5447</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="74" spans="1:38">
       <c r="A74" t="s">
         <v>110</v>
       </c>
       <c r="B74" t="s">
         <v>406</v>
       </c>
       <c r="C74" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D74" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="E74" t="s">
         <v>1139</v>
       </c>
       <c r="F74" t="s">
-        <v>1202</v>
+        <v>1180</v>
       </c>
       <c r="G74" t="s">
-        <v>1321</v>
+        <v>1295</v>
       </c>
       <c r="H74">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I74">
-        <v>2243814.69</v>
+        <v>707722.47</v>
       </c>
       <c r="J74" t="s">
         <v>1357</v>
       </c>
       <c r="K74">
-        <v>1346288.84</v>
+        <v>353861.17</v>
       </c>
       <c r="L74" t="s">
-        <v>1358</v>
+        <v>1411</v>
       </c>
       <c r="M74" t="s">
-        <v>1480</v>
+        <v>1518</v>
       </c>
       <c r="N74">
-        <v>117</v>
+        <v>63</v>
       </c>
       <c r="O74" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="P74" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q74" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R74" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S74" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T74" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U74" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V74" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W74" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y74">
-        <v>1165</v>
+        <v>9900</v>
       </c>
       <c r="Z74" t="s">
-        <v>1600</v>
+        <v>1626</v>
       </c>
       <c r="AA74" t="s">
-        <v>1642</v>
+        <v>1668</v>
       </c>
       <c r="AD74" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="AG74" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="AH74" t="s">
         <v>1705</v>
       </c>
       <c r="AI74" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="AJ74" t="s">
-        <v>2044</v>
+        <v>2043</v>
       </c>
       <c r="AK74" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="75" spans="1:38">
       <c r="A75" t="s">
         <v>111</v>
       </c>
       <c r="B75" t="s">
         <v>407</v>
       </c>
       <c r="C75" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D75" t="s">
-        <v>971</v>
+        <v>970</v>
       </c>
       <c r="E75" t="s">
         <v>1139</v>
       </c>
       <c r="F75" t="s">
-        <v>1144</v>
+        <v>1200</v>
       </c>
       <c r="G75" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
       <c r="H75">
         <v>50</v>
       </c>
       <c r="I75">
-        <v>5674985.03</v>
+        <v>1150500</v>
       </c>
       <c r="J75" t="s">
         <v>1357</v>
       </c>
       <c r="K75">
-        <v>2809217.45</v>
+        <v>575250</v>
       </c>
       <c r="L75" t="s">
-        <v>1358</v>
+        <v>1412</v>
       </c>
       <c r="M75" t="s">
-        <v>1480</v>
+        <v>1523</v>
       </c>
       <c r="N75">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="O75" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="P75" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="Q75" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="R75" t="s">
         <v>1584</v>
       </c>
       <c r="S75" t="s">
         <v>1587</v>
       </c>
       <c r="T75" t="s">
         <v>1590</v>
       </c>
       <c r="U75" t="s">
         <v>1592</v>
       </c>
       <c r="V75" t="s">
         <v>1594</v>
       </c>
       <c r="W75" t="s">
         <v>1597</v>
       </c>
       <c r="Y75">
-        <v>1165</v>
+        <v>8830</v>
       </c>
       <c r="Z75" t="s">
-        <v>1600</v>
+        <v>1617</v>
       </c>
       <c r="AA75" t="s">
-        <v>1642</v>
+        <v>1659</v>
       </c>
       <c r="AD75" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="AG75" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="AH75" t="s">
         <v>1705</v>
+      </c>
+      <c r="AI75" t="s">
+        <v>1775</v>
+      </c>
+      <c r="AJ75" t="s">
+        <v>2044</v>
       </c>
       <c r="AK75" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="76" spans="1:38">
       <c r="A76" t="s">
         <v>112</v>
       </c>
       <c r="B76" t="s">
         <v>408</v>
       </c>
       <c r="C76" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="D76" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E76" t="s">
         <v>1139</v>
       </c>
       <c r="F76" t="s">
-        <v>1168</v>
+        <v>1194</v>
       </c>
       <c r="G76" t="s">
-        <v>1306</v>
+        <v>1295</v>
       </c>
       <c r="H76">
         <v>50</v>
       </c>
       <c r="I76">
-        <v>1641380</v>
+        <v>1595570.21</v>
       </c>
       <c r="J76" t="s">
         <v>1357</v>
       </c>
       <c r="K76">
-        <v>820690</v>
+        <v>797785.17</v>
       </c>
       <c r="L76" t="s">
-        <v>1376</v>
+        <v>1413</v>
       </c>
       <c r="M76" t="s">
-        <v>1485</v>
+        <v>1524</v>
       </c>
       <c r="N76">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O76" t="s">
         <v>1565</v>
       </c>
       <c r="P76" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="Q76" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="R76" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S76" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T76" t="s">
         <v>1591</v>
       </c>
       <c r="U76" t="s">
         <v>1593</v>
       </c>
       <c r="V76" t="s">
         <v>1595</v>
       </c>
       <c r="W76" t="s">
         <v>1598</v>
       </c>
       <c r="Y76">
-        <v>5000</v>
+        <v>2620</v>
       </c>
       <c r="Z76" t="s">
-        <v>1603</v>
+        <v>1629</v>
       </c>
       <c r="AA76" t="s">
-        <v>1645</v>
+        <v>1671</v>
       </c>
       <c r="AD76" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="AG76" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="AH76" t="s">
         <v>1705</v>
       </c>
       <c r="AI76" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="AJ76" t="s">
         <v>2045</v>
       </c>
       <c r="AK76" t="s">
         <v>2247</v>
+      </c>
+      <c r="AL76">
+        <v>5987</v>
       </c>
     </row>
     <row r="77" spans="1:38">
       <c r="A77" t="s">
         <v>113</v>
       </c>
       <c r="B77" t="s">
         <v>409</v>
       </c>
       <c r="C77" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D77" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="E77" t="s">
         <v>1139</v>
       </c>
       <c r="F77" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="G77" t="s">
-        <v>1301</v>
+        <v>1323</v>
       </c>
       <c r="H77">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="I77">
-        <v>1094987.4</v>
+        <v>971022</v>
       </c>
       <c r="J77" t="s">
         <v>1357</v>
       </c>
       <c r="K77">
-        <v>547493.7</v>
+        <v>394511</v>
       </c>
       <c r="L77" t="s">
-        <v>1403</v>
+        <v>1414</v>
       </c>
       <c r="M77" t="s">
-        <v>1515</v>
+        <v>1481</v>
       </c>
       <c r="N77">
-        <v>104</v>
+        <v>62</v>
       </c>
       <c r="O77" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
       <c r="P77" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q77" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R77" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S77" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T77" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U77" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V77" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W77" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y77">
-        <v>5700</v>
+        <v>9220</v>
+      </c>
+      <c r="Z77" t="s">
+        <v>1601</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>1643</v>
       </c>
       <c r="AD77" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="AG77" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="AH77" t="s">
         <v>1705</v>
       </c>
       <c r="AI77" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="AJ77" t="s">
         <v>2046</v>
       </c>
       <c r="AK77" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="78" spans="1:38">
       <c r="A78" t="s">
         <v>114</v>
       </c>
       <c r="B78" t="s">
         <v>410</v>
       </c>
       <c r="C78" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D78" t="s">
-        <v>704</v>
+        <v>972</v>
       </c>
       <c r="E78" t="s">
         <v>1139</v>
       </c>
       <c r="F78" t="s">
-        <v>1203</v>
+        <v>1160</v>
       </c>
       <c r="G78" t="s">
         <v>1295</v>
       </c>
       <c r="H78">
         <v>50</v>
       </c>
       <c r="I78">
-        <v>3697725.85</v>
+        <v>4770027.47</v>
       </c>
       <c r="J78" t="s">
         <v>1357</v>
       </c>
       <c r="K78">
-        <v>1848862.99</v>
+        <v>2381178.41</v>
       </c>
       <c r="L78" t="s">
-        <v>1358</v>
+        <v>1400</v>
       </c>
       <c r="M78" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="N78">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="O78" t="s">
-        <v>1565</v>
+        <v>1564</v>
       </c>
       <c r="P78" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q78" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R78" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S78" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T78" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U78" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V78" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W78" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y78">
-        <v>1165</v>
+        <v>9220</v>
       </c>
       <c r="Z78" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="AA78" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="AD78" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="AG78" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="AH78" t="s">
         <v>1705</v>
       </c>
       <c r="AI78" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="AJ78" t="s">
         <v>2047</v>
       </c>
       <c r="AK78" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="79" spans="1:38">
       <c r="A79" t="s">
         <v>115</v>
       </c>
       <c r="B79" t="s">
         <v>411</v>
       </c>
       <c r="C79" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D79" t="s">
-        <v>973</v>
+        <v>707</v>
       </c>
       <c r="E79" t="s">
         <v>1139</v>
       </c>
       <c r="F79" t="s">
-        <v>1204</v>
+        <v>1158</v>
       </c>
       <c r="G79" t="s">
-        <v>1287</v>
+        <v>1272</v>
       </c>
       <c r="H79">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="I79">
-        <v>1387696.44</v>
+        <v>71751.81</v>
       </c>
       <c r="J79" t="s">
         <v>1357</v>
       </c>
       <c r="K79">
-        <v>673726.5600000001</v>
+        <v>32288.36</v>
       </c>
       <c r="L79" t="s">
-        <v>1369</v>
+        <v>1415</v>
       </c>
       <c r="M79" t="s">
-        <v>1495</v>
+        <v>1521</v>
       </c>
       <c r="N79">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O79" t="s">
         <v>1562</v>
       </c>
       <c r="P79" t="s">
         <v>1573</v>
       </c>
       <c r="Q79" t="s">
         <v>1579</v>
       </c>
       <c r="R79" t="s">
         <v>1585</v>
       </c>
       <c r="S79" t="s">
         <v>1588</v>
       </c>
       <c r="T79" t="s">
         <v>1591</v>
       </c>
       <c r="U79" t="s">
         <v>1593</v>
       </c>
       <c r="V79" t="s">
         <v>1595</v>
       </c>
       <c r="W79" t="s">
         <v>1598</v>
       </c>
       <c r="Y79">
-        <v>8200</v>
+        <v>3700</v>
       </c>
       <c r="Z79" t="s">
-        <v>1607</v>
+        <v>1604</v>
       </c>
       <c r="AA79" t="s">
-        <v>1649</v>
+        <v>1646</v>
       </c>
       <c r="AD79" t="s">
-        <v>1690</v>
+        <v>1646</v>
       </c>
       <c r="AG79" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="AH79" t="s">
         <v>1705</v>
       </c>
       <c r="AI79" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="AJ79" t="s">
         <v>2048</v>
       </c>
       <c r="AK79" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="80" spans="1:38">
       <c r="A80" t="s">
         <v>116</v>
       </c>
       <c r="B80" t="s">
         <v>412</v>
       </c>
       <c r="C80" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D80" t="s">
-        <v>974</v>
+        <v>708</v>
       </c>
       <c r="E80" t="s">
         <v>1139</v>
       </c>
       <c r="F80" t="s">
-        <v>1154</v>
+        <v>1202</v>
       </c>
       <c r="G80" t="s">
-        <v>1286</v>
+        <v>1324</v>
       </c>
       <c r="H80">
         <v>50</v>
       </c>
       <c r="I80">
-        <v>2308608.64</v>
+        <v>585009.62</v>
       </c>
       <c r="J80" t="s">
         <v>1357</v>
       </c>
       <c r="K80">
-        <v>1154304.32</v>
+        <v>292504.81</v>
       </c>
       <c r="L80" t="s">
-        <v>1409</v>
+        <v>1377</v>
       </c>
       <c r="M80" t="s">
-        <v>1519</v>
+        <v>1493</v>
       </c>
       <c r="N80">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="O80" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
       <c r="P80" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="Q80" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="R80" t="s">
         <v>1584</v>
       </c>
       <c r="S80" t="s">
         <v>1587</v>
       </c>
       <c r="T80" t="s">
         <v>1590</v>
       </c>
       <c r="U80" t="s">
         <v>1592</v>
       </c>
       <c r="V80" t="s">
         <v>1594</v>
       </c>
       <c r="W80" t="s">
         <v>1597</v>
       </c>
       <c r="Y80">
-        <v>8500</v>
+        <v>5000</v>
       </c>
       <c r="Z80" t="s">
-        <v>1627</v>
+        <v>1603</v>
       </c>
       <c r="AA80" t="s">
-        <v>1669</v>
+        <v>1645</v>
       </c>
       <c r="AD80" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AG80" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AH80" t="s">
         <v>1705</v>
       </c>
       <c r="AI80" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="AJ80" t="s">
         <v>2049</v>
       </c>
       <c r="AK80" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="81" spans="1:37">
       <c r="A81" t="s">
         <v>117</v>
       </c>
       <c r="B81" t="s">
         <v>413</v>
       </c>
       <c r="C81" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="D81" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="E81" t="s">
         <v>1139</v>
       </c>
       <c r="F81" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="G81" t="s">
-        <v>1289</v>
+        <v>1325</v>
       </c>
       <c r="H81">
         <v>50</v>
       </c>
       <c r="I81">
-        <v>498550</v>
+        <v>3995911.53</v>
       </c>
       <c r="J81" t="s">
         <v>1357</v>
       </c>
       <c r="K81">
-        <v>249275</v>
+        <v>1997955.83</v>
       </c>
       <c r="L81" t="s">
-        <v>1410</v>
+        <v>1416</v>
       </c>
       <c r="M81" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="N81">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O81" t="s">
         <v>1565</v>
       </c>
       <c r="P81" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="Q81" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="R81" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S81" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T81" t="s">
         <v>1591</v>
       </c>
       <c r="U81" t="s">
         <v>1593</v>
       </c>
       <c r="V81" t="s">
         <v>1595</v>
       </c>
       <c r="W81" t="s">
         <v>1598</v>
       </c>
       <c r="Y81">
-        <v>9970</v>
+        <v>7400</v>
       </c>
       <c r="Z81" t="s">
-        <v>1616</v>
+        <v>1630</v>
       </c>
       <c r="AA81" t="s">
-        <v>1658</v>
+        <v>1672</v>
       </c>
       <c r="AD81" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="AG81" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="AH81" t="s">
         <v>1705</v>
       </c>
       <c r="AI81" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="AJ81" t="s">
         <v>2050</v>
       </c>
       <c r="AK81" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="82" spans="1:37">
       <c r="A82" t="s">
         <v>118</v>
       </c>
       <c r="B82" t="s">
         <v>414</v>
       </c>
       <c r="C82" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D82" t="s">
-        <v>976</v>
+        <v>974</v>
       </c>
       <c r="E82" t="s">
         <v>1139</v>
       </c>
       <c r="F82" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
       <c r="G82" t="s">
-        <v>1322</v>
+        <v>1303</v>
       </c>
       <c r="H82">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I82">
-        <v>5135446.68</v>
+        <v>6341090.86</v>
       </c>
       <c r="J82" t="s">
         <v>1357</v>
       </c>
       <c r="K82">
-        <v>2404852.06</v>
+        <v>3093818.26</v>
       </c>
       <c r="L82" t="s">
-        <v>1411</v>
+        <v>1406</v>
       </c>
       <c r="M82" t="s">
-        <v>1521</v>
+        <v>1513</v>
       </c>
       <c r="N82">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="O82" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="P82" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="Q82" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="R82" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S82" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T82" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U82" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V82" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W82" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y82">
-        <v>1552</v>
+        <v>8000</v>
       </c>
       <c r="Z82" t="s">
-        <v>1600</v>
+        <v>1619</v>
       </c>
       <c r="AA82" t="s">
-        <v>1642</v>
+        <v>1661</v>
       </c>
       <c r="AD82" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="AG82" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="AH82" t="s">
         <v>1705</v>
       </c>
       <c r="AI82" t="s">
-        <v>1780</v>
+        <v>1738</v>
       </c>
       <c r="AJ82" t="s">
-        <v>2051</v>
+        <v>2008</v>
       </c>
       <c r="AK82" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="83" spans="1:37">
       <c r="A83" t="s">
         <v>119</v>
       </c>
       <c r="B83" t="s">
         <v>415</v>
       </c>
       <c r="C83" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D83" t="s">
-        <v>977</v>
+        <v>975</v>
       </c>
       <c r="E83" t="s">
         <v>1139</v>
       </c>
       <c r="F83" t="s">
-        <v>1155</v>
+        <v>1205</v>
       </c>
       <c r="G83" t="s">
-        <v>1323</v>
+        <v>1326</v>
       </c>
       <c r="H83">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="I83">
-        <v>1049180.47</v>
+        <v>525525</v>
       </c>
       <c r="J83" t="s">
         <v>1357</v>
       </c>
       <c r="K83">
-        <v>346578.05</v>
+        <v>262762.5</v>
       </c>
       <c r="L83" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
       <c r="M83" t="s">
-        <v>1522</v>
+        <v>1516</v>
       </c>
       <c r="N83">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="O83" t="s">
         <v>1563</v>
       </c>
       <c r="P83" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="Q83" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="R83" t="s">
         <v>1584</v>
       </c>
       <c r="S83" t="s">
         <v>1587</v>
       </c>
       <c r="T83" t="s">
         <v>1590</v>
       </c>
       <c r="U83" t="s">
         <v>1592</v>
       </c>
       <c r="V83" t="s">
         <v>1594</v>
       </c>
       <c r="W83" t="s">
         <v>1597</v>
       </c>
       <c r="Y83">
-        <v>9500</v>
+        <v>9600</v>
       </c>
       <c r="Z83" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
       <c r="AA83" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
       <c r="AD83" t="s">
         <v>1685</v>
       </c>
       <c r="AG83" t="s">
         <v>1695</v>
       </c>
       <c r="AH83" t="s">
         <v>1705</v>
       </c>
       <c r="AI83" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="AJ83" t="s">
-        <v>2052</v>
+        <v>2051</v>
       </c>
       <c r="AK83" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="84" spans="1:37">
       <c r="A84" t="s">
         <v>120</v>
       </c>
       <c r="B84" t="s">
         <v>416</v>
       </c>
       <c r="C84" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D84" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="E84" t="s">
         <v>1139</v>
       </c>
       <c r="F84" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="G84" t="s">
-        <v>1324</v>
+        <v>1327</v>
       </c>
       <c r="H84">
         <v>50</v>
       </c>
       <c r="I84">
-        <v>2733859.18</v>
+        <v>3113225.44</v>
       </c>
       <c r="J84" t="s">
         <v>1357</v>
       </c>
       <c r="K84">
-        <v>1366929.59</v>
+        <v>1556612.72</v>
       </c>
       <c r="L84" t="s">
-        <v>1401</v>
+        <v>1418</v>
       </c>
       <c r="M84" t="s">
-        <v>1502</v>
+        <v>1526</v>
       </c>
       <c r="N84">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="O84" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
       <c r="P84" t="s">
         <v>1575</v>
       </c>
       <c r="Q84" t="s">
         <v>1581</v>
       </c>
       <c r="R84" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S84" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T84" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U84" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V84" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W84" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y84">
-        <v>2100</v>
+        <v>7000</v>
       </c>
       <c r="Z84" t="s">
-        <v>1600</v>
+        <v>1631</v>
       </c>
       <c r="AA84" t="s">
-        <v>1642</v>
+        <v>1673</v>
       </c>
       <c r="AD84" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="AG84" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="AH84" t="s">
         <v>1705</v>
       </c>
       <c r="AI84" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="AJ84" t="s">
-        <v>2053</v>
+        <v>2052</v>
       </c>
       <c r="AK84" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="85" spans="1:37">
       <c r="A85" t="s">
         <v>121</v>
       </c>
       <c r="B85" t="s">
         <v>417</v>
       </c>
       <c r="C85" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D85" t="s">
-        <v>979</v>
+        <v>713</v>
       </c>
       <c r="E85" t="s">
         <v>1139</v>
       </c>
       <c r="F85" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="G85" t="s">
-        <v>1325</v>
+        <v>1297</v>
       </c>
       <c r="H85">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="I85">
-        <v>677735.24</v>
+        <v>1906321.82</v>
       </c>
       <c r="J85" t="s">
         <v>1357</v>
       </c>
       <c r="K85">
-        <v>201888.18</v>
+        <v>953160.91</v>
       </c>
       <c r="L85" t="s">
-        <v>1413</v>
+        <v>1419</v>
       </c>
       <c r="M85" t="s">
-        <v>1523</v>
+        <v>1527</v>
       </c>
       <c r="N85">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="O85" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="P85" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="Q85" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="R85" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S85" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T85" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U85" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V85" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W85" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y85">
-        <v>8700</v>
+        <v>2400</v>
       </c>
       <c r="Z85" t="s">
-        <v>1629</v>
+        <v>1605</v>
       </c>
       <c r="AA85" t="s">
-        <v>1671</v>
+        <v>1647</v>
       </c>
       <c r="AD85" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="AG85" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="AH85" t="s">
         <v>1705</v>
       </c>
       <c r="AI85" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="AJ85" t="s">
-        <v>2054</v>
+        <v>2053</v>
       </c>
       <c r="AK85" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="86" spans="1:37">
       <c r="A86" t="s">
         <v>122</v>
       </c>
       <c r="B86" t="s">
         <v>418</v>
       </c>
       <c r="C86" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D86" t="s">
-        <v>712</v>
+        <v>977</v>
       </c>
       <c r="E86" t="s">
         <v>1139</v>
       </c>
       <c r="F86" t="s">
-        <v>1156</v>
+        <v>1207</v>
       </c>
       <c r="G86" t="s">
-        <v>1291</v>
+        <v>1311</v>
       </c>
       <c r="H86">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I86">
-        <v>4413382.48</v>
+        <v>538605.47</v>
       </c>
       <c r="J86" t="s">
         <v>1357</v>
       </c>
       <c r="K86">
-        <v>2206691.24</v>
+        <v>265605.47</v>
       </c>
       <c r="L86" t="s">
-        <v>1375</v>
+        <v>1391</v>
       </c>
       <c r="M86" t="s">
-        <v>1496</v>
+        <v>1509</v>
       </c>
       <c r="N86">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O86" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="P86" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q86" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R86" t="s">
         <v>1585</v>
       </c>
       <c r="S86" t="s">
         <v>1588</v>
       </c>
       <c r="T86" t="s">
         <v>1591</v>
       </c>
       <c r="U86" t="s">
         <v>1593</v>
       </c>
       <c r="V86" t="s">
         <v>1595</v>
       </c>
       <c r="W86" t="s">
         <v>1598</v>
       </c>
       <c r="Y86">
-        <v>6000</v>
+        <v>3720</v>
       </c>
       <c r="Z86" t="s">
-        <v>1611</v>
+        <v>1604</v>
       </c>
       <c r="AA86" t="s">
-        <v>1653</v>
+        <v>1646</v>
       </c>
       <c r="AD86" t="s">
-        <v>1686</v>
+        <v>1646</v>
       </c>
       <c r="AG86" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="AH86" t="s">
         <v>1705</v>
       </c>
       <c r="AI86" t="s">
-        <v>1716</v>
+        <v>1785</v>
       </c>
       <c r="AJ86" t="s">
-        <v>1986</v>
+        <v>2054</v>
       </c>
       <c r="AK86" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="87" spans="1:37">
       <c r="A87" t="s">
         <v>123</v>
       </c>
       <c r="B87" t="s">
         <v>419</v>
       </c>
       <c r="C87" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="D87" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="E87" t="s">
         <v>1139</v>
       </c>
       <c r="F87" t="s">
         <v>1208</v>
       </c>
       <c r="G87" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="H87">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I87">
-        <v>817317.8</v>
+        <v>2563406.82</v>
       </c>
       <c r="J87" t="s">
         <v>1357</v>
       </c>
       <c r="K87">
-        <v>408658.9</v>
+        <v>1538044.04</v>
       </c>
       <c r="L87" t="s">
-        <v>1414</v>
+        <v>1367</v>
       </c>
       <c r="M87" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="N87">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="O87" t="s">
-        <v>1571</v>
+        <v>1562</v>
       </c>
       <c r="P87" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q87" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R87" t="s">
         <v>1585</v>
       </c>
       <c r="S87" t="s">
         <v>1588</v>
       </c>
       <c r="T87" t="s">
         <v>1591</v>
       </c>
       <c r="U87" t="s">
         <v>1593</v>
       </c>
       <c r="V87" t="s">
         <v>1595</v>
       </c>
       <c r="W87" t="s">
         <v>1598</v>
       </c>
       <c r="Y87">
-        <v>8220</v>
+        <v>2750</v>
       </c>
       <c r="Z87" t="s">
-        <v>1607</v>
+        <v>1632</v>
       </c>
       <c r="AA87" t="s">
-        <v>1649</v>
+        <v>1674</v>
       </c>
       <c r="AD87" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
       <c r="AG87" t="s">
         <v>1700</v>
       </c>
       <c r="AH87" t="s">
         <v>1705</v>
       </c>
       <c r="AI87" t="s">
-        <v>713</v>
+        <v>1786</v>
       </c>
       <c r="AJ87" t="s">
-        <v>980</v>
+        <v>2055</v>
       </c>
       <c r="AK87" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="88" spans="1:37">
       <c r="A88" t="s">
         <v>124</v>
       </c>
       <c r="B88" t="s">
         <v>420</v>
       </c>
       <c r="C88" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="D88" t="s">
-        <v>714</v>
+        <v>979</v>
       </c>
       <c r="E88" t="s">
         <v>1139</v>
       </c>
       <c r="F88" t="s">
-        <v>1148</v>
+        <v>1191</v>
       </c>
       <c r="G88" t="s">
-        <v>1294</v>
+        <v>1328</v>
       </c>
       <c r="H88">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I88">
-        <v>4349121.27</v>
+        <v>1460259.84</v>
       </c>
       <c r="J88" t="s">
         <v>1357</v>
       </c>
       <c r="K88">
-        <v>1300253.5</v>
+        <v>566062.12</v>
       </c>
       <c r="L88" t="s">
-        <v>1366</v>
+        <v>1420</v>
       </c>
       <c r="M88" t="s">
-        <v>1487</v>
+        <v>1481</v>
       </c>
       <c r="N88">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="O88" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P88" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q88" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R88" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S88" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T88" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U88" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V88" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W88" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y88">
-        <v>8830</v>
+        <v>9220</v>
       </c>
       <c r="Z88" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="AA88" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
       <c r="AD88" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG88" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH88" t="s">
         <v>1705</v>
       </c>
       <c r="AI88" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="AJ88" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="AK88" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="89" spans="1:37">
       <c r="A89" t="s">
         <v>125</v>
       </c>
       <c r="B89" t="s">
         <v>421</v>
       </c>
       <c r="C89" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D89" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
       <c r="E89" t="s">
         <v>1139</v>
       </c>
       <c r="F89" t="s">
-        <v>1154</v>
+        <v>1209</v>
       </c>
       <c r="G89" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="H89">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I89">
-        <v>292500</v>
+        <v>771765.02</v>
       </c>
       <c r="J89" t="s">
         <v>1357</v>
       </c>
       <c r="K89">
-        <v>175500</v>
+        <v>385882.51</v>
       </c>
       <c r="L89" t="s">
-        <v>1415</v>
+        <v>1363</v>
       </c>
       <c r="M89" t="s">
-        <v>1525</v>
+        <v>1485</v>
       </c>
       <c r="N89">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="O89" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="P89" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="Q89" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="R89" t="s">
         <v>1584</v>
       </c>
       <c r="S89" t="s">
         <v>1587</v>
       </c>
       <c r="T89" t="s">
         <v>1590</v>
       </c>
       <c r="U89" t="s">
         <v>1592</v>
       </c>
       <c r="V89" t="s">
         <v>1594</v>
       </c>
       <c r="W89" t="s">
         <v>1597</v>
       </c>
       <c r="Y89">
-        <v>7500</v>
+        <v>2100</v>
       </c>
       <c r="Z89" t="s">
-        <v>1630</v>
+        <v>1605</v>
       </c>
       <c r="AA89" t="s">
-        <v>1672</v>
+        <v>1647</v>
       </c>
       <c r="AD89" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="AG89" t="s">
         <v>1699</v>
       </c>
       <c r="AH89" t="s">
         <v>1705</v>
       </c>
       <c r="AI89" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="AJ89" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="AK89" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="90" spans="1:37">
       <c r="A90" t="s">
         <v>126</v>
       </c>
       <c r="B90" t="s">
         <v>422</v>
       </c>
       <c r="C90" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="D90" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="E90" t="s">
         <v>1139</v>
       </c>
       <c r="F90" t="s">
-        <v>1209</v>
+        <v>1180</v>
       </c>
       <c r="G90" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H90">
         <v>50</v>
       </c>
       <c r="I90">
-        <v>4731623</v>
+        <v>926640.13</v>
       </c>
       <c r="J90" t="s">
         <v>1357</v>
       </c>
       <c r="K90">
-        <v>2365811.5</v>
+        <v>463320</v>
       </c>
       <c r="L90" t="s">
-        <v>1359</v>
+        <v>1365</v>
       </c>
       <c r="M90" t="s">
-        <v>1481</v>
+        <v>1494</v>
       </c>
       <c r="N90">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O90" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="P90" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q90" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R90" t="s">
         <v>1585</v>
       </c>
       <c r="S90" t="s">
         <v>1588</v>
       </c>
       <c r="T90" t="s">
         <v>1591</v>
       </c>
       <c r="U90" t="s">
         <v>1593</v>
       </c>
       <c r="V90" t="s">
         <v>1595</v>
       </c>
       <c r="W90" t="s">
         <v>1598</v>
       </c>
       <c r="Y90">
-        <v>9220</v>
+        <v>9000</v>
       </c>
       <c r="Z90" t="s">
         <v>1601</v>
       </c>
       <c r="AA90" t="s">
         <v>1643</v>
       </c>
       <c r="AD90" t="s">
         <v>1685</v>
       </c>
       <c r="AG90" t="s">
         <v>1695</v>
       </c>
       <c r="AH90" t="s">
         <v>1705</v>
       </c>
       <c r="AI90" t="s">
-        <v>1786</v>
+        <v>1789</v>
       </c>
       <c r="AJ90" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="AK90" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="91" spans="1:37">
       <c r="A91" t="s">
         <v>127</v>
       </c>
       <c r="B91" t="s">
         <v>423</v>
       </c>
       <c r="C91" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="D91" t="s">
-        <v>982</v>
+        <v>719</v>
       </c>
       <c r="E91" t="s">
         <v>1139</v>
       </c>
       <c r="F91" t="s">
-        <v>1210</v>
+        <v>1178</v>
       </c>
       <c r="G91" t="s">
-        <v>1292</v>
+        <v>1304</v>
       </c>
       <c r="H91">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="I91">
-        <v>1906616.53</v>
+        <v>4957703.92</v>
       </c>
       <c r="J91" t="s">
         <v>1357</v>
       </c>
       <c r="K91">
-        <v>1143969.97</v>
+        <v>974684.62</v>
       </c>
       <c r="L91" t="s">
-        <v>1374</v>
+        <v>1368</v>
       </c>
       <c r="M91" t="s">
-        <v>1494</v>
+        <v>1529</v>
       </c>
       <c r="N91">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="O91" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="P91" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q91" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R91" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S91" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T91" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U91" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V91" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W91" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y91">
-        <v>8800</v>
+        <v>6500</v>
       </c>
       <c r="Z91" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="AA91" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="AD91" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="AG91" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
       <c r="AH91" t="s">
         <v>1705</v>
       </c>
       <c r="AI91" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="AJ91" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="AK91" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="92" spans="1:37">
       <c r="A92" t="s">
         <v>128</v>
       </c>
       <c r="B92" t="s">
         <v>424</v>
       </c>
       <c r="C92" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D92" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="E92" t="s">
         <v>1139</v>
       </c>
       <c r="F92" t="s">
-        <v>1142</v>
+        <v>1181</v>
       </c>
       <c r="G92" t="s">
-        <v>1326</v>
+        <v>1295</v>
       </c>
       <c r="H92">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I92">
-        <v>31146.05</v>
+        <v>822224</v>
       </c>
       <c r="J92" t="s">
         <v>1357</v>
       </c>
       <c r="K92">
-        <v>15009.28</v>
+        <v>195000</v>
       </c>
       <c r="L92" t="s">
-        <v>1416</v>
+        <v>1397</v>
       </c>
       <c r="M92" t="s">
-        <v>1526</v>
+        <v>1483</v>
       </c>
       <c r="N92">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O92" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P92" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q92" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R92" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S92" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T92" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U92" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V92" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W92" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y92">
-        <v>1606</v>
+        <v>5230</v>
       </c>
       <c r="Z92" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="AA92" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="AD92" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="AG92" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="AH92" t="s">
         <v>1705</v>
       </c>
       <c r="AI92" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
       <c r="AJ92" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="AK92" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="93" spans="1:37">
       <c r="A93" t="s">
         <v>129</v>
       </c>
       <c r="B93" t="s">
         <v>425</v>
       </c>
       <c r="C93" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="D93" t="s">
-        <v>984</v>
+        <v>982</v>
       </c>
       <c r="E93" t="s">
         <v>1139</v>
       </c>
       <c r="F93" t="s">
-        <v>1211</v>
+        <v>1196</v>
       </c>
       <c r="G93" t="s">
-        <v>1313</v>
+        <v>1310</v>
       </c>
       <c r="H93">
         <v>50</v>
       </c>
       <c r="I93">
-        <v>1003243.8</v>
+        <v>455293.67</v>
       </c>
       <c r="J93" t="s">
         <v>1357</v>
       </c>
       <c r="K93">
-        <v>501621.9</v>
+        <v>227646.77</v>
       </c>
       <c r="L93" t="s">
-        <v>1359</v>
+        <v>1421</v>
       </c>
       <c r="M93" t="s">
-        <v>1486</v>
+        <v>1530</v>
       </c>
       <c r="N93">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="O93" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="P93" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q93" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R93" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S93" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T93" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U93" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V93" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W93" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y93">
-        <v>9000</v>
+        <v>6100</v>
       </c>
       <c r="Z93" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="AA93" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="AD93" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AG93" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AH93" t="s">
         <v>1705</v>
       </c>
       <c r="AI93" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="AJ93" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="AK93" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="94" spans="1:37">
       <c r="A94" t="s">
         <v>130</v>
       </c>
       <c r="B94" t="s">
         <v>426</v>
       </c>
       <c r="C94" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="D94" t="s">
-        <v>985</v>
+        <v>983</v>
       </c>
       <c r="E94" t="s">
         <v>1139</v>
       </c>
       <c r="F94" t="s">
-        <v>1208</v>
+        <v>1147</v>
       </c>
       <c r="G94" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="H94">
         <v>50</v>
       </c>
       <c r="I94">
-        <v>214253</v>
+        <v>600561</v>
       </c>
       <c r="J94" t="s">
         <v>1357</v>
       </c>
       <c r="K94">
-        <v>107126.5</v>
+        <v>300280.5</v>
       </c>
       <c r="L94" t="s">
-        <v>1414</v>
+        <v>1365</v>
       </c>
       <c r="M94" t="s">
-        <v>1527</v>
+        <v>1487</v>
       </c>
       <c r="N94">
         <v>68</v>
       </c>
       <c r="O94" t="s">
-        <v>1568</v>
+        <v>1565</v>
       </c>
       <c r="P94" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="Q94" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
       <c r="R94" t="s">
         <v>1586</v>
       </c>
       <c r="S94" t="s">
         <v>1589</v>
       </c>
       <c r="T94" t="s">
         <v>1591</v>
       </c>
       <c r="U94" t="s">
         <v>1593</v>
       </c>
       <c r="V94" t="s">
         <v>1595</v>
       </c>
       <c r="W94" t="s">
         <v>1598</v>
       </c>
       <c r="Y94">
-        <v>8220</v>
+        <v>9400</v>
       </c>
       <c r="Z94" t="s">
-        <v>1607</v>
+        <v>1601</v>
       </c>
       <c r="AA94" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="AD94" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="AG94" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
       <c r="AH94" t="s">
         <v>1705</v>
       </c>
       <c r="AI94" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="AJ94" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="AK94" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="95" spans="1:37">
       <c r="A95" t="s">
         <v>131</v>
       </c>
       <c r="B95" t="s">
         <v>427</v>
       </c>
       <c r="C95" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D95" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="E95" t="s">
         <v>1139</v>
       </c>
       <c r="F95" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="G95" t="s">
-        <v>1286</v>
+        <v>1307</v>
       </c>
       <c r="H95">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I95">
-        <v>789690.2</v>
+        <v>7915022.7</v>
       </c>
       <c r="J95" t="s">
         <v>1357</v>
       </c>
       <c r="K95">
-        <v>394845.1</v>
+        <v>2507050</v>
       </c>
       <c r="L95" t="s">
-        <v>1370</v>
+        <v>1388</v>
       </c>
       <c r="M95" t="s">
-        <v>1482</v>
+        <v>1506</v>
       </c>
       <c r="N95">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="O95" t="s">
         <v>1566</v>
       </c>
       <c r="P95" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q95" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R95" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S95" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T95" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U95" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V95" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W95" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y95">
-        <v>7100</v>
+        <v>8200</v>
       </c>
       <c r="Z95" t="s">
-        <v>1602</v>
+        <v>1619</v>
       </c>
       <c r="AA95" t="s">
-        <v>1644</v>
+        <v>1661</v>
       </c>
       <c r="AD95" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="AG95" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="AH95" t="s">
         <v>1705</v>
       </c>
       <c r="AI95" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
       <c r="AJ95" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="AK95" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="96" spans="1:37">
       <c r="A96" t="s">
         <v>132</v>
       </c>
       <c r="B96" t="s">
         <v>428</v>
       </c>
       <c r="C96" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="D96" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="E96" t="s">
         <v>1139</v>
       </c>
       <c r="F96" t="s">
-        <v>1213</v>
+        <v>1167</v>
       </c>
       <c r="G96" t="s">
-        <v>1299</v>
+        <v>1291</v>
       </c>
       <c r="H96">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="I96">
-        <v>852347.99</v>
+        <v>2095217.02</v>
       </c>
       <c r="J96" t="s">
         <v>1357</v>
       </c>
       <c r="K96">
-        <v>375875.63</v>
+        <v>1257130.16</v>
       </c>
       <c r="L96" t="s">
-        <v>1385</v>
+        <v>1358</v>
       </c>
       <c r="M96" t="s">
-        <v>1503</v>
+        <v>1531</v>
       </c>
       <c r="N96">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="O96" t="s">
-        <v>1562</v>
+        <v>1561</v>
       </c>
       <c r="P96" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q96" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R96" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S96" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T96" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U96" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V96" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W96" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y96">
-        <v>9900</v>
+        <v>4800</v>
       </c>
       <c r="Z96" t="s">
-        <v>1616</v>
+        <v>1600</v>
       </c>
       <c r="AA96" t="s">
-        <v>1658</v>
+        <v>1642</v>
       </c>
       <c r="AD96" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG96" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH96" t="s">
         <v>1705</v>
       </c>
       <c r="AI96" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="AJ96" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="AK96" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="97" spans="1:37">
+    <row r="97" spans="1:38">
       <c r="A97" t="s">
         <v>133</v>
       </c>
       <c r="B97" t="s">
         <v>429</v>
       </c>
       <c r="C97" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="D97" t="s">
-        <v>988</v>
+        <v>986</v>
       </c>
       <c r="E97" t="s">
         <v>1139</v>
       </c>
       <c r="F97" t="s">
-        <v>1142</v>
+        <v>1174</v>
       </c>
       <c r="G97" t="s">
-        <v>1291</v>
+        <v>1329</v>
       </c>
       <c r="H97">
         <v>50</v>
       </c>
       <c r="I97">
-        <v>3171477.79</v>
+        <v>1247313.6</v>
       </c>
       <c r="J97" t="s">
         <v>1357</v>
       </c>
       <c r="K97">
-        <v>1585738.83</v>
+        <v>623656.8</v>
       </c>
       <c r="L97" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="M97" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
       <c r="N97">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="O97" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="P97" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="Q97" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="R97" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S97" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T97" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U97" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V97" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W97" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y97">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="Z97" t="s">
-        <v>1603</v>
+        <v>1610</v>
       </c>
       <c r="AA97" t="s">
-        <v>1645</v>
+        <v>1652</v>
       </c>
       <c r="AD97" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="AG97" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="AH97" t="s">
         <v>1705</v>
       </c>
       <c r="AI97" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="AJ97" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="AK97" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="98" spans="1:37">
+    <row r="98" spans="1:38">
       <c r="A98" t="s">
         <v>134</v>
       </c>
       <c r="B98" t="s">
         <v>430</v>
       </c>
       <c r="C98" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="D98" t="s">
-        <v>989</v>
+        <v>987</v>
       </c>
       <c r="E98" t="s">
         <v>1139</v>
       </c>
       <c r="F98" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="G98" t="s">
-        <v>1291</v>
+        <v>1330</v>
       </c>
       <c r="H98">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I98">
-        <v>4030000</v>
+        <v>1828205.86</v>
       </c>
       <c r="J98" t="s">
         <v>1357</v>
       </c>
       <c r="K98">
-        <v>2015000</v>
+        <v>658154.12</v>
       </c>
       <c r="L98" t="s">
-        <v>1369</v>
+        <v>1423</v>
       </c>
       <c r="M98" t="s">
-        <v>1495</v>
+        <v>1532</v>
       </c>
       <c r="N98">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="O98" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="P98" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q98" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R98" t="s">
         <v>1584</v>
       </c>
       <c r="S98" t="s">
         <v>1587</v>
       </c>
       <c r="T98" t="s">
         <v>1590</v>
       </c>
       <c r="U98" t="s">
         <v>1592</v>
       </c>
       <c r="V98" t="s">
         <v>1594</v>
       </c>
       <c r="W98" t="s">
         <v>1597</v>
       </c>
       <c r="Y98">
-        <v>8200</v>
+        <v>9760</v>
       </c>
       <c r="Z98" t="s">
-        <v>1607</v>
+        <v>1633</v>
       </c>
       <c r="AA98" t="s">
-        <v>1649</v>
+        <v>1675</v>
       </c>
       <c r="AD98" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="AG98" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
       <c r="AH98" t="s">
         <v>1705</v>
       </c>
       <c r="AI98" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
       <c r="AJ98" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="AK98" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="99" spans="1:37">
+    <row r="99" spans="1:38">
       <c r="A99" t="s">
         <v>135</v>
       </c>
       <c r="B99" t="s">
         <v>431</v>
       </c>
       <c r="C99" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D99" t="s">
-        <v>990</v>
+        <v>988</v>
       </c>
       <c r="E99" t="s">
         <v>1139</v>
       </c>
       <c r="F99" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="G99" t="s">
-        <v>1300</v>
+        <v>1310</v>
       </c>
       <c r="H99">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="I99">
-        <v>3229596.37</v>
+        <v>2960285.9</v>
       </c>
       <c r="J99" t="s">
         <v>1357</v>
       </c>
       <c r="K99">
-        <v>770802.24</v>
+        <v>1480142.95</v>
       </c>
       <c r="L99" t="s">
-        <v>1369</v>
+        <v>1378</v>
       </c>
       <c r="M99" t="s">
-        <v>1495</v>
+        <v>1487</v>
       </c>
       <c r="N99">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O99" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="P99" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="Q99" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="R99" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S99" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T99" t="s">
         <v>1591</v>
       </c>
       <c r="U99" t="s">
         <v>1593</v>
       </c>
       <c r="V99" t="s">
         <v>1595</v>
       </c>
       <c r="W99" t="s">
         <v>1598</v>
       </c>
       <c r="Y99">
-        <v>8200</v>
+        <v>9400</v>
       </c>
       <c r="Z99" t="s">
-        <v>1607</v>
+        <v>1601</v>
       </c>
       <c r="AA99" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="AD99" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="AG99" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
       <c r="AH99" t="s">
         <v>1705</v>
       </c>
       <c r="AI99" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="AJ99" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="AK99" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="100" spans="1:37">
+    <row r="100" spans="1:38">
       <c r="A100" t="s">
         <v>136</v>
       </c>
       <c r="B100" t="s">
         <v>432</v>
       </c>
       <c r="C100" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D100" t="s">
-        <v>991</v>
+        <v>989</v>
       </c>
       <c r="E100" t="s">
         <v>1139</v>
       </c>
       <c r="F100" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="G100" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="H100">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I100">
-        <v>1923942.8</v>
+        <v>3982938.96</v>
       </c>
       <c r="J100" t="s">
         <v>1357</v>
       </c>
       <c r="K100">
-        <v>961971.4</v>
+        <v>2389763.35</v>
       </c>
       <c r="L100" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="M100" t="s">
-        <v>1482</v>
+        <v>1497</v>
       </c>
       <c r="N100">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="O100" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="P100" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q100" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R100" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S100" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T100" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U100" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V100" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W100" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y100">
-        <v>7100</v>
+        <v>4000</v>
       </c>
       <c r="Z100" t="s">
-        <v>1602</v>
+        <v>1612</v>
       </c>
       <c r="AA100" t="s">
-        <v>1644</v>
+        <v>1654</v>
       </c>
       <c r="AD100" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="AG100" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="AH100" t="s">
         <v>1705</v>
       </c>
       <c r="AI100" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="AJ100" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="AK100" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="101" spans="1:37">
+    <row r="101" spans="1:38">
       <c r="A101" t="s">
         <v>137</v>
       </c>
       <c r="B101" t="s">
         <v>433</v>
       </c>
       <c r="C101" t="s">
-        <v>727</v>
+        <v>700</v>
       </c>
       <c r="D101" t="s">
-        <v>992</v>
+        <v>990</v>
       </c>
       <c r="E101" t="s">
         <v>1139</v>
       </c>
       <c r="F101" t="s">
-        <v>1147</v>
+        <v>1213</v>
       </c>
       <c r="G101" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H101">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I101">
-        <v>3214813.16</v>
+        <v>1663686.18</v>
       </c>
       <c r="J101" t="s">
         <v>1357</v>
       </c>
       <c r="K101">
-        <v>1928886.57</v>
+        <v>831843.09</v>
       </c>
       <c r="L101" t="s">
-        <v>1419</v>
+        <v>1400</v>
       </c>
       <c r="M101" t="s">
-        <v>1500</v>
+        <v>1481</v>
       </c>
       <c r="N101">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="O101" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="P101" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="Q101" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="R101" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S101" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T101" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U101" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V101" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W101" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y101">
-        <v>4400</v>
+        <v>9220</v>
       </c>
       <c r="Z101" t="s">
-        <v>1614</v>
+        <v>1601</v>
       </c>
       <c r="AA101" t="s">
-        <v>1656</v>
+        <v>1643</v>
       </c>
       <c r="AD101" t="s">
-        <v>1692</v>
+        <v>1685</v>
       </c>
       <c r="AG101" t="s">
-        <v>1702</v>
+        <v>1695</v>
       </c>
       <c r="AH101" t="s">
         <v>1705</v>
       </c>
       <c r="AI101" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
       <c r="AJ101" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="AK101" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="102" spans="1:37">
+    <row r="102" spans="1:38">
       <c r="A102" t="s">
         <v>138</v>
       </c>
       <c r="B102" t="s">
         <v>434</v>
       </c>
       <c r="C102" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D102" t="s">
-        <v>993</v>
+        <v>991</v>
       </c>
       <c r="E102" t="s">
         <v>1139</v>
       </c>
       <c r="F102" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="G102" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H102">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="I102">
-        <v>6598800</v>
+        <v>588146</v>
       </c>
       <c r="J102" t="s">
         <v>1357</v>
       </c>
       <c r="K102">
-        <v>919891.96</v>
+        <v>294073</v>
       </c>
       <c r="L102" t="s">
-        <v>1371</v>
+        <v>1406</v>
       </c>
       <c r="M102" t="s">
-        <v>1528</v>
+        <v>1533</v>
       </c>
       <c r="N102">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O102" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="P102" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q102" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R102" t="s">
         <v>1585</v>
       </c>
       <c r="S102" t="s">
         <v>1588</v>
       </c>
       <c r="T102" t="s">
         <v>1591</v>
       </c>
       <c r="U102" t="s">
         <v>1593</v>
       </c>
       <c r="V102" t="s">
         <v>1595</v>
       </c>
       <c r="W102" t="s">
         <v>1598</v>
       </c>
       <c r="Y102">
-        <v>6400</v>
+        <v>1550</v>
       </c>
       <c r="Z102" t="s">
-        <v>1631</v>
+        <v>1605</v>
       </c>
       <c r="AA102" t="s">
-        <v>1673</v>
+        <v>1647</v>
       </c>
       <c r="AD102" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="AG102" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="AH102" t="s">
         <v>1705</v>
       </c>
       <c r="AI102" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="AJ102" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="AK102" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="103" spans="1:37">
+    <row r="103" spans="1:38">
       <c r="A103" t="s">
         <v>139</v>
       </c>
       <c r="B103" t="s">
         <v>435</v>
       </c>
       <c r="C103" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D103" t="s">
-        <v>994</v>
+        <v>730</v>
       </c>
       <c r="E103" t="s">
         <v>1139</v>
       </c>
       <c r="F103" t="s">
-        <v>1163</v>
+        <v>1214</v>
       </c>
       <c r="G103" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="H103">
         <v>50</v>
       </c>
       <c r="I103">
-        <v>705705.13</v>
+        <v>1685276.45</v>
       </c>
       <c r="J103" t="s">
         <v>1357</v>
       </c>
       <c r="K103">
-        <v>350220.52</v>
+        <v>844996.1</v>
       </c>
       <c r="L103" t="s">
-        <v>1379</v>
+        <v>1412</v>
       </c>
       <c r="M103" t="s">
-        <v>1486</v>
+        <v>1523</v>
       </c>
       <c r="N103">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O103" t="s">
         <v>1562</v>
       </c>
       <c r="P103" t="s">
         <v>1573</v>
       </c>
       <c r="Q103" t="s">
         <v>1579</v>
       </c>
       <c r="R103" t="s">
         <v>1585</v>
       </c>
       <c r="S103" t="s">
         <v>1588</v>
       </c>
       <c r="T103" t="s">
         <v>1591</v>
       </c>
       <c r="U103" t="s">
         <v>1593</v>
       </c>
       <c r="V103" t="s">
         <v>1595</v>
       </c>
       <c r="W103" t="s">
         <v>1598</v>
       </c>
       <c r="Y103">
-        <v>9000</v>
+        <v>8830</v>
       </c>
       <c r="Z103" t="s">
-        <v>1601</v>
+        <v>1617</v>
       </c>
       <c r="AA103" t="s">
-        <v>1643</v>
+        <v>1659</v>
       </c>
       <c r="AD103" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="AG103" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="AH103" t="s">
         <v>1705</v>
       </c>
       <c r="AI103" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="AJ103" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="AK103" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="104" spans="1:37">
+    <row r="104" spans="1:38">
       <c r="A104" t="s">
         <v>140</v>
       </c>
       <c r="B104" t="s">
         <v>436</v>
       </c>
       <c r="C104" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="D104" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="E104" t="s">
         <v>1139</v>
       </c>
       <c r="F104" t="s">
-        <v>1176</v>
+        <v>1143</v>
       </c>
       <c r="G104" t="s">
-        <v>1291</v>
+        <v>1313</v>
       </c>
       <c r="H104">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I104">
-        <v>1969410.17</v>
+        <v>5158400</v>
       </c>
       <c r="J104" t="s">
         <v>1357</v>
       </c>
       <c r="K104">
-        <v>984705.02</v>
+        <v>2403681.8</v>
       </c>
       <c r="L104" t="s">
-        <v>1420</v>
+        <v>1361</v>
       </c>
       <c r="M104" t="s">
-        <v>1509</v>
+        <v>1483</v>
       </c>
       <c r="N104">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="O104" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="P104" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="Q104" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="R104" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S104" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T104" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U104" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V104" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W104" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y104">
-        <v>3700</v>
+        <v>5230</v>
       </c>
       <c r="Z104" t="s">
-        <v>1617</v>
+        <v>1603</v>
       </c>
       <c r="AA104" t="s">
-        <v>1659</v>
+        <v>1645</v>
       </c>
       <c r="AD104" t="s">
-        <v>1659</v>
+        <v>1687</v>
       </c>
       <c r="AG104" t="s">
-        <v>1703</v>
+        <v>1697</v>
       </c>
       <c r="AH104" t="s">
         <v>1705</v>
       </c>
       <c r="AI104" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
       <c r="AJ104" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="AK104" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL104">
+        <v>5580</v>
       </c>
     </row>
-    <row r="105" spans="1:37">
+    <row r="105" spans="1:38">
       <c r="A105" t="s">
         <v>141</v>
       </c>
       <c r="B105" t="s">
         <v>437</v>
       </c>
       <c r="C105" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D105" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="E105" t="s">
         <v>1139</v>
       </c>
       <c r="F105" t="s">
-        <v>1204</v>
+        <v>1215</v>
       </c>
       <c r="G105" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="H105">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I105">
-        <v>185502.72</v>
+        <v>1352000</v>
       </c>
       <c r="J105" t="s">
         <v>1357</v>
       </c>
       <c r="K105">
-        <v>92751.36</v>
+        <v>455000</v>
       </c>
       <c r="L105" t="s">
-        <v>1421</v>
+        <v>1388</v>
       </c>
       <c r="M105" t="s">
-        <v>1529</v>
+        <v>1506</v>
       </c>
       <c r="N105">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O105" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="P105" t="s">
         <v>1576</v>
       </c>
       <c r="Q105" t="s">
         <v>1582</v>
       </c>
       <c r="R105" t="s">
         <v>1585</v>
       </c>
       <c r="S105" t="s">
         <v>1588</v>
       </c>
       <c r="T105" t="s">
         <v>1591</v>
       </c>
       <c r="U105" t="s">
         <v>1593</v>
       </c>
       <c r="V105" t="s">
         <v>1595</v>
       </c>
       <c r="W105" t="s">
         <v>1598</v>
       </c>
       <c r="Y105">
-        <v>4220</v>
+        <v>8200</v>
       </c>
       <c r="Z105" t="s">
-        <v>1632</v>
+        <v>1619</v>
       </c>
       <c r="AA105" t="s">
-        <v>1674</v>
+        <v>1661</v>
       </c>
       <c r="AD105" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="AG105" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="AH105" t="s">
         <v>1705</v>
       </c>
       <c r="AI105" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="AJ105" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="AK105" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="106" spans="1:37">
+    <row r="106" spans="1:38">
       <c r="A106" t="s">
         <v>142</v>
       </c>
       <c r="B106" t="s">
         <v>438</v>
       </c>
       <c r="C106" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D106" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="E106" t="s">
         <v>1139</v>
       </c>
       <c r="F106" t="s">
-        <v>1188</v>
+        <v>1216</v>
       </c>
       <c r="G106" t="s">
-        <v>1291</v>
+        <v>1332</v>
       </c>
       <c r="H106">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="I106">
-        <v>1336114</v>
+        <v>2084723.55</v>
       </c>
       <c r="J106" t="s">
         <v>1357</v>
       </c>
       <c r="K106">
-        <v>195000</v>
+        <v>722941.4399999999</v>
       </c>
       <c r="L106" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="M106" t="s">
-        <v>1483</v>
+        <v>1493</v>
       </c>
       <c r="N106">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O106" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P106" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q106" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R106" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S106" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T106" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U106" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V106" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W106" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y106">
-        <v>5230</v>
+        <v>5000</v>
       </c>
       <c r="Z106" t="s">
         <v>1603</v>
       </c>
       <c r="AA106" t="s">
         <v>1645</v>
       </c>
       <c r="AD106" t="s">
         <v>1687</v>
       </c>
       <c r="AG106" t="s">
         <v>1697</v>
       </c>
       <c r="AH106" t="s">
         <v>1705</v>
       </c>
       <c r="AI106" t="s">
-        <v>1802</v>
+        <v>1805</v>
       </c>
       <c r="AJ106" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="AK106" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="107" spans="1:37">
+    <row r="107" spans="1:38">
       <c r="A107" t="s">
         <v>143</v>
       </c>
       <c r="B107" t="s">
         <v>439</v>
       </c>
       <c r="C107" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D107" t="s">
-        <v>733</v>
+        <v>995</v>
       </c>
       <c r="E107" t="s">
         <v>1139</v>
       </c>
       <c r="F107" t="s">
-        <v>1155</v>
+        <v>1217</v>
       </c>
       <c r="G107" t="s">
-        <v>1235</v>
+        <v>1333</v>
       </c>
       <c r="H107">
-        <v>31</v>
+        <v>50</v>
       </c>
       <c r="I107">
-        <v>619258.9</v>
+        <v>5281354</v>
       </c>
       <c r="J107" t="s">
         <v>1357</v>
       </c>
       <c r="K107">
-        <v>193299.34</v>
+        <v>2640677</v>
       </c>
       <c r="L107" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="M107" t="s">
-        <v>1511</v>
+        <v>1494</v>
       </c>
       <c r="N107">
-        <v>109</v>
+        <v>62</v>
       </c>
       <c r="O107" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="P107" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="Q107" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="R107" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S107" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T107" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U107" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V107" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W107" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y107">
-        <v>9440</v>
+        <v>9000</v>
       </c>
       <c r="Z107" t="s">
-        <v>1622</v>
+        <v>1601</v>
       </c>
       <c r="AA107" t="s">
-        <v>1664</v>
+        <v>1643</v>
       </c>
       <c r="AD107" t="s">
         <v>1685</v>
       </c>
       <c r="AG107" t="s">
         <v>1695</v>
       </c>
       <c r="AH107" t="s">
         <v>1705</v>
       </c>
       <c r="AI107" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="AJ107" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="AK107" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="108" spans="1:37">
+    <row r="108" spans="1:38">
       <c r="A108" t="s">
         <v>144</v>
       </c>
       <c r="B108" t="s">
         <v>440</v>
       </c>
       <c r="C108" t="s">
-        <v>697</v>
+        <v>735</v>
       </c>
       <c r="D108" t="s">
-        <v>967</v>
+        <v>996</v>
       </c>
       <c r="E108" t="s">
         <v>1139</v>
       </c>
       <c r="F108" t="s">
-        <v>1199</v>
+        <v>1218</v>
       </c>
       <c r="G108" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="H108">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I108">
-        <v>10671180</v>
+        <v>779992.98</v>
       </c>
       <c r="J108" t="s">
         <v>1357</v>
       </c>
       <c r="K108">
-        <v>4875000</v>
+        <v>389996.49</v>
       </c>
       <c r="L108" t="s">
-        <v>1373</v>
+        <v>1416</v>
       </c>
       <c r="M108" t="s">
-        <v>1493</v>
+        <v>1525</v>
       </c>
       <c r="N108">
         <v>67</v>
       </c>
       <c r="O108" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="P108" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="Q108" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="R108" t="s">
         <v>1585</v>
       </c>
       <c r="S108" t="s">
         <v>1588</v>
       </c>
       <c r="T108" t="s">
         <v>1591</v>
       </c>
       <c r="U108" t="s">
         <v>1593</v>
       </c>
       <c r="V108" t="s">
         <v>1595</v>
       </c>
       <c r="W108" t="s">
         <v>1598</v>
       </c>
       <c r="Y108">
-        <v>4760</v>
+        <v>7400</v>
       </c>
       <c r="Z108" t="s">
-        <v>1610</v>
+        <v>1630</v>
       </c>
       <c r="AA108" t="s">
-        <v>1652</v>
+        <v>1672</v>
       </c>
       <c r="AD108" t="s">
         <v>1692</v>
       </c>
       <c r="AG108" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="AH108" t="s">
         <v>1705</v>
       </c>
       <c r="AI108" t="s">
-        <v>1770</v>
+        <v>1807</v>
       </c>
       <c r="AJ108" t="s">
-        <v>2041</v>
+        <v>2076</v>
       </c>
       <c r="AK108" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="109" spans="1:37">
+    <row r="109" spans="1:38">
       <c r="A109" t="s">
         <v>145</v>
       </c>
       <c r="B109" t="s">
         <v>441</v>
       </c>
       <c r="C109" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="D109" t="s">
-        <v>998</v>
+        <v>997</v>
       </c>
       <c r="E109" t="s">
         <v>1139</v>
       </c>
       <c r="F109" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="G109" t="s">
-        <v>1295</v>
+        <v>1300</v>
       </c>
       <c r="H109">
         <v>50</v>
       </c>
       <c r="I109">
-        <v>2364799.84</v>
+        <v>2779501.4</v>
       </c>
       <c r="J109" t="s">
         <v>1357</v>
       </c>
       <c r="K109">
-        <v>1182399.92</v>
+        <v>1389750.7</v>
       </c>
       <c r="L109" t="s">
-        <v>1424</v>
+        <v>1363</v>
       </c>
       <c r="M109" t="s">
-        <v>1530</v>
+        <v>1485</v>
       </c>
       <c r="N109">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O109" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P109" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q109" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R109" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S109" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T109" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U109" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V109" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W109" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y109">
-        <v>7700</v>
+        <v>2100</v>
       </c>
       <c r="Z109" t="s">
-        <v>1633</v>
+        <v>1605</v>
       </c>
       <c r="AA109" t="s">
-        <v>1675</v>
+        <v>1647</v>
       </c>
       <c r="AD109" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="AG109" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="AH109" t="s">
         <v>1705</v>
       </c>
       <c r="AI109" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
       <c r="AJ109" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="AK109" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="110" spans="1:37">
+    <row r="110" spans="1:38">
       <c r="A110" t="s">
         <v>146</v>
       </c>
       <c r="B110" t="s">
         <v>442</v>
       </c>
       <c r="C110" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D110" t="s">
-        <v>999</v>
+        <v>998</v>
       </c>
       <c r="E110" t="s">
         <v>1139</v>
       </c>
       <c r="F110" t="s">
-        <v>1194</v>
+        <v>1220</v>
       </c>
       <c r="G110" t="s">
-        <v>1286</v>
+        <v>1295</v>
       </c>
       <c r="H110">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I110">
-        <v>2275042.77</v>
+        <v>2786591.73</v>
       </c>
       <c r="J110" t="s">
         <v>1357</v>
       </c>
       <c r="K110">
-        <v>1083361.89</v>
+        <v>1375438.87</v>
       </c>
       <c r="L110" t="s">
-        <v>1425</v>
+        <v>1400</v>
       </c>
       <c r="M110" t="s">
-        <v>1531</v>
+        <v>1481</v>
       </c>
       <c r="N110">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="O110" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="P110" t="s">
         <v>1574</v>
       </c>
       <c r="Q110" t="s">
         <v>1580</v>
       </c>
       <c r="R110" t="s">
         <v>1584</v>
       </c>
       <c r="S110" t="s">
         <v>1587</v>
       </c>
       <c r="T110" t="s">
         <v>1590</v>
       </c>
       <c r="U110" t="s">
         <v>1592</v>
       </c>
       <c r="V110" t="s">
         <v>1594</v>
       </c>
       <c r="W110" t="s">
         <v>1597</v>
       </c>
       <c r="Y110">
-        <v>8800</v>
+        <v>9220</v>
       </c>
       <c r="Z110" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="AA110" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
       <c r="AD110" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG110" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH110" t="s">
         <v>1705</v>
       </c>
       <c r="AI110" t="s">
-        <v>1805</v>
+        <v>1809</v>
       </c>
       <c r="AJ110" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="AK110" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="111" spans="1:37">
+    <row r="111" spans="1:38">
       <c r="A111" t="s">
         <v>147</v>
       </c>
       <c r="B111" t="s">
         <v>443</v>
       </c>
       <c r="C111" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="D111" t="s">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="E111" t="s">
         <v>1139</v>
       </c>
       <c r="F111" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="G111" t="s">
-        <v>1291</v>
+        <v>1300</v>
       </c>
       <c r="H111">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="I111">
-        <v>1624966.2</v>
+        <v>2115078.94</v>
       </c>
       <c r="J111" t="s">
         <v>1357</v>
       </c>
       <c r="K111">
-        <v>519989.21</v>
+        <v>1049502.22</v>
       </c>
       <c r="L111" t="s">
-        <v>1371</v>
+        <v>1361</v>
       </c>
       <c r="M111" t="s">
-        <v>1490</v>
+        <v>1483</v>
       </c>
       <c r="N111">
         <v>62</v>
       </c>
       <c r="O111" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="P111" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q111" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R111" t="s">
         <v>1585</v>
       </c>
       <c r="S111" t="s">
         <v>1588</v>
       </c>
       <c r="T111" t="s">
         <v>1591</v>
       </c>
       <c r="U111" t="s">
         <v>1593</v>
       </c>
       <c r="V111" t="s">
         <v>1595</v>
       </c>
       <c r="W111" t="s">
         <v>1598</v>
       </c>
       <c r="Y111">
-        <v>8000</v>
+        <v>5230</v>
       </c>
       <c r="Z111" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="AA111" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="AD111" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AG111" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AH111" t="s">
         <v>1705</v>
       </c>
       <c r="AI111" t="s">
-        <v>1806</v>
+        <v>1810</v>
       </c>
       <c r="AJ111" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="AK111" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="112" spans="1:37">
+    <row r="112" spans="1:38">
       <c r="A112" t="s">
         <v>148</v>
       </c>
       <c r="B112" t="s">
         <v>444</v>
       </c>
       <c r="C112" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="D112" t="s">
-        <v>1001</v>
+        <v>1000</v>
       </c>
       <c r="E112" t="s">
         <v>1139</v>
       </c>
       <c r="F112" t="s">
-        <v>1218</v>
+        <v>1185</v>
       </c>
       <c r="G112" t="s">
-        <v>1286</v>
+        <v>1334</v>
       </c>
       <c r="H112">
         <v>50</v>
       </c>
       <c r="I112">
-        <v>3616775.24</v>
+        <v>2088661.12</v>
       </c>
       <c r="J112" t="s">
         <v>1357</v>
       </c>
       <c r="K112">
-        <v>1808387.62</v>
+        <v>1044330.56</v>
       </c>
       <c r="L112" t="s">
-        <v>1401</v>
+        <v>1427</v>
       </c>
       <c r="M112" t="s">
-        <v>1532</v>
+        <v>1521</v>
       </c>
       <c r="N112">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="O112" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="P112" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="Q112" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="R112" t="s">
         <v>1584</v>
       </c>
       <c r="S112" t="s">
         <v>1587</v>
       </c>
       <c r="T112" t="s">
         <v>1590</v>
       </c>
       <c r="U112" t="s">
         <v>1592</v>
       </c>
       <c r="V112" t="s">
         <v>1594</v>
       </c>
       <c r="W112" t="s">
         <v>1597</v>
       </c>
       <c r="Y112">
-        <v>2100</v>
+        <v>3700</v>
       </c>
       <c r="Z112" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="AA112" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="AD112" t="s">
-        <v>1684</v>
+        <v>1646</v>
       </c>
       <c r="AG112" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="AH112" t="s">
         <v>1705</v>
       </c>
       <c r="AI112" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="AJ112" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="AK112" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="113" spans="1:37">
+    <row r="113" spans="1:38">
       <c r="A113" t="s">
         <v>149</v>
       </c>
       <c r="B113" t="s">
         <v>445</v>
       </c>
       <c r="C113" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D113" t="s">
-        <v>1002</v>
+        <v>740</v>
       </c>
       <c r="E113" t="s">
         <v>1139</v>
       </c>
       <c r="F113" t="s">
-        <v>1219</v>
+        <v>1152</v>
       </c>
       <c r="G113" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="H113">
         <v>50</v>
       </c>
       <c r="I113">
-        <v>4954308.19</v>
+        <v>1079589.16</v>
       </c>
       <c r="J113" t="s">
         <v>1357</v>
       </c>
       <c r="K113">
-        <v>2477154.16</v>
+        <v>539794.58</v>
       </c>
       <c r="L113" t="s">
-        <v>1426</v>
+        <v>1370</v>
       </c>
       <c r="M113" t="s">
-        <v>1515</v>
+        <v>1492</v>
       </c>
       <c r="N113">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="O113" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="P113" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="Q113" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="R113" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S113" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T113" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U113" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V113" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W113" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y113">
-        <v>5700</v>
+        <v>6000</v>
+      </c>
+      <c r="Z113" t="s">
+        <v>1610</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>1652</v>
       </c>
       <c r="AD113" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="AG113" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="AH113" t="s">
         <v>1705</v>
       </c>
       <c r="AI113" t="s">
-        <v>1808</v>
+        <v>1812</v>
       </c>
       <c r="AJ113" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="AK113" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="114" spans="1:37">
+    <row r="114" spans="1:38">
       <c r="A114" t="s">
         <v>150</v>
       </c>
       <c r="B114" t="s">
         <v>446</v>
       </c>
       <c r="C114" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D114" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="E114" t="s">
         <v>1139</v>
       </c>
       <c r="F114" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="G114" t="s">
-        <v>1292</v>
+        <v>1320</v>
       </c>
       <c r="H114">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I114">
-        <v>936000</v>
+        <v>1966835</v>
       </c>
       <c r="J114" t="s">
         <v>1357</v>
       </c>
       <c r="K114">
-        <v>468000</v>
+        <v>1180101</v>
       </c>
       <c r="L114" t="s">
-        <v>1394</v>
+        <v>1382</v>
       </c>
       <c r="M114" t="s">
-        <v>1512</v>
+        <v>1534</v>
       </c>
       <c r="N114">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O114" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="P114" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q114" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R114" t="s">
         <v>1584</v>
       </c>
       <c r="S114" t="s">
         <v>1587</v>
       </c>
       <c r="T114" t="s">
         <v>1590</v>
       </c>
       <c r="U114" t="s">
         <v>1592</v>
       </c>
       <c r="V114" t="s">
         <v>1594</v>
       </c>
       <c r="W114" t="s">
         <v>1597</v>
       </c>
       <c r="Y114">
-        <v>4600</v>
+        <v>4180</v>
       </c>
       <c r="Z114" t="s">
-        <v>1623</v>
+        <v>1634</v>
       </c>
       <c r="AA114" t="s">
-        <v>1665</v>
+        <v>1676</v>
       </c>
       <c r="AD114" t="s">
-        <v>1691</v>
+        <v>1684</v>
       </c>
       <c r="AG114" t="s">
-        <v>1701</v>
+        <v>1694</v>
       </c>
       <c r="AH114" t="s">
         <v>1705</v>
       </c>
       <c r="AI114" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="AJ114" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="AK114" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="115" spans="1:37">
+    <row r="115" spans="1:38">
       <c r="A115" t="s">
         <v>151</v>
       </c>
       <c r="B115" t="s">
         <v>447</v>
       </c>
       <c r="C115" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="D115" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="E115" t="s">
         <v>1139</v>
       </c>
       <c r="F115" t="s">
-        <v>1173</v>
+        <v>1159</v>
       </c>
       <c r="G115" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="H115">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I115">
-        <v>5369000</v>
+        <v>470698.28</v>
       </c>
       <c r="J115" t="s">
         <v>1357</v>
       </c>
       <c r="K115">
-        <v>2684500</v>
+        <v>229733.14</v>
       </c>
       <c r="L115" t="s">
-        <v>1371</v>
+        <v>1428</v>
       </c>
       <c r="M115" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
       <c r="N115">
-        <v>62</v>
+        <v>118</v>
       </c>
       <c r="O115" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="P115" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q115" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R115" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S115" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T115" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U115" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V115" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W115" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y115">
-        <v>1620</v>
+        <v>9000</v>
       </c>
       <c r="Z115" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="AA115" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="AD115" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="AG115" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="AH115" t="s">
         <v>1705</v>
       </c>
       <c r="AI115" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="AJ115" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="AK115" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="116" spans="1:37">
+    <row r="116" spans="1:38">
       <c r="A116" t="s">
         <v>152</v>
       </c>
       <c r="B116" t="s">
         <v>448</v>
       </c>
       <c r="C116" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D116" t="s">
-        <v>1005</v>
+        <v>743</v>
       </c>
       <c r="E116" t="s">
         <v>1139</v>
       </c>
       <c r="F116" t="s">
-        <v>1142</v>
+        <v>1223</v>
       </c>
       <c r="G116" t="s">
-        <v>1327</v>
+        <v>1288</v>
       </c>
       <c r="H116">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="I116">
-        <v>1294325.63</v>
+        <v>2195880.05</v>
       </c>
       <c r="J116" t="s">
         <v>1357</v>
       </c>
       <c r="K116">
-        <v>647162.88</v>
+        <v>945326.33</v>
       </c>
       <c r="L116" t="s">
-        <v>1427</v>
+        <v>1420</v>
       </c>
       <c r="M116" t="s">
-        <v>1528</v>
+        <v>1481</v>
       </c>
       <c r="N116">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O116" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P116" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q116" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R116" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S116" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T116" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U116" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V116" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W116" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y116">
-        <v>6400</v>
+        <v>9220</v>
       </c>
       <c r="Z116" t="s">
-        <v>1631</v>
+        <v>1601</v>
       </c>
       <c r="AA116" t="s">
-        <v>1673</v>
+        <v>1643</v>
       </c>
       <c r="AD116" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG116" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH116" t="s">
         <v>1705</v>
       </c>
       <c r="AI116" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
       <c r="AJ116" t="s">
-        <v>2082</v>
+        <v>2084</v>
       </c>
       <c r="AK116" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="117" spans="1:37">
+    <row r="117" spans="1:38">
       <c r="A117" t="s">
         <v>153</v>
       </c>
       <c r="B117" t="s">
         <v>449</v>
       </c>
       <c r="C117" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="D117" t="s">
-        <v>1006</v>
+        <v>1003</v>
       </c>
       <c r="E117" t="s">
         <v>1139</v>
       </c>
       <c r="F117" t="s">
-        <v>1201</v>
+        <v>1224</v>
       </c>
       <c r="G117" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="H117">
         <v>50</v>
       </c>
       <c r="I117">
-        <v>1300000</v>
+        <v>2049409.18</v>
       </c>
       <c r="J117" t="s">
         <v>1357</v>
       </c>
       <c r="K117">
-        <v>650000</v>
+        <v>1024704.59</v>
       </c>
       <c r="L117" t="s">
-        <v>1428</v>
+        <v>1404</v>
       </c>
       <c r="M117" t="s">
-        <v>1533</v>
+        <v>1493</v>
       </c>
       <c r="N117">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="O117" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="P117" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q117" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R117" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S117" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T117" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U117" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V117" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W117" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y117">
-        <v>6700</v>
+        <v>5000</v>
       </c>
       <c r="Z117" t="s">
-        <v>1634</v>
+        <v>1603</v>
       </c>
       <c r="AA117" t="s">
-        <v>1676</v>
+        <v>1645</v>
       </c>
       <c r="AD117" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="AG117" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="AH117" t="s">
         <v>1705</v>
       </c>
       <c r="AI117" t="s">
-        <v>1753</v>
+        <v>1816</v>
       </c>
       <c r="AJ117" t="s">
-        <v>2023</v>
+        <v>2085</v>
       </c>
       <c r="AK117" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="118" spans="1:37">
+    <row r="118" spans="1:38">
       <c r="A118" t="s">
         <v>154</v>
       </c>
       <c r="B118" t="s">
         <v>450</v>
       </c>
       <c r="C118" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D118" t="s">
-        <v>1007</v>
+        <v>1004</v>
       </c>
       <c r="E118" t="s">
         <v>1139</v>
       </c>
       <c r="F118" t="s">
-        <v>1220</v>
+        <v>1144</v>
       </c>
       <c r="G118" t="s">
-        <v>1311</v>
+        <v>1335</v>
       </c>
       <c r="H118">
         <v>50</v>
       </c>
       <c r="I118">
-        <v>324901.2</v>
+        <v>559704.21</v>
       </c>
       <c r="J118" t="s">
         <v>1357</v>
       </c>
       <c r="K118">
-        <v>162450.6</v>
+        <v>279852.17</v>
       </c>
       <c r="L118" t="s">
-        <v>1429</v>
+        <v>1400</v>
       </c>
       <c r="M118" t="s">
-        <v>1496</v>
+        <v>1481</v>
       </c>
       <c r="N118">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="O118" t="s">
-        <v>1571</v>
+        <v>1562</v>
       </c>
       <c r="P118" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q118" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R118" t="s">
         <v>1585</v>
       </c>
       <c r="S118" t="s">
         <v>1588</v>
       </c>
       <c r="T118" t="s">
         <v>1591</v>
       </c>
       <c r="U118" t="s">
         <v>1593</v>
       </c>
       <c r="V118" t="s">
         <v>1595</v>
       </c>
       <c r="W118" t="s">
         <v>1598</v>
       </c>
       <c r="Y118">
-        <v>6000</v>
+        <v>9220</v>
       </c>
       <c r="Z118" t="s">
-        <v>1611</v>
+        <v>1601</v>
       </c>
       <c r="AA118" t="s">
-        <v>1653</v>
+        <v>1643</v>
       </c>
       <c r="AD118" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG118" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH118" t="s">
         <v>1705</v>
       </c>
       <c r="AI118" t="s">
-        <v>1812</v>
+        <v>1817</v>
       </c>
       <c r="AJ118" t="s">
-        <v>2083</v>
+        <v>2086</v>
       </c>
       <c r="AK118" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="119" spans="1:37">
+    <row r="119" spans="1:38">
       <c r="A119" t="s">
         <v>155</v>
       </c>
       <c r="B119" t="s">
         <v>451</v>
       </c>
       <c r="C119" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="D119" t="s">
-        <v>1008</v>
+        <v>1005</v>
       </c>
       <c r="E119" t="s">
         <v>1139</v>
       </c>
       <c r="F119" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="G119" t="s">
-        <v>1286</v>
+        <v>1336</v>
       </c>
       <c r="H119">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I119">
-        <v>578123</v>
+        <v>1703034.71</v>
       </c>
       <c r="J119" t="s">
         <v>1357</v>
       </c>
       <c r="K119">
-        <v>289061.5</v>
+        <v>1021807.67</v>
       </c>
       <c r="L119" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="M119" t="s">
-        <v>1534</v>
+        <v>1510</v>
       </c>
       <c r="N119">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="O119" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="P119" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="Q119" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="R119" t="s">
         <v>1584</v>
       </c>
       <c r="S119" t="s">
         <v>1587</v>
       </c>
       <c r="T119" t="s">
         <v>1590</v>
       </c>
       <c r="U119" t="s">
         <v>1592</v>
       </c>
       <c r="V119" t="s">
         <v>1594</v>
       </c>
       <c r="W119" t="s">
         <v>1597</v>
       </c>
       <c r="Y119">
-        <v>9800</v>
+        <v>4300</v>
       </c>
       <c r="Z119" t="s">
-        <v>1612</v>
+        <v>1622</v>
       </c>
       <c r="AA119" t="s">
-        <v>1654</v>
+        <v>1664</v>
       </c>
       <c r="AD119" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG119" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH119" t="s">
         <v>1705</v>
       </c>
       <c r="AI119" t="s">
-        <v>1753</v>
+        <v>1818</v>
       </c>
       <c r="AJ119" t="s">
-        <v>2023</v>
+        <v>2087</v>
       </c>
       <c r="AK119" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="120" spans="1:37">
+    <row r="120" spans="1:38">
       <c r="A120" t="s">
         <v>156</v>
       </c>
       <c r="B120" t="s">
         <v>452</v>
       </c>
       <c r="C120" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D120" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="E120" t="s">
         <v>1139</v>
       </c>
       <c r="F120" t="s">
-        <v>1155</v>
+        <v>1226</v>
       </c>
       <c r="G120" t="s">
-        <v>1313</v>
+        <v>1288</v>
       </c>
       <c r="H120">
         <v>50</v>
       </c>
       <c r="I120">
-        <v>1901304.86</v>
+        <v>975000</v>
       </c>
       <c r="J120" t="s">
         <v>1357</v>
       </c>
       <c r="K120">
-        <v>950652.4300000001</v>
+        <v>487500</v>
       </c>
       <c r="L120" t="s">
-        <v>1384</v>
+        <v>1367</v>
       </c>
       <c r="M120" t="s">
-        <v>1502</v>
+        <v>1535</v>
       </c>
       <c r="N120">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O120" t="s">
         <v>1562</v>
       </c>
       <c r="P120" t="s">
         <v>1573</v>
       </c>
       <c r="Q120" t="s">
         <v>1579</v>
       </c>
       <c r="R120" t="s">
         <v>1585</v>
       </c>
       <c r="S120" t="s">
         <v>1588</v>
       </c>
       <c r="T120" t="s">
         <v>1591</v>
       </c>
       <c r="U120" t="s">
         <v>1593</v>
       </c>
       <c r="V120" t="s">
         <v>1595</v>
       </c>
       <c r="W120" t="s">
         <v>1598</v>
       </c>
       <c r="Y120">
-        <v>2100</v>
+        <v>2860</v>
       </c>
       <c r="Z120" t="s">
-        <v>1600</v>
+        <v>1635</v>
       </c>
       <c r="AA120" t="s">
-        <v>1642</v>
+        <v>1677</v>
       </c>
       <c r="AD120" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="AG120" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="AH120" t="s">
         <v>1705</v>
       </c>
       <c r="AI120" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="AJ120" t="s">
-        <v>2084</v>
+        <v>2088</v>
       </c>
       <c r="AK120" t="s">
         <v>2247</v>
       </c>
+      <c r="AL120">
+        <v>5663</v>
+      </c>
     </row>
-    <row r="121" spans="1:37">
+    <row r="121" spans="1:38">
       <c r="A121" t="s">
         <v>157</v>
       </c>
       <c r="B121" t="s">
         <v>453</v>
       </c>
       <c r="C121" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="D121" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="E121" t="s">
         <v>1139</v>
       </c>
       <c r="F121" t="s">
-        <v>1142</v>
+        <v>1227</v>
       </c>
       <c r="G121" t="s">
-        <v>1328</v>
+        <v>1337</v>
       </c>
       <c r="H121">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="I121">
-        <v>72682.74000000001</v>
+        <v>988488.02</v>
       </c>
       <c r="J121" t="s">
         <v>1357</v>
       </c>
       <c r="K121">
-        <v>34716.24</v>
+        <v>415166.83</v>
       </c>
       <c r="L121" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="M121" t="s">
-        <v>1533</v>
+        <v>1480</v>
       </c>
       <c r="N121">
-        <v>67</v>
+        <v>104</v>
       </c>
       <c r="O121" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="P121" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q121" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R121" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S121" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T121" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U121" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V121" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W121" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y121">
-        <v>6700</v>
+        <v>4800</v>
       </c>
       <c r="Z121" t="s">
-        <v>1634</v>
+        <v>1600</v>
       </c>
       <c r="AA121" t="s">
-        <v>1676</v>
+        <v>1642</v>
       </c>
       <c r="AD121" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="AG121" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="AH121" t="s">
         <v>1705</v>
       </c>
       <c r="AI121" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
       <c r="AJ121" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
       <c r="AK121" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="122" spans="1:37">
+    <row r="122" spans="1:38">
       <c r="A122" t="s">
         <v>158</v>
       </c>
       <c r="B122" t="s">
         <v>454</v>
       </c>
       <c r="C122" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D122" t="s">
-        <v>1010</v>
+        <v>972</v>
       </c>
       <c r="E122" t="s">
         <v>1139</v>
       </c>
       <c r="F122" t="s">
-        <v>1222</v>
+        <v>1160</v>
       </c>
       <c r="G122" t="s">
-        <v>1308</v>
+        <v>1295</v>
       </c>
       <c r="H122">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I122">
-        <v>1698194.29</v>
+        <v>8604180</v>
       </c>
       <c r="J122" t="s">
         <v>1357</v>
       </c>
       <c r="K122">
-        <v>780150.41</v>
+        <v>4302090</v>
       </c>
       <c r="L122" t="s">
-        <v>1366</v>
+        <v>1400</v>
       </c>
       <c r="M122" t="s">
-        <v>1487</v>
+        <v>1481</v>
       </c>
       <c r="N122">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="O122" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="P122" t="s">
         <v>1576</v>
       </c>
       <c r="Q122" t="s">
         <v>1582</v>
       </c>
       <c r="R122" t="s">
         <v>1585</v>
       </c>
       <c r="S122" t="s">
         <v>1588</v>
       </c>
       <c r="T122" t="s">
         <v>1591</v>
       </c>
       <c r="U122" t="s">
         <v>1593</v>
       </c>
       <c r="V122" t="s">
         <v>1595</v>
       </c>
       <c r="W122" t="s">
         <v>1598</v>
       </c>
       <c r="Y122">
-        <v>8830</v>
+        <v>9220</v>
       </c>
       <c r="Z122" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="AA122" t="s">
-        <v>1647</v>
+        <v>1643</v>
       </c>
       <c r="AD122" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG122" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH122" t="s">
         <v>1705</v>
       </c>
       <c r="AI122" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="AJ122" t="s">
-        <v>2086</v>
+        <v>2090</v>
       </c>
       <c r="AK122" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="123" spans="1:37">
+    <row r="123" spans="1:38">
       <c r="A123" t="s">
         <v>159</v>
       </c>
       <c r="B123" t="s">
         <v>455</v>
       </c>
       <c r="C123" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="D123" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="E123" t="s">
         <v>1139</v>
       </c>
       <c r="F123" t="s">
-        <v>1153</v>
+        <v>1228</v>
       </c>
       <c r="G123" t="s">
-        <v>1289</v>
+        <v>1338</v>
       </c>
       <c r="H123">
         <v>50</v>
       </c>
       <c r="I123">
-        <v>2868364.2</v>
+        <v>2475155.02</v>
       </c>
       <c r="J123" t="s">
         <v>1357</v>
       </c>
       <c r="K123">
-        <v>1434182.1</v>
+        <v>1237577.51</v>
       </c>
       <c r="L123" t="s">
-        <v>1393</v>
+        <v>1431</v>
       </c>
       <c r="M123" t="s">
-        <v>1511</v>
+        <v>1534</v>
       </c>
       <c r="N123">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="O123" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="P123" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q123" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R123" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S123" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T123" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U123" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V123" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W123" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y123">
-        <v>9440</v>
+        <v>4180</v>
       </c>
       <c r="Z123" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="AA123" t="s">
-        <v>1664</v>
+        <v>1676</v>
       </c>
       <c r="AD123" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG123" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH123" t="s">
         <v>1705</v>
       </c>
       <c r="AI123" t="s">
-        <v>1816</v>
+        <v>1822</v>
       </c>
       <c r="AJ123" t="s">
-        <v>2087</v>
+        <v>2091</v>
       </c>
       <c r="AK123" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="124" spans="1:37">
+    <row r="124" spans="1:38">
       <c r="A124" t="s">
         <v>160</v>
       </c>
       <c r="B124" t="s">
         <v>456</v>
       </c>
       <c r="C124" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D124" t="s">
-        <v>749</v>
+        <v>1008</v>
       </c>
       <c r="E124" t="s">
         <v>1139</v>
       </c>
       <c r="F124" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="G124" t="s">
-        <v>1292</v>
+        <v>1339</v>
       </c>
       <c r="H124">
         <v>50</v>
       </c>
       <c r="I124">
-        <v>1279430.88</v>
+        <v>5265475.67</v>
       </c>
       <c r="J124" t="s">
         <v>1357</v>
       </c>
       <c r="K124">
-        <v>639715.4399999999</v>
+        <v>2630616.17</v>
       </c>
       <c r="L124" t="s">
-        <v>1418</v>
+        <v>1380</v>
       </c>
       <c r="M124" t="s">
-        <v>1482</v>
+        <v>1494</v>
       </c>
       <c r="N124">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="O124" t="s">
-        <v>1567</v>
+        <v>1563</v>
       </c>
       <c r="P124" t="s">
         <v>1572</v>
       </c>
       <c r="Q124" t="s">
         <v>1578</v>
       </c>
       <c r="R124" t="s">
         <v>1584</v>
       </c>
       <c r="S124" t="s">
         <v>1587</v>
       </c>
       <c r="T124" t="s">
         <v>1590</v>
       </c>
       <c r="U124" t="s">
         <v>1592</v>
       </c>
       <c r="V124" t="s">
         <v>1594</v>
       </c>
       <c r="W124" t="s">
         <v>1597</v>
       </c>
       <c r="Y124">
-        <v>7100</v>
+        <v>9000</v>
       </c>
       <c r="Z124" t="s">
-        <v>1602</v>
+        <v>1601</v>
       </c>
       <c r="AA124" t="s">
-        <v>1644</v>
+        <v>1643</v>
       </c>
       <c r="AD124" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG124" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH124" t="s">
         <v>1705</v>
       </c>
       <c r="AI124" t="s">
-        <v>1817</v>
+        <v>1823</v>
       </c>
       <c r="AJ124" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="AK124" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="125" spans="1:37">
+    <row r="125" spans="1:38">
       <c r="A125" t="s">
         <v>161</v>
       </c>
       <c r="B125" t="s">
         <v>457</v>
       </c>
       <c r="C125" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D125" t="s">
-        <v>1012</v>
+        <v>1009</v>
       </c>
       <c r="E125" t="s">
         <v>1139</v>
       </c>
       <c r="F125" t="s">
-        <v>1224</v>
+        <v>1159</v>
       </c>
       <c r="G125" t="s">
-        <v>1329</v>
+        <v>1303</v>
       </c>
       <c r="H125">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="I125">
-        <v>4116961.94</v>
+        <v>3331847.74</v>
       </c>
       <c r="J125" t="s">
         <v>1357</v>
       </c>
       <c r="K125">
-        <v>2015252.85</v>
+        <v>1576414.32</v>
       </c>
       <c r="L125" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="M125" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="N125">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="O125" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="P125" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="Q125" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="R125" t="s">
         <v>1584</v>
       </c>
       <c r="S125" t="s">
         <v>1587</v>
       </c>
       <c r="T125" t="s">
         <v>1590</v>
       </c>
       <c r="U125" t="s">
         <v>1592</v>
       </c>
       <c r="V125" t="s">
         <v>1594</v>
       </c>
       <c r="W125" t="s">
         <v>1597</v>
       </c>
       <c r="Y125">
-        <v>4800</v>
+        <v>8800</v>
       </c>
       <c r="Z125" t="s">
-        <v>1635</v>
+        <v>1617</v>
       </c>
       <c r="AA125" t="s">
-        <v>1677</v>
+        <v>1659</v>
       </c>
       <c r="AD125" t="s">
         <v>1692</v>
       </c>
       <c r="AG125" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="AH125" t="s">
         <v>1705</v>
       </c>
       <c r="AI125" t="s">
-        <v>1818</v>
+        <v>1824</v>
       </c>
       <c r="AJ125" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="AK125" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="126" spans="1:37">
+    <row r="126" spans="1:38">
       <c r="A126" t="s">
         <v>162</v>
       </c>
       <c r="B126" t="s">
         <v>458</v>
       </c>
       <c r="C126" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="D126" t="s">
-        <v>1013</v>
+        <v>1010</v>
       </c>
       <c r="E126" t="s">
         <v>1139</v>
       </c>
       <c r="F126" t="s">
-        <v>1140</v>
+        <v>1230</v>
       </c>
       <c r="G126" t="s">
-        <v>1291</v>
+        <v>1340</v>
       </c>
       <c r="H126">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I126">
-        <v>1152606</v>
+        <v>283858.64</v>
       </c>
       <c r="J126" t="s">
         <v>1357</v>
       </c>
       <c r="K126">
-        <v>473877.3</v>
+        <v>141929.32</v>
       </c>
       <c r="L126" t="s">
-        <v>1432</v>
+        <v>1388</v>
       </c>
       <c r="M126" t="s">
-        <v>1536</v>
+        <v>1506</v>
       </c>
       <c r="N126">
-        <v>63</v>
+        <v>117</v>
       </c>
       <c r="O126" t="s">
-        <v>1569</v>
+        <v>1563</v>
       </c>
       <c r="P126" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q126" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R126" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S126" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T126" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U126" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V126" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W126" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y126">
-        <v>9220</v>
+        <v>8200</v>
       </c>
       <c r="Z126" t="s">
-        <v>1601</v>
+        <v>1619</v>
       </c>
       <c r="AA126" t="s">
-        <v>1643</v>
+        <v>1661</v>
       </c>
       <c r="AD126" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="AG126" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="AH126" t="s">
         <v>1705</v>
       </c>
       <c r="AI126" t="s">
-        <v>1819</v>
+        <v>1825</v>
       </c>
       <c r="AJ126" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="AK126" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="127" spans="1:37">
+    <row r="127" spans="1:38">
       <c r="A127" t="s">
         <v>163</v>
       </c>
       <c r="B127" t="s">
         <v>459</v>
       </c>
       <c r="C127" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D127" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="E127" t="s">
         <v>1139</v>
       </c>
       <c r="F127" t="s">
-        <v>1187</v>
+        <v>1231</v>
       </c>
       <c r="G127" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="H127">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="I127">
-        <v>156038.48</v>
+        <v>1820000</v>
       </c>
       <c r="J127" t="s">
         <v>1357</v>
       </c>
       <c r="K127">
-        <v>52038.48</v>
+        <v>910000</v>
       </c>
       <c r="L127" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="M127" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="N127">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="O127" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P127" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q127" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R127" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S127" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T127" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U127" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V127" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W127" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y127">
-        <v>7400</v>
+        <v>8200</v>
       </c>
       <c r="Z127" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="AA127" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="AD127" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="AG127" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="AH127" t="s">
         <v>1705</v>
       </c>
       <c r="AI127" t="s">
-        <v>1820</v>
+        <v>1826</v>
       </c>
       <c r="AJ127" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="AK127" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="128" spans="1:37">
+    <row r="128" spans="1:38">
       <c r="A128" t="s">
         <v>164</v>
       </c>
       <c r="B128" t="s">
         <v>460</v>
       </c>
       <c r="C128" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D128" t="s">
-        <v>1015</v>
+        <v>1012</v>
       </c>
       <c r="E128" t="s">
         <v>1139</v>
       </c>
       <c r="F128" t="s">
-        <v>1225</v>
+        <v>1192</v>
       </c>
       <c r="G128" t="s">
-        <v>1297</v>
+        <v>1342</v>
       </c>
       <c r="H128">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I128">
-        <v>1544996.96</v>
+        <v>742699.75</v>
       </c>
       <c r="J128" t="s">
         <v>1357</v>
       </c>
       <c r="K128">
-        <v>646203.48</v>
+        <v>371349.81</v>
       </c>
       <c r="L128" t="s">
-        <v>1388</v>
+        <v>1383</v>
       </c>
       <c r="M128" t="s">
-        <v>1506</v>
+        <v>1537</v>
       </c>
       <c r="N128">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="O128" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="P128" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="Q128" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="R128" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S128" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T128" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U128" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V128" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W128" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y128">
-        <v>9600</v>
+        <v>4220</v>
       </c>
       <c r="Z128" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="AA128" t="s">
-        <v>1660</v>
+        <v>1658</v>
       </c>
       <c r="AD128" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG128" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH128" t="s">
         <v>1705</v>
       </c>
       <c r="AI128" t="s">
-        <v>1821</v>
+        <v>1827</v>
       </c>
       <c r="AJ128" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="AK128" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="129" spans="1:37">
+    <row r="129" spans="1:38">
       <c r="A129" t="s">
         <v>165</v>
       </c>
       <c r="B129" t="s">
         <v>461</v>
       </c>
       <c r="C129" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="D129" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="E129" t="s">
         <v>1139</v>
       </c>
       <c r="F129" t="s">
-        <v>1180</v>
+        <v>1166</v>
       </c>
       <c r="G129" t="s">
-        <v>1292</v>
+        <v>1307</v>
       </c>
       <c r="H129">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I129">
-        <v>580619</v>
+        <v>3893413.68</v>
       </c>
       <c r="J129" t="s">
         <v>1357</v>
       </c>
       <c r="K129">
-        <v>290309.5</v>
+        <v>1851318.17</v>
       </c>
       <c r="L129" t="s">
         <v>1433</v>
       </c>
       <c r="M129" t="s">
-        <v>1496</v>
+        <v>1488</v>
       </c>
       <c r="N129">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O129" t="s">
         <v>1561</v>
       </c>
       <c r="P129" t="s">
         <v>1572</v>
       </c>
       <c r="Q129" t="s">
         <v>1578</v>
       </c>
       <c r="R129" t="s">
         <v>1584</v>
       </c>
       <c r="S129" t="s">
         <v>1587</v>
       </c>
       <c r="T129" t="s">
         <v>1590</v>
       </c>
       <c r="U129" t="s">
         <v>1592</v>
       </c>
       <c r="V129" t="s">
         <v>1594</v>
       </c>
       <c r="W129" t="s">
         <v>1597</v>
       </c>
       <c r="Y129">
-        <v>6000</v>
+        <v>2500</v>
       </c>
       <c r="Z129" t="s">
-        <v>1611</v>
+        <v>1605</v>
       </c>
       <c r="AA129" t="s">
-        <v>1653</v>
+        <v>1647</v>
       </c>
       <c r="AD129" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="AG129" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="AH129" t="s">
         <v>1705</v>
       </c>
       <c r="AI129" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
       <c r="AJ129" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="AK129" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="130" spans="1:37">
+    <row r="130" spans="1:38">
       <c r="A130" t="s">
         <v>166</v>
       </c>
       <c r="B130" t="s">
         <v>462</v>
       </c>
       <c r="C130" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D130" t="s">
-        <v>755</v>
+        <v>1014</v>
       </c>
       <c r="E130" t="s">
         <v>1139</v>
       </c>
       <c r="F130" t="s">
-        <v>1173</v>
+        <v>1232</v>
       </c>
       <c r="G130" t="s">
-        <v>1286</v>
+        <v>1343</v>
       </c>
       <c r="H130">
         <v>50</v>
       </c>
       <c r="I130">
-        <v>2653956.5</v>
+        <v>9127782.82</v>
       </c>
       <c r="J130" t="s">
         <v>1357</v>
       </c>
       <c r="K130">
-        <v>1326978.25</v>
+        <v>4563891.41</v>
       </c>
       <c r="L130" t="s">
-        <v>1434</v>
+        <v>1416</v>
       </c>
       <c r="M130" t="s">
-        <v>1537</v>
+        <v>1525</v>
       </c>
       <c r="N130">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="O130" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="P130" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="Q130" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="R130" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S130" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T130" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U130" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V130" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W130" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y130">
-        <v>1119</v>
+        <v>7400</v>
       </c>
       <c r="Z130" t="s">
-        <v>1600</v>
+        <v>1630</v>
       </c>
       <c r="AA130" t="s">
-        <v>1642</v>
+        <v>1672</v>
       </c>
       <c r="AD130" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="AG130" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="AH130" t="s">
         <v>1705</v>
       </c>
       <c r="AI130" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="AJ130" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="AK130" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="131" spans="1:37">
+    <row r="131" spans="1:38">
       <c r="A131" t="s">
         <v>167</v>
       </c>
       <c r="B131" t="s">
         <v>463</v>
       </c>
       <c r="C131" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D131" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="E131" t="s">
         <v>1139</v>
       </c>
       <c r="F131" t="s">
-        <v>1177</v>
+        <v>1195</v>
       </c>
       <c r="G131" t="s">
         <v>1291</v>
       </c>
       <c r="H131">
         <v>50</v>
       </c>
       <c r="I131">
-        <v>680191.46</v>
+        <v>2068844.7</v>
       </c>
       <c r="J131" t="s">
         <v>1357</v>
       </c>
       <c r="K131">
-        <v>340095.73</v>
+        <v>1034422.35</v>
       </c>
       <c r="L131" t="s">
-        <v>1422</v>
+        <v>1397</v>
       </c>
       <c r="M131" t="s">
         <v>1483</v>
       </c>
       <c r="N131">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="O131" t="s">
-        <v>1569</v>
+        <v>1562</v>
       </c>
       <c r="P131" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q131" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R131" t="s">
         <v>1585</v>
       </c>
       <c r="S131" t="s">
         <v>1588</v>
       </c>
       <c r="T131" t="s">
         <v>1591</v>
       </c>
       <c r="U131" t="s">
         <v>1593</v>
       </c>
       <c r="V131" t="s">
         <v>1595</v>
       </c>
       <c r="W131" t="s">
         <v>1598</v>
       </c>
       <c r="Y131">
         <v>5230</v>
       </c>
       <c r="Z131" t="s">
         <v>1603</v>
       </c>
       <c r="AA131" t="s">
         <v>1645</v>
       </c>
       <c r="AD131" t="s">
         <v>1687</v>
       </c>
       <c r="AG131" t="s">
         <v>1697</v>
       </c>
       <c r="AH131" t="s">
         <v>1705</v>
       </c>
       <c r="AI131" t="s">
-        <v>1824</v>
+        <v>1830</v>
       </c>
       <c r="AJ131" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="AK131" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="132" spans="1:37">
+    <row r="132" spans="1:38">
       <c r="A132" t="s">
         <v>168</v>
       </c>
       <c r="B132" t="s">
         <v>464</v>
       </c>
       <c r="C132" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D132" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="E132" t="s">
         <v>1139</v>
       </c>
       <c r="F132" t="s">
-        <v>1226</v>
+        <v>1233</v>
       </c>
       <c r="G132" t="s">
-        <v>1295</v>
+        <v>1344</v>
       </c>
       <c r="H132">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I132">
-        <v>2877002.57</v>
+        <v>6053624.98</v>
       </c>
       <c r="J132" t="s">
         <v>1357</v>
       </c>
       <c r="K132">
-        <v>1438501.35</v>
+        <v>2982430.49</v>
       </c>
       <c r="L132" t="s">
-        <v>1418</v>
+        <v>1382</v>
       </c>
       <c r="M132" t="s">
-        <v>1482</v>
+        <v>1500</v>
       </c>
       <c r="N132">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="O132" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="P132" t="s">
         <v>1574</v>
       </c>
       <c r="Q132" t="s">
         <v>1580</v>
       </c>
       <c r="R132" t="s">
         <v>1584</v>
       </c>
       <c r="S132" t="s">
         <v>1587</v>
       </c>
       <c r="T132" t="s">
         <v>1590</v>
       </c>
       <c r="U132" t="s">
         <v>1592</v>
       </c>
       <c r="V132" t="s">
         <v>1594</v>
       </c>
       <c r="W132" t="s">
         <v>1597</v>
       </c>
       <c r="Y132">
-        <v>7100</v>
+        <v>4760</v>
       </c>
       <c r="Z132" t="s">
-        <v>1602</v>
+        <v>1615</v>
       </c>
       <c r="AA132" t="s">
-        <v>1644</v>
+        <v>1657</v>
       </c>
       <c r="AD132" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="AG132" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="AH132" t="s">
         <v>1705</v>
       </c>
       <c r="AI132" t="s">
-        <v>1825</v>
+        <v>1831</v>
       </c>
       <c r="AJ132" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="AK132" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="133" spans="1:37">
+    <row r="133" spans="1:38">
       <c r="A133" t="s">
         <v>169</v>
       </c>
       <c r="B133" t="s">
         <v>465</v>
       </c>
       <c r="C133" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="D133" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="E133" t="s">
         <v>1139</v>
       </c>
       <c r="F133" t="s">
-        <v>1227</v>
+        <v>1180</v>
       </c>
       <c r="G133" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H133">
         <v>50</v>
       </c>
       <c r="I133">
-        <v>2600000</v>
+        <v>407852.12</v>
       </c>
       <c r="J133" t="s">
         <v>1357</v>
       </c>
       <c r="K133">
-        <v>1300000</v>
+        <v>203926.06</v>
       </c>
       <c r="L133" t="s">
-        <v>1414</v>
+        <v>1412</v>
       </c>
       <c r="M133" t="s">
-        <v>1490</v>
+        <v>1523</v>
       </c>
       <c r="N133">
-        <v>106</v>
+        <v>63</v>
       </c>
       <c r="O133" t="s">
-        <v>1564</v>
+        <v>1569</v>
       </c>
       <c r="P133" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q133" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R133" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S133" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T133" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U133" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V133" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W133" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y133">
-        <v>8000</v>
+        <v>8830</v>
       </c>
       <c r="Z133" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="AA133" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
       <c r="AD133" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="AG133" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="AH133" t="s">
         <v>1705</v>
       </c>
       <c r="AI133" t="s">
-        <v>1826</v>
+        <v>1832</v>
       </c>
       <c r="AJ133" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="AK133" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="134" spans="1:37">
+    <row r="134" spans="1:38">
       <c r="A134" t="s">
         <v>170</v>
       </c>
       <c r="B134" t="s">
         <v>466</v>
       </c>
       <c r="C134" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D134" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="E134" t="s">
         <v>1139</v>
       </c>
       <c r="F134" t="s">
-        <v>1228</v>
+        <v>1155</v>
       </c>
       <c r="G134" t="s">
-        <v>1292</v>
+        <v>1306</v>
       </c>
       <c r="H134">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="I134">
-        <v>3253569.54</v>
+        <v>4648883.98</v>
       </c>
       <c r="J134" t="s">
         <v>1357</v>
       </c>
       <c r="K134">
-        <v>1416929.54</v>
+        <v>2324441.99</v>
       </c>
       <c r="L134" t="s">
-        <v>1435</v>
+        <v>1406</v>
       </c>
       <c r="M134" t="s">
-        <v>1490</v>
+        <v>1538</v>
       </c>
       <c r="N134">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O134" t="s">
         <v>1565</v>
       </c>
       <c r="P134" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="Q134" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="R134" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S134" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T134" t="s">
         <v>1591</v>
       </c>
       <c r="U134" t="s">
         <v>1593</v>
       </c>
       <c r="V134" t="s">
         <v>1595</v>
       </c>
       <c r="W134" t="s">
         <v>1598</v>
       </c>
       <c r="Y134">
-        <v>8000</v>
+        <v>5500</v>
       </c>
       <c r="Z134" t="s">
-        <v>1607</v>
+        <v>1636</v>
       </c>
       <c r="AA134" t="s">
-        <v>1649</v>
+        <v>1678</v>
       </c>
       <c r="AD134" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AG134" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AH134" t="s">
         <v>1705</v>
       </c>
       <c r="AI134" t="s">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="AJ134" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="AK134" t="s">
         <v>2247</v>
       </c>
+      <c r="AL134">
+        <v>5579</v>
+      </c>
     </row>
-    <row r="135" spans="1:37">
+    <row r="135" spans="1:38">
       <c r="A135" t="s">
         <v>171</v>
       </c>
       <c r="B135" t="s">
         <v>467</v>
       </c>
       <c r="C135" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D135" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="E135" t="s">
         <v>1139</v>
       </c>
       <c r="F135" t="s">
-        <v>1229</v>
+        <v>1165</v>
       </c>
       <c r="G135" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="H135">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I135">
-        <v>1195639.12</v>
+        <v>5885750</v>
       </c>
       <c r="J135" t="s">
         <v>1357</v>
       </c>
       <c r="K135">
-        <v>597819.5600000001</v>
+        <v>1755000</v>
       </c>
       <c r="L135" t="s">
-        <v>1436</v>
+        <v>1388</v>
       </c>
       <c r="M135" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="N135">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="O135" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="P135" t="s">
         <v>1576</v>
       </c>
       <c r="Q135" t="s">
         <v>1582</v>
       </c>
       <c r="R135" t="s">
         <v>1585</v>
       </c>
       <c r="S135" t="s">
         <v>1588</v>
       </c>
       <c r="T135" t="s">
         <v>1591</v>
       </c>
       <c r="U135" t="s">
         <v>1593</v>
       </c>
       <c r="V135" t="s">
         <v>1595</v>
       </c>
       <c r="W135" t="s">
         <v>1598</v>
       </c>
       <c r="Y135">
-        <v>9560</v>
+        <v>8200</v>
       </c>
       <c r="Z135" t="s">
-        <v>1628</v>
+        <v>1619</v>
       </c>
       <c r="AA135" t="s">
-        <v>1670</v>
+        <v>1661</v>
       </c>
       <c r="AD135" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="AG135" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="AH135" t="s">
         <v>1705</v>
       </c>
       <c r="AI135" t="s">
-        <v>1828</v>
+        <v>1834</v>
       </c>
       <c r="AJ135" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="AK135" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="136" spans="1:37">
+    <row r="136" spans="1:38">
       <c r="A136" t="s">
         <v>172</v>
       </c>
       <c r="B136" t="s">
         <v>468</v>
       </c>
       <c r="C136" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D136" t="s">
-        <v>1021</v>
+        <v>1019</v>
       </c>
       <c r="E136" t="s">
         <v>1139</v>
       </c>
       <c r="F136" t="s">
-        <v>1147</v>
+        <v>1234</v>
       </c>
       <c r="G136" t="s">
-        <v>1292</v>
+        <v>1345</v>
       </c>
       <c r="H136">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I136">
-        <v>500818.37</v>
+        <v>2005131.7</v>
       </c>
       <c r="J136" t="s">
         <v>1357</v>
       </c>
       <c r="K136">
-        <v>300490.97</v>
+        <v>1001000</v>
       </c>
       <c r="L136" t="s">
-        <v>1386</v>
+        <v>1363</v>
       </c>
       <c r="M136" t="s">
-        <v>1504</v>
+        <v>1485</v>
       </c>
       <c r="N136">
-        <v>108</v>
+        <v>67</v>
       </c>
       <c r="O136" t="s">
-        <v>1570</v>
+        <v>1566</v>
       </c>
       <c r="P136" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q136" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R136" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S136" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T136" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U136" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V136" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W136" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y136">
-        <v>2300</v>
+        <v>2100</v>
       </c>
       <c r="Z136" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="AA136" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="AD136" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="AG136" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="AH136" t="s">
         <v>1705</v>
       </c>
       <c r="AI136" t="s">
-        <v>1829</v>
+        <v>1835</v>
       </c>
       <c r="AJ136" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="AK136" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="137" spans="1:37">
+    <row r="137" spans="1:38">
       <c r="A137" t="s">
         <v>173</v>
       </c>
       <c r="B137" t="s">
         <v>469</v>
       </c>
       <c r="C137" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D137" t="s">
-        <v>1022</v>
+        <v>764</v>
       </c>
       <c r="E137" t="s">
         <v>1139</v>
       </c>
       <c r="F137" t="s">
-        <v>1230</v>
+        <v>1159</v>
       </c>
       <c r="G137" t="s">
-        <v>1329</v>
+        <v>1303</v>
       </c>
       <c r="H137">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="I137">
-        <v>1041122.94</v>
+        <v>1790020.05</v>
       </c>
       <c r="J137" t="s">
         <v>1357</v>
       </c>
       <c r="K137">
-        <v>520561.47</v>
+        <v>645459.75</v>
       </c>
       <c r="L137" t="s">
-        <v>1404</v>
+        <v>1434</v>
       </c>
       <c r="M137" t="s">
-        <v>1516</v>
+        <v>1521</v>
       </c>
       <c r="N137">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="O137" t="s">
         <v>1563</v>
       </c>
       <c r="P137" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="Q137" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="R137" t="s">
         <v>1584</v>
       </c>
       <c r="S137" t="s">
         <v>1587</v>
       </c>
       <c r="T137" t="s">
         <v>1590</v>
       </c>
       <c r="U137" t="s">
         <v>1592</v>
       </c>
       <c r="V137" t="s">
         <v>1594</v>
       </c>
       <c r="W137" t="s">
         <v>1597</v>
       </c>
       <c r="Y137">
-        <v>4100</v>
+        <v>3700</v>
       </c>
       <c r="Z137" t="s">
-        <v>1624</v>
+        <v>1604</v>
       </c>
       <c r="AA137" t="s">
-        <v>1666</v>
+        <v>1646</v>
       </c>
       <c r="AD137" t="s">
-        <v>1692</v>
+        <v>1646</v>
       </c>
       <c r="AG137" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
       <c r="AH137" t="s">
         <v>1705</v>
       </c>
       <c r="AI137" t="s">
-        <v>1830</v>
+        <v>1836</v>
       </c>
       <c r="AJ137" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
       <c r="AK137" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="138" spans="1:37">
+    <row r="138" spans="1:38">
       <c r="A138" t="s">
         <v>174</v>
       </c>
       <c r="B138" t="s">
         <v>470</v>
       </c>
       <c r="C138" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="D138" t="s">
-        <v>1023</v>
+        <v>765</v>
       </c>
       <c r="E138" t="s">
         <v>1139</v>
       </c>
       <c r="F138" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="G138" t="s">
-        <v>1291</v>
+        <v>1318</v>
       </c>
       <c r="H138">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I138">
-        <v>3505190</v>
+        <v>2079981.28</v>
       </c>
       <c r="J138" t="s">
         <v>1357</v>
       </c>
       <c r="K138">
-        <v>2103114</v>
+        <v>1035607.56</v>
       </c>
       <c r="L138" t="s">
-        <v>1371</v>
+        <v>1435</v>
       </c>
       <c r="M138" t="s">
-        <v>1497</v>
+        <v>1517</v>
       </c>
       <c r="N138">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O138" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="P138" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="Q138" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="R138" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S138" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T138" t="s">
         <v>1591</v>
       </c>
       <c r="U138" t="s">
         <v>1593</v>
       </c>
       <c r="V138" t="s">
         <v>1595</v>
       </c>
       <c r="W138" t="s">
         <v>1598</v>
       </c>
       <c r="Y138">
-        <v>1620</v>
+        <v>9440</v>
       </c>
       <c r="Z138" t="s">
-        <v>1600</v>
+        <v>1614</v>
       </c>
       <c r="AA138" t="s">
-        <v>1642</v>
+        <v>1656</v>
       </c>
       <c r="AD138" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="AG138" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="AH138" t="s">
         <v>1705</v>
       </c>
       <c r="AI138" t="s">
-        <v>1831</v>
+        <v>1837</v>
       </c>
       <c r="AJ138" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="AK138" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="139" spans="1:37">
+    <row r="139" spans="1:38">
       <c r="A139" t="s">
         <v>175</v>
       </c>
       <c r="B139" t="s">
         <v>471</v>
       </c>
       <c r="C139" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D139" t="s">
-        <v>1024</v>
+        <v>766</v>
       </c>
       <c r="E139" t="s">
         <v>1139</v>
       </c>
       <c r="F139" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="G139" t="s">
-        <v>1292</v>
+        <v>1308</v>
       </c>
       <c r="H139">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I139">
-        <v>1626469.91</v>
+        <v>4160836.94</v>
       </c>
       <c r="J139" t="s">
         <v>1357</v>
       </c>
       <c r="K139">
-        <v>813234.89</v>
+        <v>2496502.19</v>
       </c>
       <c r="L139" t="s">
-        <v>1435</v>
+        <v>1382</v>
       </c>
       <c r="M139" t="s">
-        <v>1490</v>
+        <v>1534</v>
       </c>
       <c r="N139">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O139" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P139" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q139" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R139" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S139" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T139" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U139" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V139" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W139" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y139">
-        <v>8000</v>
+        <v>4180</v>
       </c>
       <c r="Z139" t="s">
-        <v>1607</v>
+        <v>1634</v>
       </c>
       <c r="AA139" t="s">
-        <v>1649</v>
+        <v>1676</v>
       </c>
       <c r="AD139" t="s">
-        <v>1690</v>
+        <v>1684</v>
       </c>
       <c r="AG139" t="s">
-        <v>1700</v>
+        <v>1694</v>
       </c>
       <c r="AH139" t="s">
         <v>1705</v>
       </c>
       <c r="AI139" t="s">
-        <v>1832</v>
+        <v>1838</v>
       </c>
       <c r="AJ139" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
       <c r="AK139" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="140" spans="1:37">
+    <row r="140" spans="1:38">
       <c r="A140" t="s">
         <v>176</v>
       </c>
       <c r="B140" t="s">
         <v>472</v>
       </c>
       <c r="C140" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D140" t="s">
-        <v>765</v>
+        <v>1020</v>
       </c>
       <c r="E140" t="s">
         <v>1139</v>
       </c>
       <c r="F140" t="s">
-        <v>1153</v>
+        <v>1237</v>
       </c>
       <c r="G140" t="s">
-        <v>1329</v>
+        <v>1288</v>
       </c>
       <c r="H140">
         <v>50</v>
       </c>
       <c r="I140">
-        <v>1467428.56</v>
+        <v>2599868.44</v>
       </c>
       <c r="J140" t="s">
         <v>1357</v>
       </c>
       <c r="K140">
-        <v>733714.28</v>
+        <v>1299934.22</v>
       </c>
       <c r="L140" t="s">
-        <v>1368</v>
+        <v>1396</v>
       </c>
       <c r="M140" t="s">
-        <v>1496</v>
+        <v>1513</v>
       </c>
       <c r="N140">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O140" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="P140" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q140" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R140" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S140" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T140" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U140" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V140" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W140" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y140">
-        <v>6000</v>
+        <v>8000</v>
       </c>
       <c r="Z140" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="AA140" t="s">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="AD140" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="AG140" t="s">
-        <v>1696</v>
+        <v>1701</v>
       </c>
       <c r="AH140" t="s">
         <v>1705</v>
       </c>
       <c r="AI140" t="s">
-        <v>1833</v>
+        <v>1839</v>
       </c>
       <c r="AJ140" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="AK140" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="141" spans="1:37">
+    <row r="141" spans="1:38">
       <c r="A141" t="s">
         <v>177</v>
       </c>
       <c r="B141" t="s">
         <v>473</v>
       </c>
       <c r="C141" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="D141" t="s">
-        <v>1025</v>
+        <v>1021</v>
       </c>
       <c r="E141" t="s">
         <v>1139</v>
       </c>
       <c r="F141" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="G141" t="s">
-        <v>1331</v>
+        <v>1291</v>
       </c>
       <c r="H141">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="I141">
-        <v>288663.44</v>
+        <v>5656920.36</v>
       </c>
       <c r="J141" t="s">
         <v>1357</v>
       </c>
       <c r="K141">
-        <v>144331.72</v>
+        <v>3337582.95</v>
       </c>
       <c r="L141" t="s">
-        <v>1437</v>
+        <v>1382</v>
       </c>
       <c r="M141" t="s">
-        <v>1481</v>
+        <v>1534</v>
       </c>
       <c r="N141">
         <v>106</v>
       </c>
       <c r="O141" t="s">
         <v>1564</v>
       </c>
       <c r="P141" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q141" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R141" t="s">
         <v>1584</v>
       </c>
       <c r="S141" t="s">
         <v>1587</v>
       </c>
       <c r="T141" t="s">
         <v>1590</v>
       </c>
       <c r="U141" t="s">
         <v>1592</v>
       </c>
       <c r="V141" t="s">
         <v>1594</v>
       </c>
       <c r="W141" t="s">
         <v>1597</v>
       </c>
       <c r="Y141">
-        <v>9220</v>
+        <v>4180</v>
       </c>
       <c r="Z141" t="s">
-        <v>1601</v>
+        <v>1634</v>
       </c>
       <c r="AA141" t="s">
-        <v>1643</v>
+        <v>1676</v>
       </c>
       <c r="AD141" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG141" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH141" t="s">
         <v>1705</v>
       </c>
       <c r="AI141" t="s">
-        <v>1834</v>
+        <v>1840</v>
       </c>
       <c r="AJ141" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="AK141" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="142" spans="1:37">
+    <row r="142" spans="1:38">
       <c r="A142" t="s">
         <v>178</v>
       </c>
       <c r="B142" t="s">
         <v>474</v>
       </c>
       <c r="C142" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D142" t="s">
-        <v>1026</v>
+        <v>1022</v>
       </c>
       <c r="E142" t="s">
         <v>1139</v>
       </c>
       <c r="F142" t="s">
-        <v>1229</v>
+        <v>1192</v>
       </c>
       <c r="G142" t="s">
-        <v>1292</v>
+        <v>1272</v>
       </c>
       <c r="H142">
         <v>50</v>
       </c>
       <c r="I142">
-        <v>5369000</v>
+        <v>498555.98</v>
       </c>
       <c r="J142" t="s">
         <v>1357</v>
       </c>
       <c r="K142">
-        <v>2684500</v>
+        <v>249277.99</v>
       </c>
       <c r="L142" t="s">
-        <v>1371</v>
+        <v>1388</v>
       </c>
       <c r="M142" t="s">
-        <v>1490</v>
+        <v>1506</v>
       </c>
       <c r="N142">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="O142" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="P142" t="s">
         <v>1576</v>
       </c>
       <c r="Q142" t="s">
         <v>1582</v>
       </c>
       <c r="R142" t="s">
         <v>1585</v>
       </c>
       <c r="S142" t="s">
         <v>1588</v>
       </c>
       <c r="T142" t="s">
         <v>1591</v>
       </c>
       <c r="U142" t="s">
         <v>1593</v>
       </c>
       <c r="V142" t="s">
         <v>1595</v>
       </c>
       <c r="W142" t="s">
         <v>1598</v>
       </c>
       <c r="Y142">
-        <v>8000</v>
+        <v>8200</v>
       </c>
       <c r="Z142" t="s">
-        <v>1607</v>
+        <v>1619</v>
       </c>
       <c r="AA142" t="s">
-        <v>1649</v>
+        <v>1661</v>
       </c>
       <c r="AD142" t="s">
         <v>1690</v>
       </c>
       <c r="AG142" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="AH142" t="s">
         <v>1705</v>
       </c>
       <c r="AI142" t="s">
-        <v>1835</v>
+        <v>1841</v>
       </c>
       <c r="AJ142" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="AK142" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="143" spans="1:37">
+    <row r="143" spans="1:38">
       <c r="A143" t="s">
         <v>179</v>
       </c>
       <c r="B143" t="s">
         <v>475</v>
       </c>
       <c r="C143" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="D143" t="s">
-        <v>1027</v>
+        <v>1023</v>
       </c>
       <c r="E143" t="s">
         <v>1139</v>
       </c>
       <c r="F143" t="s">
-        <v>1234</v>
+        <v>1224</v>
       </c>
       <c r="G143" t="s">
-        <v>1288</v>
+        <v>1339</v>
       </c>
       <c r="H143">
         <v>50</v>
       </c>
       <c r="I143">
-        <v>3446477.45</v>
+        <v>358144.8</v>
       </c>
       <c r="J143" t="s">
         <v>1357</v>
       </c>
       <c r="K143">
-        <v>1723238.66</v>
+        <v>179072.4</v>
       </c>
       <c r="L143" t="s">
-        <v>1438</v>
+        <v>1404</v>
       </c>
       <c r="M143" t="s">
         <v>1493</v>
       </c>
       <c r="N143">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="O143" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="P143" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q143" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R143" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S143" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T143" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U143" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V143" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W143" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y143">
-        <v>4760</v>
+        <v>5000</v>
       </c>
       <c r="Z143" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="AA143" t="s">
-        <v>1652</v>
+        <v>1645</v>
       </c>
       <c r="AD143" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="AG143" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="AH143" t="s">
         <v>1705</v>
       </c>
       <c r="AI143" t="s">
-        <v>1836</v>
+        <v>1816</v>
       </c>
       <c r="AJ143" t="s">
-        <v>2107</v>
+        <v>2085</v>
       </c>
       <c r="AK143" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="144" spans="1:37">
+    <row r="144" spans="1:38">
       <c r="A144" t="s">
         <v>180</v>
       </c>
       <c r="B144" t="s">
         <v>476</v>
       </c>
       <c r="C144" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D144" t="s">
-        <v>769</v>
+        <v>1024</v>
       </c>
       <c r="E144" t="s">
         <v>1139</v>
       </c>
       <c r="F144" t="s">
-        <v>1164</v>
+        <v>1199</v>
       </c>
       <c r="G144" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="H144">
         <v>50</v>
       </c>
       <c r="I144">
-        <v>1952282.67</v>
+        <v>4368645.58</v>
       </c>
       <c r="J144" t="s">
         <v>1357</v>
       </c>
       <c r="K144">
-        <v>976141.4</v>
+        <v>2184322.79</v>
       </c>
       <c r="L144" t="s">
-        <v>1439</v>
+        <v>1363</v>
       </c>
       <c r="M144" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="N144">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="O144" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="P144" t="s">
         <v>1574</v>
       </c>
       <c r="Q144" t="s">
         <v>1580</v>
       </c>
       <c r="R144" t="s">
         <v>1584</v>
       </c>
       <c r="S144" t="s">
         <v>1587</v>
       </c>
       <c r="T144" t="s">
         <v>1590</v>
       </c>
       <c r="U144" t="s">
         <v>1592</v>
       </c>
       <c r="V144" t="s">
         <v>1594</v>
       </c>
       <c r="W144" t="s">
         <v>1597</v>
       </c>
       <c r="Y144">
-        <v>3400</v>
+        <v>2100</v>
       </c>
       <c r="Z144" t="s">
-        <v>1636</v>
+        <v>1605</v>
       </c>
       <c r="AA144" t="s">
-        <v>1678</v>
+        <v>1647</v>
       </c>
       <c r="AD144" t="s">
-        <v>1693</v>
+        <v>1688</v>
       </c>
       <c r="AG144" t="s">
-        <v>1704</v>
+        <v>1699</v>
       </c>
       <c r="AH144" t="s">
         <v>1705</v>
       </c>
       <c r="AI144" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="AJ144" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
       <c r="AK144" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="145" spans="1:37">
+    <row r="145" spans="1:38">
       <c r="A145" t="s">
         <v>181</v>
       </c>
       <c r="B145" t="s">
         <v>477</v>
       </c>
       <c r="C145" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D145" t="s">
-        <v>1028</v>
+        <v>1025</v>
       </c>
       <c r="E145" t="s">
         <v>1139</v>
       </c>
       <c r="F145" t="s">
-        <v>1200</v>
+        <v>1171</v>
       </c>
       <c r="G145" t="s">
-        <v>1292</v>
+        <v>1313</v>
       </c>
       <c r="H145">
         <v>50</v>
       </c>
       <c r="I145">
-        <v>157505.01</v>
+        <v>1963816.79</v>
       </c>
       <c r="J145" t="s">
         <v>1357</v>
       </c>
       <c r="K145">
-        <v>78752.44</v>
+        <v>981908.46</v>
       </c>
       <c r="L145" t="s">
-        <v>1379</v>
+        <v>1436</v>
       </c>
       <c r="M145" t="s">
-        <v>1540</v>
+        <v>1508</v>
       </c>
       <c r="N145">
-        <v>68</v>
+        <v>117</v>
       </c>
       <c r="O145" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
       <c r="P145" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="Q145" t="s">
-        <v>1583</v>
+        <v>1578</v>
       </c>
       <c r="R145" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S145" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T145" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U145" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V145" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W145" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y145">
-        <v>9400</v>
+        <v>6700</v>
       </c>
       <c r="Z145" t="s">
-        <v>1601</v>
+        <v>1621</v>
       </c>
       <c r="AA145" t="s">
-        <v>1643</v>
+        <v>1663</v>
       </c>
       <c r="AD145" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AG145" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AH145" t="s">
         <v>1705</v>
       </c>
       <c r="AI145" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="AJ145" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="AK145" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="146" spans="1:37">
+    <row r="146" spans="1:38">
       <c r="A146" t="s">
         <v>182</v>
       </c>
       <c r="B146" t="s">
         <v>478</v>
       </c>
       <c r="C146" t="s">
-        <v>771</v>
+        <v>762</v>
       </c>
       <c r="D146" t="s">
-        <v>1029</v>
+        <v>1018</v>
       </c>
       <c r="E146" t="s">
         <v>1139</v>
       </c>
       <c r="F146" t="s">
-        <v>1140</v>
+        <v>1165</v>
       </c>
       <c r="G146" t="s">
-        <v>1286</v>
+        <v>1303</v>
       </c>
       <c r="H146">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="I146">
-        <v>1299998.7</v>
+        <v>627406</v>
       </c>
       <c r="J146" t="s">
         <v>1357</v>
       </c>
       <c r="K146">
-        <v>779999.22</v>
+        <v>194997.79</v>
       </c>
       <c r="L146" t="s">
-        <v>1431</v>
+        <v>1388</v>
       </c>
       <c r="M146" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="N146">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="O146" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="P146" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="Q146" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="R146" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S146" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T146" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U146" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V146" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W146" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y146">
-        <v>4800</v>
+        <v>8200</v>
       </c>
       <c r="Z146" t="s">
-        <v>1635</v>
+        <v>1619</v>
       </c>
       <c r="AA146" t="s">
-        <v>1677</v>
+        <v>1661</v>
       </c>
       <c r="AD146" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="AG146" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="AH146" t="s">
         <v>1705</v>
       </c>
       <c r="AI146" t="s">
-        <v>1839</v>
+        <v>1834</v>
       </c>
       <c r="AJ146" t="s">
-        <v>2110</v>
+        <v>2103</v>
       </c>
       <c r="AK146" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="147" spans="1:37">
+    <row r="147" spans="1:38">
       <c r="A147" t="s">
         <v>183</v>
       </c>
       <c r="B147" t="s">
         <v>479</v>
       </c>
       <c r="C147" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D147" t="s">
-        <v>1030</v>
+        <v>1026</v>
       </c>
       <c r="E147" t="s">
         <v>1139</v>
       </c>
       <c r="F147" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="G147" t="s">
-        <v>1332</v>
+        <v>1295</v>
       </c>
       <c r="H147">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="I147">
-        <v>849784.65</v>
+        <v>2372500</v>
       </c>
       <c r="J147" t="s">
         <v>1357</v>
       </c>
       <c r="K147">
-        <v>509870.79</v>
+        <v>1105000</v>
       </c>
       <c r="L147" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="M147" t="s">
-        <v>1499</v>
+        <v>1508</v>
       </c>
       <c r="N147">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O147" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="P147" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="Q147" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="R147" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S147" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T147" t="s">
         <v>1591</v>
       </c>
       <c r="U147" t="s">
         <v>1593</v>
       </c>
       <c r="V147" t="s">
         <v>1595</v>
       </c>
       <c r="W147" t="s">
         <v>1598</v>
       </c>
       <c r="Y147">
-        <v>7400</v>
+        <v>6700</v>
       </c>
       <c r="Z147" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
       <c r="AA147" t="s">
-        <v>1655</v>
+        <v>1663</v>
       </c>
       <c r="AD147" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="AG147" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
       <c r="AH147" t="s">
         <v>1705</v>
       </c>
       <c r="AI147" t="s">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="AJ147" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="AK147" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="148" spans="1:37">
+    <row r="148" spans="1:38">
       <c r="A148" t="s">
         <v>184</v>
       </c>
       <c r="B148" t="s">
         <v>480</v>
       </c>
       <c r="C148" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D148" t="s">
-        <v>1031</v>
+        <v>1027</v>
       </c>
       <c r="E148" t="s">
         <v>1139</v>
       </c>
       <c r="F148" t="s">
-        <v>1173</v>
+        <v>1240</v>
       </c>
       <c r="G148" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="H148">
         <v>50</v>
       </c>
       <c r="I148">
-        <v>3303407.64</v>
+        <v>476840</v>
       </c>
       <c r="J148" t="s">
         <v>1357</v>
       </c>
       <c r="K148">
-        <v>1651703.82</v>
+        <v>238420</v>
       </c>
       <c r="L148" t="s">
-        <v>1401</v>
+        <v>1437</v>
       </c>
       <c r="M148" t="s">
-        <v>1502</v>
+        <v>1541</v>
       </c>
       <c r="N148">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="O148" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P148" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q148" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R148" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S148" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T148" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U148" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V148" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W148" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y148">
-        <v>2100</v>
+        <v>1256</v>
       </c>
       <c r="Z148" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="AA148" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="AD148" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="AG148" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="AH148" t="s">
         <v>1705</v>
       </c>
       <c r="AI148" t="s">
-        <v>1841</v>
+        <v>1845</v>
       </c>
       <c r="AJ148" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="AK148" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="149" spans="1:37">
+    <row r="149" spans="1:38">
       <c r="A149" t="s">
         <v>185</v>
       </c>
       <c r="B149" t="s">
         <v>481</v>
       </c>
       <c r="C149" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D149" t="s">
-        <v>1032</v>
+        <v>1028</v>
       </c>
       <c r="E149" t="s">
         <v>1139</v>
       </c>
       <c r="F149" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="G149" t="s">
-        <v>1317</v>
+        <v>1295</v>
       </c>
       <c r="H149">
         <v>50</v>
       </c>
       <c r="I149">
-        <v>6148642.5</v>
+        <v>1763816.6</v>
       </c>
       <c r="J149" t="s">
         <v>1357</v>
       </c>
       <c r="K149">
-        <v>3074091.15</v>
+        <v>881908.3</v>
       </c>
       <c r="L149" t="s">
-        <v>1401</v>
+        <v>1375</v>
       </c>
       <c r="M149" t="s">
-        <v>1502</v>
+        <v>1496</v>
       </c>
       <c r="N149">
         <v>106</v>
       </c>
       <c r="O149" t="s">
         <v>1564</v>
       </c>
       <c r="P149" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q149" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R149" t="s">
         <v>1584</v>
       </c>
       <c r="S149" t="s">
         <v>1587</v>
       </c>
       <c r="T149" t="s">
         <v>1590</v>
       </c>
       <c r="U149" t="s">
         <v>1592</v>
       </c>
       <c r="V149" t="s">
         <v>1594</v>
       </c>
       <c r="W149" t="s">
         <v>1597</v>
       </c>
       <c r="Y149">
-        <v>2100</v>
-[...5 lines deleted...]
-        <v>1642</v>
+        <v>5700</v>
       </c>
       <c r="AD149" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="AG149" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="AH149" t="s">
         <v>1705</v>
       </c>
       <c r="AI149" t="s">
-        <v>1842</v>
+        <v>1846</v>
       </c>
       <c r="AJ149" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="AK149" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="150" spans="1:37">
+    <row r="150" spans="1:38">
       <c r="A150" t="s">
         <v>186</v>
       </c>
       <c r="B150" t="s">
         <v>482</v>
       </c>
       <c r="C150" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D150" t="s">
-        <v>1033</v>
+        <v>1029</v>
       </c>
       <c r="E150" t="s">
         <v>1139</v>
       </c>
       <c r="F150" t="s">
-        <v>1195</v>
+        <v>1159</v>
       </c>
       <c r="G150" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="H150">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I150">
-        <v>6535892.48</v>
+        <v>262626</v>
       </c>
       <c r="J150" t="s">
         <v>1357</v>
       </c>
       <c r="K150">
-        <v>3267946.24</v>
+        <v>157575.6</v>
       </c>
       <c r="L150" t="s">
-        <v>1400</v>
+        <v>1438</v>
       </c>
       <c r="M150" t="s">
-        <v>1483</v>
+        <v>1497</v>
       </c>
       <c r="N150">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="O150" t="s">
         <v>1561</v>
       </c>
       <c r="P150" t="s">
         <v>1572</v>
       </c>
       <c r="Q150" t="s">
         <v>1578</v>
       </c>
       <c r="R150" t="s">
         <v>1584</v>
       </c>
       <c r="S150" t="s">
         <v>1587</v>
       </c>
       <c r="T150" t="s">
         <v>1590</v>
       </c>
       <c r="U150" t="s">
         <v>1592</v>
       </c>
       <c r="V150" t="s">
         <v>1594</v>
       </c>
       <c r="W150" t="s">
         <v>1597</v>
       </c>
       <c r="Y150">
-        <v>5230</v>
+        <v>4000</v>
       </c>
       <c r="Z150" t="s">
-        <v>1603</v>
+        <v>1612</v>
       </c>
       <c r="AA150" t="s">
-        <v>1645</v>
+        <v>1654</v>
       </c>
       <c r="AD150" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="AG150" t="s">
-        <v>1697</v>
+        <v>1702</v>
       </c>
       <c r="AH150" t="s">
         <v>1705</v>
       </c>
       <c r="AI150" t="s">
-        <v>1843</v>
+        <v>1847</v>
       </c>
       <c r="AJ150" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
       <c r="AK150" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="151" spans="1:37">
+    <row r="151" spans="1:38">
       <c r="A151" t="s">
         <v>187</v>
       </c>
       <c r="B151" t="s">
         <v>483</v>
       </c>
       <c r="C151" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D151" t="s">
-        <v>1034</v>
+        <v>1030</v>
       </c>
       <c r="E151" t="s">
         <v>1139</v>
       </c>
       <c r="F151" t="s">
-        <v>1209</v>
+        <v>1242</v>
       </c>
       <c r="G151" t="s">
-        <v>1292</v>
+        <v>1346</v>
       </c>
       <c r="H151">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I151">
-        <v>5200000</v>
+        <v>2123802.2</v>
       </c>
       <c r="J151" t="s">
         <v>1357</v>
       </c>
       <c r="K151">
-        <v>1950000</v>
+        <v>837616.65</v>
       </c>
       <c r="L151" t="s">
-        <v>1440</v>
+        <v>1423</v>
       </c>
       <c r="M151" t="s">
-        <v>1541</v>
+        <v>1532</v>
       </c>
       <c r="N151">
-        <v>68</v>
+        <v>109</v>
       </c>
       <c r="O151" t="s">
         <v>1568</v>
       </c>
       <c r="P151" t="s">
         <v>1577</v>
       </c>
       <c r="Q151" t="s">
         <v>1583</v>
       </c>
       <c r="R151" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S151" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T151" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U151" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V151" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W151" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y151">
-        <v>6950</v>
+        <v>9760</v>
       </c>
       <c r="Z151" t="s">
-        <v>1637</v>
+        <v>1633</v>
       </c>
       <c r="AA151" t="s">
-        <v>1679</v>
+        <v>1675</v>
       </c>
       <c r="AD151" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG151" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH151" t="s">
         <v>1705</v>
       </c>
       <c r="AI151" t="s">
-        <v>1844</v>
+        <v>1848</v>
       </c>
       <c r="AJ151" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="AK151" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="152" spans="1:37">
+    <row r="152" spans="1:38">
       <c r="A152" t="s">
         <v>188</v>
       </c>
       <c r="B152" t="s">
         <v>484</v>
       </c>
       <c r="C152" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D152" t="s">
-        <v>1035</v>
+        <v>1031</v>
       </c>
       <c r="E152" t="s">
         <v>1139</v>
       </c>
       <c r="F152" t="s">
-        <v>1156</v>
+        <v>1243</v>
       </c>
       <c r="G152" t="s">
-        <v>1308</v>
+        <v>1313</v>
       </c>
       <c r="H152">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I152">
-        <v>7138536.21</v>
+        <v>2877002.57</v>
       </c>
       <c r="J152" t="s">
         <v>1357</v>
       </c>
       <c r="K152">
-        <v>3266851.9</v>
+        <v>1438501.35</v>
       </c>
       <c r="L152" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
       <c r="M152" t="s">
-        <v>1515</v>
+        <v>1495</v>
       </c>
       <c r="N152">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="O152" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="P152" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="Q152" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="R152" t="s">
         <v>1584</v>
       </c>
       <c r="S152" t="s">
         <v>1587</v>
       </c>
       <c r="T152" t="s">
         <v>1590</v>
       </c>
       <c r="U152" t="s">
         <v>1592</v>
       </c>
       <c r="V152" t="s">
         <v>1594</v>
       </c>
       <c r="W152" t="s">
         <v>1597</v>
       </c>
       <c r="Y152">
-        <v>5700</v>
+        <v>7100</v>
+      </c>
+      <c r="Z152" t="s">
+        <v>1611</v>
+      </c>
+      <c r="AA152" t="s">
+        <v>1653</v>
       </c>
       <c r="AD152" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="AG152" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="AH152" t="s">
         <v>1705</v>
       </c>
       <c r="AI152" t="s">
-        <v>1845</v>
+        <v>1849</v>
       </c>
       <c r="AJ152" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="AK152" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="153" spans="1:37">
+    <row r="153" spans="1:38">
       <c r="A153" t="s">
         <v>189</v>
       </c>
       <c r="B153" t="s">
         <v>485</v>
       </c>
       <c r="C153" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D153" t="s">
-        <v>1036</v>
+        <v>1032</v>
       </c>
       <c r="E153" t="s">
         <v>1139</v>
       </c>
       <c r="F153" t="s">
-        <v>1154</v>
+        <v>1196</v>
       </c>
       <c r="G153" t="s">
-        <v>1286</v>
+        <v>1313</v>
       </c>
       <c r="H153">
         <v>50</v>
       </c>
       <c r="I153">
-        <v>669973.85</v>
+        <v>2883884.77</v>
       </c>
       <c r="J153" t="s">
         <v>1357</v>
       </c>
       <c r="K153">
-        <v>334986.99</v>
+        <v>1441942.32</v>
       </c>
       <c r="L153" t="s">
-        <v>1406</v>
+        <v>1439</v>
       </c>
       <c r="M153" t="s">
-        <v>1542</v>
+        <v>1495</v>
       </c>
       <c r="N153">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="O153" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="P153" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q153" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R153" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S153" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T153" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U153" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V153" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W153" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y153">
-        <v>9460</v>
+        <v>7100</v>
       </c>
       <c r="Z153" t="s">
-        <v>1622</v>
+        <v>1611</v>
       </c>
       <c r="AA153" t="s">
-        <v>1664</v>
+        <v>1653</v>
       </c>
       <c r="AD153" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AG153" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AH153" t="s">
         <v>1705</v>
       </c>
       <c r="AI153" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
       <c r="AJ153" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="AK153" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL153">
+        <v>5583</v>
       </c>
     </row>
-    <row r="154" spans="1:37">
+    <row r="154" spans="1:38">
       <c r="A154" t="s">
         <v>190</v>
       </c>
       <c r="B154" t="s">
         <v>486</v>
       </c>
       <c r="C154" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D154" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="E154" t="s">
         <v>1139</v>
       </c>
       <c r="F154" t="s">
-        <v>1237</v>
+        <v>1154</v>
       </c>
       <c r="G154" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="H154">
-        <v>7</v>
+        <v>50</v>
       </c>
       <c r="I154">
-        <v>2414285.77</v>
+        <v>1639137.5</v>
       </c>
       <c r="J154" t="s">
         <v>1357</v>
       </c>
       <c r="K154">
-        <v>169000</v>
+        <v>819568.75</v>
       </c>
       <c r="L154" t="s">
-        <v>1422</v>
+        <v>1440</v>
       </c>
       <c r="M154" t="s">
-        <v>1483</v>
+        <v>1513</v>
       </c>
       <c r="N154">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O154" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="P154" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q154" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R154" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S154" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T154" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U154" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V154" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W154" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y154">
-        <v>5230</v>
+        <v>8000</v>
       </c>
       <c r="Z154" t="s">
-        <v>1603</v>
+        <v>1619</v>
       </c>
       <c r="AA154" t="s">
-        <v>1645</v>
+        <v>1661</v>
       </c>
       <c r="AD154" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="AG154" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="AH154" t="s">
         <v>1705</v>
       </c>
       <c r="AI154" t="s">
-        <v>1847</v>
+        <v>1752</v>
       </c>
       <c r="AJ154" t="s">
-        <v>2118</v>
+        <v>2022</v>
       </c>
       <c r="AK154" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="155" spans="1:37">
+    <row r="155" spans="1:38">
       <c r="A155" t="s">
         <v>191</v>
       </c>
       <c r="B155" t="s">
         <v>487</v>
       </c>
       <c r="C155" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D155" t="s">
-        <v>1038</v>
+        <v>1034</v>
       </c>
       <c r="E155" t="s">
         <v>1139</v>
       </c>
       <c r="F155" t="s">
-        <v>1187</v>
+        <v>1244</v>
       </c>
       <c r="G155" t="s">
-        <v>1329</v>
+        <v>1308</v>
       </c>
       <c r="H155">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I155">
-        <v>5290688.13</v>
+        <v>2070499.34</v>
       </c>
       <c r="J155" t="s">
         <v>1357</v>
       </c>
       <c r="K155">
-        <v>2645344</v>
+        <v>969240.74</v>
       </c>
       <c r="L155" t="s">
         <v>1441</v>
       </c>
       <c r="M155" t="s">
-        <v>1492</v>
+        <v>1542</v>
       </c>
       <c r="N155">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O155" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="P155" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q155" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R155" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S155" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T155" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U155" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V155" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W155" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y155">
-        <v>4000</v>
+        <v>1552</v>
       </c>
       <c r="Z155" t="s">
-        <v>1609</v>
+        <v>1605</v>
       </c>
       <c r="AA155" t="s">
-        <v>1651</v>
+        <v>1647</v>
       </c>
       <c r="AD155" t="s">
-        <v>1691</v>
+        <v>1688</v>
       </c>
       <c r="AG155" t="s">
-        <v>1701</v>
+        <v>1699</v>
       </c>
       <c r="AH155" t="s">
         <v>1705</v>
       </c>
       <c r="AI155" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
       <c r="AJ155" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="AK155" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="156" spans="1:37">
+    <row r="156" spans="1:38">
       <c r="A156" t="s">
         <v>192</v>
       </c>
       <c r="B156" t="s">
         <v>488</v>
       </c>
       <c r="C156" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D156" t="s">
-        <v>781</v>
+        <v>1035</v>
       </c>
       <c r="E156" t="s">
         <v>1139</v>
       </c>
       <c r="F156" t="s">
-        <v>1194</v>
+        <v>1205</v>
       </c>
       <c r="G156" t="s">
-        <v>1333</v>
+        <v>1303</v>
       </c>
       <c r="H156">
         <v>50</v>
       </c>
       <c r="I156">
-        <v>786656.78</v>
+        <v>6876790.7</v>
       </c>
       <c r="J156" t="s">
         <v>1357</v>
       </c>
       <c r="K156">
-        <v>393328.39</v>
+        <v>3438395.35</v>
       </c>
       <c r="L156" t="s">
         <v>1442</v>
       </c>
       <c r="M156" t="s">
-        <v>1482</v>
+        <v>1543</v>
       </c>
       <c r="N156">
         <v>117</v>
       </c>
       <c r="O156" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="P156" t="s">
         <v>1572</v>
       </c>
       <c r="Q156" t="s">
         <v>1578</v>
       </c>
       <c r="R156" t="s">
         <v>1584</v>
       </c>
       <c r="S156" t="s">
         <v>1587</v>
       </c>
       <c r="T156" t="s">
         <v>1590</v>
       </c>
       <c r="U156" t="s">
         <v>1592</v>
       </c>
       <c r="V156" t="s">
         <v>1594</v>
       </c>
       <c r="W156" t="s">
         <v>1597</v>
       </c>
       <c r="Y156">
-        <v>7100</v>
+        <v>1165</v>
       </c>
       <c r="Z156" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="AA156" t="s">
-        <v>1644</v>
+        <v>1647</v>
       </c>
       <c r="AD156" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="AG156" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="AH156" t="s">
         <v>1705</v>
       </c>
-      <c r="AI156" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AK156" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="157" spans="1:37">
+    <row r="157" spans="1:38">
       <c r="A157" t="s">
         <v>193</v>
       </c>
       <c r="B157" t="s">
         <v>489</v>
       </c>
       <c r="C157" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D157" t="s">
-        <v>1039</v>
+        <v>783</v>
       </c>
       <c r="E157" t="s">
         <v>1139</v>
       </c>
       <c r="F157" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="G157" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H157">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I157">
-        <v>4458454.52</v>
+        <v>4413382.48</v>
       </c>
       <c r="J157" t="s">
         <v>1357</v>
       </c>
       <c r="K157">
-        <v>2675072.79</v>
+        <v>2206691.24</v>
       </c>
       <c r="L157" t="s">
-        <v>1431</v>
+        <v>1370</v>
       </c>
       <c r="M157" t="s">
-        <v>1535</v>
+        <v>1492</v>
       </c>
       <c r="N157">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="O157" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="P157" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q157" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R157" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S157" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T157" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U157" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V157" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W157" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y157">
-        <v>4800</v>
+        <v>6000</v>
       </c>
       <c r="Z157" t="s">
-        <v>1635</v>
+        <v>1610</v>
       </c>
       <c r="AA157" t="s">
-        <v>1677</v>
+        <v>1652</v>
       </c>
       <c r="AD157" t="s">
-        <v>1692</v>
+        <v>1686</v>
       </c>
       <c r="AG157" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="AH157" t="s">
         <v>1705</v>
       </c>
       <c r="AI157" t="s">
         <v>1850</v>
       </c>
       <c r="AJ157" t="s">
-        <v>2121</v>
+        <v>2119</v>
       </c>
       <c r="AK157" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="158" spans="1:37">
+    <row r="158" spans="1:38">
       <c r="A158" t="s">
         <v>194</v>
       </c>
       <c r="B158" t="s">
         <v>490</v>
       </c>
       <c r="C158" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D158" t="s">
-        <v>1040</v>
+        <v>1036</v>
       </c>
       <c r="E158" t="s">
         <v>1139</v>
       </c>
       <c r="F158" t="s">
-        <v>1155</v>
+        <v>1207</v>
       </c>
       <c r="G158" t="s">
-        <v>1291</v>
+        <v>1290</v>
       </c>
       <c r="H158">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="I158">
-        <v>3130870.21</v>
+        <v>3052572.77</v>
       </c>
       <c r="J158" t="s">
         <v>1357</v>
       </c>
       <c r="K158">
-        <v>1175435.04</v>
+        <v>1526286.45</v>
       </c>
       <c r="L158" t="s">
-        <v>1401</v>
+        <v>1363</v>
       </c>
       <c r="M158" t="s">
-        <v>1502</v>
+        <v>1485</v>
       </c>
       <c r="N158">
         <v>67</v>
       </c>
       <c r="O158" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="P158" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="Q158" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="R158" t="s">
         <v>1585</v>
       </c>
       <c r="S158" t="s">
         <v>1588</v>
       </c>
       <c r="T158" t="s">
         <v>1591</v>
       </c>
       <c r="U158" t="s">
         <v>1593</v>
       </c>
       <c r="V158" t="s">
         <v>1595</v>
       </c>
       <c r="W158" t="s">
         <v>1598</v>
       </c>
       <c r="Y158">
         <v>2100</v>
       </c>
       <c r="Z158" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="AA158" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="AD158" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="AG158" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="AH158" t="s">
         <v>1705</v>
       </c>
       <c r="AI158" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="AJ158" t="s">
-        <v>2122</v>
+        <v>2121</v>
       </c>
       <c r="AK158" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="159" spans="1:37">
+    <row r="159" spans="1:38">
       <c r="A159" t="s">
         <v>195</v>
       </c>
       <c r="B159" t="s">
         <v>491</v>
       </c>
       <c r="C159" t="s">
-        <v>784</v>
+        <v>733</v>
       </c>
       <c r="D159" t="s">
-        <v>1041</v>
+        <v>994</v>
       </c>
       <c r="E159" t="s">
         <v>1139</v>
       </c>
       <c r="F159" t="s">
-        <v>1153</v>
+        <v>1216</v>
       </c>
       <c r="G159" t="s">
-        <v>1310</v>
+        <v>1332</v>
       </c>
       <c r="H159">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I159">
-        <v>2117577.8</v>
+        <v>493644.71</v>
       </c>
       <c r="J159" t="s">
         <v>1357</v>
       </c>
       <c r="K159">
-        <v>1058788.9</v>
+        <v>240980.48</v>
       </c>
       <c r="L159" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="M159" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="N159">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="O159" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="P159" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="Q159" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="R159" t="s">
         <v>1584</v>
       </c>
       <c r="S159" t="s">
         <v>1587</v>
       </c>
       <c r="T159" t="s">
         <v>1590</v>
       </c>
       <c r="U159" t="s">
         <v>1592</v>
       </c>
       <c r="V159" t="s">
         <v>1594</v>
       </c>
       <c r="W159" t="s">
         <v>1597</v>
       </c>
       <c r="Y159">
         <v>5000</v>
       </c>
       <c r="Z159" t="s">
         <v>1603</v>
       </c>
       <c r="AA159" t="s">
         <v>1645</v>
       </c>
       <c r="AD159" t="s">
         <v>1687</v>
       </c>
       <c r="AG159" t="s">
         <v>1697</v>
       </c>
       <c r="AH159" t="s">
         <v>1705</v>
       </c>
       <c r="AI159" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="AJ159" t="s">
-        <v>2123</v>
+        <v>2122</v>
       </c>
       <c r="AK159" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="160" spans="1:37">
+    <row r="160" spans="1:38">
       <c r="A160" t="s">
         <v>196</v>
       </c>
       <c r="B160" t="s">
         <v>492</v>
       </c>
       <c r="C160" t="s">
         <v>785</v>
       </c>
       <c r="D160" t="s">
-        <v>1042</v>
+        <v>785</v>
       </c>
       <c r="E160" t="s">
         <v>1139</v>
       </c>
       <c r="F160" t="s">
-        <v>1238</v>
+        <v>1202</v>
       </c>
       <c r="G160" t="s">
-        <v>1304</v>
+        <v>1347</v>
       </c>
       <c r="H160">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="I160">
-        <v>6773000</v>
+        <v>3313347.18</v>
       </c>
       <c r="J160" t="s">
         <v>1357</v>
       </c>
       <c r="K160">
-        <v>2329912</v>
+        <v>1655847.18</v>
       </c>
       <c r="L160" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="M160" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="N160">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O160" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="P160" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q160" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R160" t="s">
         <v>1584</v>
       </c>
       <c r="S160" t="s">
         <v>1587</v>
       </c>
       <c r="T160" t="s">
         <v>1590</v>
       </c>
       <c r="U160" t="s">
         <v>1592</v>
       </c>
       <c r="V160" t="s">
         <v>1594</v>
       </c>
       <c r="W160" t="s">
         <v>1597</v>
       </c>
       <c r="Y160">
-        <v>8200</v>
+        <v>5000</v>
       </c>
       <c r="Z160" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="AA160" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="AD160" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AG160" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AH160" t="s">
         <v>1705</v>
       </c>
       <c r="AI160" t="s">
-        <v>1853</v>
+        <v>1854</v>
       </c>
       <c r="AJ160" t="s">
-        <v>2124</v>
+        <v>2123</v>
       </c>
       <c r="AK160" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="161" spans="1:37">
+    <row r="161" spans="1:38">
       <c r="A161" t="s">
         <v>197</v>
       </c>
       <c r="B161" t="s">
         <v>493</v>
       </c>
       <c r="C161" t="s">
         <v>786</v>
       </c>
       <c r="D161" t="s">
-        <v>1043</v>
+        <v>1037</v>
       </c>
       <c r="E161" t="s">
         <v>1139</v>
       </c>
       <c r="F161" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="G161" t="s">
-        <v>1289</v>
+        <v>1346</v>
       </c>
       <c r="H161">
         <v>50</v>
       </c>
       <c r="I161">
-        <v>2199683.2</v>
+        <v>1500932.81</v>
       </c>
       <c r="J161" t="s">
         <v>1357</v>
       </c>
       <c r="K161">
-        <v>1099841.6</v>
+        <v>750466.34</v>
       </c>
       <c r="L161" t="s">
         <v>1443</v>
       </c>
       <c r="M161" t="s">
-        <v>1543</v>
+        <v>1486</v>
       </c>
       <c r="N161">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="O161" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
       <c r="P161" t="s">
         <v>1575</v>
       </c>
       <c r="Q161" t="s">
         <v>1581</v>
       </c>
       <c r="R161" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S161" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T161" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U161" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V161" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W161" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y161">
-        <v>2200</v>
+        <v>4400</v>
       </c>
       <c r="Z161" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="AA161" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="AD161" t="s">
         <v>1684</v>
       </c>
       <c r="AG161" t="s">
         <v>1694</v>
       </c>
       <c r="AH161" t="s">
         <v>1705</v>
       </c>
       <c r="AI161" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="AJ161" t="s">
-        <v>2125</v>
+        <v>2124</v>
       </c>
       <c r="AK161" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="162" spans="1:37">
+    <row r="162" spans="1:38">
       <c r="A162" t="s">
         <v>198</v>
       </c>
       <c r="B162" t="s">
         <v>494</v>
       </c>
       <c r="C162" t="s">
         <v>787</v>
       </c>
       <c r="D162" t="s">
-        <v>1044</v>
+        <v>787</v>
       </c>
       <c r="E162" t="s">
         <v>1139</v>
       </c>
       <c r="F162" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="G162" t="s">
-        <v>1310</v>
+        <v>1291</v>
       </c>
       <c r="H162">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="I162">
-        <v>5362500</v>
+        <v>3253569.54</v>
       </c>
       <c r="J162" t="s">
         <v>1357</v>
       </c>
       <c r="K162">
-        <v>2681250</v>
+        <v>1416929.54</v>
       </c>
       <c r="L162" t="s">
-        <v>1413</v>
+        <v>1444</v>
       </c>
       <c r="M162" t="s">
-        <v>1523</v>
+        <v>1513</v>
       </c>
       <c r="N162">
-        <v>104</v>
+        <v>62</v>
       </c>
       <c r="O162" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
       <c r="P162" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q162" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R162" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S162" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T162" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U162" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V162" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W162" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y162">
-        <v>8700</v>
+        <v>8000</v>
       </c>
       <c r="Z162" t="s">
-        <v>1629</v>
+        <v>1619</v>
       </c>
       <c r="AA162" t="s">
-        <v>1671</v>
+        <v>1661</v>
       </c>
       <c r="AD162" t="s">
         <v>1690</v>
       </c>
       <c r="AG162" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="AH162" t="s">
         <v>1705</v>
       </c>
       <c r="AI162" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="AJ162" t="s">
-        <v>2126</v>
+        <v>2125</v>
       </c>
       <c r="AK162" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="163" spans="1:37">
+    <row r="163" spans="1:38">
       <c r="A163" t="s">
         <v>199</v>
       </c>
       <c r="B163" t="s">
         <v>495</v>
       </c>
       <c r="C163" t="s">
-        <v>693</v>
+        <v>788</v>
       </c>
       <c r="D163" t="s">
-        <v>964</v>
+        <v>788</v>
       </c>
       <c r="E163" t="s">
         <v>1139</v>
       </c>
       <c r="F163" t="s">
-        <v>1197</v>
+        <v>1246</v>
       </c>
       <c r="G163" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="H163">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="I163">
-        <v>1932171.93</v>
+        <v>5369000</v>
       </c>
       <c r="J163" t="s">
         <v>1357</v>
       </c>
       <c r="K163">
-        <v>870363.52</v>
+        <v>2260973</v>
       </c>
       <c r="L163" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="M163" t="s">
-        <v>1516</v>
+        <v>1523</v>
       </c>
       <c r="N163">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="O163" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="P163" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q163" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R163" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S163" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T163" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U163" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V163" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W163" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y163">
-        <v>4100</v>
+        <v>8830</v>
       </c>
       <c r="Z163" t="s">
-        <v>1624</v>
+        <v>1617</v>
       </c>
       <c r="AA163" t="s">
-        <v>1666</v>
+        <v>1659</v>
       </c>
       <c r="AD163" t="s">
         <v>1692</v>
       </c>
       <c r="AG163" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="AH163" t="s">
         <v>1705</v>
       </c>
       <c r="AI163" t="s">
-        <v>1766</v>
+        <v>1857</v>
       </c>
       <c r="AJ163" t="s">
-        <v>2037</v>
+        <v>2126</v>
       </c>
       <c r="AK163" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="164" spans="1:37">
+    <row r="164" spans="1:38">
       <c r="A164" t="s">
         <v>200</v>
       </c>
       <c r="B164" t="s">
         <v>496</v>
       </c>
       <c r="C164" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D164" t="s">
-        <v>1045</v>
+        <v>789</v>
       </c>
       <c r="E164" t="s">
         <v>1139</v>
       </c>
       <c r="F164" t="s">
-        <v>1240</v>
+        <v>1211</v>
       </c>
       <c r="G164" t="s">
-        <v>1297</v>
+        <v>1303</v>
       </c>
       <c r="H164">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I164">
-        <v>6053624.98</v>
+        <v>1573000</v>
       </c>
       <c r="J164" t="s">
         <v>1357</v>
       </c>
       <c r="K164">
-        <v>2982430.49</v>
+        <v>786500</v>
       </c>
       <c r="L164" t="s">
-        <v>1373</v>
+        <v>1414</v>
       </c>
       <c r="M164" t="s">
-        <v>1493</v>
+        <v>1481</v>
       </c>
       <c r="N164">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O164" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P164" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q164" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R164" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S164" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T164" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U164" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V164" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W164" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y164">
-        <v>4760</v>
+        <v>9220</v>
       </c>
       <c r="Z164" t="s">
-        <v>1610</v>
+        <v>1601</v>
       </c>
       <c r="AA164" t="s">
-        <v>1652</v>
+        <v>1643</v>
       </c>
       <c r="AD164" t="s">
-        <v>1692</v>
+        <v>1685</v>
       </c>
       <c r="AG164" t="s">
-        <v>1702</v>
+        <v>1695</v>
       </c>
       <c r="AH164" t="s">
         <v>1705</v>
       </c>
       <c r="AI164" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="AJ164" t="s">
         <v>2127</v>
       </c>
       <c r="AK164" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="165" spans="1:37">
+    <row r="165" spans="1:38">
       <c r="A165" t="s">
         <v>201</v>
       </c>
       <c r="B165" t="s">
         <v>497</v>
       </c>
       <c r="C165" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D165" t="s">
-        <v>1046</v>
+        <v>1038</v>
       </c>
       <c r="E165" t="s">
         <v>1139</v>
       </c>
       <c r="F165" t="s">
-        <v>1200</v>
+        <v>1171</v>
       </c>
       <c r="G165" t="s">
-        <v>1322</v>
+        <v>1311</v>
       </c>
       <c r="H165">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="I165">
-        <v>338238.29</v>
+        <v>612913.6</v>
       </c>
       <c r="J165" t="s">
         <v>1357</v>
       </c>
       <c r="K165">
-        <v>202943</v>
+        <v>252199.48</v>
       </c>
       <c r="L165" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="M165" t="s">
-        <v>1544</v>
+        <v>1495</v>
       </c>
       <c r="N165">
-        <v>68</v>
+        <v>109</v>
       </c>
       <c r="O165" t="s">
         <v>1568</v>
       </c>
       <c r="P165" t="s">
         <v>1577</v>
       </c>
       <c r="Q165" t="s">
         <v>1583</v>
       </c>
       <c r="R165" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S165" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T165" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U165" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V165" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W165" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y165">
-        <v>4700</v>
+        <v>7100</v>
       </c>
       <c r="Z165" t="s">
-        <v>1638</v>
+        <v>1611</v>
       </c>
       <c r="AA165" t="s">
-        <v>1680</v>
+        <v>1653</v>
       </c>
       <c r="AD165" t="s">
-        <v>1692</v>
+        <v>1686</v>
       </c>
       <c r="AG165" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="AH165" t="s">
         <v>1705</v>
       </c>
       <c r="AI165" t="s">
-        <v>1717</v>
+        <v>1859</v>
       </c>
       <c r="AJ165" t="s">
-        <v>1987</v>
+        <v>2128</v>
       </c>
       <c r="AK165" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="166" spans="1:37">
+    <row r="166" spans="1:38">
       <c r="A166" t="s">
         <v>202</v>
       </c>
       <c r="B166" t="s">
         <v>498</v>
       </c>
       <c r="C166" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D166" t="s">
-        <v>1047</v>
+        <v>1039</v>
       </c>
       <c r="E166" t="s">
         <v>1139</v>
       </c>
       <c r="F166" t="s">
-        <v>1241</v>
+        <v>1195</v>
       </c>
       <c r="G166" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="H166">
         <v>50</v>
       </c>
       <c r="I166">
-        <v>784868.24</v>
+        <v>580619</v>
       </c>
       <c r="J166" t="s">
         <v>1357</v>
       </c>
       <c r="K166">
-        <v>392434.12</v>
+        <v>290309.5</v>
       </c>
       <c r="L166" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="M166" t="s">
-        <v>1506</v>
+        <v>1492</v>
       </c>
       <c r="N166">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="O166" t="s">
         <v>1563</v>
       </c>
       <c r="P166" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="Q166" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="R166" t="s">
         <v>1584</v>
       </c>
       <c r="S166" t="s">
         <v>1587</v>
       </c>
       <c r="T166" t="s">
         <v>1590</v>
       </c>
       <c r="U166" t="s">
         <v>1592</v>
       </c>
       <c r="V166" t="s">
         <v>1594</v>
       </c>
       <c r="W166" t="s">
         <v>1597</v>
       </c>
       <c r="Y166">
-        <v>9600</v>
+        <v>6000</v>
       </c>
       <c r="Z166" t="s">
-        <v>1618</v>
+        <v>1610</v>
       </c>
       <c r="AA166" t="s">
-        <v>1660</v>
+        <v>1652</v>
       </c>
       <c r="AD166" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AG166" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AH166" t="s">
         <v>1705</v>
       </c>
       <c r="AI166" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
       <c r="AJ166" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="AK166" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="167" spans="1:37">
+    <row r="167" spans="1:38">
       <c r="A167" t="s">
         <v>203</v>
       </c>
       <c r="B167" t="s">
         <v>499</v>
       </c>
       <c r="C167" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D167" t="s">
-        <v>1048</v>
+        <v>1040</v>
       </c>
       <c r="E167" t="s">
         <v>1139</v>
       </c>
       <c r="F167" t="s">
-        <v>1160</v>
+        <v>1152</v>
       </c>
       <c r="G167" t="s">
-        <v>1301</v>
+        <v>1296</v>
       </c>
       <c r="H167">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I167">
-        <v>4009083.39</v>
+        <v>1568893.43</v>
       </c>
       <c r="J167" t="s">
         <v>1357</v>
       </c>
       <c r="K167">
-        <v>2405173.42</v>
+        <v>784446.65</v>
       </c>
       <c r="L167" t="s">
-        <v>1376</v>
+        <v>1406</v>
       </c>
       <c r="M167" t="s">
-        <v>1485</v>
+        <v>1538</v>
       </c>
       <c r="N167">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O167" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P167" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q167" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R167" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S167" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T167" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U167" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V167" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W167" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y167">
-        <v>5000</v>
+        <v>5500</v>
       </c>
       <c r="Z167" t="s">
-        <v>1603</v>
+        <v>1636</v>
       </c>
       <c r="AA167" t="s">
-        <v>1645</v>
+        <v>1678</v>
       </c>
       <c r="AD167" t="s">
         <v>1687</v>
       </c>
       <c r="AG167" t="s">
         <v>1697</v>
       </c>
       <c r="AH167" t="s">
         <v>1705</v>
       </c>
       <c r="AI167" t="s">
-        <v>1726</v>
+        <v>1861</v>
       </c>
       <c r="AJ167" t="s">
-        <v>1996</v>
+        <v>2130</v>
       </c>
       <c r="AK167" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="168" spans="1:37">
+    <row r="168" spans="1:38">
       <c r="A168" t="s">
         <v>204</v>
       </c>
       <c r="B168" t="s">
         <v>500</v>
       </c>
       <c r="C168" t="s">
-        <v>792</v>
+        <v>700</v>
       </c>
       <c r="D168" t="s">
-        <v>792</v>
+        <v>990</v>
       </c>
       <c r="E168" t="s">
         <v>1139</v>
       </c>
       <c r="F168" t="s">
-        <v>1242</v>
+        <v>1213</v>
       </c>
       <c r="G168" t="s">
-        <v>1296</v>
+        <v>1295</v>
       </c>
       <c r="H168">
         <v>50</v>
       </c>
       <c r="I168">
-        <v>6240000</v>
+        <v>5847810.28</v>
       </c>
       <c r="J168" t="s">
         <v>1357</v>
       </c>
       <c r="K168">
-        <v>3120000</v>
+        <v>2923905.14</v>
       </c>
       <c r="L168" t="s">
-        <v>1368</v>
+        <v>1400</v>
       </c>
       <c r="M168" t="s">
-        <v>1528</v>
+        <v>1481</v>
       </c>
       <c r="N168">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="O168" t="s">
         <v>1567</v>
       </c>
       <c r="P168" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="Q168" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="R168" t="s">
         <v>1584</v>
       </c>
       <c r="S168" t="s">
         <v>1587</v>
       </c>
       <c r="T168" t="s">
         <v>1590</v>
       </c>
       <c r="U168" t="s">
         <v>1592</v>
       </c>
       <c r="V168" t="s">
         <v>1594</v>
       </c>
       <c r="W168" t="s">
         <v>1597</v>
       </c>
       <c r="Y168">
-        <v>6400</v>
+        <v>9220</v>
       </c>
       <c r="Z168" t="s">
-        <v>1631</v>
+        <v>1601</v>
       </c>
       <c r="AA168" t="s">
-        <v>1673</v>
+        <v>1643</v>
       </c>
       <c r="AD168" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG168" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH168" t="s">
         <v>1705</v>
       </c>
       <c r="AI168" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="AJ168" t="s">
-        <v>2129</v>
+        <v>2131</v>
       </c>
       <c r="AK168" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="169" spans="1:37">
+    <row r="169" spans="1:38">
       <c r="A169" t="s">
         <v>205</v>
       </c>
       <c r="B169" t="s">
         <v>501</v>
       </c>
       <c r="C169" t="s">
         <v>793</v>
       </c>
       <c r="D169" t="s">
-        <v>1049</v>
+        <v>1041</v>
       </c>
       <c r="E169" t="s">
         <v>1139</v>
       </c>
       <c r="F169" t="s">
-        <v>1147</v>
+        <v>1146</v>
       </c>
       <c r="G169" t="s">
-        <v>1334</v>
+        <v>1291</v>
       </c>
       <c r="H169">
         <v>50</v>
       </c>
       <c r="I169">
-        <v>1013539.02</v>
+        <v>3757574.21</v>
       </c>
       <c r="J169" t="s">
         <v>1357</v>
       </c>
       <c r="K169">
-        <v>506769.51</v>
+        <v>1878787.04</v>
       </c>
       <c r="L169" t="s">
-        <v>1397</v>
+        <v>1428</v>
       </c>
       <c r="M169" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="N169">
         <v>118</v>
       </c>
       <c r="O169" t="s">
-        <v>1567</v>
+        <v>1561</v>
       </c>
       <c r="P169" t="s">
         <v>1572</v>
       </c>
       <c r="Q169" t="s">
         <v>1578</v>
       </c>
       <c r="R169" t="s">
         <v>1584</v>
       </c>
       <c r="S169" t="s">
         <v>1587</v>
       </c>
       <c r="T169" t="s">
         <v>1590</v>
       </c>
       <c r="U169" t="s">
         <v>1592</v>
       </c>
       <c r="V169" t="s">
         <v>1594</v>
       </c>
       <c r="W169" t="s">
         <v>1597</v>
       </c>
       <c r="Y169">
         <v>9000</v>
       </c>
       <c r="Z169" t="s">
         <v>1601</v>
       </c>
       <c r="AA169" t="s">
         <v>1643</v>
       </c>
       <c r="AD169" t="s">
         <v>1685</v>
       </c>
       <c r="AG169" t="s">
         <v>1695</v>
       </c>
       <c r="AH169" t="s">
         <v>1705</v>
       </c>
       <c r="AI169" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
       <c r="AJ169" t="s">
-        <v>2130</v>
+        <v>2132</v>
       </c>
       <c r="AK169" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="170" spans="1:37">
+    <row r="170" spans="1:38">
       <c r="A170" t="s">
         <v>206</v>
       </c>
       <c r="B170" t="s">
         <v>502</v>
       </c>
       <c r="C170" t="s">
         <v>794</v>
       </c>
       <c r="D170" t="s">
         <v>794</v>
       </c>
       <c r="E170" t="s">
         <v>1139</v>
       </c>
       <c r="F170" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="G170" t="s">
-        <v>1301</v>
+        <v>1288</v>
       </c>
       <c r="H170">
         <v>50</v>
       </c>
       <c r="I170">
-        <v>3900000</v>
+        <v>1094987.4</v>
       </c>
       <c r="J170" t="s">
         <v>1357</v>
       </c>
       <c r="K170">
-        <v>1950000</v>
+        <v>547493.7</v>
       </c>
       <c r="L170" t="s">
-        <v>1446</v>
+        <v>1375</v>
       </c>
       <c r="M170" t="s">
-        <v>1484</v>
+        <v>1496</v>
       </c>
       <c r="N170">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O170" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P170" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q170" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R170" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S170" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T170" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U170" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V170" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W170" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y170">
-        <v>2800</v>
-[...5 lines deleted...]
-        <v>1646</v>
+        <v>5700</v>
       </c>
       <c r="AD170" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="AG170" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="AH170" t="s">
         <v>1705</v>
       </c>
       <c r="AI170" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
       <c r="AJ170" t="s">
-        <v>2131</v>
+        <v>2133</v>
       </c>
       <c r="AK170" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="171" spans="1:37">
+    <row r="171" spans="1:38">
       <c r="A171" t="s">
         <v>207</v>
       </c>
       <c r="B171" t="s">
         <v>503</v>
       </c>
       <c r="C171" t="s">
         <v>795</v>
       </c>
       <c r="D171" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="E171" t="s">
         <v>1139</v>
       </c>
       <c r="F171" t="s">
-        <v>1176</v>
+        <v>1234</v>
       </c>
       <c r="G171" t="s">
-        <v>1324</v>
+        <v>1304</v>
       </c>
       <c r="H171">
         <v>50</v>
       </c>
       <c r="I171">
-        <v>2308057.05</v>
+        <v>6457282</v>
       </c>
       <c r="J171" t="s">
         <v>1357</v>
       </c>
       <c r="K171">
-        <v>1154028.46</v>
+        <v>3228641</v>
       </c>
       <c r="L171" t="s">
         <v>1447</v>
       </c>
       <c r="M171" t="s">
-        <v>1545</v>
+        <v>1489</v>
       </c>
       <c r="N171">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="O171" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="P171" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q171" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R171" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S171" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T171" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U171" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V171" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W171" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y171">
-        <v>2500</v>
+        <v>2800</v>
       </c>
       <c r="Z171" t="s">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="AA171" t="s">
-        <v>1642</v>
+        <v>1649</v>
       </c>
       <c r="AD171" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="AG171" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="AH171" t="s">
         <v>1705</v>
       </c>
       <c r="AI171" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="AJ171" t="s">
-        <v>2132</v>
+        <v>1865</v>
       </c>
       <c r="AK171" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL171">
+        <v>4241</v>
       </c>
     </row>
-    <row r="172" spans="1:37">
+    <row r="172" spans="1:38">
       <c r="A172" t="s">
         <v>208</v>
       </c>
       <c r="B172" t="s">
         <v>504</v>
       </c>
       <c r="C172" t="s">
-        <v>796</v>
+        <v>710</v>
       </c>
       <c r="D172" t="s">
-        <v>1051</v>
+        <v>974</v>
       </c>
       <c r="E172" t="s">
         <v>1139</v>
       </c>
       <c r="F172" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
       <c r="G172" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="H172">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="I172">
-        <v>8995931.75</v>
+        <v>1878384.3</v>
       </c>
       <c r="J172" t="s">
         <v>1357</v>
       </c>
       <c r="K172">
-        <v>4497965.94</v>
+        <v>1083264.26</v>
       </c>
       <c r="L172" t="s">
-        <v>1374</v>
+        <v>1406</v>
       </c>
       <c r="M172" t="s">
-        <v>1494</v>
+        <v>1513</v>
       </c>
       <c r="N172">
-        <v>117</v>
+        <v>68</v>
       </c>
       <c r="O172" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="P172" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="Q172" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="R172" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S172" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T172" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U172" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V172" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W172" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y172">
-        <v>8800</v>
+        <v>8000</v>
       </c>
       <c r="Z172" t="s">
-        <v>1605</v>
+        <v>1619</v>
       </c>
       <c r="AA172" t="s">
-        <v>1647</v>
+        <v>1661</v>
       </c>
       <c r="AD172" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="AG172" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="AH172" t="s">
         <v>1705</v>
       </c>
       <c r="AI172" t="s">
-        <v>1787</v>
+        <v>1738</v>
       </c>
       <c r="AJ172" t="s">
-        <v>2058</v>
+        <v>2008</v>
       </c>
       <c r="AK172" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="173" spans="1:37">
+    <row r="173" spans="1:38">
       <c r="A173" t="s">
         <v>209</v>
       </c>
       <c r="B173" t="s">
         <v>505</v>
       </c>
       <c r="C173" t="s">
-        <v>797</v>
+        <v>796</v>
       </c>
       <c r="D173" t="s">
-        <v>1052</v>
+        <v>1043</v>
       </c>
       <c r="E173" t="s">
         <v>1139</v>
       </c>
       <c r="F173" t="s">
-        <v>1150</v>
+        <v>1248</v>
       </c>
       <c r="G173" t="s">
-        <v>1335</v>
+        <v>1299</v>
       </c>
       <c r="H173">
         <v>50</v>
       </c>
       <c r="I173">
-        <v>401185.46</v>
+        <v>1041122.94</v>
       </c>
       <c r="J173" t="s">
         <v>1357</v>
       </c>
       <c r="K173">
-        <v>200592.73</v>
+        <v>520561.47</v>
       </c>
       <c r="L173" t="s">
-        <v>1448</v>
+        <v>1379</v>
       </c>
       <c r="M173" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="N173">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="O173" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="P173" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="Q173" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="R173" t="s">
         <v>1584</v>
       </c>
       <c r="S173" t="s">
         <v>1587</v>
       </c>
       <c r="T173" t="s">
         <v>1590</v>
       </c>
       <c r="U173" t="s">
         <v>1592</v>
       </c>
       <c r="V173" t="s">
         <v>1594</v>
       </c>
       <c r="W173" t="s">
         <v>1597</v>
       </c>
       <c r="Y173">
-        <v>8800</v>
+        <v>4100</v>
       </c>
       <c r="Z173" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="AA173" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="AD173" t="s">
-        <v>1689</v>
+        <v>1684</v>
       </c>
       <c r="AG173" t="s">
-        <v>1699</v>
+        <v>1694</v>
       </c>
       <c r="AH173" t="s">
         <v>1705</v>
       </c>
       <c r="AI173" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
       <c r="AJ173" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="AK173" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="174" spans="1:37">
+    <row r="174" spans="1:38">
       <c r="A174" t="s">
         <v>210</v>
       </c>
       <c r="B174" t="s">
         <v>506</v>
       </c>
       <c r="C174" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="D174" t="s">
-        <v>1053</v>
+        <v>1044</v>
       </c>
       <c r="E174" t="s">
         <v>1139</v>
       </c>
       <c r="F174" t="s">
-        <v>1220</v>
+        <v>1249</v>
       </c>
       <c r="G174" t="s">
-        <v>1329</v>
+        <v>1288</v>
       </c>
       <c r="H174">
         <v>50</v>
       </c>
       <c r="I174">
-        <v>1168767.73</v>
+        <v>4682155.79</v>
       </c>
       <c r="J174" t="s">
         <v>1357</v>
       </c>
       <c r="K174">
-        <v>584383.9300000001</v>
+        <v>2341077.96</v>
       </c>
       <c r="L174" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
       <c r="M174" t="s">
-        <v>1482</v>
+        <v>1493</v>
       </c>
       <c r="N174">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="O174" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="P174" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q174" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R174" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S174" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T174" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U174" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V174" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W174" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y174">
-        <v>7100</v>
+        <v>5000</v>
       </c>
       <c r="Z174" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="AA174" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="AD174" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="AG174" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="AH174" t="s">
         <v>1705</v>
       </c>
       <c r="AI174" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="AJ174" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="AK174" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="175" spans="1:37">
+    <row r="175" spans="1:38">
       <c r="A175" t="s">
         <v>211</v>
       </c>
       <c r="B175" t="s">
         <v>507</v>
       </c>
       <c r="C175" t="s">
-        <v>799</v>
+        <v>798</v>
       </c>
       <c r="D175" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="E175" t="s">
         <v>1139</v>
       </c>
       <c r="F175" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="G175" t="s">
         <v>1313</v>
       </c>
       <c r="H175">
         <v>50</v>
       </c>
       <c r="I175">
-        <v>363558</v>
+        <v>1152537.88</v>
       </c>
       <c r="J175" t="s">
         <v>1357</v>
       </c>
       <c r="K175">
-        <v>181779</v>
+        <v>576268.9399999999</v>
       </c>
       <c r="L175" t="s">
-        <v>1450</v>
+        <v>1365</v>
       </c>
       <c r="M175" t="s">
-        <v>1546</v>
+        <v>1494</v>
       </c>
       <c r="N175">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="O175" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="P175" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q175" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R175" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S175" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T175" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U175" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V175" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W175" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y175">
-        <v>3720</v>
+        <v>9000</v>
       </c>
       <c r="Z175" t="s">
-        <v>1617</v>
+        <v>1601</v>
       </c>
       <c r="AA175" t="s">
-        <v>1659</v>
+        <v>1643</v>
       </c>
       <c r="AD175" t="s">
-        <v>1659</v>
+        <v>1685</v>
       </c>
       <c r="AG175" t="s">
-        <v>1703</v>
+        <v>1695</v>
       </c>
       <c r="AH175" t="s">
         <v>1705</v>
       </c>
       <c r="AI175" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="AJ175" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="AK175" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="176" spans="1:37">
+    <row r="176" spans="1:38">
       <c r="A176" t="s">
         <v>212</v>
       </c>
       <c r="B176" t="s">
         <v>508</v>
       </c>
       <c r="C176" t="s">
-        <v>800</v>
+        <v>799</v>
       </c>
       <c r="D176" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="E176" t="s">
         <v>1139</v>
       </c>
       <c r="F176" t="s">
-        <v>1186</v>
+        <v>1251</v>
       </c>
       <c r="G176" t="s">
-        <v>1321</v>
+        <v>1343</v>
       </c>
       <c r="H176">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="I176">
-        <v>3273275.98</v>
+        <v>5281863.99</v>
       </c>
       <c r="J176" t="s">
         <v>1357</v>
       </c>
       <c r="K176">
-        <v>1635467.99</v>
+        <v>1297489.83</v>
       </c>
       <c r="L176" t="s">
-        <v>1446</v>
+        <v>1412</v>
       </c>
       <c r="M176" t="s">
-        <v>1484</v>
+        <v>1523</v>
       </c>
       <c r="N176">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O176" t="s">
-        <v>1565</v>
+        <v>1569</v>
       </c>
       <c r="P176" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q176" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R176" t="s">
         <v>1585</v>
       </c>
       <c r="S176" t="s">
         <v>1588</v>
       </c>
       <c r="T176" t="s">
         <v>1591</v>
       </c>
       <c r="U176" t="s">
         <v>1593</v>
       </c>
       <c r="V176" t="s">
         <v>1595</v>
       </c>
       <c r="W176" t="s">
         <v>1598</v>
       </c>
       <c r="Y176">
-        <v>2800</v>
+        <v>8830</v>
       </c>
       <c r="Z176" t="s">
-        <v>1604</v>
+        <v>1617</v>
       </c>
       <c r="AA176" t="s">
-        <v>1646</v>
+        <v>1659</v>
       </c>
       <c r="AD176" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="AG176" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="AH176" t="s">
         <v>1705</v>
       </c>
       <c r="AI176" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="AJ176" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="AK176" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="177" spans="1:38">
+    <row r="177" spans="1:37">
       <c r="A177" t="s">
         <v>213</v>
       </c>
       <c r="B177" t="s">
         <v>509</v>
       </c>
       <c r="C177" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="D177" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="E177" t="s">
         <v>1139</v>
       </c>
       <c r="F177" t="s">
-        <v>1245</v>
+        <v>1180</v>
       </c>
       <c r="G177" t="s">
-        <v>1336</v>
+        <v>1295</v>
       </c>
       <c r="H177">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="I177">
-        <v>2012526.36</v>
+        <v>145795</v>
       </c>
       <c r="J177" t="s">
         <v>1357</v>
       </c>
       <c r="K177">
-        <v>991764.02</v>
+        <v>874.77</v>
       </c>
       <c r="L177" t="s">
-        <v>1364</v>
+        <v>1406</v>
       </c>
       <c r="M177" t="s">
-        <v>1481</v>
+        <v>1534</v>
       </c>
       <c r="N177">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="O177" t="s">
-        <v>1562</v>
+        <v>1569</v>
       </c>
       <c r="P177" t="s">
         <v>1573</v>
       </c>
       <c r="Q177" t="s">
         <v>1579</v>
       </c>
       <c r="R177" t="s">
         <v>1585</v>
       </c>
       <c r="S177" t="s">
         <v>1588</v>
       </c>
       <c r="T177" t="s">
         <v>1591</v>
       </c>
       <c r="U177" t="s">
         <v>1593</v>
       </c>
       <c r="V177" t="s">
         <v>1595</v>
       </c>
       <c r="W177" t="s">
         <v>1598</v>
       </c>
       <c r="Y177">
-        <v>9220</v>
+        <v>4180</v>
       </c>
       <c r="Z177" t="s">
-        <v>1601</v>
+        <v>1634</v>
       </c>
       <c r="AA177" t="s">
-        <v>1643</v>
+        <v>1676</v>
       </c>
       <c r="AD177" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG177" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH177" t="s">
         <v>1705</v>
       </c>
       <c r="AI177" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="AJ177" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="AK177" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="178" spans="1:38">
+    <row r="178" spans="1:37">
       <c r="A178" t="s">
         <v>214</v>
       </c>
       <c r="B178" t="s">
         <v>510</v>
       </c>
       <c r="C178" t="s">
-        <v>802</v>
+        <v>801</v>
       </c>
       <c r="D178" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="E178" t="s">
         <v>1139</v>
       </c>
       <c r="F178" t="s">
-        <v>1186</v>
+        <v>1147</v>
       </c>
       <c r="G178" t="s">
-        <v>1337</v>
+        <v>1327</v>
       </c>
       <c r="H178">
         <v>50</v>
       </c>
       <c r="I178">
-        <v>2088661.12</v>
+        <v>660053.8100000001</v>
       </c>
       <c r="J178" t="s">
         <v>1357</v>
       </c>
       <c r="K178">
-        <v>1044330.56</v>
+        <v>330026.97</v>
       </c>
       <c r="L178" t="s">
-        <v>1451</v>
+        <v>1418</v>
       </c>
       <c r="M178" t="s">
-        <v>1509</v>
+        <v>1526</v>
       </c>
       <c r="N178">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="O178" t="s">
-        <v>1563</v>
+        <v>1570</v>
       </c>
       <c r="P178" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="Q178" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="R178" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S178" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T178" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U178" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V178" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W178" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y178">
-        <v>3700</v>
+        <v>7000</v>
       </c>
       <c r="Z178" t="s">
-        <v>1617</v>
+        <v>1631</v>
       </c>
       <c r="AA178" t="s">
-        <v>1659</v>
+        <v>1673</v>
       </c>
       <c r="AD178" t="s">
-        <v>1659</v>
+        <v>1686</v>
       </c>
       <c r="AG178" t="s">
-        <v>1703</v>
+        <v>1696</v>
       </c>
       <c r="AH178" t="s">
         <v>1705</v>
       </c>
       <c r="AI178" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="AJ178" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="AK178" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="179" spans="1:38">
+    <row r="179" spans="1:37">
       <c r="A179" t="s">
         <v>215</v>
       </c>
       <c r="B179" t="s">
         <v>511</v>
       </c>
       <c r="C179" t="s">
-        <v>803</v>
+        <v>802</v>
       </c>
       <c r="D179" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="E179" t="s">
         <v>1139</v>
       </c>
       <c r="F179" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
       <c r="G179" t="s">
-        <v>1338</v>
+        <v>1304</v>
       </c>
       <c r="H179">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="I179">
-        <v>988488.02</v>
+        <v>2599746.5</v>
       </c>
       <c r="J179" t="s">
         <v>1357</v>
       </c>
       <c r="K179">
-        <v>415166.83</v>
+        <v>1299873.25</v>
       </c>
       <c r="L179" t="s">
-        <v>1452</v>
+        <v>1384</v>
       </c>
       <c r="M179" t="s">
-        <v>1535</v>
+        <v>1502</v>
       </c>
       <c r="N179">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="O179" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="P179" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q179" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R179" t="s">
         <v>1584</v>
       </c>
       <c r="S179" t="s">
         <v>1587</v>
       </c>
       <c r="T179" t="s">
         <v>1590</v>
       </c>
       <c r="U179" t="s">
         <v>1592</v>
       </c>
       <c r="V179" t="s">
         <v>1594</v>
       </c>
       <c r="W179" t="s">
         <v>1597</v>
       </c>
       <c r="Y179">
-        <v>4800</v>
+        <v>8800</v>
       </c>
       <c r="Z179" t="s">
-        <v>1635</v>
+        <v>1617</v>
       </c>
       <c r="AA179" t="s">
-        <v>1677</v>
+        <v>1659</v>
       </c>
       <c r="AD179" t="s">
         <v>1692</v>
       </c>
       <c r="AG179" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="AH179" t="s">
         <v>1705</v>
       </c>
       <c r="AI179" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="AJ179" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="AK179" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="180" spans="1:38">
+    <row r="180" spans="1:37">
       <c r="A180" t="s">
         <v>216</v>
       </c>
       <c r="B180" t="s">
         <v>512</v>
       </c>
       <c r="C180" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="D180" t="s">
-        <v>1059</v>
+        <v>1050</v>
       </c>
       <c r="E180" t="s">
         <v>1139</v>
       </c>
       <c r="F180" t="s">
-        <v>1200</v>
+        <v>1191</v>
       </c>
       <c r="G180" t="s">
-        <v>1301</v>
+        <v>1307</v>
       </c>
       <c r="H180">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="I180">
-        <v>613600</v>
+        <v>4133766</v>
       </c>
       <c r="J180" t="s">
         <v>1357</v>
       </c>
       <c r="K180">
-        <v>306800</v>
+        <v>1286824.11</v>
       </c>
       <c r="L180" t="s">
-        <v>1453</v>
+        <v>1388</v>
       </c>
       <c r="M180" t="s">
-        <v>1485</v>
+        <v>1506</v>
       </c>
       <c r="N180">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O180" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="P180" t="s">
         <v>1576</v>
       </c>
       <c r="Q180" t="s">
         <v>1582</v>
       </c>
       <c r="R180" t="s">
         <v>1585</v>
       </c>
       <c r="S180" t="s">
         <v>1588</v>
       </c>
       <c r="T180" t="s">
         <v>1591</v>
       </c>
       <c r="U180" t="s">
         <v>1593</v>
       </c>
       <c r="V180" t="s">
         <v>1595</v>
       </c>
       <c r="W180" t="s">
         <v>1598</v>
       </c>
       <c r="Y180">
-        <v>5000</v>
+        <v>8200</v>
       </c>
       <c r="Z180" t="s">
-        <v>1603</v>
+        <v>1619</v>
       </c>
       <c r="AA180" t="s">
-        <v>1645</v>
+        <v>1661</v>
       </c>
       <c r="AD180" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="AG180" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="AH180" t="s">
         <v>1705</v>
       </c>
       <c r="AI180" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="AJ180" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="AK180" t="s">
         <v>2247</v>
       </c>
-      <c r="AL180">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="181" spans="1:38">
+    <row r="181" spans="1:37">
       <c r="A181" t="s">
         <v>217</v>
       </c>
       <c r="B181" t="s">
         <v>513</v>
       </c>
       <c r="C181" t="s">
-        <v>805</v>
+        <v>804</v>
       </c>
       <c r="D181" t="s">
-        <v>1060</v>
+        <v>1051</v>
       </c>
       <c r="E181" t="s">
         <v>1139</v>
       </c>
       <c r="F181" t="s">
-        <v>1192</v>
+        <v>1175</v>
       </c>
       <c r="G181" t="s">
-        <v>1292</v>
+        <v>1306</v>
       </c>
       <c r="H181">
         <v>50</v>
       </c>
       <c r="I181">
-        <v>7149839.32</v>
+        <v>4954308.19</v>
       </c>
       <c r="J181" t="s">
         <v>1357</v>
       </c>
       <c r="K181">
-        <v>3574919.66</v>
+        <v>2477154.16</v>
       </c>
       <c r="L181" t="s">
-        <v>1454</v>
+        <v>1449</v>
       </c>
       <c r="M181" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="N181">
         <v>109</v>
       </c>
       <c r="O181" t="s">
-        <v>1563</v>
+        <v>1568</v>
       </c>
       <c r="P181" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="Q181" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="R181" t="s">
         <v>1584</v>
       </c>
       <c r="S181" t="s">
         <v>1587</v>
       </c>
       <c r="T181" t="s">
         <v>1590</v>
       </c>
       <c r="U181" t="s">
         <v>1592</v>
       </c>
       <c r="V181" t="s">
         <v>1594</v>
       </c>
       <c r="W181" t="s">
         <v>1597</v>
       </c>
       <c r="Y181">
-        <v>8000</v>
-[...5 lines deleted...]
-        <v>1649</v>
+        <v>5700</v>
       </c>
       <c r="AD181" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AG181" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AH181" t="s">
         <v>1705</v>
       </c>
       <c r="AI181" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="AJ181" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="AK181" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="182" spans="1:38">
+    <row r="182" spans="1:37">
       <c r="A182" t="s">
         <v>218</v>
       </c>
       <c r="B182" t="s">
         <v>514</v>
       </c>
       <c r="C182" t="s">
-        <v>806</v>
+        <v>805</v>
       </c>
       <c r="D182" t="s">
-        <v>1061</v>
+        <v>1052</v>
       </c>
       <c r="E182" t="s">
         <v>1139</v>
       </c>
       <c r="F182" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="G182" t="s">
-        <v>1291</v>
+        <v>1348</v>
       </c>
       <c r="H182">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I182">
-        <v>5349363.37</v>
+        <v>2734809.35</v>
       </c>
       <c r="J182" t="s">
         <v>1357</v>
       </c>
       <c r="K182">
-        <v>2463902.74</v>
+        <v>1321608.47</v>
       </c>
       <c r="L182" t="s">
-        <v>1421</v>
+        <v>1410</v>
       </c>
       <c r="M182" t="s">
-        <v>1547</v>
+        <v>1522</v>
       </c>
       <c r="N182">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="O182" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="P182" t="s">
         <v>1574</v>
       </c>
       <c r="Q182" t="s">
         <v>1580</v>
       </c>
       <c r="R182" t="s">
         <v>1584</v>
       </c>
       <c r="S182" t="s">
         <v>1587</v>
       </c>
       <c r="T182" t="s">
         <v>1590</v>
       </c>
       <c r="U182" t="s">
         <v>1592</v>
       </c>
       <c r="V182" t="s">
         <v>1594</v>
       </c>
       <c r="W182" t="s">
         <v>1597</v>
       </c>
       <c r="Y182">
-        <v>4200</v>
+        <v>4600</v>
       </c>
       <c r="Z182" t="s">
-        <v>1632</v>
+        <v>1628</v>
       </c>
       <c r="AA182" t="s">
-        <v>1674</v>
+        <v>1670</v>
       </c>
       <c r="AD182" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="AG182" t="s">
         <v>1702</v>
       </c>
       <c r="AH182" t="s">
         <v>1705</v>
       </c>
       <c r="AI182" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
       <c r="AJ182" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="AK182" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="183" spans="1:38">
+    <row r="183" spans="1:37">
       <c r="A183" t="s">
         <v>219</v>
       </c>
       <c r="B183" t="s">
         <v>515</v>
       </c>
       <c r="C183" t="s">
-        <v>807</v>
+        <v>806</v>
       </c>
       <c r="D183" t="s">
-        <v>1062</v>
+        <v>1053</v>
       </c>
       <c r="E183" t="s">
         <v>1139</v>
       </c>
       <c r="F183" t="s">
-        <v>1248</v>
+        <v>1144</v>
       </c>
       <c r="G183" t="s">
-        <v>1312</v>
+        <v>1349</v>
       </c>
       <c r="H183">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="I183">
-        <v>2045377.36</v>
+        <v>1249149.98</v>
       </c>
       <c r="J183" t="s">
         <v>1357</v>
       </c>
       <c r="K183">
-        <v>1227226.39</v>
+        <v>534523.47</v>
       </c>
       <c r="L183" t="s">
-        <v>1373</v>
+        <v>1450</v>
       </c>
       <c r="M183" t="s">
-        <v>1493</v>
+        <v>1518</v>
       </c>
       <c r="N183">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="O183" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="P183" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="Q183" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="R183" t="s">
         <v>1584</v>
       </c>
       <c r="S183" t="s">
         <v>1587</v>
       </c>
       <c r="T183" t="s">
         <v>1590</v>
       </c>
       <c r="U183" t="s">
         <v>1592</v>
       </c>
       <c r="V183" t="s">
         <v>1594</v>
       </c>
       <c r="W183" t="s">
         <v>1597</v>
       </c>
       <c r="Y183">
-        <v>4760</v>
+        <v>9900</v>
       </c>
       <c r="Z183" t="s">
-        <v>1610</v>
+        <v>1626</v>
       </c>
       <c r="AA183" t="s">
-        <v>1652</v>
+        <v>1668</v>
       </c>
       <c r="AD183" t="s">
-        <v>1692</v>
+        <v>1685</v>
       </c>
       <c r="AG183" t="s">
-        <v>1702</v>
+        <v>1695</v>
       </c>
       <c r="AH183" t="s">
         <v>1705</v>
       </c>
       <c r="AI183" t="s">
-        <v>1872</v>
+        <v>1583</v>
       </c>
       <c r="AJ183" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="AK183" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="184" spans="1:38">
+    <row r="184" spans="1:37">
       <c r="A184" t="s">
         <v>220</v>
       </c>
       <c r="B184" t="s">
         <v>516</v>
       </c>
       <c r="C184" t="s">
-        <v>808</v>
+        <v>807</v>
       </c>
       <c r="D184" t="s">
-        <v>1063</v>
+        <v>807</v>
       </c>
       <c r="E184" t="s">
         <v>1139</v>
       </c>
       <c r="F184" t="s">
-        <v>1249</v>
+        <v>1152</v>
       </c>
       <c r="G184" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H184">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I184">
-        <v>2699232.25</v>
+        <v>784373.98</v>
       </c>
       <c r="J184" t="s">
         <v>1357</v>
       </c>
       <c r="K184">
-        <v>1619539.35</v>
+        <v>392186.99</v>
       </c>
       <c r="L184" t="s">
-        <v>1455</v>
+        <v>1370</v>
       </c>
       <c r="M184" t="s">
-        <v>1517</v>
+        <v>1492</v>
       </c>
       <c r="N184">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="O184" t="s">
         <v>1567</v>
       </c>
       <c r="P184" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="Q184" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="R184" t="s">
         <v>1584</v>
       </c>
       <c r="S184" t="s">
         <v>1587</v>
       </c>
       <c r="T184" t="s">
         <v>1590</v>
       </c>
       <c r="U184" t="s">
         <v>1592</v>
       </c>
       <c r="V184" t="s">
         <v>1594</v>
       </c>
       <c r="W184" t="s">
         <v>1597</v>
       </c>
       <c r="Y184">
-        <v>4300</v>
+        <v>6000</v>
       </c>
       <c r="Z184" t="s">
-        <v>1625</v>
+        <v>1610</v>
       </c>
       <c r="AA184" t="s">
-        <v>1667</v>
+        <v>1652</v>
       </c>
       <c r="AD184" t="s">
-        <v>1692</v>
+        <v>1686</v>
       </c>
       <c r="AG184" t="s">
-        <v>1702</v>
+        <v>1696</v>
       </c>
       <c r="AH184" t="s">
         <v>1705</v>
       </c>
       <c r="AI184" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="AJ184" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="AK184" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="185" spans="1:38">
+    <row r="185" spans="1:37">
       <c r="A185" t="s">
         <v>221</v>
       </c>
       <c r="B185" t="s">
         <v>517</v>
       </c>
       <c r="C185" t="s">
-        <v>809</v>
+        <v>808</v>
       </c>
       <c r="D185" t="s">
-        <v>1064</v>
+        <v>1054</v>
       </c>
       <c r="E185" t="s">
         <v>1139</v>
       </c>
       <c r="F185" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="G185" t="s">
-        <v>1292</v>
+        <v>1335</v>
       </c>
       <c r="H185">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="I185">
-        <v>2960033.44</v>
+        <v>4230610.8</v>
       </c>
       <c r="J185" t="s">
         <v>1357</v>
       </c>
       <c r="K185">
-        <v>1480016.72</v>
+        <v>1416884.69</v>
       </c>
       <c r="L185" t="s">
-        <v>1364</v>
+        <v>1388</v>
       </c>
       <c r="M185" t="s">
-        <v>1481</v>
+        <v>1506</v>
       </c>
       <c r="N185">
         <v>104</v>
       </c>
       <c r="O185" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="P185" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q185" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R185" t="s">
         <v>1584</v>
       </c>
       <c r="S185" t="s">
         <v>1587</v>
       </c>
       <c r="T185" t="s">
         <v>1590</v>
       </c>
       <c r="U185" t="s">
         <v>1592</v>
       </c>
       <c r="V185" t="s">
         <v>1594</v>
       </c>
       <c r="W185" t="s">
         <v>1597</v>
       </c>
       <c r="Y185">
-        <v>9220</v>
+        <v>8200</v>
       </c>
       <c r="Z185" t="s">
-        <v>1601</v>
+        <v>1619</v>
       </c>
       <c r="AA185" t="s">
-        <v>1643</v>
+        <v>1661</v>
       </c>
       <c r="AD185" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="AG185" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="AH185" t="s">
         <v>1705</v>
       </c>
       <c r="AI185" t="s">
-        <v>1763</v>
+        <v>1877</v>
       </c>
       <c r="AJ185" t="s">
-        <v>2034</v>
+        <v>2146</v>
       </c>
       <c r="AK185" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="186" spans="1:38">
+    <row r="186" spans="1:37">
       <c r="A186" t="s">
         <v>222</v>
       </c>
       <c r="B186" t="s">
         <v>518</v>
       </c>
       <c r="C186" t="s">
-        <v>810</v>
+        <v>809</v>
       </c>
       <c r="D186" t="s">
-        <v>1065</v>
+        <v>809</v>
       </c>
       <c r="E186" t="s">
         <v>1139</v>
       </c>
       <c r="F186" t="s">
-        <v>1251</v>
+        <v>1246</v>
       </c>
       <c r="G186" t="s">
-        <v>1289</v>
+        <v>1318</v>
       </c>
       <c r="H186">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I186">
-        <v>381810</v>
+        <v>2214989.27</v>
       </c>
       <c r="J186" t="s">
         <v>1357</v>
       </c>
       <c r="K186">
-        <v>190905</v>
+        <v>707744.7</v>
       </c>
       <c r="L186" t="s">
-        <v>1456</v>
+        <v>1412</v>
       </c>
       <c r="M186" t="s">
-        <v>1485</v>
+        <v>1523</v>
       </c>
       <c r="N186">
-        <v>109</v>
+        <v>62</v>
       </c>
       <c r="O186" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="P186" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="Q186" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="R186" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S186" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T186" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U186" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V186" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W186" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y186">
-        <v>5000</v>
+        <v>8830</v>
       </c>
       <c r="Z186" t="s">
-        <v>1603</v>
+        <v>1617</v>
       </c>
       <c r="AA186" t="s">
-        <v>1645</v>
+        <v>1659</v>
       </c>
       <c r="AD186" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="AG186" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="AH186" t="s">
         <v>1705</v>
       </c>
       <c r="AI186" t="s">
-        <v>1874</v>
+        <v>1878</v>
       </c>
       <c r="AJ186" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="AK186" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="187" spans="1:38">
+    <row r="187" spans="1:37">
       <c r="A187" t="s">
         <v>223</v>
       </c>
       <c r="B187" t="s">
         <v>519</v>
       </c>
       <c r="C187" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="D187" t="s">
-        <v>1066</v>
+        <v>1055</v>
       </c>
       <c r="E187" t="s">
         <v>1139</v>
       </c>
       <c r="F187" t="s">
-        <v>1252</v>
+        <v>1230</v>
       </c>
       <c r="G187" t="s">
-        <v>1287</v>
+        <v>1350</v>
       </c>
       <c r="H187">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I187">
-        <v>795298.4</v>
+        <v>730145.39</v>
       </c>
       <c r="J187" t="s">
         <v>1357</v>
       </c>
       <c r="K187">
-        <v>397649.2</v>
+        <v>346346.39</v>
       </c>
       <c r="L187" t="s">
-        <v>1424</v>
+        <v>1388</v>
       </c>
       <c r="M187" t="s">
-        <v>1530</v>
+        <v>1506</v>
       </c>
       <c r="N187">
-        <v>117</v>
+        <v>106</v>
       </c>
       <c r="O187" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="P187" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="Q187" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="R187" t="s">
         <v>1584</v>
       </c>
       <c r="S187" t="s">
         <v>1587</v>
       </c>
       <c r="T187" t="s">
         <v>1590</v>
       </c>
       <c r="U187" t="s">
         <v>1592</v>
       </c>
       <c r="V187" t="s">
         <v>1594</v>
       </c>
       <c r="W187" t="s">
         <v>1597</v>
       </c>
       <c r="Y187">
-        <v>7700</v>
+        <v>8200</v>
       </c>
       <c r="Z187" t="s">
-        <v>1633</v>
+        <v>1619</v>
       </c>
       <c r="AA187" t="s">
-        <v>1675</v>
+        <v>1661</v>
       </c>
       <c r="AD187" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="AG187" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="AH187" t="s">
         <v>1705</v>
       </c>
       <c r="AI187" t="s">
-        <v>1875</v>
+        <v>1879</v>
       </c>
       <c r="AJ187" t="s">
-        <v>2146</v>
+        <v>2148</v>
       </c>
       <c r="AK187" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="188" spans="1:38">
+    <row r="188" spans="1:37">
       <c r="A188" t="s">
         <v>224</v>
       </c>
       <c r="B188" t="s">
         <v>520</v>
       </c>
       <c r="C188" t="s">
-        <v>812</v>
+        <v>811</v>
       </c>
       <c r="D188" t="s">
-        <v>1067</v>
+        <v>1056</v>
       </c>
       <c r="E188" t="s">
         <v>1139</v>
       </c>
       <c r="F188" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="G188" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
       <c r="H188">
         <v>50</v>
       </c>
       <c r="I188">
-        <v>9100000</v>
+        <v>214253</v>
       </c>
       <c r="J188" t="s">
         <v>1357</v>
       </c>
       <c r="K188">
-        <v>4550000</v>
+        <v>107126.5</v>
       </c>
       <c r="L188" t="s">
-        <v>1424</v>
+        <v>1451</v>
       </c>
       <c r="M188" t="s">
-        <v>1530</v>
+        <v>1544</v>
       </c>
       <c r="N188">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="O188" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="P188" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="Q188" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="R188" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S188" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T188" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U188" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V188" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W188" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y188">
-        <v>7700</v>
+        <v>8220</v>
       </c>
       <c r="Z188" t="s">
-        <v>1633</v>
+        <v>1619</v>
       </c>
       <c r="AA188" t="s">
-        <v>1675</v>
+        <v>1661</v>
       </c>
       <c r="AD188" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="AG188" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="AH188" t="s">
         <v>1705</v>
       </c>
       <c r="AI188" t="s">
-        <v>1717</v>
+        <v>1880</v>
       </c>
       <c r="AJ188" t="s">
-        <v>1987</v>
+        <v>2149</v>
       </c>
       <c r="AK188" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="189" spans="1:38">
+    <row r="189" spans="1:37">
       <c r="A189" t="s">
         <v>225</v>
       </c>
       <c r="B189" t="s">
         <v>521</v>
       </c>
       <c r="C189" t="s">
-        <v>813</v>
+        <v>812</v>
       </c>
       <c r="D189" t="s">
-        <v>813</v>
+        <v>1057</v>
       </c>
       <c r="E189" t="s">
         <v>1139</v>
       </c>
       <c r="F189" t="s">
-        <v>1177</v>
+        <v>1160</v>
       </c>
       <c r="G189" t="s">
-        <v>1291</v>
+        <v>1286</v>
       </c>
       <c r="H189">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="I189">
-        <v>1448113.29</v>
+        <v>1811383.21</v>
       </c>
       <c r="J189" t="s">
         <v>1357</v>
       </c>
       <c r="K189">
-        <v>724056.58</v>
+        <v>779893.27</v>
       </c>
       <c r="L189" t="s">
-        <v>1457</v>
+        <v>1380</v>
       </c>
       <c r="M189" t="s">
-        <v>1548</v>
+        <v>1494</v>
       </c>
       <c r="N189">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="O189" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="P189" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q189" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R189" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S189" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T189" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U189" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V189" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W189" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y189">
-        <v>1123</v>
+        <v>9000</v>
       </c>
       <c r="Z189" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="AA189" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="AD189" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="AG189" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="AH189" t="s">
         <v>1705</v>
       </c>
       <c r="AI189" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="AJ189" t="s">
-        <v>2147</v>
+        <v>2150</v>
       </c>
       <c r="AK189" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="190" spans="1:38">
+    <row r="190" spans="1:37">
       <c r="A190" t="s">
         <v>226</v>
       </c>
       <c r="B190" t="s">
         <v>522</v>
       </c>
       <c r="C190" t="s">
-        <v>814</v>
+        <v>813</v>
       </c>
       <c r="D190" t="s">
-        <v>1068</v>
+        <v>1058</v>
       </c>
       <c r="E190" t="s">
         <v>1139</v>
       </c>
       <c r="F190" t="s">
-        <v>1189</v>
+        <v>1148</v>
       </c>
       <c r="G190" t="s">
-        <v>1323</v>
+        <v>1295</v>
       </c>
       <c r="H190">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="I190">
-        <v>728984.36</v>
+        <v>1969410.17</v>
       </c>
       <c r="J190" t="s">
         <v>1357</v>
       </c>
       <c r="K190">
-        <v>328043.04</v>
+        <v>984705.02</v>
       </c>
       <c r="L190" t="s">
-        <v>1458</v>
+        <v>1434</v>
       </c>
       <c r="M190" t="s">
-        <v>1549</v>
+        <v>1521</v>
       </c>
       <c r="N190">
-        <v>62</v>
+        <v>118</v>
       </c>
       <c r="O190" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="P190" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q190" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R190" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S190" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T190" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U190" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V190" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W190" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y190">
-        <v>3730</v>
+        <v>3700</v>
       </c>
       <c r="Z190" t="s">
-        <v>1617</v>
+        <v>1604</v>
       </c>
       <c r="AA190" t="s">
-        <v>1659</v>
+        <v>1646</v>
       </c>
       <c r="AD190" t="s">
-        <v>1659</v>
+        <v>1646</v>
       </c>
       <c r="AG190" t="s">
-        <v>1703</v>
+        <v>1698</v>
       </c>
       <c r="AH190" t="s">
         <v>1705</v>
       </c>
       <c r="AI190" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="AJ190" t="s">
-        <v>2148</v>
+        <v>2151</v>
       </c>
       <c r="AK190" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="191" spans="1:38">
+    <row r="191" spans="1:37">
       <c r="A191" t="s">
         <v>227</v>
       </c>
       <c r="B191" t="s">
         <v>523</v>
       </c>
       <c r="C191" t="s">
-        <v>815</v>
+        <v>814</v>
       </c>
       <c r="D191" t="s">
-        <v>1069</v>
+        <v>1059</v>
       </c>
       <c r="E191" t="s">
         <v>1139</v>
       </c>
       <c r="F191" t="s">
-        <v>1170</v>
+        <v>1195</v>
       </c>
       <c r="G191" t="s">
-        <v>1307</v>
+        <v>1301</v>
       </c>
       <c r="H191">
         <v>50</v>
       </c>
       <c r="I191">
-        <v>1820000</v>
+        <v>1066538.2</v>
       </c>
       <c r="J191" t="s">
         <v>1357</v>
       </c>
       <c r="K191">
-        <v>910000</v>
+        <v>533269.1</v>
       </c>
       <c r="L191" t="s">
-        <v>1383</v>
+        <v>1452</v>
       </c>
       <c r="M191" t="s">
-        <v>1501</v>
+        <v>1545</v>
       </c>
       <c r="N191">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="O191" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="P191" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="Q191" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="R191" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S191" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T191" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U191" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V191" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W191" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y191">
-        <v>6500</v>
+        <v>5900</v>
       </c>
       <c r="Z191" t="s">
-        <v>1615</v>
+        <v>1637</v>
       </c>
       <c r="AA191" t="s">
-        <v>1657</v>
+        <v>1679</v>
       </c>
       <c r="AD191" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="AG191" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="AH191" t="s">
         <v>1705</v>
       </c>
+      <c r="AI191" t="s">
+        <v>1883</v>
+      </c>
+      <c r="AJ191" t="s">
+        <v>2152</v>
+      </c>
       <c r="AK191" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="192" spans="1:38">
+    <row r="192" spans="1:37">
       <c r="A192" t="s">
         <v>228</v>
       </c>
       <c r="B192" t="s">
         <v>524</v>
       </c>
       <c r="C192" t="s">
-        <v>636</v>
+        <v>757</v>
       </c>
       <c r="D192" t="s">
-        <v>1070</v>
+        <v>1014</v>
       </c>
       <c r="E192" t="s">
         <v>1139</v>
       </c>
       <c r="F192" t="s">
-        <v>1245</v>
+        <v>1232</v>
       </c>
       <c r="G192" t="s">
-        <v>1325</v>
+        <v>1343</v>
       </c>
       <c r="H192">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="I192">
-        <v>2479792.38</v>
+        <v>2789189.91</v>
       </c>
       <c r="J192" t="s">
         <v>1357</v>
       </c>
       <c r="K192">
-        <v>846281.15</v>
+        <v>1672735.74</v>
       </c>
       <c r="L192" t="s">
-        <v>1364</v>
+        <v>1416</v>
       </c>
       <c r="M192" t="s">
-        <v>1481</v>
+        <v>1525</v>
       </c>
       <c r="N192">
-        <v>104</v>
+        <v>68</v>
       </c>
       <c r="O192" t="s">
-        <v>1566</v>
+        <v>1565</v>
       </c>
       <c r="P192" t="s">
         <v>1575</v>
       </c>
       <c r="Q192" t="s">
         <v>1581</v>
       </c>
       <c r="R192" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S192" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T192" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U192" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V192" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W192" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y192">
-        <v>9220</v>
+        <v>7400</v>
       </c>
       <c r="Z192" t="s">
-        <v>1601</v>
+        <v>1630</v>
       </c>
       <c r="AA192" t="s">
-        <v>1643</v>
+        <v>1672</v>
       </c>
       <c r="AD192" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="AG192" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="AH192" t="s">
         <v>1705</v>
       </c>
       <c r="AI192" t="s">
-        <v>1878</v>
+        <v>1829</v>
       </c>
       <c r="AJ192" t="s">
-        <v>2149</v>
+        <v>2098</v>
       </c>
       <c r="AK192" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="193" spans="1:38">
       <c r="A193" t="s">
         <v>229</v>
       </c>
       <c r="B193" t="s">
         <v>525</v>
       </c>
       <c r="C193" t="s">
-        <v>816</v>
+        <v>815</v>
       </c>
       <c r="D193" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="E193" t="s">
         <v>1139</v>
       </c>
       <c r="F193" t="s">
-        <v>1142</v>
+        <v>1256</v>
       </c>
       <c r="G193" t="s">
-        <v>1339</v>
+        <v>1307</v>
       </c>
       <c r="H193">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I193">
-        <v>431644.59</v>
+        <v>1602462.42</v>
       </c>
       <c r="J193" t="s">
         <v>1357</v>
       </c>
       <c r="K193">
-        <v>215822.36</v>
+        <v>961206.22</v>
       </c>
       <c r="L193" t="s">
-        <v>1459</v>
+        <v>1410</v>
       </c>
       <c r="M193" t="s">
-        <v>1550</v>
+        <v>1522</v>
       </c>
       <c r="N193">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="O193" t="s">
-        <v>1567</v>
+        <v>1566</v>
       </c>
       <c r="P193" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="Q193" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="R193" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S193" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T193" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U193" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V193" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W193" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y193">
-        <v>1463</v>
+        <v>4600</v>
       </c>
       <c r="Z193" t="s">
-        <v>1600</v>
+        <v>1628</v>
       </c>
       <c r="AA193" t="s">
-        <v>1642</v>
+        <v>1670</v>
       </c>
       <c r="AD193" t="s">
-        <v>1684</v>
+        <v>1691</v>
       </c>
       <c r="AG193" t="s">
-        <v>1694</v>
+        <v>1702</v>
       </c>
       <c r="AH193" t="s">
         <v>1705</v>
       </c>
       <c r="AI193" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="AJ193" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="AK193" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL193">
+        <v>5805</v>
       </c>
     </row>
     <row r="194" spans="1:38">
       <c r="A194" t="s">
         <v>230</v>
       </c>
       <c r="B194" t="s">
         <v>526</v>
       </c>
       <c r="C194" t="s">
-        <v>817</v>
+        <v>816</v>
       </c>
       <c r="D194" t="s">
-        <v>1072</v>
+        <v>1061</v>
       </c>
       <c r="E194" t="s">
         <v>1139</v>
       </c>
       <c r="F194" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="G194" t="s">
-        <v>1292</v>
+        <v>1320</v>
       </c>
       <c r="H194">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I194">
-        <v>3982938.96</v>
+        <v>3524055.6</v>
       </c>
       <c r="J194" t="s">
         <v>1357</v>
       </c>
       <c r="K194">
-        <v>2389763.35</v>
+        <v>1762027.8</v>
       </c>
       <c r="L194" t="s">
-        <v>1460</v>
+        <v>1413</v>
       </c>
       <c r="M194" t="s">
-        <v>1492</v>
+        <v>1524</v>
       </c>
       <c r="N194">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O194" t="s">
         <v>1565</v>
       </c>
       <c r="P194" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="Q194" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="R194" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S194" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T194" t="s">
         <v>1591</v>
       </c>
       <c r="U194" t="s">
         <v>1593</v>
       </c>
       <c r="V194" t="s">
         <v>1595</v>
       </c>
       <c r="W194" t="s">
         <v>1598</v>
       </c>
       <c r="Y194">
-        <v>4000</v>
+        <v>2620</v>
       </c>
       <c r="Z194" t="s">
-        <v>1609</v>
+        <v>1629</v>
       </c>
       <c r="AA194" t="s">
-        <v>1651</v>
+        <v>1671</v>
       </c>
       <c r="AD194" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
       <c r="AG194" t="s">
-        <v>1701</v>
+        <v>1700</v>
       </c>
       <c r="AH194" t="s">
         <v>1705</v>
       </c>
       <c r="AI194" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
       <c r="AJ194" t="s">
-        <v>2151</v>
+        <v>2154</v>
       </c>
       <c r="AK194" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="195" spans="1:38">
       <c r="A195" t="s">
         <v>231</v>
       </c>
       <c r="B195" t="s">
         <v>527</v>
       </c>
       <c r="C195" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="D195" t="s">
-        <v>1073</v>
+        <v>1062</v>
       </c>
       <c r="E195" t="s">
         <v>1139</v>
       </c>
       <c r="F195" t="s">
-        <v>1220</v>
+        <v>1253</v>
       </c>
       <c r="G195" t="s">
-        <v>1329</v>
+        <v>1291</v>
       </c>
       <c r="H195">
         <v>50</v>
       </c>
       <c r="I195">
-        <v>181589.46</v>
+        <v>1923942.8</v>
       </c>
       <c r="J195" t="s">
         <v>1357</v>
       </c>
       <c r="K195">
-        <v>90794.73</v>
+        <v>961971.4</v>
       </c>
       <c r="L195" t="s">
-        <v>1449</v>
+        <v>1408</v>
       </c>
       <c r="M195" t="s">
-        <v>1482</v>
+        <v>1495</v>
       </c>
       <c r="N195">
-        <v>65</v>
+        <v>117</v>
       </c>
       <c r="O195" t="s">
-        <v>1571</v>
+        <v>1563</v>
       </c>
       <c r="P195" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q195" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R195" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S195" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T195" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U195" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V195" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W195" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y195">
         <v>7100</v>
       </c>
       <c r="Z195" t="s">
-        <v>1602</v>
+        <v>1611</v>
       </c>
       <c r="AA195" t="s">
-        <v>1644</v>
+        <v>1653</v>
       </c>
       <c r="AD195" t="s">
         <v>1686</v>
       </c>
       <c r="AG195" t="s">
         <v>1696</v>
       </c>
       <c r="AH195" t="s">
         <v>1705</v>
       </c>
       <c r="AI195" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="AJ195" t="s">
-        <v>2152</v>
+        <v>2155</v>
       </c>
       <c r="AK195" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="196" spans="1:38">
       <c r="A196" t="s">
         <v>232</v>
       </c>
       <c r="B196" t="s">
         <v>528</v>
       </c>
       <c r="C196" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="D196" t="s">
-        <v>1074</v>
+        <v>818</v>
       </c>
       <c r="E196" t="s">
         <v>1139</v>
       </c>
       <c r="F196" t="s">
-        <v>1200</v>
+        <v>1160</v>
       </c>
       <c r="G196" t="s">
-        <v>1322</v>
+        <v>1310</v>
       </c>
       <c r="H196">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="I196">
-        <v>1472559.66</v>
+        <v>19517235.14</v>
       </c>
       <c r="J196" t="s">
         <v>1357</v>
       </c>
       <c r="K196">
-        <v>812617.26</v>
+        <v>9758617.57</v>
       </c>
       <c r="L196" t="s">
-        <v>1444</v>
+        <v>1453</v>
       </c>
       <c r="M196" t="s">
-        <v>1544</v>
+        <v>1485</v>
       </c>
       <c r="N196">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="O196" t="s">
-        <v>1571</v>
+        <v>1566</v>
       </c>
       <c r="P196" t="s">
         <v>1576</v>
       </c>
       <c r="Q196" t="s">
         <v>1582</v>
       </c>
       <c r="R196" t="s">
         <v>1585</v>
       </c>
       <c r="S196" t="s">
         <v>1588</v>
       </c>
       <c r="T196" t="s">
         <v>1591</v>
       </c>
       <c r="U196" t="s">
         <v>1593</v>
       </c>
       <c r="V196" t="s">
         <v>1595</v>
       </c>
       <c r="W196" t="s">
         <v>1598</v>
       </c>
       <c r="Y196">
-        <v>4700</v>
+        <v>2100</v>
       </c>
       <c r="Z196" t="s">
-        <v>1638</v>
+        <v>1605</v>
       </c>
       <c r="AA196" t="s">
-        <v>1680</v>
+        <v>1647</v>
       </c>
       <c r="AD196" t="s">
-        <v>1692</v>
+        <v>1688</v>
       </c>
       <c r="AG196" t="s">
-        <v>1702</v>
+        <v>1699</v>
       </c>
       <c r="AH196" t="s">
         <v>1705</v>
       </c>
       <c r="AI196" t="s">
-        <v>1717</v>
+        <v>1887</v>
       </c>
       <c r="AJ196" t="s">
-        <v>1987</v>
+        <v>2156</v>
       </c>
       <c r="AK196" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>5582</v>
       </c>
     </row>
     <row r="197" spans="1:38">
       <c r="A197" t="s">
         <v>233</v>
       </c>
       <c r="B197" t="s">
         <v>529</v>
       </c>
       <c r="C197" t="s">
-        <v>820</v>
+        <v>819</v>
       </c>
       <c r="D197" t="s">
-        <v>1075</v>
+        <v>1063</v>
       </c>
       <c r="E197" t="s">
         <v>1139</v>
       </c>
       <c r="F197" t="s">
-        <v>1188</v>
+        <v>1258</v>
       </c>
       <c r="G197" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="H197">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I197">
-        <v>4815639.53</v>
+        <v>1763095.1</v>
       </c>
       <c r="J197" t="s">
         <v>1357</v>
       </c>
       <c r="K197">
-        <v>1739083.84</v>
+        <v>881547.55</v>
       </c>
       <c r="L197" t="s">
-        <v>1428</v>
+        <v>1454</v>
       </c>
       <c r="M197" t="s">
-        <v>1533</v>
+        <v>1546</v>
       </c>
       <c r="N197">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="O197" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="P197" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q197" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R197" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S197" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T197" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U197" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V197" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W197" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y197">
-        <v>6700</v>
+        <v>2300</v>
       </c>
       <c r="Z197" t="s">
-        <v>1634</v>
+        <v>1605</v>
       </c>
       <c r="AA197" t="s">
-        <v>1676</v>
+        <v>1647</v>
       </c>
       <c r="AD197" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="AG197" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="AH197" t="s">
         <v>1705</v>
       </c>
       <c r="AI197" t="s">
-        <v>1882</v>
+        <v>1888</v>
       </c>
       <c r="AJ197" t="s">
-        <v>2153</v>
+        <v>2157</v>
       </c>
       <c r="AK197" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="198" spans="1:38">
       <c r="A198" t="s">
         <v>234</v>
       </c>
       <c r="B198" t="s">
         <v>530</v>
       </c>
       <c r="C198" t="s">
-        <v>821</v>
+        <v>820</v>
       </c>
       <c r="D198" t="s">
-        <v>1076</v>
+        <v>820</v>
       </c>
       <c r="E198" t="s">
         <v>1139</v>
       </c>
       <c r="F198" t="s">
-        <v>1229</v>
+        <v>1240</v>
       </c>
       <c r="G198" t="s">
-        <v>1312</v>
+        <v>1300</v>
       </c>
       <c r="H198">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="I198">
-        <v>2692170</v>
+        <v>775549.84</v>
       </c>
       <c r="J198" t="s">
         <v>1357</v>
       </c>
       <c r="K198">
-        <v>1346085</v>
+        <v>348997.48</v>
       </c>
       <c r="L198" t="s">
-        <v>1461</v>
+        <v>1455</v>
       </c>
       <c r="M198" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
       <c r="N198">
         <v>62</v>
       </c>
       <c r="O198" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="P198" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q198" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R198" t="s">
         <v>1585</v>
       </c>
       <c r="S198" t="s">
         <v>1588</v>
       </c>
       <c r="T198" t="s">
         <v>1591</v>
       </c>
       <c r="U198" t="s">
         <v>1593</v>
       </c>
       <c r="V198" t="s">
         <v>1595</v>
       </c>
       <c r="W198" t="s">
         <v>1598</v>
       </c>
       <c r="Y198">
-        <v>9400</v>
+        <v>3770</v>
       </c>
       <c r="Z198" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="AA198" t="s">
-        <v>1643</v>
+        <v>1646</v>
       </c>
       <c r="AD198" t="s">
-        <v>1685</v>
+        <v>1646</v>
       </c>
       <c r="AG198" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="AH198" t="s">
         <v>1705</v>
       </c>
       <c r="AI198" t="s">
-        <v>1883</v>
+        <v>1889</v>
       </c>
       <c r="AJ198" t="s">
-        <v>2154</v>
+        <v>2158</v>
       </c>
       <c r="AK198" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="199" spans="1:38">
       <c r="A199" t="s">
         <v>235</v>
       </c>
       <c r="B199" t="s">
         <v>531</v>
       </c>
       <c r="C199" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="D199" t="s">
-        <v>1077</v>
+        <v>821</v>
       </c>
       <c r="E199" t="s">
         <v>1139</v>
       </c>
       <c r="F199" t="s">
-        <v>1255</v>
+        <v>1148</v>
       </c>
       <c r="G199" t="s">
-        <v>1334</v>
+        <v>1294</v>
       </c>
       <c r="H199">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I199">
-        <v>2951093.86</v>
+        <v>2438049.38</v>
       </c>
       <c r="J199" t="s">
         <v>1357</v>
       </c>
       <c r="K199">
-        <v>1770656.29</v>
+        <v>1219024.69</v>
       </c>
       <c r="L199" t="s">
-        <v>1446</v>
+        <v>1456</v>
       </c>
       <c r="M199" t="s">
-        <v>1492</v>
+        <v>1548</v>
       </c>
       <c r="N199">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="O199" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="P199" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q199" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R199" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S199" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T199" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U199" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V199" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W199" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y199">
-        <v>4000</v>
+        <v>3600</v>
       </c>
       <c r="Z199" t="s">
-        <v>1609</v>
+        <v>1638</v>
       </c>
       <c r="AA199" t="s">
-        <v>1651</v>
+        <v>1680</v>
       </c>
       <c r="AD199" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="AG199" t="s">
-        <v>1701</v>
+        <v>1704</v>
       </c>
       <c r="AH199" t="s">
         <v>1705</v>
       </c>
       <c r="AI199" t="s">
-        <v>1884</v>
+        <v>1890</v>
       </c>
       <c r="AJ199" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="AK199" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5709</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="200" spans="1:38">
       <c r="A200" t="s">
         <v>236</v>
       </c>
       <c r="B200" t="s">
         <v>532</v>
       </c>
       <c r="C200" t="s">
-        <v>823</v>
+        <v>822</v>
       </c>
       <c r="D200" t="s">
-        <v>823</v>
+        <v>1064</v>
       </c>
       <c r="E200" t="s">
         <v>1139</v>
       </c>
       <c r="F200" t="s">
-        <v>1164</v>
+        <v>1259</v>
       </c>
       <c r="G200" t="s">
-        <v>1294</v>
+        <v>1291</v>
       </c>
       <c r="H200">
         <v>50</v>
       </c>
       <c r="I200">
-        <v>928200</v>
+        <v>4701851.7</v>
       </c>
       <c r="J200" t="s">
         <v>1357</v>
       </c>
       <c r="K200">
-        <v>464100</v>
+        <v>2350925.85</v>
       </c>
       <c r="L200" t="s">
-        <v>1401</v>
+        <v>1457</v>
       </c>
       <c r="M200" t="s">
-        <v>1502</v>
+        <v>1549</v>
       </c>
       <c r="N200">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="O200" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="P200" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="Q200" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="R200" t="s">
         <v>1584</v>
       </c>
       <c r="S200" t="s">
         <v>1587</v>
       </c>
       <c r="T200" t="s">
         <v>1590</v>
       </c>
       <c r="U200" t="s">
         <v>1592</v>
       </c>
       <c r="V200" t="s">
         <v>1594</v>
       </c>
       <c r="W200" t="s">
         <v>1597</v>
       </c>
       <c r="Y200">
-        <v>2100</v>
+        <v>1620</v>
       </c>
       <c r="Z200" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="AA200" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="AD200" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="AG200" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="AH200" t="s">
         <v>1705</v>
       </c>
       <c r="AI200" t="s">
-        <v>1885</v>
+        <v>1891</v>
       </c>
       <c r="AJ200" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="AK200" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="201" spans="1:38">
       <c r="A201" t="s">
         <v>237</v>
       </c>
       <c r="B201" t="s">
         <v>533</v>
       </c>
       <c r="C201" t="s">
-        <v>824</v>
+        <v>823</v>
       </c>
       <c r="D201" t="s">
-        <v>1078</v>
+        <v>1065</v>
       </c>
       <c r="E201" t="s">
         <v>1139</v>
       </c>
       <c r="F201" t="s">
-        <v>1256</v>
+        <v>1143</v>
       </c>
       <c r="G201" t="s">
-        <v>1304</v>
+        <v>1291</v>
       </c>
       <c r="H201">
-        <v>32</v>
+        <v>42</v>
       </c>
       <c r="I201">
-        <v>7915022.7</v>
+        <v>7634614</v>
       </c>
       <c r="J201" t="s">
         <v>1357</v>
       </c>
       <c r="K201">
-        <v>2507050</v>
+        <v>3196856.91</v>
       </c>
       <c r="L201" t="s">
-        <v>1369</v>
+        <v>1361</v>
       </c>
       <c r="M201" t="s">
-        <v>1495</v>
+        <v>1483</v>
       </c>
       <c r="N201">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O201" t="s">
         <v>1562</v>
       </c>
       <c r="P201" t="s">
         <v>1573</v>
       </c>
       <c r="Q201" t="s">
         <v>1579</v>
       </c>
       <c r="R201" t="s">
         <v>1585</v>
       </c>
       <c r="S201" t="s">
         <v>1588</v>
       </c>
       <c r="T201" t="s">
         <v>1591</v>
       </c>
       <c r="U201" t="s">
         <v>1593</v>
       </c>
       <c r="V201" t="s">
         <v>1595</v>
       </c>
       <c r="W201" t="s">
         <v>1598</v>
       </c>
       <c r="Y201">
-        <v>8200</v>
+        <v>5230</v>
       </c>
       <c r="Z201" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="AA201" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
       <c r="AD201" t="s">
-        <v>1690</v>
+        <v>1687</v>
       </c>
       <c r="AG201" t="s">
-        <v>1700</v>
+        <v>1697</v>
       </c>
       <c r="AH201" t="s">
         <v>1705</v>
       </c>
       <c r="AI201" t="s">
-        <v>1886</v>
+        <v>1892</v>
       </c>
       <c r="AJ201" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="AK201" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="202" spans="1:38">
       <c r="A202" t="s">
         <v>238</v>
       </c>
       <c r="B202" t="s">
         <v>534</v>
       </c>
       <c r="C202" t="s">
-        <v>825</v>
+        <v>765</v>
       </c>
       <c r="D202" t="s">
-        <v>1079</v>
+        <v>765</v>
       </c>
       <c r="E202" t="s">
         <v>1139</v>
       </c>
       <c r="F202" t="s">
-        <v>1200</v>
+        <v>1235</v>
       </c>
       <c r="G202" t="s">
-        <v>1301</v>
+        <v>1318</v>
       </c>
       <c r="H202">
         <v>50</v>
       </c>
       <c r="I202">
-        <v>2454400</v>
+        <v>529199.3199999999</v>
       </c>
       <c r="J202" t="s">
         <v>1357</v>
       </c>
       <c r="K202">
-        <v>1227200</v>
+        <v>264379.83</v>
       </c>
       <c r="L202" t="s">
-        <v>1453</v>
+        <v>1435</v>
       </c>
       <c r="M202" t="s">
-        <v>1485</v>
+        <v>1517</v>
       </c>
       <c r="N202">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O202" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="P202" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="Q202" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="R202" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S202" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T202" t="s">
         <v>1591</v>
       </c>
       <c r="U202" t="s">
         <v>1593</v>
       </c>
       <c r="V202" t="s">
         <v>1595</v>
       </c>
       <c r="W202" t="s">
         <v>1598</v>
       </c>
       <c r="Y202">
-        <v>5000</v>
+        <v>9440</v>
       </c>
       <c r="Z202" t="s">
-        <v>1603</v>
+        <v>1614</v>
       </c>
       <c r="AA202" t="s">
-        <v>1645</v>
+        <v>1656</v>
       </c>
       <c r="AD202" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="AG202" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="AH202" t="s">
         <v>1705</v>
       </c>
       <c r="AI202" t="s">
-        <v>1887</v>
+        <v>1837</v>
       </c>
       <c r="AJ202" t="s">
-        <v>2158</v>
+        <v>2106</v>
       </c>
       <c r="AK202" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="203" spans="1:38">
       <c r="A203" t="s">
         <v>239</v>
       </c>
       <c r="B203" t="s">
         <v>535</v>
       </c>
       <c r="C203" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="D203" t="s">
-        <v>826</v>
+        <v>1066</v>
       </c>
       <c r="E203" t="s">
         <v>1139</v>
       </c>
       <c r="F203" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="G203" t="s">
-        <v>1340</v>
+        <v>1295</v>
       </c>
       <c r="H203">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I203">
-        <v>223145</v>
+        <v>2706938</v>
       </c>
       <c r="J203" t="s">
         <v>1357</v>
       </c>
       <c r="K203">
-        <v>11157.25</v>
+        <v>909801.88</v>
       </c>
       <c r="L203" t="s">
-        <v>1462</v>
+        <v>1458</v>
       </c>
       <c r="M203" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="N203">
-        <v>109</v>
+        <v>62</v>
       </c>
       <c r="O203" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
       <c r="P203" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="Q203" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="R203" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S203" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T203" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U203" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V203" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W203" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y203">
-        <v>9440</v>
+        <v>9600</v>
       </c>
       <c r="Z203" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="AA203" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="AD203" t="s">
         <v>1685</v>
       </c>
       <c r="AG203" t="s">
         <v>1695</v>
       </c>
       <c r="AH203" t="s">
         <v>1705</v>
       </c>
       <c r="AI203" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="AJ203" t="s">
-        <v>2159</v>
+        <v>2162</v>
       </c>
       <c r="AK203" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL203">
+        <v>5949</v>
       </c>
     </row>
     <row r="204" spans="1:38">
       <c r="A204" t="s">
         <v>240</v>
       </c>
       <c r="B204" t="s">
         <v>536</v>
       </c>
       <c r="C204" t="s">
-        <v>827</v>
+        <v>738</v>
       </c>
       <c r="D204" t="s">
-        <v>1080</v>
+        <v>999</v>
       </c>
       <c r="E204" t="s">
         <v>1139</v>
       </c>
       <c r="F204" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="G204" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
       <c r="H204">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I204">
-        <v>303212</v>
+        <v>8285017.65</v>
       </c>
       <c r="J204" t="s">
         <v>1357</v>
       </c>
       <c r="K204">
-        <v>181927.2</v>
+        <v>4111025.75</v>
       </c>
       <c r="L204" t="s">
-        <v>1394</v>
+        <v>1361</v>
       </c>
       <c r="M204" t="s">
-        <v>1512</v>
+        <v>1483</v>
       </c>
       <c r="N204">
-        <v>104</v>
+        <v>62</v>
       </c>
       <c r="O204" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
       <c r="P204" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q204" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R204" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S204" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T204" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U204" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V204" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W204" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y204">
-        <v>4600</v>
+        <v>5230</v>
       </c>
       <c r="Z204" t="s">
-        <v>1623</v>
+        <v>1603</v>
       </c>
       <c r="AA204" t="s">
-        <v>1665</v>
+        <v>1645</v>
       </c>
       <c r="AD204" t="s">
-        <v>1691</v>
+        <v>1687</v>
       </c>
       <c r="AG204" t="s">
-        <v>1701</v>
+        <v>1697</v>
       </c>
       <c r="AH204" t="s">
         <v>1705</v>
       </c>
       <c r="AI204" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="AJ204" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="AK204" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="205" spans="1:38">
       <c r="A205" t="s">
         <v>241</v>
       </c>
       <c r="B205" t="s">
         <v>537</v>
       </c>
       <c r="C205" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="D205" t="s">
-        <v>1081</v>
+        <v>1067</v>
       </c>
       <c r="E205" t="s">
         <v>1139</v>
       </c>
       <c r="F205" t="s">
-        <v>1147</v>
+        <v>1261</v>
       </c>
       <c r="G205" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="H205">
         <v>50</v>
       </c>
       <c r="I205">
-        <v>2678000</v>
+        <v>4680000</v>
       </c>
       <c r="J205" t="s">
         <v>1357</v>
       </c>
       <c r="K205">
-        <v>1339000</v>
+        <v>2340000</v>
       </c>
       <c r="L205" t="s">
-        <v>1379</v>
+        <v>1459</v>
       </c>
       <c r="M205" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="N205">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O205" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="P205" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="Q205" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="R205" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S205" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T205" t="s">
         <v>1591</v>
       </c>
       <c r="U205" t="s">
         <v>1593</v>
       </c>
       <c r="V205" t="s">
         <v>1595</v>
       </c>
       <c r="W205" t="s">
         <v>1598</v>
       </c>
       <c r="Y205">
         <v>9000</v>
       </c>
       <c r="Z205" t="s">
         <v>1601</v>
       </c>
       <c r="AA205" t="s">
         <v>1643</v>
       </c>
       <c r="AD205" t="s">
         <v>1685</v>
       </c>
       <c r="AG205" t="s">
         <v>1695</v>
       </c>
       <c r="AH205" t="s">
         <v>1705</v>
       </c>
       <c r="AI205" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="AJ205" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="AK205" t="s">
         <v>2247</v>
+      </c>
+      <c r="AL205">
+        <v>5584</v>
       </c>
     </row>
     <row r="206" spans="1:38">
       <c r="A206" t="s">
         <v>242</v>
       </c>
       <c r="B206" t="s">
         <v>538</v>
       </c>
       <c r="C206" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="D206" t="s">
-        <v>1082</v>
+        <v>826</v>
       </c>
       <c r="E206" t="s">
         <v>1139</v>
       </c>
       <c r="F206" t="s">
-        <v>1150</v>
+        <v>1159</v>
       </c>
       <c r="G206" t="s">
-        <v>1309</v>
+        <v>1303</v>
       </c>
       <c r="H206">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="I206">
-        <v>775734.5700000001</v>
+        <v>1432818.27</v>
       </c>
       <c r="J206" t="s">
         <v>1357</v>
       </c>
       <c r="K206">
-        <v>364000</v>
+        <v>643594.51</v>
       </c>
       <c r="L206" t="s">
-        <v>1446</v>
+        <v>1372</v>
       </c>
       <c r="M206" t="s">
-        <v>1551</v>
+        <v>1494</v>
       </c>
       <c r="N206">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="O206" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="P206" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q206" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R206" t="s">
         <v>1584</v>
       </c>
       <c r="S206" t="s">
         <v>1587</v>
       </c>
       <c r="T206" t="s">
         <v>1590</v>
       </c>
       <c r="U206" t="s">
         <v>1592</v>
       </c>
       <c r="V206" t="s">
         <v>1594</v>
       </c>
       <c r="W206" t="s">
         <v>1597</v>
       </c>
       <c r="Y206">
-        <v>4000</v>
+        <v>9000</v>
       </c>
       <c r="Z206" t="s">
-        <v>1609</v>
+        <v>1601</v>
       </c>
       <c r="AA206" t="s">
-        <v>1651</v>
+        <v>1643</v>
       </c>
       <c r="AD206" t="s">
-        <v>1691</v>
+        <v>1685</v>
       </c>
       <c r="AG206" t="s">
-        <v>1701</v>
+        <v>1695</v>
       </c>
       <c r="AH206" t="s">
         <v>1705</v>
       </c>
       <c r="AI206" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="AJ206" t="s">
-        <v>2162</v>
+        <v>2165</v>
       </c>
       <c r="AK206" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="207" spans="1:38">
       <c r="A207" t="s">
         <v>243</v>
       </c>
       <c r="B207" t="s">
         <v>539</v>
       </c>
       <c r="C207" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="D207" t="s">
-        <v>1083</v>
+        <v>1068</v>
       </c>
       <c r="E207" t="s">
         <v>1139</v>
       </c>
       <c r="F207" t="s">
-        <v>1258</v>
+        <v>1160</v>
       </c>
       <c r="G207" t="s">
-        <v>1295</v>
+        <v>1344</v>
       </c>
       <c r="H207">
         <v>50</v>
       </c>
       <c r="I207">
-        <v>1170000</v>
+        <v>924678.04</v>
       </c>
       <c r="J207" t="s">
         <v>1357</v>
       </c>
       <c r="K207">
-        <v>585000</v>
+        <v>461925.75</v>
       </c>
       <c r="L207" t="s">
-        <v>1371</v>
+        <v>1414</v>
       </c>
       <c r="M207" t="s">
-        <v>1490</v>
+        <v>1481</v>
       </c>
       <c r="N207">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O207" t="s">
         <v>1565</v>
       </c>
       <c r="P207" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="Q207" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="R207" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S207" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T207" t="s">
         <v>1591</v>
       </c>
       <c r="U207" t="s">
         <v>1593</v>
       </c>
       <c r="V207" t="s">
         <v>1595</v>
       </c>
       <c r="W207" t="s">
         <v>1598</v>
       </c>
       <c r="Y207">
-        <v>8000</v>
+        <v>9220</v>
       </c>
       <c r="Z207" t="s">
-        <v>1607</v>
+        <v>1601</v>
       </c>
       <c r="AA207" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
       <c r="AD207" t="s">
-        <v>1690</v>
+        <v>1685</v>
       </c>
       <c r="AG207" t="s">
-        <v>1700</v>
+        <v>1695</v>
       </c>
       <c r="AH207" t="s">
         <v>1705</v>
       </c>
       <c r="AI207" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="AJ207" t="s">
-        <v>2163</v>
+        <v>2166</v>
       </c>
       <c r="AK207" t="s">
         <v>2247</v>
+      </c>
+      <c r="AL207">
+        <v>4856</v>
       </c>
     </row>
     <row r="208" spans="1:38">
       <c r="A208" t="s">
         <v>244</v>
       </c>
       <c r="B208" t="s">
         <v>540</v>
       </c>
       <c r="C208" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="D208" t="s">
-        <v>831</v>
+        <v>1069</v>
       </c>
       <c r="E208" t="s">
         <v>1139</v>
       </c>
       <c r="F208" t="s">
-        <v>1259</v>
+        <v>1142</v>
       </c>
       <c r="G208" t="s">
-        <v>1292</v>
+        <v>1351</v>
       </c>
       <c r="H208">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="I208">
-        <v>1537620.5</v>
+        <v>3792880</v>
       </c>
       <c r="J208" t="s">
         <v>1357</v>
       </c>
       <c r="K208">
-        <v>922572.3</v>
+        <v>1863062.63</v>
       </c>
       <c r="L208" t="s">
-        <v>1373</v>
+        <v>1460</v>
       </c>
       <c r="M208" t="s">
-        <v>1493</v>
+        <v>1483</v>
       </c>
       <c r="N208">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O208" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="P208" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q208" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R208" t="s">
         <v>1584</v>
       </c>
       <c r="S208" t="s">
         <v>1587</v>
       </c>
       <c r="T208" t="s">
         <v>1590</v>
       </c>
       <c r="U208" t="s">
         <v>1592</v>
       </c>
       <c r="V208" t="s">
         <v>1594</v>
       </c>
       <c r="W208" t="s">
         <v>1597</v>
       </c>
       <c r="Y208">
-        <v>4760</v>
+        <v>5230</v>
       </c>
       <c r="Z208" t="s">
-        <v>1610</v>
+        <v>1603</v>
       </c>
       <c r="AA208" t="s">
-        <v>1652</v>
+        <v>1645</v>
       </c>
       <c r="AD208" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="AG208" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="AH208" t="s">
         <v>1705</v>
       </c>
       <c r="AI208" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="AJ208" t="s">
-        <v>2164</v>
+        <v>2167</v>
       </c>
       <c r="AK208" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="209" spans="1:38">
       <c r="A209" t="s">
         <v>245</v>
       </c>
       <c r="B209" t="s">
         <v>541</v>
       </c>
       <c r="C209" t="s">
-        <v>832</v>
+        <v>819</v>
       </c>
       <c r="D209" t="s">
-        <v>832</v>
+        <v>1063</v>
       </c>
       <c r="E209" t="s">
         <v>1139</v>
       </c>
       <c r="F209" t="s">
-        <v>1260</v>
+        <v>1146</v>
       </c>
       <c r="G209" t="s">
-        <v>1341</v>
+        <v>1291</v>
       </c>
       <c r="H209">
         <v>50</v>
       </c>
       <c r="I209">
-        <v>764699</v>
+        <v>2419513.98</v>
       </c>
       <c r="J209" t="s">
         <v>1357</v>
       </c>
       <c r="K209">
-        <v>382349.5</v>
+        <v>1209756.99</v>
       </c>
       <c r="L209" t="s">
-        <v>1463</v>
+        <v>1454</v>
       </c>
       <c r="M209" t="s">
-        <v>1481</v>
+        <v>1546</v>
       </c>
       <c r="N209">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="O209" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="P209" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q209" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R209" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S209" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T209" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U209" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V209" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W209" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y209">
-        <v>9220</v>
+        <v>2300</v>
       </c>
       <c r="Z209" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="AA209" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="AD209" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="AG209" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="AH209" t="s">
         <v>1705</v>
       </c>
       <c r="AI209" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="AJ209" t="s">
-        <v>1894</v>
+        <v>2168</v>
       </c>
       <c r="AK209" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="210" spans="1:38">
       <c r="A210" t="s">
         <v>246</v>
       </c>
       <c r="B210" t="s">
         <v>542</v>
       </c>
       <c r="C210" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="D210" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="E210" t="s">
         <v>1139</v>
       </c>
       <c r="F210" t="s">
-        <v>1156</v>
+        <v>1198</v>
       </c>
       <c r="G210" t="s">
-        <v>1291</v>
+        <v>1313</v>
       </c>
       <c r="H210">
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="I210">
-        <v>1079589.16</v>
+        <v>4213478.12</v>
       </c>
       <c r="J210" t="s">
         <v>1357</v>
       </c>
       <c r="K210">
-        <v>539794.58</v>
+        <v>3370782.5</v>
       </c>
       <c r="L210" t="s">
-        <v>1375</v>
+        <v>1461</v>
       </c>
       <c r="M210" t="s">
-        <v>1496</v>
-[...17 lines deleted...]
-        <v>1588</v>
+        <v>1550</v>
       </c>
       <c r="T210" t="s">
         <v>1591</v>
       </c>
       <c r="U210" t="s">
         <v>1593</v>
       </c>
       <c r="V210" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="W210" t="s">
-        <v>1598</v>
-[...2 lines deleted...]
-        <v>6000</v>
+        <v>1599</v>
       </c>
       <c r="Z210" t="s">
-        <v>1611</v>
+        <v>1629</v>
       </c>
       <c r="AA210" t="s">
-        <v>1653</v>
+        <v>1671</v>
       </c>
       <c r="AD210" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="AG210" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="AH210" t="s">
         <v>1705</v>
       </c>
       <c r="AI210" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
       <c r="AJ210" t="s">
-        <v>2165</v>
-[...2 lines deleted...]
-        <v>2247</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="211" spans="1:38">
       <c r="A211" t="s">
         <v>247</v>
       </c>
       <c r="B211" t="s">
         <v>543</v>
       </c>
       <c r="C211" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D211" t="s">
-        <v>1021</v>
+        <v>1070</v>
       </c>
       <c r="E211" t="s">
         <v>1139</v>
       </c>
       <c r="F211" t="s">
-        <v>1261</v>
+        <v>1150</v>
       </c>
       <c r="G211" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="H211">
         <v>50</v>
       </c>
       <c r="I211">
-        <v>466788.92</v>
+        <v>1820000</v>
       </c>
       <c r="J211" t="s">
         <v>1357</v>
       </c>
       <c r="K211">
-        <v>233394.46</v>
+        <v>910000</v>
       </c>
       <c r="L211" t="s">
-        <v>1386</v>
+        <v>1368</v>
       </c>
       <c r="M211" t="s">
-        <v>1504</v>
+        <v>1490</v>
       </c>
       <c r="N211">
-        <v>108</v>
+        <v>62</v>
       </c>
       <c r="O211" t="s">
-        <v>1570</v>
+        <v>1562</v>
       </c>
       <c r="P211" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q211" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R211" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S211" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T211" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U211" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V211" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W211" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y211">
-        <v>2300</v>
+        <v>6500</v>
       </c>
       <c r="Z211" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="AA211" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="AD211" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="AG211" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="AH211" t="s">
         <v>1705</v>
       </c>
-      <c r="AI211" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AK211" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="212" spans="1:38">
       <c r="A212" t="s">
         <v>248</v>
       </c>
       <c r="B212" t="s">
         <v>544</v>
       </c>
       <c r="C212" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="D212" t="s">
-        <v>1084</v>
+        <v>1071</v>
       </c>
       <c r="E212" t="s">
         <v>1139</v>
       </c>
       <c r="F212" t="s">
-        <v>1262</v>
+        <v>1156</v>
       </c>
       <c r="G212" t="s">
-        <v>1289</v>
+        <v>1318</v>
       </c>
       <c r="H212">
         <v>50</v>
       </c>
       <c r="I212">
-        <v>392313.74</v>
+        <v>3009994</v>
       </c>
       <c r="J212" t="s">
         <v>1357</v>
       </c>
       <c r="K212">
-        <v>196156.87</v>
+        <v>1503705.58</v>
       </c>
       <c r="L212" t="s">
-        <v>1464</v>
+        <v>1437</v>
       </c>
       <c r="M212" t="s">
-        <v>1509</v>
+        <v>1541</v>
       </c>
       <c r="N212">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="O212" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="P212" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q212" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R212" t="s">
         <v>1584</v>
       </c>
       <c r="S212" t="s">
         <v>1587</v>
       </c>
       <c r="T212" t="s">
         <v>1590</v>
       </c>
       <c r="U212" t="s">
         <v>1592</v>
       </c>
       <c r="V212" t="s">
         <v>1594</v>
       </c>
       <c r="W212" t="s">
         <v>1597</v>
       </c>
       <c r="Y212">
-        <v>3700</v>
+        <v>1256</v>
       </c>
       <c r="Z212" t="s">
-        <v>1617</v>
+        <v>1605</v>
       </c>
       <c r="AA212" t="s">
-        <v>1659</v>
+        <v>1647</v>
       </c>
       <c r="AD212" t="s">
-        <v>1659</v>
+        <v>1688</v>
       </c>
       <c r="AG212" t="s">
-        <v>1703</v>
+        <v>1699</v>
       </c>
       <c r="AH212" t="s">
         <v>1705</v>
       </c>
       <c r="AI212" t="s">
-        <v>1896</v>
+        <v>1901</v>
       </c>
       <c r="AJ212" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="AK212" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="213" spans="1:38">
       <c r="A213" t="s">
         <v>249</v>
       </c>
       <c r="B213" t="s">
         <v>545</v>
       </c>
       <c r="C213" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="D213" t="s">
-        <v>1085</v>
+        <v>1072</v>
       </c>
       <c r="E213" t="s">
         <v>1139</v>
       </c>
       <c r="F213" t="s">
-        <v>1151</v>
+        <v>1262</v>
       </c>
       <c r="G213" t="s">
-        <v>1310</v>
+        <v>1303</v>
       </c>
       <c r="H213">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I213">
-        <v>3007909.45</v>
+        <v>3827943.6</v>
       </c>
       <c r="J213" t="s">
         <v>1357</v>
       </c>
       <c r="K213">
-        <v>1503954.66</v>
+        <v>1624962.04</v>
       </c>
       <c r="L213" t="s">
-        <v>1417</v>
+        <v>1382</v>
       </c>
       <c r="M213" t="s">
-        <v>1485</v>
+        <v>1500</v>
       </c>
       <c r="N213">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O213" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P213" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q213" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R213" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S213" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T213" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U213" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V213" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W213" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y213">
-        <v>5000</v>
+        <v>4760</v>
       </c>
       <c r="Z213" t="s">
-        <v>1603</v>
+        <v>1615</v>
       </c>
       <c r="AA213" t="s">
-        <v>1645</v>
+        <v>1657</v>
       </c>
       <c r="AD213" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="AG213" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="AH213" t="s">
         <v>1705</v>
       </c>
       <c r="AI213" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="AJ213" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="AK213" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="214" spans="1:38">
       <c r="A214" t="s">
         <v>250</v>
       </c>
       <c r="B214" t="s">
         <v>546</v>
       </c>
       <c r="C214" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="D214" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="E214" t="s">
         <v>1139</v>
       </c>
       <c r="F214" t="s">
-        <v>1263</v>
+        <v>1170</v>
       </c>
       <c r="G214" t="s">
-        <v>1342</v>
+        <v>1291</v>
       </c>
       <c r="H214">
         <v>50</v>
       </c>
       <c r="I214">
-        <v>1241439.16</v>
+        <v>1279430.88</v>
       </c>
       <c r="J214" t="s">
         <v>1357</v>
       </c>
       <c r="K214">
-        <v>620719.58</v>
+        <v>639715.4399999999</v>
       </c>
       <c r="L214" t="s">
-        <v>1441</v>
+        <v>1408</v>
       </c>
       <c r="M214" t="s">
-        <v>1492</v>
+        <v>1495</v>
       </c>
       <c r="N214">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="O214" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="P214" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q214" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R214" t="s">
         <v>1584</v>
       </c>
       <c r="S214" t="s">
         <v>1587</v>
       </c>
       <c r="T214" t="s">
         <v>1590</v>
       </c>
       <c r="U214" t="s">
         <v>1592</v>
       </c>
       <c r="V214" t="s">
         <v>1594</v>
       </c>
       <c r="W214" t="s">
         <v>1597</v>
       </c>
       <c r="Y214">
-        <v>4000</v>
+        <v>7100</v>
       </c>
       <c r="Z214" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="AA214" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="AD214" t="s">
-        <v>1691</v>
+        <v>1686</v>
       </c>
       <c r="AG214" t="s">
-        <v>1701</v>
+        <v>1696</v>
       </c>
       <c r="AH214" t="s">
         <v>1705</v>
       </c>
       <c r="AI214" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="AJ214" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="AK214" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="215" spans="1:38">
       <c r="A215" t="s">
         <v>251</v>
       </c>
       <c r="B215" t="s">
         <v>547</v>
       </c>
       <c r="C215" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
       <c r="D215" t="s">
-        <v>1086</v>
+        <v>1073</v>
       </c>
       <c r="E215" t="s">
         <v>1139</v>
       </c>
       <c r="F215" t="s">
-        <v>1234</v>
+        <v>1263</v>
       </c>
       <c r="G215" t="s">
-        <v>1329</v>
+        <v>1295</v>
       </c>
       <c r="H215">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="I215">
-        <v>771765.02</v>
+        <v>1114973.08</v>
       </c>
       <c r="J215" t="s">
         <v>1357</v>
       </c>
       <c r="K215">
-        <v>385882.51</v>
+        <v>290121.13</v>
       </c>
       <c r="L215" t="s">
-        <v>1401</v>
+        <v>1379</v>
       </c>
       <c r="M215" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="N215">
         <v>106</v>
       </c>
       <c r="O215" t="s">
         <v>1564</v>
       </c>
       <c r="P215" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q215" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R215" t="s">
         <v>1584</v>
       </c>
       <c r="S215" t="s">
         <v>1587</v>
       </c>
       <c r="T215" t="s">
         <v>1590</v>
       </c>
       <c r="U215" t="s">
         <v>1592</v>
       </c>
       <c r="V215" t="s">
         <v>1594</v>
       </c>
       <c r="W215" t="s">
         <v>1597</v>
       </c>
       <c r="Y215">
-        <v>2100</v>
+        <v>4100</v>
       </c>
       <c r="Z215" t="s">
-        <v>1600</v>
+        <v>1613</v>
       </c>
       <c r="AA215" t="s">
-        <v>1642</v>
+        <v>1655</v>
       </c>
       <c r="AD215" t="s">
         <v>1684</v>
       </c>
       <c r="AG215" t="s">
         <v>1694</v>
       </c>
       <c r="AH215" t="s">
         <v>1705</v>
       </c>
       <c r="AI215" t="s">
-        <v>1899</v>
+        <v>1904</v>
       </c>
       <c r="AJ215" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="AK215" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="216" spans="1:38">
       <c r="A216" t="s">
         <v>252</v>
       </c>
       <c r="B216" t="s">
         <v>548</v>
       </c>
       <c r="C216" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="D216" t="s">
-        <v>839</v>
+        <v>1074</v>
       </c>
       <c r="E216" t="s">
         <v>1139</v>
       </c>
       <c r="F216" t="s">
-        <v>1156</v>
+        <v>1211</v>
       </c>
       <c r="G216" t="s">
         <v>1291</v>
       </c>
       <c r="H216">
         <v>50</v>
       </c>
       <c r="I216">
-        <v>2085088.85</v>
+        <v>943306</v>
       </c>
       <c r="J216" t="s">
         <v>1357</v>
       </c>
       <c r="K216">
-        <v>1042544.49</v>
+        <v>471653</v>
       </c>
       <c r="L216" t="s">
-        <v>1375</v>
+        <v>1411</v>
       </c>
       <c r="M216" t="s">
-        <v>1496</v>
+        <v>1518</v>
       </c>
       <c r="N216">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="O216" t="s">
-        <v>1564</v>
+        <v>1567</v>
       </c>
       <c r="P216" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q216" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R216" t="s">
         <v>1584</v>
       </c>
       <c r="S216" t="s">
         <v>1587</v>
       </c>
       <c r="T216" t="s">
         <v>1590</v>
       </c>
       <c r="U216" t="s">
         <v>1592</v>
       </c>
       <c r="V216" t="s">
         <v>1594</v>
       </c>
       <c r="W216" t="s">
         <v>1597</v>
       </c>
       <c r="Y216">
-        <v>6000</v>
+        <v>9900</v>
       </c>
       <c r="Z216" t="s">
-        <v>1611</v>
+        <v>1626</v>
       </c>
       <c r="AA216" t="s">
-        <v>1653</v>
+        <v>1668</v>
       </c>
       <c r="AD216" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG216" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH216" t="s">
         <v>1705</v>
       </c>
       <c r="AI216" t="s">
-        <v>1900</v>
+        <v>1905</v>
       </c>
       <c r="AJ216" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="AK216" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="217" spans="1:38">
       <c r="A217" t="s">
         <v>253</v>
       </c>
       <c r="B217" t="s">
         <v>549</v>
       </c>
       <c r="C217" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="D217" t="s">
-        <v>1087</v>
+        <v>1075</v>
       </c>
       <c r="E217" t="s">
         <v>1139</v>
       </c>
       <c r="F217" t="s">
-        <v>1204</v>
+        <v>1140</v>
       </c>
       <c r="G217" t="s">
-        <v>1343</v>
+        <v>1352</v>
       </c>
       <c r="H217">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I217">
-        <v>269728.16</v>
+        <v>3430058.45</v>
       </c>
       <c r="J217" t="s">
         <v>1357</v>
       </c>
       <c r="K217">
-        <v>67432.03999999999</v>
+        <v>1715029.29</v>
       </c>
       <c r="L217" t="s">
-        <v>1382</v>
+        <v>1413</v>
       </c>
       <c r="M217" t="s">
-        <v>1485</v>
+        <v>1524</v>
       </c>
       <c r="N217">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O217" t="s">
         <v>1565</v>
       </c>
       <c r="P217" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="Q217" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="R217" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S217" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T217" t="s">
         <v>1591</v>
       </c>
       <c r="U217" t="s">
         <v>1593</v>
       </c>
       <c r="V217" t="s">
         <v>1595</v>
       </c>
       <c r="W217" t="s">
         <v>1598</v>
       </c>
       <c r="Y217">
-        <v>5000</v>
+        <v>2620</v>
       </c>
       <c r="Z217" t="s">
-        <v>1603</v>
+        <v>1629</v>
       </c>
       <c r="AA217" t="s">
-        <v>1645</v>
+        <v>1671</v>
       </c>
       <c r="AD217" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="AG217" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="AH217" t="s">
         <v>1705</v>
       </c>
       <c r="AI217" t="s">
-        <v>1901</v>
+        <v>836</v>
       </c>
       <c r="AJ217" t="s">
-        <v>2171</v>
+        <v>1075</v>
       </c>
       <c r="AK217" t="s">
         <v>2247</v>
+      </c>
+      <c r="AL217">
+        <v>4855</v>
       </c>
     </row>
     <row r="218" spans="1:38">
       <c r="A218" t="s">
         <v>254</v>
       </c>
       <c r="B218" t="s">
         <v>550</v>
       </c>
       <c r="C218" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="D218" t="s">
-        <v>1088</v>
+        <v>1076</v>
       </c>
       <c r="E218" t="s">
         <v>1139</v>
       </c>
       <c r="F218" t="s">
-        <v>1264</v>
+        <v>1155</v>
       </c>
       <c r="G218" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="H218">
         <v>50</v>
       </c>
       <c r="I218">
-        <v>1259124.88</v>
+        <v>2653006.98</v>
       </c>
       <c r="J218" t="s">
         <v>1357</v>
       </c>
       <c r="K218">
-        <v>629562.4399999999</v>
+        <v>1326503.49</v>
       </c>
       <c r="L218" t="s">
-        <v>1446</v>
+        <v>1462</v>
       </c>
       <c r="M218" t="s">
-        <v>1484</v>
+        <v>1503</v>
       </c>
       <c r="N218">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="O218" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="P218" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q218" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R218" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S218" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T218" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U218" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V218" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W218" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y218">
-        <v>2800</v>
+        <v>6400</v>
       </c>
       <c r="Z218" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
       <c r="AA218" t="s">
-        <v>1646</v>
+        <v>1644</v>
       </c>
       <c r="AD218" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="AG218" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
       <c r="AH218" t="s">
         <v>1705</v>
       </c>
       <c r="AI218" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="AJ218" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="AK218" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="219" spans="1:38">
       <c r="A219" t="s">
         <v>255</v>
       </c>
       <c r="B219" t="s">
         <v>551</v>
       </c>
       <c r="C219" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="D219" t="s">
-        <v>981</v>
+        <v>1077</v>
       </c>
       <c r="E219" t="s">
         <v>1139</v>
       </c>
       <c r="F219" t="s">
-        <v>1154</v>
+        <v>1181</v>
       </c>
       <c r="G219" t="s">
-        <v>1286</v>
+        <v>1304</v>
       </c>
       <c r="H219">
         <v>50</v>
       </c>
       <c r="I219">
-        <v>2546545.95</v>
+        <v>546000</v>
       </c>
       <c r="J219" t="s">
         <v>1357</v>
       </c>
       <c r="K219">
-        <v>1273273.04</v>
+        <v>273000</v>
       </c>
       <c r="L219" t="s">
-        <v>1415</v>
+        <v>1370</v>
       </c>
       <c r="M219" t="s">
-        <v>1525</v>
+        <v>1492</v>
       </c>
       <c r="N219">
-        <v>117</v>
+        <v>63</v>
       </c>
       <c r="O219" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="P219" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q219" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R219" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S219" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T219" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U219" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V219" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W219" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y219">
-        <v>7500</v>
+        <v>6000</v>
       </c>
       <c r="Z219" t="s">
-        <v>1630</v>
+        <v>1610</v>
       </c>
       <c r="AA219" t="s">
-        <v>1672</v>
+        <v>1652</v>
       </c>
       <c r="AD219" t="s">
-        <v>1689</v>
+        <v>1686</v>
       </c>
       <c r="AG219" t="s">
-        <v>1699</v>
+        <v>1696</v>
       </c>
       <c r="AH219" t="s">
         <v>1705</v>
       </c>
       <c r="AI219" t="s">
-        <v>1903</v>
+        <v>1907</v>
       </c>
       <c r="AJ219" t="s">
-        <v>2173</v>
+        <v>2176</v>
       </c>
       <c r="AK219" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="220" spans="1:38">
       <c r="A220" t="s">
         <v>256</v>
       </c>
       <c r="B220" t="s">
         <v>552</v>
       </c>
       <c r="C220" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="D220" t="s">
-        <v>1089</v>
+        <v>1078</v>
       </c>
       <c r="E220" t="s">
         <v>1139</v>
       </c>
       <c r="F220" t="s">
-        <v>1265</v>
+        <v>1191</v>
       </c>
       <c r="G220" t="s">
-        <v>1313</v>
+        <v>1345</v>
       </c>
       <c r="H220">
         <v>50</v>
       </c>
       <c r="I220">
-        <v>763932</v>
+        <v>81916.50999999999</v>
       </c>
       <c r="J220" t="s">
         <v>1357</v>
       </c>
       <c r="K220">
-        <v>381966</v>
+        <v>40958.19</v>
       </c>
       <c r="L220" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="M220" t="s">
-        <v>1503</v>
+        <v>1521</v>
       </c>
       <c r="N220">
-        <v>109</v>
+        <v>63</v>
       </c>
       <c r="O220" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
       <c r="P220" t="s">
-        <v>1574</v>
+        <v>1573</v>
       </c>
       <c r="Q220" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="R220" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S220" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T220" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U220" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V220" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W220" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y220">
-        <v>9900</v>
+        <v>3700</v>
       </c>
       <c r="Z220" t="s">
-        <v>1616</v>
+        <v>1604</v>
       </c>
       <c r="AA220" t="s">
-        <v>1658</v>
+        <v>1646</v>
       </c>
       <c r="AD220" t="s">
-        <v>1685</v>
+        <v>1646</v>
       </c>
       <c r="AG220" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="AH220" t="s">
         <v>1705</v>
       </c>
       <c r="AI220" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="AJ220" t="s">
-        <v>2174</v>
+        <v>2177</v>
       </c>
       <c r="AK220" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="221" spans="1:38">
       <c r="A221" t="s">
         <v>257</v>
       </c>
       <c r="B221" t="s">
         <v>553</v>
       </c>
       <c r="C221" t="s">
-        <v>844</v>
+        <v>774</v>
       </c>
       <c r="D221" t="s">
-        <v>1090</v>
+        <v>1027</v>
       </c>
       <c r="E221" t="s">
         <v>1139</v>
       </c>
       <c r="F221" t="s">
-        <v>1195</v>
+        <v>1142</v>
       </c>
       <c r="G221" t="s">
-        <v>1295</v>
+        <v>1318</v>
       </c>
       <c r="H221">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="I221">
-        <v>5158400</v>
+        <v>2159738.36</v>
       </c>
       <c r="J221" t="s">
         <v>1357</v>
       </c>
       <c r="K221">
-        <v>2403681.8</v>
+        <v>1079869.18</v>
       </c>
       <c r="L221" t="s">
-        <v>1400</v>
+        <v>1374</v>
       </c>
       <c r="M221" t="s">
         <v>1483</v>
       </c>
       <c r="N221">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="O221" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="P221" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q221" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R221" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S221" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T221" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U221" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V221" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W221" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y221">
         <v>5230</v>
       </c>
       <c r="Z221" t="s">
         <v>1603</v>
       </c>
       <c r="AA221" t="s">
         <v>1645</v>
       </c>
       <c r="AD221" t="s">
         <v>1687</v>
       </c>
       <c r="AG221" t="s">
         <v>1697</v>
       </c>
       <c r="AH221" t="s">
         <v>1705</v>
       </c>
       <c r="AI221" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="AJ221" t="s">
-        <v>2175</v>
+        <v>2178</v>
       </c>
       <c r="AK221" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>5580</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="222" spans="1:38">
       <c r="A222" t="s">
         <v>258</v>
       </c>
       <c r="B222" t="s">
         <v>554</v>
       </c>
       <c r="C222" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="D222" t="s">
-        <v>1091</v>
+        <v>1079</v>
       </c>
       <c r="E222" t="s">
         <v>1139</v>
       </c>
       <c r="F222" t="s">
-        <v>1266</v>
+        <v>1241</v>
       </c>
       <c r="G222" t="s">
-        <v>1292</v>
+        <v>1310</v>
       </c>
       <c r="H222">
         <v>50</v>
       </c>
       <c r="I222">
-        <v>779992.98</v>
+        <v>1003243.8</v>
       </c>
       <c r="J222" t="s">
         <v>1357</v>
       </c>
       <c r="K222">
-        <v>389996.49</v>
+        <v>501621.9</v>
       </c>
       <c r="L222" t="s">
-        <v>1380</v>
+        <v>1414</v>
       </c>
       <c r="M222" t="s">
-        <v>1499</v>
+        <v>1494</v>
       </c>
       <c r="N222">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O222" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="P222" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="Q222" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="R222" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S222" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T222" t="s">
         <v>1591</v>
       </c>
       <c r="U222" t="s">
         <v>1593</v>
       </c>
       <c r="V222" t="s">
         <v>1595</v>
       </c>
       <c r="W222" t="s">
         <v>1598</v>
       </c>
       <c r="Y222">
-        <v>7400</v>
+        <v>9000</v>
       </c>
       <c r="Z222" t="s">
-        <v>1613</v>
+        <v>1601</v>
       </c>
       <c r="AA222" t="s">
-        <v>1655</v>
+        <v>1643</v>
       </c>
       <c r="AD222" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG222" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH222" t="s">
         <v>1705</v>
       </c>
       <c r="AI222" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
       <c r="AJ222" t="s">
-        <v>2176</v>
+        <v>2179</v>
       </c>
       <c r="AK222" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="223" spans="1:38">
       <c r="A223" t="s">
         <v>259</v>
       </c>
       <c r="B223" t="s">
         <v>555</v>
       </c>
       <c r="C223" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="D223" t="s">
-        <v>846</v>
+        <v>1080</v>
       </c>
       <c r="E223" t="s">
         <v>1139</v>
       </c>
       <c r="F223" t="s">
-        <v>1180</v>
+        <v>1171</v>
       </c>
       <c r="G223" t="s">
-        <v>1292</v>
+        <v>1353</v>
       </c>
       <c r="H223">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="I223">
-        <v>3451038.76</v>
+        <v>31146.05</v>
       </c>
       <c r="J223" t="s">
         <v>1357</v>
       </c>
       <c r="K223">
-        <v>1242373.99</v>
+        <v>15009.28</v>
       </c>
       <c r="L223" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
       <c r="M223" t="s">
-        <v>1483</v>
+        <v>1551</v>
       </c>
       <c r="N223">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O223" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="P223" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q223" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R223" t="s">
         <v>1584</v>
       </c>
       <c r="S223" t="s">
         <v>1587</v>
       </c>
       <c r="T223" t="s">
         <v>1590</v>
       </c>
       <c r="U223" t="s">
         <v>1592</v>
       </c>
       <c r="V223" t="s">
         <v>1594</v>
       </c>
       <c r="W223" t="s">
         <v>1597</v>
       </c>
       <c r="Y223">
-        <v>5230</v>
+        <v>1606</v>
       </c>
       <c r="Z223" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="AA223" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="AD223" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="AG223" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="AH223" t="s">
         <v>1705</v>
       </c>
       <c r="AI223" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
       <c r="AJ223" t="s">
-        <v>2177</v>
+        <v>2180</v>
       </c>
       <c r="AK223" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="224" spans="1:38">
       <c r="A224" t="s">
         <v>260</v>
       </c>
       <c r="B224" t="s">
         <v>556</v>
       </c>
       <c r="C224" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="D224" t="s">
-        <v>1092</v>
+        <v>1081</v>
       </c>
       <c r="E224" t="s">
         <v>1139</v>
       </c>
       <c r="F224" t="s">
-        <v>1153</v>
+        <v>1264</v>
       </c>
       <c r="G224" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="H224">
         <v>50</v>
       </c>
       <c r="I224">
-        <v>2653006.98</v>
+        <v>466788.92</v>
       </c>
       <c r="J224" t="s">
         <v>1357</v>
       </c>
       <c r="K224">
-        <v>1326503.49</v>
+        <v>233394.46</v>
       </c>
       <c r="L224" t="s">
-        <v>1467</v>
+        <v>1454</v>
       </c>
       <c r="M224" t="s">
-        <v>1528</v>
+        <v>1546</v>
       </c>
       <c r="N224">
-        <v>62</v>
+        <v>108</v>
       </c>
       <c r="O224" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="P224" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q224" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R224" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S224" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T224" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U224" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V224" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W224" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y224">
-        <v>6400</v>
+        <v>2300</v>
       </c>
       <c r="Z224" t="s">
-        <v>1631</v>
+        <v>1605</v>
       </c>
       <c r="AA224" t="s">
-        <v>1673</v>
+        <v>1647</v>
       </c>
       <c r="AD224" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="AG224" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="AH224" t="s">
         <v>1705</v>
       </c>
       <c r="AI224" t="s">
-        <v>1908</v>
+        <v>1888</v>
       </c>
       <c r="AJ224" t="s">
-        <v>2178</v>
+        <v>2157</v>
       </c>
       <c r="AK224" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="225" spans="1:37">
+    <row r="225" spans="1:38">
       <c r="A225" t="s">
         <v>261</v>
       </c>
       <c r="B225" t="s">
         <v>557</v>
       </c>
       <c r="C225" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
       <c r="D225" t="s">
-        <v>1093</v>
+        <v>1082</v>
       </c>
       <c r="E225" t="s">
         <v>1139</v>
       </c>
       <c r="F225" t="s">
-        <v>1267</v>
+        <v>1171</v>
       </c>
       <c r="G225" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H225">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I225">
-        <v>2095217.02</v>
+        <v>3171477.79</v>
       </c>
       <c r="J225" t="s">
         <v>1357</v>
       </c>
       <c r="K225">
-        <v>1257130.16</v>
+        <v>1585738.83</v>
       </c>
       <c r="L225" t="s">
-        <v>1431</v>
+        <v>1377</v>
       </c>
       <c r="M225" t="s">
-        <v>1552</v>
+        <v>1493</v>
       </c>
       <c r="N225">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="O225" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="P225" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="Q225" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="R225" t="s">
         <v>1584</v>
       </c>
       <c r="S225" t="s">
         <v>1587</v>
       </c>
       <c r="T225" t="s">
         <v>1590</v>
       </c>
       <c r="U225" t="s">
         <v>1592</v>
       </c>
       <c r="V225" t="s">
         <v>1594</v>
       </c>
       <c r="W225" t="s">
         <v>1597</v>
       </c>
       <c r="Y225">
-        <v>4800</v>
+        <v>5000</v>
       </c>
       <c r="Z225" t="s">
-        <v>1635</v>
+        <v>1603</v>
       </c>
       <c r="AA225" t="s">
-        <v>1677</v>
+        <v>1645</v>
       </c>
       <c r="AD225" t="s">
-        <v>1692</v>
+        <v>1687</v>
       </c>
       <c r="AG225" t="s">
-        <v>1702</v>
+        <v>1697</v>
       </c>
       <c r="AH225" t="s">
         <v>1705</v>
       </c>
       <c r="AI225" t="s">
-        <v>1909</v>
+        <v>1912</v>
       </c>
       <c r="AJ225" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="AK225" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="226" spans="1:37">
+    <row r="226" spans="1:38">
       <c r="A226" t="s">
         <v>262</v>
       </c>
       <c r="B226" t="s">
         <v>558</v>
       </c>
       <c r="C226" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="D226" t="s">
-        <v>1094</v>
+        <v>844</v>
       </c>
       <c r="E226" t="s">
         <v>1139</v>
       </c>
       <c r="F226" t="s">
-        <v>1268</v>
+        <v>1240</v>
       </c>
       <c r="G226" t="s">
-        <v>1336</v>
+        <v>1303</v>
       </c>
       <c r="H226">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="I226">
-        <v>1352000</v>
+        <v>2653956.5</v>
       </c>
       <c r="J226" t="s">
         <v>1357</v>
       </c>
       <c r="K226">
-        <v>455000</v>
+        <v>1326978.25</v>
       </c>
       <c r="L226" t="s">
-        <v>1369</v>
+        <v>1465</v>
       </c>
       <c r="M226" t="s">
-        <v>1495</v>
+        <v>1552</v>
       </c>
       <c r="N226">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="O226" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P226" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q226" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R226" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S226" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T226" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U226" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V226" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W226" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y226">
-        <v>8200</v>
+        <v>1119</v>
       </c>
       <c r="Z226" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="AA226" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
       <c r="AD226" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
       <c r="AG226" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="AH226" t="s">
         <v>1705</v>
       </c>
       <c r="AI226" t="s">
-        <v>1910</v>
+        <v>1913</v>
       </c>
       <c r="AJ226" t="s">
-        <v>2180</v>
+        <v>2182</v>
       </c>
       <c r="AK226" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="227" spans="1:37">
+    <row r="227" spans="1:38">
       <c r="A227" t="s">
         <v>263</v>
       </c>
       <c r="B227" t="s">
         <v>559</v>
       </c>
       <c r="C227" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="D227" t="s">
-        <v>850</v>
+        <v>1083</v>
       </c>
       <c r="E227" t="s">
         <v>1139</v>
       </c>
       <c r="F227" t="s">
-        <v>1177</v>
+        <v>1244</v>
       </c>
       <c r="G227" t="s">
-        <v>1291</v>
+        <v>1308</v>
       </c>
       <c r="H227">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="I227">
-        <v>926640.13</v>
+        <v>5135446.68</v>
       </c>
       <c r="J227" t="s">
         <v>1357</v>
       </c>
       <c r="K227">
-        <v>463320</v>
+        <v>2404852.06</v>
       </c>
       <c r="L227" t="s">
-        <v>1379</v>
+        <v>1441</v>
       </c>
       <c r="M227" t="s">
-        <v>1486</v>
+        <v>1542</v>
       </c>
       <c r="N227">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="O227" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="P227" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q227" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R227" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S227" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T227" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U227" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V227" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W227" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y227">
-        <v>9000</v>
+        <v>1552</v>
       </c>
       <c r="Z227" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="AA227" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="AD227" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="AG227" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="AH227" t="s">
         <v>1705</v>
       </c>
       <c r="AI227" t="s">
-        <v>1911</v>
+        <v>1914</v>
       </c>
       <c r="AJ227" t="s">
-        <v>2181</v>
+        <v>2183</v>
       </c>
       <c r="AK227" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="228" spans="1:37">
+    <row r="228" spans="1:38">
       <c r="A228" t="s">
         <v>264</v>
       </c>
       <c r="B228" t="s">
         <v>560</v>
       </c>
       <c r="C228" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="D228" t="s">
-        <v>1095</v>
+        <v>1084</v>
       </c>
       <c r="E228" t="s">
         <v>1139</v>
       </c>
       <c r="F228" t="s">
-        <v>1215</v>
+        <v>1254</v>
       </c>
       <c r="G228" t="s">
-        <v>1344</v>
+        <v>1350</v>
       </c>
       <c r="H228">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="I228">
-        <v>2734809.35</v>
+        <v>3229596.37</v>
       </c>
       <c r="J228" t="s">
         <v>1357</v>
       </c>
       <c r="K228">
-        <v>1321608.47</v>
+        <v>770802.24</v>
       </c>
       <c r="L228" t="s">
-        <v>1394</v>
+        <v>1388</v>
       </c>
       <c r="M228" t="s">
-        <v>1512</v>
+        <v>1506</v>
       </c>
       <c r="N228">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O228" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P228" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q228" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R228" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S228" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T228" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U228" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V228" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W228" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y228">
-        <v>4600</v>
+        <v>8200</v>
       </c>
       <c r="Z228" t="s">
-        <v>1623</v>
+        <v>1619</v>
       </c>
       <c r="AA228" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="AD228" t="s">
-        <v>1691</v>
+        <v>1690</v>
       </c>
       <c r="AG228" t="s">
         <v>1701</v>
       </c>
       <c r="AH228" t="s">
         <v>1705</v>
       </c>
       <c r="AI228" t="s">
-        <v>1912</v>
+        <v>1915</v>
       </c>
       <c r="AJ228" t="s">
-        <v>2182</v>
+        <v>2184</v>
       </c>
       <c r="AK228" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="229" spans="1:37">
+    <row r="229" spans="1:38">
       <c r="A229" t="s">
         <v>265</v>
       </c>
       <c r="B229" t="s">
         <v>561</v>
       </c>
       <c r="C229" t="s">
-        <v>675</v>
+        <v>847</v>
       </c>
       <c r="D229" t="s">
-        <v>951</v>
+        <v>1085</v>
       </c>
       <c r="E229" t="s">
         <v>1139</v>
       </c>
       <c r="F229" t="s">
-        <v>1181</v>
+        <v>1231</v>
       </c>
       <c r="G229" t="s">
-        <v>1306</v>
+        <v>1295</v>
       </c>
       <c r="H229">
         <v>50</v>
       </c>
       <c r="I229">
-        <v>9127782.82</v>
+        <v>4030000</v>
       </c>
       <c r="J229" t="s">
         <v>1357</v>
       </c>
       <c r="K229">
-        <v>4563891.41</v>
+        <v>2015000</v>
       </c>
       <c r="L229" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="M229" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="N229">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="O229" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="P229" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q229" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R229" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S229" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T229" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U229" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V229" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W229" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y229">
-        <v>7400</v>
+        <v>8200</v>
       </c>
       <c r="Z229" t="s">
-        <v>1613</v>
+        <v>1619</v>
       </c>
       <c r="AA229" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="AD229" t="s">
-        <v>1689</v>
+        <v>1690</v>
       </c>
       <c r="AG229" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="AH229" t="s">
         <v>1705</v>
       </c>
       <c r="AI229" t="s">
-        <v>1749</v>
+        <v>1916</v>
       </c>
       <c r="AJ229" t="s">
-        <v>2019</v>
+        <v>2185</v>
       </c>
       <c r="AK229" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="230" spans="1:37">
+    <row r="230" spans="1:38">
       <c r="A230" t="s">
         <v>266</v>
       </c>
       <c r="B230" t="s">
         <v>562</v>
       </c>
       <c r="C230" t="s">
-        <v>772</v>
+        <v>848</v>
       </c>
       <c r="D230" t="s">
-        <v>1030</v>
+        <v>1086</v>
       </c>
       <c r="E230" t="s">
         <v>1139</v>
       </c>
       <c r="F230" t="s">
-        <v>1235</v>
+        <v>1265</v>
       </c>
       <c r="G230" t="s">
-        <v>1332</v>
+        <v>1354</v>
       </c>
       <c r="H230">
         <v>50</v>
       </c>
       <c r="I230">
-        <v>3995911.53</v>
+        <v>288663.44</v>
       </c>
       <c r="J230" t="s">
         <v>1357</v>
       </c>
       <c r="K230">
-        <v>1997955.83</v>
+        <v>144331.72</v>
       </c>
       <c r="L230" t="s">
-        <v>1380</v>
+        <v>1466</v>
       </c>
       <c r="M230" t="s">
-        <v>1499</v>
+        <v>1481</v>
       </c>
       <c r="N230">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="O230" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="P230" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q230" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R230" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S230" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T230" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U230" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V230" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W230" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y230">
-        <v>7400</v>
+        <v>9220</v>
       </c>
       <c r="Z230" t="s">
-        <v>1613</v>
+        <v>1601</v>
       </c>
       <c r="AA230" t="s">
-        <v>1655</v>
+        <v>1643</v>
       </c>
       <c r="AD230" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG230" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH230" t="s">
         <v>1705</v>
       </c>
       <c r="AI230" t="s">
-        <v>1840</v>
+        <v>1917</v>
       </c>
       <c r="AJ230" t="s">
-        <v>2111</v>
+        <v>2186</v>
       </c>
       <c r="AK230" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="231" spans="1:37">
+    <row r="231" spans="1:38">
       <c r="A231" t="s">
         <v>267</v>
       </c>
       <c r="B231" t="s">
         <v>563</v>
       </c>
       <c r="C231" t="s">
-        <v>640</v>
+        <v>849</v>
       </c>
       <c r="D231" t="s">
-        <v>920</v>
+        <v>849</v>
       </c>
       <c r="E231" t="s">
         <v>1139</v>
       </c>
       <c r="F231" t="s">
-        <v>1173</v>
+        <v>1266</v>
       </c>
       <c r="G231" t="s">
-        <v>1301</v>
+        <v>1355</v>
       </c>
       <c r="H231">
         <v>50</v>
       </c>
       <c r="I231">
-        <v>476840</v>
+        <v>3801200</v>
       </c>
       <c r="J231" t="s">
         <v>1357</v>
       </c>
       <c r="K231">
-        <v>238420</v>
+        <v>1900600</v>
       </c>
       <c r="L231" t="s">
-        <v>1396</v>
+        <v>1467</v>
       </c>
       <c r="M231" t="s">
-        <v>1514</v>
+        <v>1506</v>
       </c>
       <c r="N231">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="O231" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="P231" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q231" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R231" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S231" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T231" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U231" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V231" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W231" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y231">
-        <v>1256</v>
+        <v>8200</v>
       </c>
       <c r="Z231" t="s">
-        <v>1600</v>
+        <v>1619</v>
       </c>
       <c r="AA231" t="s">
-        <v>1642</v>
+        <v>1661</v>
       </c>
       <c r="AD231" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="AG231" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="AH231" t="s">
         <v>1705</v>
       </c>
       <c r="AI231" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="AJ231" t="s">
-        <v>2183</v>
+        <v>2187</v>
       </c>
       <c r="AK231" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL231">
+        <v>5708</v>
       </c>
     </row>
-    <row r="232" spans="1:37">
+    <row r="232" spans="1:38">
       <c r="A232" t="s">
         <v>268</v>
       </c>
       <c r="B232" t="s">
         <v>564</v>
       </c>
       <c r="C232" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="D232" t="s">
-        <v>1096</v>
+        <v>1087</v>
       </c>
       <c r="E232" t="s">
         <v>1139</v>
       </c>
       <c r="F232" t="s">
-        <v>1144</v>
+        <v>1239</v>
       </c>
       <c r="G232" t="s">
-        <v>1311</v>
+        <v>1304</v>
       </c>
       <c r="H232">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="I232">
-        <v>2005131.7</v>
+        <v>1755000</v>
       </c>
       <c r="J232" t="s">
         <v>1357</v>
       </c>
       <c r="K232">
-        <v>1001000</v>
+        <v>584941.5</v>
       </c>
       <c r="L232" t="s">
-        <v>1401</v>
+        <v>1468</v>
       </c>
       <c r="M232" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="N232">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O232" t="s">
         <v>1562</v>
       </c>
       <c r="P232" t="s">
         <v>1573</v>
       </c>
       <c r="Q232" t="s">
         <v>1579</v>
       </c>
       <c r="R232" t="s">
         <v>1585</v>
       </c>
       <c r="S232" t="s">
         <v>1588</v>
       </c>
       <c r="T232" t="s">
         <v>1591</v>
       </c>
       <c r="U232" t="s">
         <v>1593</v>
       </c>
       <c r="V232" t="s">
         <v>1595</v>
       </c>
       <c r="W232" t="s">
         <v>1598</v>
       </c>
       <c r="Y232">
-        <v>2100</v>
+        <v>8200</v>
       </c>
       <c r="Z232" t="s">
-        <v>1600</v>
+        <v>1619</v>
       </c>
       <c r="AA232" t="s">
-        <v>1642</v>
+        <v>1661</v>
       </c>
       <c r="AD232" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="AG232" t="s">
-        <v>1694</v>
+        <v>1701</v>
       </c>
       <c r="AH232" t="s">
         <v>1705</v>
       </c>
       <c r="AI232" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="AJ232" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
       <c r="AK232" t="s">
         <v>2247</v>
       </c>
+      <c r="AL232">
+        <v>5447</v>
+      </c>
     </row>
-    <row r="233" spans="1:37">
+    <row r="233" spans="1:38">
       <c r="A233" t="s">
         <v>269</v>
       </c>
       <c r="B233" t="s">
         <v>565</v>
       </c>
       <c r="C233" t="s">
-        <v>853</v>
+        <v>851</v>
       </c>
       <c r="D233" t="s">
-        <v>1097</v>
+        <v>1088</v>
       </c>
       <c r="E233" t="s">
         <v>1139</v>
       </c>
       <c r="F233" t="s">
-        <v>1141</v>
+        <v>1147</v>
       </c>
       <c r="G233" t="s">
-        <v>1345</v>
+        <v>1288</v>
       </c>
       <c r="H233">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I233">
-        <v>1828205.86</v>
+        <v>2454400</v>
       </c>
       <c r="J233" t="s">
         <v>1357</v>
       </c>
       <c r="K233">
-        <v>658154.12</v>
+        <v>1227200</v>
       </c>
       <c r="L233" t="s">
-        <v>1378</v>
+        <v>1469</v>
       </c>
       <c r="M233" t="s">
-        <v>1498</v>
+        <v>1493</v>
       </c>
       <c r="N233">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="O233" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="P233" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="Q233" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="R233" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S233" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T233" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U233" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V233" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W233" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y233">
-        <v>9760</v>
+        <v>5000</v>
       </c>
       <c r="Z233" t="s">
-        <v>1612</v>
+        <v>1603</v>
       </c>
       <c r="AA233" t="s">
-        <v>1654</v>
+        <v>1645</v>
       </c>
       <c r="AD233" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="AG233" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="AH233" t="s">
         <v>1705</v>
       </c>
       <c r="AI233" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="AJ233" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="AK233" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="234" spans="1:37">
+    <row r="234" spans="1:38">
       <c r="A234" t="s">
         <v>270</v>
       </c>
       <c r="B234" t="s">
         <v>566</v>
       </c>
       <c r="C234" t="s">
-        <v>854</v>
+        <v>852</v>
       </c>
       <c r="D234" t="s">
-        <v>854</v>
+        <v>1089</v>
       </c>
       <c r="E234" t="s">
         <v>1139</v>
       </c>
       <c r="F234" t="s">
-        <v>1269</v>
+        <v>1267</v>
       </c>
       <c r="G234" t="s">
-        <v>1346</v>
+        <v>1342</v>
       </c>
       <c r="H234">
-        <v>50</v>
+        <v>32</v>
       </c>
       <c r="I234">
-        <v>585009.62</v>
+        <v>2216899.1</v>
       </c>
       <c r="J234" t="s">
         <v>1357</v>
       </c>
       <c r="K234">
-        <v>292504.81</v>
+        <v>715071.63</v>
       </c>
       <c r="L234" t="s">
-        <v>1417</v>
+        <v>1412</v>
       </c>
       <c r="M234" t="s">
-        <v>1485</v>
+        <v>1523</v>
       </c>
       <c r="N234">
-        <v>106</v>
+        <v>62</v>
       </c>
       <c r="O234" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="P234" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q234" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R234" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S234" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T234" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U234" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V234" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W234" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y234">
-        <v>5000</v>
+        <v>8830</v>
       </c>
       <c r="Z234" t="s">
-        <v>1603</v>
+        <v>1617</v>
       </c>
       <c r="AA234" t="s">
-        <v>1645</v>
+        <v>1659</v>
       </c>
       <c r="AD234" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="AG234" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
       <c r="AH234" t="s">
         <v>1705</v>
       </c>
       <c r="AI234" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="AJ234" t="s">
-        <v>2186</v>
+        <v>2190</v>
       </c>
       <c r="AK234" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="235" spans="1:37">
+    <row r="235" spans="1:38">
       <c r="A235" t="s">
         <v>271</v>
       </c>
       <c r="B235" t="s">
         <v>567</v>
       </c>
       <c r="C235" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="D235" t="s">
-        <v>1098</v>
+        <v>1090</v>
       </c>
       <c r="E235" t="s">
         <v>1139</v>
       </c>
       <c r="F235" t="s">
-        <v>1177</v>
+        <v>1251</v>
       </c>
       <c r="G235" t="s">
-        <v>1291</v>
+        <v>1343</v>
       </c>
       <c r="H235">
         <v>50</v>
       </c>
       <c r="I235">
-        <v>407852.12</v>
+        <v>1641380</v>
       </c>
       <c r="J235" t="s">
         <v>1357</v>
       </c>
       <c r="K235">
-        <v>203926.06</v>
+        <v>820690</v>
       </c>
       <c r="L235" t="s">
-        <v>1366</v>
+        <v>1448</v>
       </c>
       <c r="M235" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="N235">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="O235" t="s">
-        <v>1569</v>
+        <v>1562</v>
       </c>
       <c r="P235" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q235" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R235" t="s">
         <v>1585</v>
       </c>
       <c r="S235" t="s">
         <v>1588</v>
       </c>
       <c r="T235" t="s">
         <v>1591</v>
       </c>
       <c r="U235" t="s">
         <v>1593</v>
       </c>
       <c r="V235" t="s">
         <v>1595</v>
       </c>
       <c r="W235" t="s">
         <v>1598</v>
       </c>
       <c r="Y235">
-        <v>8830</v>
+        <v>5000</v>
       </c>
       <c r="Z235" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="AA235" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
       <c r="AD235" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="AG235" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="AH235" t="s">
         <v>1705</v>
       </c>
       <c r="AI235" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="AJ235" t="s">
-        <v>2187</v>
+        <v>2191</v>
       </c>
       <c r="AK235" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="236" spans="1:37">
+    <row r="236" spans="1:38">
       <c r="A236" t="s">
         <v>272</v>
       </c>
       <c r="B236" t="s">
         <v>568</v>
       </c>
       <c r="C236" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="D236" t="s">
-        <v>856</v>
+        <v>1091</v>
       </c>
       <c r="E236" t="s">
         <v>1139</v>
       </c>
       <c r="F236" t="s">
-        <v>1270</v>
+        <v>1234</v>
       </c>
       <c r="G236" t="s">
-        <v>1334</v>
+        <v>1292</v>
       </c>
       <c r="H236">
         <v>50</v>
       </c>
       <c r="I236">
-        <v>1906321.82</v>
+        <v>2733859.18</v>
       </c>
       <c r="J236" t="s">
         <v>1357</v>
       </c>
       <c r="K236">
-        <v>953160.91</v>
+        <v>1366929.59</v>
       </c>
       <c r="L236" t="s">
-        <v>1395</v>
+        <v>1363</v>
       </c>
       <c r="M236" t="s">
-        <v>1553</v>
+        <v>1485</v>
       </c>
       <c r="N236">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="O236" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="P236" t="s">
         <v>1574</v>
       </c>
       <c r="Q236" t="s">
         <v>1580</v>
       </c>
       <c r="R236" t="s">
         <v>1584</v>
       </c>
       <c r="S236" t="s">
         <v>1587</v>
       </c>
       <c r="T236" t="s">
         <v>1590</v>
       </c>
       <c r="U236" t="s">
         <v>1592</v>
       </c>
       <c r="V236" t="s">
         <v>1594</v>
       </c>
       <c r="W236" t="s">
         <v>1597</v>
       </c>
       <c r="Y236">
-        <v>2400</v>
+        <v>2100</v>
       </c>
       <c r="Z236" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="AA236" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="AD236" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="AG236" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="AH236" t="s">
         <v>1705</v>
       </c>
       <c r="AI236" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="AJ236" t="s">
-        <v>2188</v>
+        <v>2192</v>
       </c>
       <c r="AK236" t="s">
         <v>2246</v>
       </c>
     </row>
-    <row r="237" spans="1:37">
+    <row r="237" spans="1:38">
       <c r="A237" t="s">
         <v>273</v>
       </c>
       <c r="B237" t="s">
         <v>569</v>
       </c>
       <c r="C237" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="D237" t="s">
-        <v>857</v>
+        <v>1092</v>
       </c>
       <c r="E237" t="s">
         <v>1139</v>
       </c>
       <c r="F237" t="s">
-        <v>1207</v>
+        <v>1157</v>
       </c>
       <c r="G237" t="s">
-        <v>1347</v>
+        <v>1291</v>
       </c>
       <c r="H237">
         <v>50</v>
       </c>
       <c r="I237">
-        <v>1685276.45</v>
+        <v>1195639.12</v>
       </c>
       <c r="J237" t="s">
         <v>1357</v>
       </c>
       <c r="K237">
-        <v>844996.1</v>
+        <v>597819.5600000001</v>
       </c>
       <c r="L237" t="s">
-        <v>1366</v>
+        <v>1470</v>
       </c>
       <c r="M237" t="s">
-        <v>1487</v>
+        <v>1553</v>
       </c>
       <c r="N237">
         <v>62</v>
       </c>
       <c r="O237" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="P237" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q237" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R237" t="s">
         <v>1585</v>
       </c>
       <c r="S237" t="s">
         <v>1588</v>
       </c>
       <c r="T237" t="s">
         <v>1591</v>
       </c>
       <c r="U237" t="s">
         <v>1593</v>
       </c>
       <c r="V237" t="s">
         <v>1595</v>
       </c>
       <c r="W237" t="s">
         <v>1598</v>
       </c>
       <c r="Y237">
-        <v>8830</v>
+        <v>9560</v>
       </c>
       <c r="Z237" t="s">
-        <v>1605</v>
+        <v>1639</v>
       </c>
       <c r="AA237" t="s">
-        <v>1647</v>
+        <v>1681</v>
       </c>
       <c r="AD237" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG237" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH237" t="s">
         <v>1705</v>
       </c>
       <c r="AI237" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="AJ237" t="s">
-        <v>2189</v>
+        <v>2193</v>
       </c>
       <c r="AK237" t="s">
         <v>2247</v>
       </c>
     </row>
-    <row r="238" spans="1:37">
+    <row r="238" spans="1:38">
       <c r="A238" t="s">
         <v>274</v>
       </c>
       <c r="B238" t="s">
         <v>570</v>
       </c>
       <c r="C238" t="s">
-        <v>858</v>
+        <v>856</v>
       </c>
       <c r="D238" t="s">
-        <v>1099</v>
+        <v>1093</v>
       </c>
       <c r="E238" t="s">
         <v>1139</v>
       </c>
       <c r="F238" t="s">
-        <v>1140</v>
+        <v>1157</v>
       </c>
       <c r="G238" t="s">
-        <v>1348</v>
+        <v>1291</v>
       </c>
       <c r="H238">
         <v>50</v>
       </c>
       <c r="I238">
-        <v>525525</v>
+        <v>5369000</v>
       </c>
       <c r="J238" t="s">
         <v>1357</v>
       </c>
       <c r="K238">
-        <v>262762.5</v>
+        <v>2684500</v>
       </c>
       <c r="L238" t="s">
-        <v>1468</v>
+        <v>1406</v>
       </c>
       <c r="M238" t="s">
-        <v>1506</v>
+        <v>1513</v>
       </c>
       <c r="N238">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="O238" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="P238" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q238" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R238" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S238" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T238" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U238" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V238" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W238" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y238">
-        <v>9600</v>
+        <v>8000</v>
       </c>
       <c r="Z238" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="AA238" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="AD238" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="AG238" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="AH238" t="s">
         <v>1705</v>
       </c>
       <c r="AI238" t="s">
-        <v>1920</v>
+        <v>1925</v>
       </c>
       <c r="AJ238" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="AK238" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
-    <row r="239" spans="1:37">
+    <row r="239" spans="1:38">
       <c r="A239" t="s">
         <v>275</v>
       </c>
       <c r="B239" t="s">
         <v>571</v>
       </c>
       <c r="C239" t="s">
-        <v>859</v>
+        <v>857</v>
       </c>
       <c r="D239" t="s">
-        <v>1100</v>
+        <v>1094</v>
       </c>
       <c r="E239" t="s">
         <v>1139</v>
       </c>
       <c r="F239" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="G239" t="s">
-        <v>1349</v>
+        <v>1314</v>
       </c>
       <c r="H239">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I239">
-        <v>5281354</v>
+        <v>2243814.69</v>
       </c>
       <c r="J239" t="s">
         <v>1357</v>
       </c>
       <c r="K239">
-        <v>2640677</v>
+        <v>1346288.84</v>
       </c>
       <c r="L239" t="s">
-        <v>1469</v>
+        <v>1442</v>
       </c>
       <c r="M239" t="s">
-        <v>1486</v>
+        <v>1543</v>
       </c>
       <c r="N239">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="O239" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="P239" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q239" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R239" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S239" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T239" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U239" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V239" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W239" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y239">
-        <v>9000</v>
+        <v>1165</v>
       </c>
       <c r="Z239" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="AA239" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="AD239" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="AG239" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="AH239" t="s">
         <v>1705</v>
       </c>
       <c r="AI239" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="AJ239" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="AK239" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
-    <row r="240" spans="1:37">
+    <row r="240" spans="1:38">
       <c r="A240" t="s">
         <v>276</v>
       </c>
       <c r="B240" t="s">
         <v>572</v>
       </c>
       <c r="C240" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="D240" t="s">
-        <v>860</v>
+        <v>1095</v>
       </c>
       <c r="E240" t="s">
         <v>1139</v>
       </c>
       <c r="F240" t="s">
-        <v>1205</v>
+        <v>1269</v>
       </c>
       <c r="G240" t="s">
-        <v>1350</v>
+        <v>1303</v>
       </c>
       <c r="H240">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I240">
-        <v>971022</v>
+        <v>789690.2</v>
       </c>
       <c r="J240" t="s">
         <v>1357</v>
       </c>
       <c r="K240">
-        <v>394511</v>
+        <v>394845.1</v>
       </c>
       <c r="L240" t="s">
-        <v>1359</v>
+        <v>1439</v>
       </c>
       <c r="M240" t="s">
-        <v>1481</v>
+        <v>1495</v>
       </c>
       <c r="N240">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O240" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P240" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q240" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R240" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S240" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T240" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U240" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V240" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W240" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y240">
-        <v>9220</v>
+        <v>7100</v>
       </c>
       <c r="Z240" t="s">
-        <v>1601</v>
+        <v>1611</v>
       </c>
       <c r="AA240" t="s">
-        <v>1643</v>
+        <v>1653</v>
       </c>
       <c r="AD240" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AG240" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AH240" t="s">
         <v>1705</v>
       </c>
       <c r="AI240" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="AJ240" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
       <c r="AK240" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="241" spans="1:38">
       <c r="A241" t="s">
         <v>277</v>
       </c>
       <c r="B241" t="s">
         <v>573</v>
       </c>
       <c r="C241" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="D241" t="s">
-        <v>1101</v>
+        <v>1096</v>
       </c>
       <c r="E241" t="s">
         <v>1139</v>
       </c>
       <c r="F241" t="s">
-        <v>1264</v>
+        <v>1192</v>
       </c>
       <c r="G241" t="s">
-        <v>1291</v>
+        <v>1311</v>
       </c>
       <c r="H241">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I241">
-        <v>1595570.21</v>
+        <v>1387696.44</v>
       </c>
       <c r="J241" t="s">
         <v>1357</v>
       </c>
       <c r="K241">
-        <v>797785.17</v>
+        <v>673726.5600000001</v>
       </c>
       <c r="L241" t="s">
-        <v>1367</v>
+        <v>1388</v>
       </c>
       <c r="M241" t="s">
-        <v>1488</v>
+        <v>1506</v>
       </c>
       <c r="N241">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="O241" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="P241" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="Q241" t="s">
-        <v>1583</v>
+        <v>1582</v>
       </c>
       <c r="R241" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S241" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T241" t="s">
         <v>1591</v>
       </c>
       <c r="U241" t="s">
         <v>1593</v>
       </c>
       <c r="V241" t="s">
         <v>1595</v>
       </c>
       <c r="W241" t="s">
         <v>1598</v>
       </c>
       <c r="Y241">
-        <v>2620</v>
+        <v>8200</v>
       </c>
       <c r="Z241" t="s">
-        <v>1606</v>
+        <v>1619</v>
       </c>
       <c r="AA241" t="s">
-        <v>1648</v>
+        <v>1661</v>
       </c>
       <c r="AD241" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="AG241" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="AH241" t="s">
         <v>1705</v>
       </c>
       <c r="AI241" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
       <c r="AJ241" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
       <c r="AK241" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>5987</v>
       </c>
     </row>
     <row r="242" spans="1:38">
       <c r="A242" t="s">
         <v>278</v>
       </c>
       <c r="B242" t="s">
         <v>574</v>
       </c>
       <c r="C242" t="s">
-        <v>862</v>
+        <v>860</v>
       </c>
       <c r="D242" t="s">
-        <v>1102</v>
+        <v>1097</v>
       </c>
       <c r="E242" t="s">
         <v>1139</v>
       </c>
       <c r="F242" t="s">
-        <v>1189</v>
+        <v>1146</v>
       </c>
       <c r="G242" t="s">
-        <v>1302</v>
+        <v>1291</v>
       </c>
       <c r="H242">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I242">
-        <v>559704.21</v>
+        <v>4458454.52</v>
       </c>
       <c r="J242" t="s">
         <v>1357</v>
       </c>
       <c r="K242">
-        <v>279852.17</v>
+        <v>2675072.79</v>
       </c>
       <c r="L242" t="s">
-        <v>1364</v>
+        <v>1358</v>
       </c>
       <c r="M242" t="s">
-        <v>1481</v>
+        <v>1480</v>
       </c>
       <c r="N242">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="O242" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="P242" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q242" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R242" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S242" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T242" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U242" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V242" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W242" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y242">
-        <v>9220</v>
+        <v>4800</v>
       </c>
       <c r="Z242" t="s">
-        <v>1601</v>
+        <v>1600</v>
       </c>
       <c r="AA242" t="s">
-        <v>1643</v>
+        <v>1642</v>
       </c>
       <c r="AD242" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG242" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH242" t="s">
         <v>1705</v>
       </c>
       <c r="AI242" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="AJ242" t="s">
-        <v>2194</v>
+        <v>2198</v>
       </c>
       <c r="AK242" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="243" spans="1:38">
       <c r="A243" t="s">
         <v>279</v>
       </c>
       <c r="B243" t="s">
         <v>575</v>
       </c>
       <c r="C243" t="s">
-        <v>863</v>
+        <v>861</v>
       </c>
       <c r="D243" t="s">
-        <v>863</v>
+        <v>1098</v>
       </c>
       <c r="E243" t="s">
         <v>1139</v>
       </c>
       <c r="F243" t="s">
-        <v>1223</v>
+        <v>1159</v>
       </c>
       <c r="G243" t="s">
-        <v>1170</v>
+        <v>1303</v>
       </c>
       <c r="H243">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="I243">
-        <v>261789.32</v>
+        <v>2308608.64</v>
       </c>
       <c r="J243" t="s">
         <v>1357</v>
       </c>
       <c r="K243">
-        <v>33841.21</v>
+        <v>1154304.32</v>
       </c>
       <c r="L243" t="s">
-        <v>1400</v>
+        <v>1471</v>
       </c>
       <c r="M243" t="s">
-        <v>1483</v>
+        <v>1554</v>
       </c>
       <c r="N243">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="O243" t="s">
-        <v>1566</v>
+        <v>1561</v>
       </c>
       <c r="P243" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q243" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R243" t="s">
         <v>1584</v>
       </c>
       <c r="S243" t="s">
         <v>1587</v>
       </c>
       <c r="T243" t="s">
         <v>1590</v>
       </c>
       <c r="U243" t="s">
         <v>1592</v>
       </c>
       <c r="V243" t="s">
         <v>1594</v>
       </c>
       <c r="W243" t="s">
         <v>1597</v>
       </c>
       <c r="Y243">
-        <v>5230</v>
+        <v>8500</v>
       </c>
       <c r="Z243" t="s">
-        <v>1603</v>
+        <v>1640</v>
       </c>
       <c r="AA243" t="s">
-        <v>1645</v>
+        <v>1682</v>
       </c>
       <c r="AD243" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="AG243" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="AH243" t="s">
         <v>1705</v>
       </c>
       <c r="AI243" t="s">
-        <v>1925</v>
+        <v>1930</v>
       </c>
       <c r="AJ243" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
       <c r="AK243" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="244" spans="1:38">
       <c r="A244" t="s">
         <v>280</v>
       </c>
       <c r="B244" t="s">
         <v>576</v>
       </c>
       <c r="C244" t="s">
-        <v>635</v>
+        <v>862</v>
       </c>
       <c r="D244" t="s">
-        <v>916</v>
+        <v>1099</v>
       </c>
       <c r="E244" t="s">
         <v>1139</v>
       </c>
       <c r="F244" t="s">
-        <v>1145</v>
+        <v>1214</v>
       </c>
       <c r="G244" t="s">
-        <v>1290</v>
+        <v>1321</v>
       </c>
       <c r="H244">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="I244">
-        <v>2084723.55</v>
+        <v>677735.24</v>
       </c>
       <c r="J244" t="s">
         <v>1357</v>
       </c>
       <c r="K244">
-        <v>722941.4399999999</v>
+        <v>201888.18</v>
       </c>
       <c r="L244" t="s">
-        <v>1363</v>
+        <v>1369</v>
       </c>
       <c r="M244" t="s">
-        <v>1485</v>
+        <v>1491</v>
       </c>
       <c r="N244">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="O244" t="s">
         <v>1566</v>
       </c>
       <c r="P244" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q244" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R244" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S244" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T244" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U244" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V244" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W244" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y244">
-        <v>5000</v>
+        <v>8700</v>
       </c>
       <c r="Z244" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
       <c r="AA244" t="s">
-        <v>1645</v>
+        <v>1651</v>
       </c>
       <c r="AD244" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="AG244" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="AH244" t="s">
         <v>1705</v>
       </c>
       <c r="AI244" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="AJ244" t="s">
-        <v>2196</v>
+        <v>2200</v>
       </c>
       <c r="AK244" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="245" spans="1:38">
       <c r="A245" t="s">
         <v>281</v>
       </c>
       <c r="B245" t="s">
         <v>577</v>
       </c>
       <c r="C245" t="s">
-        <v>864</v>
+        <v>863</v>
       </c>
       <c r="D245" t="s">
-        <v>864</v>
+        <v>1100</v>
       </c>
       <c r="E245" t="s">
         <v>1139</v>
       </c>
       <c r="F245" t="s">
-        <v>1272</v>
+        <v>1234</v>
       </c>
       <c r="G245" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="H245">
         <v>50</v>
       </c>
       <c r="I245">
-        <v>1011282.22</v>
+        <v>5674985.03</v>
       </c>
       <c r="J245" t="s">
         <v>1357</v>
       </c>
       <c r="K245">
-        <v>505641.11</v>
+        <v>2809217.45</v>
       </c>
       <c r="L245" t="s">
-        <v>1470</v>
+        <v>1442</v>
       </c>
       <c r="M245" t="s">
-        <v>1485</v>
+        <v>1543</v>
       </c>
       <c r="N245">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="O245" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="P245" t="s">
-        <v>1576</v>
+        <v>1572</v>
       </c>
       <c r="Q245" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="R245" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S245" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T245" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U245" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V245" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W245" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y245">
-        <v>5000</v>
+        <v>1165</v>
       </c>
       <c r="Z245" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="AA245" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="AD245" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="AG245" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="AH245" t="s">
         <v>1705</v>
       </c>
-      <c r="AI245" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AK245" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="246" spans="1:38">
       <c r="A246" t="s">
         <v>282</v>
       </c>
       <c r="B246" t="s">
         <v>578</v>
       </c>
       <c r="C246" t="s">
-        <v>865</v>
+        <v>864</v>
       </c>
       <c r="D246" t="s">
-        <v>1103</v>
+        <v>1101</v>
       </c>
       <c r="E246" t="s">
         <v>1139</v>
       </c>
       <c r="F246" t="s">
-        <v>1273</v>
+        <v>1255</v>
       </c>
       <c r="G246" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="H246">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I246">
-        <v>2563406.82</v>
+        <v>817317.8</v>
       </c>
       <c r="J246" t="s">
         <v>1357</v>
       </c>
       <c r="K246">
-        <v>1538044.04</v>
+        <v>408658.9</v>
       </c>
       <c r="L246" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
       <c r="M246" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="N246">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="O246" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="P246" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q246" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R246" t="s">
         <v>1585</v>
       </c>
       <c r="S246" t="s">
         <v>1588</v>
       </c>
       <c r="T246" t="s">
         <v>1591</v>
       </c>
       <c r="U246" t="s">
         <v>1593</v>
       </c>
       <c r="V246" t="s">
         <v>1595</v>
       </c>
       <c r="W246" t="s">
         <v>1598</v>
       </c>
       <c r="Y246">
-        <v>2750</v>
+        <v>8220</v>
       </c>
       <c r="Z246" t="s">
-        <v>1639</v>
+        <v>1619</v>
       </c>
       <c r="AA246" t="s">
-        <v>1681</v>
+        <v>1661</v>
       </c>
       <c r="AD246" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="AG246" t="s">
-        <v>1698</v>
+        <v>1701</v>
       </c>
       <c r="AH246" t="s">
         <v>1705</v>
       </c>
       <c r="AI246" t="s">
-        <v>1928</v>
+        <v>864</v>
       </c>
       <c r="AJ246" t="s">
-        <v>2198</v>
+        <v>1101</v>
       </c>
       <c r="AK246" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="247" spans="1:38">
       <c r="A247" t="s">
         <v>283</v>
       </c>
       <c r="B247" t="s">
         <v>579</v>
       </c>
       <c r="C247" t="s">
-        <v>866</v>
+        <v>865</v>
       </c>
       <c r="D247" t="s">
-        <v>1104</v>
+        <v>1102</v>
       </c>
       <c r="E247" t="s">
         <v>1139</v>
       </c>
       <c r="F247" t="s">
-        <v>1167</v>
+        <v>1181</v>
       </c>
       <c r="G247" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="H247">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="I247">
-        <v>538605.47</v>
+        <v>6598800</v>
       </c>
       <c r="J247" t="s">
         <v>1357</v>
       </c>
       <c r="K247">
-        <v>265605.47</v>
+        <v>919891.96</v>
       </c>
       <c r="L247" t="s">
-        <v>1450</v>
+        <v>1406</v>
       </c>
       <c r="M247" t="s">
-        <v>1546</v>
+        <v>1503</v>
       </c>
       <c r="N247">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="O247" t="s">
-        <v>1569</v>
+        <v>1562</v>
       </c>
       <c r="P247" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q247" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R247" t="s">
         <v>1585</v>
       </c>
       <c r="S247" t="s">
         <v>1588</v>
       </c>
       <c r="T247" t="s">
         <v>1591</v>
       </c>
       <c r="U247" t="s">
         <v>1593</v>
       </c>
       <c r="V247" t="s">
         <v>1595</v>
       </c>
       <c r="W247" t="s">
         <v>1598</v>
       </c>
       <c r="Y247">
-        <v>3720</v>
+        <v>6400</v>
       </c>
       <c r="Z247" t="s">
-        <v>1617</v>
+        <v>1602</v>
       </c>
       <c r="AA247" t="s">
-        <v>1659</v>
+        <v>1644</v>
       </c>
       <c r="AD247" t="s">
-        <v>1659</v>
+        <v>1686</v>
       </c>
       <c r="AG247" t="s">
-        <v>1703</v>
+        <v>1696</v>
       </c>
       <c r="AH247" t="s">
         <v>1705</v>
       </c>
       <c r="AI247" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="AJ247" t="s">
-        <v>2199</v>
+        <v>2201</v>
       </c>
       <c r="AK247" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="248" spans="1:38">
       <c r="A248" t="s">
         <v>284</v>
       </c>
       <c r="B248" t="s">
         <v>580</v>
       </c>
       <c r="C248" t="s">
-        <v>745</v>
+        <v>866</v>
       </c>
       <c r="D248" t="s">
-        <v>745</v>
+        <v>961</v>
       </c>
       <c r="E248" t="s">
         <v>1139</v>
       </c>
       <c r="F248" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="G248" t="s">
-        <v>1313</v>
+        <v>1303</v>
       </c>
       <c r="H248">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I248">
-        <v>19517235.14</v>
+        <v>292500</v>
       </c>
       <c r="J248" t="s">
         <v>1357</v>
       </c>
       <c r="K248">
-        <v>9758617.57</v>
+        <v>175500</v>
       </c>
       <c r="L248" t="s">
-        <v>1384</v>
+        <v>1405</v>
       </c>
       <c r="M248" t="s">
-        <v>1502</v>
+        <v>1520</v>
       </c>
       <c r="N248">
-        <v>67</v>
+        <v>117</v>
       </c>
       <c r="O248" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="P248" t="s">
-        <v>1573</v>
+        <v>1572</v>
       </c>
       <c r="Q248" t="s">
-        <v>1579</v>
+        <v>1578</v>
       </c>
       <c r="R248" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S248" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T248" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U248" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V248" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W248" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y248">
-        <v>2100</v>
+        <v>7500</v>
       </c>
       <c r="Z248" t="s">
-        <v>1600</v>
+        <v>1627</v>
       </c>
       <c r="AA248" t="s">
-        <v>1642</v>
+        <v>1669</v>
       </c>
       <c r="AD248" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="AG248" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="AH248" t="s">
         <v>1705</v>
       </c>
       <c r="AI248" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="AJ248" t="s">
-        <v>2200</v>
+        <v>2202</v>
       </c>
       <c r="AK248" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="249" spans="1:38">
       <c r="A249" t="s">
         <v>285</v>
       </c>
       <c r="B249" t="s">
         <v>581</v>
       </c>
       <c r="C249" t="s">
         <v>867</v>
       </c>
       <c r="D249" t="s">
-        <v>867</v>
+        <v>1103</v>
       </c>
       <c r="E249" t="s">
         <v>1139</v>
       </c>
       <c r="F249" t="s">
-        <v>1143</v>
+        <v>1201</v>
       </c>
       <c r="G249" t="s">
-        <v>1216</v>
+        <v>1304</v>
       </c>
       <c r="H249">
         <v>50</v>
       </c>
       <c r="I249">
-        <v>561067.91</v>
+        <v>498550</v>
       </c>
       <c r="J249" t="s">
         <v>1357</v>
       </c>
       <c r="K249">
-        <v>280533.89</v>
+        <v>249275</v>
       </c>
       <c r="L249" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="M249" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="N249">
         <v>62</v>
       </c>
       <c r="O249" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="P249" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q249" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R249" t="s">
         <v>1585</v>
       </c>
       <c r="S249" t="s">
         <v>1588</v>
       </c>
       <c r="T249" t="s">
         <v>1591</v>
       </c>
       <c r="U249" t="s">
         <v>1593</v>
       </c>
       <c r="V249" t="s">
         <v>1595</v>
       </c>
       <c r="W249" t="s">
         <v>1598</v>
       </c>
       <c r="Y249">
-        <v>6430</v>
+        <v>9970</v>
       </c>
       <c r="Z249" t="s">
-        <v>1631</v>
+        <v>1626</v>
       </c>
       <c r="AA249" t="s">
-        <v>1673</v>
+        <v>1668</v>
       </c>
       <c r="AD249" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG249" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH249" t="s">
         <v>1705</v>
       </c>
       <c r="AI249" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="AJ249" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="AK249" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="250" spans="1:38">
       <c r="A250" t="s">
         <v>286</v>
       </c>
       <c r="B250" t="s">
         <v>582</v>
       </c>
       <c r="C250" t="s">
         <v>868</v>
       </c>
       <c r="D250" t="s">
-        <v>1105</v>
+        <v>1104</v>
       </c>
       <c r="E250" t="s">
         <v>1139</v>
       </c>
       <c r="F250" t="s">
-        <v>1188</v>
+        <v>1160</v>
       </c>
       <c r="G250" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="H250">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="I250">
-        <v>822224</v>
+        <v>1049180.47</v>
       </c>
       <c r="J250" t="s">
         <v>1357</v>
       </c>
       <c r="K250">
-        <v>195000</v>
+        <v>346578.05</v>
       </c>
       <c r="L250" t="s">
-        <v>1422</v>
+        <v>1473</v>
       </c>
       <c r="M250" t="s">
-        <v>1483</v>
+        <v>1557</v>
       </c>
       <c r="N250">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="O250" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="P250" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="Q250" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="R250" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S250" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T250" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U250" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V250" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W250" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y250">
-        <v>5230</v>
+        <v>9500</v>
       </c>
       <c r="Z250" t="s">
-        <v>1603</v>
+        <v>1639</v>
       </c>
       <c r="AA250" t="s">
-        <v>1645</v>
+        <v>1681</v>
       </c>
       <c r="AD250" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="AG250" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="AH250" t="s">
         <v>1705</v>
       </c>
       <c r="AI250" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="AJ250" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="AK250" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="251" spans="1:38">
       <c r="A251" t="s">
         <v>287</v>
       </c>
       <c r="B251" t="s">
         <v>583</v>
       </c>
       <c r="C251" t="s">
         <v>869</v>
       </c>
       <c r="D251" t="s">
-        <v>1106</v>
+        <v>869</v>
       </c>
       <c r="E251" t="s">
         <v>1139</v>
       </c>
       <c r="F251" t="s">
-        <v>1151</v>
+        <v>1246</v>
       </c>
       <c r="G251" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
       <c r="H251">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="I251">
-        <v>455293.67</v>
+        <v>4349121.27</v>
       </c>
       <c r="J251" t="s">
         <v>1357</v>
       </c>
       <c r="K251">
-        <v>227646.77</v>
+        <v>1300253.5</v>
       </c>
       <c r="L251" t="s">
-        <v>1472</v>
+        <v>1412</v>
       </c>
       <c r="M251" t="s">
-        <v>1556</v>
+        <v>1523</v>
       </c>
       <c r="N251">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="O251" t="s">
         <v>1566</v>
       </c>
       <c r="P251" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q251" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R251" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S251" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T251" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U251" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V251" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W251" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y251">
-        <v>6100</v>
+        <v>8830</v>
       </c>
       <c r="Z251" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="AA251" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="AD251" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="AG251" t="s">
-        <v>1696</v>
+        <v>1703</v>
       </c>
       <c r="AH251" t="s">
         <v>1705</v>
       </c>
       <c r="AI251" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="AJ251" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
       <c r="AK251" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="252" spans="1:38">
       <c r="A252" t="s">
         <v>288</v>
       </c>
       <c r="B252" t="s">
         <v>584</v>
       </c>
       <c r="C252" t="s">
         <v>870</v>
       </c>
       <c r="D252" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="E252" t="s">
         <v>1139</v>
       </c>
       <c r="F252" t="s">
-        <v>1200</v>
+        <v>1270</v>
       </c>
       <c r="G252" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="H252">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I252">
-        <v>600561</v>
+        <v>2158988</v>
       </c>
       <c r="J252" t="s">
         <v>1357</v>
       </c>
       <c r="K252">
-        <v>300280.5</v>
+        <v>1295392.8</v>
       </c>
       <c r="L252" t="s">
-        <v>1379</v>
+        <v>1406</v>
       </c>
       <c r="M252" t="s">
-        <v>1540</v>
+        <v>1534</v>
       </c>
       <c r="N252">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="O252" t="s">
-        <v>1568</v>
+        <v>1562</v>
       </c>
       <c r="P252" t="s">
-        <v>1577</v>
+        <v>1573</v>
       </c>
       <c r="Q252" t="s">
-        <v>1583</v>
+        <v>1579</v>
       </c>
       <c r="R252" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
       <c r="S252" t="s">
-        <v>1589</v>
+        <v>1588</v>
       </c>
       <c r="T252" t="s">
         <v>1591</v>
       </c>
       <c r="U252" t="s">
         <v>1593</v>
       </c>
       <c r="V252" t="s">
         <v>1595</v>
       </c>
       <c r="W252" t="s">
         <v>1598</v>
       </c>
       <c r="Y252">
-        <v>9400</v>
+        <v>4180</v>
       </c>
       <c r="Z252" t="s">
-        <v>1601</v>
+        <v>1634</v>
       </c>
       <c r="AA252" t="s">
-        <v>1643</v>
+        <v>1676</v>
       </c>
       <c r="AD252" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="AG252" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="AH252" t="s">
         <v>1705</v>
       </c>
       <c r="AI252" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="AJ252" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="AK252" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="253" spans="1:38">
       <c r="A253" t="s">
         <v>289</v>
       </c>
       <c r="B253" t="s">
         <v>585</v>
       </c>
       <c r="C253" t="s">
         <v>871</v>
       </c>
       <c r="D253" t="s">
-        <v>1108</v>
+        <v>871</v>
       </c>
       <c r="E253" t="s">
         <v>1139</v>
       </c>
       <c r="F253" t="s">
-        <v>1220</v>
+        <v>1271</v>
       </c>
       <c r="G253" t="s">
-        <v>1305</v>
+        <v>1291</v>
       </c>
       <c r="H253">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I253">
-        <v>1247313.6</v>
+        <v>1537620.5</v>
       </c>
       <c r="J253" t="s">
         <v>1357</v>
       </c>
       <c r="K253">
-        <v>623656.8</v>
+        <v>922572.3</v>
       </c>
       <c r="L253" t="s">
-        <v>1429</v>
+        <v>1382</v>
       </c>
       <c r="M253" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="N253">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="O253" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="P253" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q253" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R253" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S253" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T253" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U253" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V253" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W253" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y253">
-        <v>6000</v>
+        <v>4760</v>
       </c>
       <c r="Z253" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="AA253" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="AD253" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="AG253" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="AH253" t="s">
         <v>1705</v>
       </c>
       <c r="AI253" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="AJ253" t="s">
-        <v>2205</v>
+        <v>2207</v>
       </c>
       <c r="AK253" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="254" spans="1:38">
       <c r="A254" t="s">
         <v>290</v>
       </c>
       <c r="B254" t="s">
         <v>586</v>
       </c>
       <c r="C254" t="s">
         <v>872</v>
       </c>
       <c r="D254" t="s">
-        <v>1109</v>
+        <v>1106</v>
       </c>
       <c r="E254" t="s">
         <v>1139</v>
       </c>
       <c r="F254" t="s">
-        <v>1155</v>
+        <v>1272</v>
       </c>
       <c r="G254" t="s">
-        <v>1313</v>
+        <v>1291</v>
       </c>
       <c r="H254">
         <v>50</v>
       </c>
       <c r="I254">
-        <v>2960285.9</v>
+        <v>2600000</v>
       </c>
       <c r="J254" t="s">
         <v>1357</v>
       </c>
       <c r="K254">
-        <v>1480142.95</v>
+        <v>1300000</v>
       </c>
       <c r="L254" t="s">
-        <v>1461</v>
+        <v>1451</v>
       </c>
       <c r="M254" t="s">
-        <v>1540</v>
+        <v>1513</v>
       </c>
       <c r="N254">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="O254" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="P254" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q254" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R254" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S254" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T254" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U254" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V254" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W254" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y254">
-        <v>9400</v>
+        <v>8000</v>
       </c>
       <c r="Z254" t="s">
-        <v>1601</v>
+        <v>1619</v>
       </c>
       <c r="AA254" t="s">
-        <v>1643</v>
+        <v>1661</v>
       </c>
       <c r="AD254" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="AG254" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="AH254" t="s">
         <v>1705</v>
       </c>
       <c r="AI254" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="AJ254" t="s">
-        <v>2206</v>
+        <v>2208</v>
       </c>
       <c r="AK254" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="255" spans="1:38">
       <c r="A255" t="s">
         <v>291</v>
       </c>
       <c r="B255" t="s">
         <v>587</v>
       </c>
       <c r="C255" t="s">
         <v>873</v>
       </c>
       <c r="D255" t="s">
-        <v>873</v>
+        <v>1107</v>
       </c>
       <c r="E255" t="s">
         <v>1139</v>
       </c>
       <c r="F255" t="s">
-        <v>1274</v>
+        <v>1199</v>
       </c>
       <c r="G255" t="s">
-        <v>1227</v>
+        <v>1303</v>
       </c>
       <c r="H255">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="I255">
-        <v>71751.81</v>
+        <v>3616775.24</v>
       </c>
       <c r="J255" t="s">
         <v>1357</v>
       </c>
       <c r="K255">
-        <v>32288.36</v>
+        <v>1808387.62</v>
       </c>
       <c r="L255" t="s">
-        <v>1473</v>
+        <v>1363</v>
       </c>
       <c r="M255" t="s">
-        <v>1509</v>
+        <v>1540</v>
       </c>
       <c r="N255">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="O255" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="P255" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q255" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R255" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S255" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T255" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U255" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V255" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W255" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y255">
-        <v>3700</v>
+        <v>2100</v>
       </c>
       <c r="Z255" t="s">
-        <v>1617</v>
+        <v>1605</v>
       </c>
       <c r="AA255" t="s">
-        <v>1659</v>
+        <v>1647</v>
       </c>
       <c r="AD255" t="s">
-        <v>1659</v>
+        <v>1688</v>
       </c>
       <c r="AG255" t="s">
-        <v>1703</v>
+        <v>1699</v>
       </c>
       <c r="AH255" t="s">
         <v>1705</v>
       </c>
       <c r="AI255" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
       <c r="AJ255" t="s">
-        <v>2207</v>
+        <v>2209</v>
       </c>
       <c r="AK255" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="256" spans="1:38">
       <c r="A256" t="s">
         <v>292</v>
       </c>
       <c r="B256" t="s">
         <v>588</v>
       </c>
       <c r="C256" t="s">
         <v>874</v>
       </c>
       <c r="D256" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="E256" t="s">
         <v>1139</v>
       </c>
       <c r="F256" t="s">
-        <v>1275</v>
+        <v>1147</v>
       </c>
       <c r="G256" t="s">
-        <v>1308</v>
+        <v>1288</v>
       </c>
       <c r="H256">
         <v>50</v>
       </c>
       <c r="I256">
-        <v>2779501.4</v>
+        <v>613600</v>
       </c>
       <c r="J256" t="s">
         <v>1357</v>
       </c>
       <c r="K256">
-        <v>1389750.7</v>
+        <v>306800</v>
       </c>
       <c r="L256" t="s">
-        <v>1401</v>
+        <v>1469</v>
       </c>
       <c r="M256" t="s">
-        <v>1502</v>
+        <v>1493</v>
       </c>
       <c r="N256">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="O256" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="P256" t="s">
         <v>1573</v>
       </c>
       <c r="Q256" t="s">
         <v>1579</v>
       </c>
       <c r="R256" t="s">
         <v>1585</v>
       </c>
       <c r="S256" t="s">
         <v>1588</v>
       </c>
       <c r="T256" t="s">
         <v>1591</v>
       </c>
       <c r="U256" t="s">
         <v>1593</v>
       </c>
       <c r="V256" t="s">
         <v>1595</v>
       </c>
       <c r="W256" t="s">
         <v>1598</v>
       </c>
       <c r="Y256">
-        <v>2100</v>
+        <v>5000</v>
       </c>
       <c r="Z256" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="AA256" t="s">
-        <v>1642</v>
+        <v>1645</v>
       </c>
       <c r="AD256" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="AG256" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="AH256" t="s">
         <v>1705</v>
       </c>
       <c r="AI256" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="AJ256" t="s">
-        <v>2208</v>
+        <v>2210</v>
       </c>
       <c r="AK256" t="s">
         <v>2247</v>
+      </c>
+      <c r="AL256">
+        <v>5842</v>
       </c>
     </row>
     <row r="257" spans="1:38">
       <c r="A257" t="s">
         <v>293</v>
       </c>
       <c r="B257" t="s">
         <v>589</v>
       </c>
       <c r="C257" t="s">
         <v>875</v>
       </c>
       <c r="D257" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="E257" t="s">
         <v>1139</v>
       </c>
       <c r="F257" t="s">
-        <v>1204</v>
+        <v>1273</v>
       </c>
       <c r="G257" t="s">
-        <v>1227</v>
+        <v>1291</v>
       </c>
       <c r="H257">
         <v>50</v>
       </c>
       <c r="I257">
-        <v>498555.98</v>
+        <v>1626469.91</v>
       </c>
       <c r="J257" t="s">
         <v>1357</v>
       </c>
       <c r="K257">
-        <v>249277.99</v>
+        <v>813234.89</v>
       </c>
       <c r="L257" t="s">
-        <v>1369</v>
+        <v>1444</v>
       </c>
       <c r="M257" t="s">
-        <v>1495</v>
+        <v>1513</v>
       </c>
       <c r="N257">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="O257" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="P257" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q257" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R257" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S257" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T257" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U257" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V257" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W257" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y257">
-        <v>8200</v>
+        <v>8000</v>
       </c>
       <c r="Z257" t="s">
-        <v>1607</v>
+        <v>1619</v>
       </c>
       <c r="AA257" t="s">
-        <v>1649</v>
+        <v>1661</v>
       </c>
       <c r="AD257" t="s">
         <v>1690</v>
       </c>
       <c r="AG257" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="AH257" t="s">
         <v>1705</v>
       </c>
       <c r="AI257" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="AJ257" t="s">
-        <v>2209</v>
+        <v>2211</v>
       </c>
       <c r="AK257" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="258" spans="1:38">
       <c r="A258" t="s">
         <v>294</v>
       </c>
       <c r="B258" t="s">
         <v>590</v>
       </c>
       <c r="C258" t="s">
-        <v>876</v>
+        <v>709</v>
       </c>
       <c r="D258" t="s">
-        <v>1112</v>
+        <v>973</v>
       </c>
       <c r="E258" t="s">
         <v>1139</v>
       </c>
       <c r="F258" t="s">
-        <v>1155</v>
+        <v>1203</v>
       </c>
       <c r="G258" t="s">
-        <v>1291</v>
+        <v>1325</v>
       </c>
       <c r="H258">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I258">
-        <v>8604180</v>
+        <v>849784.65</v>
       </c>
       <c r="J258" t="s">
         <v>1357</v>
       </c>
       <c r="K258">
-        <v>4302090</v>
+        <v>509870.79</v>
       </c>
       <c r="L258" t="s">
-        <v>1364</v>
+        <v>1416</v>
       </c>
       <c r="M258" t="s">
-        <v>1481</v>
+        <v>1525</v>
       </c>
       <c r="N258">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O258" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="P258" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="Q258" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="R258" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S258" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T258" t="s">
         <v>1591</v>
       </c>
       <c r="U258" t="s">
         <v>1593</v>
       </c>
       <c r="V258" t="s">
         <v>1595</v>
       </c>
       <c r="W258" t="s">
         <v>1598</v>
       </c>
       <c r="Y258">
-        <v>9220</v>
+        <v>7400</v>
       </c>
       <c r="Z258" t="s">
-        <v>1601</v>
+        <v>1630</v>
       </c>
       <c r="AA258" t="s">
-        <v>1643</v>
+        <v>1672</v>
       </c>
       <c r="AD258" t="s">
-        <v>1685</v>
+        <v>1692</v>
       </c>
       <c r="AG258" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="AH258" t="s">
         <v>1705</v>
       </c>
       <c r="AI258" t="s">
-        <v>1940</v>
+        <v>1781</v>
       </c>
       <c r="AJ258" t="s">
-        <v>2210</v>
+        <v>2050</v>
       </c>
       <c r="AK258" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="259" spans="1:38">
       <c r="A259" t="s">
         <v>295</v>
       </c>
       <c r="B259" t="s">
         <v>591</v>
       </c>
       <c r="C259" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="D259" t="s">
-        <v>877</v>
+        <v>1110</v>
       </c>
       <c r="E259" t="s">
         <v>1139</v>
       </c>
       <c r="F259" t="s">
-        <v>1276</v>
+        <v>1171</v>
       </c>
       <c r="G259" t="s">
-        <v>1301</v>
+        <v>1339</v>
       </c>
       <c r="H259">
         <v>50</v>
       </c>
       <c r="I259">
-        <v>975000</v>
+        <v>1294325.63</v>
       </c>
       <c r="J259" t="s">
         <v>1357</v>
       </c>
       <c r="K259">
-        <v>487500</v>
+        <v>647162.88</v>
       </c>
       <c r="L259" t="s">
-        <v>1446</v>
+        <v>1474</v>
       </c>
       <c r="M259" t="s">
-        <v>1557</v>
+        <v>1503</v>
       </c>
       <c r="N259">
         <v>62</v>
       </c>
       <c r="O259" t="s">
-        <v>1565</v>
+        <v>1562</v>
       </c>
       <c r="P259" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q259" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R259" t="s">
         <v>1585</v>
       </c>
       <c r="S259" t="s">
         <v>1588</v>
       </c>
       <c r="T259" t="s">
         <v>1591</v>
       </c>
       <c r="U259" t="s">
         <v>1593</v>
       </c>
       <c r="V259" t="s">
         <v>1595</v>
       </c>
       <c r="W259" t="s">
         <v>1598</v>
       </c>
       <c r="Y259">
-        <v>2860</v>
+        <v>6400</v>
       </c>
       <c r="Z259" t="s">
-        <v>1640</v>
+        <v>1602</v>
       </c>
       <c r="AA259" t="s">
-        <v>1682</v>
+        <v>1644</v>
       </c>
       <c r="AD259" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="AG259" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
       <c r="AH259" t="s">
         <v>1705</v>
       </c>
       <c r="AI259" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="AJ259" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="AK259" t="s">
         <v>2247</v>
-      </c>
-[...1 lines deleted...]
-        <v>5663</v>
       </c>
     </row>
     <row r="260" spans="1:38">
       <c r="A260" t="s">
         <v>296</v>
       </c>
       <c r="B260" t="s">
         <v>592</v>
       </c>
       <c r="C260" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="D260" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="E260" t="s">
         <v>1139</v>
       </c>
       <c r="F260" t="s">
-        <v>1277</v>
+        <v>1185</v>
       </c>
       <c r="G260" t="s">
-        <v>1291</v>
+        <v>1310</v>
       </c>
       <c r="H260">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I260">
-        <v>2786591.73</v>
+        <v>3827483.4</v>
       </c>
       <c r="J260" t="s">
         <v>1357</v>
       </c>
       <c r="K260">
-        <v>1375438.87</v>
+        <v>1913741.7</v>
       </c>
       <c r="L260" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="M260" t="s">
-        <v>1481</v>
+        <v>1529</v>
       </c>
       <c r="N260">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O260" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P260" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q260" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R260" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S260" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T260" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U260" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V260" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W260" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y260">
-        <v>9220</v>
+        <v>6500</v>
       </c>
       <c r="Z260" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="AA260" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="AD260" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="AG260" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="AH260" t="s">
         <v>1705</v>
       </c>
       <c r="AI260" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="AJ260" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="AK260" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL260">
+        <v>4436</v>
       </c>
     </row>
     <row r="261" spans="1:38">
       <c r="A261" t="s">
         <v>297</v>
       </c>
       <c r="B261" t="s">
         <v>593</v>
       </c>
       <c r="C261" t="s">
-        <v>879</v>
+        <v>878</v>
       </c>
       <c r="D261" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="E261" t="s">
         <v>1139</v>
       </c>
       <c r="F261" t="s">
-        <v>1278</v>
+        <v>1240</v>
       </c>
       <c r="G261" t="s">
-        <v>1327</v>
+        <v>1291</v>
       </c>
       <c r="H261">
         <v>50</v>
       </c>
       <c r="I261">
-        <v>5265475.67</v>
+        <v>5369000</v>
       </c>
       <c r="J261" t="s">
         <v>1357</v>
       </c>
       <c r="K261">
-        <v>2630616.17</v>
+        <v>2684500</v>
       </c>
       <c r="L261" t="s">
         <v>1406</v>
       </c>
       <c r="M261" t="s">
-        <v>1486</v>
+        <v>1549</v>
       </c>
       <c r="N261">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="O261" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="P261" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q261" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R261" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S261" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T261" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U261" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V261" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W261" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y261">
-        <v>9000</v>
+        <v>1620</v>
       </c>
       <c r="Z261" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="AA261" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="AD261" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="AG261" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="AH261" t="s">
         <v>1705</v>
       </c>
       <c r="AI261" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="AJ261" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="AK261" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="262" spans="1:38">
       <c r="A262" t="s">
         <v>298</v>
       </c>
       <c r="B262" t="s">
         <v>594</v>
       </c>
       <c r="C262" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="D262" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="E262" t="s">
         <v>1139</v>
       </c>
       <c r="F262" t="s">
-        <v>1279</v>
+        <v>1274</v>
       </c>
       <c r="G262" t="s">
-        <v>1309</v>
+        <v>1329</v>
       </c>
       <c r="H262">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I262">
-        <v>1966835</v>
+        <v>975000</v>
       </c>
       <c r="J262" t="s">
         <v>1357</v>
       </c>
       <c r="K262">
-        <v>1180101</v>
+        <v>487500</v>
       </c>
       <c r="L262" t="s">
-        <v>1373</v>
+        <v>1416</v>
       </c>
       <c r="M262" t="s">
-        <v>1508</v>
+        <v>1525</v>
       </c>
       <c r="N262">
-        <v>106</v>
+        <v>68</v>
       </c>
       <c r="O262" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="P262" t="s">
         <v>1575</v>
       </c>
       <c r="Q262" t="s">
         <v>1581</v>
       </c>
       <c r="R262" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="S262" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="T262" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U262" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V262" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W262" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y262">
-        <v>4180</v>
+        <v>7400</v>
       </c>
       <c r="Z262" t="s">
-        <v>1620</v>
+        <v>1630</v>
       </c>
       <c r="AA262" t="s">
-        <v>1662</v>
+        <v>1672</v>
       </c>
       <c r="AD262" t="s">
         <v>1692</v>
       </c>
       <c r="AG262" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="AH262" t="s">
         <v>1705</v>
       </c>
       <c r="AI262" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="AJ262" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="AK262" t="s">
-        <v>2246</v>
+        <v>2247</v>
+      </c>
+      <c r="AL262">
+        <v>5581</v>
       </c>
     </row>
     <row r="263" spans="1:38">
       <c r="A263" t="s">
         <v>299</v>
       </c>
       <c r="B263" t="s">
         <v>595</v>
       </c>
       <c r="C263" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="D263" t="s">
-        <v>881</v>
+        <v>1114</v>
       </c>
       <c r="E263" t="s">
         <v>1139</v>
       </c>
       <c r="F263" t="s">
-        <v>1219</v>
+        <v>1205</v>
       </c>
       <c r="G263" t="s">
-        <v>1301</v>
+        <v>1295</v>
       </c>
       <c r="H263">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="I263">
-        <v>3112524.09</v>
+        <v>1152606</v>
       </c>
       <c r="J263" t="s">
         <v>1357</v>
       </c>
       <c r="K263">
-        <v>1556261.98</v>
+        <v>473877.3</v>
       </c>
       <c r="L263" t="s">
-        <v>1442</v>
+        <v>1475</v>
       </c>
       <c r="M263" t="s">
-        <v>1482</v>
+        <v>1558</v>
       </c>
       <c r="N263">
-        <v>118</v>
+        <v>63</v>
       </c>
       <c r="O263" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="P263" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q263" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R263" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S263" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T263" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U263" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V263" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W263" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y263">
-        <v>7100</v>
+        <v>9220</v>
       </c>
       <c r="Z263" t="s">
-        <v>1602</v>
+        <v>1601</v>
       </c>
       <c r="AA263" t="s">
-        <v>1644</v>
+        <v>1643</v>
       </c>
       <c r="AD263" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG263" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH263" t="s">
         <v>1705</v>
       </c>
       <c r="AI263" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="AJ263" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="AK263" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="264" spans="1:38">
       <c r="A264" t="s">
         <v>300</v>
       </c>
       <c r="B264" t="s">
         <v>596</v>
       </c>
       <c r="C264" t="s">
-        <v>882</v>
+        <v>881</v>
       </c>
       <c r="D264" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="E264" t="s">
         <v>1139</v>
       </c>
       <c r="F264" t="s">
-        <v>1180</v>
+        <v>1239</v>
       </c>
       <c r="G264" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H264">
         <v>50</v>
       </c>
       <c r="I264">
-        <v>2068844.7</v>
+        <v>1300000</v>
       </c>
       <c r="J264" t="s">
         <v>1357</v>
       </c>
       <c r="K264">
-        <v>1034422.35</v>
+        <v>650000</v>
       </c>
       <c r="L264" t="s">
-        <v>1422</v>
+        <v>1390</v>
       </c>
       <c r="M264" t="s">
-        <v>1483</v>
+        <v>1508</v>
       </c>
       <c r="N264">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="O264" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="P264" t="s">
         <v>1576</v>
       </c>
       <c r="Q264" t="s">
         <v>1582</v>
       </c>
       <c r="R264" t="s">
         <v>1585</v>
       </c>
       <c r="S264" t="s">
         <v>1588</v>
       </c>
       <c r="T264" t="s">
         <v>1591</v>
       </c>
       <c r="U264" t="s">
         <v>1593</v>
       </c>
       <c r="V264" t="s">
         <v>1595</v>
       </c>
       <c r="W264" t="s">
         <v>1598</v>
       </c>
       <c r="Y264">
-        <v>5230</v>
+        <v>6700</v>
       </c>
       <c r="Z264" t="s">
-        <v>1603</v>
+        <v>1621</v>
       </c>
       <c r="AA264" t="s">
-        <v>1645</v>
+        <v>1663</v>
       </c>
       <c r="AD264" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="AG264" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="AH264" t="s">
         <v>1705</v>
       </c>
       <c r="AI264" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="AJ264" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="AK264" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="265" spans="1:38">
       <c r="A265" t="s">
         <v>301</v>
       </c>
       <c r="B265" t="s">
         <v>597</v>
       </c>
       <c r="C265" t="s">
-        <v>883</v>
+        <v>882</v>
       </c>
       <c r="D265" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="E265" t="s">
         <v>1139</v>
       </c>
       <c r="F265" t="s">
-        <v>1159</v>
+        <v>1275</v>
       </c>
       <c r="G265" t="s">
-        <v>1351</v>
+        <v>1300</v>
       </c>
       <c r="H265">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="I265">
-        <v>283858.64</v>
+        <v>1698194.29</v>
       </c>
       <c r="J265" t="s">
         <v>1357</v>
       </c>
       <c r="K265">
-        <v>141929.32</v>
+        <v>780150.41</v>
       </c>
       <c r="L265" t="s">
-        <v>1369</v>
+        <v>1412</v>
       </c>
       <c r="M265" t="s">
-        <v>1495</v>
+        <v>1523</v>
       </c>
       <c r="N265">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="O265" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="P265" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q265" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R265" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S265" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T265" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U265" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V265" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W265" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y265">
-        <v>8200</v>
+        <v>8830</v>
       </c>
       <c r="Z265" t="s">
-        <v>1607</v>
+        <v>1617</v>
       </c>
       <c r="AA265" t="s">
-        <v>1649</v>
+        <v>1659</v>
       </c>
       <c r="AD265" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="AG265" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="AH265" t="s">
         <v>1705</v>
       </c>
       <c r="AI265" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="AJ265" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="AK265" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="266" spans="1:38">
       <c r="A266" t="s">
         <v>302</v>
       </c>
       <c r="B266" t="s">
         <v>598</v>
       </c>
       <c r="C266" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="D266" t="s">
-        <v>1118</v>
+        <v>1117</v>
       </c>
       <c r="E266" t="s">
         <v>1139</v>
       </c>
       <c r="F266" t="s">
-        <v>1242</v>
+        <v>1154</v>
       </c>
       <c r="G266" t="s">
-        <v>1304</v>
+        <v>1303</v>
       </c>
       <c r="H266">
         <v>48</v>
       </c>
       <c r="I266">
-        <v>3893413.68</v>
+        <v>2275042.77</v>
       </c>
       <c r="J266" t="s">
         <v>1357</v>
       </c>
       <c r="K266">
-        <v>1851318.17</v>
+        <v>1083361.89</v>
       </c>
       <c r="L266" t="s">
-        <v>1474</v>
+        <v>1432</v>
       </c>
       <c r="M266" t="s">
-        <v>1545</v>
+        <v>1536</v>
       </c>
       <c r="N266">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="O266" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="P266" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="Q266" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="R266" t="s">
         <v>1584</v>
       </c>
       <c r="S266" t="s">
         <v>1587</v>
       </c>
       <c r="T266" t="s">
         <v>1590</v>
       </c>
       <c r="U266" t="s">
         <v>1592</v>
       </c>
       <c r="V266" t="s">
         <v>1594</v>
       </c>
       <c r="W266" t="s">
         <v>1597</v>
       </c>
       <c r="Y266">
-        <v>2500</v>
+        <v>8800</v>
       </c>
       <c r="Z266" t="s">
-        <v>1600</v>
+        <v>1617</v>
       </c>
       <c r="AA266" t="s">
-        <v>1642</v>
+        <v>1659</v>
       </c>
       <c r="AD266" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="AG266" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="AH266" t="s">
         <v>1705</v>
       </c>
       <c r="AI266" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="AJ266" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="AK266" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="267" spans="1:38">
       <c r="A267" t="s">
         <v>303</v>
       </c>
       <c r="B267" t="s">
         <v>599</v>
       </c>
       <c r="C267" t="s">
-        <v>636</v>
+        <v>884</v>
       </c>
       <c r="D267" t="s">
-        <v>917</v>
+        <v>1118</v>
       </c>
       <c r="E267" t="s">
         <v>1139</v>
       </c>
       <c r="F267" t="s">
-        <v>1146</v>
+        <v>1155</v>
       </c>
       <c r="G267" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="H267">
         <v>50</v>
       </c>
       <c r="I267">
-        <v>1663686.18</v>
+        <v>2868364.2</v>
       </c>
       <c r="J267" t="s">
         <v>1357</v>
       </c>
       <c r="K267">
-        <v>831843.09</v>
+        <v>1434182.1</v>
       </c>
       <c r="L267" t="s">
-        <v>1364</v>
+        <v>1435</v>
       </c>
       <c r="M267" t="s">
-        <v>1481</v>
+        <v>1517</v>
       </c>
       <c r="N267">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="O267" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="P267" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q267" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R267" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S267" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T267" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U267" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V267" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W267" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y267">
-        <v>9220</v>
+        <v>9440</v>
       </c>
       <c r="Z267" t="s">
-        <v>1601</v>
+        <v>1614</v>
       </c>
       <c r="AA267" t="s">
-        <v>1643</v>
+        <v>1656</v>
       </c>
       <c r="AD267" t="s">
         <v>1685</v>
       </c>
       <c r="AG267" t="s">
         <v>1695</v>
       </c>
       <c r="AH267" t="s">
         <v>1705</v>
       </c>
       <c r="AI267" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="AJ267" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="AK267" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="268" spans="1:38">
       <c r="A268" t="s">
         <v>304</v>
       </c>
       <c r="B268" t="s">
         <v>600</v>
       </c>
       <c r="C268" t="s">
         <v>885</v>
       </c>
       <c r="D268" t="s">
         <v>1119</v>
       </c>
       <c r="E268" t="s">
         <v>1139</v>
       </c>
       <c r="F268" t="s">
-        <v>1274</v>
+        <v>1242</v>
       </c>
       <c r="G268" t="s">
-        <v>1352</v>
+        <v>1321</v>
       </c>
       <c r="H268">
         <v>50</v>
       </c>
       <c r="I268">
-        <v>4462417.83</v>
+        <v>705705.13</v>
       </c>
       <c r="J268" t="s">
         <v>1357</v>
       </c>
       <c r="K268">
-        <v>2231208.98</v>
+        <v>350220.52</v>
       </c>
       <c r="L268" t="s">
-        <v>1404</v>
+        <v>1365</v>
       </c>
       <c r="M268" t="s">
-        <v>1516</v>
+        <v>1494</v>
       </c>
       <c r="N268">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="O268" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="P268" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="Q268" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="R268" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S268" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T268" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U268" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V268" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W268" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y268">
-        <v>4100</v>
+        <v>9000</v>
       </c>
       <c r="Z268" t="s">
-        <v>1624</v>
+        <v>1601</v>
       </c>
       <c r="AA268" t="s">
-        <v>1666</v>
+        <v>1643</v>
       </c>
       <c r="AD268" t="s">
-        <v>1692</v>
+        <v>1685</v>
       </c>
       <c r="AG268" t="s">
-        <v>1702</v>
+        <v>1695</v>
       </c>
       <c r="AH268" t="s">
         <v>1705</v>
       </c>
       <c r="AI268" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="AJ268" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="AK268" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="269" spans="1:38">
       <c r="A269" t="s">
         <v>305</v>
       </c>
       <c r="B269" t="s">
         <v>601</v>
       </c>
       <c r="C269" t="s">
         <v>886</v>
       </c>
       <c r="D269" t="s">
         <v>1120</v>
       </c>
       <c r="E269" t="s">
         <v>1139</v>
       </c>
       <c r="F269" t="s">
-        <v>1177</v>
+        <v>1276</v>
       </c>
       <c r="G269" t="s">
-        <v>1291</v>
+        <v>1344</v>
       </c>
       <c r="H269">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="I269">
-        <v>588146</v>
+        <v>1544996.96</v>
       </c>
       <c r="J269" t="s">
         <v>1357</v>
       </c>
       <c r="K269">
-        <v>294073</v>
+        <v>646203.48</v>
       </c>
       <c r="L269" t="s">
-        <v>1371</v>
+        <v>1458</v>
       </c>
       <c r="M269" t="s">
-        <v>1558</v>
+        <v>1516</v>
       </c>
       <c r="N269">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="O269" t="s">
-        <v>1569</v>
+        <v>1568</v>
       </c>
       <c r="P269" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q269" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R269" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S269" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T269" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U269" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V269" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W269" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y269">
-        <v>1550</v>
+        <v>9600</v>
       </c>
       <c r="Z269" t="s">
-        <v>1600</v>
+        <v>1625</v>
       </c>
       <c r="AA269" t="s">
-        <v>1642</v>
+        <v>1667</v>
       </c>
       <c r="AD269" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="AG269" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="AH269" t="s">
         <v>1705</v>
       </c>
       <c r="AI269" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="AJ269" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="AK269" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="270" spans="1:38">
       <c r="A270" t="s">
         <v>306</v>
       </c>
       <c r="B270" t="s">
         <v>602</v>
       </c>
       <c r="C270" t="s">
         <v>887</v>
       </c>
       <c r="D270" t="s">
         <v>1121</v>
       </c>
       <c r="E270" t="s">
         <v>1139</v>
       </c>
       <c r="F270" t="s">
-        <v>1200</v>
+        <v>1249</v>
       </c>
       <c r="G270" t="s">
-        <v>1320</v>
+        <v>1288</v>
       </c>
       <c r="H270">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I270">
-        <v>660053.8100000001</v>
+        <v>4009083.39</v>
       </c>
       <c r="J270" t="s">
         <v>1357</v>
       </c>
       <c r="K270">
-        <v>330026.97</v>
+        <v>2405173.42</v>
       </c>
       <c r="L270" t="s">
-        <v>1407</v>
+        <v>1448</v>
       </c>
       <c r="M270" t="s">
-        <v>1518</v>
+        <v>1493</v>
       </c>
       <c r="N270">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="O270" t="s">
-        <v>1571</v>
+        <v>1564</v>
       </c>
       <c r="P270" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="Q270" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="R270" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S270" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T270" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U270" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V270" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W270" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y270">
-        <v>7000</v>
+        <v>5000</v>
       </c>
       <c r="Z270" t="s">
-        <v>1626</v>
+        <v>1603</v>
       </c>
       <c r="AA270" t="s">
-        <v>1668</v>
+        <v>1645</v>
       </c>
       <c r="AD270" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="AG270" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="AH270" t="s">
         <v>1705</v>
       </c>
       <c r="AI270" t="s">
-        <v>1952</v>
+        <v>1867</v>
       </c>
       <c r="AJ270" t="s">
-        <v>2222</v>
+        <v>2135</v>
       </c>
       <c r="AK270" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="271" spans="1:38">
       <c r="A271" t="s">
         <v>307</v>
       </c>
       <c r="B271" t="s">
         <v>603</v>
       </c>
       <c r="C271" t="s">
         <v>888</v>
       </c>
       <c r="D271" t="s">
         <v>1122</v>
       </c>
       <c r="E271" t="s">
         <v>1139</v>
       </c>
       <c r="F271" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="G271" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="H271">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I271">
-        <v>1798875</v>
+        <v>1624966.2</v>
       </c>
       <c r="J271" t="s">
         <v>1357</v>
       </c>
       <c r="K271">
-        <v>1079325</v>
+        <v>519989.21</v>
       </c>
       <c r="L271" t="s">
-        <v>1475</v>
+        <v>1406</v>
       </c>
       <c r="M271" t="s">
-        <v>1559</v>
+        <v>1513</v>
       </c>
       <c r="N271">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O271" t="s">
         <v>1562</v>
       </c>
       <c r="P271" t="s">
         <v>1573</v>
       </c>
       <c r="Q271" t="s">
         <v>1579</v>
       </c>
       <c r="R271" t="s">
         <v>1585</v>
       </c>
       <c r="S271" t="s">
         <v>1588</v>
       </c>
       <c r="T271" t="s">
         <v>1591</v>
       </c>
       <c r="U271" t="s">
         <v>1593</v>
       </c>
       <c r="V271" t="s">
         <v>1595</v>
       </c>
       <c r="W271" t="s">
         <v>1598</v>
       </c>
       <c r="Y271">
-        <v>4930</v>
+        <v>8000</v>
       </c>
       <c r="Z271" t="s">
-        <v>1641</v>
+        <v>1619</v>
       </c>
       <c r="AA271" t="s">
-        <v>1683</v>
+        <v>1661</v>
       </c>
       <c r="AD271" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="AG271" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="AH271" t="s">
         <v>1705</v>
       </c>
       <c r="AI271" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="AJ271" t="s">
         <v>2223</v>
       </c>
       <c r="AK271" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="272" spans="1:38">
       <c r="A272" t="s">
         <v>308</v>
       </c>
       <c r="B272" t="s">
         <v>604</v>
       </c>
       <c r="C272" t="s">
         <v>889</v>
       </c>
       <c r="D272" t="s">
         <v>1123</v>
       </c>
       <c r="E272" t="s">
         <v>1139</v>
       </c>
       <c r="F272" t="s">
-        <v>1280</v>
+        <v>1156</v>
       </c>
       <c r="G272" t="s">
-        <v>1301</v>
+        <v>1356</v>
       </c>
       <c r="H272">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="I272">
-        <v>2599868.44</v>
+        <v>156038.48</v>
       </c>
       <c r="J272" t="s">
         <v>1357</v>
       </c>
       <c r="K272">
-        <v>1299934.22</v>
+        <v>52038.48</v>
       </c>
       <c r="L272" t="s">
-        <v>1454</v>
+        <v>1416</v>
       </c>
       <c r="M272" t="s">
-        <v>1490</v>
+        <v>1525</v>
       </c>
       <c r="N272">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="O272" t="s">
-        <v>1563</v>
+        <v>1566</v>
       </c>
       <c r="P272" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="Q272" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="R272" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S272" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T272" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U272" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V272" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W272" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y272">
-        <v>8000</v>
+        <v>7400</v>
       </c>
       <c r="Z272" t="s">
-        <v>1607</v>
+        <v>1630</v>
       </c>
       <c r="AA272" t="s">
-        <v>1649</v>
+        <v>1672</v>
       </c>
       <c r="AD272" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="AG272" t="s">
-        <v>1700</v>
+        <v>1703</v>
       </c>
       <c r="AH272" t="s">
         <v>1705</v>
       </c>
       <c r="AI272" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="AJ272" t="s">
         <v>2224</v>
       </c>
       <c r="AK272" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="273" spans="1:37">
       <c r="A273" t="s">
         <v>309</v>
       </c>
       <c r="B273" t="s">
         <v>605</v>
       </c>
       <c r="C273" t="s">
         <v>890</v>
       </c>
       <c r="D273" t="s">
-        <v>1124</v>
+        <v>890</v>
       </c>
       <c r="E273" t="s">
         <v>1139</v>
       </c>
       <c r="F273" t="s">
-        <v>1154</v>
+        <v>1177</v>
       </c>
       <c r="G273" t="s">
-        <v>1286</v>
+        <v>1291</v>
       </c>
       <c r="H273">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I273">
-        <v>470698.28</v>
+        <v>4731623</v>
       </c>
       <c r="J273" t="s">
         <v>1357</v>
       </c>
       <c r="K273">
-        <v>229733.14</v>
+        <v>2365811.5</v>
       </c>
       <c r="L273" t="s">
-        <v>1365</v>
+        <v>1414</v>
       </c>
       <c r="M273" t="s">
-        <v>1486</v>
+        <v>1481</v>
       </c>
       <c r="N273">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="O273" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="P273" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q273" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R273" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S273" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T273" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U273" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V273" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W273" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y273">
-        <v>9000</v>
+        <v>9220</v>
       </c>
       <c r="Z273" t="s">
         <v>1601</v>
       </c>
       <c r="AA273" t="s">
         <v>1643</v>
       </c>
       <c r="AD273" t="s">
         <v>1685</v>
       </c>
       <c r="AG273" t="s">
         <v>1695</v>
       </c>
       <c r="AH273" t="s">
         <v>1705</v>
       </c>
       <c r="AI273" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="AJ273" t="s">
         <v>2225</v>
       </c>
       <c r="AK273" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="274" spans="1:37">
       <c r="A274" t="s">
         <v>310</v>
       </c>
       <c r="B274" t="s">
         <v>606</v>
       </c>
       <c r="C274" t="s">
-        <v>891</v>
+        <v>832</v>
       </c>
       <c r="D274" t="s">
-        <v>891</v>
+        <v>1072</v>
       </c>
       <c r="E274" t="s">
         <v>1139</v>
       </c>
       <c r="F274" t="s">
-        <v>1269</v>
+        <v>1262</v>
       </c>
       <c r="G274" t="s">
-        <v>1353</v>
+        <v>1303</v>
       </c>
       <c r="H274">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="I274">
-        <v>3313347.18</v>
+        <v>10671180</v>
       </c>
       <c r="J274" t="s">
         <v>1357</v>
       </c>
       <c r="K274">
-        <v>1655847.18</v>
+        <v>4875000</v>
       </c>
       <c r="L274" t="s">
-        <v>1417</v>
+        <v>1382</v>
       </c>
       <c r="M274" t="s">
-        <v>1485</v>
+        <v>1500</v>
       </c>
       <c r="N274">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O274" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P274" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q274" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R274" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S274" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T274" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U274" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V274" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W274" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y274">
-        <v>5000</v>
+        <v>4760</v>
       </c>
       <c r="Z274" t="s">
-        <v>1603</v>
+        <v>1615</v>
       </c>
       <c r="AA274" t="s">
-        <v>1645</v>
+        <v>1657</v>
       </c>
       <c r="AD274" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="AG274" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="AH274" t="s">
         <v>1705</v>
       </c>
       <c r="AI274" t="s">
-        <v>1956</v>
+        <v>1902</v>
       </c>
       <c r="AJ274" t="s">
-        <v>2226</v>
+        <v>2171</v>
       </c>
       <c r="AK274" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="275" spans="1:37">
       <c r="A275" t="s">
         <v>311</v>
       </c>
       <c r="B275" t="s">
         <v>607</v>
       </c>
       <c r="C275" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="D275" t="s">
-        <v>892</v>
+        <v>1124</v>
       </c>
       <c r="E275" t="s">
         <v>1139</v>
       </c>
       <c r="F275" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
       <c r="G275" t="s">
-        <v>1322</v>
+        <v>1313</v>
       </c>
       <c r="H275">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I275">
-        <v>4160836.94</v>
+        <v>2364799.84</v>
       </c>
       <c r="J275" t="s">
         <v>1357</v>
       </c>
       <c r="K275">
-        <v>2496502.19</v>
+        <v>1182399.92</v>
       </c>
       <c r="L275" t="s">
-        <v>1373</v>
+        <v>1394</v>
       </c>
       <c r="M275" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="N275">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="O275" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="P275" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="Q275" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="R275" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S275" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T275" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U275" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V275" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W275" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y275">
-        <v>4180</v>
+        <v>7700</v>
       </c>
       <c r="Z275" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="AA275" t="s">
-        <v>1662</v>
+        <v>1665</v>
       </c>
       <c r="AD275" t="s">
-        <v>1692</v>
+        <v>1685</v>
       </c>
       <c r="AG275" t="s">
-        <v>1702</v>
+        <v>1695</v>
       </c>
       <c r="AH275" t="s">
         <v>1705</v>
       </c>
       <c r="AI275" t="s">
         <v>1957</v>
       </c>
       <c r="AJ275" t="s">
-        <v>2227</v>
+        <v>2226</v>
       </c>
       <c r="AK275" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="276" spans="1:37">
       <c r="A276" t="s">
         <v>312</v>
       </c>
       <c r="B276" t="s">
         <v>608</v>
       </c>
       <c r="C276" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="D276" t="s">
-        <v>893</v>
+        <v>1125</v>
       </c>
       <c r="E276" t="s">
         <v>1139</v>
       </c>
       <c r="F276" t="s">
-        <v>1154</v>
+        <v>1174</v>
       </c>
       <c r="G276" t="s">
-        <v>1286</v>
+        <v>1345</v>
       </c>
       <c r="H276">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="I276">
-        <v>1790020.05</v>
+        <v>324901.2</v>
       </c>
       <c r="J276" t="s">
         <v>1357</v>
       </c>
       <c r="K276">
-        <v>645459.75</v>
+        <v>162450.6</v>
       </c>
       <c r="L276" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="M276" t="s">
-        <v>1509</v>
+        <v>1492</v>
       </c>
       <c r="N276">
-        <v>117</v>
+        <v>65</v>
       </c>
       <c r="O276" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
       <c r="P276" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q276" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R276" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S276" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T276" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U276" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V276" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W276" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y276">
-        <v>3700</v>
+        <v>6000</v>
       </c>
       <c r="Z276" t="s">
-        <v>1617</v>
+        <v>1610</v>
       </c>
       <c r="AA276" t="s">
-        <v>1659</v>
+        <v>1652</v>
       </c>
       <c r="AD276" t="s">
-        <v>1659</v>
+        <v>1686</v>
       </c>
       <c r="AG276" t="s">
-        <v>1703</v>
+        <v>1696</v>
       </c>
       <c r="AH276" t="s">
         <v>1705</v>
       </c>
       <c r="AI276" t="s">
         <v>1958</v>
       </c>
       <c r="AJ276" t="s">
-        <v>2228</v>
+        <v>2227</v>
       </c>
       <c r="AK276" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="277" spans="1:37">
       <c r="A277" t="s">
         <v>313</v>
       </c>
       <c r="B277" t="s">
         <v>609</v>
       </c>
       <c r="C277" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="D277" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="E277" t="s">
         <v>1139</v>
       </c>
       <c r="F277" t="s">
-        <v>1201</v>
+        <v>1279</v>
       </c>
       <c r="G277" t="s">
-        <v>1291</v>
+        <v>1322</v>
       </c>
       <c r="H277">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="I277">
-        <v>2372500</v>
+        <v>852347.99</v>
       </c>
       <c r="J277" t="s">
         <v>1357</v>
       </c>
       <c r="K277">
-        <v>1105000</v>
+        <v>375875.63</v>
       </c>
       <c r="L277" t="s">
-        <v>1428</v>
+        <v>1411</v>
       </c>
       <c r="M277" t="s">
-        <v>1533</v>
+        <v>1518</v>
       </c>
       <c r="N277">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="O277" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="P277" t="s">
         <v>1576</v>
       </c>
       <c r="Q277" t="s">
         <v>1582</v>
       </c>
       <c r="R277" t="s">
         <v>1585</v>
       </c>
       <c r="S277" t="s">
         <v>1588</v>
       </c>
       <c r="T277" t="s">
         <v>1591</v>
       </c>
       <c r="U277" t="s">
         <v>1593</v>
       </c>
       <c r="V277" t="s">
         <v>1595</v>
       </c>
       <c r="W277" t="s">
         <v>1598</v>
       </c>
       <c r="Y277">
-        <v>6700</v>
+        <v>9900</v>
       </c>
       <c r="Z277" t="s">
-        <v>1634</v>
+        <v>1626</v>
       </c>
       <c r="AA277" t="s">
-        <v>1676</v>
+        <v>1668</v>
       </c>
       <c r="AD277" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="AG277" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="AH277" t="s">
         <v>1705</v>
       </c>
       <c r="AI277" t="s">
         <v>1959</v>
       </c>
       <c r="AJ277" t="s">
-        <v>2229</v>
+        <v>2228</v>
       </c>
       <c r="AK277" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="278" spans="1:37">
       <c r="A278" t="s">
         <v>314</v>
       </c>
       <c r="B278" t="s">
         <v>610</v>
       </c>
       <c r="C278" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="D278" t="s">
-        <v>1126</v>
+        <v>894</v>
       </c>
       <c r="E278" t="s">
         <v>1139</v>
       </c>
       <c r="F278" t="s">
-        <v>1282</v>
+        <v>1191</v>
       </c>
       <c r="G278" t="s">
-        <v>1354</v>
+        <v>1300</v>
       </c>
       <c r="H278">
         <v>50</v>
       </c>
       <c r="I278">
-        <v>2475155.02</v>
+        <v>1952282.67</v>
       </c>
       <c r="J278" t="s">
         <v>1357</v>
       </c>
       <c r="K278">
-        <v>1237577.51</v>
+        <v>976141.4</v>
       </c>
       <c r="L278" t="s">
         <v>1476</v>
       </c>
       <c r="M278" t="s">
-        <v>1508</v>
+        <v>1559</v>
       </c>
       <c r="N278">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O278" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="P278" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q278" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R278" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S278" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T278" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U278" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V278" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W278" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y278">
-        <v>4180</v>
+        <v>3400</v>
       </c>
       <c r="Z278" t="s">
-        <v>1620</v>
+        <v>1641</v>
       </c>
       <c r="AA278" t="s">
-        <v>1662</v>
+        <v>1683</v>
       </c>
       <c r="AD278" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="AG278" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="AH278" t="s">
         <v>1705</v>
       </c>
       <c r="AI278" t="s">
         <v>1960</v>
       </c>
       <c r="AJ278" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="AK278" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="279" spans="1:37">
       <c r="A279" t="s">
         <v>315</v>
       </c>
       <c r="B279" t="s">
         <v>611</v>
       </c>
       <c r="C279" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="D279" t="s">
-        <v>1127</v>
+        <v>895</v>
       </c>
       <c r="E279" t="s">
         <v>1139</v>
       </c>
       <c r="F279" t="s">
-        <v>1283</v>
+        <v>1160</v>
       </c>
       <c r="G279" t="s">
-        <v>1299</v>
+        <v>1203</v>
       </c>
       <c r="H279">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="I279">
-        <v>1150500</v>
+        <v>619258.9</v>
       </c>
       <c r="J279" t="s">
         <v>1357</v>
       </c>
       <c r="K279">
-        <v>575250</v>
+        <v>193299.34</v>
       </c>
       <c r="L279" t="s">
-        <v>1366</v>
+        <v>1477</v>
       </c>
       <c r="M279" t="s">
-        <v>1487</v>
+        <v>1517</v>
       </c>
       <c r="N279">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="O279" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="P279" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="Q279" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="R279" t="s">
         <v>1584</v>
       </c>
       <c r="S279" t="s">
         <v>1587</v>
       </c>
       <c r="T279" t="s">
         <v>1590</v>
       </c>
       <c r="U279" t="s">
         <v>1592</v>
       </c>
       <c r="V279" t="s">
         <v>1594</v>
       </c>
       <c r="W279" t="s">
         <v>1597</v>
       </c>
       <c r="Y279">
-        <v>8830</v>
+        <v>9440</v>
       </c>
       <c r="Z279" t="s">
-        <v>1605</v>
+        <v>1614</v>
       </c>
       <c r="AA279" t="s">
-        <v>1647</v>
+        <v>1656</v>
       </c>
       <c r="AD279" t="s">
-        <v>1689</v>
+        <v>1685</v>
       </c>
       <c r="AG279" t="s">
-        <v>1699</v>
+        <v>1695</v>
       </c>
       <c r="AH279" t="s">
         <v>1705</v>
       </c>
       <c r="AI279" t="s">
         <v>1961</v>
       </c>
       <c r="AJ279" t="s">
-        <v>2231</v>
+        <v>2230</v>
       </c>
       <c r="AK279" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="280" spans="1:37">
       <c r="A280" t="s">
         <v>316</v>
       </c>
       <c r="B280" t="s">
         <v>612</v>
       </c>
       <c r="C280" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="D280" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="E280" t="s">
         <v>1139</v>
       </c>
       <c r="F280" t="s">
-        <v>1214</v>
+        <v>1209</v>
       </c>
       <c r="G280" t="s">
-        <v>1355</v>
+        <v>1351</v>
       </c>
       <c r="H280">
         <v>50</v>
       </c>
       <c r="I280">
-        <v>1820000</v>
+        <v>3446477.45</v>
       </c>
       <c r="J280" t="s">
         <v>1357</v>
       </c>
       <c r="K280">
-        <v>910000</v>
+        <v>1723238.66</v>
       </c>
       <c r="L280" t="s">
-        <v>1369</v>
+        <v>1478</v>
       </c>
       <c r="M280" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="N280">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="O280" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="P280" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="Q280" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="R280" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S280" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T280" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U280" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V280" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W280" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y280">
-        <v>8200</v>
+        <v>4760</v>
       </c>
       <c r="Z280" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
       <c r="AA280" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="AD280" t="s">
-        <v>1690</v>
+        <v>1684</v>
       </c>
       <c r="AG280" t="s">
-        <v>1700</v>
+        <v>1694</v>
       </c>
       <c r="AH280" t="s">
         <v>1705</v>
       </c>
       <c r="AI280" t="s">
         <v>1962</v>
       </c>
       <c r="AJ280" t="s">
-        <v>2232</v>
+        <v>2231</v>
       </c>
       <c r="AK280" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="281" spans="1:37">
       <c r="A281" t="s">
         <v>317</v>
       </c>
       <c r="B281" t="s">
         <v>613</v>
       </c>
       <c r="C281" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="D281" t="s">
-        <v>1129</v>
+        <v>1128</v>
       </c>
       <c r="E281" t="s">
         <v>1139</v>
       </c>
       <c r="F281" t="s">
-        <v>1164</v>
+        <v>1240</v>
       </c>
       <c r="G281" t="s">
-        <v>1356</v>
+        <v>1291</v>
       </c>
       <c r="H281">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="I281">
-        <v>1460259.84</v>
+        <v>3303407.64</v>
       </c>
       <c r="J281" t="s">
         <v>1357</v>
       </c>
       <c r="K281">
-        <v>566062.12</v>
+        <v>1651703.82</v>
       </c>
       <c r="L281" t="s">
-        <v>1477</v>
+        <v>1363</v>
       </c>
       <c r="M281" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="N281">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="O281" t="s">
-        <v>1561</v>
+        <v>1566</v>
       </c>
       <c r="P281" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="Q281" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="R281" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S281" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T281" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U281" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V281" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W281" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y281">
-        <v>9220</v>
+        <v>2100</v>
       </c>
       <c r="Z281" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="AA281" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="AD281" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="AG281" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="AH281" t="s">
         <v>1705</v>
       </c>
       <c r="AI281" t="s">
         <v>1963</v>
       </c>
       <c r="AJ281" t="s">
-        <v>2233</v>
+        <v>2232</v>
       </c>
       <c r="AK281" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="282" spans="1:37">
       <c r="A282" t="s">
         <v>318</v>
       </c>
       <c r="B282" t="s">
         <v>614</v>
       </c>
       <c r="C282" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="D282" t="s">
-        <v>996</v>
+        <v>1129</v>
       </c>
       <c r="E282" t="s">
         <v>1139</v>
       </c>
       <c r="F282" t="s">
-        <v>1204</v>
+        <v>1280</v>
       </c>
       <c r="G282" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="H282">
         <v>50</v>
       </c>
       <c r="I282">
-        <v>742699.75</v>
+        <v>2405650</v>
       </c>
       <c r="J282" t="s">
         <v>1357</v>
       </c>
       <c r="K282">
-        <v>371349.81</v>
+        <v>1202825</v>
       </c>
       <c r="L282" t="s">
-        <v>1421</v>
+        <v>1382</v>
       </c>
       <c r="M282" t="s">
-        <v>1529</v>
+        <v>1500</v>
       </c>
       <c r="N282">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="O282" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="P282" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q282" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R282" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S282" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T282" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U282" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V282" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W282" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y282">
-        <v>4220</v>
+        <v>4760</v>
       </c>
       <c r="Z282" t="s">
-        <v>1632</v>
+        <v>1615</v>
       </c>
       <c r="AA282" t="s">
-        <v>1674</v>
+        <v>1657</v>
       </c>
       <c r="AD282" t="s">
-        <v>1692</v>
+        <v>1684</v>
       </c>
       <c r="AG282" t="s">
-        <v>1702</v>
+        <v>1694</v>
       </c>
       <c r="AH282" t="s">
         <v>1705</v>
       </c>
       <c r="AI282" t="s">
         <v>1964</v>
       </c>
       <c r="AJ282" t="s">
-        <v>2234</v>
+        <v>2233</v>
       </c>
       <c r="AK282" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="283" spans="1:37">
       <c r="A283" t="s">
         <v>319</v>
       </c>
       <c r="B283" t="s">
         <v>615</v>
       </c>
       <c r="C283" t="s">
-        <v>676</v>
+        <v>899</v>
       </c>
       <c r="D283" t="s">
-        <v>676</v>
+        <v>1130</v>
       </c>
       <c r="E283" t="s">
         <v>1139</v>
       </c>
       <c r="F283" t="s">
-        <v>1182</v>
+        <v>1281</v>
       </c>
       <c r="G283" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="H283">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I283">
-        <v>2079981.28</v>
+        <v>3505190</v>
       </c>
       <c r="J283" t="s">
         <v>1357</v>
       </c>
       <c r="K283">
-        <v>1035607.56</v>
+        <v>2103114</v>
       </c>
       <c r="L283" t="s">
-        <v>1393</v>
+        <v>1406</v>
       </c>
       <c r="M283" t="s">
-        <v>1511</v>
+        <v>1549</v>
       </c>
       <c r="N283">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="O283" t="s">
         <v>1565</v>
       </c>
       <c r="P283" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="Q283" t="s">
-        <v>1582</v>
+        <v>1581</v>
       </c>
       <c r="R283" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="S283" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="T283" t="s">
         <v>1591</v>
       </c>
       <c r="U283" t="s">
         <v>1593</v>
       </c>
       <c r="V283" t="s">
         <v>1595</v>
       </c>
       <c r="W283" t="s">
         <v>1598</v>
       </c>
       <c r="Y283">
-        <v>9440</v>
+        <v>1620</v>
       </c>
       <c r="Z283" t="s">
-        <v>1622</v>
+        <v>1605</v>
       </c>
       <c r="AA283" t="s">
-        <v>1664</v>
+        <v>1647</v>
       </c>
       <c r="AD283" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="AG283" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="AH283" t="s">
         <v>1705</v>
       </c>
       <c r="AI283" t="s">
-        <v>1750</v>
+        <v>1965</v>
       </c>
       <c r="AJ283" t="s">
-        <v>2020</v>
+        <v>2234</v>
       </c>
       <c r="AK283" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="284" spans="1:37">
       <c r="A284" t="s">
         <v>320</v>
       </c>
       <c r="B284" t="s">
         <v>616</v>
       </c>
       <c r="C284" t="s">
         <v>900</v>
       </c>
       <c r="D284" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="E284" t="s">
         <v>1139</v>
       </c>
       <c r="F284" t="s">
-        <v>1154</v>
+        <v>1282</v>
       </c>
       <c r="G284" t="s">
-        <v>1286</v>
+        <v>1318</v>
       </c>
       <c r="H284">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="I284">
-        <v>3331847.74</v>
+        <v>5190559.14</v>
       </c>
       <c r="J284" t="s">
         <v>1357</v>
       </c>
       <c r="K284">
-        <v>1576414.32</v>
+        <v>259515.36</v>
       </c>
       <c r="L284" t="s">
-        <v>1425</v>
+        <v>1453</v>
       </c>
       <c r="M284" t="s">
-        <v>1531</v>
+        <v>1485</v>
       </c>
       <c r="N284">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="O284" t="s">
-        <v>1567</v>
+        <v>1562</v>
       </c>
       <c r="P284" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="Q284" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="R284" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S284" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T284" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U284" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V284" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W284" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y284">
-        <v>8800</v>
+        <v>2100</v>
       </c>
       <c r="Z284" t="s">
         <v>1605</v>
       </c>
       <c r="AA284" t="s">
         <v>1647</v>
       </c>
       <c r="AD284" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="AG284" t="s">
         <v>1699</v>
       </c>
       <c r="AH284" t="s">
         <v>1705</v>
       </c>
       <c r="AI284" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="AJ284" t="s">
         <v>2235</v>
       </c>
       <c r="AK284" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="285" spans="1:37">
       <c r="A285" t="s">
         <v>321</v>
       </c>
       <c r="B285" t="s">
         <v>617</v>
       </c>
       <c r="C285" t="s">
         <v>901</v>
       </c>
       <c r="D285" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="E285" t="s">
         <v>1139</v>
       </c>
       <c r="F285" t="s">
-        <v>1284</v>
+        <v>1283</v>
       </c>
       <c r="G285" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="H285">
         <v>50</v>
       </c>
       <c r="I285">
-        <v>1898562.77</v>
+        <v>3474748.94</v>
       </c>
       <c r="J285" t="s">
         <v>1357</v>
       </c>
       <c r="K285">
-        <v>949281.45</v>
+        <v>1737374.47</v>
       </c>
       <c r="L285" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="M285" t="s">
-        <v>1482</v>
+        <v>1492</v>
       </c>
       <c r="N285">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="O285" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="P285" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="Q285" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="R285" t="s">
         <v>1584</v>
       </c>
       <c r="S285" t="s">
         <v>1587</v>
       </c>
       <c r="T285" t="s">
         <v>1590</v>
       </c>
       <c r="U285" t="s">
         <v>1592</v>
       </c>
       <c r="V285" t="s">
         <v>1594</v>
       </c>
       <c r="W285" t="s">
         <v>1597</v>
       </c>
       <c r="Y285">
-        <v>7100</v>
+        <v>6000</v>
       </c>
       <c r="Z285" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="AA285" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="AD285" t="s">
         <v>1686</v>
       </c>
       <c r="AG285" t="s">
         <v>1696</v>
       </c>
       <c r="AH285" t="s">
         <v>1705</v>
       </c>
       <c r="AI285" t="s">
-        <v>1966</v>
+        <v>1948</v>
       </c>
       <c r="AJ285" t="s">
-        <v>1966</v>
+        <v>2217</v>
       </c>
       <c r="AK285" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="286" spans="1:37">
       <c r="A286" t="s">
         <v>322</v>
       </c>
       <c r="B286" t="s">
         <v>618</v>
       </c>
       <c r="C286" t="s">
         <v>902</v>
       </c>
       <c r="D286" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="E286" t="s">
         <v>1139</v>
       </c>
       <c r="F286" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="G286" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="H286">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I286">
-        <v>707722.47</v>
+        <v>1336114</v>
       </c>
       <c r="J286" t="s">
         <v>1357</v>
       </c>
       <c r="K286">
-        <v>353861.17</v>
+        <v>195000</v>
       </c>
       <c r="L286" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="M286" t="s">
-        <v>1503</v>
+        <v>1483</v>
       </c>
       <c r="N286">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="O286" t="s">
-        <v>1569</v>
+        <v>1562</v>
       </c>
       <c r="P286" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
       <c r="Q286" t="s">
-        <v>1582</v>
+        <v>1579</v>
       </c>
       <c r="R286" t="s">
         <v>1585</v>
       </c>
       <c r="S286" t="s">
         <v>1588</v>
       </c>
       <c r="T286" t="s">
         <v>1591</v>
       </c>
       <c r="U286" t="s">
         <v>1593</v>
       </c>
       <c r="V286" t="s">
         <v>1595</v>
       </c>
       <c r="W286" t="s">
         <v>1598</v>
       </c>
       <c r="Y286">
-        <v>9900</v>
+        <v>5230</v>
       </c>
       <c r="Z286" t="s">
-        <v>1616</v>
+        <v>1603</v>
       </c>
       <c r="AA286" t="s">
-        <v>1658</v>
+        <v>1645</v>
       </c>
       <c r="AD286" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="AG286" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="AH286" t="s">
         <v>1705</v>
       </c>
       <c r="AI286" t="s">
         <v>1967</v>
       </c>
       <c r="AJ286" t="s">
         <v>2236</v>
       </c>
       <c r="AK286" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="287" spans="1:37">
       <c r="A287" t="s">
         <v>323</v>
       </c>
       <c r="B287" t="s">
         <v>619</v>
       </c>
       <c r="C287" t="s">
         <v>903</v>
       </c>
       <c r="D287" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="E287" t="s">
         <v>1139</v>
       </c>
       <c r="F287" t="s">
-        <v>1142</v>
+        <v>1205</v>
       </c>
       <c r="G287" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
       <c r="H287">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I287">
-        <v>1963816.79</v>
+        <v>1299998.7</v>
       </c>
       <c r="J287" t="s">
         <v>1357</v>
       </c>
       <c r="K287">
-        <v>981908.46</v>
+        <v>779999.22</v>
       </c>
       <c r="L287" t="s">
-        <v>1478</v>
+        <v>1358</v>
       </c>
       <c r="M287" t="s">
-        <v>1533</v>
+        <v>1480</v>
       </c>
       <c r="N287">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="O287" t="s">
-        <v>1561</v>
+        <v>1568</v>
       </c>
       <c r="P287" t="s">
-        <v>1572</v>
+        <v>1577</v>
       </c>
       <c r="Q287" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="R287" t="s">
         <v>1584</v>
       </c>
       <c r="S287" t="s">
         <v>1587</v>
       </c>
       <c r="T287" t="s">
         <v>1590</v>
       </c>
       <c r="U287" t="s">
         <v>1592</v>
       </c>
       <c r="V287" t="s">
         <v>1594</v>
       </c>
       <c r="W287" t="s">
         <v>1597</v>
       </c>
       <c r="Y287">
-        <v>6700</v>
+        <v>4800</v>
       </c>
       <c r="Z287" t="s">
-        <v>1634</v>
+        <v>1600</v>
       </c>
       <c r="AA287" t="s">
-        <v>1676</v>
+        <v>1642</v>
       </c>
       <c r="AD287" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="AG287" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="AH287" t="s">
         <v>1705</v>
       </c>
       <c r="AI287" t="s">
         <v>1968</v>
       </c>
       <c r="AJ287" t="s">
         <v>2237</v>
       </c>
       <c r="AK287" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="288" spans="1:37">
       <c r="A288" t="s">
         <v>324</v>
       </c>
       <c r="B288" t="s">
         <v>620</v>
       </c>
       <c r="C288" t="s">
         <v>904</v>
       </c>
       <c r="D288" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="E288" t="s">
         <v>1139</v>
       </c>
       <c r="F288" t="s">
-        <v>1155</v>
+        <v>1284</v>
       </c>
       <c r="G288" t="s">
-        <v>1291</v>
+        <v>1303</v>
       </c>
       <c r="H288">
         <v>50</v>
       </c>
       <c r="I288">
-        <v>4770027.47</v>
+        <v>578123</v>
       </c>
       <c r="J288" t="s">
         <v>1357</v>
       </c>
       <c r="K288">
-        <v>2381178.41</v>
+        <v>289061.5</v>
       </c>
       <c r="L288" t="s">
-        <v>1364</v>
+        <v>1479</v>
       </c>
       <c r="M288" t="s">
-        <v>1481</v>
+        <v>1560</v>
       </c>
       <c r="N288">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="O288" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="P288" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
       <c r="Q288" t="s">
-        <v>1581</v>
+        <v>1578</v>
       </c>
       <c r="R288" t="s">
         <v>1584</v>
       </c>
       <c r="S288" t="s">
         <v>1587</v>
       </c>
       <c r="T288" t="s">
         <v>1590</v>
       </c>
       <c r="U288" t="s">
         <v>1592</v>
       </c>
       <c r="V288" t="s">
         <v>1594</v>
       </c>
       <c r="W288" t="s">
         <v>1597</v>
       </c>
       <c r="Y288">
-        <v>9220</v>
+        <v>9800</v>
       </c>
       <c r="Z288" t="s">
-        <v>1601</v>
+        <v>1633</v>
       </c>
       <c r="AA288" t="s">
-        <v>1643</v>
+        <v>1675</v>
       </c>
       <c r="AD288" t="s">
         <v>1685</v>
       </c>
       <c r="AG288" t="s">
         <v>1695</v>
       </c>
       <c r="AH288" t="s">
         <v>1705</v>
       </c>
       <c r="AI288" t="s">
-        <v>1969</v>
+        <v>1948</v>
       </c>
       <c r="AJ288" t="s">
-        <v>2238</v>
+        <v>2217</v>
       </c>
       <c r="AK288" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="289" spans="1:37">
       <c r="A289" t="s">
         <v>325</v>
       </c>
       <c r="B289" t="s">
         <v>621</v>
       </c>
       <c r="C289" t="s">
         <v>905</v>
       </c>
       <c r="D289" t="s">
-        <v>905</v>
+        <v>1136</v>
       </c>
       <c r="E289" t="s">
         <v>1139</v>
       </c>
       <c r="F289" t="s">
-        <v>1285</v>
+        <v>1180</v>
       </c>
       <c r="G289" t="s">
-        <v>1301</v>
+        <v>1295</v>
       </c>
       <c r="H289">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="I289">
-        <v>2195880.05</v>
+        <v>680191.46</v>
       </c>
       <c r="J289" t="s">
         <v>1357</v>
       </c>
       <c r="K289">
-        <v>945326.33</v>
+        <v>340095.73</v>
       </c>
       <c r="L289" t="s">
-        <v>1477</v>
+        <v>1397</v>
       </c>
       <c r="M289" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="N289">
-        <v>104</v>
+        <v>63</v>
       </c>
       <c r="O289" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="P289" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q289" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R289" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S289" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T289" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U289" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V289" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W289" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y289">
-        <v>9220</v>
+        <v>5230</v>
       </c>
       <c r="Z289" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="AA289" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="AD289" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="AG289" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="AH289" t="s">
         <v>1705</v>
       </c>
       <c r="AI289" t="s">
-        <v>1970</v>
+        <v>1969</v>
       </c>
       <c r="AJ289" t="s">
-        <v>2239</v>
+        <v>2238</v>
       </c>
       <c r="AK289" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="290" spans="1:37">
       <c r="A290" t="s">
         <v>326</v>
       </c>
       <c r="B290" t="s">
         <v>622</v>
       </c>
       <c r="C290" t="s">
-        <v>906</v>
+        <v>818</v>
       </c>
       <c r="D290" t="s">
-        <v>1134</v>
+        <v>818</v>
       </c>
       <c r="E290" t="s">
         <v>1139</v>
       </c>
       <c r="F290" t="s">
-        <v>1211</v>
+        <v>1160</v>
       </c>
       <c r="G290" t="s">
-        <v>1291</v>
+        <v>1310</v>
       </c>
       <c r="H290">
         <v>50</v>
       </c>
       <c r="I290">
-        <v>1763816.6</v>
+        <v>1901304.86</v>
       </c>
       <c r="J290" t="s">
         <v>1357</v>
       </c>
       <c r="K290">
-        <v>881908.3</v>
+        <v>950652.4300000001</v>
       </c>
       <c r="L290" t="s">
-        <v>1403</v>
+        <v>1453</v>
       </c>
       <c r="M290" t="s">
-        <v>1515</v>
+        <v>1485</v>
       </c>
       <c r="N290">
-        <v>106</v>
+        <v>67</v>
       </c>
       <c r="O290" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="P290" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="Q290" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="R290" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S290" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T290" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U290" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V290" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W290" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y290">
-        <v>5700</v>
+        <v>2100</v>
+      </c>
+      <c r="Z290" t="s">
+        <v>1605</v>
+      </c>
+      <c r="AA290" t="s">
+        <v>1647</v>
       </c>
       <c r="AD290" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="AG290" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="AH290" t="s">
         <v>1705</v>
       </c>
       <c r="AI290" t="s">
-        <v>1971</v>
+        <v>1970</v>
       </c>
       <c r="AJ290" t="s">
-        <v>2240</v>
+        <v>2239</v>
       </c>
       <c r="AK290" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="291" spans="1:37">
       <c r="A291" t="s">
         <v>327</v>
       </c>
       <c r="B291" t="s">
         <v>623</v>
       </c>
       <c r="C291" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="D291" t="s">
-        <v>1135</v>
+        <v>1012</v>
       </c>
       <c r="E291" t="s">
         <v>1139</v>
       </c>
       <c r="F291" t="s">
-        <v>1169</v>
+        <v>1192</v>
       </c>
       <c r="G291" t="s">
-        <v>1327</v>
+        <v>1342</v>
       </c>
       <c r="H291">
         <v>50</v>
       </c>
       <c r="I291">
-        <v>358144.8</v>
+        <v>185502.72</v>
       </c>
       <c r="J291" t="s">
         <v>1357</v>
       </c>
       <c r="K291">
-        <v>179072.4</v>
+        <v>92751.36</v>
       </c>
       <c r="L291" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="M291" t="s">
-        <v>1485</v>
+        <v>1537</v>
       </c>
       <c r="N291">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="O291" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="P291" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="Q291" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="R291" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="S291" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="T291" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="U291" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="V291" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="W291" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="Y291">
-        <v>5000</v>
+        <v>4220</v>
       </c>
       <c r="Z291" t="s">
-        <v>1603</v>
+        <v>1616</v>
       </c>
       <c r="AA291" t="s">
-        <v>1645</v>
+        <v>1658</v>
       </c>
       <c r="AD291" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="AG291" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="AH291" t="s">
         <v>1705</v>
       </c>
       <c r="AI291" t="s">
-        <v>1735</v>
+        <v>1971</v>
       </c>
       <c r="AJ291" t="s">
-        <v>2005</v>
+        <v>2240</v>
       </c>
       <c r="AK291" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
     </row>
     <row r="292" spans="1:37">
       <c r="A292" t="s">
         <v>328</v>
       </c>
       <c r="B292" t="s">
         <v>624</v>
       </c>
       <c r="C292" t="s">
-        <v>643</v>
+        <v>834</v>
       </c>
       <c r="D292" t="s">
-        <v>923</v>
+        <v>1073</v>
       </c>
       <c r="E292" t="s">
         <v>1139</v>
       </c>
       <c r="F292" t="s">
-        <v>1152</v>
+        <v>1263</v>
       </c>
       <c r="G292" t="s">
-        <v>1286</v>
+        <v>1295</v>
       </c>
       <c r="H292">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="I292">
-        <v>6341090.86</v>
+        <v>1932171.93</v>
       </c>
       <c r="J292" t="s">
         <v>1357</v>
       </c>
       <c r="K292">
-        <v>3093818.26</v>
+        <v>870363.52</v>
       </c>
       <c r="L292" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="M292" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="N292">
-        <v>68</v>
+        <v>106</v>
       </c>
       <c r="O292" t="s">
-        <v>1568</v>
+        <v>1564</v>
       </c>
       <c r="P292" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="Q292" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
       <c r="R292" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="S292" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="T292" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U292" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V292" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W292" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y292">
-        <v>8000</v>
+        <v>4100</v>
       </c>
       <c r="Z292" t="s">
-        <v>1607</v>
+        <v>1613</v>
       </c>
       <c r="AA292" t="s">
-        <v>1649</v>
+        <v>1655</v>
       </c>
       <c r="AD292" t="s">
-        <v>1690</v>
+        <v>1684</v>
       </c>
       <c r="AG292" t="s">
-        <v>1700</v>
+        <v>1694</v>
       </c>
       <c r="AH292" t="s">
         <v>1705</v>
       </c>
       <c r="AI292" t="s">
-        <v>1717</v>
+        <v>1904</v>
       </c>
       <c r="AJ292" t="s">
-        <v>1987</v>
+        <v>2173</v>
       </c>
       <c r="AK292" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="293" spans="1:37">
       <c r="A293" t="s">
         <v>329</v>
       </c>
       <c r="B293" t="s">
         <v>625</v>
       </c>
       <c r="C293" t="s">
-        <v>908</v>
+        <v>907</v>
       </c>
       <c r="D293" t="s">
-        <v>1136</v>
+        <v>907</v>
       </c>
       <c r="E293" t="s">
         <v>1139</v>
       </c>
       <c r="F293" t="s">
-        <v>1218</v>
+        <v>1247</v>
       </c>
       <c r="G293" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="H293">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I293">
-        <v>4368645.58</v>
+        <v>1502099.56</v>
       </c>
       <c r="J293" t="s">
         <v>1357</v>
       </c>
       <c r="K293">
-        <v>2184322.79</v>
+        <v>741299.78</v>
       </c>
       <c r="L293" t="s">
-        <v>1401</v>
+        <v>1375</v>
       </c>
       <c r="M293" t="s">
-        <v>1532</v>
+        <v>1496</v>
       </c>
       <c r="N293">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O293" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="P293" t="s">
-        <v>1575</v>
+        <v>1574</v>
       </c>
       <c r="Q293" t="s">
-        <v>1581</v>
+        <v>1580</v>
       </c>
       <c r="R293" t="s">
         <v>1584</v>
       </c>
       <c r="S293" t="s">
         <v>1587</v>
       </c>
       <c r="T293" t="s">
         <v>1590</v>
       </c>
       <c r="U293" t="s">
         <v>1592</v>
       </c>
       <c r="V293" t="s">
         <v>1594</v>
       </c>
       <c r="W293" t="s">
         <v>1597</v>
       </c>
       <c r="Y293">
-        <v>2100</v>
-[...5 lines deleted...]
-        <v>1642</v>
+        <v>5700</v>
       </c>
       <c r="AD293" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="AG293" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="AH293" t="s">
         <v>1705</v>
       </c>
       <c r="AI293" t="s">
         <v>1972</v>
       </c>
       <c r="AJ293" t="s">
         <v>2241</v>
       </c>
       <c r="AK293" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="294" spans="1:37">
       <c r="A294" t="s">
         <v>330</v>
       </c>
       <c r="B294" t="s">
         <v>626</v>
       </c>
       <c r="C294" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="D294" t="s">
-        <v>1137</v>
+        <v>1081</v>
       </c>
       <c r="E294" t="s">
         <v>1139</v>
       </c>
       <c r="F294" t="s">
-        <v>1206</v>
+        <v>1146</v>
       </c>
       <c r="G294" t="s">
-        <v>1322</v>
+        <v>1291</v>
       </c>
       <c r="H294">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="I294">
-        <v>2070499.34</v>
+        <v>500818.37</v>
       </c>
       <c r="J294" t="s">
         <v>1357</v>
       </c>
       <c r="K294">
-        <v>969240.74</v>
+        <v>300490.97</v>
       </c>
       <c r="L294" t="s">
-        <v>1411</v>
+        <v>1454</v>
       </c>
       <c r="M294" t="s">
-        <v>1521</v>
+        <v>1546</v>
       </c>
       <c r="N294">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="O294" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="P294" t="s">
         <v>1574</v>
       </c>
       <c r="Q294" t="s">
         <v>1580</v>
       </c>
       <c r="R294" t="s">
         <v>1584</v>
       </c>
       <c r="S294" t="s">
         <v>1587</v>
       </c>
       <c r="T294" t="s">
         <v>1590</v>
       </c>
       <c r="U294" t="s">
         <v>1592</v>
       </c>
       <c r="V294" t="s">
         <v>1594</v>
       </c>
       <c r="W294" t="s">
         <v>1597</v>
       </c>
       <c r="Y294">
-        <v>1552</v>
+        <v>2300</v>
       </c>
       <c r="Z294" t="s">
-        <v>1600</v>
+        <v>1605</v>
       </c>
       <c r="AA294" t="s">
-        <v>1642</v>
+        <v>1647</v>
       </c>
       <c r="AD294" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="AG294" t="s">
-        <v>1694</v>
+        <v>1699</v>
       </c>
       <c r="AH294" t="s">
         <v>1705</v>
       </c>
       <c r="AI294" t="s">
         <v>1973</v>
       </c>
       <c r="AJ294" t="s">
         <v>2242</v>
       </c>
       <c r="AK294" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="295" spans="1:37">
       <c r="A295" t="s">
         <v>331</v>
       </c>
       <c r="B295" t="s">
         <v>627</v>
       </c>
       <c r="C295" t="s">
-        <v>688</v>
+        <v>909</v>
       </c>
       <c r="D295" t="s">
-        <v>960</v>
+        <v>1137</v>
       </c>
       <c r="E295" t="s">
         <v>1139</v>
       </c>
       <c r="F295" t="s">
-        <v>1193</v>
+        <v>1285</v>
       </c>
       <c r="G295" t="s">
-        <v>1308</v>
+        <v>1299</v>
       </c>
       <c r="H295">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I295">
-        <v>2115078.94</v>
+        <v>4116961.94</v>
       </c>
       <c r="J295" t="s">
         <v>1357</v>
       </c>
       <c r="K295">
-        <v>1049502.22</v>
+        <v>2015252.85</v>
       </c>
       <c r="L295" t="s">
-        <v>1400</v>
+        <v>1358</v>
       </c>
       <c r="M295" t="s">
-        <v>1483</v>
+        <v>1480</v>
       </c>
       <c r="N295">
-        <v>62</v>
+        <v>109</v>
       </c>
       <c r="O295" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="P295" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="Q295" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="R295" t="s">
-        <v>1585</v>
+        <v>1584</v>
       </c>
       <c r="S295" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="T295" t="s">
-        <v>1591</v>
+        <v>1590</v>
       </c>
       <c r="U295" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="V295" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="W295" t="s">
-        <v>1598</v>
+        <v>1597</v>
       </c>
       <c r="Y295">
-        <v>5230</v>
+        <v>4800</v>
       </c>
       <c r="Z295" t="s">
-        <v>1603</v>
+        <v>1600</v>
       </c>
       <c r="AA295" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
       <c r="AD295" t="s">
-        <v>1687</v>
+        <v>1684</v>
       </c>
       <c r="AG295" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="AH295" t="s">
         <v>1705</v>
       </c>
       <c r="AI295" t="s">
         <v>1974</v>
       </c>
       <c r="AJ295" t="s">
         <v>2243</v>
       </c>
       <c r="AK295" t="s">
-        <v>2247</v>
+        <v>2246</v>
       </c>
     </row>
     <row r="296" spans="1:37">
       <c r="A296" t="s">
         <v>332</v>
       </c>
       <c r="B296" t="s">
         <v>628</v>
       </c>
       <c r="C296" t="s">
         <v>910</v>
       </c>
       <c r="D296" t="s">
         <v>1138</v>
       </c>
       <c r="E296" t="s">
         <v>1139</v>
       </c>
       <c r="F296" t="s">
-        <v>1149</v>
+        <v>1199</v>
       </c>
       <c r="G296" t="s">
-        <v>1319</v>
+        <v>1291</v>
       </c>
       <c r="H296">
         <v>50</v>
       </c>
       <c r="I296">
-        <v>3430253.58</v>
+        <v>936000</v>
       </c>
       <c r="J296" t="s">
         <v>1357</v>
       </c>
       <c r="K296">
-        <v>1713478</v>
+        <v>468000</v>
       </c>
       <c r="L296" t="s">
-        <v>1431</v>
+        <v>1410</v>
       </c>
       <c r="M296" t="s">
-        <v>1535</v>
+        <v>1522</v>
       </c>
       <c r="N296">
-        <v>118</v>
+        <v>104</v>
       </c>
       <c r="O296" t="s">
         <v>1567</v>
       </c>
       <c r="P296" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="Q296" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="R296" t="s">
         <v>1584</v>
       </c>
       <c r="S296" t="s">
         <v>1587</v>
       </c>
       <c r="T296" t="s">
         <v>1590</v>
       </c>
       <c r="U296" t="s">
         <v>1592</v>
       </c>
       <c r="V296" t="s">
         <v>1594</v>
       </c>
       <c r="W296" t="s">
         <v>1597</v>
       </c>
       <c r="Y296">
-        <v>4800</v>
+        <v>4600</v>
       </c>
       <c r="Z296" t="s">
-        <v>1635</v>
+        <v>1628</v>
       </c>
       <c r="AA296" t="s">
-        <v>1677</v>
+        <v>1670</v>
       </c>
       <c r="AD296" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="AG296" t="s">
         <v>1702</v>
       </c>
       <c r="AH296" t="s">
         <v>1705</v>
       </c>
       <c r="AI296" t="s">
         <v>1975</v>
       </c>
       <c r="AJ296" t="s">
         <v>2244</v>
       </c>
       <c r="AK296" t="s">
         <v>2246</v>
       </c>
     </row>
     <row r="297" spans="1:37">
       <c r="A297" t="s">
         <v>333</v>
       </c>
       <c r="B297" t="s">
         <v>629</v>
       </c>
       <c r="C297" t="s">
         <v>911</v>
       </c>
       <c r="D297" t="s">
         <v>911</v>
       </c>
       <c r="E297" t="s">
         <v>1139</v>
       </c>
       <c r="F297" t="s">
-        <v>1262</v>
+        <v>1168</v>
       </c>
       <c r="G297" t="s">
-        <v>1295</v>
+        <v>1313</v>
       </c>
       <c r="H297">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="I297">
-        <v>4213478.12</v>
+        <v>3697725.85</v>
       </c>
       <c r="J297" t="s">
         <v>1357</v>
       </c>
       <c r="K297">
-        <v>3370782.5</v>
+        <v>1848862.99</v>
       </c>
       <c r="L297" t="s">
-        <v>1479</v>
+        <v>1442</v>
       </c>
       <c r="M297" t="s">
-        <v>1560</v>
+        <v>1543</v>
+      </c>
+      <c r="N297">
+        <v>62</v>
+      </c>
+      <c r="O297" t="s">
+        <v>1562</v>
+      </c>
+      <c r="P297" t="s">
+        <v>1573</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>1579</v>
+      </c>
+      <c r="R297" t="s">
+        <v>1585</v>
+      </c>
+      <c r="S297" t="s">
+        <v>1588</v>
       </c>
       <c r="T297" t="s">
         <v>1591</v>
       </c>
       <c r="U297" t="s">
         <v>1593</v>
       </c>
       <c r="V297" t="s">
-        <v>1596</v>
+        <v>1595</v>
       </c>
       <c r="W297" t="s">
-        <v>1599</v>
+        <v>1598</v>
+      </c>
+      <c r="Y297">
+        <v>1165</v>
       </c>
       <c r="Z297" t="s">
-        <v>1606</v>
+        <v>1605</v>
       </c>
       <c r="AA297" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="AD297" t="s">
         <v>1688</v>
       </c>
       <c r="AG297" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="AH297" t="s">
         <v>1705</v>
       </c>
       <c r="AI297" t="s">
         <v>1976</v>
       </c>
       <c r="AJ297" t="s">
         <v>2245</v>
+      </c>
+      <c r="AK297" t="s">
+        <v>2247</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>