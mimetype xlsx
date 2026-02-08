--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -126,1857 +126,1857 @@
   <si>
     <t>NUTS1_Code</t>
   </si>
   <si>
     <t>NUTS2_Code</t>
   </si>
   <si>
     <t>NUTS3_Code</t>
   </si>
   <si>
     <t>Programming_Period</t>
   </si>
   <si>
     <t>Operation_Summary_English</t>
   </si>
   <si>
     <t>Operation_Summary_Programme_Language</t>
   </si>
   <si>
     <t>ManagingAuthority</t>
   </si>
   <si>
     <t>InfoRegio_ID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3102739</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102692</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102733</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102687</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102704</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102721</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102664</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102666</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102750</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102702</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102738</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102695</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102714</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102663</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102679</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102700</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102717</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102729</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102728</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102701</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102722</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102706</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102749</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102697</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102712</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102682</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102686</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113065</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102665</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102690</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113066</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102716</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102668</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102735</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102736</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102673</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102681</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102661</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102671</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102685</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102703</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102660</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102708</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102662</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102747</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102670</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102727</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102737</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102731</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102718</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3102734</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3102686</t>
+    <t>https://linkedopendata.eu/entity/Q3102683</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102741</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102667</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102677</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102678</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102709</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102748</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102732</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102711</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102672</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102680</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3102715</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3102724</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102705</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102688</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102693</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102684</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102745</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102719</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102720</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102742</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102675</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102689</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102740</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102725</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102746</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102744</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102691</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102707</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102676</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102726</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102723</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102730</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102696</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3102674</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3102699</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3102706</t>
-[...244 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q3102669</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3102744</t>
-[...14 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3102736</t>
+    <t>SleevesUp</t>
+  </si>
+  <si>
+    <t>MCCD</t>
+  </si>
+  <si>
+    <t>Start&amp;Code</t>
+  </si>
+  <si>
+    <t>Y4W-Regio</t>
+  </si>
+  <si>
+    <t>SC45+</t>
+  </si>
+  <si>
+    <t>CONEX</t>
+  </si>
+  <si>
+    <t>Regional and decentralised network “MyEnergy Infopoints”</t>
+  </si>
+  <si>
+    <t>Shared-Space “Niddesch Gaass” in Dudelange</t>
+  </si>
+  <si>
+    <t>Outreach</t>
+  </si>
+  <si>
+    <t>Discovering Trades and Professions/DMP</t>
+  </si>
+  <si>
+    <t>FIT4Coding</t>
+  </si>
+  <si>
+    <t>SkillPass</t>
+  </si>
+  <si>
+    <t>Relaunch my career</t>
+  </si>
+  <si>
+    <t>EvaLab4Lux</t>
+  </si>
+  <si>
+    <t>F4E 2017-2018</t>
+  </si>
+  <si>
+    <t>Data Analytics Platform</t>
+  </si>
+  <si>
+    <t>ProspAct</t>
+  </si>
+  <si>
+    <t>Act! Young people</t>
+  </si>
+  <si>
+    <t>Chamber of Commerce</t>
+  </si>
+  <si>
+    <t>L.A.</t>
+  </si>
+  <si>
+    <t>BIST</t>
+  </si>
+  <si>
+    <t>NEW GENERATION</t>
+  </si>
+  <si>
+    <t>CESIM</t>
+  </si>
+  <si>
+    <t>E-Press training</t>
+  </si>
+  <si>
+    <t>Build up your life</t>
+  </si>
+  <si>
+    <t>Sprong year of Leier</t>
+  </si>
+  <si>
+    <t>Green jobs in SLIC</t>
+  </si>
+  <si>
+    <t>COSP-HR</t>
+  </si>
+  <si>
+    <t>Biomass cogeneration plant in Mamer</t>
+  </si>
+  <si>
+    <t>Impulse 2020</t>
+  </si>
+  <si>
+    <t>Production, drying and recovery of wood chips with biodegradable waste</t>
+  </si>
+  <si>
+    <t>Promoting a sustainable energy transition at national fairs</t>
+  </si>
+  <si>
+    <t>E4E</t>
+  </si>
+  <si>
+    <t>ICE-T</t>
+  </si>
+  <si>
+    <t>SWT</t>
+  </si>
+  <si>
+    <t>Confocal Microscopy Imaging Facility</t>
+  </si>
+  <si>
+    <t>FIT4GBJ 2018/2019</t>
+  </si>
+  <si>
+    <t>CATMESNEET</t>
+  </si>
+  <si>
+    <t>Multimodal Electrified Infrastructure Planning - MERLIN</t>
+  </si>
+  <si>
+    <t>Pilot Streetlighting 2.0</t>
+  </si>
+  <si>
+    <t>Technical High School for Healthcare Profession in Ettelbrück</t>
+  </si>
+  <si>
+    <t>Luxembourg Science Center</t>
+  </si>
+  <si>
+    <t>Training Reception Officer, Administrative Officer/AAA</t>
+  </si>
+  <si>
+    <t>Recruitment</t>
+  </si>
+  <si>
+    <t>Digital Twin</t>
+  </si>
+  <si>
+    <t>“Infomedia” workshop</t>
+  </si>
+  <si>
+    <t>Attract</t>
+  </si>
+  <si>
+    <t>Fit4Entrepreneurship/Fit4E 2019-2020</t>
+  </si>
+  <si>
+    <t>Laser Technology Competence Center - Phase III</t>
+  </si>
+  <si>
+    <t>CIAO</t>
+  </si>
+  <si>
+    <t>Digital Inclusion</t>
+  </si>
+  <si>
+    <t>Validation of deep geothermal at Dudelange by medium depth sampling</t>
+  </si>
+  <si>
+    <t>NEWCO</t>
   </si>
   <si>
     <t>COSP-HR 2018</t>
   </si>
   <si>
-    <t>Impulse 2020</t>
+    <t>Place F. Kinnen – Smart urban public lighting and hydraulic retractable terminals at Dudelange City Centre</t>
+  </si>
+  <si>
+    <t>Digital Explorers</t>
+  </si>
+  <si>
+    <t>Establishment of a BIM strategy for Luxembourg</t>
+  </si>
+  <si>
+    <t>Luxembourg Clinical and Translational Research Center - LCTR</t>
+  </si>
+  <si>
+    <t>Handicap Entreprises</t>
+  </si>
+  <si>
+    <t>Microscope High-Content Screening</t>
+  </si>
+  <si>
+    <t>O.P.E.C.E.</t>
+  </si>
+  <si>
+    <t>CONNECTIONS4WORK</t>
+  </si>
+  <si>
+    <t>SIM4YOU</t>
+  </si>
+  <si>
+    <t>APA</t>
+  </si>
+  <si>
+    <t>Electrification of the City’s bus network</t>
+  </si>
+  <si>
+    <t>Luxembourg National Solar Irradiance Cadastre Enhancement: the potential of facade installations - SOLSTICE</t>
   </si>
   <si>
     <t>FormIN</t>
   </si>
   <si>
+    <t>(Disability)Cap Employment</t>
+  </si>
+  <si>
+    <t>Kleederbitz</t>
+  </si>
+  <si>
+    <t>Fit4Entrepreneurship</t>
+  </si>
+  <si>
+    <t>Fit4Financial Markets</t>
+  </si>
+  <si>
+    <t>Training Law Firm Secretary/SCA</t>
+  </si>
+  <si>
+    <t>QUALWAT</t>
+  </si>
+  <si>
+    <t>SCRIPT</t>
+  </si>
+  <si>
+    <t>FSMS</t>
+  </si>
+  <si>
+    <t>Journey leading to the development of a realistic professional project/Framework ‘P’</t>
+  </si>
+  <si>
+    <t>Infopoint MyEnergy goes digital</t>
+  </si>
+  <si>
+    <t>FIT4GreenJobs</t>
+  </si>
+  <si>
+    <t>CODEKLASS</t>
+  </si>
+  <si>
+    <t>DigiHd</t>
+  </si>
+  <si>
+    <t>INFO FLOW SAVY</t>
+  </si>
+  <si>
+    <t>Words4Work</t>
+  </si>
+  <si>
+    <t>Construction</t>
+  </si>
+  <si>
+    <t>Newspaper “Konterbont”</t>
+  </si>
+  <si>
+    <t>Computational and Data Engineering Hub - CDE-HUB</t>
+  </si>
+  <si>
+    <t>Skill you up</t>
+  </si>
+  <si>
+    <t>Fit4CodingJobs</t>
+  </si>
+  <si>
+    <t>TSTD</t>
+  </si>
+  <si>
+    <t>Part&amp;Act4Inclusion</t>
+  </si>
+  <si>
+    <t>Building up cutting-edge expertise in ultra-fast laser spectroscopy in Luxembourg - LUX-ULTRA-FAST</t>
+  </si>
+  <si>
     <t>LLLC Upgrade</t>
   </si>
   <si>
-    <t>Build up your life</t>
-[...241 lines deleted...]
-  <si>
     <t>ECON4SD</t>
   </si>
   <si>
-    <t>Words4Work</t>
-[...14 lines deleted...]
-    <t>CATMESNEET</t>
+    <t>Réseau régional et décentralisé "MyEnergy Infopoints"</t>
+  </si>
+  <si>
+    <t>Shared-Space "Niddesch Gaass" à Dudelange</t>
+  </si>
+  <si>
+    <t>Découverte de métiers et professions / DMP</t>
+  </si>
+  <si>
+    <t>Code FIT4</t>
+  </si>
+  <si>
+    <t>Skillpass</t>
+  </si>
+  <si>
+    <t>Relancer ma carrière</t>
+  </si>
+  <si>
+    <t>Plate-forme d’analyse de données</t>
+  </si>
+  <si>
+    <t>Act! Jeunes</t>
+  </si>
+  <si>
+    <t>Chambre de Commerce</t>
+  </si>
+  <si>
+    <t>Formation e-Presse</t>
   </si>
   <si>
     <t>Construisez votre vie</t>
   </si>
   <si>
+    <t>Sprong an d'Léier</t>
+  </si>
+  <si>
+    <t>Centrale de cogénération biomasse à Mamer</t>
+  </si>
+  <si>
+    <t>Production, séchage et valorisation de copeaux de bois isssus de déchets biodégradables</t>
+  </si>
+  <si>
+    <t>Promotion d'une transition énergétique durable sur les foires nationales</t>
+  </si>
+  <si>
+    <t>T DE GLACE</t>
+  </si>
+  <si>
+    <t>Installation confocale d’imagerie par microscopie</t>
+  </si>
+  <si>
+    <t>Planification multimodale des infrastructures électriques — MERLIN</t>
+  </si>
+  <si>
+    <t>Pilote Streetlighting 2.0</t>
+  </si>
+  <si>
+    <t>Lycée technique pour professions de santé à Ettelbrück</t>
+  </si>
+  <si>
+    <t>Formation Agent d'accueil, agent administratif/AAA</t>
+  </si>
+  <si>
+    <t>Recrutement</t>
+  </si>
+  <si>
+    <t>Atelier "Infomédia"</t>
+  </si>
+  <si>
+    <t>Attirer</t>
+  </si>
+  <si>
+    <t>Fit4Entrepreneuriat/Fit4E 2019-2020</t>
+  </si>
+  <si>
+    <t>Centre de compétences en technologie laser — Phase III</t>
+  </si>
+  <si>
+    <t>Validation de géothermie profonde à Dudelange par sondage à moyenne profondeur</t>
+  </si>
+  <si>
+    <t>Place F. Kinnen – Eclairage public urbain intelligent et bornes escamotables hydrauliques au Centre-Ville de Dudelange</t>
+  </si>
+  <si>
+    <t>Mise en place d'une stratégie "BIM" pour le Luxembourg</t>
+  </si>
+  <si>
     <t>Centre de recherche clinique et translationnelle Luxembourg — LCTR</t>
   </si>
   <si>
+    <t>Dépistage à haute teneur du microscope</t>
+  </si>
+  <si>
+    <t>Electrification du réseau des autobus de la Ville</t>
+  </si>
+  <si>
+    <t>Luxembourg Amélioration de l’irradiance solaire nationale du cadastre: le potentiel des installations de façade — SOLSTICE</t>
+  </si>
+  <si>
+    <t>(Handi)Cap Emploi</t>
+  </si>
+  <si>
+    <t>Fit4Marchés financiers</t>
+  </si>
+  <si>
+    <t>Formation Secrétaire au cabinet d'avocat/SCA</t>
+  </si>
+  <si>
+    <t>Parcours encadrant l’élaboration d’un projet professionnel réaliste/Encadrement ‘P’</t>
+  </si>
+  <si>
+    <t>Infopoint MyEnergy passe au numérique</t>
+  </si>
+  <si>
+    <t>Codeklass</t>
+  </si>
+  <si>
+    <t>FLUX D’INFOS SAVY</t>
+  </si>
+  <si>
+    <t>Mots4Travail</t>
+  </si>
+  <si>
     <t>Construcec</t>
   </si>
   <si>
-    <t>Shared-Space "Niddesch Gaass" à Dudelange</t>
-[...20 lines deleted...]
-    <t>T DE GLACE</t>
+    <t>Journal "Konterbont"</t>
+  </si>
+  <si>
+    <t>Plateforme de calcul et d’ingénierie des données — CDE-HUB</t>
   </si>
   <si>
     <t>Partie &amp;Act4Inclusion</t>
   </si>
   <si>
-    <t>Luxembourg Amélioration de l’irradiance solaire nationale du cadastre: le potentiel des installations de façade — SOLSTICE</t>
-[...10 lines deleted...]
-  <si>
     <t>Développer une expertise de pointe en spectroscopie laser ultra-rapide au Luxembourg — LUX-ULTRA-FAST</t>
   </si>
   <si>
-    <t>Recrutement</t>
-[...85 lines deleted...]
-  <si>
     <t>Luxembourg</t>
   </si>
   <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
     <t>01/01/2018</t>
   </si>
   <si>
-    <t>01/07/2015</t>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>21/03/2016</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
-    <t>01/01/2016</t>
-[...5 lines deleted...]
-    <t>21/03/2016</t>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>01/02/2019</t>
+  </si>
+  <si>
+    <t>15/03/2016</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>01/11/2020</t>
+  </si>
+  <si>
+    <t>26/05/2016</t>
   </si>
   <si>
     <t>01/11/2018</t>
   </si>
   <si>
     <t>01/07/2018</t>
   </si>
   <si>
-    <t>01/07/2017</t>
-[...4 lines deleted...]
-  <si>
     <t>01/05/2020</t>
   </si>
   <si>
-    <t>01/12/2015</t>
-[...31 lines deleted...]
-  <si>
     <t>02/01/2018</t>
   </si>
   <si>
-    <t>01/07/2016</t>
+    <t>31/12/2020</t>
+  </si>
+  <si>
+    <t>31/12/2017</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
   </si>
   <si>
     <t>31/12/2018</t>
   </si>
   <si>
-    <t>31/12/2017</t>
-[...2 lines deleted...]
-    <t>31/12/2019</t>
+    <t>30/06/2022</t>
+  </si>
+  <si>
+    <t>31/12/2015</t>
+  </si>
+  <si>
+    <t>30/06/2017</t>
   </si>
   <si>
     <t>31/12/2023</t>
   </si>
   <si>
-    <t>31/12/2020</t>
-[...2 lines deleted...]
-    <t>30/06/2017</t>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>16/12/2016</t>
+  </si>
+  <si>
+    <t>31/01/2022</t>
+  </si>
+  <si>
+    <t>15/03/2020</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>30/05/2019</t>
+  </si>
+  <si>
+    <t>30/07/2019</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
     <t>30/06/2020</t>
   </si>
   <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
     <t>31/01/2020</t>
   </si>
   <si>
-    <t>31/12/2022</t>
-[...31 lines deleted...]
-  <si>
     <t>30/12/2019</t>
   </si>
   <si>
-    <t>30/05/2019</t>
-[...1 lines deleted...]
-  <si>
     <t>14/07/2022</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3113599</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113554</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2529694</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113578</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113576</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113595</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113567</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113568</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113588</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113571</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2541713</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113579</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113580</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113581</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113556</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113565</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113582</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113592</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113591</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113583</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113587</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113586</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113558</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113555</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3113590</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3113575</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3113577</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3113554</t>
-[...5 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3113586</t>
+    <t>https://linkedopendata.eu/entity/Q3113560</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113561</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113570</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113563</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113574</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113564</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113584</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113597</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113598</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113562</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113593</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113569</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3113573</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3113568</t>
-[...8 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3113555</t>
+    <t>https://linkedopendata.eu/entity/Q3113557</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3113589</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3113570</t>
-[...8 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3113576</t>
+    <t>https://linkedopendata.eu/entity/Q3113572</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3113585</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3113594</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3113587</t>
-[...79 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q3113600</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3113558</t>
-[...1 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q3113596</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3113592</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3113588</t>
+    <t>50.139719,6.0753153</t>
+  </si>
+  <si>
+    <t>49.5173351,6.0966536</t>
+  </si>
+  <si>
+    <t>49.778049,5.8910508885606</t>
+  </si>
+  <si>
+    <t>49.8158683,6.1296751</t>
+  </si>
+  <si>
+    <t>49.9666914,5.9321021</t>
+  </si>
+  <si>
+    <t>49.4786477,6.0847792</t>
+  </si>
+  <si>
+    <t>49.5208469,5.889242</t>
+  </si>
+  <si>
+    <t>49.6271194,6.1306279</t>
+  </si>
+  <si>
+    <t>49.7307067,5.8830092</t>
   </si>
   <si>
     <t>49.7223176,6.1278945</t>
   </si>
   <si>
-    <t>49.8158683,6.1296751</t>
-[...8 lines deleted...]
-    <t>49.9666914,5.9321021</t>
+    <t>49.6266028,6.0229288</t>
   </si>
   <si>
     <t>49.63192265,6.058375000306</t>
   </si>
   <si>
-    <t>49.6271194,6.1306279</t>
-[...2 lines deleted...]
-    <t>49.778049,5.8910508885606</t>
+    <t>50.0143519,6.0910943</t>
+  </si>
+  <si>
+    <t>49.8470016,6.0984659</t>
+  </si>
+  <si>
+    <t>50.1212652,6.0020737</t>
   </si>
   <si>
     <t>49.6584806,6.1306387</t>
   </si>
   <si>
-    <t>49.7307067,5.8830092</t>
-[...19 lines deleted...]
-  <si>
     <t>Active inclusion, including with a view to promoting equal opportunities and active participation, and improving employability</t>
   </si>
   <si>
+    <t>Sustainable integration into the labour market of young people, in particular those not in employment, education or training, including young people at risk of social exclusion and young people from marginalised communities, including through the implementation of the Youth Guarantee</t>
+  </si>
+  <si>
+    <t>Access to employment for job-seekers and inactive people, including the long-term unemployed and people far from the labour market, also through local employment initiatives and support for labour mobility</t>
+  </si>
+  <si>
     <t>Enhancing equal access to lifelong learning for all age groups in formal, non-formal and informal settings, upgrading the knowledge, skills and competences of the workforce, and promoting flexible learning pathways including through career guidance and validation of acquired competences</t>
   </si>
   <si>
-    <t>Sustainable integration into the labour market of young people, in particular those not in employment, education or training, including young people at risk of social exclusion and young people from marginalised communities, including through the implementation of the Youth Guarantee</t>
+    <t>Energy efficiency renovation of existing housing stock, demonstration projects and supporting measures</t>
+  </si>
+  <si>
+    <t>Clean urban transport infrastructure and promotion (including equipment and rolling stock)</t>
   </si>
   <si>
     <t>Research and innovation infrastructure (public)</t>
   </si>
   <si>
-    <t>Clean urban transport infrastructure and promotion (including equipment and rolling stock)</t>
-[...5 lines deleted...]
-    <t>Energy efficiency renovation of existing housing stock, demonstration projects and supporting measures</t>
+    <t>Cluster support and business networks primarily benefiting SMEs</t>
+  </si>
+  <si>
+    <t>Renewable energy: biomass</t>
+  </si>
+  <si>
+    <t>Intelligent transport systems (including the introduction of demand management, tolling systems, IT monitoring, control and information systems)</t>
+  </si>
+  <si>
+    <t>Energy efficiency renovation of public infrastructure, demonstration projects and supporting measures</t>
   </si>
   <si>
     <t>Technology transfer and university-enterprise cooperation primarily benefiting SMEs</t>
   </si>
   <si>
     <t>Research and innovation activities in public research centres and centres of competence including networking</t>
   </si>
   <si>
     <t>Research and innovation infrastructure, processes, technology transfer and cooperation in enterprises focusing on the low carbon economy and on resilience to climate change</t>
   </si>
   <si>
-    <t>Energy efficiency renovation of public infrastructure, demonstration projects and supporting measures</t>
-[...10 lines deleted...]
-  <si>
     <t>TO09</t>
   </si>
   <si>
+    <t>TO08</t>
+  </si>
+  <si>
     <t>TO10</t>
   </si>
   <si>
-    <t>TO08</t>
+    <t>TO04</t>
   </si>
   <si>
     <t>TO01</t>
   </si>
   <si>
-    <t>TO04</t>
-[...1 lines deleted...]
-  <si>
     <t>TO07</t>
   </si>
   <si>
     <t>Social inclusion</t>
   </si>
   <si>
+    <t>Sustainable and quality employment</t>
+  </si>
+  <si>
     <t>Educational and vocational training</t>
   </si>
   <si>
-    <t>Sustainable and quality employment</t>
+    <t>Low-carbon economy</t>
   </si>
   <si>
     <t>Research and innovation</t>
   </si>
   <si>
-    <t>Low-carbon economy</t>
-[...1 lines deleted...]
-  <si>
     <t>Network infrastructure in transport and energy</t>
   </si>
   <si>
     <t>PO04</t>
   </si>
   <si>
+    <t>PO02</t>
+  </si>
+  <si>
     <t>PO01</t>
   </si>
   <si>
-    <t>PO02</t>
-[...1 lines deleted...]
-  <si>
     <t>PO03</t>
   </si>
   <si>
     <t>Social Europe</t>
   </si>
   <si>
+    <t>Greener, carbon-free Europe</t>
+  </si>
+  <si>
     <t>Smarter Europe</t>
   </si>
   <si>
-    <t>Greener, carbon-free Europe</t>
-[...1 lines deleted...]
-  <si>
     <t>Connected Europe</t>
   </si>
   <si>
     <t>ESF</t>
   </si>
   <si>
     <t>ERDF</t>
   </si>
   <si>
     <t>European Social Fund</t>
   </si>
   <si>
     <t>European Regional Development Fund</t>
   </si>
   <si>
     <t>2014LU05SFOP001</t>
   </si>
   <si>
     <t>2014LU16RFOP001</t>
   </si>
   <si>
     <t>Luxembourg - ESF</t>
   </si>
   <si>
     <t>Luxembourg - ERDF</t>
   </si>
   <si>
+    <t>LU_0505</t>
+  </si>
+  <si>
+    <t>LU_0201</t>
+  </si>
+  <si>
+    <t>LU_0706</t>
+  </si>
+  <si>
+    <t>LU_0410</t>
+  </si>
+  <si>
+    <t>LU_0807</t>
+  </si>
+  <si>
+    <t>LU_0203</t>
+  </si>
+  <si>
+    <t>LU_0202</t>
+  </si>
+  <si>
+    <t>LU_0304</t>
+  </si>
+  <si>
+    <t>LU_0701</t>
+  </si>
+  <si>
     <t>LU_0407</t>
   </si>
   <si>
-    <t>LU_0410</t>
-[...8 lines deleted...]
-    <t>LU_0807</t>
+    <t>LU_0108</t>
   </si>
   <si>
     <t>LU_0309</t>
   </si>
   <si>
-    <t>LU_0304</t>
-[...2 lines deleted...]
-    <t>LU_0706</t>
+    <t>LU_0503</t>
+  </si>
+  <si>
+    <t>LU_0605</t>
+  </si>
+  <si>
+    <t>LU_0504</t>
   </si>
   <si>
     <t>LU_0310</t>
   </si>
   <si>
-    <t>LU_0701</t>
-[...17 lines deleted...]
-    <t>LU_0505</t>
+    <t>Weiswampach</t>
+  </si>
+  <si>
+    <t>Bettembourg</t>
+  </si>
+  <si>
+    <t>Redange-sur-Attert</t>
+  </si>
+  <si>
+    <t>Nommern</t>
+  </si>
+  <si>
+    <t>Wiltz</t>
+  </si>
+  <si>
+    <t>Dudelange</t>
+  </si>
+  <si>
+    <t>Differdange</t>
+  </si>
+  <si>
+    <t>Beckerich</t>
   </si>
   <si>
     <t>Lintgen</t>
   </si>
   <si>
-    <t>Nommern</t>
-[...8 lines deleted...]
-    <t>Wiltz</t>
+    <t>Mamer</t>
   </si>
   <si>
     <t>Strassen</t>
   </si>
   <si>
-    <t>Redange-sur-Attert</t>
+    <t>Parc Hosingen</t>
+  </si>
+  <si>
+    <t>Ettelbruck</t>
+  </si>
+  <si>
+    <t>Troisvierges</t>
   </si>
   <si>
     <t>Walferdange</t>
   </si>
   <si>
-    <t>Beckerich</t>
-[...19 lines deleted...]
-  <si>
     <t>LU000</t>
   </si>
   <si>
     <t>2014-2020</t>
   </si>
   <si>
+    <t>Many refugees and migrants who have recently joined Luxembourg do not meet the requirements of the Luxembourg labour market in terms of qualifications and languages. Entrepreneurship is an interesting option for self-financing and rebuilding a life in Luxembourg. Where in their home country entrepreneurship is the simplest and least risky way to make money, it is quite different in Luxembourg. The many entrepreneurship support programmes in Luxembourg are not designed to meet the specific information needs of this population. It is therefore necessary to offer them equal access to information and a point of entry upstream of the measures in place.SLEEVES UP aims to inform migrants about the possibilities and risks of setting up a business in Luxembourg. Through this approach, the empowerment of participants is targeted. A means of allocating their energy to a life project that offers them real self-employment opportunities or, at the very least, encourages them to (re)take back their professional life is offered to them.</t>
+  </si>
+  <si>
+    <t>The MCCD project (Manager de Chantier de Construction Durable) aims to offer a new opportunity to those excluded from the classical school path by accompanying them in training adapted and meeting the expectations of the labour market in the construction sector in Luxembourg. Specifically, the “Sustainable Construction Site Manager” programme foresees several phases: assess the initial skills of the candidates, prepare them by upgrading their skills for 4 weeks, guide, give qualifying training to IFSB, provide assistance in the search of a partner company in the case of dual training (contact, organisation of meetings, etc.) and ensure a follow-up of company learning.</t>
+  </si>
+  <si>
+    <t>The INCO ACADEMY Web&amp;Mobile development Luxembourg programme allows people under 30 years of age enrolled in ADEM to acquire theoretical and practical computer programming skills through full-time 5-week face-to-face training.</t>
+  </si>
+  <si>
+    <t>Youth4Work is a public service in the Diekirch district where young people are accompanied in coaching which encompasses several aspects of professional and private life and which aims to prepare young people for integration into the labour market, i.e. finding an apprenticeship, training or employment. The art of this innovative coaching is to take into account all areas of the life of young candidates, knowing that the problems of youth unemployment are very complex. Young people decide on a voluntary basis to participate in this free offer.</t>
+  </si>
+  <si>
+    <t>Organisation and delivery of training for jobseekers registered with ADEM aged 45 and over who meet the eligibility requirements and who wish to take qualifying training as a secretary at the law firm. This training gives them the opportunity to specialise in a sector that always offers real hiring opportunities.</t>
+  </si>
+  <si>
+    <t>Conex is a project that has as its purpose the promotion of the inclusion of employees with the status of disabled in society and in the first labour market. For this purpose CONEX wants to establish multiple connections allowing the two entities, employees with status and the ordinary labour market to meet. The aim of these meetings will be to provide an environment conducive to experiences and discovery while stimulating the overall development of participants.These meetings will also legitimise the abilities of the coaches and, at the same time, raise awareness of inclusion in the ordinary market.</t>
+  </si>
+  <si>
+    <t>Provision of free basic energy advice by energy advisors to the Luxembourg population via a network of offices in the various municipalities of the country.</t>
+  </si>
+  <si>
+    <t>Following an urban planning competition for a sustainable redevelopment of the city centre, promoting the quality of life of citizens, the City of Dudelange decided, in accordance with the overall strategy of reducing motor traffic and limiting nuisances, a project based on a concept of a city centre with soft mobility and priority for cyclists and pedestrians.</t>
+  </si>
+  <si>
+    <t>As part of a two-year pilot project, the objective of the project is to identify, make visible and activate young people (16-26) inactive in training and employment to create a change in their situation by means of outreach youth work at municipal level in different regions of Luxembourg. These are inactive young people who have dropped out of school, training or measure and who are not able to find their own entry into a successful transition to the labour market. The concept of youth activation (empowerment) is to establish a relationship of trust with the young person and then to inform, raise awareness and encourage them to change their situation.</t>
+  </si>
+  <si>
+    <t>The mission of the Luxembourg Science Center (LSC) is to arouse curiosity and to stimulate interest in science and technology. In particular, the LSC is trying to reach a young audience, in order to respond to the considerable labour shortage in the fields of STEM.The Science Center’s offer is based on two pillars: on the one hand, our visitors discover and explore science and technology through a multitude of playful experimental stations. On the other hand, an extensive programme of spectacular and informative scientific workshops and shows is offered. In this context, the project “Discovery of Trades and Professions” will link with the world of work by enriching the Science Center’s offer with what we call “Vocational Workshops”. The aim is to sensitise a target audience that will consist mainly of young adolescents exposed to a significant and imminent orientation choice with a significant impact on their future lives.</t>
+  </si>
+  <si>
+    <t>This is a web and mobile developer training. The core of skills acquired through three and a half months of training, i.e. 490 hours of programming courses with the most requested web languages by companies, will allow candidates to apply for a junior developer/integrator position in a website development agency, a large company, an SME or a start-up.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to support young people’s support in the development of their employability and to increase the permeability of systems for the recognition and validation of skills derived from non-formal and informal activities.Skillpass-game is a digital device based on a serious game and an application that promotes the understanding and exploitation of the concept of transversal competence.</t>
+  </si>
+  <si>
+    <t>The aim of the Relaunching My Career project is to support jobseekers aged 45 to 65 in their reintegration into the labour market. With the help of a 54-hour program, each candidate will have the opportunity to specify their professional project, to boost their network and to adapt their job searches to the realities of the market.</t>
+  </si>
+  <si>
+    <t>The aim of this project is to contribute to this field of research by: building the relative administrative dataset, collecting information included in the global social security database on labour force in Luxembourg (IGSS) and the administrative data collected by the Employment Agency (ADEM); providing systematic studies of all active labour market programmes in Luxembourg (such as descriptive statistics and survival analyses); conducting impact evaluation studies of all active labour market programmes implemented in the country, based on advanced methodologies that guarantee the robustness and reliability of the results as well as the tractability and availability of tools for policy analysis.</t>
+  </si>
+  <si>
+    <t>“Fit4Entrepreneurship” provides tailored support to jobseekers who wish to embark on a business project through a diagnosis of entrepreneurial skills, a comprehensive training programme and individual support by entrepreneurs.The program is run by the Chamber of Commerce in collaboration with Adem and the Chambre des Métiers. It complements the entrepreneurial ecosystem by creating a tailor-made scheme for jobseekers with entrepreneurial potential. Depending on the needs, participants in the programme can benefit from post-creation support.</t>
+  </si>
+  <si>
+    <t>As part of the European initiative “Important project of common european interest”, Luxembourg is supposed to develop and develop together with France, Italy and Spain a high performance computing roadmap. The aim is to develop an ultra-performing infrastructure at LIST level to analyse big data in smart nation applications, e.g. “Fintech”, “Digital Letzebuerg”, “Smart city” or “Reg Tech”.</t>
+  </si>
+  <si>
+    <t>The objectives of the ProspAct project are to continue to intensify the Agency’s exploration and promotion activities in the various priority sectors of economic development in Luxembourg and abroad and in particular to increase the number of foreign companies investing in Luxembourg, in particular large enterprises and SMEs. The goal by the end of 2020 is to contribute to the creation of 180 new SMEs in Luxembourg.</t>
+  </si>
+  <si>
+    <t>The project "Act! Youth" aims to contribute to the fight against youth unemployment and wants to fully meet the objectives set by the "Youth Guarantee”. The aim is to make as many labour market participants as possible. The target group mainly concerns the category of inactive young people belonging to the social group NEET (Not in Education, Employment or Training). The partnership Chamber of Employees (CSL) – National Youth Service (SNJ) is convinced that NEETs, these young people who have disengaged from classical training, work and society in general, require positive influences and experiences in their lives in order to be able to start on good ground and move forward.</t>
+  </si>
+  <si>
+    <t>The Fit4DigitalFuture program represents an introduction to basic digital skills that allows young people to acquire initial and structured knowledge of computer-related concepts. It is therefore necessary to familiarise young people with the digital field by preparing them adequately for the requirements of digital transformation. A targeted offer of continuing training should be created in order to best equip them and put all the opportunities on their side with a view to integrating them into the labour market.</t>
+  </si>
+  <si>
+    <t>The L.A. project organises the following actions:- inform companies about training opportunities in the context of career development- evaluate candidates by conducting a Professional Skills Assessment (theoretical and practical) and by making a personality profile in order to validate the match between the desired position and the candidate’s current personality- to provide guidance and training in line with all the data collected- organise preparatory courses in order to enable candidates to return to the training courses with a good chance of success.  Part of these preparatory courses can be organised in e-learning.</t>
+  </si>
+  <si>
+    <t>The BIST (Building Interim Safety Training) project is intended for temporary workers working in the construction sector. It aims to prepare temporary workers for the risks present on the site, to offer them safety skills in order to strengthen their know-how and thus facilitate their access to the company by offering competent staff.This project complies with the “Zero Vision” charter with the aim of reducing the number and severity of accidents at work, travel and occupational diseases. It will give each trainee a digital passport validating after testing, the training or retraining followed.</t>
+  </si>
+  <si>
+    <t>The New Generation project aims to strengthen social and active inclusion with a view to promoting equal opportunities, active participation and better employability: it is necessary to provide the new jobs created as well as the replacement of retired workers by young people and thus to have the skilled workforce.</t>
+  </si>
+  <si>
+    <t>The objective of the project is to improve the skills of medical and care personnel on the one hand and of rescue personnel on the other. The aim is to develop a “safety culture” necessary to meet current societal requirements. Simulation in Health is a pedagogical method absent in Luxembourg that is necessary in all situations where reality is too rare, too complex, or too invasive for learning to take place in the real world of clinical care.</t>
+  </si>
+  <si>
+    <t>The aim of this project is to promote, through an e-Presse training cycle, the employment of people with autism (mainly suffering from Asperger’s Syndrome), who, despite real professional skills, particularly in the computer field, are still far from potential entry into the labour market.</t>
+  </si>
+  <si>
+    <t>The project “Build up your life!” is an offer of the National Youth Service (SNJ) within the framework of the Youth Guarantee which aims to activate young people qualified as NEET (not in Employment, Education or Training). In partnership with the Institut de Formation Sectoriel du Bâtiment (IFSB), the SNJ offers discovering and training in construction trades to young people who are neither in training nor in employment and who are between the ages of 16 and 29.</t>
+  </si>
+  <si>
+    <t>The project “Sprong an d'Léier” supports young people without an apprenticeship contract, while the school year has already begun. This is to help them find a learning position for the following school year. The project presents an alternative to COIP classes, a current solution for these young people, but aimed at more targeted care. The young person is helped in the search for a trainer boss, he is guided during the drafting of his CV as well as his cover letter after the pedagogical team has drawn up an individual training plan together with the young person. It will also be prepared for a future job interview. Work with young people is done either as a small team or individually.</t>
+  </si>
+  <si>
+    <t>Based on its successful experience in the Bourmicht area, IMS Luxembourg wishes to change the status-quo of existing relations between cities and businesses. The aim is to strengthen and create new alliances through the establishment of a collaborative platform (creating win-win partnerships). By mobilising stakeholders from the Kirchberg territory towards more social, environmental and economic sustainability, green jobs are created.</t>
+  </si>
+  <si>
+    <t>This project starts with a selection phase among persons with disability status and/or external reclassification who are enrolled in ADEM as jobseekers. The selection is made by ADEM. This project aims to assess the residual capacities of the project participants and thus facilitate the person’s career guidance and/or reorientation. These evaluations concern almost 240 jobseekers with disability status and/or external reclassification for the 12 months of the project.</t>
+  </si>
+  <si>
+    <t>The municipality of Mamer is considering the construction of a new biomass-based power plant to supply heat to the municipal district heating network. One of the main objectives of the new power plant is to be able to supply Mamer’s municipal district heating network (existing network + extensions) using sustainable heat production with a CO2 balance as little as possible. For this purpose, the production of heat on the basis of renewable fuel, namely wood pellets, has been retained. In order to further optimise the CO2 balance of heat production, a cogeneration module based on gasification of wood pellets has been integrated into the energy concept, which has the added advantage of producing “green” electricity.</t>
+  </si>
+  <si>
+    <t>The IMPULSE 2020 – MODULSYS project follows the logic of the Crafts Competence Centres, which have just been created in the first half of 2015. These centres have a threefold objective: establish a coherent and integrated sectoral continuing vocational training system, ensure sectoral technological monitoring, invest in the solidarity economy.</t>
+  </si>
+  <si>
+    <t>The intercommunal union “Minettkompost” commissioned a feasibility study in 2014 to adapt the composting plant for the production and drying of industrial wood chips. On the basis of a favourable conclusion of this study, the trade union carries out the construction of the plant enabling the recovery of these remaining bio-waste and is seeking cooperation with a partner willing to invest in a specific plant suitable for the consumption of these industrial chips.</t>
+  </si>
+  <si>
+    <t>Implementation of a stand (material and equipment) and presences at national fairs, in order to raise awareness and promote energy efficiency.</t>
+  </si>
+  <si>
+    <t>The Empowerment 4 employment project aims to promote the employability and socio-professional integration of young people into the labour market through non-formal education. Non-formal education refers to “a planned programme of personal and social education aimed at improving a range of skills and competences, carried out outside the formal education system but complementing it” (Council of Europe, 2004).The training cycle combines two types of interventions, group training and individual support.</t>
+  </si>
+  <si>
+    <t>As part of this project, pupils/students are accompanied to their first professional experiences (through, inter alia, general information on work occupations for young people, intergenerational meetings and workplace discovery sessions), in order to strengthen their future integration into the labour market. An individualised approach will make it possible to better target each other’s needs, to imagine personalised support and to strengthen their capacities.</t>
+  </si>
+  <si>
+    <t>The SWT (Safety Working in the Tranchees) project consists of setting up technical training on the securing of trenches during the installation of buried networks. The aim of the project is to provide employees in the construction sector with skills in the field and to be made aware of the risks inherent in this type of work.Several specific training courses are planned as light shielding, heavy shielding and safety during trench work. Different virtual immersion type experiments will also be developed as part of this project.This project is also part of the national campaign “Vision Zero” which aims to reduce occupational risks in the workplace.</t>
+  </si>
+  <si>
+    <t>The project aims to replace the confocal microscope of the imaging platform. Its mission is to support research in cell biology of the LIH teams. It offers access to equipment and offers technical support for sample preparation, use of microscopes and analysis of results. This system makes it possible to image at high resolution the fixed samples as well as the living cells with a control of environmental conditions.</t>
+  </si>
+  <si>
+    <t>The FIT4 Green&amp;BuildJobs project focuses primarily on jobseekers registered with ADEM without age (from 16 years of age), with or without experience in the building. Candidates will be able to benefit from guidance, assessment of their skills, linguist training for some, translator and training leading to future occupations and techniques.</t>
+  </si>
+  <si>
+    <t>The structural assistance project consists of quality documentation, carried out by the University of Luxembourg in accordance with established scientific research methods.The catalogue of measures will consist of two components:1. A comprehensive and comprehensive inventory including documentation of measures for young people in difficult transition and NEET.2. A qualitative analysis of the tools for the certification and validation of knowledge and skills, attributed by the provider to the young NEET, at the end of the measure and an analysis of their relevance and recommendations, in particular with a view to improving the visibility of the skills acquired for the young person himself but also for other providers of social assistance, guidance or formal or non-formal education.</t>
+  </si>
+  <si>
+    <t>The MERLIN project aims at developing a platform to investigate the impact of different mobility solutions for the country. The goal is to provide a decision support tool for the government and for the info-mobility operator. In other terms, multimodality, shared and electro-mobility are the central elements considered in this project. This will enable to put into practice alternative forms of mobility, with a specific focus on emerging technologies in sustainable transportation.</t>
+  </si>
+  <si>
+    <t>The 8 municipalities, members of the Natural Park of the Our, have decided, since joining the Climate Pact, to achieve energy optimisation of the public lighting infrastructure, while improving the quality of lighting itself and reducing light pollution to a minimum. Following the publication in 2018 of the national guide “Gutes Licht im Aussenraum” by the Ministry of Sustainable Development and Infrastructure, the municipalities of the Natural Park of Our have indicated their determination to be among the first municipalities to implement the recommendations recommended in this guide in the form of a methodical pilot project entitled “Pilot Streetlighting 2.0”.</t>
+  </si>
+  <si>
+    <t>Construction of a positive energy school, Swiss environmental certification Minergie-A-Eco. Pilot project of the Administration of Public Buildings. Total area of 8400 m², 16 classrooms, 6 clinical teaching rooms and multipurpose room (200 m²)</t>
+  </si>
+  <si>
+    <t>The LSC aims to promote science to everybody in Luxembourg, especially kids and students in order to attract more people to science studies, as the country lacks of competitive people (natives) in this area. To support this goal, the LSC is investing in 7 new machines and science tools, such as biosphere and fog chamber, in line with the eco-innovation cluster, 2 detection and analysis materials, such as an electronic microscope and high speed camera and finally 2 '3D Printers (polymere and metal) and a laser. The acquired machines/tools will not only be used for demonstration, but will also be made available to all interested SMEs, needing help for investigations in the concerned areas.</t>
+  </si>
+  <si>
+    <t>Organisation and delivery of four training courses for young jobseekers aged between 18 and 25 who wish to take qualifying training as a receptionist/administrative agent. This short-term practical training (4 months) should allow young people, having completed at least 5 years of post-primary education in the technical or classical system, to gain first practical experience on the labour market.</t>
+  </si>
+  <si>
+    <t>The ARMED RECRUTMENT project focuses on young people between the ages of 18 and 25, without distinction as to specific training or social origin. The aim is to provide optimal information to the target audience through the various means and modes of communication (information bureau, information stands, social media, etc.) as well as through the national media (press, radio, television, etc.) in order to encourage young people to become involved in the Army and thus optimise the chances of their three-year military service being placed on the labour market thanks to the retraining structure set up by the Army.</t>
+  </si>
+  <si>
+    <t>The visionary objective of this project is to develop an upscaling technology through the concept of a digital twin for thermal processing of raw material in industry-scale reactors. The need for a Digital Twin results from numerous engineering challenges that necessitate a shift from current empirical-based practice to an advanced multi-physics simulation technology including multi-physical models on different length-scale to mirror accurately the state of chemical reactors.</t>
+  </si>
+  <si>
+    <t>The new “Infomedia” workshop will allow the development of the electronic newspaper “Konterbont” which promotes the learning of the Luxembourg language through articles written in Luxembourg which have as its subject life in Luxembourg in all its facets and colors.In addition to learning, the “Konterbont” will also allow training in the Luxembourg language based on certain functionalities such as translation, pronunciation, reading and exercises.</t>
+  </si>
+  <si>
+    <t>The objectives of the Attract project are to intensify the Agency’s exploration and promotion activities in the various priority sectors of economic development in Luxembourg and abroad and in particular to increase the number of foreign companies investing in Luxembourg, in particular large companies and SMEs. The objective by the end of 2017 is to contribute to the creation of 60 new SMEs in Luxembourg.</t>
+  </si>
+  <si>
+    <t>The Fit4E 2019-2020 project is a continuation of the previous two editions. Nevertheless, many stakeholder meetings during the 2017-2018 edition identified a number of strengths and refinements.</t>
+  </si>
+  <si>
+    <t>Laser joining of dissimilar materials is a key technology to build energy saving, light-weight structures with tailored material properties. This technology enables e.g. a miniaturization of components, increasing of production speed and reducing scrap rate. These measures contribute to design and manufacture exciting new products which enhance manufacturing competitiveness of national industry. The LTCC combines research and education, always aiming for industrial use. The outcome of this project will be comprehensive process knowledge, new scientific insights and innovative process understanding, aimed to enhance industrial competitiveness.</t>
+  </si>
+  <si>
+    <t>Through this project, the aim is to extend the support offer within the Kopplabunz Meeting Centre so that it can strengthen the autonomy of its users and bring them closer to their objective of integrating qualified training and/or employment, thus feeling accepted and integrated into Luxembourg society. The Kopplabunz programme will consist of four different socio-educational modules with specific objectives.</t>
+  </si>
+  <si>
+    <t>Digital Inclusion asbl’s mission is to retrieve computers, tablets, smartphones and other screens from businesses and individuals, to rehabilitate them and reconfigure them to give them to those who cannot buy this type of object.The objective of the Digit4All – Digital Inclusion Skillz Academy project is to integrate from a digital point of view people left behind the societal model by giving them access to a computer, but also autonomy, whether it be to acquire new computer, professional or linguistic skills.</t>
+  </si>
+  <si>
+    <t>The Housing Fund, with the help of the University of Luxembourg, will carry out reconnaissance boreholes in Dudelange, in collaboration with the State Geological Service and the Water Management Administration, allowing validation of the potential for deep geothermal engineering guessed in the south of the country.</t>
+  </si>
+  <si>
+    <t>The construction and public works sector has been evolving for several years. Indeed, there is a significant and rapid change in technical skills. This requires a constant change in the skills of employees, which must correspond to market requirements and developments. The project consists of changing the skills of employees in the construction and public works sector.</t>
+  </si>
+  <si>
+    <t>Fit4JobStart is part of all the activities of the Chamber of Commerce in partnership with ADEM and with the operational support of the House of Training.The development of knowledge and skills that are in line with the needs of companies is more essential than ever in a changing labour market, especially for a young population, without work experience, and sometimes without qualifications.</t>
+  </si>
+  <si>
     <t>This project starts with a selection phase among persons with disability status and/or external reclassification who are enrolled in ADEM as jobseekers.</t>
   </si>
   <si>
-    <t>The IMPULSE 2020 – MODULSYS project follows the logic of the Crafts Competence Centres, which have just been created in the first half of 2015. These centres have a threefold objective: establish a coherent and integrated sectoral continuing vocational training system, ensure sectoral technological monitoring, invest in the solidarity economy.</t>
+    <t>The project concerns a final stage of the development of a “Shared Space” with an area of approximately 3,900 m² in front of the church on Franz Kinnen Square. The special arrangements at the “Place F. Kinnen” will consist of the installation of hydraulic retractable terminals to control the passage of vehicles, the installation of a lighting system to reduce the impact on the ground and an optimal distribution of luminous fluxes and an extension of the WIFI and sono systems and network.</t>
+  </si>
+  <si>
+    <t>In the context of the digitalisation of the world of work, the main objective of this project is to facilitate and adapt the career guidance of young people through the existing initiative dayCARE.This project deals with the link between societal engagement and digital skills. It aims to facilitate and adapt the vocational guidance of young people in Luxembourg through commitment and motivation for meaningful careers and occupations. With this in mind, CARE (actor of societal engagement, especially with young people) and IMS Luxembourg propose to combine their expertise in this field.The project is based on the success of dayCARE and develops it to meet the specific needs of tomorrow’s professions, which are essential for a sustainable development model.Thus, young people will be offered to participate in dayCARE under the title ‘Digital Explorers’. On the basis of a reading grid, they will have to produce ‘Digital Visions’ with the person who will host them in the company. The aim is to encourage cross-reflections between young people and company employees on the future of the professions, with a view to the impact of digitalisation.</t>
+  </si>
+  <si>
+    <t>Development of a national strategy to implement Building Information Modelling (BIM) in Luxembourg. The BIM is a working method but also a digital representation of the physical and functional characteristics of a 3D building, which also contains information on the planning and cost of construction.</t>
+  </si>
+  <si>
+    <t>The LCTR-Centre will provide an interface between fundamental, epidemiological and clinical research, aiming at : Reinforcing the long-term cooperation between the two institutions, while bringing together the resources and research expertise of the CHL and the LIH; Providing an interface between fundamental, epidemiological and clinical research to produce new scientific and medical knowledge in compliance with ethical and legal rules; Fostering technological innovation and its transfer into current clinical practice, enabling a multi-stakeholders value creation; Implementing a new integrated model of effective translational teams to develop personalised medicine solutions to improve the efficacy of major chronic diseases prevention, diagnosis and treatment for the good of populations; Holding promise for addressing thorny and persistent health disparities, in consistency with the national strategic priority for increasing healthcare effectiveness while decreasing the economic burden of health costs.</t>
+  </si>
+  <si>
+    <t>The project is part of a close collaboration with Adem and aims to: — to inform Luxembourg employers about the technical and administrative support arrangements in place in the Grand Duchy in favour of the inclusion of persons with disabilities in the ordinary labour market (in particular by publishing a practical guide); — to integrate persons with disabilities into the ordinary labour market through the organisation of several ‘coffee for employment’ to enable companies to recruit disabled employees. The event as such would take place in the form of workshops and dating jobs, with the aim of integrating disabled employees into the ordinary labour market.</t>
+  </si>
+  <si>
+    <t>The primary goal of the project is to etablish at LIH a fully operational and translational PDM-HCS platform, enabling personalised early drug discovery with a capacity to run a maximum of 10 projects in parallel to meet the many needs of scientific projects conducted in Luxembourg. The LIH platform will provide all academic and industrial scientists in Luxembourg with the opportunity to accelerate their advanced research projects in strategic areas as oncology, infectious disease and neurodegenerative disease.</t>
+  </si>
+  <si>
+    <t>The O.P.E.C.E. project proposes initiatives to prevent, support and mobilise a target audience already very vulnerable in the labour market, with a view to avoiding a rapid and appreciable decline in socio-professional integration capacities or a break in the training and employment pathway, given the lack of places available in specialised structures or a lack of interest by private companies.The project aims to ensure optimal management of requests for socio-professional guidance and suitable employment, on the first labour market or towards sheltered structures, of people with autism.</t>
+  </si>
+  <si>
+    <t>ASTI has set up its “Connections4Work” project which aims to promote the integration into the labour market of recognised migrants and refugees with a basic language level and who for these reasons find it difficult to find a job.The objectives are:- to train jobseekers to meet the minimum language requirements in certain occupations in important labour-search occupations,- to create links between project participants and companies in Luxembourg,- to promote the culture of work in Luxembourg.</t>
+  </si>
+  <si>
+    <t>The project has a dual objective, training trainers and raising awareness and training health professionals. The target audience is health professionals in hospitals, long- and medium-term care facilities, home care networks and the social sector. In order to ensure the quality of the training provided, the trainers must meet two conditions: technical qualification and qualification in simulation pedagogy. The project has a dual objective, training trainers and raising awareness and training health professionals.</t>
+  </si>
+  <si>
+    <t>The APA project is the result of the collaboration between a protected workshop, COOPERATIONS in Wiltz, and a farm, NATURHAFF in Derenbach. This innovative partnership makes it possible to concentrate the skills and resources provided by a company in the ordinary market and those of a social and solidarity economy company, in order to promote the creation of jobs in the region for people with disabilities.</t>
+  </si>
+  <si>
+    <t>The project “Electrification of the bus network of the City of Luxembourg” aims to co-finance the acquisition of 13 electric buses and the installation of 2 charging infrastructure by the Vile de Luxembourg. The 13 buses will serve three lines of the City of Luxembourg’s transport network, namely lines 12, 17 and 24. The project is part of the environmental policy pursued by the City of Luxembourg and falls entirely within the framework set by the ERDF Operational Programme 2014-2020, namely: reducing greenhouse gas emissions &amp; promotion of the quality and comfort of public transport and sustainable urban mobility.</t>
+  </si>
+  <si>
+    <t>The overall objective of SOLSTICE is to enable the optimal exploitation of the potential for PV installations in the Grand-Duchy of Luxembourg. As outlined above this will be achieved by enhancing the commissioned national solar irradiance cadastre. SOLSTICE will 1) add information on the suitability of façades for PV installations, 2) improve shadow-modelling throughout the seasons using high-resolution 3D geometry of buildings and infrastructure, 3) incorporate the latest solar radiation flux model and 4) cross-evaluate and quality control the 3D geometry from the commissioned cadastre and that derived by SOLSTICE.</t>
   </si>
   <si>
     <t>The project consists of developing a new offer of decentralised training courses easily accessible to companies in the construction sector in the north of the country. It consists of identifying the training needs of enterprises, by means of an analysis of the needs during appointments and then setting up short courses (from 1 to 5 days of training) or long and qualifying courses (4 to 6 weeks depending on the qualification levels). These trainings will take place at the places of activity or in the vicinity of the company. It should be noted that the actions carried out will be carried out tailor-made for the company.</t>
   </si>
   <si>
+    <t>Through the creation of an inter-company working group, participants will have elements for reflection in order to have a vision of disability in companies. Various themes will be discussed in thematic workshops to go to the bottom of the theme on the one hand and find solutions on the other. This approach allows the participating companies to develop their skills by giving them the opportunity to take ownership of the subject.</t>
+  </si>
+  <si>
+    <t>The “Kleederbitz” project is part of this (re)social integration by bringing beneficiaries extremely remote from the first market to work. It consists of recovering from the premises (Troisvierges, Ettelbruck and Clervaux in partnership with Résonord) used clothing that the team collects, sorts, repairs, eventually personalises and sells for a more than modest price to a financially disadvantaged clientele. A raw material recovery system is also being developed. Another part of the project is the implementation of a sewing workshop “upcycling” (if recycling aims to obtain new with old of equal quality, the aim of the upcycling is to value what is considered waste to transform it into a higher value object).</t>
+  </si>
+  <si>
+    <t>The “Fit4Entrepreneurship” project provides tailored support to jobseekers who wish to embark on a business project through a diagnosis of entrepreneurial skills, a training programme and individual support by entrepreneurs.  The program is run by the Chamber of Commerce in collaboration with Adem and the Chamber of Trades. It complements the entrepreneurial ecosystem by creating bridges to other initiatives for the follow-up of the project.</t>
+  </si>
+  <si>
+    <t>The Fit 4 Financial Markets project aims to support jobseekers until they are reintegrated into the financial sector, adapting their skills and knowledge to the needs of the labour market.</t>
+  </si>
+  <si>
+    <t>Organisation and delivery of two cycles of training aimed at jobseekers who meet the conditions of admission and who wish to undergo qualifying training as a secretary at the law firm. This training gives them the opportunity to specialise in a sector that always offers real hiring opportunities.</t>
+  </si>
+  <si>
+    <t>Employees of construction and public works companies carrying out work to install drinking water pipes must take training abroad to obtain the skills to carry out this work and to meet the conditions required by the municipalities. As a result, companies do not have the opportunity to properly train their employees, which has an impact on the quality of the work and the necessary execution times, and on the other hand it can potentially generate poor quality work that can have an impact on the quality of drinking water distributed across the country. This may result in the distribution of water of poor non-potable quality.In addition, the training provided in the others does not take into account all the specificities of the work to be carried out in Luxembourg (types of products, methods of assembly of pipes, controls, etc.).The project consists of structuring and developing a training programme qualifying on the topic of the installation of drinking water pipes.</t>
+  </si>
+  <si>
+    <t>The aim of the project is to address the factors that influence the quality of education in vocational training on a sustainable basis. Curriculum development and school curricula are a central element in this context, at the heart of classroom practice. For this reason, the Ministry of National Education, Childhood and Youth and its partners in the professional chambers and the Chamber of Employees, have committed themselves to modernising the curricula of the various levels of education in order to better adapt them to the challenges of society and the labour market of the 21st century.</t>
+  </si>
+  <si>
+    <t>Organisation and implementation of three training modules per year in specialised secretariats for jobseekers who meet the conditions of admission and wish to take a 10-week qualifying training course in one of the following specialisations: Medical, Accounting and Legal Secretariat.</t>
+  </si>
+  <si>
+    <t>The ‘P’ management is aimed at young jobseekers between 16 and 29 years of age who have reached the ADEM registration phase and require personalised, collective support or coaching in the development of their professional project. This framework also provides for basic training ‘soft skills’ and ‘digital skills’. Target audience: Young people aged 16-29 without a professional project.</t>
+  </si>
+  <si>
+    <t>The project proposes awareness-raising and information activities, as well as a basic advisory service, to promote sustainable housing with the promotion of multimodality in the transport sector. Significant thematic developments are foreseen in terms of mobility, the development of smart buildings, the digitalisation of the energy sector and the development of the role of the consumer towards a prosumer (prosumer) with the relevant topics such as smart meters, energy data management, self-generation of electricity, self-consumption, charging infrastructure for electric vehicles.</t>
+  </si>
+  <si>
+    <t>The FIT4 Green Jobs project primarily targets people under the age of 30 to train them in new skills leading to future occupations and techniques.</t>
+  </si>
+  <si>
+    <t>The objective of the training is to raise awareness among young people about the attractiveness of the code and programming and to integrate programming knowledge into their training, regardless of their chosen academic or professional orientation.Concretely, the project aims to offer tailor-made coding courses for students, jobseekers or school dropouts in order to provide them intensively (2 weeks of training with a total of 60 hours of course) a fairly based overview of the material resolutely focused on product development.This offer is put in place and perfected in the years 2019 and 2020 in order to integrate it afterwards into the regular offer of the Adult Training Service.</t>
+  </si>
+  <si>
+    <t>The key idea of this project to create a Digitalt Handwierk Competence Centre is to set up a training system to assist the managers and employees of craft enterprises (all sectors) in the design and implementation of their strategic roadmap for successful digital transformation.The aim of this project is to train craft companies on all aspects of digitisation of a company’s entire value creation chain.</t>
+  </si>
+  <si>
+    <t>The objective of the Info Flow Savy project is to meet the new organisational and individual knowledge needs brought about by the increase in digital information flows. This is to enable organisations and employees, through the acquisition of new knowledge and skills, to better master the impact of digital technology on working life. This in order to improve well-being at work and productive time.</t>
+  </si>
+  <si>
+    <t>The project aims to enable the job seeker to express himself in a given professional context in French and to enrich his professional and technical vocabulary of the sector/trade targeted in French in order to strengthen his potential for return to employment. The sectors concerned are: trade, construction/handicrafts, horeca, cleaning.The training will consist of three stages: a positioning test, a general French course (common core module), a French course specific to the targeted sector (specific module).</t>
+  </si>
+  <si>
+    <t>The aim of the CONSTRUCEC project is to develop the skills of workers working in the mainwork and public works through practical technical training in real situations in order to adapt them to the needs of companies and the requirements of the regulations. The training will cover the following topics: construction techniques, renovation of buildings and passive renovation and very low energy smart and connected buildings (Smart Grid) smart and connected (Smart Grid) sustainable buildings, circular economy comfort of buildings and health of occupants safety and health at work.</t>
+  </si>
+  <si>
+    <t>The project will identify, qualify and quantify the needs and means to empower researchers, developers and scientists to (1) gather future-proof scientific knowledge of the principles and the potential of different classes of datadriven and computational engineering approaches, (2) leverage the above knowledge through training in cutting-edge computational toolchains and HPC scaling cross-application frameworks, and (3) strengthen their competencies by taking advantage of a Computational and Data Engineering Hub that acts as catalyser for improving the continuous availability of (a) an innovative work force, specifically-trained for the multilinguistic Luxembourgish market, (b) high-level cooperative PPP projects between industry and public research institutions, (c) dedicated, internationally attractive and competitive educational programs and research priorities at Luxembourg’s academic institutions, and (d) bi-directional exchange and crossfertilisation between excellence available in the private sector, the national research centres and at the university.</t>
+  </si>
+  <si>
+    <t>The programme is aimed at jobseekers aged at least 30 years with a level of education of 11st general secondary (or 3 rd secondary) at least. The “Skill you up” programme has been designed in a “trans-sectoral” approach to encourage retraining and the transition to different sectors of activity.The programme is structured around the following components:- Skills assessment, – coaching, training “Soft Skills”, “technical” training to acquire skills and knowledge “jobs” according to the professional project and the action plan defined upstream, – follow-up and networking workshops.</t>
+  </si>
+  <si>
+    <t>The Fit4CodingJobs program aims to train 90 web developers over 2 years, through 6 sessions where jobseekers will learn the programming languages and technologies most frequently used by companies to develop websites.</t>
+  </si>
+  <si>
+    <t>The TSTD project (Working in Safety with the Grinding Machine) consists of setting up technical and, above all, practical training when using these machines on BTP sites.</t>
+  </si>
+  <si>
+    <t>Part&amp;Act is a platform offered by IMS Luxembourg to its member companies and associations in the Grand Duchy. Various types of socially innovative partnerships are encouraged, such as sponsorship of skills (IT, legal, communication, etc.), volunteering through the company (community day, social teambuilding), information relay, logistical support or the development of job-creating partnerships (sponsorship).</t>
+  </si>
+  <si>
+    <t>The objective of this proposal is to install an internationally leading research group in ultra-fast spectroscopy at the University of Luxembourg. The group will further refine the methodology in order to acquire unprecedented and globally renowned expertise in this domain. It will perform blue-sky research in spectroscopy of novel and fascinating materials, and will build up collaborations with existing research groups at Luxembourg’s public research centers (in particular LIST) as well as industrial actors.</t>
+  </si>
+  <si>
     <t>The CSL wishes to offer a higher level of continuing training in order to meet the needs of the labour market and thus be able to qualify and prepare employees for the challenges of today and tomorrow. The LLLC is constantly innovating in its offer of continuing education and offers six new courses in collaboration with renowned French universities. The training will be offered on a staggered schedule to enable employees to reconcile work and education. The different courses will take place on weekdays in the evening and on Saturdays during the day.</t>
   </si>
   <si>
-    <t>The project “Build up your life!” is an offer of the National Youth Service (SNJ) within the framework of the Youth Guarantee which aims to activate young people qualified as NEET (not in Employment, Education or Training). In partnership with the Institut de Formation Sectoriel du Bâtiment (IFSB), the SNJ offers discovering and training in construction trades to young people who are neither in training nor in employment and who are between the ages of 16 and 29.</t>
-[...241 lines deleted...]
-  <si>
     <t>The overall objective of ECON4SD is to strengthen R&amp;D capacities in sustainable construction by developing components and design models for resource and energy efficient buildings based on the construction materials concrete, steel an timber. New products, new techniques, new models will be developed. Unique prefabricated structural building components which allow destruction-free, dis-and-re-assembly responding to changing structural demands, revitalisation or removal, will be developed within the projects.</t>
   </si>
   <si>
-    <t>The project aims to enable the job seeker to express himself in a given professional context in French and to enrich his professional and technical vocabulary of the sector/trade targeted in French in order to strengthen his potential for return to employment. The sectors concerned are: trade, construction/handicrafts, horeca, cleaning.The training will consist of three stages: a positioning test, a general French course (common core module), a French course specific to the targeted sector (specific module).</t>
-[...14 lines deleted...]
-    <t>The structural assistance project consists of quality documentation, carried out by the University of Luxembourg in accordance with established scientific research methods.The catalogue of measures will consist of two components:1. A comprehensive and comprehensive inventory including documentation of measures for young people in difficult transition and NEET.2. A qualitative analysis of the tools for the certification and validation of knowledge and skills, attributed by the provider to the young NEET, at the end of the measure and an analysis of their relevance and recommendations, in particular with a view to improving the visibility of the skills acquired for the young person himself but also for other providers of social assistance, guidance or formal or non-formal education.</t>
+    <t>Nombreux réfugiés et migrants ayant rejoint le Luxembourg récemment ne remplissent pas les exigences du marché du travail luxembourgeois en termes de qualifications et de langues. L’entreprenariat se présente comme une option intéressante pour assurer son auto-financement et se reconstruire une vie au Luxembourg. Là où dans leur pays d’origine, l’entreprenariat est le moyen le plus simple et le moins risqué de gagner de l’argent, il en est tout autre au Luxembourg. Les nombreux programmes de soutien à l’entreprenariat au Luxembourg ne sont pas conçus pour répondre aux besoins en information spécifiques de cette population. Il est donc nécessaire de leur proposer un accès égal à l’information et un point d’entrée en amont des mesures en place.SLEEVES UP vise à informer les migrants sur les possibilités et risques de la création d'entreprise au Luxembourg. À travers cette démarche, l’empowerment des participants est visé. Un moyen d’affecter leur énergie à un projet de vie qui leur offre de réelles perspectives d’auto-emploi ou, à tout le moins, les encourage à (re)prendre leur vie professionnelle en main leur est offert.</t>
+  </si>
+  <si>
+    <t>Le projet MCCD (Manager de Chantier de Construction Durable) veut offrir une nouvelle chance à ces exclus du parcours scolaire classique en les accompagnant dans une formation adaptée et répondant aux attentes du marché de l'emploi dans le domaine de la construction au Luxembourg. Concrètement, le programme du « Manager de Chantier de Construction Durable » prévoit plusieurs phases : évaluer les compétences initiales des candidats, les préparer grâce à une remise à niveau de leurs compétences durant 4 semaines, orienter, donner la formation qualifiante à l’IFSB, assurer une aide à la recherche d’une entreprise partenaire dans les cas d’une formation en alternance (prise de contact, organisation de rencontres,…) et assurer un suivi de l’apprentissage en entreprise.</t>
+  </si>
+  <si>
+    <t>Le programme INCO ACADEMY Web&amp;Mobile development  Luxembourg permet à des personnes de moins de 30 ans inscrites à l’ADEM d’acquérir des compétences théoriques et pratiques en programmation informatique grâce à des formations en présentiel de 5 semaines à temps plein.</t>
+  </si>
+  <si>
+    <t>Youth4Work est un service public dans le district de Diekirch où les jeunes sont accompagnés lors d’un coaching qui englobe plusieurs aspects de la vie professionnelle et privée et qui vise à préparer les jeunes à l’intégration sur le marché de l’emploi, c’est-à-dire à trouver un apprentissage, une formation ou un emploi. L’art de ce coaching innovant consiste à prendre en considération tous les domaines de la vie des jeunes candidats, sachant que les problèmes du chômage des jeunes sont très complexes. Les jeunes décident à titre volontaire de participer à cette offre gratuite.</t>
+  </si>
+  <si>
+    <t>Organisation et réalisation de formations s’adressant à des demandeurs d’emploi inscrits à d’ADEM âgé(e)s de 45 ans et plus remplissant les conditions d’admission et désireux de suivre une formation qualifiante de secrétaire au cabinet d’avocat. Cette formation leur donne la possibilité de se spécialiser dans un secteur qui offre toujours de réelles possibilités d’embauche.</t>
+  </si>
+  <si>
+    <t>CONEX est un projet qui a pour raison d’être la promotion de l’inclusion des salariés avec le statut d’handicapé dans la société et dans le premier marché de travail.Pour cela CONEX veut établir de multiples connexions permettant aux deux entités, les salariés ayant le statut et le marché du travail ordinaire de se rencontrer. Ces rencontres auront comme but d’offrir un contexte propice aux expériences et à la découverte tout en stimulant le développement global des participants.Ces rencontres vont aussi légitimer les capacités des encadrés et, simultanément, sensibiliser le marché ordinaire à l’inclusion.</t>
+  </si>
+  <si>
+    <t>Fourniture de conseils énergétiques de base gratuits par des conseillers en énergie à la population luxembourgeoise via un réseau de bureaux dans les différentes communes du pays.</t>
+  </si>
+  <si>
+    <t>Suite à un concours d'urbanisme pour un réaménagement durable du centre-ville promouvant la qualité de vie des citoyens, les responsables de la Ville de Dudelange ont décidé, dans le respect de la stratégie globale de réduction de trafic motorisé et de limitation des nuisances, un projet basé sur un concept d'un centre-ville à mobilité douce et à priorité aux cyclistes et piétons.</t>
+  </si>
+  <si>
+    <t>Dans le cadre d’un projet pilote de 2 ans, l’objectif du projet consiste à identifier, à rendre visible et à activer les jeunes (16-26 ans) inactifs en matière de formation et d'emploi à créer un changement de leur situation par la méthode du outreach youth work au niveau communal dans des régions différentes du Luxembourg. Il s’agit de jeunes inactifs qui ont décroché de l’école, d’une formation ou d’une mesure et qui ne sont pas aptes à trouver seuls l'entrée dans une transition réussie vers le marché de l'emploi. Le concept de l’activation du jeune (empowerment) consiste à établir une relation de confiance avec le jeune et puis de l'informer, sensibiliser et encourager pour un changement de sa situation.</t>
+  </si>
+  <si>
+    <t>La mission du Luxembourg Science Center (LSC) est d’éveiller la curiosité et de susciter l’intérêt vers les sciences et la technologie. En particulier, le LSC essaie de toucher un public jeune, afin de réagir au manque considérable de main d’œuvre dans les domaines des « STEM ».L’offre du Science Center repose sur deux piliers : d’un côté nos visiteurs découvrent et explorent les sciences et technologies à travers une multitude de stations expérimentales ludiques. De l’autre côté, un vaste programme d’ateliers et de shows scientifiques spectaculaires et instructifs est proposé. Dans ce cadre, le projet de « Découverte de métiers et professions » fera le lien avec le monde du travail en enrichissant l’offre du Science Center par ce que nous appelons les « Workshops vocationnels ». L’objectif est de sensibiliser un publique cible qui se composera essentiellement de jeunes adolescents exposés à un choix d’orientation important et imminent avec un impact non négligeable sur leur vie future.</t>
+  </si>
+  <si>
+    <t>Il s'agit d'une formation de développeur web et mobile. Le socle de compétences acquis grâce à trois mois et demi de formation soit 490 heures de cours de programmation aux langages web les plus demandés par les entreprises permettra aux candidats de postuler à un poste de développeur /intégrateur junior dans une agence de développement de sites internet, une grande entreprise, une PME ou une start up.</t>
+  </si>
+  <si>
+    <t>Le projet a pour but de soutenir les démarches d’accompagnement des jeunes dans le développement de leur employabilité et d’accroître la perméabilité des systèmes de reconnaissance et de validation des compétences issues d’activités non formelles et informelles.Skillpass-game est un dispositif numérique reposant sur un serious game et une application favorisant l’appréhension et l’exploitation de la notion de compétence transversale.</t>
+  </si>
+  <si>
+    <t>Le projet Relancer ma carrière a pour objectif d’accompagner les demandeurs d’emploi âgés de 45 à 65 ans dans leur démarche de réinsertion sur le marché du travail. À l'aide d'un programme de 54 heures, chaque candidat aura l'opportunité de préciser son projet professionnel, de dynamiser son réseau et adapter ses recherches d'emplois face aux réalités du marché.</t>
+  </si>
+  <si>
+    <t>L’objectif de ce projet est de contribuer à ce domaine de recherche par: construire l’ensemble de données administratives relatives, en recueillant les informations figurant dans la base de données mondiale de la sécurité sociale sur la main-d’œuvre au Luxembourg (IGSS) et les données administratives collectées par l’Agence pour l’emploi (ADEM); réalisation d’études systématiques de tous les programmes actifs du marché du travail au Luxembourg (telles que des statistiques descriptives et des analyses de survie); réalisation d’études d’évaluation d’impact de tous les programmes actifs du marché du travail mis en œuvre dans le pays, sur la base de méthodologies avancées qui garantissent la solidité et la fiabilité des résultats, ainsi que l’accessibilité et la disponibilité d’outils pour l’analyse des politiques.</t>
+  </si>
+  <si>
+    <t>"Fit4Entrepreneurship" apporte un soutien adapté aux demandeurs d’emploi qui souhaitent se lancer dans un projet d’affaires et ce à travers un diagnostic des compétences entrepreneuriales, un programme de formation complet ainsi qu’un accompagnement individuel par des chefs d’entreprise.Le programme est piloté par la Chambre de Commerce en collaboration avec l’Adem et la Chambre des Métiers. Il complète l’écosystème entrepreneurial en créant un dispositif sur mesure pour des demandeurs d’emploi à potentiel entrepreneurial. En fonction des besoins, les participants au programme peuvent bénéficier d’un accompagnement post-création.</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l'initiative européenne "Important project of common european interest", le Luxembourg  est supposé d'élaborer et de développer ensemble avec la France, l'Italie et l'Espagne un roadmap "High performance computing". Il s'agit d'élaborer au niveau du LIST une infrastructure ultra-performante permettant l'analyse de big data dans le cadre d'applications "smart nation", par exemple "Fintech", "Digital Letzebuerg", "Smart city" ou bien "Reg Tech".</t>
+  </si>
+  <si>
+    <t>Les objectifs du projet "ProspAct" sont de continuer à intensifier les activités de prospection et de promotion de l'Agence dans les différents secteurs prioritaires de développement économique au Luxembourg et à l'étranger et particulièrement à augmenter le nombre d'entreprises étrangères investissant au Luxembourg, notamment grandes entreprises et PME. L'objectif pour fin 2020 est de contribuer à la création de 180 nouvelles PME au Luxembourg.</t>
+  </si>
+  <si>
+    <t>Le projet « Act ! Jeunes » a pour ambition de contribuer à la lutte contre le chômage des jeunes et veut pleinement répondre aux objectifs fixés par la « garantie pour la jeunesse ». L'objectif visé est de faire accéder un maximum de participants au marché du travail. Le groupe cible concerne majoritairement la catégorie des jeunes inactifs appartenant au groupe social dénommé NEET (Not in Education, Employment or Training). Le partenariat Chambre des salariés (CSL) - Service national de la jeunesse (SNJ) est persuadé que les NEETs, ces jeunes qui se sont désengagés des formations classiques, du travail et de la société en général, nécessitent des influences et des expériences positives dans leur vie pour pouvoir repartir sur de bonnes bases et aller de l’avant.</t>
+  </si>
+  <si>
+    <t>Le programme Fit4DigitalFuture représente une initiation aux compétences digitales de base qui permet aux jeunes d'acquérir des connaissances initiales et structurées par rapport aux concepts liés à l’informatique. Il est ainsi nécessaire de familiariser les jeunes avec le domaine digital en les préparant de façon adéquate aux exigences de la transformation digitale. Il convient de créer une offre de formation continue ciblée afin de les outiller au mieux et de mettre toutes les chances de leur côté en vue d'une insertion professionnelle dans le marché de l’emploi.</t>
+  </si>
+  <si>
+    <t>Dans l'objectif de faire évoluer des salariés vers le middle management et afin de leur donner la chance d'accéder à un apprentissage qui corresponde bien à leurs possibilités et leurs attentes, le projet L.A. organise les actions suivantes :- informer les entreprises des opportunités de formation dans le cadre d'une évolution de carrière- évaluer les candidats en faisant un Bilan de Compétences Professionnelles (théorique et pratique) et en faisant un profil de personnalité afin de valider l'adéquation entre le poste souhaité et la personnalité actuelle du candidat- faire une orientation et proposer des formations en adéquation avec toutes les données récoltées- organiser des cours préparatoires afin de permettre aux candidats de rentrer dans les formations avec une bonne chance de succès.  Ces cours préparatoires pourront, pour une partie, être organisés en e-learning.</t>
+  </si>
+  <si>
+    <t>Le projet BIST (Building Interim Safety Training) est destiné aux travailleurs du secteur intérimaire œuvrant dans le secteur de la construction. Il vise à préparer les intérimaires aux risques présents sur les chantiers, à leur offrir des compétences en sécurité afin de renforcer leur savoir-faire et ainsi faciliter leur accès à l’entreprise en proposant un personnel compétent.Ce projet répond à la charte « vision zéro » dans le but de réduire le nombre et la gravité des accidents du travail, de trajet et les maladies professionnelles. Il donnera à chaque stagiaire un passeport numérique validant après test, les formations ou recyclage suivies.</t>
+  </si>
+  <si>
+    <t>Le projet New Generation vise à renforcer l'inclusion sociale et active en vue de promouvoir l'égalité des chances, la participation active et une meilleure aptitude à l'emploi.En effet, il est nécessaire de pourvoir les nouveaux emplois créés ainsi que le remplacement des travailleurs partant à la retraite par des jeunes et de disposer ainsi de la main d'oeuvre qualifiée.</t>
+  </si>
+  <si>
+    <t>L’objectif du projet est d’améliorer les compétences du personnel médical et de soins d’une part, et des personnels des services de secours d’autre part. Il s'agit de développer une "culture de sécurité" nécessaire à satisfaire les exigences sociétales actuelles. La Simulation en Santé est une méthode pédagogique absente au Luxembourg qui s’impose dans toutes les situations dans lesquelles la réalité est trop rare, trop complexe, ou trop invasive pour que l’apprentissage puisse se faire dans le monde réel du soin clinique.</t>
+  </si>
+  <si>
+    <t>Ce projet a pour objet de promouvoir, par le biais d’un cycle de formation « e-Presse », la mise à l'emploi des personnes atteintes d’autisme (principalement atteintes du Syndrome d’Asperger), qui malgré de réelles aptitudes professionnelles, notamment dans le domaine informatique, restent encore assez éloignées d’une insertion potentielle sur le marché du travail.</t>
+  </si>
+  <si>
+    <t>Le projet « Build up your life ! » est une offre du Service national de la jeunesse (SNJ) dans le cadre de la Garantie pour la Jeunesse qui vise à activer les jeunes qualifiés de NEET (not in Employment, Education or Training). En partenariat avec l’Institut de Formation Sectoriel du Bâtiment (IFSB), le SNJ propose des activités de découverte et de formation aux métiers de la construction à des jeunes qui ne sont ni en formation, ni en emploi et qui sont âgés de 16 à 29 ans.</t>
+  </si>
+  <si>
+    <t>Le projet « Sprong an d’Léier » prend en charge les jeunes sans contrat d’apprentissage, alors que l’année scolaire a déjà débuté. Ceci dans le but de les aider à trouver un poste d’apprentissage pour l’année scolaire suivante. Le projet présente une alternative aux classes COIP, solution actuelle pour ces jeunes, mais qui vise une prise en charge plus ciblée. Le jeune est aidé dans la recherche d’un patron formateur, il est guidé lors de la rédaction de son CV ainsi que de sa lettre de motivation après que l’équipe pédagogique ait établi ensemble avec le jeune un plan de formation individuelle. Il sera également préparé à un futur entretien d’embauche. Le travail avec les jeunes se fait soit en petite équipe soit de manière individuelle.</t>
+  </si>
+  <si>
+    <t>Fort de son expérience réussie sur la zone du Bourmicht, IMS Luxembourg souhaite changer le status-quo des relations existantes entre villes et entreprises. Il s’agit de renforcer et créer de nouvelles alliances via la mise en place d’une plateforme collaborative (créant des partenariats gagnant-gagnant).En mobilisant les acteurs du territoire du Kirchberg vers plus de durabilité sociale, environnementale et économique, des emplois verts (green jobs) sont créés.</t>
+  </si>
+  <si>
+    <t>Ce projet débute avec une phase de sélection parmi des personnes ayant le statut de salarié handicapé et/ou en reclassement externe étant inscrites à l’ADEM en tant que demandeurs d’emploi. La sélection est réalisée par l’ADEM. Ce projet vise à évaluer les capacités résiduelles des participants au projet et ainsi à faciliter l’orientation et/ou la réorientation professionnelle de la personne. Ces évaluations concernent près de 240 demandeurs d’emploi ayant le statut de salarié handicapé et/ou en reclassement externe pour les 12 mois du projet.</t>
+  </si>
+  <si>
+    <t>La commune de Mamer envisage la construction d'une nouvelle centrale d'énergie à base de biomasse pour l'alimentation en chaleur du réseau de chauffage urbain communal. Un des principaux objectifs de la nouvelle centrale d'énergie est de pouvoir alimenter le réseau de chauffage urbain communal de Mamer (réseau existant + extensions) en recourant à une production de chaleur durable ayant un bilan CO2 le moindre possible. Pour cela une production de chaleur sur base d'un combustible renouvelable, à savoir des pellets de bois, a été retenue. Afin d'optimiser davantage le bilan CO2 de la production de chaleur, un module de cogénération sur base d'une gazéification de pellets de bois a été intégré dans le concept énergétique, ce qui présente l'atout supplémentaire de produire de l'électricité "verte".</t>
+  </si>
+  <si>
+    <t>Le projet IMPULSE 2020 - MODULSYS s'inscrit dans la logique des Centres de Compétences de l'Artisanat qui viennent d'être créés au courant de la première moitié de l'année 2015. Ces centres poursuivent un triple objectif: instaurer un système de formation professionnelle continue sectorielle cohérent et intégré, assurer une veille technologique sectorielle, investir dans l’économie solidaire.</t>
+  </si>
+  <si>
+    <t>Le syndicat intercommunal "Minettkompost" a fait réaliser en 2014 une étude de faisabilité concernant l'adaptation de l'installation de compostage pour la production et le séchage de copeaux de bois industriels. Sur base d'une conclusion favorable de cette étude, le syndicat réalise la construction de l'installation permettant de valoriser ces restants de biodéchets et recherche une coopération avec un partenaire prêt à investir dans une installation spécifique propre à la consommation de ces copeaux industriels.</t>
+  </si>
+  <si>
+    <t>Mise en oeuvre d'un stand (matériel et équipement) et présences sur les foires nationales, afin de sensibiliser et promouvoir l'efficacité énergétique.</t>
+  </si>
+  <si>
+    <t>Le projet "Empowerment 4 employment", vise à favoriser l'employabilité et l'insertion socioprofessionnelle des jeunes sur le marché du travail grâce à l'éducation non formelle. L'éducation non formelle désigne « un programme planifié d'éducation personnelle et sociale destiné à améliorer un éventail de compétences et d'aptitudes, mené en dehors du système éducatif formel mais qui le complète » (Conseil de l'Europe, 2004).Le cycle de formation combine 2 types d'interventions, la formation en groupe et l'accompagnement individuel.</t>
+  </si>
+  <si>
+    <t>Dans le cadre de ce projet, les élèves/étudiants sont accompagnés vers leurs premières expériences professionnelles (à travers entre autres des informations généralistes sur les occupations professionnelles pour jeunes, des rencontres intergénérationnelles et des sessions de découvertes de milieux de travail), afin de renforcer leur future insertion sur le marché du travail. Une approche individualisée permettra de mieux cibler les besoins de chacun, d’imaginer un soutien personnalisé et de renforcer leurs capacités.</t>
+  </si>
+  <si>
+    <t>Le projet SWT (Safety Working in the Tranchees) consiste à mettre en place des formations techniques sur la sécurisation des tranchées lors des travaux de pose de réseaux enterrés. Le projet a pour objectif d'offrir aux salariés du secteur de la construction des compétences dans le domaine et d'être sensibilisés aux risques inhérents à ce type de travaux.Plusieurs formations  spécifiques sont prévues comme pose de blindage léger, pose de blindage lourd et sécurité lors de travaux dans les tranchées.Différentes expériences type immersions virtuelles seront également développées dans le cadre de ce projet.Ce projet rentre également dans la campagne nationale "Vision Zéro" qui a pour but de diminuer les risques professionnels sur les lieux de travail.</t>
+  </si>
+  <si>
+    <t>Le projet a pour objectif le remplacement du microscope confocal de la plateforme d'imagerie. Cette dernière a pour mission de soutenir la recherche en biologie cellulaire des équipes du LIH. Elle offre un accès aux équipements et propose un support technique pour la préparation des échantillons, l'utilisation des microscopes et l'analyse des résultats. Ce système permet d'imager à haute résolution les échantillons fixés ainsi que les cellules vivantes avec un contrôle des conditions environnementales.</t>
+  </si>
+  <si>
+    <t>Le projet FIT4 Green&amp;BuildJobs cible avant tout les demandeurs d’emploi inscrits à l’ADEM sans condition d’âge (à partir de 16 ans), ayant ou non une expérience dans le bâtiment.Les candidats pourront bénéficier d’une orientation, d’une évaluation de leurs compétences, d’une formation linguiste pour certains, d’un traducteur et d’une formation débouchant sur des métiers et des techniques d’avenir.</t>
+  </si>
+  <si>
+    <t>Le projet d’assistance aux structures consiste dans une documentation de qualité, réalisée par l’Université du Luxembourg selon les méthodes de recherche scientifiques établies.Le catalogue des mesures comprendra deux volets :1. Un inventaire complet et exhaustif comprenant une documentation des mesures en faveur des jeunes en transition difficile et des jeunes NEET.2. Une analyse qualitative des outils de certification et de validation des connaissances et compétences, attribués par le prestataire au jeune NEET, à la fin de la mesure ainsi que d’une analyse de leur pertinence et des recommandations, notamment en vue de l’amélioration de la visibilité des compétences acquises pour le jeune lui-même mais également pour les autres prestataires d’aide sociale, d’orientation ou d’éducation formelle ou non-formelle.</t>
+  </si>
+  <si>
+    <t>Le projet MERLIN vise à développer une plateforme pour étudier l’impact des différentes solutions de mobilité pour le pays. L’objectif est de fournir un outil d’aide à la décision au gouvernement et à l’opérateur d’infomobilité. En d’autres termes, la multimodalité, le partage et l’électromobilité sont les éléments centraux de ce projet. Cela permettra de mettre en pratique d’autres formes de mobilité, en mettant particulièrement l’accent sur les technologies émergentes dans le domaine des transports durables.</t>
+  </si>
+  <si>
+    <t>Les 8 communes, membres du Parc Naturel de l'Our, ont décidé, depuis leur adhésion au Pacte Climat, de réaliser une optimisation énergétique de l’infrastructure d’éclairage public, tout en améliorant la qualité de l’éclairage lui-même et en réduisant à un minimum la pollution lumineuse. Suite à la publication en 2018 du guide national « Gutes Licht im Aussenraum » par le Ministère du Développement durable et des Infrastructures, les communes du Parc Naturel de l'Our ont signalé leur détermination à être parmi les premières communes à mettre en œuvre les recommandations préconisées dans le cadre de ce guide sous forme d’un projet pilote méthodique intitulé "Pilot Streetlighting 2.0".</t>
+  </si>
+  <si>
+    <t>Construction d'un lycée à énergie positive, certification environnementale suisse Minergie-A-Eco. Projet pilote de l'Administration des Bâtiments publics. Surface totale de 8400 m2, 16 salles de classe, 6 salles d'enseignement clinique et salle polyvalente (200 m2)</t>
+  </si>
+  <si>
+    <t>Le LSC vise à promouvoir la science auprès de tout le monde au Luxembourg, en particulier auprès des enfants et des étudiants afin d’attirer davantage de personnes vers les études scientifiques, car le pays manque de personnes compétitives (autochtones) dans ce domaine. Pour soutenir cet objectif, le LSC investit dans 7 nouvelles machines et outils scientifiques, tels que la biosphère et la chambre de brouillard, conformément au cluster éco-innovation, 2 matériaux de détection et d’analyse, tels qu’un microscope électronique et une caméra à grande vitesse, et enfin 2 imprimantes 3D (polymère et métal) et un laser. Les machines/outils acquis seront non seulement utilisés à des fins de démonstration, mais seront également mis à la disposition de toutes les PME intéressées, ayant besoin d’aide pour mener des enquêtes dans les zones concernées.</t>
+  </si>
+  <si>
+    <t>Organisation et réalisation de quatre cycles de formations s’adressant à de jeunes demandeurs d’emploi âgées entre 18 et 25 ans désireux de suivre une formation qualifiante d’agent d’accueil/agent administratif. Cette formation pratique de courte durée (4 mois) devrait permettre aux jeunes, ayant terminé au moins 5 années d’études post-primaires dans le régime technique ou classique, d’acquérir une première expérience concrète sur le marché de travail.</t>
+  </si>
+  <si>
+    <t>Le projet RECRUTEMENT ARMÉE s’oriente vers les jeunes entre 18 et 25 ans, sans distinction de formation particulière ou d'origine sociale. Il s’agit d’informer de façon optimale le public cible à travers les différents moyens et modes de communication (bureau d’information, stands d’information, médias sociaux …) ainsi qu’à travers les médias nationaux (presse, radio, télévision, …) afin d’inciter les jeunes à s’engager à l’Armée et d’optimiser ainsi à l’issu de leur service militaire de trois années les chances d’insertion sur le marché de l’emploi grâce à la structure de reconversion mise en place par l’Armée.</t>
+  </si>
+  <si>
+    <t>L’objectif visionnaire de ce projet est de développer une technologie d’extension à travers le concept d’un jumeau numérique pour le traitement thermique des matières premières dans les réacteurs industriels. Le besoin d’un Twin numérique résulte de nombreux défis d’ingénierie qui nécessitent un passage de la pratique empirique actuelle à une technologie de simulation multiphysique avancée, y compris des modèles multiphysiques sur différentes échelles de longueur pour refléter avec précision l’état des réacteurs chimiques.</t>
+  </si>
+  <si>
+    <t>Le nouvel atelier « Infomédia » permettra l’élaboration du journal électronique « Konterbont » qui favorise l’apprentissage de la langue luxembourgeoise par le biais d’articles rédigés en luxembourgeois ayant comme sujet la vie au Luxembourg dans toutes ses facettes et couleurs.Au-delà de l’apprentissage, le « Konterbont » permettra aussi l’entraînement dans la langue luxembourgeoise à partir de certaines fonctionnalités comme la traduction, la prononciation, la lecture et les exercices.</t>
+  </si>
+  <si>
+    <t>Les objectifs du projet "Attract" sont d'intensifier les activités de prospection et de promotion de l'Agence dans les différents secteurs prioritaires de développement économique au Luxembourg et à l'étranger et particulièrement à augmenter le nombre d'entreprises étrangères investissant au Luxembourg, notamment grandes entreprises et PME. L'objectif pour fin 2017 est de contribuer à la création de 60 nouvelles PME au Luxembourg.</t>
+  </si>
+  <si>
+    <t>Le projet Fit4E 2019-2020 s’inscrit dans la continuité des deux éditions précédentes. Néanmoins, de nombreuses rencontres entre parties prenantes au cours de l’édition 2017-2018 ont permis de dégager un certain nombre de points forts et points de perfectionnement.</t>
+  </si>
+  <si>
+    <t>L’assemblage laser de matériaux différents est une technologie clé pour construire des structures légères et d’économie d’énergie avec des propriétés de matériaux sur mesure. Cette technologie permet, par exemple, une miniaturisation des composants, une augmentation de la vitesse de production et une réduction du taux de ferraille. Ces mesures contribuent à la conception et à la fabrication de nouveaux produits intéressants qui renforcent la compétitivité manufacturière de l’industrie nationale. Le LTCC combine la recherche et l’éducation, toujours axée sur l’industrie. Le résultat de ce projet sera une connaissance approfondie des processus, de nouvelles connaissances scientifiques et une compréhension novatrice des processus, visant à renforcer la compétitivité industrielle.</t>
+  </si>
+  <si>
+    <t>À travers ce projet, il s'agit d'élargir l’offre d’accompagnement au sein du Centre de rencontre Kopplabunz pour qu’elle permette de renforcer l’autonomie de ses usagères et de les rapprocher de leur objectif d’intégrer une formation qualifiante et/ou un emploi, ainsi de se sentir acceptées et intégrées dans la société luxembourgeoise. Le programme du Kopplabunz comprendra quatre différents modules socio-éducatifs avec des objectifs spécifiques.</t>
+  </si>
+  <si>
+    <t>Digital Inclusion asbl a pour mission de récupérer des ordinateurs, tablettes, smartphones et autres écrans, auprès d'entreprises et de particuliers, de les remettre en état et les reconfigurer afin de les donner à ceux qui ne pourraient acheter ce type d'objets.L'objectif du projet Digit4All – Digital Inclusion Skillz Academy est d'intégrer d'un point de vue digital les personnes laissées en marge du modèle sociétal en leur offrant un accès à un ordinateur, mais aussi une autonomie, que ce soit pour acquérir de nouvelles compétences informatiques, professionnelles ou linguistiques.</t>
+  </si>
+  <si>
+    <t>Le Fonds du logement, avec l'aide de l'Université du Luxembourg, procédera à Dudelange, en collaboration avec le Service géologique de l'Etat et l'Administration de la gestion de l'eau, à des forages de reconnaissance, permettant une validation du potentiel de géothermie profonde deviné au sud du pays.</t>
+  </si>
+  <si>
+    <t>Le secteur du bâtiment et des travaux publics est depuis plusieurs années en pleine évolution. En effet, il s'y opère une mutation importante et rapide des compétences techniques. Cela impose une évolution constante des compétences des salariés qui doivent correspondre aux exigences et évolutions du marché. Le projet consiste à faire évoluer les compétences des salariés du secteur du bâtiment et des travaux publics.</t>
+  </si>
+  <si>
+    <t>Fit4JobStart fait partie de l’ensemble des activités d’insertion et de réinsertion professionnelles menées par la Chambre de Commerce en partenariat avec l’ADEM et avec le support opérationnel de la House of Training.Le développement des connaissances et compétences qui sont en ligne avec les besoins des entreprises est plus que jamais essentiel sur un marché de l'emploi changeant, notamment pour une population jeune, sans expérience professionnelle, et parfois sans qualification.</t>
   </si>
   <si>
     <t>Ce projet débute avec une phase de sélection parmi des personnes ayant le statut de salarié handicapé et/ou en reclassement externe étant inscrites à l’ADEM en tant que demandeurs d’emploi.</t>
   </si>
   <si>
-    <t>Le projet IMPULSE 2020 - MODULSYS s'inscrit dans la logique des Centres de Compétences de l'Artisanat qui viennent d'être créés au courant de la première moitié de l'année 2015. Ces centres poursuivent un triple objectif: instaurer un système de formation professionnelle continue sectorielle cohérent et intégré, assurer une veille technologique sectorielle, investir dans l’économie solidaire.</t>
+    <t>Le projet concerne une dernière étape de l’aménagement d’un « Shared Space » d’une surface d’environ 3.900 m2 devant l’église sur la place Franz Kinnen. Les aménagements particuliers au niveau de la « Place F. Kinnen » constitueront l’installation de bornes escamotables hydrauliques permettant le contrôle du passage de véhicules, l’installation d’un système d’éclairage permettant de réduire l’impact au sol et une distribution optimale des flux lumineux et une extension des systèmes et du réseau de WIFI et de sono.</t>
+  </si>
+  <si>
+    <t>Dans le contexte de la digitalisation du monde de travail, l’objectif principal de ce projet est de faciliter et d’adapter l’orientation professionnelle des jeunes à travers l’initiative existante dayCARE.Ce projet traite de l’articulation entre engagement sociétal et compétences digitales. Il vise à faciliter et adapter l’orientation professionnelle de la jeunesse au Luxembourg via le ressort de l’engagement et de la motivation pour des trajectoires et métiers porteurs de sens. Dans cette perspective, CARE (acteur de l’engagement sociétal, notamment auprès de la jeunesse) et IMS Luxembourg se proposent d’unir leurs expertises dans ce domaine.Le projet se base sur le succès du dayCARE et le développe afin qu’il réponde aux besoins spécifiques des métiers de demain, indispensables à un modèle de développement durable.Ainsi, les jeunes se verront proposer de participer au dayCARE sous le titre de ‘Digital Explorers’. Sur base d’une grille de lecture, ils devront produire des ‘Digital Visions’ avec la personne qui les accueillera en entreprise. Le but est d’inciter des réflexions croisées entre jeunes et salariés d’entreprises sur le futur des métiers, au vue de l’impact de la digitalisation.</t>
+  </si>
+  <si>
+    <t>Elaboration d'une stratégie nationale pour implémenter le "Building Information Modelling" (BIM) au Luxembourg. Le BIM est une méthode de travail mais aussi une représentation digitale des caractéristiques physiques et fonctionnelles d'un bâtiment en 3D, qui contient également des informations sur le planning et le coût de construction.</t>
+  </si>
+  <si>
+    <t>Le LCTR-Centre fournira une interface entre la recherche fondamentale, épidémiologique et clinique, en vue de: Renforcer la coopération à long terme entre les deux institutions, tout en rassemblant les ressources et l’expertise en matière de recherche du CHL et de la LIH; Fournir une interface entre la recherche fondamentale, épidémiologique et clinique afin de produire de nouvelles connaissances scientifiques et médicales dans le respect des règles éthiques et juridiques; Favoriser l’innovation technologique et son transfert dans la pratique clinique actuelle, en permettant une création de valeur multipartite; La mise en œuvre d’un nouveau modèle intégré d’équipes translationnelles efficaces pour développer des solutions de médecine personnalisées afin d’améliorer l’efficacité de la prévention, du diagnostic et du traitement des maladies chroniques majeures pour le bien des populations; Tenir promesse de remédier aux disparités épineuses et persistantes en matière de santé, conformément à la priorité stratégique nationale visant à accroître l’efficacité des soins de santé tout en réduisant la charge économique des coûts de santé.</t>
+  </si>
+  <si>
+    <t>Le projet s'inscrit dans une étroite collaboration avec l'Adem et a pour objectifs : - d’informer les employeurs luxembourgeois quant aux dispositifs d’accompagnement techniques et administratifs existant au Grand-Duché, en faveur de l’inclusion des personnes en situation de handicap sur le marché du travail ordinaire (notamment en publiant un guide pratique); - d’insérer les personnes en situation de handicap dans le marché du travail ordinaire à travers l’organisation de plusieurs « café pour l’emploi » pour permettre aux entreprises de recruter des salariés handicapés. L’événement en tant que tel se déroulerait sous forme d’ateliers et de jobs dating, l’objectif étant d’insérer des salariés handicapés sur le marché du travail ordinaire.</t>
+  </si>
+  <si>
+    <t>L’objectif premier du projet est de mettre en place chez LIH une plateforme PDM-HCS pleinement opérationnelle et translationnelle, permettant une découverte précoce personnalisée de médicaments avec une capacité de réaliser un maximum de 10 projets en parallèle pour répondre aux nombreux besoins des projets scientifiques menés au Luxembourg. La plateforme LIH offrira à tous les scientifiques universitaires et industriels luxembourgeois la possibilité d’accélérer leurs projets de recherche avancés dans des domaines stratégiques tels que l’oncologie, les maladies infectieuses et les maladies neurodégénératives.</t>
+  </si>
+  <si>
+    <t>Le projet O.P.E.C.E. propose des initiatives de prévention, de soutien et de mobilisation d'un public cible déjà très fragilisé sur le marché de l'emploi, en vue d'éviter une régression rapide et sensible des capacités d'insertion socio-professionnelle ou une rupture dans le parcours de formation et de mise à l'emploi, compte tenu du manque de places disponibles dans les structures spécialisées ou d'un manque d'intérêt des entreprises privées.Le projet vise à garantir une gestion optimale des demandes d'orientation socio-professionnelle et de mise à l'emploi adapté, sur le premier marché du travail ou vers des structures en milieu protégé, de personnes atteintes d'autisme.</t>
+  </si>
+  <si>
+    <t>L’ASTI a mis en place son projet « Connections4Work » qui a comme pour but de favoriser l'insertion sur le marché de l'emploi des migrants et réfugiés reconnus ayant un niveau de langue élémentaire et qui pour ces raisons rencontrent des difficultés à trouver un emploi.Les objectifs sont :- former les demandeurs d’emploi aux exigences linguistiques minimales dans certains métiers en recherche importante de main d’œuvre,- créer des liens entre les participants du projet et des entreprises au Luxembourg,- promouvoir la culture du travail au Luxembourg.</t>
+  </si>
+  <si>
+    <t>Le projet poursuit un double objectif, former les formateurs et sensibiliser et former les professionnels de santé. Le public cible sont le professionnels de santé des établissements hospitalier, des établissements de long et moyen séjour, des réseaux de soins à domicile et du secteur social. Pour assurer la qualité des formations dispensées, les formateurs devront réunir deux conditions: la qualification technique et la qualification en matière de pédagogie en simulation. Le projet poursuit un double objectif, former les formateurs et sensibiliser et former les professionnels de santé.</t>
+  </si>
+  <si>
+    <t>Le projet APA est le résultat de la collaboration entre un atelier protégé, COOPERATIONS à Wiltz, et une exploitation agricole, NATURHAFF à Derenbach. Ce partenariat innovant permet de concentrer les compétences et les ressources fournies par une entreprise du marché ordinaire et celles d’une entreprise de l’économie sociale et solidaire, afin de favoriser la création d’emplois dans la région pour des personnes en situation d’ handicap.</t>
+  </si>
+  <si>
+    <t>Le projet “Electrification du réseau des autobus de la Ville de Luxembourg” vise à cofinancer l’acquisition de 13 bus électriques et l’installation de 2 infrastructures de chargement par la Vile de Luxembourg. Les 13 bus desserviront trois lignes du réseau de transport de la Ville de Luxembourg, à savoir les lignes 12, 17 et 24. Le projet s’inscrit dans la politique écologique poursuivie par la Ville de Luxembourg et rentre entièrement dans le cadre fixé par le programme opérationnel Feder 2014-2020, à savoir: réduction des émissions de gaz à effet de serre &amp; promotion de la qualité et du confort du transport en commun et de la mobilité urbaine durable.</t>
+  </si>
+  <si>
+    <t>L’objectif général de SOLSTICE est de permettre une exploitation optimale du potentiel d’installations photovoltaïques au Grand-Duché de Luxembourg. Comme indiqué ci-dessus, il sera possible d’améliorer le cadastre national d’irradiation solaire commandé. Solstice 1) ajoutera des informations sur l’adéquation des façades aux installations photovoltaïques, 2) améliorera la modélisation des ombres tout au long des saisons en utilisant la géométrie 3D haute résolution des bâtiments et des infrastructures, 3) intégrera le dernier modèle de flux de rayonnement solaire et 4) évaluation croisée et contrôle qualité de la géométrie 3D du cadastre commandé et celle dérivée par SOLSTICE.</t>
   </si>
   <si>
     <t>Le projet consiste à développer une nouvelle offre de formations décentralisées facilement accessibles par les entreprises du secteur de la construction du Nord du pays. Il consiste à identifier les besoins de formations des entreprises, en passant par une analyse des besoins lors de rendez-vous pour ensuite mettre en place des formations de courte durée (de 1 à 5 jours de formation) ou longues et qualifiantes (4 à 6 semaines selon les niveaux de qualification). Ces formations se dérouleront sur les lieux d'activités ou à proximité de l'entreprise. Il est à noter que les actions menées seront réalisées sur mesure pour l'entreprise.</t>
   </si>
   <si>
+    <t>Par la création d’un groupe de travail inter-entreprise, les participants auront des éléments de réflexion afin d’avoir une vision du handicap en entreprise. Diverses thématiques seront abordées lors de workshops thématiques pour aller au fond de la thématique d’une part et de trouver des pistes de solution d’autre part. Cette approche permet une montée en compétences des entreprises participantes en leur donnant l’opportunité de s’approprier le sujet.</t>
+  </si>
+  <si>
+    <t>Le projet « Kleederbitz » s’inscrit dans le cadre de cette (ré) intégration sociale par la mise au travail de bénéficiaires extrêmement éloignés du premier marché. Il consiste à récupérer dans les locaux (Troisvierges, Ettelbruck et Clervaux en partenariat avec Résonord) des vêtements d’occasion que l'équipe récolte, trie, répare, éventuellement personnalise et revend pour un prix plus que modique à une clientèle financièrement défavorisée. Un système de récupération de la matière première est également développé.Un autre volet du projet consiste en la mise en œuvre d'un atelier de couture "upcycling" (si le recyclage vise à obtenir du neuf avec du vieux à qualité égale, l'upcycling vise à valoriser ce qui est considéré comme un déchet pour le transformer en objet de valeur supérieure).</t>
+  </si>
+  <si>
+    <t>Le projet « Fit4Entrepreneurship » apporte un soutien adapté aux demandeurs d’emploi qui souhaitent se lancer dans un projet d’affaires et ce, à travers un diagnostic des compétences entrepreneuriales, un programme de formation ainsi qu’un accompagnement individuel par des chefs d’entreprise.  Le programme est piloté par la Chambre de Commerce en collaboration avec l’Adem et la Chambre des Métiers. Il complète l’écosystème entrepreneurial en créant des passerelles vers d’autres initiatives pour le suivi des porteurs à l’issue du projet.</t>
+  </si>
+  <si>
+    <t>Le projet Fit 4 Financial Markets a pour objectif d’accompagner les demandeurs d’emploi jusqu'à leur réinsertion sur le secteur financier, en adaptant leurs compétences et connaissances aux besoins du marché du travail.</t>
+  </si>
+  <si>
+    <t>Organisation et réalisation de deux cycles de formations s’adressant à des demandeurs d’emploi remplissant les conditions d’admission et désireux de suivre une formation qualifiante de secrétaire au cabinet d’avocat. Cette formation leur donne la possibilité de se spécialiser dans un secteur qui offre toujours de réelles possibilités d’embauche.</t>
+  </si>
+  <si>
+    <t>Les salariés des entreprises du bâtiment et des travaux publics réalisant des travaux de pose de conduites d'eau potable doivent suivre à l'étranger des formations leur permettant d'obtenir les compétences pour la réalisation de ces travaux et de remplir les conditions exigées par les communes. Les entreprises n'ont donc pas la possibilité de former correctement leurs salariés, ce qui a un impact d'une part sur la qualité des travaux et les temps d’exécution nécessaires et d'autre part cela peut potentiellement générer des travaux de mauvaise qualité pouvant avoir un impact sur la qualité de l'eau potable distribuée à travers le pays. Cela peut avoir comme conséquence la distribution d'une eau de mauvaise qualité non potable.De plus, les formations réalisées dans les autres ne prennent pas en compte la totalité des spécificités des travaux à réaliser au Luxembourg (types de produits, méthodes d'assemblage des conduites, contrôles...).Le projet consiste à structurer et développer un programme de formation qualifiant sur la thématique de la pose de conduites d'eau potable.</t>
+  </si>
+  <si>
+    <t>L’ambition du projet est d’agir sur les facteurs qui influencent durablement la qualité de l’enseignement dans la formation professionnelle. Le développement curriculaire et les programmes scolaires sont un élément central dans ce contexte, au cœur de la pratique en classe. Pour cette raison, le Ministère de l’Éducation nationale, de l’Enfance et de la Jeunesse et ses partenaires des chambres professionnelles et la Chambre des salariés, se sont engagés à moderniser les programmes des différents ordres d’enseignement pour mieux les adapter aux défis de la société et du marché de travail du 21e siècle.</t>
+  </si>
+  <si>
+    <t>Organisation et réalisation de trois modules de formation par année en secrétariat spécialisé pour demandeurs d’emploi remplissant les conditions d’admission et désireux de suivre une formation qualifiante de 10 semaines dans une des spécialisations suivantes :secrétariat médical, secrétariat comptable et secrétariat juridique.</t>
+  </si>
+  <si>
+    <t>L’encadrement ‘P’ s’adresse aux jeunes demandeurs d’emploi de 16 à 29 ans révolus en phase d’inscription auprès de l’ADEM et nécessitant un accompagnement personnalisé, collectif ou bien un coaching dans l’élaboration de leur projet professionnel. Cet encadrement prévoit également des formations de base ‘soft skills’ et ‘digital skills’. Public cible : Jeunes de 16-29 ans révolus sans projet professionnel.</t>
+  </si>
+  <si>
+    <t>Le projet propose des activités de sensibilisation et d'information, ainsi qu'un service de conseil de base, aux fins de promouvoir un habitat durable accompagné d’une promotion de la multimodalité dans le secteur du transport. Des développements thématiques conséquents sont prévus au niveau de la mobilité, au niveau de la mise en place de bâtiments intelligents, au niveau de la digitalisation du secteur de l’énergie et du développement du rôle du consommateur vers un prosommateur (prosumer) avec les thématiques concernées telles que les compteurs intelligents, la gestion de ses données énergétiques, l’autoproduction d’électricité, l’autoconsommation, les infrastructures de charge pour véhicules électriques.</t>
+  </si>
+  <si>
+    <t>Le projet FIT4 Green Jobs cible avant tout les personnes âgées de moins de 30 ans afin de les former à de nouvelles compétences débouchant sur des métiers et techniques d’avenir.</t>
+  </si>
+  <si>
+    <t>L’objectif de la formation est de sensibiliser les jeunes aux attraits du code et à la programmation et  d’intégrer le savoir de programmation dans leur formation, quel que soit leur orientation universitaire ou professionnelle choisie.Concrètement, le projet vise à offrir des cours de coding sur mesure pour des étudiants, demandeurs d’emploi ou décrocheurs scolaires afin de leur transmettre de façon intense (2 semaines de formation avec un total de 60 heures de cours) un aperçu assez fondé de la matière axé résolument sur l’élaboration de produits.Cette offre est mise en place et perfectionnée au cours des années 2019 et 2020 afin de l’intégrer par après dans l’offre régulière du Service de la Formation des Adultes.</t>
+  </si>
+  <si>
+    <t>L’idée-phare de ce projet de création d’un Centre de Compétences Digitalt Handwierk consiste à mettre en place un système de formation dans le but d’assister les dirigeants et les salariés des entreprises artisanales (tous secteurs confondus) dans la conception et la mise en œuvre de leur feuille de route stratégique en vue de réussir leur transformation digitale.Le but de ce projet consiste ainsi à former les entreprises artisanales sur tous les aspects de la numérisation de l’ensemble de la chaîne de création de valeur d'une entreprise.</t>
+  </si>
+  <si>
+    <t>L’objectif du projet Info Flow Savy est de faire face aux nouveaux besoins en savoirs organisationnels et individuels induits par l’accroissement des flux informationnels numériques.Il s’agit de permettre aux organisations et salariés, grâce à l’acquisition de nouveaux savoirs et aptitudes, de mieux maîtriser l’impact du digital sur la vie professionnelle. Ceci afin d’améliorer bien-être au travail et temps productif.</t>
+  </si>
+  <si>
+    <t>Le projet vise à permettre au demandeur d’emploi de s’exprimer dans un contexte professionnel donné en français et d’enrichir son vocabulaire professionnel et technique du secteur/métier ciblé en français pour renforcer son potentiel de retour vers l’emploi. Les secteurs concernés sont : commerce, construction / artisanat, horeca, nettoyage.La formation comprendra trois étapes : un test de positionnement, un cours de français général (module tronc commun), un cours de français spécifique au secteur visé (module spécifique).</t>
+  </si>
+  <si>
+    <t>Le projet CONSTRUCEC a pour objectif de faire évoluer les compétences des salariés du gros-œuvre et des travaux publics via la formation technique pratique en situation réelle de manière à les adapter aux besoins des entreprises et aux exigences de la réglementation. Les formations porteront sur les thèmes suivants : techniques de construction, rénovation de bâtiments construction et rénovation passive et très basse énergie bâtiments intelligents et connectés (Smart Building, Smart home) réseaux intelligents et connectés (Smart Grid) bâtiments durables, économie circulaire confort des bâtiments et santé des occupants sécurité et santé au travail.</t>
+  </si>
+  <si>
+    <t>Le projet identifiera, qualifiera et quantifiera les besoins et les moyens d’habiliter les chercheurs, les développeurs et les scientifiques à (1) recueillir des connaissances scientifiques à l’épreuve du temps sur les principes et le potentiel des différentes classes d’approches d’ingénierie fondée sur les données et le calcul, (2) tirer parti des connaissances ci-dessus en formant des chaînes d’outils de pointe et des cadres d’applications croisées du CHP, et (3) renforcer leurs compétences en tirant parti d’un pôle informatique et d’ingénierie des données qui sert de catalyseur pour améliorer la disponibilité continue d’une main-d’œuvre innovante, spécialement formés pour le marché luxembourgeois multilinguistique, b) projets de PPP de haut niveau entre l’industrie et les instituts de recherche publics, c) programmes éducatifs et priorités de recherche spécialisés, attractifs et compétitifs à l’échelle internationale dans les établissements universitaires luxembourgeois, et d) échange bidirectionnel et fécondation entre l’excellence disponible dans le secteur privé, les centres nationaux de recherche et à l’université.</t>
+  </si>
+  <si>
+    <t>Le programme s’adresse aux demandeurs d’emploi âgés d’au moins 30 ans avec un niveau d’études de 11ième secondaire générale (ou de 3ième secondaire) au minimum. Le programme « Skill you up » a été conçu dans une logique « trans-sectorielle » pour favoriser les reconversions professionnelles et la transition vers différents secteurs d’activités.Le programme s’articule autour des volets suivants :- Bilan de compétences, - coaching, formation « Soft Skills », formation « technique » pour acquérir les compétences et connaissances « métiers » en fonction du projet professionnel et du plan d’action défini en amont, - ateliers de suivi et de réseautage.</t>
+  </si>
+  <si>
+    <t>Le programme Fit4CodingJobs vise a former 90 développeurs web sur 2 ans, à travers 6 sessions où des demandeurs d'emploi vont apprendre les langages de programmation et les technologies les plus fréquemment utilisés par les entreprises pour développer des sites web.</t>
+  </si>
+  <si>
+    <t>Le projet TSTD (Travailler en Sécurité avec la Tronçonneuse et la Débrousailleuse) consiste à mettre en place des formations techniques et surtout pratiques lors de l’utilisation de ces machines sur les chantiers BTP.</t>
+  </si>
+  <si>
+    <t>Part&amp;Act est une plateforme proposée par IMS Luxembourg à ses entreprises membres et aux associations du Grand-Duché. Différents types de partenariats socialement innovants sont encouragés tels que le mécénat de compétences (informatiques, juridiques, en communication, etc.), le bénévolat via l'entreprise (community day, teambuilding social), le relais d'information, le soutien logistique ou encore le développement de partenariat créateurs d'emplois (parrainage).</t>
+  </si>
+  <si>
+    <t>L’objectif de cette proposition est d’installer un groupe de recherche de premier plan international en spectroscopie ultra-rapide à l’Université du Luxembourg. Le groupe perfectionnera encore la méthodologie afin d’acquérir une expertise sans précédent et mondialement reconnue dans ce domaine. Il effectuera des recherches sur le ciel bleu en spectroscopie de matériaux nouveaux et fascinants et établira des collaborations avec des groupes de recherche existants dans les centres de recherche publics luxembourgeois (en particulier LIST) ainsi qu’avec des acteurs industriels.</t>
+  </si>
+  <si>
     <t>La CSL souhaite proposer une offre de formation continue qualifiante de niveau supérieur afin de répondre aux besoins du marché du travail et ainsi pouvoir qualifier et préparer les salariés aux défis d’aujourd’hui et de demain. Le LLLC innove constamment dans son offre de formation continue et propose six nouveaux cursus en collaboration avec des universités françaises de renom. Les formations seront proposées en horaire décalé afin de permettre aux salariés de concilier vie professionnelle et études. Les différents cours se dérouleront les jours de semaine en soirée et les samedis en journée.</t>
   </si>
   <si>
-    <t>Le projet « Build up your life ! » est une offre du Service national de la jeunesse (SNJ) dans le cadre de la Garantie pour la Jeunesse qui vise à activer les jeunes qualifiés de NEET (not in Employment, Education or Training). En partenariat avec l’Institut de Formation Sectoriel du Bâtiment (IFSB), le SNJ propose des activités de découverte et de formation aux métiers de la construction à des jeunes qui ne sont ni en formation, ni en emploi et qui sont âgés de 16 à 29 ans.</t>
-[...241 lines deleted...]
-  <si>
     <t>L’objectif général de ECON4SD est de renforcer les capacités de R &amp;D dans la construction durable en développant des composants et des modèles de conception de bâtiments économes en ressources et en énergie à partir des matériaux de construction béton, acier et bois. De nouveaux produits, de nouvelles techniques, de nouveaux modèles seront développés. Des éléments de construction préfabriqués uniques qui permettent de ne pas détruire, de démonter et de réassembler en fonction de l’évolution des exigences structurelles, de la revitalisation ou de l’enlèvement, seront développés dans le cadre des projets.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Le projet d’assistance aux structures consiste dans une documentation de qualité, réalisée par l’Université du Luxembourg selon les méthodes de recherche scientifiques établies.Le catalogue des mesures comprendra deux volets :1. Un inventaire complet et exhaustif comprenant une documentation des mesures en faveur des jeunes en transition difficile et des jeunes NEET.2. Une analyse qualitative des outils de certification et de validation des connaissances et compétences, attribués par le prestataire au jeune NEET, à la fin de la mesure ainsi que d’une analyse de leur pertinence et des recommandations, notamment en vue de l’amélioration de la visibilité des compétences acquises pour le jeune lui-même mais également pour les autres prestataires d’aide sociale, d’orientation ou d’éducation formelle ou non-formelle.</t>
   </si>
   <si>
     <t>Ministère du Travail, de l'Emploi et de l'Économie sociale et solidaire</t>
   </si>
   <si>
     <t>Ministère de l'Economie - Direction de la politique régionale</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2427,78 +2427,78 @@
       </c>
       <c r="AG1" s="1" t="s">
         <v>32</v>
       </c>
       <c r="AH1" s="1" t="s">
         <v>33</v>
       </c>
       <c r="AI1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="AJ1" s="1" t="s">
         <v>35</v>
       </c>
       <c r="AK1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AL1" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="2" spans="1:38">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="C2" t="s">
         <v>131</v>
       </c>
       <c r="D2" t="s">
         <v>131</v>
       </c>
       <c r="E2" t="s">
         <v>269</v>
       </c>
       <c r="F2" t="s">
         <v>270</v>
       </c>
       <c r="G2" t="s">
         <v>294</v>
       </c>
       <c r="H2">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="I2">
-        <v>1300000</v>
+        <v>390900</v>
       </c>
       <c r="J2" t="s">
         <v>317</v>
       </c>
       <c r="K2">
-        <v>650000</v>
+        <v>180450</v>
       </c>
       <c r="L2" t="s">
         <v>318</v>
       </c>
       <c r="M2" t="s">
         <v>366</v>
       </c>
       <c r="N2">
         <v>109</v>
       </c>
       <c r="O2" t="s">
         <v>382</v>
       </c>
       <c r="P2" t="s">
         <v>396</v>
       </c>
       <c r="Q2" t="s">
         <v>402</v>
       </c>
       <c r="R2" t="s">
         <v>408</v>
       </c>
       <c r="S2" t="s">
         <v>412</v>
       </c>
@@ -2522,87 +2522,87 @@
       </c>
       <c r="AD2" t="s">
         <v>269</v>
       </c>
       <c r="AG2" t="s">
         <v>455</v>
       </c>
       <c r="AH2" t="s">
         <v>456</v>
       </c>
       <c r="AI2" t="s">
         <v>457</v>
       </c>
       <c r="AJ2" t="s">
         <v>549</v>
       </c>
       <c r="AK2" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="3" spans="1:38">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3">
-        <v>1003</v>
+        <v>1014</v>
       </c>
       <c r="C3" t="s">
         <v>132</v>
       </c>
       <c r="D3" t="s">
         <v>132</v>
       </c>
       <c r="E3" t="s">
         <v>269</v>
       </c>
       <c r="F3" t="s">
         <v>271</v>
       </c>
       <c r="G3" t="s">
         <v>295</v>
       </c>
       <c r="H3">
         <v>50</v>
       </c>
       <c r="I3">
-        <v>2713850</v>
+        <v>505000</v>
       </c>
       <c r="J3" t="s">
         <v>317</v>
       </c>
       <c r="K3">
-        <v>1356925</v>
+        <v>252500</v>
       </c>
       <c r="L3" t="s">
         <v>319</v>
       </c>
       <c r="M3" t="s">
         <v>367</v>
       </c>
       <c r="N3">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="O3" t="s">
         <v>383</v>
       </c>
       <c r="P3" t="s">
         <v>397</v>
       </c>
       <c r="Q3" t="s">
         <v>403</v>
       </c>
       <c r="R3" t="s">
         <v>408</v>
       </c>
       <c r="S3" t="s">
         <v>412</v>
       </c>
       <c r="T3" t="s">
         <v>416</v>
       </c>
       <c r="U3" t="s">
         <v>418</v>
       </c>
       <c r="V3" t="s">
         <v>420</v>
       </c>
@@ -2617,1800 +2617,1791 @@
       </c>
       <c r="AD3" t="s">
         <v>269</v>
       </c>
       <c r="AG3" t="s">
         <v>455</v>
       </c>
       <c r="AH3" t="s">
         <v>456</v>
       </c>
       <c r="AI3" t="s">
         <v>458</v>
       </c>
       <c r="AJ3" t="s">
         <v>550</v>
       </c>
       <c r="AK3" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="4" spans="1:38">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4">
-        <v>1045</v>
+        <v>1066</v>
       </c>
       <c r="C4" t="s">
         <v>133</v>
       </c>
       <c r="D4" t="s">
         <v>133</v>
       </c>
       <c r="E4" t="s">
         <v>269</v>
       </c>
       <c r="F4" t="s">
         <v>272</v>
       </c>
       <c r="G4" t="s">
         <v>296</v>
       </c>
       <c r="H4">
         <v>50</v>
       </c>
       <c r="I4">
-        <v>309400</v>
+        <v>184100</v>
       </c>
       <c r="J4" t="s">
         <v>317</v>
       </c>
       <c r="K4">
-        <v>154700</v>
+        <v>92050</v>
       </c>
       <c r="L4" t="s">
         <v>320</v>
       </c>
-      <c r="M4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N4">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="O4" t="s">
         <v>383</v>
       </c>
       <c r="P4" t="s">
         <v>397</v>
       </c>
       <c r="Q4" t="s">
         <v>403</v>
       </c>
       <c r="R4" t="s">
         <v>408</v>
       </c>
       <c r="S4" t="s">
         <v>412</v>
       </c>
       <c r="T4" t="s">
         <v>416</v>
       </c>
       <c r="U4" t="s">
         <v>418</v>
       </c>
       <c r="V4" t="s">
         <v>420</v>
       </c>
       <c r="W4" t="s">
         <v>422</v>
-      </c>
-[...4 lines deleted...]
-        <v>442</v>
       </c>
       <c r="AD4" t="s">
         <v>269</v>
       </c>
       <c r="AG4" t="s">
         <v>455</v>
       </c>
       <c r="AH4" t="s">
         <v>456</v>
       </c>
       <c r="AI4" t="s">
         <v>459</v>
       </c>
       <c r="AJ4" t="s">
         <v>551</v>
       </c>
       <c r="AK4" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="5" spans="1:38">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5">
-        <v>1022</v>
+        <v>1005</v>
       </c>
       <c r="C5" t="s">
         <v>134</v>
       </c>
       <c r="D5" t="s">
         <v>134</v>
       </c>
       <c r="E5" t="s">
         <v>269</v>
       </c>
       <c r="F5" t="s">
         <v>271</v>
       </c>
       <c r="G5" t="s">
         <v>295</v>
       </c>
       <c r="H5">
         <v>50</v>
       </c>
       <c r="I5">
-        <v>472900</v>
+        <v>628700</v>
       </c>
       <c r="J5" t="s">
         <v>317</v>
       </c>
       <c r="K5">
-        <v>236450</v>
+        <v>314350</v>
       </c>
       <c r="L5" t="s">
         <v>321</v>
       </c>
       <c r="M5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="N5">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="O5" t="s">
         <v>383</v>
       </c>
       <c r="P5" t="s">
         <v>397</v>
       </c>
       <c r="Q5" t="s">
         <v>403</v>
       </c>
       <c r="R5" t="s">
         <v>408</v>
       </c>
       <c r="S5" t="s">
         <v>412</v>
       </c>
       <c r="T5" t="s">
         <v>416</v>
       </c>
       <c r="U5" t="s">
         <v>418</v>
       </c>
       <c r="V5" t="s">
         <v>420</v>
       </c>
       <c r="W5" t="s">
         <v>422</v>
       </c>
       <c r="Z5" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="AA5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="AD5" t="s">
         <v>269</v>
       </c>
       <c r="AG5" t="s">
         <v>455</v>
       </c>
       <c r="AH5" t="s">
         <v>456</v>
       </c>
       <c r="AI5" t="s">
         <v>460</v>
       </c>
       <c r="AJ5" t="s">
         <v>552</v>
       </c>
       <c r="AK5" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="6" spans="1:38">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="C6" t="s">
         <v>135</v>
       </c>
       <c r="D6" t="s">
-        <v>223</v>
+        <v>135</v>
       </c>
       <c r="E6" t="s">
         <v>269</v>
       </c>
       <c r="F6" t="s">
         <v>273</v>
       </c>
       <c r="G6" t="s">
         <v>295</v>
       </c>
       <c r="H6">
         <v>50</v>
       </c>
       <c r="I6">
-        <v>409200</v>
+        <v>146900</v>
       </c>
       <c r="J6" t="s">
         <v>317</v>
       </c>
       <c r="K6">
-        <v>204600</v>
+        <v>73450</v>
       </c>
       <c r="L6" t="s">
         <v>322</v>
       </c>
       <c r="M6" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N6">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="O6" t="s">
         <v>384</v>
       </c>
       <c r="P6" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q6" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R6" t="s">
         <v>408</v>
       </c>
       <c r="S6" t="s">
         <v>412</v>
       </c>
       <c r="T6" t="s">
         <v>416</v>
       </c>
       <c r="U6" t="s">
         <v>418</v>
       </c>
       <c r="V6" t="s">
         <v>420</v>
       </c>
       <c r="W6" t="s">
         <v>422</v>
       </c>
       <c r="Z6" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA6" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD6" t="s">
         <v>269</v>
       </c>
       <c r="AG6" t="s">
         <v>455</v>
       </c>
       <c r="AH6" t="s">
         <v>456</v>
       </c>
       <c r="AI6" t="s">
         <v>461</v>
       </c>
       <c r="AJ6" t="s">
         <v>553</v>
       </c>
       <c r="AK6" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="7" spans="1:38">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7">
-        <v>20</v>
+        <v>1054</v>
       </c>
       <c r="C7" t="s">
         <v>136</v>
       </c>
       <c r="D7" t="s">
-        <v>224</v>
+        <v>136</v>
       </c>
       <c r="E7" t="s">
         <v>269</v>
       </c>
       <c r="F7" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="G7" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="H7">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I7">
-        <v>1230000</v>
+        <v>414400</v>
       </c>
       <c r="J7" t="s">
         <v>317</v>
       </c>
       <c r="K7">
-        <v>492000</v>
+        <v>207200</v>
       </c>
       <c r="L7" t="s">
         <v>323</v>
       </c>
       <c r="M7" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="N7">
-        <v>58</v>
+        <v>117</v>
       </c>
       <c r="O7" t="s">
         <v>385</v>
       </c>
       <c r="P7" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="Q7" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="R7" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S7" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T7" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U7" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V7" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W7" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z7" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="AA7" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="AD7" t="s">
         <v>269</v>
       </c>
       <c r="AG7" t="s">
         <v>455</v>
       </c>
       <c r="AH7" t="s">
         <v>456</v>
       </c>
       <c r="AI7" t="s">
         <v>462</v>
       </c>
       <c r="AJ7" t="s">
         <v>554</v>
       </c>
       <c r="AK7" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="8" spans="1:38">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8">
-        <v>1013</v>
+        <v>6</v>
       </c>
       <c r="C8" t="s">
         <v>137</v>
       </c>
       <c r="D8" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E8" t="s">
         <v>269</v>
       </c>
       <c r="F8" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="G8" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H8">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I8">
-        <v>587400</v>
+        <v>910723.5699999999</v>
       </c>
       <c r="J8" t="s">
         <v>317</v>
       </c>
       <c r="K8">
-        <v>293700</v>
+        <v>364289.43</v>
       </c>
       <c r="L8" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="M8" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="N8">
-        <v>117</v>
+        <v>14</v>
       </c>
       <c r="O8" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="P8" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="Q8" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="R8" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="S8" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="T8" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U8" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V8" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W8" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z8" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="AA8" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="AD8" t="s">
         <v>269</v>
       </c>
       <c r="AG8" t="s">
         <v>455</v>
       </c>
       <c r="AH8" t="s">
         <v>456</v>
       </c>
       <c r="AI8" t="s">
         <v>463</v>
       </c>
       <c r="AJ8" t="s">
         <v>555</v>
       </c>
       <c r="AK8" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="9" spans="1:38">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9">
-        <v>1063</v>
+        <v>8</v>
       </c>
       <c r="C9" t="s">
         <v>138</v>
       </c>
       <c r="D9" t="s">
-        <v>138</v>
+        <v>224</v>
       </c>
       <c r="E9" t="s">
         <v>269</v>
       </c>
       <c r="F9" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="G9" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="H9">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I9">
-        <v>81600</v>
+        <v>2551599.6</v>
       </c>
       <c r="J9" t="s">
         <v>317</v>
       </c>
       <c r="K9">
-        <v>40800</v>
+        <v>1020639.84</v>
       </c>
       <c r="L9" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="M9" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="N9">
-        <v>117</v>
+        <v>43</v>
       </c>
       <c r="O9" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="P9" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="Q9" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="R9" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="S9" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="T9" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U9" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V9" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W9" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z9" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="AA9" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="AD9" t="s">
         <v>269</v>
       </c>
       <c r="AG9" t="s">
         <v>455</v>
       </c>
       <c r="AH9" t="s">
         <v>456</v>
       </c>
       <c r="AI9" t="s">
         <v>464</v>
       </c>
       <c r="AJ9" t="s">
         <v>556</v>
       </c>
       <c r="AK9" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="10" spans="1:38">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10">
-        <v>8</v>
+        <v>1036</v>
       </c>
       <c r="C10" t="s">
         <v>139</v>
       </c>
       <c r="D10" t="s">
-        <v>226</v>
+        <v>139</v>
       </c>
       <c r="E10" t="s">
         <v>269</v>
       </c>
       <c r="F10" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="G10" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="H10">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I10">
-        <v>2551599.6</v>
+        <v>1158900</v>
       </c>
       <c r="J10" t="s">
         <v>317</v>
       </c>
       <c r="K10">
-        <v>1020639.84</v>
+        <v>579450</v>
       </c>
       <c r="L10" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="M10" t="s">
         <v>369</v>
       </c>
       <c r="N10">
-        <v>43</v>
+        <v>103</v>
       </c>
       <c r="O10" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="P10" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="Q10" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="R10" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S10" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="T10" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U10" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V10" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W10" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z10" t="s">
         <v>427</v>
       </c>
       <c r="AA10" t="s">
         <v>443</v>
       </c>
       <c r="AD10" t="s">
         <v>269</v>
       </c>
       <c r="AG10" t="s">
         <v>455</v>
       </c>
       <c r="AH10" t="s">
         <v>456</v>
       </c>
       <c r="AI10" t="s">
         <v>465</v>
       </c>
       <c r="AJ10" t="s">
         <v>557</v>
       </c>
       <c r="AK10" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="11" spans="1:38">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11">
-        <v>1026</v>
+        <v>1087</v>
       </c>
       <c r="C11" t="s">
         <v>140</v>
       </c>
       <c r="D11" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E11" t="s">
         <v>269</v>
       </c>
       <c r="F11" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="G11" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="H11">
         <v>50</v>
       </c>
       <c r="I11">
-        <v>537660</v>
+        <v>1180000</v>
       </c>
       <c r="J11" t="s">
         <v>317</v>
       </c>
       <c r="K11">
-        <v>268830</v>
+        <v>590000</v>
       </c>
       <c r="L11" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="M11" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="N11">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O11" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="P11" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q11" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R11" t="s">
         <v>408</v>
       </c>
       <c r="S11" t="s">
         <v>412</v>
       </c>
       <c r="T11" t="s">
         <v>416</v>
       </c>
       <c r="U11" t="s">
         <v>418</v>
       </c>
       <c r="V11" t="s">
         <v>420</v>
       </c>
       <c r="W11" t="s">
         <v>422</v>
       </c>
       <c r="Z11" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="AA11" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="AD11" t="s">
         <v>269</v>
       </c>
       <c r="AG11" t="s">
         <v>455</v>
       </c>
       <c r="AH11" t="s">
         <v>456</v>
       </c>
       <c r="AI11" t="s">
         <v>466</v>
       </c>
       <c r="AJ11" t="s">
         <v>558</v>
       </c>
       <c r="AK11" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="12" spans="1:38">
       <c r="A12" t="s">
         <v>48</v>
       </c>
       <c r="B12">
-        <v>1054</v>
+        <v>1026</v>
       </c>
       <c r="C12" t="s">
         <v>141</v>
       </c>
       <c r="D12" t="s">
-        <v>141</v>
+        <v>226</v>
       </c>
       <c r="E12" t="s">
         <v>269</v>
       </c>
       <c r="F12" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G12" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="H12">
         <v>50</v>
       </c>
       <c r="I12">
-        <v>414400</v>
+        <v>537660</v>
       </c>
       <c r="J12" t="s">
         <v>317</v>
       </c>
       <c r="K12">
-        <v>207200</v>
+        <v>268830</v>
       </c>
       <c r="L12" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="M12" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="N12">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="O12" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P12" t="s">
         <v>397</v>
       </c>
       <c r="Q12" t="s">
         <v>403</v>
       </c>
       <c r="R12" t="s">
         <v>408</v>
       </c>
       <c r="S12" t="s">
         <v>412</v>
       </c>
       <c r="T12" t="s">
         <v>416</v>
       </c>
       <c r="U12" t="s">
         <v>418</v>
       </c>
       <c r="V12" t="s">
         <v>420</v>
       </c>
       <c r="W12" t="s">
         <v>422</v>
       </c>
       <c r="Z12" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="AA12" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="AD12" t="s">
         <v>269</v>
       </c>
       <c r="AG12" t="s">
         <v>455</v>
       </c>
       <c r="AH12" t="s">
         <v>456</v>
       </c>
       <c r="AI12" t="s">
         <v>467</v>
       </c>
       <c r="AJ12" t="s">
         <v>559</v>
       </c>
       <c r="AK12" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="13" spans="1:38">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13">
-        <v>1064</v>
+        <v>1073</v>
       </c>
       <c r="C13" t="s">
         <v>142</v>
       </c>
       <c r="D13" t="s">
-        <v>142</v>
+        <v>227</v>
       </c>
       <c r="E13" t="s">
         <v>269</v>
       </c>
       <c r="F13" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G13" t="s">
         <v>296</v>
       </c>
       <c r="H13">
         <v>50</v>
       </c>
       <c r="I13">
-        <v>537900</v>
+        <v>164300</v>
       </c>
       <c r="J13" t="s">
         <v>317</v>
       </c>
       <c r="K13">
-        <v>268950</v>
+        <v>82150</v>
       </c>
       <c r="L13" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
       <c r="M13" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="N13">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="O13" t="s">
         <v>383</v>
       </c>
       <c r="P13" t="s">
         <v>397</v>
       </c>
       <c r="Q13" t="s">
         <v>403</v>
       </c>
       <c r="R13" t="s">
         <v>408</v>
       </c>
       <c r="S13" t="s">
         <v>412</v>
       </c>
       <c r="T13" t="s">
         <v>416</v>
       </c>
       <c r="U13" t="s">
         <v>418</v>
       </c>
       <c r="V13" t="s">
         <v>420</v>
       </c>
       <c r="W13" t="s">
         <v>422</v>
       </c>
       <c r="Z13" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="AA13" t="s">
-        <v>442</v>
+        <v>269</v>
       </c>
       <c r="AD13" t="s">
         <v>269</v>
       </c>
       <c r="AG13" t="s">
         <v>455</v>
       </c>
       <c r="AH13" t="s">
         <v>456</v>
       </c>
       <c r="AI13" t="s">
         <v>468</v>
       </c>
       <c r="AJ13" t="s">
         <v>560</v>
       </c>
       <c r="AK13" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="14" spans="1:38">
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="C14" t="s">
         <v>143</v>
       </c>
       <c r="D14" t="s">
-        <v>143</v>
+        <v>228</v>
       </c>
       <c r="E14" t="s">
         <v>269</v>
       </c>
       <c r="F14" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="G14" t="s">
         <v>295</v>
       </c>
       <c r="H14">
         <v>50</v>
       </c>
       <c r="I14">
-        <v>1843400</v>
+        <v>633600</v>
       </c>
       <c r="J14" t="s">
         <v>317</v>
       </c>
       <c r="K14">
-        <v>921700</v>
+        <v>316800</v>
       </c>
       <c r="L14" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="M14" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N14">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="O14" t="s">
         <v>384</v>
       </c>
       <c r="P14" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q14" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R14" t="s">
         <v>408</v>
       </c>
       <c r="S14" t="s">
         <v>412</v>
       </c>
       <c r="T14" t="s">
         <v>416</v>
       </c>
       <c r="U14" t="s">
         <v>418</v>
       </c>
       <c r="V14" t="s">
         <v>420</v>
       </c>
       <c r="W14" t="s">
         <v>422</v>
       </c>
       <c r="Z14" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA14" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD14" t="s">
         <v>269</v>
       </c>
       <c r="AG14" t="s">
         <v>455</v>
       </c>
       <c r="AH14" t="s">
         <v>456</v>
       </c>
       <c r="AI14" t="s">
         <v>469</v>
       </c>
       <c r="AJ14" t="s">
         <v>561</v>
       </c>
       <c r="AK14" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="15" spans="1:38">
       <c r="A15" t="s">
         <v>51</v>
       </c>
       <c r="B15">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="C15" t="s">
         <v>144</v>
       </c>
       <c r="D15" t="s">
         <v>144</v>
       </c>
       <c r="E15" t="s">
         <v>269</v>
       </c>
       <c r="F15" t="s">
         <v>271</v>
       </c>
       <c r="G15" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="H15">
         <v>50</v>
       </c>
       <c r="I15">
-        <v>138400</v>
+        <v>484500</v>
       </c>
       <c r="J15" t="s">
         <v>317</v>
       </c>
       <c r="K15">
-        <v>69200</v>
+        <v>242250</v>
       </c>
       <c r="L15" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="M15" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="N15">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="O15" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="P15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="Q15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="R15" t="s">
         <v>408</v>
       </c>
       <c r="S15" t="s">
         <v>412</v>
       </c>
       <c r="T15" t="s">
         <v>416</v>
       </c>
       <c r="U15" t="s">
         <v>418</v>
       </c>
       <c r="V15" t="s">
         <v>420</v>
       </c>
       <c r="W15" t="s">
         <v>422</v>
       </c>
       <c r="Z15" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="AA15" t="s">
-        <v>441</v>
+        <v>269</v>
       </c>
       <c r="AD15" t="s">
         <v>269</v>
       </c>
       <c r="AG15" t="s">
         <v>455</v>
       </c>
       <c r="AH15" t="s">
         <v>456</v>
       </c>
       <c r="AI15" t="s">
         <v>470</v>
       </c>
       <c r="AJ15" t="s">
         <v>562</v>
       </c>
       <c r="AK15" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="16" spans="1:38">
       <c r="A16" t="s">
         <v>52</v>
       </c>
       <c r="B16">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="C16" t="s">
         <v>145</v>
       </c>
       <c r="D16" t="s">
         <v>145</v>
       </c>
       <c r="E16" t="s">
         <v>269</v>
       </c>
       <c r="F16" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="G16" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="H16">
         <v>50</v>
       </c>
       <c r="I16">
-        <v>262800</v>
+        <v>450000</v>
       </c>
       <c r="J16" t="s">
         <v>317</v>
       </c>
       <c r="K16">
-        <v>131400</v>
+        <v>225000</v>
       </c>
       <c r="L16" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="M16" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="N16">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="O16" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="P16" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="Q16" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="R16" t="s">
         <v>408</v>
       </c>
       <c r="S16" t="s">
         <v>412</v>
       </c>
       <c r="T16" t="s">
         <v>416</v>
       </c>
       <c r="U16" t="s">
         <v>418</v>
       </c>
       <c r="V16" t="s">
         <v>420</v>
       </c>
       <c r="W16" t="s">
         <v>422</v>
       </c>
       <c r="Z16" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="AA16" t="s">
-        <v>444</v>
+        <v>443</v>
       </c>
       <c r="AD16" t="s">
         <v>269</v>
       </c>
       <c r="AG16" t="s">
         <v>455</v>
       </c>
       <c r="AH16" t="s">
         <v>456</v>
       </c>
       <c r="AI16" t="s">
         <v>471</v>
       </c>
       <c r="AJ16" t="s">
         <v>563</v>
       </c>
       <c r="AK16" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="17" spans="1:37">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="C17" t="s">
         <v>146</v>
       </c>
       <c r="D17" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E17" t="s">
         <v>269</v>
       </c>
       <c r="F17" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G17" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="H17">
         <v>40</v>
       </c>
       <c r="I17">
-        <v>750000</v>
+        <v>6361414</v>
       </c>
       <c r="J17" t="s">
         <v>317</v>
       </c>
       <c r="K17">
-        <v>300000</v>
+        <v>2544565.6</v>
       </c>
       <c r="L17" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="M17" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="N17">
         <v>58</v>
       </c>
       <c r="O17" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="P17" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="Q17" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="R17" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="S17" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="T17" t="s">
         <v>417</v>
       </c>
       <c r="U17" t="s">
         <v>419</v>
       </c>
       <c r="V17" t="s">
         <v>421</v>
       </c>
       <c r="W17" t="s">
         <v>423</v>
       </c>
       <c r="Z17" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="AA17" t="s">
-        <v>445</v>
+        <v>269</v>
       </c>
       <c r="AD17" t="s">
         <v>269</v>
       </c>
       <c r="AG17" t="s">
         <v>455</v>
       </c>
       <c r="AH17" t="s">
         <v>456</v>
       </c>
       <c r="AI17" t="s">
         <v>472</v>
       </c>
       <c r="AJ17" t="s">
         <v>564</v>
       </c>
       <c r="AK17" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="18" spans="1:37">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18">
-        <v>1065</v>
+        <v>22</v>
       </c>
       <c r="C18" t="s">
         <v>147</v>
       </c>
       <c r="D18" t="s">
         <v>147</v>
       </c>
       <c r="E18" t="s">
         <v>269</v>
       </c>
       <c r="F18" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="G18" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="H18">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I18">
-        <v>277000</v>
+        <v>2000000</v>
       </c>
       <c r="J18" t="s">
         <v>317</v>
       </c>
       <c r="K18">
-        <v>138500</v>
+        <v>800000</v>
       </c>
       <c r="L18" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="M18" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N18">
-        <v>117</v>
+        <v>63</v>
       </c>
       <c r="O18" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="P18" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="Q18" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="R18" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S18" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T18" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U18" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V18" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W18" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z18" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="AA18" t="s">
         <v>269</v>
       </c>
       <c r="AD18" t="s">
         <v>269</v>
       </c>
       <c r="AG18" t="s">
         <v>455</v>
       </c>
       <c r="AH18" t="s">
         <v>456</v>
       </c>
       <c r="AI18" t="s">
         <v>473</v>
       </c>
       <c r="AJ18" t="s">
         <v>565</v>
       </c>
       <c r="AK18" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="19" spans="1:37">
       <c r="A19" t="s">
         <v>55</v>
       </c>
       <c r="B19">
-        <v>1005</v>
+        <v>1023</v>
       </c>
       <c r="C19" t="s">
         <v>148</v>
       </c>
       <c r="D19" t="s">
-        <v>148</v>
+        <v>230</v>
       </c>
       <c r="E19" t="s">
         <v>269</v>
       </c>
       <c r="F19" t="s">
         <v>271</v>
       </c>
       <c r="G19" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="H19">
         <v>50</v>
       </c>
       <c r="I19">
-        <v>628700</v>
+        <v>54300</v>
       </c>
       <c r="J19" t="s">
         <v>317</v>
       </c>
       <c r="K19">
-        <v>314350</v>
+        <v>27150</v>
       </c>
       <c r="L19" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="M19" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="N19">
         <v>103</v>
       </c>
       <c r="O19" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="P19" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q19" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R19" t="s">
         <v>408</v>
       </c>
       <c r="S19" t="s">
         <v>412</v>
       </c>
       <c r="T19" t="s">
         <v>416</v>
       </c>
       <c r="U19" t="s">
         <v>418</v>
       </c>
       <c r="V19" t="s">
         <v>420</v>
       </c>
       <c r="W19" t="s">
         <v>422</v>
       </c>
       <c r="Z19" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="AA19" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="AD19" t="s">
         <v>269</v>
       </c>
       <c r="AG19" t="s">
         <v>455</v>
       </c>
       <c r="AH19" t="s">
         <v>456</v>
       </c>
       <c r="AI19" t="s">
         <v>474</v>
       </c>
       <c r="AJ19" t="s">
         <v>566</v>
       </c>
       <c r="AK19" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="20" spans="1:37">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20">
-        <v>1028</v>
+        <v>1048</v>
       </c>
       <c r="C20" t="s">
         <v>149</v>
       </c>
       <c r="D20" t="s">
-        <v>149</v>
+        <v>231</v>
       </c>
       <c r="E20" t="s">
         <v>269</v>
       </c>
       <c r="F20" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="G20" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H20">
         <v>50</v>
       </c>
       <c r="I20">
-        <v>146900</v>
+        <v>142100</v>
       </c>
       <c r="J20" t="s">
         <v>317</v>
       </c>
       <c r="K20">
-        <v>73450</v>
+        <v>71050</v>
       </c>
       <c r="L20" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="M20" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N20">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O20" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="P20" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q20" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R20" t="s">
         <v>408</v>
       </c>
       <c r="S20" t="s">
         <v>412</v>
       </c>
       <c r="T20" t="s">
         <v>416</v>
       </c>
       <c r="U20" t="s">
         <v>418</v>
       </c>
       <c r="V20" t="s">
         <v>420</v>
       </c>
       <c r="W20" t="s">
         <v>422</v>
       </c>
       <c r="Z20" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA20" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD20" t="s">
         <v>269</v>
       </c>
       <c r="AG20" t="s">
         <v>455</v>
       </c>
       <c r="AH20" t="s">
         <v>456</v>
       </c>
       <c r="AI20" t="s">
         <v>475</v>
       </c>
       <c r="AJ20" t="s">
         <v>567</v>
       </c>
       <c r="AK20" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="21" spans="1:37">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21">
-        <v>1051</v>
+        <v>1062</v>
       </c>
       <c r="C21" t="s">
         <v>150</v>
       </c>
       <c r="D21" t="s">
         <v>150</v>
       </c>
       <c r="E21" t="s">
         <v>269</v>
       </c>
       <c r="F21" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="G21" t="s">
         <v>296</v>
       </c>
       <c r="H21">
         <v>50</v>
       </c>
       <c r="I21">
-        <v>860200</v>
+        <v>173700</v>
       </c>
       <c r="J21" t="s">
         <v>317</v>
       </c>
       <c r="K21">
-        <v>430100</v>
+        <v>86850</v>
       </c>
       <c r="L21" t="s">
-        <v>333</v>
+        <v>319</v>
       </c>
       <c r="M21" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="N21">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="O21" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="P21" t="s">
         <v>398</v>
       </c>
       <c r="Q21" t="s">
         <v>404</v>
       </c>
       <c r="R21" t="s">
         <v>408</v>
       </c>
       <c r="S21" t="s">
         <v>412</v>
       </c>
       <c r="T21" t="s">
         <v>416</v>
       </c>
       <c r="U21" t="s">
         <v>418</v>
       </c>
       <c r="V21" t="s">
         <v>420</v>
       </c>
       <c r="W21" t="s">
         <v>422</v>
       </c>
       <c r="Z21" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="AA21" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="AD21" t="s">
         <v>269</v>
       </c>
       <c r="AG21" t="s">
         <v>455</v>
       </c>
       <c r="AH21" t="s">
         <v>456</v>
       </c>
       <c r="AI21" t="s">
         <v>476</v>
       </c>
       <c r="AJ21" t="s">
         <v>568</v>
       </c>
       <c r="AK21" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="22" spans="1:37">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22">
-        <v>1053</v>
+        <v>1043</v>
       </c>
       <c r="C22" t="s">
         <v>151</v>
       </c>
       <c r="D22" t="s">
         <v>151</v>
       </c>
       <c r="E22" t="s">
         <v>269</v>
       </c>
       <c r="F22" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="G22" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="H22">
         <v>50</v>
       </c>
       <c r="I22">
-        <v>486800</v>
+        <v>172100</v>
       </c>
       <c r="J22" t="s">
         <v>317</v>
       </c>
       <c r="K22">
-        <v>243400</v>
+        <v>86050</v>
       </c>
       <c r="L22" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="M22" t="s">
         <v>367</v>
       </c>
       <c r="N22">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="O22" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="P22" t="s">
         <v>398</v>
       </c>
       <c r="Q22" t="s">
         <v>404</v>
       </c>
       <c r="R22" t="s">
         <v>408</v>
       </c>
       <c r="S22" t="s">
         <v>412</v>
       </c>
       <c r="T22" t="s">
         <v>416</v>
       </c>
       <c r="U22" t="s">
         <v>418</v>
       </c>
       <c r="V22" t="s">
         <v>420</v>
       </c>
       <c r="W22" t="s">
         <v>422</v>
       </c>
@@ -4422,3029 +4413,3041 @@
       </c>
       <c r="AD22" t="s">
         <v>269</v>
       </c>
       <c r="AG22" t="s">
         <v>455</v>
       </c>
       <c r="AH22" t="s">
         <v>456</v>
       </c>
       <c r="AI22" t="s">
         <v>477</v>
       </c>
       <c r="AJ22" t="s">
         <v>569</v>
       </c>
       <c r="AK22" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="23" spans="1:37">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="C23" t="s">
         <v>152</v>
       </c>
       <c r="D23" t="s">
-        <v>229</v>
+        <v>152</v>
       </c>
       <c r="E23" t="s">
         <v>269</v>
       </c>
       <c r="F23" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G23" t="s">
         <v>296</v>
       </c>
       <c r="H23">
         <v>50</v>
       </c>
       <c r="I23">
-        <v>464000</v>
+        <v>195800</v>
       </c>
       <c r="J23" t="s">
         <v>317</v>
       </c>
       <c r="K23">
-        <v>232000</v>
+        <v>97900</v>
       </c>
       <c r="L23" t="s">
-        <v>334</v>
+        <v>319</v>
       </c>
       <c r="M23" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="N23">
-        <v>117</v>
+        <v>103</v>
       </c>
       <c r="O23" t="s">
         <v>383</v>
       </c>
       <c r="P23" t="s">
         <v>397</v>
       </c>
       <c r="Q23" t="s">
         <v>403</v>
       </c>
       <c r="R23" t="s">
         <v>408</v>
       </c>
       <c r="S23" t="s">
         <v>412</v>
       </c>
       <c r="T23" t="s">
         <v>416</v>
       </c>
       <c r="U23" t="s">
         <v>418</v>
       </c>
       <c r="V23" t="s">
         <v>420</v>
       </c>
       <c r="W23" t="s">
         <v>422</v>
       </c>
       <c r="Z23" t="s">
-        <v>433</v>
+        <v>425</v>
       </c>
       <c r="AA23" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="AD23" t="s">
         <v>269</v>
       </c>
       <c r="AG23" t="s">
         <v>455</v>
       </c>
       <c r="AH23" t="s">
         <v>456</v>
       </c>
       <c r="AI23" t="s">
         <v>478</v>
       </c>
       <c r="AJ23" t="s">
         <v>570</v>
       </c>
       <c r="AK23" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="24" spans="1:37">
       <c r="A24" t="s">
         <v>60</v>
       </c>
       <c r="B24">
-        <v>1049</v>
+        <v>1024</v>
       </c>
       <c r="C24" t="s">
         <v>153</v>
       </c>
       <c r="D24" t="s">
-        <v>230</v>
+        <v>153</v>
       </c>
       <c r="E24" t="s">
         <v>269</v>
       </c>
       <c r="F24" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="G24" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="H24">
         <v>50</v>
       </c>
       <c r="I24">
-        <v>770200</v>
+        <v>415800</v>
       </c>
       <c r="J24" t="s">
         <v>317</v>
       </c>
       <c r="K24">
-        <v>385100</v>
+        <v>207900</v>
       </c>
       <c r="L24" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="M24" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="N24">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="O24" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="P24" t="s">
         <v>398</v>
       </c>
       <c r="Q24" t="s">
         <v>404</v>
       </c>
       <c r="R24" t="s">
         <v>408</v>
       </c>
       <c r="S24" t="s">
         <v>412</v>
       </c>
       <c r="T24" t="s">
         <v>416</v>
       </c>
       <c r="U24" t="s">
         <v>418</v>
       </c>
       <c r="V24" t="s">
         <v>420</v>
       </c>
       <c r="W24" t="s">
         <v>422</v>
       </c>
       <c r="Z24" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="AA24" t="s">
-        <v>441</v>
+        <v>269</v>
       </c>
       <c r="AD24" t="s">
         <v>269</v>
       </c>
       <c r="AG24" t="s">
         <v>455</v>
       </c>
       <c r="AH24" t="s">
         <v>456</v>
       </c>
       <c r="AI24" t="s">
         <v>479</v>
       </c>
       <c r="AJ24" t="s">
         <v>571</v>
       </c>
       <c r="AK24" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="25" spans="1:37">
       <c r="A25" t="s">
         <v>61</v>
       </c>
       <c r="B25">
-        <v>7</v>
+        <v>1055</v>
       </c>
       <c r="C25" t="s">
         <v>154</v>
       </c>
       <c r="D25" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E25" t="s">
         <v>269</v>
       </c>
       <c r="F25" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="G25" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="H25">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I25">
-        <v>833572.47</v>
+        <v>464000</v>
       </c>
       <c r="J25" t="s">
         <v>317</v>
       </c>
       <c r="K25">
-        <v>333428.99</v>
+        <v>232000</v>
       </c>
       <c r="L25" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="M25" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="N25">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="O25" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="P25" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="Q25" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="R25" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S25" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="T25" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U25" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V25" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W25" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z25" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="AA25" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="AD25" t="s">
         <v>269</v>
       </c>
       <c r="AG25" t="s">
         <v>455</v>
       </c>
       <c r="AH25" t="s">
         <v>456</v>
       </c>
       <c r="AI25" t="s">
         <v>480</v>
       </c>
       <c r="AJ25" t="s">
         <v>572</v>
       </c>
       <c r="AK25" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="26" spans="1:37">
       <c r="A26" t="s">
         <v>62</v>
       </c>
       <c r="B26">
-        <v>1016</v>
+        <v>1030</v>
       </c>
       <c r="C26" t="s">
         <v>155</v>
       </c>
       <c r="D26" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E26" t="s">
         <v>269</v>
       </c>
       <c r="F26" t="s">
         <v>273</v>
       </c>
       <c r="G26" t="s">
         <v>295</v>
       </c>
       <c r="H26">
         <v>50</v>
       </c>
       <c r="I26">
-        <v>740600</v>
+        <v>409200</v>
       </c>
       <c r="J26" t="s">
         <v>317</v>
       </c>
       <c r="K26">
-        <v>370300</v>
+        <v>204600</v>
       </c>
       <c r="L26" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="M26" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N26">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O26" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="P26" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q26" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R26" t="s">
         <v>408</v>
       </c>
       <c r="S26" t="s">
         <v>412</v>
       </c>
       <c r="T26" t="s">
         <v>416</v>
       </c>
       <c r="U26" t="s">
         <v>418</v>
       </c>
       <c r="V26" t="s">
         <v>420</v>
       </c>
       <c r="W26" t="s">
         <v>422</v>
       </c>
       <c r="Z26" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA26" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD26" t="s">
         <v>269</v>
       </c>
       <c r="AG26" t="s">
         <v>455</v>
       </c>
       <c r="AH26" t="s">
         <v>456</v>
       </c>
       <c r="AI26" t="s">
         <v>481</v>
       </c>
       <c r="AJ26" t="s">
         <v>573</v>
       </c>
       <c r="AK26" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="27" spans="1:37">
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C27" t="s">
         <v>156</v>
       </c>
       <c r="D27" t="s">
-        <v>156</v>
+        <v>234</v>
       </c>
       <c r="E27" t="s">
         <v>269</v>
       </c>
       <c r="F27" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G27" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="H27">
         <v>50</v>
       </c>
       <c r="I27">
-        <v>574900</v>
+        <v>878000</v>
       </c>
       <c r="J27" t="s">
         <v>317</v>
       </c>
       <c r="K27">
-        <v>287450</v>
+        <v>439000</v>
       </c>
       <c r="L27" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="M27" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N27">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O27" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="P27" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q27" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R27" t="s">
         <v>408</v>
       </c>
       <c r="S27" t="s">
         <v>412</v>
       </c>
       <c r="T27" t="s">
         <v>416</v>
       </c>
       <c r="U27" t="s">
         <v>418</v>
       </c>
       <c r="V27" t="s">
         <v>420</v>
       </c>
       <c r="W27" t="s">
         <v>422</v>
       </c>
       <c r="Z27" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA27" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD27" t="s">
         <v>269</v>
       </c>
       <c r="AG27" t="s">
         <v>455</v>
       </c>
       <c r="AH27" t="s">
         <v>456</v>
       </c>
       <c r="AI27" t="s">
         <v>482</v>
       </c>
       <c r="AJ27" t="s">
         <v>574</v>
       </c>
       <c r="AK27" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="28" spans="1:37">
       <c r="A28" t="s">
         <v>64</v>
       </c>
       <c r="B28">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="C28" t="s">
         <v>157</v>
       </c>
       <c r="D28" t="s">
-        <v>233</v>
+        <v>157</v>
       </c>
       <c r="E28" t="s">
         <v>269</v>
       </c>
       <c r="F28" t="s">
         <v>271</v>
       </c>
       <c r="G28" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H28">
         <v>50</v>
       </c>
       <c r="I28">
-        <v>248600</v>
+        <v>83000</v>
       </c>
       <c r="J28" t="s">
         <v>317</v>
       </c>
       <c r="K28">
-        <v>124300</v>
+        <v>41500</v>
       </c>
       <c r="L28" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="M28" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N28">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="O28" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="P28" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="Q28" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="R28" t="s">
         <v>408</v>
       </c>
       <c r="S28" t="s">
         <v>412</v>
       </c>
       <c r="T28" t="s">
         <v>416</v>
       </c>
       <c r="U28" t="s">
         <v>418</v>
       </c>
       <c r="V28" t="s">
         <v>420</v>
       </c>
       <c r="W28" t="s">
         <v>422</v>
       </c>
       <c r="Z28" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA28" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD28" t="s">
         <v>269</v>
       </c>
       <c r="AG28" t="s">
         <v>455</v>
       </c>
       <c r="AH28" t="s">
         <v>456</v>
       </c>
       <c r="AI28" t="s">
         <v>483</v>
       </c>
       <c r="AJ28" t="s">
         <v>575</v>
       </c>
       <c r="AK28" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="29" spans="1:37">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29">
-        <v>1019</v>
+        <v>1042</v>
       </c>
       <c r="C29" t="s">
         <v>158</v>
       </c>
       <c r="D29" t="s">
-        <v>234</v>
+        <v>158</v>
       </c>
       <c r="E29" t="s">
         <v>269</v>
       </c>
       <c r="F29" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="G29" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="H29">
         <v>50</v>
       </c>
       <c r="I29">
-        <v>90300</v>
+        <v>2900000</v>
       </c>
       <c r="J29" t="s">
         <v>317</v>
       </c>
       <c r="K29">
-        <v>45150</v>
+        <v>1450000</v>
       </c>
       <c r="L29" t="s">
-        <v>327</v>
+        <v>343</v>
       </c>
       <c r="M29" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="N29">
         <v>109</v>
       </c>
       <c r="O29" t="s">
         <v>382</v>
       </c>
       <c r="P29" t="s">
         <v>396</v>
       </c>
       <c r="Q29" t="s">
         <v>402</v>
       </c>
       <c r="R29" t="s">
         <v>408</v>
       </c>
       <c r="S29" t="s">
         <v>412</v>
       </c>
       <c r="T29" t="s">
         <v>416</v>
       </c>
       <c r="U29" t="s">
         <v>418</v>
       </c>
       <c r="V29" t="s">
         <v>420</v>
       </c>
       <c r="W29" t="s">
         <v>422</v>
       </c>
       <c r="Z29" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="AA29" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="AD29" t="s">
         <v>269</v>
       </c>
       <c r="AG29" t="s">
         <v>455</v>
       </c>
       <c r="AH29" t="s">
         <v>456</v>
       </c>
       <c r="AI29" t="s">
         <v>484</v>
       </c>
       <c r="AJ29" t="s">
         <v>576</v>
       </c>
       <c r="AK29" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="30" spans="1:37">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C30" t="s">
         <v>159</v>
       </c>
       <c r="D30" t="s">
         <v>235</v>
       </c>
       <c r="E30" t="s">
         <v>269</v>
       </c>
       <c r="F30" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="G30" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="H30">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="I30">
-        <v>596006</v>
+        <v>5614000</v>
       </c>
       <c r="J30" t="s">
         <v>317</v>
       </c>
       <c r="K30">
-        <v>238402.4</v>
+        <v>1500000</v>
       </c>
       <c r="L30" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="M30" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="N30">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="O30" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="P30" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="Q30" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="R30" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="S30" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="T30" t="s">
         <v>417</v>
       </c>
       <c r="U30" t="s">
         <v>419</v>
       </c>
       <c r="V30" t="s">
         <v>421</v>
       </c>
       <c r="W30" t="s">
         <v>423</v>
       </c>
       <c r="Z30" t="s">
-        <v>425</v>
+        <v>434</v>
       </c>
       <c r="AA30" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="AD30" t="s">
         <v>269</v>
       </c>
       <c r="AG30" t="s">
         <v>455</v>
       </c>
       <c r="AH30" t="s">
         <v>456</v>
       </c>
       <c r="AI30" t="s">
         <v>485</v>
       </c>
       <c r="AJ30" t="s">
         <v>577</v>
       </c>
       <c r="AK30" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="31" spans="1:37">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31">
-        <v>11</v>
+        <v>1003</v>
       </c>
       <c r="C31" t="s">
         <v>160</v>
       </c>
       <c r="D31" t="s">
-        <v>236</v>
+        <v>160</v>
       </c>
       <c r="E31" t="s">
         <v>269</v>
       </c>
       <c r="F31" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
       <c r="G31" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="H31">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I31">
-        <v>432500</v>
+        <v>2713850</v>
       </c>
       <c r="J31" t="s">
         <v>317</v>
       </c>
       <c r="K31">
-        <v>173000</v>
+        <v>1356925</v>
       </c>
       <c r="L31" t="s">
-        <v>329</v>
+        <v>345</v>
       </c>
       <c r="M31" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="N31">
-        <v>58</v>
+        <v>117</v>
       </c>
       <c r="O31" t="s">
         <v>385</v>
       </c>
       <c r="P31" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="Q31" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="R31" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S31" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T31" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U31" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V31" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W31" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z31" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="AA31" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="AD31" t="s">
         <v>269</v>
       </c>
       <c r="AG31" t="s">
         <v>455</v>
       </c>
       <c r="AH31" t="s">
         <v>456</v>
       </c>
       <c r="AI31" t="s">
         <v>486</v>
       </c>
       <c r="AJ31" t="s">
         <v>578</v>
       </c>
       <c r="AK31" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="32" spans="1:37">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32">
-        <v>1002</v>
+        <v>9</v>
       </c>
       <c r="C32" t="s">
         <v>161</v>
       </c>
       <c r="D32" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E32" t="s">
         <v>269</v>
       </c>
       <c r="F32" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="G32" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="H32">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I32">
-        <v>275500</v>
+        <v>650000</v>
       </c>
       <c r="J32" t="s">
         <v>317</v>
       </c>
       <c r="K32">
-        <v>137750</v>
+        <v>260000</v>
       </c>
       <c r="L32" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="M32" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="N32">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="O32" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="P32" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="Q32" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="R32" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="S32" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="T32" t="s">
         <v>416</v>
       </c>
       <c r="U32" t="s">
         <v>418</v>
       </c>
       <c r="V32" t="s">
         <v>420</v>
       </c>
       <c r="W32" t="s">
         <v>422</v>
       </c>
       <c r="Z32" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="AA32" t="s">
-        <v>441</v>
+        <v>269</v>
       </c>
       <c r="AD32" t="s">
         <v>269</v>
       </c>
       <c r="AG32" t="s">
         <v>455</v>
       </c>
       <c r="AH32" t="s">
         <v>456</v>
       </c>
       <c r="AI32" t="s">
         <v>487</v>
       </c>
       <c r="AJ32" t="s">
         <v>579</v>
       </c>
       <c r="AK32" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="33" spans="1:38">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>162</v>
       </c>
       <c r="D33" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="E33" t="s">
         <v>269</v>
       </c>
       <c r="F33" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="G33" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="H33">
         <v>40</v>
       </c>
       <c r="I33">
-        <v>2602769.24</v>
+        <v>833572.47</v>
       </c>
       <c r="J33" t="s">
         <v>317</v>
       </c>
       <c r="K33">
-        <v>1041107.7</v>
+        <v>333428.99</v>
       </c>
       <c r="L33" t="s">
-        <v>336</v>
+        <v>324</v>
       </c>
       <c r="M33" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N33">
         <v>14</v>
       </c>
       <c r="O33" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="P33" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="Q33" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="R33" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="S33" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="T33" t="s">
         <v>417</v>
       </c>
       <c r="U33" t="s">
         <v>419</v>
       </c>
       <c r="V33" t="s">
         <v>421</v>
       </c>
       <c r="W33" t="s">
         <v>423</v>
       </c>
       <c r="Z33" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA33" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD33" t="s">
         <v>269</v>
       </c>
       <c r="AG33" t="s">
         <v>455</v>
       </c>
       <c r="AH33" t="s">
         <v>456</v>
       </c>
       <c r="AI33" t="s">
         <v>488</v>
       </c>
       <c r="AJ33" t="s">
         <v>580</v>
       </c>
       <c r="AK33" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>5256</v>
       </c>
     </row>
     <row r="34" spans="1:38">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34">
-        <v>17</v>
+        <v>1009</v>
       </c>
       <c r="C34" t="s">
         <v>163</v>
       </c>
       <c r="D34" t="s">
-        <v>239</v>
+        <v>163</v>
       </c>
       <c r="E34" t="s">
         <v>269</v>
       </c>
       <c r="F34" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="G34" t="s">
-        <v>303</v>
+        <v>295</v>
       </c>
       <c r="H34">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I34">
-        <v>1964662.45</v>
+        <v>284100</v>
       </c>
       <c r="J34" t="s">
         <v>317</v>
       </c>
       <c r="K34">
-        <v>785864.98</v>
+        <v>142050</v>
       </c>
       <c r="L34" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="M34" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="N34">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="O34" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="P34" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="Q34" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="R34" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S34" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T34" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U34" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V34" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W34" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z34" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="AA34" t="s">
-        <v>441</v>
+        <v>269</v>
       </c>
       <c r="AD34" t="s">
         <v>269</v>
       </c>
       <c r="AG34" t="s">
         <v>455</v>
       </c>
       <c r="AH34" t="s">
         <v>456</v>
       </c>
       <c r="AI34" t="s">
         <v>489</v>
       </c>
       <c r="AJ34" t="s">
         <v>581</v>
       </c>
       <c r="AK34" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="35" spans="1:38">
       <c r="A35" t="s">
         <v>71</v>
       </c>
       <c r="B35">
-        <v>1027</v>
+        <v>1007</v>
       </c>
       <c r="C35" t="s">
         <v>164</v>
       </c>
       <c r="D35" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E35" t="s">
         <v>269</v>
       </c>
       <c r="F35" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="G35" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="H35">
         <v>50</v>
       </c>
       <c r="I35">
-        <v>539500</v>
+        <v>248600</v>
       </c>
       <c r="J35" t="s">
         <v>317</v>
       </c>
       <c r="K35">
-        <v>269750</v>
+        <v>124300</v>
       </c>
       <c r="L35" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="M35" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N35">
         <v>103</v>
       </c>
       <c r="O35" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="P35" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q35" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R35" t="s">
         <v>408</v>
       </c>
       <c r="S35" t="s">
         <v>412</v>
       </c>
       <c r="T35" t="s">
         <v>416</v>
       </c>
       <c r="U35" t="s">
         <v>418</v>
       </c>
       <c r="V35" t="s">
         <v>420</v>
       </c>
       <c r="W35" t="s">
         <v>422</v>
       </c>
       <c r="Z35" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA35" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD35" t="s">
         <v>269</v>
       </c>
       <c r="AG35" t="s">
         <v>455</v>
       </c>
       <c r="AH35" t="s">
         <v>456</v>
       </c>
       <c r="AI35" t="s">
         <v>490</v>
       </c>
       <c r="AJ35" t="s">
         <v>582</v>
       </c>
       <c r="AK35" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="36" spans="1:38">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36">
-        <v>19</v>
+        <v>1046</v>
       </c>
       <c r="C36" t="s">
         <v>165</v>
       </c>
       <c r="D36" t="s">
-        <v>241</v>
+        <v>165</v>
       </c>
       <c r="E36" t="s">
         <v>269</v>
       </c>
       <c r="F36" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="G36" t="s">
-        <v>303</v>
+        <v>296</v>
       </c>
       <c r="H36">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I36">
-        <v>705564.05</v>
+        <v>150000</v>
       </c>
       <c r="J36" t="s">
         <v>317</v>
       </c>
       <c r="K36">
-        <v>282225.62</v>
+        <v>75000</v>
       </c>
       <c r="L36" t="s">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="M36" t="s">
         <v>367</v>
       </c>
       <c r="N36">
-        <v>62</v>
+        <v>117</v>
       </c>
       <c r="O36" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="P36" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="Q36" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="R36" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S36" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T36" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U36" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V36" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W36" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z36" t="s">
         <v>425</v>
       </c>
       <c r="AA36" t="s">
         <v>441</v>
       </c>
       <c r="AD36" t="s">
         <v>269</v>
       </c>
       <c r="AG36" t="s">
         <v>455</v>
       </c>
       <c r="AH36" t="s">
         <v>456</v>
       </c>
       <c r="AI36" t="s">
         <v>491</v>
       </c>
       <c r="AJ36" t="s">
         <v>583</v>
       </c>
       <c r="AK36" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="37" spans="1:38">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37">
-        <v>1033</v>
+        <v>11</v>
       </c>
       <c r="C37" t="s">
         <v>166</v>
       </c>
       <c r="D37" t="s">
-        <v>166</v>
+        <v>239</v>
       </c>
       <c r="E37" t="s">
         <v>269</v>
       </c>
       <c r="F37" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="G37" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="H37">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I37">
-        <v>540000</v>
+        <v>432500</v>
       </c>
       <c r="J37" t="s">
         <v>317</v>
       </c>
       <c r="K37">
-        <v>270000</v>
+        <v>173000</v>
       </c>
       <c r="L37" t="s">
-        <v>334</v>
+        <v>348</v>
       </c>
       <c r="M37" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="N37">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="O37" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="P37" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="Q37" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="R37" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S37" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T37" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U37" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V37" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W37" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z37" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="AA37" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="AD37" t="s">
         <v>269</v>
       </c>
       <c r="AG37" t="s">
         <v>455</v>
       </c>
       <c r="AH37" t="s">
         <v>456</v>
       </c>
       <c r="AI37" t="s">
         <v>492</v>
       </c>
       <c r="AJ37" t="s">
         <v>584</v>
       </c>
       <c r="AK37" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="38" spans="1:38">
       <c r="A38" t="s">
         <v>74</v>
       </c>
       <c r="B38">
-        <v>15</v>
+        <v>1068</v>
       </c>
       <c r="C38" t="s">
         <v>167</v>
       </c>
       <c r="D38" t="s">
-        <v>242</v>
+        <v>167</v>
       </c>
       <c r="E38" t="s">
         <v>269</v>
       </c>
       <c r="F38" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="G38" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="H38">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I38">
-        <v>8741250</v>
+        <v>1346800</v>
       </c>
       <c r="J38" t="s">
         <v>317</v>
       </c>
       <c r="K38">
-        <v>3496500</v>
+        <v>673400</v>
       </c>
       <c r="L38" t="s">
-        <v>342</v>
+        <v>328</v>
       </c>
       <c r="M38" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N38">
-        <v>43</v>
+        <v>102</v>
       </c>
       <c r="O38" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="P38" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="Q38" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="R38" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S38" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="T38" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U38" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V38" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W38" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z38" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA38" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD38" t="s">
         <v>269</v>
       </c>
       <c r="AG38" t="s">
         <v>455</v>
       </c>
       <c r="AH38" t="s">
         <v>456</v>
       </c>
       <c r="AI38" t="s">
         <v>493</v>
       </c>
       <c r="AJ38" t="s">
         <v>585</v>
       </c>
       <c r="AK38" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="39" spans="1:38">
       <c r="A39" t="s">
         <v>75</v>
       </c>
       <c r="B39">
-        <v>1020</v>
+        <v>1069</v>
       </c>
       <c r="C39" t="s">
         <v>168</v>
       </c>
       <c r="D39" t="s">
         <v>168</v>
       </c>
       <c r="E39" t="s">
         <v>269</v>
       </c>
       <c r="F39" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G39" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="H39">
         <v>50</v>
       </c>
       <c r="I39">
-        <v>83000</v>
+        <v>260000</v>
       </c>
       <c r="J39" t="s">
         <v>317</v>
       </c>
       <c r="K39">
-        <v>41500</v>
+        <v>130000</v>
       </c>
       <c r="L39" t="s">
-        <v>327</v>
+        <v>349</v>
       </c>
       <c r="M39" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N39">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="O39" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="P39" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="Q39" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="R39" t="s">
         <v>408</v>
       </c>
       <c r="S39" t="s">
         <v>412</v>
       </c>
       <c r="T39" t="s">
         <v>416</v>
       </c>
       <c r="U39" t="s">
         <v>418</v>
       </c>
       <c r="V39" t="s">
         <v>420</v>
       </c>
       <c r="W39" t="s">
         <v>422</v>
       </c>
       <c r="Z39" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA39" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD39" t="s">
         <v>269</v>
       </c>
       <c r="AG39" t="s">
         <v>455</v>
       </c>
       <c r="AH39" t="s">
         <v>456</v>
       </c>
       <c r="AI39" t="s">
         <v>494</v>
       </c>
       <c r="AJ39" t="s">
         <v>586</v>
       </c>
       <c r="AK39" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="40" spans="1:38">
       <c r="A40" t="s">
         <v>76</v>
       </c>
       <c r="B40">
-        <v>1076</v>
+        <v>16</v>
       </c>
       <c r="C40" t="s">
         <v>169</v>
       </c>
       <c r="D40" t="s">
-        <v>169</v>
+        <v>240</v>
       </c>
       <c r="E40" t="s">
         <v>269</v>
       </c>
       <c r="F40" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="G40" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="H40">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I40">
-        <v>234300</v>
+        <v>894313.4</v>
       </c>
       <c r="J40" t="s">
         <v>317</v>
       </c>
       <c r="K40">
-        <v>117150</v>
+        <v>357725.36</v>
       </c>
       <c r="L40" t="s">
-        <v>327</v>
+        <v>349</v>
       </c>
       <c r="M40" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N40">
-        <v>103</v>
+        <v>44</v>
       </c>
       <c r="O40" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="P40" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="Q40" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="R40" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="S40" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="T40" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U40" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V40" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W40" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z40" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA40" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD40" t="s">
         <v>269</v>
       </c>
       <c r="AG40" t="s">
         <v>455</v>
       </c>
       <c r="AH40" t="s">
         <v>456</v>
       </c>
       <c r="AI40" t="s">
         <v>495</v>
       </c>
       <c r="AJ40" t="s">
         <v>587</v>
       </c>
       <c r="AK40" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="41" spans="1:38">
       <c r="A41" t="s">
         <v>77</v>
       </c>
       <c r="B41">
-        <v>1087</v>
+        <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>170</v>
       </c>
       <c r="D41" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="E41" t="s">
         <v>269</v>
       </c>
       <c r="F41" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="G41" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="H41">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I41">
-        <v>1180000</v>
+        <v>512295</v>
       </c>
       <c r="J41" t="s">
         <v>317</v>
       </c>
       <c r="K41">
-        <v>590000</v>
+        <v>204918</v>
       </c>
       <c r="L41" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="M41" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="N41">
-        <v>103</v>
+        <v>13</v>
       </c>
       <c r="O41" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="P41" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="Q41" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="R41" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="S41" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="T41" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U41" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V41" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W41" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z41" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="AA41" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="AD41" t="s">
         <v>269</v>
       </c>
       <c r="AG41" t="s">
         <v>455</v>
       </c>
       <c r="AH41" t="s">
         <v>456</v>
       </c>
       <c r="AI41" t="s">
         <v>496</v>
       </c>
       <c r="AJ41" t="s">
         <v>588</v>
       </c>
       <c r="AK41" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="42" spans="1:38">
       <c r="A42" t="s">
         <v>78</v>
       </c>
       <c r="B42">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="C42" t="s">
         <v>171</v>
       </c>
       <c r="D42" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E42" t="s">
         <v>269</v>
       </c>
       <c r="F42" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="G42" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="H42">
         <v>40</v>
       </c>
       <c r="I42">
-        <v>450000</v>
+        <v>2533919.42</v>
       </c>
       <c r="J42" t="s">
         <v>317</v>
       </c>
       <c r="K42">
-        <v>180000</v>
+        <v>1013567.77</v>
       </c>
       <c r="L42" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="M42" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="N42">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="O42" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="P42" t="s">
         <v>399</v>
       </c>
       <c r="Q42" t="s">
         <v>405</v>
       </c>
       <c r="R42" t="s">
         <v>409</v>
       </c>
       <c r="S42" t="s">
         <v>413</v>
       </c>
       <c r="T42" t="s">
         <v>417</v>
       </c>
       <c r="U42" t="s">
         <v>419</v>
       </c>
       <c r="V42" t="s">
         <v>421</v>
       </c>
       <c r="W42" t="s">
         <v>423</v>
       </c>
       <c r="Z42" t="s">
-        <v>425</v>
+        <v>437</v>
       </c>
       <c r="AA42" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="AD42" t="s">
         <v>269</v>
       </c>
       <c r="AG42" t="s">
         <v>455</v>
       </c>
       <c r="AH42" t="s">
         <v>456</v>
       </c>
       <c r="AI42" t="s">
         <v>497</v>
       </c>
       <c r="AJ42" t="s">
         <v>589</v>
       </c>
       <c r="AK42" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="43" spans="1:38">
       <c r="A43" t="s">
         <v>79</v>
       </c>
       <c r="B43">
-        <v>1066</v>
+        <v>14</v>
       </c>
       <c r="C43" t="s">
         <v>172</v>
       </c>
       <c r="D43" t="s">
         <v>172</v>
       </c>
       <c r="E43" t="s">
         <v>269</v>
       </c>
       <c r="F43" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="G43" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="H43">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I43">
-        <v>184100</v>
+        <v>1500000</v>
       </c>
       <c r="J43" t="s">
         <v>317</v>
       </c>
       <c r="K43">
-        <v>92050</v>
+        <v>600000</v>
       </c>
       <c r="L43" t="s">
-        <v>345</v>
+        <v>327</v>
+      </c>
+      <c r="M43" t="s">
+        <v>372</v>
       </c>
       <c r="N43">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="O43" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="P43" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="Q43" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="R43" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S43" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T43" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U43" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V43" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W43" t="s">
-        <v>422</v>
+        <v>423</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>430</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>446</v>
       </c>
       <c r="AD43" t="s">
         <v>269</v>
       </c>
       <c r="AG43" t="s">
         <v>455</v>
       </c>
       <c r="AH43" t="s">
         <v>456</v>
       </c>
       <c r="AI43" t="s">
         <v>498</v>
       </c>
       <c r="AJ43" t="s">
         <v>590</v>
       </c>
       <c r="AK43" t="s">
-        <v>641</v>
+        <v>642</v>
+      </c>
+      <c r="AL43">
+        <v>5257</v>
       </c>
     </row>
     <row r="44" spans="1:38">
       <c r="A44" t="s">
         <v>80</v>
       </c>
       <c r="B44">
-        <v>1</v>
+        <v>1002</v>
       </c>
       <c r="C44" t="s">
         <v>173</v>
       </c>
       <c r="D44" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E44" t="s">
         <v>269</v>
       </c>
       <c r="F44" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="G44" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
       <c r="H44">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I44">
-        <v>504802.5</v>
+        <v>275500</v>
       </c>
       <c r="J44" t="s">
         <v>317</v>
       </c>
       <c r="K44">
-        <v>201921</v>
+        <v>137750</v>
       </c>
       <c r="L44" t="s">
-        <v>346</v>
+        <v>322</v>
       </c>
       <c r="M44" t="s">
         <v>369</v>
       </c>
       <c r="N44">
-        <v>65</v>
+        <v>103</v>
       </c>
       <c r="O44" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="P44" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="Q44" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="R44" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S44" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T44" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U44" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V44" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W44" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z44" t="s">
         <v>427</v>
       </c>
       <c r="AA44" t="s">
         <v>443</v>
       </c>
       <c r="AD44" t="s">
         <v>269</v>
       </c>
       <c r="AG44" t="s">
         <v>455</v>
       </c>
       <c r="AH44" t="s">
         <v>456</v>
       </c>
       <c r="AI44" t="s">
         <v>499</v>
       </c>
       <c r="AJ44" t="s">
         <v>591</v>
       </c>
       <c r="AK44" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="45" spans="1:38">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45">
-        <v>3</v>
+        <v>1027</v>
       </c>
       <c r="C45" t="s">
         <v>174</v>
       </c>
       <c r="D45" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="E45" t="s">
         <v>269</v>
       </c>
       <c r="F45" t="s">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="G45" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="H45">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I45">
-        <v>2533919.42</v>
+        <v>539500</v>
       </c>
       <c r="J45" t="s">
         <v>317</v>
       </c>
       <c r="K45">
-        <v>1013567.77</v>
+        <v>269750</v>
       </c>
       <c r="L45" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="M45" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="N45">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="O45" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="P45" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="Q45" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="R45" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S45" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="T45" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U45" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V45" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W45" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z45" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="AA45" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="AD45" t="s">
         <v>269</v>
       </c>
       <c r="AG45" t="s">
         <v>455</v>
       </c>
       <c r="AH45" t="s">
         <v>456</v>
       </c>
       <c r="AI45" t="s">
         <v>500</v>
       </c>
       <c r="AJ45" t="s">
         <v>592</v>
       </c>
       <c r="AK45" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="46" spans="1:38">
       <c r="A46" t="s">
         <v>82</v>
       </c>
       <c r="B46">
-        <v>1029</v>
+        <v>2</v>
       </c>
       <c r="C46" t="s">
         <v>175</v>
       </c>
       <c r="D46" t="s">
         <v>175</v>
       </c>
       <c r="E46" t="s">
         <v>269</v>
       </c>
       <c r="F46" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="G46" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="H46">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I46">
-        <v>382000</v>
+        <v>644740.2</v>
       </c>
       <c r="J46" t="s">
         <v>317</v>
       </c>
       <c r="K46">
-        <v>191000</v>
+        <v>257896.08</v>
       </c>
       <c r="L46" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="M46" t="s">
-        <v>378</v>
+        <v>369</v>
       </c>
       <c r="N46">
-        <v>109</v>
+        <v>60</v>
       </c>
       <c r="O46" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="P46" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="Q46" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="R46" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S46" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T46" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U46" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V46" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W46" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z46" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="AA46" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="AD46" t="s">
         <v>269</v>
       </c>
       <c r="AG46" t="s">
         <v>455</v>
       </c>
       <c r="AH46" t="s">
         <v>456</v>
       </c>
       <c r="AI46" t="s">
         <v>501</v>
       </c>
       <c r="AJ46" t="s">
         <v>593</v>
       </c>
       <c r="AK46" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="47" spans="1:38">
       <c r="A47" t="s">
         <v>83</v>
       </c>
       <c r="B47">
-        <v>16</v>
+        <v>1032</v>
       </c>
       <c r="C47" t="s">
         <v>176</v>
       </c>
       <c r="D47" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E47" t="s">
         <v>269</v>
       </c>
       <c r="F47" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="G47" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
       <c r="H47">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I47">
-        <v>894313.4</v>
+        <v>169400</v>
       </c>
       <c r="J47" t="s">
         <v>317</v>
       </c>
       <c r="K47">
-        <v>357725.36</v>
+        <v>84700</v>
       </c>
       <c r="L47" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="M47" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="N47">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="O47" t="s">
-        <v>393</v>
+        <v>382</v>
       </c>
       <c r="P47" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="Q47" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="R47" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="S47" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="T47" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U47" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V47" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W47" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z47" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="AA47" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="AD47" t="s">
         <v>269</v>
       </c>
       <c r="AG47" t="s">
         <v>455</v>
       </c>
       <c r="AH47" t="s">
         <v>456</v>
       </c>
       <c r="AI47" t="s">
         <v>502</v>
       </c>
       <c r="AJ47" t="s">
         <v>594</v>
       </c>
       <c r="AK47" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="48" spans="1:38">
       <c r="A48" t="s">
         <v>84</v>
       </c>
       <c r="B48">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="C48" t="s">
         <v>177</v>
       </c>
       <c r="D48" t="s">
-        <v>177</v>
+        <v>246</v>
       </c>
       <c r="E48" t="s">
         <v>269</v>
       </c>
       <c r="F48" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="G48" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="H48">
         <v>40</v>
       </c>
       <c r="I48">
-        <v>2000000</v>
+        <v>3500000</v>
       </c>
       <c r="J48" t="s">
         <v>317</v>
       </c>
       <c r="K48">
-        <v>800000</v>
+        <v>1400000</v>
       </c>
       <c r="L48" t="s">
-        <v>349</v>
+        <v>334</v>
       </c>
       <c r="M48" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="N48">
         <v>63</v>
       </c>
       <c r="O48" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="P48" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="Q48" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="R48" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="S48" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="T48" t="s">
         <v>417</v>
       </c>
       <c r="U48" t="s">
         <v>419</v>
       </c>
       <c r="V48" t="s">
         <v>421</v>
       </c>
       <c r="W48" t="s">
         <v>423</v>
       </c>
       <c r="Z48" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="AA48" t="s">
         <v>269</v>
       </c>
       <c r="AD48" t="s">
         <v>269</v>
       </c>
       <c r="AG48" t="s">
         <v>455</v>
       </c>
       <c r="AH48" t="s">
         <v>456</v>
       </c>
       <c r="AI48" t="s">
         <v>503</v>
       </c>
       <c r="AJ48" t="s">
         <v>595</v>
       </c>
       <c r="AK48" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="49" spans="1:38">
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49">
-        <v>1018</v>
+        <v>1083</v>
       </c>
       <c r="C49" t="s">
         <v>178</v>
       </c>
       <c r="D49" t="s">
-        <v>178</v>
+        <v>247</v>
       </c>
       <c r="E49" t="s">
         <v>269</v>
       </c>
       <c r="F49" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="G49" t="s">
         <v>294</v>
       </c>
       <c r="H49">
         <v>50</v>
       </c>
       <c r="I49">
-        <v>484500</v>
+        <v>715300</v>
       </c>
       <c r="J49" t="s">
         <v>317</v>
       </c>
       <c r="K49">
-        <v>242250</v>
+        <v>357650</v>
       </c>
       <c r="L49" t="s">
-        <v>350</v>
+        <v>332</v>
       </c>
       <c r="M49" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="N49">
         <v>102</v>
       </c>
       <c r="O49" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="P49" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q49" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R49" t="s">
         <v>408</v>
       </c>
       <c r="S49" t="s">
         <v>412</v>
       </c>
       <c r="T49" t="s">
         <v>416</v>
       </c>
       <c r="U49" t="s">
         <v>418</v>
       </c>
       <c r="V49" t="s">
         <v>420</v>
       </c>
       <c r="W49" t="s">
         <v>422</v>
       </c>
       <c r="Z49" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="AA49" t="s">
-        <v>269</v>
+        <v>443</v>
       </c>
       <c r="AD49" t="s">
         <v>269</v>
       </c>
       <c r="AG49" t="s">
         <v>455</v>
       </c>
       <c r="AH49" t="s">
         <v>456</v>
       </c>
       <c r="AI49" t="s">
         <v>504</v>
       </c>
       <c r="AJ49" t="s">
         <v>596</v>
       </c>
       <c r="AK49" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="50" spans="1:38">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50">
-        <v>1043</v>
+        <v>13</v>
       </c>
       <c r="C50" t="s">
         <v>179</v>
       </c>
       <c r="D50" t="s">
-        <v>179</v>
+        <v>248</v>
       </c>
       <c r="E50" t="s">
         <v>269</v>
       </c>
       <c r="F50" t="s">
-        <v>272</v>
+        <v>286</v>
       </c>
       <c r="G50" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="H50">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I50">
-        <v>172100</v>
+        <v>1030655.51</v>
       </c>
       <c r="J50" t="s">
         <v>317</v>
       </c>
       <c r="K50">
-        <v>86050</v>
+        <v>412262.2</v>
       </c>
       <c r="L50" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="M50" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="N50">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="O50" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="P50" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="Q50" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="R50" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S50" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T50" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U50" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V50" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W50" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z50" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="AA50" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="AD50" t="s">
         <v>269</v>
       </c>
       <c r="AG50" t="s">
         <v>455</v>
       </c>
       <c r="AH50" t="s">
         <v>456</v>
       </c>
       <c r="AI50" t="s">
         <v>505</v>
       </c>
       <c r="AJ50" t="s">
         <v>597</v>
       </c>
       <c r="AK50" t="s">
-        <v>641</v>
+        <v>642</v>
+      </c>
+      <c r="AL50">
+        <v>4768</v>
       </c>
     </row>
     <row r="51" spans="1:38">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51">
-        <v>1083</v>
+        <v>1060</v>
       </c>
       <c r="C51" t="s">
         <v>180</v>
       </c>
       <c r="D51" t="s">
-        <v>248</v>
+        <v>180</v>
       </c>
       <c r="E51" t="s">
         <v>269</v>
       </c>
       <c r="F51" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="G51" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="H51">
         <v>50</v>
       </c>
       <c r="I51">
-        <v>715300</v>
+        <v>500000</v>
       </c>
       <c r="J51" t="s">
         <v>317</v>
       </c>
       <c r="K51">
-        <v>357650</v>
+        <v>250000</v>
       </c>
       <c r="L51" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="M51" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N51">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="O51" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="P51" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="Q51" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="R51" t="s">
         <v>408</v>
       </c>
       <c r="S51" t="s">
         <v>412</v>
       </c>
       <c r="T51" t="s">
         <v>416</v>
       </c>
       <c r="U51" t="s">
         <v>418</v>
       </c>
       <c r="V51" t="s">
         <v>420</v>
       </c>
       <c r="W51" t="s">
         <v>422</v>
       </c>
       <c r="Z51" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA51" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD51" t="s">
         <v>269</v>
       </c>
       <c r="AG51" t="s">
         <v>455</v>
       </c>
       <c r="AH51" t="s">
         <v>456</v>
       </c>
       <c r="AI51" t="s">
         <v>506</v>
       </c>
       <c r="AJ51" t="s">
         <v>598</v>
       </c>
       <c r="AK51" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="52" spans="1:38">
       <c r="A52" t="s">
         <v>88</v>
       </c>
       <c r="B52">
-        <v>4</v>
+        <v>1070</v>
       </c>
       <c r="C52" t="s">
         <v>181</v>
       </c>
       <c r="D52" t="s">
-        <v>249</v>
+        <v>181</v>
       </c>
       <c r="E52" t="s">
         <v>269</v>
       </c>
       <c r="F52" t="s">
-        <v>273</v>
+        <v>287</v>
       </c>
       <c r="G52" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H52">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I52">
-        <v>3500000</v>
+        <v>350000</v>
       </c>
       <c r="J52" t="s">
         <v>317</v>
       </c>
       <c r="K52">
-        <v>1400000</v>
+        <v>175000</v>
       </c>
       <c r="L52" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="M52" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="N52">
-        <v>63</v>
+        <v>109</v>
       </c>
       <c r="O52" t="s">
-        <v>394</v>
+        <v>382</v>
       </c>
       <c r="P52" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="Q52" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="R52" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S52" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T52" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U52" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V52" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W52" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z52" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="AA52" t="s">
-        <v>269</v>
+        <v>443</v>
       </c>
       <c r="AD52" t="s">
         <v>269</v>
       </c>
       <c r="AG52" t="s">
         <v>455</v>
       </c>
       <c r="AH52" t="s">
         <v>456</v>
       </c>
       <c r="AI52" t="s">
         <v>507</v>
       </c>
       <c r="AJ52" t="s">
         <v>599</v>
       </c>
       <c r="AK52" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="53" spans="1:38">
       <c r="A53" t="s">
         <v>89</v>
       </c>
       <c r="B53">
-        <v>1070</v>
+        <v>1</v>
       </c>
       <c r="C53" t="s">
         <v>182</v>
       </c>
       <c r="D53" t="s">
-        <v>182</v>
+        <v>249</v>
       </c>
       <c r="E53" t="s">
         <v>269</v>
       </c>
       <c r="F53" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="G53" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="H53">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I53">
-        <v>350000</v>
+        <v>504802.5</v>
       </c>
       <c r="J53" t="s">
         <v>317</v>
       </c>
       <c r="K53">
-        <v>175000</v>
+        <v>201921</v>
       </c>
       <c r="L53" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="M53" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="N53">
-        <v>109</v>
+        <v>65</v>
       </c>
       <c r="O53" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="P53" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="Q53" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="R53" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S53" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T53" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U53" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V53" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W53" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z53" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="AA53" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="AD53" t="s">
         <v>269</v>
       </c>
       <c r="AG53" t="s">
         <v>455</v>
       </c>
       <c r="AH53" t="s">
         <v>456</v>
       </c>
       <c r="AI53" t="s">
         <v>508</v>
       </c>
       <c r="AJ53" t="s">
         <v>600</v>
       </c>
       <c r="AK53" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="54" spans="1:38">
       <c r="A54" t="s">
         <v>90</v>
       </c>
       <c r="B54">
-        <v>1017</v>
+        <v>1064</v>
       </c>
       <c r="C54" t="s">
         <v>183</v>
       </c>
       <c r="D54" t="s">
-        <v>250</v>
+        <v>183</v>
       </c>
       <c r="E54" t="s">
         <v>269</v>
       </c>
       <c r="F54" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="G54" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H54">
         <v>50</v>
       </c>
       <c r="I54">
-        <v>633600</v>
+        <v>537900</v>
       </c>
       <c r="J54" t="s">
         <v>317</v>
       </c>
       <c r="K54">
-        <v>316800</v>
+        <v>268950</v>
       </c>
       <c r="L54" t="s">
-        <v>337</v>
+        <v>319</v>
       </c>
       <c r="M54" t="s">
         <v>367</v>
       </c>
       <c r="N54">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="O54" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="P54" t="s">
         <v>398</v>
       </c>
       <c r="Q54" t="s">
         <v>404</v>
       </c>
       <c r="R54" t="s">
         <v>408</v>
       </c>
       <c r="S54" t="s">
         <v>412</v>
       </c>
       <c r="T54" t="s">
         <v>416</v>
       </c>
       <c r="U54" t="s">
         <v>418</v>
       </c>
       <c r="V54" t="s">
         <v>420</v>
       </c>
       <c r="W54" t="s">
         <v>422</v>
       </c>
@@ -7456,3421 +7459,3418 @@
       </c>
       <c r="AD54" t="s">
         <v>269</v>
       </c>
       <c r="AG54" t="s">
         <v>455</v>
       </c>
       <c r="AH54" t="s">
         <v>456</v>
       </c>
       <c r="AI54" t="s">
         <v>509</v>
       </c>
       <c r="AJ54" t="s">
         <v>601</v>
       </c>
       <c r="AK54" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="55" spans="1:38">
       <c r="A55" t="s">
         <v>91</v>
       </c>
       <c r="B55">
-        <v>1044</v>
+        <v>1049</v>
       </c>
       <c r="C55" t="s">
-        <v>184</v>
+        <v>149</v>
       </c>
       <c r="D55" t="s">
-        <v>184</v>
+        <v>231</v>
       </c>
       <c r="E55" t="s">
         <v>269</v>
       </c>
       <c r="F55" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="G55" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="H55">
         <v>50</v>
       </c>
       <c r="I55">
-        <v>450000</v>
+        <v>770200</v>
       </c>
       <c r="J55" t="s">
         <v>317</v>
       </c>
       <c r="K55">
-        <v>225000</v>
+        <v>385100</v>
       </c>
       <c r="L55" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="M55" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N55">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O55" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="P55" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q55" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R55" t="s">
         <v>408</v>
       </c>
       <c r="S55" t="s">
         <v>412</v>
       </c>
       <c r="T55" t="s">
         <v>416</v>
       </c>
       <c r="U55" t="s">
         <v>418</v>
       </c>
       <c r="V55" t="s">
         <v>420</v>
       </c>
       <c r="W55" t="s">
         <v>422</v>
       </c>
       <c r="Z55" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA55" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD55" t="s">
         <v>269</v>
       </c>
       <c r="AG55" t="s">
         <v>455</v>
       </c>
       <c r="AH55" t="s">
         <v>456</v>
       </c>
       <c r="AI55" t="s">
         <v>510</v>
       </c>
       <c r="AJ55" t="s">
         <v>602</v>
       </c>
       <c r="AK55" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="56" spans="1:38">
       <c r="A56" t="s">
         <v>92</v>
       </c>
       <c r="B56">
-        <v>1060</v>
+        <v>1067</v>
       </c>
       <c r="C56" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D56" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E56" t="s">
         <v>269</v>
       </c>
       <c r="F56" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G56" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="H56">
         <v>50</v>
       </c>
       <c r="I56">
-        <v>500000</v>
+        <v>1300000</v>
       </c>
       <c r="J56" t="s">
         <v>317</v>
       </c>
       <c r="K56">
-        <v>250000</v>
+        <v>650000</v>
       </c>
       <c r="L56" t="s">
-        <v>354</v>
+        <v>343</v>
       </c>
       <c r="M56" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="N56">
         <v>109</v>
       </c>
       <c r="O56" t="s">
         <v>382</v>
       </c>
       <c r="P56" t="s">
         <v>396</v>
       </c>
       <c r="Q56" t="s">
         <v>402</v>
       </c>
       <c r="R56" t="s">
         <v>408</v>
       </c>
       <c r="S56" t="s">
         <v>412</v>
       </c>
       <c r="T56" t="s">
         <v>416</v>
       </c>
       <c r="U56" t="s">
         <v>418</v>
       </c>
       <c r="V56" t="s">
         <v>420</v>
       </c>
       <c r="W56" t="s">
         <v>422</v>
       </c>
       <c r="Z56" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="AA56" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="AD56" t="s">
         <v>269</v>
       </c>
       <c r="AG56" t="s">
         <v>455</v>
       </c>
       <c r="AH56" t="s">
         <v>456</v>
       </c>
       <c r="AI56" t="s">
         <v>511</v>
       </c>
       <c r="AJ56" t="s">
         <v>603</v>
       </c>
       <c r="AK56" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="57" spans="1:38">
       <c r="A57" t="s">
         <v>93</v>
       </c>
       <c r="B57">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C57" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D57" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E57" t="s">
         <v>269</v>
       </c>
       <c r="F57" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="G57" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H57">
         <v>40</v>
       </c>
       <c r="I57">
-        <v>1030655.51</v>
+        <v>660000</v>
       </c>
       <c r="J57" t="s">
         <v>317</v>
       </c>
       <c r="K57">
-        <v>412262.2</v>
+        <v>264000</v>
       </c>
       <c r="L57" t="s">
-        <v>340</v>
+        <v>325</v>
       </c>
       <c r="M57" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="N57">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="O57" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="P57" t="s">
         <v>399</v>
       </c>
       <c r="Q57" t="s">
         <v>405</v>
       </c>
       <c r="R57" t="s">
         <v>409</v>
       </c>
       <c r="S57" t="s">
         <v>413</v>
       </c>
       <c r="T57" t="s">
         <v>417</v>
       </c>
       <c r="U57" t="s">
         <v>419</v>
       </c>
       <c r="V57" t="s">
         <v>421</v>
       </c>
       <c r="W57" t="s">
         <v>423</v>
       </c>
       <c r="Z57" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="AA57" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="AD57" t="s">
         <v>269</v>
       </c>
       <c r="AG57" t="s">
         <v>455</v>
       </c>
       <c r="AH57" t="s">
         <v>456</v>
       </c>
       <c r="AI57" t="s">
         <v>512</v>
       </c>
       <c r="AJ57" t="s">
         <v>604</v>
       </c>
       <c r="AK57" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>4768</v>
       </c>
     </row>
     <row r="58" spans="1:38">
       <c r="A58" t="s">
         <v>94</v>
       </c>
       <c r="B58">
-        <v>14</v>
+        <v>1076</v>
       </c>
       <c r="C58" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D58" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="E58" t="s">
         <v>269</v>
       </c>
       <c r="F58" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="G58" t="s">
-        <v>309</v>
+        <v>294</v>
       </c>
       <c r="H58">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I58">
-        <v>1500000</v>
+        <v>234300</v>
       </c>
       <c r="J58" t="s">
         <v>317</v>
       </c>
       <c r="K58">
-        <v>600000</v>
+        <v>117150</v>
       </c>
       <c r="L58" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="M58" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="N58">
-        <v>62</v>
+        <v>103</v>
       </c>
       <c r="O58" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="P58" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="Q58" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="R58" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S58" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T58" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U58" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V58" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W58" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z58" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="AA58" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="AD58" t="s">
         <v>269</v>
       </c>
       <c r="AG58" t="s">
         <v>455</v>
       </c>
       <c r="AH58" t="s">
         <v>456</v>
       </c>
       <c r="AI58" t="s">
         <v>513</v>
       </c>
       <c r="AJ58" t="s">
         <v>605</v>
       </c>
       <c r="AK58" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>5257</v>
+        <v>641</v>
       </c>
     </row>
     <row r="59" spans="1:38">
       <c r="A59" t="s">
         <v>95</v>
       </c>
       <c r="B59">
-        <v>1006</v>
+        <v>10</v>
       </c>
       <c r="C59" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D59" t="s">
-        <v>188</v>
+        <v>251</v>
       </c>
       <c r="E59" t="s">
         <v>269</v>
       </c>
       <c r="F59" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="G59" t="s">
-        <v>310</v>
+        <v>296</v>
       </c>
       <c r="H59">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I59">
-        <v>321700</v>
+        <v>450000</v>
       </c>
       <c r="J59" t="s">
         <v>317</v>
       </c>
       <c r="K59">
-        <v>160850</v>
+        <v>180000</v>
       </c>
       <c r="L59" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="M59" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N59">
-        <v>102</v>
+        <v>60</v>
       </c>
       <c r="O59" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="P59" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="Q59" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="R59" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S59" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T59" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U59" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V59" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W59" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z59" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA59" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD59" t="s">
         <v>269</v>
       </c>
       <c r="AG59" t="s">
         <v>455</v>
       </c>
       <c r="AH59" t="s">
         <v>456</v>
       </c>
       <c r="AI59" t="s">
         <v>514</v>
       </c>
       <c r="AJ59" t="s">
         <v>606</v>
       </c>
       <c r="AK59" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="60" spans="1:38">
       <c r="A60" t="s">
         <v>96</v>
       </c>
       <c r="B60">
-        <v>1042</v>
+        <v>20</v>
       </c>
       <c r="C60" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D60" t="s">
-        <v>189</v>
+        <v>252</v>
       </c>
       <c r="E60" t="s">
         <v>269</v>
       </c>
       <c r="F60" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="G60" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="H60">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I60">
-        <v>2900000</v>
+        <v>1230000</v>
       </c>
       <c r="J60" t="s">
         <v>317</v>
       </c>
       <c r="K60">
-        <v>1450000</v>
+        <v>492000</v>
       </c>
       <c r="L60" t="s">
-        <v>318</v>
+        <v>358</v>
       </c>
       <c r="M60" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="N60">
-        <v>109</v>
+        <v>58</v>
       </c>
       <c r="O60" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="P60" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="Q60" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="R60" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S60" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T60" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U60" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V60" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W60" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z60" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="AA60" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="AD60" t="s">
         <v>269</v>
       </c>
       <c r="AG60" t="s">
         <v>455</v>
       </c>
       <c r="AH60" t="s">
         <v>456</v>
       </c>
       <c r="AI60" t="s">
         <v>515</v>
       </c>
       <c r="AJ60" t="s">
         <v>607</v>
       </c>
       <c r="AK60" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="61" spans="1:38">
       <c r="A61" t="s">
         <v>97</v>
       </c>
       <c r="B61">
-        <v>24</v>
+        <v>1021</v>
       </c>
       <c r="C61" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D61" t="s">
-        <v>252</v>
+        <v>189</v>
       </c>
       <c r="E61" t="s">
         <v>269</v>
       </c>
       <c r="F61" t="s">
-        <v>288</v>
+        <v>271</v>
       </c>
       <c r="G61" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H61">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I61">
-        <v>512295</v>
+        <v>138400</v>
       </c>
       <c r="J61" t="s">
         <v>317</v>
       </c>
       <c r="K61">
-        <v>204918</v>
+        <v>69200</v>
       </c>
       <c r="L61" t="s">
-        <v>355</v>
+        <v>342</v>
       </c>
       <c r="M61" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="N61">
-        <v>13</v>
+        <v>109</v>
       </c>
       <c r="O61" t="s">
-        <v>392</v>
+        <v>382</v>
       </c>
       <c r="P61" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="Q61" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="R61" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S61" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="T61" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U61" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V61" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W61" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z61" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="AA61" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="AD61" t="s">
         <v>269</v>
       </c>
       <c r="AG61" t="s">
         <v>455</v>
       </c>
       <c r="AH61" t="s">
         <v>456</v>
       </c>
       <c r="AI61" t="s">
         <v>516</v>
       </c>
       <c r="AJ61" t="s">
         <v>608</v>
       </c>
       <c r="AK61" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="62" spans="1:38">
       <c r="A62" t="s">
         <v>98</v>
       </c>
       <c r="B62">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C62" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D62" t="s">
         <v>253</v>
       </c>
       <c r="E62" t="s">
         <v>269</v>
       </c>
       <c r="F62" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G62" t="s">
         <v>311</v>
       </c>
       <c r="H62">
         <v>40</v>
       </c>
       <c r="I62">
-        <v>660000</v>
+        <v>750000</v>
       </c>
       <c r="J62" t="s">
         <v>317</v>
       </c>
       <c r="K62">
-        <v>264000</v>
+        <v>300000</v>
       </c>
       <c r="L62" t="s">
-        <v>324</v>
+        <v>348</v>
       </c>
       <c r="M62" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="N62">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="O62" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="P62" t="s">
         <v>400</v>
       </c>
       <c r="Q62" t="s">
         <v>406</v>
       </c>
       <c r="R62" t="s">
         <v>410</v>
       </c>
       <c r="S62" t="s">
         <v>414</v>
       </c>
       <c r="T62" t="s">
         <v>417</v>
       </c>
       <c r="U62" t="s">
         <v>419</v>
       </c>
       <c r="V62" t="s">
         <v>421</v>
       </c>
       <c r="W62" t="s">
         <v>423</v>
       </c>
       <c r="Z62" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="AA62" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="AD62" t="s">
         <v>269</v>
       </c>
       <c r="AG62" t="s">
         <v>455</v>
       </c>
       <c r="AH62" t="s">
         <v>456</v>
       </c>
       <c r="AI62" t="s">
         <v>517</v>
       </c>
       <c r="AJ62" t="s">
         <v>609</v>
       </c>
       <c r="AK62" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="63" spans="1:38">
       <c r="A63" t="s">
         <v>99</v>
       </c>
       <c r="B63">
-        <v>1057</v>
+        <v>1033</v>
       </c>
       <c r="C63" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D63" t="s">
-        <v>254</v>
+        <v>191</v>
       </c>
       <c r="E63" t="s">
         <v>269</v>
       </c>
       <c r="F63" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="G63" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="H63">
         <v>50</v>
       </c>
       <c r="I63">
-        <v>160000</v>
+        <v>540000</v>
       </c>
       <c r="J63" t="s">
         <v>317</v>
       </c>
       <c r="K63">
-        <v>80000</v>
+        <v>270000</v>
       </c>
       <c r="L63" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="M63" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="N63">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="O63" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
       <c r="P63" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="Q63" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="R63" t="s">
         <v>408</v>
       </c>
       <c r="S63" t="s">
         <v>412</v>
       </c>
       <c r="T63" t="s">
         <v>416</v>
       </c>
       <c r="U63" t="s">
         <v>418</v>
       </c>
       <c r="V63" t="s">
         <v>420</v>
       </c>
       <c r="W63" t="s">
         <v>422</v>
       </c>
       <c r="Z63" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="AA63" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="AD63" t="s">
         <v>269</v>
       </c>
       <c r="AG63" t="s">
         <v>455</v>
       </c>
       <c r="AH63" t="s">
         <v>456</v>
       </c>
       <c r="AI63" t="s">
         <v>518</v>
       </c>
       <c r="AJ63" t="s">
         <v>610</v>
       </c>
       <c r="AK63" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="64" spans="1:38">
       <c r="A64" t="s">
         <v>100</v>
       </c>
       <c r="B64">
-        <v>1009</v>
+        <v>1085</v>
       </c>
       <c r="C64" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D64" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="E64" t="s">
         <v>269</v>
       </c>
       <c r="F64" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="G64" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="H64">
         <v>50</v>
       </c>
       <c r="I64">
-        <v>284100</v>
+        <v>574900</v>
       </c>
       <c r="J64" t="s">
         <v>317</v>
       </c>
       <c r="K64">
-        <v>142050</v>
+        <v>287450</v>
       </c>
       <c r="L64" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="M64" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="N64">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="O64" t="s">
         <v>384</v>
       </c>
       <c r="P64" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q64" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R64" t="s">
         <v>408</v>
       </c>
       <c r="S64" t="s">
         <v>412</v>
       </c>
       <c r="T64" t="s">
         <v>416</v>
       </c>
       <c r="U64" t="s">
         <v>418</v>
       </c>
       <c r="V64" t="s">
         <v>420</v>
       </c>
       <c r="W64" t="s">
         <v>422</v>
       </c>
       <c r="Z64" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="AA64" t="s">
-        <v>269</v>
+        <v>443</v>
       </c>
       <c r="AD64" t="s">
         <v>269</v>
       </c>
       <c r="AG64" t="s">
         <v>455</v>
       </c>
       <c r="AH64" t="s">
         <v>456</v>
       </c>
       <c r="AI64" t="s">
         <v>519</v>
       </c>
       <c r="AJ64" t="s">
         <v>611</v>
       </c>
       <c r="AK64" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="65" spans="1:37">
+    <row r="65" spans="1:38">
       <c r="A65" t="s">
         <v>101</v>
       </c>
       <c r="B65">
-        <v>1032</v>
+        <v>1065</v>
       </c>
       <c r="C65" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="D65" t="s">
-        <v>255</v>
+        <v>193</v>
       </c>
       <c r="E65" t="s">
         <v>269</v>
       </c>
       <c r="F65" t="s">
-        <v>272</v>
+        <v>291</v>
       </c>
       <c r="G65" t="s">
-        <v>295</v>
+        <v>312</v>
       </c>
       <c r="H65">
         <v>50</v>
       </c>
       <c r="I65">
-        <v>169400</v>
+        <v>277000</v>
       </c>
       <c r="J65" t="s">
         <v>317</v>
       </c>
       <c r="K65">
-        <v>84700</v>
+        <v>138500</v>
       </c>
       <c r="L65" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="M65" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="N65">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="O65" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="P65" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="Q65" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="R65" t="s">
         <v>408</v>
       </c>
       <c r="S65" t="s">
         <v>412</v>
       </c>
       <c r="T65" t="s">
         <v>416</v>
       </c>
       <c r="U65" t="s">
         <v>418</v>
       </c>
       <c r="V65" t="s">
         <v>420</v>
       </c>
       <c r="W65" t="s">
         <v>422</v>
       </c>
       <c r="Z65" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="AA65" t="s">
-        <v>448</v>
+        <v>269</v>
       </c>
       <c r="AD65" t="s">
         <v>269</v>
       </c>
       <c r="AG65" t="s">
         <v>455</v>
       </c>
       <c r="AH65" t="s">
         <v>456</v>
       </c>
       <c r="AI65" t="s">
         <v>520</v>
       </c>
       <c r="AJ65" t="s">
         <v>612</v>
       </c>
       <c r="AK65" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="66" spans="1:37">
+    <row r="66" spans="1:38">
       <c r="A66" t="s">
         <v>102</v>
       </c>
       <c r="B66">
-        <v>1068</v>
+        <v>1041</v>
       </c>
       <c r="C66" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D66" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="E66" t="s">
         <v>269</v>
       </c>
       <c r="F66" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="G66" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="H66">
         <v>50</v>
       </c>
       <c r="I66">
-        <v>1346800</v>
+        <v>262800</v>
       </c>
       <c r="J66" t="s">
         <v>317</v>
       </c>
       <c r="K66">
-        <v>673400</v>
+        <v>131400</v>
       </c>
       <c r="L66" t="s">
-        <v>325</v>
+        <v>360</v>
       </c>
       <c r="M66" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="N66">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="O66" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="P66" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="Q66" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="R66" t="s">
         <v>408</v>
       </c>
       <c r="S66" t="s">
         <v>412</v>
       </c>
       <c r="T66" t="s">
         <v>416</v>
       </c>
       <c r="U66" t="s">
         <v>418</v>
       </c>
       <c r="V66" t="s">
         <v>420</v>
       </c>
       <c r="W66" t="s">
         <v>422</v>
       </c>
       <c r="Z66" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="AA66" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="AD66" t="s">
         <v>269</v>
       </c>
       <c r="AG66" t="s">
         <v>455</v>
       </c>
       <c r="AH66" t="s">
         <v>456</v>
       </c>
       <c r="AI66" t="s">
         <v>521</v>
       </c>
       <c r="AJ66" t="s">
         <v>613</v>
       </c>
       <c r="AK66" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="67" spans="1:37">
+    <row r="67" spans="1:38">
       <c r="A67" t="s">
         <v>103</v>
       </c>
       <c r="B67">
-        <v>1073</v>
+        <v>15</v>
       </c>
       <c r="C67" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D67" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="E67" t="s">
         <v>269</v>
       </c>
       <c r="F67" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="G67" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="H67">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I67">
-        <v>164300</v>
+        <v>8741250</v>
       </c>
       <c r="J67" t="s">
         <v>317</v>
       </c>
       <c r="K67">
-        <v>82150</v>
+        <v>3496500</v>
       </c>
       <c r="L67" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="M67" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="N67">
-        <v>103</v>
+        <v>43</v>
       </c>
       <c r="O67" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="P67" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="Q67" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="R67" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="S67" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="T67" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U67" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V67" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W67" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z67" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="AA67" t="s">
-        <v>269</v>
+        <v>443</v>
       </c>
       <c r="AD67" t="s">
         <v>269</v>
       </c>
       <c r="AG67" t="s">
         <v>455</v>
       </c>
       <c r="AH67" t="s">
         <v>456</v>
       </c>
       <c r="AI67" t="s">
         <v>522</v>
       </c>
       <c r="AJ67" t="s">
         <v>614</v>
       </c>
       <c r="AK67" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
-    <row r="68" spans="1:37">
+    <row r="68" spans="1:38">
       <c r="A68" t="s">
         <v>104</v>
       </c>
       <c r="B68">
-        <v>1080</v>
+        <v>23</v>
       </c>
       <c r="C68" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D68" t="s">
-        <v>197</v>
+        <v>255</v>
       </c>
       <c r="E68" t="s">
         <v>269</v>
       </c>
       <c r="F68" t="s">
-        <v>274</v>
+        <v>292</v>
       </c>
       <c r="G68" t="s">
-        <v>298</v>
+        <v>313</v>
       </c>
       <c r="H68">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I68">
-        <v>200500</v>
+        <v>596006</v>
       </c>
       <c r="J68" t="s">
         <v>317</v>
       </c>
       <c r="K68">
-        <v>100250</v>
+        <v>238402.4</v>
       </c>
       <c r="L68" t="s">
-        <v>320</v>
+        <v>349</v>
       </c>
       <c r="M68" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="N68">
-        <v>117</v>
+        <v>14</v>
       </c>
       <c r="O68" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="P68" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="Q68" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="R68" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="S68" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="T68" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U68" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V68" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W68" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z68" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="AA68" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="AD68" t="s">
         <v>269</v>
       </c>
       <c r="AG68" t="s">
         <v>455</v>
       </c>
       <c r="AH68" t="s">
         <v>456</v>
       </c>
       <c r="AI68" t="s">
         <v>523</v>
       </c>
       <c r="AJ68" t="s">
         <v>615</v>
       </c>
       <c r="AK68" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
-    <row r="69" spans="1:37">
+    <row r="69" spans="1:38">
       <c r="A69" t="s">
         <v>105</v>
       </c>
       <c r="B69">
-        <v>5</v>
+        <v>1045</v>
       </c>
       <c r="C69" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D69" t="s">
-        <v>257</v>
+        <v>197</v>
       </c>
       <c r="E69" t="s">
         <v>269</v>
       </c>
       <c r="F69" t="s">
-        <v>290</v>
+        <v>276</v>
       </c>
       <c r="G69" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="H69">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I69">
-        <v>6361414</v>
+        <v>309400</v>
       </c>
       <c r="J69" t="s">
         <v>317</v>
       </c>
       <c r="K69">
-        <v>2544565.6</v>
+        <v>154700</v>
       </c>
       <c r="L69" t="s">
-        <v>357</v>
+        <v>319</v>
       </c>
       <c r="M69" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="N69">
-        <v>58</v>
+        <v>117</v>
       </c>
       <c r="O69" t="s">
         <v>385</v>
       </c>
       <c r="P69" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="Q69" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="R69" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S69" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T69" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U69" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V69" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W69" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z69" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="AA69" t="s">
-        <v>269</v>
+        <v>441</v>
       </c>
       <c r="AD69" t="s">
         <v>269</v>
       </c>
       <c r="AG69" t="s">
         <v>455</v>
       </c>
       <c r="AH69" t="s">
         <v>456</v>
       </c>
       <c r="AI69" t="s">
         <v>524</v>
       </c>
       <c r="AJ69" t="s">
         <v>616</v>
       </c>
       <c r="AK69" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
-    <row r="70" spans="1:37">
+    <row r="70" spans="1:38">
       <c r="A70" t="s">
         <v>106</v>
       </c>
       <c r="B70">
-        <v>9</v>
+        <v>1057</v>
       </c>
       <c r="C70" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="D70" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="E70" t="s">
         <v>269</v>
       </c>
       <c r="F70" t="s">
-        <v>286</v>
+        <v>272</v>
       </c>
       <c r="G70" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="H70">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I70">
-        <v>650000</v>
+        <v>160000</v>
       </c>
       <c r="J70" t="s">
         <v>317</v>
       </c>
       <c r="K70">
-        <v>260000</v>
+        <v>80000</v>
       </c>
       <c r="L70" t="s">
-        <v>358</v>
+        <v>342</v>
       </c>
       <c r="M70" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="N70">
-        <v>11</v>
+        <v>117</v>
       </c>
       <c r="O70" t="s">
-        <v>395</v>
+        <v>385</v>
       </c>
       <c r="P70" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="Q70" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="R70" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S70" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="T70" t="s">
         <v>416</v>
       </c>
       <c r="U70" t="s">
         <v>418</v>
       </c>
       <c r="V70" t="s">
         <v>420</v>
       </c>
       <c r="W70" t="s">
         <v>422</v>
       </c>
       <c r="Z70" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="AA70" t="s">
-        <v>269</v>
+        <v>443</v>
       </c>
       <c r="AD70" t="s">
         <v>269</v>
       </c>
       <c r="AG70" t="s">
         <v>455</v>
       </c>
       <c r="AH70" t="s">
         <v>456</v>
       </c>
       <c r="AI70" t="s">
         <v>525</v>
       </c>
       <c r="AJ70" t="s">
         <v>617</v>
       </c>
       <c r="AK70" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="71" spans="1:37">
+    <row r="71" spans="1:38">
       <c r="A71" t="s">
         <v>107</v>
       </c>
       <c r="B71">
-        <v>25</v>
+        <v>1029</v>
       </c>
       <c r="C71" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D71" t="s">
-        <v>259</v>
+        <v>199</v>
       </c>
       <c r="E71" t="s">
         <v>269</v>
       </c>
       <c r="F71" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="G71" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="H71">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="I71">
-        <v>5614000</v>
+        <v>382000</v>
       </c>
       <c r="J71" t="s">
         <v>317</v>
       </c>
       <c r="K71">
-        <v>1500000</v>
+        <v>191000</v>
       </c>
       <c r="L71" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="M71" t="s">
         <v>380</v>
       </c>
       <c r="N71">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="O71" t="s">
-        <v>395</v>
+        <v>382</v>
       </c>
       <c r="P71" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="Q71" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="R71" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S71" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="T71" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U71" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V71" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W71" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z71" t="s">
         <v>438</v>
       </c>
       <c r="AA71" t="s">
         <v>453</v>
       </c>
       <c r="AD71" t="s">
         <v>269</v>
       </c>
       <c r="AG71" t="s">
         <v>455</v>
       </c>
       <c r="AH71" t="s">
         <v>456</v>
       </c>
       <c r="AI71" t="s">
         <v>526</v>
       </c>
       <c r="AJ71" t="s">
         <v>618</v>
       </c>
       <c r="AK71" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
-    <row r="72" spans="1:37">
+    <row r="72" spans="1:38">
       <c r="A72" t="s">
         <v>108</v>
       </c>
       <c r="B72">
-        <v>1024</v>
+        <v>1006</v>
       </c>
       <c r="C72" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D72" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="E72" t="s">
         <v>269</v>
       </c>
       <c r="F72" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="G72" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H72">
         <v>50</v>
       </c>
       <c r="I72">
-        <v>415800</v>
+        <v>321700</v>
       </c>
       <c r="J72" t="s">
         <v>317</v>
       </c>
       <c r="K72">
-        <v>207900</v>
+        <v>160850</v>
       </c>
       <c r="L72" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M72" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="N72">
-        <v>117</v>
+        <v>102</v>
       </c>
       <c r="O72" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="P72" t="s">
         <v>397</v>
       </c>
       <c r="Q72" t="s">
         <v>403</v>
       </c>
       <c r="R72" t="s">
         <v>408</v>
       </c>
       <c r="S72" t="s">
         <v>412</v>
       </c>
       <c r="T72" t="s">
         <v>416</v>
       </c>
       <c r="U72" t="s">
         <v>418</v>
       </c>
       <c r="V72" t="s">
         <v>420</v>
       </c>
       <c r="W72" t="s">
         <v>422</v>
       </c>
       <c r="Z72" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="AA72" t="s">
-        <v>269</v>
+        <v>443</v>
       </c>
       <c r="AD72" t="s">
         <v>269</v>
       </c>
       <c r="AG72" t="s">
         <v>455</v>
       </c>
       <c r="AH72" t="s">
         <v>456</v>
       </c>
       <c r="AI72" t="s">
         <v>527</v>
       </c>
       <c r="AJ72" t="s">
         <v>619</v>
       </c>
       <c r="AK72" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="73" spans="1:37">
+    <row r="73" spans="1:38">
       <c r="A73" t="s">
         <v>109</v>
       </c>
       <c r="B73">
-        <v>1074</v>
+        <v>1016</v>
       </c>
       <c r="C73" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="D73" t="s">
-        <v>202</v>
+        <v>257</v>
       </c>
       <c r="E73" t="s">
         <v>269</v>
       </c>
       <c r="F73" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="G73" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="H73">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I73">
-        <v>390900</v>
+        <v>740600</v>
       </c>
       <c r="J73" t="s">
         <v>317</v>
       </c>
       <c r="K73">
-        <v>180450</v>
+        <v>370300</v>
       </c>
       <c r="L73" t="s">
-        <v>360</v>
+        <v>330</v>
       </c>
       <c r="M73" t="s">
-        <v>381</v>
+        <v>369</v>
       </c>
       <c r="N73">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="O73" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="P73" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="Q73" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="R73" t="s">
         <v>408</v>
       </c>
       <c r="S73" t="s">
         <v>412</v>
       </c>
       <c r="T73" t="s">
         <v>416</v>
       </c>
       <c r="U73" t="s">
         <v>418</v>
       </c>
       <c r="V73" t="s">
         <v>420</v>
       </c>
       <c r="W73" t="s">
         <v>422</v>
       </c>
       <c r="Z73" t="s">
-        <v>439</v>
+        <v>427</v>
       </c>
       <c r="AA73" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="AD73" t="s">
         <v>269</v>
       </c>
       <c r="AG73" t="s">
         <v>455</v>
       </c>
       <c r="AH73" t="s">
         <v>456</v>
       </c>
       <c r="AI73" t="s">
         <v>528</v>
       </c>
       <c r="AJ73" t="s">
         <v>620</v>
       </c>
       <c r="AK73" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="74" spans="1:37">
+    <row r="74" spans="1:38">
       <c r="A74" t="s">
         <v>110</v>
       </c>
       <c r="B74">
-        <v>1075</v>
+        <v>1001</v>
       </c>
       <c r="C74" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D74" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E74" t="s">
         <v>269</v>
       </c>
       <c r="F74" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="G74" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="H74">
         <v>50</v>
       </c>
       <c r="I74">
-        <v>152512.2</v>
+        <v>240500</v>
       </c>
       <c r="J74" t="s">
         <v>317</v>
       </c>
       <c r="K74">
-        <v>76256.13</v>
+        <v>120250</v>
       </c>
       <c r="L74" t="s">
-        <v>361</v>
+        <v>322</v>
       </c>
       <c r="M74" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="N74">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="O74" t="s">
         <v>384</v>
       </c>
       <c r="P74" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q74" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R74" t="s">
         <v>408</v>
       </c>
       <c r="S74" t="s">
         <v>412</v>
       </c>
       <c r="T74" t="s">
         <v>416</v>
       </c>
       <c r="U74" t="s">
         <v>418</v>
       </c>
       <c r="V74" t="s">
         <v>420</v>
       </c>
       <c r="W74" t="s">
         <v>422</v>
       </c>
       <c r="Z74" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="AA74" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="AD74" t="s">
         <v>269</v>
       </c>
       <c r="AG74" t="s">
         <v>455</v>
       </c>
       <c r="AH74" t="s">
         <v>456</v>
       </c>
       <c r="AI74" t="s">
         <v>529</v>
       </c>
       <c r="AJ74" t="s">
         <v>621</v>
       </c>
       <c r="AK74" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="75" spans="1:37">
+    <row r="75" spans="1:38">
       <c r="A75" t="s">
         <v>111</v>
       </c>
       <c r="B75">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="C75" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D75" t="s">
-        <v>261</v>
+        <v>203</v>
       </c>
       <c r="E75" t="s">
         <v>269</v>
       </c>
       <c r="F75" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G75" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="H75">
         <v>50</v>
       </c>
       <c r="I75">
-        <v>231000</v>
+        <v>200500</v>
       </c>
       <c r="J75" t="s">
         <v>317</v>
       </c>
       <c r="K75">
-        <v>115500</v>
+        <v>100250</v>
       </c>
       <c r="L75" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="M75" t="s">
         <v>367</v>
       </c>
       <c r="N75">
         <v>117</v>
       </c>
       <c r="O75" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="P75" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="Q75" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="R75" t="s">
         <v>408</v>
       </c>
       <c r="S75" t="s">
         <v>412</v>
       </c>
       <c r="T75" t="s">
         <v>416</v>
       </c>
       <c r="U75" t="s">
         <v>418</v>
       </c>
       <c r="V75" t="s">
         <v>420</v>
       </c>
       <c r="W75" t="s">
         <v>422</v>
       </c>
       <c r="Z75" t="s">
         <v>425</v>
       </c>
       <c r="AA75" t="s">
         <v>441</v>
       </c>
       <c r="AD75" t="s">
         <v>269</v>
       </c>
       <c r="AG75" t="s">
         <v>455</v>
       </c>
       <c r="AH75" t="s">
         <v>456</v>
       </c>
       <c r="AI75" t="s">
         <v>530</v>
       </c>
       <c r="AJ75" t="s">
         <v>622</v>
       </c>
       <c r="AK75" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="76" spans="1:37">
+    <row r="76" spans="1:38">
       <c r="A76" t="s">
         <v>112</v>
       </c>
       <c r="B76">
-        <v>1023</v>
+        <v>1051</v>
       </c>
       <c r="C76" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="D76" t="s">
-        <v>262</v>
+        <v>204</v>
       </c>
       <c r="E76" t="s">
         <v>269</v>
       </c>
       <c r="F76" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="G76" t="s">
-        <v>313</v>
+        <v>296</v>
       </c>
       <c r="H76">
         <v>50</v>
       </c>
       <c r="I76">
-        <v>54300</v>
+        <v>860200</v>
       </c>
       <c r="J76" t="s">
         <v>317</v>
       </c>
       <c r="K76">
-        <v>27150</v>
+        <v>430100</v>
       </c>
       <c r="L76" t="s">
-        <v>321</v>
+        <v>363</v>
       </c>
       <c r="M76" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="N76">
         <v>103</v>
       </c>
       <c r="O76" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="P76" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q76" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R76" t="s">
         <v>408</v>
       </c>
       <c r="S76" t="s">
         <v>412</v>
       </c>
       <c r="T76" t="s">
         <v>416</v>
       </c>
       <c r="U76" t="s">
         <v>418</v>
       </c>
       <c r="V76" t="s">
         <v>420</v>
       </c>
       <c r="W76" t="s">
         <v>422</v>
       </c>
       <c r="Z76" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="AA76" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="AD76" t="s">
         <v>269</v>
       </c>
       <c r="AG76" t="s">
         <v>455</v>
       </c>
       <c r="AH76" t="s">
         <v>456</v>
       </c>
       <c r="AI76" t="s">
         <v>531</v>
       </c>
       <c r="AJ76" t="s">
         <v>623</v>
       </c>
       <c r="AK76" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="77" spans="1:37">
+    <row r="77" spans="1:38">
       <c r="A77" t="s">
         <v>113</v>
       </c>
       <c r="B77">
-        <v>1059</v>
+        <v>1053</v>
       </c>
       <c r="C77" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D77" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="E77" t="s">
         <v>269</v>
       </c>
       <c r="F77" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G77" t="s">
-        <v>296</v>
+        <v>314</v>
       </c>
       <c r="H77">
         <v>50</v>
       </c>
       <c r="I77">
-        <v>759400</v>
+        <v>486800</v>
       </c>
       <c r="J77" t="s">
         <v>317</v>
       </c>
       <c r="K77">
-        <v>379700</v>
+        <v>243400</v>
       </c>
       <c r="L77" t="s">
-        <v>352</v>
+        <v>322</v>
       </c>
       <c r="M77" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N77">
         <v>102</v>
       </c>
       <c r="O77" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="P77" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q77" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R77" t="s">
         <v>408</v>
       </c>
       <c r="S77" t="s">
         <v>412</v>
       </c>
       <c r="T77" t="s">
         <v>416</v>
       </c>
       <c r="U77" t="s">
         <v>418</v>
       </c>
       <c r="V77" t="s">
         <v>420</v>
       </c>
       <c r="W77" t="s">
         <v>422</v>
       </c>
       <c r="Z77" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA77" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD77" t="s">
         <v>269</v>
       </c>
       <c r="AG77" t="s">
         <v>455</v>
       </c>
       <c r="AH77" t="s">
         <v>456</v>
       </c>
       <c r="AI77" t="s">
         <v>532</v>
       </c>
       <c r="AJ77" t="s">
         <v>624</v>
       </c>
       <c r="AK77" t="s">
         <v>641</v>
       </c>
     </row>
-    <row r="78" spans="1:37">
+    <row r="78" spans="1:38">
       <c r="A78" t="s">
         <v>114</v>
       </c>
       <c r="B78">
-        <v>6</v>
+        <v>1077</v>
       </c>
       <c r="C78" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D78" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="E78" t="s">
         <v>269</v>
       </c>
       <c r="F78" t="s">
-        <v>291</v>
+        <v>270</v>
       </c>
       <c r="G78" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="H78">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I78">
-        <v>910723.5699999999</v>
+        <v>2860800</v>
       </c>
       <c r="J78" t="s">
         <v>317</v>
       </c>
       <c r="K78">
-        <v>364289.43</v>
+        <v>1430400</v>
       </c>
       <c r="L78" t="s">
-        <v>336</v>
+        <v>328</v>
       </c>
       <c r="M78" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N78">
-        <v>14</v>
+        <v>103</v>
       </c>
       <c r="O78" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="P78" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="Q78" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="R78" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="S78" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="T78" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U78" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V78" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W78" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z78" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA78" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD78" t="s">
         <v>269</v>
       </c>
       <c r="AG78" t="s">
         <v>455</v>
       </c>
       <c r="AH78" t="s">
         <v>456</v>
       </c>
       <c r="AI78" t="s">
         <v>533</v>
       </c>
       <c r="AJ78" t="s">
         <v>625</v>
       </c>
       <c r="AK78" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
-    <row r="79" spans="1:37">
+    <row r="79" spans="1:38">
       <c r="A79" t="s">
         <v>115</v>
       </c>
       <c r="B79">
-        <v>1031</v>
+        <v>18</v>
       </c>
       <c r="C79" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D79" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="E79" t="s">
         <v>269</v>
       </c>
       <c r="F79" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="G79" t="s">
-        <v>295</v>
+        <v>313</v>
       </c>
       <c r="H79">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I79">
-        <v>311700</v>
+        <v>2602769.24</v>
       </c>
       <c r="J79" t="s">
         <v>317</v>
       </c>
       <c r="K79">
-        <v>155850</v>
+        <v>1041107.7</v>
       </c>
       <c r="L79" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="M79" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="N79">
-        <v>109</v>
+        <v>14</v>
       </c>
       <c r="O79" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="P79" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="Q79" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="R79" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="S79" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="T79" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U79" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V79" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W79" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z79" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="AA79" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="AD79" t="s">
         <v>269</v>
       </c>
       <c r="AG79" t="s">
         <v>455</v>
       </c>
       <c r="AH79" t="s">
         <v>456</v>
       </c>
       <c r="AI79" t="s">
-        <v>478</v>
+        <v>534</v>
       </c>
       <c r="AJ79" t="s">
-        <v>570</v>
+        <v>626</v>
       </c>
       <c r="AK79" t="s">
-        <v>641</v>
+        <v>642</v>
+      </c>
+      <c r="AL79">
+        <v>5256</v>
       </c>
     </row>
-    <row r="80" spans="1:37">
+    <row r="80" spans="1:38">
       <c r="A80" t="s">
         <v>116</v>
       </c>
       <c r="B80">
-        <v>1077</v>
+        <v>1008</v>
       </c>
       <c r="C80" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="D80" t="s">
-        <v>265</v>
+        <v>208</v>
       </c>
       <c r="E80" t="s">
         <v>269</v>
       </c>
       <c r="F80" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="G80" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="H80">
         <v>50</v>
       </c>
       <c r="I80">
-        <v>2860800</v>
+        <v>1843400</v>
       </c>
       <c r="J80" t="s">
         <v>317</v>
       </c>
       <c r="K80">
-        <v>1430400</v>
+        <v>921700</v>
       </c>
       <c r="L80" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="M80" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N80">
         <v>103</v>
       </c>
       <c r="O80" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="P80" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q80" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R80" t="s">
         <v>408</v>
       </c>
       <c r="S80" t="s">
         <v>412</v>
       </c>
       <c r="T80" t="s">
         <v>416</v>
       </c>
       <c r="U80" t="s">
         <v>418</v>
       </c>
       <c r="V80" t="s">
         <v>420</v>
       </c>
       <c r="W80" t="s">
         <v>422</v>
       </c>
       <c r="Z80" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA80" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD80" t="s">
         <v>269</v>
       </c>
       <c r="AG80" t="s">
         <v>455</v>
       </c>
       <c r="AH80" t="s">
         <v>456</v>
       </c>
       <c r="AI80" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="AJ80" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="AK80" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="81" spans="1:37">
       <c r="A81" t="s">
         <v>117</v>
       </c>
       <c r="B81">
-        <v>1086</v>
+        <v>1075</v>
       </c>
       <c r="C81" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D81" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="E81" t="s">
         <v>269</v>
       </c>
       <c r="F81" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="G81" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="H81">
         <v>50</v>
       </c>
       <c r="I81">
-        <v>878000</v>
+        <v>152512.2</v>
       </c>
       <c r="J81" t="s">
         <v>317</v>
       </c>
       <c r="K81">
-        <v>439000</v>
+        <v>76256.13</v>
       </c>
       <c r="L81" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="M81" t="s">
-        <v>367</v>
+        <v>381</v>
       </c>
       <c r="N81">
         <v>103</v>
       </c>
       <c r="O81" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="P81" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q81" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R81" t="s">
         <v>408</v>
       </c>
       <c r="S81" t="s">
         <v>412</v>
       </c>
       <c r="T81" t="s">
         <v>416</v>
       </c>
       <c r="U81" t="s">
         <v>418</v>
       </c>
       <c r="V81" t="s">
         <v>420</v>
       </c>
       <c r="W81" t="s">
         <v>422</v>
       </c>
       <c r="Z81" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="AA81" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="AD81" t="s">
         <v>269</v>
       </c>
       <c r="AG81" t="s">
         <v>455</v>
       </c>
       <c r="AH81" t="s">
         <v>456</v>
       </c>
       <c r="AI81" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="AJ81" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="AK81" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="82" spans="1:37">
       <c r="A82" t="s">
         <v>118</v>
       </c>
       <c r="B82">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="C82" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D82" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E82" t="s">
         <v>269</v>
       </c>
       <c r="F82" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="G82" t="s">
-        <v>314</v>
+        <v>296</v>
       </c>
       <c r="H82">
         <v>50</v>
       </c>
       <c r="I82">
-        <v>560700</v>
+        <v>494200</v>
       </c>
       <c r="J82" t="s">
         <v>317</v>
       </c>
       <c r="K82">
-        <v>280350</v>
+        <v>247100</v>
       </c>
       <c r="L82" t="s">
-        <v>363</v>
+        <v>345</v>
       </c>
       <c r="M82" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="N82">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="O82" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="P82" t="s">
         <v>398</v>
       </c>
       <c r="Q82" t="s">
         <v>404</v>
       </c>
       <c r="R82" t="s">
         <v>408</v>
       </c>
       <c r="S82" t="s">
         <v>412</v>
       </c>
       <c r="T82" t="s">
         <v>416</v>
       </c>
       <c r="U82" t="s">
         <v>418</v>
       </c>
       <c r="V82" t="s">
         <v>420</v>
       </c>
       <c r="W82" t="s">
         <v>422</v>
       </c>
       <c r="Z82" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="AA82" t="s">
-        <v>269</v>
+        <v>443</v>
       </c>
       <c r="AD82" t="s">
         <v>269</v>
       </c>
       <c r="AG82" t="s">
         <v>455</v>
       </c>
       <c r="AH82" t="s">
         <v>456</v>
       </c>
       <c r="AI82" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="AJ82" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="AK82" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="83" spans="1:37">
       <c r="A83" t="s">
         <v>119</v>
       </c>
       <c r="B83">
-        <v>1058</v>
+        <v>1081</v>
       </c>
       <c r="C83" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D83" t="s">
-        <v>212</v>
+        <v>262</v>
       </c>
       <c r="E83" t="s">
         <v>269</v>
       </c>
       <c r="F83" t="s">
         <v>270</v>
       </c>
       <c r="G83" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="H83">
         <v>50</v>
       </c>
       <c r="I83">
-        <v>494200</v>
+        <v>231000</v>
       </c>
       <c r="J83" t="s">
         <v>317</v>
       </c>
       <c r="K83">
-        <v>247100</v>
+        <v>115500</v>
       </c>
       <c r="L83" t="s">
-        <v>319</v>
+        <v>342</v>
       </c>
       <c r="M83" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N83">
         <v>117</v>
       </c>
       <c r="O83" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="P83" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="Q83" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="R83" t="s">
         <v>408</v>
       </c>
       <c r="S83" t="s">
         <v>412</v>
       </c>
       <c r="T83" t="s">
         <v>416</v>
       </c>
       <c r="U83" t="s">
         <v>418</v>
       </c>
       <c r="V83" t="s">
         <v>420</v>
       </c>
       <c r="W83" t="s">
         <v>422</v>
       </c>
       <c r="Z83" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA83" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD83" t="s">
         <v>269</v>
       </c>
       <c r="AG83" t="s">
         <v>455</v>
       </c>
       <c r="AH83" t="s">
         <v>456</v>
       </c>
       <c r="AI83" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="AJ83" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="AK83" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="84" spans="1:37">
       <c r="A84" t="s">
         <v>120</v>
       </c>
       <c r="B84">
-        <v>1061</v>
+        <v>1079</v>
       </c>
       <c r="C84" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D84" t="s">
-        <v>213</v>
+        <v>263</v>
       </c>
       <c r="E84" t="s">
         <v>269</v>
       </c>
       <c r="F84" t="s">
         <v>270</v>
       </c>
       <c r="G84" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="H84">
         <v>50</v>
       </c>
       <c r="I84">
-        <v>195800</v>
+        <v>591500</v>
       </c>
       <c r="J84" t="s">
         <v>317</v>
       </c>
       <c r="K84">
-        <v>97900</v>
+        <v>295750</v>
       </c>
       <c r="L84" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
       <c r="M84" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="N84">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="O84" t="s">
         <v>384</v>
       </c>
       <c r="P84" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q84" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R84" t="s">
         <v>408</v>
       </c>
       <c r="S84" t="s">
         <v>412</v>
       </c>
       <c r="T84" t="s">
         <v>416</v>
       </c>
       <c r="U84" t="s">
         <v>418</v>
       </c>
       <c r="V84" t="s">
         <v>420</v>
       </c>
       <c r="W84" t="s">
         <v>422</v>
       </c>
       <c r="Z84" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="AA84" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="AD84" t="s">
         <v>269</v>
       </c>
       <c r="AG84" t="s">
         <v>455</v>
       </c>
       <c r="AH84" t="s">
         <v>456</v>
       </c>
       <c r="AI84" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="AJ84" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="AK84" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="85" spans="1:37">
       <c r="A85" t="s">
         <v>121</v>
       </c>
       <c r="B85">
-        <v>2</v>
+        <v>1013</v>
       </c>
       <c r="C85" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D85" t="s">
-        <v>214</v>
+        <v>264</v>
       </c>
       <c r="E85" t="s">
         <v>269</v>
       </c>
       <c r="F85" t="s">
-        <v>293</v>
+        <v>271</v>
       </c>
       <c r="G85" t="s">
-        <v>315</v>
+        <v>295</v>
       </c>
       <c r="H85">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I85">
-        <v>644740.2</v>
+        <v>587400</v>
       </c>
       <c r="J85" t="s">
         <v>317</v>
       </c>
       <c r="K85">
-        <v>257896.08</v>
+        <v>293700</v>
       </c>
       <c r="L85" t="s">
-        <v>340</v>
+        <v>319</v>
       </c>
       <c r="M85" t="s">
         <v>367</v>
       </c>
       <c r="N85">
-        <v>60</v>
+        <v>117</v>
       </c>
       <c r="O85" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="P85" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="Q85" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="R85" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S85" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T85" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U85" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V85" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W85" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z85" t="s">
         <v>425</v>
       </c>
       <c r="AA85" t="s">
         <v>441</v>
       </c>
       <c r="AD85" t="s">
         <v>269</v>
       </c>
       <c r="AG85" t="s">
         <v>455</v>
       </c>
       <c r="AH85" t="s">
         <v>456</v>
       </c>
       <c r="AI85" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="AJ85" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="AK85" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="86" spans="1:37">
       <c r="A86" t="s">
         <v>122</v>
       </c>
       <c r="B86">
-        <v>1048</v>
+        <v>1031</v>
       </c>
       <c r="C86" t="s">
-        <v>153</v>
+        <v>214</v>
       </c>
       <c r="D86" t="s">
-        <v>230</v>
+        <v>265</v>
       </c>
       <c r="E86" t="s">
         <v>269</v>
       </c>
       <c r="F86" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="G86" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="H86">
         <v>50</v>
       </c>
       <c r="I86">
-        <v>142100</v>
+        <v>311700</v>
       </c>
       <c r="J86" t="s">
         <v>317</v>
       </c>
       <c r="K86">
-        <v>71050</v>
+        <v>155850</v>
       </c>
       <c r="L86" t="s">
-        <v>364</v>
+        <v>339</v>
       </c>
       <c r="M86" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="N86">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="O86" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="P86" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="Q86" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="R86" t="s">
         <v>408</v>
       </c>
       <c r="S86" t="s">
         <v>412</v>
       </c>
       <c r="T86" t="s">
         <v>416</v>
       </c>
       <c r="U86" t="s">
         <v>418</v>
       </c>
       <c r="V86" t="s">
         <v>420</v>
       </c>
       <c r="W86" t="s">
         <v>422</v>
       </c>
       <c r="Z86" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="AA86" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="AD86" t="s">
         <v>269</v>
       </c>
       <c r="AG86" t="s">
         <v>455</v>
       </c>
       <c r="AH86" t="s">
         <v>456</v>
       </c>
       <c r="AI86" t="s">
-        <v>540</v>
+        <v>480</v>
       </c>
       <c r="AJ86" t="s">
-        <v>632</v>
+        <v>572</v>
       </c>
       <c r="AK86" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="87" spans="1:37">
       <c r="A87" t="s">
         <v>123</v>
       </c>
       <c r="B87">
-        <v>1062</v>
+        <v>19</v>
       </c>
       <c r="C87" t="s">
         <v>215</v>
       </c>
       <c r="D87" t="s">
-        <v>215</v>
+        <v>266</v>
       </c>
       <c r="E87" t="s">
         <v>269</v>
       </c>
       <c r="F87" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="G87" t="s">
-        <v>296</v>
+        <v>313</v>
       </c>
       <c r="H87">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I87">
-        <v>173700</v>
+        <v>705564.05</v>
       </c>
       <c r="J87" t="s">
         <v>317</v>
       </c>
       <c r="K87">
-        <v>86850</v>
+        <v>282225.62</v>
       </c>
       <c r="L87" t="s">
-        <v>320</v>
+        <v>349</v>
       </c>
       <c r="M87" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="N87">
-        <v>117</v>
+        <v>62</v>
       </c>
       <c r="O87" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="P87" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="Q87" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="R87" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S87" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T87" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U87" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V87" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W87" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z87" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="AA87" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="AD87" t="s">
         <v>269</v>
       </c>
       <c r="AG87" t="s">
         <v>455</v>
       </c>
       <c r="AH87" t="s">
         <v>456</v>
       </c>
       <c r="AI87" t="s">
         <v>541</v>
       </c>
       <c r="AJ87" t="s">
         <v>633</v>
       </c>
       <c r="AK87" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="88" spans="1:37">
       <c r="A88" t="s">
         <v>124</v>
       </c>
       <c r="B88">
-        <v>12</v>
+        <v>1059</v>
       </c>
       <c r="C88" t="s">
         <v>216</v>
       </c>
       <c r="D88" t="s">
         <v>216</v>
       </c>
       <c r="E88" t="s">
         <v>269</v>
       </c>
       <c r="F88" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="G88" t="s">
-        <v>316</v>
+        <v>296</v>
       </c>
       <c r="H88">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I88">
-        <v>3109512.85</v>
+        <v>759400</v>
       </c>
       <c r="J88" t="s">
         <v>317</v>
       </c>
       <c r="K88">
-        <v>1243805.14</v>
+        <v>379700</v>
       </c>
       <c r="L88" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="M88" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N88">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="O88" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="P88" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="Q88" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="R88" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="S88" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="T88" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="U88" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="V88" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="W88" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="Z88" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA88" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD88" t="s">
         <v>269</v>
       </c>
       <c r="AG88" t="s">
         <v>455</v>
       </c>
       <c r="AH88" t="s">
         <v>456</v>
       </c>
       <c r="AI88" t="s">
         <v>542</v>
       </c>
       <c r="AJ88" t="s">
         <v>634</v>
       </c>
       <c r="AK88" t="s">
-        <v>642</v>
+        <v>641</v>
       </c>
     </row>
     <row r="89" spans="1:37">
       <c r="A89" t="s">
         <v>125</v>
       </c>
       <c r="B89">
-        <v>1079</v>
+        <v>1056</v>
       </c>
       <c r="C89" t="s">
         <v>217</v>
       </c>
       <c r="D89" t="s">
-        <v>267</v>
+        <v>217</v>
       </c>
       <c r="E89" t="s">
         <v>269</v>
       </c>
       <c r="F89" t="s">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="G89" t="s">
-        <v>298</v>
+        <v>315</v>
       </c>
       <c r="H89">
         <v>50</v>
       </c>
       <c r="I89">
-        <v>591500</v>
+        <v>560700</v>
       </c>
       <c r="J89" t="s">
         <v>317</v>
       </c>
       <c r="K89">
-        <v>295750</v>
+        <v>280350</v>
       </c>
       <c r="L89" t="s">
-        <v>325</v>
+        <v>365</v>
       </c>
       <c r="M89" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="N89">
         <v>102</v>
       </c>
       <c r="O89" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="P89" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="Q89" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="R89" t="s">
         <v>408</v>
       </c>
       <c r="S89" t="s">
         <v>412</v>
       </c>
       <c r="T89" t="s">
         <v>416</v>
       </c>
       <c r="U89" t="s">
         <v>418</v>
       </c>
       <c r="V89" t="s">
         <v>420</v>
       </c>
       <c r="W89" t="s">
         <v>422</v>
       </c>
       <c r="Z89" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="AA89" t="s">
-        <v>441</v>
+        <v>269</v>
       </c>
       <c r="AD89" t="s">
         <v>269</v>
       </c>
       <c r="AG89" t="s">
         <v>455</v>
       </c>
       <c r="AH89" t="s">
         <v>456</v>
       </c>
       <c r="AI89" t="s">
         <v>543</v>
       </c>
       <c r="AJ89" t="s">
         <v>635</v>
       </c>
       <c r="AK89" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="90" spans="1:37">
       <c r="A90" t="s">
         <v>126</v>
       </c>
       <c r="B90">
-        <v>1036</v>
+        <v>1063</v>
       </c>
       <c r="C90" t="s">
         <v>218</v>
       </c>
       <c r="D90" t="s">
         <v>218</v>
       </c>
       <c r="E90" t="s">
         <v>269</v>
       </c>
       <c r="F90" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="G90" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H90">
         <v>50</v>
       </c>
       <c r="I90">
-        <v>1158900</v>
+        <v>81600</v>
       </c>
       <c r="J90" t="s">
         <v>317</v>
       </c>
       <c r="K90">
-        <v>579450</v>
+        <v>40800</v>
       </c>
       <c r="L90" t="s">
-        <v>365</v>
+        <v>319</v>
       </c>
       <c r="M90" t="s">
         <v>367</v>
       </c>
       <c r="N90">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="O90" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="P90" t="s">
         <v>398</v>
       </c>
       <c r="Q90" t="s">
         <v>404</v>
       </c>
       <c r="R90" t="s">
         <v>408</v>
       </c>
       <c r="S90" t="s">
         <v>412</v>
       </c>
       <c r="T90" t="s">
         <v>416</v>
       </c>
       <c r="U90" t="s">
         <v>418</v>
       </c>
       <c r="V90" t="s">
         <v>420</v>
       </c>
       <c r="W90" t="s">
         <v>422</v>
       </c>
@@ -10882,423 +10882,423 @@
       </c>
       <c r="AD90" t="s">
         <v>269</v>
       </c>
       <c r="AG90" t="s">
         <v>455</v>
       </c>
       <c r="AH90" t="s">
         <v>456</v>
       </c>
       <c r="AI90" t="s">
         <v>544</v>
       </c>
       <c r="AJ90" t="s">
         <v>636</v>
       </c>
       <c r="AK90" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="91" spans="1:37">
       <c r="A91" t="s">
         <v>127</v>
       </c>
       <c r="B91">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="C91" t="s">
         <v>219</v>
       </c>
       <c r="D91" t="s">
-        <v>219</v>
+        <v>267</v>
       </c>
       <c r="E91" t="s">
         <v>269</v>
       </c>
       <c r="F91" t="s">
         <v>271</v>
       </c>
       <c r="G91" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="H91">
         <v>50</v>
       </c>
       <c r="I91">
-        <v>505000</v>
+        <v>90300</v>
       </c>
       <c r="J91" t="s">
         <v>317</v>
       </c>
       <c r="K91">
-        <v>252500</v>
+        <v>45150</v>
       </c>
       <c r="L91" t="s">
-        <v>320</v>
+        <v>342</v>
       </c>
       <c r="M91" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="N91">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="O91" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="P91" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="Q91" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="R91" t="s">
         <v>408</v>
       </c>
       <c r="S91" t="s">
         <v>412</v>
       </c>
       <c r="T91" t="s">
         <v>416</v>
       </c>
       <c r="U91" t="s">
         <v>418</v>
       </c>
       <c r="V91" t="s">
         <v>420</v>
       </c>
       <c r="W91" t="s">
         <v>422</v>
       </c>
       <c r="Z91" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="AA91" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="AD91" t="s">
         <v>269</v>
       </c>
       <c r="AG91" t="s">
         <v>455</v>
       </c>
       <c r="AH91" t="s">
         <v>456</v>
       </c>
       <c r="AI91" t="s">
         <v>545</v>
       </c>
       <c r="AJ91" t="s">
         <v>637</v>
       </c>
       <c r="AK91" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="92" spans="1:37">
       <c r="A92" t="s">
         <v>128</v>
       </c>
       <c r="B92">
-        <v>1046</v>
+        <v>17</v>
       </c>
       <c r="C92" t="s">
         <v>220</v>
       </c>
       <c r="D92" t="s">
-        <v>220</v>
+        <v>268</v>
       </c>
       <c r="E92" t="s">
         <v>269</v>
       </c>
       <c r="F92" t="s">
         <v>272</v>
       </c>
       <c r="G92" t="s">
-        <v>296</v>
+        <v>313</v>
       </c>
       <c r="H92">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I92">
-        <v>150000</v>
+        <v>1964662.45</v>
       </c>
       <c r="J92" t="s">
         <v>317</v>
       </c>
       <c r="K92">
-        <v>75000</v>
+        <v>785864.98</v>
       </c>
       <c r="L92" t="s">
-        <v>320</v>
+        <v>349</v>
       </c>
       <c r="M92" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="N92">
-        <v>117</v>
+        <v>58</v>
       </c>
       <c r="O92" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="P92" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="Q92" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="R92" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S92" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T92" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U92" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V92" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W92" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z92" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="AA92" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="AD92" t="s">
         <v>269</v>
       </c>
       <c r="AG92" t="s">
         <v>455</v>
       </c>
       <c r="AH92" t="s">
         <v>456</v>
       </c>
       <c r="AI92" t="s">
         <v>546</v>
       </c>
       <c r="AJ92" t="s">
         <v>638</v>
       </c>
       <c r="AK92" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="93" spans="1:37">
       <c r="A93" t="s">
         <v>129</v>
       </c>
       <c r="B93">
-        <v>1001</v>
+        <v>1022</v>
       </c>
       <c r="C93" t="s">
         <v>221</v>
       </c>
       <c r="D93" t="s">
-        <v>268</v>
+        <v>221</v>
       </c>
       <c r="E93" t="s">
         <v>269</v>
       </c>
       <c r="F93" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="G93" t="s">
         <v>295</v>
       </c>
       <c r="H93">
         <v>50</v>
       </c>
       <c r="I93">
-        <v>240500</v>
+        <v>472900</v>
       </c>
       <c r="J93" t="s">
         <v>317</v>
       </c>
       <c r="K93">
-        <v>120250</v>
+        <v>236450</v>
       </c>
       <c r="L93" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="M93" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N93">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="O93" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="P93" t="s">
         <v>398</v>
       </c>
       <c r="Q93" t="s">
         <v>404</v>
       </c>
       <c r="R93" t="s">
         <v>408</v>
       </c>
       <c r="S93" t="s">
         <v>412</v>
       </c>
       <c r="T93" t="s">
         <v>416</v>
       </c>
       <c r="U93" t="s">
         <v>418</v>
       </c>
       <c r="V93" t="s">
         <v>420</v>
       </c>
       <c r="W93" t="s">
         <v>422</v>
       </c>
       <c r="Z93" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA93" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD93" t="s">
         <v>269</v>
       </c>
       <c r="AG93" t="s">
         <v>455</v>
       </c>
       <c r="AH93" t="s">
         <v>456</v>
       </c>
       <c r="AI93" t="s">
         <v>547</v>
       </c>
       <c r="AJ93" t="s">
         <v>639</v>
       </c>
       <c r="AK93" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="94" spans="1:37">
       <c r="A94" t="s">
         <v>130</v>
       </c>
       <c r="B94">
-        <v>1069</v>
+        <v>12</v>
       </c>
       <c r="C94" t="s">
         <v>222</v>
       </c>
       <c r="D94" t="s">
         <v>222</v>
       </c>
       <c r="E94" t="s">
         <v>269</v>
       </c>
       <c r="F94" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="G94" t="s">
-        <v>296</v>
+        <v>316</v>
       </c>
       <c r="H94">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I94">
-        <v>260000</v>
+        <v>3109512.85</v>
       </c>
       <c r="J94" t="s">
         <v>317</v>
       </c>
       <c r="K94">
-        <v>130000</v>
+        <v>1243805.14</v>
       </c>
       <c r="L94" t="s">
-        <v>340</v>
+        <v>349</v>
       </c>
       <c r="M94" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="N94">
-        <v>103</v>
+        <v>62</v>
       </c>
       <c r="O94" t="s">
-        <v>384</v>
+        <v>393</v>
       </c>
       <c r="P94" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="Q94" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="R94" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="S94" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="T94" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="U94" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="V94" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="W94" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="Z94" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="AA94" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="AD94" t="s">
         <v>269</v>
       </c>
       <c r="AG94" t="s">
         <v>455</v>
       </c>
       <c r="AH94" t="s">
         <v>456</v>
       </c>
       <c r="AI94" t="s">
         <v>548</v>
       </c>
       <c r="AJ94" t="s">
         <v>640</v>
       </c>
       <c r="AK94" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>