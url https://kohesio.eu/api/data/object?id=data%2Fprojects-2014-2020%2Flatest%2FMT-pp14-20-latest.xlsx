--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -126,2499 +126,2499 @@
   <si>
     <t>NUTS1_Code</t>
   </si>
   <si>
     <t>NUTS2_Code</t>
   </si>
   <si>
     <t>NUTS3_Code</t>
   </si>
   <si>
     <t>Programming_Period</t>
   </si>
   <si>
     <t>Operation_Summary_English</t>
   </si>
   <si>
     <t>Operation_Summary_Programme_Language</t>
   </si>
   <si>
     <t>ManagingAuthority</t>
   </si>
   <si>
     <t>InfoRegio_ID</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3127468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126005</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064383</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126000</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056294</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126008</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127469</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126009</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056261</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127471</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056287</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064385</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3056269</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3056257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126010</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126006</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3126004</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127462</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3126007</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3056285</t>
+    <t>https://linkedopendata.eu/entity/Q3064387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127475</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127438</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3127455</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3127438</t>
-[...14 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3127461</t>
+    <t>https://linkedopendata.eu/entity/Q3127467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127453</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056248</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3125629</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3127448</t>
-[...29 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3056260</t>
+    <t>https://linkedopendata.eu/entity/Q3127444</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3127430</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3127470</t>
-[...8 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3056264</t>
+    <t>https://linkedopendata.eu/entity/Q3127439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127459</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3056273</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127476</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3056255</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3056279</t>
-[...56 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3126004</t>
+    <t>https://linkedopendata.eu/entity/Q3127445</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3056251</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3127473</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3064383</t>
-[...206 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3056274</t>
+    <t>ESF.04.084</t>
+  </si>
+  <si>
+    <t>ESF.02.150</t>
+  </si>
+  <si>
+    <t>ERDF.03.011</t>
+  </si>
+  <si>
+    <t>ERDF.08.034</t>
+  </si>
+  <si>
+    <t>ERDF.03.S2</t>
+  </si>
+  <si>
+    <t>CF.10.096</t>
+  </si>
+  <si>
+    <t>ERDF.05.144</t>
+  </si>
+  <si>
+    <t>ESF 03.S1</t>
+  </si>
+  <si>
+    <t>ERDF.03.007</t>
+  </si>
+  <si>
+    <t>ERDF.05.143</t>
+  </si>
+  <si>
+    <t>ERDF.05.100</t>
+  </si>
+  <si>
+    <t>ESF.04.073</t>
+  </si>
+  <si>
+    <t>ESF.02.063</t>
+  </si>
+  <si>
+    <t>ERDF.05.019</t>
+  </si>
+  <si>
+    <t>ERDF.05.016</t>
+  </si>
+  <si>
+    <t>ERDF.04.110</t>
+  </si>
+  <si>
+    <t>ERDF.05.109</t>
+  </si>
+  <si>
+    <t>ERDF.05.106</t>
+  </si>
+  <si>
+    <t>ERDF.09.036</t>
+  </si>
+  <si>
+    <t>ERDF.05.105</t>
+  </si>
+  <si>
+    <t>ERDF.03.S5</t>
+  </si>
+  <si>
+    <t>ESF.03.099</t>
+  </si>
+  <si>
+    <t>ERDF.04.046</t>
+  </si>
+  <si>
+    <t>ESF.04.085</t>
+  </si>
+  <si>
+    <t>ESF.04.071</t>
+  </si>
+  <si>
+    <t>ERDF.04.069</t>
+  </si>
+  <si>
+    <t>ERDF.05.118</t>
+  </si>
+  <si>
+    <t>ESF.02.048</t>
+  </si>
+  <si>
+    <t>ERDF.08.032</t>
+  </si>
+  <si>
+    <t>ESF 03.059</t>
+  </si>
+  <si>
+    <t>ESF.02.058</t>
+  </si>
+  <si>
+    <t>ESF.02.054</t>
+  </si>
+  <si>
+    <t>ERDF.01.S1</t>
+  </si>
+  <si>
+    <t>ERDF.05.026</t>
+  </si>
+  <si>
+    <t>ERDF.05.029</t>
+  </si>
+  <si>
+    <t>ESF.04.158</t>
+  </si>
+  <si>
+    <t>ERDF.05.025</t>
+  </si>
+  <si>
+    <t>ERDF.08.142</t>
+  </si>
+  <si>
+    <t>ERDF.05.099</t>
+  </si>
+  <si>
+    <t>ESF.04.093</t>
+  </si>
+  <si>
+    <t>ERDF.05.121</t>
+  </si>
+  <si>
+    <t>ERDF.07.091</t>
+  </si>
+  <si>
+    <t>CF.11.132</t>
+  </si>
+  <si>
+    <t>ESF 01.002</t>
+  </si>
+  <si>
+    <t>ESF.02.161</t>
+  </si>
+  <si>
+    <t>ERDF.08.141</t>
+  </si>
+  <si>
+    <t>ESF 01.001</t>
+  </si>
+  <si>
+    <t>ESF.02.147</t>
+  </si>
+  <si>
+    <t>ERDF.08.031</t>
+  </si>
+  <si>
+    <t>ERDF.01.122</t>
+  </si>
+  <si>
+    <t>CF.10.135</t>
   </si>
   <si>
     <t>ERDF.05.103</t>
   </si>
   <si>
+    <t>ERDF.04.111</t>
+  </si>
+  <si>
+    <t>ERDF.01.124</t>
+  </si>
+  <si>
+    <t>ESF.02.053</t>
+  </si>
+  <si>
+    <t>ERDF.05.116</t>
+  </si>
+  <si>
+    <t>ESF.02.157</t>
+  </si>
+  <si>
+    <t>ERDF.02.S1</t>
+  </si>
+  <si>
+    <t>ERDF.05.115</t>
+  </si>
+  <si>
+    <t>ERDF.03.S3</t>
+  </si>
+  <si>
+    <t>ESF.02.164</t>
+  </si>
+  <si>
+    <t>ERDF.05.145</t>
+  </si>
+  <si>
+    <t>ESF.04.076</t>
+  </si>
+  <si>
+    <t>ERDF.02.035</t>
+  </si>
+  <si>
+    <t>ESF.02.162</t>
+  </si>
+  <si>
+    <t>ERDF.03.S1</t>
+  </si>
+  <si>
+    <t>ESF.02.061</t>
+  </si>
+  <si>
+    <t>ERDF.02.030</t>
+  </si>
+  <si>
+    <t>ERDF.08.043</t>
+  </si>
+  <si>
+    <t>ERDF.06.996</t>
+  </si>
+  <si>
+    <t>ESF.04.077</t>
+  </si>
+  <si>
     <t>ERDF.03.S4</t>
   </si>
   <si>
-    <t>ERDF.05.145</t>
+    <t>CF.10.137</t>
+  </si>
+  <si>
+    <t>CF.10.136</t>
+  </si>
+  <si>
+    <t>ESF.02.056</t>
+  </si>
+  <si>
+    <t>ESF.04.086</t>
+  </si>
+  <si>
+    <t>ERDF.05.024</t>
+  </si>
+  <si>
+    <t>CF.10.138</t>
+  </si>
+  <si>
+    <t>ERDF.05.027</t>
+  </si>
+  <si>
+    <t>ESF.04.082</t>
+  </si>
+  <si>
+    <t>ERDF.04.008</t>
+  </si>
+  <si>
+    <t>ESF.04.159</t>
+  </si>
+  <si>
+    <t>ESF.02.064</t>
   </si>
   <si>
     <t>ESF 03.015</t>
   </si>
   <si>
-    <t>ESF.02.064</t>
-[...14 lines deleted...]
-    <t>ESF.04.076</t>
+    <t>ESF.04.083</t>
+  </si>
+  <si>
+    <t>ESF 03.003</t>
+  </si>
+  <si>
+    <t>ESF.02.156</t>
+  </si>
+  <si>
+    <t>ESF.04.080</t>
+  </si>
+  <si>
+    <t>ESF.04.078</t>
+  </si>
+  <si>
+    <t>CF.10.998</t>
+  </si>
+  <si>
+    <t>ERDF.04.067</t>
+  </si>
+  <si>
+    <t>ESF.02.052</t>
+  </si>
+  <si>
+    <t>ERDF.05.102</t>
+  </si>
+  <si>
+    <t>ERDF.04.070</t>
+  </si>
+  <si>
+    <t>ESF 03.004</t>
+  </si>
+  <si>
+    <t>ESF 03.009</t>
+  </si>
+  <si>
+    <t>ESF.02.163</t>
+  </si>
+  <si>
+    <t>ESF.02.149</t>
+  </si>
+  <si>
+    <t>ERDF.03.014</t>
   </si>
   <si>
     <t>ESF 01.S1</t>
   </si>
   <si>
-    <t>ESF.02.161</t>
-[...29 lines deleted...]
-    <t>ERDF.05.024</t>
+    <t>ESF.02.154</t>
   </si>
   <si>
     <t>ESF.02.049</t>
   </si>
   <si>
-    <t>ESF.04.086</t>
-[...8 lines deleted...]
-    <t>ERDF.05.029</t>
+    <t>ESF.02.065</t>
+  </si>
+  <si>
+    <t>CF.10.134</t>
+  </si>
+  <si>
+    <t>ERDF.05.117</t>
+  </si>
+  <si>
+    <t>ERDF.05.120</t>
+  </si>
+  <si>
+    <t>ESF.04.072</t>
+  </si>
+  <si>
+    <t>ESF.04.079</t>
+  </si>
+  <si>
+    <t>ESF.04.094</t>
+  </si>
+  <si>
+    <t>CF.11.013</t>
+  </si>
+  <si>
+    <t>ERDF.09.044</t>
+  </si>
+  <si>
+    <t>ERDF.05.101</t>
+  </si>
+  <si>
+    <t>CF.11.133</t>
+  </si>
+  <si>
+    <t>ERDF.05.113</t>
+  </si>
+  <si>
+    <t>ESF.02.153</t>
+  </si>
+  <si>
+    <t>ESF.04.160</t>
   </si>
   <si>
     <t>ERDF.04.108</t>
   </si>
   <si>
-    <t>ERDF.05.120</t>
-[...56 lines deleted...]
-    <t>ERDF.03.S1</t>
+    <t>ESF.02.155</t>
   </si>
   <si>
     <t>ERDF.04.066</t>
   </si>
   <si>
     <t>ESF.04.148</t>
   </si>
   <si>
-    <t>CF.10.096</t>
-[...206 lines deleted...]
-    <t>ERDF.05.115</t>
+    <t>Reform in the public health system to maximize efficiency gains and enhance governance</t>
+  </si>
+  <si>
+    <t>Bullying and Ostracism at the Workplace in Malta</t>
+  </si>
+  <si>
+    <t>The Redevelopment of Ta' Qali Crafts Village</t>
+  </si>
+  <si>
+    <t>The Establishment of a Walking, Jogging and Cycling Trail at Ulysses Grove &amp; Multi-sports outdoor facility for a healthier lifestyle</t>
+  </si>
+  <si>
+    <t>SME Internationalisation Grant Scheme</t>
+  </si>
+  <si>
+    <t>Enhancing National Monitoring and Public Engagement Capacity for improved Water Resources Management</t>
+  </si>
+  <si>
+    <t>Conserving, protecting and promoting the Porto Salvo and St. Dominic Basilica in Valletta</t>
+  </si>
+  <si>
+    <t>Investing In Skills</t>
+  </si>
+  <si>
+    <t>Internationalization Knowledge Platform</t>
+  </si>
+  <si>
+    <t>The MICAS Galleries</t>
+  </si>
+  <si>
+    <t>The Southern Coastal Watch</t>
+  </si>
+  <si>
+    <t>PA+</t>
+  </si>
+  <si>
+    <t>Knowledge, Training, Communications and Support Measures in Support of Vulnerable Groups</t>
+  </si>
+  <si>
+    <t>MUZA - The National-Community Art Museum</t>
+  </si>
+  <si>
+    <t>Grandmasters' Palace Regeneration Project</t>
+  </si>
+  <si>
+    <t>Going Solar - OASI PV Panels</t>
+  </si>
+  <si>
+    <t>Extension/Refurbishment of St John's Co-Cathedral Museum: Caravaggio Centre &amp; Basement Museum Spaces</t>
+  </si>
+  <si>
+    <t>Setting-up a cultural and religious tourism experience within St Dominic’s Priory</t>
+  </si>
+  <si>
+    <t>MCAST Campus  Master-Plan: Phase 2</t>
+  </si>
+  <si>
+    <t>Birkirkara Old Railway Station Museum Project</t>
+  </si>
+  <si>
+    <t>Start-up Investment Grant Scheme</t>
+  </si>
+  <si>
+    <t>Further Studies Made Affordable (FSMA)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Renewable Energy (EERE) – Malta Instrument (SFSB)</t>
+  </si>
+  <si>
+    <t>Towards a More Professional Workforce in the Public Administration</t>
+  </si>
+  <si>
+    <t>SpatialTrain Scholarships Programme</t>
+  </si>
+  <si>
+    <t>Investing in an Energy Efficient System for St. Vincent de Paul Residence</t>
+  </si>
+  <si>
+    <t>Reviving Malta’s highest point: The Mtarfa Clock Tower</t>
+  </si>
+  <si>
+    <t>The VASTE Programme</t>
+  </si>
+  <si>
+    <t>Paola Primary Health Care Southern Regional Hub</t>
+  </si>
+  <si>
+    <t>One Tablet Per Child - OTPC</t>
+  </si>
+  <si>
+    <t>Adding Value: Nurturing Learning Journeys at the MCAST Foundation College</t>
+  </si>
+  <si>
+    <t>INK: Person-focused inclusion project</t>
+  </si>
+  <si>
+    <t>Business Enhance RD&amp;I Grant Scheme</t>
+  </si>
+  <si>
+    <t>Re-living the Sacra Infermeria</t>
+  </si>
+  <si>
+    <t>Rehabilitation of Xewkija Windmill</t>
+  </si>
+  <si>
+    <t>Enhancing the positive contribution of social dialogue through evidence-based research</t>
+  </si>
+  <si>
+    <t>The Upgrading of the Manoel Theatre</t>
+  </si>
+  <si>
+    <t>Caritas Community Care</t>
+  </si>
+  <si>
+    <t>Il-Vapur ta’ l-Art – the Attard Railway Heritage</t>
+  </si>
+  <si>
+    <t>SMEs: Tuning the art of representation (STAR)</t>
+  </si>
+  <si>
+    <t>Wildlife Rehabilitation Centre</t>
+  </si>
+  <si>
+    <t>SMITHS: Introduction of Sustainable Multi Intermodal Transport Hubs across Malta and Gozo</t>
+  </si>
+  <si>
+    <t>Eliminating Bottlenecks in the TEN-T Core Port of Valletta</t>
+  </si>
+  <si>
+    <t>Youth Guarantee 2.0</t>
+  </si>
+  <si>
+    <t>START - Suicide Training, Action, Recovery and Therapy</t>
+  </si>
+  <si>
+    <t>Improving Palliative Care in Malta</t>
+  </si>
+  <si>
+    <t>Training for Employment</t>
+  </si>
+  <si>
+    <t>Mental Well-being Center for Families with Young People</t>
+  </si>
+  <si>
+    <t>The Meeting Place</t>
+  </si>
+  <si>
+    <t>Sustainable Living Complex</t>
+  </si>
+  <si>
+    <t>The setting up of a Multi-Material Recovery Facility</t>
   </si>
   <si>
     <t>Conserving, Protecting and Promoting Ecclesiastical Cultural Heritage</t>
   </si>
   <si>
+    <t>St Monica Schools - Greener Schools for Tomorrow</t>
+  </si>
+  <si>
+    <t>Transdisciplinary Research &amp; Knowledge Exchange (TRAKE) Complex at the University of Malta</t>
+  </si>
+  <si>
+    <t>Developing Allied Health Capacity to Sustain Health Care Needs</t>
+  </si>
+  <si>
+    <t>CultureMill</t>
+  </si>
+  <si>
+    <t>Il-Kenur</t>
+  </si>
+  <si>
+    <t>e-Commerce Grant Scheme</t>
+  </si>
+  <si>
+    <t>It-Tunnara: Bringing History Back to Life</t>
+  </si>
+  <si>
+    <t>SME Diversification and Innovation Grant Scheme</t>
+  </si>
+  <si>
+    <t>Combating poverty by facilitating asylum seekers' access to employment and basic services</t>
+  </si>
+  <si>
+    <t>Restoration of St Paul’s Anglican Pro-Cathedral</t>
+  </si>
+  <si>
+    <t>Improving General Workers’ Union Capacity for Better Social Dialogue</t>
+  </si>
+  <si>
+    <t>Connected eGovernment (CONvErGE)</t>
+  </si>
+  <si>
+    <t>Y-Assist Programme Supporting Mothers, Children and Service Providers</t>
+  </si>
+  <si>
+    <t>SME Consultancy Services Grant Scheme</t>
+  </si>
+  <si>
+    <t>TAKE ACTION: Against Problem Gambling in Malta</t>
+  </si>
+  <si>
+    <t>SIntegraM - Developing Spatial Data Integration for the Maltese Islands</t>
+  </si>
+  <si>
+    <t>Regeneration of Social Housing Areas</t>
+  </si>
+  <si>
+    <t>Regeneration of Lower Valletta</t>
+  </si>
+  <si>
+    <t>A Development Training Programme for the NSO</t>
+  </si>
+  <si>
     <t>SME Growth Grant Scheme</t>
   </si>
   <si>
-    <t>Restoration of St Paul’s Anglican Pro-Cathedral</t>
+    <t>Retrofitting of Sant'Antnin Wastewater Treatment Plant</t>
+  </si>
+  <si>
+    <t>Rain Water Integrated Infrastructure Network - Phase 1</t>
+  </si>
+  <si>
+    <t>The Work Programme Initiative</t>
+  </si>
+  <si>
+    <t>Engage: Enhancing Stakeholder Participation in Social Dialogue.</t>
+  </si>
+  <si>
+    <t>The rehabilitation of the Notarial Archives building and historic collection</t>
+  </si>
+  <si>
+    <t>Encouraging Sustainable Waste Practices in Households and Beyond</t>
+  </si>
+  <si>
+    <t>Invest in Chadwick Lakes for Tourism Purposes</t>
+  </si>
+  <si>
+    <t>Enhancing the skill-base of the National Audit Office’s staff</t>
+  </si>
+  <si>
+    <t>Promotion of RES in the Domestic Sector (2016-2018)</t>
+  </si>
+  <si>
+    <t>Leading and Delivering Dialogue Effectively, Representatively (LADDER)</t>
+  </si>
+  <si>
+    <t>Participation for Employment at CCF: Social Inclusion through Education and Training (P4E@CCF)</t>
   </si>
   <si>
     <t>ENDEAVOUR Scholarships Scheme</t>
   </si>
   <si>
-    <t>Participation for Employment at CCF: Social Inclusion through Education and Training (P4E@CCF)</t>
-[...14 lines deleted...]
-    <t>Improving General Workers’ Union Capacity for Better Social Dialogue</t>
+    <t>Skills development and life-long learning for technical, operational and laboratory staff</t>
+  </si>
+  <si>
+    <t>Development of Training Programmes at MQF level 7</t>
+  </si>
+  <si>
+    <t>Documentation = Employability: Support Services for the Documentation of Various Communities</t>
+  </si>
+  <si>
+    <t>Development of specialised post graduate training programmes</t>
+  </si>
+  <si>
+    <t>Mystery Shopper - Enhanced performance in the Public Administration leading to Service of Excellence</t>
+  </si>
+  <si>
+    <t>Towards a Net Zero Impact Water Utility – ensuring Integrated Water Resource Management</t>
+  </si>
+  <si>
+    <t>MITA Data Centre Photovaltaic System</t>
+  </si>
+  <si>
+    <t>Non-Technical Skills Training for Healthcare Personnel</t>
+  </si>
+  <si>
+    <t>Enhancing Gozo's ecclesiastical and artistic cultural patrimony for present and future generations</t>
+  </si>
+  <si>
+    <t>The Upgrading and Retrofitting of the Administration Centre, Victoria Gozo</t>
+  </si>
+  <si>
+    <t>eCommerce Training Programme</t>
+  </si>
+  <si>
+    <t>Reach High Scholars Programme Post-Doctoral Grants</t>
+  </si>
+  <si>
+    <t>Deinstitutionalisation and improved life chances through research, education and training</t>
+  </si>
+  <si>
+    <t>Developing the Potential and Skills of Vulnerable Persons</t>
+  </si>
+  <si>
+    <t>The Extension of Xewkija Industrial Park</t>
   </si>
   <si>
     <t>ACCESS TO EMPLOYMENT (A2E) SCHEME</t>
   </si>
   <si>
-    <t>START - Suicide Training, Action, Recovery and Therapy</t>
-[...29 lines deleted...]
-    <t>The rehabilitation of the Notarial Archives building and historic collection</t>
+    <t>Enabling Education and Employability: IT and Digital Media within a substance use service for youths</t>
   </si>
   <si>
     <t>Mental Health First Aid for Youth</t>
   </si>
   <si>
-    <t>Engage: Enhancing Stakeholder Participation in Social Dialogue.</t>
-[...8 lines deleted...]
-    <t>Rehabilitation of Xewkija Windmill</t>
+    <t>Establishing a National Platform to address Social Determinants of Health</t>
+  </si>
+  <si>
+    <t>Rehabilitation of the former landfill at Wied Fulija</t>
+  </si>
+  <si>
+    <t>Creation of the first Pyrotechnics Museum in Malta</t>
+  </si>
+  <si>
+    <t>Restoration and Conservation of Xlendi Tower as a Tourist Attraction</t>
+  </si>
+  <si>
+    <t>Mobile Public Services Take-up</t>
+  </si>
+  <si>
+    <t>Create 2020 - Investing in cultural and creative capacity skills in Malta's public sector</t>
+  </si>
+  <si>
+    <t>Promoting skills development in Public Administration</t>
+  </si>
+  <si>
+    <t>Removal of bottleneck on TEN-T (Node EA15-Kappara)</t>
+  </si>
+  <si>
+    <t>INVEST - Infrastructure for Nationwide VET to reduce Early School Leavers Tomorrow</t>
+  </si>
+  <si>
+    <t>The Northern Coastal Watch</t>
+  </si>
+  <si>
+    <t>Enhancement of the TEN-T Road Network through investment channelled towards addressing bottlenecks</t>
+  </si>
+  <si>
+    <t>Socio-Cultural Organisations Promoting Heritage Experiences (SCOPE)</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>The Maltese Living Income</t>
   </si>
   <si>
     <t>Malta Red Cross Solar Panels</t>
   </si>
   <si>
-    <t>Restoration and Conservation of Xlendi Tower as a Tourist Attraction</t>
-[...56 lines deleted...]
-    <t>SME Consultancy Services Grant Scheme</t>
+    <t>Empowering Youth in Senglea to build a better society through knowledge, music and volunteering</t>
   </si>
   <si>
     <t>Retrofitting of Street Lighting in Arterial and Distributor Roads in Malta</t>
   </si>
   <si>
     <t>A Carrying Capacity Study of Tourism in the Maltese islands</t>
   </si>
   <si>
-    <t>Enhancing National Monitoring and Public Engagement Capacity for improved Water Resources Management</t>
-[...208 lines deleted...]
-  <si>
     <t>Malta</t>
   </si>
   <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>02/01/2017</t>
+  </si>
+  <si>
+    <t>10/10/2016</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
     <t>01/01/2018</t>
   </si>
   <si>
+    <t>02/05/2017</t>
+  </si>
+  <si>
+    <t>01/08/2015</t>
+  </si>
+  <si>
+    <t>02/10/2016</t>
+  </si>
+  <si>
+    <t>08/01/2018</t>
+  </si>
+  <si>
+    <t>24/04/2018</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>01/01/2014</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>03/04/2017</t>
+  </si>
+  <si>
+    <t>06/01/2015</t>
+  </si>
+  <si>
+    <t>15/01/2018</t>
+  </si>
+  <si>
     <t>13/07/2016</t>
   </si>
   <si>
+    <t>04/10/2019</t>
+  </si>
+  <si>
+    <t>19/12/2018</t>
+  </si>
+  <si>
+    <t>28/02/2018</t>
+  </si>
+  <si>
+    <t>01/07/2017</t>
+  </si>
+  <si>
+    <t>05/06/2017</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>09/08/2017</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>09/04/2018</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>04/02/2016</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>27/10/2016</t>
+  </si>
+  <si>
+    <t>01/07/2018</t>
+  </si>
+  <si>
+    <t>05/07/2015</t>
+  </si>
+  <si>
+    <t>24/03/2016</t>
+  </si>
+  <si>
+    <t>22/08/2017</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>06/08/2018</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>10/08/2017</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>10/11/2016</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
     <t>07/01/2018</t>
   </si>
   <si>
+    <t>19/02/2018</t>
+  </si>
+  <si>
+    <t>09/06/2017</t>
+  </si>
+  <si>
+    <t>08/03/2017</t>
+  </si>
+  <si>
+    <t>23/10/2017</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>01/08/2018</t>
+  </si>
+  <si>
+    <t>01/11/2016</t>
+  </si>
+  <si>
+    <t>17/04/2018</t>
+  </si>
+  <si>
     <t>12/05/2015</t>
   </si>
   <si>
-    <t>01/09/2017</t>
-[...11 lines deleted...]
-    <t>19/02/2018</t>
+    <t>01/08/2016</t>
+  </si>
+  <si>
+    <t>01/04/2018</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
+    <t>01/06/2016</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>24/05/2017</t>
+  </si>
+  <si>
+    <t>16/04/2015</t>
   </si>
   <si>
     <t>19/10/2015</t>
   </si>
   <si>
-    <t>01/10/2021</t>
-[...47 lines deleted...]
-    <t>01/01/2014</t>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>15/06/2016</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
+    <t>08/11/2014</t>
   </si>
   <si>
     <t>07/02/2017</t>
   </si>
   <si>
-    <t>01/06/2021</t>
-[...20 lines deleted...]
-    <t>10/11/2016</t>
+    <t>30/12/2016</t>
   </si>
   <si>
     <t>15/04/2014</t>
   </si>
   <si>
-    <t>01/04/2021</t>
-[...92 lines deleted...]
-    <t>10/08/2017</t>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>31/03/2023</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>31/12/2023</t>
+  </si>
+  <si>
+    <t>30/06/2021</t>
+  </si>
+  <si>
+    <t>31/08/2021</t>
+  </si>
+  <si>
+    <t>31/03/2021</t>
+  </si>
+  <si>
+    <t>30/06/2022</t>
+  </si>
+  <si>
+    <t>31/03/2022</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
   </si>
   <si>
     <t>31/12/2022</t>
   </si>
   <si>
-    <t>31/12/2021</t>
+    <t>30/09/2021</t>
+  </si>
+  <si>
+    <t>31/12/2020</t>
+  </si>
+  <si>
+    <t>30/09/2022</t>
+  </si>
+  <si>
+    <t>30/11/2023</t>
+  </si>
+  <si>
+    <t>28/02/2022</t>
+  </si>
+  <si>
+    <t>31/05/2021</t>
+  </si>
+  <si>
+    <t>31/10/2021</t>
+  </si>
+  <si>
+    <t>31/07/2022</t>
+  </si>
+  <si>
+    <t>31/08/2022</t>
   </si>
   <si>
     <t>31/10/2022</t>
   </si>
   <si>
-    <t>31/12/2023</t>
-[...8 lines deleted...]
-    <t>30/06/2023</t>
+    <t>31/07/2021</t>
+  </si>
+  <si>
+    <t>30/11/2021</t>
+  </si>
+  <si>
+    <t>31/12/2017</t>
+  </si>
+  <si>
+    <t>30/10/2021</t>
+  </si>
+  <si>
+    <t>27/11/2023</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
   </si>
   <si>
     <t>25/02/2022</t>
   </si>
   <si>
-    <t>31/03/2023</t>
-[...23 lines deleted...]
-    <t>31/03/2021</t>
+    <t>30/11/2022</t>
   </si>
   <si>
     <t>15/03/2019</t>
   </si>
   <si>
     <t>30/09/2023</t>
   </si>
   <si>
-    <t>30/11/2022</t>
-[...19 lines deleted...]
-  <si>
     <t>30/12/2021</t>
   </si>
   <si>
-    <t>31/12/2019</t>
-[...1 lines deleted...]
-  <si>
     <t>30/04/2022</t>
   </si>
   <si>
-    <t>30/06/2022</t>
-[...10 lines deleted...]
-  <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3127479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127486</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064620</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058534</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4317354|https://linkedopendata.eu/entity/Q4395376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058520</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127483</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058516</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058526</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058525</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058543</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058524</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127505</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058531</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058539</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058518</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058517</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058542</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058519</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058533</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058537</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064625</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3114780</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064621</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3058523</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3058514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058529</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127490</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058528</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127494</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3058535</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q3127498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058540</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058536</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064623</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064622</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058507</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127484</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3058544</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3127484</t>
-[...14 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3127498</t>
+    <t>https://linkedopendata.eu/entity/Q3127504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058522</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127485</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q4317353|https://linkedopendata.eu/entity/Q4395363</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3127491</t>
-[...41 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3058511</t>
+    <t>https://linkedopendata.eu/entity/Q3058530</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058532</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3064624</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058527</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3127512</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3058512</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3058532</t>
-[...50 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3058530</t>
+    <t>https://linkedopendata.eu/entity/Q3127488</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q3127509</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3064620</t>
-[...116 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q3058528</t>
+    <t>35.8989818,14.5136759</t>
+  </si>
+  <si>
+    <t>35.901766,14.4476136</t>
+  </si>
+  <si>
+    <t>35.859653,14.4892913</t>
   </si>
   <si>
     <t>35.8929838,14.5052716</t>
   </si>
   <si>
-    <t>35.8989818,14.5136759</t>
+    <t>35.8881119,14.5238445</t>
+  </si>
+  <si>
+    <t>35.8898771,14.5290867</t>
+  </si>
+  <si>
+    <t>36.0428907,14.2398479</t>
+  </si>
+  <si>
+    <t>35.8717994,14.5073748</t>
   </si>
   <si>
     <t>35.8994547,14.4649578</t>
   </si>
   <si>
+    <t>35.8915754,14.3978902</t>
+  </si>
+  <si>
+    <t>35.8269478,14.5274189</t>
+  </si>
+  <si>
     <t>35.8909172,14.4430093</t>
   </si>
   <si>
-    <t>35.8717994,14.5073748</t>
-[...2 lines deleted...]
-    <t>35.859653,14.4892913</t>
+    <t>35.8956943,14.4891829</t>
+  </si>
+  <si>
+    <t>35.882892,14.4944898</t>
+  </si>
+  <si>
+    <t>35.8986113,14.4510172</t>
+  </si>
+  <si>
+    <t>35.8897878,14.4802386</t>
   </si>
   <si>
     <t>35.8629162,14.5591879</t>
   </si>
   <si>
-    <t>35.8897878,14.4802386</t>
+    <t>35.9133396,14.4432851</t>
+  </si>
+  <si>
+    <t>35.9599618,14.368367</t>
+  </si>
+  <si>
+    <t>35.8867896,14.4854096</t>
+  </si>
+  <si>
+    <t>35.877464,14.4739598</t>
   </si>
   <si>
     <t>36.0306654,14.2347898</t>
   </si>
   <si>
-    <t>35.8956943,14.4891829</t>
-[...13 lines deleted...]
-  <si>
     <t>35.9093052,14.4788042</t>
   </si>
   <si>
-    <t>35.8898771,14.5290867</t>
-[...20 lines deleted...]
-    <t>35.9599618,14.368367</t>
+    <t>Investment in institutional capacity and in the efficiency of public administrations and public services at the national, regional and local levels with a view to reforms, better regulation and good governance</t>
+  </si>
+  <si>
+    <t>Active inclusion, including with a view to promoting equal opportunities and active participation, and improving employability</t>
+  </si>
+  <si>
+    <t>Business infrastructure for SMEs (including industrial parks and sites)</t>
+  </si>
+  <si>
+    <t>Health infrastructure</t>
+  </si>
+  <si>
+    <t>Advanced support services for SMEs and groups of SMEs (including management, marketing and design services)</t>
+  </si>
+  <si>
+    <t>Water management and drinking water conservation (including river basin management, water supply, specific climate change adaptation measures, district and consumer metering, charging systems and leak reduction)</t>
   </si>
   <si>
     <t>Protection, development and promotion of public cultural and heritage assets</t>
   </si>
   <si>
+    <t>Enhancing equal access to lifelong learning for all age groups in formal, non-formal and informal settings, upgrading the knowledge, skills and competences of the workforce, and promoting flexible learning pathways including through career guidance and validation of acquired competences</t>
+  </si>
+  <si>
+    <t>Protection, development and promotion of public tourism assets</t>
+  </si>
+  <si>
+    <t>Renewable energy: solar</t>
+  </si>
+  <si>
+    <t>Education infrastructure for vocational education and training and adult learning</t>
+  </si>
+  <si>
     <t>Generic productive investment in small and medium–sized enterprises (‘SMEs’)</t>
   </si>
   <si>
-    <t>Protection, development and promotion of public tourism assets</t>
-[...1 lines deleted...]
-  <si>
     <t>Improving the quality and efficiency of, and access to, tertiary and equivalent education with a view to increasing participation and attainment levels, especially for disadvantaged groups</t>
   </si>
   <si>
-    <t>Active inclusion, including with a view to promoting equal opportunities and active participation, and improving employability</t>
-[...2 lines deleted...]
-    <t>Investment in institutional capacity and in the efficiency of public administrations and public services at the national, regional and local levels with a view to reforms, better regulation and good governance</t>
+    <t>Energy efficiency renovation of public infrastructure, demonstration projects and supporting measures</t>
+  </si>
+  <si>
+    <t>Reducing and preventing early school-leaving and promoting equal access to good quality early-childhood, primary and secondary education including formal, non-formal and informal learning pathways for reintegrating into education and training</t>
+  </si>
+  <si>
+    <t>Research and innovation processes in large enterprises</t>
+  </si>
+  <si>
+    <t>Capacity building for all stakeholders delivering education, lifelong learning, training and employment and social policies, including through sectoral and territorial pacts to mobilise for reform at the national, regional and local levels</t>
+  </si>
+  <si>
+    <t>Other social infrastructure contributing to regional and local development</t>
+  </si>
+  <si>
+    <t>Protection and enhancement of biodiversity, nature protection and green infrastructure</t>
+  </si>
+  <si>
+    <t>Clean urban transport infrastructure and promotion (including equipment and rolling stock)</t>
+  </si>
+  <si>
+    <t>Seaports (TEN-T)</t>
+  </si>
+  <si>
+    <t>Sustainable integration into the labour market of young people, in particular those not in employment, education or training, including young people at risk of social exclusion and young people from marginalised communities, including through the implementation of the Youth Guarantee</t>
+  </si>
+  <si>
+    <t>Access to employment for job-seekers and inactive people, including the long-term unemployed and people far from the labour market, also through local employment initiatives and support for labour mobility</t>
+  </si>
+  <si>
+    <t>Research and innovation infrastructure (public)</t>
+  </si>
+  <si>
+    <t>Household waste management (including mechanical biological treatment, thermal treatment, incineration and landfill measures)</t>
+  </si>
+  <si>
+    <t>Enhancing access to affordable, sustainable and high-quality services, including health care and social services of general interest</t>
+  </si>
+  <si>
+    <t>ICT Services and applications for SMEs (including e-Commerce, e-Business and networked business processes), living labs, web entrepreneurs and ICT start-ups)</t>
+  </si>
+  <si>
+    <t>SME business development, support to entrepreneurship and incubation (including support to spin offs and spin outs)</t>
+  </si>
+  <si>
+    <t>e-Government services and applications (including e-Procurement, ICT measures supporting the reform of public administration, cyber-security, trust and privacy measures, e-Justice and e-Democracy)</t>
+  </si>
+  <si>
+    <t>ICT: Other types of ICT infrastructure/large-scale computer resources/equipment (including e-infrastructure, data centres and sensors; also where embedded in other infrastructure such as research facilities, environmental and social infrastructure)</t>
   </si>
   <si>
     <t>Housing infrastructure</t>
   </si>
   <si>
-    <t>Capacity building for all stakeholders delivering education, lifelong learning, training and employment and social policies, including through sectoral and territorial pacts to mobilise for reform at the national, regional and local levels</t>
-[...4 lines deleted...]
-  <si>
     <t>Waste water treatment</t>
   </si>
   <si>
-    <t>Household waste management (including mechanical biological treatment, thermal treatment, incineration and landfill measures)</t>
-[...4 lines deleted...]
-  <si>
     <t>Provision of water for human consumption (extraction, treatment, storage and distribution infrastructure)</t>
   </si>
   <si>
-    <t>Renewable energy: solar</t>
-[...13 lines deleted...]
-  <si>
     <t>TEN-T reconstructed or improved road</t>
   </si>
   <si>
-    <t>Enhancing access to affordable, sustainable and high-quality services, including health care and social services of general interest</t>
-[...41 lines deleted...]
-    <t>Seaports (TEN-T)</t>
+    <t>TO11</t>
+  </si>
+  <si>
+    <t>TO09</t>
+  </si>
+  <si>
+    <t>TO03</t>
   </si>
   <si>
     <t>TO06</t>
   </si>
   <si>
-    <t>TO03</t>
-[...1 lines deleted...]
-  <si>
     <t>TO10</t>
   </si>
   <si>
-    <t>TO09</t>
-[...2 lines deleted...]
-    <t>TO11</t>
+    <t>TO04</t>
+  </si>
+  <si>
+    <t>TO01</t>
+  </si>
+  <si>
+    <t>TO07</t>
   </si>
   <si>
     <t>TO08</t>
   </si>
   <si>
-    <t>TO04</t>
-[...7 lines deleted...]
-  <si>
     <t>TO02</t>
   </si>
   <si>
+    <t>Efficient public administration</t>
+  </si>
+  <si>
+    <t>Social inclusion</t>
+  </si>
+  <si>
+    <t>Competitiveness of SMEs</t>
+  </si>
+  <si>
     <t>Environment protection and resource efficiency</t>
   </si>
   <si>
-    <t>Competitiveness of SMEs</t>
-[...1 lines deleted...]
-  <si>
     <t>Educational and vocational training</t>
   </si>
   <si>
-    <t>Social inclusion</t>
-[...2 lines deleted...]
-    <t>Efficient public administration</t>
+    <t>Low-carbon economy</t>
+  </si>
+  <si>
+    <t>Research and innovation</t>
+  </si>
+  <si>
+    <t>Network infrastructure in transport and energy</t>
   </si>
   <si>
     <t>Sustainable and quality employment</t>
   </si>
   <si>
-    <t>Low-carbon economy</t>
-[...7 lines deleted...]
-  <si>
     <t>Information and communication technology</t>
   </si>
   <si>
+    <t>PO05</t>
+  </si>
+  <si>
+    <t>PO04</t>
+  </si>
+  <si>
+    <t>PO01</t>
+  </si>
+  <si>
     <t>PO02</t>
   </si>
   <si>
-    <t>PO01</t>
-[...7 lines deleted...]
-  <si>
     <t>PO03</t>
   </si>
   <si>
+    <t>Europe closer to citizens</t>
+  </si>
+  <si>
+    <t>Social Europe</t>
+  </si>
+  <si>
+    <t>Smarter Europe</t>
+  </si>
+  <si>
     <t>Greener, carbon-free Europe</t>
   </si>
   <si>
-    <t>Smarter Europe</t>
-[...7 lines deleted...]
-  <si>
     <t>Connected Europe</t>
   </si>
   <si>
+    <t>ESF</t>
+  </si>
+  <si>
     <t>ERDF</t>
   </si>
   <si>
-    <t>ESF</t>
-[...1 lines deleted...]
-  <si>
     <t>CF</t>
   </si>
   <si>
+    <t>European Social Fund</t>
+  </si>
+  <si>
     <t>European Regional Development Fund</t>
   </si>
   <si>
-    <t>European Social Fund</t>
-[...1 lines deleted...]
-  <si>
     <t>Cohesion Fund</t>
   </si>
   <si>
+    <t>2014MT05SFOP001</t>
+  </si>
+  <si>
     <t>2014MT16M1OP001</t>
   </si>
   <si>
-    <t>2014MT05SFOP001</t>
+    <t>Investing in human capital - MT - ESF</t>
   </si>
   <si>
     <t>Fostering a competitive and sustainable economy - MT - ERDF/CF</t>
   </si>
   <si>
-    <t>Investing in human capital - MT - ESF</t>
+    <t>MT_MT01101</t>
+  </si>
+  <si>
+    <t>MT_MT01432</t>
+  </si>
+  <si>
+    <t>MT_MT01133</t>
   </si>
   <si>
     <t>MT_MT01118</t>
   </si>
   <si>
-    <t>MT_MT01101</t>
+    <t>MT_MT01103</t>
+  </si>
+  <si>
+    <t>MT_MT01129</t>
+  </si>
+  <si>
+    <t>MT_MT02611</t>
+  </si>
+  <si>
+    <t>MT_MT01145</t>
   </si>
   <si>
     <t>MT_MT01214</t>
   </si>
   <si>
+    <t>MT_MT01468</t>
+  </si>
+  <si>
+    <t>MT_MT01315</t>
+  </si>
+  <si>
     <t>MT_MT01412</t>
   </si>
   <si>
-    <t>MT_MT01145</t>
-[...2 lines deleted...]
-    <t>MT_MT01133</t>
+    <t>MT_MT01241</t>
+  </si>
+  <si>
+    <t>MT_MT01134</t>
+  </si>
+  <si>
+    <t>MT_MT01413</t>
+  </si>
+  <si>
+    <t>MT_MT01258</t>
   </si>
   <si>
     <t>MT_MT01335</t>
   </si>
   <si>
-    <t>MT_MT01258</t>
+    <t>MT_MT01544</t>
+  </si>
+  <si>
+    <t>MT_MT01537</t>
+  </si>
+  <si>
+    <t>MT_MT01227</t>
+  </si>
+  <si>
+    <t>MT_MT01206</t>
   </si>
   <si>
     <t>MT_MT02642</t>
   </si>
   <si>
-    <t>MT_MT01241</t>
-[...13 lines deleted...]
-  <si>
     <t>MT_MT01253</t>
   </si>
   <si>
-    <t>MT_MT01129</t>
-[...20 lines deleted...]
-    <t>MT_MT01537</t>
+    <t>Citta' Umilissima</t>
+  </si>
+  <si>
+    <t>Lija</t>
+  </si>
+  <si>
+    <t>Luqa</t>
   </si>
   <si>
     <t>Floriana</t>
   </si>
   <si>
-    <t>Citta' Umilissima</t>
+    <t>Citta' Vittoriosa</t>
+  </si>
+  <si>
+    <t>Kalkara</t>
+  </si>
+  <si>
+    <t>Citta' Victoria</t>
+  </si>
+  <si>
+    <t>Paola</t>
   </si>
   <si>
     <t>Birkirkara</t>
   </si>
   <si>
+    <t>Mtarfa</t>
+  </si>
+  <si>
+    <t>Birżebbuġa</t>
+  </si>
+  <si>
     <t>Attard</t>
   </si>
   <si>
-    <t>Paola</t>
-[...2 lines deleted...]
-    <t>Luqa</t>
+    <t>Msida</t>
+  </si>
+  <si>
+    <t>Marsa</t>
+  </si>
+  <si>
+    <t>Balzan</t>
+  </si>
+  <si>
+    <t>Santa Venera</t>
   </si>
   <si>
     <t>Marsaskala</t>
   </si>
   <si>
-    <t>Santa Venera</t>
+    <t>Naxxar</t>
+  </si>
+  <si>
+    <t>Mellieħa</t>
+  </si>
+  <si>
+    <t>Ħamrun</t>
+  </si>
+  <si>
+    <t>Citta' Pinto</t>
   </si>
   <si>
     <t>Munxar</t>
   </si>
   <si>
-    <t>Msida</t>
-[...13 lines deleted...]
-  <si>
     <t>San Ġwann</t>
   </si>
   <si>
-    <t>Kalkara</t>
-[...22 lines deleted...]
-  <si>
     <t>Malta_2</t>
   </si>
   <si>
     <t>MT00</t>
   </si>
   <si>
     <t>2014-2020</t>
   </si>
   <si>
+    <t>This projects aims to institute reforms within the public health care system to achieve more efficiency and to promote a more robust governance framework geared towards its current and future responsibilities as funder, commissioner and regulator of public and private health care services and care in Malta and Gozo. This project would provide the Ministry for Health with the required capacity, skills and expertise to execute these functions appropriately and responsibly and to restructure their organisational structures, procedures and policies to meet these new needs.</t>
+  </si>
+  <si>
+    <t>Bullying at the workplace is a prevalent issue, one which negatively impacts both the individual and the organisation, yet one which is rarely discussed or even sometimes acknowledged. In this regard, this project seeks to primarily bring to the forefront the need to address the issue; and to establish potential solutions and assist business in curbing workplace bullying.In this regard, the following objectives were set:• To undertake a national Research Campaign• To develop and promote an Anti-bullying Policy template and Anti-bullying HR resources• To undertake an Awareness Raising CampaignUltimately, the goal is for people to start to take the issue of bullying on adults at the workplace as seriously as they do on children at school; and this can only be achieved by educating both the general public and the business community.</t>
+  </si>
+  <si>
+    <t>The Ta’ Qali Crafts Village, spread over a footprint of 63,000 sq. m, is an area owned and administered by Malta Industrial Parks Ltd. and is made up of a number of traditional Maltese crafts operators. The proposed project aims to redevelop the village and to create a centre of excellence for traditional Maltese artisans operating in the manufacturing of traditional Maltese goods and crafts. Malta Industrial Parks Ltd. will be investing to upgrade and embellish the infrastructure of the common areas to improve the environment for the operators and visitors. It aims at increasing the attractiveness of the location as a traditional Maltese crafts village to enable operators to showcase their artisanship and increase visitor numbers to ensure long term sustainability of the crafts village.</t>
+  </si>
+  <si>
+    <t>The project shall establish a one kilometre walking/jogging and cycling trail wihtin the Ulysses Grove. Through this investment, MGOZ would provide the local population with an outside venure where they could pursue physcial activities in a green space. The provision of such a space would also enable the organisation of events designated to promote exercise. Additionally through this facility the integration of vulnerable groups through the organisation of physical activities sports would be facilitated, since the area is accessible from all parts of the island. It also aims to develop a new outdoor sports facility, not currently available to the local population. This initiative will encompass multi-sports including basketball courts, volleyball courts, futsal courts and tennis courts for the benefit of the Gozitan population. By providing a high quality outdoor sports facility and giving free access to its recipients, the project will make an essential contribution to the community by encouraging them to actively participate in sport and to foster in them the lifelong belief about adopting a healthy way of life.</t>
+  </si>
+  <si>
+    <t>This Grant Scheme is intended to facilitate the process towards the internationalisation of SMEs through active participation at International Business Promotion Fairs.</t>
+  </si>
+  <si>
+    <t>The project aims at optimising the management of water resources management in the Maltese islands. The project actions envisage the development of an increased knowledge on the occurrence of natural water resources in the Maltese islands, coupled with an increased appreciation of the importance of water use in stakeholders. These two complimentary actions will contribute towards increased appreciation on the vulnerability of water resources in the Maltese islands, and identify the optimal tools on how these resources can be protected.</t>
+  </si>
+  <si>
+    <t>The project aims to preserve and restore the Basilica and adjacent buildings and seeks to turn it into an attractive communal and tourism centre. The project in fact aims to enhance the cultural value of the building by combining the possibility of viewing artistic and historical items that would in themselves make the visit meaningful, while also offering a dynamic context through audio-visual presentations. The Project will include the restoration of the Basilica and some of its paintings, the restoration of the organ which dates to mid-18th century, the restoration of the basilica crypt and the creation of an interpretation centre.</t>
+  </si>
+  <si>
+    <t>Investing in Skills is intended to promote access to the training of persons actively participating in the Maltese labour market, with a view to increasing productivity and enhancing adaptability.</t>
+  </si>
+  <si>
+    <t>Trade Malta proposes to assist SMEs be better prepared to internationalize by investing in a knowledge infrastructure. This internationalisation knowledge hub will include both a content-rich digital platform which SMEs will be able to use, and input for a series of training and advisory interventions aimed at capacity building amongst SMEs based in Malta and interested in internationalisation.</t>
+  </si>
+  <si>
+    <t>The Maltese Government has committed to restore and rehabilitate the San Salvatore bastion area, its entrenchments, historical ramparts and glacis in Floriana so as to provide another large democratised outdoor space for the public to enjoy. This recent development gives rise to the possibility of situating within this striking location the much awaited Malta International Contemporary Art Space – MICAS, which is another milestone in the government's programme for culture and a projected legacy proposal for Valletta 2018 European Capital of Culture. The project proposal seeks to valorise the larger part of the San Salvatore Bastion area by developing within this natural, cultural and historical landscape, currently inaccessible and underutilised, the MICAS Galleries.</t>
+  </si>
+  <si>
+    <t>The project consists of the restoration of two historical coastal forts situated along the South Eastern coast of Malta which will be restored to their former glory for the enjoyment of cultural enthusiasts. The scope of the project, which also consists of the conversion of St. Thomas Tower into a Piracy Museum which will exhibit the piracy era in the Mediterranean, is to restore and conserve these cultural assets with the scope of enhancing the cultural tourism portfolio which Malta has to offer to visiting tourists.</t>
+  </si>
+  <si>
+    <t>The aim of this project is to strengthen the institutional and administrative capacity of the Planning Authority (PA) and other public and local authorities to ensure the effective implementation of planning-related reformed procedures. Through 3 work packages, the project will ensure a better understanding and implementation of the changes that have resulted from the demerger of MEPA.</t>
+  </si>
+  <si>
+    <t>This is an umbrella project, which will seek to combat poverty  and to enhance active inclusion by creating equal opportunities for all. Through this operation the Ministry, in collaboration with entities that fall under MFCS and entities from other Ministries and transnational partners, will provide training of persons working with disadvantaged groups; Financial Literacy and Retirement Education, Awareness and Pilot Project; Research, Pilot Project and Awareness on Disability; and Enhancing the Social Security Services Support Measure. In addition the project will also be providing home based therapeutic services in order to identify the needs and appropriate interventions to multi-stressed families in the communities.</t>
+  </si>
+  <si>
+    <t>MUZA is Malta’s new museum of art and flagship project for Valletta’s 2018 European Capital of Culture. The project is a National-Community Museum, the first of its kind, being developed in a historic site within the Capital City of Valletta, a UNESCO World Heritage Site built as a city-fortress. It shall be green-powered, generating its energy requirements through renewable sources, and represent a best practice in retro-fitting a Maltese historic building.</t>
+  </si>
+  <si>
+    <t>The Project seeks to restore, rehabilitate and enhance the valorisation of the Grandmasters’ Palace as one of the foremost monuments in the World Heritage Site of Valletta. This shall be achieved through specific interventions which primarily revolve around the relocation and rehabilitation of the Knights’ Armoury as an outstanding visitor attraction, the restoration and sustainable rehabilitation of spaces presently not accessible to visitors into new themed environments and the overall improvement of the site’s infrastructure to be able to reach modern visitors' needs and expectations. Specific attention shall also be given to improve substantially the overall accessibility of the site to the physically impaired within the constraints imposed by the building's historic fabric.</t>
+  </si>
+  <si>
+    <t>Moving to low-carbon solar energy sourcing by installing a grid connected photovoltaic system on a section of the roofs of the OASI premises in Victoria, Gozo</t>
+  </si>
+  <si>
+    <t>The project consists of the restoration of the crypt and basement to serve as exhibition spaces and the restoration of adjoining premises to serve as a Caravaggio Centre.</t>
+  </si>
+  <si>
+    <t>This project focuses on enhancing the tourism experience within the historical Dominican Priory located in Rabat, specifically by setting up a cultural and religious experience, including an ecclesiastical museum within the Priory. The aim is to provide visitors with a unique experience portraying the historical and cultural values of the Dominican Fathers.</t>
+  </si>
+  <si>
+    <t>The project comprises the construction of three new buildings: the Building and Construction (BC) Facilities within the Institute of Engineering and Transport (IET), the MCAST Resource Centre (MRC) and the Institute of Information and Communication and Technology (IICT) at the MCAST Main Campus in Corradino. Additionally, the project shall also include a College Management Information System (CMIS) to compliment the physical development and optimise the efficiency of MCAST's operational proceduces and processes. The investment in this state-of-the-art educational infrastructure shall provide access to high-quality education, a broader spectrum of courses and more relevant skills.</t>
+  </si>
+  <si>
+    <t>The project aims is to renovate the historic Birkirkara Train Station into a museum dedicated to Malta’s historic railway. Having the museum in Gnien l- Istazzjon shall ensure that visitors have access to the site of one of Malta’s original train stations, along the old railway route. At the same time, Gnien l-Istazzjon has the potential of a beautiful garden with two fountains and several benches. A playground for children at the site also makes it a family-friendly venue.</t>
+  </si>
+  <si>
+    <t>This scheme seeks to assist start-ups in the form of non-repayable Grants in part-financing their initial productive investment costs and implementing their business growth strategies.</t>
+  </si>
+  <si>
+    <t>The FSMA Financial Instrument (FI) was established with the aim to supprot students or professionals who are seeking to further their studies in Malta or abroad. The loan is applicable to those who are seeking to pursue a study programme for accredited courses in MQF Level 5, 6, 7 and 8 as well as other internationally-recognised certificates. Eligible study will be entitle to receive support through the FI for the activities related to tuition fees, accommodation costs, subsistence expenses and other expenses. The Purpose of the FI is to support eligible students by enhancing their access to bank loans. the eligible students will benefit from zero interest payment during the moratorium period. The loan will be covered with a guarantee offered through the financial instrument to the financial institutions for a maximum term of 15 years covering the moratorium period of up to a maxium of 5 years and the loan repayment of up to a maximum of 10 years following the moratorium period. Eligible students will not be requested to put upfront contribution. Eligible loans are covered at a guarantee rate of  each eligible loan subject to a maximum liability in respect of laon losses expressed as a guarantee cap amount of a maximum amount established at Portfolio level. The ESF contribution amounts to €2M. Expected leaverage is of x5 and the advantages of the Final Recipients will also include an interest rate reduction.</t>
+  </si>
+  <si>
+    <t>Further to the ex-ante assessment and based on the market testing conducted by the EIF, a First Loss Portfolio Guarantee instrument will be made available to the market. The EIF shall select Financial Intermediaries that shall build up a portfolio of loans to private individuals and Corporates under the instrument. The First Loss Portfolio Guarantee (FLPG or Guarantee) is a capped guarantee financial instrument providing better access to finance to Private individuals and Corporates and providing a reasonable leverage on the use of public funds. Under and FLPG, Financial Intermediaries would extend loans to private individuals and corporates (“Final Recipients”) counting on a partial guarantee from EIF FoF covering losses up to a cap amount established at the portfolio level. The Financial Intermediaries would then pass the benefit of the guarantee on to Final Recipients as an improvement of conditions for Final Recipients financing such as e.g. reduction of risk margin in the interest of the loans/leases and/or reduction of the collateral requirements. The proposed ERDF contribution amounts to €15M. Expected leverage is of x4 and the advantages to Final Recipients will also include an interest rate reduction and/or potential lower collateral requirements. The aim is to provide better access to finance EE and RE projects for both Maltese private individuals and corporates (Micro, SMEs and Mid-caps) in general and facilitated access to finance particularly for riskier Final Recipients lacking sufficient collateral.</t>
+  </si>
+  <si>
+    <t>This project will involve the training of public officers in various areas both through national and international events. Public officers will have the opportunity to learn through academic sponsorships, seminars, conferences, training and placements, and put into practice the knowledge gained at their place of work. This is a projected way forward as part of the overall strategy for the Public Administration to continuously work towards building a better skilled workforce.</t>
+  </si>
+  <si>
+    <t>The SpatialTrain Scholarships Scheme aims to provide quality tertiary education in the field of geospatial technology (geomatics) to the public administration within government entities. It will provide the human capacity and expertise to upgrade the knowledge base in the use of geospatial technology as part of the development of the national spatial infrastructure within the public sector.The project's key objectives is to strengthen the public administration are: to enhance the administrative skills pertaining to spatial information systems, spatial data creation and management and their dissemination for internal and public use; to upscale existing skills of public officers to reach better outcomes on evidence-based policy making based on the analysis and interpretation of their spatial data; and to improve the implementation of decisions based on informed results emanating from management and executive information systems utilising spatial information.</t>
+  </si>
+  <si>
+    <t>The project seeks to invest in an energy efficient lighting system together with heating, ventilation and air-conditioning (HVAC) system that will result towards a carbon efficient residence that will minimise energy demand for St. Vincent de Paul Residence.</t>
+  </si>
+  <si>
+    <t>The Mtarfa Clock Tower was built in 1895 by the British Forces as part of the Mtarfa Barracks project and was a great source of civic pride. It is an iconic landmark where one can observe panoramic views of the island. This project entails restoring the Clock Tower and building an Interpretation Centre opposite this landmark, to valorise the military history of Mtarfa and importance of the Clock Tower and the era in which it was built. The objectives of this project are to: Restore a historical site built during British rule; Increase accessibility to and valorise the Clock Tower; Build an Interpretation Centre nearby to promote and share information focusing on the aspects related to military and history; Create an Art Hub within part of the Interpretation Centre to promote more than one type of culture; To promote military and historic heritage found in Mtarfa, turning it into atouristic attraction.</t>
+  </si>
+  <si>
+    <t>This project aims at developing the first official Vocational Multi-Disciplinary Assessment Centre to provide holistic assessments to persons with vulnerability  seeking employment through the creation of multiple training options leading to several employment options. Opportunities for training include: pre-employment training and sheltered employment training (SET). Different employment routes involve: sheltered work, supported employment and employment in the open market. The activities include a comprehensive assessment, training and  development options aiming at offering alternative employment for persons with different disabilities and other vulnerable individuals.</t>
+  </si>
+  <si>
+    <t>The project consists of the setting up of a regional health hub in Paola which will seek to provide primary health care provision to the inhabitants of the Southern Region. The scope of the project is to provide cohesive primary health facilities all under one roof, thus providing a one-stop-shop primary health care provision for the Southern region. The project will bring primary health care closer to the community which, in turn, will alleviate the pressure from secondary care facilities through the services being provided at the new Southern health hub and will provide inclusive and equitable access to healthcare services to persons residing in the Southern area. The investment will consist of the demolition and excavation works of the identified project site, the construction of the hub, finishing works as well as procurement of the necessary equipment required for the hub to provide the envisioned services.</t>
+  </si>
+  <si>
+    <t>The aim of this project is to provide a technical and pedagogical framework for the tablet to be effectively used in a teaching and learning environment.  The One Tablet Per Child project is intended to support Malta’s efforts to reach the Europe 2020 goals in Early School Leaving and Further and Higher Education, two areas where Malta has been identified as needing significant efforts to reach the EU-wide benchmarks. Funds will be disbursed on tablets, ancillary classroom management software, educational programmes and applications as well as training of educators.</t>
+  </si>
+  <si>
+    <t>MCAST aims to provide flexible teaching approaches, innovative technologies and mentoring to engage vulnerable students and allow them the chance to learn in an enjoyable manner. The project will identify barriers to training encountered by socially excluded individuals, allowing the creation of long-term structures that can provide immediate support to vulnerable students at the Foundation College. The project will empower the most vulnerable to increase their skills and competences, thereby allowing them to become economically independent. This will be done by providing tailor made education, training &amp; support to vulnerable groups.</t>
+  </si>
+  <si>
+    <t>INK project is aimed at maximising the abilities of persons with disability, supporting their chances of inclusion in the labour market and strengthening their social engagement. Four main deliverables form this project: Training, Certification, Employment and Social Inclusion Campaign.  An INK training placement scheme will also facilitate some beneficiaries to integrate into mainstream employment</t>
+  </si>
+  <si>
+    <t>Promoting business investment in R&amp;D&amp;I, developing links and synergies between enterprises, research and development centres and the higher education sector, in particular promoting investment in product and service development, technology transfer, social innovation, eco-innovation, public service applications, demand stimulation, networking, clusters and open innovation through smart specialisation, and supporting technological and applied research, pilot lines, early product validation actions, advanced manufacturing capabilities and first production, in particular in key enabling technologies and diffusion of general purpose technologies.</t>
+  </si>
+  <si>
+    <t>The project will consist of the development and installation of a state-of-the-art system whereby with the use of smart phones or tablets, visitors will experience fifteen different scenes from the era of the Knights of St John, and epic battles from World Wars I and II that changed the course of Malta's history, in real time. This will be made possible following the downloading of a mobile application, developed specifically for this purpose, and compatible with both IOS and Android systems. This experience shall take place within the grand halls of the Mediterranean Conference Centre which shall be restored and made accessible through the project.</t>
+  </si>
+  <si>
+    <t>The project will consist of the restoration of Xewkija Windmill and the stabilization  in order to provide an innovative cultural and historical tourism experience aiming to improve Gozo's tourism product.</t>
+  </si>
+  <si>
+    <t>This project will be divided into 3 main phases: -Research on four thematic areas  -Training of MCESD staff on communication and outreach to stakeholders -Dissemination of project outcomes to stakeholders Leading researchers will delve into thematic subjects according to their field of expertise with the aim of presenting the outcome to MCESD and other stakeholders. Research will cover four thematic areas. The outcome of the research will then be disseminated during a closing conference. As for the training of staff, a tailor-made course will equip MCESD with necessary skills to continue to cater for its members’ needs in the social dialogue process, and for MCESD to convey its message in the best way possible.</t>
+  </si>
+  <si>
+    <t>The aim of this project is to continue in the preservation and upgrading of the oldest working national theatre in the World and a Grade 1, listed, and scheduled building: the Manoel Theatre. This project will provide an improved, high-quality experience to the patrons of the Manoel Theatre through the implementation and installation of a new ventilation and acclimatization system, which replaces the ventilation system installed in 1811, and which is not adequate to create a comfortable ambiance in terms of air temperature control, humidity levels and air purification. In addition to the climate control system, the roof, seating and floor of the same theatre will be revamped. By means of this investment the theatre shall benefit from improved acoustics which are critical for Malta's only opera venue.</t>
+  </si>
+  <si>
+    <t>Through this project, Caritas Malta will further support the integration of vulnerable people in society by establishing a community based centre that will centralise in one place for all out-patient based services (nonresidential) and all the administrative operations of the organisation. The aim of this project is to contribute to the alleviation of persons at risk of poverty and social exclusion and add more quality, value and accessibility to the provided services and introduce new services.</t>
+  </si>
+  <si>
+    <t>The project consists of the restoration of the only substantial remaining railway track embankment in Malta which is located in Attard. Through the proposed restoration works, tourists and locals alike, will be able to walk along this railway track as part of the walking heritage trail which will lead directly to Gnien L’istazzjon where an information cultural and educational centre will be set up as a replica of the original principal train station for Attard village forming part of the Malta Railway system.</t>
+  </si>
+  <si>
+    <t>This project is aimed at giving GRTU, as an SME representative, the tools and the capacity it needs to be a more effective social partner. This will be done through a variety of learning initiatives as well as working on the concept of social dialogue within the context of the organization itself. The project will also target MCESD. This will lead to the highest platform of social dialogue being more effective and reflect what the social partners require out of it as an enabler.</t>
+  </si>
+  <si>
+    <t>The project will restore part of the ex-Deutsche Welle radio relay station at Xrobb l-Ghagin Natural Park, transform it into a Wildlife Rehabilitation Centre, and valorise it for tourism. It will provide ex-situ rehab. of wildlife from across Malta and surrounding seas: marine (turtles and cetaceans), terrestrial (such as hedgehogs, shrews, lizards, snakes and bats) and avian fauna. Following rehabilitation, if possible, they will be released into their natural habitat. It will be a unique, all year round visitor attraction providing an ‘authentic’, ‘creative’ and meaningful experience to visitors allowing them to ‘interact’ (within limits afforded by regulations and best practices) with the rehabilitating wildlife. Already a special experience for day visitors, it will be more significant for tourists staying at the Xrobb l-Ghagin hostel and 64 volunteer tourists per year who will contribute to the running of the Centre and thecaring/rehabilitation of wildlife.</t>
+  </si>
+  <si>
+    <t>The SMITHS project aims to encourage a modal shift from private car use to collective, sustainable &amp; alternative low-carbon transport modes, improve air quality &amp; reduce GHG emissions.SMITHS shall facilitate intermodality and address cleaner air through the introduction of various intermodal choices particularly by upgrading the inner-harbour ferry network, and promoting walking and cycling as a clean and sustainable mode for commuting, through the introduction of segregated cycling lanes and pedestrian paths along the road network. SMITHS shall also support a low carbon transport system through the introduction of a new multimodal hub in Gozo which shall include a park and ride facility operated by clean collective modes of transport and the extension of the national electric vehicle charging network across Malta and Gozo. Public bus transport and traffic efficiency shall also be indirectly addressed in this project. Key current ITS systems shall be integrated into one platform to provide close to real time traffic data and travel information which will be relayed through a number of real-time data sets. Finally, an Information Campaign will be launched to promote a behavioural shift in transport practices.</t>
+  </si>
+  <si>
+    <t>This project will seek to enhance the capacity of the Core TEN-T Port of Valletta by undertaking investment towards the setting up of a new cargo facility located at Ras Ħanżir between Laboratory and Fuel Wharves. Furthermore, the project will include dredging within the Grand Harbour which seeks to complement the operational capacity of the port.</t>
+  </si>
+  <si>
+    <t>The Youth Guarantee project provides training and personalised assistance to youths at risk of social exclusion and youths that are at risk of becoming long-term  unemployed. The project focuses on both the current stock of NEETs as well as on those at risk of becoming NEETs or young unemployed through a mix of interventions tailor-made for the specific cohorts. Additional initiatives are embedded in YG 2.0 to facilitate the transition from education to employment.</t>
+  </si>
+  <si>
+    <t>Suicide remains a prevailing issue locally, in Europe and worldwide. Suicide is a global phenomenon that affects people of all ages and from all regions of the world, regardless of gender, yet it particularly effects those with low- and middle-income. Civil society plays a crucial role in dealing with this major health issue in Malta. In this regard, constant investment is needed to sustain this national effort.  This project seeks to raise awareness on suicide with the aim to increase identification and prevention, combat stigma, and encourage those vulnerable to seek assistance. Moreover, this project aims to strengthen and improve the invaluable SPOT service in a professional manner.</t>
+  </si>
+  <si>
+    <t>Hospice Malta currently offers a number of palliative care services to people in their homes and from its premises in Balzan. This project is part of the master plan to set up Malta’s first Hospice Complex in Santa Venera. Through this project their will be the setting up of a Day Therapy Unit, Out Patients' Clinics and storage facility for equipment which can be loaned to patients. The day therapy services and loan of equipment services offered by Hospice will be expanded and a number of Out-Patient Clinics will also be introduced, thus simultaneously expanding current services and introducing new ones.</t>
+  </si>
+  <si>
+    <t>This Project aims to facilitate the access to developing the knowledge, skills and competences of the working age population.  The scope  of the activities implemented is to offer training assistance to jobseekers needing to improve their skills to enter the labour market and to upgrade the existing skills of those individuals who wish to re-enter the labour market, find alternative employment and/or acquire new skills to meet the labour market demands.</t>
+  </si>
+  <si>
+    <t>The project will set up a Learning, Research and Resource Centre focusing on monitoring young people’s mental health, training professionals, parents and guardians on therapeutic interventions and producing educational and awareness resources for families and for young people</t>
+  </si>
+  <si>
+    <t>The rehabilitation of a dilapidated building in Marsa for the setting up of a centre that will act as a Meeting Place for various NGOs representing social, health and educational issues. The project is aimed to provide adequate infrastructure for the provision of therapeutic and mentoring interventions, as well as other informational and advisory services in order to enable better networking and outreach of vulnerable and disadvantaged persons. The ultimate scope of the project is to maximise the NGOs’ potential to better reach the identified target groups</t>
+  </si>
+  <si>
+    <t>The Sustainable Living Complex comprises of research laboratories, design workshops and studios, academic and research staff offices, seminar and conference rooms, and lecture halls, with three targets. The primary objective is a model resource-efficient building, itself a "live laboratory" for monitoring a range of resource-efficient technologies in a real-life context, to provide a basis for policy-making on sustainable development issues, create an infrastructure for indigenous innovation in the construction industry, and provide a demonstration best-practice model. The second objective is state-of-the art research facilities for smart specialization areas, including resource-efficient building, aviation and aerospace technologies, and maritime studies. The third objective is to create a high-quality environment for inter-disciplinary research, exploiting potential synergies between the different disciplines present, creating a unique research eco-system of regional relevance.</t>
+  </si>
+  <si>
+    <t>The project envisages the construction a a multi-material recovery facility within the grounds of the Civic Amenity site in Hal Far which will enable the gathering of different waste streams for preparation and storage for eventual reutilisation and export where necessary thus, reducing the amount of waste that is channeled towards landfilling.</t>
+  </si>
+  <si>
     <t>Conscious of the diverse cultural heritage assets that fall within its portfolio, the Archdiocese of Malta has undertaken a cohesive plan which seeks to restore its cultural assets and conserve them for the enjoyment of future generations as well as to improve Malta's standing within the tourism sector. This project will seek to achieve the restoration of external structures of churches and chapels, restoration of artefacts, valorisation of religious historical artefacts and documentation as well as the creation of a heritage trail across Malta and undertaking of marketing initiatives.</t>
   </si>
   <si>
+    <t>This project consistes in the investment in renewable energy sources through the installation of a Photovoltaic system at four schools in Malta.</t>
+  </si>
+  <si>
+    <t>The University of Malta is proposing to set up a Transdisciplinary Research and Knowledge Exchange (TRAKE) Complex. This involves the construction, finishing, furnishing and equipping of state-of-the-art buildings on the Msida Campus composed primarily of laboratory facilities, seminar and conference rooms, researchers study space and all the additional amenities required to provide an adequate, safe and a comfortable environment for academics, technical staff, researchers and students.</t>
+  </si>
+  <si>
+    <t>The project is intended to enable the Allied Health Care Services Directorate to invest in a sustainable health system. Currently in Malta there is a dire shortage of highly skilled allied health workers in specialised areas namely prosthetics, orthotics, orthoptics, optometry and clinical physiology (cardiac, respiratory and neurophysiology). It is necessary to train an adequate number of professionals such that they can meet the emerging needs of the health sector in Malta.</t>
+  </si>
+  <si>
+    <t>This project aims to restore and reconstruct the tal-Ghaqba Windmill in Naxxar. The restoration works being proposed seek to restore the Windmill to its original state, including a fully-functional and periodic mill. Furthermore, this project seeks to reutilise this historical asset as a cultural centre, providing local and foreign artists and individuals the opportunity to integrate culture with other social activities. Using sustainable development as a tool in designing this proposal, care was taken to not only consider, but also favourably impact the social, economic and environmental spheres, both nationally and internationally.</t>
+  </si>
+  <si>
+    <t>Statistics show that young people, especially those coming from minority groups, broken families, mental and physical health problems find it harder to be integrated into mainstream society. Prisms and Fondazzjoni Sebh partnered up to offer an innovative support structure which focuses on the employability of these young people.  Prisms will be working with around 8 young people in residential care and are preparing to leave to start their independent life over a period of 15 months. Its main aim is to equip these young people with life skills to increase their chances of employability. The young people will be mentored by a youth worker providing them also with personal growth plans.</t>
+  </si>
+  <si>
+    <t>This Measure seeks to assist Undertakings through a non-repayable Grant to part-finance investment to develop an e-commerce website and/or mobile application, that enables online payments or booking systems through the integration of an online payment gateway; or the upgrade of an existing website and/or mobile application to enable online payments or booking systems through the integration of an online payment gateway.</t>
+  </si>
+  <si>
+    <t>This project will include three phases: the restoration of Westreme Battery; restoration of the World War II Military Structures – Beach Post and Defence Light Post; and the upgrade of the museum into an interpretation centre.</t>
+  </si>
+  <si>
+    <t>This incentive seeks to assist SMEs through non-repayable Grants to part-finance investment to develop focused strategies and implement an investment in favour of diversification; a fundamental change, or towards investment to bring to the market significantly improved and advanced products/services to those already offered by the Undertaking.</t>
+  </si>
+  <si>
+    <t>This project aims to ensure that asylum seekers are able to access the support and services they need to access the labour market and attain self-sufficiency, so that they are able to live with dignity and realise their potential. It was developed in response to the obstacles asylum seekers face when seeking to access to basic services, achieve self-sufficiency, and find and retain legal and stable employment. Through the project, the aim is to set up a service hub, which can be used by JRS and other NGOs, to provide information and support to access employment, social services and education. The project will also work to strengthen NGO services, through networking, training and sharing of resources. In addition, JRS will work to ensure that asylum seekers are able to obtain the skills they need to find stable employment, and advocate for the creation of a more inclusive culture at the workplace. Finally, tools necessary to equip asylum seekers to set up their own cooperatives will be developed.</t>
+  </si>
+  <si>
+    <t>The project seeks to restore and repair the iconic Cathedral and also to turn it into a thriving and attractive communal and tourism centre. The restoration project under this grant application will address the severe problems threatening the tower, the spire and the external and internal stonework. It will also restore the boundary walls.</t>
+  </si>
+  <si>
+    <t>The scope of this project is to strengthen the capacity of the General Workers' Union (GWU) by providing training to (i) GWU representatives on the shop floor; (ii) other members of the GWU that intend to become union representatives; and (iii) GWU employees. Linked to the training programme of union employees is a job shadowing activity. By enhancing the skills of these target groups, the GWU will consolidate its capacity and thus be better equipped to participate in social dialogue both within the Maltese context and also at a European level. Union representatives on the shop floor will become more sensitive to the needs of the employees at the workplace and be more knowledgeable about the information that should be divulged to the union for further action. Similarly, by investing in its employees, the GWU will strengthen the very basis on which it operates. Having a more skilled workforce will lead to better results.</t>
+  </si>
+  <si>
+    <t>The Connected eGovernment (CONvErGE) proposal aims to create a number of eService applications in the areas of Government to Business (G2B), Government to Customers (G2C) and Government to Government (G2G). These ministry-specific eServices (referred to as 'vertical' components) will be enabled by a number of underlying shared enabling layers (referred to as 'horizontal' services) that will also lay the foundations for other eService applications that may be warranted at a future date by other Ministries/departments. These eServices will also be beneficial to businesses and to citizens in general. This project will contribute directly towards the attainment of Digital Malta, and the concept of one-Government will be further implemented, while at the same time capitalising on economies of scale.</t>
+  </si>
+  <si>
+    <t>Y-Assist Programme Supporting Mothers, Children and Service Providers. This project split into 4 main areas, a pilot evaluation, upskilling of service providers, user support programme and housing assistance. Participating in this project shall be the mothers and children who seek refuge through this programme, together with service providers working with the target group. This project aims to address the needs of these vulnerable families through a holistic approach which tackles both their requirements together with those of the service provider, for an overall effective programme</t>
+  </si>
+  <si>
+    <t>This Measure seeks to support SMEs through the provision of assistance in the form of a non-repayable Grant to cover part of the costs incurred for external consultancy services contracted to assess and evaluate the potential of re-engineering the organisation and its operations, or processes and systems aimed at rendering it more efficient; or the potential of the Undertaking to take on proposed investment initiatives aimed at the potential futurebusiness growth of the Undertaking, and at rendering it more competitive.</t>
+  </si>
+  <si>
+    <t>The project aims to implement a holistic plan on improving care and social services in the field of gambling problems and addictions as well as raise awareness on responsible gambling and to protect subjects with gambling disorders in Malta and Gozo. This will be done by providing specialized training programme to key stakeholders</t>
+  </si>
+  <si>
+    <t>This project aims to develop and implement a national spatial data infrastructure and enhance the capacity of geo-spatial/GIS technology expertise for Malta. The project constitutes the creation of a strategic approach to spatial data, creation of critical base datasets, as well as enabling a legislative and mentality shift in terms of exchange and access to data. The project ensures that the underlying aerial, terrestrial and bathymetric infrastructure and knowledge gain is made available to all government entities in order to deliver the relevent analytical framework as per national, EU and other international obligations and requirements.</t>
+  </si>
+  <si>
+    <t>The Housing Authority aims to increase the baseline for accessibility and to improve the state of living in social housing blocks and estates. The main infrastructure will consist in the retrofitting of energy-efficient lifts to increase vertical mobility. In conjunction with the alterations for the lift, the common parts will be refurbished and embelished to ensure a safer environment and an improved standard of living. This project shall also cover the urban improvement of some of the open spaces between estates which will continue to contribute to the community regeneration of deprived families.</t>
+  </si>
+  <si>
+    <t>This project will carry out  a set of integrated actions as follows: Action A - The improvement of the urban environment, the revitalisation of cities and the preservation of cultural heritage; Action B - Social housing and community needs; Action C - Enhancing the competitiveness of small and medium-sized enterprises; and Action D – Action for the vulnerable.</t>
+  </si>
+  <si>
+    <t>Improving the service output of the National Statistics Office by developing a training programme through ‘specific’ and ‘generic’ training.  The specific training is intended to meet skill gaps within a particular unit or units within the NSO,whilst generic training programmes are identified skill gaps that are observed across the NSO and need to be mitigated through classroom training sessions.  This project will eventually commission a new ICT system across the NSO which will enable its users with an improved analytical toolkit and a harmonised computerised system; and commission data warehouse capabilities which will have the possibility for Office to increase its outreach efforts towards the adoption of administrative data with the prospect of reducing statistical burden on undertakings and households respectively.  It will also increase networking facilities among NSO employees and also across the public administration.</t>
+  </si>
+  <si>
     <t>This incentive seeks to support Undertakings through the provision of assistance in the form of non-repayable Grants to part-finance initial investments in tangible and intangible assets towards the implementation of their growth strategies related to the extension of the capacity of an existing establishment, or the setting up of a new establishment.</t>
   </si>
   <si>
-    <t>The project seeks to restore and repair the iconic Cathedral and also to turn it into a thriving and attractive communal and tourism centre. The restoration project under this grant application will address the severe problems threatening the tower, the spire and the external and internal stonework. It will also restore the boundary walls.</t>
+    <t>The project seeks the retrofitting of Sant'Antnin Wastewater Treatment Plant with innovative activated sludge-based technologies in order to enable the future operation of this plant in support of national wastewater treatment and reuse objectives.</t>
+  </si>
+  <si>
+    <t>The Rain WiiN Project consists of a proposal for a planning framework with action plans for the establishment of an integrated infrastructure network for rainwater management in five catchments in Malta. The project has an initial planning element that will see the formulation of a framework for actions, within which plans for intervention in two key components will be focused to address four strategic gaps in rainwater management. The two components of the planning framework will be followed by the intervention elements of the Rain WiiN Project that will contribute to fresh water resources quantity by bridging shortcomings in (i) valley management, and (ii) the utilisation of rainwater storage infrastructure. This application covers the planning element of the Rain WiiN project and a pilot project to test and address existing data gaps and spearhead the intervention element through sub-catchment monitoring, which will then be resumed through a second project application.</t>
+  </si>
+  <si>
+    <t>The Work Programme Initiative empowers long-term unemployed to seize work opportunities that will improve their life chances and help them achieve a better quality of life. The Work Programme Initiative improves the employability prospects of long-term unemployed by providing individual profiling, training and work placement. Training activities taoilor made on the individual needs are financed through this ESF project and complement the profiling and placement activities that are financed by National Funds</t>
+  </si>
+  <si>
+    <t>The overall aim of this project is to improve stakeholder engagement in Malta at various levels including a more active participation by stakeholders in the EU decision-making process and in tapping EU funds as an important resource to strengthen their capacity to engage in social dialogue.</t>
+  </si>
+  <si>
+    <t>The transformation of the Notarial Archives building at the 17th century palazzo at No. 24, St Christopher Street, Valletta and the adjacent building at No. 217 St Paul’s Street, into one leading centre for historical and scientific investigation that will house the Archives' ever-expanding collection of over 20,000 notarial volumes of international prestige and rich historical and social value. The centre will be made into a state-of-the-art paper conservation hub which is fully accessible to the local and international research community as well as cultural tourists.</t>
+  </si>
+  <si>
+    <t>This project seeks to increase the separation of Municipal Solid Waste at source in order to increase the amount of recycling and to divert organic waste away from landfill. It aims to achieve this objective by mainly providing households, schools and the public sector with the necessary facilities to encourage waste separation at source. These facilities will be complimented with a robust educational campaign which will seek to enhance awareness and stimulate a shift towards sustainable waste management.</t>
+  </si>
+  <si>
+    <t>The Chadwick Lakes project aims to conserve and promote the Wied il-Qlejjgha (Chadwick Lakes) for tourism purposes. It will invest in the natural and cultural resources of the site. The primary objective will be that of regenerating and valorizing the valley, creating an innovative venue for natural heritage tourism, whilst generating sensitivity toward biodiversity. In principle, therefore it is fully aligned with the scope of Priority Axis 5 of Operational Programme I. Natural heritage tourism remains untapped in Malta and hence this will be an innovative experience seeking to exploit a niche market. The project will transform this location, from its present derelict state, into a natural park, restoring valley biodiversity and the original valley profile to enhance water storage. Being close to Mdina and Rabat, the site has high potential to integrate with the surrounding heritage sites and nonetheless with the forthcoming Water Conservation Awareness Centre at Rabat.</t>
+  </si>
+  <si>
+    <t>Through this project NAO will provide training to its employees on government finance and accounting as well as public auditing. The training which will lead to an International Certificate in Public Auditing entails the following modules: Audit and Assurance Module (AA), International in Public Sector Accounting Standards (IPSAS) and Financial Crime Investigations and Case Management (FCICM)</t>
+  </si>
+  <si>
+    <t>The RES support scheme provides financial support to cover part of the costs of PV systems installed in domestic use. The scheme will be open to all energy consumers in the domestic sector and available funds will be allocated on a first come first served basis.</t>
+  </si>
+  <si>
+    <t>The project LADDER is a capacity building exercise that seeks to address the weaknesses of the Malta Chamber of SMEs in conducting social dialogue. It is an approach to improve the capabilities and overall capacity of the organisation through a series of investment, analysis, studies and training. Through the project the SME Chamber and its staff members will be able to grow in their outreach and their level of productivity and assessment. The result will be that the organisation would have adapted to new challenges and become able to function in line with today's standards and the years to come. Its network of members will be greatly strengthened and the output of social dialogue elevated.</t>
+  </si>
+  <si>
+    <t>The main objective of this project is the active inclusion of prison inmates within the labour market and society in general through education and training. The project aims at supporting inmates to evaluate their skills, strengths and weaknesses, in order to formulate a sentence plan that supports them in reaching their goals. The project focuses on four main areas: Education, Holistic Wellbeing, Restorative Justice Measures, as well as issues related to Housing and Employment.</t>
   </si>
   <si>
     <t>The ENDEAVOUR Scholarships Scheme is to support good quality tertiary education and to ensure that the Maltese labour market is supplied with the right individuals and to guarantee that it is in a better position to compete at an international level. The scheme is aimed to support those pursuing this path to succeed both at the level of education attainment as well as contributing effectively towards the economy.</t>
   </si>
   <si>
-    <t>The main objective of this project is the active inclusion of prison inmates within the labour market and society in general through education and training. The project aims at supporting inmates to evaluate their skills, strengths and weaknesses, in order to formulate a sentence plan that supports them in reaching their goals. The project focuses on four main areas: Education, Holistic Wellbeing, Restorative Justice Measures, as well as issues related to Housing and Employment.</t>
-[...14 lines deleted...]
-    <t>The scope of this project is to strengthen the capacity of the General Workers' Union (GWU) by providing training to (i) GWU representatives on the shop floor; (ii) other members of the GWU that intend to become union representatives; and (iii) GWU employees. Linked to the training programme of union employees is a job shadowing activity. By enhancing the skills of these target groups, the GWU will consolidate its capacity and thus be better equipped to participate in social dialogue both within the Maltese context and also at a European level. Union representatives on the shop floor will become more sensitive to the needs of the employees at the workplace and be more knowledgeable about the information that should be divulged to the union for further action. Similarly, by investing in its employees, the GWU will strengthen the very basis on which it operates. Having a more skilled workforce will lead to better results.</t>
+    <t>The aim of this proposal is to address, enhance and strengthen the skill- set of staff employed in the management and operations of the various teaching and research laboratories at the University of Malta, through specialised training ranging from project management abilities, knowledge of quality assurance procedures to good laboratory practices, as well as health-and-safety training and aptitude in innovation, thereby strengthening institutional capacity, environmental awareness and improving social cohesion and dialogue.</t>
+  </si>
+  <si>
+    <t>Through this project, MCAST shall be seeking to acquire the services of high level professionals and/or educational institutions so as to develop and deliver MQF Level 7 courses.  In tandem, MCAST shall be building its internal capacity by encouraging its academic staff to utilise scholarships and grants available nationally to further their studies at postgraduate and doctoral levels.</t>
+  </si>
+  <si>
+    <t>The project will provide support services to persons who are encountering difficulties in securing updated and accurate documentation. The project will identify the personal or institutional obstacles preventing persons from being appropriately documented, and intervene in order to remove these obstacles through targeted personal support. The aim is also to produce consultation-based research on the relationship between (lack of) personaldocumentation and social exclusion/employability.</t>
+  </si>
+  <si>
+    <t>This project aims to improve the quality and efficiency of Health services through the development of specialised training programmes for various Health Professions in identified priority areas. This will require research on local and international programmes and consultation with stakeholders. The project will collaborate with Associations; support Health Professions to set up associations where these are not present and assist them to develop training programmes. The final phase of this project will be capacity building and training of coordinators and staff to provide the Ministry for health with the necessary skills, capacity and expertise to set up the processes for post-graduate specialist Allied Health Training. The setting up of these specialised Health Programmes will restructure, strengthen and improve the overall delivery of health services. It will ultimately benefit the general public especially those who are disabled, ill or injured to enable them to remain active in society.</t>
+  </si>
+  <si>
+    <t>The Mystery Shopper Project aims at improving the customer experience at the various service stations throughout the Ministries and Departments across the Public Service. Through detailed reporting, customer service deficiencies will be identified and subsequently addressed, resulting in a more efficient and professional service. Identifying the training required for such an improvement will be crucial. Mystery Shopping is a unique tool in that it provides information that cannot be gathered through any other means. This project will potentially involve all the service stations within Public Service Departments, which members of the public can access in order to obtain a face-to-face service such as healthcare, social security, etc. The objectives of this project are: improving customer for the benefit of the citizen, identifying training and development needs for Public Officers in the Public Administration, and providing a sustainable service of excellence.</t>
+  </si>
+  <si>
+    <t>The project includes several actions which address all the main blocks of the Corporation’s operational cycle, namely: water production, wastewater collection and treatment and water reuse.</t>
+  </si>
+  <si>
+    <t>The project aims to build capacity to generate electircity from solar energy (RES-E) to be used by the MITA Data Centre. This project will ensure effectiveness and will enable Malta to reduce carbon emissions and air pollutants, whilst ensuring environmenatl sustainability through clean energy use.</t>
+  </si>
+  <si>
+    <t>The aim of this project is to provide constant and consistent training in nontechnical skills dealing with both the social dimension and the cognitive element in the healthcare sector to all personnel who are excellent at their technical skills but at the same time may not be so proficient in interacting with patients. Ultimately striving towards excellence in patient care and customer satisfaction.</t>
+  </si>
+  <si>
+    <t>The project mainly consist of: i) restoring 7 architectural gems dating back hundreds of years, located within the centre of Gozitan rural villages close to one another and which are highly frequented by thousands of tourists per annum; ii) restoring invaluable diverse artefacts within 7 Churches spread across Gozo &amp; St. Mary’s Cathedral in the Cittadella, which are highly appreciated by cultural tourists; iii) valorisation of the Cathedral Museum which houses invaluable artefacts.</t>
+  </si>
+  <si>
+    <t>The project entails the upgrading and retrofitting of the Administration Centre, as detailed in the energy audit. Its main scope is to minimise the energy consumption of the targeted building. This shall contribute towards the attainment of the related targets set in the EU2020 strategy in terms of GHG reductions and energy savings. In addition, the project aims to serve as a best practice example for the rest of society to minimise their carbon footprint.</t>
+  </si>
+  <si>
+    <t>The project aims to design and deliver an accredited training programme specializing on eCommerce. The objective of the course is to increase the knowledge and competences of individuals in the area of electronic commerce so as to carry out electronic business. and the development of a virtual learning environment which facilitates future participation as well as enables accessibility for participants with different needs.</t>
+  </si>
+  <si>
+    <t>Through this project, recently graduated doctoral students have the opportunity to propose research projects with Higher Education Institution in Europe within a varied set of prioritized fields. Selected research projects will be provided with a grant to cover a sufficient stipend for the the researcher / researchers throughout the duration of the project as well as other minor ancillary costs.</t>
+  </si>
+  <si>
+    <t>Deinstitutionalisation and improved life chances through research, education and training. The project is split into 3 main activities, a research study, care worker's training programme  and children's training programme. Participating in this project shall be care workers and children in out-of-home care managed by the NGO's Fondazzjoni Sebh, Fondazzjoni Dar San Guzepp, and St Patrick's Residential Services. This project seeks to improve the life chances and quality of life of children residing in out-of-home care by tackling this in a holistic manner, by also understanding and acknowledging the impact care workers have on these children's development</t>
+  </si>
+  <si>
+    <t>The aim of this project is to provide assistance through the implementation of a supported employment programme to those persons who would have fallen through the cracks of other supported employment programmes. This will be achieved through two objectives, these being:- To improve the services provided by MASE through the up-skilling of persons (job coaches and MASE volunteers) in supported employment. - To provide better employment opportunities to vulnerable people, through the implementation of a supported employment pilot programme, targeting 50 persons.</t>
+  </si>
+  <si>
+    <t>The objective of the project is to extend the Xewkija industrial park which is an area owned and administered by Malta Industrial Parks Ltd. in Gozo. The intention is to develop the vacant space known as tal-Hofra into 15 new business workshops having a total of 5,355 sq. m for industrial activity. Moreover, at the MDP site, Malta Industrial Parks Ltd. intends to demolish the existing buildings and construct an indoor multipurpose facility comprising a 1,950 sq.m high-bay industrial space at level -1 together with a total of 4,060 sq. m of lettable business space at levels 1 and 2 to accommodate Research &amp; Development, innovation, back office, filming and gaming operations, financial services and software development among other type of operations. The underlying intentions are to enable further economic growth through better diversification in the economy, and to provide further job opportunities for people living in Gozo.</t>
   </si>
   <si>
     <t>Access to Employment Scheme will provide employment aid to enterprises in Malta and Gozo to promote the recruitment of disadvantaged, severely disadvantaged and/or disabled persons.</t>
   </si>
   <si>
-    <t>Suicide remains a prevailing issue locally, in Europe and worldwide. Suicide is a global phenomenon that affects people of all ages and from all regions of the world, regardless of gender, yet it particularly effects those with low- and middle-income. Civil society plays a crucial role in dealing with this major health issue in Malta. In this regard, constant investment is needed to sustain this national effort.  This project seeks to raise awareness on suicide with the aim to increase identification and prevention, combat stigma, and encourage those vulnerable to seek assistance. Moreover, this project aims to strengthen and improve the invaluable SPOT service in a professional manner.</t>
-[...29 lines deleted...]
-    <t>The transformation of the Notarial Archives building at the 17th century palazzo at No. 24, St Christopher Street, Valletta and the adjacent building at No. 217 St Paul’s Street, into one leading centre for historical and scientific investigation that will house the Archives' ever-expanding collection of over 20,000 notarial volumes of international prestige and rich historical and social value. The centre will be made into a state-of-the-art paper conservation hub which is fully accessible to the local and international research community as well as cultural tourists.</t>
+    <t>This project will expand the educational support offered at Caritas Tal-Ibwar Adolescents Therapeutic Services (CIATS) to include digital media and ICT. As a result adolescents with problematic substance use will get a more holistic modern education, thus combatting poverty and social exclusion. The project is needed because there is no targeted support for adolescents with such issues. CIATS will start delivering such support in Q1 2021 but it does not include education on digital/ICT. This gap would be a major stumbling block for their reintegration into society. The key activities include the development of a new educational programme for ICT Literacy and Digital Media Production, and delivering the programme to around 15 adolescents.  The new educational programme will continue to be provided, ensuring a long-term impact.</t>
   </si>
   <si>
     <t>The project, through training, material and online resources, will equip the following groups as Mental Health First Aiders (MHFAs) - Educators to be able to help students; Managers and supervisors at work to help young employees and Youth to be able to help and reach out to their teenage peers. The project will produce mental health first aid training material, manuals and resources.</t>
   </si>
   <si>
-    <t>The overall aim of this project is to improve stakeholder engagement in Malta at various levels including a more active participation by stakeholders in the EU decision-making process and in tapping EU funds as an important resource to strengthen their capacity to engage in social dialogue.</t>
-[...8 lines deleted...]
-    <t>The project will consist of the restoration of Xewkija Windmill and the stabilization  in order to provide an innovative cultural and historical tourism experience aiming to improve Gozo's tourism product.</t>
+    <t>The project will embark on structured awareness building among all the stakeholders at all levels of government, civil society and society at large focusing mainly on social determinants and on the role of relevant stakeholders in promoting healthier lifestyles in various settings including schools, community, home and at work. Specific capacity building sessions on intersectoral and cross sectoral collaboration will be offered to all stakeholders in order to empower government officials, NGOs and the general public to develop the necessary skills and tools to promote healthier lifestyles. Moreover, through an extensive review of the health inequalities status in Malta, a national action plan will be developed to promote healthier lifestyles and health and safety at work using different channels in order to reach the different target audiences.</t>
+  </si>
+  <si>
+    <t>The project consists of an extensive rehabilitation of the former landfill located at Wied Fulija. The scope of the intervention is to safeguard the environment, remove the disamenity caused to neighbouring villages and to return one of the most scenic areas back to the general public whereby footpaths will be created along the parameter of the former landfill which will enable people to enjoy the open space.</t>
+  </si>
+  <si>
+    <t>Through this project we aim to create a Cultural Hub where tourists will enjoy exhibitions which will give a clear history of Pyrotechnics in Malta. Through various artefacts and also an Audio visual representation, visitors will have an enjoyable experience whilst understanding how this industry evolved.</t>
+  </si>
+  <si>
+    <t>This project will rekindle the historical values of Xlendi, and within an adequate package also promoting other attractions in the locality, Xlendi may be transformed into an all-year-round destination.</t>
+  </si>
+  <si>
+    <t>The project is divided into three main components; firstly, it aims to train public sector and public service employees on the use of new Government services through mobile devices, and ensure they are confident in using these services, and promoting them amongst the general public. Secondly, an awareness-raising campaign aimed at the general public will be held to provide information about these mobile public services and encourage their use by citizens. Thirdly, conduct research studies to measure the impact of training and awareness raising on take-up of the mobile services, as well as to assess the local</t>
+  </si>
+  <si>
+    <t>The Project seeks to provide specialised training programmes for public sector employees at ACM, the Culture Directorate, Public Cultural Organisations and the Department for Local Government, representing 68 Local Councils and 6 Regional Committees. This project aims to provide tailor-made training programmes for public sector employees involved in the cultural and creative sectors, to render public administration and public service on a regional, local and national level more efficient and in line with the Create 2020 Strategy and National Priorities.</t>
+  </si>
+  <si>
+    <t>The Project will consolidate the strategic and policy development functions of the MEAE by enhancing the knowledge and skills base of its structures; starting with the up-skilling of staff within the Standards and Implementation Division (SID) and the EU secretariat within the Ministry. The project will also seek to forge a symbiotic relationship between the SID and EU Sec. with the other structures within the Ministry. This will be achieved through the provision of professional training opportunities for staff and the subsequent dissemination of knowledge and skills acquired.</t>
+  </si>
+  <si>
+    <t>This project consists of the upgrading of the existing roundabout junction at Node EA15 to a grade separated junction with the aim to eliminate the current bottleneck which is the cause of daily traffic queues and extended journey times for road users. Malta’s Action Plan towards the Transport Ex-ante Conditionality and the draft Transport Master Plan (2015-2025), identifies this Project as a priority project. Implementation is programmed between 2016 and 2018. Being the busiest section of the Comprehensive TEN-T network in Malta, with a daily traffic volume in excess of 90,000 vehicles, the current at-grade layout of roads and junctions cannot accommodate the high volumes of traffic. The removal of this major traffic bottleneck will improve connectivity, accessibility, safety, sustainability and reduce significant negative environmental, social and economic impacts resulting from transport externalities.</t>
+  </si>
+  <si>
+    <t>INVEST aims to increase physical infrastructure in order to be able to provide Vocational Education and Training (VET) to secondary school students and to reduce the rate of early school leavers (ESL). The project involves the conversion of laboratories in various schools in Malta and Gozo into VET Labs. The investment shall involve the setting up of a total of seventy-eight (78) VET labs in thirteen (13) schools in Malta and Gozo in the areas of Engineering Technology, Information Technology, Hospitality, Health and Social Care, Agribusiness, Retail, Textiles and Fashion. Hairdressing and Beauty, and Media Literacy.</t>
+  </si>
+  <si>
+    <t>The project consists of the restoration of three historical coastal forts situated along the Northern coast of the Maltese Island – one fort in Mellieha, the other on the island of Comino and the third one in Dwejra Gozo.</t>
+  </si>
+  <si>
+    <t>The project consists of actions forming part of the construction of a multi-level junction at EA20A &amp; EA21 along the TEN-T Core and Comprehensive Network for the removal of existing traffic bottlenecks at Marsa Junction which forms part of a bigger project. Furthermore, interventions will be undertaken along other key road sections of the TEN-T route in Malta to address various bottlenecks currently being encountered. Overall, the project will improve connectivity, accessibility, road safety, sustainability and reduce the negative impact of transport from the environmental, social and economic aspect.</t>
+  </si>
+  <si>
+    <t>The SCOPE project is based on the adaptive re-use of St. Augustine’s convent in Valletta. The Fondazzjoni Socjo-Kulturali Ambjentali Augustina is delivering a Community Interpretation Centre.</t>
+  </si>
+  <si>
+    <t>The Matthew Effect refers to disadvantaged students who are probably more likely to struggle at school and life and who continue do to so because of their poor life opportunities often referred to as the Matthew Effect. This project is about stopping and breaking this cycle by providing scientifically based intervention that help children to close the gap. This project is in line with various policies including the framework for the education strategy for Malta 2014-2024 to ensure that children obtain the necessary skills and attitudes to be active citizens and to succeed at work and in society.  Actions being recommended to halt and reverse this effect are specific to helping the child obtain better tools to develop holistically both at school and home</t>
+  </si>
+  <si>
+    <t>The aim of this project will be to tackle the issue of poverty and in-work poverty in Malta and build the capacity of the GWU to engage in social dialogue. This aim will be achieved through the following project objectives:   -To gather more information on the poverty situation on the island and how this can be remedied, through the development of one research paper on the introduction of a National Living Wage (NLW) in Malta.  -To inform NGO’s and stakeholders operating in the fields of poverty and workers’ rights about the results of this research paper, through the implementation of an information session.  -To provide members of GWU staff with the necessary skills to be able to engage better in social dialogue with policy makers, through the training of 15 persons on strategic communications and lobbying</t>
   </si>
   <si>
     <t>A number of solar panels will be installed on Malta's Red Cross premises. This project is being done with the intention of generating all of the electricity consumed by the Malta Red Cross</t>
   </si>
   <si>
-    <t>This project will rekindle the historical values of Xlendi, and within an adequate package also promoting other attractions in the locality, Xlendi may be transformed into an all-year-round destination.</t>
-[...56 lines deleted...]
-    <t>This Measure seeks to support SMEs through the provision of assistance in the form of a non-repayable Grant to cover part of the costs incurred for external consultancy services contracted to assess and evaluate the potential of re-engineering the organisation and its operations, or processes and systems aimed at rendering it more efficient; or the potential of the Undertaking to take on proposed investment initiatives aimed at the potential futurebusiness growth of the Undertaking, and at rendering it more competitive.</t>
+    <t>The project aims to support the young generation in Senglea through the following activities: creation of an educational hub for the provision of tailored educational programmes and team buildling opportunities; and the creation of an adequate meeting space where to also find specialised support to address any personal difficulties related to education and employment.</t>
   </si>
   <si>
     <t>The project involves the upgrading of existing street lighting lanterns in a number of arterial and distributor roads in Malta together with the installation of a light management system. The project shall be making use of energy efficient measures aimed at reducing the carbon footprint produced by the generation of electricity for street lighting, as well as to contribute towards the reducation of primary and end energy consumption. Greenhouse Gas Emissions shall see an annual reducion of c. 644.56 tonnes through the implementation of the project and decrease of 1,584,667KWh annual primary energy consumption.</t>
   </si>
   <si>
     <t>The purpose of the project is to carry out a study into the sustainability of the Maltese tourism sector. It will identify the baseline situation, identify gaps and challenges, highlight opportunities, and propose recommendations. The latter will help facilitate further development and evolution of Malta’s tourism sector, which is a key economic sector. The study will recognise the impact Covid-19 has had, and will have, on the tourism sector in the short-medium term, especially in terms of existing and future bed supply, and the implications associated with over supply. It will facilitate continued policy dialogue with stakeholders and policymakers to present tangible recommendations improving the quality and sustainability of the sector, while limiting its social and environmental impact and enhancing its long-term growth in terms of jobs and skills. The study will also help inform a series of workshops targeting employees, focusing on the main areas which emerge from the study.</t>
   </si>
   <si>
-    <t>The project aims at optimising the management of water resources management in the Maltese islands. The project actions envisage the development of an increased knowledge on the occurrence of natural water resources in the Maltese islands, coupled with an increased appreciation of the importance of water use in stakeholders. These two complimentary actions will contribute towards increased appreciation on the vulnerability of water resources in the Maltese islands, and identify the optimal tools on how these resources can be protected.</t>
-[...206 lines deleted...]
-    <t>This project will include three phases: the restoration of Westreme Battery; restoration of the World War II Military Structures – Beach Post and Defence Light Post; and the upgrade of the museum into an interpretation centre.</t>
+    <t>Planning and Priorities Co-ordination Division</t>
   </si>
   <si>
     <t>Planning and priorities Coordination Division (PPCD) – Ministry for European Affairs and the Implementation of the Electoral Manifesto</t>
-  </si>
-[...1 lines deleted...]
-    <t>Planning and Priorities Co-ordination Division</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -3074,76 +3074,73 @@
         <v>35</v>
       </c>
       <c r="AK1" s="1" t="s">
         <v>36</v>
       </c>
       <c r="AL1" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="2" spans="1:38">
       <c r="A2" t="s">
         <v>38</v>
       </c>
       <c r="B2" t="s">
         <v>158</v>
       </c>
       <c r="C2" t="s">
         <v>278</v>
       </c>
       <c r="D2" t="s">
         <v>278</v>
       </c>
       <c r="E2" t="s">
         <v>398</v>
       </c>
-      <c r="F2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" t="s">
         <v>468</v>
       </c>
       <c r="H2">
         <v>80</v>
       </c>
       <c r="I2">
-        <v>3560316.43</v>
+        <v>2890873</v>
       </c>
       <c r="J2" t="s">
         <v>501</v>
       </c>
       <c r="K2">
-        <v>2848253.144</v>
+        <v>2312698.4</v>
       </c>
       <c r="L2" t="s">
         <v>502</v>
       </c>
       <c r="M2" t="s">
         <v>587</v>
       </c>
       <c r="N2">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="O2" t="s">
         <v>610</v>
       </c>
       <c r="P2" t="s">
         <v>644</v>
       </c>
       <c r="Q2" t="s">
         <v>654</v>
       </c>
       <c r="R2" t="s">
         <v>664</v>
       </c>
       <c r="S2" t="s">
         <v>669</v>
       </c>
       <c r="T2" t="s">
         <v>674</v>
       </c>
       <c r="U2" t="s">
         <v>677</v>
       </c>
       <c r="V2" t="s">
         <v>680</v>
       </c>
@@ -3170,354 +3167,345 @@
       </c>
       <c r="AJ2" t="s">
         <v>733</v>
       </c>
       <c r="AK2" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="3" spans="1:38">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" t="s">
         <v>159</v>
       </c>
       <c r="C3" t="s">
         <v>279</v>
       </c>
       <c r="D3" t="s">
         <v>279</v>
       </c>
       <c r="E3" t="s">
         <v>398</v>
       </c>
       <c r="F3" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="G3" t="s">
         <v>469</v>
       </c>
       <c r="H3">
         <v>80</v>
       </c>
       <c r="I3">
-        <v>11000000</v>
+        <v>78470</v>
       </c>
       <c r="J3" t="s">
         <v>501</v>
       </c>
       <c r="K3">
-        <v>8800000</v>
+        <v>62776</v>
+      </c>
+      <c r="L3" t="s">
+        <v>503</v>
+      </c>
+      <c r="M3" t="s">
+        <v>588</v>
       </c>
       <c r="N3">
-        <v>1</v>
+        <v>109</v>
       </c>
       <c r="O3" t="s">
         <v>611</v>
       </c>
       <c r="P3" t="s">
         <v>645</v>
       </c>
       <c r="Q3" t="s">
         <v>655</v>
       </c>
       <c r="R3" t="s">
         <v>665</v>
       </c>
       <c r="S3" t="s">
         <v>670</v>
       </c>
       <c r="T3" t="s">
         <v>674</v>
       </c>
       <c r="U3" t="s">
         <v>677</v>
       </c>
       <c r="V3" t="s">
         <v>680</v>
       </c>
       <c r="W3" t="s">
         <v>682</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>685</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>708</v>
       </c>
       <c r="AC3" t="s">
         <v>730</v>
       </c>
       <c r="AF3" t="s">
         <v>731</v>
       </c>
       <c r="AH3" t="s">
         <v>732</v>
       </c>
       <c r="AI3" t="s">
         <v>734</v>
       </c>
       <c r="AJ3" t="s">
         <v>734</v>
       </c>
       <c r="AK3" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="4" spans="1:38">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>160</v>
       </c>
       <c r="C4" t="s">
         <v>280</v>
       </c>
       <c r="D4" t="s">
         <v>280</v>
       </c>
       <c r="E4" t="s">
         <v>398</v>
       </c>
       <c r="F4" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="G4" t="s">
         <v>470</v>
       </c>
       <c r="H4">
         <v>80</v>
       </c>
       <c r="I4">
-        <v>4200000</v>
+        <v>7814478.05</v>
       </c>
       <c r="J4" t="s">
         <v>501</v>
       </c>
       <c r="K4">
-        <v>3360000</v>
+        <v>6251582.44</v>
       </c>
       <c r="L4" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>504</v>
       </c>
       <c r="N4">
-        <v>92</v>
+        <v>72</v>
       </c>
       <c r="O4" t="s">
         <v>612</v>
       </c>
       <c r="P4" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="Q4" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="R4" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="S4" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="T4" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U4" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V4" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W4" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>708</v>
+        <v>683</v>
       </c>
       <c r="AC4" t="s">
         <v>730</v>
       </c>
       <c r="AF4" t="s">
         <v>731</v>
       </c>
       <c r="AH4" t="s">
         <v>732</v>
       </c>
       <c r="AI4" t="s">
         <v>735</v>
       </c>
       <c r="AJ4" t="s">
         <v>735</v>
       </c>
       <c r="AK4" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="5" spans="1:38">
       <c r="A5" t="s">
         <v>41</v>
       </c>
       <c r="B5" t="s">
         <v>161</v>
       </c>
       <c r="C5" t="s">
         <v>281</v>
       </c>
       <c r="D5" t="s">
         <v>281</v>
       </c>
       <c r="E5" t="s">
         <v>398</v>
       </c>
       <c r="F5" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="G5" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="H5">
         <v>80</v>
       </c>
       <c r="I5">
-        <v>11225323</v>
+        <v>200000</v>
       </c>
       <c r="J5" t="s">
         <v>501</v>
       </c>
       <c r="K5">
-        <v>8980258.4</v>
+        <v>160000</v>
       </c>
       <c r="L5" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>505</v>
       </c>
       <c r="N5">
-        <v>116</v>
+        <v>53</v>
       </c>
       <c r="O5" t="s">
         <v>613</v>
       </c>
       <c r="P5" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="Q5" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="R5" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S5" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T5" t="s">
         <v>675</v>
       </c>
       <c r="U5" t="s">
         <v>678</v>
       </c>
       <c r="V5" t="s">
         <v>681</v>
       </c>
       <c r="W5" t="s">
         <v>683</v>
-      </c>
-[...4 lines deleted...]
-        <v>708</v>
       </c>
       <c r="AC5" t="s">
         <v>730</v>
       </c>
       <c r="AF5" t="s">
         <v>731</v>
       </c>
       <c r="AH5" t="s">
         <v>732</v>
       </c>
       <c r="AI5" t="s">
         <v>736</v>
       </c>
       <c r="AJ5" t="s">
         <v>736</v>
       </c>
       <c r="AK5" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="6" spans="1:38">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>162</v>
       </c>
       <c r="C6" t="s">
         <v>282</v>
       </c>
       <c r="D6" t="s">
         <v>282</v>
       </c>
       <c r="E6" t="s">
         <v>398</v>
       </c>
       <c r="F6" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="G6" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H6">
         <v>80</v>
       </c>
       <c r="I6">
-        <v>951844</v>
+        <v>60000</v>
       </c>
       <c r="J6" t="s">
         <v>501</v>
       </c>
       <c r="K6">
-        <v>761475.2</v>
-[...2 lines deleted...]
-        <v>505</v>
+        <v>48000</v>
       </c>
       <c r="N6">
-        <v>109</v>
+        <v>66</v>
       </c>
       <c r="O6" t="s">
         <v>614</v>
       </c>
       <c r="P6" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="Q6" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="R6" t="s">
         <v>666</v>
       </c>
       <c r="S6" t="s">
         <v>671</v>
       </c>
       <c r="T6" t="s">
         <v>675</v>
       </c>
       <c r="U6" t="s">
         <v>678</v>
       </c>
       <c r="V6" t="s">
         <v>681</v>
       </c>
       <c r="W6" t="s">
         <v>683</v>
       </c>
       <c r="AC6" t="s">
         <v>730</v>
       </c>
       <c r="AF6" t="s">
         <v>731</v>
       </c>
@@ -3529,2375 +3517,2381 @@
       </c>
       <c r="AJ6" t="s">
         <v>737</v>
       </c>
       <c r="AK6" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="7" spans="1:38">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7" t="s">
         <v>163</v>
       </c>
       <c r="C7" t="s">
         <v>283</v>
       </c>
       <c r="D7" t="s">
         <v>283</v>
       </c>
       <c r="E7" t="s">
         <v>398</v>
       </c>
       <c r="F7" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="G7" t="s">
         <v>472</v>
       </c>
       <c r="H7">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I7">
-        <v>29678</v>
+        <v>21204050.66</v>
       </c>
       <c r="J7" t="s">
         <v>501</v>
       </c>
       <c r="K7">
-        <v>23742.4</v>
+        <v>18023443.061</v>
       </c>
       <c r="L7" t="s">
         <v>506</v>
       </c>
       <c r="M7" t="s">
         <v>589</v>
       </c>
       <c r="N7">
-        <v>109</v>
+        <v>21</v>
       </c>
       <c r="O7" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="P7" t="s">
         <v>647</v>
       </c>
       <c r="Q7" t="s">
         <v>657</v>
       </c>
       <c r="R7" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S7" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T7" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="U7" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="V7" t="s">
         <v>681</v>
       </c>
       <c r="W7" t="s">
         <v>683</v>
       </c>
       <c r="Z7" t="s">
         <v>686</v>
       </c>
       <c r="AA7" t="s">
         <v>709</v>
       </c>
       <c r="AC7" t="s">
         <v>730</v>
       </c>
       <c r="AF7" t="s">
         <v>731</v>
       </c>
       <c r="AH7" t="s">
         <v>732</v>
       </c>
       <c r="AI7" t="s">
         <v>738</v>
       </c>
       <c r="AJ7" t="s">
         <v>738</v>
       </c>
       <c r="AK7" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="8" spans="1:38">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>164</v>
       </c>
       <c r="C8" t="s">
         <v>284</v>
       </c>
       <c r="D8" t="s">
         <v>284</v>
       </c>
       <c r="E8" t="s">
         <v>398</v>
       </c>
+      <c r="F8" t="s">
+        <v>404</v>
+      </c>
       <c r="G8" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H8">
         <v>80</v>
       </c>
       <c r="I8">
-        <v>482851</v>
+        <v>1900000</v>
       </c>
       <c r="J8" t="s">
         <v>501</v>
       </c>
       <c r="K8">
-        <v>386280.8</v>
+        <v>1520000</v>
       </c>
       <c r="L8" t="s">
         <v>507</v>
       </c>
       <c r="M8" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="N8">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="O8" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P8" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="Q8" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="R8" t="s">
         <v>667</v>
       </c>
       <c r="S8" t="s">
         <v>672</v>
       </c>
       <c r="T8" t="s">
         <v>675</v>
       </c>
       <c r="U8" t="s">
         <v>678</v>
       </c>
       <c r="V8" t="s">
         <v>681</v>
       </c>
       <c r="W8" t="s">
         <v>683</v>
       </c>
       <c r="Z8" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="AA8" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="AC8" t="s">
         <v>730</v>
       </c>
       <c r="AF8" t="s">
         <v>731</v>
       </c>
       <c r="AH8" t="s">
         <v>732</v>
       </c>
       <c r="AI8" t="s">
         <v>739</v>
       </c>
       <c r="AJ8" t="s">
         <v>739</v>
       </c>
       <c r="AK8" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="9" spans="1:38">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>165</v>
       </c>
       <c r="C9" t="s">
         <v>285</v>
       </c>
       <c r="D9" t="s">
         <v>285</v>
       </c>
       <c r="E9" t="s">
         <v>398</v>
       </c>
       <c r="F9" t="s">
         <v>405</v>
       </c>
       <c r="G9" t="s">
         <v>473</v>
       </c>
       <c r="H9">
         <v>80</v>
       </c>
       <c r="I9">
-        <v>100000</v>
+        <v>4505590.11</v>
       </c>
       <c r="J9" t="s">
         <v>501</v>
       </c>
       <c r="K9">
-        <v>80000</v>
+        <v>3604472.09</v>
       </c>
       <c r="L9" t="s">
         <v>508</v>
       </c>
-      <c r="M9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N9">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="O9" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="P9" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="Q9" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="R9" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S9" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T9" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U9" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V9" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W9" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        <v>709</v>
+        <v>682</v>
       </c>
       <c r="AC9" t="s">
         <v>730</v>
       </c>
       <c r="AF9" t="s">
         <v>731</v>
       </c>
       <c r="AH9" t="s">
         <v>732</v>
       </c>
       <c r="AI9" t="s">
         <v>740</v>
       </c>
       <c r="AJ9" t="s">
         <v>740</v>
       </c>
       <c r="AK9" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="10" spans="1:38">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>166</v>
       </c>
       <c r="C10" t="s">
         <v>286</v>
       </c>
       <c r="D10" t="s">
         <v>286</v>
       </c>
       <c r="E10" t="s">
         <v>398</v>
       </c>
       <c r="F10" t="s">
         <v>406</v>
       </c>
       <c r="G10" t="s">
         <v>474</v>
       </c>
       <c r="H10">
         <v>80</v>
       </c>
       <c r="I10">
-        <v>24022125</v>
+        <v>799237.08</v>
       </c>
       <c r="J10" t="s">
         <v>501</v>
       </c>
       <c r="K10">
-        <v>19217700</v>
+        <v>639389.664</v>
       </c>
       <c r="L10" t="s">
         <v>509</v>
       </c>
-      <c r="M10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N10">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="O10" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="P10" t="s">
-        <v>647</v>
+        <v>646</v>
       </c>
       <c r="Q10" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="R10" t="s">
         <v>666</v>
       </c>
       <c r="S10" t="s">
         <v>671</v>
       </c>
       <c r="T10" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U10" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V10" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W10" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>708</v>
+        <v>683</v>
       </c>
       <c r="AC10" t="s">
         <v>730</v>
       </c>
       <c r="AF10" t="s">
         <v>731</v>
       </c>
       <c r="AH10" t="s">
         <v>732</v>
       </c>
       <c r="AI10" t="s">
         <v>741</v>
       </c>
       <c r="AJ10" t="s">
         <v>741</v>
       </c>
       <c r="AK10" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="11" spans="1:38">
       <c r="A11" t="s">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>167</v>
       </c>
       <c r="C11" t="s">
         <v>287</v>
       </c>
       <c r="D11" t="s">
         <v>287</v>
       </c>
       <c r="E11" t="s">
         <v>398</v>
       </c>
       <c r="F11" t="s">
         <v>407</v>
       </c>
       <c r="G11" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="H11">
         <v>80</v>
       </c>
       <c r="I11">
-        <v>38610</v>
+        <v>7600000</v>
       </c>
       <c r="J11" t="s">
         <v>501</v>
       </c>
       <c r="K11">
-        <v>30888</v>
+        <v>6080000</v>
       </c>
       <c r="L11" t="s">
         <v>510</v>
       </c>
       <c r="M11" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="N11">
-        <v>120</v>
+        <v>94</v>
       </c>
       <c r="O11" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="P11" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="Q11" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="R11" t="s">
         <v>667</v>
       </c>
       <c r="S11" t="s">
         <v>672</v>
       </c>
       <c r="T11" t="s">
         <v>675</v>
       </c>
       <c r="U11" t="s">
         <v>678</v>
       </c>
       <c r="V11" t="s">
         <v>681</v>
       </c>
       <c r="W11" t="s">
         <v>683</v>
       </c>
       <c r="Z11" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="AA11" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="AC11" t="s">
         <v>730</v>
       </c>
       <c r="AF11" t="s">
         <v>731</v>
       </c>
       <c r="AH11" t="s">
         <v>732</v>
       </c>
       <c r="AI11" t="s">
         <v>742</v>
       </c>
       <c r="AJ11" t="s">
         <v>742</v>
       </c>
       <c r="AK11" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="12" spans="1:38">
       <c r="A12" t="s">
         <v>48</v>
       </c>
       <c r="B12" t="s">
         <v>168</v>
       </c>
       <c r="C12" t="s">
         <v>288</v>
       </c>
       <c r="D12" t="s">
         <v>288</v>
       </c>
       <c r="E12" t="s">
         <v>398</v>
       </c>
       <c r="F12" t="s">
         <v>408</v>
       </c>
       <c r="G12" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="H12">
         <v>80</v>
       </c>
       <c r="I12">
-        <v>13051695.02</v>
+        <v>2571605.95</v>
       </c>
       <c r="J12" t="s">
         <v>501</v>
       </c>
       <c r="K12">
-        <v>10441356.01</v>
+        <v>2057284.76</v>
       </c>
       <c r="L12" t="s">
         <v>511</v>
       </c>
+      <c r="M12" t="s">
+        <v>591</v>
+      </c>
       <c r="N12">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="O12" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="P12" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="Q12" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="R12" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S12" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T12" t="s">
         <v>675</v>
       </c>
       <c r="U12" t="s">
         <v>678</v>
       </c>
       <c r="V12" t="s">
         <v>681</v>
       </c>
       <c r="W12" t="s">
         <v>683</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>688</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>711</v>
       </c>
       <c r="AC12" t="s">
         <v>730</v>
       </c>
       <c r="AF12" t="s">
         <v>731</v>
       </c>
       <c r="AH12" t="s">
         <v>732</v>
       </c>
       <c r="AI12" t="s">
         <v>743</v>
       </c>
       <c r="AJ12" t="s">
         <v>743</v>
       </c>
       <c r="AK12" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="13" spans="1:38">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>169</v>
       </c>
       <c r="C13" t="s">
         <v>289</v>
       </c>
       <c r="D13" t="s">
         <v>289</v>
       </c>
       <c r="E13" t="s">
         <v>398</v>
       </c>
       <c r="F13" t="s">
         <v>409</v>
       </c>
       <c r="G13" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="H13">
         <v>80</v>
       </c>
       <c r="I13">
-        <v>42032</v>
+        <v>1092885</v>
       </c>
       <c r="J13" t="s">
         <v>501</v>
       </c>
       <c r="K13">
-        <v>33625.6</v>
+        <v>874308</v>
       </c>
       <c r="L13" t="s">
         <v>512</v>
       </c>
       <c r="M13" t="s">
         <v>590</v>
       </c>
       <c r="N13">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="O13" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="P13" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="Q13" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="R13" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="S13" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="T13" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U13" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V13" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W13" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z13" t="s">
         <v>687</v>
       </c>
       <c r="AA13" t="s">
         <v>710</v>
       </c>
       <c r="AC13" t="s">
         <v>730</v>
       </c>
       <c r="AF13" t="s">
         <v>731</v>
       </c>
       <c r="AH13" t="s">
         <v>732</v>
       </c>
       <c r="AI13" t="s">
         <v>744</v>
       </c>
       <c r="AJ13" t="s">
         <v>744</v>
       </c>
       <c r="AK13" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="14" spans="1:38">
       <c r="A14" t="s">
         <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>170</v>
       </c>
       <c r="C14" t="s">
         <v>290</v>
       </c>
       <c r="D14" t="s">
         <v>290</v>
       </c>
       <c r="E14" t="s">
         <v>398</v>
       </c>
       <c r="F14" t="s">
         <v>410</v>
       </c>
       <c r="G14" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="H14">
         <v>80</v>
       </c>
       <c r="I14">
-        <v>3208204</v>
+        <v>4461035</v>
       </c>
       <c r="J14" t="s">
         <v>501</v>
       </c>
       <c r="K14">
-        <v>2566563.2</v>
+        <v>3568828</v>
       </c>
       <c r="L14" t="s">
         <v>513</v>
       </c>
-      <c r="M14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N14">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="O14" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="P14" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="Q14" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="R14" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S14" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T14" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U14" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V14" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W14" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        <v>711</v>
+        <v>682</v>
       </c>
       <c r="AC14" t="s">
         <v>730</v>
       </c>
       <c r="AF14" t="s">
         <v>731</v>
       </c>
       <c r="AH14" t="s">
         <v>732</v>
       </c>
       <c r="AI14" t="s">
         <v>745</v>
       </c>
       <c r="AJ14" t="s">
         <v>745</v>
       </c>
       <c r="AK14" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="15" spans="1:38">
       <c r="A15" t="s">
         <v>51</v>
       </c>
       <c r="B15" t="s">
         <v>171</v>
       </c>
       <c r="C15" t="s">
         <v>291</v>
       </c>
       <c r="D15" t="s">
         <v>291</v>
       </c>
       <c r="E15" t="s">
         <v>398</v>
       </c>
       <c r="F15" t="s">
         <v>411</v>
       </c>
       <c r="G15" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="H15">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I15">
-        <v>5000000</v>
+        <v>9147872.640000001</v>
       </c>
       <c r="J15" t="s">
         <v>501</v>
       </c>
       <c r="K15">
-        <v>4250000</v>
+        <v>7318298.112000001</v>
       </c>
       <c r="L15" t="s">
         <v>514</v>
       </c>
       <c r="M15" t="s">
         <v>592</v>
       </c>
       <c r="N15">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="O15" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="P15" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="Q15" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="R15" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T15" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="U15" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="V15" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W15" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z15" t="s">
         <v>689</v>
       </c>
       <c r="AA15" t="s">
         <v>712</v>
       </c>
       <c r="AC15" t="s">
         <v>730</v>
       </c>
       <c r="AF15" t="s">
         <v>731</v>
       </c>
       <c r="AH15" t="s">
         <v>732</v>
       </c>
       <c r="AI15" t="s">
         <v>746</v>
       </c>
       <c r="AJ15" t="s">
         <v>746</v>
       </c>
       <c r="AK15" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="16" spans="1:38">
       <c r="A16" t="s">
         <v>52</v>
       </c>
       <c r="B16" t="s">
         <v>172</v>
       </c>
       <c r="C16" t="s">
         <v>292</v>
       </c>
       <c r="D16" t="s">
         <v>292</v>
       </c>
       <c r="E16" t="s">
         <v>398</v>
       </c>
       <c r="F16" t="s">
         <v>412</v>
       </c>
       <c r="G16" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="H16">
         <v>80</v>
       </c>
       <c r="I16">
-        <v>4237053</v>
+        <v>8466052.699999999</v>
       </c>
       <c r="J16" t="s">
         <v>501</v>
       </c>
       <c r="K16">
-        <v>3389642.4</v>
+        <v>6772842.16</v>
       </c>
       <c r="L16" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="M16" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="N16">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="O16" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="P16" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="Q16" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="R16" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S16" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T16" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U16" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V16" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W16" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z16" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="AA16" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="AC16" t="s">
         <v>730</v>
       </c>
       <c r="AF16" t="s">
         <v>731</v>
       </c>
       <c r="AH16" t="s">
         <v>732</v>
       </c>
       <c r="AI16" t="s">
         <v>747</v>
       </c>
       <c r="AJ16" t="s">
         <v>747</v>
       </c>
       <c r="AK16" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="17" spans="1:38">
+    <row r="17" spans="1:37">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" t="s">
         <v>173</v>
       </c>
       <c r="C17" t="s">
         <v>293</v>
       </c>
       <c r="D17" t="s">
         <v>293</v>
       </c>
       <c r="E17" t="s">
         <v>398</v>
       </c>
       <c r="F17" t="s">
         <v>413</v>
       </c>
       <c r="G17" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="H17">
         <v>80</v>
       </c>
       <c r="I17">
-        <v>643600</v>
+        <v>15453.18</v>
       </c>
       <c r="J17" t="s">
         <v>501</v>
       </c>
       <c r="K17">
-        <v>514880</v>
+        <v>12362.544</v>
       </c>
       <c r="L17" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>590</v>
+        <v>515</v>
       </c>
       <c r="N17">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="O17" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="P17" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="Q17" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="R17" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S17" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T17" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U17" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V17" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W17" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>710</v>
+        <v>683</v>
       </c>
       <c r="AC17" t="s">
         <v>730</v>
       </c>
       <c r="AF17" t="s">
         <v>731</v>
       </c>
       <c r="AH17" t="s">
         <v>732</v>
       </c>
       <c r="AI17" t="s">
         <v>748</v>
       </c>
       <c r="AJ17" t="s">
         <v>748</v>
       </c>
       <c r="AK17" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="18" spans="1:38">
+    <row r="18" spans="1:37">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" t="s">
         <v>174</v>
       </c>
       <c r="C18" t="s">
         <v>294</v>
       </c>
       <c r="D18" t="s">
         <v>294</v>
       </c>
       <c r="E18" t="s">
         <v>398</v>
       </c>
       <c r="F18" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="G18" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="H18">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I18">
-        <v>6917876.37</v>
+        <v>3463562.4</v>
       </c>
       <c r="J18" t="s">
         <v>501</v>
       </c>
       <c r="K18">
-        <v>5880194.914500001</v>
+        <v>2770849.92</v>
       </c>
       <c r="L18" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="M18" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="N18">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="O18" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="P18" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="Q18" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="R18" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S18" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T18" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="U18" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="V18" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W18" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z18" t="s">
-        <v>690</v>
+        <v>684</v>
       </c>
       <c r="AA18" t="s">
-        <v>713</v>
+        <v>707</v>
       </c>
       <c r="AC18" t="s">
         <v>730</v>
       </c>
       <c r="AF18" t="s">
         <v>731</v>
       </c>
       <c r="AH18" t="s">
         <v>732</v>
       </c>
       <c r="AI18" t="s">
         <v>749</v>
       </c>
       <c r="AJ18" t="s">
         <v>749</v>
       </c>
       <c r="AK18" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="19" spans="1:38">
+    <row r="19" spans="1:37">
       <c r="A19" t="s">
         <v>55</v>
       </c>
       <c r="B19" t="s">
         <v>175</v>
       </c>
       <c r="C19" t="s">
         <v>295</v>
       </c>
       <c r="D19" t="s">
         <v>295</v>
       </c>
       <c r="E19" t="s">
         <v>398</v>
       </c>
       <c r="F19" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="G19" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="H19">
         <v>80</v>
       </c>
       <c r="I19">
-        <v>975789</v>
+        <v>317906.68</v>
       </c>
       <c r="J19" t="s">
         <v>501</v>
       </c>
       <c r="K19">
-        <v>780631.2</v>
+        <v>254325.344</v>
       </c>
       <c r="L19" t="s">
-        <v>518</v>
+        <v>517</v>
+      </c>
+      <c r="M19" t="s">
+        <v>593</v>
       </c>
       <c r="N19">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="O19" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P19" t="s">
         <v>647</v>
       </c>
       <c r="Q19" t="s">
         <v>657</v>
       </c>
       <c r="R19" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S19" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T19" t="s">
         <v>675</v>
       </c>
       <c r="U19" t="s">
         <v>678</v>
       </c>
       <c r="V19" t="s">
         <v>681</v>
       </c>
       <c r="W19" t="s">
         <v>683</v>
       </c>
+      <c r="Z19" t="s">
+        <v>690</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>713</v>
+      </c>
       <c r="AC19" t="s">
         <v>730</v>
       </c>
       <c r="AF19" t="s">
         <v>731</v>
       </c>
       <c r="AH19" t="s">
         <v>732</v>
       </c>
       <c r="AI19" t="s">
         <v>750</v>
       </c>
       <c r="AJ19" t="s">
         <v>750</v>
       </c>
       <c r="AK19" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="20" spans="1:38">
+    <row r="20" spans="1:37">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>176</v>
       </c>
       <c r="C20" t="s">
         <v>296</v>
       </c>
       <c r="D20" t="s">
         <v>296</v>
       </c>
       <c r="E20" t="s">
         <v>398</v>
       </c>
       <c r="F20" t="s">
         <v>414</v>
       </c>
       <c r="G20" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="H20">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I20">
-        <v>1842025.58</v>
+        <v>30864766.29</v>
       </c>
       <c r="J20" t="s">
         <v>501</v>
       </c>
       <c r="K20">
-        <v>1565721.743</v>
+        <v>24691813.032</v>
       </c>
       <c r="L20" t="s">
-        <v>519</v>
+        <v>518</v>
+      </c>
+      <c r="M20" t="s">
+        <v>594</v>
       </c>
       <c r="N20">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="O20" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="P20" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="Q20" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="R20" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S20" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T20" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="U20" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="V20" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W20" t="s">
-        <v>682</v>
+        <v>683</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>691</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>714</v>
       </c>
       <c r="AC20" t="s">
         <v>730</v>
       </c>
       <c r="AF20" t="s">
         <v>731</v>
       </c>
       <c r="AH20" t="s">
         <v>732</v>
       </c>
       <c r="AI20" t="s">
         <v>751</v>
       </c>
       <c r="AJ20" t="s">
         <v>751</v>
       </c>
       <c r="AK20" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="21" spans="1:38">
+    <row r="21" spans="1:37">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>177</v>
       </c>
       <c r="C21" t="s">
         <v>297</v>
       </c>
       <c r="D21" t="s">
         <v>297</v>
       </c>
       <c r="E21" t="s">
         <v>398</v>
       </c>
       <c r="F21" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="G21" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H21">
         <v>80</v>
       </c>
       <c r="I21">
-        <v>2272464</v>
+        <v>670247.52</v>
       </c>
       <c r="J21" t="s">
         <v>501</v>
       </c>
       <c r="K21">
-        <v>1817971.2</v>
+        <v>536198.0160000001</v>
       </c>
       <c r="L21" t="s">
-        <v>520</v>
+        <v>519</v>
+      </c>
+      <c r="M21" t="s">
+        <v>595</v>
       </c>
       <c r="N21">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="O21" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P21" t="s">
         <v>647</v>
       </c>
       <c r="Q21" t="s">
         <v>657</v>
       </c>
       <c r="R21" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S21" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T21" t="s">
         <v>675</v>
       </c>
       <c r="U21" t="s">
         <v>678</v>
       </c>
       <c r="V21" t="s">
         <v>681</v>
       </c>
       <c r="W21" t="s">
         <v>683</v>
       </c>
+      <c r="Z21" t="s">
+        <v>692</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>715</v>
+      </c>
       <c r="AC21" t="s">
         <v>730</v>
       </c>
       <c r="AF21" t="s">
         <v>731</v>
       </c>
       <c r="AH21" t="s">
         <v>732</v>
       </c>
       <c r="AI21" t="s">
         <v>752</v>
       </c>
       <c r="AJ21" t="s">
         <v>752</v>
       </c>
       <c r="AK21" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="22" spans="1:38">
+    <row r="22" spans="1:37">
       <c r="A22" t="s">
         <v>58</v>
       </c>
       <c r="B22" t="s">
         <v>178</v>
       </c>
       <c r="C22" t="s">
         <v>298</v>
       </c>
       <c r="D22" t="s">
         <v>298</v>
       </c>
       <c r="E22" t="s">
         <v>398</v>
       </c>
       <c r="F22" t="s">
-        <v>415</v>
+        <v>416</v>
+      </c>
+      <c r="G22" t="s">
+        <v>471</v>
       </c>
       <c r="H22">
         <v>80</v>
       </c>
       <c r="I22">
-        <v>2687500</v>
+        <v>6500000</v>
       </c>
       <c r="J22" t="s">
         <v>501</v>
       </c>
       <c r="K22">
-        <v>2150000</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>5200000</v>
       </c>
       <c r="N22">
-        <v>119</v>
+        <v>1</v>
       </c>
       <c r="O22" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="P22" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="Q22" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="R22" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="S22" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="T22" t="s">
         <v>675</v>
       </c>
       <c r="U22" t="s">
         <v>678</v>
       </c>
       <c r="V22" t="s">
         <v>681</v>
       </c>
       <c r="W22" t="s">
         <v>683</v>
       </c>
       <c r="AC22" t="s">
         <v>730</v>
       </c>
       <c r="AF22" t="s">
         <v>731</v>
       </c>
       <c r="AH22" t="s">
         <v>732</v>
       </c>
       <c r="AI22" t="s">
         <v>753</v>
       </c>
       <c r="AJ22" t="s">
         <v>753</v>
       </c>
       <c r="AK22" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="23" spans="1:38">
+    <row r="23" spans="1:37">
       <c r="A23" t="s">
         <v>59</v>
       </c>
       <c r="B23" t="s">
         <v>179</v>
       </c>
       <c r="C23" t="s">
         <v>299</v>
       </c>
       <c r="D23" t="s">
         <v>299</v>
       </c>
       <c r="E23" t="s">
         <v>398</v>
       </c>
       <c r="F23" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G23" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="H23">
         <v>80</v>
       </c>
       <c r="I23">
-        <v>4153496.67</v>
+        <v>3000000</v>
       </c>
       <c r="J23" t="s">
         <v>501</v>
       </c>
       <c r="K23">
-        <v>3322797.336</v>
+        <v>2400000</v>
       </c>
       <c r="L23" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>520</v>
       </c>
       <c r="N23">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="O23" t="s">
-        <v>610</v>
+        <v>622</v>
       </c>
       <c r="P23" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="Q23" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="R23" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S23" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T23" t="s">
         <v>674</v>
       </c>
       <c r="U23" t="s">
         <v>677</v>
       </c>
       <c r="V23" t="s">
         <v>680</v>
       </c>
       <c r="W23" t="s">
         <v>682</v>
       </c>
-      <c r="Z23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC23" t="s">
         <v>730</v>
       </c>
       <c r="AF23" t="s">
         <v>731</v>
       </c>
       <c r="AH23" t="s">
         <v>732</v>
       </c>
       <c r="AI23" t="s">
         <v>754</v>
       </c>
       <c r="AJ23" t="s">
         <v>754</v>
       </c>
       <c r="AK23" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="24" spans="1:38">
+    <row r="24" spans="1:37">
       <c r="A24" t="s">
         <v>60</v>
       </c>
       <c r="B24" t="s">
         <v>180</v>
       </c>
       <c r="C24" t="s">
         <v>300</v>
       </c>
       <c r="D24" t="s">
         <v>300</v>
       </c>
       <c r="E24" t="s">
         <v>398</v>
       </c>
       <c r="F24" t="s">
-        <v>403</v>
+        <v>418</v>
       </c>
       <c r="G24" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="H24">
         <v>80</v>
       </c>
       <c r="I24">
-        <v>350114</v>
+        <v>15000000</v>
       </c>
       <c r="J24" t="s">
         <v>501</v>
       </c>
       <c r="K24">
-        <v>280091.2</v>
+        <v>12000000</v>
       </c>
       <c r="L24" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="N24">
-        <v>109</v>
+        <v>10</v>
       </c>
       <c r="O24" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="P24" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="Q24" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="R24" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S24" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T24" t="s">
         <v>675</v>
       </c>
       <c r="U24" t="s">
         <v>678</v>
       </c>
       <c r="V24" t="s">
         <v>681</v>
       </c>
       <c r="W24" t="s">
         <v>683</v>
       </c>
       <c r="AC24" t="s">
         <v>730</v>
       </c>
       <c r="AF24" t="s">
         <v>731</v>
       </c>
       <c r="AH24" t="s">
         <v>732</v>
       </c>
       <c r="AI24" t="s">
         <v>755</v>
       </c>
       <c r="AJ24" t="s">
         <v>755</v>
       </c>
       <c r="AK24" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="25" spans="1:38">
+    <row r="25" spans="1:37">
       <c r="A25" t="s">
         <v>61</v>
       </c>
       <c r="B25" t="s">
         <v>181</v>
       </c>
       <c r="C25" t="s">
         <v>301</v>
       </c>
       <c r="D25" t="s">
         <v>301</v>
       </c>
       <c r="E25" t="s">
         <v>398</v>
       </c>
       <c r="F25" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="G25" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
       <c r="H25">
         <v>80</v>
       </c>
       <c r="I25">
-        <v>118388</v>
+        <v>3686220</v>
       </c>
       <c r="J25" t="s">
         <v>501</v>
       </c>
       <c r="K25">
-        <v>94710.39999999999</v>
+        <v>2948976</v>
       </c>
       <c r="L25" t="s">
-        <v>524</v>
+        <v>521</v>
+      </c>
+      <c r="M25" t="s">
+        <v>590</v>
       </c>
       <c r="N25">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="O25" t="s">
-        <v>617</v>
+        <v>610</v>
       </c>
       <c r="P25" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="Q25" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="R25" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="S25" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="T25" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U25" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V25" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W25" t="s">
-        <v>683</v>
+        <v>682</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>687</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>710</v>
       </c>
       <c r="AC25" t="s">
         <v>730</v>
       </c>
       <c r="AF25" t="s">
         <v>731</v>
       </c>
       <c r="AH25" t="s">
         <v>732</v>
       </c>
       <c r="AI25" t="s">
         <v>756</v>
       </c>
       <c r="AJ25" t="s">
         <v>756</v>
       </c>
       <c r="AK25" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="26" spans="1:38">
+    <row r="26" spans="1:37">
       <c r="A26" t="s">
         <v>62</v>
       </c>
       <c r="B26" t="s">
         <v>182</v>
       </c>
       <c r="C26" t="s">
         <v>302</v>
       </c>
       <c r="D26" t="s">
         <v>302</v>
       </c>
       <c r="E26" t="s">
         <v>398</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G26" t="s">
-        <v>471</v>
+        <v>478</v>
       </c>
       <c r="H26">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I26">
-        <v>89500000</v>
+        <v>689969</v>
       </c>
       <c r="J26" t="s">
         <v>501</v>
       </c>
       <c r="K26">
-        <v>76075000</v>
+        <v>551975.2</v>
       </c>
       <c r="L26" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="M26" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="N26">
-        <v>20</v>
+        <v>119</v>
       </c>
       <c r="O26" t="s">
-        <v>622</v>
+        <v>610</v>
       </c>
       <c r="P26" t="s">
         <v>644</v>
       </c>
       <c r="Q26" t="s">
         <v>654</v>
       </c>
       <c r="R26" t="s">
         <v>664</v>
       </c>
       <c r="S26" t="s">
         <v>669</v>
       </c>
       <c r="T26" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="U26" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="V26" t="s">
         <v>680</v>
       </c>
       <c r="W26" t="s">
         <v>682</v>
       </c>
       <c r="Z26" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="AA26" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="AC26" t="s">
         <v>730</v>
       </c>
       <c r="AF26" t="s">
         <v>731</v>
       </c>
       <c r="AH26" t="s">
         <v>732</v>
       </c>
       <c r="AI26" t="s">
         <v>757</v>
       </c>
       <c r="AJ26" t="s">
         <v>757</v>
       </c>
       <c r="AK26" t="s">
         <v>853</v>
       </c>
-      <c r="AL26">
-[...1 lines deleted...]
-      </c>
     </row>
-    <row r="27" spans="1:38">
+    <row r="27" spans="1:37">
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>183</v>
       </c>
       <c r="C27" t="s">
         <v>303</v>
       </c>
       <c r="D27" t="s">
         <v>303</v>
       </c>
       <c r="E27" t="s">
         <v>398</v>
       </c>
       <c r="F27" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="G27" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="H27">
         <v>80</v>
       </c>
       <c r="I27">
-        <v>11841.57</v>
+        <v>3384485.99</v>
       </c>
       <c r="J27" t="s">
         <v>501</v>
       </c>
       <c r="K27">
-        <v>9473.255999999999</v>
+        <v>2707588.792</v>
       </c>
       <c r="L27" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="M27" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="N27">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="O27" t="s">
         <v>623</v>
       </c>
       <c r="P27" t="s">
-        <v>650</v>
+        <v>649</v>
       </c>
       <c r="Q27" t="s">
-        <v>660</v>
+        <v>659</v>
       </c>
       <c r="R27" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S27" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T27" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U27" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V27" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W27" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z27" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="AA27" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="AC27" t="s">
         <v>730</v>
       </c>
       <c r="AF27" t="s">
         <v>731</v>
       </c>
       <c r="AH27" t="s">
         <v>732</v>
       </c>
       <c r="AI27" t="s">
         <v>758</v>
       </c>
       <c r="AJ27" t="s">
         <v>758</v>
       </c>
       <c r="AK27" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="28" spans="1:38">
+    <row r="28" spans="1:37">
       <c r="A28" t="s">
         <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>184</v>
       </c>
       <c r="C28" t="s">
         <v>304</v>
       </c>
       <c r="D28" t="s">
         <v>304</v>
       </c>
       <c r="E28" t="s">
         <v>398</v>
       </c>
       <c r="F28" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="G28" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="H28">
         <v>80</v>
       </c>
       <c r="I28">
-        <v>255919.25</v>
+        <v>579046</v>
       </c>
       <c r="J28" t="s">
         <v>501</v>
       </c>
       <c r="K28">
-        <v>204735.4</v>
+        <v>463236.8</v>
       </c>
       <c r="L28" t="s">
-        <v>526</v>
+        <v>523</v>
+      </c>
+      <c r="M28" t="s">
+        <v>596</v>
       </c>
       <c r="N28">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="O28" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="P28" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="Q28" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="R28" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S28" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T28" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U28" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V28" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W28" t="s">
-        <v>682</v>
+        <v>683</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>693</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>716</v>
       </c>
       <c r="AC28" t="s">
         <v>730</v>
       </c>
       <c r="AF28" t="s">
         <v>731</v>
       </c>
       <c r="AH28" t="s">
         <v>732</v>
       </c>
       <c r="AI28" t="s">
         <v>759</v>
       </c>
       <c r="AJ28" t="s">
         <v>759</v>
       </c>
       <c r="AK28" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="29" spans="1:38">
+    <row r="29" spans="1:37">
       <c r="A29" t="s">
         <v>65</v>
       </c>
       <c r="B29" t="s">
         <v>185</v>
       </c>
       <c r="C29" t="s">
         <v>305</v>
       </c>
       <c r="D29" t="s">
         <v>305</v>
       </c>
       <c r="E29" t="s">
         <v>398</v>
       </c>
       <c r="F29" t="s">
-        <v>403</v>
+        <v>422</v>
       </c>
       <c r="G29" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="H29">
         <v>80</v>
       </c>
       <c r="I29">
-        <v>14261.1</v>
+        <v>12960115</v>
       </c>
       <c r="J29" t="s">
         <v>501</v>
       </c>
       <c r="K29">
-        <v>11408.88</v>
+        <v>10368092</v>
       </c>
       <c r="L29" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="M29" t="s">
-        <v>588</v>
+        <v>597</v>
       </c>
       <c r="N29">
-        <v>10</v>
+        <v>109</v>
       </c>
       <c r="O29" t="s">
-        <v>623</v>
+        <v>611</v>
       </c>
       <c r="P29" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="Q29" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="R29" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S29" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T29" t="s">
         <v>674</v>
       </c>
       <c r="U29" t="s">
         <v>677</v>
       </c>
       <c r="V29" t="s">
         <v>680</v>
       </c>
       <c r="W29" t="s">
         <v>682</v>
       </c>
       <c r="Z29" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="AA29" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="AC29" t="s">
         <v>730</v>
       </c>
       <c r="AF29" t="s">
         <v>731</v>
       </c>
       <c r="AH29" t="s">
         <v>732</v>
       </c>
       <c r="AI29" t="s">
         <v>760</v>
       </c>
       <c r="AJ29" t="s">
         <v>760</v>
       </c>
       <c r="AK29" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="30" spans="1:38">
+    <row r="30" spans="1:37">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
         <v>186</v>
       </c>
       <c r="C30" t="s">
         <v>306</v>
       </c>
       <c r="D30" t="s">
         <v>306</v>
       </c>
       <c r="E30" t="s">
         <v>398</v>
       </c>
       <c r="F30" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="G30" t="s">
-        <v>483</v>
+        <v>470</v>
       </c>
       <c r="H30">
         <v>80</v>
       </c>
       <c r="I30">
-        <v>355371.47</v>
+        <v>33035145.42</v>
       </c>
       <c r="J30" t="s">
         <v>501</v>
       </c>
       <c r="K30">
-        <v>284297.176</v>
+        <v>26428116.336</v>
       </c>
       <c r="L30" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="M30" t="s">
-        <v>595</v>
+        <v>587</v>
       </c>
       <c r="N30">
-        <v>85</v>
+        <v>53</v>
       </c>
       <c r="O30" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="P30" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q30" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="R30" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S30" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T30" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U30" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V30" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W30" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z30" t="s">
-        <v>692</v>
+        <v>684</v>
       </c>
       <c r="AA30" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="AC30" t="s">
         <v>730</v>
       </c>
       <c r="AF30" t="s">
         <v>731</v>
       </c>
       <c r="AH30" t="s">
         <v>732</v>
       </c>
       <c r="AI30" t="s">
         <v>761</v>
       </c>
       <c r="AJ30" t="s">
         <v>761</v>
       </c>
       <c r="AK30" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="31" spans="1:38">
+    <row r="31" spans="1:37">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" t="s">
         <v>187</v>
       </c>
       <c r="C31" t="s">
         <v>307</v>
       </c>
       <c r="D31" t="s">
         <v>307</v>
       </c>
       <c r="E31" t="s">
         <v>398</v>
       </c>
       <c r="F31" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="G31" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="H31">
         <v>80</v>
       </c>
       <c r="I31">
-        <v>220050</v>
+        <v>11197378</v>
       </c>
       <c r="J31" t="s">
         <v>501</v>
       </c>
       <c r="K31">
-        <v>176040</v>
+        <v>8957902.4</v>
       </c>
       <c r="L31" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="M31" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="N31">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="O31" t="s">
-        <v>615</v>
+        <v>624</v>
       </c>
       <c r="P31" t="s">
         <v>648</v>
       </c>
       <c r="Q31" t="s">
         <v>658</v>
       </c>
       <c r="R31" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S31" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T31" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U31" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V31" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W31" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z31" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="AA31" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="AC31" t="s">
         <v>730</v>
       </c>
       <c r="AF31" t="s">
         <v>731</v>
       </c>
       <c r="AH31" t="s">
         <v>732</v>
       </c>
       <c r="AI31" t="s">
         <v>762</v>
       </c>
       <c r="AJ31" t="s">
         <v>762</v>
       </c>
       <c r="AK31" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="32" spans="1:38">
+    <row r="32" spans="1:37">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>188</v>
       </c>
       <c r="C32" t="s">
         <v>308</v>
       </c>
       <c r="D32" t="s">
         <v>308</v>
       </c>
       <c r="E32" t="s">
         <v>398</v>
       </c>
       <c r="F32" t="s">
-        <v>422</v>
+        <v>410</v>
       </c>
       <c r="G32" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H32">
         <v>80</v>
       </c>
       <c r="I32">
-        <v>7814478.05</v>
+        <v>9320851</v>
       </c>
       <c r="J32" t="s">
         <v>501</v>
       </c>
       <c r="K32">
-        <v>6251582.44</v>
+        <v>7456680.8</v>
       </c>
       <c r="L32" t="s">
-        <v>530</v>
+        <v>518</v>
       </c>
       <c r="N32">
-        <v>72</v>
+        <v>109</v>
       </c>
       <c r="O32" t="s">
-        <v>625</v>
+        <v>611</v>
       </c>
       <c r="P32" t="s">
         <v>645</v>
       </c>
       <c r="Q32" t="s">
         <v>655</v>
       </c>
       <c r="R32" t="s">
         <v>665</v>
       </c>
       <c r="S32" t="s">
         <v>670</v>
       </c>
       <c r="T32" t="s">
         <v>674</v>
       </c>
       <c r="U32" t="s">
         <v>677</v>
       </c>
       <c r="V32" t="s">
         <v>680</v>
       </c>
       <c r="W32" t="s">
         <v>682</v>
       </c>
@@ -5914,2676 +5908,2682 @@
         <v>763</v>
       </c>
       <c r="AJ32" t="s">
         <v>763</v>
       </c>
       <c r="AK32" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="33" spans="1:37">
       <c r="A33" t="s">
         <v>69</v>
       </c>
       <c r="B33" t="s">
         <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>309</v>
       </c>
       <c r="D33" t="s">
         <v>309</v>
       </c>
       <c r="E33" t="s">
         <v>398</v>
       </c>
+      <c r="F33" t="s">
+        <v>410</v>
+      </c>
       <c r="G33" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="H33">
         <v>80</v>
       </c>
       <c r="I33">
-        <v>536625</v>
+        <v>2402146</v>
       </c>
       <c r="J33" t="s">
         <v>501</v>
       </c>
       <c r="K33">
-        <v>429300</v>
+        <v>1921716.8</v>
       </c>
       <c r="L33" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>527</v>
       </c>
       <c r="N33">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="O33" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="P33" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="Q33" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="R33" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S33" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T33" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U33" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V33" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W33" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        <v>716</v>
+        <v>682</v>
       </c>
       <c r="AC33" t="s">
         <v>730</v>
       </c>
       <c r="AF33" t="s">
         <v>731</v>
       </c>
       <c r="AH33" t="s">
         <v>732</v>
       </c>
       <c r="AI33" t="s">
         <v>764</v>
       </c>
       <c r="AJ33" t="s">
         <v>764</v>
       </c>
       <c r="AK33" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="34" spans="1:37">
       <c r="A34" t="s">
         <v>70</v>
       </c>
       <c r="B34" t="s">
         <v>190</v>
       </c>
       <c r="C34" t="s">
         <v>310</v>
       </c>
       <c r="D34" t="s">
         <v>310</v>
       </c>
       <c r="E34" t="s">
         <v>398</v>
       </c>
       <c r="F34" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="G34" t="s">
-        <v>469</v>
+        <v>480</v>
       </c>
       <c r="H34">
         <v>80</v>
       </c>
       <c r="I34">
-        <v>31066375</v>
+        <v>1000000</v>
       </c>
       <c r="J34" t="s">
         <v>501</v>
       </c>
       <c r="K34">
-        <v>24853100</v>
-[...5 lines deleted...]
-        <v>596</v>
+        <v>800000</v>
       </c>
       <c r="N34">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="O34" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="P34" t="s">
-        <v>651</v>
+        <v>650</v>
       </c>
       <c r="Q34" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="R34" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="S34" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="T34" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U34" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V34" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W34" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>716</v>
+        <v>683</v>
       </c>
       <c r="AC34" t="s">
         <v>730</v>
       </c>
       <c r="AF34" t="s">
         <v>731</v>
       </c>
       <c r="AH34" t="s">
         <v>732</v>
       </c>
       <c r="AI34" t="s">
         <v>765</v>
       </c>
       <c r="AJ34" t="s">
         <v>765</v>
       </c>
       <c r="AK34" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="35" spans="1:37">
       <c r="A35" t="s">
         <v>71</v>
       </c>
       <c r="B35" t="s">
         <v>191</v>
       </c>
       <c r="C35" t="s">
         <v>311</v>
       </c>
       <c r="D35" t="s">
         <v>311</v>
       </c>
       <c r="E35" t="s">
         <v>398</v>
       </c>
       <c r="F35" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="G35" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="H35">
         <v>80</v>
       </c>
       <c r="I35">
-        <v>799237.08</v>
+        <v>4234958.19</v>
       </c>
       <c r="J35" t="s">
         <v>501</v>
       </c>
       <c r="K35">
-        <v>639389.664</v>
+        <v>3387966.552000001</v>
       </c>
       <c r="L35" t="s">
-        <v>533</v>
+        <v>528</v>
+      </c>
+      <c r="M35" t="s">
+        <v>587</v>
       </c>
       <c r="N35">
-        <v>66</v>
+        <v>94</v>
       </c>
       <c r="O35" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="P35" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="Q35" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="R35" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="S35" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="T35" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U35" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V35" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W35" t="s">
-        <v>682</v>
+        <v>683</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>684</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>707</v>
       </c>
       <c r="AC35" t="s">
         <v>730</v>
       </c>
       <c r="AF35" t="s">
         <v>731</v>
       </c>
       <c r="AH35" t="s">
         <v>732</v>
       </c>
       <c r="AI35" t="s">
         <v>766</v>
       </c>
       <c r="AJ35" t="s">
         <v>766</v>
       </c>
       <c r="AK35" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="36" spans="1:37">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>192</v>
       </c>
       <c r="C36" t="s">
         <v>312</v>
       </c>
       <c r="D36" t="s">
         <v>312</v>
       </c>
       <c r="E36" t="s">
         <v>398</v>
       </c>
       <c r="F36" t="s">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="G36" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="H36">
         <v>80</v>
       </c>
       <c r="I36">
-        <v>14360004.72</v>
+        <v>255919.25</v>
       </c>
       <c r="J36" t="s">
         <v>501</v>
       </c>
       <c r="K36">
-        <v>11488003.776</v>
+        <v>204735.4</v>
       </c>
       <c r="L36" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>505</v>
       </c>
       <c r="N36">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="O36" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="P36" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="Q36" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="R36" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S36" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T36" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U36" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V36" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W36" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>717</v>
+        <v>683</v>
       </c>
       <c r="AC36" t="s">
         <v>730</v>
       </c>
       <c r="AF36" t="s">
         <v>731</v>
       </c>
       <c r="AH36" t="s">
         <v>732</v>
       </c>
       <c r="AI36" t="s">
         <v>767</v>
       </c>
       <c r="AJ36" t="s">
         <v>767</v>
       </c>
       <c r="AK36" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="37" spans="1:37">
       <c r="A37" t="s">
         <v>73</v>
       </c>
       <c r="B37" t="s">
         <v>193</v>
       </c>
       <c r="C37" t="s">
         <v>313</v>
       </c>
       <c r="D37" t="s">
         <v>313</v>
       </c>
       <c r="E37" t="s">
         <v>398</v>
       </c>
       <c r="F37" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="G37" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="H37">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I37">
-        <v>20658767</v>
+        <v>89000</v>
       </c>
       <c r="J37" t="s">
         <v>501</v>
       </c>
       <c r="K37">
-        <v>17559951.95</v>
+        <v>71200</v>
       </c>
       <c r="L37" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="M37" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="N37">
-        <v>33</v>
+        <v>120</v>
       </c>
       <c r="O37" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="P37" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
       <c r="Q37" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
       <c r="R37" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="S37" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="T37" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="U37" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="V37" t="s">
         <v>680</v>
       </c>
       <c r="W37" t="s">
         <v>682</v>
       </c>
       <c r="Z37" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="AA37" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="AC37" t="s">
         <v>730</v>
       </c>
       <c r="AF37" t="s">
         <v>731</v>
       </c>
       <c r="AH37" t="s">
         <v>732</v>
       </c>
       <c r="AI37" t="s">
         <v>768</v>
       </c>
       <c r="AJ37" t="s">
         <v>768</v>
       </c>
       <c r="AK37" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="38" spans="1:37">
       <c r="A38" t="s">
         <v>74</v>
       </c>
       <c r="B38" t="s">
         <v>194</v>
       </c>
       <c r="C38" t="s">
         <v>314</v>
       </c>
       <c r="D38" t="s">
         <v>314</v>
       </c>
       <c r="E38" t="s">
         <v>398</v>
       </c>
       <c r="F38" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="G38" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="H38">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I38">
-        <v>40878585</v>
+        <v>1521665.76</v>
       </c>
       <c r="J38" t="s">
         <v>501</v>
       </c>
       <c r="K38">
-        <v>34746797.25</v>
+        <v>1217332.608</v>
       </c>
       <c r="L38" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="M38" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
       <c r="N38">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="O38" t="s">
-        <v>628</v>
+        <v>616</v>
       </c>
       <c r="P38" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="Q38" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="R38" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="S38" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="T38" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="U38" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="V38" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W38" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z38" t="s">
-        <v>694</v>
+        <v>684</v>
       </c>
       <c r="AA38" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="AC38" t="s">
         <v>730</v>
       </c>
       <c r="AF38" t="s">
         <v>731</v>
       </c>
       <c r="AH38" t="s">
         <v>732</v>
       </c>
       <c r="AI38" t="s">
         <v>769</v>
       </c>
       <c r="AJ38" t="s">
         <v>769</v>
       </c>
       <c r="AK38" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="39" spans="1:37">
       <c r="A39" t="s">
         <v>75</v>
       </c>
       <c r="B39" t="s">
         <v>195</v>
       </c>
       <c r="C39" t="s">
         <v>315</v>
       </c>
       <c r="D39" t="s">
         <v>315</v>
       </c>
       <c r="E39" t="s">
         <v>398</v>
       </c>
       <c r="F39" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="G39" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="H39">
         <v>80</v>
       </c>
       <c r="I39">
-        <v>84429</v>
+        <v>2250000</v>
       </c>
       <c r="J39" t="s">
         <v>501</v>
       </c>
       <c r="K39">
-        <v>67543.2</v>
+        <v>1800000</v>
       </c>
       <c r="L39" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="M39" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="N39">
-        <v>109</v>
+        <v>55</v>
       </c>
       <c r="O39" t="s">
-        <v>614</v>
+        <v>627</v>
       </c>
       <c r="P39" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="Q39" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="R39" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S39" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T39" t="s">
         <v>675</v>
       </c>
       <c r="U39" t="s">
         <v>678</v>
       </c>
       <c r="V39" t="s">
         <v>681</v>
       </c>
       <c r="W39" t="s">
         <v>683</v>
       </c>
       <c r="Z39" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="AA39" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="AC39" t="s">
         <v>730</v>
       </c>
       <c r="AF39" t="s">
         <v>731</v>
       </c>
       <c r="AH39" t="s">
         <v>732</v>
       </c>
       <c r="AI39" t="s">
         <v>770</v>
       </c>
       <c r="AJ39" t="s">
         <v>770</v>
       </c>
       <c r="AK39" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="40" spans="1:37">
       <c r="A40" t="s">
         <v>76</v>
       </c>
       <c r="B40" t="s">
         <v>196</v>
       </c>
       <c r="C40" t="s">
         <v>316</v>
       </c>
       <c r="D40" t="s">
         <v>316</v>
       </c>
       <c r="E40" t="s">
         <v>398</v>
       </c>
       <c r="F40" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="G40" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="H40">
         <v>80</v>
       </c>
       <c r="I40">
-        <v>3155769</v>
+        <v>643600</v>
       </c>
       <c r="J40" t="s">
         <v>501</v>
       </c>
       <c r="K40">
-        <v>2524615.2</v>
+        <v>514880</v>
       </c>
       <c r="L40" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="M40" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="N40">
-        <v>112</v>
+        <v>94</v>
       </c>
       <c r="O40" t="s">
-        <v>629</v>
+        <v>616</v>
       </c>
       <c r="P40" t="s">
         <v>647</v>
       </c>
       <c r="Q40" t="s">
         <v>657</v>
       </c>
       <c r="R40" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S40" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T40" t="s">
         <v>675</v>
       </c>
       <c r="U40" t="s">
         <v>678</v>
       </c>
       <c r="V40" t="s">
         <v>681</v>
       </c>
       <c r="W40" t="s">
         <v>683</v>
       </c>
       <c r="Z40" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="AA40" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="AC40" t="s">
         <v>730</v>
       </c>
       <c r="AF40" t="s">
         <v>731</v>
       </c>
       <c r="AH40" t="s">
         <v>732</v>
       </c>
       <c r="AI40" t="s">
         <v>771</v>
       </c>
       <c r="AJ40" t="s">
         <v>771</v>
       </c>
       <c r="AK40" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="41" spans="1:37">
       <c r="A41" t="s">
         <v>77</v>
       </c>
       <c r="B41" t="s">
         <v>197</v>
       </c>
       <c r="C41" t="s">
         <v>317</v>
       </c>
       <c r="D41" t="s">
         <v>317</v>
       </c>
       <c r="E41" t="s">
         <v>398</v>
       </c>
       <c r="F41" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="G41" t="s">
-        <v>488</v>
+        <v>470</v>
       </c>
       <c r="H41">
         <v>80</v>
       </c>
       <c r="I41">
-        <v>85384</v>
+        <v>187181</v>
       </c>
       <c r="J41" t="s">
         <v>501</v>
       </c>
       <c r="K41">
-        <v>68307.2</v>
+        <v>149744.8</v>
       </c>
       <c r="L41" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="M41" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="N41">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="O41" t="s">
-        <v>614</v>
+        <v>626</v>
       </c>
       <c r="P41" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="Q41" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="R41" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="S41" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="T41" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U41" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V41" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W41" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z41" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
       <c r="AA41" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="AC41" t="s">
         <v>730</v>
       </c>
       <c r="AF41" t="s">
         <v>731</v>
       </c>
       <c r="AH41" t="s">
         <v>732</v>
       </c>
       <c r="AI41" t="s">
         <v>772</v>
       </c>
       <c r="AJ41" t="s">
         <v>772</v>
       </c>
       <c r="AK41" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="42" spans="1:37">
       <c r="A42" t="s">
         <v>78</v>
       </c>
       <c r="B42" t="s">
         <v>198</v>
       </c>
       <c r="C42" t="s">
         <v>318</v>
       </c>
       <c r="D42" t="s">
         <v>318</v>
       </c>
       <c r="E42" t="s">
         <v>398</v>
       </c>
       <c r="F42" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="G42" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="H42">
         <v>80</v>
       </c>
       <c r="I42">
-        <v>219149</v>
+        <v>1579760.26</v>
       </c>
       <c r="J42" t="s">
         <v>501</v>
       </c>
       <c r="K42">
-        <v>175319.2</v>
+        <v>1263808.208</v>
       </c>
       <c r="L42" t="s">
-        <v>540</v>
+        <v>534</v>
+      </c>
+      <c r="M42" t="s">
+        <v>599</v>
       </c>
       <c r="N42">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="O42" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="P42" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="Q42" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="R42" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S42" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T42" t="s">
         <v>675</v>
       </c>
       <c r="U42" t="s">
         <v>678</v>
       </c>
       <c r="V42" t="s">
         <v>681</v>
       </c>
       <c r="W42" t="s">
         <v>683</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>696</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>719</v>
       </c>
       <c r="AC42" t="s">
         <v>730</v>
       </c>
       <c r="AF42" t="s">
         <v>731</v>
       </c>
       <c r="AH42" t="s">
         <v>732</v>
       </c>
       <c r="AI42" t="s">
         <v>773</v>
       </c>
       <c r="AJ42" t="s">
         <v>773</v>
       </c>
       <c r="AK42" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="43" spans="1:37">
       <c r="A43" t="s">
         <v>79</v>
       </c>
       <c r="B43" t="s">
         <v>199</v>
       </c>
       <c r="C43" t="s">
         <v>319</v>
       </c>
       <c r="D43" t="s">
         <v>319</v>
       </c>
       <c r="E43" t="s">
         <v>398</v>
       </c>
       <c r="F43" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="G43" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="H43">
         <v>80</v>
       </c>
       <c r="I43">
-        <v>542397</v>
+        <v>35504700</v>
       </c>
       <c r="J43" t="s">
         <v>501</v>
       </c>
       <c r="K43">
-        <v>433917.6</v>
+        <v>28403760</v>
       </c>
       <c r="L43" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="M43" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="N43">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="O43" t="s">
-        <v>615</v>
+        <v>629</v>
       </c>
       <c r="P43" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="Q43" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="R43" t="s">
         <v>667</v>
       </c>
       <c r="S43" t="s">
         <v>672</v>
       </c>
       <c r="T43" t="s">
         <v>675</v>
       </c>
       <c r="U43" t="s">
         <v>678</v>
       </c>
       <c r="V43" t="s">
         <v>681</v>
       </c>
       <c r="W43" t="s">
         <v>683</v>
       </c>
       <c r="Z43" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="AA43" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="AC43" t="s">
         <v>730</v>
       </c>
       <c r="AF43" t="s">
         <v>731</v>
       </c>
       <c r="AH43" t="s">
         <v>732</v>
       </c>
       <c r="AI43" t="s">
         <v>774</v>
       </c>
       <c r="AJ43" t="s">
         <v>774</v>
       </c>
       <c r="AK43" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="44" spans="1:37">
       <c r="A44" t="s">
         <v>80</v>
       </c>
       <c r="B44" t="s">
         <v>200</v>
       </c>
       <c r="C44" t="s">
         <v>320</v>
       </c>
       <c r="D44" t="s">
         <v>320</v>
       </c>
       <c r="E44" t="s">
         <v>398</v>
       </c>
       <c r="F44" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="G44" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="H44">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I44">
-        <v>2571932</v>
+        <v>38121164</v>
       </c>
       <c r="J44" t="s">
         <v>501</v>
       </c>
       <c r="K44">
-        <v>2057545.6</v>
+        <v>32402989.4</v>
       </c>
       <c r="L44" t="s">
-        <v>504</v>
+        <v>536</v>
       </c>
       <c r="M44" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="N44">
-        <v>117</v>
+        <v>39</v>
       </c>
       <c r="O44" t="s">
         <v>630</v>
       </c>
       <c r="P44" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="Q44" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="R44" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="S44" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="T44" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="U44" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="V44" t="s">
         <v>681</v>
       </c>
       <c r="W44" t="s">
         <v>683</v>
       </c>
       <c r="Z44" t="s">
-        <v>685</v>
+        <v>697</v>
       </c>
       <c r="AA44" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="AC44" t="s">
         <v>730</v>
       </c>
       <c r="AF44" t="s">
         <v>731</v>
       </c>
       <c r="AH44" t="s">
         <v>732</v>
       </c>
       <c r="AI44" t="s">
         <v>775</v>
       </c>
       <c r="AJ44" t="s">
         <v>775</v>
       </c>
       <c r="AK44" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="45" spans="1:37">
       <c r="A45" t="s">
         <v>81</v>
       </c>
       <c r="B45" t="s">
         <v>201</v>
       </c>
       <c r="C45" t="s">
         <v>321</v>
       </c>
       <c r="D45" t="s">
         <v>321</v>
       </c>
       <c r="E45" t="s">
         <v>398</v>
       </c>
       <c r="F45" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="G45" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="H45">
         <v>80</v>
       </c>
       <c r="I45">
-        <v>85361</v>
+        <v>5908595</v>
       </c>
       <c r="J45" t="s">
         <v>501</v>
       </c>
       <c r="K45">
-        <v>68288.8</v>
+        <v>4726876</v>
       </c>
       <c r="L45" t="s">
-        <v>542</v>
+        <v>524</v>
       </c>
       <c r="M45" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
       <c r="N45">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="O45" t="s">
-        <v>615</v>
+        <v>631</v>
       </c>
       <c r="P45" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="Q45" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="R45" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S45" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T45" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U45" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V45" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W45" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z45" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="AA45" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="AC45" t="s">
         <v>730</v>
       </c>
       <c r="AF45" t="s">
         <v>731</v>
       </c>
       <c r="AH45" t="s">
         <v>732</v>
       </c>
       <c r="AI45" t="s">
         <v>776</v>
       </c>
       <c r="AJ45" t="s">
         <v>776</v>
       </c>
       <c r="AK45" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="46" spans="1:37">
       <c r="A46" t="s">
         <v>82</v>
       </c>
       <c r="B46" t="s">
         <v>202</v>
       </c>
       <c r="C46" t="s">
         <v>322</v>
       </c>
       <c r="D46" t="s">
         <v>322</v>
       </c>
       <c r="E46" t="s">
         <v>398</v>
       </c>
       <c r="F46" t="s">
-        <v>432</v>
+        <v>399</v>
       </c>
       <c r="G46" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="H46">
         <v>80</v>
       </c>
       <c r="I46">
-        <v>91259</v>
+        <v>42032</v>
       </c>
       <c r="J46" t="s">
         <v>501</v>
       </c>
       <c r="K46">
-        <v>73007.2</v>
+        <v>33625.6</v>
       </c>
       <c r="L46" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="M46" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
       <c r="N46">
         <v>109</v>
       </c>
       <c r="O46" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="P46" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="Q46" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="R46" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S46" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T46" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U46" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V46" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W46" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z46" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
       <c r="AA46" t="s">
-        <v>707</v>
+        <v>718</v>
       </c>
       <c r="AC46" t="s">
         <v>730</v>
       </c>
       <c r="AF46" t="s">
         <v>731</v>
       </c>
       <c r="AH46" t="s">
         <v>732</v>
       </c>
       <c r="AI46" t="s">
         <v>777</v>
       </c>
       <c r="AJ46" t="s">
         <v>777</v>
       </c>
       <c r="AK46" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="47" spans="1:37">
       <c r="A47" t="s">
         <v>83</v>
       </c>
       <c r="B47" t="s">
         <v>203</v>
       </c>
       <c r="C47" t="s">
         <v>323</v>
       </c>
       <c r="D47" t="s">
         <v>323</v>
       </c>
       <c r="E47" t="s">
         <v>398</v>
       </c>
       <c r="F47" t="s">
-        <v>413</v>
+        <v>435</v>
       </c>
       <c r="G47" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H47">
         <v>80</v>
       </c>
       <c r="I47">
-        <v>2571605.95</v>
+        <v>890000</v>
       </c>
       <c r="J47" t="s">
         <v>501</v>
       </c>
       <c r="K47">
-        <v>2057284.76</v>
+        <v>712000</v>
       </c>
       <c r="L47" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="M47" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="N47">
-        <v>94</v>
+        <v>53</v>
       </c>
       <c r="O47" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="P47" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q47" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="R47" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S47" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T47" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U47" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V47" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W47" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z47" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="AA47" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="AC47" t="s">
         <v>730</v>
       </c>
       <c r="AF47" t="s">
         <v>731</v>
       </c>
       <c r="AH47" t="s">
         <v>732</v>
       </c>
       <c r="AI47" t="s">
         <v>778</v>
       </c>
       <c r="AJ47" t="s">
         <v>778</v>
       </c>
       <c r="AK47" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="48" spans="1:37">
       <c r="A48" t="s">
         <v>84</v>
       </c>
       <c r="B48" t="s">
         <v>204</v>
       </c>
       <c r="C48" t="s">
         <v>324</v>
       </c>
       <c r="D48" t="s">
         <v>324</v>
       </c>
       <c r="E48" t="s">
         <v>398</v>
       </c>
       <c r="F48" t="s">
-        <v>433</v>
+        <v>412</v>
       </c>
       <c r="G48" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H48">
         <v>80</v>
       </c>
       <c r="I48">
-        <v>278868.8</v>
+        <v>9550361</v>
       </c>
       <c r="J48" t="s">
         <v>501</v>
       </c>
       <c r="K48">
-        <v>223095.04</v>
+        <v>7640288.8</v>
       </c>
       <c r="L48" t="s">
-        <v>545</v>
+        <v>524</v>
       </c>
       <c r="M48" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="N48">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="O48" t="s">
-        <v>610</v>
+        <v>632</v>
       </c>
       <c r="P48" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="Q48" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="R48" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S48" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T48" t="s">
         <v>674</v>
       </c>
       <c r="U48" t="s">
         <v>677</v>
       </c>
       <c r="V48" t="s">
         <v>680</v>
       </c>
       <c r="W48" t="s">
         <v>682</v>
       </c>
       <c r="Z48" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="AA48" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="AC48" t="s">
         <v>730</v>
       </c>
       <c r="AF48" t="s">
         <v>731</v>
       </c>
       <c r="AH48" t="s">
         <v>732</v>
       </c>
       <c r="AI48" t="s">
         <v>779</v>
       </c>
       <c r="AJ48" t="s">
         <v>779</v>
       </c>
       <c r="AK48" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="49" spans="1:37">
       <c r="A49" t="s">
         <v>85</v>
       </c>
       <c r="B49" t="s">
         <v>205</v>
       </c>
       <c r="C49" t="s">
         <v>325</v>
       </c>
       <c r="D49" t="s">
         <v>325</v>
       </c>
       <c r="E49" t="s">
         <v>398</v>
       </c>
       <c r="F49" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="G49" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
       <c r="H49">
         <v>80</v>
       </c>
       <c r="I49">
-        <v>1300000</v>
+        <v>200000</v>
       </c>
       <c r="J49" t="s">
         <v>501</v>
       </c>
       <c r="K49">
-        <v>1040000</v>
+        <v>160000</v>
+      </c>
+      <c r="L49" t="s">
+        <v>539</v>
+      </c>
+      <c r="M49" t="s">
+        <v>602</v>
       </c>
       <c r="N49">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="O49" t="s">
-        <v>627</v>
+        <v>611</v>
       </c>
       <c r="P49" t="s">
         <v>645</v>
       </c>
       <c r="Q49" t="s">
         <v>655</v>
       </c>
       <c r="R49" t="s">
         <v>665</v>
       </c>
       <c r="S49" t="s">
         <v>670</v>
       </c>
       <c r="T49" t="s">
         <v>674</v>
       </c>
       <c r="U49" t="s">
         <v>677</v>
       </c>
       <c r="V49" t="s">
         <v>680</v>
       </c>
       <c r="W49" t="s">
         <v>682</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>699</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>722</v>
       </c>
       <c r="AC49" t="s">
         <v>730</v>
       </c>
       <c r="AF49" t="s">
         <v>731</v>
       </c>
       <c r="AH49" t="s">
         <v>732</v>
       </c>
       <c r="AI49" t="s">
         <v>780</v>
       </c>
       <c r="AJ49" t="s">
         <v>780</v>
       </c>
       <c r="AK49" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="50" spans="1:37">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
         <v>206</v>
       </c>
       <c r="C50" t="s">
         <v>326</v>
       </c>
       <c r="D50" t="s">
         <v>326</v>
       </c>
       <c r="E50" t="s">
         <v>398</v>
       </c>
       <c r="F50" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="G50" t="s">
-        <v>491</v>
+        <v>477</v>
       </c>
       <c r="H50">
         <v>80</v>
       </c>
       <c r="I50">
-        <v>1514858.01</v>
+        <v>967038.99</v>
       </c>
       <c r="J50" t="s">
         <v>501</v>
       </c>
       <c r="K50">
-        <v>1211886.408</v>
+        <v>773631.192</v>
       </c>
       <c r="L50" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="M50" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="N50">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="O50" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="P50" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="Q50" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="R50" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S50" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T50" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U50" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V50" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W50" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z50" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="AA50" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="AC50" t="s">
         <v>730</v>
       </c>
       <c r="AF50" t="s">
         <v>731</v>
       </c>
       <c r="AH50" t="s">
         <v>732</v>
       </c>
       <c r="AI50" t="s">
         <v>781</v>
       </c>
       <c r="AJ50" t="s">
         <v>781</v>
       </c>
       <c r="AK50" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="51" spans="1:37">
       <c r="A51" t="s">
         <v>87</v>
       </c>
       <c r="B51" t="s">
         <v>207</v>
       </c>
       <c r="C51" t="s">
         <v>327</v>
       </c>
       <c r="D51" t="s">
         <v>327</v>
       </c>
       <c r="E51" t="s">
         <v>398</v>
       </c>
       <c r="F51" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="G51" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="H51">
         <v>80</v>
       </c>
       <c r="I51">
-        <v>91345</v>
+        <v>30000000</v>
       </c>
       <c r="J51" t="s">
         <v>501</v>
       </c>
       <c r="K51">
-        <v>73076</v>
+        <v>24000000</v>
       </c>
       <c r="L51" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="M51" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="N51">
-        <v>120</v>
+        <v>58</v>
       </c>
       <c r="O51" t="s">
-        <v>617</v>
+        <v>633</v>
       </c>
       <c r="P51" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="Q51" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="R51" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="S51" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="T51" t="s">
         <v>675</v>
       </c>
       <c r="U51" t="s">
         <v>678</v>
       </c>
       <c r="V51" t="s">
         <v>681</v>
       </c>
       <c r="W51" t="s">
         <v>683</v>
       </c>
       <c r="Z51" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="AA51" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="AC51" t="s">
         <v>730</v>
       </c>
       <c r="AF51" t="s">
         <v>731</v>
       </c>
       <c r="AH51" t="s">
         <v>732</v>
       </c>
       <c r="AI51" t="s">
         <v>782</v>
       </c>
       <c r="AJ51" t="s">
         <v>782</v>
       </c>
       <c r="AK51" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="52" spans="1:37">
       <c r="A52" t="s">
         <v>88</v>
       </c>
       <c r="B52" t="s">
         <v>208</v>
       </c>
       <c r="C52" t="s">
         <v>328</v>
       </c>
       <c r="D52" t="s">
         <v>328</v>
       </c>
       <c r="E52" t="s">
         <v>398</v>
       </c>
       <c r="F52" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="G52" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="H52">
         <v>85</v>
       </c>
       <c r="I52">
-        <v>21204050.66</v>
+        <v>13356881.37</v>
       </c>
       <c r="J52" t="s">
         <v>501</v>
       </c>
       <c r="K52">
-        <v>18023443.061</v>
+        <v>11353349.1645</v>
       </c>
       <c r="L52" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="M52" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
       <c r="N52">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="O52" t="s">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="P52" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="Q52" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="R52" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S52" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T52" t="s">
         <v>676</v>
       </c>
       <c r="U52" t="s">
         <v>679</v>
       </c>
       <c r="V52" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W52" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z52" t="s">
-        <v>689</v>
+        <v>700</v>
       </c>
       <c r="AA52" t="s">
-        <v>712</v>
+        <v>723</v>
       </c>
       <c r="AC52" t="s">
         <v>730</v>
       </c>
       <c r="AF52" t="s">
         <v>731</v>
       </c>
       <c r="AH52" t="s">
         <v>732</v>
       </c>
       <c r="AI52" t="s">
         <v>783</v>
       </c>
       <c r="AJ52" t="s">
         <v>783</v>
       </c>
       <c r="AK52" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="53" spans="1:37">
       <c r="A53" t="s">
         <v>89</v>
       </c>
       <c r="B53" t="s">
         <v>209</v>
       </c>
       <c r="C53" t="s">
         <v>329</v>
       </c>
       <c r="D53" t="s">
         <v>329</v>
       </c>
       <c r="E53" t="s">
         <v>398</v>
       </c>
       <c r="F53" t="s">
-        <v>438</v>
+        <v>404</v>
       </c>
       <c r="G53" t="s">
-        <v>492</v>
+        <v>478</v>
       </c>
       <c r="H53">
         <v>80</v>
       </c>
       <c r="I53">
-        <v>3000000</v>
+        <v>3560316.43</v>
       </c>
       <c r="J53" t="s">
         <v>501</v>
       </c>
       <c r="K53">
-        <v>2400000</v>
+        <v>2848253.144</v>
       </c>
       <c r="L53" t="s">
-        <v>504</v>
+        <v>542</v>
       </c>
       <c r="M53" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="N53">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="O53" t="s">
-        <v>632</v>
+        <v>616</v>
       </c>
       <c r="P53" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="Q53" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="R53" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S53" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T53" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U53" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V53" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W53" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z53" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="AA53" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="AC53" t="s">
         <v>730</v>
       </c>
       <c r="AF53" t="s">
         <v>731</v>
       </c>
       <c r="AH53" t="s">
         <v>732</v>
       </c>
       <c r="AI53" t="s">
         <v>784</v>
       </c>
       <c r="AJ53" t="s">
         <v>784</v>
       </c>
       <c r="AK53" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="54" spans="1:37">
       <c r="A54" t="s">
         <v>90</v>
       </c>
       <c r="B54" t="s">
         <v>210</v>
       </c>
       <c r="C54" t="s">
         <v>330</v>
       </c>
       <c r="D54" t="s">
         <v>330</v>
       </c>
       <c r="E54" t="s">
         <v>398</v>
       </c>
       <c r="F54" t="s">
-        <v>403</v>
+        <v>420</v>
       </c>
       <c r="G54" t="s">
-        <v>468</v>
+        <v>484</v>
       </c>
       <c r="H54">
         <v>80</v>
       </c>
       <c r="I54">
-        <v>2482475</v>
+        <v>83326.25</v>
       </c>
       <c r="J54" t="s">
         <v>501</v>
       </c>
       <c r="K54">
-        <v>1985980</v>
+        <v>66661</v>
       </c>
       <c r="L54" t="s">
-        <v>538</v>
+        <v>543</v>
+      </c>
+      <c r="M54" t="s">
+        <v>595</v>
       </c>
       <c r="N54">
-        <v>112</v>
+        <v>10</v>
       </c>
       <c r="O54" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="P54" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="Q54" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="R54" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S54" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T54" t="s">
         <v>675</v>
       </c>
       <c r="U54" t="s">
         <v>678</v>
       </c>
       <c r="V54" t="s">
         <v>681</v>
       </c>
       <c r="W54" t="s">
         <v>683</v>
+      </c>
+      <c r="Z54" t="s">
+        <v>692</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>715</v>
       </c>
       <c r="AC54" t="s">
         <v>730</v>
       </c>
       <c r="AF54" t="s">
         <v>731</v>
       </c>
       <c r="AH54" t="s">
         <v>732</v>
       </c>
       <c r="AI54" t="s">
         <v>785</v>
       </c>
       <c r="AJ54" t="s">
         <v>785</v>
       </c>
       <c r="AK54" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="55" spans="1:37">
       <c r="A55" t="s">
         <v>91</v>
       </c>
       <c r="B55" t="s">
         <v>211</v>
       </c>
       <c r="C55" t="s">
         <v>331</v>
       </c>
       <c r="D55" t="s">
         <v>331</v>
       </c>
       <c r="E55" t="s">
         <v>398</v>
       </c>
       <c r="F55" t="s">
-        <v>399</v>
+        <v>438</v>
       </c>
       <c r="G55" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H55">
         <v>80</v>
       </c>
       <c r="I55">
-        <v>1000000</v>
+        <v>31066375</v>
       </c>
       <c r="J55" t="s">
         <v>501</v>
       </c>
       <c r="K55">
-        <v>800000</v>
+        <v>24853100</v>
       </c>
       <c r="L55" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="M55" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="N55">
-        <v>119</v>
+        <v>58</v>
       </c>
       <c r="O55" t="s">
-        <v>615</v>
+        <v>633</v>
       </c>
       <c r="P55" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="Q55" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="R55" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="S55" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="T55" t="s">
         <v>675</v>
       </c>
       <c r="U55" t="s">
         <v>678</v>
       </c>
       <c r="V55" t="s">
         <v>681</v>
       </c>
       <c r="W55" t="s">
         <v>683</v>
       </c>
       <c r="Z55" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="AA55" t="s">
-        <v>708</v>
+        <v>719</v>
       </c>
       <c r="AC55" t="s">
         <v>730</v>
       </c>
       <c r="AF55" t="s">
         <v>731</v>
       </c>
       <c r="AH55" t="s">
         <v>732</v>
       </c>
       <c r="AI55" t="s">
         <v>786</v>
       </c>
       <c r="AJ55" t="s">
         <v>786</v>
       </c>
       <c r="AK55" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="56" spans="1:37">
       <c r="A56" t="s">
         <v>92</v>
       </c>
       <c r="B56" t="s">
         <v>212</v>
       </c>
       <c r="C56" t="s">
         <v>332</v>
       </c>
       <c r="D56" t="s">
         <v>332</v>
       </c>
       <c r="E56" t="s">
         <v>398</v>
       </c>
       <c r="F56" t="s">
-        <v>436</v>
+        <v>410</v>
       </c>
       <c r="G56" t="s">
-        <v>493</v>
+        <v>478</v>
       </c>
       <c r="H56">
         <v>80</v>
       </c>
       <c r="I56">
-        <v>89000</v>
+        <v>2197397</v>
       </c>
       <c r="J56" t="s">
         <v>501</v>
       </c>
       <c r="K56">
-        <v>71200</v>
+        <v>1757917.6</v>
       </c>
       <c r="L56" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>502</v>
       </c>
       <c r="N56">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="O56" t="s">
-        <v>617</v>
+        <v>635</v>
       </c>
       <c r="P56" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="Q56" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="R56" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S56" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T56" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U56" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V56" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W56" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="AC56" t="s">
         <v>730</v>
       </c>
       <c r="AF56" t="s">
         <v>731</v>
       </c>
       <c r="AH56" t="s">
         <v>732</v>
       </c>
       <c r="AI56" t="s">
         <v>787</v>
       </c>
       <c r="AJ56" t="s">
         <v>787</v>
       </c>
       <c r="AK56" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="57" spans="1:37">
       <c r="A57" t="s">
         <v>93</v>
       </c>
       <c r="B57" t="s">
         <v>213</v>
       </c>
       <c r="C57" t="s">
         <v>333</v>
       </c>
       <c r="D57" t="s">
         <v>333</v>
       </c>
       <c r="E57" t="s">
         <v>398</v>
       </c>
       <c r="F57" t="s">
-        <v>439</v>
+        <v>410</v>
       </c>
       <c r="G57" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="H57">
         <v>80</v>
       </c>
       <c r="I57">
-        <v>1860926.8</v>
+        <v>678550.74</v>
       </c>
       <c r="J57" t="s">
         <v>501</v>
       </c>
       <c r="K57">
-        <v>1488741.44</v>
+        <v>542840.5920000001</v>
       </c>
       <c r="L57" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="M57" t="s">
-        <v>588</v>
+        <v>604</v>
       </c>
       <c r="N57">
         <v>94</v>
       </c>
       <c r="O57" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="P57" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="Q57" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="R57" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S57" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T57" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U57" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V57" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W57" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z57" t="s">
-        <v>685</v>
+        <v>701</v>
       </c>
       <c r="AA57" t="s">
-        <v>708</v>
+        <v>724</v>
       </c>
       <c r="AC57" t="s">
         <v>730</v>
       </c>
       <c r="AF57" t="s">
         <v>731</v>
       </c>
       <c r="AH57" t="s">
         <v>732</v>
       </c>
       <c r="AI57" t="s">
         <v>788</v>
       </c>
       <c r="AJ57" t="s">
         <v>788</v>
       </c>
       <c r="AK57" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="58" spans="1:37">
       <c r="A58" t="s">
         <v>94</v>
       </c>
       <c r="B58" t="s">
         <v>214</v>
       </c>
       <c r="C58" t="s">
         <v>334</v>
       </c>
       <c r="D58" t="s">
         <v>334</v>
       </c>
       <c r="E58" t="s">
         <v>398</v>
       </c>
       <c r="F58" t="s">
         <v>440</v>
       </c>
       <c r="G58" t="s">
-        <v>468</v>
+        <v>486</v>
       </c>
       <c r="H58">
         <v>80</v>
       </c>
       <c r="I58">
-        <v>9866920</v>
+        <v>29678</v>
       </c>
       <c r="J58" t="s">
         <v>501</v>
       </c>
       <c r="K58">
-        <v>7893536</v>
+        <v>23742.4</v>
       </c>
       <c r="L58" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="M58" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="N58">
-        <v>54</v>
+        <v>109</v>
       </c>
       <c r="O58" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="P58" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="Q58" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="R58" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S58" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T58" t="s">
         <v>674</v>
       </c>
       <c r="U58" t="s">
         <v>677</v>
       </c>
       <c r="V58" t="s">
         <v>680</v>
       </c>
       <c r="W58" t="s">
         <v>682</v>
       </c>
       <c r="Z58" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="AA58" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="AC58" t="s">
         <v>730</v>
       </c>
       <c r="AF58" t="s">
         <v>731</v>
       </c>
       <c r="AH58" t="s">
         <v>732</v>
       </c>
       <c r="AI58" t="s">
         <v>789</v>
       </c>
       <c r="AJ58" t="s">
         <v>789</v>
       </c>
       <c r="AK58" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="59" spans="1:37">
       <c r="A59" t="s">
         <v>95</v>
       </c>
       <c r="B59" t="s">
         <v>215</v>
       </c>
       <c r="C59" t="s">
         <v>335</v>
       </c>
       <c r="D59" t="s">
         <v>335</v>
       </c>
       <c r="E59" t="s">
         <v>398</v>
       </c>
       <c r="F59" t="s">
-        <v>418</v>
+        <v>441</v>
       </c>
       <c r="G59" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H59">
         <v>80</v>
       </c>
       <c r="I59">
-        <v>1347611.75</v>
+        <v>5000000</v>
       </c>
       <c r="J59" t="s">
         <v>501</v>
       </c>
       <c r="K59">
-        <v>1078089.4</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>4000000</v>
       </c>
       <c r="N59">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="O59" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="P59" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="Q59" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="R59" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="S59" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="T59" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U59" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V59" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W59" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="AC59" t="s">
         <v>730</v>
       </c>
       <c r="AF59" t="s">
         <v>731</v>
       </c>
       <c r="AH59" t="s">
         <v>732</v>
       </c>
       <c r="AI59" t="s">
         <v>790</v>
       </c>
       <c r="AJ59" t="s">
         <v>790</v>
       </c>
       <c r="AK59" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="60" spans="1:37">
       <c r="A60" t="s">
         <v>96</v>
       </c>
       <c r="B60" t="s">
         <v>216</v>
       </c>
       <c r="C60" t="s">
         <v>336</v>
       </c>
       <c r="D60" t="s">
         <v>336</v>
       </c>
       <c r="E60" t="s">
         <v>398</v>
       </c>
       <c r="F60" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="G60" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="H60">
         <v>80</v>
       </c>
       <c r="I60">
-        <v>984384</v>
+        <v>489730.25</v>
       </c>
       <c r="J60" t="s">
         <v>501</v>
       </c>
       <c r="K60">
-        <v>787507.2</v>
+        <v>391784.2</v>
       </c>
       <c r="L60" t="s">
-        <v>552</v>
+        <v>546</v>
+      </c>
+      <c r="M60" t="s">
+        <v>605</v>
       </c>
       <c r="N60">
-        <v>119</v>
+        <v>94</v>
       </c>
       <c r="O60" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="P60" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="Q60" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="R60" t="s">
         <v>667</v>
       </c>
       <c r="S60" t="s">
         <v>672</v>
       </c>
       <c r="T60" t="s">
         <v>675</v>
       </c>
       <c r="U60" t="s">
         <v>678</v>
       </c>
       <c r="V60" t="s">
         <v>681</v>
       </c>
       <c r="W60" t="s">
         <v>683</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>702</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>725</v>
       </c>
       <c r="AC60" t="s">
         <v>730</v>
       </c>
       <c r="AF60" t="s">
         <v>731</v>
       </c>
       <c r="AH60" t="s">
         <v>732</v>
       </c>
       <c r="AI60" t="s">
         <v>791</v>
       </c>
       <c r="AJ60" t="s">
         <v>791</v>
       </c>
       <c r="AK60" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="61" spans="1:37">
       <c r="A61" t="s">
         <v>97</v>
       </c>
       <c r="B61" t="s">
         <v>217</v>
       </c>
       <c r="C61" t="s">
         <v>337</v>
       </c>
       <c r="D61" t="s">
         <v>337</v>
       </c>
       <c r="E61" t="s">
         <v>398</v>
       </c>
       <c r="F61" t="s">
-        <v>442</v>
+        <v>402</v>
       </c>
       <c r="G61" t="s">
         <v>471</v>
       </c>
       <c r="H61">
         <v>80</v>
       </c>
       <c r="I61">
-        <v>3000000</v>
+        <v>7140000</v>
       </c>
       <c r="J61" t="s">
         <v>501</v>
       </c>
       <c r="K61">
-        <v>2400000</v>
-[...2 lines deleted...]
-        <v>553</v>
+        <v>5712000</v>
       </c>
       <c r="N61">
-        <v>116</v>
+        <v>67</v>
       </c>
       <c r="O61" t="s">
-        <v>613</v>
+        <v>637</v>
       </c>
       <c r="P61" t="s">
         <v>646</v>
       </c>
       <c r="Q61" t="s">
         <v>656</v>
       </c>
       <c r="R61" t="s">
         <v>666</v>
       </c>
       <c r="S61" t="s">
         <v>671</v>
       </c>
       <c r="T61" t="s">
         <v>675</v>
       </c>
       <c r="U61" t="s">
         <v>678</v>
       </c>
       <c r="V61" t="s">
         <v>681</v>
       </c>
       <c r="W61" t="s">
         <v>683</v>
       </c>
@@ -8601,179 +8601,179 @@
       </c>
       <c r="AJ61" t="s">
         <v>792</v>
       </c>
       <c r="AK61" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="62" spans="1:37">
       <c r="A62" t="s">
         <v>98</v>
       </c>
       <c r="B62" t="s">
         <v>218</v>
       </c>
       <c r="C62" t="s">
         <v>338</v>
       </c>
       <c r="D62" t="s">
         <v>338</v>
       </c>
       <c r="E62" t="s">
         <v>398</v>
       </c>
       <c r="F62" t="s">
-        <v>425</v>
+        <v>442</v>
       </c>
       <c r="G62" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="H62">
         <v>80</v>
       </c>
       <c r="I62">
-        <v>9147872.640000001</v>
+        <v>100000</v>
       </c>
       <c r="J62" t="s">
         <v>501</v>
       </c>
       <c r="K62">
-        <v>7318298.112000001</v>
+        <v>80000</v>
       </c>
       <c r="L62" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="M62" t="s">
-        <v>602</v>
+        <v>595</v>
       </c>
       <c r="N62">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="O62" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="P62" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q62" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="R62" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S62" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T62" t="s">
         <v>674</v>
       </c>
       <c r="U62" t="s">
         <v>677</v>
       </c>
       <c r="V62" t="s">
         <v>680</v>
       </c>
       <c r="W62" t="s">
         <v>682</v>
       </c>
       <c r="Z62" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="AA62" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="AC62" t="s">
         <v>730</v>
       </c>
       <c r="AF62" t="s">
         <v>731</v>
       </c>
       <c r="AH62" t="s">
         <v>732</v>
       </c>
       <c r="AI62" t="s">
         <v>793</v>
       </c>
       <c r="AJ62" t="s">
         <v>793</v>
       </c>
       <c r="AK62" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="63" spans="1:37">
       <c r="A63" t="s">
         <v>99</v>
       </c>
       <c r="B63" t="s">
         <v>219</v>
       </c>
       <c r="C63" t="s">
         <v>339</v>
       </c>
       <c r="D63" t="s">
         <v>339</v>
       </c>
       <c r="E63" t="s">
         <v>398</v>
       </c>
       <c r="F63" t="s">
-        <v>405</v>
+        <v>443</v>
       </c>
       <c r="G63" t="s">
-        <v>473</v>
+        <v>488</v>
       </c>
       <c r="H63">
         <v>80</v>
       </c>
       <c r="I63">
-        <v>99660</v>
+        <v>4200000</v>
       </c>
       <c r="J63" t="s">
         <v>501</v>
       </c>
       <c r="K63">
-        <v>79728</v>
+        <v>3360000</v>
       </c>
       <c r="L63" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="M63" t="s">
         <v>587</v>
       </c>
       <c r="N63">
-        <v>120</v>
+        <v>92</v>
       </c>
       <c r="O63" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="P63" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="Q63" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="R63" t="s">
         <v>667</v>
       </c>
       <c r="S63" t="s">
         <v>672</v>
       </c>
       <c r="T63" t="s">
         <v>675</v>
       </c>
       <c r="U63" t="s">
         <v>678</v>
       </c>
       <c r="V63" t="s">
         <v>681</v>
       </c>
       <c r="W63" t="s">
         <v>683</v>
       </c>
       <c r="Z63" t="s">
         <v>684</v>
       </c>
       <c r="AA63" t="s">
         <v>707</v>
       </c>
@@ -8791,4607 +8791,4592 @@
       </c>
       <c r="AJ63" t="s">
         <v>794</v>
       </c>
       <c r="AK63" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="64" spans="1:37">
       <c r="A64" t="s">
         <v>100</v>
       </c>
       <c r="B64" t="s">
         <v>220</v>
       </c>
       <c r="C64" t="s">
         <v>340</v>
       </c>
       <c r="D64" t="s">
         <v>340</v>
       </c>
       <c r="E64" t="s">
         <v>398</v>
       </c>
       <c r="F64" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="G64" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="H64">
         <v>80</v>
       </c>
       <c r="I64">
-        <v>11197378</v>
+        <v>38610</v>
       </c>
       <c r="J64" t="s">
         <v>501</v>
       </c>
       <c r="K64">
-        <v>8957902.4</v>
+        <v>30888</v>
       </c>
       <c r="L64" t="s">
-        <v>556</v>
+        <v>549</v>
       </c>
       <c r="M64" t="s">
         <v>587</v>
       </c>
       <c r="N64">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="O64" t="s">
-        <v>633</v>
+        <v>626</v>
       </c>
       <c r="P64" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="Q64" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="R64" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="S64" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="T64" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U64" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V64" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W64" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z64" t="s">
         <v>684</v>
       </c>
       <c r="AA64" t="s">
         <v>707</v>
       </c>
       <c r="AC64" t="s">
         <v>730</v>
       </c>
       <c r="AF64" t="s">
         <v>731</v>
       </c>
       <c r="AH64" t="s">
         <v>732</v>
       </c>
       <c r="AI64" t="s">
         <v>795</v>
       </c>
       <c r="AJ64" t="s">
         <v>795</v>
       </c>
       <c r="AK64" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="65" spans="1:37">
+    <row r="65" spans="1:38">
       <c r="A65" t="s">
         <v>101</v>
       </c>
       <c r="B65" t="s">
         <v>221</v>
       </c>
       <c r="C65" t="s">
         <v>341</v>
       </c>
       <c r="D65" t="s">
         <v>341</v>
       </c>
       <c r="E65" t="s">
         <v>398</v>
       </c>
       <c r="F65" t="s">
-        <v>399</v>
+        <v>445</v>
       </c>
       <c r="G65" t="s">
         <v>469</v>
       </c>
       <c r="H65">
         <v>80</v>
       </c>
       <c r="I65">
-        <v>1900000</v>
+        <v>35374499.72</v>
       </c>
       <c r="J65" t="s">
         <v>501</v>
       </c>
       <c r="K65">
-        <v>1520000</v>
+        <v>28299599.776</v>
       </c>
       <c r="L65" t="s">
-        <v>557</v>
+        <v>520</v>
       </c>
       <c r="M65" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="N65">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="O65" t="s">
-        <v>610</v>
+        <v>638</v>
       </c>
       <c r="P65" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="Q65" t="s">
-        <v>654</v>
+        <v>663</v>
       </c>
       <c r="R65" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="S65" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="T65" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U65" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V65" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W65" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z65" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="AA65" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="AC65" t="s">
         <v>730</v>
       </c>
       <c r="AF65" t="s">
         <v>731</v>
       </c>
       <c r="AH65" t="s">
         <v>732</v>
       </c>
       <c r="AI65" t="s">
         <v>796</v>
       </c>
       <c r="AJ65" t="s">
         <v>796</v>
       </c>
       <c r="AK65" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="66" spans="1:37">
+    <row r="66" spans="1:38">
       <c r="A66" t="s">
         <v>102</v>
       </c>
       <c r="B66" t="s">
         <v>222</v>
       </c>
       <c r="C66" t="s">
         <v>342</v>
       </c>
       <c r="D66" t="s">
         <v>342</v>
       </c>
       <c r="E66" t="s">
         <v>398</v>
       </c>
       <c r="F66" t="s">
-        <v>403</v>
+        <v>440</v>
       </c>
       <c r="G66" t="s">
-        <v>471</v>
+        <v>488</v>
       </c>
       <c r="H66">
         <v>80</v>
       </c>
       <c r="I66">
-        <v>9320851</v>
+        <v>100000</v>
       </c>
       <c r="J66" t="s">
         <v>501</v>
       </c>
       <c r="K66">
-        <v>7456680.8</v>
+        <v>80000</v>
       </c>
       <c r="L66" t="s">
-        <v>513</v>
+        <v>550</v>
+      </c>
+      <c r="M66" t="s">
+        <v>590</v>
       </c>
       <c r="N66">
         <v>109</v>
       </c>
       <c r="O66" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="P66" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="Q66" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="R66" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S66" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T66" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U66" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V66" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W66" t="s">
-        <v>683</v>
+        <v>682</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>687</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>710</v>
       </c>
       <c r="AC66" t="s">
         <v>730</v>
       </c>
       <c r="AF66" t="s">
         <v>731</v>
       </c>
       <c r="AH66" t="s">
         <v>732</v>
       </c>
       <c r="AI66" t="s">
         <v>797</v>
       </c>
       <c r="AJ66" t="s">
         <v>797</v>
       </c>
       <c r="AK66" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="67" spans="1:37">
+    <row r="67" spans="1:38">
       <c r="A67" t="s">
         <v>103</v>
       </c>
       <c r="B67" t="s">
         <v>223</v>
       </c>
       <c r="C67" t="s">
         <v>343</v>
       </c>
       <c r="D67" t="s">
         <v>343</v>
       </c>
       <c r="E67" t="s">
         <v>398</v>
       </c>
       <c r="F67" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="G67" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="H67">
         <v>80</v>
       </c>
       <c r="I67">
-        <v>8466052.699999999</v>
+        <v>1300000</v>
       </c>
       <c r="J67" t="s">
         <v>501</v>
       </c>
       <c r="K67">
-        <v>6772842.16</v>
-[...5 lines deleted...]
-        <v>587</v>
+        <v>1040000</v>
       </c>
       <c r="N67">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="O67" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="P67" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="Q67" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="R67" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="S67" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="T67" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U67" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V67" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W67" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>707</v>
+        <v>683</v>
       </c>
       <c r="AC67" t="s">
         <v>730</v>
       </c>
       <c r="AF67" t="s">
         <v>731</v>
       </c>
       <c r="AH67" t="s">
         <v>732</v>
       </c>
       <c r="AI67" t="s">
         <v>798</v>
       </c>
       <c r="AJ67" t="s">
         <v>798</v>
       </c>
       <c r="AK67" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="68" spans="1:37">
+    <row r="68" spans="1:38">
       <c r="A68" t="s">
         <v>104</v>
       </c>
       <c r="B68" t="s">
         <v>224</v>
       </c>
       <c r="C68" t="s">
         <v>344</v>
       </c>
       <c r="D68" t="s">
         <v>344</v>
       </c>
       <c r="E68" t="s">
         <v>398</v>
       </c>
+      <c r="F68" t="s">
+        <v>410</v>
+      </c>
       <c r="G68" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H68">
         <v>80</v>
       </c>
       <c r="I68">
-        <v>689969</v>
+        <v>975789</v>
       </c>
       <c r="J68" t="s">
         <v>501</v>
       </c>
       <c r="K68">
-        <v>551975.2</v>
+        <v>780631.2</v>
       </c>
       <c r="L68" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>551</v>
       </c>
       <c r="N68">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="O68" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="P68" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="Q68" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="R68" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S68" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T68" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U68" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V68" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W68" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        <v>707</v>
+        <v>682</v>
       </c>
       <c r="AC68" t="s">
         <v>730</v>
       </c>
       <c r="AF68" t="s">
         <v>731</v>
       </c>
       <c r="AH68" t="s">
         <v>732</v>
       </c>
       <c r="AI68" t="s">
         <v>799</v>
       </c>
       <c r="AJ68" t="s">
         <v>799</v>
       </c>
       <c r="AK68" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="69" spans="1:37">
+    <row r="69" spans="1:38">
       <c r="A69" t="s">
         <v>105</v>
       </c>
       <c r="B69" t="s">
         <v>225</v>
       </c>
       <c r="C69" t="s">
         <v>345</v>
       </c>
       <c r="D69" t="s">
         <v>345</v>
       </c>
       <c r="E69" t="s">
         <v>398</v>
       </c>
       <c r="F69" t="s">
-        <v>404</v>
+        <v>446</v>
       </c>
       <c r="G69" t="s">
-        <v>496</v>
+        <v>472</v>
       </c>
       <c r="H69">
         <v>80</v>
       </c>
       <c r="I69">
-        <v>68400</v>
+        <v>7060900.28</v>
       </c>
       <c r="J69" t="s">
         <v>501</v>
       </c>
       <c r="K69">
-        <v>54720</v>
+        <v>5648720.223999999</v>
       </c>
       <c r="L69" t="s">
-        <v>560</v>
+        <v>512</v>
       </c>
       <c r="M69" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="N69">
-        <v>109</v>
+        <v>48</v>
       </c>
       <c r="O69" t="s">
-        <v>614</v>
+        <v>639</v>
       </c>
       <c r="P69" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="Q69" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="R69" t="s">
         <v>666</v>
       </c>
       <c r="S69" t="s">
         <v>671</v>
       </c>
       <c r="T69" t="s">
         <v>675</v>
       </c>
       <c r="U69" t="s">
         <v>678</v>
       </c>
       <c r="V69" t="s">
         <v>681</v>
       </c>
       <c r="W69" t="s">
         <v>683</v>
       </c>
       <c r="Z69" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="AA69" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="AC69" t="s">
         <v>730</v>
       </c>
       <c r="AF69" t="s">
         <v>731</v>
       </c>
       <c r="AH69" t="s">
         <v>732</v>
       </c>
       <c r="AI69" t="s">
         <v>800</v>
       </c>
       <c r="AJ69" t="s">
         <v>800</v>
       </c>
       <c r="AK69" t="s">
         <v>854</v>
       </c>
+      <c r="AL69">
+        <v>5284</v>
+      </c>
     </row>
-    <row r="70" spans="1:37">
+    <row r="70" spans="1:38">
       <c r="A70" t="s">
         <v>106</v>
       </c>
       <c r="B70" t="s">
         <v>226</v>
       </c>
       <c r="C70" t="s">
         <v>346</v>
       </c>
       <c r="D70" t="s">
         <v>346</v>
       </c>
       <c r="E70" t="s">
         <v>398</v>
       </c>
       <c r="F70" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="G70" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="H70">
         <v>80</v>
       </c>
       <c r="I70">
-        <v>15453.18</v>
+        <v>9866920</v>
       </c>
       <c r="J70" t="s">
         <v>501</v>
       </c>
       <c r="K70">
-        <v>12362.544</v>
+        <v>7893536</v>
       </c>
       <c r="L70" t="s">
-        <v>561</v>
+        <v>552</v>
+      </c>
+      <c r="M70" t="s">
+        <v>590</v>
       </c>
       <c r="N70">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="O70" t="s">
-        <v>623</v>
+        <v>640</v>
       </c>
       <c r="P70" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="Q70" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="R70" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S70" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T70" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U70" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V70" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W70" t="s">
-        <v>682</v>
+        <v>683</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>687</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>710</v>
       </c>
       <c r="AC70" t="s">
         <v>730</v>
       </c>
       <c r="AF70" t="s">
         <v>731</v>
       </c>
       <c r="AH70" t="s">
         <v>732</v>
       </c>
       <c r="AI70" t="s">
         <v>801</v>
       </c>
       <c r="AJ70" t="s">
         <v>801</v>
       </c>
       <c r="AK70" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="71" spans="1:37">
+    <row r="71" spans="1:38">
       <c r="A71" t="s">
         <v>107</v>
       </c>
       <c r="B71" t="s">
         <v>227</v>
       </c>
       <c r="C71" t="s">
         <v>347</v>
       </c>
       <c r="D71" t="s">
         <v>347</v>
       </c>
       <c r="E71" t="s">
         <v>398</v>
       </c>
       <c r="F71" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="G71" t="s">
-        <v>491</v>
+        <v>468</v>
       </c>
       <c r="H71">
         <v>80</v>
       </c>
       <c r="I71">
-        <v>10000000</v>
+        <v>24022125</v>
       </c>
       <c r="J71" t="s">
         <v>501</v>
       </c>
       <c r="K71">
-        <v>8000000</v>
+        <v>19217700</v>
       </c>
       <c r="L71" t="s">
-        <v>530</v>
+        <v>553</v>
+      </c>
+      <c r="M71" t="s">
+        <v>587</v>
       </c>
       <c r="N71">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="O71" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="P71" t="s">
         <v>645</v>
       </c>
       <c r="Q71" t="s">
         <v>655</v>
       </c>
       <c r="R71" t="s">
         <v>665</v>
       </c>
       <c r="S71" t="s">
         <v>670</v>
       </c>
       <c r="T71" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U71" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V71" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W71" t="s">
-        <v>682</v>
+        <v>683</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>684</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>707</v>
       </c>
       <c r="AC71" t="s">
         <v>730</v>
       </c>
       <c r="AF71" t="s">
         <v>731</v>
       </c>
       <c r="AH71" t="s">
         <v>732</v>
       </c>
       <c r="AI71" t="s">
         <v>802</v>
       </c>
       <c r="AJ71" t="s">
         <v>802</v>
       </c>
       <c r="AK71" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="72" spans="1:37">
+    <row r="72" spans="1:38">
       <c r="A72" t="s">
         <v>108</v>
       </c>
       <c r="B72" t="s">
         <v>228</v>
       </c>
       <c r="C72" t="s">
         <v>348</v>
       </c>
       <c r="D72" t="s">
         <v>348</v>
       </c>
       <c r="E72" t="s">
         <v>398</v>
       </c>
-      <c r="F72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G72" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H72">
         <v>80</v>
       </c>
       <c r="I72">
-        <v>468352</v>
+        <v>482851</v>
       </c>
       <c r="J72" t="s">
         <v>501</v>
       </c>
       <c r="K72">
-        <v>374681.6</v>
+        <v>386280.8</v>
       </c>
       <c r="L72" t="s">
-        <v>562</v>
+        <v>554</v>
       </c>
       <c r="M72" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="N72">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="O72" t="s">
         <v>610</v>
       </c>
       <c r="P72" t="s">
         <v>644</v>
       </c>
       <c r="Q72" t="s">
         <v>654</v>
       </c>
       <c r="R72" t="s">
         <v>664</v>
       </c>
       <c r="S72" t="s">
         <v>669</v>
       </c>
       <c r="T72" t="s">
         <v>674</v>
       </c>
       <c r="U72" t="s">
         <v>677</v>
       </c>
       <c r="V72" t="s">
         <v>680</v>
       </c>
       <c r="W72" t="s">
         <v>682</v>
       </c>
       <c r="Z72" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="AA72" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="AC72" t="s">
         <v>730</v>
       </c>
       <c r="AF72" t="s">
         <v>731</v>
       </c>
       <c r="AH72" t="s">
         <v>732</v>
       </c>
       <c r="AI72" t="s">
         <v>803</v>
       </c>
       <c r="AJ72" t="s">
         <v>803</v>
       </c>
       <c r="AK72" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="73" spans="1:37">
+    <row r="73" spans="1:38">
       <c r="A73" t="s">
         <v>109</v>
       </c>
       <c r="B73" t="s">
         <v>229</v>
       </c>
       <c r="C73" t="s">
         <v>349</v>
       </c>
       <c r="D73" t="s">
         <v>349</v>
       </c>
       <c r="E73" t="s">
         <v>398</v>
       </c>
       <c r="F73" t="s">
-        <v>446</v>
+        <v>416</v>
       </c>
       <c r="G73" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="H73">
         <v>80</v>
       </c>
       <c r="I73">
-        <v>579046</v>
+        <v>11000000</v>
       </c>
       <c r="J73" t="s">
         <v>501</v>
       </c>
       <c r="K73">
-        <v>463236.8</v>
-[...5 lines deleted...]
-        <v>603</v>
+        <v>8800000</v>
       </c>
       <c r="N73">
-        <v>92</v>
+        <v>1</v>
       </c>
       <c r="O73" t="s">
-        <v>612</v>
+        <v>621</v>
       </c>
       <c r="P73" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="Q73" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="R73" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="S73" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="T73" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U73" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V73" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W73" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>723</v>
+        <v>683</v>
       </c>
       <c r="AC73" t="s">
         <v>730</v>
       </c>
       <c r="AF73" t="s">
         <v>731</v>
       </c>
       <c r="AH73" t="s">
         <v>732</v>
       </c>
       <c r="AI73" t="s">
         <v>804</v>
       </c>
       <c r="AJ73" t="s">
         <v>804</v>
       </c>
       <c r="AK73" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="74" spans="1:37">
+    <row r="74" spans="1:38">
       <c r="A74" t="s">
         <v>110</v>
       </c>
       <c r="B74" t="s">
         <v>230</v>
       </c>
       <c r="C74" t="s">
         <v>350</v>
       </c>
       <c r="D74" t="s">
         <v>350</v>
       </c>
       <c r="E74" t="s">
         <v>398</v>
       </c>
       <c r="F74" t="s">
-        <v>409</v>
+        <v>449</v>
       </c>
       <c r="G74" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="H74">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I74">
-        <v>78470</v>
+        <v>5000000</v>
       </c>
       <c r="J74" t="s">
         <v>501</v>
       </c>
       <c r="K74">
-        <v>62776</v>
+        <v>4250000</v>
       </c>
       <c r="L74" t="s">
-        <v>564</v>
+        <v>555</v>
       </c>
       <c r="M74" t="s">
-        <v>604</v>
+        <v>589</v>
       </c>
       <c r="N74">
-        <v>109</v>
+        <v>22</v>
       </c>
       <c r="O74" t="s">
-        <v>614</v>
+        <v>641</v>
       </c>
       <c r="P74" t="s">
         <v>647</v>
       </c>
       <c r="Q74" t="s">
         <v>657</v>
       </c>
       <c r="R74" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S74" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T74" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="U74" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="V74" t="s">
         <v>681</v>
       </c>
       <c r="W74" t="s">
         <v>683</v>
       </c>
       <c r="Z74" t="s">
-        <v>701</v>
+        <v>686</v>
       </c>
       <c r="AA74" t="s">
-        <v>724</v>
+        <v>709</v>
       </c>
       <c r="AC74" t="s">
         <v>730</v>
       </c>
       <c r="AF74" t="s">
         <v>731</v>
       </c>
       <c r="AH74" t="s">
         <v>732</v>
       </c>
       <c r="AI74" t="s">
         <v>805</v>
       </c>
       <c r="AJ74" t="s">
         <v>805</v>
       </c>
       <c r="AK74" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="75" spans="1:37">
+    <row r="75" spans="1:38">
       <c r="A75" t="s">
         <v>111</v>
       </c>
       <c r="B75" t="s">
         <v>231</v>
       </c>
       <c r="C75" t="s">
         <v>351</v>
       </c>
       <c r="D75" t="s">
         <v>351</v>
       </c>
       <c r="E75" t="s">
         <v>398</v>
       </c>
       <c r="F75" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="G75" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="H75">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I75">
-        <v>60000</v>
+        <v>1842025.58</v>
       </c>
       <c r="J75" t="s">
         <v>501</v>
       </c>
       <c r="K75">
-        <v>48000</v>
+        <v>1565721.743</v>
+      </c>
+      <c r="L75" t="s">
+        <v>556</v>
       </c>
       <c r="N75">
-        <v>66</v>
+        <v>21</v>
       </c>
       <c r="O75" t="s">
-        <v>627</v>
+        <v>615</v>
       </c>
       <c r="P75" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="Q75" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="R75" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="S75" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="T75" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="U75" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="V75" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W75" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="AC75" t="s">
         <v>730</v>
       </c>
       <c r="AF75" t="s">
         <v>731</v>
       </c>
       <c r="AH75" t="s">
         <v>732</v>
       </c>
       <c r="AI75" t="s">
         <v>806</v>
       </c>
       <c r="AJ75" t="s">
         <v>806</v>
       </c>
       <c r="AK75" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="76" spans="1:37">
+    <row r="76" spans="1:38">
       <c r="A76" t="s">
         <v>112</v>
       </c>
       <c r="B76" t="s">
         <v>232</v>
       </c>
       <c r="C76" t="s">
         <v>352</v>
       </c>
       <c r="D76" t="s">
         <v>352</v>
       </c>
       <c r="E76" t="s">
         <v>398</v>
       </c>
       <c r="F76" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="G76" t="s">
-        <v>469</v>
+        <v>489</v>
       </c>
       <c r="H76">
         <v>80</v>
       </c>
       <c r="I76">
-        <v>1092885</v>
+        <v>2272464</v>
       </c>
       <c r="J76" t="s">
         <v>501</v>
       </c>
       <c r="K76">
-        <v>874308</v>
+        <v>1817971.2</v>
       </c>
       <c r="L76" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>524</v>
       </c>
       <c r="N76">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="O76" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="P76" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="Q76" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="R76" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S76" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T76" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U76" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V76" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W76" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        <v>707</v>
+        <v>682</v>
       </c>
       <c r="AC76" t="s">
         <v>730</v>
       </c>
       <c r="AF76" t="s">
         <v>731</v>
       </c>
       <c r="AH76" t="s">
         <v>732</v>
       </c>
       <c r="AI76" t="s">
         <v>807</v>
       </c>
       <c r="AJ76" t="s">
         <v>807</v>
       </c>
       <c r="AK76" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="77" spans="1:37">
+    <row r="77" spans="1:38">
       <c r="A77" t="s">
         <v>113</v>
       </c>
       <c r="B77" t="s">
         <v>233</v>
       </c>
       <c r="C77" t="s">
         <v>353</v>
       </c>
       <c r="D77" t="s">
         <v>353</v>
       </c>
       <c r="E77" t="s">
         <v>398</v>
       </c>
       <c r="F77" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="G77" t="s">
-        <v>469</v>
+        <v>490</v>
       </c>
       <c r="H77">
         <v>80</v>
       </c>
       <c r="I77">
-        <v>1716884.82</v>
+        <v>118388</v>
       </c>
       <c r="J77" t="s">
         <v>501</v>
       </c>
       <c r="K77">
-        <v>1373507.856</v>
+        <v>94710.39999999999</v>
       </c>
       <c r="L77" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="N77">
-        <v>94</v>
+        <v>120</v>
       </c>
       <c r="O77" t="s">
-        <v>610</v>
+        <v>626</v>
       </c>
       <c r="P77" t="s">
         <v>644</v>
       </c>
       <c r="Q77" t="s">
         <v>654</v>
       </c>
       <c r="R77" t="s">
         <v>664</v>
       </c>
       <c r="S77" t="s">
         <v>669</v>
       </c>
       <c r="T77" t="s">
         <v>674</v>
       </c>
       <c r="U77" t="s">
         <v>677</v>
       </c>
       <c r="V77" t="s">
         <v>680</v>
       </c>
       <c r="W77" t="s">
         <v>682</v>
       </c>
       <c r="AC77" t="s">
         <v>730</v>
       </c>
       <c r="AF77" t="s">
         <v>731</v>
       </c>
       <c r="AH77" t="s">
         <v>732</v>
       </c>
       <c r="AI77" t="s">
         <v>808</v>
       </c>
       <c r="AJ77" t="s">
         <v>808</v>
       </c>
       <c r="AK77" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="78" spans="1:37">
+    <row r="78" spans="1:38">
       <c r="A78" t="s">
         <v>114</v>
       </c>
       <c r="B78" t="s">
         <v>234</v>
       </c>
       <c r="C78" t="s">
         <v>354</v>
       </c>
       <c r="D78" t="s">
         <v>354</v>
       </c>
       <c r="E78" t="s">
         <v>398</v>
       </c>
       <c r="F78" t="s">
-        <v>444</v>
+        <v>426</v>
       </c>
       <c r="G78" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="H78">
         <v>80</v>
       </c>
       <c r="I78">
-        <v>9550361</v>
+        <v>4153496.67</v>
       </c>
       <c r="J78" t="s">
         <v>501</v>
       </c>
       <c r="K78">
-        <v>7640288.8</v>
+        <v>3322797.336</v>
       </c>
       <c r="L78" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
       <c r="M78" t="s">
-        <v>605</v>
+        <v>587</v>
       </c>
       <c r="N78">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="O78" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="P78" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="Q78" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="R78" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S78" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T78" t="s">
         <v>675</v>
       </c>
       <c r="U78" t="s">
         <v>678</v>
       </c>
       <c r="V78" t="s">
         <v>681</v>
       </c>
       <c r="W78" t="s">
         <v>683</v>
       </c>
       <c r="Z78" t="s">
-        <v>702</v>
+        <v>684</v>
       </c>
       <c r="AA78" t="s">
-        <v>725</v>
+        <v>707</v>
       </c>
       <c r="AC78" t="s">
         <v>730</v>
       </c>
       <c r="AF78" t="s">
         <v>731</v>
       </c>
       <c r="AH78" t="s">
         <v>732</v>
       </c>
       <c r="AI78" t="s">
         <v>809</v>
       </c>
       <c r="AJ78" t="s">
         <v>809</v>
       </c>
       <c r="AK78" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="79" spans="1:37">
+    <row r="79" spans="1:38">
       <c r="A79" t="s">
         <v>115</v>
       </c>
       <c r="B79" t="s">
         <v>235</v>
       </c>
       <c r="C79" t="s">
         <v>355</v>
       </c>
       <c r="D79" t="s">
         <v>355</v>
       </c>
       <c r="E79" t="s">
         <v>398</v>
       </c>
       <c r="F79" t="s">
-        <v>403</v>
+        <v>448</v>
       </c>
       <c r="G79" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H79">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I79">
-        <v>4461035</v>
+        <v>6917876.37</v>
       </c>
       <c r="J79" t="s">
         <v>501</v>
       </c>
       <c r="K79">
-        <v>3568828</v>
+        <v>5880194.914500001</v>
       </c>
       <c r="L79" t="s">
-        <v>566</v>
+        <v>541</v>
+      </c>
+      <c r="M79" t="s">
+        <v>603</v>
       </c>
       <c r="N79">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="O79" t="s">
-        <v>614</v>
+        <v>634</v>
       </c>
       <c r="P79" t="s">
         <v>647</v>
       </c>
       <c r="Q79" t="s">
         <v>657</v>
       </c>
       <c r="R79" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S79" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T79" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="U79" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="V79" t="s">
         <v>681</v>
       </c>
       <c r="W79" t="s">
         <v>683</v>
       </c>
+      <c r="Z79" t="s">
+        <v>700</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>723</v>
+      </c>
       <c r="AC79" t="s">
         <v>730</v>
       </c>
       <c r="AF79" t="s">
         <v>731</v>
       </c>
       <c r="AH79" t="s">
         <v>732</v>
       </c>
       <c r="AI79" t="s">
         <v>810</v>
       </c>
       <c r="AJ79" t="s">
         <v>810</v>
       </c>
       <c r="AK79" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="80" spans="1:37">
+    <row r="80" spans="1:38">
       <c r="A80" t="s">
         <v>116</v>
       </c>
       <c r="B80" t="s">
         <v>236</v>
       </c>
       <c r="C80" t="s">
         <v>356</v>
       </c>
       <c r="D80" t="s">
         <v>356</v>
       </c>
       <c r="E80" t="s">
         <v>398</v>
       </c>
       <c r="F80" t="s">
-        <v>448</v>
+        <v>422</v>
       </c>
       <c r="G80" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="H80">
         <v>80</v>
       </c>
       <c r="I80">
-        <v>15000000</v>
+        <v>4237053</v>
       </c>
       <c r="J80" t="s">
         <v>501</v>
       </c>
       <c r="K80">
-        <v>12000000</v>
+        <v>3389642.4</v>
       </c>
       <c r="L80" t="s">
-        <v>553</v>
+        <v>558</v>
+      </c>
+      <c r="M80" t="s">
+        <v>587</v>
       </c>
       <c r="N80">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="O80" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="P80" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="Q80" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="R80" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S80" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T80" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U80" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V80" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W80" t="s">
-        <v>682</v>
+        <v>683</v>
+      </c>
+      <c r="Z80" t="s">
+        <v>684</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>707</v>
       </c>
       <c r="AC80" t="s">
         <v>730</v>
       </c>
       <c r="AF80" t="s">
         <v>731</v>
       </c>
       <c r="AH80" t="s">
         <v>732</v>
       </c>
       <c r="AI80" t="s">
         <v>811</v>
       </c>
       <c r="AJ80" t="s">
         <v>811</v>
       </c>
       <c r="AK80" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="81" spans="1:37">
+    <row r="81" spans="1:38">
       <c r="A81" t="s">
         <v>117</v>
       </c>
       <c r="B81" t="s">
         <v>237</v>
       </c>
       <c r="C81" t="s">
         <v>357</v>
       </c>
       <c r="D81" t="s">
         <v>357</v>
       </c>
       <c r="E81" t="s">
         <v>398</v>
       </c>
       <c r="F81" t="s">
-        <v>399</v>
+        <v>420</v>
       </c>
       <c r="G81" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="H81">
         <v>80</v>
       </c>
       <c r="I81">
-        <v>317906.68</v>
+        <v>85361</v>
       </c>
       <c r="J81" t="s">
         <v>501</v>
       </c>
       <c r="K81">
-        <v>254325.344</v>
+        <v>68288.8</v>
       </c>
       <c r="L81" t="s">
-        <v>567</v>
+        <v>559</v>
       </c>
       <c r="M81" t="s">
-        <v>606</v>
+        <v>590</v>
       </c>
       <c r="N81">
-        <v>94</v>
+        <v>119</v>
       </c>
       <c r="O81" t="s">
         <v>610</v>
       </c>
       <c r="P81" t="s">
         <v>644</v>
       </c>
       <c r="Q81" t="s">
         <v>654</v>
       </c>
       <c r="R81" t="s">
         <v>664</v>
       </c>
       <c r="S81" t="s">
         <v>669</v>
       </c>
       <c r="T81" t="s">
         <v>674</v>
       </c>
       <c r="U81" t="s">
         <v>677</v>
       </c>
       <c r="V81" t="s">
         <v>680</v>
       </c>
       <c r="W81" t="s">
         <v>682</v>
       </c>
       <c r="Z81" t="s">
-        <v>703</v>
+        <v>687</v>
       </c>
       <c r="AA81" t="s">
-        <v>726</v>
+        <v>710</v>
       </c>
       <c r="AC81" t="s">
         <v>730</v>
       </c>
       <c r="AF81" t="s">
         <v>731</v>
       </c>
       <c r="AH81" t="s">
         <v>732</v>
       </c>
       <c r="AI81" t="s">
         <v>812</v>
       </c>
       <c r="AJ81" t="s">
         <v>812</v>
       </c>
       <c r="AK81" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="82" spans="1:37">
+    <row r="82" spans="1:38">
       <c r="A82" t="s">
         <v>118</v>
       </c>
       <c r="B82" t="s">
         <v>238</v>
       </c>
       <c r="C82" t="s">
         <v>358</v>
       </c>
       <c r="D82" t="s">
         <v>358</v>
       </c>
       <c r="E82" t="s">
         <v>398</v>
       </c>
       <c r="F82" t="s">
-        <v>437</v>
+        <v>422</v>
       </c>
       <c r="G82" t="s">
-        <v>497</v>
+        <v>472</v>
       </c>
       <c r="H82">
         <v>80</v>
       </c>
       <c r="I82">
-        <v>3463562.4</v>
+        <v>14360004.72</v>
       </c>
       <c r="J82" t="s">
         <v>501</v>
       </c>
       <c r="K82">
-        <v>2770849.92</v>
+        <v>11488003.776</v>
       </c>
       <c r="L82" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="M82" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
       <c r="N82">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="O82" t="s">
-        <v>610</v>
+        <v>619</v>
       </c>
       <c r="P82" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="Q82" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="R82" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S82" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T82" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U82" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V82" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W82" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z82" t="s">
-        <v>685</v>
+        <v>697</v>
       </c>
       <c r="AA82" t="s">
-        <v>708</v>
+        <v>720</v>
       </c>
       <c r="AC82" t="s">
         <v>730</v>
       </c>
       <c r="AF82" t="s">
         <v>731</v>
       </c>
       <c r="AH82" t="s">
         <v>732</v>
       </c>
       <c r="AI82" t="s">
         <v>813</v>
       </c>
       <c r="AJ82" t="s">
         <v>813</v>
       </c>
       <c r="AK82" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="83" spans="1:37">
+    <row r="83" spans="1:38">
       <c r="A83" t="s">
         <v>119</v>
       </c>
       <c r="B83" t="s">
         <v>239</v>
       </c>
       <c r="C83" t="s">
         <v>359</v>
       </c>
       <c r="D83" t="s">
         <v>359</v>
       </c>
       <c r="E83" t="s">
         <v>398</v>
       </c>
       <c r="F83" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="G83" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="H83">
         <v>80</v>
       </c>
       <c r="I83">
-        <v>2250000</v>
+        <v>99660</v>
       </c>
       <c r="J83" t="s">
         <v>501</v>
       </c>
       <c r="K83">
-        <v>1800000</v>
+        <v>79728</v>
       </c>
       <c r="L83" t="s">
-        <v>537</v>
+        <v>561</v>
       </c>
       <c r="M83" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="N83">
-        <v>55</v>
+        <v>120</v>
       </c>
       <c r="O83" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="P83" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="Q83" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="R83" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="S83" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="T83" t="s">
         <v>674</v>
       </c>
       <c r="U83" t="s">
         <v>677</v>
       </c>
       <c r="V83" t="s">
         <v>680</v>
       </c>
       <c r="W83" t="s">
         <v>682</v>
       </c>
       <c r="Z83" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="AA83" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="AC83" t="s">
         <v>730</v>
       </c>
       <c r="AF83" t="s">
         <v>731</v>
       </c>
       <c r="AH83" t="s">
         <v>732</v>
       </c>
       <c r="AI83" t="s">
         <v>814</v>
       </c>
       <c r="AJ83" t="s">
         <v>814</v>
       </c>
       <c r="AK83" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="84" spans="1:37">
+    <row r="84" spans="1:38">
       <c r="A84" t="s">
         <v>120</v>
       </c>
       <c r="B84" t="s">
         <v>240</v>
       </c>
       <c r="C84" t="s">
         <v>360</v>
       </c>
       <c r="D84" t="s">
         <v>360</v>
       </c>
       <c r="E84" t="s">
         <v>398</v>
       </c>
       <c r="F84" t="s">
-        <v>450</v>
+        <v>410</v>
       </c>
       <c r="G84" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H84">
         <v>80</v>
       </c>
       <c r="I84">
-        <v>30864766.29</v>
+        <v>951844</v>
       </c>
       <c r="J84" t="s">
         <v>501</v>
       </c>
       <c r="K84">
-        <v>24691813.032</v>
+        <v>761475.2</v>
       </c>
       <c r="L84" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-        <v>591</v>
+        <v>562</v>
       </c>
       <c r="N84">
-        <v>50</v>
+        <v>109</v>
       </c>
       <c r="O84" t="s">
-        <v>632</v>
+        <v>611</v>
       </c>
       <c r="P84" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="Q84" t="s">
-        <v>656</v>
+        <v>655</v>
       </c>
       <c r="R84" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S84" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T84" t="s">
         <v>674</v>
       </c>
       <c r="U84" t="s">
         <v>677</v>
       </c>
       <c r="V84" t="s">
         <v>680</v>
       </c>
       <c r="W84" t="s">
         <v>682</v>
       </c>
-      <c r="Z84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC84" t="s">
         <v>730</v>
       </c>
       <c r="AF84" t="s">
         <v>731</v>
       </c>
       <c r="AH84" t="s">
         <v>732</v>
       </c>
       <c r="AI84" t="s">
         <v>815</v>
       </c>
       <c r="AJ84" t="s">
         <v>815</v>
       </c>
       <c r="AK84" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="85" spans="1:37">
+    <row r="85" spans="1:38">
       <c r="A85" t="s">
         <v>121</v>
       </c>
       <c r="B85" t="s">
         <v>241</v>
       </c>
       <c r="C85" t="s">
         <v>361</v>
       </c>
       <c r="D85" t="s">
         <v>361</v>
       </c>
       <c r="E85" t="s">
         <v>398</v>
       </c>
       <c r="F85" t="s">
-        <v>404</v>
+        <v>452</v>
       </c>
       <c r="G85" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H85">
         <v>80</v>
       </c>
       <c r="I85">
-        <v>195396</v>
+        <v>11225323</v>
       </c>
       <c r="J85" t="s">
         <v>501</v>
       </c>
       <c r="K85">
-        <v>156316.8</v>
+        <v>8980258.4</v>
       </c>
       <c r="L85" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="M85" t="s">
-        <v>598</v>
+        <v>587</v>
       </c>
       <c r="N85">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="O85" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="P85" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="Q85" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="R85" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S85" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T85" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U85" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V85" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W85" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z85" t="s">
-        <v>695</v>
+        <v>684</v>
       </c>
       <c r="AA85" t="s">
-        <v>718</v>
+        <v>707</v>
       </c>
       <c r="AC85" t="s">
         <v>730</v>
       </c>
       <c r="AF85" t="s">
         <v>731</v>
       </c>
       <c r="AH85" t="s">
         <v>732</v>
       </c>
       <c r="AI85" t="s">
         <v>816</v>
       </c>
       <c r="AJ85" t="s">
         <v>816</v>
       </c>
       <c r="AK85" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="86" spans="1:37">
+    <row r="86" spans="1:38">
       <c r="A86" t="s">
         <v>122</v>
       </c>
       <c r="B86" t="s">
         <v>242</v>
       </c>
       <c r="C86" t="s">
         <v>362</v>
       </c>
       <c r="D86" t="s">
         <v>362</v>
       </c>
       <c r="E86" t="s">
         <v>398</v>
       </c>
-      <c r="F86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G86" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="H86">
         <v>80</v>
       </c>
       <c r="I86">
-        <v>3384485.99</v>
+        <v>536625</v>
       </c>
       <c r="J86" t="s">
         <v>501</v>
       </c>
       <c r="K86">
-        <v>2707588.792</v>
+        <v>429300</v>
       </c>
       <c r="L86" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="M86" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="N86">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="O86" t="s">
-        <v>631</v>
+        <v>610</v>
       </c>
       <c r="P86" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="Q86" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
       <c r="R86" t="s">
         <v>664</v>
       </c>
       <c r="S86" t="s">
         <v>669</v>
       </c>
       <c r="T86" t="s">
         <v>674</v>
       </c>
       <c r="U86" t="s">
         <v>677</v>
       </c>
       <c r="V86" t="s">
         <v>680</v>
       </c>
       <c r="W86" t="s">
         <v>682</v>
       </c>
       <c r="Z86" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="AA86" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="AC86" t="s">
         <v>730</v>
       </c>
       <c r="AF86" t="s">
         <v>731</v>
       </c>
       <c r="AH86" t="s">
         <v>732</v>
       </c>
       <c r="AI86" t="s">
         <v>817</v>
       </c>
       <c r="AJ86" t="s">
         <v>817</v>
       </c>
       <c r="AK86" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="87" spans="1:37">
+    <row r="87" spans="1:38">
       <c r="A87" t="s">
         <v>123</v>
       </c>
       <c r="B87" t="s">
         <v>243</v>
       </c>
       <c r="C87" t="s">
         <v>363</v>
       </c>
       <c r="D87" t="s">
         <v>363</v>
       </c>
       <c r="E87" t="s">
         <v>398</v>
       </c>
       <c r="F87" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="G87" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="H87">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I87">
-        <v>3821196.05</v>
+        <v>3208204</v>
       </c>
       <c r="J87" t="s">
         <v>501</v>
       </c>
       <c r="K87">
-        <v>3248016.6425</v>
+        <v>2566563.2</v>
       </c>
       <c r="L87" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="M87" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="N87">
-        <v>18</v>
+        <v>116</v>
       </c>
       <c r="O87" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="P87" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="Q87" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="R87" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S87" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T87" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="U87" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="V87" t="s">
         <v>680</v>
       </c>
       <c r="W87" t="s">
         <v>682</v>
       </c>
       <c r="Z87" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="AA87" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="AC87" t="s">
         <v>730</v>
       </c>
       <c r="AF87" t="s">
         <v>731</v>
       </c>
       <c r="AH87" t="s">
         <v>732</v>
       </c>
       <c r="AI87" t="s">
         <v>818</v>
       </c>
       <c r="AJ87" t="s">
         <v>818</v>
       </c>
       <c r="AK87" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="88" spans="1:37">
+    <row r="88" spans="1:38">
       <c r="A88" t="s">
         <v>124</v>
       </c>
       <c r="B88" t="s">
         <v>244</v>
       </c>
       <c r="C88" t="s">
         <v>364</v>
       </c>
       <c r="D88" t="s">
         <v>364</v>
       </c>
       <c r="E88" t="s">
         <v>398</v>
       </c>
       <c r="F88" t="s">
-        <v>452</v>
+        <v>428</v>
       </c>
       <c r="G88" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="H88">
         <v>80</v>
       </c>
       <c r="I88">
-        <v>670247.52</v>
+        <v>63833</v>
       </c>
       <c r="J88" t="s">
         <v>501</v>
       </c>
       <c r="K88">
-        <v>536198.0160000001</v>
+        <v>51066.4</v>
       </c>
       <c r="L88" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="M88" t="s">
-        <v>589</v>
+        <v>600</v>
       </c>
       <c r="N88">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="O88" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="P88" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q88" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="R88" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S88" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T88" t="s">
         <v>674</v>
       </c>
       <c r="U88" t="s">
         <v>677</v>
       </c>
       <c r="V88" t="s">
         <v>680</v>
       </c>
       <c r="W88" t="s">
         <v>682</v>
       </c>
       <c r="Z88" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
       <c r="AA88" t="s">
-        <v>709</v>
+        <v>720</v>
       </c>
       <c r="AC88" t="s">
         <v>730</v>
       </c>
       <c r="AF88" t="s">
         <v>731</v>
       </c>
       <c r="AH88" t="s">
         <v>732</v>
       </c>
       <c r="AI88" t="s">
         <v>819</v>
       </c>
       <c r="AJ88" t="s">
         <v>819</v>
       </c>
       <c r="AK88" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="89" spans="1:37">
+    <row r="89" spans="1:38">
       <c r="A89" t="s">
         <v>125</v>
       </c>
       <c r="B89" t="s">
         <v>245</v>
       </c>
       <c r="C89" t="s">
         <v>365</v>
       </c>
       <c r="D89" t="s">
         <v>365</v>
       </c>
       <c r="E89" t="s">
         <v>398</v>
       </c>
       <c r="F89" t="s">
-        <v>400</v>
+        <v>454</v>
       </c>
       <c r="G89" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="H89">
         <v>80</v>
       </c>
       <c r="I89">
-        <v>6500000</v>
+        <v>220050</v>
       </c>
       <c r="J89" t="s">
         <v>501</v>
       </c>
       <c r="K89">
-        <v>5200000</v>
+        <v>176040</v>
+      </c>
+      <c r="L89" t="s">
+        <v>566</v>
+      </c>
+      <c r="M89" t="s">
+        <v>587</v>
       </c>
       <c r="N89">
-        <v>1</v>
+        <v>119</v>
       </c>
       <c r="O89" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="P89" t="s">
-        <v>645</v>
+        <v>644</v>
       </c>
       <c r="Q89" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="R89" t="s">
-        <v>665</v>
+        <v>664</v>
       </c>
       <c r="S89" t="s">
-        <v>670</v>
+        <v>669</v>
       </c>
       <c r="T89" t="s">
         <v>674</v>
       </c>
       <c r="U89" t="s">
         <v>677</v>
       </c>
       <c r="V89" t="s">
         <v>680</v>
       </c>
       <c r="W89" t="s">
         <v>682</v>
       </c>
+      <c r="Z89" t="s">
+        <v>684</v>
+      </c>
+      <c r="AA89" t="s">
+        <v>707</v>
+      </c>
       <c r="AC89" t="s">
         <v>730</v>
       </c>
       <c r="AF89" t="s">
         <v>731</v>
       </c>
       <c r="AH89" t="s">
         <v>732</v>
       </c>
       <c r="AI89" t="s">
         <v>820</v>
       </c>
       <c r="AJ89" t="s">
         <v>820</v>
       </c>
       <c r="AK89" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="90" spans="1:37">
+    <row r="90" spans="1:38">
       <c r="A90" t="s">
         <v>126</v>
       </c>
       <c r="B90" t="s">
         <v>246</v>
       </c>
       <c r="C90" t="s">
         <v>366</v>
       </c>
       <c r="D90" t="s">
         <v>366</v>
       </c>
       <c r="E90" t="s">
         <v>398</v>
       </c>
       <c r="F90" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>455</v>
       </c>
       <c r="H90">
         <v>80</v>
       </c>
       <c r="I90">
-        <v>890000</v>
+        <v>2687500</v>
       </c>
       <c r="J90" t="s">
         <v>501</v>
       </c>
       <c r="K90">
-        <v>712000</v>
+        <v>2150000</v>
       </c>
       <c r="L90" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>567</v>
       </c>
       <c r="N90">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="O90" t="s">
-        <v>635</v>
+        <v>610</v>
       </c>
       <c r="P90" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="Q90" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="R90" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="S90" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="T90" t="s">
         <v>674</v>
       </c>
       <c r="U90" t="s">
         <v>677</v>
       </c>
       <c r="V90" t="s">
         <v>680</v>
       </c>
       <c r="W90" t="s">
         <v>682</v>
       </c>
-      <c r="Z90" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC90" t="s">
         <v>730</v>
       </c>
       <c r="AF90" t="s">
         <v>731</v>
       </c>
       <c r="AH90" t="s">
         <v>732</v>
       </c>
       <c r="AI90" t="s">
         <v>821</v>
       </c>
       <c r="AJ90" t="s">
         <v>821</v>
       </c>
       <c r="AK90" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="91" spans="1:37">
+    <row r="91" spans="1:38">
       <c r="A91" t="s">
         <v>127</v>
       </c>
       <c r="B91" t="s">
         <v>247</v>
       </c>
       <c r="C91" t="s">
         <v>367</v>
       </c>
       <c r="D91" t="s">
         <v>367</v>
       </c>
       <c r="E91" t="s">
         <v>398</v>
       </c>
       <c r="F91" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="G91" t="s">
-        <v>497</v>
+        <v>471</v>
       </c>
       <c r="H91">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I91">
-        <v>7600000</v>
+        <v>89500000</v>
       </c>
       <c r="J91" t="s">
         <v>501</v>
       </c>
       <c r="K91">
-        <v>6080000</v>
+        <v>76075000</v>
       </c>
       <c r="L91" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="M91" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="N91">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="O91" t="s">
-        <v>610</v>
+        <v>642</v>
       </c>
       <c r="P91" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="Q91" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="R91" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="S91" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="T91" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="U91" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="V91" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W91" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z91" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="AA91" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="AC91" t="s">
         <v>730</v>
       </c>
       <c r="AF91" t="s">
         <v>731</v>
       </c>
       <c r="AH91" t="s">
         <v>732</v>
       </c>
       <c r="AI91" t="s">
         <v>822</v>
       </c>
       <c r="AJ91" t="s">
         <v>822</v>
       </c>
       <c r="AK91" t="s">
-        <v>853</v>
+        <v>854</v>
+      </c>
+      <c r="AL91">
+        <v>4857</v>
       </c>
     </row>
-    <row r="92" spans="1:37">
+    <row r="92" spans="1:38">
       <c r="A92" t="s">
         <v>128</v>
       </c>
       <c r="B92" t="s">
         <v>248</v>
       </c>
       <c r="C92" t="s">
         <v>368</v>
       </c>
       <c r="D92" t="s">
         <v>368</v>
       </c>
       <c r="E92" t="s">
         <v>398</v>
       </c>
       <c r="F92" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="G92" t="s">
-        <v>468</v>
+        <v>491</v>
       </c>
       <c r="H92">
         <v>80</v>
       </c>
       <c r="I92">
-        <v>5908595</v>
+        <v>11841.57</v>
       </c>
       <c r="J92" t="s">
         <v>501</v>
       </c>
       <c r="K92">
-        <v>4726876</v>
+        <v>9473.255999999999</v>
       </c>
       <c r="L92" t="s">
-        <v>520</v>
+        <v>568</v>
       </c>
       <c r="M92" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="N92">
-        <v>103</v>
+        <v>10</v>
       </c>
       <c r="O92" t="s">
-        <v>636</v>
+        <v>619</v>
       </c>
       <c r="P92" t="s">
         <v>649</v>
       </c>
       <c r="Q92" t="s">
         <v>659</v>
       </c>
       <c r="R92" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S92" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T92" t="s">
         <v>675</v>
       </c>
       <c r="U92" t="s">
         <v>678</v>
       </c>
       <c r="V92" t="s">
         <v>681</v>
       </c>
       <c r="W92" t="s">
         <v>683</v>
       </c>
       <c r="Z92" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="AA92" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="AC92" t="s">
         <v>730</v>
       </c>
       <c r="AF92" t="s">
         <v>731</v>
       </c>
       <c r="AH92" t="s">
         <v>732</v>
       </c>
       <c r="AI92" t="s">
         <v>823</v>
       </c>
       <c r="AJ92" t="s">
         <v>823</v>
       </c>
       <c r="AK92" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="93" spans="1:37">
+    <row r="93" spans="1:38">
       <c r="A93" t="s">
         <v>129</v>
       </c>
       <c r="B93" t="s">
         <v>249</v>
       </c>
       <c r="C93" t="s">
         <v>369</v>
       </c>
       <c r="D93" t="s">
         <v>369</v>
       </c>
       <c r="E93" t="s">
         <v>398</v>
       </c>
       <c r="F93" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
       <c r="G93" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="H93">
         <v>80</v>
       </c>
       <c r="I93">
-        <v>187181</v>
+        <v>3155769</v>
       </c>
       <c r="J93" t="s">
         <v>501</v>
       </c>
       <c r="K93">
-        <v>149744.8</v>
+        <v>2524615.2</v>
       </c>
       <c r="L93" t="s">
-        <v>573</v>
+        <v>502</v>
       </c>
       <c r="M93" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="N93">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="O93" t="s">
-        <v>617</v>
+        <v>635</v>
       </c>
       <c r="P93" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="Q93" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="R93" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S93" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T93" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U93" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V93" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W93" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z93" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="AA93" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="AC93" t="s">
         <v>730</v>
       </c>
       <c r="AF93" t="s">
         <v>731</v>
       </c>
       <c r="AH93" t="s">
         <v>732</v>
       </c>
       <c r="AI93" t="s">
         <v>824</v>
       </c>
       <c r="AJ93" t="s">
         <v>824</v>
       </c>
       <c r="AK93" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="94" spans="1:37">
+    <row r="94" spans="1:38">
       <c r="A94" t="s">
         <v>130</v>
       </c>
       <c r="B94" t="s">
         <v>250</v>
       </c>
       <c r="C94" t="s">
         <v>370</v>
       </c>
       <c r="D94" t="s">
         <v>370</v>
       </c>
       <c r="E94" t="s">
         <v>398</v>
       </c>
       <c r="F94" t="s">
-        <v>456</v>
+        <v>408</v>
       </c>
       <c r="G94" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H94">
         <v>80</v>
       </c>
       <c r="I94">
-        <v>33035145.42</v>
+        <v>1716884.82</v>
       </c>
       <c r="J94" t="s">
         <v>501</v>
       </c>
       <c r="K94">
-        <v>26428116.336</v>
+        <v>1373507.856</v>
       </c>
       <c r="L94" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>569</v>
       </c>
       <c r="N94">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="O94" t="s">
-        <v>635</v>
+        <v>616</v>
       </c>
       <c r="P94" t="s">
         <v>647</v>
       </c>
       <c r="Q94" t="s">
         <v>657</v>
       </c>
       <c r="R94" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S94" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T94" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U94" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V94" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W94" t="s">
-        <v>682</v>
-[...5 lines deleted...]
-        <v>708</v>
+        <v>683</v>
       </c>
       <c r="AC94" t="s">
         <v>730</v>
       </c>
       <c r="AF94" t="s">
         <v>731</v>
       </c>
       <c r="AH94" t="s">
         <v>732</v>
       </c>
       <c r="AI94" t="s">
         <v>825</v>
       </c>
       <c r="AJ94" t="s">
         <v>825</v>
       </c>
       <c r="AK94" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="95" spans="1:37">
+    <row r="95" spans="1:38">
       <c r="A95" t="s">
         <v>131</v>
       </c>
       <c r="B95" t="s">
         <v>251</v>
       </c>
       <c r="C95" t="s">
         <v>371</v>
       </c>
       <c r="D95" t="s">
         <v>371</v>
       </c>
       <c r="E95" t="s">
         <v>398</v>
       </c>
       <c r="F95" t="s">
-        <v>436</v>
+        <v>456</v>
       </c>
       <c r="G95" t="s">
-        <v>493</v>
+        <v>470</v>
       </c>
       <c r="H95">
         <v>80</v>
       </c>
       <c r="I95">
-        <v>63833</v>
+        <v>1347611.75</v>
       </c>
       <c r="J95" t="s">
         <v>501</v>
       </c>
       <c r="K95">
-        <v>51066.4</v>
+        <v>1078089.4</v>
       </c>
       <c r="L95" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>505</v>
       </c>
       <c r="N95">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="O95" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="P95" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="Q95" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="R95" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S95" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T95" t="s">
         <v>675</v>
       </c>
       <c r="U95" t="s">
         <v>678</v>
       </c>
       <c r="V95" t="s">
         <v>681</v>
       </c>
       <c r="W95" t="s">
         <v>683</v>
       </c>
-      <c r="Z95" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC95" t="s">
         <v>730</v>
       </c>
       <c r="AF95" t="s">
         <v>731</v>
       </c>
       <c r="AH95" t="s">
         <v>732</v>
       </c>
       <c r="AI95" t="s">
         <v>826</v>
       </c>
       <c r="AJ95" t="s">
         <v>826</v>
       </c>
       <c r="AK95" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="96" spans="1:37">
+    <row r="96" spans="1:38">
       <c r="A96" t="s">
         <v>132</v>
       </c>
       <c r="B96" t="s">
         <v>252</v>
       </c>
       <c r="C96" t="s">
         <v>372</v>
       </c>
       <c r="D96" t="s">
         <v>372</v>
       </c>
       <c r="E96" t="s">
         <v>398</v>
       </c>
       <c r="F96" t="s">
-        <v>431</v>
+        <v>458</v>
       </c>
       <c r="G96" t="s">
-        <v>479</v>
+        <v>492</v>
       </c>
       <c r="H96">
         <v>80</v>
       </c>
       <c r="I96">
-        <v>83326.25</v>
+        <v>219149</v>
       </c>
       <c r="J96" t="s">
         <v>501</v>
       </c>
       <c r="K96">
-        <v>66661</v>
+        <v>175319.2</v>
       </c>
       <c r="L96" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>570</v>
       </c>
       <c r="N96">
-        <v>10</v>
+        <v>117</v>
       </c>
       <c r="O96" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="P96" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="Q96" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="R96" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S96" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T96" t="s">
         <v>674</v>
       </c>
       <c r="U96" t="s">
         <v>677</v>
       </c>
       <c r="V96" t="s">
         <v>680</v>
       </c>
       <c r="W96" t="s">
         <v>682</v>
       </c>
-      <c r="Z96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC96" t="s">
         <v>730</v>
       </c>
       <c r="AF96" t="s">
         <v>731</v>
       </c>
       <c r="AH96" t="s">
         <v>732</v>
       </c>
       <c r="AI96" t="s">
         <v>827</v>
       </c>
       <c r="AJ96" t="s">
         <v>827</v>
       </c>
       <c r="AK96" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="97" spans="1:38">
+    <row r="97" spans="1:37">
       <c r="A97" t="s">
         <v>133</v>
       </c>
       <c r="B97" t="s">
         <v>253</v>
       </c>
       <c r="C97" t="s">
         <v>373</v>
       </c>
       <c r="D97" t="s">
         <v>373</v>
       </c>
       <c r="E97" t="s">
         <v>398</v>
       </c>
       <c r="F97" t="s">
-        <v>416</v>
+        <v>459</v>
       </c>
       <c r="G97" t="s">
-        <v>482</v>
+        <v>493</v>
       </c>
       <c r="H97">
         <v>80</v>
       </c>
       <c r="I97">
-        <v>4234958.19</v>
+        <v>2571932</v>
       </c>
       <c r="J97" t="s">
         <v>501</v>
       </c>
       <c r="K97">
-        <v>3387966.552000001</v>
+        <v>2057545.6</v>
       </c>
       <c r="L97" t="s">
-        <v>577</v>
+        <v>563</v>
       </c>
       <c r="M97" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="N97">
-        <v>94</v>
+        <v>117</v>
       </c>
       <c r="O97" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="P97" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="Q97" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="R97" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S97" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T97" t="s">
         <v>674</v>
       </c>
       <c r="U97" t="s">
         <v>677</v>
       </c>
       <c r="V97" t="s">
         <v>680</v>
       </c>
       <c r="W97" t="s">
         <v>682</v>
       </c>
       <c r="Z97" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="AA97" t="s">
-        <v>708</v>
+        <v>707</v>
       </c>
       <c r="AC97" t="s">
         <v>730</v>
       </c>
       <c r="AF97" t="s">
         <v>731</v>
       </c>
       <c r="AH97" t="s">
         <v>732</v>
       </c>
       <c r="AI97" t="s">
         <v>828</v>
       </c>
       <c r="AJ97" t="s">
         <v>828</v>
       </c>
       <c r="AK97" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="98" spans="1:38">
+    <row r="98" spans="1:37">
       <c r="A98" t="s">
         <v>134</v>
       </c>
       <c r="B98" t="s">
         <v>254</v>
       </c>
       <c r="C98" t="s">
         <v>374</v>
       </c>
       <c r="D98" t="s">
         <v>374</v>
       </c>
       <c r="E98" t="s">
         <v>398</v>
       </c>
       <c r="F98" t="s">
-        <v>403</v>
+        <v>440</v>
       </c>
       <c r="G98" t="s">
-        <v>469</v>
+        <v>488</v>
       </c>
       <c r="H98">
         <v>80</v>
       </c>
       <c r="I98">
-        <v>2402146</v>
+        <v>195396</v>
       </c>
       <c r="J98" t="s">
         <v>501</v>
       </c>
       <c r="K98">
-        <v>1921716.8</v>
+        <v>156316.8</v>
       </c>
       <c r="L98" t="s">
-        <v>578</v>
+        <v>571</v>
+      </c>
+      <c r="M98" t="s">
+        <v>606</v>
       </c>
       <c r="N98">
         <v>109</v>
       </c>
       <c r="O98" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="P98" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="Q98" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="R98" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S98" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T98" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U98" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V98" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W98" t="s">
-        <v>683</v>
+        <v>682</v>
+      </c>
+      <c r="Z98" t="s">
+        <v>703</v>
+      </c>
+      <c r="AA98" t="s">
+        <v>726</v>
       </c>
       <c r="AC98" t="s">
         <v>730</v>
       </c>
       <c r="AF98" t="s">
         <v>731</v>
       </c>
       <c r="AH98" t="s">
         <v>732</v>
       </c>
       <c r="AI98" t="s">
         <v>829</v>
       </c>
       <c r="AJ98" t="s">
         <v>829</v>
       </c>
       <c r="AK98" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="99" spans="1:38">
+    <row r="99" spans="1:37">
       <c r="A99" t="s">
         <v>135</v>
       </c>
       <c r="B99" t="s">
         <v>255</v>
       </c>
       <c r="C99" t="s">
         <v>375</v>
       </c>
       <c r="D99" t="s">
         <v>375</v>
       </c>
       <c r="E99" t="s">
         <v>398</v>
       </c>
       <c r="F99" t="s">
-        <v>457</v>
+        <v>442</v>
       </c>
       <c r="G99" t="s">
-        <v>474</v>
+        <v>494</v>
       </c>
       <c r="H99">
         <v>80</v>
       </c>
       <c r="I99">
-        <v>3686220</v>
+        <v>85384</v>
       </c>
       <c r="J99" t="s">
         <v>501</v>
       </c>
       <c r="K99">
-        <v>2948976</v>
+        <v>68307.2</v>
       </c>
       <c r="L99" t="s">
-        <v>579</v>
+        <v>572</v>
       </c>
       <c r="M99" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
       <c r="N99">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="O99" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="P99" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="Q99" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="R99" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S99" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T99" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U99" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V99" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W99" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z99" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="AA99" t="s">
-        <v>707</v>
+        <v>722</v>
       </c>
       <c r="AC99" t="s">
         <v>730</v>
       </c>
       <c r="AF99" t="s">
         <v>731</v>
       </c>
       <c r="AH99" t="s">
         <v>732</v>
       </c>
       <c r="AI99" t="s">
         <v>830</v>
       </c>
       <c r="AJ99" t="s">
         <v>830</v>
       </c>
       <c r="AK99" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="100" spans="1:38">
+    <row r="100" spans="1:37">
       <c r="A100" t="s">
         <v>136</v>
       </c>
       <c r="B100" t="s">
         <v>256</v>
       </c>
       <c r="C100" t="s">
         <v>376</v>
       </c>
       <c r="D100" t="s">
         <v>376</v>
       </c>
       <c r="E100" t="s">
         <v>398</v>
       </c>
       <c r="F100" t="s">
-        <v>434</v>
+        <v>412</v>
       </c>
       <c r="G100" t="s">
-        <v>471</v>
+        <v>480</v>
       </c>
       <c r="H100">
         <v>80</v>
       </c>
       <c r="I100">
-        <v>5000000</v>
+        <v>10000000</v>
       </c>
       <c r="J100" t="s">
         <v>501</v>
       </c>
       <c r="K100">
-        <v>4000000</v>
+        <v>8000000</v>
+      </c>
+      <c r="L100" t="s">
+        <v>504</v>
       </c>
       <c r="N100">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="O100" t="s">
-        <v>637</v>
+        <v>612</v>
       </c>
       <c r="P100" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="Q100" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="R100" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="S100" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="T100" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U100" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V100" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W100" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="AC100" t="s">
         <v>730</v>
       </c>
       <c r="AF100" t="s">
         <v>731</v>
       </c>
       <c r="AH100" t="s">
         <v>732</v>
       </c>
       <c r="AI100" t="s">
         <v>831</v>
       </c>
       <c r="AJ100" t="s">
         <v>831</v>
       </c>
       <c r="AK100" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="101" spans="1:38">
+    <row r="101" spans="1:37">
       <c r="A101" t="s">
         <v>137</v>
       </c>
       <c r="B101" t="s">
         <v>257</v>
       </c>
       <c r="C101" t="s">
         <v>377</v>
       </c>
       <c r="D101" t="s">
         <v>377</v>
       </c>
       <c r="E101" t="s">
         <v>398</v>
       </c>
       <c r="F101" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="G101" t="s">
-        <v>476</v>
+        <v>495</v>
       </c>
       <c r="H101">
         <v>80</v>
       </c>
       <c r="I101">
-        <v>35374499.72</v>
+        <v>13051695.02</v>
       </c>
       <c r="J101" t="s">
         <v>501</v>
       </c>
       <c r="K101">
-        <v>28299599.776</v>
+        <v>10441356.01</v>
       </c>
       <c r="L101" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>573</v>
       </c>
       <c r="N101">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="O101" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="P101" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="Q101" t="s">
-        <v>663</v>
+        <v>662</v>
       </c>
       <c r="R101" t="s">
         <v>665</v>
       </c>
       <c r="S101" t="s">
         <v>670</v>
       </c>
       <c r="T101" t="s">
         <v>674</v>
       </c>
       <c r="U101" t="s">
         <v>677</v>
       </c>
       <c r="V101" t="s">
         <v>680</v>
       </c>
       <c r="W101" t="s">
         <v>682</v>
       </c>
-      <c r="Z101" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC101" t="s">
         <v>730</v>
       </c>
       <c r="AF101" t="s">
         <v>731</v>
       </c>
       <c r="AH101" t="s">
         <v>732</v>
       </c>
       <c r="AI101" t="s">
         <v>832</v>
       </c>
       <c r="AJ101" t="s">
         <v>832</v>
       </c>
       <c r="AK101" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="102" spans="1:38">
+    <row r="102" spans="1:37">
       <c r="A102" t="s">
         <v>138</v>
       </c>
       <c r="B102" t="s">
         <v>258</v>
       </c>
       <c r="C102" t="s">
         <v>378</v>
       </c>
       <c r="D102" t="s">
         <v>378</v>
       </c>
       <c r="E102" t="s">
         <v>398</v>
       </c>
       <c r="F102" t="s">
-        <v>403</v>
+        <v>461</v>
       </c>
       <c r="G102" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="H102">
         <v>80</v>
       </c>
       <c r="I102">
-        <v>678550.74</v>
+        <v>84429</v>
       </c>
       <c r="J102" t="s">
         <v>501</v>
       </c>
       <c r="K102">
-        <v>542840.5920000001</v>
+        <v>67543.2</v>
       </c>
       <c r="L102" t="s">
-        <v>580</v>
+        <v>531</v>
       </c>
       <c r="M102" t="s">
-        <v>608</v>
+        <v>590</v>
       </c>
       <c r="N102">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="O102" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="P102" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q102" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="R102" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S102" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T102" t="s">
         <v>674</v>
       </c>
       <c r="U102" t="s">
         <v>677</v>
       </c>
       <c r="V102" t="s">
         <v>680</v>
       </c>
       <c r="W102" t="s">
         <v>682</v>
       </c>
       <c r="Z102" t="s">
-        <v>705</v>
+        <v>687</v>
       </c>
       <c r="AA102" t="s">
-        <v>728</v>
+        <v>710</v>
       </c>
       <c r="AC102" t="s">
         <v>730</v>
       </c>
       <c r="AF102" t="s">
         <v>731</v>
       </c>
       <c r="AH102" t="s">
         <v>732</v>
       </c>
       <c r="AI102" t="s">
         <v>833</v>
       </c>
       <c r="AJ102" t="s">
         <v>833</v>
       </c>
       <c r="AK102" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="103" spans="1:38">
+    <row r="103" spans="1:37">
       <c r="A103" t="s">
         <v>139</v>
       </c>
       <c r="B103" t="s">
         <v>259</v>
       </c>
       <c r="C103" t="s">
         <v>379</v>
       </c>
       <c r="D103" t="s">
         <v>379</v>
       </c>
       <c r="E103" t="s">
         <v>398</v>
       </c>
       <c r="F103" t="s">
-        <v>459</v>
+        <v>410</v>
       </c>
       <c r="G103" t="s">
-        <v>495</v>
+        <v>478</v>
       </c>
       <c r="H103">
         <v>80</v>
       </c>
       <c r="I103">
-        <v>1521665.76</v>
+        <v>350114</v>
       </c>
       <c r="J103" t="s">
         <v>501</v>
       </c>
       <c r="K103">
-        <v>1217332.608</v>
+        <v>280091.2</v>
       </c>
       <c r="L103" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-        <v>588</v>
+        <v>539</v>
       </c>
       <c r="N103">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="O103" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="P103" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q103" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="R103" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S103" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T103" t="s">
         <v>674</v>
       </c>
       <c r="U103" t="s">
         <v>677</v>
       </c>
       <c r="V103" t="s">
         <v>680</v>
       </c>
       <c r="W103" t="s">
         <v>682</v>
       </c>
-      <c r="Z103" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC103" t="s">
         <v>730</v>
       </c>
       <c r="AF103" t="s">
         <v>731</v>
       </c>
       <c r="AH103" t="s">
         <v>732</v>
       </c>
       <c r="AI103" t="s">
         <v>834</v>
       </c>
       <c r="AJ103" t="s">
         <v>834</v>
       </c>
       <c r="AK103" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="104" spans="1:38">
+    <row r="104" spans="1:37">
       <c r="A104" t="s">
         <v>140</v>
       </c>
       <c r="B104" t="s">
         <v>260</v>
       </c>
       <c r="C104" t="s">
         <v>380</v>
       </c>
       <c r="D104" t="s">
         <v>380</v>
       </c>
       <c r="E104" t="s">
         <v>398</v>
       </c>
       <c r="F104" t="s">
-        <v>460</v>
+        <v>410</v>
       </c>
       <c r="G104" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="H104">
         <v>80</v>
       </c>
       <c r="I104">
-        <v>35504700</v>
+        <v>2482475</v>
       </c>
       <c r="J104" t="s">
         <v>501</v>
       </c>
       <c r="K104">
-        <v>28403760</v>
+        <v>1985980</v>
       </c>
       <c r="L104" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>502</v>
       </c>
       <c r="N104">
-        <v>43</v>
+        <v>112</v>
       </c>
       <c r="O104" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="P104" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="Q104" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="R104" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S104" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T104" t="s">
         <v>674</v>
       </c>
       <c r="U104" t="s">
         <v>677</v>
       </c>
       <c r="V104" t="s">
         <v>680</v>
       </c>
       <c r="W104" t="s">
         <v>682</v>
       </c>
-      <c r="Z104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AC104" t="s">
         <v>730</v>
       </c>
       <c r="AF104" t="s">
         <v>731</v>
       </c>
       <c r="AH104" t="s">
         <v>732</v>
       </c>
       <c r="AI104" t="s">
         <v>835</v>
       </c>
       <c r="AJ104" t="s">
         <v>835</v>
       </c>
       <c r="AK104" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="105" spans="1:38">
+    <row r="105" spans="1:37">
       <c r="A105" t="s">
         <v>141</v>
       </c>
       <c r="B105" t="s">
         <v>261</v>
       </c>
       <c r="C105" t="s">
         <v>381</v>
       </c>
       <c r="D105" t="s">
         <v>381</v>
       </c>
       <c r="E105" t="s">
         <v>398</v>
       </c>
       <c r="F105" t="s">
-        <v>412</v>
+        <v>462</v>
       </c>
       <c r="G105" t="s">
-        <v>468</v>
+        <v>490</v>
       </c>
       <c r="H105">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I105">
-        <v>12960115</v>
+        <v>3821196.05</v>
       </c>
       <c r="J105" t="s">
         <v>501</v>
       </c>
       <c r="K105">
-        <v>10368092</v>
+        <v>3248016.6425</v>
       </c>
       <c r="L105" t="s">
-        <v>520</v>
+        <v>541</v>
       </c>
       <c r="M105" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="N105">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="O105" t="s">
-        <v>614</v>
+        <v>634</v>
       </c>
       <c r="P105" t="s">
         <v>647</v>
       </c>
       <c r="Q105" t="s">
         <v>657</v>
       </c>
       <c r="R105" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S105" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T105" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="U105" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="V105" t="s">
         <v>681</v>
       </c>
       <c r="W105" t="s">
         <v>683</v>
       </c>
       <c r="Z105" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="AA105" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="AC105" t="s">
         <v>730</v>
       </c>
       <c r="AF105" t="s">
         <v>731</v>
       </c>
       <c r="AH105" t="s">
         <v>732</v>
       </c>
       <c r="AI105" t="s">
         <v>836</v>
       </c>
       <c r="AJ105" t="s">
         <v>836</v>
       </c>
       <c r="AK105" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="106" spans="1:38">
+    <row r="106" spans="1:37">
       <c r="A106" t="s">
         <v>142</v>
       </c>
       <c r="B106" t="s">
         <v>262</v>
       </c>
       <c r="C106" t="s">
         <v>382</v>
       </c>
       <c r="D106" t="s">
         <v>382</v>
       </c>
       <c r="E106" t="s">
         <v>398</v>
       </c>
       <c r="F106" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="G106" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="H106">
         <v>80</v>
       </c>
       <c r="I106">
-        <v>7060900.28</v>
+        <v>278868.8</v>
       </c>
       <c r="J106" t="s">
         <v>501</v>
       </c>
       <c r="K106">
-        <v>5648720.223999999</v>
+        <v>223095.04</v>
       </c>
       <c r="L106" t="s">
-        <v>559</v>
+        <v>574</v>
       </c>
       <c r="M106" t="s">
-        <v>587</v>
+        <v>607</v>
       </c>
       <c r="N106">
-        <v>48</v>
+        <v>94</v>
       </c>
       <c r="O106" t="s">
-        <v>640</v>
+        <v>616</v>
       </c>
       <c r="P106" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="Q106" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="R106" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="S106" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="T106" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U106" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V106" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W106" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z106" t="s">
-        <v>684</v>
+        <v>704</v>
       </c>
       <c r="AA106" t="s">
-        <v>707</v>
+        <v>727</v>
       </c>
       <c r="AC106" t="s">
         <v>730</v>
       </c>
       <c r="AF106" t="s">
         <v>731</v>
       </c>
       <c r="AH106" t="s">
         <v>732</v>
       </c>
       <c r="AI106" t="s">
         <v>837</v>
       </c>
       <c r="AJ106" t="s">
         <v>837</v>
       </c>
       <c r="AK106" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>5284</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="107" spans="1:38">
+    <row r="107" spans="1:37">
       <c r="A107" t="s">
         <v>143</v>
       </c>
       <c r="B107" t="s">
         <v>263</v>
       </c>
       <c r="C107" t="s">
         <v>383</v>
       </c>
       <c r="D107" t="s">
         <v>383</v>
       </c>
       <c r="E107" t="s">
         <v>398</v>
       </c>
       <c r="F107" t="s">
-        <v>436</v>
+        <v>410</v>
       </c>
       <c r="G107" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="H107">
         <v>80</v>
       </c>
       <c r="I107">
-        <v>73430</v>
+        <v>355371.47</v>
       </c>
       <c r="J107" t="s">
         <v>501</v>
       </c>
       <c r="K107">
-        <v>58744</v>
+        <v>284297.176</v>
       </c>
       <c r="L107" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="M107" t="s">
-        <v>588</v>
+        <v>608</v>
       </c>
       <c r="N107">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="O107" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="P107" t="s">
-        <v>648</v>
+        <v>647</v>
       </c>
       <c r="Q107" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="R107" t="s">
         <v>667</v>
       </c>
       <c r="S107" t="s">
         <v>672</v>
       </c>
       <c r="T107" t="s">
         <v>675</v>
       </c>
       <c r="U107" t="s">
         <v>678</v>
       </c>
       <c r="V107" t="s">
         <v>681</v>
       </c>
       <c r="W107" t="s">
         <v>683</v>
       </c>
       <c r="Z107" t="s">
-        <v>685</v>
+        <v>705</v>
       </c>
       <c r="AA107" t="s">
-        <v>708</v>
+        <v>728</v>
       </c>
       <c r="AC107" t="s">
         <v>730</v>
       </c>
       <c r="AF107" t="s">
         <v>731</v>
       </c>
       <c r="AH107" t="s">
         <v>732</v>
       </c>
       <c r="AI107" t="s">
         <v>838</v>
       </c>
       <c r="AJ107" t="s">
         <v>838</v>
       </c>
       <c r="AK107" t="s">
         <v>854</v>
       </c>
     </row>
-    <row r="108" spans="1:38">
+    <row r="108" spans="1:37">
       <c r="A108" t="s">
         <v>144</v>
       </c>
       <c r="B108" t="s">
         <v>264</v>
       </c>
       <c r="C108" t="s">
         <v>384</v>
       </c>
       <c r="D108" t="s">
         <v>384</v>
       </c>
       <c r="E108" t="s">
         <v>398</v>
       </c>
       <c r="F108" t="s">
-        <v>462</v>
+        <v>401</v>
       </c>
       <c r="G108" t="s">
-        <v>495</v>
+        <v>470</v>
       </c>
       <c r="H108">
         <v>80</v>
       </c>
       <c r="I108">
-        <v>967038.99</v>
+        <v>542397</v>
       </c>
       <c r="J108" t="s">
         <v>501</v>
       </c>
       <c r="K108">
-        <v>773631.192</v>
+        <v>433917.6</v>
       </c>
       <c r="L108" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="M108" t="s">
-        <v>588</v>
+        <v>606</v>
       </c>
       <c r="N108">
-        <v>55</v>
+        <v>119</v>
       </c>
       <c r="O108" t="s">
-        <v>634</v>
+        <v>610</v>
       </c>
       <c r="P108" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="Q108" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="R108" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="S108" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="T108" t="s">
         <v>674</v>
       </c>
       <c r="U108" t="s">
         <v>677</v>
       </c>
       <c r="V108" t="s">
         <v>680</v>
       </c>
       <c r="W108" t="s">
         <v>682</v>
       </c>
       <c r="Z108" t="s">
-        <v>685</v>
+        <v>703</v>
       </c>
       <c r="AA108" t="s">
-        <v>708</v>
+        <v>726</v>
       </c>
       <c r="AC108" t="s">
         <v>730</v>
       </c>
       <c r="AF108" t="s">
         <v>731</v>
       </c>
       <c r="AH108" t="s">
         <v>732</v>
       </c>
       <c r="AI108" t="s">
         <v>839</v>
       </c>
       <c r="AJ108" t="s">
         <v>839</v>
       </c>
       <c r="AK108" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="109" spans="1:38">
+    <row r="109" spans="1:37">
       <c r="A109" t="s">
         <v>145</v>
       </c>
       <c r="B109" t="s">
         <v>265</v>
       </c>
       <c r="C109" t="s">
         <v>385</v>
       </c>
       <c r="D109" t="s">
         <v>385</v>
       </c>
       <c r="E109" t="s">
         <v>398</v>
       </c>
       <c r="F109" t="s">
-        <v>429</v>
+        <v>409</v>
       </c>
       <c r="G109" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="H109">
         <v>80</v>
       </c>
       <c r="I109">
-        <v>200000</v>
+        <v>984384</v>
       </c>
       <c r="J109" t="s">
         <v>501</v>
       </c>
       <c r="K109">
-        <v>160000</v>
+        <v>787507.2</v>
       </c>
       <c r="L109" t="s">
-        <v>526</v>
+        <v>577</v>
       </c>
       <c r="N109">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="O109" t="s">
-        <v>635</v>
+        <v>610</v>
       </c>
       <c r="P109" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="Q109" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="R109" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="S109" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="T109" t="s">
         <v>674</v>
       </c>
       <c r="U109" t="s">
         <v>677</v>
       </c>
       <c r="V109" t="s">
         <v>680</v>
       </c>
       <c r="W109" t="s">
         <v>682</v>
       </c>
       <c r="AC109" t="s">
         <v>730</v>
       </c>
       <c r="AF109" t="s">
         <v>731</v>
       </c>
       <c r="AH109" t="s">
         <v>732</v>
       </c>
       <c r="AI109" t="s">
         <v>840</v>
       </c>
       <c r="AJ109" t="s">
         <v>840</v>
       </c>
       <c r="AK109" t="s">
         <v>853</v>
       </c>
     </row>
-    <row r="110" spans="1:38">
+    <row r="110" spans="1:37">
       <c r="A110" t="s">
         <v>146</v>
       </c>
       <c r="B110" t="s">
         <v>266</v>
       </c>
       <c r="C110" t="s">
         <v>386</v>
       </c>
       <c r="D110" t="s">
         <v>386</v>
       </c>
       <c r="E110" t="s">
         <v>398</v>
       </c>
       <c r="F110" t="s">
-        <v>463</v>
+        <v>404</v>
       </c>
       <c r="G110" t="s">
-        <v>492</v>
+        <v>470</v>
       </c>
       <c r="H110">
         <v>80</v>
       </c>
       <c r="I110">
-        <v>4505590.11</v>
+        <v>1000000</v>
       </c>
       <c r="J110" t="s">
         <v>501</v>
       </c>
       <c r="K110">
-        <v>3604472.09</v>
+        <v>800000</v>
       </c>
       <c r="L110" t="s">
-        <v>583</v>
+        <v>578</v>
+      </c>
+      <c r="M110" t="s">
+        <v>587</v>
       </c>
       <c r="N110">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="O110" t="s">
-        <v>630</v>
+        <v>610</v>
       </c>
       <c r="P110" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="Q110" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="R110" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="S110" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="T110" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U110" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V110" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W110" t="s">
-        <v>683</v>
+        <v>682</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>684</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>707</v>
       </c>
       <c r="AC110" t="s">
         <v>730</v>
       </c>
       <c r="AF110" t="s">
         <v>731</v>
       </c>
       <c r="AH110" t="s">
         <v>732</v>
       </c>
       <c r="AI110" t="s">
         <v>841</v>
       </c>
       <c r="AJ110" t="s">
         <v>841</v>
       </c>
       <c r="AK110" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
-    <row r="111" spans="1:38">
+    <row r="111" spans="1:37">
       <c r="A111" t="s">
         <v>147</v>
       </c>
       <c r="B111" t="s">
         <v>267</v>
       </c>
       <c r="C111" t="s">
         <v>387</v>
       </c>
       <c r="D111" t="s">
         <v>387</v>
       </c>
       <c r="E111" t="s">
         <v>398</v>
       </c>
       <c r="F111" t="s">
-        <v>447</v>
+        <v>411</v>
       </c>
       <c r="G111" t="s">
-        <v>471</v>
+        <v>497</v>
       </c>
       <c r="H111">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I111">
-        <v>7140000</v>
+        <v>20658767</v>
       </c>
       <c r="J111" t="s">
         <v>501</v>
       </c>
       <c r="K111">
-        <v>5712000</v>
+        <v>17559951.95</v>
+      </c>
+      <c r="L111" t="s">
+        <v>579</v>
+      </c>
+      <c r="M111" t="s">
+        <v>602</v>
       </c>
       <c r="N111">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="O111" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="P111" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="Q111" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="R111" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="S111" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="T111" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="U111" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="V111" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W111" t="s">
-        <v>682</v>
+        <v>683</v>
+      </c>
+      <c r="Z111" t="s">
+        <v>699</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>722</v>
       </c>
       <c r="AC111" t="s">
         <v>730</v>
       </c>
       <c r="AF111" t="s">
         <v>731</v>
       </c>
       <c r="AH111" t="s">
         <v>732</v>
       </c>
       <c r="AI111" t="s">
         <v>842</v>
       </c>
       <c r="AJ111" t="s">
         <v>842</v>
       </c>
       <c r="AK111" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
-    <row r="112" spans="1:38">
+    <row r="112" spans="1:37">
       <c r="A112" t="s">
         <v>148</v>
       </c>
       <c r="B112" t="s">
         <v>268</v>
       </c>
       <c r="C112" t="s">
         <v>388</v>
       </c>
       <c r="D112" t="s">
         <v>388</v>
       </c>
       <c r="E112" t="s">
         <v>398</v>
       </c>
       <c r="F112" t="s">
-        <v>403</v>
+        <v>464</v>
       </c>
       <c r="G112" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="H112">
         <v>80</v>
       </c>
       <c r="I112">
-        <v>2197397</v>
+        <v>3000000</v>
       </c>
       <c r="J112" t="s">
         <v>501</v>
       </c>
       <c r="K112">
-        <v>1757917.6</v>
+        <v>2400000</v>
       </c>
       <c r="L112" t="s">
-        <v>538</v>
+        <v>563</v>
+      </c>
+      <c r="M112" t="s">
+        <v>587</v>
       </c>
       <c r="N112">
-        <v>112</v>
+        <v>50</v>
       </c>
       <c r="O112" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="P112" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="Q112" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="R112" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="S112" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="T112" t="s">
         <v>675</v>
       </c>
       <c r="U112" t="s">
         <v>678</v>
       </c>
       <c r="V112" t="s">
         <v>681</v>
       </c>
       <c r="W112" t="s">
         <v>683</v>
+      </c>
+      <c r="Z112" t="s">
+        <v>684</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>707</v>
       </c>
       <c r="AC112" t="s">
         <v>730</v>
       </c>
       <c r="AF112" t="s">
         <v>731</v>
       </c>
       <c r="AH112" t="s">
         <v>732</v>
       </c>
       <c r="AI112" t="s">
         <v>843</v>
       </c>
       <c r="AJ112" t="s">
         <v>843</v>
       </c>
       <c r="AK112" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="113" spans="1:37">
       <c r="A113" t="s">
         <v>149</v>
       </c>
       <c r="B113" t="s">
         <v>269</v>
       </c>
       <c r="C113" t="s">
         <v>389</v>
       </c>
       <c r="D113" t="s">
         <v>389</v>
       </c>
       <c r="E113" t="s">
         <v>398</v>
       </c>
       <c r="F113" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="G113" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="H113">
         <v>80</v>
       </c>
       <c r="I113">
-        <v>100000</v>
+        <v>468352</v>
       </c>
       <c r="J113" t="s">
         <v>501</v>
       </c>
       <c r="K113">
-        <v>80000</v>
+        <v>374681.6</v>
       </c>
       <c r="L113" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="M113" t="s">
         <v>587</v>
       </c>
       <c r="N113">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="O113" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P113" t="s">
         <v>647</v>
       </c>
       <c r="Q113" t="s">
         <v>657</v>
       </c>
       <c r="R113" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S113" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T113" t="s">
         <v>675</v>
       </c>
       <c r="U113" t="s">
         <v>678</v>
       </c>
       <c r="V113" t="s">
         <v>681</v>
       </c>
       <c r="W113" t="s">
         <v>683</v>
       </c>
       <c r="Z113" t="s">
         <v>684</v>
       </c>
       <c r="AA113" t="s">
         <v>707</v>
       </c>
       <c r="AC113" t="s">
         <v>730</v>
       </c>
       <c r="AF113" t="s">
         <v>731</v>
       </c>
@@ -13403,728 +13388,743 @@
       </c>
       <c r="AJ113" t="s">
         <v>844</v>
       </c>
       <c r="AK113" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="114" spans="1:37">
       <c r="A114" t="s">
         <v>150</v>
       </c>
       <c r="B114" t="s">
         <v>270</v>
       </c>
       <c r="C114" t="s">
         <v>390</v>
       </c>
       <c r="D114" t="s">
         <v>390</v>
       </c>
       <c r="E114" t="s">
         <v>398</v>
       </c>
       <c r="F114" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G114" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="H114">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I114">
-        <v>1000000</v>
+        <v>40878585</v>
       </c>
       <c r="J114" t="s">
         <v>501</v>
       </c>
       <c r="K114">
-        <v>800000</v>
+        <v>34746797.25</v>
+      </c>
+      <c r="L114" t="s">
+        <v>536</v>
+      </c>
+      <c r="M114" t="s">
+        <v>600</v>
       </c>
       <c r="N114">
-        <v>2</v>
+        <v>33</v>
       </c>
       <c r="O114" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="P114" t="s">
         <v>651</v>
       </c>
       <c r="Q114" t="s">
         <v>661</v>
       </c>
       <c r="R114" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="S114" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="T114" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="U114" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="V114" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W114" t="s">
-        <v>682</v>
+        <v>683</v>
+      </c>
+      <c r="Z114" t="s">
+        <v>697</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>720</v>
       </c>
       <c r="AC114" t="s">
         <v>730</v>
       </c>
       <c r="AF114" t="s">
         <v>731</v>
       </c>
       <c r="AH114" t="s">
         <v>732</v>
       </c>
       <c r="AI114" t="s">
         <v>845</v>
       </c>
       <c r="AJ114" t="s">
         <v>845</v>
       </c>
       <c r="AK114" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="115" spans="1:37">
       <c r="A115" t="s">
         <v>151</v>
       </c>
       <c r="B115" t="s">
         <v>271</v>
       </c>
       <c r="C115" t="s">
         <v>391</v>
       </c>
       <c r="D115" t="s">
         <v>391</v>
       </c>
       <c r="E115" t="s">
         <v>398</v>
       </c>
       <c r="F115" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="G115" t="s">
         <v>499</v>
       </c>
       <c r="H115">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I115">
-        <v>38121164</v>
+        <v>1860926.8</v>
       </c>
       <c r="J115" t="s">
         <v>501</v>
       </c>
       <c r="K115">
-        <v>32402989.4</v>
+        <v>1488741.44</v>
       </c>
       <c r="L115" t="s">
-        <v>536</v>
+        <v>581</v>
       </c>
       <c r="M115" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
       <c r="N115">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="O115" t="s">
-        <v>643</v>
+        <v>616</v>
       </c>
       <c r="P115" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="Q115" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="R115" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="S115" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="T115" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="U115" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="V115" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W115" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z115" t="s">
-        <v>694</v>
+        <v>684</v>
       </c>
       <c r="AA115" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="AC115" t="s">
         <v>730</v>
       </c>
       <c r="AF115" t="s">
         <v>731</v>
       </c>
       <c r="AH115" t="s">
         <v>732</v>
       </c>
       <c r="AI115" t="s">
         <v>846</v>
       </c>
       <c r="AJ115" t="s">
         <v>846</v>
       </c>
       <c r="AK115" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="116" spans="1:37">
       <c r="A116" t="s">
         <v>152</v>
       </c>
       <c r="B116" t="s">
         <v>272</v>
       </c>
       <c r="C116" t="s">
         <v>392</v>
       </c>
       <c r="D116" t="s">
         <v>392</v>
       </c>
       <c r="E116" t="s">
         <v>398</v>
       </c>
+      <c r="F116" t="s">
+        <v>436</v>
+      </c>
       <c r="G116" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
       <c r="H116">
         <v>80</v>
       </c>
       <c r="I116">
-        <v>2890873</v>
+        <v>91259</v>
       </c>
       <c r="J116" t="s">
         <v>501</v>
       </c>
       <c r="K116">
-        <v>2312698.4</v>
+        <v>73007.2</v>
       </c>
       <c r="L116" t="s">
-        <v>538</v>
+        <v>582</v>
       </c>
       <c r="M116" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="N116">
-        <v>119</v>
+        <v>109</v>
       </c>
       <c r="O116" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="P116" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="Q116" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="R116" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="S116" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="T116" t="s">
-        <v>675</v>
+        <v>674</v>
       </c>
       <c r="U116" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="V116" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="W116" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="Z116" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="AA116" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="AC116" t="s">
         <v>730</v>
       </c>
       <c r="AF116" t="s">
         <v>731</v>
       </c>
       <c r="AH116" t="s">
         <v>732</v>
       </c>
       <c r="AI116" t="s">
         <v>847</v>
       </c>
       <c r="AJ116" t="s">
         <v>847</v>
       </c>
       <c r="AK116" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
     </row>
     <row r="117" spans="1:37">
       <c r="A117" t="s">
         <v>153</v>
       </c>
       <c r="B117" t="s">
         <v>273</v>
       </c>
       <c r="C117" t="s">
         <v>393</v>
       </c>
       <c r="D117" t="s">
         <v>393</v>
       </c>
       <c r="E117" t="s">
         <v>398</v>
       </c>
       <c r="F117" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
       <c r="G117" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="H117">
         <v>80</v>
       </c>
       <c r="I117">
-        <v>1579760.26</v>
+        <v>73430</v>
       </c>
       <c r="J117" t="s">
         <v>501</v>
       </c>
       <c r="K117">
-        <v>1263808.208</v>
+        <v>58744</v>
       </c>
       <c r="L117" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="M117" t="s">
-        <v>596</v>
+        <v>587</v>
       </c>
       <c r="N117">
-        <v>85</v>
+        <v>120</v>
       </c>
       <c r="O117" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="P117" t="s">
         <v>644</v>
       </c>
       <c r="Q117" t="s">
         <v>654</v>
       </c>
       <c r="R117" t="s">
         <v>664</v>
       </c>
       <c r="S117" t="s">
         <v>669</v>
       </c>
       <c r="T117" t="s">
         <v>674</v>
       </c>
       <c r="U117" t="s">
         <v>677</v>
       </c>
       <c r="V117" t="s">
         <v>680</v>
       </c>
       <c r="W117" t="s">
         <v>682</v>
       </c>
       <c r="Z117" t="s">
-        <v>693</v>
+        <v>684</v>
       </c>
       <c r="AA117" t="s">
-        <v>716</v>
+        <v>707</v>
       </c>
       <c r="AC117" t="s">
         <v>730</v>
       </c>
       <c r="AF117" t="s">
         <v>731</v>
       </c>
       <c r="AH117" t="s">
         <v>732</v>
       </c>
       <c r="AI117" t="s">
         <v>848</v>
       </c>
       <c r="AJ117" t="s">
         <v>848</v>
       </c>
       <c r="AK117" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="118" spans="1:37">
       <c r="A118" t="s">
         <v>154</v>
       </c>
       <c r="B118" t="s">
         <v>274</v>
       </c>
       <c r="C118" t="s">
         <v>394</v>
       </c>
       <c r="D118" t="s">
         <v>394</v>
       </c>
       <c r="E118" t="s">
         <v>398</v>
       </c>
       <c r="F118" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="G118" t="s">
-        <v>493</v>
+        <v>479</v>
       </c>
       <c r="H118">
         <v>80</v>
       </c>
       <c r="I118">
-        <v>30000000</v>
+        <v>14261.1</v>
       </c>
       <c r="J118" t="s">
         <v>501</v>
       </c>
       <c r="K118">
-        <v>24000000</v>
+        <v>11408.88</v>
       </c>
       <c r="L118" t="s">
-        <v>532</v>
+        <v>584</v>
       </c>
       <c r="M118" t="s">
-        <v>596</v>
+        <v>587</v>
       </c>
       <c r="N118">
-        <v>58</v>
+        <v>10</v>
       </c>
       <c r="O118" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="P118" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="Q118" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="R118" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="S118" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="T118" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="U118" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="V118" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="W118" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="Z118" t="s">
-        <v>693</v>
+        <v>684</v>
       </c>
       <c r="AA118" t="s">
-        <v>716</v>
+        <v>707</v>
       </c>
       <c r="AC118" t="s">
         <v>730</v>
       </c>
       <c r="AF118" t="s">
         <v>731</v>
       </c>
       <c r="AH118" t="s">
         <v>732</v>
       </c>
       <c r="AI118" t="s">
         <v>849</v>
       </c>
       <c r="AJ118" t="s">
         <v>849</v>
       </c>
       <c r="AK118" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="119" spans="1:37">
       <c r="A119" t="s">
         <v>155</v>
       </c>
       <c r="B119" t="s">
         <v>275</v>
       </c>
       <c r="C119" t="s">
         <v>395</v>
       </c>
       <c r="D119" t="s">
         <v>395</v>
       </c>
       <c r="E119" t="s">
         <v>398</v>
       </c>
       <c r="F119" t="s">
-        <v>467</v>
+        <v>440</v>
       </c>
       <c r="G119" t="s">
-        <v>468</v>
+        <v>500</v>
       </c>
       <c r="H119">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="I119">
-        <v>13356881.37</v>
+        <v>68400</v>
       </c>
       <c r="J119" t="s">
         <v>501</v>
       </c>
       <c r="K119">
-        <v>11353349.1645</v>
+        <v>54720</v>
       </c>
       <c r="L119" t="s">
-        <v>517</v>
+        <v>585</v>
       </c>
       <c r="M119" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="N119">
-        <v>18</v>
+        <v>109</v>
       </c>
       <c r="O119" t="s">
-        <v>620</v>
+        <v>611</v>
       </c>
       <c r="P119" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="Q119" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="R119" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="S119" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="T119" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="U119" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="V119" t="s">
         <v>680</v>
       </c>
       <c r="W119" t="s">
         <v>682</v>
       </c>
       <c r="Z119" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="AA119" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="AC119" t="s">
         <v>730</v>
       </c>
       <c r="AF119" t="s">
         <v>731</v>
       </c>
       <c r="AH119" t="s">
         <v>732</v>
       </c>
       <c r="AI119" t="s">
         <v>850</v>
       </c>
       <c r="AJ119" t="s">
         <v>850</v>
       </c>
       <c r="AK119" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="120" spans="1:37">
       <c r="A120" t="s">
         <v>156</v>
       </c>
       <c r="B120" t="s">
         <v>276</v>
       </c>
       <c r="C120" t="s">
         <v>396</v>
       </c>
       <c r="D120" t="s">
         <v>396</v>
       </c>
       <c r="E120" t="s">
         <v>398</v>
       </c>
       <c r="F120" t="s">
-        <v>432</v>
+        <v>467</v>
       </c>
       <c r="G120" t="s">
-        <v>500</v>
+        <v>480</v>
       </c>
       <c r="H120">
         <v>80</v>
       </c>
       <c r="I120">
-        <v>200000</v>
+        <v>1514858.01</v>
       </c>
       <c r="J120" t="s">
         <v>501</v>
       </c>
       <c r="K120">
-        <v>160000</v>
+        <v>1211886.408</v>
       </c>
       <c r="L120" t="s">
-        <v>523</v>
+        <v>558</v>
       </c>
       <c r="M120" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="N120">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="O120" t="s">
-        <v>614</v>
+        <v>623</v>
       </c>
       <c r="P120" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="Q120" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="R120" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="S120" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="T120" t="s">
         <v>675</v>
       </c>
       <c r="U120" t="s">
         <v>678</v>
       </c>
       <c r="V120" t="s">
         <v>681</v>
       </c>
       <c r="W120" t="s">
         <v>683</v>
       </c>
       <c r="Z120" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="AA120" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="AC120" t="s">
         <v>730</v>
       </c>
       <c r="AF120" t="s">
         <v>731</v>
       </c>
       <c r="AH120" t="s">
         <v>732</v>
       </c>
       <c r="AI120" t="s">
         <v>851</v>
       </c>
       <c r="AJ120" t="s">
         <v>851</v>
       </c>
       <c r="AK120" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="121" spans="1:37">
       <c r="A121" t="s">
         <v>157</v>
       </c>
       <c r="B121" t="s">
         <v>277</v>
       </c>
       <c r="C121" t="s">
         <v>397</v>
       </c>
       <c r="D121" t="s">
         <v>397</v>
       </c>
       <c r="E121" t="s">
         <v>398</v>
       </c>
       <c r="F121" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="G121" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
       <c r="H121">
         <v>80</v>
       </c>
       <c r="I121">
-        <v>489730.25</v>
+        <v>91345</v>
       </c>
       <c r="J121" t="s">
         <v>501</v>
       </c>
       <c r="K121">
-        <v>391784.2</v>
+        <v>73076</v>
       </c>
       <c r="L121" t="s">
         <v>586</v>
       </c>
       <c r="M121" t="s">
         <v>609</v>
       </c>
       <c r="N121">
-        <v>94</v>
+        <v>120</v>
       </c>
       <c r="O121" t="s">
-        <v>610</v>
+        <v>626</v>
       </c>
       <c r="P121" t="s">
         <v>644</v>
       </c>
       <c r="Q121" t="s">
         <v>654</v>
       </c>
       <c r="R121" t="s">
         <v>664</v>
       </c>
       <c r="S121" t="s">
         <v>669</v>
       </c>
       <c r="T121" t="s">
         <v>674</v>
       </c>
       <c r="U121" t="s">
         <v>677</v>
       </c>
       <c r="V121" t="s">
         <v>680</v>
       </c>
       <c r="W121" t="s">
         <v>682</v>
       </c>