--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -135,153 +135,153 @@
   <si>
     <t>NUTS3_Code</t>
   </si>
   <si>
     <t>Programming_Period</t>
   </si>
   <si>
     <t>Operation_Summary_English</t>
   </si>
   <si>
     <t>Operation_Summary_Programme_Language</t>
   </si>
   <si>
     <t>ManagingAuthority</t>
   </si>
   <si>
     <t>Image_URL</t>
   </si>
   <si>
     <t>InfoRegio_ID</t>
   </si>
   <si>
     <t>InfoRegio_URL</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7420753</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7420752</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7420753</t>
+    <t>2021EUIXXXXXXXX_EUI02-144</t>
   </si>
   <si>
     <t>2021EUIXXXXXXXX_EUI01-207</t>
   </si>
   <si>
-    <t>2021EUIXXXXXXXX_EUI02-144</t>
+    <t>CULTIGEN</t>
   </si>
   <si>
     <t>ImperfectCity</t>
   </si>
   <si>
-    <t>CULTIGEN</t>
-[...1 lines deleted...]
-  <si>
     <t>Denmark</t>
   </si>
   <si>
+    <t>01/12/2024</t>
+  </si>
+  <si>
     <t>01/03/2024</t>
   </si>
   <si>
-    <t>01/12/2024</t>
+    <t>31/05/2028</t>
   </si>
   <si>
     <t>31/08/2027</t>
   </si>
   <si>
-    <t>31/05/2028</t>
-[...1 lines deleted...]
-  <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7420644</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7420636</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7420644</t>
+    <t>55.6867243,12.5700724</t>
   </si>
   <si>
     <t>56.162374560942,10.156906406718</t>
   </si>
   <si>
-    <t>55.6867243,12.5700724</t>
-[...1 lines deleted...]
-  <si>
     <t>PO05</t>
   </si>
   <si>
     <t>Europe closer to citizens</t>
   </si>
   <si>
     <t>ERDF</t>
   </si>
   <si>
     <t>European Regional Development Fund</t>
   </si>
   <si>
     <t>2021EUIXXXXXXXX</t>
   </si>
   <si>
     <t>European Urban Initiative 2021-2027</t>
   </si>
   <si>
+    <t>DK_101</t>
+  </si>
+  <si>
     <t>DK_751</t>
   </si>
   <si>
-    <t>DK_101</t>
+    <t>København</t>
   </si>
   <si>
     <t>Aarhus</t>
   </si>
   <si>
-    <t>København</t>
+    <t>Byen København</t>
   </si>
   <si>
     <t>East Jutland</t>
   </si>
   <si>
-    <t>Byen København</t>
+    <t>DK011</t>
   </si>
   <si>
     <t>DK042</t>
   </si>
   <si>
-    <t>DK011</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-2027</t>
   </si>
   <si>
+    <t>With projections estimating 1.8 billion international tourists globally by 2030, Copenhagen faces the need for effective tourism management to prevent conflicts between locals and tourists. The project aims to co-develop new ways of measuring tourism impacts and a blueprint model for sustainable tourism governance, fostering a generative approach to tourism beyond traditional areas of the city centre. It recognizes the importance of diversifying cultural and leisure offerings in various neighbourhoods to enhance both the visitor experience and the well-being of locals. Proposing a transformative solution, the project introduces a digital Urban Listening Toolkit. This toolkit engages diverse local users and visitors, collecting, analysing, and visualizing data on urban experiences and concerns. The resulting data set contributes to sustainable tourism storytelling. The open-source codebase allows interaction and input from users. Furthermore, the project involves local ambassadors in co-creating interactive activities and stories, empowering stakeholders, businesses, and start-ups to develop innovative, sustainable tourism offerings. This approach enables urban planners and decision-makers to understand urban behaviours and values, fostering inclusive, collaborative, and open decision-making processes.</t>
+  </si>
+  <si>
     <t>Aarhus’ project proposal unconventionally combines two seemingly different challenges - revitalization of brutalist buildings and youth mental health – into one integrated NEB approach. Historical buildings associated to ‘brutalism’ are often considered unattractive leading to a lack of support for preservation. Simultaneously, growing stress about failure, uncertainty about their future, puts a number of young urban people‘s mental health at risk (anxiety, loneliness, depression) in today’s society. The project imagines and co-creates a sustainable and inclusive future strongly grounded in the needs of today by not eradicating, but uplifting today’s imperfectness. The project aims to recover the ‘Kulthurus Bunkeren’ a former school and ‘brutalist’ building saved from demolition and adapt it to reflect NEB aesthetics’ principles while playing a cohesive role in the neighbourhood by hosting social and employment services, as well as training facilities targeting young mental disordering patients. ImperfectCity will implement a unique methodology to enable the cultural heritage appreciation of brutalist architecture and connect the city’s built environment with mental health to “embrace imperfectness” and “put creativity and inclusion” at centre stage.</t>
   </si>
   <si>
-    <t>With projections estimating 1.8 billion international tourists globally by 2030, Copenhagen faces the need for effective tourism management to prevent conflicts between locals and tourists. The project aims to co-develop new ways of measuring tourism impacts and a blueprint model for sustainable tourism governance, fostering a generative approach to tourism beyond traditional areas of the city centre. It recognizes the importance of diversifying cultural and leisure offerings in various neighbourhoods to enhance both the visitor experience and the well-being of locals. Proposing a transformative solution, the project introduces a digital Urban Listening Toolkit. This toolkit engages diverse local users and visitors, collecting, analysing, and visualizing data on urban experiences and concerns. The resulting data set contributes to sustainable tourism storytelling. The open-source codebase allows interaction and input from users. Furthermore, the project involves local ambassadors in co-creating interactive activities and stories, empowering stakeholders, businesses, and start-ups to develop innovative, sustainable tourism offerings. This approach enables urban planners and decision-makers to understand urban behaviours and values, fostering inclusive, collaborative, and open decision-making processes.</t>
+    <t>Med fremskrivninger, der estimerer 1,8 milliarder internationale turister globalt i 2030, står København over for behovet for effektiv turismestyring for at forhindre konflikter mellem lokale og turister. Projektet har til formål i fællesskab at udvikle nye metoder til måling af turismens virkninger og en model for bæredygtig turismeforvaltning, der fremmer en generativ tilgang til turisme ud over de traditionelle områder i byens centrum. Den anerkender vigtigheden af at diversificere kultur- og fritidstilbud i forskellige kvarterer for at forbedre både besøgendes oplevelse og lokalbefolkningens trivsel. Med et forslag til en transformativ løsning introducerer projektet et digitalt Urban Listening Toolkit. Dette værktøjssæt engagerer forskellige lokale brugere og besøgende, indsamler, analyserer og visualiserer data om byoplevelser og bekymringer. Det resulterende datasæt bidrager til bæredygtig turismefortælling. Open source-kodebasen giver mulighed for interaktion og input fra brugerne. Desuden involverer projektet lokale ambassadører i fælles skabelse af interaktive aktiviteter og historier, der sætter interessenter, virksomheder og nystartede virksomheder i stand til at udvikle innovative, bæredygtige turismetilbud. Denne tilgang gør det muligt for byplanlæggere og beslutningstagere at forstå byernes adfærd og værdier og fremme inklusive, samarbejdsbaserede og åbne beslutningsprocesser.</t>
   </si>
   <si>
     <t>Aarhus' projektforslag kombinerer ukonventionelt to tilsyneladende forskellige udfordringer – revitalisering af brutale bygninger og unges mentale sundhed – i én integreret tilgang til det nye europæiske Bauhaus. Historiske bygninger, der er forbundet med "brutalisme", betragtes ofte som uattraktive, hvilket fører til manglende støtte til bevarelse. Samtidig bringer stigende stress over fiasko og usikkerhed om deres fremtid en række unge byboeres mentale sundhed i fare (angst, ensomhed, depression) i dagens samfund. Projektet forestiller sig og skaber i fællesskab en bæredygtig og inklusiv fremtid, der er stærkt baseret på nutidens behov, ved ikke at udrydde, men opløfte nutidens ufuldkommenhed. Projektet har til formål at genoprette "Kulthurus Bunkeren", en tidligere skole og "brutalistisk" bygning, der er reddet fra nedrivning, og tilpasse den, så den afspejler æstetikprincipperne for det nye europæiske Bauhaus, samtidig med at den spiller en sammenhængende rolle i nabolaget ved at huse sociale tjenester og arbejdsformidlinger samt uddannelsesfaciliteter rettet mod unge patienter med mentale forstyrrelser. ImperfectCity vil indføre en unik metode til at gøre det muligt at værdsætte den brutalistiske arkitekturs kulturarv og forbinde byens bebyggede miljø med mental sundhed for at "omfavne ufuldkommenhed" og "sætte kreativitet og inklusion" i centrum.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Med fremskrivninger, der estimerer 1,8 milliarder internationale turister globalt i 2030, står København over for behovet for effektiv turismestyring for at forhindre konflikter mellem lokale og turister. Projektet har til formål i fællesskab at udvikle nye metoder til måling af turismens virkninger og en model for bæredygtig turismeforvaltning, der fremmer en generativ tilgang til turisme ud over de traditionelle områder i byens centrum. Den anerkender vigtigheden af at diversificere kultur- og fritidstilbud i forskellige kvarterer for at forbedre både besøgendes oplevelse og lokalbefolkningens trivsel. Med et forslag til en transformativ løsning introducerer projektet et digitalt Urban Listening Toolkit. Dette værktøjssæt engagerer forskellige lokale brugere og besøgende, indsamler, analyserer og visualiserer data om byoplevelser og bekymringer. Det resulterende datasæt bidrager til bæredygtig turismefortælling. Open source-kodebasen giver mulighed for interaktion og input fra brugerne. Desuden involverer projektet lokale ambassadører i fælles skabelse af interaktive aktiviteter og historier, der sætter interessenter, virksomheder og nystartede virksomheder i stand til at udvikle innovative, bæredygtige turismetilbud. Denne tilgang gør det muligt for byplanlæggere og beslutningstagere at forstå byernes adfærd og værdier og fremme inklusive, samarbejdsbaserede og åbne beslutningsprocesser.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -756,57 +756,57 @@
       <c r="A2" t="s">
         <v>41</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>45</v>
       </c>
       <c r="D2" t="s">
         <v>45</v>
       </c>
       <c r="E2" t="s">
         <v>47</v>
       </c>
       <c r="F2" t="s">
         <v>48</v>
       </c>
       <c r="G2" t="s">
         <v>50</v>
       </c>
       <c r="H2">
         <v>80</v>
       </c>
       <c r="I2">
-        <v>6248690.4</v>
+        <v>4691761.6</v>
       </c>
       <c r="J2" t="s">
         <v>52</v>
       </c>
       <c r="K2">
-        <v>4998952.32</v>
+        <v>3753409.28</v>
       </c>
       <c r="L2" t="s">
         <v>53</v>
       </c>
       <c r="M2" t="s">
         <v>55</v>
       </c>
       <c r="R2" t="s">
         <v>57</v>
       </c>
       <c r="S2" t="s">
         <v>58</v>
       </c>
       <c r="V2" t="s">
         <v>59</v>
       </c>
       <c r="W2" t="s">
         <v>60</v>
       </c>
       <c r="X2" t="s">
         <v>61</v>
       </c>
       <c r="Y2" t="s">
         <v>62</v>
       </c>
@@ -836,57 +836,57 @@
       <c r="A3" t="s">
         <v>42</v>
       </c>
       <c r="B3" t="s">
         <v>44</v>
       </c>
       <c r="C3" t="s">
         <v>46</v>
       </c>
       <c r="D3" t="s">
         <v>46</v>
       </c>
       <c r="E3" t="s">
         <v>47</v>
       </c>
       <c r="F3" t="s">
         <v>49</v>
       </c>
       <c r="G3" t="s">
         <v>51</v>
       </c>
       <c r="H3">
         <v>80</v>
       </c>
       <c r="I3">
-        <v>4691761.6</v>
+        <v>6248690.4</v>
       </c>
       <c r="J3" t="s">
         <v>52</v>
       </c>
       <c r="K3">
-        <v>3753409.28</v>
+        <v>4998952.32</v>
       </c>
       <c r="L3" t="s">
         <v>54</v>
       </c>
       <c r="M3" t="s">
         <v>56</v>
       </c>
       <c r="R3" t="s">
         <v>57</v>
       </c>
       <c r="S3" t="s">
         <v>58</v>
       </c>
       <c r="V3" t="s">
         <v>59</v>
       </c>
       <c r="W3" t="s">
         <v>60</v>
       </c>
       <c r="X3" t="s">
         <v>61</v>
       </c>
       <c r="Y3" t="s">
         <v>62</v>
       </c>