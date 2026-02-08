--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -135,3297 +135,3297 @@
   <si>
     <t>NUTS3_Code</t>
   </si>
   <si>
     <t>Programming_Period</t>
   </si>
   <si>
     <t>Operation_Summary_English</t>
   </si>
   <si>
     <t>Operation_Summary_Programme_Language</t>
   </si>
   <si>
     <t>ManagingAuthority</t>
   </si>
   <si>
     <t>Image_URL</t>
   </si>
   <si>
     <t>InfoRegio_ID</t>
   </si>
   <si>
     <t>InfoRegio_URL</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7361317</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361376</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361439</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361309</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361387</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361502</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361423</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361359</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361396</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361313</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361496</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361485</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361504</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361399</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361514</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361493</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361487</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361489</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361356</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361497</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361394</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361389</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361416</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361320</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361447</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361413</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361352</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361346</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361455</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361500</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361488</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361314</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361495</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361401</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361414</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361435</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361499</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361377</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361446</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361348</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361393</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361332</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361420</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361312</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361402</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361421</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361334</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361403</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361326</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361369</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361353</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361515</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361343</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361494</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361458</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361318</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361357</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361408</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361338</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361354</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361434</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361337</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361347</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361398</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361345</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361325</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361382</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361444</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361388</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361498</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361442</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361438</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361390</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361454</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361443</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361364</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361379</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361429</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361410</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361412</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361370</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361430</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361395</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361436</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361431</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361409</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361451</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361427</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361450</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361349</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361315</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361506</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361375</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361385</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361513</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361391</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361316</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361329</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361344</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361351</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361510</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361449</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361422</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361509</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361411</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361405</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361406</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361415</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361425</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361342</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361492</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361362</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361335</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361367</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361340</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361373</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361339</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361392</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361363</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361330</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361432</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361397</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361308</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361372</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361365</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361424</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361361</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361322</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361371</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361437</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361486</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7361490</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7361333</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361366</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361404</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361311</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361323</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361358</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361503</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361305</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361360</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361350</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361310</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361400</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361491</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361407</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361505</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7361453</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361407</t>
-[...155 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361320</t>
+    <t>https://linkedopendata.eu/entity/Q7361321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361418</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361456</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361386</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361384</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361341</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361440</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361511</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361501</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361307</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361441</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361419</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361327</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361331</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361374</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361433</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361507</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361457</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361427</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361431</t>
+    <t>https://linkedopendata.eu/entity/Q7361324</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361381</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361426</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361355</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361336</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361428</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361445</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361328</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361378</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361448</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361380</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7362627</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361304</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361417</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361512</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361319</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361383</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361368</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361381</t>
-[...377 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361388</t>
+    <t>2021IE16JTPR001_41145</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43329</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41856</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1004</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32034</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40942</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41050</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42494</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32031</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_40995</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_42862</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1007</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40948</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32028</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_31840</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_43008</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_43070</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_43140</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42440</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_42709</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32033</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32040</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40357</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41154</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_43065</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_37296</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42436</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41941</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_42824</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40959</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1011</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_40997</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_42876</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_31842</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_37292</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40861</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40962</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43331</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_43011</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41995</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32035</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41640</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40365</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_40989</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_33767</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40367</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41642</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_33771</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41625</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43342</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42437</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_37211</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41661</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_42951</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_44006</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41147</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42441</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_33972</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41647</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42438</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40864</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41645</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41992</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32029</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41693</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41607</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43372</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_42882</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32027</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_41046</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_43369</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41712</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_31843</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_42825</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_43137</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42715</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43365</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40968</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_34002</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_34006</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43344</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40966</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32032</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40858</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40964</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_34000</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_42948</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41033</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_42883</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42433</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41000</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40944</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43327</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42763</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_31980</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32039</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41115</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41634</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41684</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42435</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_33774</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_43009</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41052</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_39793</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_34004</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_33777</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_33779</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_37294</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41039</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41659</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_43141</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42713</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41643</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42774</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41652</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41692</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41649</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_31844</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42714</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41636</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40926</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_32030</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1000</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43348</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42748</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41047</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42524</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41308</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43346</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41851</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1001</t>
   </si>
   <si>
     <t>2021IE16RFPR001_43144</t>
   </si>
   <si>
+    <t>2021IE16JTPR001_41641</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42750</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_33775</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1010</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41564</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42493</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40950</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1005</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42523</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42434</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1003</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_31845</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_43221</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_33970</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40946</t>
+  </si>
+  <si>
     <t>2021IE16RFPR002_42877</t>
   </si>
   <si>
-    <t>2021IE16RFPR002_33970</t>
-[...155 lines deleted...]
-    <t>2021IE16JTPR001_41154</t>
+    <t>2021IE16JTPR001_41182</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40361</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_42796</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_31970</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41688</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41654</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41853</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_33770</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40956</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1002</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_43375</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40351</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40363</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41627</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_42944</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41638</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41694</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40923</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_40943</t>
   </si>
   <si>
     <t>2021IE16RFPR002_42442</t>
   </si>
   <si>
-    <t>2021IE16RFPR002_41033</t>
-[...2 lines deleted...]
-    <t>2021IE16RFPR002_40964</t>
+    <t>2021IE16JTPR001_41623</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43370</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_41037</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_42439</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41644</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40970</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_43066</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41633</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43333</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_43064</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43367</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_37291</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001_1006</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002_40359</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR001_31981</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_41149</t>
+  </si>
+  <si>
+    <t>2021IE16JTPR001_43697</t>
   </si>
   <si>
     <t>2021IE16JTPR001_43317</t>
   </si>
   <si>
-    <t>2021IE16JTPR001_43370</t>
-[...377 lines deleted...]
-    <t>2021IE16RFPR002_32027</t>
+    <t>EV-WT Training Programme</t>
+  </si>
+  <si>
+    <t>Kildare County Council Tourism Activator</t>
+  </si>
+  <si>
+    <t>Mallow Town Hall – THRIVE Strand Two</t>
+  </si>
+  <si>
+    <t>Assistance to the most deprived</t>
+  </si>
+  <si>
+    <t>DESIGN</t>
+  </si>
+  <si>
+    <t>THRIVE - S1 Cavan</t>
+  </si>
+  <si>
+    <t>Nenagh, Co. Tipperary - THRIVE, Strand One</t>
+  </si>
+  <si>
+    <t>Hodson Bay</t>
+  </si>
+  <si>
+    <t>Shannon ABC (Limerick)</t>
+  </si>
+  <si>
+    <t>Migrant Traineeship and English language to meet Construction Skills Gaps</t>
+  </si>
+  <si>
+    <t>Donegal 2040 Strategic Development</t>
+  </si>
+  <si>
+    <t>Youthreach</t>
+  </si>
+  <si>
+    <t>THRIVE S1 - Ballinasloe</t>
+  </si>
+  <si>
+    <t>COMMAND</t>
+  </si>
+  <si>
+    <t>WiSAR ATU</t>
+  </si>
+  <si>
+    <t>Bealach Nua Cuideachta Faoi Theorainn Ráthaíochta</t>
+  </si>
+  <si>
+    <t>Platform 94 - Stream 2</t>
+  </si>
+  <si>
+    <t>Future Cast</t>
+  </si>
+  <si>
+    <t>Clondra Village Enhancements Project</t>
+  </si>
+  <si>
+    <t>THRIVE - S2 Galway City</t>
+  </si>
+  <si>
+    <t>PMBRC</t>
+  </si>
+  <si>
+    <t>WiSAR TU Dublin</t>
+  </si>
+  <si>
+    <t>DkIT TU RISE</t>
+  </si>
+  <si>
+    <t>Final Phase Development of the Junction 17 National Enterprise Park</t>
+  </si>
+  <si>
+    <t>Emerald Aero SMART Regions Stream 2</t>
+  </si>
+  <si>
+    <t>UCD AgTech - Innovators Initiative</t>
+  </si>
+  <si>
+    <t>Greenway Animation and Interpretation - Royal Canal Greenway</t>
+  </si>
+  <si>
+    <t>Carrick on Suir Riverside Regeneration</t>
+  </si>
+  <si>
+    <t>University College Cork iED Hub SMART Regions Stream 4 Feasibility</t>
+  </si>
+  <si>
+    <t>THRIVE - S1 Monaghan</t>
+  </si>
+  <si>
+    <t>ETB Training</t>
+  </si>
+  <si>
+    <t>FilmOffaly Development Resource Project</t>
+  </si>
+  <si>
+    <t>Marine Institute</t>
+  </si>
+  <si>
+    <t>NIMBUS</t>
+  </si>
+  <si>
+    <t>DKIT DigiBio - Innovators Initiative</t>
+  </si>
+  <si>
+    <t>Longford, Co. Longford - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>THRIVE - S1 Roscommon</t>
+  </si>
+  <si>
+    <t>Laois County Council Tourism Activator</t>
+  </si>
+  <si>
+    <t>Instech Hub SMART Regions Stream 2</t>
+  </si>
+  <si>
+    <t>Demonstrating high-value commercial bio-products at scale utilizing local agri-food waste streams at a circular peatland IMTA site in midlands Just Transition Territory</t>
+  </si>
+  <si>
+    <t>CREST</t>
+  </si>
+  <si>
+    <t>Peatlands For Prosperity Project: Cultivating Paludiculture for Resilience</t>
+  </si>
+  <si>
+    <t>TU Dublin TU RISE</t>
+  </si>
+  <si>
+    <t>Regional Skills Horizon and Pathways to Employment (ReSHAPE)</t>
+  </si>
+  <si>
+    <t>SETU KT Boost</t>
+  </si>
+  <si>
+    <t>TUS TU RISE</t>
+  </si>
+  <si>
+    <t>Initiative for the recycling of green waste and the recycling of used/waste compost, to extend its usable lifespan.</t>
+  </si>
+  <si>
+    <t>RCSI KT Boost</t>
+  </si>
+  <si>
+    <t>The Tipperary Renewables Project</t>
+  </si>
+  <si>
+    <t>Roscrea Castle</t>
+  </si>
+  <si>
+    <t>Roscrea Castle Street and Public Realm</t>
+  </si>
+  <si>
+    <t>Warmer Homes SEM</t>
+  </si>
+  <si>
+    <t>Blueway Bike Hire</t>
+  </si>
+  <si>
+    <t>Leitrim Economic Growth and Capital Development</t>
+  </si>
+  <si>
+    <t>Greentech HQ SMART Regions Stream 3</t>
+  </si>
+  <si>
+    <t>Ballaghaderreen Just Transition Hub</t>
+  </si>
+  <si>
+    <t>Barnane Rectory - Development of self catering and glamping accommodation</t>
+  </si>
+  <si>
+    <t>TU Dublin KT Boost</t>
+  </si>
+  <si>
+    <t>To introduce a new format straw product to market that can be used as a horticultural peat replacement</t>
+  </si>
+  <si>
+    <t>Belvedere House</t>
+  </si>
+  <si>
+    <t>Ennis, Co. Clare - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>Upgrading of facilities, and staff up-skilling/training for conversion</t>
+  </si>
+  <si>
+    <t>Lisheen Bioeconomy Scaleup Initiative</t>
+  </si>
+  <si>
+    <t>APT</t>
+  </si>
+  <si>
+    <t>Shannon Bridge Marina</t>
+  </si>
+  <si>
+    <t>Computer Science in Every Secondary School in Co. Longford – Creating the Demand – Shaping Our County’s Future</t>
+  </si>
+  <si>
+    <t>Westmeath County Council Tourism Activator</t>
+  </si>
+  <si>
+    <t>Mid-West Regional Design Centre SMART Regions Stream 4 Priming</t>
+  </si>
+  <si>
+    <t>ICS Technology Gateway @ Walton Institute</t>
+  </si>
+  <si>
+    <t>THRIVE - S1 Galway City</t>
+  </si>
+  <si>
+    <t>ARC Hub for ICT</t>
+  </si>
+  <si>
+    <t>Tir na Nog – THRIVE Strand Two</t>
+  </si>
+  <si>
+    <t>Imar/a IOT</t>
+  </si>
+  <si>
+    <t>Precision Turned Manufacturing Association SMART Regions Stream 4 Feasibility</t>
+  </si>
+  <si>
+    <t>Future Mobility Campus Ireland SMART Regions Stream 3</t>
+  </si>
+  <si>
+    <t>M&amp;E Training and Employment Centre</t>
+  </si>
+  <si>
+    <t>Offaly County Council Tourism Activator</t>
+  </si>
+  <si>
+    <t>Killarney, Co. Kerry - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>UCC KT Boost</t>
+  </si>
+  <si>
+    <t>MTU KT Boost</t>
+  </si>
+  <si>
+    <t>Emo Court &amp; Estate Development</t>
+  </si>
+  <si>
+    <t>Tralee, Co. Kerry - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>CREDIT</t>
+  </si>
+  <si>
+    <t>Newcastle West, Limerick - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>Shandon, Cork City - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>NUIM KT Boost</t>
+  </si>
+  <si>
+    <t>Kilkenny County Council SMART Regions Stream 4 Feasibility</t>
+  </si>
+  <si>
+    <t>Drogheda, Co. Louth - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>Inner City Enterprise SMART Regions Stream 4 Feasibility</t>
+  </si>
+  <si>
+    <t>Pod Umna</t>
+  </si>
+  <si>
+    <t>Midlands Regional Enterprise Plan Pathway for Just Transition</t>
+  </si>
+  <si>
+    <t>THRIVE S1 - Sligo</t>
+  </si>
+  <si>
+    <t>Galway County Council Tourism Activator</t>
+  </si>
+  <si>
+    <t>Electric Bus Routes</t>
+  </si>
+  <si>
+    <t>PEM</t>
+  </si>
+  <si>
+    <t>Smarter Factory</t>
+  </si>
+  <si>
+    <t>Kilcormac Renewable Energy Centre of Excellence</t>
+  </si>
+  <si>
+    <t>AquaQuiet – Development and deployment of an offshore piling noise mitigation system</t>
+  </si>
+  <si>
+    <t>TUS Just Transition Academy (TUS-JTA)</t>
+  </si>
+  <si>
+    <t>Sustainable food and well being academy</t>
+  </si>
+  <si>
+    <t>ATU KT Boost</t>
+  </si>
+  <si>
+    <t>Partas SMART Regions Stream 1</t>
+  </si>
+  <si>
+    <t>Dun Laoghaire, Dublin - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>NWR Warmer Homes Scheme</t>
+  </si>
+  <si>
+    <t>TUS KT Boost</t>
+  </si>
+  <si>
+    <t>DCU KT Boost</t>
+  </si>
+  <si>
+    <t>UL KT Boost</t>
+  </si>
+  <si>
+    <t>MTU CyberInnovate - Innovators Initiative</t>
+  </si>
+  <si>
+    <t>Clonmel, Co. Tipperary - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>Development of Sustainable Visitor Experiences for the purchase of biking equipment Robert Crilly Tours</t>
+  </si>
+  <si>
+    <t>AIM Centre Stream 3</t>
+  </si>
+  <si>
+    <t>Place-making in Offaly’s Peatlands (POP)</t>
+  </si>
+  <si>
+    <t>RWN CycleUp Textiles Skills and Product Innovation</t>
+  </si>
+  <si>
+    <t>Feasibility and design of Aughrim Interpretive Centre</t>
+  </si>
+  <si>
+    <t>Emily Square,Athy</t>
+  </si>
+  <si>
+    <t>Torleh Tourist Accommodation Planning Application</t>
+  </si>
+  <si>
+    <t>Making Tracks</t>
+  </si>
+  <si>
+    <t>MiCRA</t>
+  </si>
+  <si>
+    <t>Longford Circular Economy Centre of Excellence</t>
+  </si>
+  <si>
+    <t>Sphagnum Farming</t>
+  </si>
+  <si>
+    <t>Lucan, Dublin City - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>Shannon ABC</t>
+  </si>
+  <si>
+    <t>Back to Work Enterprise Allowance (BTWEA) Scheme</t>
+  </si>
+  <si>
+    <t>Athlone Castle Visitor Journey</t>
+  </si>
+  <si>
+    <t>Activation of a publicly owned landbank in the town of Templemore for the purposes of providing lands to meet the employment and recreational needs of those within the Just Transition area</t>
+  </si>
+  <si>
+    <t>John's Quay, Kilkenny - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>Shannonbridge Urban Plaza and Shannon Callows Reserve Walkway project</t>
+  </si>
+  <si>
+    <t>Ethical Tours Ltd. Purchase of Biking Equipment and Electric Vehicle</t>
+  </si>
+  <si>
+    <t>Corlea Trackway</t>
+  </si>
+  <si>
+    <t>Gorey Market House – THRIVE Strand Two</t>
+  </si>
+  <si>
+    <t>Adult Literacy</t>
   </si>
   <si>
     <t>Galway City Innovation District SMART Regions Stream 4 Priming</t>
   </si>
   <si>
+    <t>Community Retrofit Coordination</t>
+  </si>
+  <si>
+    <t>To develop a large-scale serviced landholding in public ownership, in an area severely impacted by the loss of peat and mine industry employment, facilitating job creation with a bioeconomy focus.</t>
+  </si>
+  <si>
+    <t>NOVAUCD KT Boost</t>
+  </si>
+  <si>
+    <t>JobsPlus</t>
+  </si>
+  <si>
+    <t>Fisherstown Plastics-to-Hydrogen Facility: A Sustainable Energy and Pollution Solution.</t>
+  </si>
+  <si>
+    <t>BNM Development Grant</t>
+  </si>
+  <si>
+    <t>THRIVE S1 - Tuam</t>
+  </si>
+  <si>
+    <t>Skillnet Ireland</t>
+  </si>
+  <si>
+    <t>Birr Town Enhancement Project</t>
+  </si>
+  <si>
+    <t>Watershed Fly Fishing</t>
+  </si>
+  <si>
+    <t>Social Inclusion and Community Activation Programme (SICAP)</t>
+  </si>
+  <si>
+    <t>CAPPA</t>
+  </si>
+  <si>
+    <t>BIA Innovator Campus CLG - SMART Regions Stream 3</t>
+  </si>
+  <si>
+    <t>TCD KT Boost</t>
+  </si>
+  <si>
+    <t>THRIVE S1 - Donegal</t>
+  </si>
+  <si>
     <t>Microelectronics Industry Design Association (Midas) Ireland SMART Regions Stream 4 Feasibility</t>
   </si>
   <si>
-    <t>TCD KT Boost</t>
-[...155 lines deleted...]
-    <t>Final Phase Development of the Junction 17 National Enterprise Park</t>
+    <t>Rathcroghan Heritage Farming Project</t>
+  </si>
+  <si>
+    <t>MTU TU RISE</t>
+  </si>
+  <si>
+    <t>Cork Biomanufacturing Park SMART Regions Stream 4 Priming</t>
+  </si>
+  <si>
+    <t>SEAM</t>
+  </si>
+  <si>
+    <t>Togher: Restoration and Rehabilitation of Degraded Peatlands</t>
+  </si>
+  <si>
+    <t>Digital That Delivers</t>
+  </si>
+  <si>
+    <t>Navan County Archive &amp; Community Hub – THRIVE Strand Two</t>
+  </si>
+  <si>
+    <t>University of Galway KT Boost</t>
+  </si>
+  <si>
+    <t>THRIVE - S1 Leitrim</t>
+  </si>
+  <si>
+    <t>Sport4Empowerment</t>
+  </si>
+  <si>
+    <t>ARC Hub for Therapeutics</t>
+  </si>
+  <si>
+    <t>Atlantic Technological University ATU</t>
+  </si>
+  <si>
+    <t>SETU TU RISE</t>
+  </si>
+  <si>
+    <t>Social Enterprise Exchange – a Regional Approach</t>
+  </si>
+  <si>
+    <t>Mol Teic SMART Regions Stream 4 Feasibility</t>
+  </si>
+  <si>
+    <t>All About Trees Ltd</t>
+  </si>
+  <si>
+    <t>Tourism Learning Network Programme</t>
+  </si>
+  <si>
+    <t>Thurles, Tipperary - Strand One</t>
+  </si>
+  <si>
+    <t>THRIVE S1 - Ballina</t>
   </si>
   <si>
     <t>Teagasc Food Research Centre SMART Regions Stream 4 Feasibility</t>
   </si>
   <si>
-    <t>Drogheda, Co. Louth - THRIVE Strand One</t>
-[...2 lines deleted...]
-    <t>Shandon, Cork City - THRIVE Strand One</t>
+    <t>MARC (Mycelium and Recycled Cardboard)</t>
+  </si>
+  <si>
+    <t>Tipperary County Council Tourism Activator</t>
+  </si>
+  <si>
+    <t>Clonakilty, Co. Cork - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>Clondra Village Enhancement and Cycleway</t>
+  </si>
+  <si>
+    <t>Composting Bark for the Horticultural Market</t>
+  </si>
+  <si>
+    <t>Kings Island, Limerick City - THRIVE Strand One</t>
+  </si>
+  <si>
+    <t>RDI Hub SMART Regions Stream 3</t>
+  </si>
+  <si>
+    <t>Poet's Cottage Community Cafe</t>
+  </si>
+  <si>
+    <t>Longford County Council Tourism Activator</t>
+  </si>
+  <si>
+    <t>ACE - Agritech Centre of Excellence SMART Regions Stream 2</t>
+  </si>
+  <si>
+    <t>Roscommon County Council Tourism Activator</t>
+  </si>
+  <si>
+    <t>University of Galway - Innovators Initiative</t>
+  </si>
+  <si>
+    <t>Youth Justice Projects</t>
+  </si>
+  <si>
+    <t>IADT TU RISE</t>
+  </si>
+  <si>
+    <t>MET</t>
+  </si>
+  <si>
+    <t>Biomethane for Carbon and Community</t>
+  </si>
+  <si>
+    <t>Grand Canal Getaway</t>
   </si>
   <si>
     <t>Clonmacnoise</t>
   </si>
   <si>
-    <t>Tipperary County Council Tourism Activator</t>
-[...379 lines deleted...]
-  <si>
     <t>Ireland</t>
   </si>
   <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>04/05/2024</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>01/05/2023</t>
+  </si>
+  <si>
+    <t>01/06/2024</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>26/01/2024</t>
+  </si>
+  <si>
+    <t>29/04/2024</t>
+  </si>
+  <si>
+    <t>11/10/2024</t>
+  </si>
+  <si>
+    <t>07/05/2024</t>
+  </si>
+  <si>
+    <t>25/06/2024</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>30/07/2024</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>04/01/2024</t>
+  </si>
+  <si>
+    <t>18/10/2024</t>
+  </si>
+  <si>
+    <t>03/04/2024</t>
+  </si>
+  <si>
+    <t>07/01/2024</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>13/09/2024</t>
+  </si>
+  <si>
+    <t>25/09/2024</t>
+  </si>
+  <si>
+    <t>18/11/2024</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
+    <t>07/10/2024</t>
+  </si>
+  <si>
+    <t>31/07/2024</t>
+  </si>
+  <si>
+    <t>13/08/2024</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>04/03/2024</t>
+  </si>
+  <si>
+    <t>10/06/2024</t>
+  </si>
+  <si>
+    <t>04/10/2024</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>13/10/2023</t>
+  </si>
+  <si>
+    <t>15/08/2024</t>
+  </si>
+  <si>
+    <t>05/07/2024</t>
+  </si>
+  <si>
+    <t>31/08/2024</t>
+  </si>
+  <si>
+    <t>03/10/2024</t>
+  </si>
+  <si>
+    <t>30/05/2024</t>
+  </si>
+  <si>
+    <t>26/09/2024</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>14/06/2024</t>
+  </si>
+  <si>
     <t>23/09/2024</t>
   </si>
   <si>
-    <t>01/07/2024</t>
-[...11 lines deleted...]
-    <t>01/05/2023</t>
+    <t>31/07/2023</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
-    <t>01/05/2024</t>
-[...35 lines deleted...]
-    <t>07/01/2024</t>
+    <t>09/09/2024</t>
   </si>
   <si>
     <t>24/09/2024</t>
   </si>
   <si>
-    <t>03/10/2024</t>
-[...5 lines deleted...]
-    <t>01/02/2024</t>
+    <t>12/07/2024</t>
+  </si>
+  <si>
+    <t>11/10/2023</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>08/01/2024</t>
   </si>
   <si>
     <t>25/04/2024</t>
   </si>
   <si>
-    <t>01/03/2024</t>
-[...53 lines deleted...]
-    <t>26/04/2024</t>
+    <t>18/06/2024</t>
+  </si>
+  <si>
+    <t>08/03/2024</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
-    <t>18/10/2024</t>
-[...32 lines deleted...]
-    <t>11/06/2024</t>
+    <t>31/03/2026</t>
+  </si>
+  <si>
+    <t>31/12/2026</t>
+  </si>
+  <si>
+    <t>30/12/2027</t>
+  </si>
+  <si>
+    <t>31/12/2027</t>
+  </si>
+  <si>
+    <t>31/12/2029</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
-    <t>31/12/2027</t>
-[...8 lines deleted...]
-    <t>31/12/2029</t>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>26/01/2025</t>
+  </si>
+  <si>
+    <t>29/04/2025</t>
+  </si>
+  <si>
+    <t>11/10/2027</t>
+  </si>
+  <si>
+    <t>07/05/2026</t>
+  </si>
+  <si>
+    <t>30/09/2026</t>
+  </si>
+  <si>
+    <t>30/01/2026</t>
   </si>
   <si>
     <t>31/12/2028</t>
   </si>
   <si>
+    <t>30/07/2027</t>
+  </si>
+  <si>
+    <t>01/08/2026</t>
+  </si>
+  <si>
+    <t>26/04/2025</t>
+  </si>
+  <si>
+    <t>18/10/2025</t>
+  </si>
+  <si>
+    <t>31/03/2029</t>
+  </si>
+  <si>
     <t>03/04/2027</t>
   </si>
   <si>
-    <t>31/03/2029</t>
+    <t>30/09/2029</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>25/09/2025</t>
+  </si>
+  <si>
+    <t>18/11/2027</t>
+  </si>
+  <si>
+    <t>30/11/2025</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>30/09/2030</t>
+  </si>
+  <si>
+    <t>13/08/2025</t>
+  </si>
+  <si>
+    <t>31/01/2028</t>
+  </si>
+  <si>
+    <t>09/07/2025</t>
+  </si>
+  <si>
+    <t>04/03/2027</t>
+  </si>
+  <si>
+    <t>10/06/2025</t>
+  </si>
+  <si>
+    <t>03/04/2025</t>
+  </si>
+  <si>
+    <t>29/01/2026</t>
+  </si>
+  <si>
+    <t>31/12/2024</t>
+  </si>
+  <si>
+    <t>05/07/2039</t>
+  </si>
+  <si>
+    <t>03/10/2027</t>
+  </si>
+  <si>
+    <t>31/05/2025</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>31/07/2026</t>
+  </si>
+  <si>
+    <t>30/09/2024</t>
+  </si>
+  <si>
+    <t>01/10/2028</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
-    <t>30/04/2025</t>
-[...20 lines deleted...]
-    <t>01/08/2026</t>
+    <t>01/04/2025</t>
   </si>
   <si>
     <t>24/09/2027</t>
   </si>
   <si>
-    <t>03/10/2027</t>
+    <t>12/07/2025</t>
+  </si>
+  <si>
+    <t>31/10/2026</t>
+  </si>
+  <si>
+    <t>31/08/2027</t>
   </si>
   <si>
     <t>25/04/2025</t>
   </si>
   <si>
-    <t>31/12/2026</t>
-[...74 lines deleted...]
-    <t>28/02/2026</t>
+    <t>18/06/2027</t>
+  </si>
+  <si>
+    <t>08/03/2027</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
-    <t>30/09/2024</t>
-[...16 lines deleted...]
-  <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7361229|https://linkedopendata.eu/entity/Q7361244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361281</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361276</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361484</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361230</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361465</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361175|https://linkedopendata.eu/entity/Q7361176|https://linkedopendata.eu/entity/Q7361177|https://linkedopendata.eu/entity/Q7361178|https://linkedopendata.eu/entity/Q7361179|https://linkedopendata.eu/entity/Q7361180|https://linkedopendata.eu/entity/Q7361181|https://linkedopendata.eu/entity/Q7361182|https://linkedopendata.eu/entity/Q7361183|https://linkedopendata.eu/entity/Q7361184|https://linkedopendata.eu/entity/Q7361185|https://linkedopendata.eu/entity/Q7361218|https://linkedopendata.eu/entity/Q7361219|https://linkedopendata.eu/entity/Q7361245|https://linkedopendata.eu/entity/Q7361459|https://linkedopendata.eu/entity/Q7361460</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361468</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361472</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361478</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361473</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361480</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361234</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361482</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361277</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531998</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361293</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531710</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361259</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361300</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361481</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361464</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4384945</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361466</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361291</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531698|https://linkedopendata.eu/entity/Q7361260|https://linkedopendata.eu/entity/Q7361261|https://linkedopendata.eu/entity/Q9069</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361248</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531609</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361270</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361474</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361257</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361479</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361303</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361265</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531771</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361285</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q236521|https://linkedopendata.eu/entity/Q2531698|https://linkedopendata.eu/entity/Q2531710|https://linkedopendata.eu/entity/Q7361230|https://linkedopendata.eu/entity/Q7361260</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361290</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361288</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531941</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361298</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361289</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361268</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361282</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531698</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365457</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361283</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531566</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361280</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q4365321</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361296</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361262</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361470</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361269</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361275</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361477</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361258</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361264</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361295</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361279</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531452</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q2531929</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361463</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361267</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361271</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361240</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361284</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361217</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361232</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361287</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7361462</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7361247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361224</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361266</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361263</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361187|https://linkedopendata.eu/entity/Q7361188|https://linkedopendata.eu/entity/Q7361189|https://linkedopendata.eu/entity/Q7361190|https://linkedopendata.eu/entity/Q7361191|https://linkedopendata.eu/entity/Q7361192|https://linkedopendata.eu/entity/Q7361193|https://linkedopendata.eu/entity/Q7361194|https://linkedopendata.eu/entity/Q7361195|https://linkedopendata.eu/entity/Q7361196|https://linkedopendata.eu/entity/Q7361197|https://linkedopendata.eu/entity/Q7361198|https://linkedopendata.eu/entity/Q7361199|https://linkedopendata.eu/entity/Q7361200|https://linkedopendata.eu/entity/Q7361201|https://linkedopendata.eu/entity/Q7361202|https://linkedopendata.eu/entity/Q7361203|https://linkedopendata.eu/entity/Q7361204|https://linkedopendata.eu/entity/Q7361205|https://linkedopendata.eu/entity/Q7361206|https://linkedopendata.eu/entity/Q7361207|https://linkedopendata.eu/entity/Q7361208|https://linkedopendata.eu/entity/Q7361209|https://linkedopendata.eu/entity/Q7361210|https://linkedopendata.eu/entity/Q7361211|https://linkedopendata.eu/entity/Q7361212|https://linkedopendata.eu/entity/Q7361213|https://linkedopendata.eu/entity/Q7361214|https://linkedopendata.eu/entity/Q7361215|https://linkedopendata.eu/entity/Q7361216|https://linkedopendata.eu/entity/Q7361220|https://linkedopendata.eu/entity/Q7361221|https://linkedopendata.eu/entity/Q7361246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361461</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q236521</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361469</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7361299</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q236521</t>
-[...119 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361227</t>
+    <t>https://linkedopendata.eu/entity/Q7361231</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361301</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361274</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361286</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361476</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361467</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361186</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361297</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361272</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361471</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361302</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4365321</t>
-[...20 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361296</t>
+    <t>https://linkedopendata.eu/entity/Q7361235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361292</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361294</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361521</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361481</t>
-[...91 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q7361243</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361253</t>
-[...32 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361254</t>
+    <t>https://linkedopendata.eu/entity/Q7361278</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7361483</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7361273</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7361484</t>
-[...68 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7361241</t>
+    <t>53.728973746337,-8.3626566419304</t>
+  </si>
+  <si>
+    <t>53.176199987311,-6.947392978892</t>
+  </si>
+  <si>
+    <t>53.41291,-8.24389</t>
+  </si>
+  <si>
+    <t>53.963472222222,-7.3574444444444</t>
+  </si>
+  <si>
+    <t>53.3979685,-7.0276759</t>
+  </si>
+  <si>
+    <t>52.4734839,-8.1614446</t>
   </si>
   <si>
     <t>53.669328,-8.9570134</t>
   </si>
   <si>
-    <t>53.41291,-8.24389</t>
-[...2 lines deleted...]
-    <t>53.3979685,-7.0276759</t>
+    <t>53.750748873561,-7.8038658267196</t>
+  </si>
+  <si>
+    <t>52.9984575,-7.3980338</t>
+  </si>
+  <si>
+    <t>53.176199987311,-6.947392978892|53.750748873561,-7.8038658267196</t>
   </si>
   <si>
     <t>53.1361722,-7.8103408</t>
   </si>
   <si>
-    <t>52.4734839,-8.1614446</t>
-[...8 lines deleted...]
-    <t>53.728973746337,-8.3626566419304</t>
+    <t>53.5577902,-7.3478558|52.9984575,-7.3980338|53.750748873561,-7.8038658267196|53.1361722,-7.8103408</t>
   </si>
   <si>
     <t>53.5577902,-7.3478558</t>
   </si>
   <si>
     <t>53.2744122,-9.0490601</t>
   </si>
   <si>
-    <t>53.176199987311,-6.947392978892|53.750748873561,-7.8038658267196</t>
-[...2 lines deleted...]
-    <t>53.750748873561,-7.8038658267196</t>
+    <t>53.176199987311,-6.947392978892|53.5577902,-7.3478558|52.9984575,-7.3980338|53.750748873561,-7.8038658267196|53.1361722,-7.8103408|52.4734839,-8.1614446|53.728973746337,-8.3626566419304|53.2744122,-9.0490601</t>
   </si>
   <si>
     <t>53.963472222222,-7.3574444444444|53.669328,-8.9570134</t>
   </si>
   <si>
-    <t>52.9984575,-7.3980338</t>
-[...5 lines deleted...]
-    <t>53.176199987311,-6.947392978892|53.5577902,-7.3478558|52.9984575,-7.3980338|53.750748873561,-7.8038658267196|53.1361722,-7.8103408|52.4734839,-8.1614446|53.728973746337,-8.3626566419304|53.2744122,-9.0490601</t>
+    <t>Territorial development initiatives, including preparation of territorial strategies</t>
+  </si>
+  <si>
+    <t>SME business development and internationalisation, including productive investments</t>
+  </si>
+  <si>
+    <t>Physical regeneration and security of public spaces</t>
+  </si>
+  <si>
+    <t>Addressing material deprivation through food and/or material assistance to the most deprived, including accompanying measures</t>
+  </si>
+  <si>
+    <t>Research and innovation activities in public research centres, higher education and centres of competence including networking (industrial research, experimental development, feasibility studies)</t>
   </si>
   <si>
     <t>Support for innovation clusters including between businesses, research organisations and public authorities and business networks primarily benefiting SMEs</t>
   </si>
   <si>
+    <t>Promoting social integration of people at risk of poverty or social exclusion, including the most deprived and children</t>
+  </si>
+  <si>
+    <t>Measures to improve access to employment</t>
+  </si>
+  <si>
+    <t>Research and innovation processes, technology transfer and cooperation between enterprises, focusing on circular economy</t>
+  </si>
+  <si>
     <t>Technology transfer and cooperation between enterprises, research centres and higher education sector</t>
   </si>
   <si>
-    <t>Territorial development initiatives, including preparation of territorial strategies</t>
-[...5 lines deleted...]
-    <t>SME business development and internationalisation, including productive investments</t>
+    <t>Energy efficiency renovation of existing housing stock, demonstration projects and supporting measures compliant with energy efficiency criteria</t>
+  </si>
+  <si>
+    <t>Clean urban transport rolling stock</t>
+  </si>
+  <si>
+    <t>Specific support for youth employment and socio-economic integration of young people</t>
+  </si>
+  <si>
+    <t>Support for adult education (excluding infrastructure)</t>
+  </si>
+  <si>
+    <t>Rehabilitation of industrial sites and contaminated land</t>
   </si>
   <si>
     <t>Support for adaptation of workers, enterprises and entrepreneurs to change</t>
   </si>
   <si>
-    <t>Energy efficiency renovation of existing housing stock, demonstration projects and supporting measures compliant with energy efficiency criteria</t>
-[...4 lines deleted...]
-  <si>
     <t>Pathways to integration and re-entry into employment for disadvantaged people</t>
   </si>
   <si>
-    <t>Research and innovation processes, technology transfer and cooperation between enterprises, focusing on circular economy</t>
-[...8 lines deleted...]
-    <t>Support for adult education (excluding infrastructure)</t>
+    <t>Nature and biodiversity protection, natural heritage and resources, green and blue infrastructure</t>
+  </si>
+  <si>
+    <t>Digitising SMEs (including e-Commerce, e-Business and networked business processes, digital innovation hubs, living labs, web entrepreneurs and ICT start-ups, B2B)</t>
   </si>
   <si>
     <t>Measures to promote equal opportunities and active participation in society</t>
   </si>
   <si>
-    <t>Nature and biodiversity protection, natural heritage and resources, green and blue infrastructure</t>
-[...14 lines deleted...]
-    <t>Digitising SMEs (including e-Commerce, e-Business and networked business processes, digital innovation hubs, living labs, web entrepreneurs and ICT start-ups, B2B)</t>
+    <t>PO08</t>
+  </si>
+  <si>
+    <t>PO05</t>
+  </si>
+  <si>
+    <t>PO04</t>
   </si>
   <si>
     <t>PO01</t>
   </si>
   <si>
-    <t>PO08</t>
-[...7 lines deleted...]
-  <si>
     <t>PO02</t>
   </si>
   <si>
+    <t>Just Transition</t>
+  </si>
+  <si>
+    <t>Europe closer to citizens</t>
+  </si>
+  <si>
+    <t>Social Europe</t>
+  </si>
+  <si>
     <t>Smarter Europe</t>
   </si>
   <si>
-    <t>Just Transition</t>
-[...7 lines deleted...]
-  <si>
     <t>Greener, carbon-free Europe</t>
   </si>
   <si>
+    <t>JTF</t>
+  </si>
+  <si>
+    <t>RSO5.1</t>
+  </si>
+  <si>
+    <t>ESO4.13</t>
+  </si>
+  <si>
+    <t>RSO1.1</t>
+  </si>
+  <si>
     <t>RSO1.3</t>
   </si>
   <si>
-    <t>RSO1.1</t>
-[...5 lines deleted...]
-    <t>RSO5.1</t>
+    <t>ESO4.12</t>
+  </si>
+  <si>
+    <t>ESO4.1</t>
+  </si>
+  <si>
+    <t>RSO2.1</t>
+  </si>
+  <si>
+    <t>ESO4.6</t>
   </si>
   <si>
     <t>ESO4.7</t>
   </si>
   <si>
-    <t>RSO2.1</t>
-[...1 lines deleted...]
-  <si>
     <t>ESO4.8</t>
   </si>
   <si>
-    <t>ESO4.1</t>
-[...10 lines deleted...]
-  <si>
     <t>ERDF</t>
   </si>
   <si>
     <t>ESF+</t>
   </si>
   <si>
+    <t>Just Transition Fund</t>
+  </si>
+  <si>
     <t>European Regional Development Fund</t>
   </si>
   <si>
-    <t>Just Transition Fund</t>
-[...1 lines deleted...]
-  <si>
     <t>European Social Fund Plus</t>
   </si>
   <si>
+    <t>2021IE16JTPR001</t>
+  </si>
+  <si>
+    <t>2021IE16RFPR002</t>
+  </si>
+  <si>
+    <t>2021IE05SFPR001</t>
+  </si>
+  <si>
     <t>2021IE16RFPR001</t>
   </si>
   <si>
-    <t>2021IE16RFPR002</t>
-[...5 lines deleted...]
-    <t>2021IE05SFPR001</t>
+    <t>Just Transition - IE – JTF</t>
+  </si>
+  <si>
+    <t>Southern, Eastern and Midland - IE – ERDF</t>
+  </si>
+  <si>
+    <t>EIST – IE – ESF+</t>
   </si>
   <si>
     <t>Northern and Western - IE – ERDF</t>
   </si>
   <si>
-    <t>Southern, Eastern and Midland - IE – ERDF</t>
-[...5 lines deleted...]
-    <t>EIST – IE – ESF+</t>
+    <t>IE_13190401</t>
+  </si>
+  <si>
+    <t>IE_01380404</t>
+  </si>
+  <si>
+    <t>IE_13210404</t>
+  </si>
+  <si>
+    <t>IE_13130402</t>
+  </si>
+  <si>
+    <t>IE_13100401</t>
+  </si>
+  <si>
+    <t>IE_01380404|IE_13130402</t>
   </si>
   <si>
     <t>IE_13180400</t>
   </si>
   <si>
-    <t>IE_13210404</t>
-[...5 lines deleted...]
-    <t>IE_13190401</t>
+    <t>IE_13100401|IE_13130402|IE_13180400|IE_13230403</t>
   </si>
   <si>
     <t>IE_13230403</t>
   </si>
   <si>
     <t>IE_01360421</t>
   </si>
   <si>
-    <t>IE_01380404|IE_13130402</t>
-[...10 lines deleted...]
-  <si>
     <t>IE_13190401|IE_01360421|IE_13210404|IE_01380404|IE_13100401|IE_13130402|IE_13180400|IE_13230403</t>
   </si>
   <si>
+    <t>Roscommon</t>
+  </si>
+  <si>
+    <t>Kildare</t>
+  </si>
+  <si>
+    <t>Cashel-Tipperary</t>
+  </si>
+  <si>
+    <t>Longford</t>
+  </si>
+  <si>
+    <t>Portlaoise</t>
+  </si>
+  <si>
+    <t>Kildare|Longford</t>
+  </si>
+  <si>
     <t>Birr</t>
   </si>
   <si>
-    <t>Cashel-Tipperary</t>
-[...5 lines deleted...]
-    <t>Roscommon</t>
+    <t>Portlaoise|Longford|Birr|Mullingar</t>
   </si>
   <si>
     <t>Mullingar</t>
   </si>
   <si>
     <t>Galway City Central</t>
   </si>
   <si>
-    <t>Kildare|Longford</t>
-[...10 lines deleted...]
-  <si>
     <t>Roscommon|Galway City Central|Cashel-Tipperary|Kildare|Portlaoise|Longford|Birr|Mullingar</t>
   </si>
   <si>
     <t>Southern</t>
   </si>
   <si>
     <t>Eastern and Midland</t>
   </si>
   <si>
     <t>West Region, Ireland</t>
   </si>
   <si>
+    <t>Mid-East Region, Ireland</t>
+  </si>
+  <si>
+    <t>Border Region</t>
+  </si>
+  <si>
+    <t>Mid-West Region</t>
+  </si>
+  <si>
     <t>Midlands Region</t>
   </si>
   <si>
-    <t>Mid-West Region</t>
-[...7 lines deleted...]
-  <si>
     <t>Midlands Region|Mid-East Region, Ireland</t>
   </si>
   <si>
+    <t>Mid-West Region|Midlands Region|West Region, Ireland|Mid-East Region, Ireland</t>
+  </si>
+  <si>
     <t>West Region, Ireland|Border Region</t>
   </si>
   <si>
-    <t>Mid-West Region|Midlands Region|West Region, Ireland|Mid-East Region, Ireland</t>
-[...1 lines deleted...]
-  <si>
     <t>IE05</t>
   </si>
   <si>
     <t>IE06</t>
   </si>
   <si>
     <t>IE042</t>
   </si>
   <si>
+    <t>IE062</t>
+  </si>
+  <si>
+    <t>IE041</t>
+  </si>
+  <si>
+    <t>IE051</t>
+  </si>
+  <si>
     <t>IE012|IE063</t>
   </si>
   <si>
-    <t>IE051</t>
-[...7 lines deleted...]
-  <si>
     <t>IE012|IE063|IE062</t>
   </si>
   <si>
+    <t>IE051|IE012|IE063|IE042|IE062</t>
+  </si>
+  <si>
     <t>IE042|IE041</t>
   </si>
   <si>
-    <t>IE051|IE012|IE063|IE042|IE062</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-2027</t>
   </si>
   <si>
+    <t>The proposed project will provide upskilling/training in 2 linked low-carbon technologies, to re-engage existing skills formerly utilised in peat-based industry and to provide sustainable employment opportunities into the future for the County workforce. In particular, the proposal provides opportunities for former workers and future generations disadvantaged by changes resulting from the implementation of Ireland’s Climate Action Plan, through upskilling pathways that enable participation in the move to renewables and electrical transportation. The training will have 2 aspects – the manufacture of small-scale wind turbines (WT) and the repair and maintenance of Electric Vehicles (EVs) – the implementation of which will align with actions contained in the Roscommon Climate Action Plan 2024-2029 and have a positive effect on Ireland’s carbon emissions reduction strategy.</t>
+  </si>
+  <si>
+    <t>Provide EU JTF funds to the amount specified to employ an EU JTF County Tourism Activator on a special-purpose 3-year fixed term contract and an operational budget.</t>
+  </si>
+  <si>
+    <t>Refurbishment, renovation and adaptive reuse of Mallow Town Hall, a vacant or derelict heritage building owned by Cork County Council in Mallow, Co Cork to create a 200-seat theatre and multi-use arts centre that will have a positive and transformative impact on the urban centre and reduce vacancy and dereliction. • Mallow Town Hall was identified for regeneration in the Integrated Urban Strategy – Draft Mallow Town Framework Plan May 2020 and Cork County Development Plan 2022 – Volume Three North Cork. The regeneration of Mallow Town Hall will promote the values and working principles of the New European Bauhaus by ensuring the regeneration of Mallow Town Hall will be beautiful, sustainable and inclusive and was conceived and developed with a reinforced citizen and stakeholder involvement. • The regeneration of Mallow Town Hall will promote the implementation of circular economy principles and high-quality heritage-led regeneration and conservation outcomes in the built environment.</t>
+  </si>
+  <si>
+    <t>The ESF+ Food and Basic Material Support aims to support those most deprived groups through the distribution of food packages and basic material assistance.</t>
+  </si>
+  <si>
+    <t>The Design+ Gateway, based in SETU Carlow campus, applies industrial design capabilities for companies from the engineering, ICT &amp; software and bio lifescience sectors nationally. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will develop an Integrated Urban Strategy for the area West and Northwest of Farnham Street in Cavan town, based on the Town Centre First Framework and will embrace the values of New European Bauhaus - sustainability, aesthetics, and inclusion. The project will focus on five vacant &amp; underutilised buildings and using a citizen-centred approach will identify a viable and sustainable end use for these publicly owned heritage buildings. A multidisciplinary team will carry out consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
+    <t>Tipperary County Council was awarded €200,000 under THRIVE Strand 1. This funding will be utilised to develop a new integrated urban strategy for Nenagh, to identify a pipeline of projects for regeneration and to bring one project to a stage of readiness to be included in a THRIVE Strand 2 application. Citizen and stakeholder engagement will be undertaken in conjunction with the Town Team to identify and prioritise projects for regeneration and to put forward one exemplar project that demonstrates the values and principles of the New European Bauhaus as part of a THRIVE Strand 2 application. Preliminary design work, surveys, assessments, financial planning, investigation works and environmental screening will be undertaken to support an application for funding under THRIVE Strand 2.</t>
+  </si>
+  <si>
+    <t>This current project proposal is for up to planning stage for a large-scale multifaceted project of the Hodson Bay waterfront area located 7km from Athlone.The proposal sets out an ambitious vision for the transformation of the Hodson Bay waterfront located on the banks of Lough Ree, to build on the existing regional asset and to expand its impact as key motivator to visit Ireland’s Hidden Heartlands.</t>
+  </si>
+  <si>
+    <t>The Shannon ABC Gateway is a leader in bioresource research – detection, identification, characterisation and valorisation – and collaborates with industry and other research centres in order to deliver this expertise in applied settings. This operation will fund personnel in the Gateway at the TUS Limerick campus whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>To fund Migrant Traineeship and English language to meet Construction Skills Gaps. The applicant will develop a Pre-Apprenticeship programme to respond to construction skills shortages. The applicant will train the workforce that is available through the International Protection and Beneficiaries of Temporary protection (BoTP) that are resident in the Just Transition Area of Thurles MD and Carrick-on-Suir MD. Training programmes will include ESOL English language and construction traineeship which includes wrap around support of mentoring and job placement. The project is being led by the Tipperary Education Board in partnership with Tipperary County Council, and in consultation with the Construction Industry Federation of Ireland and North Tipperary Development Company (NTDC).</t>
+  </si>
+  <si>
+    <t>A feasibility study to scope out &amp; research the construction of an Innovation Centre in Letterkenny</t>
+  </si>
+  <si>
+    <t>To engage early school leavers and unemployed and/or inactive young people, from disadvantaged groups and in or at risk of poverty and social exclusion in a process of learning and development.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will develop a Town Centre First Plan (Integrated Urban Strategy) for Ballinasloe, using the Town Centre First Framework and will embrace the values of New European Bauhaus - sustainability, aesthetics, and inclusion. The project will engage a multi-disciplinary team to develop the Strategy for Ballinasloe and using a citizen-centred approach, will prepare a pipeline of regeneration projects for the town with identified funding possibilities and with a focus on deliverability.</t>
+  </si>
+  <si>
+    <t>The COMMAND Gateway delivers industry-focused technology solutions for the software industry across multiple media platforms. COMAND concentrates on the research and development of prospective interactive media technologies focused on: cross-platform applications, mobile media cloud, 3D sensing, and the interoperability for the Internet of Things. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>The WiSAR Gateway, based at the Atlantic Technological University, provides solutions to Irish industry for the Internet of Things (IoT) using expertise in wireless, embedded systems and power electronics.</t>
+  </si>
+  <si>
+    <t>To develop a feasible business model and plan for a commercial Virtual Production studio’- which will support the Createch sector in the West and North-West regions.</t>
+  </si>
+  <si>
+    <t>To develop a formal network of companies in the West and North West Region in a cluster initiative – SCALE by Platform 94</t>
+  </si>
+  <si>
+    <t>Industry Programme Support Scheme to deliver impact on construction and quarry industry through support in Energy, Environmental, Geological Material Science and Circularity</t>
+  </si>
+  <si>
+    <t>This is a multifaceted project to a) enhance the public realm and outdoor visitor facilities in Clondra village, as a trailhead on the Royal Canal Greenway and stop on the National Famine Way, to increase dwell time in the village and b) provide better connection with neighbouring Tarmonbarry through providing safer cycling and walking routes</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 2 project will Renovate the existing Nun’s Island Theatre in Galway City and completely refurbish the vacant Church House to the rear of the site.</t>
+  </si>
+  <si>
+    <t>The PMBRC Gateway, based in SETU Waterford, delivers industry solutions for the pharmaceuticals, medical device, food, ingredients, veterinary, ceramics, metallurgy and engineering sectors. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>The WiSAR Gateway, based at the Atlantic Technological University, provides solutions to Irish industry for the Internet of Things (IoT) using expertise in wireless, embedded systems and power electronics. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>This Operation will establish, strengthen, and systemise the research and innovation offices in DkIT to enable greater and more structured engagement with local and regional enterprises and community. stakeholders</t>
+  </si>
+  <si>
+    <t>To fund the final phase of development of the Junction 17 National Enterprise Park, to ensure that the development is realised in a sustainable manner. This phase of the development will consist of the provision of road access, services and activities to enable the development and availability of serviced sites, facilitate the creation of sustainable, high value jobs and further economic development in the area</t>
+  </si>
+  <si>
+    <t>To build awareness of Ireland as destination for Aerospace manufacturing</t>
+  </si>
+  <si>
+    <t>AgTech/Food is an entrepreneurial education and training programme for mid-career professionals using design thinking-based methodologies coupled with immersion in relevant settings to identify and prioritise commercially significant needs with potential for further development in the agricultural technology and food sustainability sectors.</t>
+  </si>
+  <si>
+    <t>The project is for the enhancement of 130km the Royal Canal Greenway from Maynooth to Longford town and Cloondara covering four counties, three of which are in the JTF territory*. This project will build on the previous €12m investment, to provide interpretation signage, signature points, and waymarking, differentiating it from other greenways</t>
+  </si>
+  <si>
+    <t>Design of the Dillon Bridge arches for use as a canoe launch base; and a masterplan and feasibility study for the Goldcrop site.</t>
+  </si>
+  <si>
+    <t>Feasibility to support the development of Life Science Enterprise Cluster organisation in the South-West.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will develop an Integrated Urban Strategy for Monaghan town, based on the Town Centre First Framework and embracing the values of New European Bauhaus - sustainability, aesthetics, and inclusion. The project will identify vacant or derelict heritage building in public ownership and using a citizen-centred approach, identify a viable and sustainable end use for building. A multidisciplinary team will carry out consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
+    <t>The objective of this operation is to provide a range of training courses to meet the needs of unemployed persons and other jobseekers to enable them to seek meaningful employment.</t>
+  </si>
+  <si>
+    <t>To fund a full-time Film Resource Coordinator position and mentoring and capacity building activity for film professionals and ex-peat industry workers. The project will strengthen Offaly’s Film Commission's (Film Offaly), position in the Irish Film industry, and in doing so strengthen and diversify the local economy. It aims to achieve economic diversification through the development of relationships, strategic partnerships, and networks within the Film community during the project timeframe, all guiding and informing the development of a 3-year Strategic Development Plan. In collaboration with Screen Skills Ireland, the Laois Offaly Education and Training Board, and Esker Arts in Tullamore the project will upskill two groups of people. Film industry individuals and businesses (e.g. production units) in film-relevant skills such as scriptwriting, film production etc), and former-peat community workers and communities in skills that could be relevant for the Film industry such as carpentry, electrics etc required in developing film sets and production hubs.</t>
+  </si>
+  <si>
+    <t>Scoping the feasibility of transitioning the current Marine Industry Innovation Network to a cluster.</t>
+  </si>
+  <si>
+    <t>The Nimbus Gateway, based in MTU Cork, is the industry interface for the Nimbus group. The Gateway develops Internet of Things (IoT) and Cyber Physical System prototypes for a broad range of companies, connecting everyday objects and systems and making them?smart. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>DigiBio is an entrepreneurial Education and training programme for mid-career professionals using design thinking-based methodologies coupled with immersion in relevant settings to identify and prioritise commercially significant needs with potential for further development in the digital health sector.</t>
+  </si>
+  <si>
+    <t>Longford County Council was awarded €199,020.00 under THRIVE Strand 1. This funding will be utilised to bring the Officers Building in Connolly Barracks, Longford Town, to a stage of readiness where it can be put forward for funding under THRIVE Strand 2. Citizen and stakeholder engagement will be undertaken through co-creation workshops to finalise the design of the Officers Building into a new library, county museum and cultural/community hub. In addition, planning permission for the redevelopment of the building will be put in place and environmental screening will be completed.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will develop an Integrated Urban Strategy for Roscommon town, based on the Town Centre First Framework and will embrace the values of New European Bauhaus - sustainability, aesthetics, and inclusion. The project will focus two vacant &amp; underutilised buildings and using a citizen-centred approach, identify a viable and sustainable end use for them. A multidisciplinary team will carry out consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application for one of the buildings.</t>
+  </si>
+  <si>
+    <t>Development, management and scaling of an Insurance Industry Innovation Cluster</t>
+  </si>
+  <si>
+    <t>CIRCULAR_IMTA_DEMO is an ambitious commercially-focused interdisciplinary bioeconomy demonstration project that harnesses use of a novel recirculating, peatland-based, integrated-multitrophic aquaculture/aquatech (IMTA) site at Mount Lucas. It will demonstrate value-chain products for new feeds/foods from cultivated-duckweed and macroalgae at scale that use fish-culture waste-streams.</t>
+  </si>
+  <si>
+    <t>The CREST Gateway, based in TU Dublin, delivers coatings innovation solutions for industry in the engineering, construction, healthcare and biomedical industries. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>To fund The Peatlands for Prosperity Project which aims to change perspectives on peatlands as wastelands and areas for land reclaimation, to opportunities for a new type of wetland agriculture known as Paludiculture that can generate new crops and new materials for the circular bioeconomy in a way that regenerates natural habitats to act as stores of carbon, valuable biodiversity, water regulation and clean water. Project objectives will be driven through raising awareness, training (in-person and on-line), and the potential to create farmers networks.</t>
+  </si>
+  <si>
+    <t>This Operation will establish, strengthen, and systemise the research and innovation offices in TU Dublin to enable greater and more structured engagement with local and regional enterprises and community. stakeholders</t>
+  </si>
+  <si>
+    <t>To fund the ReSHAPE- Regional Skills Horizon And Pathways to Employment’ project to deliver education, training and skills development opportunities for the economic development and environmental sustainability of the Midlands region. This includes the development an intelligent Application (App) to produce a ‘live’ and dynamic aggregated skills map across the Region, the delivery of targeted educational and training programmes and the delivery of a series of masterclasses/workshops/innovation drives/Hackathons aimed at encouraging start-up activity in the green economy.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in South East Technological University to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>This Operation will establish, strengthen, and systemise the research and innovation offices in TUS to enable greater and more structured engagement with local and regional enterprises and community. stakeholders</t>
+  </si>
+  <si>
+    <t>To fund a project that will provide the opportunity to recycle waste substrate and compost green waste for reuse with a view to reducing the amount of peat in compost mixes used as growing medium.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in the Royal College of Surgeons in Ireland to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>To fund the appointment of 2 full-time positions [Training Delivery Manager &amp; Renewables project Assistant] to develop and deliver renewables training to a number of key renewables sectors in Ireland, including the Irish energy market, renewables market and energy technology companies.</t>
+  </si>
+  <si>
+    <t>Upgrade of interpretation and introduction of new exhibitions within Roscrea Castle, Damer_x005F_x000D_ House, Heritage Centre, and landscaping works to the castle courtyard and garden.</t>
+  </si>
+  <si>
+    <t>Preparation of a detailed design and planning for the regeneration of Castle Street in Roscrea. The delivery phase is not the subject of this application.</t>
+  </si>
+  <si>
+    <t>This Operation will improve the energy performance of owner-occupied homes of lower income households in the programme area, thus reducing greenhouse gas emissions and reducing the proportion of household disposable income spent on energy costs. The Operation supports the delivery of free energy efficiency upgrades for eligible homeowners and eligible homes. It aims to make eligible homes warmer, healthier, and cheaper to run.</t>
+  </si>
+  <si>
+    <t>The project proposal aims increase the existing stock of bikes to provide a more accessible and inclusive offering to all types of visitors.</t>
+  </si>
+  <si>
+    <t>To undertake Feasibility Study to examine potential for development of a state-of-the-art Smart Technology Platform at Carrick on Shannon Business Campus</t>
+  </si>
+  <si>
+    <t>To deliver business development programmes to support SMEs in the Southeast to implement growth and sustainability strategies</t>
+  </si>
+  <si>
+    <t>Located on the Sligo road in Ballaghaderreen, County Roscommon, this partially completed filling station was recently purchased by Roscommon County Council along with 13 derelict houses in Shannon Valley, Ballaghaderreen. This property has laid unfinished for over 10 years. The proposed project aims to transform this long abandoned building in Ballaghaderreen into a vibrant training, upskilling and community hub catering for the region, including travellers, non-national and indigenous population by fostering inclusivity and promoting cultural exchange. This initiative seeks to create a space that reflects the rich diversity of the community.</t>
+  </si>
+  <si>
+    <t>The start-up project aims to redevelop attached outhouses into two self-catering accommodation units and facilities for glamping, and install six glamping tents on the grounds, providing up to 28 bed spaces in total</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in Technological University Dublin to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>To fund the purchase of equipment, introduce a new format straw product to the market which can be used as a horticultural peat replacement. The proposed product takes the form of a first-generation straw bale mulch product in a similar form to the former 100 litre peat compost bale. The equipment will enable the company to purchase equipment to enter the peat replacement market.</t>
+  </si>
+  <si>
+    <t>A Masterplan is needed to identify a pipeline of key actions and projects to realise the site’s full potential. The Masterplan could explore a number of areas including water-based activities, outdoor activities and story telling and interpretation. The application also proposes the development of a garden trail, bringing together key assets in Ireland’s Hidden Heartlands such as Birr Castle Demesne. The overall aim of this is to ensure the site is sustainable from both an environmental and financial perspective, while also ensuring conservation of the historical aspects of the site.</t>
+  </si>
+  <si>
+    <t>Clare County Council was awarded €194,472.50 under THRIVE Strand 1. This funding will be utilised to create a new integrated urban strategy for Ennis Town, County Clare and to create a pipeline of investment-ready built heritage regeneration projects. This new integrated urban strategy will be community-led and will use the Town Centre First approach, incorporating the values and principles of the New European Bauhaus. Participative workshops, community meetings, public consultations and feedback sessions for citizens and stakeholders will be used to co create the integrated urban strategy.</t>
+  </si>
+  <si>
+    <t>To fund infrastructure adaptations, equipment and the salaries of three technicians in full Electric and Hybrid Electrical vehicle manufacturing processes. The project will equip them to safely decommission and recommission the high voltage system within these vehicles during the conversion process. Additionally, the project will provide necessary safety equipment and tools for the safe conversion of electric vehicles for the emergency services of Ireland. Furthermore, it entails the setup of three fully equipped specialised conversion bays within the facility to conduct the auto electrical aspect of the conversion in a secure working environment.</t>
+  </si>
+  <si>
+    <t>For Ireland to fully achieve its bioeconomy potential, an integrated pathway to market for new technologies, processes and products is needed. BioScaleUp proposes the demonstration of 6 innovative biobased technologies at the national multipurpose bioeconomy pilot facility at Lisheen Thurles. Operating for up to Technology readiness level (TRL) 7 the facility will function as a platform for the collaboration between RPOs, SMEs and large industry for process development &amp; scale-up of biobased products and processes, enabling conversion of renewable feedstocks into biobased chemicals, biobased materials, food ingredients, biofuels and other bioproducts by using technologies: biomass pretreatment, biocatalysis, fermentation, and downstream product recovery and purification.</t>
+  </si>
+  <si>
+    <t>The APT Gateway has a core focus on three applied technology areas it aims to transfer to industry: biomedical polymers, polymer recycling and composites. APT is a dedicated resource for the Irish polymer manufacturing industry in terms of research projects and regularly provides training and information dissemination, as well as production demonstration days for companies. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>Shannonbridge Marina, operated by Waterways Ireland, currently offers 20 berths. It was installed in 2001 and has reached capacity during peak season, which resulted in boaters not being able to stop and the locality missing out on visitors. Waterways Ireland is seeking to increase the mooring capacity by 50% by installing a modern floating jetty approximately adding an additional 10 berths which will also provide access for recreational water sport activities and accessibility enhancements.</t>
+  </si>
+  <si>
+    <t>To fund the project 'Computer Science in every secondary school in Co Longford- Creating the Demand- Shaping the country's future'. The applicant will roll out an existing tried and tested programme of support to primary and secondary schools in the Longford County.</t>
+  </si>
+  <si>
+    <t>Priming project to scope the establishment of a design centre supporting design and non-design enterprises in the Mid-West</t>
+  </si>
+  <si>
+    <t>The ICS Technology Gateway connects Industry with advanced software Research and Innovation. The Gateway offers particular expertise in communications services, immersive technologies, artificial intelligence and machine learning, data analytics, future networks, digital platforms, internet of things and software technology solutions through collaboration on projects which are close to the market needs of Irish industry. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will enhance the Galway City Development Plan 2023 - 2029, by undertaking an Urban Design Strategy for the West Area (WA) of Galway City Centre using the Town Centre First Framework and will embrace the values of New European Bauhaus - sustainability, aesthetics, and inclusion. The project will focus on No. 47 Lower Dominick Street and using a citizen-centred approach, will identify a viable and sustainable end use for this heritage building in public ownership. A multidisciplinary team will carry out consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application or future funding opportunities.</t>
+  </si>
+  <si>
+    <t>Led by TU Dublin, the ARC Hub for ICT accelerates translational research in ICT and AI to commercialisation, aiming to drive digital transformation across healthcare, education, infrastructure, sustainability, and data management.</t>
+  </si>
+  <si>
+    <t>Funding for this project will be to support the following activities: • Refurbishment, renovation and adaptive reuse of 18 Lady Lane, Waterford, a vacant or derelict heritage building owned by Waterford City &amp; County Council in Waterford City, Co Waterford to create a Children’s interactive visitor attractive - TÍr na nÓg, that will have a positive and transformative impact on the urban centre and reduce vacancy and dereliction. • 18 Lady Lane was identified for regeneration in the Integrated Urban Strategy – The Waterford City Centre Regeneration Design Strategy 2020 and the TÍr na nÓg Concept Strategy 2021. • The regeneration of 18 Lady Lane will promote the values and working principles of the New European Bauhaus by ensuring the regeneration of 18 Lady Lane into TÍr na nÓg will be beautiful, sustainable and inclusive and was conceived and developed with a reinforced citizen and stakeholder involvement. • The regeneration of 18 Lady Lane will promote the implementation of circular economy principles and high-quality heritage-led regeneration and conservation outcomes in the built environment.</t>
+  </si>
+  <si>
+    <t>The IMaR Technology Gateway, based in MTU Kerry, applies its core expertise in electronics, mechatronics, automation technologies, software, IoT, RFID and data analytics to address process and product innovation requirements of enterprises. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>Feasibility Study for PTMA to scale to a precision engineering cluster</t>
+  </si>
+  <si>
+    <t>Development of specialised data sets, refined data, and digital twin smart city services for clients.</t>
+  </si>
+  <si>
+    <t>To fund M&amp;E Training and Employment Centre. Future Cast is developing Industry training centre for Mechanical and Electrical engineering industry and industry employment assessment centre in Ballaghadereen, Co. Roscommon. This New Centre will educate, retrain, and upskill people from the peat industry, refugee community and international protection community in the midlands region into Mechanical and Electric industry fitters, specialise welders and operators. The centre will also be able to evaluate their skills and give them pathways in industry companies. The training to be provided is based on what Industry Leaders acknowledge as the current gap within the industry.</t>
+  </si>
+  <si>
+    <t>Kerry County Council was awarded €197,094.00 under THRIVE Strand 1. This funding will be utilised to utilised to create an integrated urban strategy for Killarney using the Town Centre First Approach and incorporating the principles and values of the New European Bauhaus. The integrated urban strategy will be co-created with citizen and stakeholder and will prioritise projects for redevelopment. One project will be chosen to progress to an application for funding under THRIVE Strand 2 by completing statutory consents, planning permission, conservation reports, energy efficiency reports, archaeological and heritage studies and environmental screening reports.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in University College Cork to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in Munster Technological University to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>Concept and feasibility study to enhance the visitor experience at Emo Court &amp;_x005F_x000D_ Estate, assessing how to further develop the site into a tourism hub, both through offerings provided_x005F_x000D_ directly by the OPW and licensed third-party providers.</t>
+  </si>
+  <si>
+    <t>Kerry County Council was awarded €197,094.00 under THRIVE Strand 1. This funding will be utilised to create an integrated urban strategy for Tralee using the Town Centre First Approach and incorporating the principles and values of the New European Bauhaus. The integrated urban strategy will be co-created with citizens and stakeholders and will prioritise projects for redevelopment. One project will be chosen to progress to an application for funding under THRIVE Strand 2 by completing statutory consents, planning permission, conservation reports, energy efficiency reports, archaeological and heritage studies and environmental screening reports.</t>
+  </si>
+  <si>
+    <t>The CREDIT Technology Gateway is a Wind &amp; Distributed Energy, Zero Carbon &amp; Energy Optimisation and Energy Integration research group that applies emerging technologies, expertise and specialist knowledge across the energy and renewables sector to help innovative businesses and companies succeed in the introduction of new and improved processes, products and services. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>Limerick City &amp; County Council was awarded €199,116.30 under THRIVE Strand 1. This funding will be utilised to enhance the Newcastle West Local Area Plan 2023-2029, to identify projects that promote the conservation and adaptive reuse of the built heritage stock while reducing vacancy and dereliction in the town centre, to create a pipeline of investment ready built heritage projects, and to bring one of these projects to the stage of readiness where it can be included in a THRIVE Strand 2 application. This THRIVE Strand 1 project will involve active engagement with key stakeholders to explore local needs and opportunities, to build awareness of New European Bauhaus values and principles, and to generate ideas that do no significant harm and take account of current and future climate requirements. The citizen engagement will include workshops, citizen labs, and walkabouts, and will ensure social inclusion and accessibility are prioritised.</t>
+  </si>
+  <si>
+    <t>Cork City Council was awarded €198,838.10 under THRIVE Strand 1. This funding will be utilised to develop an integrated urban strategy for the Shandon Area of Cork City, to include a historic character assessment. As part of this project, Cork City Council will establish a new Shandon Neighbourhood team to co-design the strategy using a Town Centre First approach and incorporating the values and principles of the New European Bauhaus. Once the strategy is complete, one heritage building project will be prioritised and the remainder of the funding will be utilised to undertake enabling works, surveys and the conservation approach in preparation for an application for funding under THRIVE Strand 2.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in Maynooth University to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>To explore &amp; develop the idea of an innovative community in the Abbey Quarter to provide a sector specific innovative space for start-ups &amp; scale-ups, along with established businesses.</t>
+  </si>
+  <si>
+    <t>Louth County Council was awarded €200,000 under THRIVE Strand 1. This funding will be utilised to enhance the Urban Design Framework for the Heritage Quarter, Drogheda 2013, to identify a pipeline of projects for regeneration and to bring one project to a stage of readiness to be included in a THRIVE Strand 2 application. A multi-disciplinary design team will undertake stakeholder engagement including co-creation activities by generating ideas to maximise opportunities to address the needs in the community. Stakeholders will select one project to progress for THRIVE Stand 2 funding. A preliminary design, planning approval, feasibility study, demand analysis, business case, preliminary costings, architectural and archaeological surveys will be completed for this project.</t>
+  </si>
+  <si>
+    <t>Feasibility to drive the development of a comprehensive business plan and a possible future application under Stream 1 of the Smart Regions Enterprise Scheme for ICE to deliver future enterprise services to potential entrepreneurs and start-ups.</t>
+  </si>
+  <si>
+    <t>The project proposal aims to expand the applicants existing bike hire business into the JFT territory. The proposed project is to increase the variety of the stock of bikes available to cater for different types of visitors and will elevate the cycling experience and will meet the demand for a more accessible product to serve the needs of tourists wishing to experience the Grand Canal Greenway.</t>
+  </si>
+  <si>
+    <t>To fund the resourcing and execution of plans tailored to contribute to five developed Work Packages, collectively called the Midlands Regional Enterprise Plan Pathway for Just Transition. Each Work Package comprises fundamental pillars, including advancing skill development, capacity building, peer learning, collaboration with educational institutions, promoting shorter supply chains, and fostering innovation and creativity. Collectively, these initiatives are poised to bring about transformative changes to the employment landscape within the region.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will enhance the Sligo East City, Cranmore and Environs Masterplan (Integrated Urban Strategy) using the Town Centre First Framework and embracing the values of New European Bauhaus - sustainability, aesthetics, and inclusion. The project will focus on Sligo Gaol (old jail) and by using a citizen-centred approach, identify a viable and sustainable end use for this heritage building. A multidisciplinary team will carry out consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
+    <t>The Decarbonization of Rural Bus Routes project, under the EU Just Transition Fund Implementation Plan (Action 3.1), aims to transition Transport for Ireland (TFI) Local Link rural bus services to a low-/zero-emission fleet. This initiative will see the installation of new fast/very fast electric charging infrastructure at key locations and the procurement of electric battery buses (EBBs) to enhance sustainable mobility. The project aligns with national strategies, including the Climate Action Plan, National Sustainable Mobility Plan, Our Rural Future Development Policy, and the Connecting Ireland Rural Mobility Plan, which seeks to expand public transport accessibility in rural areas. Additionally, the project includes training for bus drivers on efficient electric vehicle operation. Implemented in three phases—Route Assessment, Procurement, and Build &amp; Handover—this intervention supports Ireland’s commitment to sustainable transport while improving connectivity and accessibility in rural communities.</t>
+  </si>
+  <si>
+    <t>The PEM Technology Gateway, based at the Atlantic Technological University provides Industry-focused research and development of precision engineering, manufacturing and materials technologies and innovation. We work with companies at all stages of their research and innovation journey and across the full spectrum of Technology Readiness Levels (TRLs).</t>
+  </si>
+  <si>
+    <t>The Smarter Factory Technology Gateway will support industry in a ‘Digital First’ approach, to improve operational performance, increase competitiveness and reduce carbon impacts, through the application of data-driven methods and advanced digital technologies. This operation will fund personnel in the Gateway whose role it is to build engagement with industry.</t>
+  </si>
+  <si>
+    <t>To fund Kilcormac Renewable Energy Centre of Excellence. This project will fund the ‘green transition’ of a community centre into a ‘hub for sustainable energy practices’ named the Kilcormac Renewable Energy Centre of Excellence. The amount requested is €294,056 will fund the installation of a variety of green technology specifically: solar panels, micro hydro power installation, solar carports and EV charging. The refurbishment of a mill wheel is also included with the goal of increasing tourism. These elements which will encourage diversification of the local economy. The capital works will be completed alongside training programmes and workshops in renewable energy and home retrofitting. In total the project supports 2 direct jobs in project coordination / support roles and up to 19 existing roles are made sustainable such as Tour Guides and community development positions.</t>
+  </si>
+  <si>
+    <t>To fund the development and deployment of an offshore piling noise mitigation system named AquaQuiet.</t>
+  </si>
+  <si>
+    <t>To fund the creation of the TUS Just Transition Academy (TUS - JTA). The TUS-JTA is based on the concept of a ‘Communiversity’ where the community and the university operate in harmony. The project will engage 580 people from the most vulnerable and marginalised groups in training and upskilling in the green and circular economy sectors such as tourism, digitisation, and placemaking. By the end of the project it is anticipated that as well as the 580 people upskilled, two new social enterprises will be formed and 25+ existing social enterprises will be supported through the training. The project will be delivered in partnership with OLDC, LOETB and OCC.</t>
+  </si>
+  <si>
+    <t>The project is the creation of a feasibility study to develop a cookery school with dorm style accommodation (20 bed spaces), 5 outdoor glamping pods (10 bed spaces) and 5 campervan pitches, a petting farm and wellness space</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in Atlantic Technological University to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>The development of a co-working kitchen facility and ancillary support services, including dry, cold and frozen storage, together with a food academy for skills development and promotion of sustainable food practices in Tallaght, South Dublin.</t>
+  </si>
+  <si>
+    <t>Dún Laoghaire Rathdown County Council was awarded €200,000 under THRIVE Strand 1. This funding will be utilised to develop a new integrated urban strategy for George’s Place and Kelly’s Avenue, Dún Laoghaire, to identify a pipeline of projects for regeneration and to bring one project to a stage of readiness to be included in a THRIVE Strand 2 application. The development of the integrated urban strategy will use a bottom-up and participatory approach and will embed the values of the New European Bauhaus. Citizen and stakeholder engagement will include a workshop or event with a broad spectrum of the community. Preliminary design work, site investigations, conservation civil and structural engineer reports, conservation report, architectural heritage impact assessment, mechanical and electrical reports, energy upgrade retrofit strategy, disability access strategy and fire safety strategy, environmental screening and preparation of a planning application will be conducted for a selected heritage building project to ensure this project is investment ready and can be included within a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in Technological University of the Shannon to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in Dublin City University to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in University of Limerick to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>CyberInnovate is an entrepreneurial education and training programme for mid-career professionals using design thinking-based methodologies coupled with immersion in relevant settings to identify and prioritise commercially significant needs with potential for further development in the cybersecurity sector.</t>
+  </si>
+  <si>
+    <t>Tipperary County Council was awarded €181,632.50 under THRIVE Strand 1. The Council aims to redevelop the Military Chapel, Kickham Barracks, Clonmel, into a new arts and cultural performance venue. This funding will be utilised to bring this heritage building project to a stage of readiness to be included in a THRIVE Strand 2 application. Stakeholders and citizens will co-create and co-design the new arts and cultural performance venue. A measured building survey, utilities survey, site investigation report, cultural heritage impact assessment report, archaeological assessment report, concept design, project supervisor design report, detailed design report for planning permission and environmental impact and appropriate assessment screening reports will be undertaken to ensure the project is investment ready.</t>
+  </si>
+  <si>
+    <t>The project proposal aims to widen the range of potential visitors to the Clondara, area by increasing the tour options and routes. This is to be achieved by increasing the variety of the stock of bikes for different types of visitors or less experienced cyclists. The business offers a bike hire and collection service at a variety of locations and is looking to develop tours with local attractions such as Strokestown House &amp; Famine Museum. The applicant wishes to build on existing partnerships with local businesses such as Center Parcs.</t>
+  </si>
+  <si>
+    <t>Development of an AI studio by the AIM Centre including the launch of an AI Accelerator Programme to assist businesses with scoping AI potential and integration into their operation</t>
+  </si>
+  <si>
+    <t>To complete the refurbishment of the Fiesta Hall in Kilcormac, County Offaly to serve as a Green Enterprise and Climate Action Centre for the community. The completed building will house training facilities, office space and a café space as well as a multi-use community space for exhibitions and demonstrations, to include four incubation spaces for business start-ups in the green and circular economy.</t>
+  </si>
+  <si>
+    <t>To support Roscommon Women’s Network to further develop its CycleUp social enterprise to support and upskill women to design, market and up-cycle textiles for sale, creating flexible employment and progression opportunities for themselves and raising awareness of environmental protection. It seeks to develop innovative and practical solutions to the problems associated with fast fashion and the charity shop sector, further reducing textile waste and increasing income generation.</t>
+  </si>
+  <si>
+    <t>The Aughrim Interpretative Centre tells the story of the 1691 Battle of Aughrim and the Williamite wars and houses a significant collection of artefacts from the battle. However, the centre layout and interpretation are dated. The project is to carry out a feasibility study, concept and design to identify an approach to update the storytelling and modernise the overall visitor experience.</t>
+  </si>
+  <si>
+    <t>The Project is for the redevelopment and regeneration of Emily Square in Athy Town, Co. Kildare</t>
+  </si>
+  <si>
+    <t>Creation of, and application for, planning permission for 4 chalets in Dysart, County Westmeath.</t>
+  </si>
+  <si>
+    <t>"To fund the development of a glamping and wagon accommodation experience on the site of an abandoned house on 1.5acres. The Barn conversion to include a large recreational area in the loft space with facilities on the ground floor. Main house – development of five hostel bedrooms (one on ground floor with four on first floor) and communal cooking, dining and lounge facilities.The accommodation will provide five unique glamping styles – wooden barrel cabin, log cabin, two tee pee cabins, an old train carriage, six horse wagons, plus a five-bedroom hostel with a total of 38 bedspaces."</t>
+  </si>
+  <si>
+    <t>The MiCRA Biodiagnostics Technology Gateway, based in TU Dublin – Tallaght, delivers solutions for companies in animal/human diagnostics, environmental, agri-food and bio/pharmaceuticals sectors. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>Longford County Council and the EDI propose to partner on a ground-breaking initiative which will see the development of a Circular Economy Centre of Excellence based on an identified site in Longford town. Envisioned as a multi-million investment comprising a 25,000-30,000 sq ft facility, the Centre will operate as a multi-faceted, closed loop operation incorporating the following: 1. Education and Training Centre 2. Repair and Upcycling Workshop Hub 3. Pioneering Circular Economy Retail Mall 4. Incubation and Research Unit The Centre of Excellence aims to provide new employment opportunities, training and environmentally sustainable living opportunities aimed at the appropriate JTF target groups.</t>
+  </si>
+  <si>
+    <t>To fund the development of a sphagnum farm in Co. Longford Sphagnum will be produced as a sustainable substitute for peat in horticulture, in addition to assisting in the restoration and regeneration of cutaway peatlands.</t>
+  </si>
+  <si>
+    <t>South Dublin County Council was awarded €200,000.00 under THRIVE Strand 1. This funding will be utilised to create a masterplan and design guide for the future regeneration of Lucan House and grounds. Extensive stakeholder mapping will take place from the outset ensuring all stakeholders and society groups are identified and this stakeholder engagement will continue through the design and construction stages. The masterplan will investigate the full potential and optimum uses for Lucan House to create a cultural, tourism/amenity hub for Lucan while protecting the natural and built environment. The funding will also be used to undertake a conservation report and strategy which will underpin the masterplan and to complete environmental screening reports, and to identify any mitigation measures required to protect the natural habitat, given the expansive grounds and location within the Liffey Valley. Finally, the funding will be used to create a risk management approach for all stages of the regeneration of Lucan House and its grounds.</t>
+  </si>
+  <si>
+    <t>The Shannon ABC Gateway is a leader in bioresource research – detection, identification, characterisation and valorisation – and collaborates with industry and other research centres in order to deliver this expertise in applied settings. This operation will fund personnel in the Gateway at the MTU Kerry campus whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>The purpose of the Back to Work Enterprise Allowance (BTWEA) is to encourage people who are long term dependent on social welfare payments, including unemployed, lone parents, people with disabilities and other social welfare recipients, to engage with self-employment.</t>
+  </si>
+  <si>
+    <t>Delivery of interpretation, facilities and visitor journey enhancements throughout Athlone Castle_x005F_x000D_ to implement the findings of a 2019 FI review and 2020 Visitor Experience and Orientation Review.</t>
+  </si>
+  <si>
+    <t>To fund the development of a Master Plan to develop a 40 acre area of industrial land with a view to creating at least 7 industrial units and a community/ training centre, to assist in meeting the employment and recreational needs of those within the Just Transition area.</t>
+  </si>
+  <si>
+    <t>Kilkenny County Council was awarded €200,000 under THRIVE Strand 1. This funding will be utilised to create a new integrated urban strategy for John’s Quay/John Street Kilkenny, to identify a pipeline of projects for regeneration and to bring one project to a stage of readiness to be included in a THRIVE Strand 2 application. A Town Team will be established for Kilkenny and stakeholder and citizen engagement will align with the Town Centre First framework which will be multi-disciplinary, participatory and community led. Buildings surveys, underground utility survey, conservation and heritage surveys, traffic &amp; parking survey, archaeological impact assessment, environmental impact assessment and appropriate assessment screening will be conducted for a selected heritage building project to ensure this project is investment ready and can be included within a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
+    <t>The Shannonbridge Plaza is being developed in response to the absence of a focal point for visitors in the village. It aims to provide a public amenity including picnic area, garden space, and parking for passing visitors. The project will review the current toilet provision in Shannonbridge ensuring alignment with the quantified visitor demand and accessibility requirements and explore potential options for increased provision if necessitated. The proposal also includes a floating walkway, the scale of which would be determined by this design project, which would reach out into the Shannon Callows Reserve to allow visitors to engage with the natural environment.</t>
+  </si>
+  <si>
+    <t>To fund the purchase of biking equipment and Electric Vehicle The project will create and promote unique cycling tours, rooted in regenerative tourism principles. It will showcase the authentic heritage and culture of the midlands. Ethical Tours will actively involve the community including partnerships with local businesses and cultural enterprises, ensuring that economic benefits are distributed fairly and that local businesses thrive.</t>
+  </si>
+  <si>
+    <t>A feasibility/options study to identify actions to enhance the visitor experience, including;_x005F_x000D_ o Updating interpretation,_x005F_x000D_ o Encasing the original trackway for preservation and presentation purposes,_x005F_x000D_ o Updating the walking trail with new features,_x005F_x000D_ o improving the car park and site accessibility.</t>
+  </si>
+  <si>
+    <t>Refurbishment, renovation and adaptive reuse of Gorey Market House, a vacant or derelict heritage building owned by Wexford County Council in Gorey, Co Wexford to create a Community Hub and Market Plaza that will have a positive and transformative impact on the urban centre and reduce vacancy and dereliction. • Gorey Market House was identified for regeneration in the Integrated Urban Strategy – Gorey Town and Environs Local Area Plan 2017-2023 (extended 2026). • The regeneration of Gorey Market House will promote the values and working principles of the New European Bauhaus by ensuring the regeneration of Gorey Market House will be beautiful, sustainable and inclusive and was conceived and developed with a reinforced citizen and stakeholder involvement. • The regeneration of Gorey Market House will promote the values and working principles of the New European Bauhaus by ensuring the regeneration of Gorey Market House will be beautiful, sustainable and inclusive and was conceived and developed with a reinforced citizen and stakeholder involvement. • The regeneration of Gorey Market House will promote the implementation of circular economy principles and high-quality heritage-led regeneration and conservation outcomes in the built environment.</t>
+  </si>
+  <si>
+    <t>This intervention aims to give a second chance to those people whose literacy, numeracy and digital literacy skills are not adequate to allow them to participate fully in society.</t>
+  </si>
+  <si>
     <t>Priming project for an Innovation Hub specialising in Renewable Energy including workshop and fabrication lab facilities.</t>
   </si>
   <si>
+    <t>To fund the appointment of 2 new staff to grow the business which is associated with insulation retro fitting to dwellings in the JTF territories of Carrick on Suir and Thurles (Tipperary). The project also involves the training of staff and costs associated with travel for the purposes of community engagement. The project costs include promotional activity and technical expertise to support staff development. Equipment costs specific to laptops, phones and a projector are also identified as necessary for project implementation. The project objectives are aligned to existing business expansion in Carrick on Suir and Thurles.</t>
+  </si>
+  <si>
+    <t>To fund the preparatory works and production of a development masterplan for a 10 acre site within the Lisheen Bioeconomy campus for the purpose of delivering rural based sustainable jobs with a bioeconomy focus.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in University College Dublin to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>JobsPlus is an employer incentive which encourages and rewards employers who offer employment opportunities to the long term unemployed.</t>
+  </si>
+  <si>
+    <t>To fund the pilot phase of a larger proposal to develop a facility in Co. Longford which will chemically recycle mixed waste plastic into a high calorific synthetic gas, from which hydrogen and methane will be extracted. The pilot facility will operate on a smaller scale to enable the technology to be tested and demonstrated.</t>
+  </si>
+  <si>
+    <t>The purpose of the Project is to bring to planning stage a minimum of 60km and up to 79km of universally accessible “rollable” new cycle trails across the Grantee’s lands (the “Project Property”) to significantly improve the tourism offering in the Midlands as a regenerative tourism destination supporting the creation of new jobs in ancillary related activities e.g. bike hire, hospitality services, visitor attractions and activities. The Development Phase consists of a series of preparation measures covering: Environmental assessments and screenings, Technical feasibility studies, Detailed trail audits and design, Interpretation and wayfinding strategies, and Retraining and skills development for former peat workers</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will enhance the Tuam Regeneration Masterplan (Integrated Urban Strategy) by developing a Masterplan for the “Station Quarter, based on the Town Centre First Framework and embracing the values of New European Bauhaus - sustainability, aesthetics, and inclusion. The project will focus on the Station Building and using a citizen-centred approach, identify a viable and sustainable end use for this heritage building. A multidisciplinary team will carry out consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
+    <t>The objectives of the Skillnet Ireland interventions are fourfold: Digital Adoption and Transformation; Green Acceleration; Regional-Industry Priorities; and Enabling Workforce Returners. Skillnet Ireland will develop pertinent training programmes in line with the evolving workforce demand. The objective is to prioritise initiatives that target skills gaps identified by business, collaborating with industries to equip participants with qualifications and certifications that meet the demands of the market, while increasing learner mobility and employability. The aim is to address immediate skills shortages while simultaneously preparing for upcoming labour market challenges.</t>
+  </si>
+  <si>
+    <t>Improvements to William Street leading to the new to the new entrance to Birr Castle. The aim of this project is to make the entrance to the castle more visible and more easily accessible than the current narrow footpath that runs from the old entrance along the castle wall.</t>
+  </si>
+  <si>
+    <t>The project proposal is to purchase a charter boat and fishing equipment to allow the applicant to develop fly fishing tours on the River Shannon.</t>
+  </si>
+  <si>
+    <t>SICAP is a targeted, holistic programme for those who are most disadvantaged and less likely to use mainstream services, which provides supports directly to beneficiaries and links them into existing services. It is a multi-faceted programme that provides supports to respond to individual and community needs, aiming to ensure that beneficiaries receive quality, tailored supports, while also allowing flexibility to adapt actions to local need. SICAP also prioritises local engagement and partnerships, between SICAP Programme Implementers, disadvantaged individuals, community organisations and public sector agencies.</t>
+  </si>
+  <si>
+    <t>The CAPPA Gateway applies photonics solutions to industry in a wide range of sectors, including medical devices and technologies, pharmaceutical manufacturing, food &amp; beverage technologies and electronics and telecommunications. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>BIA LUAS Food Business Accelerator and community network programme for food sector entrepreneurs and SMEs.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in Trinity College Dublin to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will develop a project proposal for the refurbishment, renovation and adaptive reuse for the Old Courthouse in Letterkenny based on the Town Centre First Framework and will embrace the values of New European Bauhaus - sustainability, aesthetics, and inclusion. Using a citizen-centred approach, the project will identify a sustainable and viable end use for this council owned vacant heritage building. A multidisciplinary team will carry out consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
     <t>Given the significant changes happening in the Microelectronics industry in Europe and Ireland, MIDAS wish to conduct a feasibility on the strategy and role it should perform for it’s members going forward with a view to enabling the industry meet the very aggressive growth plans by 2030.</t>
   </si>
   <si>
-    <t>To further the development of the capacity and capability in Trinity College Dublin to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
-[...152 lines deleted...]
-    <t>To fund the final phase of development of the Junction 17 National Enterprise Park, to ensure that the development is realised in a sustainable manner. This phase of the development will consist of the provision of road access, services and activities to enable the development and availability of serviced sites, facilitate the creation of sustainable, high value jobs and further economic development in the area</t>
+    <t>Rathcroghan is a world class archaeological landscape situated in County Roscommon with 240 archaeological monuments, 70 of which are national monuments and is one of the best-preserved Royal landscapes in Ireland. The site is currently part of a serial nomination for inscription to the UNESCO World Heritage Site (WHS) list.</t>
+  </si>
+  <si>
+    <t>This Operation will establish, strengthen, and systemise the research and innovation offices in MTU to enable greater and more structured engagement with local and regional enterprises and community. stakeholders</t>
+  </si>
+  <si>
+    <t>To confirm the opportunity for the Southern Region to create Cork Biomanufacturing Park as the anchor for a new Precision Fermentation Biomanufacturing sector.</t>
+  </si>
+  <si>
+    <t>The SEAM Gateway, based in SETU Waterford, provides engineering material solutions for industry in sectors such as biomedical devices, pharmaceuticals, micro-electronics, precision engineering &amp; construction. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
+  </si>
+  <si>
+    <t>The scheme will undertake the following main types of activity in the JT programme area – _x005F_x000D_ (1) Rehabilitation and restoration of natural habitats and ecosystems from a degraded state. (2) Preparation of restoration, drainage, monitoring, consent plans necessary to undertake the activities listed in (1) above. (3) Engagement with people in the area to build capacity for peatland restoration activity and to understand and connect with the cultural and natural capital of the place. (4) Engagement with landowners to participate in peatland restoration schemes. (5) Engagement with contractors to develop training courses for restoration action. (6) Develop and deliver communications to demonstrate the work to wide audiences. (7) Land purchases and provision of financial incentives for restoration.</t>
+  </si>
+  <si>
+    <t>The Project will support private, public, and community-based tourism micro enterprises and SMEs in the Just Transition territory to drive a digital transformation in their business, improve their productivity, their processes and online presence, overall delivering a step-change in their digital maturity.</t>
+  </si>
+  <si>
+    <t>Refurbishment, renovation and adaptive reuse of St Finian’s Seminary Study Hall, a vacant or derelict heritage building owned by Meath County Council in Navan, County Meath to create a Community Hub &amp; County Archive, that will have a positive and transformative impact on the urban centre and reduce vacancy and dereliction. • St Finian’s Seminary Study Hall was identified for regeneration in the Integrated Urban Strategy – Navan Railway Lands Urban Design Plan and Conservation Management Plans 2019. • The regeneration of St Finian’s Seminary Study Hall will promote the values and working principles of the New European Bauhaus by ensuring the regeneration of St Finian’s Seminary Study Hall will be beautiful, sustainable and inclusive and was conceived and developed with a reinforced citizen and stakeholder involvement. • The regeneration of St Finian’s Seminary Study Hall will promote the implementation of circular economy principles and high-quality heritage-led regeneration and conservation outcomes in the built environment.</t>
+  </si>
+  <si>
+    <t>To further the development of the capacity and capability in University of Galway to support knowledge and technology transfer and associated outcomes, increase knowledge transfer outcomes within the sector and enhance associated operational quality across the sector.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will enhance the Carrick-on-Shannon Town Centre First Plan (Integrated Urban Strategy) using the Town Centre First Framework and will embrace the values of New European Bauhaus - sustainability, aesthetics, and inclusion The project will focus on Town Hall and by using a citizen-centred approach, identify a viable and sustainable end use for this heritage building. A multidisciplinary team will carry out a feasibility study, consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
+    <t>The objectives of Sport Ireland’s ESF+ programme is to develop socially inclusive and innovative programmes that increase the sports participation and physical activity levels, enhance education and training opportunities, improve employment prospects, and increase social inclusion opportunities of groups that are at risk of social exclusion. Additionally, the programme will aim to contribute to the development of the social innovation ecosystem in Ireland.</t>
+  </si>
+  <si>
+    <t>Led by Trinity College Dublin, the ARC Hub for Therapeutics accelerates translational research in the fields of small molecule therapies, biological therapies, biomaterials, biomarkers with therapeutic potential and in advanced therapy medicinal products.</t>
+  </si>
+  <si>
+    <t>RISE@ATU invests European Regional Development Funds to progress Ireland’s Smart Specialisation Strategy for Innovation (S3) in the Northern and Western region. RISE@ATU will advance institutional Research and Innovation (R&amp;I) capacity while delivering tangible ecosystem supports empowering diverse beneficiaries, and ultimately fostering regional prosperity and cohesion. By stimulating economic growth, fostering innovation ecosystems, and promoting collaboration, RISE@ATU will catalyse regional development.</t>
+  </si>
+  <si>
+    <t>This Operation will establish, strengthen, and systemise the research and innovation offices in SETU to enable greater and more structured engagement with local and regional enterprises and community. stakeholders</t>
+  </si>
+  <si>
+    <t>To fund the Social Enterprise Exchange project which aims to contribute to economic diversification and new economic opportunities for social enterprise in the eligible JTF territory outlined through regional collaboration, networking, resource sharing and upskilling in order to support the social economy sector and help successfully access EU funds for the social economy in the area. It is proposed that 60 jobs could be created indirectly, and 40 participants will be upskilled as a result.</t>
+  </si>
+  <si>
+    <t>Feasibility Study to scope out and research a future Smart Region Stream 3 application to develop a range of bespoke supports for the food sector, leading to more sustainable enterprises</t>
+  </si>
+  <si>
+    <t>To fund a project that will support retention and renovation of old stone buildings to house a new office, training centre and two accommodation units for trainees and staff with a view to providing access to training and employment opportunities.</t>
+  </si>
+  <si>
+    <t>Tourism Learning Network</t>
+  </si>
+  <si>
+    <t>Tipperary County Council was awarded €190,460.00 under THRIVE Strand 1.This funding will be utilised to enhance the Thurles Town Centre Renewal Strategy 2021, to identify projects that promote the conservation and adaptive reuse of the built heritage stock while reducing vacancy and dereliction in the town centre, to create a pipeline of investment ready built heritage projects, and to bring one of these projects to the stage of readiness where it can be included in a THRIVE Strand 2 application. This THRIVE Strand 1 project will involve stakeholder and citizen engagement to co-create the enhanced integrated urban strategy, to explore local needs and opportunities and to co-design a viable and sustainable end use for one building project to be put forward for funding under THRIVE Strand 2.</t>
+  </si>
+  <si>
+    <t>This THRIVE Strand 1 project will focus on the adaptive reuse of the Walsh Street Barracks in Ballina using the Town Centre First Framework and will embrace the values of New European Bauhaus - sustainability, aesthetics, and inclusion. Using a citizen-centred approach, the project will identify a sustainable and viable end use for this vacant heritage building. A multidisciplinary team will carry out consultations, designs, surveys, and secure planning permission with the aim of creating an investment-ready proposal for a THRIVE Strand 2 application.</t>
   </si>
   <si>
     <t>To undertake a feasibility study to determine the business case to establish a Pilot Scale Precision Fermentation Platform (PSPFP) facility at the Teagasc Food Research Centre Food Research Centre, Moorepark, Fermoy, Co Cork.</t>
   </si>
   <si>
-    <t>Louth County Council was awarded €200,000 under THRIVE Strand 1. This funding will be utilised to enhance the Urban Design Framework for the Heritage Quarter, Drogheda 2013, to identify a pipeline of projects for regeneration and to bring one project to a stage of readiness to be included in a THRIVE Strand 2 application. A multi-disciplinary design team will undertake stakeholder engagement including co-creation activities by generating ideas to maximise opportunities to address the needs in the community. Stakeholders will select one project to progress for THRIVE Stand 2 funding. A preliminary design, planning approval, feasibility study, demand analysis, business case, preliminary costings, architectural and archaeological surveys will be completed for this project.</t>
-[...2 lines deleted...]
-    <t>Cork City Council was awarded €198,838.10 under THRIVE Strand 1. This funding will be utilised to develop an integrated urban strategy for the Shandon Area of Cork City, to include a historic character assessment. As part of this project, Cork City Council will establish a new Shandon Neighbourhood team to co-design the strategy using a Town Centre First approach and incorporating the values and principles of the New European Bauhaus. Once the strategy is complete, one heritage building project will be prioritised and the remainder of the funding will be utilised to undertake enabling works, surveys and the conservation approach in preparation for an application for funding under THRIVE Strand 2.</t>
+    <t>To fund Ethica Planet to become the the first company in Ireland to recycle waste cardboard at scale. The project will use Mycelium (Fungal root fibres) to grow on recovery Cardboard colleted from nearby food and drink producers, enhancing the end product while reducing the need to add virgin pulp to help the integrity of the final product. Mycelium also sequesters carbon which will reduce the Carbon Footprint of the process to near zero.</t>
+  </si>
+  <si>
+    <t>Cork County Council was awarded €200,000 under THRIVE Strand 1. This funding will be utilised to develop a new Integrated Urban Strategy for Kent Street, Clonakilty, County Cork, to identify a pipeline of projects for regeneration and to bring one project to a stage of readiness to be included in a THRIVE Strand 2 application. This will involve undertaking surveys and community workshops to understand needs and priorities, challenges and opportunities, potential end uses from residents, businesses, elected representatives and community groups. One project will be chosen to progress to a THRIVE Strand 2 application and detailed costings and environmental screening will be completed for this project.</t>
+  </si>
+  <si>
+    <t>The project will assess the feasibility of linking Clondra (trail head of the Royal Canal Greenway) and Tarmonbarry (a harbour on the opposite bank of the Shannon) through an off-road cycle path, which will include crossings of the River Camlin and the River Shannon. To date the villages are linked via a local and national road which poses risks and challenges for walkers and cyclists. This development would link the villages on Longford and Roscommon border, create a hub for tourism and provide greater connectivity between greenways and trails in the area.</t>
+  </si>
+  <si>
+    <t>To support an environmentally sustainable peat alternative product for supply to the horticulture market. The project will focus on the composting of bark to provide a stable and safe [does not compete with plants for nutrients] product for horticulture. The project involves expansion of composting activity by growing the production facility and achieving the RHP quality standard. To deliver the project, Ecochip will invest in staff salaries and training, a material turning machine and upgrades to the office and yard to support meeting the RHP quality standard for the product.</t>
+  </si>
+  <si>
+    <t>Limerick City &amp; County Council was awarded €199,574.26 under THRIVE Strand 1. This funding will be utilised to enhance the King’s Island Walled Town Framework, to identify a pipeline of projects for regeneration and to bring one project to a stage of readiness to be included in a THRIVE Strand 2 application. This will involve inclusive citizen and stakeholder engagement aligned with the Town Centre First approach and the values and working principles of the New European Bauhaus, fostering a multi-disciplinary, participatory, and community-led approach. The project will focus on Nicholas Street and will support a feasibility study including surveys and investigations to gauge the condition of heritage buildings. One exemplary project will be brought to a stage of readiness for inclusion in a THRIVE Strand 2 application.</t>
+  </si>
+  <si>
+    <t>Delivery of AI Masterclassess, 1-1 AI Consultation, AI Strategy Workshops and AI Training Programmes to Start?ups, Scale-ups, SMEs &amp; Corporates</t>
+  </si>
+  <si>
+    <t>To fund the conversion of the historic Poet's Cottage into a community café, creating six new jobs, and providing QQI certified training to six individuals.</t>
+  </si>
+  <si>
+    <t>To support the delivery of a range of programs to increase adoption of Digitisation, Lean best practices, R&amp;D and knowledge sharing</t>
+  </si>
+  <si>
+    <t>BioInnovate is an entrepreneurial education and training programme for mid-career professionals using design thinking-based methodologies coupled with immersion in relevant settings to identify and prioritise commercially significant needs with potential for further development in the medical device sector.</t>
+  </si>
+  <si>
+    <t>Youth Justice Projects engage with young people at risk of/or involved in anti-social and/or criminal behaviour and provide them with targeted supports designed to enable these young people to stop their offending and become positive contributors to society.</t>
+  </si>
+  <si>
+    <t>This Operation will establish, strengthen, and systemise the research and innovation offices in IADT to enable greater and more structured engagement with local and regional enterprises and community. stakeholders</t>
+  </si>
+  <si>
+    <t>The MET Gateway, based at the Atlantic Technological University, offers cutting-edge, industry focused solutions for Start-Up’s, SMEs and larger organisations across the MedTech, Engineering, and Lifesciences food, beverage and sports technologies sectors. For examples of work done see technologygaetway.ie/case-studies</t>
+  </si>
+  <si>
+    <t>The ‘Biomethane for Carbon and Community’ (BCC) Project is centred on the National Bioeconomy Campus at Lisheen and the Tipperary Decarbonising Zone, both located within the EU Just Transition Fund area. This is Phase 1 of a larger biomethane development project, Phase 2 aims to deliver investment in biomethane plants in the locality and region (and beyond) while expanding and sustaining the services of the Biomethane Development Office as a key capacity building service.</t>
+  </si>
+  <si>
+    <t>This project is for the funding of a planning application for a project which proposes to redevelop and repurpose existing _x005F_x000D_ rubble masonry farm outbuildings built in the late 1800s into low carbon self-catering_x005F_x000D_ accommodation which will support ecological restoration by removing derelict former_x005F_x000D_ agricultural buildings and planting native flora and fauna.</t>
   </si>
   <si>
     <t>Redevelopment of the visitor centre at the high-profile site of Clonmacnoise, including both_x005F_x000D_ refurbishment and extension to buildings, to increase capacity, improve visitor management and_x005F_x000D_ enhance the experience for visitors.</t>
-  </si>
-[...358 lines deleted...]
-    <t>The ICS Technology Gateway connects Industry with advanced software Research and Innovation. The Gateway offers particular expertise in communications services, immersive technologies, artificial intelligence and machine learning, data analytics, future networks, digital platforms, internet of things and software technology solutions through collaboration on projects which are close to the market needs of Irish industry. This operation will fund personnel in the Gateway whose role it is to increase the level of engagement with industry.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -3893,16343 +3893,16343 @@
         <v>39</v>
       </c>
       <c r="AO1" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="2" spans="1:41">
       <c r="A2" t="s">
         <v>41</v>
       </c>
       <c r="B2" t="s">
         <v>227</v>
       </c>
       <c r="C2" t="s">
         <v>413</v>
       </c>
       <c r="D2" t="s">
         <v>413</v>
       </c>
       <c r="E2" t="s">
         <v>599</v>
       </c>
       <c r="F2" t="s">
         <v>600</v>
       </c>
+      <c r="G2" t="s">
+        <v>657</v>
+      </c>
       <c r="H2">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I2">
-        <v>166909</v>
+        <v>569037</v>
       </c>
       <c r="J2" t="s">
         <v>710</v>
       </c>
       <c r="K2">
-        <v>100145.4</v>
+        <v>284518.5</v>
       </c>
       <c r="L2" t="s">
         <v>711</v>
       </c>
       <c r="M2" t="s">
         <v>833</v>
       </c>
       <c r="N2">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O2" t="s">
         <v>849</v>
       </c>
       <c r="R2" t="s">
         <v>869</v>
       </c>
       <c r="S2" t="s">
         <v>874</v>
       </c>
       <c r="T2" t="s">
         <v>879</v>
       </c>
       <c r="U2" t="s">
         <v>879</v>
       </c>
       <c r="V2" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W2" t="s">
         <v>892</v>
       </c>
       <c r="X2" t="s">
         <v>895</v>
       </c>
       <c r="Y2" t="s">
         <v>899</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>903</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>914</v>
       </c>
       <c r="AE2" t="s">
         <v>927</v>
       </c>
       <c r="AH2" t="s">
         <v>937</v>
       </c>
       <c r="AI2" t="s">
         <v>945</v>
       </c>
       <c r="AJ2" t="s">
         <v>946</v>
       </c>
       <c r="AK2" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="3" spans="1:41">
       <c r="A3" t="s">
         <v>42</v>
       </c>
       <c r="B3" t="s">
         <v>228</v>
       </c>
       <c r="C3" t="s">
         <v>414</v>
       </c>
       <c r="D3" t="s">
         <v>414</v>
       </c>
       <c r="E3" t="s">
         <v>599</v>
       </c>
       <c r="F3" t="s">
         <v>601</v>
       </c>
       <c r="G3" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="H3">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I3">
-        <v>50000</v>
+        <v>198278</v>
       </c>
       <c r="J3" t="s">
         <v>710</v>
       </c>
       <c r="K3">
-        <v>20000</v>
+        <v>99139</v>
       </c>
       <c r="L3" t="s">
         <v>712</v>
       </c>
       <c r="M3" t="s">
         <v>834</v>
       </c>
       <c r="N3">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="O3" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R3" t="s">
         <v>869</v>
       </c>
       <c r="S3" t="s">
         <v>874</v>
       </c>
       <c r="T3" t="s">
         <v>879</v>
       </c>
       <c r="U3" t="s">
         <v>879</v>
       </c>
       <c r="V3" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W3" t="s">
         <v>892</v>
       </c>
       <c r="X3" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y3" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>904</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>915</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>928</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>938</v>
       </c>
       <c r="AI3" t="s">
         <v>945</v>
       </c>
       <c r="AJ3" t="s">
         <v>947</v>
       </c>
       <c r="AK3" t="s">
         <v>947</v>
       </c>
     </row>
     <row r="4" spans="1:41">
       <c r="A4" t="s">
         <v>43</v>
       </c>
       <c r="B4" t="s">
         <v>229</v>
       </c>
       <c r="C4" t="s">
         <v>415</v>
       </c>
       <c r="D4" t="s">
         <v>415</v>
       </c>
       <c r="E4" t="s">
         <v>599</v>
       </c>
       <c r="F4" t="s">
         <v>602</v>
       </c>
       <c r="G4" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="H4">
         <v>40</v>
       </c>
       <c r="I4">
-        <v>4920420</v>
+        <v>7000000</v>
       </c>
       <c r="J4" t="s">
         <v>710</v>
       </c>
       <c r="K4">
-        <v>1968168</v>
+        <v>2800000</v>
       </c>
       <c r="L4" t="s">
         <v>713</v>
       </c>
       <c r="M4" t="s">
         <v>835</v>
       </c>
       <c r="N4">
-        <v>28</v>
+        <v>168</v>
       </c>
       <c r="O4" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="R4" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S4" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T4" t="s">
         <v>880</v>
       </c>
       <c r="U4" t="s">
         <v>880</v>
       </c>
       <c r="V4" t="s">
         <v>890</v>
       </c>
       <c r="W4" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X4" t="s">
         <v>896</v>
       </c>
       <c r="Y4" t="s">
         <v>900</v>
       </c>
       <c r="AD4" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="AG4" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="AI4" t="s">
         <v>945</v>
       </c>
       <c r="AJ4" t="s">
         <v>948</v>
       </c>
       <c r="AK4" t="s">
         <v>948</v>
       </c>
     </row>
     <row r="5" spans="1:41">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>230</v>
       </c>
       <c r="C5" t="s">
         <v>416</v>
       </c>
       <c r="D5" t="s">
         <v>416</v>
       </c>
       <c r="E5" t="s">
         <v>599</v>
       </c>
       <c r="F5" t="s">
         <v>603</v>
       </c>
       <c r="G5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H5">
-        <v>50</v>
+        <v>90</v>
       </c>
       <c r="I5">
-        <v>252985</v>
+        <v>33700002</v>
       </c>
       <c r="J5" t="s">
         <v>710</v>
       </c>
       <c r="K5">
-        <v>126492.5</v>
+        <v>30330001.8</v>
       </c>
       <c r="L5" t="s">
         <v>714</v>
       </c>
-      <c r="M5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N5">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="O5" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="R5" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="S5" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="T5" t="s">
         <v>881</v>
       </c>
       <c r="U5" t="s">
         <v>881</v>
       </c>
       <c r="V5" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="W5" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="X5" t="s">
         <v>897</v>
       </c>
       <c r="Y5" t="s">
         <v>901</v>
-      </c>
-[...10 lines deleted...]
-        <v>938</v>
       </c>
       <c r="AI5" t="s">
         <v>945</v>
       </c>
       <c r="AJ5" t="s">
         <v>949</v>
       </c>
       <c r="AK5" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="6" spans="1:41">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>231</v>
       </c>
       <c r="C6" t="s">
         <v>417</v>
       </c>
       <c r="D6" t="s">
         <v>417</v>
       </c>
       <c r="E6" t="s">
         <v>599</v>
       </c>
       <c r="F6" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="G6" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H6">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I6">
-        <v>206717.31</v>
+        <v>1982172</v>
       </c>
       <c r="J6" t="s">
         <v>710</v>
       </c>
       <c r="K6">
-        <v>103358.65</v>
+        <v>792868.8</v>
       </c>
       <c r="L6" t="s">
         <v>715</v>
       </c>
       <c r="M6" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="N6">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O6" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R6" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S6" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T6" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U6" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V6" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W6" t="s">
         <v>893</v>
       </c>
       <c r="X6" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y6" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>939</v>
+        <v>900</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>935</v>
       </c>
       <c r="AI6" t="s">
         <v>945</v>
       </c>
       <c r="AJ6" t="s">
         <v>950</v>
       </c>
       <c r="AK6" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="7" spans="1:41">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>232</v>
       </c>
       <c r="C7" t="s">
         <v>418</v>
       </c>
       <c r="D7" t="s">
         <v>418</v>
       </c>
       <c r="E7" t="s">
         <v>599</v>
       </c>
       <c r="F7" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G7" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H7">
         <v>60</v>
       </c>
       <c r="I7">
-        <v>199969</v>
+        <v>199020</v>
       </c>
       <c r="J7" t="s">
         <v>710</v>
       </c>
       <c r="K7">
-        <v>119981.4</v>
+        <v>119412</v>
       </c>
       <c r="L7" t="s">
         <v>716</v>
       </c>
       <c r="M7" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="N7">
         <v>169</v>
       </c>
       <c r="O7" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R7" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S7" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T7" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U7" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V7" t="s">
         <v>890</v>
       </c>
       <c r="W7" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X7" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="Y7" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="AE7" t="s">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="AH7" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="AI7" t="s">
         <v>945</v>
       </c>
       <c r="AJ7" t="s">
         <v>951</v>
       </c>
       <c r="AK7" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="8" spans="1:41">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
         <v>233</v>
       </c>
       <c r="C8" t="s">
         <v>419</v>
       </c>
       <c r="D8" t="s">
         <v>419</v>
       </c>
       <c r="E8" t="s">
         <v>599</v>
       </c>
       <c r="F8" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="G8" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="H8">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I8">
-        <v>171732.86</v>
+        <v>200000</v>
       </c>
       <c r="J8" t="s">
         <v>710</v>
       </c>
       <c r="K8">
-        <v>85866.42999999999</v>
+        <v>80000</v>
       </c>
       <c r="L8" t="s">
         <v>717</v>
       </c>
       <c r="M8" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="N8">
         <v>169</v>
       </c>
       <c r="O8" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R8" t="s">
         <v>870</v>
       </c>
       <c r="S8" t="s">
         <v>875</v>
       </c>
       <c r="T8" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U8" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V8" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W8" t="s">
         <v>893</v>
       </c>
       <c r="X8" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y8" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD8" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG8" t="s">
+        <v>935</v>
       </c>
       <c r="AI8" t="s">
         <v>945</v>
       </c>
       <c r="AJ8" t="s">
         <v>952</v>
       </c>
       <c r="AK8" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="9" spans="1:41">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>234</v>
       </c>
       <c r="C9" t="s">
         <v>420</v>
       </c>
       <c r="D9" t="s">
         <v>420</v>
       </c>
       <c r="E9" t="s">
         <v>599</v>
       </c>
       <c r="F9" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="G9" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="H9">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I9">
-        <v>2161200</v>
+        <v>1067722</v>
       </c>
       <c r="J9" t="s">
         <v>710</v>
       </c>
       <c r="K9">
-        <v>864480</v>
+        <v>533861</v>
       </c>
       <c r="L9" t="s">
         <v>718</v>
       </c>
       <c r="M9" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="N9">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="O9" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="R9" t="s">
         <v>869</v>
       </c>
       <c r="S9" t="s">
         <v>874</v>
       </c>
       <c r="T9" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U9" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V9" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W9" t="s">
         <v>892</v>
       </c>
       <c r="X9" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y9" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>903</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>914</v>
+      </c>
+      <c r="AE9" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH9" t="s">
+        <v>937</v>
       </c>
       <c r="AI9" t="s">
         <v>945</v>
       </c>
       <c r="AJ9" t="s">
         <v>953</v>
       </c>
       <c r="AK9" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="10" spans="1:41">
       <c r="A10" t="s">
         <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>235</v>
       </c>
       <c r="C10" t="s">
         <v>421</v>
       </c>
       <c r="D10" t="s">
         <v>421</v>
       </c>
       <c r="E10" t="s">
         <v>599</v>
       </c>
       <c r="F10" t="s">
         <v>604</v>
       </c>
       <c r="G10" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H10">
         <v>40</v>
       </c>
       <c r="I10">
-        <v>194472.5</v>
+        <v>1069034</v>
       </c>
       <c r="J10" t="s">
         <v>710</v>
       </c>
       <c r="K10">
-        <v>77789</v>
+        <v>427613.6</v>
       </c>
       <c r="L10" t="s">
         <v>719</v>
       </c>
       <c r="M10" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N10">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O10" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R10" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S10" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T10" t="s">
         <v>882</v>
       </c>
       <c r="U10" t="s">
         <v>882</v>
       </c>
       <c r="V10" t="s">
         <v>890</v>
       </c>
       <c r="W10" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X10" t="s">
         <v>896</v>
       </c>
       <c r="Y10" t="s">
         <v>900</v>
       </c>
       <c r="AD10" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG10" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI10" t="s">
         <v>945</v>
       </c>
       <c r="AJ10" t="s">
         <v>954</v>
       </c>
       <c r="AK10" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="11" spans="1:41">
       <c r="A11" t="s">
         <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>236</v>
       </c>
       <c r="C11" t="s">
         <v>422</v>
       </c>
       <c r="D11" t="s">
         <v>422</v>
       </c>
       <c r="E11" t="s">
         <v>599</v>
       </c>
       <c r="F11" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="G11" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="H11">
         <v>50</v>
       </c>
       <c r="I11">
-        <v>299054.41</v>
+        <v>999791</v>
       </c>
       <c r="J11" t="s">
         <v>710</v>
       </c>
       <c r="K11">
-        <v>149527.2</v>
+        <v>499895.5</v>
       </c>
       <c r="L11" t="s">
         <v>720</v>
       </c>
       <c r="M11" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="N11">
         <v>169</v>
       </c>
       <c r="O11" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R11" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S11" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T11" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U11" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V11" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W11" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X11" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y11" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA11" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="AB11" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="AE11" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="AH11" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="AI11" t="s">
         <v>945</v>
       </c>
       <c r="AJ11" t="s">
         <v>955</v>
       </c>
       <c r="AK11" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="12" spans="1:41">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>237</v>
       </c>
       <c r="C12" t="s">
         <v>423</v>
       </c>
       <c r="D12" t="s">
         <v>423</v>
       </c>
       <c r="E12" t="s">
         <v>599</v>
       </c>
       <c r="F12" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="G12" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="H12">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I12">
-        <v>13600000</v>
+        <v>25200</v>
       </c>
       <c r="J12" t="s">
         <v>710</v>
       </c>
       <c r="K12">
-        <v>5440000</v>
+        <v>15120</v>
       </c>
       <c r="L12" t="s">
         <v>721</v>
       </c>
       <c r="M12" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N12">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="O12" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="R12" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S12" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T12" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="U12" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="V12" t="s">
         <v>890</v>
       </c>
       <c r="W12" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X12" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y12" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>902</v>
+      </c>
+      <c r="AE12" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH12" t="s">
+        <v>939</v>
       </c>
       <c r="AI12" t="s">
         <v>945</v>
       </c>
       <c r="AJ12" t="s">
         <v>956</v>
       </c>
       <c r="AK12" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="13" spans="1:41">
       <c r="A13" t="s">
         <v>52</v>
       </c>
       <c r="B13" t="s">
         <v>238</v>
       </c>
       <c r="C13" t="s">
         <v>424</v>
       </c>
       <c r="D13" t="s">
         <v>424</v>
       </c>
       <c r="E13" t="s">
         <v>599</v>
       </c>
       <c r="F13" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="G13" t="s">
         <v>660</v>
       </c>
       <c r="H13">
-        <v>50</v>
+        <v>43.48</v>
       </c>
       <c r="I13">
-        <v>188183</v>
+        <v>196751063</v>
       </c>
       <c r="J13" t="s">
         <v>710</v>
       </c>
       <c r="K13">
-        <v>94091.5</v>
+        <v>85538104.40000001</v>
       </c>
       <c r="L13" t="s">
-        <v>714</v>
-[...2 lines deleted...]
-        <v>836</v>
+        <v>722</v>
       </c>
       <c r="N13">
-        <v>21</v>
+        <v>163</v>
       </c>
       <c r="O13" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="R13" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="S13" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="T13" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="U13" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="V13" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="W13" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="X13" t="s">
         <v>897</v>
       </c>
       <c r="Y13" t="s">
         <v>901</v>
-      </c>
-[...10 lines deleted...]
-        <v>938</v>
       </c>
       <c r="AI13" t="s">
         <v>945</v>
       </c>
       <c r="AJ13" t="s">
         <v>957</v>
       </c>
       <c r="AK13" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="14" spans="1:41">
       <c r="A14" t="s">
         <v>53</v>
       </c>
       <c r="B14" t="s">
         <v>239</v>
       </c>
       <c r="C14" t="s">
         <v>425</v>
       </c>
       <c r="D14" t="s">
         <v>425</v>
       </c>
       <c r="E14" t="s">
         <v>599</v>
       </c>
       <c r="F14" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="G14" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="H14">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I14">
-        <v>300000</v>
+        <v>131501.03</v>
       </c>
       <c r="J14" t="s">
         <v>710</v>
       </c>
       <c r="K14">
-        <v>150000</v>
+        <v>78900.62</v>
       </c>
       <c r="L14" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="M14" t="s">
         <v>839</v>
       </c>
       <c r="N14">
         <v>169</v>
       </c>
       <c r="O14" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R14" t="s">
         <v>870</v>
       </c>
       <c r="S14" t="s">
         <v>875</v>
       </c>
       <c r="T14" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U14" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V14" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W14" t="s">
         <v>893</v>
       </c>
       <c r="X14" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y14" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>916</v>
+        <v>902</v>
       </c>
       <c r="AE14" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="AH14" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="AI14" t="s">
         <v>945</v>
       </c>
       <c r="AJ14" t="s">
         <v>958</v>
       </c>
       <c r="AK14" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="15" spans="1:41">
       <c r="A15" t="s">
         <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>240</v>
       </c>
       <c r="C15" t="s">
         <v>426</v>
       </c>
       <c r="D15" t="s">
         <v>426</v>
       </c>
       <c r="E15" t="s">
         <v>599</v>
       </c>
       <c r="F15" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="G15" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H15">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I15">
-        <v>1000000</v>
+        <v>2395000</v>
       </c>
       <c r="J15" t="s">
         <v>710</v>
       </c>
       <c r="K15">
-        <v>500000</v>
+        <v>958000</v>
       </c>
       <c r="L15" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="M15" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="N15">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O15" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R15" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S15" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T15" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U15" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V15" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W15" t="s">
         <v>893</v>
       </c>
       <c r="X15" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y15" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>936</v>
       </c>
       <c r="AI15" t="s">
         <v>945</v>
       </c>
       <c r="AJ15" t="s">
         <v>959</v>
       </c>
       <c r="AK15" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="16" spans="1:41">
       <c r="A16" t="s">
         <v>55</v>
       </c>
       <c r="B16" t="s">
         <v>241</v>
       </c>
       <c r="C16" t="s">
         <v>427</v>
       </c>
       <c r="D16" t="s">
         <v>427</v>
       </c>
       <c r="E16" t="s">
         <v>599</v>
       </c>
       <c r="F16" t="s">
-        <v>608</v>
+        <v>604</v>
       </c>
       <c r="G16" t="s">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="H16">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I16">
-        <v>1120200</v>
+        <v>2379590</v>
       </c>
       <c r="J16" t="s">
         <v>710</v>
       </c>
       <c r="K16">
-        <v>448080</v>
+        <v>1427754</v>
       </c>
       <c r="L16" t="s">
         <v>724</v>
       </c>
       <c r="M16" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N16">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="O16" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="R16" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S16" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T16" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="U16" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="V16" t="s">
         <v>890</v>
       </c>
       <c r="W16" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X16" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y16" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>902</v>
+      </c>
+      <c r="AE16" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH16" t="s">
+        <v>939</v>
       </c>
       <c r="AI16" t="s">
         <v>945</v>
       </c>
       <c r="AJ16" t="s">
         <v>960</v>
       </c>
       <c r="AK16" t="s">
         <v>960</v>
       </c>
     </row>
     <row r="17" spans="1:37">
       <c r="A17" t="s">
         <v>56</v>
       </c>
       <c r="B17" t="s">
         <v>242</v>
       </c>
       <c r="C17" t="s">
         <v>428</v>
       </c>
       <c r="D17" t="s">
         <v>428</v>
       </c>
       <c r="E17" t="s">
         <v>599</v>
       </c>
       <c r="F17" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="G17" t="s">
-        <v>658</v>
+        <v>666</v>
+      </c>
+      <c r="H17">
+        <v>60</v>
       </c>
       <c r="I17">
-        <v>55890000</v>
+        <v>29440</v>
       </c>
       <c r="J17" t="s">
         <v>710</v>
       </c>
+      <c r="K17">
+        <v>17664</v>
+      </c>
       <c r="L17" t="s">
         <v>725</v>
       </c>
+      <c r="M17" t="s">
+        <v>839</v>
+      </c>
       <c r="N17">
-        <v>146</v>
+        <v>26</v>
       </c>
       <c r="O17" t="s">
         <v>854</v>
       </c>
       <c r="R17" t="s">
         <v>872</v>
       </c>
       <c r="S17" t="s">
         <v>877</v>
       </c>
       <c r="T17" t="s">
         <v>883</v>
       </c>
       <c r="U17" t="s">
         <v>883</v>
       </c>
       <c r="V17" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="W17" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="X17" t="s">
         <v>898</v>
       </c>
       <c r="Y17" t="s">
         <v>902</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>937</v>
       </c>
       <c r="AI17" t="s">
         <v>945</v>
       </c>
       <c r="AJ17" t="s">
         <v>961</v>
       </c>
       <c r="AK17" t="s">
         <v>961</v>
       </c>
     </row>
     <row r="18" spans="1:37">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>243</v>
       </c>
       <c r="C18" t="s">
         <v>429</v>
       </c>
       <c r="D18" t="s">
         <v>429</v>
       </c>
       <c r="E18" t="s">
         <v>599</v>
       </c>
       <c r="F18" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="G18" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="H18">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I18">
-        <v>199020</v>
+        <v>382572</v>
       </c>
       <c r="J18" t="s">
         <v>710</v>
       </c>
       <c r="K18">
-        <v>79608</v>
+        <v>229543.2</v>
       </c>
       <c r="L18" t="s">
         <v>726</v>
       </c>
       <c r="M18" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="N18">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R18" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S18" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T18" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="U18" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="V18" t="s">
         <v>890</v>
       </c>
       <c r="W18" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X18" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y18" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>902</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH18" t="s">
+        <v>937</v>
       </c>
       <c r="AI18" t="s">
         <v>945</v>
       </c>
       <c r="AJ18" t="s">
         <v>962</v>
       </c>
       <c r="AK18" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="19" spans="1:37">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>244</v>
       </c>
       <c r="C19" t="s">
         <v>430</v>
       </c>
       <c r="D19" t="s">
         <v>430</v>
       </c>
       <c r="E19" t="s">
         <v>599</v>
       </c>
       <c r="F19" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="G19" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="H19">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I19">
-        <v>168488365</v>
+        <v>632000</v>
       </c>
       <c r="J19" t="s">
         <v>710</v>
       </c>
       <c r="K19">
-        <v>67395346</v>
+        <v>379200</v>
       </c>
       <c r="L19" t="s">
         <v>727</v>
       </c>
       <c r="M19" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N19">
-        <v>42</v>
+        <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="R19" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="S19" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="T19" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="U19" t="s">
-        <v>884</v>
+        <v>883</v>
       </c>
       <c r="V19" t="s">
         <v>890</v>
       </c>
       <c r="W19" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X19" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y19" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>902</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>939</v>
       </c>
       <c r="AI19" t="s">
         <v>945</v>
       </c>
       <c r="AJ19" t="s">
         <v>963</v>
       </c>
       <c r="AK19" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="20" spans="1:37">
       <c r="A20" t="s">
         <v>59</v>
       </c>
       <c r="B20" t="s">
         <v>245</v>
       </c>
       <c r="C20" t="s">
         <v>431</v>
       </c>
       <c r="D20" t="s">
         <v>431</v>
       </c>
       <c r="E20" t="s">
         <v>599</v>
       </c>
       <c r="F20" t="s">
-        <v>602</v>
+        <v>611</v>
       </c>
       <c r="G20" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="H20">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I20">
-        <v>6984625</v>
+        <v>370000</v>
       </c>
       <c r="J20" t="s">
         <v>710</v>
       </c>
       <c r="K20">
-        <v>2793850</v>
+        <v>185000</v>
       </c>
       <c r="L20" t="s">
         <v>728</v>
       </c>
       <c r="M20" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="N20">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="O20" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="R20" t="s">
         <v>869</v>
       </c>
       <c r="S20" t="s">
         <v>874</v>
       </c>
       <c r="T20" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U20" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V20" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W20" t="s">
         <v>892</v>
       </c>
       <c r="X20" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y20" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>906</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>917</v>
+      </c>
+      <c r="AE20" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH20" t="s">
+        <v>941</v>
       </c>
       <c r="AI20" t="s">
         <v>945</v>
       </c>
       <c r="AJ20" t="s">
         <v>964</v>
       </c>
       <c r="AK20" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="21" spans="1:37">
       <c r="A21" t="s">
         <v>60</v>
       </c>
       <c r="B21" t="s">
         <v>246</v>
       </c>
       <c r="C21" t="s">
         <v>432</v>
       </c>
       <c r="D21" t="s">
         <v>432</v>
       </c>
       <c r="E21" t="s">
         <v>599</v>
       </c>
       <c r="F21" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="G21" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="H21">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I21">
-        <v>1000000</v>
+        <v>3861745</v>
       </c>
       <c r="J21" t="s">
         <v>710</v>
       </c>
       <c r="K21">
-        <v>500000</v>
+        <v>2317047</v>
       </c>
       <c r="L21" t="s">
         <v>729</v>
       </c>
       <c r="M21" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="N21">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="O21" t="s">
         <v>851</v>
       </c>
       <c r="R21" t="s">
         <v>870</v>
       </c>
       <c r="S21" t="s">
         <v>875</v>
       </c>
       <c r="T21" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U21" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V21" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W21" t="s">
         <v>893</v>
       </c>
       <c r="X21" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y21" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>915</v>
+        <v>902</v>
       </c>
       <c r="AE21" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="AH21" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="AI21" t="s">
         <v>945</v>
       </c>
       <c r="AJ21" t="s">
         <v>965</v>
       </c>
       <c r="AK21" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="22" spans="1:37">
       <c r="A22" t="s">
         <v>61</v>
       </c>
       <c r="B22" t="s">
         <v>247</v>
       </c>
       <c r="C22" t="s">
         <v>433</v>
       </c>
       <c r="D22" t="s">
         <v>433</v>
       </c>
       <c r="E22" t="s">
         <v>599</v>
       </c>
       <c r="F22" t="s">
         <v>604</v>
       </c>
       <c r="G22" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H22">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I22">
-        <v>199310</v>
+        <v>1930600</v>
       </c>
       <c r="J22" t="s">
         <v>710</v>
       </c>
       <c r="K22">
-        <v>119586</v>
+        <v>772240</v>
       </c>
       <c r="L22" t="s">
-        <v>730</v>
+        <v>715</v>
       </c>
       <c r="M22" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="N22">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O22" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R22" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S22" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T22" t="s">
         <v>882</v>
       </c>
       <c r="U22" t="s">
         <v>882</v>
       </c>
       <c r="V22" t="s">
         <v>890</v>
       </c>
       <c r="W22" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X22" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y22" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD22" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG22" t="s">
+        <v>935</v>
       </c>
       <c r="AI22" t="s">
         <v>945</v>
       </c>
       <c r="AJ22" t="s">
         <v>966</v>
       </c>
       <c r="AK22" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="23" spans="1:37">
       <c r="A23" t="s">
         <v>62</v>
       </c>
       <c r="B23" t="s">
         <v>248</v>
       </c>
       <c r="C23" t="s">
         <v>434</v>
       </c>
       <c r="D23" t="s">
         <v>434</v>
       </c>
       <c r="E23" t="s">
         <v>599</v>
       </c>
       <c r="F23" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="G23" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="H23">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I23">
-        <v>3641408</v>
+        <v>459846</v>
       </c>
       <c r="J23" t="s">
         <v>710</v>
       </c>
       <c r="K23">
-        <v>1820704</v>
+        <v>183938.4</v>
       </c>
       <c r="L23" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="M23" t="s">
-        <v>839</v>
+        <v>837</v>
       </c>
       <c r="N23">
-        <v>73</v>
+        <v>12</v>
       </c>
       <c r="O23" t="s">
-        <v>856</v>
+        <v>853</v>
       </c>
       <c r="R23" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S23" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T23" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U23" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V23" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W23" t="s">
         <v>893</v>
       </c>
       <c r="X23" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y23" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>941</v>
+        <v>900</v>
+      </c>
+      <c r="AD23" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG23" t="s">
+        <v>936</v>
       </c>
       <c r="AI23" t="s">
         <v>945</v>
       </c>
       <c r="AJ23" t="s">
         <v>967</v>
       </c>
       <c r="AK23" t="s">
         <v>967</v>
       </c>
     </row>
     <row r="24" spans="1:37">
       <c r="A24" t="s">
         <v>63</v>
       </c>
       <c r="B24" t="s">
         <v>249</v>
       </c>
       <c r="C24" t="s">
         <v>435</v>
       </c>
       <c r="D24" t="s">
         <v>435</v>
       </c>
       <c r="E24" t="s">
         <v>599</v>
       </c>
       <c r="F24" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="G24" t="s">
-        <v>658</v>
+        <v>671</v>
       </c>
       <c r="H24">
-        <v>44.4</v>
+        <v>40</v>
       </c>
       <c r="I24">
-        <v>164240553</v>
+        <v>5000000</v>
       </c>
       <c r="J24" t="s">
         <v>710</v>
       </c>
       <c r="K24">
-        <v>72922805.40000001</v>
+        <v>2000000</v>
       </c>
       <c r="L24" t="s">
-        <v>732</v>
+        <v>731</v>
+      </c>
+      <c r="M24" t="s">
+        <v>837</v>
       </c>
       <c r="N24">
-        <v>153</v>
+        <v>12</v>
       </c>
       <c r="O24" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="R24" t="s">
         <v>872</v>
       </c>
       <c r="S24" t="s">
         <v>877</v>
       </c>
       <c r="T24" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="U24" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="V24" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="W24" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="X24" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="Y24" t="s">
-        <v>902</v>
+        <v>900</v>
+      </c>
+      <c r="AD24" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG24" t="s">
+        <v>936</v>
       </c>
       <c r="AI24" t="s">
         <v>945</v>
       </c>
       <c r="AJ24" t="s">
         <v>968</v>
       </c>
       <c r="AK24" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="25" spans="1:37">
       <c r="A25" t="s">
         <v>64</v>
       </c>
       <c r="B25" t="s">
         <v>250</v>
       </c>
       <c r="C25" t="s">
         <v>436</v>
       </c>
       <c r="D25" t="s">
         <v>436</v>
       </c>
       <c r="E25" t="s">
         <v>599</v>
       </c>
       <c r="F25" t="s">
+        <v>613</v>
+      </c>
+      <c r="G25" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="H25">
         <v>50</v>
       </c>
       <c r="I25">
-        <v>48400</v>
+        <v>1000000</v>
       </c>
       <c r="J25" t="s">
         <v>710</v>
       </c>
       <c r="K25">
-        <v>24200</v>
+        <v>500000</v>
       </c>
       <c r="L25" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="M25" t="s">
         <v>841</v>
       </c>
       <c r="N25">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O25" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R25" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S25" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T25" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U25" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V25" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W25" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X25" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y25" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA25" t="s">
         <v>907</v>
       </c>
       <c r="AB25" t="s">
         <v>918</v>
       </c>
       <c r="AE25" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH25" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI25" t="s">
         <v>945</v>
       </c>
       <c r="AJ25" t="s">
         <v>969</v>
       </c>
       <c r="AK25" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="26" spans="1:37">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="B26" t="s">
         <v>251</v>
       </c>
       <c r="C26" t="s">
         <v>437</v>
       </c>
       <c r="D26" t="s">
         <v>437</v>
       </c>
       <c r="E26" t="s">
         <v>599</v>
       </c>
       <c r="F26" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="G26" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="H26">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I26">
-        <v>4917710.49</v>
+        <v>391095</v>
       </c>
       <c r="J26" t="s">
         <v>710</v>
       </c>
       <c r="K26">
-        <v>2458855.25</v>
+        <v>156438</v>
       </c>
       <c r="L26" t="s">
-        <v>734</v>
+        <v>733</v>
       </c>
       <c r="M26" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="N26">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>858</v>
+        <v>854</v>
       </c>
       <c r="R26" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S26" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T26" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U26" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V26" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W26" t="s">
         <v>893</v>
       </c>
       <c r="X26" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y26" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD26" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG26" t="s">
+        <v>935</v>
       </c>
       <c r="AI26" t="s">
         <v>945</v>
       </c>
       <c r="AJ26" t="s">
         <v>970</v>
       </c>
       <c r="AK26" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="27" spans="1:37">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>252</v>
       </c>
       <c r="C27" t="s">
         <v>438</v>
       </c>
       <c r="D27" t="s">
         <v>438</v>
       </c>
       <c r="E27" t="s">
         <v>599</v>
       </c>
       <c r="F27" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="G27" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="H27">
         <v>40</v>
       </c>
       <c r="I27">
-        <v>4659680</v>
+        <v>6984625</v>
       </c>
       <c r="J27" t="s">
         <v>710</v>
       </c>
       <c r="K27">
-        <v>1863872</v>
+        <v>2793850</v>
       </c>
       <c r="L27" t="s">
-        <v>735</v>
+        <v>734</v>
       </c>
       <c r="M27" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="N27">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="O27" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="R27" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S27" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T27" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U27" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V27" t="s">
         <v>890</v>
       </c>
       <c r="W27" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X27" t="s">
         <v>896</v>
       </c>
       <c r="Y27" t="s">
         <v>900</v>
       </c>
       <c r="AD27" t="s">
         <v>926</v>
       </c>
       <c r="AG27" t="s">
         <v>936</v>
       </c>
       <c r="AI27" t="s">
         <v>945</v>
       </c>
       <c r="AJ27" t="s">
         <v>971</v>
       </c>
       <c r="AK27" t="s">
         <v>971</v>
       </c>
     </row>
     <row r="28" spans="1:37">
       <c r="A28" t="s">
         <v>67</v>
       </c>
       <c r="B28" t="s">
         <v>253</v>
       </c>
       <c r="C28" t="s">
         <v>439</v>
       </c>
       <c r="D28" t="s">
         <v>439</v>
       </c>
       <c r="E28" t="s">
         <v>599</v>
       </c>
       <c r="F28" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="G28" t="s">
-        <v>658</v>
+        <v>673</v>
+      </c>
+      <c r="H28">
+        <v>50</v>
       </c>
       <c r="I28">
-        <v>11406365</v>
+        <v>487500</v>
       </c>
       <c r="J28" t="s">
         <v>710</v>
       </c>
+      <c r="K28">
+        <v>243750</v>
+      </c>
       <c r="L28" t="s">
-        <v>736</v>
+        <v>735</v>
+      </c>
+      <c r="M28" t="s">
+        <v>842</v>
       </c>
       <c r="N28">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="O28" t="s">
-        <v>859</v>
+        <v>850</v>
       </c>
       <c r="R28" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="S28" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="T28" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="U28" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="V28" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="W28" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="X28" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="Y28" t="s">
-        <v>902</v>
+        <v>899</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>908</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>919</v>
+      </c>
+      <c r="AE28" t="s">
+        <v>932</v>
+      </c>
+      <c r="AH28" t="s">
+        <v>942</v>
       </c>
       <c r="AI28" t="s">
         <v>945</v>
       </c>
       <c r="AJ28" t="s">
         <v>972</v>
       </c>
       <c r="AK28" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="29" spans="1:37">
       <c r="A29" t="s">
         <v>68</v>
       </c>
       <c r="B29" t="s">
         <v>254</v>
       </c>
       <c r="C29" t="s">
         <v>440</v>
       </c>
       <c r="D29" t="s">
         <v>440</v>
       </c>
       <c r="E29" t="s">
         <v>599</v>
       </c>
       <c r="F29" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="G29" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="H29">
         <v>50</v>
       </c>
       <c r="I29">
-        <v>581687</v>
+        <v>185027</v>
       </c>
       <c r="J29" t="s">
         <v>710</v>
       </c>
       <c r="K29">
-        <v>290843.5</v>
+        <v>92513.5</v>
       </c>
       <c r="L29" t="s">
-        <v>729</v>
+        <v>717</v>
       </c>
       <c r="M29" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="N29">
         <v>21</v>
       </c>
       <c r="O29" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R29" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S29" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T29" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U29" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V29" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W29" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X29" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y29" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA29" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="AB29" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="AE29" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="AH29" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="AI29" t="s">
         <v>945</v>
       </c>
       <c r="AJ29" t="s">
         <v>973</v>
       </c>
       <c r="AK29" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="30" spans="1:37">
       <c r="A30" t="s">
         <v>69</v>
       </c>
       <c r="B30" t="s">
         <v>255</v>
       </c>
       <c r="C30" t="s">
         <v>441</v>
       </c>
       <c r="D30" t="s">
         <v>441</v>
       </c>
       <c r="E30" t="s">
         <v>599</v>
       </c>
       <c r="F30" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="G30" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H30">
         <v>40</v>
       </c>
       <c r="I30">
-        <v>7000000</v>
+        <v>35760</v>
       </c>
       <c r="J30" t="s">
         <v>710</v>
       </c>
       <c r="K30">
-        <v>2800000</v>
+        <v>14304</v>
       </c>
       <c r="L30" t="s">
-        <v>737</v>
+        <v>736</v>
       </c>
       <c r="M30" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="N30">
-        <v>168</v>
+        <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="R30" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S30" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T30" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="U30" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="V30" t="s">
         <v>890</v>
       </c>
       <c r="W30" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X30" t="s">
         <v>896</v>
       </c>
       <c r="Y30" t="s">
         <v>900</v>
       </c>
       <c r="AD30" t="s">
         <v>925</v>
       </c>
       <c r="AG30" t="s">
         <v>935</v>
       </c>
       <c r="AI30" t="s">
         <v>945</v>
       </c>
       <c r="AJ30" t="s">
         <v>974</v>
       </c>
       <c r="AK30" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="31" spans="1:37">
       <c r="A31" t="s">
         <v>70</v>
       </c>
       <c r="B31" t="s">
         <v>256</v>
       </c>
       <c r="C31" t="s">
         <v>442</v>
       </c>
       <c r="D31" t="s">
         <v>442</v>
       </c>
       <c r="E31" t="s">
         <v>599</v>
       </c>
       <c r="F31" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="G31" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="H31">
-        <v>46.09</v>
+        <v>60</v>
       </c>
       <c r="I31">
-        <v>92000000</v>
+        <v>199341</v>
       </c>
       <c r="J31" t="s">
         <v>710</v>
       </c>
       <c r="K31">
-        <v>42400000</v>
+        <v>119604.6</v>
       </c>
       <c r="L31" t="s">
-        <v>738</v>
+        <v>737</v>
+      </c>
+      <c r="M31" t="s">
+        <v>836</v>
       </c>
       <c r="N31">
-        <v>151</v>
+        <v>169</v>
       </c>
       <c r="O31" t="s">
-        <v>861</v>
+        <v>849</v>
       </c>
       <c r="R31" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="S31" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="T31" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="U31" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="V31" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="W31" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="X31" t="s">
         <v>898</v>
       </c>
       <c r="Y31" t="s">
         <v>902</v>
+      </c>
+      <c r="AE31" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH31" t="s">
+        <v>939</v>
       </c>
       <c r="AI31" t="s">
         <v>945</v>
       </c>
       <c r="AJ31" t="s">
         <v>975</v>
       </c>
       <c r="AK31" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="32" spans="1:37">
       <c r="A32" t="s">
         <v>71</v>
       </c>
       <c r="B32" t="s">
         <v>257</v>
       </c>
       <c r="C32" t="s">
         <v>443</v>
       </c>
       <c r="D32" t="s">
         <v>443</v>
       </c>
       <c r="E32" t="s">
         <v>599</v>
       </c>
       <c r="F32" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="G32" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H32">
-        <v>50</v>
+        <v>47.59</v>
       </c>
       <c r="I32">
-        <v>344085.25</v>
+        <v>98750000</v>
       </c>
       <c r="J32" t="s">
         <v>710</v>
       </c>
       <c r="K32">
-        <v>172042.62</v>
+        <v>47000000</v>
       </c>
       <c r="L32" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>837</v>
+        <v>722</v>
       </c>
       <c r="N32">
-        <v>169</v>
+        <v>134</v>
       </c>
       <c r="O32" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="R32" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="S32" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="T32" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="U32" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="V32" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="W32" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="X32" t="s">
         <v>897</v>
       </c>
       <c r="Y32" t="s">
         <v>901</v>
-      </c>
-[...10 lines deleted...]
-        <v>939</v>
       </c>
       <c r="AI32" t="s">
         <v>945</v>
       </c>
       <c r="AJ32" t="s">
         <v>976</v>
       </c>
       <c r="AK32" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="33" spans="1:37">
       <c r="A33" t="s">
         <v>72</v>
       </c>
       <c r="B33" t="s">
         <v>258</v>
       </c>
       <c r="C33" t="s">
         <v>444</v>
       </c>
       <c r="D33" t="s">
         <v>444</v>
       </c>
       <c r="E33" t="s">
         <v>599</v>
       </c>
       <c r="F33" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="G33" t="s">
-        <v>658</v>
+        <v>657</v>
+      </c>
+      <c r="H33">
+        <v>50</v>
       </c>
       <c r="I33">
-        <v>23402748</v>
+        <v>252985</v>
       </c>
       <c r="J33" t="s">
         <v>710</v>
       </c>
+      <c r="K33">
+        <v>126492.5</v>
+      </c>
       <c r="L33" t="s">
-        <v>739</v>
+        <v>738</v>
+      </c>
+      <c r="M33" t="s">
+        <v>843</v>
       </c>
       <c r="N33">
-        <v>136</v>
+        <v>169</v>
       </c>
       <c r="O33" t="s">
-        <v>859</v>
+        <v>849</v>
       </c>
       <c r="R33" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="S33" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="T33" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="U33" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="V33" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="W33" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="X33" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="Y33" t="s">
-        <v>902</v>
+        <v>899</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>920</v>
+      </c>
+      <c r="AE33" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH33" t="s">
+        <v>941</v>
       </c>
       <c r="AI33" t="s">
         <v>945</v>
       </c>
       <c r="AJ33" t="s">
         <v>977</v>
       </c>
       <c r="AK33" t="s">
         <v>977</v>
       </c>
     </row>
     <row r="34" spans="1:37">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" t="s">
         <v>259</v>
       </c>
       <c r="C34" t="s">
         <v>445</v>
       </c>
       <c r="D34" t="s">
         <v>445</v>
       </c>
       <c r="E34" t="s">
         <v>599</v>
       </c>
       <c r="F34" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="G34" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="H34">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I34">
-        <v>103200</v>
+        <v>50000</v>
       </c>
       <c r="J34" t="s">
         <v>710</v>
       </c>
       <c r="K34">
-        <v>51600</v>
+        <v>30000</v>
       </c>
       <c r="L34" t="s">
-        <v>740</v>
+        <v>739</v>
       </c>
       <c r="M34" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="N34">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="R34" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S34" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T34" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U34" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V34" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W34" t="s">
         <v>893</v>
       </c>
       <c r="X34" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y34" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>919</v>
+        <v>902</v>
       </c>
       <c r="AE34" t="s">
         <v>927</v>
       </c>
       <c r="AH34" t="s">
         <v>937</v>
       </c>
       <c r="AI34" t="s">
         <v>945</v>
       </c>
       <c r="AJ34" t="s">
         <v>978</v>
       </c>
       <c r="AK34" t="s">
         <v>978</v>
       </c>
     </row>
     <row r="35" spans="1:37">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" t="s">
         <v>260</v>
       </c>
       <c r="C35" t="s">
         <v>446</v>
       </c>
       <c r="D35" t="s">
         <v>446</v>
       </c>
       <c r="E35" t="s">
         <v>599</v>
       </c>
       <c r="F35" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="G35" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H35">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I35">
-        <v>185027</v>
+        <v>2415000</v>
       </c>
       <c r="J35" t="s">
         <v>710</v>
       </c>
       <c r="K35">
-        <v>92513.5</v>
+        <v>966000</v>
       </c>
       <c r="L35" t="s">
-        <v>729</v>
+        <v>740</v>
       </c>
       <c r="M35" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="N35">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="O35" t="s">
         <v>853</v>
       </c>
       <c r="R35" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S35" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T35" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U35" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V35" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W35" t="s">
         <v>893</v>
       </c>
       <c r="X35" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y35" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>939</v>
+        <v>900</v>
+      </c>
+      <c r="AD35" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG35" t="s">
+        <v>935</v>
       </c>
       <c r="AI35" t="s">
         <v>945</v>
       </c>
       <c r="AJ35" t="s">
         <v>979</v>
       </c>
       <c r="AK35" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="36" spans="1:37">
       <c r="A36" t="s">
         <v>75</v>
       </c>
       <c r="B36" t="s">
         <v>261</v>
       </c>
       <c r="C36" t="s">
         <v>447</v>
       </c>
       <c r="D36" t="s">
         <v>447</v>
       </c>
       <c r="E36" t="s">
         <v>599</v>
       </c>
       <c r="F36" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="G36" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="H36">
         <v>40</v>
       </c>
       <c r="I36">
-        <v>1412091</v>
+        <v>6984625</v>
       </c>
       <c r="J36" t="s">
         <v>710</v>
       </c>
       <c r="K36">
-        <v>564836.4</v>
+        <v>2793850</v>
       </c>
       <c r="L36" t="s">
-        <v>718</v>
+        <v>731</v>
       </c>
       <c r="M36" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="N36">
         <v>12</v>
       </c>
       <c r="O36" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="R36" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S36" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T36" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U36" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V36" t="s">
         <v>890</v>
       </c>
       <c r="W36" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X36" t="s">
         <v>896</v>
       </c>
       <c r="Y36" t="s">
         <v>900</v>
       </c>
       <c r="AD36" t="s">
         <v>926</v>
       </c>
       <c r="AG36" t="s">
         <v>936</v>
       </c>
       <c r="AI36" t="s">
         <v>945</v>
       </c>
       <c r="AJ36" t="s">
         <v>980</v>
       </c>
       <c r="AK36" t="s">
         <v>980</v>
       </c>
     </row>
     <row r="37" spans="1:37">
       <c r="A37" t="s">
         <v>76</v>
       </c>
       <c r="B37" t="s">
         <v>262</v>
       </c>
       <c r="C37" t="s">
         <v>448</v>
       </c>
       <c r="D37" t="s">
         <v>448</v>
       </c>
       <c r="E37" t="s">
         <v>599</v>
       </c>
       <c r="F37" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="G37" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="H37">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I37">
-        <v>348534</v>
+        <v>199020</v>
       </c>
       <c r="J37" t="s">
         <v>710</v>
       </c>
       <c r="K37">
-        <v>174267</v>
+        <v>79608</v>
       </c>
       <c r="L37" t="s">
-        <v>741</v>
+        <v>728</v>
       </c>
       <c r="M37" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="N37">
         <v>169</v>
       </c>
       <c r="O37" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R37" t="s">
         <v>870</v>
       </c>
       <c r="S37" t="s">
         <v>875</v>
       </c>
       <c r="T37" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U37" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V37" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W37" t="s">
         <v>893</v>
       </c>
       <c r="X37" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y37" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG37" t="s">
+        <v>936</v>
       </c>
       <c r="AI37" t="s">
         <v>945</v>
       </c>
       <c r="AJ37" t="s">
         <v>981</v>
       </c>
       <c r="AK37" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="38" spans="1:37">
       <c r="A38" t="s">
         <v>77</v>
       </c>
       <c r="B38" t="s">
         <v>263</v>
       </c>
       <c r="C38" t="s">
         <v>449</v>
       </c>
       <c r="D38" t="s">
         <v>449</v>
       </c>
       <c r="E38" t="s">
         <v>599</v>
       </c>
       <c r="F38" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="G38" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H38">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I38">
-        <v>6984625</v>
+        <v>200000</v>
       </c>
       <c r="J38" t="s">
         <v>710</v>
       </c>
       <c r="K38">
-        <v>2793850</v>
+        <v>120000</v>
       </c>
       <c r="L38" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="M38" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="N38">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O38" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R38" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S38" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T38" t="s">
         <v>880</v>
       </c>
       <c r="U38" t="s">
         <v>880</v>
       </c>
       <c r="V38" t="s">
         <v>890</v>
       </c>
       <c r="W38" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X38" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y38" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>902</v>
+      </c>
+      <c r="AE38" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH38" t="s">
+        <v>937</v>
       </c>
       <c r="AI38" t="s">
         <v>945</v>
       </c>
       <c r="AJ38" t="s">
         <v>982</v>
       </c>
       <c r="AK38" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="39" spans="1:37">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>264</v>
       </c>
       <c r="C39" t="s">
         <v>450</v>
       </c>
       <c r="D39" t="s">
         <v>450</v>
       </c>
       <c r="E39" t="s">
         <v>599</v>
       </c>
       <c r="F39" t="s">
-        <v>617</v>
+        <v>601</v>
       </c>
       <c r="G39" t="s">
-        <v>671</v>
+        <v>658</v>
       </c>
       <c r="H39">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I39">
-        <v>391095</v>
+        <v>290462</v>
       </c>
       <c r="J39" t="s">
         <v>710</v>
       </c>
       <c r="K39">
-        <v>156438</v>
+        <v>145231</v>
       </c>
       <c r="L39" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="M39" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="N39">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="O39" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R39" t="s">
         <v>869</v>
       </c>
       <c r="S39" t="s">
         <v>874</v>
       </c>
       <c r="T39" t="s">
         <v>879</v>
       </c>
       <c r="U39" t="s">
         <v>879</v>
       </c>
       <c r="V39" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W39" t="s">
         <v>892</v>
       </c>
       <c r="X39" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y39" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>907</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>918</v>
+      </c>
+      <c r="AE39" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH39" t="s">
+        <v>941</v>
       </c>
       <c r="AI39" t="s">
         <v>945</v>
       </c>
       <c r="AJ39" t="s">
-        <v>983</v>
+        <v>947</v>
       </c>
       <c r="AK39" t="s">
-        <v>983</v>
+        <v>947</v>
       </c>
     </row>
     <row r="40" spans="1:37">
       <c r="A40" t="s">
         <v>79</v>
       </c>
       <c r="B40" t="s">
         <v>265</v>
       </c>
       <c r="C40" t="s">
         <v>451</v>
       </c>
       <c r="D40" t="s">
         <v>451</v>
       </c>
       <c r="E40" t="s">
         <v>599</v>
       </c>
       <c r="F40" t="s">
-        <v>604</v>
+        <v>619</v>
       </c>
       <c r="G40" t="s">
-        <v>660</v>
+        <v>677</v>
       </c>
       <c r="H40">
         <v>40</v>
       </c>
       <c r="I40">
-        <v>200000</v>
+        <v>1120200</v>
       </c>
       <c r="J40" t="s">
         <v>710</v>
       </c>
       <c r="K40">
-        <v>80000</v>
+        <v>448080</v>
       </c>
       <c r="L40" t="s">
-        <v>729</v>
+        <v>742</v>
       </c>
       <c r="M40" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N40">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R40" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S40" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T40" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="U40" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="V40" t="s">
         <v>890</v>
       </c>
       <c r="W40" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X40" t="s">
         <v>896</v>
       </c>
       <c r="Y40" t="s">
         <v>900</v>
       </c>
       <c r="AD40" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG40" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI40" t="s">
         <v>945</v>
       </c>
       <c r="AJ40" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
       <c r="AK40" t="s">
-        <v>984</v>
+        <v>983</v>
       </c>
     </row>
     <row r="41" spans="1:37">
       <c r="A41" t="s">
         <v>80</v>
       </c>
       <c r="B41" t="s">
         <v>266</v>
       </c>
       <c r="C41" t="s">
         <v>452</v>
       </c>
       <c r="D41" t="s">
         <v>452</v>
       </c>
       <c r="E41" t="s">
         <v>599</v>
       </c>
       <c r="F41" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="G41" t="s">
-        <v>662</v>
+        <v>678</v>
       </c>
       <c r="H41">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I41">
-        <v>5000000</v>
+        <v>4917710.49</v>
       </c>
       <c r="J41" t="s">
         <v>710</v>
       </c>
       <c r="K41">
-        <v>2000000</v>
+        <v>2458855.25</v>
       </c>
       <c r="L41" t="s">
-        <v>728</v>
+        <v>743</v>
       </c>
       <c r="M41" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="N41">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="O41" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="R41" t="s">
         <v>869</v>
       </c>
       <c r="S41" t="s">
         <v>874</v>
       </c>
       <c r="T41" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U41" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V41" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W41" t="s">
         <v>892</v>
       </c>
       <c r="X41" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y41" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>920</v>
+      </c>
+      <c r="AE41" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH41" t="s">
+        <v>941</v>
       </c>
       <c r="AI41" t="s">
         <v>945</v>
       </c>
       <c r="AJ41" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
       <c r="AK41" t="s">
-        <v>985</v>
+        <v>984</v>
       </c>
     </row>
     <row r="42" spans="1:37">
       <c r="A42" t="s">
         <v>81</v>
       </c>
       <c r="B42" t="s">
         <v>267</v>
       </c>
       <c r="C42" t="s">
         <v>453</v>
       </c>
       <c r="D42" t="s">
         <v>453</v>
       </c>
       <c r="E42" t="s">
         <v>599</v>
       </c>
       <c r="F42" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="G42" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H42">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I42">
-        <v>299995.9</v>
+        <v>2163000</v>
       </c>
       <c r="J42" t="s">
         <v>710</v>
       </c>
       <c r="K42">
-        <v>149997.95</v>
+        <v>865200</v>
       </c>
       <c r="L42" t="s">
-        <v>743</v>
+        <v>730</v>
       </c>
       <c r="M42" t="s">
-        <v>841</v>
+        <v>837</v>
       </c>
       <c r="N42">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O42" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R42" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S42" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T42" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U42" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V42" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W42" t="s">
         <v>893</v>
       </c>
       <c r="X42" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y42" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD42" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG42" t="s">
+        <v>936</v>
       </c>
       <c r="AI42" t="s">
         <v>945</v>
       </c>
       <c r="AJ42" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
       <c r="AK42" t="s">
-        <v>986</v>
+        <v>985</v>
       </c>
     </row>
     <row r="43" spans="1:37">
       <c r="A43" t="s">
         <v>82</v>
       </c>
       <c r="B43" t="s">
         <v>268</v>
       </c>
       <c r="C43" t="s">
         <v>454</v>
       </c>
       <c r="D43" t="s">
         <v>454</v>
       </c>
       <c r="E43" t="s">
         <v>599</v>
       </c>
       <c r="F43" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="G43" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="H43">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I43">
-        <v>2417632</v>
+        <v>299054.41</v>
       </c>
       <c r="J43" t="s">
         <v>710</v>
       </c>
       <c r="K43">
-        <v>967052.8</v>
+        <v>149527.2</v>
       </c>
       <c r="L43" t="s">
         <v>744</v>
       </c>
       <c r="M43" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="N43">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="O43" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="R43" t="s">
         <v>869</v>
       </c>
       <c r="S43" t="s">
         <v>874</v>
       </c>
       <c r="T43" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U43" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V43" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W43" t="s">
         <v>892</v>
       </c>
       <c r="X43" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y43" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>920</v>
+      </c>
+      <c r="AE43" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH43" t="s">
+        <v>941</v>
       </c>
       <c r="AI43" t="s">
         <v>945</v>
       </c>
       <c r="AJ43" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
       <c r="AK43" t="s">
-        <v>987</v>
+        <v>986</v>
       </c>
     </row>
     <row r="44" spans="1:37">
       <c r="A44" t="s">
         <v>83</v>
       </c>
       <c r="B44" t="s">
         <v>269</v>
       </c>
       <c r="C44" t="s">
         <v>455</v>
       </c>
       <c r="D44" t="s">
         <v>455</v>
       </c>
       <c r="E44" t="s">
         <v>599</v>
       </c>
       <c r="F44" t="s">
-        <v>618</v>
+        <v>601</v>
       </c>
       <c r="G44" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
       <c r="H44">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I44">
-        <v>569037</v>
+        <v>13600000</v>
       </c>
       <c r="J44" t="s">
         <v>710</v>
       </c>
       <c r="K44">
-        <v>284518.5</v>
+        <v>5440000</v>
       </c>
       <c r="L44" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="M44" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="N44">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O44" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R44" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S44" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T44" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U44" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V44" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W44" t="s">
         <v>893</v>
       </c>
       <c r="X44" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y44" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD44" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG44" t="s">
+        <v>936</v>
       </c>
       <c r="AI44" t="s">
         <v>945</v>
       </c>
       <c r="AJ44" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
       <c r="AK44" t="s">
-        <v>988</v>
+        <v>987</v>
       </c>
     </row>
     <row r="45" spans="1:37">
       <c r="A45" t="s">
         <v>84</v>
       </c>
       <c r="B45" t="s">
         <v>270</v>
       </c>
       <c r="C45" t="s">
         <v>456</v>
       </c>
       <c r="D45" t="s">
         <v>456</v>
       </c>
       <c r="E45" t="s">
         <v>599</v>
       </c>
       <c r="F45" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="G45" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="H45">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I45">
-        <v>2379590</v>
+        <v>4154602.09</v>
       </c>
       <c r="J45" t="s">
         <v>710</v>
       </c>
       <c r="K45">
-        <v>1427754</v>
+        <v>2077301.04</v>
       </c>
       <c r="L45" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="M45" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="N45">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O45" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R45" t="s">
         <v>869</v>
       </c>
       <c r="S45" t="s">
         <v>874</v>
       </c>
       <c r="T45" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U45" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V45" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W45" t="s">
         <v>892</v>
       </c>
       <c r="X45" t="s">
         <v>895</v>
       </c>
       <c r="Y45" t="s">
         <v>899</v>
       </c>
+      <c r="AA45" t="s">
+        <v>910</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>921</v>
+      </c>
       <c r="AE45" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="AH45" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="AI45" t="s">
         <v>945</v>
       </c>
       <c r="AJ45" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
       <c r="AK45" t="s">
-        <v>989</v>
+        <v>988</v>
       </c>
     </row>
     <row r="46" spans="1:37">
       <c r="A46" t="s">
         <v>85</v>
       </c>
       <c r="B46" t="s">
         <v>271</v>
       </c>
       <c r="C46" t="s">
         <v>457</v>
       </c>
       <c r="D46" t="s">
         <v>457</v>
       </c>
       <c r="E46" t="s">
         <v>599</v>
       </c>
       <c r="F46" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="G46" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="H46">
         <v>40</v>
       </c>
       <c r="I46">
-        <v>1831500</v>
+        <v>1591067</v>
       </c>
       <c r="J46" t="s">
         <v>710</v>
       </c>
       <c r="K46">
-        <v>732600</v>
+        <v>636426.8</v>
       </c>
       <c r="L46" t="s">
-        <v>721</v>
+        <v>715</v>
       </c>
       <c r="M46" t="s">
         <v>835</v>
       </c>
       <c r="N46">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="O46" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="R46" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S46" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T46" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U46" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V46" t="s">
         <v>890</v>
       </c>
       <c r="W46" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X46" t="s">
         <v>896</v>
       </c>
       <c r="Y46" t="s">
         <v>900</v>
       </c>
       <c r="AD46" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="AG46" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="AI46" t="s">
         <v>945</v>
       </c>
       <c r="AJ46" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
       <c r="AK46" t="s">
-        <v>990</v>
+        <v>989</v>
       </c>
     </row>
     <row r="47" spans="1:37">
       <c r="A47" t="s">
         <v>86</v>
       </c>
       <c r="B47" t="s">
         <v>272</v>
       </c>
       <c r="C47" t="s">
         <v>458</v>
       </c>
       <c r="D47" t="s">
         <v>458</v>
       </c>
       <c r="E47" t="s">
         <v>599</v>
       </c>
       <c r="F47" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="G47" t="s">
-        <v>658</v>
+        <v>671</v>
       </c>
       <c r="H47">
         <v>40</v>
       </c>
       <c r="I47">
-        <v>2356781</v>
+        <v>12000000</v>
       </c>
       <c r="J47" t="s">
         <v>710</v>
       </c>
       <c r="K47">
-        <v>942712.4</v>
+        <v>4800000</v>
       </c>
       <c r="L47" t="s">
-        <v>746</v>
+        <v>719</v>
       </c>
       <c r="M47" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N47">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="O47" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="R47" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S47" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T47" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U47" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V47" t="s">
         <v>890</v>
       </c>
       <c r="W47" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X47" t="s">
         <v>896</v>
       </c>
       <c r="Y47" t="s">
         <v>900</v>
       </c>
       <c r="AD47" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG47" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI47" t="s">
         <v>945</v>
       </c>
       <c r="AJ47" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
       <c r="AK47" t="s">
-        <v>991</v>
+        <v>990</v>
       </c>
     </row>
     <row r="48" spans="1:37">
       <c r="A48" t="s">
         <v>87</v>
       </c>
       <c r="B48" t="s">
         <v>273</v>
       </c>
       <c r="C48" t="s">
         <v>459</v>
       </c>
       <c r="D48" t="s">
         <v>459</v>
       </c>
       <c r="E48" t="s">
         <v>599</v>
       </c>
       <c r="F48" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="G48" t="s">
-        <v>672</v>
+        <v>657</v>
       </c>
       <c r="H48">
         <v>50</v>
       </c>
       <c r="I48">
-        <v>3226770</v>
+        <v>299995.9</v>
       </c>
       <c r="J48" t="s">
         <v>710</v>
       </c>
       <c r="K48">
-        <v>1613385</v>
+        <v>149997.95</v>
       </c>
       <c r="L48" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="M48" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="N48">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O48" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R48" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S48" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T48" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U48" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V48" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W48" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X48" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y48" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA48" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="AB48" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="AE48" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH48" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI48" t="s">
         <v>945</v>
       </c>
       <c r="AJ48" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
       <c r="AK48" t="s">
-        <v>992</v>
+        <v>991</v>
       </c>
     </row>
     <row r="49" spans="1:37">
       <c r="A49" t="s">
         <v>88</v>
       </c>
       <c r="B49" t="s">
         <v>274</v>
       </c>
       <c r="C49" t="s">
         <v>460</v>
       </c>
       <c r="D49" t="s">
         <v>460</v>
       </c>
       <c r="E49" t="s">
         <v>599</v>
       </c>
       <c r="F49" t="s">
         <v>601</v>
       </c>
       <c r="G49" t="s">
-        <v>673</v>
+        <v>660</v>
       </c>
       <c r="H49">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I49">
-        <v>487500</v>
+        <v>1216490</v>
       </c>
       <c r="J49" t="s">
         <v>710</v>
       </c>
       <c r="K49">
-        <v>243750</v>
+        <v>486596</v>
       </c>
       <c r="L49" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="M49" t="s">
-        <v>843</v>
+        <v>837</v>
       </c>
       <c r="N49">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="O49" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="R49" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S49" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T49" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U49" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V49" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W49" t="s">
         <v>893</v>
       </c>
       <c r="X49" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y49" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>942</v>
+        <v>900</v>
+      </c>
+      <c r="AD49" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG49" t="s">
+        <v>936</v>
       </c>
       <c r="AI49" t="s">
         <v>945</v>
       </c>
       <c r="AJ49" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
       <c r="AK49" t="s">
-        <v>993</v>
+        <v>992</v>
       </c>
     </row>
     <row r="50" spans="1:37">
       <c r="A50" t="s">
         <v>89</v>
       </c>
       <c r="B50" t="s">
         <v>275</v>
       </c>
       <c r="C50" t="s">
         <v>461</v>
       </c>
       <c r="D50" t="s">
         <v>461</v>
       </c>
       <c r="E50" t="s">
         <v>599</v>
       </c>
       <c r="F50" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="G50" t="s">
-        <v>674</v>
+        <v>657</v>
       </c>
       <c r="H50">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I50">
-        <v>237581</v>
+        <v>206717.31</v>
       </c>
       <c r="J50" t="s">
         <v>710</v>
       </c>
       <c r="K50">
-        <v>142548.6</v>
+        <v>103358.65</v>
       </c>
       <c r="L50" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="M50" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="N50">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O50" t="s">
         <v>849</v>
       </c>
       <c r="R50" t="s">
         <v>869</v>
       </c>
       <c r="S50" t="s">
         <v>874</v>
       </c>
       <c r="T50" t="s">
         <v>879</v>
       </c>
       <c r="U50" t="s">
         <v>879</v>
       </c>
       <c r="V50" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W50" t="s">
         <v>892</v>
       </c>
       <c r="X50" t="s">
         <v>895</v>
       </c>
       <c r="Y50" t="s">
         <v>899</v>
       </c>
+      <c r="AA50" t="s">
+        <v>905</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>916</v>
+      </c>
       <c r="AE50" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="AH50" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="AI50" t="s">
         <v>945</v>
       </c>
       <c r="AJ50" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
       <c r="AK50" t="s">
-        <v>994</v>
+        <v>993</v>
       </c>
     </row>
     <row r="51" spans="1:37">
       <c r="A51" t="s">
         <v>90</v>
       </c>
       <c r="B51" t="s">
         <v>276</v>
       </c>
       <c r="C51" t="s">
         <v>462</v>
       </c>
       <c r="D51" t="s">
         <v>462</v>
       </c>
       <c r="E51" t="s">
         <v>599</v>
       </c>
       <c r="F51" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="G51" t="s">
-        <v>675</v>
+        <v>658</v>
       </c>
       <c r="H51">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I51">
-        <v>998016</v>
+        <v>2976548</v>
       </c>
       <c r="J51" t="s">
         <v>710</v>
       </c>
       <c r="K51">
-        <v>598809.6</v>
+        <v>1488274</v>
       </c>
       <c r="L51" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="M51" t="s">
         <v>838</v>
       </c>
       <c r="N51">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="O51" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R51" t="s">
         <v>869</v>
       </c>
       <c r="S51" t="s">
         <v>874</v>
       </c>
       <c r="T51" t="s">
         <v>879</v>
       </c>
       <c r="U51" t="s">
         <v>879</v>
       </c>
       <c r="V51" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W51" t="s">
         <v>892</v>
       </c>
       <c r="X51" t="s">
         <v>895</v>
       </c>
       <c r="Y51" t="s">
         <v>899</v>
       </c>
+      <c r="AA51" t="s">
+        <v>905</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>916</v>
+      </c>
       <c r="AE51" t="s">
         <v>930</v>
       </c>
       <c r="AH51" t="s">
         <v>940</v>
       </c>
       <c r="AI51" t="s">
         <v>945</v>
       </c>
       <c r="AJ51" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
       <c r="AK51" t="s">
-        <v>995</v>
+        <v>994</v>
       </c>
     </row>
     <row r="52" spans="1:37">
       <c r="A52" t="s">
         <v>91</v>
       </c>
       <c r="B52" t="s">
         <v>277</v>
       </c>
       <c r="C52" t="s">
         <v>463</v>
       </c>
       <c r="D52" t="s">
         <v>463</v>
       </c>
       <c r="E52" t="s">
         <v>599</v>
       </c>
       <c r="F52" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="G52" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="H52">
         <v>50</v>
       </c>
       <c r="I52">
-        <v>262500</v>
+        <v>581687</v>
       </c>
       <c r="J52" t="s">
         <v>710</v>
       </c>
       <c r="K52">
-        <v>131250</v>
+        <v>290843.5</v>
       </c>
       <c r="L52" t="s">
-        <v>751</v>
+        <v>717</v>
       </c>
       <c r="M52" t="s">
-        <v>844</v>
+        <v>838</v>
       </c>
       <c r="N52">
         <v>21</v>
       </c>
       <c r="O52" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R52" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S52" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T52" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U52" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V52" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W52" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X52" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y52" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA52" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
       <c r="AB52" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="AE52" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="AH52" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="AI52" t="s">
         <v>945</v>
       </c>
       <c r="AJ52" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
       <c r="AK52" t="s">
-        <v>996</v>
+        <v>995</v>
       </c>
     </row>
     <row r="53" spans="1:37">
       <c r="A53" t="s">
         <v>92</v>
       </c>
       <c r="B53" t="s">
         <v>278</v>
       </c>
       <c r="C53" t="s">
         <v>464</v>
       </c>
       <c r="D53" t="s">
         <v>464</v>
       </c>
       <c r="E53" t="s">
         <v>599</v>
       </c>
       <c r="F53" t="s">
-        <v>609</v>
+        <v>621</v>
       </c>
       <c r="G53" t="s">
         <v>661</v>
       </c>
       <c r="H53">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I53">
-        <v>55090907</v>
+        <v>168488365</v>
       </c>
       <c r="J53" t="s">
         <v>710</v>
       </c>
       <c r="K53">
-        <v>33054544.2</v>
+        <v>67395346</v>
       </c>
       <c r="L53" t="s">
-        <v>727</v>
+        <v>749</v>
       </c>
       <c r="M53" t="s">
-        <v>845</v>
+        <v>837</v>
       </c>
       <c r="N53">
         <v>42</v>
       </c>
       <c r="O53" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="R53" t="s">
         <v>873</v>
       </c>
       <c r="S53" t="s">
         <v>878</v>
       </c>
       <c r="T53" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="U53" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="V53" t="s">
         <v>890</v>
       </c>
       <c r="W53" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X53" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y53" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>943</v>
+        <v>900</v>
+      </c>
+      <c r="AD53" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG53" t="s">
+        <v>936</v>
       </c>
       <c r="AI53" t="s">
         <v>945</v>
       </c>
       <c r="AJ53" t="s">
-        <v>963</v>
+        <v>996</v>
       </c>
       <c r="AK53" t="s">
-        <v>963</v>
+        <v>996</v>
       </c>
     </row>
     <row r="54" spans="1:37">
       <c r="A54" t="s">
         <v>93</v>
       </c>
       <c r="B54" t="s">
         <v>279</v>
       </c>
       <c r="C54" t="s">
         <v>465</v>
       </c>
       <c r="D54" t="s">
         <v>465</v>
       </c>
       <c r="E54" t="s">
         <v>599</v>
       </c>
       <c r="F54" t="s">
         <v>622</v>
       </c>
       <c r="G54" t="s">
-        <v>666</v>
+        <v>612</v>
       </c>
       <c r="H54">
         <v>50</v>
       </c>
       <c r="I54">
-        <v>218275</v>
+        <v>47200</v>
       </c>
       <c r="J54" t="s">
         <v>710</v>
       </c>
       <c r="K54">
-        <v>109137.5</v>
+        <v>23600</v>
       </c>
       <c r="L54" t="s">
-        <v>714</v>
+        <v>750</v>
       </c>
       <c r="M54" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="N54">
         <v>21</v>
       </c>
       <c r="O54" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R54" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S54" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T54" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U54" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V54" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W54" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X54" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y54" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA54" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="AB54" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="AE54" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="AH54" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="AI54" t="s">
         <v>945</v>
       </c>
       <c r="AJ54" t="s">
         <v>997</v>
       </c>
       <c r="AK54" t="s">
         <v>997</v>
       </c>
     </row>
     <row r="55" spans="1:37">
       <c r="A55" t="s">
         <v>94</v>
       </c>
       <c r="B55" t="s">
         <v>280</v>
       </c>
       <c r="C55" t="s">
         <v>466</v>
       </c>
       <c r="D55" t="s">
         <v>466</v>
       </c>
       <c r="E55" t="s">
         <v>599</v>
       </c>
       <c r="F55" t="s">
-        <v>602</v>
+        <v>623</v>
       </c>
       <c r="G55" t="s">
-        <v>658</v>
+        <v>680</v>
       </c>
       <c r="H55">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I55">
-        <v>881565</v>
+        <v>32400</v>
       </c>
       <c r="J55" t="s">
         <v>710</v>
       </c>
       <c r="K55">
-        <v>352626</v>
+        <v>19440</v>
       </c>
       <c r="L55" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="M55" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N55">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="O55" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="R55" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S55" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T55" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="U55" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="V55" t="s">
         <v>890</v>
       </c>
       <c r="W55" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X55" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y55" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>902</v>
+      </c>
+      <c r="AE55" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH55" t="s">
+        <v>939</v>
       </c>
       <c r="AI55" t="s">
         <v>945</v>
       </c>
       <c r="AJ55" t="s">
         <v>998</v>
       </c>
       <c r="AK55" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="56" spans="1:37">
       <c r="A56" t="s">
         <v>95</v>
       </c>
       <c r="B56" t="s">
         <v>281</v>
       </c>
       <c r="C56" t="s">
         <v>467</v>
       </c>
       <c r="D56" t="s">
         <v>467</v>
       </c>
       <c r="E56" t="s">
         <v>599</v>
       </c>
       <c r="F56" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="G56" t="s">
-        <v>648</v>
+        <v>681</v>
       </c>
       <c r="H56">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I56">
-        <v>1000000</v>
+        <v>992000</v>
       </c>
       <c r="J56" t="s">
         <v>710</v>
       </c>
       <c r="K56">
-        <v>500000</v>
+        <v>396800</v>
       </c>
       <c r="L56" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="M56" t="s">
-        <v>846</v>
+        <v>835</v>
       </c>
       <c r="N56">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O56" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R56" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S56" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T56" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U56" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V56" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W56" t="s">
         <v>893</v>
       </c>
       <c r="X56" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y56" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD56" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG56" t="s">
+        <v>935</v>
       </c>
       <c r="AI56" t="s">
         <v>945</v>
       </c>
       <c r="AJ56" t="s">
         <v>999</v>
       </c>
       <c r="AK56" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="57" spans="1:37">
       <c r="A57" t="s">
         <v>96</v>
       </c>
       <c r="B57" t="s">
         <v>282</v>
       </c>
       <c r="C57" t="s">
         <v>468</v>
       </c>
       <c r="D57" t="s">
         <v>468</v>
       </c>
       <c r="E57" t="s">
         <v>599</v>
       </c>
       <c r="F57" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="G57" t="s">
-        <v>676</v>
+        <v>657</v>
       </c>
       <c r="H57">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I57">
-        <v>36400</v>
+        <v>1000000</v>
       </c>
       <c r="J57" t="s">
         <v>710</v>
       </c>
       <c r="K57">
-        <v>14560</v>
+        <v>500000</v>
       </c>
       <c r="L57" t="s">
-        <v>754</v>
+        <v>711</v>
       </c>
       <c r="M57" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="N57">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O57" t="s">
         <v>849</v>
       </c>
       <c r="R57" t="s">
         <v>869</v>
       </c>
       <c r="S57" t="s">
         <v>874</v>
       </c>
       <c r="T57" t="s">
         <v>879</v>
       </c>
       <c r="U57" t="s">
         <v>879</v>
       </c>
       <c r="V57" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W57" t="s">
         <v>892</v>
       </c>
       <c r="X57" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y57" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>903</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>914</v>
+      </c>
+      <c r="AE57" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH57" t="s">
+        <v>937</v>
       </c>
       <c r="AI57" t="s">
         <v>945</v>
       </c>
       <c r="AJ57" t="s">
         <v>1000</v>
       </c>
       <c r="AK57" t="s">
         <v>1000</v>
       </c>
     </row>
     <row r="58" spans="1:37">
       <c r="A58" t="s">
         <v>97</v>
       </c>
       <c r="B58" t="s">
         <v>283</v>
       </c>
       <c r="C58" t="s">
         <v>469</v>
       </c>
       <c r="D58" t="s">
         <v>469</v>
       </c>
       <c r="E58" t="s">
         <v>599</v>
       </c>
       <c r="F58" t="s">
-        <v>604</v>
+        <v>626</v>
       </c>
       <c r="G58" t="s">
-        <v>660</v>
+        <v>682</v>
       </c>
       <c r="H58">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I58">
-        <v>200000</v>
+        <v>300000</v>
       </c>
       <c r="J58" t="s">
         <v>710</v>
       </c>
       <c r="K58">
-        <v>80000</v>
+        <v>150000</v>
       </c>
       <c r="L58" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="M58" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="N58">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="O58" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="R58" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="S58" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="T58" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="U58" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="V58" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W58" t="s">
         <v>892</v>
       </c>
       <c r="X58" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y58" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>905</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>916</v>
+      </c>
+      <c r="AE58" t="s">
+        <v>930</v>
+      </c>
+      <c r="AH58" t="s">
+        <v>940</v>
       </c>
       <c r="AI58" t="s">
         <v>945</v>
       </c>
       <c r="AJ58" t="s">
         <v>1001</v>
       </c>
       <c r="AK58" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="59" spans="1:37">
       <c r="A59" t="s">
         <v>98</v>
       </c>
       <c r="B59" t="s">
         <v>284</v>
       </c>
       <c r="C59" t="s">
         <v>470</v>
       </c>
       <c r="D59" t="s">
         <v>470</v>
       </c>
       <c r="E59" t="s">
         <v>599</v>
       </c>
       <c r="F59" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="G59" t="s">
         <v>660</v>
       </c>
       <c r="H59">
         <v>40</v>
       </c>
       <c r="I59">
-        <v>198838.1</v>
+        <v>1933395</v>
       </c>
       <c r="J59" t="s">
         <v>710</v>
       </c>
       <c r="K59">
-        <v>79535.24000000001</v>
+        <v>773358</v>
       </c>
       <c r="L59" t="s">
-        <v>756</v>
+        <v>730</v>
       </c>
       <c r="M59" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N59">
-        <v>169</v>
+        <v>28</v>
       </c>
       <c r="O59" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="R59" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S59" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T59" t="s">
         <v>882</v>
       </c>
       <c r="U59" t="s">
         <v>882</v>
       </c>
       <c r="V59" t="s">
         <v>890</v>
       </c>
       <c r="W59" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X59" t="s">
         <v>896</v>
       </c>
       <c r="Y59" t="s">
         <v>900</v>
       </c>
       <c r="AD59" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG59" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI59" t="s">
         <v>945</v>
       </c>
       <c r="AJ59" t="s">
         <v>1002</v>
       </c>
       <c r="AK59" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="60" spans="1:37">
       <c r="A60" t="s">
         <v>99</v>
       </c>
       <c r="B60" t="s">
         <v>285</v>
       </c>
       <c r="C60" t="s">
         <v>471</v>
       </c>
       <c r="D60" t="s">
         <v>471</v>
       </c>
       <c r="E60" t="s">
         <v>599</v>
       </c>
       <c r="F60" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="G60" t="s">
-        <v>677</v>
+        <v>657</v>
       </c>
       <c r="H60">
         <v>50</v>
       </c>
       <c r="I60">
-        <v>7800000</v>
+        <v>300000</v>
       </c>
       <c r="J60" t="s">
         <v>710</v>
       </c>
       <c r="K60">
-        <v>3900000</v>
+        <v>150000</v>
       </c>
       <c r="L60" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="M60" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="N60">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O60" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R60" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S60" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T60" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U60" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V60" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W60" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X60" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y60" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA60" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="AB60" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="AE60" t="s">
         <v>928</v>
       </c>
       <c r="AH60" t="s">
         <v>938</v>
       </c>
       <c r="AI60" t="s">
         <v>945</v>
       </c>
       <c r="AJ60" t="s">
         <v>1003</v>
       </c>
       <c r="AK60" t="s">
         <v>1003</v>
       </c>
     </row>
     <row r="61" spans="1:37">
       <c r="A61" t="s">
         <v>100</v>
       </c>
       <c r="B61" t="s">
         <v>286</v>
       </c>
       <c r="C61" t="s">
         <v>472</v>
       </c>
       <c r="D61" t="s">
         <v>472</v>
       </c>
       <c r="E61" t="s">
         <v>599</v>
       </c>
       <c r="F61" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="G61" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="H61">
         <v>50</v>
       </c>
       <c r="I61">
-        <v>198278</v>
+        <v>187500</v>
       </c>
       <c r="J61" t="s">
         <v>710</v>
       </c>
       <c r="K61">
-        <v>99139</v>
+        <v>93750</v>
       </c>
       <c r="L61" t="s">
-        <v>729</v>
+        <v>755</v>
       </c>
       <c r="M61" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
       <c r="N61">
         <v>21</v>
       </c>
       <c r="O61" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R61" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S61" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T61" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U61" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V61" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W61" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X61" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y61" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA61" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="AB61" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="AE61" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="AH61" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="AI61" t="s">
         <v>945</v>
       </c>
       <c r="AJ61" t="s">
         <v>1004</v>
       </c>
       <c r="AK61" t="s">
         <v>1004</v>
       </c>
     </row>
     <row r="62" spans="1:37">
       <c r="A62" t="s">
         <v>101</v>
       </c>
       <c r="B62" t="s">
         <v>287</v>
       </c>
       <c r="C62" t="s">
         <v>473</v>
       </c>
       <c r="D62" t="s">
         <v>473</v>
       </c>
       <c r="E62" t="s">
         <v>599</v>
       </c>
       <c r="F62" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="G62" t="s">
-        <v>677</v>
+        <v>662</v>
       </c>
       <c r="H62">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I62">
-        <v>290462</v>
+        <v>194472.5</v>
       </c>
       <c r="J62" t="s">
         <v>710</v>
       </c>
       <c r="K62">
-        <v>145231</v>
+        <v>77789</v>
       </c>
       <c r="L62" t="s">
-        <v>726</v>
+        <v>756</v>
       </c>
       <c r="M62" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
       <c r="N62">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O62" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R62" t="s">
         <v>870</v>
       </c>
       <c r="S62" t="s">
         <v>875</v>
       </c>
       <c r="T62" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U62" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V62" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W62" t="s">
         <v>893</v>
       </c>
       <c r="X62" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y62" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD62" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG62" t="s">
+        <v>935</v>
       </c>
       <c r="AI62" t="s">
         <v>945</v>
       </c>
       <c r="AJ62" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="AK62" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="63" spans="1:37">
       <c r="A63" t="s">
         <v>102</v>
       </c>
       <c r="B63" t="s">
         <v>288</v>
       </c>
       <c r="C63" t="s">
         <v>474</v>
       </c>
       <c r="D63" t="s">
         <v>474</v>
       </c>
       <c r="E63" t="s">
         <v>599</v>
       </c>
       <c r="F63" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="G63" t="s">
-        <v>660</v>
+        <v>657</v>
       </c>
       <c r="H63">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I63">
-        <v>200000</v>
+        <v>171732.86</v>
       </c>
       <c r="J63" t="s">
         <v>710</v>
       </c>
       <c r="K63">
-        <v>80000</v>
+        <v>85866.42999999999</v>
       </c>
       <c r="L63" t="s">
         <v>757</v>
       </c>
       <c r="M63" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="N63">
         <v>169</v>
       </c>
       <c r="O63" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R63" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="S63" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="T63" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="U63" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="V63" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W63" t="s">
         <v>892</v>
       </c>
       <c r="X63" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y63" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>920</v>
+      </c>
+      <c r="AE63" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH63" t="s">
+        <v>941</v>
       </c>
       <c r="AI63" t="s">
         <v>945</v>
       </c>
       <c r="AJ63" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="AK63" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="64" spans="1:37">
       <c r="A64" t="s">
         <v>103</v>
       </c>
       <c r="B64" t="s">
         <v>289</v>
       </c>
       <c r="C64" t="s">
         <v>475</v>
       </c>
       <c r="D64" t="s">
         <v>475</v>
       </c>
       <c r="E64" t="s">
         <v>599</v>
       </c>
       <c r="F64" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="G64" t="s">
-        <v>659</v>
+        <v>684</v>
       </c>
       <c r="H64">
         <v>50</v>
       </c>
       <c r="I64">
-        <v>294056</v>
+        <v>4995704</v>
       </c>
       <c r="J64" t="s">
         <v>710</v>
       </c>
       <c r="K64">
-        <v>147028</v>
+        <v>2497852</v>
       </c>
       <c r="L64" t="s">
         <v>758</v>
       </c>
       <c r="M64" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="N64">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="O64" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="R64" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S64" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T64" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U64" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V64" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W64" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X64" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y64" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA64" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="AB64" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="AE64" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="AH64" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="AI64" t="s">
         <v>945</v>
       </c>
       <c r="AJ64" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="AK64" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="65" spans="1:37">
       <c r="A65" t="s">
         <v>104</v>
       </c>
       <c r="B65" t="s">
         <v>290</v>
       </c>
       <c r="C65" t="s">
         <v>476</v>
       </c>
       <c r="D65" t="s">
         <v>476</v>
       </c>
       <c r="E65" t="s">
         <v>599</v>
       </c>
       <c r="F65" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="G65" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H65">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I65">
-        <v>299439.5</v>
+        <v>3569000</v>
       </c>
       <c r="J65" t="s">
         <v>710</v>
       </c>
       <c r="K65">
-        <v>149719.75</v>
+        <v>1427600</v>
       </c>
       <c r="L65" t="s">
-        <v>759</v>
+        <v>719</v>
       </c>
       <c r="M65" t="s">
         <v>837</v>
       </c>
       <c r="N65">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O65" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R65" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S65" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T65" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U65" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V65" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W65" t="s">
         <v>893</v>
       </c>
       <c r="X65" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y65" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>939</v>
+        <v>900</v>
+      </c>
+      <c r="AD65" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG65" t="s">
+        <v>936</v>
       </c>
       <c r="AI65" t="s">
         <v>945</v>
       </c>
       <c r="AJ65" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="AK65" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="66" spans="1:37">
       <c r="A66" t="s">
         <v>105</v>
       </c>
       <c r="B66" t="s">
         <v>291</v>
       </c>
       <c r="C66" t="s">
         <v>477</v>
       </c>
       <c r="D66" t="s">
         <v>477</v>
       </c>
       <c r="E66" t="s">
         <v>599</v>
       </c>
       <c r="F66" t="s">
-        <v>615</v>
+        <v>627</v>
       </c>
       <c r="G66" t="s">
-        <v>659</v>
+        <v>679</v>
       </c>
       <c r="H66">
         <v>50</v>
       </c>
       <c r="I66">
-        <v>768265.35</v>
+        <v>150000</v>
       </c>
       <c r="J66" t="s">
         <v>710</v>
       </c>
       <c r="K66">
-        <v>384132.67</v>
+        <v>75000</v>
       </c>
       <c r="L66" t="s">
-        <v>760</v>
+        <v>735</v>
       </c>
       <c r="M66" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="N66">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="O66" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="R66" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S66" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T66" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U66" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V66" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W66" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X66" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y66" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA66" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="AB66" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="AE66" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH66" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI66" t="s">
         <v>945</v>
       </c>
       <c r="AJ66" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="AK66" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="67" spans="1:37">
       <c r="A67" t="s">
         <v>106</v>
       </c>
       <c r="B67" t="s">
         <v>292</v>
       </c>
       <c r="C67" t="s">
         <v>478</v>
       </c>
       <c r="D67" t="s">
         <v>478</v>
       </c>
       <c r="E67" t="s">
         <v>599</v>
       </c>
       <c r="F67" t="s">
-        <v>602</v>
+        <v>625</v>
       </c>
       <c r="G67" t="s">
-        <v>677</v>
+        <v>657</v>
       </c>
       <c r="H67">
         <v>50</v>
       </c>
       <c r="I67">
-        <v>290462</v>
+        <v>840933.33</v>
       </c>
       <c r="J67" t="s">
         <v>710</v>
       </c>
       <c r="K67">
-        <v>145231</v>
+        <v>420466.66</v>
       </c>
       <c r="L67" t="s">
-        <v>761</v>
+        <v>728</v>
       </c>
       <c r="M67" t="s">
         <v>840</v>
       </c>
       <c r="N67">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O67" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R67" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S67" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T67" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U67" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V67" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W67" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X67" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y67" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA67" t="s">
         <v>906</v>
       </c>
       <c r="AB67" t="s">
         <v>917</v>
       </c>
       <c r="AE67" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="AH67" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="AI67" t="s">
         <v>945</v>
       </c>
       <c r="AJ67" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
       <c r="AK67" t="s">
-        <v>1004</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="68" spans="1:37">
       <c r="A68" t="s">
         <v>107</v>
       </c>
       <c r="B68" t="s">
         <v>293</v>
       </c>
       <c r="C68" t="s">
         <v>479</v>
       </c>
       <c r="D68" t="s">
         <v>479</v>
       </c>
       <c r="E68" t="s">
         <v>599</v>
       </c>
       <c r="F68" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="G68" t="s">
         <v>658</v>
       </c>
       <c r="H68">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I68">
-        <v>1162075</v>
+        <v>290462</v>
       </c>
       <c r="J68" t="s">
         <v>710</v>
       </c>
       <c r="K68">
-        <v>464830</v>
+        <v>145231</v>
       </c>
       <c r="L68" t="s">
-        <v>718</v>
+        <v>755</v>
       </c>
       <c r="M68" t="s">
-        <v>834</v>
+        <v>845</v>
       </c>
       <c r="N68">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="O68" t="s">
         <v>850</v>
       </c>
       <c r="R68" t="s">
         <v>869</v>
       </c>
       <c r="S68" t="s">
         <v>874</v>
       </c>
       <c r="T68" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U68" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V68" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W68" t="s">
         <v>892</v>
       </c>
       <c r="X68" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y68" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>911</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>922</v>
+      </c>
+      <c r="AE68" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH68" t="s">
+        <v>941</v>
       </c>
       <c r="AI68" t="s">
         <v>945</v>
       </c>
       <c r="AJ68" t="s">
-        <v>1009</v>
+        <v>947</v>
       </c>
       <c r="AK68" t="s">
-        <v>1009</v>
+        <v>947</v>
       </c>
     </row>
     <row r="69" spans="1:37">
       <c r="A69" t="s">
         <v>108</v>
       </c>
       <c r="B69" t="s">
         <v>294</v>
       </c>
       <c r="C69" t="s">
         <v>480</v>
       </c>
       <c r="D69" t="s">
         <v>480</v>
       </c>
       <c r="E69" t="s">
         <v>599</v>
       </c>
       <c r="F69" t="s">
-        <v>608</v>
+        <v>628</v>
       </c>
       <c r="G69" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="H69">
         <v>40</v>
       </c>
       <c r="I69">
-        <v>50000</v>
+        <v>199920</v>
       </c>
       <c r="J69" t="s">
         <v>710</v>
       </c>
       <c r="K69">
-        <v>20000</v>
+        <v>79968</v>
       </c>
       <c r="L69" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="M69" t="s">
         <v>835</v>
       </c>
       <c r="N69">
         <v>26</v>
       </c>
       <c r="O69" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="R69" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S69" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T69" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="U69" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="V69" t="s">
         <v>890</v>
       </c>
       <c r="W69" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X69" t="s">
         <v>896</v>
       </c>
       <c r="Y69" t="s">
         <v>900</v>
       </c>
       <c r="AD69" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="AG69" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="AI69" t="s">
         <v>945</v>
       </c>
       <c r="AJ69" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="AK69" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="70" spans="1:37">
       <c r="A70" t="s">
         <v>109</v>
       </c>
       <c r="B70" t="s">
         <v>295</v>
       </c>
       <c r="C70" t="s">
         <v>481</v>
       </c>
       <c r="D70" t="s">
         <v>481</v>
       </c>
       <c r="E70" t="s">
         <v>599</v>
       </c>
       <c r="F70" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="G70" t="s">
         <v>661</v>
       </c>
       <c r="H70">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I70">
-        <v>6984444</v>
+        <v>2165000</v>
       </c>
       <c r="J70" t="s">
         <v>710</v>
       </c>
       <c r="K70">
-        <v>4190666.4</v>
+        <v>866000</v>
       </c>
       <c r="L70" t="s">
-        <v>763</v>
+        <v>715</v>
       </c>
       <c r="M70" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="N70">
         <v>12</v>
       </c>
       <c r="O70" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="R70" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S70" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T70" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U70" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V70" t="s">
         <v>890</v>
       </c>
       <c r="W70" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X70" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y70" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD70" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG70" t="s">
+        <v>935</v>
       </c>
       <c r="AI70" t="s">
         <v>945</v>
       </c>
       <c r="AJ70" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="AK70" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="71" spans="1:37">
       <c r="A71" t="s">
         <v>110</v>
       </c>
       <c r="B71" t="s">
         <v>296</v>
       </c>
       <c r="C71" t="s">
         <v>482</v>
       </c>
       <c r="D71" t="s">
         <v>482</v>
       </c>
       <c r="E71" t="s">
         <v>599</v>
       </c>
       <c r="F71" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G71" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H71">
         <v>60</v>
       </c>
       <c r="I71">
-        <v>199341</v>
+        <v>200000</v>
       </c>
       <c r="J71" t="s">
         <v>710</v>
       </c>
       <c r="K71">
-        <v>119604.6</v>
+        <v>120000</v>
       </c>
       <c r="L71" t="s">
-        <v>764</v>
+        <v>729</v>
       </c>
       <c r="M71" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="N71">
         <v>169</v>
       </c>
       <c r="O71" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R71" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S71" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T71" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U71" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V71" t="s">
         <v>890</v>
       </c>
       <c r="W71" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X71" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="Y71" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="AE71" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="AH71" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="AI71" t="s">
         <v>945</v>
       </c>
       <c r="AJ71" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="AK71" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="72" spans="1:37">
       <c r="A72" t="s">
         <v>111</v>
       </c>
       <c r="B72" t="s">
         <v>297</v>
       </c>
       <c r="C72" t="s">
         <v>483</v>
       </c>
       <c r="D72" t="s">
         <v>483</v>
       </c>
       <c r="E72" t="s">
         <v>599</v>
       </c>
       <c r="F72" t="s">
-        <v>605</v>
+        <v>629</v>
       </c>
       <c r="G72" t="s">
         <v>661</v>
       </c>
       <c r="H72">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I72">
-        <v>1964500</v>
+        <v>32210928</v>
       </c>
       <c r="J72" t="s">
         <v>710</v>
       </c>
       <c r="K72">
-        <v>1178700</v>
+        <v>12884371.2</v>
       </c>
       <c r="L72" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="M72" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="N72">
         <v>12</v>
       </c>
       <c r="O72" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="R72" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S72" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T72" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U72" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V72" t="s">
         <v>890</v>
       </c>
       <c r="W72" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X72" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y72" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>940</v>
+        <v>900</v>
+      </c>
+      <c r="AD72" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG72" t="s">
+        <v>936</v>
       </c>
       <c r="AI72" t="s">
         <v>945</v>
       </c>
       <c r="AJ72" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="AK72" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="73" spans="1:37">
       <c r="A73" t="s">
         <v>112</v>
       </c>
       <c r="B73" t="s">
         <v>298</v>
       </c>
       <c r="C73" t="s">
         <v>484</v>
       </c>
       <c r="D73" t="s">
         <v>484</v>
       </c>
       <c r="E73" t="s">
         <v>599</v>
       </c>
       <c r="F73" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="G73" t="s">
-        <v>660</v>
+        <v>686</v>
       </c>
       <c r="H73">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I73">
-        <v>200000</v>
+        <v>7000000</v>
       </c>
       <c r="J73" t="s">
         <v>710</v>
       </c>
       <c r="K73">
-        <v>120000</v>
+        <v>2800000</v>
       </c>
       <c r="L73" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="M73" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="N73">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="O73" t="s">
         <v>851</v>
       </c>
       <c r="R73" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S73" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T73" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U73" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V73" t="s">
         <v>890</v>
       </c>
       <c r="W73" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X73" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y73" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD73" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG73" t="s">
+        <v>935</v>
       </c>
       <c r="AI73" t="s">
         <v>945</v>
       </c>
       <c r="AJ73" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="AK73" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="74" spans="1:37">
       <c r="A74" t="s">
         <v>113</v>
       </c>
       <c r="B74" t="s">
         <v>299</v>
       </c>
       <c r="C74" t="s">
         <v>485</v>
       </c>
       <c r="D74" t="s">
         <v>485</v>
       </c>
       <c r="E74" t="s">
         <v>599</v>
       </c>
       <c r="F74" t="s">
-        <v>625</v>
+        <v>604</v>
       </c>
       <c r="G74" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H74">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I74">
-        <v>3970587.42</v>
+        <v>2666500</v>
       </c>
       <c r="J74" t="s">
         <v>710</v>
       </c>
       <c r="K74">
-        <v>1985293.71</v>
+        <v>1066600</v>
       </c>
       <c r="L74" t="s">
-        <v>753</v>
+        <v>740</v>
       </c>
       <c r="M74" t="s">
-        <v>847</v>
+        <v>835</v>
       </c>
       <c r="N74">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O74" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R74" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S74" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T74" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U74" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V74" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W74" t="s">
         <v>893</v>
       </c>
       <c r="X74" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y74" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD74" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG74" t="s">
+        <v>935</v>
       </c>
       <c r="AI74" t="s">
         <v>945</v>
       </c>
       <c r="AJ74" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="AK74" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="75" spans="1:37">
       <c r="A75" t="s">
         <v>114</v>
       </c>
       <c r="B75" t="s">
         <v>300</v>
       </c>
       <c r="C75" t="s">
         <v>486</v>
       </c>
       <c r="D75" t="s">
         <v>486</v>
       </c>
       <c r="E75" t="s">
         <v>599</v>
       </c>
       <c r="F75" t="s">
-        <v>607</v>
+        <v>630</v>
       </c>
       <c r="G75" t="s">
-        <v>659</v>
+        <v>687</v>
       </c>
       <c r="H75">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I75">
-        <v>200860</v>
+        <v>48160</v>
       </c>
       <c r="J75" t="s">
         <v>710</v>
       </c>
       <c r="K75">
-        <v>100430</v>
+        <v>19264</v>
       </c>
       <c r="L75" t="s">
-        <v>726</v>
+        <v>762</v>
       </c>
       <c r="M75" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
       <c r="N75">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O75" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R75" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S75" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T75" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U75" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V75" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W75" t="s">
         <v>893</v>
       </c>
       <c r="X75" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y75" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD75" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG75" t="s">
+        <v>935</v>
       </c>
       <c r="AI75" t="s">
         <v>945</v>
       </c>
       <c r="AJ75" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="AK75" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="76" spans="1:37">
       <c r="A76" t="s">
         <v>115</v>
       </c>
       <c r="B76" t="s">
         <v>301</v>
       </c>
       <c r="C76" t="s">
         <v>487</v>
       </c>
       <c r="D76" t="s">
         <v>487</v>
       </c>
       <c r="E76" t="s">
         <v>599</v>
       </c>
       <c r="F76" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="G76" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="H76">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I76">
-        <v>84000</v>
+        <v>807850</v>
       </c>
       <c r="J76" t="s">
         <v>710</v>
       </c>
       <c r="K76">
-        <v>42000</v>
+        <v>323140</v>
       </c>
       <c r="L76" t="s">
-        <v>726</v>
+        <v>763</v>
       </c>
       <c r="M76" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
       <c r="N76">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="O76" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="R76" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S76" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T76" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U76" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V76" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W76" t="s">
         <v>893</v>
       </c>
       <c r="X76" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y76" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD76" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG76" t="s">
+        <v>935</v>
       </c>
       <c r="AI76" t="s">
         <v>945</v>
       </c>
       <c r="AJ76" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="AK76" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="77" spans="1:37">
       <c r="A77" t="s">
         <v>116</v>
       </c>
       <c r="B77" t="s">
         <v>302</v>
       </c>
       <c r="C77" t="s">
         <v>488</v>
       </c>
       <c r="D77" t="s">
         <v>488</v>
       </c>
       <c r="E77" t="s">
         <v>599</v>
       </c>
       <c r="F77" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="G77" t="s">
-        <v>680</v>
+        <v>657</v>
       </c>
       <c r="H77">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I77">
-        <v>1694781</v>
+        <v>793970</v>
       </c>
       <c r="J77" t="s">
         <v>710</v>
       </c>
       <c r="K77">
-        <v>677912.4</v>
+        <v>396985</v>
       </c>
       <c r="L77" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="M77" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="N77">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O77" t="s">
         <v>849</v>
       </c>
       <c r="R77" t="s">
         <v>869</v>
       </c>
       <c r="S77" t="s">
         <v>874</v>
       </c>
       <c r="T77" t="s">
         <v>879</v>
       </c>
       <c r="U77" t="s">
         <v>879</v>
       </c>
       <c r="V77" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W77" t="s">
         <v>892</v>
       </c>
       <c r="X77" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y77" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>903</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>914</v>
+      </c>
+      <c r="AE77" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH77" t="s">
+        <v>937</v>
       </c>
       <c r="AI77" t="s">
         <v>945</v>
       </c>
       <c r="AJ77" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="AK77" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="78" spans="1:37">
       <c r="A78" t="s">
         <v>117</v>
       </c>
       <c r="B78" t="s">
         <v>303</v>
       </c>
       <c r="C78" t="s">
         <v>489</v>
       </c>
       <c r="D78" t="s">
         <v>489</v>
       </c>
       <c r="E78" t="s">
         <v>599</v>
       </c>
       <c r="F78" t="s">
-        <v>628</v>
+        <v>601</v>
       </c>
       <c r="G78" t="s">
-        <v>681</v>
+        <v>658</v>
       </c>
       <c r="H78">
         <v>50</v>
       </c>
       <c r="I78">
-        <v>168000</v>
+        <v>290462</v>
       </c>
       <c r="J78" t="s">
         <v>710</v>
       </c>
       <c r="K78">
-        <v>84000</v>
+        <v>145231</v>
       </c>
       <c r="L78" t="s">
-        <v>768</v>
+        <v>738</v>
       </c>
       <c r="M78" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="N78">
         <v>21</v>
       </c>
       <c r="O78" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R78" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S78" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T78" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U78" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V78" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W78" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X78" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y78" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA78" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="AB78" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="AE78" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="AH78" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="AI78" t="s">
         <v>945</v>
       </c>
       <c r="AJ78" t="s">
-        <v>1019</v>
+        <v>947</v>
       </c>
       <c r="AK78" t="s">
-        <v>1019</v>
+        <v>947</v>
       </c>
     </row>
     <row r="79" spans="1:37">
       <c r="A79" t="s">
         <v>118</v>
       </c>
       <c r="B79" t="s">
         <v>304</v>
       </c>
       <c r="C79" t="s">
         <v>490</v>
       </c>
       <c r="D79" t="s">
         <v>490</v>
       </c>
       <c r="E79" t="s">
         <v>599</v>
       </c>
       <c r="F79" t="s">
-        <v>629</v>
+        <v>605</v>
       </c>
       <c r="G79" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="H79">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I79">
-        <v>57600</v>
+        <v>197094</v>
       </c>
       <c r="J79" t="s">
         <v>710</v>
       </c>
       <c r="K79">
-        <v>28800</v>
+        <v>78837.60000000001</v>
       </c>
       <c r="L79" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="M79" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="N79">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O79" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R79" t="s">
         <v>870</v>
       </c>
       <c r="S79" t="s">
         <v>875</v>
       </c>
       <c r="T79" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U79" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V79" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W79" t="s">
         <v>893</v>
       </c>
       <c r="X79" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y79" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD79" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG79" t="s">
+        <v>935</v>
       </c>
       <c r="AI79" t="s">
         <v>945</v>
       </c>
       <c r="AJ79" t="s">
         <v>1020</v>
       </c>
       <c r="AK79" t="s">
         <v>1020</v>
       </c>
     </row>
     <row r="80" spans="1:37">
       <c r="A80" t="s">
         <v>119</v>
       </c>
       <c r="B80" t="s">
         <v>305</v>
       </c>
       <c r="C80" t="s">
         <v>491</v>
       </c>
       <c r="D80" t="s">
         <v>491</v>
       </c>
       <c r="E80" t="s">
         <v>599</v>
       </c>
       <c r="F80" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="G80" t="s">
-        <v>662</v>
+        <v>660</v>
       </c>
       <c r="H80">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I80">
-        <v>19600000</v>
+        <v>4673206</v>
       </c>
       <c r="J80" t="s">
         <v>710</v>
       </c>
       <c r="K80">
-        <v>11760000</v>
+        <v>1869282.4</v>
       </c>
       <c r="L80" t="s">
-        <v>745</v>
+        <v>766</v>
       </c>
       <c r="M80" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="N80">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="O80" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="R80" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S80" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T80" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U80" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V80" t="s">
         <v>890</v>
       </c>
       <c r="W80" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X80" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y80" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>940</v>
+        <v>900</v>
+      </c>
+      <c r="AD80" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG80" t="s">
+        <v>935</v>
       </c>
       <c r="AI80" t="s">
         <v>945</v>
       </c>
       <c r="AJ80" t="s">
         <v>1021</v>
       </c>
       <c r="AK80" t="s">
         <v>1021</v>
       </c>
     </row>
     <row r="81" spans="1:37">
       <c r="A81" t="s">
         <v>120</v>
       </c>
       <c r="B81" t="s">
         <v>306</v>
       </c>
       <c r="C81" t="s">
         <v>492</v>
       </c>
       <c r="D81" t="s">
         <v>492</v>
       </c>
       <c r="E81" t="s">
         <v>599</v>
       </c>
       <c r="F81" t="s">
-        <v>630</v>
+        <v>601</v>
       </c>
       <c r="G81" t="s">
-        <v>682</v>
+        <v>660</v>
       </c>
       <c r="H81">
         <v>40</v>
       </c>
       <c r="I81">
-        <v>39840</v>
+        <v>1162075</v>
       </c>
       <c r="J81" t="s">
         <v>710</v>
       </c>
       <c r="K81">
-        <v>15936</v>
+        <v>464830</v>
       </c>
       <c r="L81" t="s">
-        <v>770</v>
+        <v>740</v>
       </c>
       <c r="M81" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="N81">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="O81" t="s">
-        <v>849</v>
+        <v>858</v>
       </c>
       <c r="R81" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S81" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T81" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="U81" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="V81" t="s">
         <v>890</v>
       </c>
       <c r="W81" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X81" t="s">
         <v>896</v>
       </c>
       <c r="Y81" t="s">
         <v>900</v>
       </c>
       <c r="AD81" t="s">
         <v>925</v>
       </c>
       <c r="AG81" t="s">
         <v>935</v>
       </c>
       <c r="AI81" t="s">
         <v>945</v>
       </c>
       <c r="AJ81" t="s">
         <v>1022</v>
       </c>
       <c r="AK81" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="82" spans="1:37">
       <c r="A82" t="s">
         <v>121</v>
       </c>
       <c r="B82" t="s">
         <v>307</v>
       </c>
       <c r="C82" t="s">
         <v>493</v>
       </c>
       <c r="D82" t="s">
         <v>493</v>
       </c>
       <c r="E82" t="s">
         <v>599</v>
       </c>
       <c r="F82" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="G82" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="H82">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I82">
-        <v>200000</v>
+        <v>187500</v>
       </c>
       <c r="J82" t="s">
         <v>710</v>
       </c>
       <c r="K82">
-        <v>80000</v>
+        <v>93750</v>
       </c>
       <c r="L82" t="s">
-        <v>771</v>
+        <v>748</v>
       </c>
       <c r="M82" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="N82">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="O82" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R82" t="s">
         <v>869</v>
       </c>
       <c r="S82" t="s">
         <v>874</v>
       </c>
       <c r="T82" t="s">
         <v>879</v>
       </c>
       <c r="U82" t="s">
         <v>879</v>
       </c>
       <c r="V82" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W82" t="s">
         <v>892</v>
       </c>
       <c r="X82" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y82" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>907</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>918</v>
+      </c>
+      <c r="AE82" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH82" t="s">
+        <v>941</v>
       </c>
       <c r="AI82" t="s">
         <v>945</v>
       </c>
       <c r="AJ82" t="s">
         <v>1023</v>
       </c>
       <c r="AK82" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="83" spans="1:37">
       <c r="A83" t="s">
         <v>122</v>
       </c>
       <c r="B83" t="s">
         <v>308</v>
       </c>
       <c r="C83" t="s">
         <v>494</v>
       </c>
       <c r="D83" t="s">
         <v>494</v>
       </c>
       <c r="E83" t="s">
         <v>599</v>
       </c>
       <c r="F83" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G83" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H83">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I83">
-        <v>130540</v>
+        <v>197094</v>
       </c>
       <c r="J83" t="s">
         <v>710</v>
       </c>
       <c r="K83">
-        <v>78324</v>
+        <v>78837.60000000001</v>
       </c>
       <c r="L83" t="s">
-        <v>772</v>
+        <v>765</v>
       </c>
       <c r="M83" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="N83">
         <v>169</v>
       </c>
       <c r="O83" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R83" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S83" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T83" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U83" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V83" t="s">
         <v>890</v>
       </c>
       <c r="W83" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X83" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y83" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>940</v>
+        <v>900</v>
+      </c>
+      <c r="AD83" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG83" t="s">
+        <v>935</v>
       </c>
       <c r="AI83" t="s">
         <v>945</v>
       </c>
       <c r="AJ83" t="s">
         <v>1024</v>
       </c>
       <c r="AK83" t="s">
         <v>1024</v>
       </c>
     </row>
     <row r="84" spans="1:37">
       <c r="A84" t="s">
         <v>123</v>
       </c>
       <c r="B84" t="s">
         <v>309</v>
       </c>
       <c r="C84" t="s">
         <v>495</v>
       </c>
       <c r="D84" t="s">
         <v>495</v>
       </c>
       <c r="E84" t="s">
         <v>599</v>
       </c>
       <c r="F84" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="G84" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="H84">
-        <v>95</v>
+        <v>40</v>
       </c>
       <c r="I84">
-        <v>11000002</v>
+        <v>1941866</v>
       </c>
       <c r="J84" t="s">
         <v>710</v>
       </c>
       <c r="K84">
-        <v>10450001.9</v>
+        <v>776746.4</v>
       </c>
       <c r="L84" t="s">
-        <v>773</v>
+        <v>731</v>
+      </c>
+      <c r="M84" t="s">
+        <v>837</v>
       </c>
       <c r="N84">
-        <v>152</v>
+        <v>12</v>
       </c>
       <c r="O84" t="s">
-        <v>862</v>
+        <v>853</v>
       </c>
       <c r="R84" t="s">
         <v>872</v>
       </c>
       <c r="S84" t="s">
         <v>877</v>
       </c>
       <c r="T84" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="U84" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="V84" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="W84" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="X84" t="s">
-        <v>898</v>
+        <v>896</v>
       </c>
       <c r="Y84" t="s">
-        <v>902</v>
+        <v>900</v>
+      </c>
+      <c r="AD84" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG84" t="s">
+        <v>936</v>
       </c>
       <c r="AI84" t="s">
         <v>945</v>
       </c>
       <c r="AJ84" t="s">
         <v>1025</v>
       </c>
       <c r="AK84" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="85" spans="1:37">
       <c r="A85" t="s">
         <v>124</v>
       </c>
       <c r="B85" t="s">
         <v>310</v>
       </c>
       <c r="C85" t="s">
         <v>496</v>
       </c>
       <c r="D85" t="s">
         <v>496</v>
       </c>
       <c r="E85" t="s">
         <v>599</v>
       </c>
       <c r="F85" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G85" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H85">
         <v>40</v>
       </c>
       <c r="I85">
         <v>199116.3</v>
       </c>
       <c r="J85" t="s">
         <v>710</v>
       </c>
       <c r="K85">
         <v>79646.52</v>
       </c>
       <c r="L85" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="M85" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="N85">
         <v>169</v>
       </c>
       <c r="O85" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R85" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S85" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T85" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U85" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V85" t="s">
         <v>890</v>
       </c>
       <c r="W85" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X85" t="s">
         <v>896</v>
       </c>
       <c r="Y85" t="s">
         <v>900</v>
       </c>
       <c r="AD85" t="s">
         <v>925</v>
       </c>
       <c r="AG85" t="s">
         <v>935</v>
       </c>
       <c r="AI85" t="s">
         <v>945</v>
       </c>
       <c r="AJ85" t="s">
         <v>1026</v>
       </c>
       <c r="AK85" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="86" spans="1:37">
       <c r="A86" t="s">
         <v>125</v>
       </c>
       <c r="B86" t="s">
         <v>311</v>
       </c>
       <c r="C86" t="s">
         <v>497</v>
       </c>
       <c r="D86" t="s">
         <v>497</v>
       </c>
       <c r="E86" t="s">
         <v>599</v>
       </c>
       <c r="F86" t="s">
-        <v>632</v>
+        <v>605</v>
       </c>
       <c r="G86" t="s">
-        <v>684</v>
+        <v>662</v>
       </c>
       <c r="H86">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I86">
-        <v>0</v>
+        <v>198838.1</v>
       </c>
       <c r="J86" t="s">
         <v>710</v>
       </c>
       <c r="K86">
-        <v>0</v>
+        <v>79535.24000000001</v>
       </c>
       <c r="L86" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="M86" t="s">
-        <v>848</v>
+        <v>835</v>
       </c>
       <c r="N86">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O86" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R86" t="s">
         <v>870</v>
       </c>
       <c r="S86" t="s">
         <v>875</v>
       </c>
       <c r="T86" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U86" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V86" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W86" t="s">
         <v>893</v>
       </c>
       <c r="X86" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y86" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>944</v>
+        <v>900</v>
+      </c>
+      <c r="AD86" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG86" t="s">
+        <v>935</v>
       </c>
       <c r="AI86" t="s">
         <v>945</v>
       </c>
       <c r="AJ86" t="s">
         <v>1027</v>
       </c>
       <c r="AK86" t="s">
         <v>1027</v>
       </c>
     </row>
     <row r="87" spans="1:37">
       <c r="A87" t="s">
         <v>126</v>
       </c>
       <c r="B87" t="s">
         <v>312</v>
       </c>
       <c r="C87" t="s">
         <v>498</v>
       </c>
       <c r="D87" t="s">
         <v>498</v>
       </c>
       <c r="E87" t="s">
         <v>599</v>
       </c>
       <c r="F87" t="s">
-        <v>614</v>
+        <v>601</v>
       </c>
       <c r="G87" t="s">
-        <v>685</v>
+        <v>660</v>
       </c>
       <c r="H87">
         <v>40</v>
       </c>
       <c r="I87">
-        <v>7000000</v>
+        <v>2166614</v>
       </c>
       <c r="J87" t="s">
         <v>710</v>
       </c>
       <c r="K87">
-        <v>2800000</v>
+        <v>866645.6</v>
       </c>
       <c r="L87" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="M87" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N87">
-        <v>168</v>
+        <v>28</v>
       </c>
       <c r="O87" t="s">
-        <v>860</v>
+        <v>858</v>
       </c>
       <c r="R87" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S87" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T87" t="s">
         <v>882</v>
       </c>
       <c r="U87" t="s">
         <v>882</v>
       </c>
       <c r="V87" t="s">
         <v>890</v>
       </c>
       <c r="W87" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X87" t="s">
         <v>896</v>
       </c>
       <c r="Y87" t="s">
         <v>900</v>
       </c>
       <c r="AD87" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG87" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI87" t="s">
         <v>945</v>
       </c>
       <c r="AJ87" t="s">
         <v>1028</v>
       </c>
       <c r="AK87" t="s">
         <v>1028</v>
       </c>
     </row>
     <row r="88" spans="1:37">
       <c r="A88" t="s">
         <v>127</v>
       </c>
       <c r="B88" t="s">
         <v>313</v>
       </c>
       <c r="C88" t="s">
         <v>499</v>
       </c>
       <c r="D88" t="s">
         <v>499</v>
       </c>
       <c r="E88" t="s">
         <v>599</v>
       </c>
       <c r="F88" t="s">
-        <v>607</v>
+        <v>632</v>
       </c>
       <c r="G88" t="s">
-        <v>659</v>
+        <v>689</v>
       </c>
       <c r="H88">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I88">
-        <v>840933.33</v>
+        <v>49680</v>
       </c>
       <c r="J88" t="s">
         <v>710</v>
       </c>
       <c r="K88">
-        <v>420466.66</v>
+        <v>19872</v>
       </c>
       <c r="L88" t="s">
-        <v>726</v>
+        <v>770</v>
       </c>
       <c r="M88" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
       <c r="N88">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O88" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R88" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S88" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T88" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U88" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V88" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W88" t="s">
         <v>893</v>
       </c>
       <c r="X88" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y88" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD88" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG88" t="s">
+        <v>935</v>
       </c>
       <c r="AI88" t="s">
         <v>945</v>
       </c>
       <c r="AJ88" t="s">
         <v>1029</v>
       </c>
       <c r="AK88" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="89" spans="1:37">
       <c r="A89" t="s">
         <v>128</v>
       </c>
       <c r="B89" t="s">
         <v>314</v>
       </c>
       <c r="C89" t="s">
         <v>500</v>
       </c>
       <c r="D89" t="s">
         <v>500</v>
       </c>
       <c r="E89" t="s">
         <v>599</v>
       </c>
       <c r="F89" t="s">
-        <v>633</v>
+        <v>605</v>
       </c>
       <c r="G89" t="s">
-        <v>686</v>
+        <v>662</v>
       </c>
       <c r="H89">
         <v>40</v>
       </c>
       <c r="I89">
-        <v>199920</v>
+        <v>200000</v>
       </c>
       <c r="J89" t="s">
         <v>710</v>
       </c>
       <c r="K89">
-        <v>79968</v>
+        <v>80000</v>
       </c>
       <c r="L89" t="s">
-        <v>777</v>
+        <v>771</v>
       </c>
       <c r="M89" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N89">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O89" t="s">
         <v>849</v>
       </c>
       <c r="R89" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S89" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T89" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="U89" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="V89" t="s">
         <v>890</v>
       </c>
       <c r="W89" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X89" t="s">
         <v>896</v>
       </c>
       <c r="Y89" t="s">
         <v>900</v>
       </c>
       <c r="AD89" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG89" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI89" t="s">
         <v>945</v>
       </c>
       <c r="AJ89" t="s">
         <v>1030</v>
       </c>
       <c r="AK89" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="90" spans="1:37">
       <c r="A90" t="s">
         <v>129</v>
       </c>
       <c r="B90" t="s">
         <v>315</v>
       </c>
       <c r="C90" t="s">
         <v>501</v>
       </c>
       <c r="D90" t="s">
         <v>501</v>
       </c>
       <c r="E90" t="s">
         <v>599</v>
       </c>
       <c r="F90" t="s">
-        <v>604</v>
+        <v>619</v>
       </c>
       <c r="G90" t="s">
-        <v>660</v>
+        <v>690</v>
       </c>
       <c r="H90">
         <v>40</v>
       </c>
       <c r="I90">
-        <v>197094</v>
+        <v>50000</v>
       </c>
       <c r="J90" t="s">
         <v>710</v>
       </c>
       <c r="K90">
-        <v>78837.60000000001</v>
+        <v>20000</v>
       </c>
       <c r="L90" t="s">
-        <v>778</v>
+        <v>772</v>
       </c>
       <c r="M90" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N90">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O90" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R90" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S90" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T90" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="U90" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="V90" t="s">
         <v>890</v>
       </c>
       <c r="W90" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X90" t="s">
         <v>896</v>
       </c>
       <c r="Y90" t="s">
         <v>900</v>
       </c>
       <c r="AD90" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG90" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI90" t="s">
         <v>945</v>
       </c>
       <c r="AJ90" t="s">
         <v>1031</v>
       </c>
       <c r="AK90" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="91" spans="1:37">
       <c r="A91" t="s">
         <v>130</v>
       </c>
       <c r="B91" t="s">
         <v>316</v>
       </c>
       <c r="C91" t="s">
         <v>502</v>
       </c>
       <c r="D91" t="s">
         <v>502</v>
       </c>
       <c r="E91" t="s">
         <v>599</v>
       </c>
       <c r="F91" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="G91" t="s">
-        <v>668</v>
+        <v>691</v>
       </c>
       <c r="H91">
         <v>50</v>
       </c>
       <c r="I91">
-        <v>150000</v>
+        <v>168000</v>
       </c>
       <c r="J91" t="s">
         <v>710</v>
       </c>
       <c r="K91">
-        <v>75000</v>
+        <v>84000</v>
       </c>
       <c r="L91" t="s">
-        <v>748</v>
+        <v>773</v>
       </c>
       <c r="M91" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="N91">
         <v>21</v>
       </c>
       <c r="O91" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R91" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S91" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T91" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U91" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V91" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W91" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X91" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y91" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA91" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="AB91" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="AE91" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="AH91" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="AI91" t="s">
         <v>945</v>
       </c>
       <c r="AJ91" t="s">
         <v>1032</v>
       </c>
       <c r="AK91" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="92" spans="1:37">
       <c r="A92" t="s">
         <v>131</v>
       </c>
       <c r="B92" t="s">
         <v>317</v>
       </c>
       <c r="C92" t="s">
         <v>503</v>
       </c>
       <c r="D92" t="s">
         <v>503</v>
       </c>
       <c r="E92" t="s">
         <v>599</v>
       </c>
       <c r="F92" t="s">
-        <v>605</v>
+        <v>634</v>
       </c>
       <c r="G92" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="H92">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I92">
-        <v>4310400</v>
+        <v>3970587.42</v>
       </c>
       <c r="J92" t="s">
         <v>710</v>
       </c>
       <c r="K92">
-        <v>1724160</v>
+        <v>1985293.71</v>
       </c>
       <c r="L92" t="s">
-        <v>779</v>
+        <v>732</v>
       </c>
       <c r="M92" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="N92">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O92" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R92" t="s">
         <v>869</v>
       </c>
       <c r="S92" t="s">
         <v>874</v>
       </c>
       <c r="T92" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U92" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V92" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W92" t="s">
         <v>892</v>
       </c>
       <c r="X92" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y92" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA92" t="s">
+        <v>910</v>
+      </c>
+      <c r="AB92" t="s">
+        <v>921</v>
+      </c>
+      <c r="AE92" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH92" t="s">
+        <v>941</v>
       </c>
       <c r="AI92" t="s">
         <v>945</v>
       </c>
       <c r="AJ92" t="s">
         <v>1033</v>
       </c>
       <c r="AK92" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="93" spans="1:37">
       <c r="A93" t="s">
         <v>132</v>
       </c>
       <c r="B93" t="s">
         <v>318</v>
       </c>
       <c r="C93" t="s">
         <v>504</v>
       </c>
       <c r="D93" t="s">
         <v>504</v>
       </c>
       <c r="E93" t="s">
         <v>599</v>
       </c>
       <c r="F93" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G93" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H93">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I93">
-        <v>197094</v>
+        <v>200000</v>
       </c>
       <c r="J93" t="s">
         <v>710</v>
       </c>
       <c r="K93">
-        <v>78837.60000000001</v>
+        <v>120000</v>
       </c>
       <c r="L93" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="M93" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="N93">
         <v>169</v>
       </c>
       <c r="O93" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R93" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S93" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T93" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U93" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V93" t="s">
         <v>890</v>
       </c>
       <c r="W93" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X93" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y93" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>902</v>
+      </c>
+      <c r="AE93" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH93" t="s">
+        <v>939</v>
       </c>
       <c r="AI93" t="s">
         <v>945</v>
       </c>
       <c r="AJ93" t="s">
         <v>1034</v>
       </c>
       <c r="AK93" t="s">
         <v>1034</v>
       </c>
     </row>
     <row r="94" spans="1:37">
       <c r="A94" t="s">
         <v>133</v>
       </c>
       <c r="B94" t="s">
         <v>319</v>
       </c>
       <c r="C94" t="s">
         <v>505</v>
       </c>
       <c r="D94" t="s">
         <v>505</v>
       </c>
       <c r="E94" t="s">
         <v>599</v>
       </c>
       <c r="F94" t="s">
-        <v>613</v>
+        <v>601</v>
       </c>
       <c r="G94" t="s">
-        <v>687</v>
+        <v>658</v>
       </c>
       <c r="H94">
         <v>50</v>
       </c>
       <c r="I94">
-        <v>4995704</v>
+        <v>198278</v>
       </c>
       <c r="J94" t="s">
         <v>710</v>
       </c>
       <c r="K94">
-        <v>2497852</v>
+        <v>99139</v>
       </c>
       <c r="L94" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="M94" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="N94">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="O94" t="s">
-        <v>858</v>
+        <v>850</v>
       </c>
       <c r="R94" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S94" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T94" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U94" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V94" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W94" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X94" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y94" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA94" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="AB94" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="AE94" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="AH94" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="AI94" t="s">
         <v>945</v>
       </c>
       <c r="AJ94" t="s">
-        <v>1035</v>
+        <v>947</v>
       </c>
       <c r="AK94" t="s">
-        <v>1035</v>
+        <v>947</v>
       </c>
     </row>
     <row r="95" spans="1:37">
       <c r="A95" t="s">
         <v>134</v>
       </c>
       <c r="B95" t="s">
         <v>320</v>
       </c>
       <c r="C95" t="s">
         <v>506</v>
       </c>
       <c r="D95" t="s">
         <v>506</v>
       </c>
       <c r="E95" t="s">
         <v>599</v>
       </c>
       <c r="F95" t="s">
         <v>635</v>
       </c>
       <c r="G95" t="s">
-        <v>688</v>
+        <v>658</v>
       </c>
       <c r="H95">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I95">
-        <v>49680</v>
+        <v>1947130</v>
       </c>
       <c r="J95" t="s">
         <v>710</v>
       </c>
       <c r="K95">
-        <v>19872</v>
+        <v>973565</v>
       </c>
       <c r="L95" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="M95" t="s">
-        <v>834</v>
+        <v>847</v>
       </c>
       <c r="N95">
-        <v>26</v>
+        <v>82</v>
       </c>
       <c r="O95" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="R95" t="s">
         <v>869</v>
       </c>
       <c r="S95" t="s">
         <v>874</v>
       </c>
       <c r="T95" t="s">
         <v>879</v>
       </c>
       <c r="U95" t="s">
         <v>879</v>
       </c>
       <c r="V95" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W95" t="s">
         <v>892</v>
       </c>
       <c r="X95" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y95" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA95" t="s">
+        <v>913</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>924</v>
+      </c>
+      <c r="AE95" t="s">
+        <v>933</v>
+      </c>
+      <c r="AH95" t="s">
+        <v>943</v>
       </c>
       <c r="AI95" t="s">
         <v>945</v>
       </c>
       <c r="AJ95" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="AK95" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="96" spans="1:37">
       <c r="A96" t="s">
         <v>135</v>
       </c>
       <c r="B96" t="s">
         <v>321</v>
       </c>
       <c r="C96" t="s">
         <v>507</v>
       </c>
       <c r="D96" t="s">
         <v>507</v>
       </c>
       <c r="E96" t="s">
         <v>599</v>
       </c>
       <c r="F96" t="s">
-        <v>636</v>
+        <v>604</v>
       </c>
       <c r="G96" t="s">
-        <v>689</v>
+        <v>661</v>
       </c>
       <c r="H96">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I96">
-        <v>807850</v>
+        <v>1964500</v>
       </c>
       <c r="J96" t="s">
         <v>710</v>
       </c>
       <c r="K96">
-        <v>323140</v>
+        <v>1178700</v>
       </c>
       <c r="L96" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="M96" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="N96">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="O96" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="R96" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S96" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T96" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="U96" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="V96" t="s">
         <v>890</v>
       </c>
       <c r="W96" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X96" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y96" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>902</v>
+      </c>
+      <c r="AE96" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH96" t="s">
+        <v>939</v>
       </c>
       <c r="AI96" t="s">
         <v>945</v>
       </c>
       <c r="AJ96" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="AK96" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="97" spans="1:37">
       <c r="A97" t="s">
         <v>136</v>
       </c>
       <c r="B97" t="s">
         <v>322</v>
       </c>
       <c r="C97" t="s">
         <v>508</v>
       </c>
       <c r="D97" t="s">
         <v>508</v>
       </c>
       <c r="E97" t="s">
         <v>599</v>
       </c>
       <c r="F97" t="s">
-        <v>637</v>
+        <v>604</v>
       </c>
       <c r="G97" t="s">
-        <v>677</v>
+        <v>661</v>
       </c>
       <c r="H97">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I97">
-        <v>12000000</v>
+        <v>1589200</v>
       </c>
       <c r="J97" t="s">
         <v>710</v>
       </c>
       <c r="K97">
-        <v>6000000</v>
+        <v>635680</v>
       </c>
       <c r="L97" t="s">
-        <v>783</v>
+        <v>719</v>
       </c>
       <c r="M97" t="s">
-        <v>848</v>
+        <v>837</v>
       </c>
       <c r="N97">
-        <v>79</v>
+        <v>12</v>
       </c>
       <c r="O97" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="R97" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S97" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T97" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U97" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V97" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W97" t="s">
         <v>893</v>
       </c>
       <c r="X97" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y97" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>944</v>
+        <v>900</v>
+      </c>
+      <c r="AD97" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG97" t="s">
+        <v>936</v>
       </c>
       <c r="AI97" t="s">
         <v>945</v>
       </c>
       <c r="AJ97" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="AK97" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="98" spans="1:37">
       <c r="A98" t="s">
         <v>137</v>
       </c>
       <c r="B98" t="s">
         <v>323</v>
       </c>
       <c r="C98" t="s">
         <v>509</v>
       </c>
       <c r="D98" t="s">
         <v>509</v>
       </c>
       <c r="E98" t="s">
         <v>599</v>
       </c>
       <c r="F98" t="s">
-        <v>602</v>
+        <v>625</v>
       </c>
       <c r="G98" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="H98">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I98">
-        <v>1532020</v>
+        <v>294056</v>
       </c>
       <c r="J98" t="s">
         <v>710</v>
       </c>
       <c r="K98">
-        <v>919212</v>
+        <v>147028</v>
       </c>
       <c r="L98" t="s">
-        <v>745</v>
+        <v>778</v>
       </c>
       <c r="M98" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="N98">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="O98" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="R98" t="s">
         <v>869</v>
       </c>
       <c r="S98" t="s">
         <v>874</v>
       </c>
       <c r="T98" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U98" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V98" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W98" t="s">
         <v>892</v>
       </c>
       <c r="X98" t="s">
         <v>895</v>
       </c>
       <c r="Y98" t="s">
         <v>899</v>
       </c>
+      <c r="AA98" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB98" t="s">
+        <v>920</v>
+      </c>
       <c r="AE98" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="AH98" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="AI98" t="s">
         <v>945</v>
       </c>
       <c r="AJ98" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="AK98" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="99" spans="1:37">
       <c r="A99" t="s">
         <v>138</v>
       </c>
       <c r="B99" t="s">
         <v>324</v>
       </c>
       <c r="C99" t="s">
         <v>510</v>
       </c>
       <c r="D99" t="s">
         <v>510</v>
       </c>
       <c r="E99" t="s">
         <v>599</v>
       </c>
       <c r="F99" t="s">
-        <v>638</v>
+        <v>615</v>
       </c>
       <c r="G99" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="H99">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I99">
-        <v>32210928</v>
+        <v>299439.5</v>
       </c>
       <c r="J99" t="s">
         <v>710</v>
       </c>
       <c r="K99">
-        <v>12884371.2</v>
+        <v>149719.75</v>
       </c>
       <c r="L99" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="M99" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="N99">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O99" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R99" t="s">
         <v>869</v>
       </c>
       <c r="S99" t="s">
         <v>874</v>
       </c>
       <c r="T99" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U99" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V99" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W99" t="s">
         <v>892</v>
       </c>
       <c r="X99" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y99" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>905</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>916</v>
+      </c>
+      <c r="AE99" t="s">
+        <v>930</v>
+      </c>
+      <c r="AH99" t="s">
+        <v>940</v>
       </c>
       <c r="AI99" t="s">
         <v>945</v>
       </c>
       <c r="AJ99" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="AK99" t="s">
-        <v>1040</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="100" spans="1:37">
       <c r="A100" t="s">
         <v>139</v>
       </c>
       <c r="B100" t="s">
         <v>325</v>
       </c>
       <c r="C100" t="s">
         <v>511</v>
       </c>
       <c r="D100" t="s">
         <v>511</v>
       </c>
       <c r="E100" t="s">
         <v>599</v>
       </c>
       <c r="F100" t="s">
-        <v>601</v>
+        <v>636</v>
       </c>
       <c r="G100" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="H100">
         <v>50</v>
       </c>
       <c r="I100">
-        <v>299999.99</v>
+        <v>768265.35</v>
       </c>
       <c r="J100" t="s">
         <v>710</v>
       </c>
       <c r="K100">
-        <v>149999.99</v>
+        <v>384132.67</v>
       </c>
       <c r="L100" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="M100" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="N100">
         <v>169</v>
       </c>
       <c r="O100" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R100" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S100" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T100" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U100" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V100" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W100" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X100" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y100" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA100" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="AB100" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="AE100" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH100" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI100" t="s">
         <v>945</v>
       </c>
       <c r="AJ100" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="AK100" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="101" spans="1:37">
       <c r="A101" t="s">
         <v>140</v>
       </c>
       <c r="B101" t="s">
         <v>326</v>
       </c>
       <c r="C101" t="s">
         <v>512</v>
       </c>
       <c r="D101" t="s">
         <v>512</v>
       </c>
       <c r="E101" t="s">
         <v>599</v>
       </c>
       <c r="F101" t="s">
-        <v>639</v>
+        <v>622</v>
       </c>
       <c r="G101" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="H101">
         <v>50</v>
       </c>
       <c r="I101">
-        <v>300000</v>
+        <v>57600</v>
       </c>
       <c r="J101" t="s">
         <v>710</v>
       </c>
       <c r="K101">
-        <v>150000</v>
+        <v>28800</v>
       </c>
       <c r="L101" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="M101" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="N101">
         <v>21</v>
       </c>
       <c r="O101" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R101" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S101" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T101" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U101" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V101" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W101" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X101" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y101" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA101" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
       <c r="AB101" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="AE101" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="AH101" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="AI101" t="s">
         <v>945</v>
       </c>
       <c r="AJ101" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
       <c r="AK101" t="s">
-        <v>1042</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="102" spans="1:37">
       <c r="A102" t="s">
         <v>141</v>
       </c>
       <c r="B102" t="s">
         <v>327</v>
       </c>
       <c r="C102" t="s">
         <v>513</v>
       </c>
       <c r="D102" t="s">
         <v>513</v>
       </c>
       <c r="E102" t="s">
         <v>599</v>
       </c>
       <c r="F102" t="s">
         <v>601</v>
       </c>
       <c r="G102" t="s">
-        <v>679</v>
+        <v>660</v>
       </c>
       <c r="H102">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I102">
-        <v>187500</v>
+        <v>1532020</v>
       </c>
       <c r="J102" t="s">
         <v>710</v>
       </c>
       <c r="K102">
-        <v>93750</v>
+        <v>919212</v>
       </c>
       <c r="L102" t="s">
-        <v>747</v>
+        <v>724</v>
       </c>
       <c r="M102" t="s">
-        <v>841</v>
+        <v>836</v>
       </c>
       <c r="N102">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="O102" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="R102" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S102" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T102" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U102" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V102" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W102" t="s">
         <v>893</v>
       </c>
       <c r="X102" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y102" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>918</v>
+        <v>902</v>
       </c>
       <c r="AE102" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="AH102" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="AI102" t="s">
         <v>945</v>
       </c>
       <c r="AJ102" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="AK102" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="103" spans="1:37">
       <c r="A103" t="s">
         <v>142</v>
       </c>
       <c r="B103" t="s">
         <v>328</v>
       </c>
       <c r="C103" t="s">
         <v>514</v>
       </c>
       <c r="D103" t="s">
         <v>514</v>
       </c>
       <c r="E103" t="s">
         <v>599</v>
       </c>
       <c r="F103" t="s">
-        <v>638</v>
+        <v>637</v>
       </c>
       <c r="G103" t="s">
-        <v>661</v>
+        <v>693</v>
       </c>
       <c r="H103">
         <v>40</v>
       </c>
       <c r="I103">
-        <v>31629265</v>
+        <v>1694781</v>
       </c>
       <c r="J103" t="s">
         <v>710</v>
       </c>
       <c r="K103">
-        <v>12651706</v>
+        <v>677912.4</v>
       </c>
       <c r="L103" t="s">
-        <v>713</v>
+        <v>782</v>
       </c>
       <c r="M103" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="N103">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="O103" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="R103" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S103" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T103" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="U103" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="V103" t="s">
         <v>890</v>
       </c>
       <c r="W103" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X103" t="s">
         <v>896</v>
       </c>
       <c r="Y103" t="s">
         <v>900</v>
       </c>
       <c r="AD103" t="s">
         <v>926</v>
       </c>
       <c r="AG103" t="s">
         <v>936</v>
       </c>
       <c r="AI103" t="s">
         <v>945</v>
       </c>
       <c r="AJ103" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
       <c r="AK103" t="s">
-        <v>1044</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="104" spans="1:37">
       <c r="A104" t="s">
         <v>143</v>
       </c>
       <c r="B104" t="s">
         <v>329</v>
       </c>
       <c r="C104" t="s">
         <v>515</v>
       </c>
       <c r="D104" t="s">
         <v>515</v>
       </c>
       <c r="E104" t="s">
         <v>599</v>
       </c>
       <c r="F104" t="s">
-        <v>640</v>
+        <v>605</v>
       </c>
       <c r="G104" t="s">
-        <v>691</v>
+        <v>662</v>
       </c>
       <c r="H104">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I104">
-        <v>32400</v>
+        <v>200000</v>
       </c>
       <c r="J104" t="s">
         <v>710</v>
       </c>
       <c r="K104">
-        <v>19440</v>
+        <v>80000</v>
       </c>
       <c r="L104" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="M104" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="N104">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O104" t="s">
         <v>849</v>
       </c>
       <c r="R104" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S104" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T104" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="U104" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="V104" t="s">
         <v>890</v>
       </c>
       <c r="W104" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X104" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y104" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>940</v>
+        <v>900</v>
+      </c>
+      <c r="AD104" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG104" t="s">
+        <v>936</v>
       </c>
       <c r="AI104" t="s">
         <v>945</v>
       </c>
       <c r="AJ104" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
       <c r="AK104" t="s">
-        <v>1045</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="105" spans="1:37">
       <c r="A105" t="s">
         <v>144</v>
       </c>
       <c r="B105" t="s">
         <v>330</v>
       </c>
       <c r="C105" t="s">
         <v>516</v>
       </c>
       <c r="D105" t="s">
         <v>516</v>
       </c>
       <c r="E105" t="s">
         <v>599</v>
       </c>
       <c r="F105" t="s">
-        <v>601</v>
+        <v>621</v>
       </c>
       <c r="G105" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H105">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I105">
-        <v>172152</v>
+        <v>55090907</v>
       </c>
       <c r="J105" t="s">
         <v>710</v>
       </c>
       <c r="K105">
-        <v>86076</v>
+        <v>33054544.2</v>
       </c>
       <c r="L105" t="s">
-        <v>788</v>
+        <v>749</v>
       </c>
       <c r="M105" t="s">
-        <v>837</v>
+        <v>848</v>
       </c>
       <c r="N105">
-        <v>169</v>
+        <v>42</v>
       </c>
       <c r="O105" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="R105" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="S105" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="T105" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="U105" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="V105" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W105" t="s">
         <v>893</v>
       </c>
       <c r="X105" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y105" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>915</v>
+        <v>902</v>
       </c>
       <c r="AE105" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="AH105" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="AI105" t="s">
         <v>945</v>
       </c>
       <c r="AJ105" t="s">
-        <v>1046</v>
+        <v>996</v>
       </c>
       <c r="AK105" t="s">
-        <v>1046</v>
+        <v>996</v>
       </c>
     </row>
     <row r="106" spans="1:37">
       <c r="A106" t="s">
         <v>145</v>
       </c>
       <c r="B106" t="s">
         <v>331</v>
       </c>
       <c r="C106" t="s">
         <v>517</v>
       </c>
       <c r="D106" t="s">
         <v>517</v>
       </c>
       <c r="E106" t="s">
         <v>599</v>
       </c>
       <c r="F106" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="G106" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="H106">
         <v>40</v>
       </c>
       <c r="I106">
-        <v>1933395</v>
+        <v>881565</v>
       </c>
       <c r="J106" t="s">
         <v>710</v>
       </c>
       <c r="K106">
-        <v>773358</v>
+        <v>352626</v>
       </c>
       <c r="L106" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="M106" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="N106">
         <v>28</v>
       </c>
       <c r="O106" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="R106" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S106" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T106" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U106" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V106" t="s">
         <v>890</v>
       </c>
       <c r="W106" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X106" t="s">
         <v>896</v>
       </c>
       <c r="Y106" t="s">
         <v>900</v>
       </c>
       <c r="AD106" t="s">
         <v>926</v>
       </c>
       <c r="AG106" t="s">
         <v>936</v>
       </c>
       <c r="AI106" t="s">
         <v>945</v>
       </c>
       <c r="AJ106" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="AK106" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="107" spans="1:37">
       <c r="A107" t="s">
         <v>146</v>
       </c>
       <c r="B107" t="s">
         <v>332</v>
       </c>
       <c r="C107" t="s">
         <v>518</v>
       </c>
       <c r="D107" t="s">
         <v>518</v>
       </c>
       <c r="E107" t="s">
         <v>599</v>
       </c>
       <c r="F107" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="G107" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="H107">
         <v>40</v>
       </c>
       <c r="I107">
-        <v>1216490</v>
+        <v>2417632</v>
       </c>
       <c r="J107" t="s">
         <v>710</v>
       </c>
       <c r="K107">
-        <v>486596</v>
+        <v>967052.8</v>
       </c>
       <c r="L107" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="M107" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="N107">
         <v>28</v>
       </c>
       <c r="O107" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="R107" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S107" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T107" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U107" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V107" t="s">
         <v>890</v>
       </c>
       <c r="W107" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X107" t="s">
         <v>896</v>
       </c>
       <c r="Y107" t="s">
         <v>900</v>
       </c>
       <c r="AD107" t="s">
         <v>926</v>
       </c>
       <c r="AG107" t="s">
         <v>936</v>
       </c>
       <c r="AI107" t="s">
         <v>945</v>
       </c>
       <c r="AJ107" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
       <c r="AK107" t="s">
-        <v>1048</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="108" spans="1:37">
       <c r="A108" t="s">
         <v>147</v>
       </c>
       <c r="B108" t="s">
         <v>333</v>
       </c>
       <c r="C108" t="s">
         <v>519</v>
       </c>
       <c r="D108" t="s">
         <v>519</v>
       </c>
       <c r="E108" t="s">
         <v>599</v>
       </c>
       <c r="F108" t="s">
-        <v>619</v>
+        <v>601</v>
       </c>
       <c r="G108" t="s">
-        <v>677</v>
+        <v>660</v>
       </c>
       <c r="H108">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I108">
-        <v>2976548</v>
+        <v>2356781</v>
       </c>
       <c r="J108" t="s">
         <v>710</v>
       </c>
       <c r="K108">
-        <v>1488274</v>
+        <v>942712.4</v>
       </c>
       <c r="L108" t="s">
-        <v>751</v>
+        <v>785</v>
       </c>
       <c r="M108" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="N108">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="O108" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="R108" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S108" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T108" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U108" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V108" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W108" t="s">
         <v>893</v>
       </c>
       <c r="X108" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y108" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>939</v>
+        <v>900</v>
+      </c>
+      <c r="AD108" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG108" t="s">
+        <v>935</v>
       </c>
       <c r="AI108" t="s">
         <v>945</v>
       </c>
       <c r="AJ108" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
       <c r="AK108" t="s">
-        <v>1049</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="109" spans="1:37">
       <c r="A109" t="s">
         <v>148</v>
       </c>
       <c r="B109" t="s">
         <v>334</v>
       </c>
       <c r="C109" t="s">
         <v>520</v>
       </c>
       <c r="D109" t="s">
         <v>520</v>
       </c>
       <c r="E109" t="s">
         <v>599</v>
       </c>
       <c r="F109" t="s">
-        <v>618</v>
+        <v>601</v>
       </c>
       <c r="G109" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H109">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I109">
-        <v>4154602.09</v>
+        <v>6980143</v>
       </c>
       <c r="J109" t="s">
         <v>710</v>
       </c>
       <c r="K109">
-        <v>2077301.04</v>
+        <v>2792057.2</v>
       </c>
       <c r="L109" t="s">
-        <v>718</v>
+        <v>740</v>
       </c>
       <c r="M109" t="s">
-        <v>847</v>
+        <v>835</v>
       </c>
       <c r="N109">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O109" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R109" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S109" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T109" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U109" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V109" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W109" t="s">
         <v>893</v>
       </c>
       <c r="X109" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y109" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD109" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG109" t="s">
+        <v>935</v>
       </c>
       <c r="AI109" t="s">
         <v>945</v>
       </c>
       <c r="AJ109" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="AK109" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="110" spans="1:37">
       <c r="A110" t="s">
         <v>149</v>
       </c>
       <c r="B110" t="s">
         <v>335</v>
       </c>
       <c r="C110" t="s">
         <v>521</v>
       </c>
       <c r="D110" t="s">
         <v>521</v>
       </c>
       <c r="E110" t="s">
         <v>599</v>
       </c>
       <c r="F110" t="s">
-        <v>641</v>
+        <v>605</v>
       </c>
       <c r="G110" t="s">
-        <v>692</v>
+        <v>662</v>
       </c>
       <c r="H110">
         <v>40</v>
       </c>
       <c r="I110">
-        <v>992000</v>
+        <v>181632.5</v>
       </c>
       <c r="J110" t="s">
         <v>710</v>
       </c>
       <c r="K110">
-        <v>396800</v>
+        <v>72653</v>
       </c>
       <c r="L110" t="s">
-        <v>790</v>
+        <v>717</v>
       </c>
       <c r="M110" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="N110">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O110" t="s">
         <v>849</v>
       </c>
       <c r="R110" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S110" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T110" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="U110" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="V110" t="s">
         <v>890</v>
       </c>
       <c r="W110" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X110" t="s">
         <v>896</v>
       </c>
       <c r="Y110" t="s">
         <v>900</v>
       </c>
       <c r="AD110" t="s">
         <v>925</v>
       </c>
       <c r="AG110" t="s">
         <v>935</v>
       </c>
       <c r="AI110" t="s">
         <v>945</v>
       </c>
       <c r="AJ110" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
       <c r="AK110" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="111" spans="1:37">
       <c r="A111" t="s">
         <v>150</v>
       </c>
       <c r="B111" t="s">
         <v>336</v>
       </c>
       <c r="C111" t="s">
         <v>522</v>
       </c>
       <c r="D111" t="s">
         <v>522</v>
       </c>
       <c r="E111" t="s">
         <v>599</v>
       </c>
       <c r="F111" t="s">
-        <v>604</v>
+        <v>638</v>
       </c>
       <c r="G111" t="s">
-        <v>660</v>
+        <v>692</v>
       </c>
       <c r="H111">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I111">
-        <v>200000</v>
+        <v>25776</v>
       </c>
       <c r="J111" t="s">
         <v>710</v>
       </c>
       <c r="K111">
-        <v>120000</v>
+        <v>12888</v>
       </c>
       <c r="L111" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
       <c r="M111" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="N111">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="O111" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="R111" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="S111" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="T111" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="U111" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="V111" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W111" t="s">
         <v>892</v>
       </c>
       <c r="X111" t="s">
         <v>895</v>
       </c>
       <c r="Y111" t="s">
         <v>899</v>
       </c>
+      <c r="AA111" t="s">
+        <v>906</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>917</v>
+      </c>
       <c r="AE111" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="AH111" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="AI111" t="s">
         <v>945</v>
       </c>
       <c r="AJ111" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
       <c r="AK111" t="s">
-        <v>1052</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="112" spans="1:37">
       <c r="A112" t="s">
         <v>151</v>
       </c>
       <c r="B112" t="s">
         <v>337</v>
       </c>
       <c r="C112" t="s">
         <v>523</v>
       </c>
       <c r="D112" t="s">
         <v>523</v>
       </c>
       <c r="E112" t="s">
         <v>599</v>
       </c>
       <c r="F112" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="G112" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H112">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I112">
-        <v>41520</v>
+        <v>998016</v>
       </c>
       <c r="J112" t="s">
         <v>710</v>
       </c>
       <c r="K112">
-        <v>20760</v>
+        <v>598809.6</v>
       </c>
       <c r="L112" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="M112" t="s">
         <v>836</v>
       </c>
       <c r="N112">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="O112" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="R112" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S112" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T112" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U112" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V112" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W112" t="s">
         <v>893</v>
       </c>
       <c r="X112" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y112" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>914</v>
+        <v>902</v>
       </c>
       <c r="AE112" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="AH112" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="AI112" t="s">
         <v>945</v>
       </c>
       <c r="AJ112" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
       <c r="AK112" t="s">
-        <v>1053</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="113" spans="1:37">
       <c r="A113" t="s">
         <v>152</v>
       </c>
       <c r="B113" t="s">
         <v>338</v>
       </c>
       <c r="C113" t="s">
         <v>524</v>
       </c>
       <c r="D113" t="s">
         <v>524</v>
       </c>
       <c r="E113" t="s">
         <v>599</v>
       </c>
       <c r="F113" t="s">
-        <v>602</v>
+        <v>636</v>
       </c>
       <c r="G113" t="s">
-        <v>677</v>
+        <v>657</v>
       </c>
       <c r="H113">
         <v>50</v>
       </c>
       <c r="I113">
-        <v>290462</v>
+        <v>348534</v>
       </c>
       <c r="J113" t="s">
         <v>710</v>
       </c>
       <c r="K113">
-        <v>145231</v>
+        <v>174267</v>
       </c>
       <c r="L113" t="s">
-        <v>753</v>
+        <v>788</v>
       </c>
       <c r="M113" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="N113">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O113" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R113" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S113" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T113" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U113" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V113" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W113" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X113" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y113" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA113" t="s">
-        <v>911</v>
+        <v>909</v>
       </c>
       <c r="AB113" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="AE113" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH113" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI113" t="s">
         <v>945</v>
       </c>
       <c r="AJ113" t="s">
-        <v>1004</v>
+        <v>1052</v>
       </c>
       <c r="AK113" t="s">
-        <v>1004</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="114" spans="1:37">
       <c r="A114" t="s">
         <v>153</v>
       </c>
       <c r="B114" t="s">
         <v>339</v>
       </c>
       <c r="C114" t="s">
         <v>525</v>
       </c>
       <c r="D114" t="s">
         <v>525</v>
       </c>
       <c r="E114" t="s">
         <v>599</v>
       </c>
       <c r="F114" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="G114" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="H114">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I114">
-        <v>2163000</v>
+        <v>188649</v>
       </c>
       <c r="J114" t="s">
         <v>710</v>
       </c>
       <c r="K114">
-        <v>865200</v>
+        <v>94324.5</v>
       </c>
       <c r="L114" t="s">
-        <v>721</v>
+        <v>789</v>
       </c>
       <c r="M114" t="s">
-        <v>835</v>
+        <v>833</v>
       </c>
       <c r="N114">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O114" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R114" t="s">
         <v>869</v>
       </c>
       <c r="S114" t="s">
         <v>874</v>
       </c>
       <c r="T114" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U114" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V114" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W114" t="s">
         <v>892</v>
       </c>
       <c r="X114" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y114" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>903</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>914</v>
+      </c>
+      <c r="AE114" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH114" t="s">
+        <v>937</v>
       </c>
       <c r="AI114" t="s">
         <v>945</v>
       </c>
       <c r="AJ114" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
       <c r="AK114" t="s">
-        <v>1054</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="115" spans="1:37">
       <c r="A115" t="s">
         <v>154</v>
       </c>
       <c r="B115" t="s">
         <v>340</v>
       </c>
       <c r="C115" t="s">
         <v>526</v>
       </c>
       <c r="D115" t="s">
         <v>526</v>
       </c>
       <c r="E115" t="s">
         <v>599</v>
       </c>
       <c r="F115" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="G115" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="H115">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I115">
-        <v>35760</v>
+        <v>103200</v>
       </c>
       <c r="J115" t="s">
         <v>710</v>
       </c>
       <c r="K115">
-        <v>14304</v>
+        <v>51600</v>
       </c>
       <c r="L115" t="s">
-        <v>793</v>
+        <v>775</v>
       </c>
       <c r="M115" t="s">
-        <v>834</v>
+        <v>846</v>
       </c>
       <c r="N115">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="O115" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R115" t="s">
         <v>869</v>
       </c>
       <c r="S115" t="s">
         <v>874</v>
       </c>
       <c r="T115" t="s">
         <v>879</v>
       </c>
       <c r="U115" t="s">
         <v>879</v>
       </c>
       <c r="V115" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W115" t="s">
         <v>892</v>
       </c>
       <c r="X115" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y115" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA115" t="s">
+        <v>912</v>
+      </c>
+      <c r="AB115" t="s">
+        <v>923</v>
+      </c>
+      <c r="AE115" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH115" t="s">
+        <v>937</v>
       </c>
       <c r="AI115" t="s">
         <v>945</v>
       </c>
       <c r="AJ115" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="AK115" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="116" spans="1:37">
       <c r="A116" t="s">
         <v>155</v>
       </c>
       <c r="B116" t="s">
         <v>341</v>
       </c>
       <c r="C116" t="s">
         <v>527</v>
       </c>
       <c r="D116" t="s">
         <v>527</v>
       </c>
       <c r="E116" t="s">
         <v>599</v>
       </c>
       <c r="F116" t="s">
-        <v>630</v>
+        <v>605</v>
       </c>
       <c r="G116" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
       <c r="H116">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I116">
-        <v>29440</v>
+        <v>2735425</v>
       </c>
       <c r="J116" t="s">
         <v>710</v>
       </c>
       <c r="K116">
-        <v>17664</v>
+        <v>1367712.5</v>
       </c>
       <c r="L116" t="s">
-        <v>794</v>
+        <v>712</v>
       </c>
       <c r="M116" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="N116">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="O116" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R116" t="s">
         <v>869</v>
       </c>
       <c r="S116" t="s">
         <v>874</v>
       </c>
       <c r="T116" t="s">
         <v>879</v>
       </c>
       <c r="U116" t="s">
         <v>879</v>
       </c>
       <c r="V116" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W116" t="s">
         <v>892</v>
       </c>
       <c r="X116" t="s">
         <v>895</v>
       </c>
       <c r="Y116" t="s">
         <v>899</v>
       </c>
+      <c r="AA116" t="s">
+        <v>904</v>
+      </c>
+      <c r="AB116" t="s">
+        <v>915</v>
+      </c>
       <c r="AE116" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="AH116" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="AI116" t="s">
         <v>945</v>
       </c>
       <c r="AJ116" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
       <c r="AK116" t="s">
-        <v>1056</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="117" spans="1:37">
       <c r="A117" t="s">
         <v>156</v>
       </c>
       <c r="B117" t="s">
         <v>342</v>
       </c>
       <c r="C117" t="s">
         <v>528</v>
       </c>
       <c r="D117" t="s">
         <v>528</v>
       </c>
       <c r="E117" t="s">
         <v>599</v>
       </c>
       <c r="F117" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="G117" t="s">
-        <v>658</v>
+        <v>696</v>
+      </c>
+      <c r="H117">
+        <v>50</v>
       </c>
       <c r="I117">
-        <v>120868000</v>
+        <v>48400</v>
       </c>
       <c r="J117" t="s">
         <v>710</v>
       </c>
+      <c r="K117">
+        <v>24200</v>
+      </c>
       <c r="L117" t="s">
-        <v>795</v>
+        <v>790</v>
+      </c>
+      <c r="M117" t="s">
+        <v>845</v>
       </c>
       <c r="N117">
-        <v>163</v>
+        <v>21</v>
       </c>
       <c r="O117" t="s">
-        <v>864</v>
+        <v>850</v>
       </c>
       <c r="R117" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="S117" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="T117" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="U117" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="V117" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="W117" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="X117" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="Y117" t="s">
-        <v>902</v>
+        <v>899</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>911</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>922</v>
+      </c>
+      <c r="AE117" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH117" t="s">
+        <v>941</v>
       </c>
       <c r="AI117" t="s">
         <v>945</v>
       </c>
       <c r="AJ117" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
       <c r="AK117" t="s">
-        <v>1057</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="118" spans="1:37">
       <c r="A118" t="s">
         <v>157</v>
       </c>
       <c r="B118" t="s">
         <v>343</v>
       </c>
       <c r="C118" t="s">
         <v>529</v>
       </c>
       <c r="D118" t="s">
         <v>529</v>
       </c>
       <c r="E118" t="s">
         <v>599</v>
       </c>
       <c r="F118" t="s">
-        <v>601</v>
+        <v>615</v>
       </c>
       <c r="G118" t="s">
         <v>695</v>
       </c>
       <c r="H118">
         <v>50</v>
       </c>
       <c r="I118">
         <v>250000</v>
       </c>
       <c r="J118" t="s">
         <v>710</v>
       </c>
       <c r="K118">
         <v>125000</v>
       </c>
       <c r="L118" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="M118" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="N118">
         <v>21</v>
       </c>
       <c r="O118" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R118" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S118" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T118" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U118" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V118" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W118" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X118" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y118" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA118" t="s">
-        <v>911</v>
+        <v>907</v>
       </c>
       <c r="AB118" t="s">
-        <v>922</v>
+        <v>918</v>
       </c>
       <c r="AE118" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH118" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI118" t="s">
         <v>945</v>
       </c>
       <c r="AJ118" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="AK118" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="119" spans="1:37">
       <c r="A119" t="s">
         <v>158</v>
       </c>
       <c r="B119" t="s">
         <v>344</v>
       </c>
       <c r="C119" t="s">
         <v>530</v>
       </c>
       <c r="D119" t="s">
         <v>530</v>
       </c>
       <c r="E119" t="s">
         <v>599</v>
       </c>
       <c r="F119" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="G119" t="s">
         <v>661</v>
       </c>
       <c r="H119">
         <v>40</v>
       </c>
       <c r="I119">
-        <v>2415000</v>
+        <v>1831500</v>
       </c>
       <c r="J119" t="s">
         <v>710</v>
       </c>
       <c r="K119">
-        <v>966000</v>
+        <v>732600</v>
       </c>
       <c r="L119" t="s">
-        <v>718</v>
+        <v>730</v>
       </c>
       <c r="M119" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N119">
         <v>12</v>
       </c>
       <c r="O119" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="R119" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S119" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T119" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U119" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V119" t="s">
         <v>890</v>
       </c>
       <c r="W119" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X119" t="s">
         <v>896</v>
       </c>
       <c r="Y119" t="s">
         <v>900</v>
       </c>
       <c r="AD119" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG119" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI119" t="s">
         <v>945</v>
       </c>
       <c r="AJ119" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
       <c r="AK119" t="s">
-        <v>1059</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="120" spans="1:37">
       <c r="A120" t="s">
         <v>159</v>
       </c>
       <c r="B120" t="s">
         <v>345</v>
       </c>
       <c r="C120" t="s">
         <v>531</v>
       </c>
       <c r="D120" t="s">
         <v>531</v>
       </c>
       <c r="E120" t="s">
         <v>599</v>
       </c>
       <c r="F120" t="s">
-        <v>645</v>
+        <v>625</v>
       </c>
       <c r="G120" t="s">
-        <v>696</v>
+        <v>657</v>
       </c>
       <c r="H120">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I120">
-        <v>50000</v>
+        <v>200860</v>
       </c>
       <c r="J120" t="s">
         <v>710</v>
       </c>
       <c r="K120">
-        <v>30000</v>
+        <v>100430</v>
       </c>
       <c r="L120" t="s">
-        <v>797</v>
+        <v>728</v>
       </c>
       <c r="M120" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="N120">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O120" t="s">
         <v>849</v>
       </c>
       <c r="R120" t="s">
         <v>869</v>
       </c>
       <c r="S120" t="s">
         <v>874</v>
       </c>
       <c r="T120" t="s">
         <v>879</v>
       </c>
       <c r="U120" t="s">
         <v>879</v>
       </c>
       <c r="V120" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W120" t="s">
         <v>892</v>
       </c>
       <c r="X120" t="s">
         <v>895</v>
       </c>
       <c r="Y120" t="s">
         <v>899</v>
       </c>
+      <c r="AA120" t="s">
+        <v>906</v>
+      </c>
+      <c r="AB120" t="s">
+        <v>917</v>
+      </c>
       <c r="AE120" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="AH120" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="AI120" t="s">
         <v>945</v>
       </c>
       <c r="AJ120" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
       <c r="AK120" t="s">
-        <v>1060</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="121" spans="1:37">
       <c r="A121" t="s">
         <v>160</v>
       </c>
       <c r="B121" t="s">
         <v>346</v>
       </c>
       <c r="C121" t="s">
         <v>532</v>
       </c>
       <c r="D121" t="s">
         <v>532</v>
       </c>
       <c r="E121" t="s">
         <v>599</v>
       </c>
       <c r="F121" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="G121" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="H121">
-        <v>47.59</v>
+        <v>50</v>
       </c>
       <c r="I121">
-        <v>98750000</v>
+        <v>300000</v>
       </c>
       <c r="J121" t="s">
         <v>710</v>
       </c>
       <c r="K121">
-        <v>47000000</v>
+        <v>150000</v>
       </c>
       <c r="L121" t="s">
-        <v>738</v>
+        <v>792</v>
+      </c>
+      <c r="M121" t="s">
+        <v>840</v>
       </c>
       <c r="N121">
-        <v>134</v>
+        <v>169</v>
       </c>
       <c r="O121" t="s">
-        <v>865</v>
+        <v>849</v>
       </c>
       <c r="R121" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="S121" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="T121" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="U121" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="V121" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="W121" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="X121" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="Y121" t="s">
-        <v>902</v>
+        <v>899</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>906</v>
+      </c>
+      <c r="AB121" t="s">
+        <v>917</v>
+      </c>
+      <c r="AE121" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH121" t="s">
+        <v>941</v>
       </c>
       <c r="AI121" t="s">
         <v>945</v>
       </c>
       <c r="AJ121" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="AK121" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="122" spans="1:37">
       <c r="A122" t="s">
         <v>161</v>
       </c>
       <c r="B122" t="s">
         <v>347</v>
       </c>
       <c r="C122" t="s">
         <v>533</v>
       </c>
       <c r="D122" t="s">
         <v>533</v>
       </c>
       <c r="E122" t="s">
         <v>599</v>
       </c>
       <c r="F122" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="G122" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="H122">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I122">
-        <v>188649</v>
+        <v>200000</v>
       </c>
       <c r="J122" t="s">
         <v>710</v>
       </c>
       <c r="K122">
-        <v>94324.5</v>
+        <v>80000</v>
       </c>
       <c r="L122" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="M122" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="N122">
         <v>169</v>
       </c>
       <c r="O122" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R122" t="s">
         <v>870</v>
       </c>
       <c r="S122" t="s">
         <v>875</v>
       </c>
       <c r="T122" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U122" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V122" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W122" t="s">
         <v>893</v>
       </c>
       <c r="X122" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y122" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD122" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG122" t="s">
+        <v>936</v>
       </c>
       <c r="AI122" t="s">
         <v>945</v>
       </c>
       <c r="AJ122" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="AK122" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="123" spans="1:37">
       <c r="A123" t="s">
         <v>162</v>
       </c>
       <c r="B123" t="s">
         <v>348</v>
       </c>
       <c r="C123" t="s">
         <v>534</v>
       </c>
       <c r="D123" t="s">
         <v>534</v>
       </c>
       <c r="E123" t="s">
         <v>599</v>
       </c>
       <c r="F123" t="s">
-        <v>646</v>
+        <v>604</v>
       </c>
       <c r="G123" t="s">
-        <v>670</v>
+        <v>661</v>
       </c>
       <c r="H123">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I123">
-        <v>25776</v>
+        <v>1412091</v>
       </c>
       <c r="J123" t="s">
         <v>710</v>
       </c>
       <c r="K123">
-        <v>12888</v>
+        <v>564836.4</v>
       </c>
       <c r="L123" t="s">
-        <v>799</v>
+        <v>740</v>
       </c>
       <c r="M123" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="N123">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="O123" t="s">
         <v>853</v>
       </c>
       <c r="R123" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S123" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T123" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U123" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V123" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W123" t="s">
         <v>893</v>
       </c>
       <c r="X123" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y123" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>938</v>
+        <v>900</v>
+      </c>
+      <c r="AD123" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG123" t="s">
+        <v>936</v>
       </c>
       <c r="AI123" t="s">
         <v>945</v>
       </c>
       <c r="AJ123" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
       <c r="AK123" t="s">
-        <v>1063</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="124" spans="1:37">
       <c r="A124" t="s">
         <v>163</v>
       </c>
       <c r="B124" t="s">
         <v>349</v>
       </c>
       <c r="C124" t="s">
         <v>535</v>
       </c>
       <c r="D124" t="s">
         <v>535</v>
       </c>
       <c r="E124" t="s">
         <v>599</v>
       </c>
       <c r="F124" t="s">
-        <v>647</v>
+        <v>603</v>
       </c>
       <c r="G124" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>660</v>
       </c>
       <c r="I124">
-        <v>382572</v>
+        <v>23402748</v>
       </c>
       <c r="J124" t="s">
         <v>710</v>
       </c>
-      <c r="K124">
-[...1 lines deleted...]
-      </c>
       <c r="L124" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>833</v>
+        <v>794</v>
       </c>
       <c r="N124">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="O124" t="s">
-        <v>849</v>
+        <v>861</v>
       </c>
       <c r="R124" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="S124" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="T124" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="U124" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="V124" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="W124" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="X124" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="Y124" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>901</v>
       </c>
       <c r="AI124" t="s">
         <v>945</v>
       </c>
       <c r="AJ124" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
       <c r="AK124" t="s">
-        <v>1064</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="125" spans="1:37">
       <c r="A125" t="s">
         <v>164</v>
       </c>
       <c r="B125" t="s">
         <v>350</v>
       </c>
       <c r="C125" t="s">
         <v>536</v>
       </c>
       <c r="D125" t="s">
         <v>536</v>
       </c>
       <c r="E125" t="s">
         <v>599</v>
       </c>
       <c r="F125" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="G125" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="H125">
         <v>50</v>
       </c>
       <c r="I125">
-        <v>370000</v>
+        <v>3226770</v>
       </c>
       <c r="J125" t="s">
         <v>710</v>
       </c>
       <c r="K125">
-        <v>185000</v>
+        <v>1613385</v>
       </c>
       <c r="L125" t="s">
-        <v>726</v>
+        <v>755</v>
       </c>
       <c r="M125" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="N125">
         <v>21</v>
       </c>
       <c r="O125" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R125" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S125" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T125" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U125" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V125" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W125" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X125" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y125" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA125" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="AB125" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="AE125" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH125" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI125" t="s">
         <v>945</v>
       </c>
       <c r="AJ125" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="AK125" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="126" spans="1:37">
       <c r="A126" t="s">
         <v>165</v>
       </c>
       <c r="B126" t="s">
         <v>351</v>
       </c>
       <c r="C126" t="s">
         <v>537</v>
       </c>
       <c r="D126" t="s">
         <v>537</v>
       </c>
       <c r="E126" t="s">
         <v>599</v>
       </c>
       <c r="F126" t="s">
-        <v>613</v>
+        <v>636</v>
       </c>
       <c r="G126" t="s">
         <v>657</v>
       </c>
       <c r="H126">
         <v>50</v>
       </c>
       <c r="I126">
-        <v>1067722</v>
+        <v>344085.25</v>
       </c>
       <c r="J126" t="s">
         <v>710</v>
       </c>
       <c r="K126">
-        <v>533861</v>
+        <v>172042.62</v>
       </c>
       <c r="L126" t="s">
-        <v>761</v>
+        <v>717</v>
       </c>
       <c r="M126" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="N126">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O126" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R126" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S126" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T126" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U126" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V126" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W126" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X126" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y126" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA126" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="AB126" t="s">
-        <v>917</v>
+        <v>916</v>
       </c>
       <c r="AE126" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="AH126" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="AI126" t="s">
         <v>945</v>
       </c>
       <c r="AJ126" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
       <c r="AK126" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="127" spans="1:37">
       <c r="A127" t="s">
         <v>166</v>
       </c>
       <c r="B127" t="s">
         <v>352</v>
       </c>
       <c r="C127" t="s">
         <v>538</v>
       </c>
       <c r="D127" t="s">
         <v>538</v>
       </c>
       <c r="E127" t="s">
         <v>599</v>
       </c>
       <c r="F127" t="s">
         <v>605</v>
       </c>
       <c r="G127" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H127">
         <v>40</v>
       </c>
       <c r="I127">
-        <v>459846</v>
+        <v>200000</v>
       </c>
       <c r="J127" t="s">
         <v>710</v>
       </c>
       <c r="K127">
-        <v>183938.4</v>
+        <v>80000</v>
       </c>
       <c r="L127" t="s">
-        <v>721</v>
+        <v>770</v>
       </c>
       <c r="M127" t="s">
         <v>835</v>
       </c>
       <c r="N127">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O127" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R127" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S127" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T127" t="s">
         <v>880</v>
       </c>
       <c r="U127" t="s">
         <v>880</v>
       </c>
       <c r="V127" t="s">
         <v>890</v>
       </c>
       <c r="W127" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X127" t="s">
         <v>896</v>
       </c>
       <c r="Y127" t="s">
         <v>900</v>
       </c>
       <c r="AD127" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="AG127" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="AI127" t="s">
         <v>945</v>
       </c>
       <c r="AJ127" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="AK127" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="128" spans="1:37">
       <c r="A128" t="s">
         <v>167</v>
       </c>
       <c r="B128" t="s">
         <v>353</v>
       </c>
       <c r="C128" t="s">
         <v>539</v>
       </c>
       <c r="D128" t="s">
         <v>539</v>
       </c>
       <c r="E128" t="s">
         <v>599</v>
       </c>
       <c r="F128" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="G128" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="H128">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I128">
-        <v>3861745</v>
+        <v>218275</v>
       </c>
       <c r="J128" t="s">
         <v>710</v>
       </c>
       <c r="K128">
-        <v>2317047</v>
+        <v>109137.5</v>
       </c>
       <c r="L128" t="s">
-        <v>801</v>
+        <v>738</v>
       </c>
       <c r="M128" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="N128">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="O128" t="s">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="R128" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="S128" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="T128" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="U128" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="V128" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W128" t="s">
         <v>892</v>
       </c>
       <c r="X128" t="s">
         <v>895</v>
       </c>
       <c r="Y128" t="s">
         <v>899</v>
       </c>
+      <c r="AA128" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB128" t="s">
+        <v>920</v>
+      </c>
       <c r="AE128" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="AH128" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="AI128" t="s">
         <v>945</v>
       </c>
       <c r="AJ128" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
       <c r="AK128" t="s">
-        <v>1068</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="129" spans="1:37">
       <c r="A129" t="s">
         <v>168</v>
       </c>
       <c r="B129" t="s">
         <v>354</v>
       </c>
       <c r="C129" t="s">
         <v>540</v>
       </c>
       <c r="D129" t="s">
         <v>540</v>
       </c>
       <c r="E129" t="s">
         <v>599</v>
       </c>
       <c r="F129" t="s">
-        <v>604</v>
+        <v>643</v>
       </c>
       <c r="G129" t="s">
-        <v>660</v>
+        <v>698</v>
       </c>
       <c r="H129">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I129">
-        <v>200000</v>
+        <v>135200</v>
       </c>
       <c r="J129" t="s">
         <v>710</v>
       </c>
       <c r="K129">
-        <v>80000</v>
+        <v>67600</v>
       </c>
       <c r="L129" t="s">
-        <v>781</v>
+        <v>795</v>
       </c>
       <c r="M129" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="N129">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="O129" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="R129" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="S129" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="T129" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="U129" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="V129" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W129" t="s">
         <v>892</v>
       </c>
       <c r="X129" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y129" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA129" t="s">
+        <v>906</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>917</v>
+      </c>
+      <c r="AE129" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH129" t="s">
+        <v>941</v>
       </c>
       <c r="AI129" t="s">
         <v>945</v>
       </c>
       <c r="AJ129" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="AK129" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="130" spans="1:37">
       <c r="A130" t="s">
         <v>169</v>
       </c>
       <c r="B130" t="s">
         <v>355</v>
       </c>
       <c r="C130" t="s">
         <v>541</v>
       </c>
       <c r="D130" t="s">
         <v>541</v>
       </c>
       <c r="E130" t="s">
         <v>599</v>
       </c>
       <c r="F130" t="s">
-        <v>649</v>
+        <v>620</v>
       </c>
       <c r="G130" t="s">
-        <v>700</v>
+        <v>679</v>
       </c>
       <c r="H130">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I130">
-        <v>632000</v>
+        <v>262500</v>
       </c>
       <c r="J130" t="s">
         <v>710</v>
       </c>
       <c r="K130">
-        <v>379200</v>
+        <v>131250</v>
       </c>
       <c r="L130" t="s">
-        <v>802</v>
+        <v>748</v>
       </c>
       <c r="M130" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="N130">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="O130" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="R130" t="s">
         <v>869</v>
       </c>
       <c r="S130" t="s">
         <v>874</v>
       </c>
       <c r="T130" t="s">
         <v>879</v>
       </c>
       <c r="U130" t="s">
         <v>879</v>
       </c>
       <c r="V130" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W130" t="s">
         <v>892</v>
       </c>
       <c r="X130" t="s">
         <v>895</v>
       </c>
       <c r="Y130" t="s">
         <v>899</v>
       </c>
+      <c r="AA130" t="s">
+        <v>906</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>917</v>
+      </c>
       <c r="AE130" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="AH130" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="AI130" t="s">
         <v>945</v>
       </c>
       <c r="AJ130" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="AK130" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="131" spans="1:37">
       <c r="A131" t="s">
         <v>170</v>
       </c>
       <c r="B131" t="s">
         <v>356</v>
       </c>
       <c r="C131" t="s">
         <v>542</v>
       </c>
       <c r="D131" t="s">
         <v>542</v>
       </c>
       <c r="E131" t="s">
         <v>599</v>
       </c>
       <c r="F131" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="G131" t="s">
-        <v>661</v>
+        <v>699</v>
       </c>
       <c r="H131">
         <v>40</v>
       </c>
       <c r="I131">
-        <v>1930600</v>
+        <v>7000000</v>
       </c>
       <c r="J131" t="s">
         <v>710</v>
       </c>
       <c r="K131">
-        <v>772240</v>
+        <v>2800000</v>
       </c>
       <c r="L131" t="s">
-        <v>779</v>
+        <v>796</v>
       </c>
       <c r="M131" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="N131">
-        <v>12</v>
+        <v>168</v>
       </c>
       <c r="O131" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="R131" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S131" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T131" t="s">
         <v>880</v>
       </c>
       <c r="U131" t="s">
         <v>880</v>
       </c>
       <c r="V131" t="s">
         <v>890</v>
       </c>
       <c r="W131" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X131" t="s">
         <v>896</v>
       </c>
       <c r="Y131" t="s">
         <v>900</v>
       </c>
       <c r="AD131" t="s">
         <v>925</v>
       </c>
       <c r="AG131" t="s">
         <v>935</v>
       </c>
       <c r="AI131" t="s">
         <v>945</v>
       </c>
       <c r="AJ131" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="AK131" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="132" spans="1:37">
       <c r="A132" t="s">
         <v>171</v>
       </c>
       <c r="B132" t="s">
         <v>357</v>
       </c>
       <c r="C132" t="s">
         <v>543</v>
       </c>
       <c r="D132" t="s">
         <v>543</v>
       </c>
       <c r="E132" t="s">
         <v>599</v>
       </c>
       <c r="F132" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="G132" t="s">
         <v>660</v>
       </c>
       <c r="H132">
-        <v>40</v>
+        <v>46.09</v>
       </c>
       <c r="I132">
-        <v>200000</v>
+        <v>92000000</v>
       </c>
       <c r="J132" t="s">
         <v>710</v>
       </c>
       <c r="K132">
-        <v>80000</v>
+        <v>42400000</v>
       </c>
       <c r="L132" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>722</v>
       </c>
       <c r="N132">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="O132" t="s">
-        <v>851</v>
+        <v>862</v>
       </c>
       <c r="R132" t="s">
         <v>871</v>
       </c>
       <c r="S132" t="s">
         <v>876</v>
       </c>
       <c r="T132" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="U132" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="V132" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="W132" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="X132" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="Y132" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>901</v>
       </c>
       <c r="AI132" t="s">
         <v>945</v>
       </c>
       <c r="AJ132" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
       <c r="AK132" t="s">
-        <v>1072</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="133" spans="1:37">
       <c r="A133" t="s">
         <v>172</v>
       </c>
       <c r="B133" t="s">
         <v>358</v>
       </c>
       <c r="C133" t="s">
         <v>544</v>
       </c>
       <c r="D133" t="s">
         <v>544</v>
       </c>
       <c r="E133" t="s">
         <v>599</v>
       </c>
       <c r="F133" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>644</v>
       </c>
       <c r="H133">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I133">
-        <v>300000</v>
+        <v>166909</v>
       </c>
       <c r="J133" t="s">
         <v>710</v>
       </c>
       <c r="K133">
-        <v>150000</v>
+        <v>100145.4</v>
       </c>
       <c r="L133" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="M133" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="N133">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O133" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R133" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S133" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T133" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U133" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V133" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W133" t="s">
         <v>893</v>
       </c>
       <c r="X133" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y133" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>921</v>
+        <v>902</v>
       </c>
       <c r="AE133" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="AH133" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="AI133" t="s">
         <v>945</v>
       </c>
       <c r="AJ133" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="AK133" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="134" spans="1:37">
       <c r="A134" t="s">
         <v>173</v>
       </c>
       <c r="B134" t="s">
         <v>359</v>
       </c>
       <c r="C134" t="s">
         <v>545</v>
       </c>
       <c r="D134" t="s">
         <v>545</v>
       </c>
       <c r="E134" t="s">
         <v>599</v>
       </c>
       <c r="F134" t="s">
-        <v>650</v>
+        <v>615</v>
       </c>
       <c r="G134" t="s">
-        <v>701</v>
+        <v>657</v>
       </c>
       <c r="H134">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I134">
-        <v>25200</v>
+        <v>172152</v>
       </c>
       <c r="J134" t="s">
         <v>710</v>
       </c>
       <c r="K134">
-        <v>15120</v>
+        <v>86076</v>
       </c>
       <c r="L134" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="M134" t="s">
         <v>838</v>
       </c>
       <c r="N134">
-        <v>26</v>
+        <v>169</v>
       </c>
       <c r="O134" t="s">
         <v>849</v>
       </c>
       <c r="R134" t="s">
         <v>869</v>
       </c>
       <c r="S134" t="s">
         <v>874</v>
       </c>
       <c r="T134" t="s">
         <v>879</v>
       </c>
       <c r="U134" t="s">
         <v>879</v>
       </c>
       <c r="V134" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W134" t="s">
         <v>892</v>
       </c>
       <c r="X134" t="s">
         <v>895</v>
       </c>
       <c r="Y134" t="s">
         <v>899</v>
       </c>
+      <c r="AA134" t="s">
+        <v>905</v>
+      </c>
+      <c r="AB134" t="s">
+        <v>916</v>
+      </c>
       <c r="AE134" t="s">
         <v>930</v>
       </c>
       <c r="AH134" t="s">
         <v>940</v>
       </c>
       <c r="AI134" t="s">
         <v>945</v>
       </c>
       <c r="AJ134" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
       <c r="AK134" t="s">
-        <v>1074</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="135" spans="1:37">
       <c r="A135" t="s">
         <v>174</v>
       </c>
       <c r="B135" t="s">
         <v>360</v>
       </c>
       <c r="C135" t="s">
         <v>546</v>
       </c>
       <c r="D135" t="s">
         <v>546</v>
       </c>
       <c r="E135" t="s">
         <v>599</v>
       </c>
       <c r="F135" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="G135" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="H135">
-        <v>43.48</v>
+        <v>50</v>
       </c>
       <c r="I135">
-        <v>196751063</v>
+        <v>1000000</v>
       </c>
       <c r="J135" t="s">
         <v>710</v>
       </c>
       <c r="K135">
-        <v>85538104.40000001</v>
+        <v>500000</v>
       </c>
       <c r="L135" t="s">
-        <v>738</v>
+        <v>717</v>
+      </c>
+      <c r="M135" t="s">
+        <v>838</v>
       </c>
       <c r="N135">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="O135" t="s">
-        <v>864</v>
+        <v>849</v>
       </c>
       <c r="R135" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="S135" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="T135" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="U135" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="V135" t="s">
-        <v>891</v>
+        <v>879</v>
       </c>
       <c r="W135" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="X135" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="Y135" t="s">
-        <v>902</v>
+        <v>899</v>
+      </c>
+      <c r="AA135" t="s">
+        <v>905</v>
+      </c>
+      <c r="AB135" t="s">
+        <v>916</v>
+      </c>
+      <c r="AE135" t="s">
+        <v>930</v>
+      </c>
+      <c r="AH135" t="s">
+        <v>940</v>
       </c>
       <c r="AI135" t="s">
         <v>945</v>
       </c>
       <c r="AJ135" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
       <c r="AK135" t="s">
-        <v>1075</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="136" spans="1:37">
       <c r="A136" t="s">
         <v>175</v>
       </c>
       <c r="B136" t="s">
         <v>361</v>
       </c>
       <c r="C136" t="s">
         <v>547</v>
       </c>
       <c r="D136" t="s">
         <v>547</v>
       </c>
       <c r="E136" t="s">
         <v>599</v>
       </c>
       <c r="F136" t="s">
-        <v>618</v>
+        <v>601</v>
       </c>
       <c r="G136" t="s">
-        <v>702</v>
+        <v>660</v>
       </c>
       <c r="H136">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I136">
-        <v>999791</v>
+        <v>4659680</v>
       </c>
       <c r="J136" t="s">
         <v>710</v>
       </c>
       <c r="K136">
-        <v>499895.5</v>
+        <v>1863872</v>
       </c>
       <c r="L136" t="s">
-        <v>806</v>
+        <v>734</v>
       </c>
       <c r="M136" t="s">
         <v>837</v>
       </c>
       <c r="N136">
-        <v>169</v>
+        <v>28</v>
       </c>
       <c r="O136" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="R136" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S136" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T136" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U136" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V136" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W136" t="s">
         <v>893</v>
       </c>
       <c r="X136" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y136" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>939</v>
+        <v>900</v>
+      </c>
+      <c r="AD136" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG136" t="s">
+        <v>936</v>
       </c>
       <c r="AI136" t="s">
         <v>945</v>
       </c>
       <c r="AJ136" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="AK136" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="137" spans="1:37">
       <c r="A137" t="s">
         <v>176</v>
       </c>
       <c r="B137" t="s">
         <v>362</v>
       </c>
       <c r="C137" t="s">
         <v>548</v>
       </c>
       <c r="D137" t="s">
         <v>548</v>
       </c>
       <c r="E137" t="s">
         <v>599</v>
       </c>
       <c r="F137" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="G137" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>660</v>
       </c>
       <c r="I137">
-        <v>2735425</v>
+        <v>11406365</v>
       </c>
       <c r="J137" t="s">
         <v>710</v>
       </c>
-      <c r="K137">
-[...1 lines deleted...]
-      </c>
       <c r="L137" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-        <v>839</v>
+        <v>799</v>
       </c>
       <c r="N137">
-        <v>21</v>
+        <v>136</v>
       </c>
       <c r="O137" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="R137" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="S137" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="T137" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="U137" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="V137" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="W137" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="X137" t="s">
         <v>897</v>
       </c>
       <c r="Y137" t="s">
         <v>901</v>
       </c>
-      <c r="AA137" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AI137" t="s">
         <v>945</v>
       </c>
       <c r="AJ137" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="AK137" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="138" spans="1:37">
       <c r="A138" t="s">
         <v>177</v>
       </c>
       <c r="B138" t="s">
         <v>363</v>
       </c>
       <c r="C138" t="s">
         <v>549</v>
       </c>
       <c r="D138" t="s">
         <v>549</v>
       </c>
       <c r="E138" t="s">
         <v>599</v>
       </c>
       <c r="F138" t="s">
-        <v>632</v>
+        <v>615</v>
       </c>
       <c r="G138" t="s">
-        <v>703</v>
+        <v>657</v>
       </c>
       <c r="H138">
         <v>50</v>
       </c>
       <c r="I138">
-        <v>13474.45</v>
+        <v>299999.99</v>
       </c>
       <c r="J138" t="s">
         <v>710</v>
       </c>
       <c r="K138">
-        <v>6737.23</v>
+        <v>149999.99</v>
       </c>
       <c r="L138" t="s">
-        <v>808</v>
+        <v>800</v>
       </c>
       <c r="M138" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="N138">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O138" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R138" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S138" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T138" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U138" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V138" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W138" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X138" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y138" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA138" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="AB138" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="AE138" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH138" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI138" t="s">
         <v>945</v>
       </c>
       <c r="AJ138" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
       <c r="AK138" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="139" spans="1:37">
       <c r="A139" t="s">
         <v>178</v>
       </c>
       <c r="B139" t="s">
         <v>364</v>
       </c>
       <c r="C139" t="s">
         <v>550</v>
       </c>
       <c r="D139" t="s">
         <v>550</v>
       </c>
       <c r="E139" t="s">
         <v>599</v>
       </c>
       <c r="F139" t="s">
-        <v>605</v>
+        <v>645</v>
       </c>
       <c r="G139" t="s">
-        <v>661</v>
+        <v>700</v>
       </c>
       <c r="H139">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I139">
-        <v>2395000</v>
+        <v>3641408</v>
       </c>
       <c r="J139" t="s">
         <v>710</v>
       </c>
       <c r="K139">
-        <v>958000</v>
+        <v>1820704</v>
       </c>
       <c r="L139" t="s">
-        <v>752</v>
+        <v>801</v>
       </c>
       <c r="M139" t="s">
-        <v>835</v>
+        <v>834</v>
       </c>
       <c r="N139">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="O139" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="R139" t="s">
         <v>869</v>
       </c>
       <c r="S139" t="s">
         <v>874</v>
       </c>
       <c r="T139" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U139" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V139" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W139" t="s">
         <v>892</v>
       </c>
       <c r="X139" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y139" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA139" t="s">
+        <v>904</v>
+      </c>
+      <c r="AB139" t="s">
+        <v>915</v>
+      </c>
+      <c r="AE139" t="s">
+        <v>928</v>
+      </c>
+      <c r="AH139" t="s">
+        <v>938</v>
       </c>
       <c r="AI139" t="s">
         <v>945</v>
       </c>
       <c r="AJ139" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="AK139" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="140" spans="1:37">
       <c r="A140" t="s">
         <v>179</v>
       </c>
       <c r="B140" t="s">
         <v>365</v>
       </c>
       <c r="C140" t="s">
         <v>551</v>
       </c>
       <c r="D140" t="s">
         <v>551</v>
       </c>
       <c r="E140" t="s">
         <v>599</v>
       </c>
       <c r="F140" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G140" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H140">
         <v>60</v>
       </c>
       <c r="I140">
-        <v>199020</v>
+        <v>199310</v>
       </c>
       <c r="J140" t="s">
         <v>710</v>
       </c>
       <c r="K140">
-        <v>119412</v>
+        <v>119586</v>
       </c>
       <c r="L140" t="s">
-        <v>809</v>
+        <v>723</v>
       </c>
       <c r="M140" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="N140">
         <v>169</v>
       </c>
       <c r="O140" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R140" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S140" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T140" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U140" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V140" t="s">
         <v>890</v>
       </c>
       <c r="W140" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X140" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="Y140" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="AE140" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="AH140" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="AI140" t="s">
         <v>945</v>
       </c>
       <c r="AJ140" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="AK140" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="141" spans="1:37">
       <c r="A141" t="s">
         <v>180</v>
       </c>
       <c r="B141" t="s">
         <v>366</v>
       </c>
       <c r="C141" t="s">
         <v>552</v>
       </c>
       <c r="D141" t="s">
         <v>552</v>
       </c>
       <c r="E141" t="s">
         <v>599</v>
       </c>
       <c r="F141" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="G141" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>660</v>
       </c>
       <c r="I141">
-        <v>33700002</v>
+        <v>55890000</v>
       </c>
       <c r="J141" t="s">
         <v>710</v>
       </c>
-      <c r="K141">
-[...1 lines deleted...]
-      </c>
       <c r="L141" t="s">
-        <v>810</v>
+        <v>802</v>
       </c>
       <c r="N141">
-        <v>164</v>
+        <v>146</v>
       </c>
       <c r="O141" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="R141" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="S141" t="s">
-        <v>877</v>
+        <v>876</v>
       </c>
       <c r="T141" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="U141" t="s">
-        <v>889</v>
+        <v>888</v>
       </c>
       <c r="V141" t="s">
         <v>891</v>
       </c>
       <c r="W141" t="s">
         <v>894</v>
       </c>
       <c r="X141" t="s">
-        <v>898</v>
+        <v>897</v>
       </c>
       <c r="Y141" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="AI141" t="s">
         <v>945</v>
       </c>
       <c r="AJ141" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
       <c r="AK141" t="s">
-        <v>1081</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="142" spans="1:37">
       <c r="A142" t="s">
         <v>181</v>
       </c>
       <c r="B142" t="s">
         <v>367</v>
       </c>
       <c r="C142" t="s">
         <v>553</v>
       </c>
       <c r="D142" t="s">
         <v>553</v>
       </c>
       <c r="E142" t="s">
         <v>599</v>
       </c>
       <c r="F142" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="G142" t="s">
-        <v>704</v>
+        <v>662</v>
       </c>
       <c r="H142">
         <v>50</v>
       </c>
       <c r="I142">
-        <v>135200</v>
+        <v>188183</v>
       </c>
       <c r="J142" t="s">
         <v>710</v>
       </c>
       <c r="K142">
-        <v>67600</v>
+        <v>94091.5</v>
       </c>
       <c r="L142" t="s">
-        <v>811</v>
+        <v>738</v>
       </c>
       <c r="M142" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="N142">
         <v>21</v>
       </c>
       <c r="O142" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R142" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S142" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T142" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U142" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V142" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W142" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X142" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y142" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA142" t="s">
-        <v>910</v>
+        <v>909</v>
       </c>
       <c r="AB142" t="s">
-        <v>921</v>
+        <v>920</v>
       </c>
       <c r="AE142" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH142" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI142" t="s">
         <v>945</v>
       </c>
       <c r="AJ142" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="AK142" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="143" spans="1:37">
       <c r="A143" t="s">
         <v>182</v>
       </c>
       <c r="B143" t="s">
         <v>368</v>
       </c>
       <c r="C143" t="s">
         <v>554</v>
       </c>
       <c r="D143" t="s">
         <v>554</v>
       </c>
       <c r="E143" t="s">
         <v>599</v>
       </c>
       <c r="F143" t="s">
-        <v>601</v>
+        <v>647</v>
       </c>
       <c r="G143" t="s">
-        <v>659</v>
+        <v>701</v>
       </c>
       <c r="H143">
         <v>50</v>
       </c>
       <c r="I143">
-        <v>249999.08</v>
+        <v>41520</v>
       </c>
       <c r="J143" t="s">
         <v>710</v>
       </c>
       <c r="K143">
-        <v>124999.54</v>
+        <v>20760</v>
       </c>
       <c r="L143" t="s">
-        <v>812</v>
+        <v>803</v>
       </c>
       <c r="M143" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="N143">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="O143" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="R143" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S143" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T143" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U143" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V143" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W143" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X143" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y143" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA143" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="AB143" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="AE143" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH143" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI143" t="s">
         <v>945</v>
       </c>
       <c r="AJ143" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
       <c r="AK143" t="s">
-        <v>1083</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="144" spans="1:37">
       <c r="A144" t="s">
         <v>183</v>
       </c>
       <c r="B144" t="s">
         <v>369</v>
       </c>
       <c r="C144" t="s">
         <v>555</v>
       </c>
       <c r="D144" t="s">
         <v>555</v>
       </c>
       <c r="E144" t="s">
         <v>599</v>
       </c>
       <c r="F144" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="G144" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="H144">
-        <v>40</v>
+        <v>44.4</v>
       </c>
       <c r="I144">
-        <v>1982172</v>
+        <v>164240553</v>
       </c>
       <c r="J144" t="s">
         <v>710</v>
       </c>
       <c r="K144">
-        <v>792868.8</v>
+        <v>72922805.40000001</v>
       </c>
       <c r="L144" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>804</v>
       </c>
       <c r="N144">
-        <v>12</v>
+        <v>153</v>
       </c>
       <c r="O144" t="s">
-        <v>852</v>
+        <v>865</v>
       </c>
       <c r="R144" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="S144" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="T144" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="U144" t="s">
-        <v>880</v>
+        <v>889</v>
       </c>
       <c r="V144" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="W144" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="X144" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="Y144" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>901</v>
       </c>
       <c r="AI144" t="s">
         <v>945</v>
       </c>
       <c r="AJ144" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="AK144" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="145" spans="1:37">
       <c r="A145" t="s">
         <v>184</v>
       </c>
       <c r="B145" t="s">
         <v>370</v>
       </c>
       <c r="C145" t="s">
         <v>556</v>
       </c>
       <c r="D145" t="s">
         <v>556</v>
       </c>
       <c r="E145" t="s">
         <v>599</v>
       </c>
       <c r="F145" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="G145" t="s">
         <v>661</v>
       </c>
       <c r="H145">
         <v>40</v>
       </c>
       <c r="I145">
-        <v>1069034</v>
+        <v>2161200</v>
       </c>
       <c r="J145" t="s">
         <v>710</v>
       </c>
       <c r="K145">
-        <v>427613.6</v>
+        <v>864480</v>
       </c>
       <c r="L145" t="s">
-        <v>752</v>
+        <v>740</v>
       </c>
       <c r="M145" t="s">
         <v>835</v>
       </c>
       <c r="N145">
         <v>12</v>
       </c>
       <c r="O145" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="R145" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S145" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T145" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U145" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V145" t="s">
         <v>890</v>
       </c>
       <c r="W145" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X145" t="s">
         <v>896</v>
       </c>
       <c r="Y145" t="s">
         <v>900</v>
       </c>
       <c r="AD145" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="AG145" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="AI145" t="s">
         <v>945</v>
       </c>
       <c r="AJ145" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
       <c r="AK145" t="s">
-        <v>1085</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="146" spans="1:37">
       <c r="A146" t="s">
         <v>185</v>
       </c>
       <c r="B146" t="s">
         <v>371</v>
       </c>
       <c r="C146" t="s">
         <v>557</v>
       </c>
       <c r="D146" t="s">
         <v>557</v>
       </c>
       <c r="E146" t="s">
         <v>599</v>
       </c>
       <c r="F146" t="s">
-        <v>614</v>
+        <v>648</v>
       </c>
       <c r="G146" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="H146">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I146">
-        <v>7000000</v>
+        <v>237581</v>
       </c>
       <c r="J146" t="s">
         <v>710</v>
       </c>
       <c r="K146">
-        <v>2800000</v>
+        <v>142548.6</v>
       </c>
       <c r="L146" t="s">
-        <v>813</v>
+        <v>805</v>
       </c>
       <c r="M146" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="N146">
-        <v>168</v>
+        <v>26</v>
       </c>
       <c r="O146" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="R146" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S146" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T146" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="U146" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="V146" t="s">
         <v>890</v>
       </c>
       <c r="W146" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X146" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y146" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>902</v>
+      </c>
+      <c r="AE146" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH146" t="s">
+        <v>937</v>
       </c>
       <c r="AI146" t="s">
         <v>945</v>
       </c>
       <c r="AJ146" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
       <c r="AK146" t="s">
-        <v>1086</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="147" spans="1:37">
       <c r="A147" t="s">
         <v>186</v>
       </c>
       <c r="B147" t="s">
         <v>372</v>
       </c>
       <c r="C147" t="s">
         <v>558</v>
       </c>
       <c r="D147" t="s">
         <v>558</v>
       </c>
       <c r="E147" t="s">
         <v>599</v>
       </c>
       <c r="F147" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="G147" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="H147">
         <v>40</v>
       </c>
       <c r="I147">
-        <v>6980143</v>
+        <v>4920420</v>
       </c>
       <c r="J147" t="s">
         <v>710</v>
       </c>
       <c r="K147">
-        <v>2792057.2</v>
+        <v>1968168</v>
       </c>
       <c r="L147" t="s">
-        <v>718</v>
+        <v>806</v>
       </c>
       <c r="M147" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N147">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="O147" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="R147" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S147" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T147" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U147" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V147" t="s">
         <v>890</v>
       </c>
       <c r="W147" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X147" t="s">
         <v>896</v>
       </c>
       <c r="Y147" t="s">
         <v>900</v>
       </c>
       <c r="AD147" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG147" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI147" t="s">
         <v>945</v>
       </c>
       <c r="AJ147" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="AK147" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="148" spans="1:37">
       <c r="A148" t="s">
         <v>187</v>
       </c>
       <c r="B148" t="s">
         <v>373</v>
       </c>
       <c r="C148" t="s">
         <v>559</v>
       </c>
       <c r="D148" t="s">
         <v>559</v>
       </c>
       <c r="E148" t="s">
         <v>599</v>
       </c>
       <c r="F148" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G148" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H148">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I148">
-        <v>181632.5</v>
+        <v>199969</v>
       </c>
       <c r="J148" t="s">
         <v>710</v>
       </c>
       <c r="K148">
-        <v>72653</v>
+        <v>119981.4</v>
       </c>
       <c r="L148" t="s">
-        <v>729</v>
+        <v>807</v>
       </c>
       <c r="M148" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="N148">
         <v>169</v>
       </c>
       <c r="O148" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R148" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S148" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T148" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U148" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V148" t="s">
         <v>890</v>
       </c>
       <c r="W148" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X148" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y148" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>902</v>
+      </c>
+      <c r="AE148" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH148" t="s">
+        <v>939</v>
       </c>
       <c r="AI148" t="s">
         <v>945</v>
       </c>
       <c r="AJ148" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="AK148" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="149" spans="1:37">
       <c r="A149" t="s">
         <v>188</v>
       </c>
       <c r="B149" t="s">
         <v>374</v>
       </c>
       <c r="C149" t="s">
         <v>560</v>
       </c>
       <c r="D149" t="s">
         <v>560</v>
       </c>
       <c r="E149" t="s">
         <v>599</v>
       </c>
       <c r="F149" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
       <c r="G149" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="H149">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I149">
-        <v>131501.03</v>
+        <v>50000</v>
       </c>
       <c r="J149" t="s">
         <v>710</v>
       </c>
       <c r="K149">
-        <v>78900.62</v>
+        <v>20000</v>
       </c>
       <c r="L149" t="s">
-        <v>730</v>
+        <v>808</v>
       </c>
       <c r="M149" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="N149">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O149" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R149" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S149" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T149" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="U149" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="V149" t="s">
         <v>890</v>
       </c>
       <c r="W149" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X149" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y149" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD149" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG149" t="s">
+        <v>935</v>
       </c>
       <c r="AI149" t="s">
         <v>945</v>
       </c>
       <c r="AJ149" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="AK149" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="150" spans="1:37">
       <c r="A150" t="s">
         <v>189</v>
       </c>
       <c r="B150" t="s">
         <v>375</v>
       </c>
       <c r="C150" t="s">
         <v>561</v>
       </c>
       <c r="D150" t="s">
         <v>561</v>
       </c>
       <c r="E150" t="s">
         <v>599</v>
       </c>
       <c r="F150" t="s">
-        <v>602</v>
+        <v>625</v>
       </c>
       <c r="G150" t="s">
-        <v>677</v>
+        <v>657</v>
       </c>
       <c r="H150">
         <v>50</v>
       </c>
       <c r="I150">
-        <v>198278</v>
+        <v>886634</v>
       </c>
       <c r="J150" t="s">
         <v>710</v>
       </c>
       <c r="K150">
-        <v>99139</v>
+        <v>443317</v>
       </c>
       <c r="L150" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="M150" t="s">
-        <v>839</v>
+        <v>833</v>
       </c>
       <c r="N150">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O150" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R150" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S150" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T150" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U150" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V150" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W150" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X150" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y150" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA150" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="AB150" t="s">
-        <v>916</v>
+        <v>914</v>
       </c>
       <c r="AE150" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="AH150" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="AI150" t="s">
         <v>945</v>
       </c>
       <c r="AJ150" t="s">
-        <v>1004</v>
+        <v>1089</v>
       </c>
       <c r="AK150" t="s">
-        <v>1004</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="151" spans="1:37">
       <c r="A151" t="s">
         <v>190</v>
       </c>
       <c r="B151" t="s">
         <v>376</v>
       </c>
       <c r="C151" t="s">
         <v>562</v>
       </c>
       <c r="D151" t="s">
         <v>562</v>
       </c>
       <c r="E151" t="s">
         <v>599</v>
       </c>
       <c r="F151" t="s">
-        <v>652</v>
+        <v>601</v>
       </c>
       <c r="G151" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="H151">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I151">
-        <v>1947130</v>
+        <v>14600000</v>
       </c>
       <c r="J151" t="s">
         <v>710</v>
       </c>
       <c r="K151">
-        <v>973565</v>
+        <v>5840000</v>
       </c>
       <c r="L151" t="s">
-        <v>814</v>
+        <v>740</v>
       </c>
       <c r="M151" t="s">
-        <v>848</v>
+        <v>835</v>
       </c>
       <c r="N151">
-        <v>82</v>
+        <v>12</v>
       </c>
       <c r="O151" t="s">
-        <v>867</v>
+        <v>853</v>
       </c>
       <c r="R151" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S151" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T151" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U151" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V151" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W151" t="s">
         <v>893</v>
       </c>
       <c r="X151" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y151" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>944</v>
+        <v>900</v>
+      </c>
+      <c r="AD151" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG151" t="s">
+        <v>935</v>
       </c>
       <c r="AI151" t="s">
         <v>945</v>
       </c>
       <c r="AJ151" t="s">
         <v>1090</v>
       </c>
       <c r="AK151" t="s">
         <v>1090</v>
       </c>
     </row>
     <row r="152" spans="1:37">
       <c r="A152" t="s">
         <v>191</v>
       </c>
       <c r="B152" t="s">
         <v>377</v>
       </c>
       <c r="C152" t="s">
         <v>563</v>
       </c>
       <c r="D152" t="s">
         <v>563</v>
       </c>
       <c r="E152" t="s">
         <v>599</v>
       </c>
       <c r="F152" t="s">
-        <v>604</v>
+        <v>649</v>
       </c>
       <c r="G152" t="s">
-        <v>660</v>
+        <v>703</v>
       </c>
       <c r="H152">
         <v>40</v>
       </c>
       <c r="I152">
         <v>200000</v>
       </c>
       <c r="J152" t="s">
         <v>710</v>
       </c>
       <c r="K152">
         <v>80000</v>
       </c>
       <c r="L152" t="s">
-        <v>737</v>
+        <v>810</v>
       </c>
       <c r="M152" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="N152">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O152" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R152" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S152" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T152" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="U152" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="V152" t="s">
         <v>890</v>
       </c>
       <c r="W152" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X152" t="s">
         <v>896</v>
       </c>
       <c r="Y152" t="s">
         <v>900</v>
       </c>
       <c r="AD152" t="s">
         <v>925</v>
       </c>
       <c r="AG152" t="s">
         <v>935</v>
       </c>
       <c r="AI152" t="s">
         <v>945</v>
       </c>
       <c r="AJ152" t="s">
         <v>1091</v>
       </c>
       <c r="AK152" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="153" spans="1:37">
       <c r="A153" t="s">
         <v>192</v>
       </c>
       <c r="B153" t="s">
         <v>378</v>
       </c>
       <c r="C153" t="s">
         <v>564</v>
       </c>
       <c r="D153" t="s">
         <v>564</v>
       </c>
       <c r="E153" t="s">
         <v>599</v>
       </c>
       <c r="F153" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="G153" t="s">
         <v>661</v>
       </c>
       <c r="H153">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I153">
-        <v>2396445</v>
+        <v>4310400</v>
       </c>
       <c r="J153" t="s">
         <v>710</v>
       </c>
       <c r="K153">
-        <v>1437867</v>
+        <v>1724160</v>
       </c>
       <c r="L153" t="s">
-        <v>815</v>
+        <v>715</v>
       </c>
       <c r="M153" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="N153">
         <v>12</v>
       </c>
       <c r="O153" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="R153" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S153" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T153" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U153" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V153" t="s">
         <v>890</v>
       </c>
       <c r="W153" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X153" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y153" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD153" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG153" t="s">
+        <v>935</v>
       </c>
       <c r="AI153" t="s">
         <v>945</v>
       </c>
       <c r="AJ153" t="s">
         <v>1092</v>
       </c>
       <c r="AK153" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="154" spans="1:37">
       <c r="A154" t="s">
         <v>193</v>
       </c>
       <c r="B154" t="s">
         <v>379</v>
       </c>
       <c r="C154" t="s">
         <v>565</v>
       </c>
       <c r="D154" t="s">
         <v>565</v>
       </c>
       <c r="E154" t="s">
         <v>599</v>
       </c>
       <c r="F154" t="s">
-        <v>601</v>
+        <v>650</v>
       </c>
       <c r="G154" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="H154">
         <v>50</v>
       </c>
       <c r="I154">
-        <v>256403</v>
+        <v>12000000</v>
       </c>
       <c r="J154" t="s">
         <v>710</v>
       </c>
       <c r="K154">
-        <v>128201.5</v>
+        <v>6000000</v>
       </c>
       <c r="L154" t="s">
-        <v>816</v>
+        <v>811</v>
       </c>
       <c r="M154" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="N154">
-        <v>169</v>
+        <v>79</v>
       </c>
       <c r="O154" t="s">
-        <v>851</v>
+        <v>866</v>
       </c>
       <c r="R154" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S154" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T154" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U154" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V154" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W154" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X154" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y154" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA154" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="AB154" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="AE154" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="AH154" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="AI154" t="s">
         <v>945</v>
       </c>
       <c r="AJ154" t="s">
         <v>1093</v>
       </c>
       <c r="AK154" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="155" spans="1:37">
       <c r="A155" t="s">
         <v>194</v>
       </c>
       <c r="B155" t="s">
         <v>380</v>
       </c>
       <c r="C155" t="s">
         <v>566</v>
       </c>
       <c r="D155" t="s">
         <v>566</v>
       </c>
       <c r="E155" t="s">
         <v>599</v>
       </c>
       <c r="F155" t="s">
-        <v>605</v>
+        <v>651</v>
       </c>
       <c r="G155" t="s">
-        <v>661</v>
+        <v>704</v>
       </c>
       <c r="H155">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I155">
-        <v>1589200</v>
+        <v>4260000</v>
       </c>
       <c r="J155" t="s">
         <v>710</v>
       </c>
       <c r="K155">
-        <v>635680</v>
+        <v>2130000</v>
       </c>
       <c r="L155" t="s">
-        <v>752</v>
+        <v>812</v>
       </c>
       <c r="M155" t="s">
-        <v>835</v>
+        <v>847</v>
       </c>
       <c r="N155">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="O155" t="s">
-        <v>852</v>
+        <v>867</v>
       </c>
       <c r="R155" t="s">
         <v>869</v>
       </c>
       <c r="S155" t="s">
         <v>874</v>
       </c>
       <c r="T155" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U155" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V155" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W155" t="s">
         <v>892</v>
       </c>
       <c r="X155" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y155" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA155" t="s">
+        <v>913</v>
+      </c>
+      <c r="AB155" t="s">
+        <v>924</v>
+      </c>
+      <c r="AE155" t="s">
+        <v>933</v>
+      </c>
+      <c r="AH155" t="s">
+        <v>943</v>
       </c>
       <c r="AI155" t="s">
         <v>945</v>
       </c>
       <c r="AJ155" t="s">
         <v>1094</v>
       </c>
       <c r="AK155" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="156" spans="1:37">
       <c r="A156" t="s">
         <v>195</v>
       </c>
       <c r="B156" t="s">
         <v>381</v>
       </c>
       <c r="C156" t="s">
         <v>567</v>
       </c>
       <c r="D156" t="s">
         <v>567</v>
       </c>
       <c r="E156" t="s">
         <v>599</v>
       </c>
       <c r="F156" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="G156" t="s">
-        <v>660</v>
+        <v>705</v>
       </c>
       <c r="H156">
         <v>40</v>
       </c>
       <c r="I156">
-        <v>199574.26</v>
+        <v>7000000</v>
       </c>
       <c r="J156" t="s">
         <v>710</v>
       </c>
       <c r="K156">
-        <v>79829.7</v>
+        <v>2800000</v>
       </c>
       <c r="L156" t="s">
-        <v>774</v>
+        <v>813</v>
       </c>
       <c r="M156" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N156">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="O156" t="s">
         <v>851</v>
       </c>
       <c r="R156" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="S156" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="T156" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="U156" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="V156" t="s">
         <v>890</v>
       </c>
       <c r="W156" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X156" t="s">
         <v>896</v>
       </c>
       <c r="Y156" t="s">
         <v>900</v>
       </c>
       <c r="AD156" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG156" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI156" t="s">
         <v>945</v>
       </c>
       <c r="AJ156" t="s">
         <v>1095</v>
       </c>
       <c r="AK156" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="157" spans="1:37">
       <c r="A157" t="s">
         <v>196</v>
       </c>
       <c r="B157" t="s">
         <v>382</v>
       </c>
       <c r="C157" t="s">
         <v>568</v>
       </c>
       <c r="D157" t="s">
         <v>568</v>
       </c>
       <c r="E157" t="s">
         <v>599</v>
       </c>
       <c r="F157" t="s">
         <v>601</v>
       </c>
       <c r="G157" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="H157">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I157">
-        <v>300000</v>
+        <v>3807969</v>
       </c>
       <c r="J157" t="s">
         <v>710</v>
       </c>
       <c r="K157">
-        <v>150000</v>
+        <v>2284781.4</v>
       </c>
       <c r="L157" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="M157" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="N157">
-        <v>169</v>
+        <v>28</v>
       </c>
       <c r="O157" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="R157" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S157" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T157" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U157" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V157" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W157" t="s">
         <v>893</v>
       </c>
       <c r="X157" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y157" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>918</v>
+        <v>902</v>
       </c>
       <c r="AE157" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="AH157" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="AI157" t="s">
         <v>945</v>
       </c>
       <c r="AJ157" t="s">
         <v>1096</v>
       </c>
       <c r="AK157" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="158" spans="1:37">
       <c r="A158" t="s">
         <v>197</v>
       </c>
       <c r="B158" t="s">
         <v>383</v>
       </c>
       <c r="C158" t="s">
         <v>569</v>
       </c>
       <c r="D158" t="s">
         <v>569</v>
       </c>
       <c r="E158" t="s">
         <v>599</v>
       </c>
       <c r="F158" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="G158" t="s">
         <v>662</v>
       </c>
       <c r="H158">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I158">
-        <v>3600000</v>
+        <v>130540</v>
       </c>
       <c r="J158" t="s">
         <v>710</v>
       </c>
       <c r="K158">
-        <v>1440000</v>
+        <v>78324</v>
       </c>
       <c r="L158" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="M158" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="N158">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O158" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R158" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S158" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T158" t="s">
         <v>880</v>
       </c>
       <c r="U158" t="s">
         <v>880</v>
       </c>
       <c r="V158" t="s">
         <v>890</v>
       </c>
       <c r="W158" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X158" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y158" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>902</v>
+      </c>
+      <c r="AE158" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH158" t="s">
+        <v>939</v>
       </c>
       <c r="AI158" t="s">
         <v>945</v>
       </c>
       <c r="AJ158" t="s">
         <v>1097</v>
       </c>
       <c r="AK158" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="159" spans="1:37">
       <c r="A159" t="s">
         <v>198</v>
       </c>
       <c r="B159" t="s">
         <v>384</v>
       </c>
       <c r="C159" t="s">
         <v>570</v>
       </c>
       <c r="D159" t="s">
         <v>570</v>
       </c>
       <c r="E159" t="s">
         <v>599</v>
       </c>
       <c r="F159" t="s">
-        <v>653</v>
+        <v>621</v>
       </c>
       <c r="G159" t="s">
-        <v>706</v>
+        <v>660</v>
       </c>
       <c r="H159">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="I159">
-        <v>269605</v>
+        <v>11000002</v>
       </c>
       <c r="J159" t="s">
         <v>710</v>
       </c>
       <c r="K159">
-        <v>107842</v>
+        <v>10450001.9</v>
       </c>
       <c r="L159" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>816</v>
       </c>
       <c r="N159">
-        <v>26</v>
+        <v>152</v>
       </c>
       <c r="O159" t="s">
-        <v>849</v>
+        <v>868</v>
       </c>
       <c r="R159" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="S159" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="T159" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="U159" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="V159" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="W159" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="X159" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="Y159" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>901</v>
       </c>
       <c r="AI159" t="s">
         <v>945</v>
       </c>
       <c r="AJ159" t="s">
         <v>1098</v>
       </c>
       <c r="AK159" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="160" spans="1:37">
       <c r="A160" t="s">
         <v>199</v>
       </c>
       <c r="B160" t="s">
         <v>385</v>
       </c>
       <c r="C160" t="s">
         <v>571</v>
       </c>
       <c r="D160" t="s">
         <v>571</v>
       </c>
       <c r="E160" t="s">
         <v>599</v>
       </c>
       <c r="F160" t="s">
-        <v>604</v>
+        <v>629</v>
       </c>
       <c r="G160" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H160">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I160">
-        <v>200000</v>
+        <v>31629265</v>
       </c>
       <c r="J160" t="s">
         <v>710</v>
       </c>
       <c r="K160">
-        <v>120000</v>
+        <v>12651706</v>
       </c>
       <c r="L160" t="s">
-        <v>820</v>
+        <v>806</v>
       </c>
       <c r="M160" t="s">
-        <v>838</v>
+        <v>837</v>
       </c>
       <c r="N160">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O160" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R160" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="S160" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="T160" t="s">
         <v>882</v>
       </c>
       <c r="U160" t="s">
         <v>882</v>
       </c>
       <c r="V160" t="s">
         <v>890</v>
       </c>
       <c r="W160" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X160" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y160" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>940</v>
+        <v>900</v>
+      </c>
+      <c r="AD160" t="s">
+        <v>926</v>
+      </c>
+      <c r="AG160" t="s">
+        <v>936</v>
       </c>
       <c r="AI160" t="s">
         <v>945</v>
       </c>
       <c r="AJ160" t="s">
         <v>1099</v>
       </c>
       <c r="AK160" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="161" spans="1:37">
       <c r="A161" t="s">
         <v>200</v>
       </c>
       <c r="B161" t="s">
         <v>386</v>
       </c>
       <c r="C161" t="s">
         <v>572</v>
       </c>
       <c r="D161" t="s">
         <v>572</v>
       </c>
       <c r="E161" t="s">
         <v>599</v>
       </c>
       <c r="F161" t="s">
-        <v>654</v>
+        <v>601</v>
       </c>
       <c r="G161" t="s">
-        <v>707</v>
+        <v>671</v>
       </c>
       <c r="H161">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I161">
-        <v>1000000</v>
+        <v>19600000</v>
       </c>
       <c r="J161" t="s">
         <v>710</v>
       </c>
       <c r="K161">
-        <v>400000</v>
+        <v>11760000</v>
       </c>
       <c r="L161" t="s">
-        <v>821</v>
+        <v>724</v>
       </c>
       <c r="M161" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="N161">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="O161" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="R161" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S161" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T161" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="U161" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="V161" t="s">
         <v>890</v>
       </c>
       <c r="W161" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X161" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y161" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>902</v>
+      </c>
+      <c r="AE161" t="s">
+        <v>929</v>
+      </c>
+      <c r="AH161" t="s">
+        <v>939</v>
       </c>
       <c r="AI161" t="s">
         <v>945</v>
       </c>
       <c r="AJ161" t="s">
         <v>1100</v>
       </c>
       <c r="AK161" t="s">
         <v>1100</v>
       </c>
     </row>
     <row r="162" spans="1:37">
       <c r="A162" t="s">
         <v>201</v>
       </c>
       <c r="B162" t="s">
         <v>387</v>
       </c>
       <c r="C162" t="s">
         <v>573</v>
       </c>
       <c r="D162" t="s">
         <v>573</v>
       </c>
       <c r="E162" t="s">
         <v>599</v>
       </c>
       <c r="F162" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="G162" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="H162">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I162">
-        <v>198278</v>
+        <v>13600000</v>
       </c>
       <c r="J162" t="s">
         <v>710</v>
       </c>
       <c r="K162">
-        <v>99139</v>
+        <v>5440000</v>
       </c>
       <c r="L162" t="s">
-        <v>740</v>
+        <v>715</v>
       </c>
       <c r="M162" t="s">
-        <v>842</v>
+        <v>835</v>
       </c>
       <c r="N162">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="O162" t="s">
         <v>853</v>
       </c>
       <c r="R162" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S162" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T162" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U162" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V162" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W162" t="s">
         <v>893</v>
       </c>
       <c r="X162" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y162" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD162" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG162" t="s">
+        <v>935</v>
       </c>
       <c r="AI162" t="s">
         <v>945</v>
       </c>
       <c r="AJ162" t="s">
-        <v>1004</v>
+        <v>1101</v>
       </c>
       <c r="AK162" t="s">
-        <v>1004</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="163" spans="1:37">
       <c r="A163" t="s">
         <v>202</v>
       </c>
       <c r="B163" t="s">
         <v>388</v>
       </c>
       <c r="C163" t="s">
         <v>574</v>
       </c>
       <c r="D163" t="s">
         <v>574</v>
       </c>
       <c r="E163" t="s">
         <v>599</v>
       </c>
       <c r="F163" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="G163" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="H163">
         <v>50</v>
       </c>
       <c r="I163">
-        <v>993011</v>
+        <v>129966</v>
       </c>
       <c r="J163" t="s">
         <v>710</v>
       </c>
       <c r="K163">
-        <v>496505.5</v>
+        <v>64983</v>
       </c>
       <c r="L163" t="s">
-        <v>729</v>
+        <v>817</v>
       </c>
       <c r="M163" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="N163">
         <v>169</v>
       </c>
       <c r="O163" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R163" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S163" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T163" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U163" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V163" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W163" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X163" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y163" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA163" t="s">
-        <v>904</v>
+        <v>903</v>
       </c>
       <c r="AB163" t="s">
-        <v>915</v>
+        <v>914</v>
       </c>
       <c r="AE163" t="s">
-        <v>929</v>
+        <v>927</v>
       </c>
       <c r="AH163" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="AI163" t="s">
         <v>945</v>
       </c>
       <c r="AJ163" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="AK163" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="164" spans="1:37">
       <c r="A164" t="s">
         <v>203</v>
       </c>
       <c r="B164" t="s">
         <v>389</v>
       </c>
       <c r="C164" t="s">
         <v>575</v>
       </c>
       <c r="D164" t="s">
         <v>575</v>
       </c>
       <c r="E164" t="s">
         <v>599</v>
       </c>
       <c r="F164" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="G164" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="H164">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I164">
-        <v>793970</v>
+        <v>39840</v>
       </c>
       <c r="J164" t="s">
         <v>710</v>
       </c>
       <c r="K164">
-        <v>396985</v>
+        <v>15936</v>
       </c>
       <c r="L164" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="M164" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
       <c r="N164">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O164" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R164" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S164" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T164" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U164" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V164" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W164" t="s">
         <v>893</v>
       </c>
       <c r="X164" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y164" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD164" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG164" t="s">
+        <v>935</v>
       </c>
       <c r="AI164" t="s">
         <v>945</v>
       </c>
       <c r="AJ164" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="AK164" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="165" spans="1:37">
       <c r="A165" t="s">
         <v>204</v>
       </c>
       <c r="B165" t="s">
         <v>390</v>
       </c>
       <c r="C165" t="s">
         <v>576</v>
       </c>
       <c r="D165" t="s">
         <v>576</v>
       </c>
       <c r="E165" t="s">
         <v>599</v>
       </c>
       <c r="F165" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="G165" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="H165">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I165">
-        <v>14600000</v>
+        <v>296774</v>
       </c>
       <c r="J165" t="s">
         <v>710</v>
       </c>
       <c r="K165">
-        <v>5840000</v>
+        <v>148387</v>
       </c>
       <c r="L165" t="s">
-        <v>718</v>
+        <v>819</v>
       </c>
       <c r="M165" t="s">
         <v>834</v>
       </c>
       <c r="N165">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O165" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R165" t="s">
         <v>869</v>
       </c>
       <c r="S165" t="s">
         <v>874</v>
       </c>
       <c r="T165" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U165" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V165" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W165" t="s">
         <v>892</v>
       </c>
       <c r="X165" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y165" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA165" t="s">
+        <v>904</v>
+      </c>
+      <c r="AB165" t="s">
+        <v>915</v>
+      </c>
+      <c r="AE165" t="s">
+        <v>928</v>
+      </c>
+      <c r="AH165" t="s">
+        <v>938</v>
       </c>
       <c r="AI165" t="s">
         <v>945</v>
       </c>
       <c r="AJ165" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="AK165" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="166" spans="1:37">
       <c r="A166" t="s">
         <v>205</v>
       </c>
       <c r="B166" t="s">
         <v>391</v>
       </c>
       <c r="C166" t="s">
         <v>577</v>
       </c>
       <c r="D166" t="s">
         <v>577</v>
       </c>
       <c r="E166" t="s">
         <v>599</v>
       </c>
       <c r="F166" t="s">
-        <v>602</v>
+        <v>652</v>
       </c>
       <c r="G166" t="s">
-        <v>658</v>
+        <v>704</v>
       </c>
       <c r="H166">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I166">
-        <v>1591067</v>
+        <v>0</v>
       </c>
       <c r="J166" t="s">
         <v>710</v>
       </c>
       <c r="K166">
-        <v>636426.8</v>
+        <v>0</v>
       </c>
       <c r="L166" t="s">
-        <v>779</v>
+        <v>820</v>
       </c>
       <c r="M166" t="s">
-        <v>834</v>
+        <v>847</v>
       </c>
       <c r="N166">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="O166" t="s">
         <v>850</v>
       </c>
       <c r="R166" t="s">
         <v>869</v>
       </c>
       <c r="S166" t="s">
         <v>874</v>
       </c>
       <c r="T166" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U166" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V166" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W166" t="s">
         <v>892</v>
       </c>
       <c r="X166" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y166" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA166" t="s">
+        <v>913</v>
+      </c>
+      <c r="AB166" t="s">
+        <v>924</v>
+      </c>
+      <c r="AE166" t="s">
+        <v>933</v>
+      </c>
+      <c r="AH166" t="s">
+        <v>943</v>
       </c>
       <c r="AI166" t="s">
         <v>945</v>
       </c>
       <c r="AJ166" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="AK166" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="167" spans="1:37">
       <c r="A167" t="s">
         <v>206</v>
       </c>
       <c r="B167" t="s">
         <v>392</v>
       </c>
       <c r="C167" t="s">
         <v>578</v>
       </c>
       <c r="D167" t="s">
         <v>578</v>
       </c>
       <c r="E167" t="s">
         <v>599</v>
       </c>
       <c r="F167" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="G167" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="H167">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I167">
-        <v>886634</v>
+        <v>190460</v>
       </c>
       <c r="J167" t="s">
         <v>710</v>
       </c>
       <c r="K167">
-        <v>443317</v>
+        <v>76184</v>
       </c>
       <c r="L167" t="s">
-        <v>823</v>
+        <v>717</v>
       </c>
       <c r="M167" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
       <c r="N167">
         <v>169</v>
       </c>
       <c r="O167" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="R167" t="s">
         <v>870</v>
       </c>
       <c r="S167" t="s">
         <v>875</v>
       </c>
       <c r="T167" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U167" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V167" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W167" t="s">
         <v>893</v>
       </c>
       <c r="X167" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y167" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD167" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG167" t="s">
+        <v>935</v>
       </c>
       <c r="AI167" t="s">
         <v>945</v>
       </c>
       <c r="AJ167" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="AK167" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="168" spans="1:37">
       <c r="A168" t="s">
         <v>207</v>
       </c>
       <c r="B168" t="s">
         <v>393</v>
       </c>
       <c r="C168" t="s">
         <v>579</v>
       </c>
       <c r="D168" t="s">
         <v>579</v>
       </c>
       <c r="E168" t="s">
         <v>599</v>
       </c>
       <c r="F168" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="G168" t="s">
-        <v>677</v>
+        <v>662</v>
       </c>
       <c r="H168">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I168">
-        <v>290462</v>
+        <v>200000</v>
       </c>
       <c r="J168" t="s">
         <v>710</v>
       </c>
       <c r="K168">
-        <v>145231</v>
+        <v>120000</v>
       </c>
       <c r="L168" t="s">
-        <v>747</v>
+        <v>821</v>
       </c>
       <c r="M168" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="N168">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O168" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R168" t="s">
         <v>870</v>
       </c>
       <c r="S168" t="s">
         <v>875</v>
       </c>
       <c r="T168" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U168" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V168" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W168" t="s">
         <v>893</v>
       </c>
       <c r="X168" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y168" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>918</v>
+        <v>902</v>
       </c>
       <c r="AE168" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="AH168" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="AI168" t="s">
         <v>945</v>
       </c>
       <c r="AJ168" t="s">
-        <v>1004</v>
+        <v>1107</v>
       </c>
       <c r="AK168" t="s">
-        <v>1004</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="169" spans="1:37">
       <c r="A169" t="s">
         <v>208</v>
       </c>
       <c r="B169" t="s">
         <v>394</v>
       </c>
       <c r="C169" t="s">
         <v>580</v>
       </c>
       <c r="D169" t="s">
         <v>580</v>
       </c>
       <c r="E169" t="s">
         <v>599</v>
       </c>
       <c r="F169" t="s">
-        <v>602</v>
+        <v>653</v>
       </c>
       <c r="G169" t="s">
-        <v>658</v>
+        <v>706</v>
       </c>
       <c r="H169">
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="I169">
-        <v>3807969</v>
+        <v>36400</v>
       </c>
       <c r="J169" t="s">
         <v>710</v>
       </c>
       <c r="K169">
-        <v>2284781.4</v>
+        <v>14560</v>
       </c>
       <c r="L169" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="M169" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="N169">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="O169" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="R169" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S169" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T169" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="U169" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="V169" t="s">
         <v>890</v>
       </c>
       <c r="W169" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X169" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="Y169" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD169" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG169" t="s">
+        <v>935</v>
       </c>
       <c r="AI169" t="s">
         <v>945</v>
       </c>
       <c r="AJ169" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="AK169" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="170" spans="1:37">
       <c r="A170" t="s">
         <v>209</v>
       </c>
       <c r="B170" t="s">
         <v>395</v>
       </c>
       <c r="C170" t="s">
         <v>581</v>
       </c>
       <c r="D170" t="s">
         <v>581</v>
       </c>
       <c r="E170" t="s">
         <v>599</v>
       </c>
       <c r="F170" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="G170" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="H170">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I170">
-        <v>2166614</v>
+        <v>249999.08</v>
       </c>
       <c r="J170" t="s">
         <v>710</v>
       </c>
       <c r="K170">
-        <v>866645.6</v>
+        <v>124999.54</v>
       </c>
       <c r="L170" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="M170" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="N170">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="O170" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="R170" t="s">
         <v>869</v>
       </c>
       <c r="S170" t="s">
         <v>874</v>
       </c>
       <c r="T170" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U170" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V170" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W170" t="s">
         <v>892</v>
       </c>
       <c r="X170" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y170" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA170" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB170" t="s">
+        <v>920</v>
+      </c>
+      <c r="AE170" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH170" t="s">
+        <v>941</v>
       </c>
       <c r="AI170" t="s">
         <v>945</v>
       </c>
       <c r="AJ170" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="AK170" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="171" spans="1:37">
       <c r="A171" t="s">
         <v>210</v>
       </c>
       <c r="B171" t="s">
         <v>396</v>
       </c>
       <c r="C171" t="s">
         <v>582</v>
       </c>
       <c r="D171" t="s">
         <v>582</v>
       </c>
       <c r="E171" t="s">
         <v>599</v>
       </c>
       <c r="F171" t="s">
-        <v>655</v>
+        <v>601</v>
       </c>
       <c r="G171" t="s">
-        <v>684</v>
+        <v>658</v>
       </c>
       <c r="H171">
         <v>50</v>
       </c>
       <c r="I171">
-        <v>4260000</v>
+        <v>198278</v>
       </c>
       <c r="J171" t="s">
         <v>710</v>
       </c>
       <c r="K171">
-        <v>2130000</v>
+        <v>99139</v>
       </c>
       <c r="L171" t="s">
-        <v>826</v>
+        <v>717</v>
       </c>
       <c r="M171" t="s">
-        <v>848</v>
+        <v>838</v>
       </c>
       <c r="N171">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="O171" t="s">
-        <v>868</v>
+        <v>850</v>
       </c>
       <c r="R171" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S171" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T171" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U171" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V171" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W171" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X171" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y171" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA171" t="s">
-        <v>913</v>
+        <v>905</v>
       </c>
       <c r="AB171" t="s">
-        <v>924</v>
+        <v>916</v>
       </c>
       <c r="AE171" t="s">
-        <v>934</v>
+        <v>930</v>
       </c>
       <c r="AH171" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="AI171" t="s">
         <v>945</v>
       </c>
       <c r="AJ171" t="s">
-        <v>1108</v>
+        <v>947</v>
       </c>
       <c r="AK171" t="s">
-        <v>1108</v>
+        <v>947</v>
       </c>
     </row>
     <row r="172" spans="1:37">
       <c r="A172" t="s">
         <v>211</v>
       </c>
       <c r="B172" t="s">
         <v>397</v>
       </c>
       <c r="C172" t="s">
         <v>583</v>
       </c>
       <c r="D172" t="s">
         <v>583</v>
       </c>
       <c r="E172" t="s">
         <v>599</v>
       </c>
       <c r="F172" t="s">
-        <v>629</v>
+        <v>605</v>
       </c>
       <c r="G172" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
       <c r="H172">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I172">
-        <v>47200</v>
+        <v>200000</v>
       </c>
       <c r="J172" t="s">
         <v>710</v>
       </c>
       <c r="K172">
-        <v>23600</v>
+        <v>80000</v>
       </c>
       <c r="L172" t="s">
-        <v>827</v>
+        <v>713</v>
       </c>
       <c r="M172" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="N172">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O172" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R172" t="s">
         <v>870</v>
       </c>
       <c r="S172" t="s">
         <v>875</v>
       </c>
       <c r="T172" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="U172" t="s">
-        <v>881</v>
+        <v>880</v>
       </c>
       <c r="V172" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W172" t="s">
         <v>893</v>
       </c>
       <c r="X172" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y172" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>939</v>
+        <v>900</v>
+      </c>
+      <c r="AD172" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG172" t="s">
+        <v>935</v>
       </c>
       <c r="AI172" t="s">
         <v>945</v>
       </c>
       <c r="AJ172" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="AK172" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="173" spans="1:37">
       <c r="A173" t="s">
         <v>212</v>
       </c>
       <c r="B173" t="s">
         <v>398</v>
       </c>
       <c r="C173" t="s">
         <v>584</v>
       </c>
       <c r="D173" t="s">
         <v>584</v>
       </c>
       <c r="E173" t="s">
         <v>599</v>
       </c>
       <c r="F173" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="G173" t="s">
-        <v>660</v>
+        <v>683</v>
       </c>
       <c r="H173">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I173">
-        <v>190460</v>
+        <v>84000</v>
       </c>
       <c r="J173" t="s">
         <v>710</v>
       </c>
       <c r="K173">
-        <v>76184</v>
+        <v>42000</v>
       </c>
       <c r="L173" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="M173" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="N173">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="O173" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="R173" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="S173" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="T173" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="U173" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="V173" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W173" t="s">
         <v>892</v>
       </c>
       <c r="X173" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y173" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA173" t="s">
+        <v>903</v>
+      </c>
+      <c r="AB173" t="s">
+        <v>914</v>
+      </c>
+      <c r="AE173" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH173" t="s">
+        <v>937</v>
       </c>
       <c r="AI173" t="s">
         <v>945</v>
       </c>
       <c r="AJ173" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="AK173" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="174" spans="1:37">
       <c r="A174" t="s">
         <v>213</v>
       </c>
       <c r="B174" t="s">
         <v>399</v>
       </c>
       <c r="C174" t="s">
         <v>585</v>
       </c>
       <c r="D174" t="s">
         <v>585</v>
       </c>
       <c r="E174" t="s">
         <v>599</v>
       </c>
       <c r="F174" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="G174" t="s">
-        <v>677</v>
+        <v>657</v>
       </c>
       <c r="H174">
         <v>50</v>
       </c>
       <c r="I174">
-        <v>290462</v>
+        <v>300000</v>
       </c>
       <c r="J174" t="s">
         <v>710</v>
       </c>
       <c r="K174">
-        <v>145231</v>
+        <v>150000</v>
       </c>
       <c r="L174" t="s">
-        <v>714</v>
+        <v>824</v>
       </c>
       <c r="M174" t="s">
-        <v>836</v>
+        <v>845</v>
       </c>
       <c r="N174">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="O174" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="R174" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S174" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T174" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U174" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V174" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W174" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X174" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y174" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA174" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="AB174" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="AE174" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="AH174" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="AI174" t="s">
         <v>945</v>
       </c>
       <c r="AJ174" t="s">
-        <v>1004</v>
+        <v>1112</v>
       </c>
       <c r="AK174" t="s">
-        <v>1004</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="175" spans="1:37">
       <c r="A175" t="s">
         <v>214</v>
       </c>
       <c r="B175" t="s">
         <v>400</v>
       </c>
       <c r="C175" t="s">
         <v>586</v>
       </c>
       <c r="D175" t="s">
         <v>586</v>
       </c>
       <c r="E175" t="s">
         <v>599</v>
       </c>
       <c r="F175" t="s">
         <v>605</v>
       </c>
       <c r="G175" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H175">
         <v>40</v>
       </c>
       <c r="I175">
-        <v>1941866</v>
+        <v>199574.26</v>
       </c>
       <c r="J175" t="s">
         <v>710</v>
       </c>
       <c r="K175">
-        <v>776746.4</v>
+        <v>79829.7</v>
       </c>
       <c r="L175" t="s">
-        <v>728</v>
+        <v>767</v>
       </c>
       <c r="M175" t="s">
         <v>835</v>
       </c>
       <c r="N175">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O175" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R175" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="S175" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="T175" t="s">
         <v>880</v>
       </c>
       <c r="U175" t="s">
         <v>880</v>
       </c>
       <c r="V175" t="s">
         <v>890</v>
       </c>
       <c r="W175" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X175" t="s">
         <v>896</v>
       </c>
       <c r="Y175" t="s">
         <v>900</v>
       </c>
       <c r="AD175" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="AG175" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="AI175" t="s">
         <v>945</v>
       </c>
       <c r="AJ175" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="AK175" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="176" spans="1:37">
       <c r="A176" t="s">
         <v>215</v>
       </c>
       <c r="B176" t="s">
         <v>401</v>
       </c>
       <c r="C176" t="s">
         <v>587</v>
       </c>
       <c r="D176" t="s">
         <v>587</v>
       </c>
       <c r="E176" t="s">
         <v>599</v>
       </c>
       <c r="F176" t="s">
-        <v>601</v>
+        <v>654</v>
       </c>
       <c r="G176" t="s">
-        <v>659</v>
+        <v>707</v>
       </c>
       <c r="H176">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="I176">
-        <v>129966</v>
+        <v>1000000</v>
       </c>
       <c r="J176" t="s">
         <v>710</v>
       </c>
       <c r="K176">
-        <v>64983</v>
+        <v>400000</v>
       </c>
       <c r="L176" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="M176" t="s">
-        <v>840</v>
+        <v>835</v>
       </c>
       <c r="N176">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="O176" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="R176" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S176" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T176" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="U176" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="V176" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W176" t="s">
         <v>893</v>
       </c>
       <c r="X176" t="s">
-        <v>897</v>
+        <v>896</v>
       </c>
       <c r="Y176" t="s">
-        <v>901</v>
-[...11 lines deleted...]
-        <v>937</v>
+        <v>900</v>
+      </c>
+      <c r="AD176" t="s">
+        <v>925</v>
+      </c>
+      <c r="AG176" t="s">
+        <v>935</v>
       </c>
       <c r="AI176" t="s">
         <v>945</v>
       </c>
       <c r="AJ176" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="AK176" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="177" spans="1:37">
       <c r="A177" t="s">
         <v>216</v>
       </c>
       <c r="B177" t="s">
         <v>402</v>
       </c>
       <c r="C177" t="s">
         <v>588</v>
       </c>
       <c r="D177" t="s">
         <v>588</v>
       </c>
       <c r="E177" t="s">
         <v>599</v>
       </c>
       <c r="F177" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="G177" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="H177">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I177">
-        <v>4673206</v>
+        <v>256403</v>
       </c>
       <c r="J177" t="s">
         <v>710</v>
       </c>
       <c r="K177">
-        <v>1869282.4</v>
+        <v>128201.5</v>
       </c>
       <c r="L177" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="M177" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="N177">
-        <v>28</v>
+        <v>169</v>
       </c>
       <c r="O177" t="s">
-        <v>850</v>
+        <v>849</v>
       </c>
       <c r="R177" t="s">
         <v>869</v>
       </c>
       <c r="S177" t="s">
         <v>874</v>
       </c>
       <c r="T177" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U177" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V177" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W177" t="s">
         <v>892</v>
       </c>
       <c r="X177" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y177" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA177" t="s">
+        <v>907</v>
+      </c>
+      <c r="AB177" t="s">
+        <v>918</v>
+      </c>
+      <c r="AE177" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH177" t="s">
+        <v>941</v>
       </c>
       <c r="AI177" t="s">
         <v>945</v>
       </c>
       <c r="AJ177" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="AK177" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="178" spans="1:37">
       <c r="A178" t="s">
         <v>217</v>
       </c>
       <c r="B178" t="s">
         <v>403</v>
       </c>
       <c r="C178" t="s">
         <v>589</v>
       </c>
       <c r="D178" t="s">
         <v>589</v>
       </c>
       <c r="E178" t="s">
         <v>599</v>
       </c>
       <c r="F178" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="G178" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="H178">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="I178">
-        <v>200000</v>
+        <v>290462</v>
       </c>
       <c r="J178" t="s">
         <v>710</v>
       </c>
       <c r="K178">
-        <v>120000</v>
+        <v>145231</v>
       </c>
       <c r="L178" t="s">
-        <v>801</v>
+        <v>728</v>
       </c>
       <c r="M178" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="N178">
-        <v>169</v>
+        <v>21</v>
       </c>
       <c r="O178" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="R178" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="S178" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="T178" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="U178" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="V178" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W178" t="s">
         <v>892</v>
       </c>
       <c r="X178" t="s">
         <v>895</v>
       </c>
       <c r="Y178" t="s">
         <v>899</v>
       </c>
+      <c r="AA178" t="s">
+        <v>906</v>
+      </c>
+      <c r="AB178" t="s">
+        <v>917</v>
+      </c>
       <c r="AE178" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="AH178" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="AI178" t="s">
         <v>945</v>
       </c>
       <c r="AJ178" t="s">
-        <v>1114</v>
+        <v>947</v>
       </c>
       <c r="AK178" t="s">
-        <v>1114</v>
+        <v>947</v>
       </c>
     </row>
     <row r="179" spans="1:37">
       <c r="A179" t="s">
         <v>218</v>
       </c>
       <c r="B179" t="s">
         <v>404</v>
       </c>
       <c r="C179" t="s">
         <v>590</v>
       </c>
       <c r="D179" t="s">
         <v>590</v>
       </c>
       <c r="E179" t="s">
         <v>599</v>
       </c>
       <c r="F179" t="s">
-        <v>602</v>
+        <v>655</v>
       </c>
       <c r="G179" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
       <c r="H179">
         <v>40</v>
       </c>
       <c r="I179">
-        <v>12000000</v>
+        <v>269605</v>
       </c>
       <c r="J179" t="s">
         <v>710</v>
       </c>
       <c r="K179">
-        <v>4800000</v>
+        <v>107842</v>
       </c>
       <c r="L179" t="s">
-        <v>752</v>
+        <v>827</v>
       </c>
       <c r="M179" t="s">
         <v>835</v>
       </c>
       <c r="N179">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="O179" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="R179" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S179" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T179" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="U179" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="V179" t="s">
         <v>890</v>
       </c>
       <c r="W179" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X179" t="s">
         <v>896</v>
       </c>
       <c r="Y179" t="s">
         <v>900</v>
       </c>
       <c r="AD179" t="s">
-        <v>926</v>
+        <v>925</v>
       </c>
       <c r="AG179" t="s">
-        <v>936</v>
+        <v>935</v>
       </c>
       <c r="AI179" t="s">
         <v>945</v>
       </c>
       <c r="AJ179" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="AK179" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="180" spans="1:37">
       <c r="A180" t="s">
         <v>219</v>
       </c>
       <c r="B180" t="s">
         <v>405</v>
       </c>
       <c r="C180" t="s">
         <v>591</v>
       </c>
       <c r="D180" t="s">
         <v>591</v>
       </c>
       <c r="E180" t="s">
         <v>599</v>
       </c>
       <c r="F180" t="s">
-        <v>619</v>
+        <v>601</v>
       </c>
       <c r="G180" t="s">
-        <v>668</v>
+        <v>658</v>
       </c>
       <c r="H180">
         <v>50</v>
       </c>
       <c r="I180">
-        <v>187500</v>
+        <v>290462</v>
       </c>
       <c r="J180" t="s">
         <v>710</v>
       </c>
       <c r="K180">
-        <v>93750</v>
+        <v>145231</v>
       </c>
       <c r="L180" t="s">
-        <v>751</v>
+        <v>718</v>
       </c>
       <c r="M180" t="s">
-        <v>846</v>
+        <v>833</v>
       </c>
       <c r="N180">
         <v>21</v>
       </c>
       <c r="O180" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="R180" t="s">
-        <v>870</v>
+        <v>869</v>
       </c>
       <c r="S180" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="T180" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="U180" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="V180" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="W180" t="s">
-        <v>893</v>
+        <v>892</v>
       </c>
       <c r="X180" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="Y180" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="AA180" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="AB180" t="s">
-        <v>922</v>
+        <v>914</v>
       </c>
       <c r="AE180" t="s">
-        <v>928</v>
+        <v>927</v>
       </c>
       <c r="AH180" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="AI180" t="s">
         <v>945</v>
       </c>
       <c r="AJ180" t="s">
-        <v>1116</v>
+        <v>947</v>
       </c>
       <c r="AK180" t="s">
-        <v>1116</v>
+        <v>947</v>
       </c>
     </row>
     <row r="181" spans="1:37">
       <c r="A181" t="s">
         <v>220</v>
       </c>
       <c r="B181" t="s">
         <v>406</v>
       </c>
       <c r="C181" t="s">
         <v>592</v>
       </c>
       <c r="D181" t="s">
         <v>592</v>
       </c>
       <c r="E181" t="s">
         <v>599</v>
       </c>
       <c r="F181" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="G181" t="s">
         <v>661</v>
       </c>
       <c r="H181">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="I181">
-        <v>2666500</v>
+        <v>6984444</v>
       </c>
       <c r="J181" t="s">
         <v>710</v>
       </c>
       <c r="K181">
-        <v>1066600</v>
+        <v>4190666.4</v>
       </c>
       <c r="L181" t="s">
-        <v>718</v>
+        <v>828</v>
       </c>
       <c r="M181" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="N181">
         <v>12</v>
       </c>
       <c r="O181" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="R181" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S181" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T181" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="U181" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="V181" t="s">
         <v>890</v>
       </c>
       <c r="W181" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X181" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="Y181" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>902</v>
+      </c>
+      <c r="AE181" t="s">
+        <v>927</v>
+      </c>
+      <c r="AH181" t="s">
+        <v>937</v>
       </c>
       <c r="AI181" t="s">
         <v>945</v>
       </c>
       <c r="AJ181" t="s">
         <v>1117</v>
       </c>
       <c r="AK181" t="s">
         <v>1117</v>
       </c>
     </row>
     <row r="182" spans="1:37">
       <c r="A182" t="s">
         <v>221</v>
       </c>
       <c r="B182" t="s">
         <v>407</v>
       </c>
       <c r="C182" t="s">
         <v>593</v>
       </c>
       <c r="D182" t="s">
         <v>593</v>
       </c>
       <c r="E182" t="s">
         <v>599</v>
       </c>
       <c r="F182" t="s">
-        <v>614</v>
+        <v>656</v>
       </c>
       <c r="G182" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>660</v>
       </c>
       <c r="I182">
-        <v>7000000</v>
+        <v>120868000</v>
       </c>
       <c r="J182" t="s">
         <v>710</v>
       </c>
-      <c r="K182">
-[...1 lines deleted...]
-      </c>
       <c r="L182" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>829</v>
       </c>
       <c r="N182">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="O182" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="R182" t="s">
         <v>871</v>
       </c>
       <c r="S182" t="s">
         <v>876</v>
       </c>
       <c r="T182" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="U182" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="V182" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="W182" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="X182" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="Y182" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>901</v>
       </c>
       <c r="AI182" t="s">
         <v>945</v>
       </c>
       <c r="AJ182" t="s">
         <v>1118</v>
       </c>
       <c r="AK182" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="183" spans="1:37">
       <c r="A183" t="s">
         <v>222</v>
       </c>
       <c r="B183" t="s">
         <v>408</v>
       </c>
       <c r="C183" t="s">
         <v>594</v>
       </c>
       <c r="D183" t="s">
         <v>594</v>
       </c>
       <c r="E183" t="s">
         <v>599</v>
       </c>
       <c r="F183" t="s">
-        <v>656</v>
+        <v>601</v>
       </c>
       <c r="G183" t="s">
-        <v>709</v>
+        <v>671</v>
       </c>
       <c r="H183">
         <v>40</v>
       </c>
       <c r="I183">
-        <v>48160</v>
+        <v>3600000</v>
       </c>
       <c r="J183" t="s">
         <v>710</v>
       </c>
       <c r="K183">
-        <v>19264</v>
+        <v>1440000</v>
       </c>
       <c r="L183" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="M183" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="N183">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="O183" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="R183" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="S183" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="T183" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="U183" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="V183" t="s">
         <v>890</v>
       </c>
       <c r="W183" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="X183" t="s">
         <v>896</v>
       </c>
       <c r="Y183" t="s">
         <v>900</v>
       </c>
       <c r="AD183" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="AG183" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="AI183" t="s">
         <v>945</v>
       </c>
       <c r="AJ183" t="s">
         <v>1119</v>
       </c>
       <c r="AK183" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="184" spans="1:37">
       <c r="A184" t="s">
         <v>223</v>
       </c>
       <c r="B184" t="s">
         <v>409</v>
       </c>
       <c r="C184" t="s">
         <v>595</v>
       </c>
       <c r="D184" t="s">
         <v>595</v>
       </c>
       <c r="E184" t="s">
         <v>599</v>
       </c>
       <c r="F184" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="G184" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H184">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="I184">
-        <v>296774</v>
+        <v>2396445</v>
       </c>
       <c r="J184" t="s">
         <v>710</v>
       </c>
       <c r="K184">
-        <v>148387</v>
+        <v>1437867</v>
       </c>
       <c r="L184" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="M184" t="s">
         <v>839</v>
       </c>
       <c r="N184">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="O184" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="R184" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="S184" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="T184" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="U184" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="V184" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="W184" t="s">
         <v>893</v>
       </c>
       <c r="X184" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="Y184" t="s">
-        <v>901</v>
-[...5 lines deleted...]
-        <v>916</v>
+        <v>902</v>
       </c>
       <c r="AE184" t="s">
-        <v>931</v>
+        <v>927</v>
       </c>
       <c r="AH184" t="s">
-        <v>941</v>
+        <v>937</v>
       </c>
       <c r="AI184" t="s">
         <v>945</v>
       </c>
       <c r="AJ184" t="s">
         <v>1120</v>
       </c>
       <c r="AK184" t="s">
         <v>1120</v>
       </c>
     </row>
     <row r="185" spans="1:37">
       <c r="A185" t="s">
         <v>224</v>
       </c>
       <c r="B185" t="s">
         <v>410</v>
       </c>
       <c r="C185" t="s">
         <v>596</v>
       </c>
       <c r="D185" t="s">
         <v>596</v>
       </c>
       <c r="E185" t="s">
         <v>599</v>
       </c>
       <c r="F185" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="G185" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="H185">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I185">
-        <v>3569000</v>
+        <v>993011</v>
       </c>
       <c r="J185" t="s">
         <v>710</v>
       </c>
       <c r="K185">
-        <v>1427600</v>
+        <v>496505.5</v>
       </c>
       <c r="L185" t="s">
-        <v>752</v>
+        <v>717</v>
       </c>
       <c r="M185" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="N185">
-        <v>12</v>
+        <v>169</v>
       </c>
       <c r="O185" t="s">
-        <v>852</v>
+        <v>849</v>
       </c>
       <c r="R185" t="s">
         <v>869</v>
       </c>
       <c r="S185" t="s">
         <v>874</v>
       </c>
       <c r="T185" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U185" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V185" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W185" t="s">
         <v>892</v>
       </c>
       <c r="X185" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y185" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>936</v>
+        <v>899</v>
+      </c>
+      <c r="AA185" t="s">
+        <v>905</v>
+      </c>
+      <c r="AB185" t="s">
+        <v>916</v>
+      </c>
+      <c r="AE185" t="s">
+        <v>930</v>
+      </c>
+      <c r="AH185" t="s">
+        <v>940</v>
       </c>
       <c r="AI185" t="s">
         <v>945</v>
       </c>
       <c r="AJ185" t="s">
         <v>1121</v>
       </c>
       <c r="AK185" t="s">
         <v>1121</v>
       </c>
     </row>
     <row r="186" spans="1:37">
       <c r="A186" t="s">
         <v>225</v>
       </c>
       <c r="B186" t="s">
         <v>411</v>
       </c>
       <c r="C186" t="s">
         <v>597</v>
       </c>
       <c r="D186" t="s">
         <v>597</v>
       </c>
       <c r="E186" t="s">
         <v>599</v>
       </c>
       <c r="F186" t="s">
-        <v>602</v>
+        <v>652</v>
       </c>
       <c r="G186" t="s">
-        <v>662</v>
+        <v>709</v>
       </c>
       <c r="H186">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I186">
-        <v>13600000</v>
+        <v>13474.45</v>
       </c>
       <c r="J186" t="s">
         <v>710</v>
       </c>
       <c r="K186">
-        <v>5440000</v>
+        <v>6737.23</v>
       </c>
       <c r="L186" t="s">
-        <v>779</v>
+        <v>832</v>
       </c>
       <c r="M186" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="N186">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="O186" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="R186" t="s">
         <v>869</v>
       </c>
       <c r="S186" t="s">
         <v>874</v>
       </c>
       <c r="T186" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U186" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V186" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W186" t="s">
         <v>892</v>
       </c>
       <c r="X186" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y186" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA186" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB186" t="s">
+        <v>920</v>
+      </c>
+      <c r="AE186" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH186" t="s">
+        <v>941</v>
       </c>
       <c r="AI186" t="s">
         <v>945</v>
       </c>
       <c r="AJ186" t="s">
         <v>1122</v>
       </c>
       <c r="AK186" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="187" spans="1:37">
       <c r="A187" t="s">
         <v>226</v>
       </c>
       <c r="B187" t="s">
         <v>412</v>
       </c>
       <c r="C187" t="s">
         <v>598</v>
       </c>
       <c r="D187" t="s">
         <v>598</v>
       </c>
       <c r="E187" t="s">
         <v>599</v>
       </c>
       <c r="F187" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="G187" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="H187">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="I187">
-        <v>2165000</v>
+        <v>7800000</v>
       </c>
       <c r="J187" t="s">
         <v>710</v>
       </c>
       <c r="K187">
-        <v>866000</v>
+        <v>3900000</v>
       </c>
       <c r="L187" t="s">
-        <v>779</v>
+        <v>748</v>
       </c>
       <c r="M187" t="s">
-        <v>834</v>
+        <v>843</v>
       </c>
       <c r="N187">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="O187" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="R187" t="s">
         <v>869</v>
       </c>
       <c r="S187" t="s">
         <v>874</v>
       </c>
       <c r="T187" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="U187" t="s">
-        <v>880</v>
+        <v>879</v>
       </c>
       <c r="V187" t="s">
-        <v>890</v>
+        <v>879</v>
       </c>
       <c r="W187" t="s">
         <v>892</v>
       </c>
       <c r="X187" t="s">
-        <v>896</v>
+        <v>895</v>
       </c>
       <c r="Y187" t="s">
-        <v>900</v>
-[...5 lines deleted...]
-        <v>935</v>
+        <v>899</v>
+      </c>
+      <c r="AA187" t="s">
+        <v>909</v>
+      </c>
+      <c r="AB187" t="s">
+        <v>920</v>
+      </c>
+      <c r="AE187" t="s">
+        <v>931</v>
+      </c>
+      <c r="AH187" t="s">
+        <v>941</v>
       </c>
       <c r="AI187" t="s">
         <v>945</v>
       </c>
       <c r="AJ187" t="s">
         <v>1123</v>
       </c>
       <c r="AK187" t="s">
         <v>1123</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>