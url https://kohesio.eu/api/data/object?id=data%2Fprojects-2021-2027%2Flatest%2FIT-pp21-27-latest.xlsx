--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -135,321 +135,321 @@
   <si>
     <t>NUTS3_Code</t>
   </si>
   <si>
     <t>Programming_Period</t>
   </si>
   <si>
     <t>Operation_Summary_English</t>
   </si>
   <si>
     <t>Operation_Summary_Programme_Language</t>
   </si>
   <si>
     <t>ManagingAuthority</t>
   </si>
   <si>
     <t>Image_URL</t>
   </si>
   <si>
     <t>InfoRegio_ID</t>
   </si>
   <si>
     <t>InfoRegio_URL</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7420774</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420773</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420769</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7420771</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7420772</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7420769</t>
-[...1 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q7420768</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7420770</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7420774</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7420773</t>
+    <t>2021EUIXXXXXXXX_EUI02-132</t>
+  </si>
+  <si>
+    <t>2021EUIXXXXXXXX_EUI02-130</t>
+  </si>
+  <si>
+    <t>2021EUIXXXXXXXX_EUI01-186</t>
   </si>
   <si>
     <t>2021EUIXXXXXXXX_EUI02-068</t>
   </si>
   <si>
     <t>2021EUIXXXXXXXX_EUI02-099</t>
   </si>
   <si>
-    <t>2021EUIXXXXXXXX_EUI01-186</t>
-[...1 lines deleted...]
-  <si>
     <t>2021EUIXXXXXXXX_EUI01-231</t>
   </si>
   <si>
     <t>2021EUIXXXXXXXX_EUI02-064</t>
   </si>
   <si>
-    <t>2021EUIXXXXXXXX_EUI02-132</t>
-[...2 lines deleted...]
-    <t>2021EUIXXXXXXXX_EUI02-130</t>
+    <t>FOOTPRINTS</t>
+  </si>
+  <si>
+    <t>GOCCIA</t>
+  </si>
+  <si>
+    <t>We-Z</t>
   </si>
   <si>
     <t>EPIC</t>
   </si>
   <si>
     <t>AQUAGREEN</t>
   </si>
   <si>
-    <t>We-Z</t>
-[...1 lines deleted...]
-  <si>
     <t>S4T</t>
   </si>
   <si>
     <t>TALEA</t>
   </si>
   <si>
-    <t>FOOTPRINTS</t>
-[...4 lines deleted...]
-  <si>
     <t>Italy</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>31/05/2028</t>
   </si>
   <si>
+    <t>31/08/2027</t>
+  </si>
+  <si>
     <t>30/11/2027</t>
   </si>
   <si>
-    <t>31/08/2027</t>
-[...1 lines deleted...]
-  <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q4379612</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420606</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7420651</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q4369786</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7420653</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7420651</t>
-[...1 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q7420657</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7420652</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q4379612</t>
-[...2 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7420606</t>
+    <t>44.412714189915,12.193140043967</t>
+  </si>
+  <si>
+    <t>45.4641943,9.1896346</t>
+  </si>
+  <si>
+    <t>41.9414631,12.5352448</t>
   </si>
   <si>
     <t>43.878060613062,11.084588900017</t>
   </si>
   <si>
     <t>44.2854843,11.8827539</t>
   </si>
   <si>
-    <t>41.9414631,12.5352448</t>
-[...1 lines deleted...]
-  <si>
     <t>45.865243337971,11.045735037188</t>
   </si>
   <si>
     <t>44.497880667908,11.333712372072</t>
   </si>
   <si>
-    <t>44.412714189915,12.193140043967</t>
-[...4 lines deleted...]
-  <si>
     <t>PO05</t>
   </si>
   <si>
     <t>PO02</t>
   </si>
   <si>
     <t>Europe closer to citizens</t>
   </si>
   <si>
     <t>Greener, carbon-free Europe</t>
   </si>
   <si>
     <t>ERDF</t>
   </si>
   <si>
     <t>European Regional Development Fund</t>
   </si>
   <si>
     <t>2021EUIXXXXXXXX</t>
   </si>
   <si>
     <t>European Urban Initiative 2021-2027</t>
   </si>
   <si>
+    <t>IT_039014</t>
+  </si>
+  <si>
+    <t>IT_015146</t>
+  </si>
+  <si>
+    <t>IT_058091</t>
+  </si>
+  <si>
     <t>IT_100005</t>
   </si>
   <si>
     <t>IT_039010</t>
   </si>
   <si>
-    <t>IT_058091</t>
-[...1 lines deleted...]
-  <si>
     <t>IT_022161</t>
   </si>
   <si>
     <t>IT_037006</t>
   </si>
   <si>
-    <t>IT_039014</t>
-[...2 lines deleted...]
-    <t>IT_015146</t>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>Roma</t>
   </si>
   <si>
     <t>Prato</t>
   </si>
   <si>
     <t>Faenza</t>
   </si>
   <si>
-    <t>Roma</t>
-[...1 lines deleted...]
-  <si>
     <t>Rovereto</t>
   </si>
   <si>
     <t>Bologna</t>
   </si>
   <si>
-    <t>Ravenna</t>
-[...2 lines deleted...]
-    <t>Milano</t>
+    <t>Province of Ravenna</t>
+  </si>
+  <si>
+    <t>Metropolitan City of Milan</t>
+  </si>
+  <si>
+    <t>Province of Rome</t>
   </si>
   <si>
     <t>Province of Prato</t>
   </si>
   <si>
-    <t>Province of Ravenna</t>
-[...4 lines deleted...]
-  <si>
     <t>Trentino</t>
   </si>
   <si>
     <t>Province of Bologna</t>
   </si>
   <si>
-    <t>Metropolitan City of Milan</t>
+    <t>ITH57</t>
+  </si>
+  <si>
+    <t>ITC4C</t>
+  </si>
+  <si>
+    <t>ITI43</t>
   </si>
   <si>
     <t>ITI15</t>
   </si>
   <si>
-    <t>ITH57</t>
-[...4 lines deleted...]
-  <si>
     <t>ITH20</t>
   </si>
   <si>
     <t>ITH55</t>
   </si>
   <si>
-    <t>ITC4C</t>
-[...1 lines deleted...]
-  <si>
     <t>2021-2027</t>
   </si>
   <si>
+    <t>The project aims to change tourism in the part of Ravenna Municipality located on the North-East Italian coast. Facing challenges such as a growing tourist sector, fragile ecosystem, and recent crises, Ravenna seeks a sustainable transformation through community engagement and innovative approaches. The project introduces the FOOTPRINTS model, emphasizing a collaborative, circular, and co-creative process. It envisions enhancing sustainable tourist components, creating a destination that is sustainable by default, and fostering a robust FOOTPRINTS ecosystem. The model involves making the tourist experience temporary, integrating the entire offer into a sustainable system, and promoting responsible choices through gaming mechanisms. Ravenna's challenges include managing diverse visitor profiles, complex governance, outdated facilities, and potential overcrowding. In order to address this, FOOTPRINTS proposes a community-driven shift, encouraging responsible tourism by developing authentic experiences with socio-cultural associations, implementing digital platforms, and improving the environmental performance of local businesses. The project aims to make tourism easy, enjoyable, and sustainable, focusing on soft mobility solutions, including accessible walking, cycling, and public transport. Emphasizing measurement and assessment, FOOTPRINTS envisions an evidence-based governance approach for long-term sustainability.</t>
+  </si>
+  <si>
+    <t>The project revolutionizes environmental reclamation by transforming a formerly contaminated industrial site in Milan into an innovative Interspecies Playground. It uses advanced techniques to clean up the soil and adopts a creative approach to design that involves different species. Unlike regular parks, GOCCIA aims to add more wildness to the city, focusing on how biodiversity and caring for the environment can make a big difference. This innovation centers around using Nature-based Solutions (NbS) to clean up the soil, providing a green and cost-effective alternative to regular methods. The project introduces a special way of managing things that involves quintuple-helix: academia, industry, government, citizens, and the environment. This collaboration encourages sustainable practices and gets citizens involved through citizen science, making them feel part of the community. By supporting European environmental goals, GOCCIA aims to be a leader in long-term nature recovery, fitting in with EU climate targets and global promises for nature restoration.</t>
+  </si>
+  <si>
+    <t>We-Z aims to tackle mental health challenges, experimenting a de-medicalized approach to such problems. The project will use urban regeneration for preventive mental health. By relying on the multiple dimensions of heritage, it aims at experimenting how to capitalize on urban resources and processes of transformation and management, making them indirectly work towards mental health. The project will target the regeneration of ‘Vigne Nuove’, a 70s public housing complex located in the North-Eastern periphery of Rome, that remains largely unfinished, and today characterised by a diffuse sense of neglect, isolation and insecurity. It would involve: - mental-Urban research and experimentation, by launching a Living Lab to be opened in the refurbished complex. It is conceived as regulative and mediation place which functions as informal bridge between We-Z participants, citizens, local institutions and emerging urban/architectonic issues. - operative memories, by igniting a new urban imaginary that stems from the rediscovery of mental and physical archives related to people and places. This area of intervention works on the recognition of hidden feelings and desires, providing forms of urban narrations that foster citizens' sense of esteem and pride. - co-creation and restorative building, by setting a codesign process and opening the construction site to “build with others”, i.e. with natural elements (trees, plants, water, etc.), soil (design by body), ancestors (reproduction of archaeological artifacts), and the housing complex itself (welfare remnants). - supporting the creation of new job opportunities that are objective-oriented and focused on the integration of target groups.</t>
+  </si>
+  <si>
     <t>The EPIC (Experience Prato Industrial Culture) project aims to re-think Prato's tourism trajectory, positioning industrial tourism as a catalyst for just, productive, and green urban growth. The project introduces a paradigm-shifting concept of "never-ending industrial tourism," innovatively blending tangible and virtual experiences to harness Prato's untapped potential. By showcasing the city's textile and clothing heritage, the project aims to create an innovative and sustainable industrial tourism experience. Unlike traditional models, this project extends beyond the conventional tourist season, fostering year-round engagement. The initiative pioneers a groundbreaking fusion of real-world visits with cutting-edge virtual reality/augmented reality/mixed reality technologies, delivering a transformative, emotionally resonant connection between visitors and the city. EPIC's innovativeness lies in its collaborative approach, bringing together diverse stakeholders, including SMEs in the textile industry, to co-create a multidimensional tourism offering. This approach not only maximizes the industrial heritage's appeal but also addresses challenges such as seasonal imbalances and fleeting tourist stays.</t>
   </si>
   <si>
     <t>The project responding to the devastating floods of May 2023, proposing innovative solutions for climate resilience in Faenza. The project introduces a Multifunctional Resilience Park Living Lab (MRPLL) in the flood-affected Borgo Durbecco district. Covering approximately 3.5 hectares, the MRPLL integrates various solutions, including permeable pavements, rain gardens, rainwater collection tanks, and green roofs with photovoltaic panels. This combination, driven by a digital interface, aims to enhance water infiltration, mitigate flood impacts, and ensure energy sustainability during extreme events. Moreover, AQUAGREEN emphasizes citizen involvement through constant co-designing in the Living Lab, fostering community engagement and trust. Facing challenges from recurrent floodings, the project addresses the social, economic, and environmental impacts on the Borgo Durbecco area. A Decision Support System and an Early Warning System, operating at a wider territorial level, further enhance the project's impact. By integrating various solutions into a replicable system, AQUAGREEN will contribute to the creation of a "sponge city.</t>
   </si>
   <si>
-    <t>We-Z aims to tackle mental health challenges, experimenting a de-medicalized approach to such problems. The project will use urban regeneration for preventive mental health. By relying on the multiple dimensions of heritage, it aims at experimenting how to capitalize on urban resources and processes of transformation and management, making them indirectly work towards mental health. The project will target the regeneration of ‘Vigne Nuove’, a 70s public housing complex located in the North-Eastern periphery of Rome, that remains largely unfinished, and today characterised by a diffuse sense of neglect, isolation and insecurity. It would involve: - mental-Urban research and experimentation, by launching a Living Lab to be opened in the refurbished complex. It is conceived as regulative and mediation place which functions as informal bridge between We-Z participants, citizens, local institutions and emerging urban/architectonic issues. - operative memories, by igniting a new urban imaginary that stems from the rediscovery of mental and physical archives related to people and places. This area of intervention works on the recognition of hidden feelings and desires, providing forms of urban narrations that foster citizens' sense of esteem and pride. - co-creation and restorative building, by setting a codesign process and opening the construction site to “build with others”, i.e. with natural elements (trees, plants, water, etc.), soil (design by body), ancestors (reproduction of archaeological artifacts), and the housing complex itself (welfare remnants). - supporting the creation of new job opportunities that are objective-oriented and focused on the integration of target groups.</t>
-[...1 lines deleted...]
-  <si>
     <t>The alpine town of Rovereto and its functional urban area face the challenge of rapidly adapting to the effects of climate change and effectively mitigating the resulting loss of biodiversity, which is closely linked to the territorial cultural heritage. The project of S4T will transform the empty main building of the train station and its surrounding area into a public-civic hub for joint actions on climate change, biodiversity loss, and heritage regeneration. The centrality of the train station, a key mobility hub for over 135,000 inhabitants, makes it an ideal public space for the co-creation of a territorial think&amp;action tank. For the first time, a railway station will be transformed from a mere transportation hub, into a multiplier and catalyst to support the local community in facing contemporary challenges. Thus, the station’s historical importance for local development and identity will be regenerated by turning it into a cross- borders cohesion hub, i.e. interactive venue involving both locals and visitors for training, co-design, co-production, and knowledge transfer for promising public, civic, and economic initiatives on climate change and biodiversity.</t>
   </si>
   <si>
     <t>The city of Bologna, facing rising temperatures, prioritizes climate resilience. The TALEA Green Cells (TGC) introduces compact and customizable spatial units offering city-wide climate shelter. It integrates various nature-based solutions, reducing heat island effects and health risks. TGC also functions as a data collection tool for a systemic urban observation atlas. Through human sensing technologies and citizen inputs, the project delivers environmental mapping, assessing urban spaces, green quality, and microclimate, contributing to a resilient and sustainable urban environment.</t>
   </si>
   <si>
-    <t>The project aims to change tourism in the part of Ravenna Municipality located on the North-East Italian coast. Facing challenges such as a growing tourist sector, fragile ecosystem, and recent crises, Ravenna seeks a sustainable transformation through community engagement and innovative approaches. The project introduces the FOOTPRINTS model, emphasizing a collaborative, circular, and co-creative process. It envisions enhancing sustainable tourist components, creating a destination that is sustainable by default, and fostering a robust FOOTPRINTS ecosystem. The model involves making the tourist experience temporary, integrating the entire offer into a sustainable system, and promoting responsible choices through gaming mechanisms. Ravenna's challenges include managing diverse visitor profiles, complex governance, outdated facilities, and potential overcrowding. In order to address this, FOOTPRINTS proposes a community-driven shift, encouraging responsible tourism by developing authentic experiences with socio-cultural associations, implementing digital platforms, and improving the environmental performance of local businesses. The project aims to make tourism easy, enjoyable, and sustainable, focusing on soft mobility solutions, including accessible walking, cycling, and public transport. Emphasizing measurement and assessment, FOOTPRINTS envisions an evidence-based governance approach for long-term sustainability.</t>
-[...2 lines deleted...]
-    <t>The project revolutionizes environmental reclamation by transforming a formerly contaminated industrial site in Milan into an innovative Interspecies Playground. It uses advanced techniques to clean up the soil and adopts a creative approach to design that involves different species. Unlike regular parks, GOCCIA aims to add more wildness to the city, focusing on how biodiversity and caring for the environment can make a big difference. This innovation centers around using Nature-based Solutions (NbS) to clean up the soil, providing a green and cost-effective alternative to regular methods. The project introduces a special way of managing things that involves quintuple-helix: academia, industry, government, citizens, and the environment. This collaboration encourages sustainable practices and gets citizens involved through citizen science, making them feel part of the community. By supporting European environmental goals, GOCCIA aims to be a leader in long-term nature recovery, fitting in with EU climate targets and global promises for nature restoration.</t>
+    <t>Il progetto mira a cambiare il turismo nella parte del Comune di Ravenna situata sulla costa nord-orientale italiana. Affrontando sfide come un settore turistico in crescita, un ecosistema fragile e le recenti crisi, Ravenna cerca una trasformazione sostenibile attraverso l'impegno della comunità e approcci innovativi. Il progetto introduce il modello FOOTPRINTS, enfatizzando un processo collaborativo, circolare e co-creativo. Prevede il miglioramento delle componenti turistiche sostenibili, la creazione di una destinazione sostenibile per impostazione predefinita e la promozione di un solido ecosistema FOOTPRINTS. Il modello prevede di rendere temporanea l'esperienza turistica, integrando l'intera offerta in un sistema sostenibile e promuovendo scelte responsabili attraverso meccanismi di gioco. Le sfide di Ravenna includono la gestione di diversi profili di visitatori, governance complessa, strutture obsolete e potenziale sovraffollamento. Per affrontare questo problema, FOOTPRINTS propone un cambiamento guidato dalla comunità, incoraggiando il turismo responsabile sviluppando esperienze autentiche con associazioni socio-culturali, implementando piattaforme digitali e migliorando le prestazioni ambientali delle imprese locali. Il progetto mira a rendere il turismo facile, piacevole e sostenibile, concentrandosi su soluzioni di mobilità dolce, tra cui passeggiate accessibili, ciclismo e trasporti pubblici. Sottolineando la misurazione e la valutazione, FOOTPRINTS prevede un approccio di governance basato su dati concreti per la sostenibilità a lungo termine.</t>
+  </si>
+  <si>
+    <t>Il progetto rivoluziona la bonifica ambientale trasformando un sito industriale precedentemente contaminato a Milano in un innovativo Interspecies Playground. Utilizza tecniche avanzate per ripulire il terreno e adotta un approccio creativo al design che coinvolge diverse specie. A differenza dei parchi normali, GOCCIA mira ad aggiungere più natura selvaggia alla città, concentrandosi su come la biodiversità e la cura dell'ambiente possono fare una grande differenza. Questa innovazione è incentrata sull'utilizzo di soluzioni basate sulla natura (NbS) per ripulire il suolo, fornendo un'alternativa verde ed economica ai metodi regolari. Il progetto introduce un modo speciale di gestire le cose che coinvolge quintuple-helix: mondo accademico, industria, governo, cittadini e ambiente. Questa collaborazione incoraggia pratiche sostenibili e coinvolge i cittadini attraverso la scienza dei cittadini, facendoli sentire parte della comunità. Sostenendo gli obiettivi ambientali europei, il governo della RPC mira a essere un leader nel recupero della natura a lungo termine, in linea con gli obiettivi climatici dell'UE e le promesse globali per il ripristino della natura.</t>
+  </si>
+  <si>
+    <t>We-Z mira ad affrontare le sfide della salute mentale, sperimentando un approccio de-medicalizzato a tali problemi. Il progetto utilizzerà la rigenerazione urbana per la salute mentale preventiva. Facendo affidamento sulle molteplici dimensioni del patrimonio, mira a sperimentare come capitalizzare le risorse urbane e i processi di trasformazione e gestione, facendoli lavorare indirettamente verso la salute mentale. Il progetto sarà finalizzato alla riqualificazione di "Vigne Nuove", un complesso residenziale pubblico degli anni '70 situato nella periferia nord-orientale di Roma, che rimane in gran parte incompiuto e oggi caratterizzato da un diffuso senso di abbandono, isolamento e insicurezza. Ciò implicherebbe: - ricerca e sperimentazione mental-urbana, con il lancio di un Living Lab da aprire nel complesso ristrutturato. È concepito come luogo di regolamentazione e mediazione che funge da ponte informale tra i partecipanti We-Z, i cittadini, le istituzioni locali e le questioni urbane / architettoniche emergenti. - memorie operative, accendendo un nuovo immaginario urbano che nasce dalla riscoperta di archivi mentali e fisici legati a persone e luoghi. Quest'area di intervento lavora sul riconoscimento di sentimenti e desideri nascosti, fornendo forme di narrazione urbana che favoriscono il senso di stima e orgoglio dei cittadini. - la co-creazione e il restauro di edifici, mediante l'impostazione di un processo di co-progettazione e l'apertura del cantiere per "costruire con altri", vale a dire con elementi naturali (alberi, piante, acqua, ecc.), suolo (progettazione per corpo), antenati (riproduzione di manufatti archeologici) e il complesso abitativo stesso (residui di benessere). - sostenere la creazione di nuove opportunità di lavoro orientate agli obiettivi e incentrate sull'integrazione dei gruppi destinatari.</t>
   </si>
   <si>
     <t>Il progetto EPIC (Experience Prato Industrial Culture) mira a ripensare la traiettoria turistica pratese, posizionando il turismo industriale come catalizzatore di una crescita urbana giusta, produttiva e verde. Il progetto introduce un concetto di "turismo industriale senza fine", unendo in modo innovativo esperienze tangibili e virtuali per sfruttare il potenziale inutilizzato di Prato. Mettendo in mostra il patrimonio tessile e dell'abbigliamento della città, il progetto mira a creare un'esperienza di turismo industriale innovativa e sostenibile. A differenza dei modelli tradizionali, questo progetto si estende oltre la stagione turistica convenzionale, favorendo l'impegno durante tutto l'anno. L'iniziativa è pioniera di una fusione rivoluzionaria di visite nel mondo reale con tecnologie all'avanguardia di realtà virtuale / realtà aumentata / realtà mista, offrendo una connessione trasformativa ed emotivamente risonante tra i visitatori e la città. L'innovatività di EPIC risiede nel suo approccio collaborativo, che riunisce diversi portatori di interessi, tra cui le PMI dell'industria tessile, per co-creare un'offerta turistica multidimensionale. Questo approccio non solo massimizza l'attrattiva del patrimonio industriale, ma affronta anche sfide come gli squilibri stagionali e i soggiorni turistici fugaci.</t>
   </si>
   <si>
     <t>Il progetto risponde alle devastanti inondazioni del maggio 2023, proponendo soluzioni innovative per la resilienza climatica a Faenza. Il progetto introduce un Multifunctional Resilience Park Living Lab (MRPLL) nel quartiere alluvionato di Borgo Durbecco. Con una superficie di circa 3,5 ettari, MRPLL integra varie soluzioni, tra cui pavimentazioni permeabili, giardini pluviali, serbatoi di raccolta dell'acqua piovana e tetti verdi con pannelli fotovoltaici. Questa combinazione, guidata da un'interfaccia digitale, mira a migliorare l'infiltrazione idrica, mitigare gli impatti delle inondazioni e garantire la sostenibilità energetica durante eventi estremi. Inoltre, AQUAGREEN sottolinea il coinvolgimento dei cittadini attraverso la costante co-progettazione nel Living Lab, promuovendo l'impegno e la fiducia della comunità. Affrontando le sfide delle inondazioni ricorrenti, il progetto affronta gli impatti sociali, economici e ambientali sull'area di Borgo Durbecco. Un sistema di supporto alle decisioni e un sistema di allarme rapido, che operano a un livello territoriale più ampio, migliorano ulteriormente l'impatto del progetto. Integrando varie soluzioni in un sistema replicabile, AQUAGREEN contribuirà alla creazione di una "città spugna".</t>
   </si>
   <si>
-    <t>We-Z mira ad affrontare le sfide della salute mentale, sperimentando un approccio de-medicalizzato a tali problemi. Il progetto utilizzerà la rigenerazione urbana per la salute mentale preventiva. Facendo affidamento sulle molteplici dimensioni del patrimonio, mira a sperimentare come capitalizzare le risorse urbane e i processi di trasformazione e gestione, facendoli lavorare indirettamente verso la salute mentale. Il progetto sarà finalizzato alla riqualificazione di "Vigne Nuove", un complesso residenziale pubblico degli anni '70 situato nella periferia nord-orientale di Roma, che rimane in gran parte incompiuto e oggi caratterizzato da un diffuso senso di abbandono, isolamento e insicurezza. Ciò implicherebbe: - ricerca e sperimentazione mental-urbana, con il lancio di un Living Lab da aprire nel complesso ristrutturato. È concepito come luogo di regolamentazione e mediazione che funge da ponte informale tra i partecipanti We-Z, i cittadini, le istituzioni locali e le questioni urbane / architettoniche emergenti. - memorie operative, accendendo un nuovo immaginario urbano che nasce dalla riscoperta di archivi mentali e fisici legati a persone e luoghi. Quest'area di intervento lavora sul riconoscimento di sentimenti e desideri nascosti, fornendo forme di narrazione urbana che favoriscono il senso di stima e orgoglio dei cittadini. - la co-creazione e il restauro di edifici, mediante l'impostazione di un processo di co-progettazione e l'apertura del cantiere per "costruire con altri", vale a dire con elementi naturali (alberi, piante, acqua, ecc.), suolo (progettazione per corpo), antenati (riproduzione di manufatti archeologici) e il complesso abitativo stesso (residui di benessere). - sostenere la creazione di nuove opportunità di lavoro orientate agli obiettivi e incentrate sull'integrazione dei gruppi destinatari.</t>
-[...1 lines deleted...]
-  <si>
     <t>La città alpina di Rovereto e la sua area urbana funzionale affrontano la sfida di adattarsi rapidamente agli effetti dei cambiamenti climatici e mitigare efficacemente la conseguente perdita di biodiversità, strettamente legata al patrimonio culturale territoriale. Il progetto di S4T trasformerà l'edificio principale vuoto della stazione ferroviaria e dell'area circostante in un hub pubblico-civico per azioni congiunte sui cambiamenti climatici, la perdita di biodiversità e la rigenerazione del patrimonio. La centralità della stazione ferroviaria, hub chiave della mobilità per oltre 135.000 abitanti, la rende uno spazio pubblico ideale per la co-creazione di un think&amp;action tank territoriale. Per la prima volta, una stazione ferroviaria sarà trasformata da semplice hub di trasporto, in un moltiplicatore e catalizzatore per supportare la comunità locale nell'affrontare le sfide contemporanee. Pertanto, l'importanza storica della stazione per lo sviluppo e l'identità locali sarà rigenerata trasformandola in un polo di coesione transfrontaliero, vale a dire un luogo interattivo che coinvolga sia i locali che i visitatori per la formazione, la co-progettazione, la co-produzione e il trasferimento di conoscenze per promettenti iniziative pubbliche, civiche ed economiche sui cambiamenti climatici e la biodiversità.</t>
   </si>
   <si>
     <t>La città di Bologna, di fronte all'aumento delle temperature, dà priorità alla resilienza climatica. TALEA Green Cells (TGC) introduce unità spaziali compatte e personalizzabili che offrono riparo climatico in tutta la città. Integra varie soluzioni basate sulla natura, riducendo gli effetti dell'isola di calore e i rischi per la salute. TGC funziona anche come strumento di raccolta dati per un atlante sistemico di osservazione urbana. Attraverso tecnologie di rilevamento umano e input dei cittadini, il progetto fornisce una mappatura ambientale, valutando gli spazi urbani, la qualità verde e il microclima, contribuendo a un ambiente urbano resiliente e sostenibile.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Il progetto rivoluziona la bonifica ambientale trasformando un sito industriale precedentemente contaminato a Milano in un innovativo Interspecies Playground. Utilizza tecniche avanzate per ripulire il terreno e adotta un approccio creativo al design che coinvolge diverse specie. A differenza dei parchi normali, GOCCIA mira ad aggiungere più natura selvaggia alla città, concentrandosi su come la biodiversità e la cura dell'ambiente possono fare una grande differenza. Questa innovazione è incentrata sull'utilizzo di soluzioni basate sulla natura (NbS) per ripulire il suolo, fornendo un'alternativa verde ed economica ai metodi regolari. Il progetto introduce un modo speciale di gestire le cose che coinvolge quintuple-helix: mondo accademico, industria, governo, cittadini e ambiente. Questa collaborazione incoraggia pratiche sostenibili e coinvolge i cittadini attraverso la scienza dei cittadini, facendoli sentire parte della comunità. Sostenendo gli obiettivi ambientali europei, il governo della RPC mira a essere un leader nel recupero della natura a lungo termine, in linea con gli obiettivi climatici dell'UE e le promesse globali per il ripristino della natura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -924,57 +924,57 @@
       <c r="A2" t="s">
         <v>41</v>
       </c>
       <c r="B2" t="s">
         <v>48</v>
       </c>
       <c r="C2" t="s">
         <v>55</v>
       </c>
       <c r="D2" t="s">
         <v>55</v>
       </c>
       <c r="E2" t="s">
         <v>62</v>
       </c>
       <c r="F2" t="s">
         <v>63</v>
       </c>
       <c r="G2" t="s">
         <v>65</v>
       </c>
       <c r="H2">
         <v>80</v>
       </c>
       <c r="I2">
-        <v>5114000</v>
+        <v>6249933.2</v>
       </c>
       <c r="J2" t="s">
         <v>68</v>
       </c>
       <c r="K2">
-        <v>4091200</v>
+        <v>4999946.56</v>
       </c>
       <c r="L2" t="s">
         <v>69</v>
       </c>
       <c r="M2" t="s">
         <v>76</v>
       </c>
       <c r="R2" t="s">
         <v>83</v>
       </c>
       <c r="S2" t="s">
         <v>85</v>
       </c>
       <c r="V2" t="s">
         <v>87</v>
       </c>
       <c r="W2" t="s">
         <v>88</v>
       </c>
       <c r="X2" t="s">
         <v>89</v>
       </c>
       <c r="Y2" t="s">
         <v>90</v>
       </c>
@@ -998,63 +998,63 @@
       </c>
       <c r="AK2" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="3" spans="1:41">
       <c r="A3" t="s">
         <v>42</v>
       </c>
       <c r="B3" t="s">
         <v>49</v>
       </c>
       <c r="C3" t="s">
         <v>56</v>
       </c>
       <c r="D3" t="s">
         <v>56</v>
       </c>
       <c r="E3" t="s">
         <v>62</v>
       </c>
       <c r="F3" t="s">
         <v>63</v>
       </c>
       <c r="G3" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="H3">
         <v>80</v>
       </c>
       <c r="I3">
-        <v>5485367.4</v>
+        <v>6249800.8</v>
       </c>
       <c r="J3" t="s">
         <v>68</v>
       </c>
       <c r="K3">
-        <v>4388293.92</v>
+        <v>4999840.64</v>
       </c>
       <c r="L3" t="s">
         <v>70</v>
       </c>
       <c r="M3" t="s">
         <v>77</v>
       </c>
       <c r="R3" t="s">
         <v>84</v>
       </c>
       <c r="S3" t="s">
         <v>86</v>
       </c>
       <c r="V3" t="s">
         <v>87</v>
       </c>
       <c r="W3" t="s">
         <v>88</v>
       </c>
       <c r="X3" t="s">
         <v>89</v>
       </c>
       <c r="Y3" t="s">
         <v>90</v>
       </c>
@@ -1078,51 +1078,51 @@
       </c>
       <c r="AK3" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="4" spans="1:41">
       <c r="A4" t="s">
         <v>43</v>
       </c>
       <c r="B4" t="s">
         <v>50</v>
       </c>
       <c r="C4" t="s">
         <v>57</v>
       </c>
       <c r="D4" t="s">
         <v>57</v>
       </c>
       <c r="E4" t="s">
         <v>62</v>
       </c>
       <c r="F4" t="s">
         <v>64</v>
       </c>
       <c r="G4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="H4">
         <v>80</v>
       </c>
       <c r="I4">
         <v>6225428</v>
       </c>
       <c r="J4" t="s">
         <v>68</v>
       </c>
       <c r="K4">
         <v>4980342.4</v>
       </c>
       <c r="L4" t="s">
         <v>71</v>
       </c>
       <c r="M4" t="s">
         <v>78</v>
       </c>
       <c r="R4" t="s">
         <v>83</v>
       </c>
       <c r="S4" t="s">
         <v>85</v>
       </c>
@@ -1155,66 +1155,66 @@
       </c>
       <c r="AJ4" t="s">
         <v>120</v>
       </c>
       <c r="AK4" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="5" spans="1:41">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>58</v>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>62</v>
       </c>
       <c r="F5" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G5" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H5">
         <v>80</v>
       </c>
       <c r="I5">
-        <v>6247121.88</v>
+        <v>5114000</v>
       </c>
       <c r="J5" t="s">
         <v>68</v>
       </c>
       <c r="K5">
-        <v>4997697.5</v>
+        <v>4091200</v>
       </c>
       <c r="L5" t="s">
         <v>72</v>
       </c>
       <c r="M5" t="s">
         <v>79</v>
       </c>
       <c r="R5" t="s">
         <v>83</v>
       </c>
       <c r="S5" t="s">
         <v>85</v>
       </c>
       <c r="V5" t="s">
         <v>87</v>
       </c>
       <c r="W5" t="s">
         <v>88</v>
       </c>
       <c r="X5" t="s">
         <v>89</v>
       </c>
       <c r="Y5" t="s">
         <v>90</v>
       </c>
@@ -1238,223 +1238,223 @@
       </c>
       <c r="AK5" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="6" spans="1:41">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s">
         <v>59</v>
       </c>
       <c r="D6" t="s">
         <v>59</v>
       </c>
       <c r="E6" t="s">
         <v>62</v>
       </c>
       <c r="F6" t="s">
         <v>63</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="H6">
         <v>80</v>
       </c>
       <c r="I6">
-        <v>6249980.4</v>
+        <v>5485367.4</v>
       </c>
       <c r="J6" t="s">
         <v>68</v>
       </c>
       <c r="K6">
-        <v>4999984.32</v>
+        <v>4388293.92</v>
       </c>
       <c r="L6" t="s">
         <v>73</v>
       </c>
       <c r="M6" t="s">
         <v>80</v>
       </c>
       <c r="R6" t="s">
         <v>84</v>
       </c>
       <c r="S6" t="s">
         <v>86</v>
       </c>
       <c r="V6" t="s">
         <v>87</v>
       </c>
       <c r="W6" t="s">
         <v>88</v>
       </c>
       <c r="X6" t="s">
         <v>89</v>
       </c>
       <c r="Y6" t="s">
         <v>90</v>
       </c>
       <c r="AA6" t="s">
         <v>95</v>
       </c>
       <c r="AB6" t="s">
         <v>102</v>
       </c>
       <c r="AE6" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="AH6" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="AI6" t="s">
         <v>117</v>
       </c>
       <c r="AJ6" t="s">
         <v>122</v>
       </c>
       <c r="AK6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="7" spans="1:41">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>53</v>
       </c>
       <c r="C7" t="s">
         <v>60</v>
       </c>
       <c r="D7" t="s">
         <v>60</v>
       </c>
       <c r="E7" t="s">
         <v>62</v>
       </c>
       <c r="F7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H7">
         <v>80</v>
       </c>
       <c r="I7">
-        <v>6249933.2</v>
+        <v>6247121.88</v>
       </c>
       <c r="J7" t="s">
         <v>68</v>
       </c>
       <c r="K7">
-        <v>4999946.56</v>
+        <v>4997697.5</v>
       </c>
       <c r="L7" t="s">
         <v>74</v>
       </c>
       <c r="M7" t="s">
         <v>81</v>
       </c>
       <c r="R7" t="s">
         <v>83</v>
       </c>
       <c r="S7" t="s">
         <v>85</v>
       </c>
       <c r="V7" t="s">
         <v>87</v>
       </c>
       <c r="W7" t="s">
         <v>88</v>
       </c>
       <c r="X7" t="s">
         <v>89</v>
       </c>
       <c r="Y7" t="s">
         <v>90</v>
       </c>
       <c r="AA7" t="s">
         <v>96</v>
       </c>
       <c r="AB7" t="s">
         <v>103</v>
       </c>
       <c r="AE7" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="AH7" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="AI7" t="s">
         <v>117</v>
       </c>
       <c r="AJ7" t="s">
         <v>123</v>
       </c>
       <c r="AK7" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="8" spans="1:41">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
         <v>54</v>
       </c>
       <c r="C8" t="s">
         <v>61</v>
       </c>
       <c r="D8" t="s">
         <v>61</v>
       </c>
       <c r="E8" t="s">
         <v>62</v>
       </c>
       <c r="F8" t="s">
         <v>63</v>
       </c>
       <c r="G8" t="s">
         <v>65</v>
       </c>
       <c r="H8">
         <v>80</v>
       </c>
       <c r="I8">
-        <v>6249800.8</v>
+        <v>6249980.4</v>
       </c>
       <c r="J8" t="s">
         <v>68</v>
       </c>
       <c r="K8">
-        <v>4999840.64</v>
+        <v>4999984.32</v>
       </c>
       <c r="L8" t="s">
         <v>75</v>
       </c>
       <c r="M8" t="s">
         <v>82</v>
       </c>
       <c r="R8" t="s">
         <v>84</v>
       </c>
       <c r="S8" t="s">
         <v>86</v>
       </c>
       <c r="V8" t="s">
         <v>87</v>
       </c>
       <c r="W8" t="s">
         <v>88</v>
       </c>
       <c r="X8" t="s">
         <v>89</v>
       </c>
       <c r="Y8" t="s">
         <v>90</v>
       </c>