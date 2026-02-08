--- v0 (2025-12-07)
+++ v1 (2026-02-08)
@@ -135,795 +135,795 @@
   <si>
     <t>NUTS3_Code</t>
   </si>
   <si>
     <t>Programming_Period</t>
   </si>
   <si>
     <t>Operation_Summary_English</t>
   </si>
   <si>
     <t>Operation_Summary_Programme_Language</t>
   </si>
   <si>
     <t>ManagingAuthority</t>
   </si>
   <si>
     <t>Image_URL</t>
   </si>
   <si>
     <t>InfoRegio_ID</t>
   </si>
   <si>
     <t>InfoRegio_URL</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7359236</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359244</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359256</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359250</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359245</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359252</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359237</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359254</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359251</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359253</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359235</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359255</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359233</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359243</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359238</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359241</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359247</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359249</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359246</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359239</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359242</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359240</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q7359234</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7359252</t>
-[...49 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q7359248</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7359246</t>
-[...11 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7359245</t>
+    <t>2021MT05SFPR001_ESF+.03.184</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_CF.06.987</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.01.ECJ.S4</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.03.204</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_CF.07.227</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.03.273</t>
+  </si>
+  <si>
+    <t>2021MT05SFPR001_ESF+.03.985</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.01.ECJ.S2</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.03.207</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.01.ECJ.S1</t>
+  </si>
+  <si>
+    <t>2021MT05SFPR001_ESF+.01.S1</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.01.ECJ.S3</t>
+  </si>
+  <si>
+    <t>2021MT05SFPR001_ESF+.03.186</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_JTF.08.989</t>
+  </si>
+  <si>
+    <t>2021MT05SFPR001_ESF+.01.194</t>
+  </si>
+  <si>
+    <t>2021MT05SFPR001_ESF+.03.S1</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.01.256</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.02.986</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_ERDF.01.210</t>
+  </si>
+  <si>
+    <t>2021MT05SFPR001_ESF+.03.185</t>
+  </si>
+  <si>
+    <t>2021MT16FFPR001_JTF.08.988</t>
+  </si>
+  <si>
+    <t>2021MT05SFPR001_ESF+.04.188</t>
   </si>
   <si>
     <t>2021MT05SFPR001_ESF+.01.195</t>
   </si>
   <si>
-    <t>2021MT16FFPR001_ERDF.03.273</t>
-[...49 lines deleted...]
-  <si>
     <t>2021MT16FFPR001_ERDF.02.270</t>
   </si>
   <si>
-    <t>2021MT16FFPR001_ERDF.01.210</t>
-[...11 lines deleted...]
-    <t>2021MT16FFPR001_CF.07.227</t>
+    <t>One Device per Child (ODPC)</t>
+  </si>
+  <si>
+    <t>Expansion of the Electric Vehicle Charging Infrastructure Network Across Malta and Gozo</t>
+  </si>
+  <si>
+    <t>Start-up Enhance</t>
+  </si>
+  <si>
+    <t>A home fit for a Queen - The rehabilitation of Villa Guardamangia</t>
+  </si>
+  <si>
+    <t>Eliminating Bottlenecks in the TEN-T Core Port of Valletta</t>
+  </si>
+  <si>
+    <t>Procurement of Medical Equipment for Entities within the Ministry for Health and Active Ageing</t>
+  </si>
+  <si>
+    <t>Further Studies Made Affordable (FSMA)</t>
+  </si>
+  <si>
+    <t>SME Enhance (de Minimis)</t>
+  </si>
+  <si>
+    <t>KUL(T)ARTI - The Development of a Culture and Arts Hub in Marsa</t>
+  </si>
+  <si>
+    <t>Business Reports for SMEs</t>
+  </si>
+  <si>
+    <t>Access to Employment</t>
+  </si>
+  <si>
+    <t>SME Enhance (GBER)</t>
+  </si>
+  <si>
+    <t>Reach High II - Post-Doctoral Research Programme</t>
+  </si>
+  <si>
+    <t>Provision of High and Low Onshore Power Supply System in the South Harbour Region of the Grand Harbour</t>
+  </si>
+  <si>
+    <t>Youth Guarantee 3.0</t>
+  </si>
+  <si>
+    <t>Investing in Skills</t>
+  </si>
+  <si>
+    <t>Implementation of Electronic Medical Records across the public national health system in Malta and Gozo</t>
+  </si>
+  <si>
+    <t>Development, Construction, and Commissioning of a Second Electrical Cable Interconnector between Malta and Italy</t>
+  </si>
+  <si>
+    <t>Hal Far Business Incubation Centre</t>
+  </si>
+  <si>
+    <t>Endeavour II</t>
+  </si>
+  <si>
+    <t>Provision of High voltage shore connections system along North Quay Terminal 1 and North Quay Terminal 2 within Malta Freeport in the TEN-T Core Port of Marsaxlokk</t>
+  </si>
+  <si>
+    <t>Food 4 You Support Project</t>
   </si>
   <si>
     <t>Training for Employment</t>
   </si>
   <si>
-    <t>Procurement of Medical Equipment for Entities within the Ministry for Health and Active Ageing</t>
-[...49 lines deleted...]
-  <si>
     <t>Design &amp; implementation of a Utility-Scale Battery Energy Storage Facility in Delimara Power Station</t>
   </si>
   <si>
-    <t>Hal Far Business Incubation Centre</t>
-[...13 lines deleted...]
-  <si>
     <t>Malta</t>
   </si>
   <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>11/12/2023</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>23/08/2021</t>
+  </si>
+  <si>
+    <t>12/10/2023</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>15/09/2023</t>
+  </si>
+  <si>
+    <t>24/01/2023</t>
+  </si>
+  <si>
+    <t>30/10/2023</t>
+  </si>
+  <si>
+    <t>05/01/2023</t>
+  </si>
+  <si>
+    <t>10/01/2021</t>
+  </si>
+  <si>
+    <t>01/05/2024</t>
+  </si>
+  <si>
+    <t>18/09/2023</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
+    <t>01/06/2022</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>01/05/2021</t>
+  </si>
+  <si>
+    <t>09/01/2022</t>
+  </si>
+  <si>
     <t>02/01/2024</t>
   </si>
   <si>
-    <t>01/01/2025</t>
-[...49 lines deleted...]
-  <si>
     <t>01/06/2023</t>
   </si>
   <si>
-    <t>01/03/2024</t>
-[...11 lines deleted...]
-    <t>01/09/2017</t>
+    <t>29/12/2028</t>
+  </si>
+  <si>
+    <t>01/10/2026</t>
+  </si>
+  <si>
+    <t>17/09/2026</t>
+  </si>
+  <si>
+    <t>31/12/2027</t>
+  </si>
+  <si>
+    <t>30/09/2027</t>
+  </si>
+  <si>
+    <t>26/03/2027</t>
+  </si>
+  <si>
+    <t>29/09/2027</t>
+  </si>
+  <si>
+    <t>31/05/2026</t>
+  </si>
+  <si>
+    <t>31/12/2030</t>
+  </si>
+  <si>
+    <t>06/05/2026</t>
   </si>
   <si>
     <t>31/12/2029</t>
   </si>
   <si>
-    <t>31/12/2027</t>
-[...7 lines deleted...]
-  <si>
     <t>31/12/2026</t>
   </si>
   <si>
-    <t>29/09/2027</t>
-[...7 lines deleted...]
-  <si>
     <t>31/12/2028</t>
   </si>
   <si>
-    <t>26/03/2027</t>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2029</t>
   </si>
   <si>
-    <t>01/10/2026</t>
-[...7 lines deleted...]
-  <si>
     <t>EUR</t>
   </si>
   <si>
+    <t>https://linkedopendata.eu/entity/Q7359226</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q3058508</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359225</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359223</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359228</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359227</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359222</t>
+  </si>
+  <si>
+    <t>https://linkedopendata.eu/entity/Q7359224</t>
+  </si>
+  <si>
     <t>https://linkedopendata.eu/entity/Q3127477</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7359227</t>
-[...4 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q7359230</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7359223</t>
+    <t>https://linkedopendata.eu/entity/Q3064625</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7359232</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3064625</t>
-[...8 lines deleted...]
-    <t>https://linkedopendata.eu/entity/Q7359225</t>
+    <t>https://linkedopendata.eu/entity/Q7359231</t>
   </si>
   <si>
     <t>https://linkedopendata.eu/entity/Q7359229</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q7359231</t>
-[...1 lines deleted...]
-  <si>
     <t>https://linkedopendata.eu/entity/Q7359221</t>
   </si>
   <si>
-    <t>https://linkedopendata.eu/entity/Q3058508</t>
-[...4 lines deleted...]
-  <si>
     <t>35.883333333333,14.5</t>
   </si>
   <si>
     <t>35.892302,14.49514</t>
   </si>
   <si>
+    <t>35.883204503676,14.504993424478</t>
+  </si>
+  <si>
+    <t>35.877001581271,14.497229462935</t>
+  </si>
+  <si>
+    <t>35.87937672069,14.49970263321|35.883187124661,14.505596919724|35.884660215416,14.507435772049|35.885890884138,14.513877982827</t>
+  </si>
+  <si>
     <t>35.938869859959,14.442037377493|36.880998469486,14.680975609111</t>
   </si>
   <si>
-    <t>35.87937672069,14.49970263321|35.883187124661,14.505596919724|35.884660215416,14.507435772049|35.885890884138,14.513877982827</t>
-[...2 lines deleted...]
-    <t>35.877001581271,14.497229462935</t>
+    <t>35.813126,14.513596</t>
   </si>
   <si>
     <t>35.81641531305,14.538876041662</t>
   </si>
   <si>
     <t>35.834706,14.552746</t>
   </si>
   <si>
-    <t>35.813126,14.513596</t>
-[...2 lines deleted...]
-    <t>35.883204503676,14.504993424478</t>
+    <t>145|149|150</t>
+  </si>
+  <si>
+    <t>086</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>021|024|137</t>
+  </si>
+  <si>
+    <t>024|137</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>021</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>134|136</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>019</t>
+  </si>
+  <si>
+    <t>053</t>
+  </si>
+  <si>
+    <t>020|023|025</t>
   </si>
   <si>
     <t>134|135</t>
   </si>
   <si>
-    <t>129</t>
-[...47 lines deleted...]
-    <t>111</t>
+    <t>Support for the development of digital skills|Support for primary to secondary education (excluding infrastructure)|Support for tertiary education (excluding infrastructure)</t>
+  </si>
+  <si>
+    <t>Alternative fuels infrastructure</t>
+  </si>
+  <si>
+    <t>Support for self-employment and business start-ups</t>
+  </si>
+  <si>
+    <t>Protection, development and promotion of cultural heritage and cultural services</t>
+  </si>
+  <si>
+    <t>Seaports (TEN-T) excluding facilities dedicated to transport of fossil fuels</t>
+  </si>
+  <si>
+    <t>Health equipment</t>
+  </si>
+  <si>
+    <t>Support for tertiary education (excluding infrastructure)</t>
+  </si>
+  <si>
+    <t>SME business development and internationalisation, including productive investments|Advanced support services for SMEs and groups of SMEs (including management, marketing and design services)|Support for self-employment and business start-ups</t>
+  </si>
+  <si>
+    <t>Advanced support services for SMEs and groups of SMEs (including management, marketing and design services)|Support for self-employment and business start-ups</t>
+  </si>
+  <si>
+    <t>Measures to improve access to employment</t>
+  </si>
+  <si>
+    <t>SME business development and internationalisation, including productive investments</t>
+  </si>
+  <si>
+    <t>Support for adult education (excluding infrastructure)</t>
+  </si>
+  <si>
+    <t>Measures to improve access to employment|Specific support for youth employment and socio-economic integration of young people</t>
+  </si>
+  <si>
+    <t>Support for adaptation of workers, enterprises and entrepreneurs to change</t>
+  </si>
+  <si>
+    <t>e-Health services and applications (including e-Care, Internet of Things for physical activity and ambient assisted living)</t>
+  </si>
+  <si>
+    <t>Smart Energy Systems (including smart grids and ICT systems) and related storage</t>
+  </si>
+  <si>
+    <t>Business infrastructure for SMEs (including industrial parks and sites)|Skills development for smart specialisation, industrial transition, entrepreneurship and adaptability of enterprises to change|Incubation, support to spin offs and spin outs and start ups</t>
   </si>
   <si>
     <t>Measures to improve access to employment|Measures to promote access to employment of long-term unemployed</t>
   </si>
   <si>
-    <t>Health equipment</t>
-[...49 lines deleted...]
-  <si>
     <t>PO04</t>
   </si>
   <si>
     <t>PO02</t>
   </si>
   <si>
+    <t>PO01</t>
+  </si>
+  <si>
+    <t>PO03</t>
+  </si>
+  <si>
     <t>PO08</t>
   </si>
   <si>
-    <t>PO01</t>
-[...4 lines deleted...]
-  <si>
     <t>Social Europe</t>
   </si>
   <si>
     <t>Greener, carbon-free Europe</t>
   </si>
   <si>
+    <t>Smarter Europe</t>
+  </si>
+  <si>
+    <t>Connected Europe</t>
+  </si>
+  <si>
     <t>Just Transition</t>
   </si>
   <si>
-    <t>Smarter Europe</t>
-[...2 lines deleted...]
-    <t>Connected Europe</t>
+    <t>ESO4.6</t>
+  </si>
+  <si>
+    <t>RSO2.8</t>
+  </si>
+  <si>
+    <t>RSO1.3</t>
+  </si>
+  <si>
+    <t>RSO4.6</t>
+  </si>
+  <si>
+    <t>RSO3.1</t>
+  </si>
+  <si>
+    <t>RSO4.5</t>
   </si>
   <si>
     <t>ESO4.1</t>
   </si>
   <si>
-    <t>RSO4.5</t>
-[...5 lines deleted...]
-    <t>RSO4.6</t>
+    <t>ESO4.7</t>
+  </si>
+  <si>
+    <t>JTF</t>
+  </si>
+  <si>
+    <t>RSO1.2</t>
   </si>
   <si>
     <t>RSO2.3</t>
   </si>
   <si>
-    <t>JTF</t>
-[...10 lines deleted...]
-  <si>
     <t>ESO4.13</t>
   </si>
   <si>
-    <t>RSO2.8</t>
-[...4 lines deleted...]
-  <si>
     <t>ESF+</t>
   </si>
   <si>
+    <t>CF</t>
+  </si>
+  <si>
     <t>ERDF</t>
   </si>
   <si>
-    <t>CF</t>
-[...1 lines deleted...]
-  <si>
     <t>European Social Fund Plus</t>
   </si>
   <si>
+    <t>Cohesion Fund</t>
+  </si>
+  <si>
     <t>European Regional Development Fund</t>
   </si>
   <si>
     <t>Just Transition Fund</t>
   </si>
   <si>
-    <t>Cohesion Fund</t>
-[...1 lines deleted...]
-  <si>
     <t>2021MT05SFPR001</t>
   </si>
   <si>
     <t>2021MT16FFPR001</t>
   </si>
   <si>
     <t>Human Resources and Skills – MT – ESF+</t>
   </si>
   <si>
     <t>Investment in jobs and development – MT – CF/ERDF/JTF</t>
   </si>
   <si>
+    <t>FRN</t>
+  </si>
+  <si>
     <t>BBG</t>
   </si>
   <si>
-    <t>FRN</t>
-[...1 lines deleted...]
-  <si>
     <t>VLT</t>
   </si>
   <si>
     <t>MT_MT01247</t>
   </si>
   <si>
+    <t>MT_MT01145</t>
+  </si>
+  <si>
+    <t>MT_MT01134</t>
+  </si>
+  <si>
+    <t>MT_MT01105|MT_MT01134|MT_MT01145</t>
+  </si>
+  <si>
     <t>MT_MT01544|MT_MT02643</t>
   </si>
   <si>
-    <t>MT_MT01105|MT_MT01134|MT_MT01145</t>
-[...4 lines deleted...]
-  <si>
     <t>MT_MT01315</t>
   </si>
   <si>
     <t>MT_MT01336</t>
   </si>
   <si>
-    <t>MT_MT01145</t>
-[...1 lines deleted...]
-  <si>
     <t>Pieta'</t>
   </si>
   <si>
+    <t>Paola</t>
+  </si>
+  <si>
+    <t>Marsa</t>
+  </si>
+  <si>
+    <t>Citta' Cospicua|Marsa|Paola</t>
+  </si>
+  <si>
     <t>Naxxar|Nadur</t>
   </si>
   <si>
-    <t>Citta' Cospicua|Marsa|Paola</t>
-[...4 lines deleted...]
-  <si>
     <t>Birżebbuġa</t>
   </si>
   <si>
     <t>Marsaxlokk</t>
   </si>
   <si>
-    <t>Paola</t>
-[...1 lines deleted...]
-  <si>
     <t>Malta|Gozo and Comino/Għawdex u Kemmuna</t>
   </si>
   <si>
     <t>MT001</t>
   </si>
   <si>
     <t>MT001|MT002</t>
   </si>
   <si>
     <t>2021-2027</t>
   </si>
   <si>
+    <t>The ODPC project adopts a multi-faceted approach aimed to progressively equip all secondary school students in Malta, from Year 7 to Year 11, and educators with training, tools and digital content integrated around a classroom management system which takes pedagogy to a new web-enabled level. Whilst the project delivery focuses on the baseline provision of a laptop per child, they will also be granted access to various digital content and resources.</t>
+  </si>
+  <si>
+    <t>The fast-growing Electric Vehicle (EV) market and the phasing out of Internal Combustion Engine vehicles expected as per EU and national strategies to reduce CO2 emissions require a reliable, efficient and robust EV charging infrastructure. The project aims to upgrade the current EV Charging Infrastructure Network with the introduction of 1,200 new medium and fast charging points around Malta and Gozo, thus increasing the reach for current EV users. It will also entice prospective EV users by promoting ease of use and reducing their charging anxieties.</t>
+  </si>
+  <si>
+    <t>This incentive seeks to support Start-ups through non-repayable Grants to part-finance investments in tangible and intangible assets contributing to potentially improve the productivity of the enterprise.</t>
+  </si>
+  <si>
+    <t>The project entails the restoration of ‘Villa Guardamangia’, in Pieta, a typically planned out Maltese residence, featuring spacious interiors and a large garden with a unique elevated walkway. It retains an important status in our country’s history, as it served as the residence of Princess Elizabeth, and Prince Philip, Duchess, and Duke of Edinburgh which they continued referring to as their home ever since. The project shall thereby involve the restoration and fit out of the cultural attraction with furnishings appropriate to re-enact the time when the British monarch lived inside the villa. It will also include appropriate ticketing offices and a museum shop. The villa also has the potential of serving as a cultural and events centre. Another aspect of the project involves a coffee shop and an exclusive heritage experience accommodation. The villa is expected to attract a mix of visitors which include foreigners visiting Malta, the locals themselves, and students.</t>
+  </si>
+  <si>
+    <t>Infrastructure Malta seeks to set up a new cargo facility with the aim to eliminate bottlenecks within the Grand Harbour by reducing vessel waiting time and to improving efficiency with the Port. The project is based on the development of a quay at Ras Hanzir up to Laboratory Wharf and Magazine Wharf within the Grand Harbour of Malta to cater for the increase in berthing demand mainly for cargo vessels. The proposed investment entails the provision of a quay and support facilities to allow for the berthing of Ro-Ro (Roll-on / Roll-off) vessels, general cargo operations, enable future operation of tankers and bunker barges from this location. The development consists of the removal and levelling of the existing mooring structures, the removal and levelling of the existing dumped materials, soil consolidation, the reclamation of land using mainly recycled materials, the construction of a quay wall to retain a reclaimed area of approximately 22,500 m2 between Fuel Wharf and Laboratory Wharf, the re-grading of the existing landside area along the existing coastline at Ras Ħanżir and the construction of the quay deck pavement and underground services.</t>
+  </si>
+  <si>
+    <t>The main aim of this project is the procurement of medical equipment for Entities the Ministry for Health and Active Ageing Malta providing health care services in order to strengthen, consolidate and improve service delivery and increase resilience in the context of the COVID-19 pandemic recovery.</t>
+  </si>
+  <si>
+    <t>The FSMA Financial Instrument (FI) was established with the aim to support students or professionals who are seeking to further their studies in Malta or abroad. The loan is applicable to those who are seeking to pursue a study programme for accredited courses in MQF Level 5, 6, 7 and 8 as well as other internationally-recognised certificates. Eligible study will be entitled to receive support through the FI for the activities related to tuition fees, accommodation costs, subsistence expenses and other expenses. The Purpose of the FI is to support eligible students by enhancing their access to bank loans. the eligible students will benefit from zero interest payment during the moratorium period. The loan will be covered with a guarantee offered through the financial instrument to the financial institutions for a maximum term of 15 years covering the moratorium period of up to a maximum of 5 years and the loan repayment of up to a maximum of 10 years following the moratorium period. Eligible students will not be requested to put up upfront contribution. Eligible loans are covered at a guarantee rate of each eligible loan subject to a maximum liability in respect of loan losses expressed as a guarantee cap amount of a maximum amount established at Portfolio level. The ESF+ contribution amounts to €5M. Expected leverage is of x5 and the advantages of the Final Recipients will also include an interest rate reduction.</t>
+  </si>
+  <si>
+    <t>This incentive seeks to support SMEs through non-repayable Grants to part-finance investment towards expansion, diversification, innovation of the operations and initial investment, aimed at potentially improving the productivity of the enterprise.</t>
+  </si>
+  <si>
+    <t>This project seeks to promote, develop and showcase the diverse arts and cultural forms relating to carnival, music and theatre performance through the development of a Culture and Arts Hub in Marsa. The Hub shall allow for the provision of: - Dance and Music Rehearsal Spaces - Cinematographic area - Carnival conventions activities &amp; Parade Ground - Theatre - Audiovisual studio - Offices - Carnival Museum - Souvenir &amp; Coffee Shop Intrinsically, the Hub shall provide added value to Malta’s tourism product by enriching the development of Malta’s niche cultural sector to continue to sustain its growth and sustainability to be enjoyed by present and future generations. Furthermore, through such investment, the project will contribute towards fostering social cohesion, job creation and improved environment in the Southern Harbour Area.</t>
+  </si>
+  <si>
+    <t>This Grant Scheme seeks to support SMEs through the provision of non-repayable Grants in the form of a lump sum to part-finance a business report procured from external Consultancy Service Providers which are registered with the IB and which are autonomous and unrelated to the Beneficiary Undertaking.</t>
+  </si>
+  <si>
+    <t>Access to Employment (A2E) Scheme provides employment aid to enterprises in Malta and Gozo to promote the recruitment of the more challenged amongst jobseekers and inactive persons. Through this scheme the integration into the labour is facilitated by enhancing opportunities to access the labour market and providing work experience to those furthest away from gainful employment; bridging the gap between labour market supply and demand and increasing social cohesion.</t>
+  </si>
+  <si>
+    <t>The aim of this project is to provide graduated doctoral students the opportunity to propose research projects with Higher Education Institutions in order to boost upskilling and reskilling and increase research and innovation within a varied set of prioritized fields. Selected research projects will be provided with a Post-Doctorate Research Grant. This project will therefore aim to enhance accessibility towards research through the offering of a Research Grant. The aim is to also encourage further educational experiences. Therefore, the project will offer a duel dimension from a policy perspective, as it will enable access towards Post-Doctorate Research and encourage lifelong learning, as well as improve research and innovation in the Maltese Islands. This project will also bridge academia with the industry which will in turn help to improve coordination between the two.</t>
+  </si>
+  <si>
+    <t>Malta, which is centrally located in the Mediterranean Sea, provides a hub for the activity of several blue economy sectors, such as tourism, fisheries, transport, shipbuilding and ship repairs, which are considered pillars of our economy. The proposed investment for the provision of Onshore Power Supply, along the Southern region of the Grand Harbour entails the development of onshore power supply infrastructure along quays within region to extend the supply of shore-side electricity to ships berthing in this area. The proposed development investment will cater for vessels that are berthed in the port whilst in service as well as those docked or berthed in the Harbour for repair and maintenance services and conveyance vessels that provide necessary supplies to ships in international waters. The aim is to maximise the potential social and environmental benefits of the use of OPS within the Southern region of the Grand Harbour.</t>
+  </si>
+  <si>
+    <t>The Youth Guarantee 3 project aims to provide specialized re-skilling and upskilling for individuals aged 15 to 29 not engaged in education, employment, or training. Emphasis is on modular training in emerging sectors, with tailored programs addressing diverse needs. Enhanced mapping and profiling systems ensure precise resource allocation for maximum impact. ALMA facilitates mobility, allowing youth to explore paths aligning with their goals. Supplementary programs ease the transition from education to employment, fostering skills and opportunities. A Transnational component focuses on capacity building for PES staff through national and international partnerships.</t>
+  </si>
+  <si>
+    <t>Investing in skills scheme promotes training of persons actively participating in the Maltese Labour Market with the aim to increase productivity and enhance adaptability. Training grants will be provided to eligible undertakings to partly make good for the training costs they incur to train their employees. The scheme aims at bridging the gap between current skills and any skills gap identified by employers and to increase productivity and enhancing adaptability in the local workforce. Actions will be also directed towards providing older people with opportunities to update and extend their skills and qualifications.</t>
+  </si>
+  <si>
+    <t>Project relates to the implementation of an Electronic Medical Record System across the Government Health System in Malta. The Ministry for Health and Active Ageing intends to replace the current Order Communications Systems. The strategy of the Ministry is to replace such a system with an off-the-shelf EMR solution to significantly impact and increase the efficiency, access to and quality of healthcare services in Malta and Gozo.</t>
+  </si>
+  <si>
+    <t>Malta’s energy sources and its reliance on the existing electricity interconnector do not provide a secure energy supply. Considering this and increasing energy demands, securing the supply of electricity imports, including green energy, is crucial to enable the grid to meet energy demands and to cater for contingency/emergency situations such as temporary damage to the existing interconnector. The project proposal submitted in response to this call seeks to develop a second cable interconnector, which is expected to double the electricity interconnectivity capacity with the European electricity network. This will help Malta meet the forecasted increase in electricity demand. The project shall consist of an underwater and onshore AC cable link with a nominal continuous rating capacity of 200MW and a total length of 122km, operating at 220kV between Malta (Maghtab) and Sicily (Ragusa). It is to be laid in parallel but at a safe distance to the existing first cable interconnector.</t>
+  </si>
+  <si>
+    <t>INDIS Malta Ltd. is the largest operator of industrial parks in Malta and Gozo and is responsible for the administration of government-owned estates and related facilities around the islands, as well as supporting and promoting their further development. The project partner Malta Enterprise is Malta's economic development agency and is responsible for attracting new foreign direct investment and supporting the expansion of both existing and start-up ventures. These two prominent entities will lead the project, which involves the establishment of a Business Incubation Centre. The centre shall include offices, lab spaces and industrial areas where enterprises will be able to operate from in a supportive industrial community in Hal Far. The incubation facilities shall be made available to both local and international SMEs and enterprises. The business incubation centre will offer the required space to support the growth and establishment of SMEs and enterprises, with the objective of stimulating enterprises to broaden their product and service offerings in a collaborative environment. These investments will play a part in strengthening the Maltese economy.</t>
+  </si>
+  <si>
+    <t>The ENDEAVOUR II Scholarships Scheme is to enable access, support good quality tertiary education as well as to ensure upskilling and reskilling within the varied set of prioritized fields. The Endeavour II Scholarship Scheme offer flexible education pathways to accommodate diverse learning styles and career aspirations. This scheme widens access to enhance capacity building of population. This is to ensure that the Maltese labour market is supplied with adequately skilled individuals so as to guarantee that Malta is in a better position to compete at an international level. Therefore, the project aims are two-fold; as it will enable access towards education and encourage lifelong learning, as well as improve research and innovation in the Maltese Islands.</t>
+  </si>
+  <si>
+    <t>The proposed investment focuses on climate mitigation and environmental enhancement. Cargo Container maritime vessels require energy whilst berthed throughout operations. The vessels retain their auxiliary engines switched on while they are berthed along the quays within the Malta Freeport, which is located within the TEN-T Core port of Marsaxlokk, and in doing so, the vessels burn marine gas oil to meet their energy requirements. Thus, these vessels generate and release emissions such as CO2, NOx, SO2 and particulates into the air. Furthermore, these vessels also generate a significant amount of noise pollution. Therefore, the proposed project seeks to invest in the provision of on-shore high frequency power supply along the North Quay of Terminal 1 and the North Quay of Terminal 2, with the scope of providing electrical power to the berthed vessels.</t>
+  </si>
+  <si>
+    <t>Deprived households, particularly those including children and the elderly, will be targeted through periodic food aid. An emphasis will be placed on improving the living standards of people living in these households and alleviating their risk of poverty. Families will be supported through the distribution of food aid and will also be provided with accompanying social support from professional officers in the area of social welfare services. The eligible households are envisaged to indicatively receive the food aid three times per year. The distribution of food packages to the end recipients will fall under the responsibility of the Partner Organisation (PO). End recipients will be able to collect their food packages from the distribution centres run by the PO upon presentation of the entitlement letter.</t>
+  </si>
+  <si>
     <t>This Project aims to facilitate the access to developing the knowledge, skills and competences of the working age population. The scope behind it is to offer training assistance to jobseekers needing to improve their skills to enter the labour market and to upgrade the existing skills of those individuals who wish to re-enter the labour market, find alternative employment and/or acquire new skills to meet the labour market demands. It is expected outcome is to increase the employability and growth of the local workforce.</t>
   </si>
   <si>
-    <t>The main aim of this project is the procurement of medical equipment for Entities the Ministry for Health and Active Ageing Malta providing health care services in order to strengthen, consolidate and improve service delivery and increase resilience in the context of the COVID-19 pandemic recovery.</t>
-[...46 lines deleted...]
-  <si>
     <t>The project consists of the design, procurement, installation, and commissioning of a utility-scale battery energy storage ('BESS') facility with a minimum capacity of 64MWh (32MW) within a specified site at the Delimara Power Station. The Project will enable a higher share of renewable energy sources in the Maltese electricity system by shifting the periods of high RES generation from photovoltaics during the day to the evening peak hours, thereby reducing the use of fossil-fuelled power plant and resulting GHG emissions. The Project shall also provide ancillary services to the electricity grid thereby strengthening the electricity security of supply to the island. The main activities consist of the preparatory design studies and permitting process, followed by the detailed engineering, civil works, installation and commissioning of the BESS facility. The whole Maltese population will benefit as a result of the project.</t>
-  </si>
-[...13 lines deleted...]
-    <t>Infrastructure Malta seeks to set up a new cargo facility with the aim to eliminate bottlenecks within the Grand Harbour by reducing vessel waiting time and to improving efficiency with the Port. The project is based on the development of a quay at Ras Hanzir up to Laboratory Wharf and Magazine Wharf within the Grand Harbour of Malta to cater for the increase in berthing demand mainly for cargo vessels. The proposed investment entails the provision of a quay and support facilities to allow for the berthing of Ro-Ro (Roll-on / Roll-off) vessels, general cargo operations, enable future operation of tankers and bunker barges from this location. The development consists of the removal and levelling of the existing mooring structures, the removal and levelling of the existing dumped materials, soil consolidation, the reclamation of land using mainly recycled materials, the construction of a quay wall to retain a reclaimed area of approximately 22,500 m2 between Fuel Wharf and Laboratory Wharf, the re-grading of the existing landside area along the existing coastline at Ras Ħanżir and the construction of the quay deck pavement and underground services.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -1398,57 +1398,57 @@
       <c r="A2" t="s">
         <v>41</v>
       </c>
       <c r="B2" t="s">
         <v>65</v>
       </c>
       <c r="C2" t="s">
         <v>89</v>
       </c>
       <c r="D2" t="s">
         <v>89</v>
       </c>
       <c r="E2" t="s">
         <v>113</v>
       </c>
       <c r="F2" t="s">
         <v>114</v>
       </c>
       <c r="G2" t="s">
         <v>138</v>
       </c>
       <c r="H2">
         <v>60</v>
       </c>
       <c r="I2">
-        <v>12123611.25</v>
+        <v>54107262</v>
       </c>
       <c r="J2" t="s">
         <v>152</v>
       </c>
       <c r="K2">
-        <v>7274166.75</v>
+        <v>32464357.2</v>
       </c>
       <c r="L2" t="s">
         <v>153</v>
       </c>
       <c r="M2" t="s">
         <v>168</v>
       </c>
       <c r="N2" t="s">
         <v>177</v>
       </c>
       <c r="O2" t="s">
         <v>195</v>
       </c>
       <c r="R2" t="s">
         <v>213</v>
       </c>
       <c r="S2" t="s">
         <v>218</v>
       </c>
       <c r="T2" t="s">
         <v>223</v>
       </c>
       <c r="U2" t="s">
         <v>223</v>
       </c>
@@ -1478,78 +1478,78 @@
       </c>
     </row>
     <row r="3" spans="1:41">
       <c r="A3" t="s">
         <v>42</v>
       </c>
       <c r="B3" t="s">
         <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>90</v>
       </c>
       <c r="D3" t="s">
         <v>90</v>
       </c>
       <c r="E3" t="s">
         <v>113</v>
       </c>
       <c r="F3" t="s">
         <v>115</v>
       </c>
       <c r="G3" t="s">
         <v>139</v>
       </c>
       <c r="H3">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="I3">
-        <v>58565450</v>
+        <v>7236748</v>
       </c>
       <c r="J3" t="s">
         <v>152</v>
       </c>
       <c r="K3">
-        <v>35139270</v>
+        <v>6151235.8</v>
       </c>
       <c r="L3" t="s">
         <v>154</v>
       </c>
       <c r="M3" t="s">
         <v>168</v>
       </c>
       <c r="N3" t="s">
         <v>178</v>
       </c>
       <c r="O3" t="s">
         <v>196</v>
       </c>
       <c r="R3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="S3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="T3" t="s">
         <v>224</v>
       </c>
       <c r="U3" t="s">
         <v>224</v>
       </c>
       <c r="V3" t="s">
         <v>236</v>
       </c>
       <c r="W3" t="s">
         <v>239</v>
       </c>
       <c r="X3" t="s">
         <v>243</v>
       </c>
       <c r="Y3" t="s">
         <v>245</v>
       </c>
       <c r="AI3" t="s">
         <v>266</v>
       </c>
       <c r="AJ3" t="s">
         <v>268</v>
       </c>
@@ -1561,410 +1561,404 @@
       <c r="A4" t="s">
         <v>43</v>
       </c>
       <c r="B4" t="s">
         <v>67</v>
       </c>
       <c r="C4" t="s">
         <v>91</v>
       </c>
       <c r="D4" t="s">
         <v>91</v>
       </c>
       <c r="E4" t="s">
         <v>113</v>
       </c>
       <c r="F4" t="s">
         <v>116</v>
       </c>
       <c r="G4" t="s">
         <v>140</v>
       </c>
       <c r="H4">
         <v>60</v>
       </c>
       <c r="I4">
-        <v>54107262</v>
+        <v>34133.47</v>
       </c>
       <c r="J4" t="s">
         <v>152</v>
       </c>
       <c r="K4">
-        <v>32464357.2</v>
+        <v>20480.08</v>
       </c>
       <c r="L4" t="s">
         <v>155</v>
       </c>
       <c r="M4" t="s">
         <v>168</v>
       </c>
       <c r="N4" t="s">
         <v>179</v>
       </c>
       <c r="O4" t="s">
         <v>197</v>
       </c>
       <c r="R4" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="S4" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="T4" t="s">
         <v>225</v>
       </c>
       <c r="U4" t="s">
         <v>225</v>
       </c>
       <c r="V4" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="W4" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="X4" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="Y4" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="AI4" t="s">
         <v>266</v>
       </c>
       <c r="AJ4" t="s">
         <v>269</v>
       </c>
       <c r="AK4" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="5" spans="1:41">
       <c r="A5" t="s">
         <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>68</v>
       </c>
       <c r="C5" t="s">
         <v>92</v>
       </c>
       <c r="D5" t="s">
         <v>92</v>
       </c>
       <c r="E5" t="s">
         <v>113</v>
       </c>
       <c r="F5" t="s">
         <v>117</v>
       </c>
       <c r="G5" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="H5">
         <v>60</v>
       </c>
       <c r="I5">
-        <v>9720000</v>
+        <v>10295855</v>
       </c>
       <c r="J5" t="s">
         <v>152</v>
       </c>
       <c r="K5">
-        <v>5832000</v>
+        <v>6177513</v>
       </c>
       <c r="L5" t="s">
         <v>156</v>
       </c>
       <c r="M5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N5" t="s">
         <v>180</v>
       </c>
       <c r="O5" t="s">
         <v>198</v>
       </c>
       <c r="R5" t="s">
         <v>213</v>
       </c>
       <c r="S5" t="s">
         <v>218</v>
       </c>
       <c r="T5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="U5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="V5" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="W5" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="X5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="Y5" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>245</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>249</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>256</v>
+      </c>
+      <c r="AE5" t="s">
+        <v>113</v>
+      </c>
+      <c r="AH5" t="s">
+        <v>264</v>
       </c>
       <c r="AI5" t="s">
         <v>266</v>
       </c>
       <c r="AJ5" t="s">
         <v>270</v>
       </c>
       <c r="AK5" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="6" spans="1:41">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>69</v>
       </c>
       <c r="C6" t="s">
         <v>93</v>
       </c>
       <c r="D6" t="s">
         <v>93</v>
       </c>
       <c r="E6" t="s">
         <v>113</v>
       </c>
       <c r="F6" t="s">
         <v>118</v>
       </c>
       <c r="G6" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="H6">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="I6">
-        <v>10295855</v>
+        <v>20314442</v>
       </c>
       <c r="J6" t="s">
         <v>152</v>
       </c>
       <c r="K6">
-        <v>6177513</v>
+        <v>17267275.7</v>
       </c>
       <c r="L6" t="s">
         <v>157</v>
       </c>
       <c r="M6" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="N6" t="s">
         <v>181</v>
       </c>
       <c r="O6" t="s">
         <v>199</v>
       </c>
       <c r="R6" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="S6" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="T6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="U6" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="V6" t="s">
         <v>236</v>
       </c>
       <c r="W6" t="s">
         <v>239</v>
       </c>
       <c r="X6" t="s">
         <v>243</v>
       </c>
       <c r="Y6" t="s">
         <v>245</v>
       </c>
       <c r="AA6" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="AB6" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="AE6" t="s">
         <v>113</v>
       </c>
       <c r="AH6" t="s">
         <v>264</v>
       </c>
       <c r="AI6" t="s">
         <v>266</v>
       </c>
       <c r="AJ6" t="s">
         <v>271</v>
       </c>
       <c r="AK6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="7" spans="1:41">
       <c r="A7" t="s">
         <v>46</v>
       </c>
       <c r="B7" t="s">
         <v>70</v>
       </c>
       <c r="C7" t="s">
         <v>94</v>
       </c>
       <c r="D7" t="s">
         <v>94</v>
       </c>
       <c r="E7" t="s">
         <v>113</v>
       </c>
       <c r="F7" t="s">
         <v>119</v>
       </c>
       <c r="G7" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="H7">
         <v>60</v>
       </c>
       <c r="I7">
-        <v>165347846.7</v>
+        <v>58565450</v>
       </c>
       <c r="J7" t="s">
         <v>152</v>
       </c>
       <c r="K7">
-        <v>99208708.02</v>
+        <v>35139270</v>
       </c>
       <c r="L7" t="s">
         <v>158</v>
       </c>
       <c r="M7" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="N7" t="s">
         <v>182</v>
       </c>
       <c r="O7" t="s">
         <v>200</v>
       </c>
       <c r="R7" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="S7" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="T7" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="U7" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="V7" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="W7" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="X7" t="s">
         <v>243</v>
       </c>
       <c r="Y7" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>265</v>
       </c>
       <c r="AI7" t="s">
         <v>266</v>
       </c>
       <c r="AJ7" t="s">
         <v>272</v>
       </c>
       <c r="AK7" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="8" spans="1:41">
       <c r="A8" t="s">
         <v>47</v>
       </c>
       <c r="B8" t="s">
         <v>71</v>
       </c>
       <c r="C8" t="s">
         <v>95</v>
       </c>
       <c r="D8" t="s">
         <v>95</v>
       </c>
       <c r="E8" t="s">
         <v>113</v>
       </c>
       <c r="F8" t="s">
         <v>120</v>
       </c>
       <c r="G8" t="s">
         <v>141</v>
       </c>
       <c r="H8">
         <v>60</v>
       </c>
       <c r="I8">
-        <v>12000000</v>
+        <v>5000000</v>
       </c>
       <c r="J8" t="s">
         <v>152</v>
       </c>
       <c r="K8">
-        <v>7200000</v>
+        <v>3000000</v>
       </c>
       <c r="L8" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="M8" t="s">
         <v>168</v>
       </c>
       <c r="N8" t="s">
         <v>183</v>
       </c>
       <c r="O8" t="s">
         <v>201</v>
       </c>
       <c r="R8" t="s">
         <v>213</v>
       </c>
       <c r="S8" t="s">
         <v>218</v>
       </c>
       <c r="T8" t="s">
         <v>223</v>
       </c>
       <c r="U8" t="s">
         <v>223</v>
       </c>
       <c r="V8" t="s">
         <v>235</v>
       </c>
@@ -1988,1442 +1982,1448 @@
       </c>
       <c r="AK8" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="9" spans="1:41">
       <c r="A9" t="s">
         <v>48</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="s">
         <v>96</v>
       </c>
       <c r="D9" t="s">
         <v>96</v>
       </c>
       <c r="E9" t="s">
         <v>113</v>
       </c>
       <c r="F9" t="s">
         <v>121</v>
       </c>
       <c r="G9" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H9">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I9">
-        <v>23386527.95</v>
+        <v>6341045.97</v>
       </c>
       <c r="J9" t="s">
         <v>152</v>
       </c>
       <c r="K9">
-        <v>16370569.56</v>
+        <v>3804627.58</v>
       </c>
       <c r="L9" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="M9" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="N9" t="s">
         <v>184</v>
       </c>
       <c r="O9" t="s">
         <v>202</v>
       </c>
       <c r="R9" t="s">
         <v>215</v>
       </c>
       <c r="S9" t="s">
         <v>220</v>
       </c>
       <c r="T9" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="U9" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="V9" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="W9" t="s">
         <v>240</v>
       </c>
       <c r="X9" t="s">
         <v>243</v>
       </c>
       <c r="Y9" t="s">
         <v>245</v>
-      </c>
-[...10 lines deleted...]
-        <v>264</v>
       </c>
       <c r="AI9" t="s">
         <v>266</v>
       </c>
       <c r="AJ9" t="s">
         <v>274</v>
       </c>
       <c r="AK9" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="10" spans="1:41">
       <c r="A10" t="s">
         <v>49</v>
       </c>
       <c r="B10" t="s">
         <v>73</v>
       </c>
       <c r="C10" t="s">
         <v>97</v>
       </c>
       <c r="D10" t="s">
         <v>97</v>
       </c>
       <c r="E10" t="s">
         <v>113</v>
       </c>
       <c r="F10" t="s">
         <v>122</v>
       </c>
       <c r="G10" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H10">
         <v>60</v>
       </c>
       <c r="I10">
         <v>15000000</v>
       </c>
       <c r="J10" t="s">
         <v>152</v>
       </c>
       <c r="K10">
         <v>9000000</v>
       </c>
       <c r="L10" t="s">
         <v>160</v>
       </c>
       <c r="M10" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="N10" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="O10" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="R10" t="s">
         <v>213</v>
       </c>
       <c r="S10" t="s">
         <v>218</v>
       </c>
       <c r="T10" t="s">
         <v>226</v>
       </c>
       <c r="U10" t="s">
         <v>226</v>
       </c>
       <c r="V10" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="W10" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="X10" t="s">
         <v>243</v>
       </c>
       <c r="Y10" t="s">
         <v>245</v>
       </c>
       <c r="AA10" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="AB10" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="AE10" t="s">
         <v>113</v>
       </c>
       <c r="AH10" t="s">
         <v>264</v>
       </c>
       <c r="AI10" t="s">
         <v>266</v>
       </c>
       <c r="AJ10" t="s">
         <v>275</v>
       </c>
       <c r="AK10" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="11" spans="1:41">
       <c r="A11" t="s">
         <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>74</v>
       </c>
       <c r="C11" t="s">
         <v>98</v>
       </c>
       <c r="D11" t="s">
         <v>98</v>
       </c>
       <c r="E11" t="s">
         <v>113</v>
       </c>
       <c r="F11" t="s">
         <v>123</v>
       </c>
       <c r="G11" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="H11">
         <v>60</v>
       </c>
       <c r="I11">
-        <v>4000000</v>
+        <v>1883510.28</v>
       </c>
       <c r="J11" t="s">
         <v>152</v>
       </c>
       <c r="K11">
-        <v>2400000</v>
+        <v>1130106.17</v>
       </c>
       <c r="L11" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="M11" t="s">
         <v>168</v>
       </c>
       <c r="N11" t="s">
         <v>185</v>
       </c>
       <c r="O11" t="s">
         <v>203</v>
       </c>
       <c r="R11" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="S11" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="T11" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="U11" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="V11" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="W11" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="X11" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="Y11" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="AI11" t="s">
         <v>266</v>
       </c>
       <c r="AJ11" t="s">
         <v>276</v>
       </c>
       <c r="AK11" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="12" spans="1:41">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>75</v>
       </c>
       <c r="C12" t="s">
         <v>99</v>
       </c>
       <c r="D12" t="s">
         <v>99</v>
       </c>
       <c r="E12" t="s">
         <v>113</v>
       </c>
       <c r="F12" t="s">
         <v>124</v>
       </c>
       <c r="G12" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="H12">
         <v>60</v>
       </c>
       <c r="I12">
-        <v>5000000</v>
+        <v>12000000</v>
       </c>
       <c r="J12" t="s">
         <v>152</v>
       </c>
       <c r="K12">
-        <v>3000000</v>
+        <v>7200000</v>
       </c>
       <c r="L12" t="s">
         <v>161</v>
       </c>
       <c r="M12" t="s">
         <v>168</v>
       </c>
       <c r="N12" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="O12" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="R12" t="s">
         <v>213</v>
       </c>
       <c r="S12" t="s">
         <v>218</v>
       </c>
       <c r="T12" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="U12" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="V12" t="s">
         <v>235</v>
       </c>
       <c r="W12" t="s">
         <v>238</v>
       </c>
       <c r="X12" t="s">
         <v>242</v>
       </c>
       <c r="Y12" t="s">
         <v>244</v>
       </c>
       <c r="Z12" t="s">
         <v>247</v>
       </c>
       <c r="AI12" t="s">
         <v>266</v>
       </c>
       <c r="AJ12" t="s">
         <v>277</v>
       </c>
       <c r="AK12" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="13" spans="1:41">
       <c r="A13" t="s">
         <v>52</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>100</v>
       </c>
       <c r="D13" t="s">
         <v>100</v>
       </c>
       <c r="E13" t="s">
         <v>113</v>
       </c>
       <c r="F13" t="s">
         <v>125</v>
       </c>
       <c r="G13" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="H13">
         <v>60</v>
       </c>
       <c r="I13">
-        <v>1883510.28</v>
+        <v>792613.8100000001</v>
       </c>
       <c r="J13" t="s">
         <v>152</v>
       </c>
       <c r="K13">
-        <v>1130106.17</v>
+        <v>475568.29</v>
       </c>
       <c r="L13" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="M13" t="s">
         <v>168</v>
       </c>
       <c r="N13" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="O13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="R13" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="S13" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="T13" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="U13" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="V13" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="W13" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="X13" t="s">
         <v>243</v>
       </c>
       <c r="Y13" t="s">
         <v>245</v>
       </c>
       <c r="AI13" t="s">
         <v>266</v>
       </c>
       <c r="AJ13" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="AK13" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
     </row>
     <row r="14" spans="1:41">
       <c r="A14" t="s">
         <v>53</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>101</v>
       </c>
       <c r="D14" t="s">
         <v>101</v>
       </c>
       <c r="E14" t="s">
         <v>113</v>
       </c>
       <c r="F14" t="s">
         <v>126</v>
       </c>
       <c r="G14" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="H14">
         <v>60</v>
       </c>
       <c r="I14">
-        <v>792613.8100000001</v>
+        <v>4000000</v>
       </c>
       <c r="J14" t="s">
         <v>152</v>
       </c>
       <c r="K14">
-        <v>475568.29</v>
+        <v>2400000</v>
       </c>
       <c r="L14" t="s">
         <v>162</v>
       </c>
       <c r="M14" t="s">
         <v>168</v>
       </c>
       <c r="N14" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="O14" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="R14" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="S14" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="T14" t="s">
         <v>230</v>
       </c>
       <c r="U14" t="s">
         <v>230</v>
       </c>
       <c r="V14" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="W14" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="X14" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="Y14" t="s">
-        <v>245</v>
+        <v>244</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>246</v>
       </c>
       <c r="AI14" t="s">
         <v>266</v>
       </c>
       <c r="AJ14" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="AK14" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
     </row>
     <row r="15" spans="1:41">
       <c r="A15" t="s">
         <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>78</v>
       </c>
       <c r="C15" t="s">
         <v>102</v>
       </c>
       <c r="D15" t="s">
         <v>102</v>
       </c>
       <c r="E15" t="s">
         <v>113</v>
       </c>
       <c r="F15" t="s">
         <v>127</v>
       </c>
       <c r="G15" t="s">
-        <v>138</v>
+        <v>149</v>
       </c>
       <c r="H15">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="I15">
-        <v>25000000</v>
+        <v>23386527.95</v>
       </c>
       <c r="J15" t="s">
         <v>152</v>
       </c>
       <c r="K15">
-        <v>15000000</v>
+        <v>16370569.56</v>
       </c>
       <c r="L15" t="s">
-        <v>154</v>
+        <v>163</v>
       </c>
       <c r="M15" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="N15" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="O15" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="R15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="S15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="T15" t="s">
         <v>231</v>
       </c>
       <c r="U15" t="s">
         <v>231</v>
       </c>
       <c r="V15" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="W15" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="X15" t="s">
         <v>243</v>
       </c>
       <c r="Y15" t="s">
         <v>245</v>
       </c>
+      <c r="AA15" t="s">
+        <v>252</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>259</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>113</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>264</v>
+      </c>
       <c r="AI15" t="s">
         <v>266</v>
       </c>
       <c r="AJ15" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="AK15" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
     </row>
     <row r="16" spans="1:41">
       <c r="A16" t="s">
         <v>55</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
       <c r="C16" t="s">
         <v>103</v>
       </c>
       <c r="D16" t="s">
         <v>103</v>
       </c>
       <c r="E16" t="s">
         <v>113</v>
       </c>
       <c r="F16" t="s">
         <v>128</v>
       </c>
       <c r="G16" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="H16">
         <v>60</v>
       </c>
       <c r="I16">
         <v>10096837.9</v>
       </c>
       <c r="J16" t="s">
         <v>152</v>
       </c>
       <c r="K16">
         <v>6058102.74</v>
       </c>
       <c r="L16" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="M16" t="s">
         <v>168</v>
       </c>
       <c r="N16" t="s">
         <v>189</v>
       </c>
       <c r="O16" t="s">
         <v>207</v>
       </c>
       <c r="R16" t="s">
         <v>213</v>
       </c>
       <c r="S16" t="s">
         <v>218</v>
       </c>
       <c r="T16" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="U16" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="V16" t="s">
         <v>235</v>
       </c>
       <c r="W16" t="s">
         <v>238</v>
       </c>
       <c r="X16" t="s">
         <v>242</v>
       </c>
       <c r="Y16" t="s">
         <v>244</v>
       </c>
       <c r="Z16" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="AI16" t="s">
         <v>266</v>
       </c>
       <c r="AJ16" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="AK16" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:37">
       <c r="A17" t="s">
         <v>56</v>
       </c>
       <c r="B17" t="s">
         <v>80</v>
       </c>
       <c r="C17" t="s">
         <v>104</v>
       </c>
       <c r="D17" t="s">
         <v>104</v>
       </c>
       <c r="E17" t="s">
         <v>113</v>
       </c>
       <c r="F17" t="s">
         <v>129</v>
       </c>
       <c r="G17" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H17">
         <v>60</v>
       </c>
       <c r="I17">
         <v>10000000</v>
       </c>
       <c r="J17" t="s">
         <v>152</v>
       </c>
       <c r="K17">
         <v>6000000</v>
       </c>
       <c r="L17" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="M17" t="s">
         <v>168</v>
       </c>
       <c r="N17" t="s">
         <v>190</v>
       </c>
       <c r="O17" t="s">
         <v>208</v>
       </c>
       <c r="R17" t="s">
         <v>213</v>
       </c>
       <c r="S17" t="s">
         <v>218</v>
       </c>
       <c r="T17" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="U17" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="V17" t="s">
         <v>235</v>
       </c>
       <c r="W17" t="s">
         <v>238</v>
       </c>
       <c r="X17" t="s">
         <v>242</v>
       </c>
       <c r="Y17" t="s">
         <v>244</v>
       </c>
       <c r="Z17" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="AI17" t="s">
         <v>266</v>
       </c>
       <c r="AJ17" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="AK17" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
     </row>
     <row r="18" spans="1:37">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
         <v>81</v>
       </c>
       <c r="C18" t="s">
         <v>105</v>
       </c>
       <c r="D18" t="s">
         <v>105</v>
       </c>
       <c r="E18" t="s">
         <v>113</v>
       </c>
       <c r="F18" t="s">
         <v>130</v>
       </c>
       <c r="G18" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H18">
         <v>60</v>
       </c>
       <c r="I18">
-        <v>6341045.97</v>
+        <v>25000000</v>
       </c>
       <c r="J18" t="s">
         <v>152</v>
       </c>
       <c r="K18">
-        <v>3804627.58</v>
+        <v>15000000</v>
       </c>
       <c r="L18" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="M18" t="s">
         <v>168</v>
       </c>
       <c r="N18" t="s">
         <v>191</v>
       </c>
       <c r="O18" t="s">
         <v>209</v>
       </c>
       <c r="R18" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="S18" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="T18" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="U18" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="V18" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="W18" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="X18" t="s">
         <v>243</v>
       </c>
       <c r="Y18" t="s">
         <v>245</v>
       </c>
       <c r="AI18" t="s">
         <v>266</v>
       </c>
       <c r="AJ18" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="AK18" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="19" spans="1:37">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="s">
         <v>106</v>
       </c>
       <c r="D19" t="s">
         <v>106</v>
       </c>
       <c r="E19" t="s">
         <v>113</v>
       </c>
       <c r="F19" t="s">
         <v>131</v>
       </c>
       <c r="G19" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H19">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="I19">
-        <v>9850220.050000001</v>
+        <v>165347846.7</v>
       </c>
       <c r="J19" t="s">
         <v>152</v>
       </c>
       <c r="K19">
-        <v>6895154.04</v>
+        <v>99208708.02</v>
       </c>
       <c r="L19" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="M19" t="s">
         <v>173</v>
       </c>
       <c r="N19" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="O19" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="R19" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="S19" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="T19" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="U19" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="V19" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="W19" t="s">
         <v>240</v>
       </c>
       <c r="X19" t="s">
         <v>243</v>
       </c>
       <c r="Y19" t="s">
         <v>245</v>
       </c>
       <c r="AA19" t="s">
         <v>253</v>
       </c>
       <c r="AB19" t="s">
         <v>260</v>
       </c>
       <c r="AE19" t="s">
-        <v>113</v>
+        <v>263</v>
       </c>
       <c r="AH19" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="AI19" t="s">
         <v>266</v>
       </c>
       <c r="AJ19" t="s">
         <v>283</v>
       </c>
       <c r="AK19" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="20" spans="1:37">
       <c r="A20" t="s">
         <v>59</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="s">
         <v>107</v>
       </c>
       <c r="D20" t="s">
         <v>107</v>
       </c>
       <c r="E20" t="s">
         <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>132</v>
       </c>
       <c r="G20" t="s">
-        <v>139</v>
+        <v>150</v>
       </c>
       <c r="H20">
         <v>60</v>
       </c>
       <c r="I20">
-        <v>35000000</v>
+        <v>25000000</v>
       </c>
       <c r="J20" t="s">
         <v>152</v>
       </c>
       <c r="K20">
-        <v>21000000</v>
+        <v>15000000</v>
       </c>
       <c r="L20" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="M20" t="s">
         <v>174</v>
       </c>
       <c r="N20" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="O20" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="R20" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="S20" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="T20" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="U20" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="V20" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="W20" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="X20" t="s">
         <v>243</v>
       </c>
       <c r="Y20" t="s">
         <v>245</v>
       </c>
       <c r="AA20" t="s">
         <v>254</v>
       </c>
       <c r="AB20" t="s">
         <v>261</v>
       </c>
       <c r="AE20" t="s">
         <v>113</v>
       </c>
       <c r="AH20" t="s">
         <v>264</v>
       </c>
       <c r="AI20" t="s">
         <v>266</v>
       </c>
       <c r="AJ20" t="s">
         <v>284</v>
       </c>
       <c r="AK20" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="21" spans="1:37">
       <c r="A21" t="s">
         <v>60</v>
       </c>
       <c r="B21" t="s">
         <v>84</v>
       </c>
       <c r="C21" t="s">
         <v>108</v>
       </c>
       <c r="D21" t="s">
         <v>108</v>
       </c>
       <c r="E21" t="s">
         <v>113</v>
       </c>
       <c r="F21" t="s">
         <v>133</v>
       </c>
       <c r="G21" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H21">
         <v>60</v>
       </c>
       <c r="I21">
-        <v>25000000</v>
+        <v>9720000</v>
       </c>
       <c r="J21" t="s">
         <v>152</v>
       </c>
       <c r="K21">
-        <v>15000000</v>
+        <v>5832000</v>
       </c>
       <c r="L21" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="M21" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="N21" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="O21" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="R21" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="S21" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="T21" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="U21" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
       <c r="V21" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="W21" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="X21" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="Y21" t="s">
-        <v>245</v>
-[...11 lines deleted...]
-        <v>264</v>
+        <v>244</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>248</v>
       </c>
       <c r="AI21" t="s">
         <v>266</v>
       </c>
       <c r="AJ21" t="s">
         <v>285</v>
       </c>
       <c r="AK21" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="22" spans="1:37">
       <c r="A22" t="s">
         <v>61</v>
       </c>
       <c r="B22" t="s">
         <v>85</v>
       </c>
       <c r="C22" t="s">
         <v>109</v>
       </c>
       <c r="D22" t="s">
         <v>109</v>
       </c>
       <c r="E22" t="s">
         <v>113</v>
       </c>
       <c r="F22" t="s">
         <v>134</v>
       </c>
       <c r="G22" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H22">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="I22">
-        <v>5000000</v>
+        <v>9850220.050000001</v>
       </c>
       <c r="J22" t="s">
         <v>152</v>
       </c>
       <c r="K22">
-        <v>4500000</v>
+        <v>6895154.04</v>
       </c>
       <c r="L22" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M22" t="s">
-        <v>168</v>
+        <v>175</v>
+      </c>
+      <c r="N22" t="s">
+        <v>178</v>
+      </c>
+      <c r="O22" t="s">
+        <v>196</v>
       </c>
       <c r="R22" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="S22" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="T22" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="U22" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="V22" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="W22" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="X22" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="Y22" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>245</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>254</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>261</v>
+      </c>
+      <c r="AE22" t="s">
+        <v>113</v>
+      </c>
+      <c r="AH22" t="s">
+        <v>264</v>
       </c>
       <c r="AI22" t="s">
         <v>266</v>
       </c>
       <c r="AJ22" t="s">
         <v>286</v>
       </c>
       <c r="AK22" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="23" spans="1:37">
       <c r="A23" t="s">
         <v>62</v>
       </c>
       <c r="B23" t="s">
         <v>86</v>
       </c>
       <c r="C23" t="s">
         <v>110</v>
       </c>
       <c r="D23" t="s">
         <v>110</v>
       </c>
       <c r="E23" t="s">
         <v>113</v>
       </c>
       <c r="F23" t="s">
         <v>135</v>
       </c>
       <c r="G23" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H23">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="I23">
-        <v>7236748</v>
+        <v>5000000</v>
       </c>
       <c r="J23" t="s">
         <v>152</v>
       </c>
       <c r="K23">
-        <v>6151235.8</v>
+        <v>4500000</v>
       </c>
       <c r="L23" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="M23" t="s">
         <v>168</v>
       </c>
-      <c r="N23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="R23" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="S23" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="T23" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="U23" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="V23" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="W23" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="X23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="Y23" t="s">
-        <v>245</v>
+        <v>244</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>248</v>
       </c>
       <c r="AI23" t="s">
         <v>266</v>
       </c>
       <c r="AJ23" t="s">
         <v>287</v>
       </c>
       <c r="AK23" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="24" spans="1:37">
       <c r="A24" t="s">
         <v>63</v>
       </c>
       <c r="B24" t="s">
         <v>87</v>
       </c>
       <c r="C24" t="s">
         <v>111</v>
       </c>
       <c r="D24" t="s">
         <v>111</v>
       </c>
       <c r="E24" t="s">
         <v>113</v>
       </c>
       <c r="F24" t="s">
         <v>136</v>
       </c>
       <c r="G24" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="H24">
         <v>60</v>
       </c>
       <c r="I24">
-        <v>34133.47</v>
+        <v>12123611.25</v>
       </c>
       <c r="J24" t="s">
         <v>152</v>
       </c>
       <c r="K24">
-        <v>20480.08</v>
+        <v>7274166.75</v>
       </c>
       <c r="L24" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="M24" t="s">
         <v>168</v>
       </c>
       <c r="N24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="O24" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="R24" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="S24" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="T24" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="U24" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="V24" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="W24" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="X24" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="Y24" t="s">
-        <v>245</v>
+        <v>244</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>247</v>
       </c>
       <c r="AI24" t="s">
         <v>266</v>
       </c>
       <c r="AJ24" t="s">
         <v>288</v>
       </c>
       <c r="AK24" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="25" spans="1:37">
       <c r="A25" t="s">
         <v>64</v>
       </c>
       <c r="B25" t="s">
         <v>88</v>
       </c>
       <c r="C25" t="s">
         <v>112</v>
       </c>
       <c r="D25" t="s">
         <v>112</v>
       </c>
       <c r="E25" t="s">
         <v>113</v>
       </c>
       <c r="F25" t="s">
         <v>137</v>
       </c>
       <c r="G25" t="s">
-        <v>151</v>
+        <v>141</v>
       </c>
       <c r="H25">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="I25">
-        <v>20314442</v>
+        <v>35000000</v>
       </c>
       <c r="J25" t="s">
         <v>152</v>
       </c>
       <c r="K25">
-        <v>17267275.7</v>
+        <v>21000000</v>
       </c>
       <c r="L25" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="M25" t="s">
         <v>176</v>
       </c>
       <c r="N25" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="O25" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="R25" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="S25" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="T25" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="U25" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="V25" t="s">
         <v>237</v>
       </c>
       <c r="W25" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="X25" t="s">
         <v>243</v>
       </c>
       <c r="Y25" t="s">
         <v>245</v>
       </c>
       <c r="AA25" t="s">
         <v>255</v>
       </c>
       <c r="AB25" t="s">
         <v>262</v>
       </c>
       <c r="AE25" t="s">
         <v>113</v>
       </c>
       <c r="AH25" t="s">
         <v>264</v>
       </c>
       <c r="AI25" t="s">
         <v>266</v>
       </c>
       <c r="AJ25" t="s">
         <v>289</v>
       </c>